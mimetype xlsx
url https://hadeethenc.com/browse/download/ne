--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,3746 +12,3748 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4839">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4874">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: नेपाली
 # Source: https://hadeethenc.com/ne
-# Last update: 2025-06-22 06:37:07 (v1.30.0)
-# Check for updates: https://hadeethenc.com/en/check/ne/v1.30.0
+# Last update: 2025-10-30 18:53:00 (v1.32.0)
+# Check for updates: https://hadeethenc.com/en/check/ne/v1.32.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>जब रमजान आउँछ, तिमीले उमराह गर्नु पर्छ । किनभने रमजानमा उमरह गर्नु हज बराबर हो ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक अन्सारी महिलालाई सोध्नुभयो, (हदीस बयान गर्ने (रावी) ले भने) अब्दुल्लाह बिन अब्बासले उनको नाम भनेका थिए, तर मैले बिर्से: "तिमीलाई हामीसँग हज गर्नबाट के रोकियो?" उनले जवाफ दिइन्: हामीसँग दुईवटा ऊँट मात्र थिए । एउटामा मेरो श्रीमान र छोरा सवार भएर हज गरे र अर्को ऊँटलाई पानी ल्याउनको लागि छोडियो । यो सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जब रमजान आउँछ, तिमीले उमराह गर्नु पर्छ । किनभने रमजानमा उमरह गर्नु हज बराबर हो ।"</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) हज्ज्तुल-वदाअ (विदाई हज) बाट फर्कनुभयो, उहाँले आफूसँग हज नगर्ने एक अन्सारी महिलालाई भन्नुभयो: तपाईलाई हामीसँग हज गर्नबाट कुन कुराले रोक्यो?
 उनले स्पष्टीकरण दिदै जवाफ दिइन्: हामीसँग दुईवटा ऊँट मात्र थिए । एउटामा मेरो श्रीमान र छोरा सवार भएर हज गरे र अर्को ऊँटलाई कुवाबाट पानी लिन घरमै छाडिएको थियो ।
 तसर्थ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई रमजानमा उमराह गर्न भन्नुभयो; किनभने रमजानमा उमरह गर्नु हज बराबर हो ।</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>रमजान महिनामा उमराहको सद्गुण ।
 रमजानको महिनामा उमराह गर्दा हज बराबर सवाब (पुण्य) मिल्छ । तर यसको अर्थ तपाईंमाथि हज फर्ज छ भने त्यो पुरा भयो भनेर कदापी होइन ।
 समयको श्रेष्ठताले गर्दा कर्मको प्रतिफल र इनाम पनि बढ्छ । यसको उदाहरण रमजान महिनामा गरिने कर्म हो ।</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[सही]</t>
   </si>
   <si>
     <t>[मुत्तफकुन अलैहि]</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>जसले अल्लाहको लागि हज गर्यो, र (स्वास्नी सँग) सम्भोग गर्नु बाट र  अनैतिक कार्यहरूबाट टाढा रह्यो भने ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ" ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जसले अल्लाहको लागि हज गर्यो, र (स्वास्नी सँग) सम्भोग गर्नु बाट र  अनैतिक कार्यहरूबाट टाढा रह्यो भने ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ" ।</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, कि जसले अल्लाहको लागि हज गर्छ र 'रफस' बाट टाढा रहन्छ । 'रफस' भनेको यौन सम्बन्ध र यस सँग सम्बन्धित गतिविधिहरू हुन्, जस्तै: चुम्बन र सहवास,  'रफस' अभद्र बोलीलाई पनि भनिन्छ । र 'फिस्क' बाट टाढा रहनुको अर्थ: उसले पाप र खराब कामहरू गर्दैन । त्यसैगरी एहरामको अवस्थामा निषेधित कार्यहरूबाट पनि टाढा रह्यो भने ऊ आफ्नो हजबाट पापरहित फर्कन्छ, ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ ।</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>अनैतिकता र पापका कार्यहरू सबै परिस्थितिमा निषेध गरिएका छन्, तर हजको सम्मानले गर्दा हजको समयमा कडा रूपले प्रतिबन्धित छन्।
 मानिस पापमुक्त जन्मन्छ, र उसले अरूको पापको बोझ बोक्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>हे अल्लाहका रसूल! हामी जिहादलाई सबैभन्दा राम्रो कार्य मान्दछौं, त्यसोभए के हामीले जिहाद गर्नु हुँदैन? उहाँले जवाफ दिनुभयो: "होइन, तर सबैभन्दा राम्रो जिहाद (तिम्रो लागि) हज मबरुर (स्वीकृत हज) हो ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छन्, उनले सोधिन्, हे अल्लाहका रसूल! हामी जिहादलाई सबैभन्दा राम्रो कार्य मान्दछौं, त्यसोभए के हामीले जिहाद गर्नु हुँदैन? उहाँले जवाफ दिनुभयो: "होइन, तर सबैभन्दा राम्रो जिहाद (तिम्रो लागि) हज मबरुर (स्वीकृत हज) हो ।"</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>सहाबा (रजियल्लाहु अन्हुम) ले अल्लाहको खातिर जिहाद गर्नु र शत्रुहरूसँग लड्नुलाई सबै भन्दा उत्तम कर्म मान्थे । त्यसैले आइशा (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई जिहादमा भाग लिन अनुरोध गरिन् ।
 उहाँले महिलाहरूको लागि सबैभन्दा राम्रो जिहाद हज मबरुर हो भनेर मार्गदर्शन गर्नुभयो । कुर्आन र सुन्नत अनुसार गरिएको र पाप तथा पाखंडबाट मुक्त रहेको हजलाई; हज मबरुर भनिन्छ ।</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>जिहाद पुरुषहरूको लागि सर्वश्रेष्ठ कर्म हो ।
 हज महिलाहरुको लागि जिहाद भन्दा राम्रो हो । वास्तवमा, महिलाहरूको लागि सबैभन्दा राम्रो जिहाद हज मबरुर हो ।
 काम गर्ने व्यक्ति अनुसार काम फरक फरक हुन्छ ।
 हजलाई जिहाद भनिन्छ; किनभने यो आफू विरुद्धको जिहाद हो । यसमा धन र शक्तिको बलिदान पनि समावेश छ । त्यसैले यो अल्लाहको बाटोमा जिहाद जस्तै भौतिक र आर्थिक उपासना हो ।</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[बुखारीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>हे अब्बास, अल्लाहका रसूलको काका, अल्लाहसँग यस संसार र परलोकमा शान्ति र कल्याणको लागि प्रार्थना गर्नुहोस् ।</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुराहरू सिकाउनुहोस्, जुन म अल्लाहसँग माग्न सकूँ । उहाँले भन्नुभयो: "अल्लाहसँग शान्ति र कल्याण माग्नुहोस् ।" उनले भने: म केही दिन बसें र फिर्ता आए र भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुरा सिकाउनुहोस् जुन म अल्लाहसँग माग्न सकूँ । उहाँले भन्नुभयो: "हे अब्बास, अल्लाहका रसूलको काका, अल्लाहसँग यस संसार र परलोकमा शान्ति र कल्याणको लागि प्रार्थना गर्नुहोस् ।"</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को काका; अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले उहाँलाई भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुराहरू सिकाउनुहोस्, जुन म अल्लाहसँग माग्न सकूँ । उहाँले दीन, दुनियाँ र आखिरत (धर्म, लोक र परलोक) मा सुख, शान्ति, समृद्धि र हरेक किसिमको विपत्तिहरूबाट सुरक्षित रहने अल्लाहसँग दुआ गर्न सिकाउनुभयो । उनले भने: म केही दिन बसें र फिर्ता आए र भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुरा सिकाउनुहोस् जुन म अल्लाहसँग माग्न सकूँ । उहाँले मायाले भन्नुभयो: हे अब्बास, अल्लाहका रसूलको काका, अल्लाहसँग दीन, दुनियाँ र आखिरत (धर्म, लोक र परलोक) मा सुख, शान्ति, समृद्धि पाउने र हरेक किसिमको विपत्तिहरूबाट सुरक्षित रहने दुआ गर्न सिकाउनुभयो ।</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले दोस्रो पटक प्रश्न गर्दा नबी (सल्लल्लाहु अलैहि वसल्लम) ले अब्बासलाई उही जवाफ दोहोर्याउनु 
 भनेको के संकेत गर्छ भने सुख, शान्ति र समृद्धि सबैभन्दा राम्रो चीज हो ।
 कल्याणको सद्गुण र यसले संसार र परलोकमा राम्रो ल्याउँछ भन्ने कुराको वर्णन ।
 सहाबा (रजियल्लाहु अन्हुम) हरू ज्ञान र भलाइका कुराहरू जान्न उत्सुक हुन्थे ।</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[सही लेगैरेही]</t>
   </si>
   <si>
     <t>[तिर्मीजी र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>के म तिमीहरूलाई सबैभन्दा ठूलो पापबारे खबर नगरुँ?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>अबू-बकरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : «के म तिमीहरूलाई सबैभन्दा ठूलो पापबारे खबर नगरुँ?» उहाँले तीन पटक सोध्नुभयो। सबैले भने, "अवश्य, ए अल्लाहका रसूल (भन्नुहोस्)।" तब उहाँले भन्नुभयो, "अल्लाहसँग शिर्क गर्नु (उहाँको साझेदार बनाउनु) र आमाबाबुको अवज्ञा गर्नु।" अनि उहाँ अडेस लगाएर बसिरहनुभएको थियो, उठेर भन्नुभयो, "झूटो कुरा गर्नु पनि ठूलो पाप हो।" अनि यस कुरालाई उहाँले यति धेरै दोहोर्याउनुभयो कि हामीले सोच्यौँ, "सायद उहाँ अब चुप हुनुहुन्छ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूलाई सबैभन्दा ठूलो पापहरू बयान गर्दा यी तीनवटा पापहरू बताउनु भयो :
 १) अल्लाहसँग शिर्क गर्नु: अर्थात् अल्लाह बाहेक अरूको उपासना गर्नु  । अल्लाह बाहेक अरू कसैलाई अल्लाहको उपासना, उहाँको नाम र उहाँका गुणहरूमा बराबरी ठहर गर्नु हो।
 २) आमाबाबुको अवज्ञा गर्नु: यसको मतलब बोली वा कर्मद्वारा आमाबाबुलाई कुनै प्रकारको पीडा दिनु वा उनीहरूसँग राम्रो व्यवहार नगर्नु हो ।
 ३) झूट बोल्नु र यसमा झूटो गवाही दिनु समावेश छ : झूटो गवाही भनेको कसैको सम्पत्ति चोर्ने वा कसैको अपमान गर्ने उद्देश्यले गरिएको प्रत्येक झूटा बयानलाई जनाउँछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले झूट बोल्न विरुद्ध बारम्बार चेतावनी  दिनुभयो, किनभने झूट एक खराब कुरा हो र समाजमा यसले ठूलो नकारात्मक प्रभाव पार्दछ। उहाँ ले यति धेरै पटक यस कुरा लाई दोहोर्याउनु भयो, यहाँसम्म कि उहाँका साथीहरूले उहाँको कष्ट देखेर उहाँप्रति माया देखाउदै चुप लाग्नुभएको भए बेश हुन्थ्यो सोचे।</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>सबैभन्दा ठूलो पाप शिर्क (अल्लाहसँग साझेदारी) गर्नु हो, किनकि उहाँले ठूलो पाप बयान गर्ने क्रममा यसलाई सबैभन्दा पहिलो घोषणा गर्नुभएको छ र कुर्आनको यो आयतले पनि यसको पुष्टि गर्दछ: "वास्तवमा, अल्लाहले शिर्क (उहाँसँग साझेदार) गर्ने कसैलाई क्षमा गर्नुहुन्न र यसबाहेक उहाँले जसलाई चाहानुहुन्छ क्षमा गर्नुहुनेछ ।"
 आमाबाबुको अधिकारको महत्त्व, किनभने अल्लाहले उनीहरूको अधिकारलाई आफ्नो अधिकारको साथ वर्णन गर्नुभएको छ ।
 पाप दुई प्रकारका हुन्छन्; साना र ठूला पापहरू । ठूला पाप भन्नाले प्रत्येक 
 त्यो पापलाई जनाउँछ जसको लागि सांसारिक दण्ड निर्धारण गरिएको छ, जस्तै हद (सजाय) कायम गर्नु र श्राप आदि वा जसको लागि नरकमा प्रवेश गर्ने चेतावनी दिइएको छ । ठूला पापहरूका धेरै वर्गहरू छन्, कतिपय  ठूला पापहरू अरू भन्दा कडा र निन्दनीय रूपमा हराम छन् । जबकि साना पाप भन्नाले ठूला पापहरू बाहेक अन्य पापहरूलाई जनाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
-[...2 lines deleted...]
-    <t>अल्लाहले तिमीहरूलाई आफ्ना पिता-पुर्खाहरूको कसम खानबाट मनाही गर्नुहुन्छ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
+  </si>
+  <si>
+    <t>अल्लाहले तिमीहरूलाई आफ्ना पिता-पुर्खाहरूको कसम खानबाट  निषेध गर्नुभएको छ</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
-    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले तिमीहरूलाई आफ्ना पिता-पुर्खाहरूको कसम खानबाट मनाही गर्नुहुन्छ ।" उमर (रजियाल्लाहु अनहु) ले भने: अल्लाहको कसम! जुन दिनदेखि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट यो हदीस सुनेको छु, पुर्खाहरूको कहिल्यै कसम खाएको छैन । नत जानाजानी न त कसैको शपथ नक्कल गरेर ।</t>
+    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले तिमीहरूलाई आफ्ना पिता-पुर्खाहरूको कसम खानबाट  निषेध गर्नुभएको छ  ।" उमर (रजियाल्लाहु अनहु) ले भने: अल्लाहको कसम! जुन दिनदेखि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट यो हदीस सुनेको छु, पुर्खाहरूको कहिल्यै कसम खाएको छैन । नत जानाजानी न त कसैको नक्कल गरेर नै।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, अल्लाहले आफ्नो पुर्खाहरूको कसम खान निषेध गर्नुभएको छ । तसर्थ, जो कसम खान चाहन्छ, उसले अल्लाहको मात्र कसम खाओस् र उहाँबाहेक अरू कसैको कसम नखाओस् । त्यसपछि उमर (रजियाल्लाहु अनहु) ले भने: अल्लाहको कसम! जुन दिनदेखि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट आफ्ना पुर्खाहरूको कसम खान निषेध गरेको सुने, मैले पुर्खाहरूको कहिल्यै कसम खाएको छैन । नत जानाजानी न त कसैको शपथ नक्कल गरेर ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो कि अल्लाहले आफ्नो पुर्खाहरूको कसम खान निषेध गर्नुभएको छ । तसर्थ, जो कसम खान चाहन्छ, उसले अल्लाहको मात्र कसम खाओस् र उहाँबाहेक अरू कसैको कसम नखाओस् । त्यसपछि उमर (रजियाल्लाहु अनहु) ले भन्नुभयो कि अल्लाहको कसम! जुन दिनदेखि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट आफ्ना पुर्खाहरूको कसम खान निषेध गरेको कुरा सुने, मैले पुर्खाहरूको कहिल्यै कसम खाएको छैन । नत जानाजानी न त कसैको शपथ नक्कल गरेर नै ।</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
-    <t>अल्लाह बाहेक अरू कसैको कसम खानु हराम हो । इस्लाम पूर्व पुर्खाहरूको कसम खानु सामान्य चलन भएकोले यहाँ पुर्खाहरू उल्लेख गरिएको छ ।
-[...1 lines deleted...]
-उमर (रजियल्लाहु अन्हु) को सद्गुण, उनले तुरुन्तै उहाँको आदेशको पालना गरे, शरीयतको रहस्य राम्ररी बुझे र उनको धार्मिकता अतुलनीय थियो ।</t>
+    <t>अल्लाह बाहेक अरू कसैको कसम खानु हराम हो ।  यहाँ पुर्खाहरू बारे उल्लेख गरिएको छ किनभने इस्लामपूर्व पुर्खाहरूको नाममा कसम खाने चलन सामान्य थियो।
+अरबी शब्द "अल-हलिफ" को अर्थ अल्लाह, उहाँको नाम वा विशेषताहरूद्वारा कुनै कुरा पुष्टि गर्न उद्देश्यले कसम खानु हो ।
+यो हदीसले उमर (रजियल्लाहु अन्हु) को श्रेष्ठतालाई स्पष्ट पार्दछ, जसमा उहाँको  तुरुन्त आज्ञाकारिता, उत्कृष्ट समझ र धार्मिक सतर्कताका जस्ता सद्गुणहरू प्रस्ट हुन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा युद्धमा एक महिला मारिएको अवस्थामा फेला परेपछि उहाँले महिला र बालबालिकाको हत्याको निन्दा गर्नुभयो ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा युद्धमा एक महिला मारिएको अवस्थामा फेला परेपछि उहाँले महिला र बालबालिकाको हत्याको निन्दा गर्नुभयो ।</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एउटा गज्वा (युद्ध) मा एक महिला मारिएको अवस्थामा देख्नुभयो, त्यसैले उहाँले महिला र नाबालक बालबालिकाको हत्याको निन्दा गर्नुभयो ।</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>युद्धमा भाग नलिने व्यक्तिहरू जस्तै महिला, बालबालिका, वृद्ध र भिक्षुहरूलाई मारिने छैन । तर यदि तिनीहरूले आफ्नो विचार वा अन्य कुनै माध्यमबाट युद्धमा मुस्लिम विरुद्ध मद्दत गर्छन् भने तिनीहरूलाई पनि मारिनेछन् ।
 महिला र बालबालिहरूको हत्या निषेध; किनकि यी मानिसहरू मुस्लिमहरूसँग लड्दैनन् । वास्तवमा, अल्लाहको मार्गमा युद्धको उद्देश्य लडाकुहरूको शक्तिलाई तोड्नु मात्र हो; ताकि सत्यको आह्वान सबै मानिसहरूसम्म पुगोस् ।
 लडाई र युद्धहरूमा पनि नबी (सल्लल्लाहु अलैहि वसल्लम) को अपार दया ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>मन्नत (भाकल) गर्न निषेध गर्नुभयो र भन्नुभयो: "मन्नतले कुनै फाइदा गर्दैन । यसले केवल कंजूसबाट उसको धन निकालिनेछ ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>इब्ने उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले मन्नत (भाकल) गर्न निषेध गर्नुभयो र भन्नुभयो: "मन्नतले कुनै फाइदा गर्दैन । यसले केवल कंजूसबाट उसको धन निकालिनेछ ।"</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले नज्र (मन्नत र भाकल) मान्न निषेध गर्नुभयो । नज्र भनेको एक व्यक्तिले आफूलाई त्यस्तो काम गर्न बाध्य पार्नु हो जुन शरियतले उसलाई बाध्य पारेको छैन । उहाँले थप भन्नुभयो : मन्नतले कुनै कुरालाई नत अगाडि बढाउँछ नत पछाडि नै । यो केवल कंजूसबाट खर्च गर्ने एउटा तरिका हो, जसले फर्ज बाहेक केही खर्च गर्दैन । मन्नतले भाग्यमा नलेखेको कुरा ल्याउँदैन ।</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>"मन्नत मान्न अनुमति छैन, तर यदि मन्नत मानिएको छ भने, त्यो पाप नभए पूरा गर्नु अनिवार्य हुन्छ।"
 (मन्नतले कुनै फाइदा गर्दैन); भनेर मन्नतलाई निषेध गर्नुको कारण भनेको यसले अल्लाहको कुनै निर्णयलाई परिवर्तन गर्न सक्दैन । त्यसैगरी मन्नत गर्ने व्यक्तिले मन्नतको कारणले मात्र आफ्नो मनसाय पूरा भएको सोच्नु हुँदैन, किनकि अल्लाह उसको मन्नतबाट निरपेक्ष हुनुहुन्छ ।
 इमाम कुर्तुबी भन्छन्: यसलाई यो कारणले गर्दा निषेध गरिएको छ कि जस्तै एक व्यक्तिले भन्छ: यदि अल्लाहले मेरो बिरामीलाई निको पार्नुहुन्छ भने म यति दान दिनेछु । निषेधको कारण के हो भने उनले आफ्नो काम पुरा भएमा मात्र दान दिने शर्त राखेको छ । यसले के स्पष्ट हुन्छ भने यो उपासना (दान) अल्लाहको लागि मात्रै हैन । बरु उसले क्षतिपूर्तिको बाटो रोजेको छ । यदि अल्लाहले रोगीलाई निको पारेनन् भने, उसले दान दिनेछैन र यो कंजूसको मामिला हो भन्ने प्रष्ट हुन्छ । किनभने उसले तुरुन्तै र बढी प्राप्त हुने चीजको सट्टामा मात्र आफ्नो सम्पत्ति दिने भनेको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>अल्लाहको कसम, जब म कुनै चीजको लागि कसम खान्छु र त्यो भन्दा राम्रो अर्को चीज देख्छु भने म कसमको कफ्फारा दिन्छु र राम्रो मात्र रोज्छु।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म अश्अरी जनजातिका केही व्यक्तिहरूसँग रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आएँ । मैले उहाँसँग सवारी मागें तर उहाँले भन्नुभयो: "अल्लाहको कसम! म तिमीलाई सवारी दिन सक्दिनं र मसँग तिमीलाई दिने कुनै सवारी पनि छैन ।" त्यसपछि हामी अल्लाहले चाहनुभएको केही समयसम्म त्यहाँ बस्यौं । यसैबीच केही ऊँटहरू उहाँकहाँ आए, उहाँले हामीलाई तीनवटा ऊँटहरू दिन आदेश दिनुभयो । त्यहाँबाट निस्केपछि हामीमध्ये केही मानिसहरूले अरूलाई भने: अल्लाहले हाम्रो कार्य मा बर्कत (आशीर्वाद) दिँदैन। हामी ले रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आएर सवारीको लागि अनुरोध गर्यौं र उहाँले हामीलाई सवारी दिन नसक्ने कसम खानुभयो तर त्यसपछि उहाँले हामीलाई दिनुभयो । अबू मुसाले भने: हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ फर्कि हामीबीच भएको कुराबारे अवगत गरायौं । उहाँले भन्नुभयो: "हेर, मैले तिमीलाई सवारीसाधन दिएको होइन । अल्लाहले तिमीहरूलाई सवारी दिनुभएको हो । अल्लाहको कसम, जब म कुनै चीजको लागि कसम खान्छु र त्यो भन्दा राम्रो अर्को चीज देख्छु भने म कसमको कफ्फारा दिन्छु र राम्रो मात्र रोज्छु।"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले मन्नत गरेका छन्, उनी अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र उनीसँगै उनको जनजातिका अन्य सदस्यहरू पनि थिए । आउने उद्देश्य के थियो भने नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनीहरूलाई सवारीसाधनको रुपमा केही ऊँटहरू प्रदान गरून्, ताकि तिनीहरू जिहादमा भाग लिन सकून् । तर नबी (सल्लल्लाहु अलैहि वसल्लम) ले म तिमीहरूलाई सवारी दिन सक्दिनं र तिमीलाई दिने कुनै सवारी मसँग छैन भनेर कसम खानु भयो । त्यसैले तिनीहरू केही बेर पर्खेर बसे । त्यसपछि तीनवटा ऊँटहरू नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र उहाँले ती ऊँटहरू तिनीहरूलाई दिन पठाउनुभयो । यो देखेर केही मानिसहरूले एक अर्कालाई भने: अल्लाहले हामीलाई यी ऊँटहरूमा बर्कत दिँदैनन्; किनभने नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई सवारी नदिने कसम खानुभएको थियो । त्यसैले तिनीहरू उहाँकहाँ आएर सोधे । उहाँले भन्नुभयो: वास्तवमा, अल्लाहले तिमीहरूलाई सवारी दिनुभएको हो; किनभने उहाँले व्यवस्था गर्नुभएको हो। यो काम मद्वारा सम्पन्न भएकोले म एक माध्यम मात्र हुँ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: जब म कुनै काम गर्ने वा नगर्ने कसम खान्छु र पछि त्यो भन्दा राम्रो अर्को चीज देख्छु भने म कसमको कफ्फारा दिन्छु र राम्रो मात्र रोज्छु ।</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>कसैले कसम खान न भने पनि समाचार पुष्टि गर्न कसम खान अनुमति छ, चाहे त्यो भविष्यसँग सम्बन्धित भए पनि ।
 कसम खाइसकेपछि “इन् शा अल्लाह” भनी अपवाद गर्न पाइन्छ र यदि कसमसँग अपवाद गर्ने नियत गरिन्छ र कसमसँग जोडिएको हो भने कसम तोड्नेमाथि कफफारा अनिवार्य हुँदैन ।
 जब कुनै व्यक्तिले कसम खान्छ र त्यसपछि कसम भन्दा राम्रो कुरा देखेमा आफ्नो कसम तोडेर प्रायश्चित गर्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
-[...2 lines deleted...]
-    <t>कयामतको (प्रलयको) दिन सबैभन्दा पहिले मानिसहरूबीच जुन कुराको फैसला गरिनेछ त्यो रक्तपात हो ।</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
+  </si>
+  <si>
+    <t>कियामत (प्रलय) को दिन मानिसहरूबीचमा सर्वप्रथम रक्तपात (हत्या) को बारेमा फैसला गरिनेछ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कयामतको (प्रलयको) दिन सबैभन्दा पहिले मानिसहरूबीच जुन कुराको फैसला गरिनेछ त्यो रक्तपात हो ।"</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कियामत (प्रलय) को दिन मानिसहरूबीचमा सर्वप्रथम रक्तपात (हत्या) को बारेमा फैसला गरिनेछ।"</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामतको दिन एकअर्कामाथि गरेको अन्यायको हिसाब गर्दा सबैभन्दा पहिले रक्तपात; हत्या र चोटपटकहरूको बारेमा न्याय गरिनेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामत (प्रलय) को दिन मानिसहरूले एकअर्कालाई पुर्याएको अन्यायको हिसाब-किताब गर्दा, सबैभन्दा पहिले रक्तपात; हत्या र शारीरिक चोट पुर्याइएका विषयहरूमाथि न्याय गरिनेछ।</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
-    <t>रगतको मामिला धेरै महत्त्वपूर्ण छ। किनभने शुरुवात सबैभन्दा महत्त्वपूर्ण कुराबाट गरिन्छ ।
-पापहरूले निम्त्याउने फसाद अनुसार पापहरू बढाइन्छ र निर्दोष जीवनको हत्या गर्नु सबैभन्दा ठूलो फसाद हो । शिर्क र कुफ्र बाहेक यो भन्दा अरू कुनै ठूलो पाप छैन ।</t>
+    <t>हदीसबाट प्रस्ट हुन्छ कि रक्तपातको मामिला धेरै नै महत्त्वपूर्ण छ। किनभने महत्त्वपूर्ण भएकोले (कयामत को दिन कर्म-हिसाबकिताबको)  शुरुवात त्यसै विषयबाट गरिन्छ ।
+पापहरू तिनले निम्त्याउने हानिको व्यापकताअनुसार ठूला हुन्छन्। निर्दोष आत्माको हत्या गर्नु सबैभन्दा ठूलो हानिकारक क्षतिकार्य हो, र यसभन्दा ठूलो पाप केवल अल्लाहप्रति कुफ्र (अविश्वास) र शिर्क (बहुदेववाद) गर्नु हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>जो अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्छ, केवल ऊ मात्र अल्लाहको मार्गमा हुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, एक व्यक्ति आफ्नो बहादुरी प्रदर्शन गर्न लड्छ, अर्को महिमाको लागि लड्छ र एक व्यक्ति रियाकारी (देखावटी) को लागि लड्छ, तिनीहरूमध्ये कुन व्यक्ति अल्लाहको मार्गमा छ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जो अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्छ, केवल ऊ मात्र अल्लाहको मार्गमा हुन्छ ।"</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई विभिन्न उद्देश्यहरू बोकेर लड्नेहरू बारे सोधिएको थियो, कसैले बहादुरी प्रदर्शन गर्न लड्छ, कसैले महिमाको लागि लड्छ र कोही रियाकारी (देखावती) को लागि लड्छ, तिनीहरूमध्ये कुन व्यक्ति अल्लाहको मार्गमा छ? जवाफमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्ने व्यक्ति केवल अल्लाहको मार्गमा हो ।</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>कर्म सही वा गलत हुने आधारभूत सिद्धान्त भनेको मानिसको नीयत र इमानदारीमा निर्भर हुन्छ ।
 जिहादको उद्देश्य अल्लाहको वचनलाई उच्च पार्ने हो र यसमा अर्को वैध लक्ष्य जस्तै गनीमत (युद्धमा प्राप्त धनसम्पत्ति) पनि जोडिएको छ भने यसले मूल उद्देश्यलाई असर गर्दैन ।
 मातृभूमि र इज्जतको रक्षाको लागि शत्रुहरूसँग लड्नु पनि अल्लाहको मार्गमा जिहाद हो ।
 मुजाहिदीन (योद्धा) को बारेमा उल्लेख सद्गुण केवल अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्नेहरूका लागि हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सिङ्ग भएका दुईवटा ठूला भेडाहरूको कुर्बानी (बलिदान) दिनुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नो हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले सिङ्ग भएका दुईवटा ठूला भेडाहरूको कुर्बानी (बलिदान) दिनुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नो हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले ईदुल-अज्हाको दिन कालो र सेतो रङ्मग मिसिएको र सिङहरू भएका दुईवटा नर भेडाहरूको कुर्बानी गर्नुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नै हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>कुर्बानी (बलिदान) को वैधानिकता र सम्पूर्ण मुस्लिमहरूको यसमा सर्वसम्मति रहेको छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले जुन जनावरको कुर्बानी दिनुभएको छ त्यसैको कुर्बानी गर्नु उत्कृष्ट हो; किनभने त्यो आकर्षक हुनुको साथ यसको बोसो र मासु राम्रो हुन्छ ।
 इमाम नववीले भने: आफ्नो कुर्बानी आफ्नो हातले जबह गर्नु मुस्तहब हो । तर कुनै जायज कारणले वकील बनाउनु अनुमति छ र यस्तो अवस्थामा त्यहाँ उपस्थित हुनुपर्छ वा कुनै मुस्लिमलाई नियुक्त गर्नु जायज हो र यसमा कुनै मतभेद छैन ।
 इब्ने हजरले भने: जबह (वध) गर्दा बिस्मिल्लाहको साथ "अल्लाहु अकबर" भन्नु र जनावरको दाहिने काँधमा खुट्टा राख्नु मुस्तहब हो । त्यसैले जनावरलाई भुइँमा बायाँ पट्टी राख्ने र आफ्नो खुट्टा उसको दाहिने छेउमा राख्नुपर्छ भन्नेमा सम्मति छ, ताकि जबह गर्नेलाई दायाँ हातले चक्कु समात्न र देब्रे हातले टाउको समात्न सजिलो होस् ।
 सिङ्ग भएको जनावरको कुर्बानी गर्नु मुस्तहब हो, तर सिङ्ग नभएको पनि गर्न पाइन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>“रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनुहोस्, सुन र चाँदीको भाँडाहरूमा नपिउनुहोस् र तिनीहरूका थालहरूमा नखानुहोस् । किनभने यो तिनीहरूका लागि यस लोकमा हो र हाम्रो लागि परलोकमा हो ।</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>अब्दुर रहमान बिन अबु लैलाले बयान गरेका छन्, उनीहरू हुजैफा (रजियल्लाहु अन्हु) सँग थिए । उनले पिउनको लागि पानी मागे, एउटा मजुसीले उनलाई पानी दियो । जब उसले उनको हातमा पानीको प्याला (कचौरा) राख्यो, उनले उसलाई त्यसैले हिर्काए र भने: मैले उसलाई एक दुई पटक निषेध नगरेको भए मैले यसो गर्ने थिइनँ । उनले के भन्न खोजे भने: मैले त्यत्तिकै त्यसो गरेको होइन । मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनेको छु, उहाँले भन्नुभयो: “रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनुहोस्, सुन र चाँदीको भाँडाहरूमा नपिउनुहोस् र तिनीहरूका थालहरूमा नखानुहोस् । किनभने यो तिनीहरूका लागि यस लोकमा हो र हाम्रो लागि परलोकमा हो ।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुरुषहरुलाई सबै प्रकारको रेशमको लुगा लगाउन निषेध गर्नुभयो । जबकि उहाँले महिला र पुरुष दुवैलाई सुन चाँदीको भाँडामा खानपिन गर्न निषेध गर्नुभएको छ । अनि यी चीजहरू न्यायको दिनमा मुमिनहरूका लागि विशेष आशीर्वाद हुनेछन्; किनभने तिनीहरूले अल्लाहको आदेशको पालना गर्दै यस संसारमा त्यसबाट टाढिएका थिए । यसको विपरित, काफिरहरूले परलोकमा यी चीजहरू पाउने छैनन्; किनभने तिनीहरूले अल्लाहको आदेशको अवज्ञा गरेर सांसारिक जीवनमा यी कुराहरू भोगेका छन् ।</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>रेशम र दिबाज (बाक्लो रेशम) को लुगा पुरुषहरूको लागि निषेधित छ र लगाउनेहरूलाई कडा धम्की दिइएको छ ।
 रेशम र दिबाज (बाक्लो रेशम) को लुगा लाउनु महिलाहरु को लागी हलाल हो ।
 सुन र चाँदीको थाल र भाँडाहरूमा खान र पिउन महिला र पुरुष दुवैका लागि निषेध गरिएको छ ।
 हुजैफा (रजियल्लाहु अन्हु) ले उसलाई सुन र चाँदीका भाँडाहरू प्रयोग नगर्न बारम्बार मनाही गरे पनि उसले आफ्नो मनोवृत्ति परिवर्तन नगरेकोले उनले कठोर प्रतिक्रिया देखाए ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>जसले यस संसारमा रेशम लगाउँछ, उसले परलोकमा लगाउने छैन ।</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>उमर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले यस संसारमा रेशम लगाउँछ, उसले परलोकमा लगाउने छैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस संसारमा रेशमी कपडा लगाउने र तौबा (पश्चात्ताप) नगरी मर्ने पुरुषलाई परलोकमा सजायको रूपमा यो पहिरनबाट वञ्चित गरिने बताउनुभएको छ ।</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>रेशम भनेको शुद्ध प्राकृतिक रेशम हो । तर कृत्रिम रेशम हदीसमा समावेश गरिएको छैन ।
 पुरुषहरूका लागि रेशम लगाउन निषेध गरिएको छ ।
 रेशमी कपडा लगाउन निषेध मा यसलाई बिछाउने पनि समावेश छ ।
 पुरुषहरूले कपडामा केही रेशम प्रयोग गर्न अनुमति छ, त्यो पनि चौडाइमा दुई देखि चार औंलाहरू भन्दा बढी हुँदैन र कपडाको किनारा वा चिन्हको रूपमा मात्र प्रयोग गर्न सकिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>जसले हाम्रो विरुद्धमा हतियार (शस्त्र) उठाउँछ, ऊ हामी मध्येको होइन ।</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले हाम्रो विरुद्धमा हतियार (शस्त्र) उठाउँछ, ऊ हामी मध्येको होइन ।"</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>मुस्लिमहरूलाई आतंकित गर्न वा लुटपाट गर्न हतियार उठाउने विरुद्ध रसूल (सल्लल्लाहु अलैहि वसल्लम) ले  चेतावनी दिनुभएको छ । जसले यो अन्यायपूर्ण काम गर्छ, उसले ठूलो अपराध र गम्भीर पाप गर्छ र यो कडा प्रतिज्ञाको हकदार हुन्छ ।</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>एक मुस्लिमले आफ्ना मुस्लिम दाजुभाइहरू विरुद्ध लड्ने बारे धेरै कडा चेतावनी ।
 धर्तीमा सबैभन्दा ठूलो निन्दनीय कार्य र ठूलो फसाद भनेको मुसलमानहरू विरुद्ध हतियार उठाउनु र हत्या गरेर फसाद फैलाउनु हो।
 उपरोक्त प्रतिज्ञाको दायरा भित्र विद्रोही र अराजकता फैलाउन उक्साउनेहरू विरुद्धको सही प्रकारको युद्ध समावेश छैन।
 उल्लेख गरिएको धम्कीमा न्यायसंगत युद्धलाई समेटिदैन, जस्तो कि विद्रोही र भ्रष्टाचार गर्नेहरू विरुद्धको युद्ध।
 हतियार आदि देखाएर मुस्लिमहरू लाई भयभीत र त्रसित गर्न पाइँदैन, चाहे त्यो मजाकको रूपमा नै किन होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>मैले तिमीहरूलाई शंका गरेकोले कसम खान भनेको होइन । तथ्य के हो भने जिब्रील (उच्च स्वर्गदूत) आएर मलाई भने, अल्लाहले स्वर्गदूतहरूको अगाडि तिमीहरूप्रति गर्व गर्दै हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मुआविया (रजियल्लाहु अन्हु) मस्जिदमा मानिसहरूको एक समूहमा आए र सोधे: तपाईंहरू यहाँ किन बसिरहनुभएको छ? तिनीहरूले भने: हामी अल्लाहलाई याद (जिक्र) गर्न बसेका छौं । मुआविया (रजियल्लाहु अन्हु) ले भने: मलाई कसम खाएर भन्नुहोस्, तपाईंहरू केवल यसैको लागि बसिरहनुभएको छ? मानिसहरूले भने: अल्लाहको कसम, हामी यहाँ यसैको लागि बसेका छौं । मुआविया (रजियल्लाहु अन्हु) ले भने, म तपाइँहरूलाई झुटो ठान्छु र शंका गर्छु भनेर कसम खान भनेको होइन । म नबी (सल्लल्लाहु अलैहि वसल्लम) को नजिकको मान्छे भए तापनि उहाँबाट म भन्दा कम हदीसहरू उद्धृत गर्ने अरु कोही छैन होला: नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो सहाबा (साथी) हरूको समूहमा आए र सोधे: "तिमीहरू यहाँ किन बसिरहेका छौ?" साथीहरूले जवाफ दिए: हामी यहाँ अल्लाहलाई याद गर्न, उहाँको प्रशंसा गर्न बसेका छौं जसले हामीलाई इस्लामको मार्ग देखाउनुभएको छ र हामीलाई इस्लाम जस्तो धर्म दिनुभएको छ । उहाँले भन्नुभयो: "मलाई कसम खाएर भन, तिमीहरू यसैको लागि बसेकाछौं ?" तिनीहरूले भने: अल्लाहको कसम, हामी यसैको लागि बसेका छौं । उहाँले भन्नुभयो: "मैले तिमीहरूलाई शंका गरेकोले कसम खान भनेको होइन । तथ्य के हो भने जिब्रील (उच्च स्वर्गदूत) आएर मलाई भने, अल्लाहले स्वर्गदूतहरूको अगाडि तिमीहरूप्रति गर्व गर्दै हुनुहुन्छ ।"</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>मुआविया बिन अबू सुफ्यान (रजियल्लाहु अन्हुमा) मस्जिदमा एक हल्का (समूह) मा आए र तपाईंहरू यहाँ किन बसिरहनुभएको छ? भनेर सोधे । तिनीहरूले भने: हामी अल्लाहलाई याद (जिक्र) गर्न बसेका छौं । त्यसैले उनले तिनीहरू अल्लाहलाई याद (जिक्र) गर्न बसिरहेका छन् भनेर कसम खान लगाए । तसर्थ, तिनीहरूले कसम खाए । त्यसपछि मुआविया (रजियल्लाहु अन्हु) ले भने, म तपाइँहरूको सत्यतामा शंका गरेर र झुटो ठानेर कसम खान भनेको होइन । अनि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) संग उनको जति घनिष्टता र पद अरु कसैको नभएको बताए; किनभने उनकी बहिनी उम्मे हबीबा (रजियल्लाहु अन्हा) नबी (सल्लल्लाहु अलैहि वसल्लम) की पत्नी थिइन् र उनी स्वयं वही (प्रकाशना) का लेखकहरूमध्ये एक थिए । यसका बाबजुद उनले धेरै कम हदीसहरू उद्धृत गरेका छन् । त्यसपछि उनले उनीहरूलाई भने, एक दिन नबी (सल्लल्लाहु अलैहि वसल्लम) घरबाट बाहिर निस्कनुभयो र उनीहरूलाई मस्जिदमा बसेर अल्लाहलाई सम्झिरहेको र इस्लामको मार्गदर्शन गर्नुभएकोमा उहाँको प्रशंसा गर्दै गरेको भेट्टाउनुभयो । तब उहाँले आफ्ना साथीहरुलाई त्यस्तै सोध्नुभयो र कसम लिनुभयो जसरी मुआविया (रजियल्लाहु अन्हु) ले सोधेका र कसम लिएका थिए । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूसित गरेको प्रश्न र कसम खान भन्ने कारण खुलाउदै बताउनुभयो । जिब्रील (अलैहिस्सलाम) म कहाँ आएर भने : अल्लाहले स्वर्गदूतहरूको अगाडि तिनीहरूको उत्कृष्टता व्यक्त गर्दै र तिनीहरूको राम्रो कामहरू देखाउँदै तिनीहरूप्रति गर्व गर्दै हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>मुआविया (रजियल्लाहु अन्हु) को उत्कृष्टता र ज्ञान फैलाउने क्रममा नबी (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याउने उत्सुकता ।
 कुनै कुराको महत्वलाई उजागर गर्न बिना आरोप कसम खान पाइन्छ ।
 जिक्र (सम्झना) र इल्म (ज्ञान)को जमघटको सद्गुण । अल्लाहले त्यस्ता भेलाहरूलाई मन पराउनुहुन्छ र स्वर्गदूतहरूको अगाडि उनीहरूको महिमा गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[मुस्लिमले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
-[...2 lines deleted...]
-    <t>यी दुवैलाई सजाय दिइँदैछ र उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैन । तिनीहरूमध्ये एक पिसाबबाट बच्दैन्थे र अर्को चुक्ली गर्थे</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
+  </si>
+  <si>
+    <t>निश्चय नै यी दुवैलाई सजाय दिइँदैछ तर उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैनन्, (सजाय भोगीरहेका कारण यो हो कि) तिनीहरूमध्ये एक पिसाबबाट बच्दैनथ्यो र अर्कोले चुक्ली गर्थ्यो</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) दुई चिहानहरूबाट गुज्रनुभयो र भन्नुभयो: " यी दुवैलाई सजाय दिइँदैछ र उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैन । तिनीहरूमध्ये एक पिसाबबाट बच्दैन्थे र अर्को चुक्ली गर्थे  ।" त्यसपछि उहाँले खजुरको एउटा ताजा हाँगा लिनुभयो र त्यसलाई दुइभागमा च्यातेर प्रत्येक चिहानमा एक भाग गाड्नुभयो । साथीहरूले सोधे, हे अल्लाहका रसूल ! त्येस्तो किन गर्नुभएको ? उहाँले जवाफ दिनुभयो: "सायद यी दुई हाँगाहरू नओइलिएसम्म उनीहरूको पीडा हलुका हुनसक्छ ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) दुई चिहानहरूको नजिकबाट गुज्रनुभयो र भन्नुभयो: " निश्चय नै यी दुवैलाई सजाय दिइँदैछ तर उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैनन्, (सजाय भोगीरहेका कारण यो हो कि) तिनीहरूमध्ये एक पिसाबबाट बच्दैनथ्यो र अर्कोले चुक्ली गर्थ्यो  ।" त्यसपछि उहाँले खजुरको एउटा ताजा हाँगा लिनुभयो र त्यसलाई दुइभागमा च्यातेर प्रत्येक चिहानमा एक भाग गाड्नुभयो । साथीहरूले सोधे, हे अल्लाहका रसूल ! त्येस्तो किन गर्नुभएको ? उहाँले जवाफ दिनुभयो: "सायद यी दुई हाँगाहरू नओइलिएसम्म उनीहरूको पीडा हलुका हुनसक्छ ।"</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दुई चिहानहरूबाट गुज्रनुभयो र भन्नुभयो: यी दुई कब्रमा भएका व्यक्तिहरूलाई सजाय दिइँदैछ।; तिमीहरूलाई सानो लाग्ने कुरा नै यसको कारण हो, तर त्यो अल्लाहको नजरमा ठूलो दोष हो। यी दुई मध्ये एक जनाले पिसाब गर्दा आफ्नो शरीर र कपडालाई पिसाबबाट जोगाउन ध्यान दिएनन् । र अर्को व्यक्ति मानिसहरूबीच चुगली गर्थ्यो, अरूका कुरा यस उद्देश्यले फैलाउँथ्यो कि अरूलाई हानी पुगोस् र मानिसहरूबीच विवाद र मनमुटाव उत्पन्न होस्।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दुई  चिहानहरूको नजिकबाट  गुज्रनुभयो र भन्नुभयो कि यी दुई कब्रमा भएका व्यक्तिहरूलाई सजाय दिइँदैछ।; तिमीहरूलाई सानो लाग्ने कुरा नै यसको कारण हो, तर त्यो अल्लाहको नजरमा ठूलो दोष हो। यी दुई मध्ये एक जनाले पिसाब गर्दा आफ्नो शरीर र कपडालाई पिसाबबाट जोगाउन ध्यान दिँदैनथ्यो । र अर्को व्यक्तिले मानिसहरूबीच चुक्ली लगाउने तथा अरूलाई हानि पुर्याउने र उनीहरूका बीचमा कलह र मनमुटाव उत्पन्न गर्ने उद्देश्यले अरूका कुराहरू फैलाउने गर्थ्यो।</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
-    <t>चुक्ली गर्नु र पिसाबबाट नबच्नु ठूलो पाप र चिहानमा दण्ड हुने कारण हो ।
-अल्लाहले आफ्ना नबीको लागि गैब (अदृश्य) का केही कुराहरू जस्तै चिहानको सजाय प्रकट गर्नु हुन्थ्यो, ताकि यो उहाँको ईशदूत हुनको प्रमाण होस् ।
+    <t>चुक्ली गर्नु र पिसाबबाट नबच्नु ठूलो पाप हुन् र र यी कुरा चिहानको सजायका कारणहरूमध्ये एक हुन्। ।
+गैब (अदृश्य) को केही ज्ञान अल्लाहले आफ्ना नबीलाई प्रदान गर्नुभएको थियो, जस्तै चिहानको सजायको बारेमा । ताकि यो उहाँको लागि सत्य ईशदूत हुनको प्रमाण होस् ।
 दुईवटा हाँगाहरूलाई भाँचेर चिहानमा गाड्ने कार्य नबी (सल्लल्लाहु अलैहि वसल्लम) को लागि विशेष छ । किनभने अल्लाहले उहाँलाई ती दुई चिहानहरूमा गाडिएका मानिसहरूको अवस्थाबारे जानकारी दिनुभएको थियो।  त्यसैले उहाँसँग अरू कसैलाई तुलना गर्न सकिँदैन किनभने चिहानमा मानिसहरूको अवस्था कसैलाई थाहा छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
-[...2 lines deleted...]
-    <t>जब तपाईंहरू अजान सुन्नुहुन्छ भने मुअज्जिनले भने जस्तै भन्नुहोस् ।</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
+  </si>
+  <si>
+    <t>तपाईंहरूले अजान सुन्दा मुअज्जिनले भने जस्तै शब्दहरू दोहोर्याउनुहोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब तपाईंहरू अजान सुन्नुहुन्छ भने मुअज्जिनले भने जस्तै भन्नुहोस् ।"</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तपाईंहरूले अजान सुन्दा मुअज्जिनले भने जस्तै शब्दहरू दोहोर्याउनुहोस्।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अजान सुन्दा मुअज्जिनलाई जवाफ दिन प्रोत्साहित गर्दै हुनुहुन्छ । जवाफमा हामीले मुअज्जिनले भनेझैं प्रत्येक वाक्यलाई एक-एक गरेर भन्नुपर्छ । जब उसले तकबीर भन्छ, हामी तकबीर भन्नेछौं । जब उसले ‘अश्ह्दु अल्ला इलाह इल्लल्लाह’ र ‘अश्ह्दु अन्न मुहम्मदर्रसूलुल्लाह’ दुबै गवाही दिन्छ, हामी पनि त्यसपछि दुबै गवाही दिनेछौं । तर (हय्य अलस्सलाह) र (हय्य अलल्फलाह) को जवाफमा (लाहौल वला कुव्वत इल्ला बिल्लाह) भनिनेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अजान सुन्ने व्यक्तिलाई मुअज्जिनलाई जवाफ दिन प्रोत्साहित गर्नुभएको छ। जवाफ दिने क्रममा मुअज्जिनले बोलेका प्रत्येक वाक्यलाई हामीले पनि एक-एक गरी दोहोर्याउनुपर्छ। जब उसले तकबीर भन्छ तब हामीले तकबीर भन्नु पर्नेहुन्छ । जब उसले ‘अश्ह्दु अल्ला इलाह इल्लल्लाह’ र ‘अश्ह्दु अन्न मुहम्मदर्रसूलुल्लाह’ भनेर दुबै गवाही दिन्छ, हामीले पनि त्यसपछि दुबै गवाही भन्नु पर्नेहुन्छ । तर (हय्य अलस्सलाह) र (हय्य अलल्फलाह) को जवाफमा (लाहौल वला कुव्वत इल्ला बिल्लाह) भनिनेछ ।</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
-    <t>एकभन्दा बढी मुअज्जिन भएमा पहिलो मुअज्जिनको अजान समाप्त भएपछि अर्को मुअज्जिनको जवाफ दिइनेछ । किनभने हदीसका शब्दहरूले यसलाई दर्शाउछ ।
-शौचालयमा वा मल त्यागमा व्यस्त नभएसम्म मानिसले हरेक परिस्थितिहरूमा मुअज्जिनलाई जवाफ दिनुपर्छ ।</t>
+    <t>एकभन्दा बढी मुअज्जिन भएमा पहिलो मुअज्जिनको अजान समाप्त भएपछि अर्को मुअज्जिनको जवाफ दिइनेछ । किनभने हदीसका शब्दहरूको व्यापक अर्थले यसलाई दर्शाउछ ।
+शौच गर्ने अवस्था बाहेक हरेक परिस्थितिहरूमा मुअज्जिनलाई जवाफ दिनुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
-[...2 lines deleted...]
-    <t>त्यसलाई छोड्देऊ; किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
+  </si>
+  <si>
+    <t>मोजालाई नफुकाल्नु; किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
-    <t>मुगीरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग एक यात्रामा थिएँ, म उहाँको मोजा फुकाल्नको लागि झुकेँ अनि उहाँले भन्नुभयो : " त्यसलाई छोड्देऊ; किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ ।" त्यसपछि उहाँले मोजामाथि मसह गर्नुभयो ।</t>
+    <t>मुगीरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग एक यात्रामा थिएँ, म उहाँको मोजा फुकाल्नको लागि झुकेँ। उहाँले भन्नुभयो : " मोजालाई नफुकाल्नु; किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ ।" त्यसपछि उहाँले मोजामाथि  'मसह' गर्नुभयो ।</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) एक यात्रामा हुनुहुन्थ्यो अनि उहाँले यात्राको क्रममा वुजू गर्नुभयो । वुजू गर्दा जब खुट्टा धुने पालो आयो, मुगीरह बिन शोबा (रजियल्लाहु अन्हु) ले मोजा फुकाल्न उहाँको खुट्टातिर आफ्नो हात बढाए ताकि उहाँ आफ्नो खुट्टा धुन सकून् । यो देखेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: छोड्देउ, यसलाई फुकाल्नु पर्दैन, किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ । तसर्थ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो खुट्टा धुनुको सट्टा 
-त्यसमाथि मसह गर्नुभयो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) एक यात्रामा हुनुहुन्थ्यो र उहाँले यात्राकै क्रममा वुजू गर्नुभयो । वुजू गर्दा जब खुट्टा धुने पालो आयो, मुगीरह बिन शोबा (रजियल्लाहु अन्हु) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले लगाउनुभएको मोजा फुकाल्नका लागि उहाँको खुट्टातिर आफ्नो हात बढाउनुभयो, ताकि उहाँले आफ्नो खुट्टा धुन सकून् । यो देखेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: छोड्देउ, यसलाई फुकाल्नु पर्दैन, किनकि मैले तहारत (वुजू) को अवस्थामा मोजा लगाएको थिएँ । त्यसपछि, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो खुट्टा धुनुको सट्टा त्यसमाथि मसह गर्नुभयो ।</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
-    <t>हदस अस्गर (सानो अपवित्रता) लाई हटाउन वुजू गर्दा मोजामा मसह गर्नु इजाजत छ, तर हदस अक्बर (ठूलो अपवित्रता) मा नुहाउने क्रममा खुट्टा धुनु पर्छ।
+    <t>हदीस अनुसार, ‘हदसे अस्गर’ (साना अपवित्रता) को अवस्थामा वजू  गर्दा मोजामा ‘मसह’ गर्न अनुमति छ। तर, ‘हदसे अकबर’ (ठूला अपवित्रता) को अवस्थामा भने नुहाउँदा खुट्टा धुनु नै अनिवार्य हुन्छ।
 'मसह' भनेको भिजेको हातले मोजामाथिको भाग एक पटक घस्नुपर्छ, तल्लो भागमा होइन ।
-मोजामाथि मसह गर्ने (घस्ने) केही शर्तहरू : खुट्टा धोएर पूर्ण रूपमा वुजू गरेपछि मोजा लगाएको हुनुपर्छ । मोजा पाक (शुद्ध) हुनुपर्छ । मोजाले खुट्टाको धुनु पर्ने भागलाई छोपेको हुनुपर्छ । हदस अस्गर (सानो अपवित्रता) मा मसह गर्न इजाजत छ, तर हदस अक्बर (ठूलो अपवित्रता) वा जनाबत (नुहाउनै पर्ने अवस्था) मा छैन । शरियतले तोकेको समय भित्र गर्नुपर्छ । मुकीम (निवासी) ले एक दिन-एक रातसम्म र मुसाफिर (यात्री) ले तीन दिन-तीन रातसम्म मसह गर्न इजाजत छ ।
-[...1 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) को उच्च आचरण र तालिम दिने उत्कृष्ट तरिका; उहाँले मुगिरा (रजियल्लाहु अन्हु) लाई मोजा नफुकाल्न र मैले वुजूको अवस्थामा मोजा लगाएको थिएँ भनेर कारण पनि खुलाई दिनुभयो, ताकि उनी सन्तुष्ट होउन् र यसको हुकुम पनि थाहा होस् ।</t>
+मोजामाथि मसह गर्ने (घस्ने) केही शर्तहरू : खुट्टा धोएर पूर्ण रूपमा वुजू गरेपछि मोजा लगाएको हुनुपर्छ । मोजा स्वच्छ हुनुपर्छ । मोजाले खुट्टाको धुनु पर्ने भागलाई छोपेको हुनुपर्छ । हदस अस्गर (सानो अपवित्रता) मा मसह गर्न इजाजत छ, तर हदस अक्बर (ठूलो अपवित्रता) वा जनाबत ( वीर्य स्खलन वा सम्भोगको कारणले नुहाउनै पर्ने अवस्था) मा छैन । शरियतले तोकेको समय भित्र गर्नुपर्छ । मुकीम (निवासी) ले एक दिन-एक रातसम्म र मुसाफिर (यात्री) ले तीन दिन-तीन रातसम्म मसह गर्न इजाजत छ ।
+"खुफ" अर्थात् छालाको मोजामा मसह गर्न सकिने नियमलाई आधार (कियास) बनाई, खुट्टा पुरै ढाक्ने अन्य वस्तुहरूबाट बनेका मोजामा पनि मसह गर्न सकिन्छ।
+यस हदीस बाट नबी (सल्लल्लाहु अलैहि वसल्लम) को उच्च आचरण र तालिम दिने उत्कृष्ट तरिका पनि प्रस्ट हुन्छ; उहाँले मुगिरा (रजियल्लाहु अन्हु) लाई मोजा नफुकाल्न भन्नुभयो र मैले वुजूको अवस्थामा मोजा लगाएको थिएँ भनेर कारण पनि खुलाई दिनुभयो, ताकि उनी सन्तुष्ट होउन् र यसप्रति हुकुम पनि थाहा होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>यदि कुनै मानिसले आफ्नो भाइसँग माया गर्दछ भने, उसले बताऒस् कि ऊ सँग माया गर्दछ" ।</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>मिकदाम बिन माअ्दिकरिब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "यदि कुनै मानिसले आफ्नो भाइसँग माया गर्दछ भने, उसले बताऒस् कि ऊ सँग माया गर्दछ" ।</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आस्थावानहरू बीचको सम्बन्धलाई  बलियो बनाउन र तिनीहरू भित्र आपसी प्रेमको वातावरण सिर्जना गर्न एउटा कारण उल्लेख गर्नुभएको छ । त्यो के हो कि जब कोही व्यक्तिले कसैलाई माया गर्छ भने उसले उसलाई माया गर्छ भनेर बताउनुपर्छ ।</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>बिना कुनै सांसारिक स्वार्थ अल्लाहको लागि गरिएको शुद्ध प्रेमको श्रेष्ठटा  ।
 अल्लाहको लागि कुनै व्यक्तिसँग गरिएको माया बारे उसलाई बताउनु राम्रो कुरा हो, त्यस्ले प्रेम अझ प्रगाढ र बलियो हुनेछ ।
 मुस्लिम हरु बीच आपसी प्रेम प्रवर्द्धनले इस्लामिक भाइचारालाई बलियो बनाउँछ र समाजलाई विघटित हुनबाट बचाउँछ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
   </si>
   <si>
-    <t>[अबू दाउद र तिर्मीजीले तथा निसाईले सुनन कुब्रामा र अहमदले वर्णन गरेका छन्]</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो जुत्ता लगाउदा, आफ्नो कपाल कोर्दा, वुजू गर्दा यहाँसम्म आफ्नो सबै मामिलाहरूमा दायाँतिरबाट आरम्भ गर्न मन पराउनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन (आस्थावानहरूकि आमा)आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो जुत्ता लगाउदा, आफ्नो कपाल कोर्दा, वुजू गर्दा यहाँसम्म आफ्नो सबै मामिलाहरूमा दायाँतिरबाट आरम्भ गर्न मन पराउनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दायाँ तर्फबाट सम्मानजनक कार्यहरू सुरु गर्न मन पराउनुहुन्थ्यो, जस्तैः जुत्ता लगाउँदा पहिले दाहिने खुट्टाबाट सुरु गर्ने, टाउको र दाह्रीको कपालमा तेल लगाउँदा र काईयो गर्दा दायाँबाट सुरु गर्ने, वुजू गर्दा दायाँ हात र दाहिने खुट्टालाई बायाँ हात र देब्रे खुट्टा भन्दा पहिला धुने इत्यादि ।</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>इमाम नववीले शरियतको एउटा सामान्य नियम उल्लेख गर्दै भनेका छन्: लुगा र पायजामा लगाउनु, जुत्ता लगाउनु, मस्जिदमा प्रवेश गर्नु, मिस्वाक गर्नु, आँखामा सुर्मा वा काजल लगाउनु, नङ काट्नु, जुँगा काँट्नु, काईयोले कपाल कोर्नु, काखीका रौंहरू उखेल्नु, कपाल काट्नु, नमाजमा सलाम फेर्नु, पवित्र अंगहरू धुनु, शौचालयबाट बाहिर निस्कनु, खानपिन गर्नु, मुसाफाह गर्नु अथवा हात मिलाउनु, हजरे अस्वद (काबाको कालो ढुंगा) लाई चुम्बन गर्नु आदि जस्ता सम्मानजनक कामहरू दाहिने तर्फबाट सुरु गर्नु मुस्तहब हो । यसको विपरीत शौचालयमा प्रवेश गर्नु, मस्जिदबाट बाहिर निस्कनु, नाक पुछ्नु, इस्तिन्जा (दिसापिसाब गरेपछि सफा) गर्नु, लुगा, पैन्ट, कट्टु र जुत्ता मोजा आदि फुकाल्नु जस्ता कामहरू बायाँ तर्फबाट सुरु गर्नु मुस्तहब हो । वास्तवमा यो सबै दायाँको सम्मान र इज्जतको कारणले गर्दा हो ।
 "उहाँलाई दायाँबाट सुरुवात गर्न मनपर्छ", यसमा दाहिने हात, दाहिने खुट्टा, दायाँतिर र दाहिनेबाट लेनदेन गर्नु सबै कुराहरू समावेश छन् ।
 इमाम नववीले भनेका छन्: केही अंगहरूमा दाँयाबाट सुरु गर्नु मुस्तहब होइन; जस्तैः दुवै कान, दुवै हत्केला र दुवै गालाहरू । यी अंगहरूका दुवै भाग एकै पटक शुद्ध पार्नुपर्ने हो, यदि त्यसो गर्न गाह्रो छ भने, दाँयालाई प्राथमिकता दिइनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
-[...2 lines deleted...]
-    <t>यो एक प्रकारको रोग हो । जति दिन महिनावारी आउथ्यो त्यति दिनमा मात्र नमाज नपढ र त्यसपछि नुहाऊ र नमाज पढ ।</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
+  </si>
+  <si>
+    <t>यो नसोमा विकृतिको कारणले हुने रोग हो । जति दिन महिनावारी आउथ्यो त्यति दिनमा मात्र नमाज नपढ र त्यसपछि नुहाऊ र नमाज पढ ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
-    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, फातिमा बिन्ते अबू हुबैश ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई प्रश्न सोधिन्, म इस्तीहाजा (अत्याधिक रजस्वला) बाट पीडित छु र कहिल्यै पवित्र हुन सक्दिन । के यस्तो अवस्थामा नमाज छोड्नु पर्छ ? उहाँले जवाफ दिनुभयो: "होइन, यो एक प्रकारको रोग हो । जति दिन महिनावारी आउथ्यो त्यति दिनमा मात्र नमाज नपढ र त्यसपछि नुहाऊ र नमाज पढ ।"</t>
+    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, फातिमा बिन्ते अबू हुबैश ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई प्रश्न सोधिन्, म इस्तीहाजा (नसोमा विकृतिको कारणले हुने अनियमित रक्तस्राव) बाट पीडित छु र कहिल्यै पवित्र अवस्थामा हुदिन । के यस्तो अवस्थामा नमाज छोड्नु पर्छ ? उहाँले जवाफ दिनुभयो: "होइन, यो नसोमा विकृतिको कारणले हुने रोग हो । जति दिन महिनावारी आउथ्यो त्यति दिनमा मात्र नमाज नपढ र त्यसपछि नुहाऊ र नमाज पढ ।"</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
-    <t>फातिमा बिन्ते अबू हुबैशले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधिन्, उनको रजस्वला रोकिदैन र महिनावारी बाहेकका दिनहरूमा पनि रगत बगिरहन्छ, के यो रगतलाई महिनावारीको रगत मानिनेछ र म नमाज छोड्न सक्छु ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : यो महिनावारीको रगत होइन, यो त इस्तिहाजा (रोग) हो, जुन पाठेघरको नसा फुट्दा रगत निस्कन्छ । तसर्थ, इस्तीहाजह (रोग) को शिकार हुनु अघि सामान्य रूपमा जति दिन महिनावारी हुन्थ्यो, त्यति दिन हैज(महिनावारी) मानेर नमाज, उपवास र महिनावारीको अवस्थामा निषेध गरिएको कुराबाट टाढा बस । जब त्यो समयावधि समाप्त हुन्छ, तिमी हैज (महिनावारी) बाट शुद्ध भयौ । त्यसपछि महिनावारीबाट शुद्ध हुनको लागि रगत निस्कने ठाउँलाई राम्ररी सफा गर र पूर्ण रूपमा स्नान गर अनि त्यसपछि नमाज पढ ।</t>
+    <t>फातिमा बिन्ते अबू हुबैशले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधिन् कि उनको रजस्वला रोकिदैन र महिनावारी बाहेकका दिनहरूमा पनि रगत बगिरहन्छ, के यो रगतलाई महिनावारीको रगत मानिनेछ र के उहाँले नमाज छोड्न सक्छिन् ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : यो महिनावारीको रगत होइन, यो त इस्तिहाजा अर्थात् रोगजन्य रक्त हो, जुन पाठेघरको नसा फुट्दा निस्कन्छ । तसर्थ, इस्तैहाजाको (रोग) स्थिति उत्पन्न हुनुभन्दा पूर्व, तिम्रो सामान्य महिनावारीको अवधि जति दिनको थियो, त्यति दिनलाई नै महिनावारी मानेर नमाज, उपवास तथा महिनावारीका समयमा निषेध गरिएका सम्पूर्ण कार्यहरूबाट टाढा रहनु। त्यो समयावधि समाप्त हुनासाथ तिमी हैज (महिनावारी) बाट शुद्ध हुनेछौं। त्यसपछि महिनावारीबाट शुद्ध हुनको लागि रगत निस्कने ठाउँलाई राम्ररी सफा गर र पूर्ण रूपमा स्नान गर अनि त्यसपछि नमाज पढ्न शुरु गर ।</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>महिनावारी सकिएपछि महिलाले अनिवार्य रूपमा नुहाउनु पर्छ ।
-इस्तीहाजह (रोग) को शिकार भएकी महिलाले अनिवार्य रूपमा नमाज पढ्नु पर्छ ।
-[...2 lines deleted...]
-महिनावारीको रगत र इस्तीहाजाको रगतमा फरक के छ भने महिनावारीको रगत कालो, बाक्लो र दुर्गन्धको हुन्छ, जबकि इस्तीहाजाको रगत रातो, पातलो र गन्धरहित हुन्छ ।</t>
+इस्तीहाजह (रोगजन्य रक्तस्राव)  भएकी महिलाले अनिवार्य रूपमा नमाज पढ्नु पर्छ ।
+महिनावारी (हैज) भनेको प्राकृतिक रूपमा निस्कने रगत हो जसमा वयस्क महिलाको पाठेघरबाट निश्चित दिनहरूमा योनीको माध्यमबाट रगत निस्कने गर्दछ।
+इस्तिहाजा भनेको पाठेघरको खाडलबाट नभई यसको माथिल्लो भागबाट असामयिक रगत बग्नु हो ।
+महिनावारीको रगत र इस्तीहाजाको रगतमा फरक के छ भने महिनावारीको रगत कालो, बाक्लो र दुर्गन्धित प्रकृतिको हुन्छ, जबकि इस्तीहाजाको रगत रातो, पातलो र गन्धरहित हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सीधा गर्नु पूर्ण नामाजको एक भाग हो ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>अनस बिन् मालिक(रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सीधा गर्नु पूर्ण नामाजको एक भाग हो ।"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मोसल्ली (नमाज पढ्ने) हरूलाई आफ्ना पङ्क्तिहरू सीधा गर्न, पङ्क्तिमा उभिएको बेला एकअर्काको अगाडि वा पछि नभई सिधा उभिन आदेश दिँदै हुनुहुन्छ । पङ्क्तिहरू सिधा गर्नु नमाजको पूर्णताको एक हिस्सा हो र बाङ्गोपन प्रार्थनामा दोष र कमीको कारण हो ।</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>नमाज लाई पूर्णता दिने र कमीबाट टाढा राख्ने सबै कुराहरूमा ध्यान दिनुपर्छ ।
 शिक्षामा नबी (सल्लल्लाहु अलैहि वसल्लम) को अद्भूत हिक्मत (बुद्धि) को प्रमाण, उहाँले आदेशसँगै यसको कारण पनि बताउनुभयो । जसले गर्दा आदेशको हिक्मत (कारण) स्पष्ट होस् र मानिसमा कार्यान्वयनको भावना जागृत होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
-[...2 lines deleted...]
-    <t>“जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस् र जसले इस्तिन्जा (ढुंगा आदिले शुद्धता प्राप्त) गर्छ, उसले विजोर सङ्ख्या प्रयोग गरोस्</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
+  </si>
+  <si>
+    <t>“जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस्। जसले इस्तिन्जा (ढुंगाद्वारा शुद्धता प्राप्त गर्नु) गर्छ, उसले विजोर सङ्ख्यामा ढुंगा प्रयोग गरोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस् र जसले इस्तिन्जा (ढुंगा आदिले शुद्धता प्राप्त) गर्छ, उसले विजोर सङ्ख्या प्रयोग गरोस् । तिमीहरूमध्ये कोही निद्राबाट ब्यूँझन्छ, उसले भाँडोमा हात हाल्नुअघि आफ्नो हातलाई धुनुपर्छ । किनकि रातमा  उसको हात कहाँ गयो उसलाई थाहा हुँदैन ।" सहीह मुस्लिमका शब्दहरू यस प्रकार छन्: "जब तिमीहरूमध्ये कोही निद्राबाट ब्यूँझन्छ, उसले आफ्नो हात तीन पटक नधोएसम्म भाँडामा डुबाउनु हुँदैन, किनकि उसलाई थाहा छैन उसको हातले रात कहाँ बिताएको छ ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस्। जसले इस्तिन्जा (ढुंगाद्वारा शुद्धता प्राप्त गर्नु) गर्छ, उसले विजोर सङ्ख्यामा ढुंगा प्रयोग गरोस्। तिमीहरूमध्ये कोही निद्राबाट ब्यूँझिन्छ भने, उसले भाँडोमा हात हाल्नु अघि आफ्नो हात तीन पटक धुनुपर्दछ, किनकि रातमा उसको हात कहाँ-कहाँ  गएको थियो उसलाई थाहा हुँदैन।” ।" सहीह मुस्लिमका शब्दहरू यस प्रकार छन्: "जब तिमीहरूमध्ये कोही निद्राबाट ब्यूँझन्छ, उसले आफ्नो हात तीन पटक नधोएसम्म भाँडामा डुबाउनु हुँदैन, किनकि उसलाई थाहा छैन कि सुत्ने बेला उसको हात कहाँ-कहाँ परेको थियो। ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तहारत (पवित्रता) का केही नियमहरुको व्याख्या गर्नुभएको छ, जस्तै: १- वुजू गर्ने व्यक्तिले एक श्वासद्वारा नाकमा पानी हाल्नु पर्छ त्यसपछि अर्को श्वासद्वारा बाहिर छोड्नुपर्छ । २- दिसापिसाब गरेपछि पानी बाहेक अन्य वस्तु जस्तै ढुङ्गा इत्यादिले मलमूत्रलाई सफाई गर्न चाहने व्यक्तिले बिजोर संख्यामा ढुङ्गा आदि प्रयोग गर्नुपर्छ । न्यूनतम संख्या तीन हो र अधिकतम संख्या जतिमा फोहर र स्थान पवित्र होस् । ३- राती सुतेर उठ्ने व्यक्तिले वुजू गर्न भाँडामा हात हाल्नु अघि आफ्नो हात तीन पटक बाहिर धुनुपर्छ । किनकि सुतिरहेको अवस्थामा उसको हात कहाँ कहाँ पुग्यो उसलाई थाहा हुँदैन । यस्तो अवस्थामा उसको हातमा फोहोर हुने सम्भावना रहन्छ । त्यस्तै शैतानले उसको हातसंग खेलवाड गरेको वा मानवको लागि हानिकारक वा पानी प्रदूषित गर्ने केही चीज उसको हातमा राखेको हुनसक्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तहारत (पवित्रता) का केही नियमहरुको व्याख्या गर्नुभएको छ, जस्तै: १- वुजू गर्ने व्यक्तिले श्वास तानेर नाकमा पानी लिनु पर्छ त्यसपछि अर्को श्वास फ्याँकेर पानी बाहिर निकाल्नुपर्छ। २- दिसापिसाबपश्चात् पानीबाहेक अन्य वस्तुहरू जस्तै ढुङ्गा आदिको प्रयोग गरी मलमूत्र सफा गर्न चाहने व्यक्तिले बिजोर संख्यामा ढुङ्गा आदिको प्रयोग गर्नुपर्छ। यसका लागि न्यूनतम संख्या तीन हो र अधिकतम संख्या जतिमा फोहर र स्थान पूर्ण रूपमा सफा हुन्छ, त्यति नै प्रयोग गर्न सकिन्छ। ३- राती सुतेर ब्युँझेपछि वुजु गर्नका लागि भाँडामा आफ्नो हात पसाउनुअघि हातलाई बाहिरै तीन पटक धुन उचित हुन्छ। यसको कारण के हो भने, रातभर सुत्दा हात कहाँ थियो भन्ने कुरा मानिसलाई थाहा हुँदैन। त्यसैले, हातमा कुनै अशुद्धता वा फोहोर लागेको हुन सक्छ। यसका अतिरिक्त, शैतानले हातसँग छेडछाड गरेको हुन सक्छ वा मानिसको लागि हानिकारक वा पानी दूषित गर्ने कुनै कुरा त्यसमा ल्याएको हुन सक्छ।</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
-    <t>वुजू गर्दा एक श्वासद्वारा नाकमा पानी तान्नु पर्छ, जसलाई 'इस्तिनशाक' भनिन्छ  र त्यसैगरी अर्को श्वासद्वारा पानी छाड्नु पर्छ, जसलाई 'इस्तिनसार' भनिन्छ ।
-इस्तिन्जाका लागि बिजोर संख्याको ढुङ्गा प्रयोग गर्नु मुस्तहब हो ।
+    <t>वुजू गर्दा श्वासद्वारा नाकमा पानी तान्नु अनिवार्य छ, जसलाई 'इस्तिनशाक' भनिन्छ  र त्यसैगरी अर्को श्वासद्वारा पानी निकाल्नु अनिवार्य छ, जसलाई 'इस्तिनसार' भनिन्छ।
+इस्तिजमार (ढुंगाद्वारा वा त्यसै समान वस्तु प्रयोग गरेर शौचपश्चात् सफा गर्ने काम) लाई बिजोर संख्यामा गर्नु मुस्तहब (पुणयदायी) हो।
 राति सुतेर उठेपछि दुवै हात तीन पटक धुनु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
-[...2 lines deleted...]
-    <t>जब मानिस आफ्नो घरमा प्रवेश गर्छ अनि प्रवेश गर्दा र खाना खाँदा अल्लाहको नाम लिन्छ, तब शैतानले आफ्ना साथीहरूलाई भन्छ: यहाँ न त तिमीहरूका लागि रात बिताउने ठाउँ छ, न त खानाको व्यवस्था</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
+  </si>
+  <si>
+    <t>जब कुनै व्यक्ति आफ्नो घरमा प्रवेश गर्दा र खाना खान सुरु गर्दा अल्लाहको नाम लिन्छ, तब शैतानले आफ्ना साथीहरूलाई भन्छ: "यहाँ तिमीहरूका लागि न त बास बस्ने ठाउँ छ, न त खानाको व्यवस्था</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
-    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, "जब मानिस आफ्नो घरमा प्रवेश गर्छ अनि प्रवेश गर्दा र खाना खाँदा अल्लाहको नाम लिन्छ, तब शैतानले आफ्ना साथीहरूलाई भन्छ: यहाँ न त तिमीहरूका लागि रात बिताउने ठाउँ छ, न त खानाको व्यवस्था । तर घर भित्र पस्दा अल्लाहको नाम लिदैन, शैतान भन्छ: तिमीले रात बिताउने ठाउँ भेट्टायौ र खाना खाँदा अल्लाहको नाम लिदैन, ऊ भन्छ: तिमीहरूले रात बिताउने ठाउँ र खाना दुबै भेट्टायौ ।"</t>
+    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, "जब कुनै व्यक्ति आफ्नो घरमा प्रवेश गर्दा र खाना खान सुरु गर्दा अल्लाहको नाम लिन्छ, तब शैतानले आफ्ना साथीहरूलाई भन्छ: "यहाँ तिमीहरूका लागि न त बास बस्ने ठाउँ छ, न त खानाको व्यवस्था।"
+तर यदि त्यो व्यक्तिले घर प्रवेश गर्दा अल्लाहको नाम लिँदैन भने, शैतानले आफ्ना साथीहरूलाई भन्छ: "तिमीहरूले बास बस्ने ठाउँ भेट्टायौ।" र यदि खाना खाँदा पनि अल्लाहको नाम लिँदैन भने, शैतानले भन्छ: "तिमीहरूले बास बस्ने ठाउँ र खाना दुवै भेट्टायौ।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घरमा प्रवेश गर्दा र खाना खानु अघि अल्लाहको नाम लिन आदेश दिनुभएको छ । जब एक व्यक्तिले घरमा प्रवेश गर्दा र खाना खानु अघि 'बिस्मिल्लाह' भन्छ, तब शैतानले आफ्ना सहयोगीहरूलाई भन्छ, यस घरमा तिमीहरूका लागि न त रात बिताउने ठाउँ छ, न त खाने व्यवस्था, किनकि घरको मालिकले अल्लाहको नाम लिएर तिमीहरूबाट आफूलाई सुरक्षित गरेको छ । यसको विपरित, जब कुनै व्यक्ति घरमा प्रवेश गर्छ र घरमा प्रवेश गर्दा र खाना खाँदा अल्लाहको नाम लिँदैन, तब शैतानले आफ्ना सहयोगीहरूलाई त्यो घरमा रात बिताउने ठाउँ र खाना खाने प्रबन्ध दुबै भेट्टाएको भनेर बताउँछ ।</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
-    <t>घरमा प्रवेश गर्दा र खाना खाँदा अल्लाहको नाम लिनु मुस्तहब हो । किनकि यदि अल्लाहको नाम लिइएन भने शैतानले घरमा रात बिताउँछ र उनीहरूको खाना खान्छ ।
-शैतानले मानवको काम, व्यवहार र उसका सम्पूर्ण क्रियाकलापलाई नियालेर हेरिरहन्छ र अल्लाहको नामबाट अलिकति बेवास्ता हुने बित्तिकै आफ्नो उद्देश्य प्राप्त गर्दछ ।
+    <t>घरमा प्रवेश गर्दा र खाना खाँदा अल्लाहको नाम लिनु मुस्तहब (पुणयदायी) हो । किनकि यदि अल्लाहको नाम लिइएन भने शैतानले घरमा रात बिताउँछ र उनीहरूको खाना खान्छ ।
+शैतानले मानिसका कार्य, व्यवहार र सम्पूर्ण क्रियाकलापलाई नियालिरहेको हुन्छ। जब मानिस अल्लाहको स्मरणबाट अलिकति मात्र पनि विचलित हुन्छ, शैतानले उसबाट आफ्नो उद्देश्य पूरा गरिहाल्छ।
 अल्लाहको जिक्र (स्मरण र सम्झना) ले शैतानलाई भगाउँछ ।
 प्रत्येक शैतानका केही अनुयायी र सहयोगीहरू हुन्छन्, जो उसको कुरामा खुसी हुन्छन् र उसका आदेशहरूको पालना गर्छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>ठूला पापहरू: शिर्क (अल्लाहसँग साझेदारी) गर्नु, आमाबाबुको अवज्ञा गर्नु, कसैको हत्या गर्नु र झूटो कसम खानु हो।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "ठूला पापहरू: शिर्क (अल्लाहसँग साझेदारी) गर्नु, आमाबाबुको अवज्ञा गर्नु, कसैको हत्या गर्नु र झूटो कसम खानु हो।</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>यस हदीसमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले ठूला पापहरू बयान गर्दै हुनुहुन्छ । जुन पापले गर्दा अपराधीलाई यस संसार वा परलोकको सजायको कडा चेतावनी दिइएको छ, त्यसलाई कबाइर (ठूला पापहरू) भनिन्छ ।
 पहिलो ठूलो पाप : अल्लाहसँग शिर्क गर्नु, अर्थात् अल्लाह बाहेक अरूको उपासना गर्नु । उहाँको उपासना, नाम र गुणहरूमा बराबरी र प्रतिद्वन्द्वी ठहर गर्नु  शिर्क हो ।
 दोस्रो ठूलो पाप : आमाबाबुको अवज्ञा गर्नु, बोली वा कर्मद्वारा आमाबाबुलाई कुनै प्रकारको पीडा दिनु वा उनीहरूसँग राम्रो व्यवहार नगर्नु हो ।
 तेस्रो ठूलो पाप : हत्या गर्नु हो, जस्तै कसैलाई अनाहक यातना दिएर मार्नु ।
 चौथो ठूलो पाप : जानीजानी झुटो कसम खानु हो । यसलाई अरबीमा "यमीने गुमूस" भनिन्छ किनभने यसले मान्छेलाई पाप वा नरकमा डुबाउँछ ।</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>झूटो कसम खानु एकदमै खतरनाक र ठूलो अपराध हो । यसको क्षमाको लागि तौबा (पश्चात्ताप) बिना अरु कुनै प्रायश्चित छैन ।
 यस हदीसमा यी चार ठूला पापहरूको गम्भीरतालाई ध्यानमा राखेर उल्लेख गरिएको छ । ठूला पापहरूलाई यी चारमा सीमित गर्नु हुँदैन ।
 पाप दुई प्रकारका हुन्छन्; साना र ठूला पापहरू । ठूला पापले प्रत्येक 
 त्यो पापलाई बुझाउँछ जसको लागि सांसारिक दण्ड निर्धारण गरिएको छ, जस्तै हद (सजाय) कायम गर्नु र श्राप आदि वा जसको लागि नरकमा प्रवेश गर्ने चेतावनी दिइएको छ । ठूला पापहरूका धेरै वर्गहरू छन्, कतिपय  ठूला पापहरू अरू भन्दा कडा रूपमा हराम छन् । जबकि साना पापहरूले ठूला पापहरू बाहेक अन्य पापहरूलाई जनाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>जिहादको सबैभन्दा ठूलो रूप भनेको अत्याचारी शासकको अगाडि न्यायको लागि बोल्नु हो ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जिहादको सबैभन्दा ठूलो रूप भनेको अत्याचारी शासकको अगाडि न्यायको लागि बोल्नु हो ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक क्रूर र दमनकारी शासक वा हाकिमको अगाडि न्याय र सत्य बोल्नु भनेको अल्लाहको मार्गमा जिहाद गर्ने सबैभन्दा ठूलो र लाभदायक जिहाद मध्ये एक हो । किनभने यसमा पुण्य कर्मको उपदेश दिने र नराम्रो कामबाट रोक्ने  अनुष्ठानको अभ्यास हो, चाहे त्यो वचनद्वारा होस्, कलमद्वारा होस्, कर्मद्वारा होस् वा अन्य जुनसुकै तरिकाले होस्, जसबाट लाभ प्राप्त होस् र दुष्टताबाट बच्न सकोस् भनेर व्याख्या गर्नुभयो ।</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>पुण्य कर्म को उपदेश दिनु र नराम्रो कामबाट रोक्नु पनि जिहाद हो ।
 शासकलाई सल्लाह दिनु जिहादको सबैभन्दा ठूलो प्रकार हो, तर यो ज्ञान, बुद्धि र दृढताका साथ गर्नुपर्छ ।
 अल-खत्ताबी भन्छन्: यो सबैभन्दा राम्रो जिहाद हो; किनभने शत्रुसँग लड्दा हार वा जितको आशा र डर दुवै हुन्छ, तर शासकको अगाडि न्याय र सत्य बोल्नु, पुण्य कर्मको उपदेश दिनु र नराम्रो कामबाट मनाही गर्नु भनेको आफैंलाई बर्बादी र मृत्युको मुखमा धकेल्नु हो । त्यसैले डरको प्रभुत्वले गर्दा यसलाई उत्कृष्ट जिहाद भनिएको हो । अर्को तर्क के छ भने यदि शासकले उसको उपदेशलाई स्वीकार गर्यो भने ठूलो संख्यामा मानिसहरूको उद्धार हुन सक्छ र उसको उद्देश्य पुरा हुन्छ, त्यसैले यसलाई उत्कृष्ट जिहाद भनिएको हो ।</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
-[...2 lines deleted...]
-    <t>निस्सन्देह संसार मीठो र रमणीय छ । अल्लाहले तपाईंलाई यसमा एकपछि अर्को गर्दै पठाउनुहुने छ र तपाईंले कसरी व्यवहार गर्नुहुन्छ भनेर हेर्न चाहनुहुन्छ । तसर्थ, संसार (को लोभ) बाट टाढा रहनुहोस् र नारीहरूबाट सचेत रहनुहोस्</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
+  </si>
+  <si>
+    <t>निश्चय नै यो संसार मधुर र रमणीय छ। अल्लाहले तिमीहरूलाई यस संसारमा उत्तराधिकारी बनाउनुभएको छ र उहाँले हेर्नुहुन्छ कि तिमीहरू के कसरी कर्म गर्छौ। तसर्थ, संसार (को मोह माया) बाट सचेत रहनु र महिलाहरूबाट पनि सचेत रहनु</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निस्सन्देह संसार मीठो र रमणीय छ । अल्लाहले तपाईंलाई यसमा एकपछि अर्को गर्दै पठाउनुहुने छ र तपाईंले कसरी व्यवहार गर्नुहुन्छ भनेर हेर्न चाहनुहुन्छ । तसर्थ, संसार (को लोभ) बाट टाढा रहनुहोस् र नारीहरूबाट सचेत रहनुहोस् । किनकि बनु-इस्राइलको पहिलो परीक्षा महिला प्रलोभन थियो ।</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै यो संसार मधुर र रमणीय छ। अल्लाहले तिमीहरूलाई यस संसारमा उत्तराधिकारी बनाउनुभएको छ र उहाँले हेर्नुहुन्छ कि तिमीहरू के कसरी कर्म गर्छौ। तसर्थ, संसार (को मोह माया) बाट सचेत रहनु र महिलाहरूबाट पनि सचेत रहनु, किनकि बनु-इस्राइलको पहिलो विपत्ति (फित्ना,परीक्षा ) महिला प्रलोभन सँग सम्बन्धित थियो।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, संसार स्वादमा मीठो र हेर्नमा रमणीय छ, जसले गर्दा मानिसहरू धोकामा पर्छन्, यसमा फस्छन् र यसलाई आफ्नो सबैभन्दा ठूलो लक्ष्य बनाउँछन् । अल्लाहले हामीलाई यस सांसारिक जीवनमा एकअर्काको उत्तराधिकारी बनाउनुभएको छ, ताकि उहाँले हाम्रा कर्महरू देख्न सकून्, के हामी उहाँको निर्देशन अनुसार जीवन बिताउँछौं वा उहाँका आज्ञाहरूको उल्लङ्घन गर्छौं? त्यसपछि उहाँले भन्नुभयो: यस संसारको सुखसुविधा र चमकबाट होशियार रहनुहोस् । किनभने यसले तपाईंलाई अल्लाहको आज्ञाहरू उल्लङ्घन गर्न र उहाँले निषेध गर्नुभएको कुरामा संलग्न हुन प्रलोभनमा पार्न सक्छ । संसारमा सबैभन्दा धेरै जोगिनै पर्ने फितना (प्रलोभन) हरू मध्ये एक महिलाको प्रलोभन हो । बनी इजरायलको पहिलो फितना (प्रलोभन) महिलाहरूसँग सम्बन्धित थियो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, संसार स्वादमा मीठो र हेर्नमा रमणीय छ, जसले गर्दा मानिसहरू यसमा मोहित भई धोकामा पर्छन् र यसलाई आफ्नो जीवनको प्रमुख लक्ष्य बनाउँछन् । अल्लाहले हामीलाई यस सांसारिक जीवनमा एकअर्काको उत्तराधिकारी बनाउनुभएको छ, ताकि उहाँले हाम्रा कर्महरू देख्न सकून्, के हामी उहाँको निर्देशन अनुसार जीवन बिताउँछौं वा उहाँका आज्ञाहरूको उल्लङ्घन गर्छौं? त्यसपछि उहाँले भन्नुभयो: यस संसारको सुखसुविधा र चमकबाट होशियार रहनुहोस् । किनभने यसले तपाईंलाई अल्लाहको आज्ञाहरू उल्लङ्घन गर्न र उहाँले निषेध गर्नुभएको कुरामा संलग्न हुन प्रलोभनमा पार्न सक्छ । संसारमा सबैभन्दा धेरै जोगिनै पर्ने फित्ना (प्रलोभन) हरू मध्ये एक महिलाको प्रलोभन हो । बनी इस्रायलको पहिलो फित्ना (प्रलोभन) महिलाहरूसँग सम्बन्धित थियो ।</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
-    <t>संसारको बाह्य चमकमा नपर्न र तकवा (इश्-भय) अवलम्बन गर्न प्रोत्साहन ।
-यसमा महिलाको प्रलोभनमा नपर्न चेतावनी दिइएको छ, पुरुषहरूले पराई महिलासँग नजर मिलाउनु, उनीहरूसँग मिलेर बस्नु, वा अरु कुनै प्रकारले आकर्षित हुनुबाट सावधान गरिएको छ।
+    <t>यस हदीसमा संसारको बाह्य चमकमा नपर्न र तकवा (इश्-भय) अवलम्बन गर्न प्रोत्साहन दिइएको छ ।
+यस हदीसमा पुरुषलाई महिलाको प्रलोभनमा नपर्न चेतावनी दिइएको छ। पराई महिलासँग नजर मिलाउन, उनीहरूसँग मिसिएर बस्न वा कुनै पनि प्रकारले आकर्षित हुनबाट सावधान गराइएको छ।
 महिलाको प्रलोभन संसारको सबैभन्दा ठूलो प्रलोभनहरूमध्ये एक हो ।
-हामीले विगतका उम्मतहरूबाट पाठ सिक्नुपर्छ, किनभने बानी इजरायलमा जे भयो, अरूलाई पनि हुन सक्छ ।
-महिला प्रलोभनका विभिन्न रूपहरू छन् । श्रीमती हुँदा उसले कहिलेकाहीँ पुरुषलाई उसको शक्तिभन्दा बढी खर्च गर्न बाध्य पार्छिन्, जसलेगर्दा ऊ धार्मिक कार्यलाई त्यागेर जीविकोपार्जनमा अत्यधिक व्यस्त हुन थाल्छ । अपरिचित महिला हुँदा उसले छोटो र अर्धनग्न पोशाकले पर पुरुषलाई आकर्षित गर्छिन्, तिनीहरूसँग घुलमिल हुन्छ, जसले अनैतिक सम्बन्ध र व्यभिचारका विभिन्न ढोकाहरू खोल्छ । तसर्थ, आस्थावानले महिलाको फितनाबाट बचन अल्लाहको शरण लिनुपर्छ र उनीहरूको प्रलोभनबाट टाढा रहनुपर्छ ।</t>
+हामीले विगतका उम्मतहरूबाट पाठ सिक्नुपर्छ, किनभने बानी-इस्राइललाई जे भयो, अरूलाई पनि हुन सक्छ ।
+महिला प्रलोभनका अनेक रूपहरू छन् । एउटी श्रीमतीले कहिलेकाहीँ पतिको खर्च गर्ने क्षमताभन्दा बढी खर्च गर्न बाध्य पार्छिन्, जसको फलस्वरूप पुरुषले धार्मिक क्रियाकलापलाई त्यागेर जीविकोपार्जनमा अत्यधिक अत्यधिक व्यस्त हुन थाल्छ । त्यसैगरी, अपरिचित महिलाहरूले छोटो र अर्धनग्न वस्त्र लगाएर पुरुषलाई आकर्षित गर्छिन्, फेरि तिनीहरूसँग घुलमिल हुन्छ र अनैतिक सम्बन्ध र व्यभिचारका अनेकौँ विभिन्न ढोकाहरू खोल्छ । तसर्थ, आस्थावान व्यक्तिले महिलाको प्रलोभन (फितना) बाट बच्न अल्लाहको शरण खोज्नुपर्छ र उनीहरूको आकर्षणबाट टाढा रहनुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3053</t>
   </si>
   <si>
-    <t>مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ</t>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
   </si>
   <si>
     <t>मैले कहिल्यै पनि पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) लाई पूरै मुटुबाट हाँसेको देखिनँ, यहाँसम्म कि मैले उहाँको लापीचा (घाँटी भित्रको मास भाग) देख्न सकूँ। उहाँ प्रायः मुस्कुराउनु हुन्थ्यो।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन: मैले कहिल्यै पनि पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) लाई पूरै मुटुबाट हाँसेको देखिनँ, यहाँसम्म कि मैले उहाँको लापीचा (घाँटी भित्रको मास भाग) देख्न सकूँ। उहाँ प्रायः मुस्कुराउनु हुन्थ्यो।</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले भन्नुभयो कि नबी (सल्लल्लाहु अलैहि वसल्लम) कहिल्यै यति धेरै हाँस्नुहुन्नथ्यो कि उहाँको घाँटीको भित्री भाग (लापीचा) देखियोस्। लापीचा भनेको घाँटीको माथिल्लो भागमा जोडिएको मासुको टुक्रा हो। उहाँ प्रायः हल्का मुस्कुराउनु हुन्थ्यो।</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
 قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
 كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
 كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
   </si>
   <si>
     <t>रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) को हाँसो प्रायः हल्का मुस्कानको रूपमा हुन्थ्यो, विशेष गरी जब उहाँ कुनै कुराबाट सन्तुष्ट हुनुहुन्थ्यो वा कुनै कुराले उहाँलाई प्रभावित पार्थ्यो।
 इब्न हजरले भने: "मैले उहाँ (नबी सल्लल्लाहु अलैहि वसल्लम) लाई कहिल्यै पूर्ण रूपमा हाँसिरहेको देखिनँ, जसरी कोही सम्पूर्ण ध्यान दिएर र तल्लीन भएर हाँस्छ।"
 धेरै हाँस्नु र ठुलो स्वरमा कह्काहा लगाउनु धर्मी मानिसहरुको विशेषता होइन ।
 धेरै हाँसोले मानिसको गरिमा र सम्मानलाई उसको साथीसंगीहरूको बीचमा कम गरिदिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3060</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>हामीले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)सँग यो शर्तमा शपथ लिएका थियौं (प्रतिबद्धता) गरेका थियौं की हामी हरेक अवस्थामा—कठिनाईमा होस् या सहजतामा, खुशीमा होस् या दुःखमा—उहाँको हुकुमलाई सुनौं र मानौं, चाहेvहाम्रै विरुद्ध भए तापनि</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>उबादह बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामीले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)सँग यो शर्तमा शपथ लिएका थियौं (प्रतिबद्धता) गरेका थियौं की हामी हरेक अवस्थामा—कठिनाईमा होस् या सहजतामा, खुशीमा होस् या दुःखमा—उहाँको हुकुमलाई सुनौं र मानौं, चाहेvहाम्रै विरुद्ध भए तापनि हामी अधिकारका वास्तविक हकदारसँग झगडा गर्नेछैनौ । हामी जहाँ भए पनि सत्यको कुरा गर्नेछौं, र अल्लाहको मार्गमा कुनै दोषारोपण गर्नेहरूको डर राख्ने छैनौं।</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सहाबाहरूसँग यो वाचा गर्नुभयो कि उनीहरूले शासनसत्तामा रहेका हाकिमहरूको हरेक अवस्थामा—चाहे सजिलो होस् या कठिन, सम्पन्नता होस् या अभावमा—(इस्लामको) आज्ञा मान्नेछन्। चाहे आदेश मनपरेको होस् या अप्रिय, सहाबाहरूले यसलाई पालना गर्नेछौं भनी प्रतिबद्धता जनाए। उहाँले यो पनि सिखाउनुभयो कि अन्याय भए तापनि विद्रोह नगर्ने किनभने यस्तो कदमले अझै ठूलो फसाद ल्याउँछ। सहाबाहरूले यो पनि वाचा गरे कि उनीहरू हरेक अवस्थामा सत्य बोल्नेछन्, केवल अल्लाहको लागि, र सत्य बोल्दा कसैको डर राख्ने छैनन्।</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>हाकिमहरूको अनुसरणको फाइदा भनेको मुस्लिमहरूलाई एकताबद्ध गर्नु र विभाजन हुनबाट जोगाउनु हो ।
 हाकिमहरूको कुरा सुन्न र पालन गर्न अनिवार्य छ, जबसम्म तिनीहरूले अल्लाहको अवज्ञा गर्न आदेश दिँदैनन्, सजिलो र कठिन परिस्थितिमा, सुख र दु:खमा र हामीमाथि अरुलाई प्राथमिकता दिए पनि ।
 हामी जहाँ भए पनि कसैको आलोचनाको चिन्ता नगरी सत्य बोल्नु अनिवार्य छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>मैले नबी (सल्लल्लाहु अलैहि वसल्लम) बाट दस रकाअतहरू सिकेको छु</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>इब्ने उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले नबी (सल्लल्लाहु अलैहि वसल्लम) बाट दस रकाअतहरू सिकेको छु । जुहरअघि दुई रकात, जुहरपछि दुई रकात, मगरिबपछि दुई रकात घरमा, इशापछि दुई रकात घरमा र बिहान (फजर) को नमाज अघि दुई रकात र यस समय कोही पनि रसूल (सल्लल्लाहु अलैहि वसल्लम) भएको ठाउँमा प्रवेश गर्दैन्थ्यो । हफ्सा (रजियल्लाहु अन्हा) ले मलाई भनिन्, जब मुअज्जिनले फजरको अजान दिन्थ्यो तब उहाँ दुई रकात नमाज पढ्नुहुन्थ्यो । अर्को हदीसमा छ: उहाँ जुमा नमाजपछि दुई रकात नमाज पढ्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हु) बताउँछन्, उनले अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट दस रकाअत नवाफिल (अतिरिक्त सलाह) हरू याद गरेका छन्, जसलाई सुनन रवातिब भनिन्छ । जुहरअघि दुई रकात र जुहरपछि दुई रकाअत । दुई रकाअत मगरिब पछि घरमा । दुई रकाअत ईशापछि घरमा । फजर भन्दा पहिले दुई रकाअत । यसरी जम्मा दश रकाअत पुरा भयो । जहाँसम्म शुक्रबारको नमाजको सवाल छ, नमाजपछि उहाँ दुई रकाअत पढ्नुहुन्थ्यो ।</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हु) ले बताउँनु भयो कि उनले अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट दस रकाअत नवाफिल (अनिवार्य बाहेक अतिरिक्त वा स्वैच्छिक नमाज ) हरू याद गरेका छन्, जसलाई सुनन रवातिब (नियमित सुनन) भनिन्छ । (ती नमाजहरू निम्न अनुसार छन्), जुहरअघि दुई रकात र जुहरपछि दुई रकाअत । दुई रकाअत मगरिब पछि घरमा । दुई रकाअत ईशापछि घरमा । फजर भन्दा पहिले दुई रकाअत । यसरी कुल दश रकाअतहरू पूरा भए। र शुक्रबारको नमाज सम्पन्न भएपछि उहाँ दुई रकाअत पढ्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
-    <t>यी सुन्नतहरू नियमित रूपमा पढ्नु मुस्तहब हो ।
-घरमा सुन्नत नमाज पढ्नु शरीयत अनुसार हो ।</t>
+    <t>यी सुन्नतहरू नियमित रूपमा पढ्नु मुस्तहब (पुण्यदायी)  हो ।
+सुन्नत नमाज घरमा पढ्नु शरीयत अनुसार हो ।</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[सम्पूर्ण रिवायतहरूद्वारा मुत्तफकुन अलैहि]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) जब राती सुतेर ब्यूँझनुहुन्थ्यो, तब आफ्नो मुखलाई मिस्वाक (दतवन) ले सफा गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) जब राती सुतेर ब्यूँझनुहुन्थ्यो, तब आफ्नो मुखलाई मिस्वाक (दतवन) ले सफा गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) अत्याधिक मिस्वाक (दतवन) गर्नुहुन्थ्यो र मिस्वाक गर्न आदेश दिनुहुन्थ्यो । केही समयमा मिस्वाक गर्नु मुस्तहब हो, जस्तै : रातमा उठ्दा मिस्वाक गर्ने, किनभने जब नबी (सल्लल्लाहु अलैहि वसल्लम) निद्राबाट ब्यूँझनु हुन्थ्यो, तब उहाँ आफ्नो मुखलाई मिस्वाकले रगडेर सफा गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>राती सुतेर उठेपछि मिस्वाक (दतवन) गर्ने प्रोत्साहन; किनभने सुत्दा मुखको गन्ध परिवर्तन हुन्छ र मिस्वाकले त्यो सफा हुन्छ ।
 मुखबाट दुर्गन्ध आउँदा मिस्वाक गर्ने प्रोत्साहन र यो आदेश अघिल्लो अर्थबाट लिइएको छ ।
 सामान्य रुपमा सरसफाई गर्ने प्रोत्साहन अनि यो नबी (सल्लल्लाहु अलैहि वसल्लम) को सुन्नत र इस्लामको उत्कृष्ट शिष्टाचार हो ।
 पूरा मुख माझ्दा दाँत, गिजा र जिब्रो समावेश हुन्छ ।
 पिलु नामी रूख वा अन्य कुनै झारबाट मिस्वाक बनाउन सकिन्छ, जसलाई मुख र दाँत सफा गर्न प्रयोग गरिन्छ । यसले मुख सफा गर्छ र गन्ध हटाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>कुनै पनि मुमिन पुरुषले मुमिन महिलालाई घृणा गर्नु हुँदैन । यदि उसलाई उसको एउटा गुण मन पर्दैन भने अन्य बानी मन पर्नेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुनै पनि मुमिन पुरुषले मुमिन महिलालाई घृणा गर्नु हुँदैन । यदि उसलाई उसको एउटा गुण मन पर्दैन भने अन्य बानी मन पर्नेछ । " वा "अन्य" को सट्टा उहाँले "अर्को" शब्द भन्नुभयो ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पतिलाई आफ्नी पत्नीप्रति यस्तो घृणा नगर्न आदेश दिनुभएको छ, जसले अन्याय, परित्याग र सम्बन्ध विच्छेदलाई निम्त्याउँछ । किनभने हरेक मानिसमा जन्मजात केही न केही कमजोरी हुन्छन् । त्यसैले यदि उसलाई श्रीमतीको कुनै बानी मन पर्दैन भने अर्को बानी निश्चयनै मन पर्छ । यस्तो अवस्थामा आफूलाई मन पर्ने बानीमा खुशी हुनुहोस् र मन नपर्ने बानीमा धैर्य राख्नुहोस् । यसो गर्दा रमाइलो वातावरण सृजना हुनेछ र मन नपर्ने कुराहरू बिछोडको बिन्दुसम्म पुग्ने छैनन् ।</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>यस हदीसमा मुमिनलाई निष्पक्ष र न्यायको साथ काम गर्न, आफ्नी पत्नीसँगको हरेक विवादमा तर्कको मध्यस्थता स्वीकार गर्न र अस्थायी भावनाहरूबाट प्रभावित कुनै काम नगर्न प्रोत्साहित गरिएको छ ।
 मुमिनले एक मुमिन महिलालाई यस्तो घृणा गर्नु हुँदैन, जसले सम्बन्ध विच्छेदलाई निम्त्याउँछ । आफूलाई मन नपर्ने कुराहरूलाई बेवास्ता गर्दै मन पर्ने कुराहरूमा ध्यान दिनुपर्छ ।
 पति-पत्नीबीचको सुमधुर सम्बन्धलाई प्रोत्साहन गर्ने ।
 ईमानले असल नैतिकतातर्फ आह्वान गर्छ, कुनै पनि आस्थावान पुरुष र आस्थावान महिला असल नैतिकता रहित हुँदैन । यदि ईमान छ भने त्यहाँ केही राम्रो गुणहरू हुनुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग उपस्थित थिएँ । उहाँ फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग उपस्थित थिएँ । उहाँ फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो, त्यसैले म अलि टाढा गएँ । उहाँले भन्नुभयो: “यता आऊ” म उहाँको नजिक आएँ र उहाँको दुवै कुर्कुच्चोमा उभिएँ । उहाँले वुजू गर्नुभयो र आफ्नो दुवै मोजामाथि मसह गर्नुभयो ।</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>हुजैफा बिन अल-यमान (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए । यसैबीच उहाँले पिसाब गर्ने निर्णय गर्नुभयो, त्यसैले उहाँ मानिसहरूले घर सफा गरेपछि जम्मा भएको धूलो र फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो, यद्यपि यहाँ सामान्य रुपमा बसेर नै पिसाब फेर्नुहुन्थ्यो ।
 यो देखेर हुजैफा (रजियल्लाहु अन्हु) उहाँबाट टाढा जान थाले, त्यसैले नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई नजिक आउन भन्नुभयो । उनी नजिक आए र उहाँको पछाडि दुवै कुर्कुच्चोको छेउमा उभिए; ताकि यो उहाँको लागि एक पर्दा होस् र अरु मानिसले उहाँलाई यो अवस्थामा देख्न नसकुन् ।
 त्यसपछि उहाँले वुजू गर्नुभयो र जब खुट्टा धुने समय आयो, उहाँले धुनुको सट्टा दुवै मोजाहरूमाथि मसह गर्नुभयो र मोजा फुकाल्नु भएन । दुवै खुट्टा ढाक्ने पातलो छाला आदिबाट बनेको वस्तुलाई खुफ भनिन्छ ।</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>मोजामाथि मसह गर्नु जायज हो ।
 आवश्यकता अनुसार उभिएर पिसाब फेर्न अनुमति छ, तर शरीर वा लुगामा पिसाब नलाग्ने शर्तमा ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले पिसाब फेर्न फोहोर फाल्ने ठाउँ रोज्नुभयो किनभने त्यो ठाउँ प्राय: नरम हुन्छ र पिसाब गर्ने व्यक्तिमा पिसाब छ्याप्ने डर हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>जब तपाईं शौचालयमा जानुहुन्छ, तब किब्लातर्फ मुख वा पिठ्यूँ फर्काएर दिसापिसाब नगर्नुहोस्, बरु पूर्व वा पश्चिमतिर फर्केर गर्नुहोस् ।''</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब तपाईं शौचालयमा जानुहुन्छ, तब किब्लातर्फ मुख वा पिठ्यूँ फर्काएर दिसापिसाब नगर्नुहोस्, बरु पूर्व वा पश्चिमतिर फर्केर गर्नुहोस् ।'' अबू अयुबले बयान गरे, जब हामी सिरिया गयौं, त्यहाँ काबाको दिशामा शौचालय बनाइएको देख्यौं । त्यसैले हामी अर्को दिशामा फर्केर दिसापिसाब गर्थ्यौं र अल्लाहसँग माफी माग्ने गर्दथ्यौं ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दिसापिसाब गर्न चाहने व्यक्तिलाई किब्ला र काबातिर आफ्नो अनुहार वा पिठ्यूँ फर्काउन निषेध गर्नुभएको छ । यदि उसको किब्ला मदीनाका मानिसहरूको किब्ला जस्तै हो भने उसले पूर्व वा पश्चिमतिर फर्केर बस्नु पर्छ । त्यसपछि अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरे, जब उनीहरू सिरिया पुगे, त्यहाँ काबाको दिशामा शौचालय बनाइएको देखे । त्यसैले तिनीहरू आफ्नो शरीरलाई किब्लाबाट फर्काएर बस्थे र अझै पनि अल्लाहसँग माफी माग्ने गर्थे ।</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>यसको पछाडि पवित्र काबाको सम्मान निहित छ ।
 शौचालयबाट निस्केपछि 'अस्तग्फिरुल्लाह' भनेर माफी माग्नु पर्छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) एक उत्कृष्ट र अतुलनीय शिक्षक हुनुहुन्छ; किनभने उहाँले निषेधित कुराहरू उल्लेख गर्दा जायज कुराहरू पनि औंल्याउनु भयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्य अंगलाई समात्नु हुँदैन, दिसा गरिसकेपछि दाहिने हातले शौच (सफाई) गर्नु हुँदैन र (पानी खाँदा) भाँडोमा सास फेर्नु हुँदैन ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>अबू-कतादह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्य अंगलाई समात्नु हुँदैन, दिसा गरिसकेपछि दाहिने हातले शौच (सफाई) गर्नु हुँदैन र (पानी खाँदा) भाँडोमा सास फेर्नु हुँदैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>यहाँ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले केही शिष्टाचारहरू व्याख्या गर्नुभएको छ; पिसाब गर्दा दाहिने हातले गोप्य भाग समात्न र दाहिने हातले मलद्वार सफा गर्न निषेध छ, किनभने दाहिने हात राम्रो कामको लागि दिइएको हो त । त्यसैगरी, जुन भाँडामा कुनै चीज पिइँदैछ त्यसमा सास फेर्न निषेध गरिएको छ ।</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>शिष्टाचार र सरसफाईमा इस्लाम श्रेष्ठ छ ।
 फोहोर चीजहरूबाट जोगिनुहोस् । आवश्यक परेमा देब्रे हातको प्रयोग गर्नुहोस् ।
 दाहिने हात देब्रे हात भन्दा सम्मानित र उत्कृष्टत छ ।
 इस्लामिक शरियत (विधिविधान) पूर्ण र यसका शिक्षाहरू समावेशी छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
-[...2 lines deleted...]
-    <t>के तिमीहरूमध्ये जसले इमाम भन्दा अगाडि आफ्नो टाउको उठाउँछ - अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गर्दिन वा अल्लाहले उसको छविलाई गधा जस्तै बनाइदिने डर छैन ?</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
+  </si>
+  <si>
+    <t>के तिमीहरूमध्ये जसले (सज्दा वा रुकूअ् बाट उठ्दा) इमामभन्दा अगाडि आफ्नो टाउको उठाउँछ, उसलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गरिदिनुहुन्छ वा उसको रूपलाई गधाको रूपजस्तै बनाइदिनुहुन्छ भन्ने कुराको डर छैन?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तिमीहरूमध्ये जसले इमाम भन्दा अगाडि आफ्नो टाउको उठाउँछ - अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गर्दिन वा अल्लाहले उसको छविलाई गधा जस्तै बनाइदिने डर छैन ?"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तिमीहरूमध्ये जसले (सज्दा वा रुकूअ् बाट उठ्दा) इमामभन्दा अगाडि आफ्नो टाउको उठाउँछ, उसलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गरिदिनुहुन्छ वा उसको रूपलाई गधाको रूपजस्तै बनाइदिनुहुन्छ भन्ने कुराको डर छैन?"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इमामको अगाडि आफ्नो टाउको उठाउने व्यक्तिलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गर्न वा उसलाई गधा जस्तो बनाउन सक्ने कडा चेतावनी दिनुभएको छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इमामभान्द पहिले आफ्नो टाउको उठाउने व्यक्तिलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गर्न वा उसको रुपलाई गधा जस्तो बनाउन सक्ने कडा चेतावनी दिनुभएको छ ।</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
-    <t>इमामको साथमा मुक्तदीको(इमाम पछाडि नमाज पढ्ने) चार अवस्था हुन सक्छ, ती मध्ये तीन अवस्थाहरू निषेधित छन् : इमाम भन्दा अगाडि जानु, उहाँसँगै जानु र ढिलो गर्नु । सही तरिका भनेको मुक्तदीले इमामको अनुसरण गर्नुपर्छ ।
-[...1 lines deleted...]
-इमामको अगाडि आफ्नो टाउको उठाउने व्यक्तिको छविलाई गधाको छविमा परिवर्तन गर्ने धम्की सम्भव छ र यो एक प्रकारको विकृति हो ।</t>
+    <t>“इमामको पछाडि नमाज पढ्दा, मुक्तदी (इमाम पछाडि नमाज पढ्ने व्यक्ति) का चार अवस्था हुन सक्छन्, जसमा तीन अवस्था निषेधित छन्:
+१. इमामले गर्नु अघि नै नमाजका कार्यहरू गर्नु,
+२. इमामसँगै नमाजका कार्यहरू गर्नु,
+३. ढिलो गरेर नमाजका कार्यहरू गर्नु।
+सही तरिका भनेको मुक्तदीले इमामको पूर्ण रूपमा अनुसरण गर्नु हो।”
+मुक्तदीले इमामको अनुसरण गर्नु अनिवार्य छ।
+इमाम भन्दा पहिले टाउको उठाउने मानिसको रूप गधाको रूपमा परिणत हुनसक्ने चेतावनी सम्भव छ, र यसलाई 'मस्ख' (शारीरिक परिणति)  भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई कयामतको बारेमा सोधे : कयामत (प्रलय) कहिले आउँछ ? उहाँले भन्नुभयो: "तिमीले यसको लागि के तयारी गरेका छौ ?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई कयामतको बारेमा सोधे : कयामत (प्रलय) कहिले आउँछ ? उहाँले भन्नुभयो: "तिमीले यसको लागि के तयारी गरेका छौ ?" उनले भने: मैले कुनै खासै तयारी गरेको त छैन, तर म अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई धेरै माया गर्छु । यो सुनेर उहाँले भन्नुभयो: "निश्चयनै तिमी जसलाई माया गर्छौ उसँग हुनेछौ ।" अनस (रजियल्लाहु अन्हु) ले भने: हामी नबी (सल्लल्लाहु अलैहि वसल्लम) को भनाइ "निश्चयनै तिमी जसलाई माया गर्छौ उसैसँग हुनेछौ ।" बाट जति खुशी भयौं त्यति अरु कुराबाट भएका थिएनौं । अनस (रजियल्लाहु अन्हु) ले भने: म अल्लाहको नबी (सल्लल्लाहु अलैहि वसल्लम), अबू बकर र उमर (रजियल्लाहु अन्हुम) लाई माया गर्छु र तिनीहरूले गरे जस्तो कर्महरू गर्न नसके पनि उनीहरूसँगको प्रेमले गर्दा उनीहरूसँग हुने अवसर पाउने आशा गरेको छु ।</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>मरुभूमिमा बस्ने एक गाउँलेले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे : कयामत (प्रलय) कहिले आउँछ ?
 उहाँले (जवाफ दिनुको सट्टा) उसलाई सोध्नु भयो: तिमीले यसको तयारीको लागि के राम्रो कर्महरू गरेका छौ?
 प्रश्नकर्ताले जवाफ दिए: मैले यसको तयारीको लागि कुनै ठूलो काम गरेको छैन, तर यो निश्चित छ, म अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई माया गर्छु । उनले अरू कुनै आध्यात्मिक, भौतिक वा आर्थिक उपासनाको उल्लेख गरेनन्; किनभने यी सबै उपासनाहरू प्रेमका शाखाहरू र त्यसैका परिणाम हुन् । दोस्रो, साँचो प्रेमले मानिसलाई पुण्य कर्म गर्न उत्प्रेरित गर्छ ।
 उसको जवाफ सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: पक्कै पनि तिमी जसलाई माया गर्छौ स्वर्गमा उसैसँग हुनेछौ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) का सहाबा(साथी)हरू यो सुसमाचारबाट धेरै खुसी भए ।
 त्यसपछि अनस (रजियल्लाहु अन्हु) ले भने: उनी अल्लाहको नबी (सल्लल्लाहु अलैहि वसल्लम), अबू बकर र उमर (रजियल्लाहु अन्हुम) लाई माया गर्छन् र उनीहरूले गरे जस्तो कर्महरू गर्न नसके पनि उनीहरूसँगको प्रेमले गर्दा उनीहरूसँग हुने आशावादी छन् ।</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>प्रश्नकर्तालाई जवाफ दिनमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को बुद्धि, उहाँले उनको मुक्तिको लागि चाहिने महत्त्वपूर्ण कुरातर्फ डोऱ्याउनुभयो र त्यो हो, लाभदायक र पुण्य कर्महरू मार्फत परलोकको लागि तयारी गर्नु ।
 अल्लाहले आफ्ना दासहरूबाट कयामतको ज्ञान लुकाउनुभएको छ, ताकि मानिसहरू अल्लाहलाई भेट्न तयार र इच्छुक रहुन् ।
 अल्लाह, उहाँका नबी र असल आस्थावानहरूलाई प्रेम गर्ने सद्गुण र बहुदेववादीहरूलाई माया नगर्ने चेतावनी ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को भनाइ : 'तिमी जसलाई माया गर्छौ उसैसँग हुनेछौ ।' को मतलब पद र हैसियतमा समानता होइन । बरु स्वर्गमा तिनीहरू यसरी बस्नेछन् कि टाढा भए पनि एकअर्कालाई देख्न सक्नेछन् ।
 मुस्लिमलाई उसको लागि राम्रो र अधिक लाभदायक कुरामा ध्यान केन्द्रित गर्न र फाइदा नहुने बेकारका कुराहरू न सोध्न निर्देशन दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>खानाको उपस्थितिमा वा कुनै व्यक्तिलाई दिसापिसाब लागेको छ भने नमाज पढ्नु हुँदैन ।</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "खानाको उपस्थितिमा वा कुनै व्यक्तिलाई दिसापिसाब लागेको छ भने नमाज पढ्नु हुँदैन ।"</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले खानाको उपस्थितिमा नमाज पढ्न निषेध गर्नुभयो, किनभने व्यक्तिको हृदय खानामा अल्झेको हुन्छ र पूर्ण एकाग्रताका साथ नमाज पढ्न सक्दैन ।
 त्यसैगरी, दिसा पिसाबले च्यापेको अवस्थामा पनि नमाज पढ्न निषेध गरिएको छ, किनभने व्यक्तिको ध्यान त्यसैमा अल्झेको हुन्छ ।</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>"व्यक्तिले नमाजमा प्रवेश गर्नु/ शुरू गर्नु अघि  एकाग्रता अपनाउन ध्यान भङ्ग गर्ने सबै कुराहरू हटाउनुपर्छ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) (तकबीर) भनेर नमाज शुरु गर्नुहुन्थ्यो र जब रुकुको लागि तकबीर भन्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हातहरू काँध बराबर उठाउनु हुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) (तकबीर) भनेर नमाज शुरु गर्नुहुन्थ्यो र जब रुकुको लागि तकबीर भन्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हातहरू काँध बराबर उठाउनु हुन्थ्यो । रुकुबाट टाउको उठाउँदा पनि उस्तै दुवै हात उठाउनु हुन्थ्यो र “समिअल्लाहु लिमन् हमिदह, रब्बना व लकल-हम्द” भन्नुहुन्थ्यो । जबकि सज्दामा यसो गर्नुभएन ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) नमाजमा तीन स्थानहरूमा 'रफउल-यदैन' अर्थात आफ्नो दुवै हात काँध बराबर वा विपरीत उठाउनुहुन्थ्यो ।
 पहिलो स्थान: नमाजको सुरुमा तकबीर तहरीमाको समयमा ।
 दोस्रो स्थान: रुकुको लागि तकबीर भनिरहँदा ।
 तेस्रो स्थान: रुकुबाट टाउको उठाउँदा र “समिअल्लाहु लिमन हमिदह, रब्बना व लकल-हम्द” भन्दै गर्दा ।
 सज्दामा जाँदा र सज्दाबाट उठ्दा हात उठाउनु भएन ।</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>दुबै हात उठाउनु भनेको नमाजको शोभा र अल्लाहको महिमा हो ।
 नमाज पढ्दा चौथो स्थानमा पनि हात उठाउनु नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छ । तीन र चार रकात भएको नमाजमा पहिलो तशाहुदपछि तेस्रो रकातको लागि खडा हुने समयमा र यसको प्रमाण सुनन अबू दाउद आदिमा अबू हुमैद साईदीको हदीसमा उल्लेख छ ।
 नबी सल्लल्लाहु अलैहि वसल्लमबाट यो पनि प्रमाणित भएको छ कि उहाँले आफ्नो हातहरू कानसम्म नछोईकन उठाउनुहुन्थ्यो, जसरी सहीह बुखारी र मुस्लिममा मालिक बिन हुवैरिसको वर्णनमा आएको छ: ‘नबी सल्लल्लाहु अलैहि वसल्लमले जब तकबीर पढ्नुहुन्थ्यो, तब आफ्नो हातहरू कानसम्म उठाउनुहुन्थ्यो।'"
 इमाम र मुन्फरिद (एक्लै नमाज पढ्ने) ले “समिअल्लाहु लिमन हमिदह, रब्बना व लकल-हम्द” दुबै भन्नेछन् । मुक्तदी (इमामको नमाज पढ्ने) ले "रब्बना व लकल-हम्द" मात्र भन्नेछ ।
 रूकुबाट उठेपछि “रब्बना व लकल-हम्द” भन्ने चारवटा तरिका (शब्भद) हरू नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छन् । ती मध्ये एक यो हो र कहिले यो शब्द र कहिले अर्को पढेर सबै तरिकाहरूमाथि अमल गर्नु राम्रो हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
-[...2 lines deleted...]
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई तशह्हुद सिकाउनु हुन्थ्यो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई 'तशह्हुद' सिकाउनु भयो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई तशह्हुद सिकाउनु हुन्थ्यो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो । त्यतिबेला मेरो हत्केला उहाँको दुवै हत्केलाहरूको बीचमा थियो :
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई 'तशह्हुद' सिकाउनु भयो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो । (त्यो सिक्ने क्रममा) मेरो हत्केला उहाँको दुवै हत्केलाहरूको बीचमा थियो :
  ‘अत्तहिय्यातु लिल्लाहि वस्सलवातु वत्तैयिबातु, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्, अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह् ।’ 
-बुखारी र मुस्लिमको अर्को हदीसमा यसरी छ : "इन्न - ल्लाह हुव स्सालामु", 
+बुखारी र मुस्लिमको अर्को हदीसमा यसरी छ : "इन्न - ल्लाह हुवस्सालामु", 
 त्यसैले जब तिमीहरू मध्ये कोही तशह्हुदमा बस्छ, उसले यसरी भनोस्: 
-‘अत्तहिय्यातु लिल्लाहि वस्सलवातु वत्तैयिबातु, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन् । (भक्तले यो पढेपछि उसको दुआ आकाश र पृथ्वीमा रहेका हरेक धर्मी सेवकहरूमा लागू हुनेछ), 
- त्यसपछि :  अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह् ।’ त्यसपछि आफूले चाहेको दुआहरू गर्न सक्छ ।"</t>
+‘अत्तहिय्यातु लिल्लाहि वस्सलवातु वत्तैयिबातु, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन् । ( भक्तको यो प्रार्थानाले आकाश र पृथ्वीमा रहेका हरेक सत्कर्मीलाई लाभ हुनेछ), 
+ त्यस अगाडि यो पढ्ने: ‘अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह् ।’ त्यसपछि आफूले चाहेको दुआहरू गर्न सकिन्छ ।"</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अब्दुल्लाह बिन मस्उद (रजियल्लाहु अन्हु) लाई नमाजमा पढिने तशह्हुद सिकाउनुभयो । त्यसबेला उनको हात उहाँका दुवै हातको बीचमा थियो, ताकि उनको सम्पूर्ण ध्यान उहाँमा केन्द्रित होस् । उहाँले उनलाई कुरानको सुरह सिकाए झैँ तशह्हुद सिकाउनुभयो । अतः रसूल (सल्लल्लाहु अलैहि वसल्लम) तशह्हुदको शब्द र अर्थ दुबै सिकाउन ध्यान दिनुहुन्थ्यो । उहाँले भन्नुभयो: 'अत्तहिय्यातु लिल्लाहि' : आदर र सम्मानलाई जनाउने सबै भनाइ र कार्यहरू अल्लाहका लागि हुन् । 'अस्सलवातु' : फर्ज र नफल सम्पूर्ण सलाह (नमाज) हरू अल्लाहका लागि हुन् । 'अत्तैयिबातु': पवित्रता र पूर्णतालाई संकेत गर्ने सबै भनाइ, कार्य र विशेषताहरू अल्लाह तआलाका लागि हुन् । 'अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु' : नबीको लागि हरेक दु:ख र हानिबाट सुरक्षित हुन र सबै भलाइको वृद्धि र प्रशस्तताको लागि दुवा हो । 'अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्' : नमाज पढ्ने व्यक्ति र आकाश तथा पृथ्वीका हरेक धर्मी दासहरूका लागि शान्तिको दुआ । 'अश्हदु अल्ला इलाह इल्लल्लाहु' : अल्लाह बाहेक कोही सत्य ईश्वर छैन भन्ने दृढ विश्वासका साथ स्वीकार गर्दछु । 'व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्' : र मुहम्मद अल्लाहको दास र अन्तिम दूत हुन् भन्ने म स्वीकार गर्दछु ।
-त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले नमाज पढ्ने व्यक्तिलाई आफूले चाहेको बिन्ती छनोट गर्न प्रोत्साहन दिनुभयो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अब्दुल्लाह बिन मस्उद (रजियल्लाहु अन्हु) लाई नमाजमा पढिने तशह्हुद सिकाउनुभयो । त्यसबेला उनको हात उहाँका दुवै हातको बीचमा थियो, ताकि उनको सम्पूर्ण ध्यान उहाँको कुरामा केन्द्रित रहोस् । उहाँले अब्दुल्लाह बिन मस्उद लाई कुरानको सुरह सिकाए झैँ तशह्हुद सिकाउनुभयो । यसबाट के स्पष्ट हुन्छ भने रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तशह्हुदका शब्दहरू र त्यसको अर्थ दुवैको शिक्षामा विशेष ध्यान दिनुहुन्थ्यो। उहाँले भन्नुभयो: 'अत्तहिय्यातु लिल्लाहि' : अर्थात् आदर र सम्मानलाई जनाउने सबै भनाइ र कार्यहरू अल्लाहका लागि हुन् । 'अस्सलवातु' : अर्थात् फर्ज (अनिवार्य) र नफल (स्वैच्छिक) सम्पूर्ण सलाह (नमाज) हरू अल्लाहका लागि हुन् । 'अत्तैयिबातु': अर्थात् पवित्रता र पूर्णतालाई संकेत गर्ने सबै वचन, कार्य र विशेषताहरू अल्लाह सर्वोच्चका लागि हुन् । 'अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु' : अर्थात् यी शब्दहरू नबीको लागि हरेक दु:ख र हानिबाट सुरक्षित हुन र सबै भलाइको वृद्धि र प्रशस्तताको लागि कामना हो । 'अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्' : अर्थात् यसमा नमाज पढ्ने व्यक्ति र आकाश तथा पृथ्वीका हरेक धर्मपरायण भक्तहरूका लागि शान्तिको प्रार्थना छ। 'अश्हदु अल्ला इलाह इल्लल्लाहु' : अर्थात् अल्लाह बाहेक कोही सत्य ईश्वर छैन भन्ने तथ्य दृढ विश्वासका साथ स्वीकार गर्दछु । 'व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्' : अर्थात्  मुहम्मद अल्लाहको भक्त र अन्तिम दूत हुन् भन्ने सत्यलाई म स्वीकार गर्दछु ।
+त्यसपछि रसुल (सल्लल्लाहु अलैहि वसल्लम) ले नमाजी लाई आफूले चाहेको प्रार्थना (दुआ) छनोट गर्न प्रोत्साहन दिनुभयो।</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
-    <t>प्रत्येक नमाजको अन्तिम सज्दापछि र तीन तथा चार रकाअतमा दोस्रो रकाअत पछि तशह्दहुको लागि बस्नु पर्छ ।
-[...2 lines deleted...]
-दुआ (प्रार्थना) गर्दा आफैबाट सुरुवात गर्नु मुस्तहब हो ।</t>
+    <t>तशह्हुद पढ्ने स्थान प्रत्येक नमाज़को अन्तिम सज्दापछि बस्दाखेरि र तीन वा चार रकअतको नमाज़मा दोस्रो रकअतपछि बस्दाखेरि पनि हो।
+तशह्दहुमा 'अत्-तहियात' पढ्नु अनिवार्य छ। रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित 'अत्-तहियात' का जुनसुकै शब्दहरू पढ्नु जायज छ ।
+नमाजमा पापपूर्ण प्रार्थना बाहेक आफूले चाहेको जुनसुकै दुआ गर्नु जायज छ ।
+दुआ (प्रार्थना) गर्दा स्वयम् आफ्नै लागि प्रार्थना गर्नु बाट सुरुवात गर्नु मुस्तहब (पुण्यदायी) हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>अल्लाहुम्म इन्नी अऊजु बिक मिन् अजाबिल्-कब्र, व मिन् अजाबिन्नार, व मिन् फित्-नतिल्-मह्-या वल्-ममात्, व मिन् फित्-नतिल् मसीहिद्-दज्जाल्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : रसूल (सल्लल्लाहु अलैहि वसल्लम) (अन्तिम तशह्हुदपछि र सलाम फेर्नु अघि) दुआ गर्नुहुन्थ्यो र भन्नुहुन्थ्यो : "अल्लाहुम्म इन्नी अऊजु बिक मिन् अजाबिल्-कब्र, व मिन् अजाबिन्नार, व मिन् फित्-नतिल्-मह्-या वल्-ममात्, व मिन् फित्-नतिल् मसीहिद्-दज्जाल् ।’ मुस्लिमको हदीसमा छ : "अन्तिम तशह्हुदपछि अल्लाहसँग चार चीजहरूबाट शरण माग : 'मिन् अजाबि जहन्नम व मिन् अजाबिल्-कब्र व मिन् फित्-नतिल्-मह्-या वल्-ममात्, व मिन् शर्रिल-मसीहिद्-दज्जाल् ।"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सलाहमा अन्तिम तशह्हुदपछि र सलाम फेर्नुअघि चार चीजहरूबाट अल्लाहसँग शरण माग्नुहुन्थ्यो र हामीलाई पनि तिनीहरूबाट अल्लाहको शरण लिन आदेश दिनुभयो ।
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सलाहमा अन्तिम तशह्हुदपछि र सलाम फेर्नुअघि चार चीजहरूबाट सुरक्षाको लागि अल्लाहसँग शरण माग्नुहुन्थ्यो र हामीलाई पनि तिनीहरूबाट सुरक्षाको लागि अल्लाहको शरण लिन आदेश दिनुभयो ।
 १- (मिन् अजाबिल्-कब्र) कब्रको(चिहानको) सजायबाट ।
-२- (मिन् अजाबिन्नार) नरकको सजायबाट । अर्थात् न्यायको दिनमा ।
-३- (मिन् फित्-नतिल्-मह्-या) जीवनका प्रलोभनहरूबाट, जस्तै अवैध इच्छाहरू र भ्रामक शंकाहरू । (व मिन् फित्-नतिल्-ममात्) मृत्यु हुनेबेलाका समस्याहरू, जस्तै मृत्युको समयमा इस्लाम वा सुन्नतबाट विचलित हुनु वा चिहानका समस्याहरू, जस्तै दुई फरिश्ता (स्वर्गदूतहरू) को प्रश्नबाट।
+२- (मिन् अजाबिन्नार) कयामतको दिनमा नरकको सजायबाट   ।
+३- (मिन् फित्-नतिल्-मह्-या) जीवनका प्रलोभनहरूबाट, जस्तै अवैध इच्छाहरू र भ्रामक शंकाहरू । (व मिन् फित्-नतिल्-ममात्) मृत्युको बेला आउने समस्याबाट, जस्तै मृत्युको समयमा इस्लाम वा सुन्नतबाट विचलित हुनु, वा चिहानका परीक्षा र कष्टहरूबाट—जस्तै दुई फरिश्ता (स्वर्गदूत) का प्रश्नहरू।
 ४- (मिन् फित्-नतिल्-मसीहिद्-दज्जाल्) झूटा दज्जालको फित्नाबाट, जुन अन्तिम समयमा देखा पर्नेछ र जसको माध्यमबाट अल्लाहले आफ्ना भक्हतरूको परीक्षण गर्नुहुनेछ । दज्जालको फित्ना (परीक्षण) ठूलो र भयानक भएकोले यहाँ विशेष रूपमा उल्लेख गरिएको हो ।</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>यो एक महत्त्वपूर्ण र व्यापक दुआ हो, किनभने यसमा यो संसार र परलोकको खराबीहरूबाट शरण खोजिएको छ ।
-कब्रकोको सजायको प्रमाण र यो वास्तविक हो ।
-[...2 lines deleted...]
-अन्तिम तशाहुद पछि यो दुआ गर्नु मुस्तहब हो ।
+यस हदीसमा कब्रमा हुने सजाय र त्यसको सत्यताको प्रमाण छ ।
+यस हदीसबाट फित्ना (परीक्षण) हरूको खतरा र तिनीहरूबाट बच्नको लागि अल्लाहको शरण खोज्नुपर्ने  कुराको महत्त्व स्पष्ट हुन्छ ।
+यो हदीसले दज्जालको आगमनको प्रमाण र उसको फित्ना (परीक्षण) हरू खतरनाक हुनेछन् भन्ने कुरा प्रस्ट पार्छ ।
+अन्तिम तशाहुद पछि माथि उल्लेखित दुआ गर्नु मुस्तहब (पुण्यदायी) हो ।
 राम्रो कामपछि दुआ गर्नु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, तब किरात (अल्हम्दु..) गर्नु अघि केही बेर मौन रहनुहुन्थ्यो । मैले भने: हे अल्लाहका रसूल! मेरो आमाबुबा पनि हजुरको लागि बलिदान होस्! तपाईं तकबीर र (सूरह फातिहा) बीच मौनतामा के पढ्नुहुन्छ? उहाँले भन्नुभयो: "म भन्छु: "अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खता-याय, कमा युनक्क स्सौबुल्-अब्यजु मिनद्  दनस्, अल्लाहुम्-मग्सिल्नी मिन् खता-याय बिस्सल्जि वल्-माइ वल्-बरद् ।"</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, सूरह फातिहा पढ्नु अघि केही बेर मौन रहनुहुन्थ्यो । यस अन्तरालमा उहाँले केही दुआ (प्रार्थना) हरूद्वारा आफ्नो नमाज सुरु गर्नुहुन्थ्यो । यी मध्ये एक हो: "अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खता-याय, कमा युनक्कस्सौबुल्-अब्यजु मिनद् दनस, अल्लाहुम्-मग्सिल्नी मिन् खता-याय बिस्सल्जि वल्-माइ वल्-बरद् ।" हे अल्लाह ! मलाई मेरा पापहरूबाट त्यत्तिकै टाढा राख्नुहोस् जसरी तपाईंले पूर्व र पश्चिमलाई टाढा राख्नुभएको छ । हे अल्लाह ! मलाई मेरो पापहरूबाट त्यसरी नै स्वच्छ र शुद्ध पार्नुहोस् जसरी सेतो कपडाबाट फोहर र दाग सफा गरिन्छ । हे अल्लाह ! मेरा पापहरूलाई हिउँ, पानी र असिनाले धोइदिनुहोस् ।</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>इस्तिफ्ताह (नमाज प्रारम्भ) गर्ने दुआ बिस्तारै पढ्नुपर्छ, यद्यपि जहरी (ठूलो स्वरमा पढिने) नमाज भए पनि ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) का सहाबा (साथी) हरू उहाँको दिनचर्या, अवस्थाहरू र के गर्नुहुन्छ र के गर्नुहुन्न जान्न उत्सुक हुन्थे ।
 इस्तिफ्ताह (नमाज प्रारम्भ) गर्ने दुआका अन्य रूपहरु पनि नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छन् । त्यसैले कहिले यो दुआ र कहिले अर्को पढेर प्रमाणित सबै तरिकाहरूमाथि अमल गर्नु राम्रो हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>इमामले शुक्रबारको दिन खुत्बा (उपदेश) दिइरहेको बेला यदि तिमीले आफ्नो 
 साथीलाई चुप लाग्न भन्यौ भने तिमीले पनि गलत (व्यर्थ) काम गरेको हुन्छौ।</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "इमामले शुक्रबारको दिन खुत्बा (उपदेश) दिइरहेको बेला यदि तिमीले आफ्नो 
 साथीलाई चुप लाग्न भन्यौ भने तिमीले पनि गलत (व्यर्थ) काम गरेको हुन्छौ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, शुक्रबारको खुत्बामा उपस्थित व्यक्तिहरूले चुपचाप र पूर्ण ध्यानका साथ खतीब (धर्मगुरु) को खुत्बा (उपदेश) लाई सुन्नु पर्छ, ताकि उहाँले यसमा मनन गर्न सकून् । जसले खुत्बा भइरहेको समयमा कसैलाई शान्त रहन वा ध्यान दिएर सुन्न इत्यादि सानो कुरा पनि भन्यो भने ऊ शुक्रबारको नमाजको पुण्यबाट वञ्चित भयो ।</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>जुमाको खुत्बा (उपदेश) सुन्दा कुरा गर्नु हराम/बाहिर वर्जित हो । त्यसैगरी कसैलाई गलत कामबाट रोक्नका लागि कुरा गर्नु, सलामको जवाफ दिनु र हाच्छ्युँ गर्नेलाई जवाफ दिन पनि निषेध गरिएको छ ।
 यदि कसैले इमामलाई केही भन्न सम्बोधन गर्छ वा इमामले कसैलाई सम्बोधन गर्छ भने यो अपवाद हो र निषेध भित्र पर्दैन ।
 आवश्यक पर्दा दुई खुत्बा बीच कुरा गर्न अनुमति छ ।
 खुत्बाको समयमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाम आउँछ भने उहाँमाथि विस्तारै दरुद पढ्नु र त्यसैगरी दुआ पछि पनि विस्तारै आमीन भन्नु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>के म तिमीहरूलाई दज्जालको बारेमा यस्ता कुराहरू नबताऊँ, जुन कुनै पनि नबीले आफ्नो अनुयायीलाई भनेनन्? ऊ कानो हुनेछ, उसले स्वर्ग र नरक जस्तै ल्याउनेछ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई दज्जालको बारेमा यस्ता कुराहरू नबताऊँ, जुन कुनै पनि नबीले आफ्नो अनुयायीलाई भनेनन्? ऊ कानो हुनेछ, उसले स्वर्ग र नरक जस्तै ल्याउनेछ, उसले जसलाई स्वर्ग भन्छ त्यो वास्तवमा नरक हुनेछ । म तिमीहरूलाई यसबाट सावधान गर्दछु, जसरी नूह (अलैहिस्सलाम) ले आफ्ना राष्ट्रलाई चेतावनी दिएका थिए ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई दज्जालको पहिचान र चिन्हहरूको बारेमा बताउदै हुनुहुन्छ, जुन उहाँभन्दा अघि कुनै नबीले भनेनन्, जस्तै:
 ऊ कानो हुनेछ ।
 अल्लाहले उसको साथमा दुईवटा चीज दिनुहुनेछ, जुन मानिसहरूको नजरमा स्वर्ग र नर्कजस्तै हुनेछ ।
 तर वास्तवमा उसको स्वर्ग नर्क हुनेछ र उसको नर्क स्वर्ग हुनेछ । जसले उसको आज्ञापालन गर्छ, उसलाई मानिसहरूको नजरमा स्वर्ग जस्तो देखिने ठाउँमा प्रवेश गर्नेछ, तर वास्तवमा त्यो नर्क हुनेछ । जसले उसको आज्ञापालन गर्दैन, उसलाई मानिसहरूको नजरमा नर्क जस्तो देखिने ठाउँमा प्रवेश गर्नेछ, जुन वास्तवमा स्वर्ग हुनेछ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई उसको फित्ना (प्रलोभन) विरुद्ध चेतावनी दिनुभयो, जसरी नूह (अलैहिस्सलाम) ले आफ्नो राष्ट्रलाई यसको बारेमा चेतावनी दिएका थिए ।</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>दज्जालको फित्ना (प्रलोभन) ठूलो प्रलोभन हुनेछ ।
 दज्जालको फित्ना (प्रलोभन) बाट मुक्तिको माध्यम भनेको साँचो आस्था, अल्लाहप्रति समर्पण, अन्तिम तशह्हुदमा उसको शर (खराबी) बाट अल्लाहको शरण खोज्नु र सूरह कहफको सुरुका दश आयात (पद) हरू कण्ठ गर्नु हो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मतको मुक्तिका लागि धेरै उत्सुक हुनुहुन्थ्यो । तसर्थ, उहाँले मुस्लिमहरूलाई दज्जालका विशेषता र चिन्हहरू बताउनुभयो, जुन उहाँ अघि कुनै पैगम्बरले भनेका थिएनन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>मानिस आफ्नो साथीको मार्गमा हुन्छ , त्यसैले प्रत्येकले सोचेर मात्र मित्रता गर्नु।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिस आफ्नो साथीको मार्गमा हुन्छ , त्यसैले प्रत्येकले सोचेर मात्र मित्रता गर्नु।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, मानिस आफ्नो व्यवहार र बानीमा आफ्नो निष्कपट मित्र र साथीसँग मिल्दोजुल्दो हुन्छ र मित्रताले नैतिकता, व्यवहार र कार्यहरूमा असर गर्छ । त्यसैले उहाँले असल साथी छनोट गर्न निर्देशन गर्नुभएको छ; किनभने यसले आफ्नो साथीलाई ईमान, मार्गदर्शन र भलाइको काममा मद्दत गर्दछ ।</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>असल मानिसको संगत गर्ने र उनीहरुलाई छनोट गर्ने आदेश र खराब मानिसको संगत गर्न निषेध ।
 उहाँले आफन्तको सट्टा साथी रोज्नु भन्नुभएको छ; किनकि साथी रोज्न मानिसको हातमा छ, तर दाजुभाइ र आफन्तलाई रोज्ने अधिकार हामीसँग हुँदैन ।
 सोच र चाहनाले मात्र साथी रोज्न सकिन्छ ।
 एक व्यक्तिले आस्थावानको संगतमा आफ्नो धर्मलाई बलियो बनाउँछ र पापीहरूको संगतमा कमजोर बनाउँछ ।</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[हसन]</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>असल साथी र नराम्रो साथीको उदाहरण अत्तर बिक्रेता र आगोको भट्टीमा फुक्ने लोहार जस्तै हो ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "असल साथी र नराम्रो साथीको उदाहरण अत्तर बिक्रेता र आगोको भट्टीमा फुक्ने लोहार जस्तै हो । अत्तर बिक्रेताले तपाईंलाई अत्तर उपहार दिनेछ वा तपाईंले किन्नुहुन्छ वा (कम्तीमा) तपाईंलाई मिठो बासना आउँछ, जबकि भट्टीमा फुक्ने लोहारले तपाईंको लुगा जलाउनेछ वा (कम्तीमा) तपाईंलाई नराम्रो गन्ध आउनेछ ।"</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुई प्रकारका मानिसहरूको उदाहरण दिनुभएको छ :
 पहिलो प्रकारः इमान्दार र धर्मी साथी, जसले अल्लाहको उपासना गर्न र उहाँलाई मनपर्ने कुराको मार्गदर्शन गर्दछ र असल काम गर्न मद्दत गर्दछ । यसको उदाहरण अत्तर बिक्रेता जस्तै हो । कि त उसले तपाईंलाई उपहार दिनेछ वा तपाईंले किन्नुहुन्छ वा कम्तीमा उसको मिठो बासनाले तपाईंको आत्मालाई सुगन्धित तुल्याउनेछ ।
 दोस्रो प्रकारः नराम्रो र खराब मित्र; जसले अल्लाहको बाटोबाट रोक्छ, पाप काममा सहयोग गर्छ, हरेक नराम्रो काममा संलग्न हुन्छ र उसले गर्दा उसका सबै साथीहरु लज्जित हुन्छन् । यस्तो साथीको उदाहरण भट्टीमा फुक्ने लोहार जस्तै हो; त्‍यसबाट उडिरहेको झिल्काले तपाईंको लुगा जलाउनेछ वा भट्टीको दुर्गन्धले आत्मालाई दुर्गन्धित तुल्याउनेछ ।</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>श्रोताहरूलाई केही बुझाउनको लागि उदाहरण दिन अनुमति छ ।
 असल र धर्मी मानिसहरूसँग संगत गर्न र भ्रष्ट तथा खराब नैतिकता भएका मानिसहरूबाट टाढा रहन प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
-[...2 lines deleted...]
-    <t>“विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह पढ्ने व्यक्ति सरह हो ।”</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
+  </si>
+  <si>
+    <t>“विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह (नमाज) पढ्ने व्यक्ति सरह हो ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : “विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह पढ्ने व्यक्ति सरह हो ।”</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : “विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह (नमाज) पढ्ने व्यक्ति सरह हो ।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले एक महिलाको हितको ख्याल राख्छ, जसको पतिको मृत्यु भएको छ र उसको हेरचाह गर्ने कोही छैन; त्यसैगरी गरीब र दीन-दु:खीहरूको मद्दत र पालनपोषण गर्दछ, अल्लाहले उसलाई जिहाद (धर्म युद्ध) गर्ने वा नथकिएर तहज्जुदको नमाज पढ्ने र लगातार उपवास बस्ने व्यक्ति सरह पुण्य दिनुहुनेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले विधुवा असहाय महिलाको हितको ख्याल राख्छ, त्यसैगरी गरिब र दीन-दुःखीहरूको मद्दत र हेरचाह गर्छ, अल्लाहसँग ती कर्महरूको प्रतिफलको आशा राख्दै उनीहरूका लागि खर्च गर्छ भने अल्लाहले उसलाई जिहाद (धर्म युद्ध)  गर्ने वा नथाकी तहज्जुदको नमाज पढ्ने र लगातार उपवास बस्ने व्यक्तिसरह पुण्य दिनुहुनेछ।"</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
-    <t>आपसी सहयोग, एकअर्कालाई मद्दत र कमजोरहरूको आवश्यकताहरू पूरा गर्न प्रोत्साहन ।
-[...1 lines deleted...]
-इब्न-ए-हुबैरा भन्छन्: यसको अर्थ भनेको अल्लाहले उसलाई एक साथ उपवास बस्ने, तहज्जुद पढ्ने र अल्लाहको मार्गमा युद्ध गर्ने व्यक्ति बराबर पुरस्कृत गर्नुहुन्छ; किनभने उनले पति जस्तै विधवाहरूको हेरचाह गरे, आफूमाथि खर्च गर्न नसक्ने गरिबहरूमा आफ्नो अतिरिक्त सम्पत्ति खर्च गरे र आफ्नो श्रम दान गरे, त्यसैले उनको नेकी रोजा, तहज्जुद र अल्लाहको मार्गमा युद्ध गर्ने व्यक्ति बराबर हुन्छ ।</t>
+    <t>उक्त हदीसमा आपसी सहयोग, एकअर्काको मद्दत र कमजोरहरूको आवश्यकताहरू पूरा गर्न प्रोत्साहन दिइएको छ ।
+हरेक असल कार्य उपासना हो । विधवा र गरिबलाई सहयोग गर्नु पनि उपासना हो ।
+इब्न-ए-हुबैरा भन्छन्: यसको अर्थ भनेको अल्लाहले उसलाई एक साथ उपवास बस्ने, तहज्जुद पढ्ने र अल्लाहको मार्गमा युद्ध गर्ने व्यक्ति बराबर पुरस्कृत गर्नुहुन्छ; किनभने उसले पतिले गरे जस्तै विधवाहरूको हेरचाह गर्दछ, आफूमाथि खर्च गर्न नसक्ने गरिबहरूमा आफ्नो अतिरिक्त सम्पत्ति खर्च गर्दछ र आफ्नै श्रम परोपकारका लागि अर्पण गर्दछ। त्यसैले उसको प्रतिफल रोजा बस्ने, तहज्जुद पढ्ने र अल्लाहको मार्गमा जिहाद गर्ने व्यक्तिको पुण्य बराबर हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षाहरू) आउनेछन्,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षाहरू) आउनेछन्,  त्यसैले सत्कर्म गर्न हतार गर्नुहोस्। यस्तो समय आउनेछ, जब बिहान एक मानिस मुमिन हुन्छ तर साँझसम्ममा काफिर बन्न पुग्छ, अथवा साँझ मुमिन हुन्छ तर बिहान काफिर बन्छ। त्यो मानिस थोरै सांसारिक लाभका लागि आफ्नो धर्म बेच्नेछ।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुमिन (आस्तिक) हरूलाई फित्ना (प्रलोभन) र शंकाहरूको आगमनबाट विचलित हुन अघि असल र राम्रा कर्महरू गर्न प्रोत्साहित गरिरहनु भएको छ । यी फित्ना (प्रलोभन) हरू अन्धकार रातिको रूपमा देखा पर्नेछ, जसमा सत्य र असत्य सही र गलत यसरी मिसिनेछ कि मानिसलाई यी दुईबीच छुट्याउन गाह्रो हुनेछ । अवस्था यति भयावह हुनेछ, व्यक्ति बिहान आस्तिक रहन्छ, बेलुका काफिर बन्छ । बेलुका आस्तिक रहन्छ, बिहान काफिर बन्छ । यस संसारको क्षणिक भोगले गर्दा आफ्नो दीन (धर्म) लाई दुनियाँको तुच्छ चीजको सट्टामा बेच्नेछ ।"</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>बाधा अवरोध आउनुभन्दा पहिले धर्मलाई दृढतापूर्वक धारण गरेर धर्मकर्ममा तीब्र गतिमा अघि बढ्नुपर्छ ।
 अन्तिम समयमा लगातार भ्रामक फित्ना (प्रलोभन) हरू आउने संकेत । एउटा प्रलोभन समाप्त भएको छैन उता अर्को प्रलोभन आउँछ ।
 जब कुनै व्यक्तिको धर्म कमजोर हुँदै जान्छ र ऊ सांसारिक सुख-सम्पत्ति आदिको सट्टामा धर्मबाट विमुख हुन्छ भने यो उसको धर्मबाट विचलित हुन, धर्म त्याग गर्न र प्रलोभनको शिकार बन्न पुग्छ ।
 असल कर्महरू प्रलोभनबाट मुक्तिका कारण हुन् भन्ने कुराको प्रमाण ।
 फित्ना (प्रलोभन) हरू दुई प्रकारका छन्: शंकाको प्रलोभन, जसको उपचार ज्ञान हो र इच्छाहरूको प्रलोभन, जसको उपचार विश्वास र धैर्य हो ।
 जसको सत्कर्म थोरै हुन्छ, प्रलोभनले उसलाई छिटो आफ्नो शिकार बनाउछ र जसको सत्कर्म धेरै छ, उसले आफूसँग भएको धर्मकर्मले धोका खानु हुँदैन, बरु अझै बढी सत्कर्म गर्नुपर्छ भनेर प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः निम्न दुआ गर्नुहुन्थ्यो : ‘या मुकल्लिबल-कुलूब, सब्बित कल्बी अला दीनिक’ अर्थ : "हे हृदयहरू परिवर्तन गर्ने! मेरो हृदयलाई तपाईंको धर्ममा अडिग बनाउनुहोस् ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनी भन्छन्: रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः निम्न दुआ गर्नुहुन्थ्यो : ‘या मुकल्लिबल-कुलूब, सब्बित कल्बी अला दीनिक’ अर्थ : "हे हृदयहरू परिवर्तन गर्ने! मेरो हृदयलाई तपाईंको धर्ममा अडिग बनाउनुहोस् ।" मैले भने: हे अल्लाहका रसूल! हामीले तपाईं र तपाईंले ल्याउनुभएको धर्ममा विश्वास गरेका छौं । तैपनि तपाईं हाम्रो मामिलामा डराउनुहुन्छ? उहाँले भन्नुभयो: "हो, निस्सन्देह हृदयहरू अल्लाहका दुई औंलाहरू बीचमा छन् । उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ फेर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) प्रायः दीन (धर्म) र आज्ञाकारितामा अडिग रहन तथा पथभ्रष्ट र छलबाट टाढा राख्न दुआ (प्रार्थना) गर्नुहुन्थ्यो । अनस बिन मालिक (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो दुआ बारम्बार पढेको हेर्दा छक्क परे । त्यसैले नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो, मानिसहरूको हृदय अल्लाहका दुई औंलाहरू बीचमा हुन्छ । उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ फेर्नुहुन्छ । वास्तवमा, हृदय ईमान र कुफ्र (विश्वास र अविश्वास) दुवैको स्थान हो । यसको अत्यधिक परिवर्तनले गर्दा यसलाई हृदय भनिन्छ; उम्लिरहेको भाँडो भन्दा बढी पल्टिने खतरा यसमा हुन्छ । अल्लाहले जसलाई चाहनुहुन्छ, उसको हृदयलाई मार्गदर्शन र धर्ममा अडिग राख्नुहुन्छ र जसलाई चाहनुहुन्छ उसको हृदयलाई पथभ्रष्ट र भ्रामकतामा फर्काउनु हुन्छ ।</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>"नबी (सल्लल्लाहु अलैहि वसल्लम) को आफ्ना पालनकर्तासामु विनम्रता र दीनता, अनि उम्मतलाई पनि त्यही अपनाउन सिकाउनु।
 "धर्ममा दृढता र सिधा मार्गमा अडिग रहनुकाे महत्त्व, किनकि अन्त्य नै सबैभन्दा महत्त्वपूर्ण हुन्छ।"
 धर्ममा अडिग रहन दासले आँखा झिम्काउन बराबर पनि अल्लाहदेखि निरपेक्ष हुन सक्दैन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को पालना गर्दै यो दुआ धेरै पढ्न प्रोत्साहन ।
 इस्लाममा दृढता सबैभन्दा ठूलो वरदान हो, जसको लागि दासले प्रयास गर्नुपर्छ र आफ्नो पालनकर्तालाई धन्यवाद दिनुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>जब कुकुरले तिमीहरूमध्ये कसैको भाँडोबाट (केही) पिउँछ, उसले त्यो भाँडोलाई सात पटक धुनुपर्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब कुकुरले तिमीहरूमध्ये कसैको भाँडोबाट (केही) पिउँछ, उसले त्यो भाँडोलाई सात पटक धुनुपर्छ ।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>यदि कुकुरले कुनै भाँडो मा आफ्नो मुख (जिब्रो) हाल्यो भने त्यो भाँडोलाई सात पटक धुनुपर्छ भनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले आदेश दिनुभएको छ । पहिलो पटक माटोले धुनुपर्छ, ताकि पछि पानीले धुँदा भाँडो पूर्णतया सफा होस् र त्यसमा कुनै फोहोर र हानिकारक चीजहरू बाँकी नरहोस् ।</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>कुकुरको लार एकदम नजिस (अशुद्ध) हुन्छ ।
 कुकुरले भाँडो चाट्दा त्यो भाँडो र त्यसमा रहेको पानी अपवित्र हुन्छ ।
 सात पटक धुनु र त्यसमा पनि पहिलो पटक माटोले सफा गर्नु भनेको कुकुरले कुनै भाँडोमा मुख हाल्यो भने मात्र हो । यदि उसको दिसापिसाब वा अन्य कुराले केही कुरा दूषित भएको छ भने त्यसमा यो नियम लागु हुने छैन ।
 माटोले भाँडो धुने तरिका : भाँडोमा पानी र माटो हालेर राम्रोसँग मिसाउने र त्यो मिश्रणले भाँडो माझ्ने ।
 यो आदेश सबै कुकुरहरूका लागि समान हो भन्ने कुरा हदीसबाट छर्लङ्ग हुन्छ, चाहे त्यो इस्लामले पालन अनुमति दिएको शिकार गर्ने, पहरा दिने र पशुधनको सुरक्षा गर्ने कुकुर किन नहोस् ।
 साबुन र सरफ माटोको कायममुकायम हुँदैन; किनभने नबी (सल्लल्लाहु अलैहि वसल्लम) ले माटोलाई तोकर भन्नुभएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>पाँच कुरा फित्रत (प्राकृतिक) हुन्; खतना गर्नु, गुप्ताङ्गका रौं खौरनु, जुँगा छोटो पार्नु, नङ्ग काट्नु र काखीका रौं उखेल्नु ।”</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो : "पाँच कुरा फित्रत (प्राकृतिक) हुन्; खतना गर्नु, गुप्ताङ्गका रौं खौरनु, जुँगा छोटो पार्नु, नङ्ग काट्नु र काखीका रौं उखेल्नु ।”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, पाँच फित्रत (प्राकृतिक) का कुराहरू इस्लामको विशेषता र पैगम्बरहरूको सुन्नत हुन्:
 १) खतना गर्नु : लिंगको टुप्पोमा रहेको अतिरिक्त छाला काट्नु हो । त्यसैगरी महिलाको योनिमाथिको छालाको टुप्पो काट्नु ।
 २) गुप्ताङ्गको रौं खौरनु : नाभीमुनि रहेको रौंहरूलाई खौरनु वा कुनै तरिकाले सफा गर्नु ।
 ३) जुँगा छोटो पार्नु : पुरुषको माथिल्लो ओठमा बढेको कपाल ओठ देखिने गरी काट्नु ।
 ४) नङ्ग काट्नु ।
 ५) काखीको रौं उखेल्नु वा कुनै तरिकाले सफागर्नु ।</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>पैगम्बरहरूका ती सुन्नतहरू हुन्, जुन अल्लाहलाई असाध्यै मनपर्छ र उहाँले ती प्राकृतिक कुराहरु अपनाउन आदेश दिनुभएको छ । साथै यसले मानवलाई राम्रो रूप, पूर्णता, स्वच्छता र सौन्दर्य प्रदान गर्दछ ।
 बेलाबेलामा यी कुराहरूमा ध्यान दिनुपर्छ र लापरवाह हुनु हुँदैन ।
 यी आदतहरूका केही सांसारिक र धार्मिक/आध्यात्मिक लाभहरू छन्, जस्तैः राम्रो देखिने, शरीरको सरसफाई, पवित्रा प्राप्त गर्दा सहजता,  काफिरहरूको विरोध र अल्लाहको आदेशको पालना ।
 अर्को हदीसमा यी पाँच कार्यहरू बाहेक अन्य कुराहरुलाई पनि समावेश गरिएको छ, जस्तै : दाह्री बढाउने, मिस्वाक गर्ने आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>ला इलाह इल्लल्लाह (अल्लाह बाहेक कोही सत्य पूज्य छैन), अरबको विनाश नजिकिएको छ, आज याजूज र माजूजको पर्खालमा यस्तो प्वाल परेको छ ।</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>जैनब बिन्ते जहश (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) डराएर उनीकहाँ आउनुभयो, यसो भन्दै: "ला इलाह इल्लल्लाह (अल्लाह बाहेक कोही सत्य पूज्य छैन), अरबको विनाश नजिकिएको छ, आज याजूज र माजूजको पर्खालमा यस्तो प्वाल परेको छ ।" उहाँले आफ्नो बुढी औंला र चोर औंलाले घेरा बनाएर व्याख्या गर्नुभयो । जैनब बिन्ते जहश (रजियल्लाहु अन्हा) भन्छिन्: मैले भने: हे अल्लाहका रसूल! के हामी माझ असल र धार्मिक मान्छे हुँदाहुँदै हामी नष्ट हुनेछौं? उहाँले भन्नुभयो: "हो, जब पाप र दुष्टता बढ्छ ।"</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) एकदमै आत्तिएको अवस्थामा जैनब बिन्ते जहश (रजियल्लाहु अन्हा) कहाँ आउनुभयो र उहाँ 'ला इलाह इल्लल्लाह' भनिरहनुभएको थियो । वास्तवमा, यो केही नराम्रो घटना हुने संकेत थियो । जसबाट मुक्ति पाउन अल्लाहतर्फ फर्कन बाहेक अरू कुनै विकल्प छैन, त्यसपछि उहाँले भन्नुभयो: अरबको विनाश नजिकिएको छ । आज याजूज र माजूजको पर्खालमा प्वाल परेको छ । यो त्यही बाँध हो, जसलाई जुल-कर्नैनले बनाएका थिए । उहाँले आफ्नो बुढी औंला र चोर औंलाले घेरा बनाएर प्वालको आकारको व्याख्या गर्नुभयो । जैनब (रजियल्लाहु अन्हा) ले सोधिन्: के हामी माझ असल र धर्मी विश्वासीहरू हुँदाहुँदै पनि अल्लाहले हामीलाई नष्ट गर्नुहुनेछ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले तिनलाई भन्नुभयो: हो, जब अनैतिकता, पाप, व्यभिचार र रक्सी जस्ता दुष्टत कर्महरू बढ्छ, तब सबैलाई नष्ट गरिनेछन् ।</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>डर वा चिन्ताले आस्थावानको हृदयलाई अल्लाहको सम्झनाबाट विचलित गर्दैन; किनकि अल्लाहको यादमा मनले शान्ति पाउँछ ।
 पापहरूको विरोध गर्न र तिनको रोकथाम गर्न प्रोत्साहन।
 जताततै पापको प्रचुरता, फैलावट र यसलाई इन्कार गर्ने व्यक्ति नभएको कारणले सामान्य विनाश हुनेछ, यद्यपि त्यहाँ धेरै धर्मी मानिसहरू किन नहोउन् ।
 राम्रा र खराब सबै मानिसहरू विनाशको शिकार हुनेछन्, तर तिनीहरू आफ्नो नियत अनुसार उठाइने छन् ।
 उहाँको भनाई : "अरबको विनाश नजिकिएको छ ।" यसमा अरबलाई खास गरिएको छ; किनभने त्यतिबेला प्रायःजसो इस्लाम धर्म आत्मसात गर्नेहरू उनीहरू नै थिए ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) शौचालयमा प्रवेश गर्नुहुन्थ्यो तब यो दुआ भन्नुहुन्थ्यो: "अल्लाहुम्म इन्नी अऊजु बिक मिनल्-खुबुसि वल्-खबाइस् ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, जब नबी (सल्लल्लाहु अलैहि वसल्लम) शौचालयमा प्रवेश गर्नुहुन्थ्यो तब यो दुआ भन्नुहुन्थ्यो: "अल्लाहुम्म इन्नी अऊजु बिक मिनल्-खुबुसि वल्-खबाइस् ।"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
-    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) ले पिसाब फेर्न वा दिसा गर्नुपर्ने ठाउँमा प्रवेश गर्न चाहनुहुन्थ्यो, उहाँ अल्लाहको शरण लिनुहुन्थ्यो र पुरुष र महिला जिन्नको दुष्टताबाट बचाउन दुआ गर्नुहुन्थ्यो । यस दुआमा 'खुबुसि वल्-खबाइस्' शब्दहरूलाई दुष्ट र अपवित्रताको रूपमा पनि व्याख्या गरिएको छ ।</t>
+    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) जब शौच गर्न (पिसाब वा दिसाका लागि) कुनै ठाउँमा प्रवेश गर्न चाहनुहुन्थ्यो, उहाँले अल्लाहसँग पुरुष र महिला  शैतानहरूको हानिबाट सुरक्षाको लागि शरण माग्नुहुन्थ्यो। यस दुआमा 'खुबुसि वल्-खबाइस्' शब्दलाई दुष्टता र अपवित्रताको रूपमा पनि व्याख्या गरिएको छ।</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
-    <t>शौचालयमा प्रवेश गर्दा यो दुआ पढ्नु मुस्तहब हो ।
+    <t>शौचालयमा प्रवेश गर्दा माथि उल्लेखित दुआ पढ्नु मुस्तहब (पुण्यदायी) हो।
 सम्पूर्ण सृष्टिहरू सबै परिस्थितिहरूमा पीडादायी वा हानिकारक चीजहरूबाट जोगिन अल्लाहमा निर्भर छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) पर्दामा बस्ने कुमारी केटी भन्दा धेरै लजालु (हयादार) हुनुहुन्थ्यो । यदि उहाँले कुनै अप्रिय कुरा देख्नुभयो भने, उहाँको अनुहारमा त्यसको झलक देखिन्थ्यो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) पर्दामा बस्ने कुमारी केटी भन्दा धेरै लजालु (हयादार) हुनुहुन्थ्यो । यदि उहाँले कुनै अप्रिय कुरा देख्नुभयो भने, उहाँको अनुहारमा त्यसको झलक देखिन्थ्यो।"</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) पुरुषसँग सम्बन्ध कायम नगरेकी, आफ्नो घरमा पर्दामा बस्ने एक अविवाहित युवती भन्दा बढी लजालु हुनुहुन्थ्यो । उहाँ अत्यन्तै लजालु हुनुको एउटा उदाहरण के छ भने जब उहाँ कुनै चीजलाई घृणा गर्नुहुन्थ्यो, तब उहाँको अनुहार परिवर्तन हुन्थ्यो, तर उहाँ केही भन्नु हुन्नथ्ये । उहाँका सहाबा (साथी) हरूले उहाँको अनुहार देखेर उहाँलाई यो कुरा मन परेन भन्ने कुरा बुझ्थे ।</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) अत्यन्तै लजालु (हयादार) हुनुहुन्थ्यो भन्ने कुराको प्रमाण, जुन एक उत्कृष्ट चरित्र हो ।
 अल्लाहले निषेध गर्नुभएका (हराम) कुराको उल्लङ्घन नभएसम्म नबी (सल्लल्लाहु अलैहि वसल्लम) को नम्रता, तर अल्लाहले निषेध गर्नुभएका (हराम) उल्लङ्घन हुँदा उहाँको क्रोध र आफ्ना साथीहरुलाई त्यस्तो नगर्न आदेश ।
 नम्र र लजालु हुन प्रोत्साहन; किनकि यसले आत्मालाई राम्रो काम गर्न र नराम्रोलाई त्याग्न प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
-[...2 lines deleted...]
-    <t>(तिमीहरूले मरो निधनपछी) प्राथमिकताका मामिलाहरू देख्नेछौ, जुन तिमीहरूलाई नराम्रो महसुस हुनेछ ।" साथीहरूले भने: हे अल्लाहको रसूल! त्यसोभए हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले भन्नुभयो: "तिमीहरूले आफ्नो जिम्मेवारी पूरा गर र अल्लाहसँग आफ्नो अधिकार माग ।</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
+  </si>
+  <si>
+    <t>(तिमीहरूले मरो निधनपछी) स्वार्थपरायणताका मामिलाहरू देख्नेछौ, जुन तिमीहरूलाई नराम्रो महसुस हुनेछ ।" साथीहरूले भने: हे अल्लाहको रसूल! त्यसोभए हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले भन्नुभयो: "तिमीहरूले आफ्नो जिम्मेवारी पूरा गर र अल्लाहसँग आफ्नो अधिकार माग ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
-    <t>अबू-मस्ऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "(तिमीहरूले मरो निधनपछी) प्राथमिकताका मामिलाहरू देख्नेछौ, जुन तिमीहरूलाई नराम्रो महसुस हुनेछ ।" साथीहरूले भने: हे अल्लाहको रसूल! त्यसोभए हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले भन्नुभयो: "तिमीहरूले आफ्नो जिम्मेवारी पूरा गर र अल्लाहसँग आफ्नो अधिकार माग ।"</t>
+    <t>अबू-मस्ऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "(तिमीहरूले मरो निधनपछी) स्वार्थपरायणताका मामिलाहरू देख्नेछौ, जुन तिमीहरूलाई नराम्रो महसुस हुनेछ ।" साथीहरूले भने: हे अल्लाहको रसूल! त्यसोभए हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले भन्नुभयो: "तिमीहरूले आफ्नो जिम्मेवारी पूरा गर र अल्लाहसँग आफ्नो अधिकार माग ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, आगामी दिनहरूमा मुस्लिमहरूका शासकहरू त्यस्ता मानिसहरू हुनेछन्, जसले मुस्लिमहरूको सम्पत्ति आफ्नो इच्छा अनुसार खर्च गर्नेछन् र मुस्लिमहरूलाई उनीहरूको अधिकारबाट वञ्चित गर्नेछन् । त्यसैगरी धर्मको बारेमा उनीहरुको तर्फबाट यस्ता कुराहरु थाहा पाउनेछौ, जुन तिमीलाई मन पर्दैन । तब उहाँका साथीहरूले सोधे: यस्तो अवस्थामा के गर्नुपर्छ ? पैगम्बर (सल्लल्लाहु अलैहि व सल्लम) ले बताउनुभयो कि उनीहरूको सम्पत्तिमा अधिकार जमाउनाले तिमीहरूलाई उनीप्रति सुन्ने र मान्ने कर्तव्यबाट रोक्नु हुँदैन। बरु धैर्य गर, सुन्ने र मान्ने कर्तव्य पूरा गर, र उनीहरूसँग अधिकारका लागि विवाद नगर। अल्लाहसँग आफ्नो हक माग, र दुआ गर कि अल्लाहले उनीहरूलाई सुधारुन् र उनीहरूको दुष्टता र अन्याय हटाइदिऊन।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि आगामी दिनहरूमा मुस्लिमहरूको शासकहरू स्वार्थपरायण हुनेछन्। उनीहरूले मुस्लिमहरूको सम्पत्ति आफ्नो इच्छा अनुसार खर्च गर्नेछन् र मुस्लिमहरूलाई तिनका अधिकारहरूबाट वञ्चित गर्नेछन्। त्यसैगरी, उनीहरूले धर्मको नाममा यस्ता कार्यहरू गर्नेछन्, जसलाई तिमीहरूले अस्वीकार गर्नेछौ। तब उहाँका साथीहरूले सोधे: त्यस्तो अवस्थामा उनीहरूले के गर्नुपर्छ? तब रसुल (सल्लल्लाहु अलैहि व सल्लम) ले बताउनुभयो कि ती शासकहरुले तिमीहरूको सम्पत्तिमा अधिकार जमाउने कारणले तिमीहरूलाई उनीहरुप्रति गर्नुपर्ने आज्ञाकारिता र पालन जस्तो कर्तव्य पुरा गर्नबाट नरोकोस्। बरु धैर्य राख्नु, सुन्ने र मान्ने कर्तव्य पूरा गर्नु, र उनीहरूसँग अधिकारका लागि विवाद नगर्नु। अल्लाहसँग आफ्नो हक माग्नु, र दुआ गर्नु कि अल्लाहले उनीहरूमा सुधार ल्याइदिउन् र उनीहरूको दुष्टता र अन्याय हटाइदिऊन।</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>यो हदीस मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो रसूल हुन् भन्ने कुराको एक महत्वपूर्ण प्रमाण हो, किनकि उहाँले आफ्नो उम्मतमा पछि के हुनेछ भनेर बताउनुभयो र पछि ठीक त्यस्तै भयो ।
-पीडित व्यक्तिलाई उसको अपेक्षित विपत्तिको बारेमा जानकारी दिन अनुमति छ, ताकि ऊ त्यसको लागि तयार रहोस् र विपत्ति आएपछि पुण्यको नियतले धैर्य गरोस् ।
-[...4 lines deleted...]
-यो हदीस एक काइदह (सिद्धान्त) को प्रमाण हो; दुई खराबीहरूमध्ये हल्का खराबी भएको वा दुई हानिकारक चीजहरूमध्ये कम हानिकारक चीजलाई रोजिनेछ ।</t>
+पीडित व्यक्तिलाई उसमाथि आउन सक्ने अपेक्षित विपत्तिको बारेमा जानकारी दिन अनुमति छ, ताकि ऊ त्यसको लागि तयार रहोस् र विपत्ति आएपछि पुण्यको नियतले धैर्य गरोस् ।
+अल्लाहको पुस्तक र पैगम्बरको सुन्नतलाई दृढतापूर्वक पालनामा कायम रहनु नै समस्या, मतभेद र विभाजनबाट मुक्तिको बाटो हो ।
+यस हदीसमा शासकहरूबाट केही दमन भइरहेको भए पनि उनीहरूविरुद्ध विद्रोह नगर्न र उनीहरूको आदेशलाई सुन्न र पालन गर्न प्रोत्साहन दिइएको छ ।
+विपत्ति वा संकटको समयमा  सुन्नतको पालना गर्नु र विवेकपूर्ण निर्णय लिनु अत्यावश्यक हुन्छ।
+व्यक्तिले आफूमाथि भएको अन्याय र दमनको बाबजुद आफ्नो जिम्मेवारी र कर्तव्य पूरा गर्नुपर्छ।
+यो हदीसले एउटा महत्त्वपूर्ण सिद्धान्तलाई प्रमाणित गर्छ, जुन यस प्रकार छ: (कुनै विषयवस्तुमा उत्तम विकल्प उपलब्ध नहुदाँ) दुई खराबीहरूमध्ये हल्का खराबी भएको वा दुई हानिकारक चीजहरूमध्ये कम हानिकारक विकल्पलाई रोजिनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>जसले साँचो मनले अल्लाहसँग शहादत माग्छ, अल्लाहले उसलाई शहीदको दर्जा दिनुहुनेछ, चाहे ऊ आफ्नो ओछ्यानमा मरे पनि ।</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>सह्ल बिन हुनैफ (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले साँचो मनले अल्लाहसँग शहादत माग्छ, अल्लाहले उसलाई शहीदको दर्जा दिनुहुनेछ, चाहे ऊ आफ्नो ओछ्यानमा मरे पनि ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, जसले अल्लाहको मार्गमा लड्दै शहीद हुन र मर्न खोज्छ, यदि ऊ आफ्नो मनसायमा साँचो छ भने, अल्लाहले उसलाई उसको साँचो मनसाय अनुसार शहीदको दर्जा दिनुहुनेछ, चाहे ऊ आफ्नो ओछ्यानमा मरे पनि ।</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>लक्षित काम पूरा गर्न नसके पनि साँचो मनसाय छ भने नियत अनुसार  इनाम र पुण्य प्राप्त हुन्छ ।
 अल्लाहको मार्गमा जिहाद गर्ने र शहीद हुने प्रोत्साहन ।
 अल्लाहले यस उम्मत (रसूलको अनुयायी) लाई धेरै सम्मानित गर्नुभएको छ । सानो कर्म गरेपनि उहाँले स्वर्गमा उच्च पद दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>मुमिन (आस्थावान) पुरुष र मुमिन महिलालाई आफ्नो जीउ-धन र सन्तानमा सधैं परीक्षाहरू जारी रहन्छ । यहाँसम्म उनीहरू कुनै पाप नरहेको अवस्थामा अल्लाहलाई भेट्ने छन् ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) पुरुष र मुमिन महिलालाई आफ्नो जीउ-धन र सन्तानमा सधैं परीक्षाहरू जारी रहन्छ । यहाँसम्म उनीहरू कुनै पाप नरहेको अवस्थामा अल्लाहलाई भेट्ने छन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) बताउनुहुन्छ कि परीक्षाहरू र कष्टहरूले सधैं आस्थावान मानिसलाई घेरेका हुन्छन्। तिनको स्वास्थ्य र शरीरमा, सन्तानमा—रोग, मृत्यु, या अरू कुनै कठिनाइमा—र सम्पत्तिमा—गरिबी, व्यापारमा हानी, चोरी, र जीविकाको कठिनाईमा तिनीहरूलाई परखा गरिन्छ। यी कष्टहरूले उसको सम्पूर्ण पाप मेटिदिन्छन्, ताकि जब ऊ अल्लाहलाई भेट्छ, ऊ सम्पूर्ण पापबाट शुद्ध भएको हुन्छ।</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>आस्थावान भक्तहरूमाथि अल्लाहको कृपाको एउटा उदाहरण के छ भने उहाँले तिनीहरूबाट भएका पापहरूलाई सांसारिक समस्याहरू र विपत्तिहरू दिएर पखाल्नु हुन्छ ।
 आस्थावानलाई कुनै विपत्ति आउँछ भने यसले पापहरू क्षमा गर्छ र जब सेवक धैर्यवान छ र क्रोधित हुँदैन भने उसले पुण्य पाउनेछ ।
 मनपर्ने र नपर्ने सबै कुराहरूमा धैर्य गर्ने प्रेरित । अल्लाहको पुण्यको आशा गर्दै र उहाँको दण्डबाट भयभित हुँदै धैर्यताका साथ अल्लाहको आज्ञा पालन गर्नुपर्छ र उहाँले निषेधित गर्नुभएको कुराबाट टाढा बस्नु पर्छ ।
 उहाँको भनाइ: "मुमिन पुरुष र मुमिन महिला" यसमा "मुमिनह" शब्द थपेर नारीको महत्वलाई दर्शाइएको प्रमाण हो । किनभने "मुमिन" शब्द पुरुषहरूका लागि विशेष होइनन्; यसमा महिला पनि समावेश छन् । त्यसैले जसरी महिलालाई विपत्तिमा समावेश गरिएको छ त्यसरी तिनलाई पाप र कुकर्महरूबाट प्रायश्चित गर्दा समान इनामको प्रतिज्ञा गरिएको छ ।
 विपत्तिबाट प्राप्त हुने पुण्यले भक्तको पीडालाई विस्तारै सहज बनाउछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले आफ्ना दुवै हात (सजदाको अवस्थामा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मालिक बिन बुहैना (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले आफ्ना दुवै हात (सजदाको अवस्थामा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो ।</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जब सजदा गर्नुहुन्थ्यो, उहाँ सजदाको अवस्थामा आफ्नो दुवै हातलाई छेउ र पेटबाट यति टाढा राख्नुहुन्थ्यो कि उहाँको दुवै काखको छालाको सेतोपन देखिन्थ्यो; दुवै हातलाई आफ्ना दुवै छेउबाट टाढा राख्नमा यो अतिशयोक्ति हो ।</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>सज्दाको अवस्थामा दुवै हातलाई दुवै छेउबाट अलग राख्नु मुस्तहब हो ।
 तर जब मुक्तदीको पाखुरा धेरै खोल्दा उसको छेउको व्यक्तिलाई पीडा हुन थाल्छ भने त्यसो गर्नु हुँदैन ।
 सज्दा गर्दा हातलाई छेउबाट अलग राख्नुको पछाडि धेरै हिक्मत र फाइदाहरू छन्, जस्तै : नमाजमा उत्साह र इच्छा देखाउनु । जब मानिसले सज्दाका सबै अंगहरू भुइँमा राख्छ, तब प्रत्येक अंग उपासनामा लीन हुन्छ । यो आसन नम्रतासँग धेरै मिल्दोजुल्दो छ, अनुहार र नाकलाई भुइँमा राख्न अझ प्रभावकारी छ र यसमा प्रत्येक अंगले आफ्नो छुट्टै स्थान पाएको छ भनेर भनिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने अम्र बिन अबसह (रजियल्लाहु अन्हु) ले मलाई बताउनुभयो, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने: "अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ । यदि तिमी त्यस समयमा अल्लाहलाई सम्झनेहरूमा सामेल हुन सक्छौ भने, अवश्य त्यसो गर्नु ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : अल्लाह आफ्नो भक्तदेखि रातको अन्तिम तेस्रो प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ । यदि तपाईं त्यस समयमा अल्लाहको उपासना, दुआ, स्मरण र पश्चात्ताप गर्नेहरूमध्ये बन्न सक्षम हुनुहुन्छ भने त्यसको लागि प्रयास गर्नुहोस् ।</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>मुस्लिमलाई रातको अन्तिम प्रहरमा अल्लाहको जिक्र (सम्झना र स्तुति) गर्न प्रोत्साहन ।
 जिक्र (सम्झना र स्तुति), दुआ (प्रार्थना) र नमाजका लागि एक समय अर्को समय भन्दा फरक हुन्छ ।
 मीरक (शाह अल- हनफी) ले भने: यस हदीसमा भनिएको छ : "अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ ।" जबकि अर्को हदीसमा छ : "भक्त सजदा गर्दा आफ्नो परमेश्‍वर (अल्लाह) को सबैभन्दा धेरै नजिक हुन्छ" । यसको जवाफ के छ भने यस हदीसमा समयलाई संकेत गरिएको हो, जुन मध्यरात हो जबकि अर्को हदीसमा अवस्थालाई संकेत गरिएको हो, जुन सजदाको अवस्थामा हो ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र निसाईले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>मानिसले खर्च गर्ने सबैभन्दा राम्रो दिनार (पैसा) त्यो हो जुन उसले आफ्नो घरपरिवारमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको मार्गमा जिहाद गर्न राखिएको जनावरमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको खातिर आफ्ना साथीभाइहरूमा खर्च गर्दछ ।</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>सौबान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसले खर्च गर्ने सबैभन्दा राम्रो दिनार (पैसा) त्यो हो जुन उसले आफ्नो घरपरिवारमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको मार्गमा जिहाद गर्न राखिएको जनावरमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको खातिर आफ्ना साथीभाइहरूमा खर्च गर्दछ ।" अबु किलाबा भन्छन् : नबी (सल्लल्लाहु अलैहि वसल्लम) ले परिवारबाट सुरु गर्नुभएको हो । त्यसपछि अबु किलाबा भन्छन्, "त्यस मानिस भन्दा धेरै पुण्य अरु कसको हुन सक्छ जसले साना बच्चाहरूमा खर्च गर्दछ ताकि तिनीहरू कसैको अगाडि हात फैलाउन नपरोस्, अल्लाहले उनीहरूलाई यसबाट लाभान्वित गरून् र उनीहरूलाई निरपेक्ष बनाओस् ।</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले खर्चका केही रूपहरू बयान गर्नुभएको छ र जब खर्चको धेरै बिन्दुहरू टकराउँछन् भने सबैभन्दा महत्त्वपूर्णबाट शुरु गर्नुपर्छ । मुस्लिमले खर्च गरेको सबैभन्दा पुण्य त्यो धनमा हो जसलाई - उसले ती व्यक्तिहरूमा खर्च जर्छ, जसको पालनपोषण उसमाथि अनिवार्य छ; जस्तै श्रीमती र छोराछोरी आदि । त्यसपछि अल्लाहको मार्गमा युद्धका लागि तयार सवारीमा खर्च । त्यसपछि अल्लाहको मार्गमा लडिरहेका आफ्ना साथीहरू र सहयात्रीहरूमाथि खर्च ।</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>हदीसमा खर्च गर्दा प्राथमिकता कसलाई दिने भन्ने उल्लेख गरिएको छ, विशेषगरी खर्चको बिन्दुहरू टकराउँछन् भने यसलाई ध्यानमा राख्नुपर्छ ।
 आफ्नो घर परिवारमा खर्च गर्नु अरूको लागि खर्च गर्नु भन्दा धेरै पुण्य हो ।
 अल्लाहको खातिर जिहादमा खर्च गर्नु सबैभन्दा ठूलो खर्च हो, जस्तै जिहादको लागि हतियार र मुजाहिदहरू तयार गर्ने ।
 केही मानिसहरू भन्छन् : अल्लाहको मार्गको अर्थ भनेको आज्ञाकारिताको हरेक कार्य हो, जस्तै हज आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
-[...2 lines deleted...]
-    <t>अल्लाहको कसम जसको कब्जा मा मोहम्मदको जीवन छ, यस समुदायमध्ये जसले मेरो कुरा सुन्दैनन्, चाहे त्यो यहूदी होस् वा ईसाई,  त्यसपछि ममाथि आस्था नराखेको अवस्थामा उसको मृत्यु हुन्छ भने ऊ नर्कमा जानेछ ।</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
+  </si>
+  <si>
+    <t>अल्लाहको कसम जसको कब्जा मा मोहम्मदको प्राण छ, यो समुदायको जो-कोही व्यक्तिले—चाहे त्यो यहूदी होस् वा इसाई—मेरो बारेमा सुनेर पनि ममार्फत पठाइएको सन्देशमा विश्वास नगरी मर्छ भने, ऊ निश्चित रूपमा नरकवासी हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको कसम जसको कब्जा मा मोहम्मदको जीवन छ, यस समुदायमध्ये जसले मेरो कुरा सुन्दैनन्, चाहे त्यो यहूदी होस् वा ईसाई,  त्यसपछि ममाथि आस्था नराखेको अवस्थामा उसको मृत्यु हुन्छ भने ऊ नर्कमा जानेछ ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको कसम जसको कब्जा मा मोहम्मदको प्राण छ, यो समुदायको जो-कोही व्यक्तिले—चाहे त्यो यहूदी होस् वा इसाई—मेरो बारेमा सुनेर पनि ममार्फत पठाइएको सन्देशमा विश्वास नगरी मर्छ भने, ऊ निश्चित रूपमा नरकवासी हुनेछ ।"</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको कसम खाँदै हुनुहुन्छ, यस समुदायमध्ये यहूदी, ईसाई वा अरू कोही जसले उहाँको बारेमा सुन्छ तर उहाँमाथि विश्वास नगरी मर्छ भने ऊ सधैंभरि नरकमा हुनेछ ।</t>
+    <t>यो हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको कसम खाएर भन्नु हुदैछ कि यहूदी , इसाई , वा अन्य कुनै समुदायको कुनै पनि व्यक्तिले जसले नबी (सल्लल्लाहु अलैहि वसल्लम) को सन्देश बारे खबर हुन्छ र त्यसमा विश्वास नगरी मर्छ, ऊ नरकका बासिन्दाहरूमध्ये हुनेछ र त्यहाँ सधैं रहनेछ।</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सम्पूर्ण संसारका मानिसहरूका लागि रसूल (ईसहदूत) को रूपमा पठाइएको थियो । तसर्थ, सबैले उहाँको अनुसरण गर्नु अनिवार्य हो र उहाँको शरियतले पहिलेका सबै शरीयत (विधिविधान) हरूलाई रद्द गरेको छ ।
-[...2 lines deleted...]
-मृत्युको केही समय अघि चाहे एकदम गम्भीर रोगले ग्रसित किन नहोस् आत्मा घाँटीमा नपुग्दासम्म इस्लाम स्वीकार गर्ने व्यक्तिलाई लाभ हुन्छ ।
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सम्पूर्ण मानवजगत्का लागि रसूल (ईशदूत) बनाएर पठाइएको थियो। यसैले सबैका लागि उहाँको अनुसरण गर्नु अनिवार्य छ र उहाँको शरियतले पहिलेका सबै शरियत (विधिविधान) लाई खारेज गरेको छ।
+जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई अस्वीकार गर्छ, उसले अन्य ईश्दूतहरुमा विश्वास गरेको दाबी गरे पनि त्यसले उसलाई कुनै फाइदा हुने छैन ।
+जसले रसुल (सल्लल्लाहु अलैहि वसल्लम) को बारेमा सुनेको छैन र जससम्म इस्लामको सन्देश पुगेको छैन, ऊ यस संसारिक जीवनमा क्षम्य हुनेछ र मृत्युपछि कयामतको दिन (उसको बासस्थानको)  निर्णय अल्लाहले गर्नुहुनेछ ।
+यदि कसैले मृत्युको केही क्षणअघि वा गम्भीर रोगले ग्रस्त भएको अवस्थामा इस्लाम धर्म स्वीकार गर्छ भने, उसले त्यसबाट लाभ प्राप्त गर्न सक्छ। यो फाइदा तबसम्म मात्र प्राप्त गर्न सकिन्छ जबसम्म प्राण घाँटीमा आइपुगेको हुँदैन।
 यहूदी र ईसाई सहित काफिरहरूको धर्मलाई सही ठान्नु कुफ्र हो ।
-यस हदीसमा यहूदी र ईसाईहरूलाई उल्लेख गरेर अन्य धर्मका अनुयायीहरूलाई चेतावनी दिइएको छ; किनभने यी दुई समुदाय ‘अह्ले-किताव’ लाई ग्रन्थहरू दिइएका थिए तैपनि यो हालत हो भने किताब नभएका अन्य समुदायको हालत के होला ? तसर्थ, सबै समुदायले इस्लाम धर्म स्वीकार्नु र उहाँको अनुसरण गर्नु अनिवार्य छ ।</t>
+यस हदीसमा यहूदी र ईसाईहरूलाई अहले-किताब (ग्रन्थ दिइएका समुदाय) को रूपमा उल्लेख गरी अन्य धर्मावलम्बीहरूलाई सचेत गराइएको छ। यी दुई समुदायलाई ईश्वरीय ग्रन्थ प्रदान गरिएको भए तापनि उनीहरूको अवस्था यस्तो भएको हुनाले, ग्रन्थ नभएका अन्य समुदायको अवस्था के होला भनी प्रश्न उठाइएको छ। तसर्थ, सबै समुदायले इस्लाम धर्म स्वीकार्नु र रसुल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरण गर्नु अनिवार्य छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>जुँगा लाई काट र दाह्री बढाउ" ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जुँगा लाई काट र दाह्री बढाउ" ।</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जुँगालाई काट्न र त्यत्तिकै नछोड्न बरु राम्रोसँग काट्न आदेश दिनुभएको छ ।
 यसको विपरीत दाह्री बढाउने र लामो पार्ने आदेश दिनुभएको छ ।</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>दाह्री खौरनु हराम हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3279</t>
   </si>
   <si>
-    <t>إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ</t>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>यदि तिमीहरू मध्ये कसैले कुनै यस्तो सपना देख्छ जुन उसलाई मनपर्छ भने, त्यो अल्लाहतर्फबाट हो, त्यसैले, उसले यसको लागि अल्लाहको प्रशंसा गर्नुपर्छ र यसको बारेमा अरूसँग कुरा गर्नुपर्छ, तर यदि उसले यस्तो सपना देख्छ जसलाई उसले नापसन्द गर्छ, भने त्यो शैतानतर्फबाट हो, त्यसैले, उसले यसको शर (बुराई) बाट अल्लाहको शरण माग्नुपर्छ, र यसलाई कसैलाई भन्नुपर्दैन, किनभने यसले तिमीलाई हानी पुर्‍याउने छैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>अबू सईद खुदरी (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ कि उनले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) लाई भन्दै गरेको सुने: यदि तिमीहरू मध्ये कसैले कुनै यस्तो सपना देख्छ जुन उसलाई मनपर्छ भने, त्यो अल्लाहतर्फबाट हो, त्यसैले, उसले यसको लागि अल्लाहको प्रशंसा गर्नुपर्छ र यसको बारेमा अरूसँग कुरा गर्नुपर्छ, तर यदि उसले यस्तो सपना देख्छ जसलाई उसले नापसन्द गर्छ, भने त्यो शैतानतर्फबाट हो, त्यसैले, उसले यसको शर (बुराई) बाट अल्लाहको शरण माग्नुपर्छ, र यसलाई कसैलाई भन्नुपर्दैन, किनभने यसले तिमीलाई हानी पुर्‍याउने छैन।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो कि राम्रो र आनन्ददायक सपना अल्लाहबाट हो, उहाँले यसलाई पाएकोमा अल्लाहको प्रशंसा गर्न र त्यसबारेमा अरूलाई बताउन निर्देशन दिनुभयो, तर, यदि कसैले अप्रिय वा दुःखद सपना देख्यो भने त्यो शैतानबाट हो; त्यस अवस्थामा, त्यसका दुष्प्रभावबाट जोगिन अल्लाहसँग शरण लिनुपर्छ र कसैलाई त्यो सपना सुनाउनु हुँदैन; किनभने त्यसले कुनै हानि पुर्‍याउने छैन, अल्लाहले यसलाई सुरक्षित रहनको लागि बनाउनु भएको छ।</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>सपनाका प्रकारहरू:
 १- सच्चा सपना: यो एउटा सत्य र शुभ सपना हो, जुन अल्लाहबाट प्राप्त हुन्छ, व्यक्ति आफैं देख्छ वा अरूले उसको लागि यस्तो सपना देख्छन्।
 2- मनको वार्ता: यो ती कुरा हुन्, जसबारे व्यक्तिले जागेको अवस्थामै सोचिरहेको हुन्छ, र त्यसकै प्रभावले सपना देखिन्छ।
 3- शैतानका प्रयासहरू हुन्, जसले आदमका सन्तानलाई दुःखित वा भयभीत बनाउने प्रयास गर्दछ।
 सच्चा सपना सम्बन्धी उल्लिखित तीन मुख्य बुँदाहरू यस्ता छन्: यसको लागि अल्लाहको प्रशंसा गर्नुपर्छ, यसलाई राम्रो संकेतका रूपमा लिनुपर्छ र यसको बारेमा केवल ती व्यक्तिहरूसँग कुरा गर्नुपर्छ जसले उसलाई माया गर्छन, घृणा गर्नेहरूसँग होइन।
 अप्रिय सपना सम्बन्धी पालना गर्नुपर्ने पाँचवटा कुराहरू यस्ता छन्: त्यसका दुष्प्रभाव  बाँच्न अल्लाहको शरण लिनुपर्छ, शैतानको दुष्टताबाट बाँच्न अल्लाहको शरण लिनुपर्छ, निद्राबाट ब्युँझेपछि बायाँतर्फ तीन पटक थुक्नुपर्छ, त्यस सपनाबारे कसैलाई पनि बताउनुपर्दैन, यदि उसले फेरि सुत्न चाहन्छ भने, उसले आफ्नो सुतिरहेको पोजिसन परिवर्तन गर्नुपर्छ , किनकि यसरी गरेमा सपनाले कुनै पनि हानि पुर्‍याउने छैन।
 इब्न हजरले भने: "यसमा बुद्धिमत्ता यो छ कि राम्रो सपना यदि यस्तो व्यक्तिलाई सुनाइयो जसलाई माया गरिँदैन, भने उसले या त घृणाले गर्दा वा ईर्ष्याले गर्दा त्यो सपनाको अप्रिय व्याख्या गर्न सक्छ, यसले या त सपनालाई त्यस्तै खराब रूपमा परिणत हुन सक्छ वा व्यक्तिले आफैँलाई त्यसबाट दुःख र निराशा अनुभव गर्न थाल्छ, त्यसैले, यस्तो व्यक्तिलाई सपना नसुनाउनु भनिएको छ।
 वरदान प्राप्त हुँदा अल्लाहको प्रशंसा गर्नु, यसले कृपा र आशीर्वादको निरन्तरता सुनिश्चित गर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3285</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>मुमिन (आस्थावान) को मामिला कति अचम्मको छ । उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि होइन ।</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>सुहैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) को मामिला कति अचम्मको छ । उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि होइन । यदि उसले खुशी पाउँछ भने यसको लागि धन्यवाद दिन्छ र यो उसको लागि राम्रो हो । यदि उसले कठिनाइको सामना गर्छ भने धैर्य गर्छ र यो उसको लागि राम्रो हुन्छ ।</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) मुमिनको मामिला र अवस्थालाई प्रशंसा गर्दै हुनुहुन्छ । किनभने उसका सबै अवस्थाहरू राम्रो छन् र यो मुमिन बाहेक अरू कसैलाई उपलब्ध छैन । यदि उसले खुसी पाउँछ भने अल्लाहलाई धन्यवाद दिन्छ अनि ऊ कृतज्ञताले पुरस्कृत हुन्छ । यदि उसलाई विपत्ति आइपर्छ भने ऊ धैर्य गर्छ र अल्लाहबाट इनाम खोज्छ र ऊ धैर्यताप्रति पुरस्कृत हुन्छ । यसरी उसले हरेक अवस्थामा इनाम पाउँछ ।</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>खुशीमा कृतज्ञ हुनु र कठिनाइमा धैर्यताको सद्गुण । जसले यी दुवै काम गर्छ, उसले दुवै लोकको कल्याण प्राप्त गर्दछ । जो आशिषको लागि कृतज्ञ हुँदैन र विपत्तिमा धैर्य गर्दैन ऊ इनामबाट बञ्चित हुनेछ र पापको हकदार हुनेछ ।
 इमानको सद्गुण र हरेक मामिलामा पुण्य केवल मुमिनको लागि हो ।
 खुशीमा कृतज्ञता व्यक्त गर्नु र संकटको समयमा धैर्य गर्नु आस्थावानहरूको मार्ग हो ।
 कजा व कद्र (अल्लाहको फैसला र भाग्य) मा विश्वासले मानिसलाई सबै परिस्थितिहरूमा पूर्ण रूपमा सन्तुष्ट बनाउँछ । जबकि गैर-मुमिनहरूको अवस्था यो भन्दा बिल्कुल फरक हुन्छ । उसलाई हानि आउँदा निरन्तर क्रोधित हुन्छ र वरदान पायो भने नशामा डुबेर अल्लाहको उपासनाबाट विमुख भएर अवज्ञाकारी गर्न थाल्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>गुस्ल जनाबतको विधि</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>मैमुनह (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले नबी (सल्लल्लाहु अलैहि वसल्लम) को लागि नुहाउने पानी राखें र उहाँलाई कपडाले छोपें । उहाँले आफ्नो हातमा पानी खन्याएर दुवै हात धुनुभयो । त्यसपछि आफ्नो दाहिने हातले आफ्नो देब्रे हातमा पानी खन्याउनुभयो र आफ्नो गुप्तांग धुनुभयो । त्यसपछि आफ्नो हात माटोमा रगडेर राम्रोसँग धुनुभयो । त्यसपछि उहाँले मुख कुल्ला गर्नुभयो र आफ्नो नाकमा पानी हालेर सफा गर्नुभयो । अनि आफ्नो अनुहार र दुवै हात धुनुभयो । त्यसपछि उहाँले आफ्नो टाउकोमा पानी हाल्नुभयो र आफ्नो सम्पूर्ण शरीरमा पानी खन्याउनुभयो । त्यसपछि आफ्नो स्थानबाट अलि पर सरेर आफ्नो दुवै खुट्टा धुनुभयो । मैले उहाँलाई एउटा कपडा ल्याइदिएँ तर उहाँले नलिई हातले पानी पुछ्न थाल्नुभयो ।</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>आस्थावानहरु की आमा मैमुनह (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को गुस्ल जनाबतको विधि वर्णन गरेकि छिन् । उनले नबी (सल्लल्लाहु अलैहि वसल्लम) को लागि नुहाउने पानी राखिन् र उहाँलाई कपडाले छोपिदिईन्, त्यसपछि उहाँले निम्न तरिकाले नुहाउनु भयो :
 १) उहाँले पानीको भाँडोमा हात हाल्नु अघि आफ्नो दुवै हातमा पानी खन्याएर धुनुभयो ।
 २) उहाँले आफ्नो दाहिने हातले देब्रे हातमा पानी खन्याएर आफ्नो गुप्तांग धुनुभयो; ताकि जनाबत (शारीरिक सम्बन्ध) पछिको फोहोर सफा होस् ।
 ३) उहाँले आफ्नो हात भुइँमा रगडेर राम्रोसँग धुनुभयो, ताकि हातमा लागेको फोहोर सफा होस् ।
 ४) आफ्नो मुख कुल्ला गर्नुभयो; अर्थात मुखमा पानी हालेर, यताउता घुमाएर बाहिर फ्याँकनु भयो । त्यसपछि नाक सफा गर्नुभयो; अर्थात्, साससँगै नाकमा पानी तान्नुभयो र त्यसलाई बाहिर निकाल्नु भयो ।
 ५) आफ्नो अनुहार र दुवै हात (कुहिनो समेत) धुनुभयो ।
 ६) आफ्नो टाउकोमा पानी हाल्नुभयो ।
 ७) शरीरको बाँकी भागमा पानी खन्याउनुभयो ।
 ८) उहाँ नुहाएको ठाउँबाट अर्को ठाउँमा सरेर नधोएको आफ्नो दुवै खुट्टालाई धुनुभयो  ।
 त्यसपछि मैमुनाले शरीर सुकाउनको लागि एउटा कपडा ल्याइन्, तर उहाँले लिनुभएन र हातले आफ्नो शरीरको पानी पुछ्न थाल्नुभयो ।</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को जीवनसँग सम्बन्धित सानो विवरण पनि उम्मतलाई सिकाउन उहाँका पवित्र पत्नीहरूको चासो ।
 जनाबत (सम्भोग) पछि नुहाउने र शुद्ध हुने नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित यो एक पूर्ण तरिका हो तर यदि कसैले मुख कुल्ला गर्छ, नाक सफा गर्छ र आफ्नो सम्पूर्ण शरीरमा पानी खन्याउछ भने काफी हुन्छ ।
 स्नान र वुजू गरेपछि कपडाले शरिर पुछ्नु वा कपडा प्रयोग नगर्नु दुवै जायज हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले मेरो यो वुजु झैं वुजु गर्छ र केहि नबोलीकन दुई रकात नमाज पढ्छ, अल्लाहले उसका अघिल्लो पापहरू क्षमा गर्नुहुन्छ</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) का गुलाम हुमरानले बयान गरेका छन्, उनले उसमान लाई देखे कि उहाँ ले वुजु गर्नका लागि पानी मागे, भाँडोबाट पानी खन्याए र दुबै हातलाई तीन पटक धोए, त्यसपछि आफ्नो दाहिने हात पानीमा हाले । त्यसपछि मुख कुल्ला गरे, नाकमा पानी हालेर राम्रोसँग नाक सफा गरे, त्यसपछि आफ्नो अनुहार र दुबै हात कुहिनो सहित तीन पटक धोए । त्यसपछि आफ्नो टाउको मसह गरे (हत्केलाले पुछे), त्यसपछि दुवै खुट्टा तीन पटक धोए र भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मेरो यो वुजु जस्तै वुजु गरेको देखेको छु र त्यसपछि भने: " जसले मेरो यो वुजु झैं वुजु गर्छ र केहि नबोलीकन दुई रकात नमाज पढ्छ, अल्लाहले उसका अघिल्लो पापहरू क्षमा गर्नुहुन्छ  ।”</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) को वुजुको विधिलाई सजिलोसंग सम्झाउनका लागि व्यवहारिक रूपमा गरेर देखाए । उनले एउटा भाँडोमा पानी मगाए, त्यसपछि  पानी खन्याएर दुवै हातलाई तीन पटक सफा गरे, त्यसपछि आफ्नो दाहिने हात भाँडोमा राखे अनि पानी लिएर मुख कुल्ला गरे, मुख भित्र-बाहिर पानी घुमाए र त्यसपछि नाकभित्र पानी तानेर राम्रोसँग सफा गरे, त्यसपछि उनले आफ्नो अनुहार तीन पटक धोए, त्यसपछि आफ्नो दुवै हात कुहिनो सहित तीन पटक धोए, त्यसपछि पानीले भिजेका हातहरूले आफ्नो टाउकोमा एक पटक घसे, त्यसपछि आफ्नो गोलिगाँठोसमेत दुवै खुट्टाहरू तीन पटक धुए ।
 उनले वुजु गरिसकेपछि भने, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मेरो यो वुजु जस्तै वुजु गरेको देखेको छु र त्यसपछि उनले शुभ समाचार दिदै भने जसले मेरो यो वुजु झैं वुजु गर्छ, र त्यसपछि नम्रता र एकाग्रताका साथ अल्लाहको लागि दुई रकात नमाज पढ्छ, अल्लाहले उसका विगतका पापहरू क्षमा गर्नुहुनेछ ।</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>यदि कोही भर्खरै निद्राबाट उठेको हैन भने वुज़ूको प्रारम्भमा हातलाई बर्तनमा हाल्नु अघि धुनु मुस्तहब हो । तर यदि ऊ रातको निद्राबाट उठेको हो भने, दुवै हातहरू धुनु अनिवार्य छ।
 सिकारु लाई सजिलै बुझाउन र त्यसलाई सुदृढ गर्नका लागि शिक्षकले सबैभन्दा उत्कृष्ट तरिका अपनाउनुपर्छ, जस्तै व्यावहारिक शिक्षा दिनु ।
 नमाज पढ्ने व्यक्तिले संसारका कामसँग सम्बन्धित विचारहरूलाई टाढा राख्नुपर्छ। किनकि नमाज तब मात्र पूरा हुन्छ जब हृदय र दिमागको साथ पढिन्छ । नत्र मनमा आउने विचारबाट बच्न गाह्रो हुन्छ । तसर्थ, व्यक्तिले विचारको धारामा बग्नुको सट्टा आफैंसँग लड्नुपर्छ ।
 दाहिने तर्फबाट वुजु गर्नु सुन्नत हो ।
 कुल्ला गर्ने, नाकमा पानी हाल्ने र नाक सफा गर्ने सन्दर्भमा क्रम कायम राख्नुपर्छ ।
 अनुहार, हात र खुट्टा एक चोटि धुनु अनिवार्य हो र तीन चोटि धुनु मुस्तहब हो ।
 अल्लाहद्वारा विगतका पापहरू क्षमा गरिने कुरा दुई सत्कर्महरू एक साथ गरे पछि मात्र प्राप्त हुन्छ त्यो के हो भने हदीसमा उल्लेखित विधि अनुसार वुजु गर्नु र त्यसपछि दुई रकात नमाज पढ्नु ।
 वुजु गर्दा धुनु पर्ने प्रत्येक अंगको सीमा तोकिएको छ । अनुहारको सीमा : निधारको कपालदेखि चिउँडोसम्म लम्बाइमा र एक कानदेखि अर्को कानसम्म चौडाइमा फैलिएको छ । हातको सीमा : औंलाको टुप्पोदेखि कुहिनो सम्म हो । कुहिनोले हात र पाखुराबीचको जोडलाई जनाउँछ । टाउकोको सीमा : निधारदेखि पछाडि घाँटीको माथिल्लो भागसम्म हो । दुवै कानको मसह भनेको टाउकोमा नै समावेश छन् । खुट्टाको सीमा भनेको : पूरै पैताला, खुट्टा र गोलीगाँठो बीचको जोड सहित हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
-[...2 lines deleted...]
-    <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले गुस्ल जनाबत गर्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हात धुनुहुन्थ्यो र नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो, त्यसपछि गुस्ल गर्नुहुन्थ्यो</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
+  </si>
+  <si>
+    <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जनाबत (सम्भोगको कारणले हुने अशुद्धि) ले गर्दा स्नान गर्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हात धुनुहुन्थ्यो र नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो, त्यसपछि स्नान गर्नुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
-    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: जब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले गुस्ल जनाबत गर्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हात धुनुहुन्थ्यो र नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो, त्यसपछि गुस्ल गर्नुहुन्थ्यो । त्यसपछि आफ्नो हातले कपाललाई 
-राम्रोसँग मलेर जरासम्म पानी पुर्याउनु हुन्थ्यो र छाला भिजिसकेको आभास हुनसाथ आफुमाथि तीन पटक पानी खन्याएर पुरै शरीरलाई धुनुहुन्थ्यो । उनले भनिन्: म र अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट पानी लिन्थ्यौं र सँगै नुहाउने गर्दथ्यौं ।</t>
+    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: जब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जनाबत (सम्भोगको कारणले हुने अशुद्धि) ले गर्दा स्नान गर्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हात धुनुहुन्थ्यो र नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो, त्यसपछि स्नान गर्नुहुन्थ्यो । त्यसपछि  पानी हालेर हातले कपाललाई राम्रोसँग मलेर जरासम्म पानी पुर्याउनु हुन्थ्यो र छाला भिजिसकेको पत्यार हुनसाथ आफुमाथि तीन पटक पानी खन्याएर पुरै शरीरलाई धुनुहुन्थ्यो । उहाँका श्रीमती आइशा (रजियल्लाहु अन्हा) ले भन्नु हुन्छ: म र अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट पानी लिन्थ्यौं र सँगै नुहाउने गर्दथ्यौं ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले गुस्ल जनाबत गर्दा पहिले आफ्ना दुवै हात धुनुहुन्थ्यो । त्यसपछि उहाँले नमाजको लागि वुजू गरे झैं वुजू गर्नुभयो । त्यसपछि आफ्नो शरीरमा पानी हाल्नुभयो । त्यसपछि आफ्नो दुवै हातले आफ्नो कपाललाई राम्ररी मलेर भित्रसम्म पानी पुर्याउनु भयो । कपालको जरासम्म पानी पुगेको र टाउको भिजेको महसुस हुँदा आफ्नो टाउकोमा तीन पटक पानी हालेर शरीरको बाँकी भाग धुनुभयो । आइशा (रजियल्लाहु अन्हा) ले भनिन्: म र अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोमा नुहाउने गर्दथ्यौं र हामी दुवै जना सँगै पानी लिन्थ्यौं ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले  जनाबत (सम्भोगको कारणले हुने अशुद्धि) को  स्नान गर्दा पहिले आफ्ना दुवै हात धुनुहुन्थ्यो । त्यसपछि उहाँले नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो । त्यसपछि आफ्नो शरीरमा पानी हाल्नुहुन्थ्यो। त्यसपछि आफ्नो दुवै हातले आफ्नो कपाललाई राम्ररी मलेर भित्रसम्म पानी पुर्याउनु हुन्थ्यो । कपालको जरासम्म पानी पुगेको र टाउको भिजेको महसुस हुँदा आफ्नो टाउकोमा तीन पटक पानी हालेर शरीरको बाँकी भाग धुनुहुन्थ्यो । उहाँका श्रीमती आइशा (रजियल्लाहु अन्हा) ले भन्छिन्: म र अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट पानी लिन्थ्यौं र सँगै नुहाउने गर्दथ्यौं ।</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
-    <t>"ग़ुस्ल दुई प्रकारको हुन्छ: एक, पर्याप्त हुने र अर्को, पूर्ण। पर्याप्त ग़ुस्लमा व्यक्ति पवित्रताको नीयत गर्दछ, अनि शरीरभरि पानी लगाउँछ, जसमा कुल्ला र नाकमा पानी तान्न पनि समावेश हुन्छ। तर पूर्ण ग़ुस्लमा ग़ुस्ल त्यसरी गरिन्छ, जसरी यस हदीसमा पैगम्बर सल्लल्लाहु अलैहि व सल्लमले ग़ुस्ल गर्नुभयो।"
-[...1 lines deleted...]
-पति पत्नीले एकअर्काको गोप्य अंगहरू हेर्नु र एउटै भाँडोमा नुहाउनु जायज हो ।</t>
+    <t>स्नान दुई प्रकारको हुन्छ: एक, पर्याप्त हुने र अर्को, पूर्ण। पर्याप्त स्नानमा व्यक्तिले पवित्रताको नीयत गर्दछ, अनि मुख कुल्ला गर्ने र नाकमा पानी हालेर सफा गर्न साथ शरीरभरि पानी पुर्याउँछ। तर, पूर्ण स्नान त्यो तरिकाले गरिन्छ, जुन तरिकाले यस हदीसमा रसुल (सल्लल्लाहु अलैहि व सल्लम) ले गर्नुभयो।
+जनाबत (अशुद्धता) भनिने अवस्था हरेक ती व्यक्तिमा लागू हुन्छ, जसको वीर्य निस्केको छ वा जसले सम्भोग कार्य गरेको छ,  सम्भोग गर्दा वीर्य ननिस्के पनि जनाबतको अवस्थामा भएको मानिन्छ  ।
+पति पत्नीले एकअर्काको गोप्य अंगहरू हेर्नु र एउटै भाँडोमा नुहाउनु जायज छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>जब पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई आच्छ्यूँ आउँथ्यो, उहाँले आफ्नो हात -या आफ्नो कपडा- आफ्नो मुखमा राख्नुहुन्थ्यो र यसैसँग आफ्नो आवाजलाई दबाउनुहुन्थ्यो।”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : जब पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई आच्छ्यूँ आउँथ्यो, उहाँले आफ्नो हात -या आफ्नो कपडा- आफ्नो मुखमा राख्नुहुन्थ्यो र यसैसँग आफ्नो आवाजलाई दबाउनुहुन्थ्यो।”</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) लाई आच्छ्यूँ आउँथ्यो :
 पहिले: उहाँ आफ्नो हात वा कपडा आफ्नो मुखमा राख्नुहुन्थ्यो; ताकि उहाँसँग बसेकाहरूलाई नराम्रो लाग्ने केही फोहोर मुख वा नाकबाट ननिस्कियोस् ।
 दोस्रो: उहाँ आफ्नो आवाज कम गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को आच्छ्यूँ गर्ने तरिका र त्यसमा उहाँको अनुसरणको वर्णन ।
 हाछ्युँ गर्दा मुख र नाकमा कपडा वा रुमाल राख्न मुस्तहब हो, ताकि यसको छेउमा बसेको व्यक्तिलाई हानि पुऱ्याउने कुरा बाहिर ननिस्कियोस् ।
 हाछ्युँ गर्दा आवाज कम गर्नुपर्छ; किनभने यो पूर्ण शिष्टाचार र असल नैतिकताको पहिचान हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>अल्लाहको श्राप होस्, यहूदी र ईसाईहरूमाथि, तिनीहरूले आफ्ना नबीहरूको कब्रलाई (चिहान) मस्जिद बनाए</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>आइशा र अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनीहरूले भने : जब रसूल (सल्लल्लाहु अलैहि वसल्लम) को देहावसान को समय नजिक आयो, उहाँले आफ्नो अनुहारमा चादर राख्नुभयो र जब सांस फुल्न थाल्यो उहाँले त्यो चादरलाई हटाएर भन्नुभयो: " अल्लाहको श्राप होस्, यहूदी र ईसाईहरूमाथि, तिनीहरूले आफ्ना नबीहरूको कब्रलाई (चिहान) मस्जिद बनाए ।" उहाँले यहूदी र ईसाईहरू जस्तै नगर्न आफ्नो अनुयायीहरु लाई चेतावनी दिनुभयो ।</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>आइशा र अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) को देहावसानको समय नजिक आयो, उहाँले आफ्नो अनुहारमा कपडाको एउटा टुक्रा राख्नुभयो र पीडाले सास फेर्न गाह्रो भएपछि त्यो टुक्रा हटाउनुभयो र यही कठिन परिस्थितिमा भन्नुभयो: यहूदी र ईसाईहरूमाथि अल्लाहको श्राप होस् । अर्थात्, अल्लाहले तिनीहरूलाई आफ्नो दयाबाट टाढा राखून् । किनभने तिनीहरूले आफ्ना नबीहरूको चिहानमाथि मस्जिदहरू बनाएका थिए । याद रहोस्, चिहानमाथि मस्जिद बनाउने विषय गम्भीर नभएको भए यो कठिन समयमा उहाँले उल्लेख गर्नुहुने थिएन । यो समस्याको गम्भीरता देखेर उहाँले आफ्नो उम्मतलाई यहूदी र इसाईहरूको  जस्तो काम गर्न निषेध गर्नुभएको छ । यस कार्यलाई निषेध गर्नुको अर्को कारण यो हो कि यसले शिर्कको ढोका खोल्छ ।</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>"नबी र निष्ठावान व्यक्तित्वहरूको चिहानलाई मस्जिद बनाउने कुरामा रोक लगाइएको छ, जहाँ अल्लाहका लागि नमाज पढिन्छ, किनकि यसले शिर्क (अल्लाहको साथ साझेदारी गर्ने) को बाटो खोल्छ।"
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तौहीद (एकेश्वरवाद) स्थापना गर्न र तौहीदमा खलल पैदा गर्ने सम्पूर्ण कार्यहरू जस्तै चिहानको सम्मान इत्यादिबाट सचेत गर्नुभएको छ, किनभने यसले शिर्कको ढोका खोल्छ ।
 यहूदी र ईसाईहरूलाई श्राप दिन अनुमति छ । त्यसैगरी तिनीहरूले गरेझैं चिहानहरूमा भवन निर्माण गर्ने अनि चिहानमा मस्जिद बनाउनेहरूलाई पनि श्राप दिन अनुमति छ ।
 चिहानमाथि भवनहरू निर्माण गर्नु यहूदी र ईसाईहरूको प्रथा हो र यो हदीसमा निषेध गरिएको छ ।
 चिहानलाई मस्जिद बनाउनको अर्थ भनेको भवन नबनाइए पनि कबर नजिक र कबरतर्फ मुख गरेर नमाज पढ्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>सात घातक कुराहरूबाट सावधान रहनुहोस्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सात घातक कुराहरूबाट सावधान रहनुहोस् "। साथीहरूले सोधे: हे अल्लाहका रसूल! तिनीहरू के हुन?  उहाँले भन्नुभयो: “अल्लाहसँग शिर्क गर्ने (साझेदार बनाउने), जादु गर्ने, अल्लाहले निषेध गरेको प्राणीलाई अन्यायपूर्ण ढंगले हत्या गर्ने, ब्याज लेनदेन गर्ने, अनाथको सम्पत्ति खाने, युद्धको मैदानबाट भाग्ने र स्वच्छर निर्दोष आस्थावान, सोझो महिलाहरूमाथि व्यभिचारको आरोप लगाउने ।"</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो उम्मतलाई सात विनाशकारी अपराध र पापहरूबाट बाँच्न आदेश दिनुभएको छ। जब उहाँसँग यी सात पापहरू के हुन् भनेर सोधियो, तब उहाँले भन्नुभयो:
 १) शिर्क गर्नु, अर्थात् अल्लाहको समान र तुल्य ठहर गर्नु वा गैरुल्लाह (अल्लाह बाहेक) को उपासना गर्नु ।  शिर्क (बहुदेववाद) सबैभन्दा ठूलो पाप  भएकोले पहिले नम्बरमा उल्लेख गरिएको छ ।
 २) जादू गर्नु । जादु भन्नाले धागो आदिमा गाँठो बाँधेर मन्त्र जप्नु, औषधि र धुवाँ जस्ता पदार्थको प्रयोग गर्नु, जसले मोहित व्यक्तिलाई कित बिरामी बनाउँछ कित उसको ज्यान लिन्छ, वा पति-पत्नी बीचको सम्बन्धलाई विच्छेद गर्दछ । वास्तवमा यो एक दुष्ट कार्य र शैतानी काम हो । जादुमा प्रायजसो शिर्क वा दुष्ट आत्माहरूलाई खुशी पार्ने हराम कार्यहरू गर्नुपर्छ ।
 ३) अल्लाहले हत्या गर्न निषेध गर्नुभएको व्यक्तिको हत्या गर्नु, तर शरीयतले कसैलाई मृत्युदण्डको सजाय दिन्छ भने त्यसलाई कार्यन्वयन गर्ने जिम्मेवारी शासकको हो ।
 ४) ब्याज लिने वा दिने, चाहे त्यो खाइयोस् वा अन्य तरिकाले उपभोग गरियोस् ।
 ५) वयस्कको उमेर नपुगी बाबुको मृत्यु भएको नाबालक बच्चा (अनाथ) को सम्पत्ति हडप्नु ।
 ६) काफिरहरूसँग लड्दा युद्धको मैदानबाट फर्केर भाग्नु ।
 ७) पवित्र महिलाहरू माथि व्यभिचारको झूटो आरोप लगाउने । त्यस्तै पुरुषहरू माथि पनि व्यभिचारको आरोप लगाउने ।</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>ठूला पापहरू सातवटा मात्र होइनन्, यी सात पापहरू बढी खतरनाक रहेकोले विशेष गरी उल्लेख गरिएको छ ।
 किसास (ज्यानको बदलामा ज्यान), मुर्तद (इस्लाम परित्यागी) र विवाहित व्यक्ति व्यभिचारमा लिप्त छ भने ज्यान लिने अनुमति छ । तर यो शरिया शासक द्वारा गरिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>हे अल्लाह! मेरो कब्र (चिहान) लाई मूर्ति नबनाउनु</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हे अल्लाह! मेरो कब्र (चिहान) लाई मूर्ति नबनाउनु। अल्लाहको धिक्कार ती समुदायहरूमाथि होस्, जसले आफ्ना नबीहरूको चिहानलाई मस्जिद (पूजा गर्ने ठाउँ) बनाए" ।</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो रब (प्रभु) सँग दुआ (प्रार्थना) गर्नुभयो, कि उहाँको चिहान मूर्ति झैं नबनोस्, जस्को आदरसत्कार गरि  पुजा अर्चना गरिन्छ, र त्यस तर्फ फर्केर सजदा1 गरिन्छ । त्यसपछि उहाँले भन्नुभयो, जसले आफ्ना नबीहरूको चिहानलाई मस्जिदमा परिणत गरे, अल्लाहले तिनीहरुलाई आफ्नो कृपाबाट टाढा गर्नु भएको छ । किनकि चिहानलाई उपासना गर्ने ठाउँ बनाउनु भनेको तिनीहरूको पूजा गर्नु र त्यस प्रति आस्था स्थापित गर्नु हो ।</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>नबीहरू र धर्मी मानिसहरूको चिहानको सम्बन्धमा शरियतको सीमाभन्दा बाहिर जानु भनेको वास्तवमा अल्लाहको सट्टा तिनीहरूको पूजा गर्नु हो । त्यसैले शिर्कको माध्यमबाट बाँच्न जरुरी छ ।
 चिहानमा गाडिएको व्यक्ति जतिसुकै अल्लाहको नजिक किन नहोस्,  त्यस   चिहान‌को सम्मान र त्यहाँ पूजा गर्न नियतले जान अनुमति छैन ।
 चिहानमाथि मस्जिद बनाउनु हराम (निषेध) हो ।
 त्यहाँ मस्जिद नबनाए पनि चिहान नजिकै नमाज पढ्नु निषेध गरिएको छ ।  हो, यदि जनाजा (अन्त्येष्टि) को नमाज पढिएको छैन भने, मृतकको चिहान निर अन्त्येष्टिको नमाज पढ्नको लागि अनुमति छ ।</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
-[...2 lines deleted...]
-    <t>अल्लाहको हदको पालना गर्ने र त्यसलाई उल्लङ्घन गर्नेहरुको उदाहरण - डुङ्गामा आफ्नो स्थान निर्धारण गर्न चिट्ठा हाल्नेहरु जस्तै हो, जसमा केही मानिसहरु डुङ्गाको माथिल्लो भागमा स्थान पाए र केहीले तल्लो भागमा</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
+  </si>
+  <si>
+    <t>अल्लाहले तोकेको (निषेध र वर्जित कार्यहरुको) सिमानाको पालना गर्ने र त्यसको उल्लङ्घन गर्नेहरूको उदाहरण एउटै डुङ्गामा यात्रा गरिरहेका मानिसहरूजस्तै हो, जसमा ति सबैले चिट्ठा हालेर डुङ्गामा आ-आफ्नो स्थान निर्धारण गरे, जसमध्ये केही मानिसहरूले डुङ्गाको माथिल्लो भागमा र केहीले तल्लो भागमा स्थान पाए।</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
-    <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको हदको पालना गर्ने र त्यसलाई उल्लङ्घन गर्नेहरुको उदाहरण - डुङ्गामा आफ्नो स्थान निर्धारण गर्न चिट्ठा हाल्नेहरु जस्तै हो, जसमा केही मानिसहरु डुङ्गाको माथिल्लो भागमा स्थान पाए र केहीले तल्लो भागमा ।  तल्लो भागमा रहेकाहरूले पानी लिन माथिल्लो भाग भएर जानुपर्थ्यो, त्यसैले उनीहरूले सोचे - हामीले आफ्नै भागमा प्वाल किन नबनाउने? ताकि माथिकाहरूलाई कुनै समस्या नहोस् । अब माथिकाले तल्लो भागमा रहेकालाई सोचे अनुसार प्वाल गर्न दिए भने सबै नाश हुनेछन् र हात समाए (त्यसो गर्न दिएन) भने आफू लगायत सबै जोगिनेछन् ।"</t>
+    <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले तोकेको (निषेध र वर्जित कार्यहरुको) सिमानाको पालना गर्ने र त्यसको उल्लङ्घन गर्नेहरूको उदाहरण एउटै डुङ्गामा यात्रा गरिरहेका मानिसहरूजस्तै हो, जसमा ति सबैले चिट्ठा हालेर डुङ्गामा आ-आफ्नो स्थान निर्धारण गरे, जसमध्ये केही मानिसहरूले डुङ्गाको माथिल्लो भागमा र केहीले तल्लो भागमा स्थान पाए।  तल्लो भागमा रहेकाहरूले पानी लिन माथिल्लो भाग भएर जानुपर्थ्यो, त्यसैले उनीहरूले सोचे - हामीले आफ्नै भागमा प्वाल किन नबनाउने? ताकि माथिल्लो भागमा रहेकाहरूलाई कुनै असुविधा नहोस् । अब यदि माथिल्लो भागमा बस्नेहरूले तल्लो भागमा रहेकालाई तिनीहरूले सोचे अनुसार प्वाल गर्न दिए भने सबै नाश हुनेछन् र तर यदि उनीहरूले तल्लो भागका मानिसहरूको हात समातेर (त्यस्तो गर्न नदिए) रोके भने, आफूहरूसहित सबै सुरक्षित रहनेछन् ।"</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहले तोकेको सीमाभित्र बस्ने, उहाँको आदेशको पालना गर्ने, पुण्य कर्मको आदेश दिने र नराम्रा कुराहरूबाट रोक्ने मानिसहरूको बारेमा उत्कृष्ट उदाहरण प्रस्तुत गर्नुभएको छ । अल्लाहका सीमा उल्लङ्घन गर्नेहरू, पुण्य कर्मबाट टाढा रहने र नराम्रो काम गर्नेहरू र समाजमा पर्न गएको त्यसको  असारको उदाहरण - जहाजमा सवार मानिसहरू जस्तै हो । डुङ्गाको माथिल्लो भागमा कसले चढ्ने र तल्लो भागमा कसले चढ्ने भनेर  चिठ्ठा पारियो, कसैले माथिल्लो भाग पाए त कोहीले तल्लो भाग पाए । (पानी व्यवस्थापन माथिल्लो भागमा भएकोले) तल्लो भागमा भएकाले पानी लिन माथिल्लो भागमा गएर लिनुपर्ने । तल्लो भागका मानिसहरूले पानी तान्न तल्लो भागमा प्वाल पार्न सोचे, ताकि माथिल्लो भागका मानिसहरूलाई हामीले गर्दा दुख नहोस् । यदि माथिल्लो भागका मानिसहरूले तल्लो भागका मानिसहरूको हात समातेर प्वाल पार्नबाट रोकेन भने डुङ्गा डुब्नेछ र सबैको ज्यान जानेछ र तिनीहरू रोके भने, सबैको उद्धार हुनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा अल्लाहले तोकेको सीमाभित्र बस्ने, उहाँको आदेशको पालना गर्ने, पुण्य कर्मको आदेश दिने र नराम्रा कुराहरूबाट रोक्ने र अल्लाहको सीमाहरू उल्लङ्घन गर्ने, असल कार्य छोड्ने र खराब कार्य गर्नेहरूको लागि एउटा उदाहरण प्रस्तुत गर्नुभयो, र यसले समाजको उद्धारमा पर्ने प्रभावको बारेमा बताउनुभयो। उहाँले यो उदाहरण यस्तो दिनुभयो: मानौं, केही मानिसहरू एउटा पानी-जहाजमा सवार भए, र तिनीहरूले चिठ्ठा हालेर निर्णय गरे कि को माथिल्लो भागमा बस्छ र को तल्लो भागमा । केहीले माथिल्लो भाग पाए त कोहीले तल्लो भाग पाए । (पानी व्यवस्थापन माथिल्लो भागमा भएकोले) तल्लो भागमा बस्नेहरूले पानी लिन जाँदा माथिल्लो भागमा मानिसहरूको बाटो हुँदै जानुपर्थ्यो। तब तल्लो भागका मानिसहरूले भने: " यदि हामीले हाम्रो भागमा प्वाल बनायौँ भने माथिल्लो भागमा रहेका मानिसहरूलाई कुनै असुविधा हुने छैन।" अब यस्तो स्थितिमा यदि माथिल्लो भागका मानिसहरूले तल्लो भागका मानिसहरूको हात समातेर प्वाल पार्नबाट रोकेनन् भने डुङ्गा डुब्नेछ र सबैको ज्यान जानेछ र तर यदि तिनीहरू रोके भने, दुवै समूहका सवारहरू बाँच्नेछन् ।</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
-    <t>समाजको संरक्षण र मुक्तिका लागि पुण्य कर्मको आदेश र नराम्रोलाई  निषेध गर्ने महत्त्व ।
-[...1 lines deleted...]
-मुन्कर (गल्त काम) देखेर त्यसको निन्दा नगर्नु यस्तो कुकर्म हो, जसले सिंगो समाजलाई हानि पुर्‍याउँछ ।
+    <t>यस हदीसले समाजको संरक्षण र उद्धारका लागि पुण्य कर्मको आदेश र दुष्कर्म बाट रोक्ने कार्यको महत्त्व उजागर हुन्छ ।
+उदाहरण एउटा प्रभावकारी शिक्षण विधि हो। यसले अर्थहरूलाई प्रत्यक्ष रूपमा अनुभूति गर्न सक्ने बनाइ बुझ्न र सम्झन सजिलो पार्छ।
+खुला रूपमा खराब कार्य गर्नु र त्यसलाई रोक्ने प्रयास नगर्नु एक यस्तो हानिकारक कार्य हो जसले सम्पूर्ण समाजलाई हानि पुर्‍याउँछ।
 दुष्कर्म गर्नेहरूलाई गलत काम गर्न छुट दिनु भनेको समाजलाई विनाशतर्फ धकेल्ने हो ।
 राम्रो नियतले गलत काम गर्दा त्यो काम कदापी सही हुँदैन ।
-मुस्लिम समाज सुधारको जिम्मेवारी कुनै एक व्यक्तिको होइन, सबै जनताको हो ।
-[...1 lines deleted...]
-नराम्रो काम गर्नेहरूले मुनाफिक (पाखण्डी) मानिसहरूले जस्तै आफ्नो गल्ती समाजको लागि राम्रो हो भनी बहाना बनाउँछन्।</t>
+मुस्लिम समाजमा जिम्मेवारीको अवधारणा सामूहिक हुन्छ, कुनै एक व्यक्तिमा मात्र सीमित हुँदैन।
+विशेष व्यक्तिहरूका दुष्कर्मलाई नरोकेमा त्यसको सजाय सर्वसाधारणले पनि भोग्नुपर्ने हुन सक्छ।
+गलत कार्यमा संलग्न व्यक्तिहरूले  पाखण्डी (मुनाफिक) हरूले झैँ आफ्नो दुष्कर्मलाई समाजको भलाइको रूपमा प्रस्तुत गर्ने प्रयास गर्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>म सबै साझेदारहरूको शिर्क (साझेदारी) बाट निस्पृह छु । जसले कुनै धर्मक्रिया गर्छ र त्यसलाई म बाहेक अरू कसैको निमित्त गरि शिर्क गर्दछ, म उसलाई र उसको शिर्कलाई अस्वीकार गर्दछु</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सर्वशक्तिमान् अल्लाह भन्नुहुन्छ: म सबै साझेदारहरूको शिर्क (साझेदारी) बाट निस्पृह छु । जसले कुनै धर्मक्रिया गर्छ र त्यसलाई म बाहेक अरू कसैको निमित्त गरि शिर्क गर्दछ, म उसलाई र उसको शिर्कलाई अस्वीकार गर्दछु ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) वर्णन गर्नुहुन्छ, महान अल्लाहले भन्नुभएको छ : म सबै साझेदारहरूको शिर्क (साझेदारी) बाट निस्पृह छु । उहाँ हरेक कुराबाट निस्पृह हुनुहुन्छ । जब कुनै व्यक्तिले कुनै असल काम गर्छ तर अल्लाह र गैर-अल्लाह दुवैको लागि गर्छ; तब अल्लाहले उसको त्यो कर्म रद्द गरिदिनु हुन्छ, त्यसलाई स्वीकार गर्नुहुन्न र त्यो कर्मलाई उसको अगाडि फ्याँकिदिनुहुनेछ । तसर्थ, असल कर्महरू विशुद्ध रूपमा अल्लाहको लागि गर्नुपर्छ । किनभने अल्लाहले त्यो कर्मलाई स्वीकार गर्नुहुन्छ, जुन विशुद्ध रूपमा उहाँको खुशीको लागि गरिन्छ ।</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>यसमा सबै प्रकारका शिर्कहरू विरुद्ध चेतावनी दिइएको छ र सतर्क 
 गरिएको छ कि शिर्कले कर्महरूको स्वीकृतिमा बाधा पुर्‍याउँछ ।
 अल्लाहको निस्पृहता र महानताको अनुभूतिले कार्यमा इख्लास (निष्ठता) ल्याउन मद्दत गर्दछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>कयामतको दिन एक व्यक्तिलाई ल्याइनेछ र उसलाई नरकमा फ्याँकिनेछ । उसको पेटका आन्द्राहरू बाहिर निस्कनेछन् र ऊ त्यसको वरिपरि यसरी घुम्नेछ जसरी गधा जाँतो (चक्की) को वरिपरि घुम्छ ।</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>ओसामा बिन जैद (रजियल्लाहु अन्हु) ले बयान गरेका छन् : उनलाई भनियो, "किन तपाईं उस्मानकहाँ गएर उहाँसँग कुरा गर्नुहुन्न? यो सुनेर उनले भने: के तिमीहरु सोच्दछौ तिमीहरूलाई देखाएर मात्र म उहाँसँग कुरा गर्छु ? अल्लाहको कसम, मैले उहाँसँग एकान्तमा कुरा गरेको छु । हेर, म कुनै किसिमको द्वन्द्वको ढोका खोल्न चाहन्न र म फितना (प्रलोभन) को ढोका खोल्ने पहिलो व्यक्ति पनि बन्न चाहन्न । मैले नबी (सल्लल्लाहु अलैहि वसल्लम) बाट यो हदीस सुनेपछि यो पनि भन्दिनँ कि मेरो हाकिम सबै मानिसहरू भन्दा राम्रो छ: "कयामतको दिन एक व्यक्तिलाई ल्याइनेछ र उसलाई नरकमा फ्याँकिनेछ । उसको पेटका आन्द्राहरू बाहिर निस्कनेछन् र ऊ त्यसको वरिपरि यसरी घुम्नेछ जसरी गधा जाँतो (चक्की) को वरिपरि घुम्छ । यो देखेर नरकबासीहरू उनको वरिपरि जम्मा हुनेछन् र भन्नेछन् : हे फलानो, तिमीलाई यो कसरी भयो ? के तिमी पुण्य कर्मको आज्ञा दिने र नराम्रो काम गर्नबाट रोक्ने होइन र ? उसले जवाफ दिनेछ: हो, यो सत्य हो, म अरूलाई राम्रो काम गर्न आदेश दिन्थें, तर म आफै त्यसको विपरीत गर्थें र अरूलाई नराम्रो काम गर्नबाट मनाही गर्थें, तर आफैं त्यसमा लिप्त थिएँ ।</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>ओसामा बिन जैद (रजियल्लाहु अन्हुमा) लाई भनियो : तपाईं उस्मान (रजियल्लाहु अन्हुमा) कहाँ गएर मानिसहरूबीच भएको फितना बारेमा कुरा गर्न र त्यो आगो निभाउन किन प्रयास गर्नुहुन्न ? उनले जवाफ दिए : मैले उहाँसँग एकान्तमा कुरा गरेको हुन्छु, किनभने म सार्वजनिक रूपमा खलीफाको निन्दा र उनीहरू विरुद्ध प्रदर्शन गरेर कुनै किसिमको द्वन्द्व भड्काउन चाहन्न, जुन खलीफामाथि आक्रमणको कारण हुनेछ । उनी दुष्टताको ढोका खोल्ने पहिलो व्यक्ति बन्न चाहँदैन्थे ।
 त्यसपछि ओसामा बिन जैद (रजियल्लाहु अन्हुमा) ले भने: 
 अमीर (हाकिम) हरूलाई गोप्य रूपमा नसीहत (सल्लाह) गर्नुपर्छ र 
 त्यसमा सुस्ती गर्नु हुँदैन, चाहे ऊ खलीफा भए पनि । तिनीहरूको अगाडि झूटो प्रशंसा गरेर तिनीहरूको चापलूसी गर्नु हुँदैन । नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : कयामतको दिन एक व्यक्तिलाई ल्याइनेछ र उसलाई नरकमा फ्याँकिनेछ । उसको पेटका आन्द्राहरू गर्मीको तीव्रताले गर्दा छिटो बाहिर निस्कनेछन् र ऊ कडा यातनाको अवस्थामा त्यसको वरिपरि यसरी घुम्नेछ जसरी गधा जाँतो (चक्की) को वरिपरि घुम्छ ।* यो देखेर नरकका मानिसहरू उसको वरिपरि घेराको रूपमा भेला हुनेछन् र सोध्नेछन्: हे फलानो, तिमीलाई यो कसरी भयो ? के तिमी पुण्य कर्मको आज्ञा दिने र नराम्रो काम गर्नबाट रोक्ने होइन र ?
 उसले जवाफ दिनेछ: हो, यो सत्य हो, म अरूलाई राम्रो काम गर्न आदेश दिन्थें, तर म आफै त्यसको विपरीत गर्थें र अरूलाई नराम्रो काम गर्नबाट मनाही गर्थें, तर आफैं त्यसमा लिप्त थिएँ ।</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>हाकिमहरूलाई नसीहत गर्ने र सल्लाह दिने आधारभूत सिद्धान्त भनेके उनीहरूलाई एकान्तमा नसीहत गर्नुपर्छ र सर्वसाधारणको बीचमा उनीहरू विरुद्ध बोल्नु हुँदैन ।
 जसले कुनै कुराको उपदेश दिन्छ तर ऊ आफैं त्यसको विपरीत गर्छ भने उसको लागि गम्भीर धम्की छ ।
 हाकिमहरूलाई सम्मान र उनीहरूप्रति दयालु हुनुहोस् । उनीहरूलाई सहि काम गर्न आदेश दिनुहोस् र नराम्रो गर्नबाट रोक्नुहोस् ।
 हक (सत्य) कुरामा हाकिमहरूको नसीहत गर्नमा सुस्ती गर्नुको निन्दा र उसको झूठो प्रशंसा गर्नु भनेको असत्यको चापलूसी गर्नु जस्तै हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>म अल्लाह सामु यस कुरा प्रति असहमति जनाउन्छु , कि तिमीहरूमध्ये कोही मेरो 'खलील' (विशेष साथी) होस्। किनकि अल्लाहले मलाई आफ्नो ‘खलील’ (विशेष मित्र) बनाउनुभएको छ, जसरी उहाँले इब्राहीम (अलैहिस्सलाम) लाई आफ्नो खलील</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>जुनदुब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई आफ्नो मृत्यु भन्दा पाँच दिन अघि यसो भन्दै गरेको सुने: "म अल्लाह सामु यस कुरा प्रति असहमति जनाउन्छु , कि तिमीहरूमध्ये कोही मेरो 'खलील' (विशेष साथी) होस्। किनकि अल्लाहले मलाई आफ्नो ‘खलील’ (विशेष मित्र) बनाउनुभएको छ, जसरी उहाँले इब्राहीम (अलैहिस्सलाम) लाई आफ्नो खलील बनाउनुभएको थियो । यदि मैले मेरो उम्मतबाट कसैलाई ‘खलील’ बनाएको भए अबु बकरलाई बनाउने थिएँ । सुन, तिमीहरूभन्दा अघिका मानिसहरू आफ्ना धर्मी र नबीहरूका चिहानहरूलाई मस्जिदमा परिणत गर्थे । खबरदार! चिहानलाई पूज्यस्थल नबनाउनु, म तिमीहरूलाई त्यसो गर्नबाट रोक्दछु ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको दृष्टिमा आफ्नो स्थान र उहाँ अल्लाहको समीप प्रेमको सर्वोच्च स्थानमा हुनुहुन्छ भनी बताउनुभएको छ । अल्लाहको नजरमा उहाँको त्यही स्थान छ, जुन इब्राहीम (अलैहिस्सलाम) ले प्राप्त गरेका थिए । त्यसैले अल्लाह बाहेक मेरो कोही 'खलील' छैन भनेर स्पष्ट पार्नुभयो । किनकि उहाँको हृदय अल्लाहको प्रेम, श्रद्धा र पहिचानले भरिएको हुनाले यसमा अरू कसैको लागि खाली ठाउँ छैन । हो, यदि मानिसहरू मध्ये कोही उहाँको खलील (विशेष साथी) भएको भए अबु बकर (रजियल्लाहु अन्हु) ले यो पद प्राप्त गर्ने थिए । त्यसपछि उहाँले प्रेमको अनुमोदित सीमाभन्दा बाहिर जाने बारे चेताउनी दिनुभयो, जसरी यहूदी र इसाईहरूले आफ्ना नबीहरू र धर्मी मानिसहरूको चिहानहरूसँग गरे र अल्लाहको सट्टा तिनीहरूको पूजा गर्न थाले र उनीहरूको चिहानमाथि मस्जिद र पूजास्थलहरू निर्माण  गर्न थाले । तसर्थ रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो उम्मतलाई उनीहरू जस्ता कामहरू गर्न  वर्जित गर्नुभयो ।</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>यस हदीसमा अबु बकर (रजियल्लाहु अन्हु) को उत्कृष्टता, सम्पूर्ण सहाबाहरूमध्ये सर्वोत्कृष्ट र नबीको मृत्युपछि उहाँ खलीफा (उत्तराधिकारी) हुनका लागि सबैभन्दा योग्य व्यक्ति हुन् भनेर पनि प्रस्ट हुन्छ  ।
 चिहानहरू माथि मस्जिद निर्माण गर्नु अघिल्लो समुदायले गरेका ठूलो गल्तीहरू मध्ये एक हो ।
 चिहानलाई पूजास्थल बनाउन; तिनीहरूको नजिक वा त्यसतर्फ मुख गरेर नमाज पढ्न र चिहान माथि मस्जिद वा गुम्बजहरू निर्माण गर्न निषेध गरिएको छ, किनकि यसले शिर्कलाई निम्त्याउँछ ।
 धर्मी मानिसहरूको बारेमा बढाइचढाइ गर्न निषेध गरिएको छ, किनकि यसले शिर्कको ढोका खोल्छ ।
 पैगम्बर (सल्लल्लाहु अलैहि वसल्लम सल्लल्लाहु अलैहि वसल्लम) द्वारा सूचित गरिएको यस कार्यको खतराको अनुमान यस तथ्यबाट गर्न सकिन्छ कि उनले आफ्नो मृत्युको पाँच दिन अघि यसबाट बच्न आदेश दिए।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
-[...2 lines deleted...]
-    <t>मलाई अत्यधिक मजी (पिसाबको नलीबाट आउने तरल पदार्थ) निस्किन्थ्यो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को ज्वाइँ भएको कारणले उहाँसंग यस बारेमा सोध्न मलाई लाज लाग्यो । त्यसैले मैले मिक्दाद बिन अस्वदलाई सोध्न लगाए र उनले सोधेपछि भन्नुभयो: "यस्तो व्यक्तिले आफ्नो गुप्तांग धोएर वुजू गरे हुन्छ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
+  </si>
+  <si>
+    <t>मलाई अत्यधिक मज़ी (यौन इच्छा वा उत्तेजना हुँदा  निस्कने पातलो र चिप्लो पदार्थ) निस्किन्थ्यो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को ज्वाइँ भएको कारणले उहाँसंग यस बारेमा सोध्न मलाई लाज लाग्यो । त्यसैले मैले मिक्दाद बिन अस्वदलाई सोध्न लगाए र उनले सोधेपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यस्तो व्यक्तिले आफ्नो गुप्तांग धोएर वुजू गरे हुन्छ</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
-    <t>अली (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई अत्यधिक मजी (पिसाबको नलीबाट आउने तरल पदार्थ) निस्किन्थ्यो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को ज्वाइँ भएको कारणले उहाँसंग यस बारेमा सोध्न मलाई लाज लाग्यो । त्यसैले मैले मिक्दाद बिन अस्वदलाई सोध्न लगाए र उनले सोधेपछि भन्नुभयो: "यस्तो व्यक्तिले आफ्नो गुप्तांग धोएर वुजू गरे हुन्छ ।" बुखारीमा छ: "वुजू गर र आफ्नो गुप्तांगलाई सफा गर ।"</t>
+    <t>अली (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई अत्यधिक मज़ी (यौन इच्छा वा उत्तेजना हुँदा  निस्कने पातलो र चिप्लो पदार्थ) निस्किन्थ्यो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को ज्वाइँ भएको कारणले उहाँसंग यस बारेमा सोध्न मलाई लाज लाग्यो । त्यसैले मैले मिक्दाद बिन अस्वदलाई सोध्न लगाए र उनले सोधेपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यस्तो व्यक्तिले आफ्नो गुप्तांग धोएर वुजू गरे हुन्छ ।" बुखारीमा छ: "वुजू गर र आफ्नो गुप्तांग सफा गर ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
-    <t>अली बिन अबू तालिब (रजियल्लाहु अन्हु) भन्छन्, मलाई  प्रायः मजी निस्किन्थ्यो । मजी भनेको यो एक प्रकारको पातलो, चिपचिपा, सेतो पानी हो, जुन कामवासनाको समयमा वा यौनसम्पर्क गर्नुअघि गुप्तांगबाट निस्कन्छ । मजी निस्केपछि के गर्ने भन्ने थाहा थिएन । रसूल (सल्लल्लाहु अलैहि वसल्लम) की छोरी फातिमा (रजियल्लाहु अन्हा) उनको निकाहमा भएकोले यसको बारेमा उहाँलाई सोध्न लाज लागिरहेको थियो । त्यसैले उनले मिकदाद (रजियल्लाहु अन्हु) लाई यसबारे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोध्न आग्रह गरे । त्यसैले नबी (सल्लल्लाहु अलैहि वसल्लम) ले पहिले आफ्नो गुप्तांगहरू धुनुपर्छ र त्यसपछि वुजू गर्नुपर्छ भनेर जवाफ दिनुभयो ।</t>
+    <t>अली बिन अबू तालिब (रजियल्लाहु अन्हु) भन्छन्, मलाई  प्रायः मज़ी निस्किन्थ्यो । मजी भनेको एक प्रकारको पातलो, चिपचिपा, सफा देखिने पदार्थ हो, जुन कामवासनाको समयमा वा यौनसम्पर्क गर्नुअघि गुप्तांगबाट निस्कन्छ । मजी निस्केपछि के गर्ने भनेर उहाँलाई थाहा थिएन । रसूल (सल्लल्लाहु अलैहि वसल्लम) की छोरी फातिमा (रजियल्लाहु अन्हा) उनको श्रीमती भएकोले यसको बारेमा उहाँलाई सोध्न लाज लागिरहेको थियो । त्यसैले उनले मिकदाद (रजियल्लाहु अन्हु) लाई यसबारे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोध्न आग्रह गरे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले पहिले आफ्नो गुप्तांगहरू धुनुपर्छ र त्यसपछि वुजू गर्नुपर्छ भनेर जवाफ दिनुभयो ।</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
-    <t>अली बिन अबू तालिब (रजियल्लाहु अन्हु) को सद्गुण, हया (लज्जा) का बावजुद उलने अरुको माध्यमबाट भए पनि प्रश्न सोधे ।
-[...2 lines deleted...]
-मजी अपवित्र हो, शरीर र कपडा दुवैबाट यसलाई धुनु वाजिब हो ।
+    <t>यस बाट अली बिन अबू तालिब (रजियल्लाहु अन्हु) को सद्गुण प्रस्ट हुन्छ, हया (लज्जा) को बावजुद उनले अरुको माध्यमबाट भए पनि (धार्मीक नियम बुझ्नलाई) प्रश्न सोधे ।
+फतवा (धार्मिक नियम सम्बन्धि प्रश्न) सोध्न प्रतिनिधि नियुक्त गर्न अनुमति छ ।
+कुनै लाभ वा हितको प्राप्तिका लागि आफ्नो सम्बन्धमा लाज लाग्ने कुरा अरूलाई बताउन जायज हुन्छ।
+मजी अपवित्र हो । यसलाई शरीर र कपडा दुवैबाट पखाल्नु अनिवार्य छ ।
 मजी निस्कियो भने वुजू भङ्ग हुन्छ ।
-अर्को हदीसमा उल्लेख भएकोले अण्डकोष र गुप्तांग दुवै धुनु वाजिब हो ।</t>
+अर्को हदीस अनुसार, मज़ी निस्कने अवस्थामा अण्डकोष र गुप्तांग दुवै धुनु अनिवार्य हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>“तिमीहरू आफ्ना घरहरूलाई चिहान नबनाऊ र मेरो चिहानलाई उत्सव (मेला) स्थल नबनाऊ । मेरो लागि प्रार्थना (दरूद र सलाम) गर।  तिमीहरू जहाँ भए पनि तिमीहरूको प्रार्थना (दरूद र सलाम) म सम्म पुग्नेछ ।”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “तिमीहरू आफ्ना घरहरूलाई चिहान नबनाऊ र मेरो चिहानलाई उत्सव (मेला) स्थल नबनाऊ । मेरो लागि प्रार्थना (दरूद र सलाम) गर।  तिमीहरू जहाँ भए पनि तिमीहरूको प्रार्थना (दरूद र सलाम) म सम्म पुग्नेछ ।”</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घरहरू लाई नमाज विहीन बनाउन निषेध गर्नुभयो, नत्र ती घरहरू चिहानहरू जस्तै बन्नेछन्, जहाँ प्रार्थना गरिँदैन । त्यसैगरी, चिहानमा बारम्बार जान र त्यहाँ नियमित रूपमा भेला हुन निषेध गरिएको छ, किनकि यसले शिर्कको ढोका खोल्छ । उहाँले पृथ्वीको कुनै पनि भागबाट दरूद पठाउन आदेश दिनुभएको छ; किनकि उहाँमाथि पठाइएको दरूद नजिक र टाढा सबै ठाउँबाट समान रूपमा पुग्छ । त्यसैले बारम्बार उहाँको चिहान नजिक आउनु आवश्यक छैन ।</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>घरहरूलाई अल्लाहको उपासना विहीन छाडी राख्न बाट मनाही गरिएको छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को चिहानको जियारत (दर्शन) को लागि यात्रा गर्न निषेध गरिएको छ, किनकि उहाँमाथि पठाइएको दरूद नजिक र टाढा सबै ठाउँबाट समान रूपमा पुग्छ ।  हो, मस्जिद नबवीमा नमाज पढ्ने मनसायले यात्रा गर्न अनुमति छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को चिहानको जियारतलाई उत्सवको रूपमा लिन निषेध गरिएको छ । अर्थात् निश्चित समयमा विशेष तरिकाले बारम्बार जियारत (दर्शन) गर्नु हराम हो र अन्य चिहानहरू प्रति पनि यही नियम लागू हुन्छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) प्रति अल्लाहको कृपा, कि हरेक समय र हरेक ठाउँबाट उहाँमाथि दरुद व सलाम (आशीर्वाद र शान्ति) पठाउन वैध गरिएको छ ।
 चिहानको नजिक नमाज पढ्न निषेध गरिएको कुरा साहाबाहरू बीच  ठहर भईसकेको को हुनाले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घरहरूलाई चिहान जस्तो नबनाउन आदेश दिनु भयो जहाँ नमाज पढिदैन ।</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[अबू दाऊदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
-[...2 lines deleted...]
-    <t>यो नभन : अल्लाहले जे चाहनुहुन्छ र फलानो जे चाहन्छ, तर यो भन, अल्लाहले जे चाहनुहुन्छ र त्यसपछि फलानोले जे चाहन्छ ।</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
+  </si>
+  <si>
+    <t>तिमीहरूले यस्तो नभन्नु : अल्लाहले जे चाहनुहुन्छ र फलानो जे चाहन्छ, बरु यसरी भन्नु: अल्लाहले जे चाहनुहुन्छ र त्यसपछि फलानोले जे चाहन्छ ।</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
-    <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यो नभन : अल्लाहले जे चाहनुहुन्छ र फलानो जे चाहन्छ, तर यो भन, अल्लाहले जे चाहनुहुन्छ र त्यसपछि फलानोले जे चाहन्छ ।"</t>
+    <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूले यस्तो नभन्नु : अल्लाहले जे चाहनुहुन्छ र फलानो जे चाहन्छ, बरु यसरी भन्नु: अल्लाहले जे चाहनुहुन्छ र त्यसपछि फलानोले जे चाहन्छ ।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुराकानी गर्दा 'अल्लाहले जे चाहनुहुन्छ र फलानोले जे चाहन्छ' भन्न निषेध गर्नुभएको छ ।" वा अल्लाह र फलानोले जे चाहन्छ; किनभने अल्लाहको इच्छा र उहाँको नियत निरपेक्ष छ र यसमा कोही साझेदार छैन । जबकि यहाँ "र" शब्दको प्रयोगले अल्लाहसँग कोही साझेदार छ र दुवै बराबर छन् भन्ने संकेत गर्दछ । तसर्थ, एक मुस्लिमले "जे अल्लाह चाहनुहुन्छ र त्यसपछि जे फलानो चाहन्छ भन्नु पर्छ ।" तसर्थ, "र" को सट्टा "त्यसपछि" शब्दको प्रयोग गर्दा सेवकको इच्छा अल्लाहको इच्छाको अधीनमा हुनेछ । किनकि "त्यसपछि" ले पछि गरिएको जनाउँछ जुन "र" शब्दमा हुँदैन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुराकानी गर्दा 'अल्लाहले जे चाहनुहुन्छ र फलानोले जे चाहन्छ' वा अल्लाह र फलानोले जे चाहन्छ; ' भन्न निषेध गर्नुभएको छ ।" किनभने अल्लाहको इच्छा र उहाँको इरादा स्वाधीन र पुर्ण छ र यसमा कोही साझेदार छैन । उक्त भनाईको संयोजनमा "र" शब्दको प्रयोगले अल्लाहसँग कोही साझेदार छ र दुवै बराबर छन् भन्ने संकेत गर्दछ । तसर्थ, एक मुस्लिमले "जे अल्लाह चाहनुहुन्छ र त्यसपछि जे फलानो चाहन्छ भन्नु पर्छ ।" यस प्रकारले, "र" को सट्टा "त्यसपछि" शब्दको प्रयोग गर्दा व्यक्तिको इच्छा अल्लाहको इच्छाको अधीनमा पराधीन रहेको बुझिन्छ। किनकि "त्यसपछि" शब्दले बराबरीमा नभई पछि भएको क्रमलाई जनाउँछ, जुन "र" शब्दमा हुँदैन।</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
-    <t>"जे अल्लाहले चाहनुहुन्छ र तपाइले चाहनुहुन्छ" र अन्य त्यस्ता वाक्यांशहरू भन्न निषेध गरिएको छ, किनकि यसमा "र" शब्दद्वारा अल्लाहलाई भक्तसंग प्रयोग गरिएको छ र यस्ता शब्द र भनाइहरू बहुदेववादका रूप हुन् ।
-[...3 lines deleted...]
-यदि कसैले दासको इच्छा अल्लाहको इच्छा जस्तै व्यापकता र पूर्णतामा समान छ वा दासको स्वतन्त्र इच्छा छ भनी विश्वास गर्छ भने, यो ठूलो शिर्क (बहुदेववाद) हो, तर अल्लाह भन्दा कम छ विश्वास गर्छ भने त्यो सानो शिर्क हो ।</t>
+    <t>जे अल्लाहले चाहनुहुन्छ र तपाइले चाहनुहुन्छ" र अन्य त्यस्ता वाक्यांशहरू भन्न निषेध गरिएको छ, किनकि यस्ता वाक्यांशहरूमा "र" शब्दको प्रयोगले अल्लाह र उहाँका भक्तलाई एउटै स्तरमा राखेको जस्तो देखिन्छ र यस किसिमका शब्द र भनाइहरू शिर्क (बहुदेववाद) को श्रेणीमा पर्छन्।
+जे अल्लाहले चाहनुहुन्छ, त्यसपछि  जे तपाइँले चाहनुहुन्छ" र अन्य त्यस्ता वाक्यहरू प्रयोग गर्न अनुमति छ जसमा "त्यसपछि" शब्द दुई वाक्यांशहरू जोड्न प्रयोग गरिन्छ । किनभने यसमा कुनै निषेधित कुरा छैन ।
+यस हदीसमा अल्लाहको इच्छा र इरादा गर्ने गुणको र मानिसको इच्छा दुवैको प्रमाण पाइन्छ। तर साथै, मानिसको इच्छा पूर्ण रूपमा अल्लाहको इच्छाको अधीनमा हुन्छ भन्ने तथ्य पनि प्रस्ट हुन्छ।
+सृष्टिलाई अल्लाहको इच्छामा साझेदार बनाउन, चाहे त्यो शब्दद्वारा मात्र किन नहोस्, निषेध गरिएको छ।
+यदि कसैले मानिसको  इच्छालाई अल्लाहको इच्छासरह व्यापक र पूर्ण छ  वा मानिसको आफ्नै स्वाधीन इच्छा छ भनी विश्वास गर्छ भने यो ठूलो शिर्क (बहुदेववाद) मानिन्छ । तर, यदि कसैले मानिसको  इच्छालाई अल्लाहको इच्छाभन्दा कम छ भनी विश्वास गर्छ भने, त्यो सानो शिर्क (शिर्क-ए-असगर) मानिन्छ ।</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[सम्पूर्ण तुरुक (सिलसिला) ले गर्दा सही हो]</t>
   </si>
   <si>
     <t>[अबू दाउदले र निसाईले सुनन कुब्रामा तथा अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
-[...2 lines deleted...]
-    <t>निश्चय नै अल्लाहलाई गैरत (आत्म-सम्मान) हुन्छ र मुमिनले पनि गैरत गर्छ । अल्लाहको गैरत यो हो कि मुमिनले कुनै हराम (निषिद्ध) नगरोस्।</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
+  </si>
+  <si>
+    <t>निश्चय नै अल्लाहलाई "गैरत" (अर्थात् उहाँलाई आफ्नो सम्मान, आदेश र हराम कुराहरूको उल्लङ्घन प्रिय हुँदैन) हुन्छ र मुमिनलाई पनि गैरत हुन्छ। अल्लाहको गैरत भनेको मोमिनले उहाँले निषेध गरेका कार्यहरूमा संलग्न हुँदा प्रकट हुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै अल्लाहलाई गैरत (आत्म-सम्मान) हुन्छ र मुमिनले पनि गैरत गर्छ । अल्लाहको गैरत यो हो कि मुमिनले कुनै हराम (निषिद्ध) नगरोस्।</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै अल्लाहलाई "गैरत" (अर्थात् उहाँलाई आफ्नो सम्मान, आदेश र हराम कुराहरूको उल्लङ्घन प्रिय हुँदैन) हुन्छ र मुमिनलाई पनि गैरत हुन्छ। अल्लाहको गैरत भनेको मोमिनले उहाँले निषेध गरेका कार्यहरूमा संलग्न हुँदा प्रकट हुन्छ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तवमा अल्लाहले गैरत (आत्म-सम्मान) गर्नुहुन्छ, घृणा गर्नुहुन्छ र केही कुरालाई मन नपराउनु हुन्न, जसरी एक मुमिनले गैरत (आत्म-सम्मान) गर्छ, घृणा गर्छ र केही कुरालाई मन पराउदैन । जब कुनै मुमिनले अल्लाहले हराम गर्नुभएको कुरा जस्तै व्यभिचार, समलैंगिकता, चोरी र रक्सी पिउने जस्ता पापहरू गर्छ, तब अल्लाह गैरत (आत्म-सम्मान) महसुस गर्नुहुन्छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तवमा अल्लाहले गैरत (अर्थात् उहाँलाई आफ्नो सम्मान, आदेश र हराम कुराहरूको उल्लङ्घन प्रिय हुँदैन) गर्नुहुन्छ, घृणा गर्नुहुन्छ र केही कुरालाई मन पराउनु हुन्न, जसरी एक मुमिनले गैरत (आत्म-सम्मान) गर्छ, घृणा गर्छ र केही कुरालाई मन पराउदैन । जब कुनै मुमिनले अल्लाहले हराम गर्नुभएको कुरा जस्तै व्यभिचार, समलैंगिकता, चोरी र रक्सी पिउने जस्ता पापहरू गर्छ, तब अल्लाहको गैरत प्रकट हुन्छ।</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
-    <t>जब कसैले अल्लाहले हराम गरेका चीजहरूको उल्लङ्घन गर्छ, उसले अल्लाहको क्रोध र दण्डको सामना गर्न तयार हुनुपर्छ ।</t>
+    <t>यस हदीसमा अल्लाहले निषेध गर्नुभएका कुराहरूलाई उल्लङ्घन गर्दा उहाँको क्रोध र दण्डको भयबाट सजग गराइएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>तिमीहरू पक्कै पनि आफ्नो अगाडिका समुदायहरूलाई पछ्याउनेछौ, बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्नेछौ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिमीहरू पक्कै पनि आफ्नो अगाडिका समुदायहरूलाई पछ्याउनेछौ, बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्नेछौ । यदि तिनीहरू छेपारो (सांडा) को प्वालमा प्रवेश गरेका थिए भने तिमीहरू पनि यसमा प्रवेश गर्नेछौ ।” हामीले भन्यौं: हे अल्लाहको रसूल, के तपाईंको मतलब यहूदी र ईसाई हो?  उहाँले भन्नुभयो: अरू को त?"</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफूपछि उहाँका केही अनुयायीहरूको अवस्था कस्तो हुनेछ भनेर बताउनु हुन्छ; त्यो के हो भने उनीहरूले यहूदी र इसाईहरूको आस्था, कार्य, चलन र परम्पराहरूलाई बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्ने छन् । यदि तिनीहरू छेपारो (सांडा) को प्वालमा पसे भने तिनीहरू तिनीहरूको पछि पस्नेछन् ।</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>उहाँले भविष्यमा हुने कुराको बारेमा हुनु अघि खबर दिनुभयो र उहाँले भनिएझैँ भयो ।
 मुस्लिमहरूलाई काफिरहरूको आस्था, उपासना, पर्व, तिहार र तिनीहरूको धार्मिक पोशाक आदिमा नक्कल गर्न निषेध गरिएको छ ।
 आन्तरिक कुरालाई ठोस उदाहरणले स्पष्ट पार्नु इस्लामिक शिक्षणको एक तरिका हो ।
 अरबिक शब्द; 'दब्ब' को अर्थ : छेपारो (सांडा) हो, जुन मरुभूमिमा प्रचुर मात्रामा पाइने एक जनावर हो । जुन प्वालमा यो बस्दछ त्यो अति अन्धकार, साँघुरो र कडा गन्ध हुन्छ । यसका बावजुद यदि तिनीहरू छेपारोको प्वालमा प्रवेश गर्छन् भने मुस्लिमहरुले तिनीहरूका मार्गहरू पछ्याउने छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>जसले गैरुल्लाह (अल्लाह बाहेक अरू कसै) को कसम खान्छ, उसले कुफ्र वा शिर्क गर्दछ ।</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, मैले एक व्यक्तिलाई यसो भन्दै गरेको सुने, "होइन, म काबाको कसम खान्छु," उनले भने: अल्लाह बाहेक अरू कसैको कसम खानु हुँदैन, किनकि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई भन्दै गरेको सुनें  छु कि : "जसले गैरुल्लाह (अल्लाह बाहेक अरू कसै) को कसम खान्छ, उसले कुफ्र वा शिर्क गर्दछ ।"</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो, जसले अल्लाहको  नाम र विशेषताहरू बाहेक अरू कुनै सृष्टिको कसम खान्छ, उसले कुफ्र वा शिर्क गर्छ; किनभने कसम खाँदा कसम खाने व्यक्तिको महिमा  आवश्य नै हुन्छ जबकि महिमा योग्य केवल अल्लाह हुनुहुन्छ । त्यसैले केवल उहाँको नाम र गुणहरूको कसम खानुपर्छ, उहाँ हरेक कमीकमजोरीबाट पवित्र हुनुहुन्छ । अल्लाह बाहेक अरू कसैको कसम खानु सानो शिर्क हो । तर कसम खाने व्यक्तिले कसम खाने कुरालाई अल्लाहको समान वा सोभन्दा बढी सम्मान दियो भने त्यो ठूलो शिर्क हुनेछ ।</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>कसम र प्रतिज्ञा मा जुन सम्मान र आदर को भाव हुन्छ, त्यसको योग्य   मात्र अल्लाह हुनुहुन्छ, त्यसैले अल्लाह र उहाँका नाम तथा विशेषताहरू बाहेक अरू कसैको कसम खान अनुमति छैन ।
 सहाबा (साथी) हरू असल कुराको आदेश दिन र नराम्रो कामबाट अरुलाई रोक्न तत्पर रहनु हुन्थ्यो । विशेषगरी शिर्क वा कुफ्र जस्ता गलत कार्यको रोकथाममा ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3359</t>
   </si>
   <si>
-    <t>مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ</t>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
   </si>
   <si>
     <t>जसले दुई छोरीहरूको पालनपोषण उनीहरू परिपक्व भए सम्म गर्छ, ऊ कियामतको दिन मसँग एकसाथ हुनेछ,"
 र उहाँले आफ्ना औँलाहरू जोडेर देखाउनुभयो।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
   </si>
   <si>
     <t>अनस बिन् मालिक (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले दुई छोरीहरूको पालनपोषण उनीहरू परिपक्व भए सम्म गर्छ, ऊ कियामतको दिन मसँग एकसाथ हुनेछ,"
 र उहाँले आफ्ना औँलाहरू जोडेर देखाउनुभयो।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ , जसले दुई छोरी वा बहिनीहरूको पालनपोषण, शिक्षादीक्षा, राम्रा कामतर्फ मार्गदर्शन, र नराम्रा कुराबाट चेतावनी दिने जस्ता जिम्मेवारी पूरा गर्छ, जबसम्म उनीहरू परिपक्व हुँदैनन्, त्यो व्यक्ति प्रलयको दिन नबी (सल्लल्लाहु अलैहि वसल्लम) सँग यति नजिक हुनेछन्, जति सूचक औँला र बीचका औँलाहरू नजिक छन्, र उहाँले यी दुई औँलाहरूलाई एकसाथ जोडेर देखाउनुभयो।</t>
   </si>
   <si>
     <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
 أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
 علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
 قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
   </si>
   <si>
     <t>जसले छोरी वा बहिनीहरूको पालनपोषण, आवश्यक खर्च, र शिक्षादीक्षाको जिम्मा लिन्छन्, जबसम्म तिनीहरू विवाह गर्दैनन् वा परिपक्व हुँदैनन्, तिनीहरूका लागि ठूलो पुरस्कार छ।
 छोरीहरूको पालनपोषण र हेरचाहको प्रतिफल छोराहरूको तुलनामा बढी हुन्छ, किनभने छोराहरूको हकमा यस्तो विशेष उल्लेख गरिएको छैन; यसको कारण छोरीहरूको देखभाल र आवश्यकताहरू छोराहरूको तुलनामा बढी ध्यान दिनुपर्ने हुन्छ; किनभने उनीहरू कमजोर हुन्छन्, आफ्नो काम आफैँ गर्न सक्दैनन्, र छोराहरूको जस्तो स्वतन्त्र निर्णय गर्न सक्दैनन्, यसबाहेक, बुबाले छोरीहरूबाट  कुनै शत्रुहरूलाई हराउन, आफ्नो नामको निरन्तरता राख्न, वा अन्य कुनै प्रकारको सहायता पाउने आशा गर्दैन जस्तो छोराहरूबाट आशा गरिन्छ; यसले गर्दा छोरीहरूको पालनपोषण गर्ने व्यक्तिलाई धैर्यता, निष्ठा, र राम्रो नियतसहित काम गर्न आवश्यक हुन्छ; त्यसैले यस कार्यको प्रतिफल धेरै ठूलो हुन्छ, र यस्तो कार्य गर्ने व्यक्ति  मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को साथमा हुनेछ।
 महिलाहरूको यौवनकालमा प्रवेश गर्ने संकेतहरू:
 १५ वर्ष पूरा गरेकी हुनु पर्ने, वा मासिक महिनावारी (हाइज) सुरू हुने (चाहे १५ वर्षभन्दा पहिले नै होस्) वा गुप्तांगको वरिपरि कठोर रौं देखा पर्ने वा स्वप्नदोष: सपना देख्दा वीर्य स्खलन हुने, यी मध्ये कुनै पनि संकेत देखिएमा महिला यौवनकालमा प्रवेश गरेकी मानिन्छिन्।
 इमाम कुर्तुबीले भन्नुभएको छ कि: यौवन भन्नाले उनीहरू यस्तो अवस्थामा पुगेका छन् जहाँ उनीहरूले आफ्ना काम आफैँ गर्न सक्षम भएका हुन्छन्; महिलाको सन्दर्भमा, यो अवस्था तब पुग्छ जब विवाहपछि पतिले उनीहरूको जिम्मेवारी लिन्छन्, यो अर्थ केवल मासिक धर्म (हाइज) सुरु हुनु वा धार्मिक रूपमा उत्तरदायी हुनु मात्र होइन;
 किनभने: कुनै महिला मासिक धर्म सुरु हुनु अघि नै विवाहित हुन्छिन् र पतिले उनलाई सहारा दिन्छ, त्यसैले उनी अभिभावकको आश्रयबाट मुक्त हुन्छिन्, अर्को अवस्थामा, कुनै महिला मासिक धर्म सुरु गरे पनि आफैँ आफ्ना काम गर्न असक्षम हुन सक्छिन्, यदि उनलाई छोडियो भने, उनको अवस्था खराब हुन सक्छ, त्यसकारण, यो अवस्थालाई ध्यानमा राख्दै, महिलाको सम्पूर्ण सुरक्षा र राम्रो भविष्य सुनिश्चित गर्न, उनीहरूको उचित देखभाल गरिनुपर्छ, यही कारणले, इस्लामिक विद्वानहरूले भनेका छन् कि छोरीको खर्च (नफ्का) बुबाको जिम्मेवारीबाट तबमात्र हट्छ जब उनको विवाहपछि पतिले उनीहरूलाई पूर्ण जिम्मेवारी लिन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3360</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
-[...2 lines deleted...]
-    <t>तिमीहरूले विश्वास नगरेसम्म स्वर्गमा प्रवेश गर्न सक्दैनौ, र तिमीहरूले एकअर्काप्रति प्रेम नगरेसम्म विश्वास गर्न सक्दैनौ। के म तिमीहरूलाई यस्तो कुरामा मार्गदर्शन गरूँ, जसलाई यदि तिमीहरूले गरे, तिमीहरू एकअर्कासँग प्रेम गर्नेछौ? एकअर्कामा सलाम खुब फैलाउनु ।</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
+  </si>
+  <si>
+    <t>“तिमीहरूले अल्लाह र उहाँका रसूलप्रति विश्वास नगरेसम्म स्वर्गमा प्रवेश गर्ने छैनौ, र तिमीहरूले एकअर्कासँग प्रेम नगरेसम्म तिमीहरूको आस्था पूर्ण हुने छैन। के म तिमीहरूलाई एउटा यस्तो कुरा नबताऊँ, जुन यदि तिमीहरूले गर्न थाल्यौ भने तिमीहरू आपसमा माया गर्नेछौ? तिमीहरू आपसमा सलाम (शान्तिको अभिवादन) फैलाऊ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूले विश्वास नगरेसम्म स्वर्गमा प्रवेश गर्न सक्दैनौ, र तिमीहरूले एकअर्काप्रति प्रेम नगरेसम्म विश्वास गर्न सक्दैनौ। के म तिमीहरूलाई यस्तो कुरामा मार्गदर्शन गरूँ, जसलाई यदि तिमीहरूले गरे, तिमीहरू एकअर्कासँग प्रेम गर्नेछौ? एकअर्कामा सलाम खुब फैलाउनु ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “तिमीहरूले अल्लाह र उहाँका रसूलप्रति विश्वास नगरेसम्म स्वर्गमा प्रवेश गर्ने छैनौ, र तिमीहरूले एकअर्कासँग प्रेम नगरेसम्म तिमीहरूको आस्था पूर्ण हुने छैन। के म तिमीहरूलाई एउटा यस्तो कुरा नबताऊँ, जुन यदि तिमीहरूले गर्न थाल्यौ भने तिमीहरू आपसमा माया गर्नेछौ? तिमीहरू आपसमा सलाम (शान्तिको अभिवादन) फैलाऊ।”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, आस्थावानहरू मात्र स्वर्गमा प्रवेश गर्नेछन् र एकअर्कालाई माया नगरुन्जेल नत आस्था पूर्ण हुन्छ नत मुस्लिम समाजको अवस्था सुध्रिन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रेम प्रबल र प्रगाढ हुने सबै भन्दा राम्रो कुराको मार्गदर्शन गर्नुभयो, त्यो हो मुस्लिमहरू बीच सलाम फैलाउनु, जसलाई अल्लाहले आफ्ना दासहरूका लागि अभिवादन बनाउनुभएको हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ,  स्वर्गमा आस्थावानहरू मात्र प्रवेश गर्नेछन् र साथै एकअर्कालाई प्रेम नगरेसम्म नत आस्था पूर्ण हुन्छ नत मुस्लिम समाजको अवस्था सुध्रिन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रेमलाई सुदृढ र प्रगाढ बनाउने सर्वोत्तम कुराको मार्गदर्शन गर्नुभयो, त्यो हो मुस्लिमहरूबीच सलाम गर्ने व्यवहार फैलाउनु, जसलाई अल्लाहले भक्तहरूको लागि अभिवादनका रूपमा निर्धारित गर्नुभएको छ।</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
-    <t>स्वर्गमा प्रवेश गर्न इमान अनिवार्य हो ।
-[...2 lines deleted...]
-सलाम मुस्लिमहरूलाई मात्र गरिनेछ । किनभने हदीसमा "तिमीहरू बीच" शब्द उल्लेख गरिएको छ ।
+    <t>स्वर्गमा प्रवेश गर्नलाई आस्थावान् हुन अनिवार्य छ ।
+पूर्ण आस्था भनेको मुस्लिमले आफ्नो भाइको लागि त्यही मनपराउनु हो जुन उसले आफ्नो लागि मन पराउँछ ।
+मुस्लिमहरूबीच सलाम (शान्तिको अभिवादन) फैलाउनु र व्यवहारिक रूपले प्रसार गर्नु मुस्तहब (पुण्यदायी) कार्य हो, किनभने यसले मानिसहरूबीच प्रेम र शान्ति फैलाउँछ।
+सलाम मुस्लिमहरूलाई मात्र गरिनेछ ।  किनभने हदीसमा "तिमीहरू बीच" भनी उल्लेख गरिएको छ ।
 सलाम (अभिवादन) गर्दा बोलचाल विच्छेद, इर्ष्या र शत्रुताको अन्त्य हुन्छ ।
-मुस्लिमहरू बीच आपसी प्रेमको महत्त्व र यो नभई आस्था पूर्ण हुनसक्दैन ।
-‘अस्सलामु अलैकुम व रह्मतुल्लाहि व बरकातुहु’ सलामको पूर्ण रूप हो, जुन  अर्को हदीसमा उल्लेख गरिएको छ र ‘अस्सलामु अलैकुम’ भन्नु पनि पर्याप्त छ ।</t>
+यो हदीसले मुस्लिमहरू बीचको आपसी प्रेमको महत्त्व र यसको अभावमा आस्था अपूर्ण रहन्छ भन्ने कुरालाई स्पष्ट पार्दछ।
+‘अस्सलामु अलैकुम व रह्मतुल्लाहि व बरकातुहु’ सलामको पूर्ण रूप हो, जुन  अर्को हदीसमा उल्लेख गरिएको छ र ‘अस्सलामु अलैकुम’ भन्नु पनि पर्याप्त हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3361</t>
   </si>
   <si>
-    <t>لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
   </si>
   <si>
     <t>यदि मलाई आफ्नो उम्मत (अनुयायीहरू) लाई कठिनाइमा पार्ने डर नभए, म उनीहरूलाई प्रत्येक नमाजको समयमा मिस्वाक (दाँत सफा) गर्ने आदेश दिन्थेँ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "यदि मलाई आफ्नो उम्मत (अनुयायीहरू) लाई कठिनाइमा पार्ने डर नभए, म उनीहरूलाई प्रत्येक नमाजको समयमा मिस्वाक (दाँत सफा) गर्ने आदेश दिन्थेँ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
   </si>
   <si>
     <t>पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: यदि उहाँले आफ्ना उम्मत (अनुयायीहरू) माथि कठिनाइ हुने डर नभएको भए, उहाँले प्रत्येक नमाजको समयमा मिस्वाक  प्रयोग गर्न अनिवार्य गर्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
 الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
 استحباب السواك وفضله عند كل صلاة.
 قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
 عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
   </si>
   <si>
     <t>पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को आफ्ना उम्मतप्रतिको दया र उनीहरूलाई कठिनाइमा पार्ने डर।
 मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को आदेशको मूलभूत नियम यो हो कि त्यसलाई अनिवार्य (वाजिब) मानिन्छ, जबसम्म यसलाई सुन्नत ठहर्याउने प्रमाण प्रस्तुत हुँदैन।
 प्रत्येक नमाजको समयमा मिस्वाक प्रयोग गर्नुको महत्व र फजीलत।
 इब्न दकीक अल-आइदले भन्नुभएको छ: नमाजको लागि उभिँदा मिस्वाक प्रयोगको प्रोत्साहनको उद्देश्य यो हो कि यो अल्लाहसँग नजिक हुनको अवस्था हो, त्यसैले यो समय पूर्णता र स्वच्छतासँग सुसज्जित हुनु आवश्यक छ, जसले इबादतको सम्मानलाई प्रकट गर्दछ।
 यस हदीसबाट प्रकट हुन्छ कि उपवासी व्यक्तिले पनि मिस्वाक प्रयोग गर्न सक्छ चाहे त्यो दिउँसोको समयमा  जोहर र अस्रको नमाजमा किन न होस्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3364</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
-[...2 lines deleted...]
-    <t>कुन कर्म अल्लाहलाई सबैभन्दा प्रिय छ? उहाँले जवाफ दिनुभयो: "समयमा नमाज पढ्नु ।" त्यसपछि के? उहाँले भन्नुभयो: "आमाबाबुसँग राम्रो व्यवहार गर्नु ।" त्यसपछि के?  उहाँले जवाफ दिनुभयो: "अल्लाहको मार्गमा जिहाद (युद्ध) गर्नु</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
+  </si>
+  <si>
+    <t>, ‘कुन कर्म अल्लाहलाई सबैभन्दा प्रिय छ?’ उहाँले जवाफ दिनुभयो: ‘समयमै नमाज पढ्नु।’ मैले फेरि सोधें, त्यसपछि? उहाँले भन्नुभयो: ‘आमाबाबुसँग राम्रो व्यवहार गर्नु।’ मैले पुनः सोधें, त्यसपछि? उहाँले जवाफ दिनुभयो: ‘अल्लाहको मार्गमा जिहाद (धार्मिक युद्ध) गर्नु</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, कुन कर्म अल्लाहलाई सबैभन्दा प्रिय छ? उहाँले जवाफ दिनुभयो: "समयमा नमाज पढ्नु ।" त्यसपछि के? उहाँले भन्नुभयो: "आमाबाबुसँग राम्रो व्यवहार गर्नु ।" त्यसपछि के?  उहाँले जवाफ दिनुभयो: "अल्लाहको मार्गमा जिहाद (युद्ध) गर्नु ।" उनले भने : उहाँले मलाई यी कुराहरूको बारेमा बताउनुभयो । यदि मैले थप सोधेको भए, उहाँले अझ बढी बताउनुहुन्थ्यो ।</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, “मैले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, ‘कुन कर्म अल्लाहलाई सबैभन्दा प्रिय छ?’ उहाँले जवाफ दिनुभयो: ‘समयमै नमाज पढ्नु।’ मैले फेरि सोधें, त्यसपछि? उहाँले भन्नुभयो: ‘आमाबाबुसँग राम्रो व्यवहार गर्नु।’ मैले पुनः सोधें, त्यसपछि? उहाँले जवाफ दिनुभयो: ‘अल्लाहको मार्गमा जिहाद (धार्मिक युद्ध) गर्नु।’ उहाँले भन्नुभयो कि यी कुराहरूको बारेमा मात्र जानकारी दिनुभयो, यदि मैले अझ सोधेको भए, उहाँले अझ बढी बताउनुहुन्थ्यो।”</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो: अल्लाहलाई सबैभन्दा प्रिय कुन कर्म  हो? उहाँले जवाफ दिनुभयो: शरियतले तोकेको समयमा फर्ज नमाज पढ्नु । त्यसपछि आमाबाबुको आदर गर्नु; उनीहरूसँग दयालु व्यवहार गर्ने, तिनीहरूको अधिकार पूरा गर्ने र तिनीहरूको अवज्ञाबाट बच्ने । त्यसपछि अल्लाहको वचनलाई उच्च पार्न, इस्लाम र मुस्लिमहरूको रक्षा गर्न र इस्लामिक शिआर (प्रतीक) हरूको सर्वोच्चता स्थापित गर्न 
-[...1 lines deleted...]
-अब्दुल्लाह बिन मसउद (रजियल्लाहु अन्हु) ले भने : उहाँले मलाई यी कार्यहरूको बारेमा बताउनुभयो; यदि मैले त्यसपछि के? सोधेको भए उहाँले मलाई थप कुरहरु बताउनुहुन्थ्यो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो:  कुन कर्म अल्लाहलाई सबैभन्दा धेरै प्रिय  छ? उहाँले जवाफ दिनुभयो: शरियतले तोकेको समयमा फर्ज (अनिवार्य) नमाज पढ्नु । त्यसपछि आमाबाबुको आदर गर्नु; उनीहरूसँग दयालु व्यवहार गर्ने, तिनीहरूको अधिकार पूरा गर्नु र तिनीहरूको अवज्ञाबाट बच्नु । त्यसपछि, अल्लाहको वचनलाई उच्च पार्न, इस्लाम र मुस्लिमहरूको रक्षा गर्न, र इस्लामका शिआर (धार्मिक चिन्ह र मूल्यहरू) को सर्वोच्चता स्थापित गर्न आफ्नो ज्यान र धन दुवैसँग अल्लाहको मार्गमा जिहाद गर्नु हो।
+अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) भन्नुहुन्छ : रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले मलाई यी कार्यहरूको बारेमा बताउनुभयो; र यदि मैले ‘त्यसपछि के?’ भनी थप सोधिरहेँको भए, उहाँले मलाई अझ धेरै कुराहरू बताउनुहुन्थ्यो।</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
-    <t>कर्महरू अल्लाहको प्रेम अनुसार आपसमा भिन्न हुन्छन् ।
-उत्कृष्ट कर्म गर्न मुस्लिमलाई प्रोत्साहन ।
+    <t>कर्महरूको आपसी भिन्नता र मूल्य अल्लाहलाई तिनीहरू कत्तिको प्रिय छन् भन्ने कुरामा आधारित हुन्छ।
+मुस्लिमलाई क्रमशः उत्कृष्ट कर्महरू गर्न प्रोत्साहित गरिएको छ ।
 सबैभन्दा राम्रो कार्य के हो ? यस प्रश्नको जवाफमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले व्यक्ति, परिस्थिति र प्रश्नकर्ताका लागि जुन कर्म सबैभन्दा बढी लाभदायक थियो उसलाई त्यही जवाफ दिनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>वास्तवमा, मुनाफिक (पाखंडी) हरूका लागि सबैभन्दा कठिन नमाज ईशा र फजरका नमाज हुन् । यदि तिनीहरूले यी नमाजहरूको महत्व थाहा पाएको भए घस्रेर भए पनि (मस्जिद) आउने थिए</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, मुनाफिक (पाखंडी) हरूका लागि सबैभन्दा कठिन नमाज ईशा र फजरका नमाज हुन् । यदि तिनीहरूले यी नमाजहरूको महत्व थाहा पाएको भए घस्रेर भए पनि (मस्जिद) आउने थिए । मैले (एक पटक) संकल्प गरेको थिएँ कि एक जना लाई अजान दिन र अर्को एकजनालाई नमाज पढाउन आदेश दिउँ र आफैं दाउरा बोकेका केही केटाहरू साथमा लिएर नमाजका लागि (मस्जिद) नआएका मानिसहरूको घरमा आगो लगाउन हुकुम दिउँ।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) मुनाफिक (पाखण्डि) हरू र नमाजमा उनीहरूको आलस्यको बारेमा कुरा गर्दै हुनुहुन्छ, विशेषगरी इशा र फजरको नमाजमा। यदि पाखण्डीहरूलाई मुस्लिमहरूसँग जमातका साथ यी दुई नमाजहरू पढ्दा कति पुण्य र इनाम छ भन्ने थाहा भएको भए तिनीहरूले बच्चाले जस्तै भए पनि हात र घुँडा टेकेर र घिस्रेर आउने थिए ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक पटक नमाज कायम गर्न र आफ्नो स्थानमा कसैलाई नमाज पढाउन आदेश दिने निर्णय गर्नुभएको थियो । त्यसपछि केही मानिसहरूका साथमा दाउरा बोकेर नमाजमा नआएका मानिसहरूको घरमा आगो लगाउन निर्णय गर्नुभएको थियो । किनभने जमातका साथ नमाज नपढ़नु धेरै ठूलो अपराध हो । तर उहाँले त्यसो गर्नुभएन, किनकि घरहरूमा निर्दोष महिला, बालबालिका र अपाङ्गता भएका व्यक्तिहरू हुन्छन्, जसको कुनै अपराध  छैन । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक पटक नमाज कायम गर्न र आफ्नो स्थानमा कसैलाई नमाज पढाउन आदेश दिने निर्णय गर्नुभएको थियो । त्यसपछि केही मानिसहरूका साथमा दाउरा बोकेर नमाजमा नआएका मानिसहरूको घरमा आगो लगाउन निर्णय गर्नुभएको थियो । किनभने जमातका साथ नमाज नपढ़नु धेरै ठूलो अपराध हो । तर उहाँले त्यसो गर्नुभएन, किनकि घरहरूमा निर्दोष महिला, बालबालिका र अपाङ्गता भएका व्यक्तिहरू हुन्छन्, जसको कुनै अपराध  छैन ।</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>मस्जिदमा उपस्थित भई जमातका साथ नमाज नपढ्नु गम्भीर अपराध हो ।
 पाखण्डीहरू देखाउन र प्रख्यात हुनका लागि मात्र उपासना गर्छन् ।  त्यसैले मानिसहरुले देख्ने समयमा मात्र मस्जिद जान्छन् ।
 जमातका साथ इशा र फजरको नमाज पढ्नुमा ठूलो पुण्य छ र यी दुई नमाजमा मानिस घुँडा टेकेर हिँड्नु परे पनि आउनु पर्छ ।
 ईशा र फजरको नमाजको पालना गर्नु भनेको पाखंडबाट सुरक्षाको प्रमाण हो र यी दुई नमाजमा नआउनु मुनाफिक/पाखण्डीको लक्षण हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>यो एउटा ढुङ्गा (को आवाज) हो, जुन सत्तरी वर्षअघि नर्कमा फ्याँकिएको थियो र निरन्तर नरकमा झरिरहेको थियो र अहिले तल्लो तहमा पुगेको छ ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग थियौं, अचानक हामीले केही खसेको आवाज सुन्यौं । त्यसपछि उहाँले भन्नुभयो: "तिमीहरूलाई थाहा छ यो के (को आवाज) हो?" हामीले भन्यौं: अल्लाह र उहाँका रसूललाई राम्रोसँग थाहा छ । उहाँले भन्नुभयो: "यो एउटा ढुङ्गा (को आवाज) हो, जुन सत्तरी वर्षअघि नर्कमा फ्याँकिएको थियो र निरन्तर नरकमा झरिरहेको थियो र अहिले तल्लो तहमा पुगेको छ ।”</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले शरीर झरेको जस्तो एक विचलित आवाज सुन्नुभयो, त्यसैले उहाँले त्यो आवाजको बारेमा आफ्ना साथीहरूलाई सोध्नुभयो र तिनीहरूले भने: अल्लाह र उहाँका रसूललाई राम्रोसँग थाहा छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूलाई भन्नुभयो: यो त्यो ढुङ्गाको आवाज हो, जुन सत्तरी वर्षअघि नर्कको किनारबाट फ्याँकिएको थियो र निरन्तर नरकमा झरिरहेको थियो र अहिले तल्लो तहमा पुगेको छ, जसको आवाज तिमीहरूले सुन्यौ ।</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>पुण्य कर्म गरेर अन्तिम दिनको तयारी गर्न प्रोत्साहन र नर्कबाट चेतावनी ।
 मानिसले ज्ञान नभएको कुराको बारेमा अल्लाहलाई ज्ञानको श्रेय दिनु (अल्लाहु आअ्लम् भन्नु) मुस्तहब हो ।
 शिक्षकले व्याख्या गर्नु भन्दा पहिले (दर्शक) को चासो र ध्यान केन्द्रित गर्नु; ताकि बुझ्न सजिलो होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
-[...2 lines deleted...]
-    <t>एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को नजिक देब्रे हातले खाना खायो । त्यसैले उहाँले भन्नुभयो: "दाहिने हातले खाऊ ।" उसले भन्यो:  म (दायाँ हातले खान) सक्दिनं । उहाँले भन्नुभयो: "तिमी कहिल्यै सक्ने छैनौ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
+  </si>
+  <si>
+    <t>एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को नजिक देब्रे हातले खाना खायो । यो देखेर उहाँले भन्नुभयो: "दाहिने हातले खाऊ ।" उसले भन्यो:  म (दायाँ हातले खान) सक्दिनं । उहाँले भन्नुभयो: "तिमी कहिल्यै सक्ने छैनौ</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
-    <t>सलमह बिन अक्वह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को नजिक देब्रे हातले खाना खायो । त्यसैले उहाँले भन्नुभयो: "दाहिने हातले खाऊ ।" उसले भन्यो:  म (दायाँ हातले खान) सक्दिनं । उहाँले भन्नुभयो: "तिमी कहिल्यै सक्ने छैनौ ।" वास्तवमा, अहंकारले उसलाई त्यसो गर्नबाट रोकियो । हदीस बयान गर्नेले भने: त्यसपछि उसले कहिल्यै आफ्नो हात आफ्नो मुखमा ल्याउन सकेन ।</t>
+    <t>सलमह बिन अक्वह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को नजिक देब्रे हातले खाना खायो । यो देखेर उहाँले भन्नुभयो: "दाहिने हातले खाऊ ।" उसले भन्यो:  म (दायाँ हातले खान) सक्दिनं । उहाँले भन्नुभयो: "तिमी कहिल्यै सक्ने छैनौ ।" वास्तवमा, अहंकारले उसलाई त्यसो गर्नबाट रोकियो । हदीस बयान गर्नेले भने: त्यसपछि, त्यस व्यक्तिले आफ्नो दाहिने हात कहिल्यै मुखसम्म पुर्याउन सकेन।</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक जना मानिसलाई आफ्नो देब्रे हातले खाना खाइरहेको देख्नुभयो र उसलाई दाहिने हातले खाना खान भन्नुभयो । तर अहङ्कारका कारण उनले त्यसो गर्न नसक्ने झूट बोले । तसर्थ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उसले कहिल्यै पनि आफ्नो दाहिने हातले खान सक्दैन भन्नुभयो  । अल्लाहले आफ्नो नबीको दुआ स्वीकार गर्नुभयो र उनको दाहिने हात बेकार भयो । त्यो व्यक्तिले फेरि कहिल्यै खान वा पिउन आफ्नो हात मुखमा ल्याउन सकेनन् ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक जना मानिसलाई आफ्नो देब्रे हातले खाना खाइरहेको देख्नुभयो र उसलाई दाहिने हातले खाना खान भन्नुभयो । तर अहङ्कारका कारण उसले त्यसो गर्न नसक्ने झूट बोल्यो । त्यसो सुनेर, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उसले कहिल्यै पनि आफ्नो दाहिने हातले खान सक्ने छैन भनी भन्नुभयो  । अल्लाहले आफ्नो नबीको दुआ स्वीकार गर्नुभयो र उसको दाहिने हात बेकार भयो । त्यो व्यक्तिले फेरि कहिल्यै आफ्नो दाहिने हातलाई  खान वा पिउन निमित्त मुखसम्म ल्याउन सकेन ।</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
-    <t>दाहिने हातले खानु वाजिब र देब्रे हातले खानु हराम हो ।
-[...2 lines deleted...]
-पुण्य कर्मको आदेश दिने र नराम्रो कामबाट रोक्ने काम हरेक अवस्थामा गर्नुपर्छ, खाना खाँदा पनि ।</t>
+    <t>दाहिने हातले खानु अनिवार्य र देब्रे हातले खानु हराम हो ।
+अहंकारका कारणले शरियतका आदेशहरू पालना नगर्ने व्यक्ति   सजायको हकदार हुन्छ।
+अल्लाहले आफ्नो रसुल मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को दुआ स्वीकार गर्नुहुन्थ्यो । यो उहाँको लागि एक सम्मान थियो ।
+खाना खाँदा समेत हरेक परिस्थितिमा,, पुण्य कर्मको आदेश दिने र नराम्रो कामबाट रोक्ने कार्य गर्नुपर्दछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
-[...2 lines deleted...]
-    <t>जसले सत्य मार्गको आह्वान गर्छ, उसले सत्य मार्ग अप्हनाउनेहरूको पुण्य बराबर पुण्य पाउनेछ, तर उनीहरूको पुण्यमा कुनै कमी हुनेछैन</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
+  </si>
+  <si>
+    <t>“जो कोहीले सत्य मार्गतर्फ आह्वान गर्दछ, उसले त्यस मार्गमा हिँड्ने सबै मानिसहरूको पुण्य बराबर पुण्य प्राप्त गर्नेछ; र ती मानिसहरूको पुण्यमा कुनै कमी हुने छैन</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले सत्य मार्गको आह्वान गर्छ, उसले सत्य मार्ग अप्हनाउनेहरूको पुण्य बराबर पुण्य पाउनेछ, तर उनीहरूको पुण्यमा कुनै कमी हुनेछैन र जसले गलत मार्गतर्फ बोलाउँछ, उसले गलत मार्ग पछ्याउनेहरूको पाप बराबर पाप पाउनेछ, तर यसले तिनीहरूको पापमा कुनै कमी गरिनेछैन ।”</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जो कोहीले सत्य मार्गतर्फ आह्वान गर्दछ, उसले त्यस मार्गमा हिँड्ने सबै मानिसहरूको पुण्य बराबर पुण्य प्राप्त गर्नेछ; र ती मानिसहरूको पुण्यमा कुनै कमी हुने छैन। र जो कोहीले गलत मार्गतर्फ बोलाउँछ, उसले त्यसलाई पछ्याउने सबै मानिसहरूको पाप बराबर पाप बोक्नेछ; तर यसले उनीहरूको पापमा कुनै कमी गरिने छैन।”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले आफ्नो वचन र कार्यद्वारा मानिसहरूलाई सत्य र भलाइको बाटो देखाउँछ, उसले त्यो बाटो पछ्याउने जति पुण्य पाउनेछ र पछ्याउनेहरूको इनाममा कुनै कटौती हुनेछैन । अर्कोतर्फ, जसले आफ्नो वचन र कर्मद्वारा मानिसहरूलाई दुष्ट, पाप वा निषेधित कार्यको बाटो देखाउँछ, उसलाई त्यो मार्गमा हिँड्ने मानिसहरूको जस्तै पाप हुन्छ र तिनीहरुको पापमा कुनै कमी हुनेछैन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, 'जसले मानिसहरूलाई आफ्नो वचन र कर्मद्वारा सत्य र भलाइको मार्ग देखाउँछ, उसले त्यो मार्ग पछ्याउने मानिसहरूले जति नै पुण्य पाउनेछ र पछ्याउनेहरूको पुण्यमा कुनै कमी हुनेछैन । अर्कोतर्फ, जसले आफ्नो वचन र कर्मद्वारा मानिसहरूलाई दुष्ट, पाप वा निषेधित कार्यको बाटो देखाउँछ, उसलाई त्यो मार्गमा हिँड्ने मानिसहरूको जस्तै पाप हुन्छ र तिनीहरुको पापमा कुनै कमी हुनेछैन ।</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
-    <t>आह्वानको सद्गुण, चाहे त्यो थोरै होस् वा धेरै । जसले सत्य मार्गको आह्वान गर्छ, उसले पछ्याउने व्यक्ति झैं पुण्य पाउँछ । वास्तवमा, यो अल्लाहको ठूलो कृपा र उदारता हो ।
-[...2 lines deleted...]
-एक मुस्लिमले खुलेआम पाप गर्नबाट सचेत हुनुपर्छ, किनभने उसलाई देखेर अरुले पाप गर्न थाल्छन् भने उनीहरूको पापको बोझ पनि उसले वहन गर्नुपर्नेछ, यद्यपि उसले त्यसो गर्न प्रोत्साहित नगरे पनि ।</t>
+    <t>यस हदीसबाट मार्गदर्शनको लागि आह्वान गर्नुको उत्कृष्टता प्रस्ट हुन्छ, चाहे त्यो थोरै होस् वा धेरै । जसले सत्य मार्गको आह्वान गर्छ, उसले पछ्याउने व्यक्ति झैं पुण्य पाउँछ । वास्तवमा, यो पुण्य प्रदान अल्लाहको महान कृपा र उहाँको पूर्ण उदारता हो ।
+यसबाट असत्य मार्गतर्फ आह्वान गर्ने कार्यको गम्भीर खतरा प्रष्ट हुन्छ, चाहे त्यो सानो होस् वा ठूलो। निम्तो दिने व्यक्ति पनि त्यसको अभ्यास गर्ने व्यक्ति जस्तै पापको भागीदार हुन्छ ।
+मानिसले आफ्नो कर्म अनुसार फल पाउँछ । त्यसैले जसले राम्रो काम गर्न निम्तो दिन्छ, उसले राम्रो काम गर्ने व्यक्ति बराबर बराबर नै पुण्य कमाउँछ । र जसले खराब काम गर्न निम्तो दिन्छ, ऊ नराम्रो काम गर्ने व्यक्तिसरह नै पापको भागीदार हुन्छ ।
+एक मुस्लिमले खुलेआम पाप गर्नबाट सचेत हुनुपर्छ, किनकि यदि उसलाई देखेर अरू मानिसले पनि त्यस्तै पाप गर्न थाले भने, उसले त्यसो गर्न प्रत्यक्ष रूपमा प्रोत्साहन नगरेको भए तापनि ती मानिसहरूको पापको भार पनि उसले  वहन गर्नुपर्ने हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
-[...2 lines deleted...]
-    <t>वास्तवमा, सबैभन्दा खराब व्यक्तिहरूमध्ये ती हुनेछन् जो कयामतको (प्रलय) बेला जीवित रहनेछन् र जसले चिहानहरूलाई मस्जिदहरू बनाउँछन् ।</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
+  </si>
+  <si>
+    <t>वास्तवमा, सबैभन्दा खराब व्यक्तिहरूमध्ये ती हुनेछन् जो कयामतको (प्रलय) बेला जीवित रहनेछन् र जसले चिहानहरूलाई मस्जिद (प्रार्थनास्थल) बनाउँछन् ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "वास्तवमा, सबैभन्दा खराब व्यक्तिहरूमध्ये ती हुनेछन् जो कयामतको (प्रलय) बेला जीवित रहनेछन् र जसले चिहानहरूलाई मस्जिदहरू बनाउँछन् ।"</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "वास्तवमा, सबैभन्दा खराब व्यक्तिहरूमध्ये ती हुनेछन् जो कयामतको (प्रलय) बेला जीवित रहनेछन् र जसले चिहानहरूलाई मस्जिद (प्रार्थनास्थल) बनाउँछन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सबैभन्दा खराब मानिसहरू को हुन् भनेर भन्नुभएको छ, सबैभन्दा खराब मानिसहरू ती हुन् जसको जीवनीमा कयामत हुनेछ र जसले चिहानहरूलाई मस्जिदमा परिणत गर्नेछन् र तिनीहरूको नजिक वा तिनीहरूतर्फ फर्केर नमाज पढ्नेछन् ।</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सबैभन्दा खराब मानिसहरू को हुन् भनेर बताउनु भएको छ, सबैभन्दा खराब मानिसहरू ती हुन् जसको जीवनकालमा कयामत हुनेछ र जसले चिहानहरूलाई मस्जिदमा परिणत गर्नेछन् र त्यसको नजिक वा त्यसतिर फर्केर नमाज पढ्नेछन्।"</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
-    <t>कब्रिस्तान (चिहान) मा मस्जिद बनाउनु हराम हो, किनकि यसले शिर्कको ढोका खोल्छ ।
-[...1 lines deleted...]
-जसले धार्मिक मानिसहरूको चिहानलाई मस्जिदको रूपमा नमाज पढ्न  प्रयोग गर्छ, त्यो सृष्टिको सबैभन्दा घृणित र खराब मानिसहरूमध्ये पर्छ ।   यद्यपि उसले आफ्नो इरादा सर्वशक्तिमान् अल्लाहको नजिक पुग्ने हो भनेर दाबी गरोस् ।</t>
+    <t>यस हदीसले स्पष्ट पार्छ कि चिहान (कब्रिस्तान) माथि मस्जिद निर्माण गर्नु निषेध (हराम) छ, किनकि यस्तो कार्यले शिर्कको ढोका खोल्छ।
+मस्जिदको भवन नबनाईकन पनि चिहान नजिक नमाज पढ्न निषेध गरिएको छ । किनकि कुनै भवन नभए पनि सजदा गरिने ठाउँलाई मस्जिद भनिन्छ ।
+जसले धार्मिक व्यक्तिहरूको चिहानलाई नमाज पढ्ने स्थल अर्थात् मस्जिदको रूपमा प्रयोग गर्दछ, तिनीहरू अल्लाहको सृष्टिमा सबैभन्दा घृणित र खराब मानिसहरूमध्ये पर्छन् ।  चाहे तिनीहरूले सो कार्यद्वारा अल्लाहको निकटता प्राप्त गर्ने उद्देश्य राखेको दाबी नै किन नगरून् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3375</t>
   </si>
   <si>
-    <t>مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا</t>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
   </si>
   <si>
     <t>हरेक दिन जब बिहान हुन्छ, दुई फरिश्ता पृथ्वीमा अवतरण गर्छन्, ती मध्ये एक फरिश्ता भन्छ: हे अल्लाह खर्चा गर्नेलाई यसको बदला र परिणाम दिनु , र अर्को फरिश्ता भन्छ: हे अल्लाह खर्चा नगर्नेलाई अर्थात् सम्पतिलाई रोकेर राख्नेलाई  नष्ट गरी दिनु।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हरेक दिन जब बिहान हुन्छ, दुई फरिश्ता पृथ्वीमा अवतरण गर्छन्, ती मध्ये एक फरिश्ता भन्छ: हे अल्लाह खर्चा गर्नेलाई यसको बदला र परिणाम दिनु , र अर्को फरिश्ता भन्छ: हे अल्लाह खर्चा नगर्नेलाई अर्थात् सम्पतिलाई रोकेर राख्नेलाई  नष्ट गरी दिनु।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
 اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
 ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
   </si>
   <si>
     <t>मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)  ले बताउनुभएको छ:  हरेक दिन जब सूर्य उदाउँछ, दुई फरिश्ता पृथ्वीमा अवतरण गर्छन् र घोषणा गर्छन्, तीमध्ये एक फरिश्ता भन्छ:
 हे अल्लाह, जो व्यक्ति तपाईको (प्रसन्नताको) लागि , आफ्नो परिवार र पाहुनाहरूमाथि र निस्वार्थ दानमा खर्च गर्छ, तिनीहरूलाई त्यसको बदला दिनु र तिनीहरूको खर्चको बदलामा राम्रो प्रतिफल दिनु, र तिनीहरूको  सम्पतिमा बरकत दिनु।
 र अर्को फरिश्ता भन्छ: हे अल्लाह! जो व्यक्तिले खर्चा गर्दैन, अर्थात् सम्पतिलाई जोगाउछ, त्यसको सम्पतिलाई नष्ट गर्नु र उसको धनलाई नाश गर्नु जसले आफ्नो सम्पतिलाई जोगाउछ र उसका हकदारहरुलाई दिदैन।</t>
   </si>
   <si>
     <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
 دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
 الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
 بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
 هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
 تحريم البخل والشُّحّ.</t>
   </si>
   <si>
     <t>कुनै खर्चा गर्ने व्यक्तिलाई थप प्रतिफलको लागि प्रार्थना गर्न र उनले खर्च गरेको सट्टामा अल्लाहले त्यो भन्दा राम्रो दियोस् भनेर प्रार्थना गर्न उचित हो, त्यसैगरी, कुनै कञ्जुस व्यक्तिको सम्पत्ति नाश होस् भनेर प्रार्थना गर्न पनि उचित छ, यदि उनले आफ्नो धनलाई बचाएर राखे र अल्लाहले तोकेको ठाउँमा खर्च गर्नबाट रोक्यो भने।
 फरिश्ता (स्वर्गदूत) हरूले सत्कर्मी र धर्मी आस्थावानहरूको लागि उनको सम्पतिमा उन्नति र बर्कत होस् भनेर प्रार्थना गर्छन्, र उनीहरूको प्रार्थना स्वीकार गरिन्छ।
 अनिवार्य र स्वेच्छिक कार्यहरूमा खर्च गर्नु, परिवार माथि खर्च गर्नु, नातागोतालाई जोडिनु, र भलाईका कार्यहरूमा खर्च गर्नु जस्तै हो।
 नेक कार्यमा खर्च गर्ने व्यक्तिको महत्त्व, र यो खर्चको परिणामस्वरूप अल्लाहले उसलाई बदला दिनुहुन्छ भन्ने कुरा व्याख्या गरिएको छ। अल्लाहले भन्नुहुन्छः {तिमीहरूले जुनसुकै वस्तु खर्च गर्छौ, उहाँले त्यसलाई फेरि दिनेछ, र उहाँ सबैभन्दा राम्रो आजीविका दिने हुनुहुन्छ।} [सबा: ३९]
 यो प्रार्थना अनिवार्य खर्च गर्न नचाहने व्यक्तिहरूको लागि हो, तर, स्वेच्छिक खर्चहरूलाई यसमा समेटिएको छैन, किनकि यस्ता खर्च गर्ने व्यक्तिले यो प्रार्थनाको हकदार हुँदैन।
 कञ्जुस्य र लोभलाई हराम (निषेध) ठहराइएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3379</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
-[...2 lines deleted...]
-    <t>“निस्सन्देह, मलाई तिमीहरूको बारेमा जुन कुरादेखि सबैभन्दा धेरै डर लागेको छ, त्यो सानो शिर्क हो ।" साथीहरूले भने: हे अल्लाहको रसूल! यो सानो शिर्क के हो? उहाँले जवाफ दिनुभयो: “दिखावटी (रिया)</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
+  </si>
+  <si>
+    <t>“निस्सन्देह, मलाई तिमीहरूको बारेमा जुन कुरादेखि सबैभन्दा धेरै डर लागेको छ, त्यो सानो शिर्क हो ।" साथीहरूले भने: हे अल्लाहको रसूल! यो सानो शिर्क के हो? उहाँले जवाफ दिनुभयो: “दिखावटी (रिया) सत्कर्म गर्नु</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
-    <t>महमूद बिन लबीद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “निस्सन्देह, मलाई तिमीहरूको बारेमा जुन कुरादेखि सबैभन्दा धेरै डर लागेको छ, त्यो सानो शिर्क हो ।" साथीहरूले भने: हे अल्लाहको रसूल! यो सानो शिर्क के हो? उहाँले जवाफ दिनुभयो: “दिखावटी (रिया) ।” अल्लाहले उनीहरूलाई न्यायको दिन; जब मानिसहरूको हिसाबकिताब गरिनेछ भन्नुहुनेछ: जाऊ तिनीहरूकहाँ जाऊ जसको लागि तिमीहरूले संसारमा रियाकारी (दिखावटी) गर्यौ । हेर, तिनीहरुबाट कुनै इनाम पाउछौ कि?”</t>
+    <t>महमूद बिन लबीद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “निस्सन्देह, मलाई तिमीहरूको बारेमा जुन कुरादेखि सबैभन्दा धेरै डर लागेको छ, त्यो सानो शिर्क हो ।" साथीहरूले भने: हे अल्लाहको रसूल! यो सानो शिर्क के हो? उहाँले जवाफ दिनुभयो: “दिखावटी (रिया) सत्कर्म गर्नु ।” कयामतको दिनमा, जब मानिसहरूलाई उनीहरूका कर्महरूको प्रतिफल दिइनेछ, अल्लाह सर्वशक्तिमान्  ले तिनीहरूलाई भन्नुहुनेछ: 'ती मानिसहरूकहाँ जाऊ जसका लागि तिमीहरूले संसारमा देखावटी कर्म गर्यौ, र हेर तिमीहरूले तिनीहरूबाट कुनै प्रतिफल पाउँछौ कि पाउँदैनौ?”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीलाई बताउँदै हुनुहुन्छ, उहाँलाई आफ्नो उम्मतप्रति सबैभन्दा बढी डर लाग्ने कुरा सानो शिर्क हो, जुन पाखण्ड हो कि व्यक्तिले मानिसहरूलाई देखाउनको लागि काम गरोस्। त्यसपछि उहाँले रियाकारी (देखावटी) गर्नेहरूले न्यायको दिन पाउने दण्डको बारेमा भन्नुभयो : उनीहरूलाई भनिनेछ, तिमीहरूले जसलाई देखाउन काम गरेकाथ्यौ, उतै जाऊ र हेर के तिनीहरूमा तिमीहरूलाई इनाम दिन शक्ति छ कि छैन ?!</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ कि उहाँलाई आफ्नो उम्मतको विषयमा सबैभन्दा बढी चिन्ता लागेको कुरा "सानो शिर्क" हो, जसलाई रिया (देखावटीपन) भनिन्छ, जसको अर्थ, कुनै पनि असल कार्य मानिसहरूलाई देखाउने उद्देश्यले गर्नु हो। त्यसपछि उहाँले देखावटी रूपमा सत्कर्म गर्ने व्यक्तिहरूले न्यायको दिनमा पाउने दण्डको बारेमा बताउनुभयो। उहाँले भन्नुभयो, 'ती व्यक्तिहरूलाई भनिनेछ, 'तिमीहरूले जसलाई देखाउनका लागि काम गरेका थियौ, उनीहरूकहाँ नै जाऊ। अनि हेर, के उनीहरूले तिमीहरूलाई कुनै प्रतिफल दिन सक्छन् कि सक्दैनन्?'</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
-    <t>इख्लास; अल्लाहको प्रसन्नता प्राप्त गर्न विशुद्ध रूपमा कर्म गर्नु आवश्यक छ । पाखण्ड र कपटबाट होसियार हुनुपर्छ ।
-[...1 lines deleted...]
-जब रसूल (सल्लल्लाहु अलैहि वसल्लम) सहाबाहरूलाई सम्बोधन गर्दा यति चिन्तित हुनुहुन्थ्यो, जो उत्कृष्ट पिढी र सबै धर्मी मानिसहरू थिए, तब पछिका मानिसहरूप्रतिको डरको अझै बढी छ ।</t>
+    <t>यस हदीसबाट स्पष्ट हुन्छ कि इख्लास अथवा अल्लाहको प्रसन्नता प्राप्त गर्न विशुद्ध रूपमा कर्म गर्नु आवश्यक छ । पाखण्ड र कपटबाट होसियार हुनुपर्छ ।
+यस हदीसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आफ्ना उम्मतप्रतिको गहिरो दया र करुणा, तिनीहरूलाई सत्य मार्गमा निर्देशित गर्ने उहाँको तीव्र उत्सुकता, र उनीहरूको सर्वोत्तम हित तथा कल्याण होस् भन्ने उहाँको प्रबल चाहनालाई स्पष्ट रूपमा झल्काउँछ।
+जब रसुल (सल्लल्लाहु अलैहि वसल्लम) ले  सहाबाहरूलाई (देखावटी कर्म बारे)  सम्बोधन गर्दा यति धेरै चिन्ता व्यक्त गर्नुभएको थियो, जबकि उनीहरू सबैभन्दा उत्कृष्ट र धर्मी पुस्ता थिए, तब पछिल्ला पुस्ताका मानिसहरूप्रति उहाँको चिन्ता र डर अझ बढी हुनु स्वाभाविक नै हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
-[...2 lines deleted...]
-    <t>अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, (तीन पटक) भन्नुभयो ।” यस प्रकारको कुरा हामी सबैको हृदयमा आउँछ, तर अल्लाहले यसलाई तवक्कुल(अल्लाहमाथि भरोसा) मार्फत हटाउनुहुन्छ ।</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
+  </si>
+  <si>
+    <t>अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, (तीन पटक) भन्नुभयो, र यस प्रकारको कुरा हामी सबैको हृदयमा आउँछ, तर अल्लाहमाथि तवक्कुल (पूर्ण भरोसा) गर्नाले उहाँले यसलाई हटाइदिनुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, (तीन पटक) भन्नुभयो ।” यस प्रकारको कुरा हामी सबैको हृदयमा आउँछ, तर अल्लाहले यसलाई तवक्कुल(अल्लाहमाथि भरोसा) मार्फत हटाउनुहुन्छ ।</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, अपशगुन मान्नु शिर्क हो, (तीन पटक) भन्नुभयो, र यस प्रकारको कुरा हामी सबैको हृदयमा आउँछ, तर अल्लाहमाथि तवक्कुल (पूर्ण भरोसा) गर्नाले उहाँले यसलाई हटाइदिनुहुन्छ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले चरा वा जनावर वा अपाङ्गता भएका व्यक्तिहरू वा संख्या वा दिनहरू आदि जस्ता सुन्न वा देख्न सकिने कुनै पनि चीजबाट अशुभ चिन्हहरू लिन विरुद्ध चेतावनी दिनुभएको छ । जाहिलियत (इस्लाम पूर्व) युगमा चराबाट अशुभ संकेत लिनु सामान्य कुरा भएकोले यहाँ चरा उल्लेख गरिएको छ । अरबहरूले यात्रा, व्यापार वा कुनै पनि काम सुरु गर्न चाहँदा चरा उडाउने गर्थे । चरा दायाँतर्फ उड्यो भने शुभ शगुन मानेर त्यो काम गर्थे । तर बायाँतर्फ उड्यो भने, अशुभ मानेर चाहेको कुराबाट पछि हट्ने गर्थे । उहाँले यसलाई शिर्क भन्नुभयो, किनभने राम्रो ल्याउने र नराम्रो कुराबाट बचाउने अल्लाह बाहेक कोही छैन ।
-[...1 lines deleted...]
-राखेर त्यसलाई हटाउनुपर्छ र साथसाथै साधनहरू प्रयोग गर्नुपर्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले चरा वा जनावर, अपाङ्गता भएका व्यक्तिहरू, संख्याहरू, दिनहरू वा सुन्न वा देख्न सकिने कुनै पनि वस्तुबाट अपशकुन मान्ने कुरा विरुद्ध चेतावनी दिनुभएको छ। जाहिलियत (इस्लाम पूर्व युग) मा चराबाट अशुभ संकेत लिनु सामान्य कुरा भएकोले यहाँ चरा उल्लेख गरिएको छ । अरबहरूले यात्रा, व्यापार वा कुनै पनि काम सुरु गर्न चाहँदा चरा उडाउने गर्थे । चरा दायाँतर्फ उड्यो भने शुभ शगुन मानेर त्यो काम गर्थे । तर बायाँतर्फ उड्यो भने, अशुभ मानेर चाहेको कुराबाट पछि हट्ने गर्थे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस्ता कार्यहरूलाई शिर्क (अल्लाहसँग अन्यलाई साझेदार बनाउनु) भन्नुभयो, किनभने राम्रो ल्याउने र नराम्रो कुराबाट बचाउने अल्लाह बाहेक कोही छैन ।
+अब्दुल्लाह बिन मसुद (रजियल्लाहु अन्हु) भन्नुहुन्छ कि कहिलेकाहीँ मुस्लिमको मनमा केही अशुभ विचार आउँछ, तर उसले त्यसलाई अल्लाहमाथि भरोसा (तवक्कुल) गरेर र आवश्यक साधनहरू (उपायहरू) अपनाएर हटाउनुपर्छ।</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
-    <t>अशुभ मान्नु शिर्क हो, किनभने यसले हृदयलाई अल्लाह बाहेक अरुसँग जोड्छ ।
-[...2 lines deleted...]
-अल्लाहमा मात्र भरोसा राख्ने र हृदयलाई उहाँसँग जोड्ने आदेश ।</t>
+    <t>अशुभ मान्नु शिर्क हो, किनभने यसमा हृदयले अल्लाहबाहेक अरूमाथि भरोसा गर्छ।
+यो हदीसले कुनै महत्त्वपूर्ण कुरालाई कण्ठस्थ गर्न र मनमा राम्ररी स्थापित गर्नका लागि त्यसलाई बारम्बार दोहोर्याउनुको महत्त्वलाई स्पष्ट पार्दछ।
+अपशकुन अल्लाहमाथि भरोसा गर्नाले समाप्त हुन्छ।
+यस हदीसले मात्र अल्लाहमाथि तवक्कुल (भरोसा) गर्न, र हृदयलाई उहाँसँग जोडिराख्न आदेशलाई प्रस्ट पार्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
-[...2 lines deleted...]
-    <t>हामीले भन्यौं: तपाईं हाम्रो ‘सय्यिद ’ (मालिक) हुनुहुन्छ । उहाँले भन्नुभयो: “सय्यिद  (मालिक) अल्लाह हुन् ।" हामीले भन्यौं: तपाईं हामीमध्ये सबै भन्दा राम्रो र सबैभन्दा लाभकारी हुनुहुन्छ । उहाँले भन्नुभयो : "तिमीहरूले मलाई आफ्नो सामान्य शब्दले सम्बोधन गर्न सक्छौ, शैतानले तिमीहरूलाई कुनै धोकामा नपारोस् ।</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
+  </si>
+  <si>
+    <t>हामीले भन्यौं: तपाईं हाम्रो ‘सय्यिद ’ (मालिक,सर्वेसर्वा) हुनुहुन्छ। उहाँले भन्नुभयो: "(वास्तविक र सत्य) ‘सय्यिद’ अल्लाह हुन्।"
+हामीले फेरि भन्यौँ: "तपाईं हामीमध्ये सबैभन्दा श्रेष्ठ, सबैभन्दा उदार र कृपालु हुनुहुन्छ।"
+उहाँले भन्नुभयो: "तिमीहरूले मलाई सामान्य शब्दहरूले सम्बोधन गर, शैतानले तिमीहरूलाई कुनै धोका वा बहकाउमा नपारोस्।</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन शिख्खीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, बनु आमिरको जमातका साथ म रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ गएं । हामीले भन्यौं: तपाईं हाम्रो ‘सय्यिद ’ (मालिक) हुनुहुन्छ । उहाँले भन्नुभयो: “सय्यिद  (मालिक) अल्लाह हुन् ।" हामीले भन्यौं: तपाईं हामीमध्ये सबै भन्दा राम्रो र सबैभन्दा लाभकारी हुनुहुन्छ । उहाँले भन्नुभयो : "तिमीहरूले मलाई आफ्नो सामान्य शब्दले सम्बोधन गर्न सक्छौ, शैतानले तिमीहरूलाई कुनै धोकामा नपारोस् ।"</t>
+    <t>अब्दुल्लाह बिन शिख्खीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, बनु आमिरको समूहसँग म अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ गएँ। हामीले भन्यौं: तपाईं हाम्रो ‘सय्यिद ’ (मालिक,सर्वेसर्वा) हुनुहुन्छ। उहाँले भन्नुभयो: "(वास्तविक र सत्य) ‘सय्यिद’ अल्लाह हुन्।"
+हामीले फेरि भन्यौँ: "तपाईं हामीमध्ये सबैभन्दा श्रेष्ठ, सबैभन्दा उदार र कृपालु हुनुहुन्छ।"
+उहाँले भन्नुभयो: "तिमीहरूले मलाई सामान्य शब्दहरूले सम्बोधन गर, शैतानले तिमीहरूलाई कुनै धोका वा बहकाउमा नपारोस्।"</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
-    <t>एक प्रतिनिधि मण्डल रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो । त्यहाँ पुगेपछि उनीहरूले उहाँको प्रशंसामा केही यस्ता कुरा भने, जुन उहाँलाई मन परेनन् । उनीहरूले भने : तपाईं हाम्रो ‘सय्यिद ’ (मालिक) हुनुहुन्छ । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनीहरूलाई भन्नुभयो : "सय्यिद (मालिक) अल्लाह हुनुहुन्छ ।" सृष्टि र ब्रह्माण्डमा उहाँको पूर्ण प्रभुत्व छ र सम्पूर्ण सृष्टि उहाँका दासहरू हुन् । उनीहरूले भने : "तपाईं हामीमध्ये प्रतिष्ठित हुनुहुन्छ ।" अर्थात हामीमध्ये हजुर सबैभन्दा सम्मानित, प्रतिष्ठित र लाभकारी हुनुहुन्छ । त्यसपछि उनीहरूले भने : "हजुर हामीमध्ये सबैभन्दा प्रतिष्ठित, उच्च वर्ग र सबैभन्दा सम्मानित हुनुहुन्छ ।" त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूलाई चलनचल्तीमा रहेका सामान्य शब्दले सम्बोधन गर्न र गार्हो शब्दहरूको पछि नपर्न निर्देशन दिनुभयो । नत्र शैतानले उनीहरूलाई बढाइचढाइको बाटोमा डोर्‍याउँछ, जसले शिर्क र त्यसका साधनहरूतर्फ लैजान्छ ।</t>
+    <t>एक प्रतिनिधिमण्डल रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो। त्यहाँ पुगेपछि उनीहरूले उहाँको प्रशंसामा केही यस्ता कुरा भने, जुन उहाँलाई मन परेन। उनीहरूले भने : तपाईं हाम्रो ‘सय्यिद ’ (मालिक) हुनुहुन्छ । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनीहरूलाई भन्नुभयो : "(वास्तविक र सत्य) सय्यिद (मालिक) अल्लाह हुनुहुन्छ ।" सृष्टि र ब्रह्माण्डमा उहाँको पूर्ण प्रभुत्व छ र सम्पूर्ण सृष्टि उहाँका दाससरह हुन् । उनीहरूले भने : " तपाईं  हामीमध्ये सबैभन्दा श्रेष्ठ र सबैभन्दा उच्च पद, सम्मान र विशेषता भएका हुनुहुन्छ, त्यसैगरी "हजुर हामीमध्ये सर्वाधिक महत्त्वपूर्ण र हामीमध्ये सबैभन्दा बढी उदार, गौरवशाली र सर्वोच्च हुनुहुन्छ।" नबी (सल्लल्लाहु अलैहि वसल्लम) ले (यो सबै सुनेर) तिनीहरूलाई आफ्ना सामान्य रुपमा बोलिने शब्दहरू बोल्न र शब्दहरूमा कृत्रिमताको प्रयोग नगर्न निर्देशन दिनुभयो। उहाँले थप भन्नुभयो कि शैतानले उहाँहरूलाई अतिशयोक्तिपूर्ण प्रशंसा र शब्दहरू बोल्नतर्फ बहकाउन सक्छ, जसले शिर्क र त्यसका साधनहरूतर्फ डोर्याउँछ।</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) प्रति उहाँका साथीहरूको हृदयमा ठूलो सम्मान थियो ।
-शब्द छनोटमा हाउभाउ न देखाउन र कुराकानीमा मध्यम मार्ग अपनाउन प्रोत्साहन ।
-[...2 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) आदमका सन्तानका सय्यिद हुनुहुन्छ र यस हदीसमा उल्लेख गरिएको कुरा नम्रता र मानिसहरूले उहाँको बारेमा बढाइचढाइ नगरुन भन्ने डरले गर्दा हो ।</t>
+शब्द छनोटमा कृत्रिम शब्दहरु प्रयोग गर्नबाट मनाही गरिएको छ, र कुराकानीमा मध्यम र संतुलन शब्दहरु प्रयोग गर्न प्रोत्साहन दिइएको छ ।
+यसबाट तौहीद (एकेश्वरवाद) को आस्थालाई कमजोर बनाउने र त्यसमा त्रुटि उत्पन्न गराउने हरेक भनाइ तथा कार्यहरूबाट त्यसलाई सुरक्षित राख्नुपर्ने कुराको महत्त्व स्पष्ट हुन्छ।
+अतिशयोक्तिपूर्ण प्रशंसा गर्न निषेध गरिएको छ, किनकि यो शैतानको प्रवेशद्वार हो ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) आदमका सन्तानका सय्यिद हुनुहुन्छ र यस हदीसमा उल्लेख गरिएको कुरा विनम्रताको कारणले हो, र मानिसहरूले उहाँको बारेमा बढाइचढाइ नगरुन भन्ने डरले पनि हो ।</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>तिमी (अह्ले-किताब) यहुदी र ईसाई  समुदायमा जाँदैछौ । त्यहाँ पुगेपछि उनीहरूलाई सबैभन्दा पहिला तौहीद (अल्लाह बाहेक कोही सत्य पुज्य छैन  र मुहम्मद अल्लाहका रसूल हुनुहुन्छ</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मुआज (रजियल्लाहु अन्हु) लाई यमन पठाउदा भन्नुभयो: " तिमी (अह्ले-किताब) यहुदी र ईसाई  समुदायमा जाँदैछौ । त्यहाँ पुगेपछि उनीहरूलाई सबैभन्दा पहिला तौहीद (अल्लाह बाहेक कोही सत्य पुज्य छैन  र मुहम्मद अल्लाहका रसूल हुनुहुन्छ ) तिर आह्वान गर । यदि तिनीहरू सहमत छन् भने, तिनीहरूलाई भन, अल्लाहले तिमीहरूमाथि दिन रातमा पाँच पटक नमाज पढ्न अनिवार्य गर्नुभएको छ । यदि तिनीहरूले यसमा तिम्रो आज्ञापालन गरे भने, तिनीहरूलाई भन, अल्लाहले तिमीहरूमाथि जकात अनिवार्य गर्नुभएको छ; जुन तिमीहरूका धनीहरूबाट लिएर तिमीहरूका गरिबहरूमा वितरण गरिनेछ । यदि उनीहरू सहमत छन् भने, उनीहरूको उत्कृष्ट धनसम्पत्तिदेखि होशियार रहनु1 र पीडितको श्रापबाट वच्नु, किनकि पीडितको श्राप र अल्लाहबीच कुनै पर्दा छैन (अर्थात् उत्निखेरै पीडितको श्राप स्वीकार हुन्छ ) ।"</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुआज बिन जबल (रजियल्लाहु अन्हु) लाई इस्लामको प्रचारक र शिक्षकको रूपमा यमनतर्फ पठाउनुभयो, तब उहाँले भन्नुभयो, तिमीलाई ईसाई समुदायको सामना गर्नुपर्नेछ, त्यसैले तयार हुनुपर्छ र इस्लाम तर्फ बोलाउँदा क्रमशः बढी महत्त्वपूर्ण कुराहरूतर्फ बोलाउनु पर्छ भनि बताउनु भयो । तसर्थ, सबैभन्दा पहिले अकीदा (आस्था) को सुधारको लागि आह्वान गर्नु पर्नेछ, अर्थात्, अल्लाह बाहेक कोही सत्य ईश्वर छैनन् र मुहम्मद अल्लाहका रसूल (ईशदूत) हुनुहुन्छ भन्ने वचन तर्फ बोलाउनुपर्छ । किनकि यस गवाही मार्फत तिनीहरू इस्लामको दायरामा प्रवेश गर्नेछन् । त्यसपछि तिनीहरूलाई नमाज पढ्न आदेश दिनु पर्नेछ, किनभने तौहीद पछि सबैभन्दा ठूलो कर्तव्य सलाह (नमाज) कायम गर्नु नै हो । यदि तिनीहरूले सलाह पढ्न् थाल्छन् भने तिनीहरूका धनीहरूबाट जकात (अनिवार्य दान) लिएर तिनीहरूका गरिबहरूमा वितरण गर्न आदेश दिनु पर्नेछ ।(र नबी (सल्लल्लाहु अलैहि वसल्लम) ले) त्यस पछि,  तिनीहरूको उत्तम धन जकातको रूपमा नलिन चेतावनी दिनुभयो । किनकि (जकातमा) मध्यम प्रकारको धन मात्र लिनु अनिवार्य छ । त्यसपछि उनीहरूमाथि अन्याय नगर्न वसीयत (निर्देशन) गर्नुभयो; ताकि  पीडितहरूको श्रापको सामना गर्न नपरोस् । किनभने उत्पीडितहरूको गुनासो (प्रार्थना) स्वीकार हुन्छ ।</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>अल्लाह बाहेक कोही सत्य ईश्वर छैनन् भन्ने गवाही दिनु भनेको एक मात्र अल्लाहको उपासना गर्नु र अरूको उपासना पूर्णतया त्याग्नु हो।
 मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दूत हुनुहुन्छ भनी गवाही दिनु भनेको उहाँमा र उहाँले ल्याउनुभएको सन्देशमा विश्वास गर्नु, उहाँको (कुराहरु को ) पुष्टि गर्नु र उहाँ मानव जातिको लागि पठाइएको अन्तिम रसूल (सन्देशवाहक) हुनुहुन्छ भनी विश्वास गर्नु हो ।
 विद्वान र शंकालु व्यक्ति सँग कुरा गर्नु भनेको अज्ञानी व्यक्तिलाई सम्बोधन गर्नु जस्तै होइन । त्यसैकारण उहाँले मुआज (रजिअल्लाहु अन्हु) लाई सचेत गर्दै भन्नुभयो : "तिमी यस्तो समुदायमा जाँदैछौ जसलाई पहिले नै अल्लाहद्वारा ग्रन्थ दिइएको छ ।"
 मुस्लिमले शंका उत्पन्न गर्नेहरूको शंकाबाट बच्नको लागि आफ्नो धर्मको बारेमा जानकारी राख्नुपर्दछ र यसका लागि (धार्मिक)ज्ञान प्राप्त गर्न आवश्यक छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई (अन्तिम दूत बनाएर) पठाइसकेपछि यहूदी र इसाईहरूको धर्म स्वतःनै अमान्य भएको हो र उनीहरूले इस्लाम स्वीकार नगरेसम्म र रसूल (सल्लल्लाहु अलैहि वसल्लम) मा आस्था नराखेसम्म न्यायको दिनमा मुक्ति पाउने छैनन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
-[...2 lines deleted...]
-    <t>हे मानिसहरू, धर्ममा अतिवादबाट टाढा रहनुहोस्, किनभने तपाईं अघिका मानिसहरू धर्ममा अतिवादले गर्दा बर्बाद भएका थिए ।</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
+  </si>
+  <si>
+    <t>त्यसपछि उहाँले भन्नुभयो: "हे मानिसहरू, धर्ममा अतिवादबाट टाढा रहनु, किनकि तिमीभन्दा अघिका मानिसहरू धर्ममा अतिवादका कारणले नै नष्ट भएका थिए।</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अकबाको बिहान आफ्नो ऊँटमा हुँदा भन्नुभयो: "मेरो लागि केही ढुङ्गाहरू लिएर आऊ ।" मैले उहाँको लागि सातवटा ढुङ्गाहरू लिएर आएँ, जुन चना बराबर थियो । उहाँले तिनीहरूलाई आफ्नो हत्केलामा हल्लाउदै भन्नुभयो: "यस्ता ढुङ्गाहरूले हान्नु ।" त्यसपछि उहाँले भन्नुभयो: "हे मानिसहरू, धर्ममा अतिवादबाट टाढा रहनुहोस्, किनभने तपाईं अघिका मानिसहरू धर्ममा अतिवादले गर्दा बर्बाद भएका थिए ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अक्बाको बिहान आफ्नो ऊँटमा सवारी भएको अवस्थामा भन्नुभयो: "मेरो लागि केही स-साना ढुङ्गाहरू लिएर आऊ।" मैले उहाँको लागि चनाको दाना बराबरका सातवटा ढुङ्गाहरू ल्याइदिएँ। उहाँले ती ढुङ्गाहरूलाई आफ्नो हत्केलामा राखेर हल्लाउँदै भन्नुभयो: "यस्तै साना ढुङ्गाहरूले हान्नु।" त्यसपछि उहाँले भन्नुभयो: "हे मानिसहरू, धर्ममा अतिवादबाट टाढा रहनु, किनकि तिमीभन्दा अघिका मानिसहरू धर्ममा अतिवादका कारणले नै नष्ट भएका थिए।"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, हज्जतुल-वदाअ(अन्तिम हज) को अवसरमा कुर्बानीको दिन; ठूलो जमरातलाई ढुङ्गाले हानेको बिहान उनी नबी (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए । उहाँले उनलाई जमरातका लागि ढुङ्गाहरू सङ्कलन गर्न आदेश दिनुभयो । त्यसकारण उनले उहाँको लागि सातवटा ढुङ्गाहरू जम्मा गरे । प्रत्येक ढुङ्गा चना दाना आकारको थियो । नबी (सल्लल्लाहु अलैहि वसल्लम) ले ती ढुङ्गाहरूलाई आफ्नो हत्केलामा राखेर हल्लाउनु भयो र भन्नुभयो: यो आकारको ढुङ्गा हान्नु । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले धार्मिक मामिलामा अतिवादबाट टाढा रहन र सीमा उल्लङ्घन नगर्न चेतावनी दिनुभयो, किनभने पहिलेका राष्ट्रहरू धर्ममा अतिशयोक्ति र अतिवादले गर्दा नाश भएका थिए ।</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, हज्जतुल-वदाअ (अन्तिम हज) को अवसरमा कुर्बानीको दिन; ठूलो जमरातलाई ढुङ्गाले हान्ने दिनको बिहान उनी नबी (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए । उहाँले उनलाई जमरातका लागि ढुङ्गाहरू सङ्कलन गर्न आदेश दिनुभयो,  उनले उहाँको लागि सातवटा ढुङ्गाहरू जम्मा गरे । ती प्रत्येक ढुङ्गा चनाको दाना आकारका थिए । नबी (सल्लल्लाहु अलैहि वसल्लम) ले ती ढुङ्गाहरूलाई आफ्नो हत्केलामा राखेर हल्लाउनु भयो र भन्नुभयो: "यही आकारको ढुङ्गा हान्नु।" त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले धार्मिक मामिलामा अतिवादबाट टाढा रहन र तोकिएको सीमा उल्लङ्घन नगर्न चेतावनी दिनुभयो, किनभने पहिलेका समुदायहरू धर्ममा अतिशयोक्ति र अतिवादकै कारणले नष्ट भएका थिए। ।</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
-    <t>धर्ममा अतिशयोक्ति निषेध हो । यसको नराम्रो परिणाम र यो विनाशको कारण हो भन्ने कुराको उल्लेख ।
+    <t>धर्ममा अतिशयोक्ति निषेध छ । यसको नराम्रो परिणाम हुन्छ र यसले विनाश निम्त्याउँछ भन्ने कुरा उल्लेख गरिएको छ ।
 अघिल्लो समुदायका गल्तीहरूबाट जोगिन हामीले उनीहरूबाट पाठ सिक्नुपर्छ ।
-सुन्नत पालन गर्न प्रेरणा ।</t>
+यसमा सुन्नतको अनुसरण गर्न प्रोत्साहन दिइएको छ।</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, निसाई र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>मेरो प्रशंसा गर्नमा बढाइचढाइ नगर, जसरी ईसाईहरूले मरियमको छोराको प्रशंसामा बढाइचढाइ गरेका थिए; म केवल अल्लाहको दास हुँ । त्यसैले मलाई अल्लाहको दास र उहाँको रसूल (दूत) भन ।</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो : "मेरो प्रशंसा गर्नमा बढाइचढाइ नगर, जसरी ईसाईहरूले मरियमको छोराको प्रशंसामा बढाइचढाइ गरेका थिए; म केवल अल्लाहको दास हुँ । त्यसैले मलाई अल्लाहको दास र उहाँको रसूल (दूत) भन ।"</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो प्रशंसामा शरियतले तोकिएको सीमाभन्दा बाहिर गएर बढाइचढाइ गर्ने, अल्लाहका लागि प्रमाणित विशेषताहरू उहाँको लागि प्रमाणित गर्ने, वा उहाँ गैब (अदृश्य) का कुराहरू जान्नुहुन्छ भनेर दाबी गर्ने र अल्लाह जस्तै उहाँसंग प्रार्थना गर्ने इत्यादि निषेध गर्नुभएको छ । जसरी ईसाईहरूले ईसा पुत्र मरियम ( उहाँ माथि शान्ति होस्) सँग गरे। त्यसपछि उहाँले भन्नुभयो, म अल्लाहको दासहरू मध्ये एक दास हुँ  । त्यसैले उहाँले हामीलाई आदेश दिनुभयो कि  हामी उहाँलाई अल्लाहको भक्त र उहाँको रसूल भनौँ  ।</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>सम्मान तथा प्रशंसा गर्दा शरियतले तोकिएको सीमाभन्दा बाहिर जान निषेध गरिएको छ; किनकि यसले शिर्कलाई निम्त्याउँछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सचेत गर्नुभएको कुरा आज यो समुदायमा प्रशस्तै देखिन्छ । एक समूहले अल्लाहको रसूलको बारेमा बढाइचढाइ गरे, अर्को समूहले आले-बैत (उहाँको परिवार) को बारेमा बढाइचढाइ गरे र केही मानिसहरूले औलिया (अल्लाहका सत्कर्मी भक्तहरू) को बारेमा बढाइचढाइ गरे र यसरी यी सबै मानिसहरू शिर्कमा परे ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफूलाई अल्लाहको भक्तको रूपमा वर्णन गर्नुभएको छ; ताकि यो स्पष्ट होस्, कि उहाँ अल्लाहको भक्त हुनुहुन्छ र उहाँका सबै आवश्यकताहरू अल्लाहद्वारा पूरा हुन्छन् र उहाँलाई अल्लाहको कुनै पनि गुण समान गुणी मान्न वर्जित छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफूलाई अल्लाहको रसूल (सन्देशवाहक) बताउनु भयो; ताकि यो स्पष्ट होस्, कि उहाँ अल्लाहद्वारा पठाइएका हुन्, त्यसैले उहाँको पुष्टि र अनुसरण गर्न अनिवार्य छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>कुनै (रोग) संक्रामक हुँदैन र कुनै चरा अशुभ छैन । उल्लू र सफर महिनाको कुनै दोष छैन । कुष्ठ रोगीबाट त्यसरी नै भाग, जसरी तिमी बाघबाट भाग्छौ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुनै (रोग) संक्रामक हुँदैन र कुनै चरा अशुभ छैन । उल्लू र सफर महिनाको कुनै दोष छैन । कुष्ठ रोगीबाट त्यसरी नै भाग, जसरी तिमी बाघबाट भाग्छौ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम पूर्वका केही गलत कुराहरू विरुद्ध चेतावनी दिनुभएको छ, किनभने हरेक कुरा अल्लाहको हातमा छ र उहाँको आदेश र मर्जी बिना केही हुँदैन र ती निम्न हुन्:
 पहिलो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरूले रोग आफैंमा संक्रामक हुन्छ भन्ने विश्वास गर्थे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुनैपनि रोग एक बिरामीबाट अरूलाई आफैंले संक्रामक हुन्छ भन्ने विश्वासलाई निर्मुल पार्नुभयो । किनभने ब्रह्माण्डको व्यवस्थापन गर्ने अल्लाह हुनुहुन्छ; उहाँको मर्जीले रोग हुन्छ र उहाँले नै निको पार्नुहुन्छ र यो उहाँको इच्छा र आदेश बिना केही हुँदैन ।
 दोस्रो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू यात्रा वा व्यापारको लागि निस्कदा चरालाई उडाउने गर्दथे । यदि चरा दायाँ तिर उड्यो भने शुभ ठानेर त्यो काम गर्थे र यदि बायाँतिर उड्यो भने अशुभ ठानेर फर्कने गर्थे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले चराहरूबाट लिएको यो अशुभ मान्ने आस्थालाई निषेध गर्नुभयो र यो मिथ्या विश्वास हो भनेर स्पष्ट पार्नुभयो ।
 तेस्रो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू भन्थे: यदि कसैको घरमा  उल्लू चरा आएर बस्छ भने उसको लागि विपत्ति हुनेछ; नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो अशुभ आस्थालाई निषेध गर्नुभयो ।
 चौथो: सफर भनेको चन्द्रमाको हिसाबले दोस्रो महिना हो, यो महिनालाई अशुभ मान्ने आस्थालाई निषेध गरिएको छ । अर्को भनाई : यो पेटमा हुने एक सर्प हो, जसले पशुधन र मानिसहरूलाई संक्रमित गर्दछ यो 'जरब' रोग भन्दा पनि बढी संक्रामक हो भन्ने विश्वासलाई उहाँले निर्मुल पार्नु भयो ।
 पाँचौं: उहाँले कुष्ठ रोग लागेको व्यक्तिबाट टाढै बस्नु भनेको अल्लाहले आदेश दिनुभएको सुरक्षा खोज्नु र आफूलाई बचाउनु हो । कुष्ठ रोग: मानव अंगहरू नष्ट गर्ने र क्षतविक्षत हुने रोग हो ।</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>अल्लाहमा भरोसा गर्ने र वैध साधनहरू अपनाउने ।
 अल्लाहको इच्छा र भाग्यमा विश्वास गर्न आवश्यक छ । हरेक कुरा अल्लाहको हातमा छ । उहाँ नै हो जसले तिनीहरूलाई बनाउँछन वा तिनीहरूको प्रभाव हटाउँछन ।
 केही व्यक्तिहरूले कालो, रातो रङहरू वा केही संख्याहरू, नामहरू, व्यक्तिहरू र अपाङ्गता भएका मानिसहरूबाट लिने अशुभ कुरालाई खारेज गर्नु ।
 कुष्ठरोगी र संक्रामक रोग लागेका व्यक्तिहरुको नजिक नजानु भनेको सुरक्षा र बचाउको लागि अल्लाहले दिनुभएको एक साधन हो; किनभने रोगहरू आफैंमा संक्रामक हुँदैन, बरु यो अल्लाहको आदेश अनुसार हुन्छ । यदि उहाँले त्यसको शक्ति खोस्नु भयो भने उसले केही असर गर्दैन र यदि उहाँले त्यसको शक्ति खोस्नु भएन भने असर गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>अल्लाहको कसम, यदि अल्लाह तिम्रो माध्यमबाट एक जनालाई सही मार्गमा ल्याउनुभयो भने, त्यो तिमीलाई संसारकै उत्कृष्ट सम्पत्तिभन्दा पनि उत्तम हुनेछ।</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>सहल बिन साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "भोलि मैले यो झण्डा यस्तो मानिसलाई दिनेछु जसको हातमा अल्लाहले विजय दिनुहुनेछ, जसले अल्लाह र उहाँका रसूललाई प्रेम गर्दछ र अल्लाह र उहाँका रसूलले पनि उसलाई प्रेम गर्नुहुन्छ ।" झण्डा कसलाई दिइनेछ भनेर मानिसहरूले छलफल र अड्कलबाजी गर्दै रात बिताए । बिहान सबैजना रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पुगे । सबैले झण्डा पाउने आशा गरेका थिए । उहाँले सोध्नुभयो: "अली बिन अबी तालिब कहाँ छन्?" भनियो : हे अल्लाहका रसूल ! उनको आँखा दुखिरहेको छ । उहाँले भन्नुभयो: "उसलाई बोलाऊ ।" जब उनलाई बोलाइयो, उहाँले उनको आँखामा आफ्नो लार (थुक) लगाई दिनुभयो र उनको लागि दुआ (प्रार्थना) गर्नुभयो । फलस्वरूप उनको आँखा कुनै रोग नभए जस्तो निको भयो । उहाँले उनलाई झण्डा दिनुभयो । अली (रजियल्लाहु अन्हु)ले सोधे: हे अल्लाहको रसूल! के तिनीहरू हामी जस्तै (मुस्लिम) नभएसम्म तिनीहरूसँग लड्नुपर्छ? उहाँले भन्नुभयो: "तिमी आफ्नै गति अनुसार अघि बढ र जब उनीहरूको क्षेत्रमा पुग्छौ, तब इस्लामतर्फ आमन्त्रण गर। अनि उनीहरूलाई अल्लाहको अधिकार सम्बन्धी उनीहरूको कर्तव्यहरू बताऊ।"
  "अल्लाहको कसम, यदि अल्लाह तिम्रो माध्यमबाट एक जनालाई सही मार्गमा ल्याउनुभयो भने, त्यो तिमीलाई संसारकै उत्कृष्ट सम्पत्तिभन्दा पनि उत्तम हुनेछ।"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरूले भोलि खैबरका यहूदीहरूमाथि विजय प्राप्त गर्ने छन् भनेर सहाबाहरूलाई जानकारी दिनुभयो । त्यो पनि एउटा यस्तो व्यक्तिको हातबाट जसलाई उहाँले झण्डा सुम्पिनु हुनेछ । सेनाले प्रयोग गर्ने प्रतीकलाई झण्डा भनिन्छ । यो मानिसको विशेषता भनेको उसले अल्लाह र उहाँका रसूललाई प्रेम गर्दछ र अल्लाह र उहाँका रसूलले उसलाई प्रेम गर्नुहुन्छ । यो महान सम्मानको आशा गर्दै सहाबाहरूले झण्डा कसलाई दिइनेछ भनेर छलफल र अड्कलबाजी गर्दै रात बिताए! जब बिहान उनीहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पुगे, यो सम्मान मैले नै पाउनेछु भनेर सबैले आशा गरेका थिए ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अली कहाँ छन् सोध्नुभयो ?
 भनियो : उनी बिरामी छन्; उनको आँखा दुखिरहेको छ ।
@@ -3759,450 +3761,451 @@
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले अली (रजियल्लाहु अन्हु) लाई अल्लाहको धर्म; इस्लामतर्फ आह्वान गर्नुको सद्गुण व्याख्या गर्नुभयो । यदि दाई (धर्म प्रचारक) को मार्गदर्शनले गर्दा एक जना व्यक्तिले पनि इस्लाम स्वीकार गर्छ भने यो उसको लागि रातो ऊँटहरू हुनुभन्दा राम्रो हो । अरबहरूको सबैभन्दा बहुमूल्य सम्पत्ति रातो ऊँट थियो । अतः उ ऊँटहरूको मालिक बन्नेछ वा तिनीहरूलाई दानमा दिनेछ ।</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>अली (रजियल्लाहु अन्हु) को सद्गुण र उनले अल्लाह र उहाँका रसूललाई प्रेम गर्दछन् र अल्लाह र उहाँका रसूलले पनि उनलाई प्रेम गर्नुहुन्छ भन्ने कुराको नबीको गवाही ।
 सहाबाहरू राम्रो काम गर्न र त्यसमा एकार्कादेखि अगाडि बढ्न निकै उत्सुक थिए ।
 युद्ध गर्दा पनि विनम्रता अपनाउने र क्रोध तथा अनावश्यक कष्टप्रद आवाज नगर्न प्रोत्साहन ।
 यहूदीहरूमाथि मुस्लिको विजयको समाचार र अली (रजियल्लाहु अन्हु) को आँखालाई निको पार्नु नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो दूत हुनुहुन्छ भन्नेको कुराको प्रमाण हो ।
 जिहादको सबैभन्दा ठूलो उद्देश्य भनेको मानिसहरूलाई इस्लाममा 
 प्रवेश गराउनु हो ।
 इस्लामको आह्वान क्रमशः गर्नुपर्छ । पहिले दुवै कलिमा (शहादतहरू) पढेर इस्लामलाई आत्मसात गर्न आह्वान गरिनेछ र त्यसपछि इस्लामका फर्जहरू पूरा गर्न आदेश दिइनेछ ।
 इस्लाम तर्फ आह्वान गर्नुको सद्गुण, यसमा आह्वानकर्ता र आमन्त्रित दुवैलाई फायदा छ । आमन्त्रित व्यक्तिले सत्य मार्ग ग्रहण गर्नेछ भने आह्वानकर्ता (दाई) ले ठूलो पुण्य पाउनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>”हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म अल्लाहको दरबारमा यसलाई तपाईको लागि प्रमाणको रूपमा पेश गर्नेछु ।</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
-    <t>सईद बिन मुसैयबले आफ्नो बुबाबाट बयान गरेका छन्, उनले भने : जब अबु तालिबको मृत्युको समय नजिक आयो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) उनीकहाँ जानुभयो । त्यहाँ अबु जहल र अब्दुल्लाह बिन अबु उमैया बिन मुगिरा पहिलादेखि उपस्थित थिए । उहाँले भन्नुभयो: ”हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म अल्लाहको दरबारमा यसलाई तपाईको लागि प्रमाणको रूपमा पेश गर्नेछु ।" यो सुनेर अबु जहल र अब्दुल्लाह बिन अबु उमैयाले भने: के तपाईं अब्दुल मुत्तलिबको धर्मलाई छोड्नु हुन्छ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले बारम्बार कल्मा पढ्न अनुरोध गरिरहनु भयो र यी दुवैले उनलाई रोक्न खोजिरहे । अन्ततः अबु तालिबले म अब्दुल मुतालिबको धर्ममा अडिग रहनेछु भनेर घोषणा गरे र ‘ला इलाह इल्लल्लाह’ लाई भन्न इन्कार गरे । वाचकले भन्छन्: तर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "मलाई मनाही नगरेसम्म म तपाईंको लागि क्षमा माग्नेछु ।" तब अल्लाहले यो आयत अवतरण गर्नुभयो: “नबी र आस्थावानहरूले बहुदेववादीहरूका लागि माफी माग्नु उपयुक्त छैन, चाहे तिनीहरू आफन्तहरू नै भए पनि ।” [अत-तौबा: ११३] र अल्लाहले अबु तालिबको बारेमा यो आयत अवतरण गर्नुभयो: “तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ, तर अल्लाह जसलाई चाहनुहुन्छ मार्गदर्शन गर्नुहुन्छ ।” [अल कसस: ५६]</t>
+    <t>सईद बिन मुसैयबले आफ्नो बुबाबाट बयान गरेका छन्, उनले भन्नुहुन्छ : जब अबु तालिबको मृत्युको समय नजिक आयो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) उनीकहाँ जानुभयो । त्यहाँ अबु जहल र अब्दुल्लाह बिन अबु उमैया बिन मुगिरा पहिलादेखि उपस्थित थिए । उहाँले  अबु तालिब सगँ भन्नुभयो: ”हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म अल्लाहको दरबारमा यसलाई तपाईको लागि प्रमाणको रूपमा पेश गर्नेछु ।" यो सुनेर अबु जहल र अब्दुल्लाह बिन अबु उमैयाले भने: के तपाईं अब्दुल मुत्तलिबको धर्मलाई छोड्नु हुन्छ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले बारम्बार कल्मा (ला इलाहा इल्लाल्लाह) पढ्न अनुरोध गरिरहनु भयो र यी दुवैले उनलाई रोक्न खोजिरहे । अन्ततः अबु तालिबले म अब्दुल मुतालिबको धर्ममा अडिग रहनेछु भनेर घोषणा गरे र ‘ला इलाह इल्लल्लाह’ लाई भन्न अस्वीकार गर्नुभयो। हदीस वाचकले भन्छन्:  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले (काकाको जवाफ सुनेर) भन्नुभयो: "अल्लाहको कसम मलाई मनाही नगरिएसम्म म तपाईंको लागि क्षमा माग्नेछु।”  तब अल्लाहले यो आयत अवतरण गर्नुभयो: “नबी र आस्थावानहरूले बहुदेववादीहरूका लागि  क्षमा माग्नु उपयुक्त छैन,चाहे तिनीहरू आफ्ना नजिकका आफन्त नै किन नहुन् ।” [अत-तौबा: ११३], र अल्लाहले अबु तालिबको बारेमा यो आयत अवतरण गर्नुभयो: “तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ, तर अल्लाह जसलाई चाहनुहुन्छ मार्गदर्शन गर्नुहुन्छ ।” [अल कसस: ५६]</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
-    <t>जब अबु तालिबको मृत्युको समय नजिक आयो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) उनीकहाँ जानुभयो र उनलाई भन्नुभयो: हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म यही एउटा वाक्यको आधारमा अल्लाहको सामु तपाईंको लागि गवाही दिनेछु । यो सुनेर अबु जहल र अब्दुल्लाह बिन अबु उमैयाले भने: अबु तालिब ! के तपाईं आफ्नो बुबा अब्दुल मुत्तलिबको धर्म छोड्नुहुन्छ?  त्यो धर्म वास्तवमा मूर्तिपूजाको धर्म थियो । ती दुवैले उनलाई भनिरहे, यहाँसम्म कि उनको अन्तिम वचन: "म अब्दुल मुत्तलिबको धर्मको अनुसरण गर्दै यो संसार छोड्दैछु" थियो । अर्थात्, शिर्क र मूर्तिपूजक धर्ममा । यो सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: मेरो प्रभुले मलाई मनाही नगरेसम्म म तपाईंको लागि माफी मागिरहनेछु । तसर्थ, यो यो आयत अवतरित भएको थियो: “नबी र आस्थावानहरूले बहुदेववादीहरूका लागि माफी माग्नु उपयुक्त छैन, चाहे तिनीहरू आफन्त नै भए पनि र तिनीहरू वास्तवमा नरकका कैदीहरू हुन् स्पष्ट भईसके पछि ।" [अत-तौबा: ११३] अबु तालिबको बारेमा अवतरित आयत : “तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ, तर अल्लाह जसलाई चाहनुहुन्छ मार्गदर्शन गर्नुहुन्छ र उहाँ निर्देशित हुनेहरूलाई राम्रोसँग जान्नुहुन्छ ।” [अल कसस: ५६] तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ । तिम्रो काम केवल सन्देश पुर्‍याउनु हो। अल्लाह जसलाई चाहनुहुन्छ सत्यको मार्गमा डोऱ्याउनुहुन्छ ।</t>
+    <t>जब अबु तालिबको मृत्युको समय नजिक आयो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) उनीकहाँ जानुभयो र उनलाई भन्नुभयो: हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म यही वचनको आधारमा अल्लाहको सामु तपाईंको लागि गवाही दिनेछु । यो सुनेर अबु जहल र अब्दुल्लाह बिन अबु उमैयाले भने: अबु तालिब ! के तपाईंले आफ्नो बुबा अब्दुल मुत्तलिबको धर्म छोड्नुहुन्छ?  त्यो धर्म वास्तवमा मूर्तिपूजाको धर्म थियो । ती दुवैले उहाँलाई बारम्बार सोही कुरा भनिरहे, यहाँसम्म कि उहाँको अन्तिम वचन: "म अब्दुल मुत्तलिबको धर्मको अनुसरण गर्दै यो संसार छोड्दैछु" थियो । अर्थात्, उहाँले शिर्क र मूर्तिपूजक धर्ममै रहदाँ प्राण त्याग गर्नुभयो।  । यो सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: मेरो प्रभुले मलाई मनाही नगरेसम्म म तपाईंको लागि माफी मागिरहनेछु । तसर्थ, यो आयत अवतरित भएको थियो: “बहुदेववादीहरू नरकबासी हुन् भन्ने कुरा स्पष्ट भएपछि नबी तथा आस्थावानहरूले तिनीहरूको लागि क्षमाको माग्नु उपयुक्त हुँदैन, चाहे तिनीहरू उनका नातेदार नै किन नहुन् ।" [अत-तौबा: ११३] त्यसैगरी अबु तालिबको बारेमा पनि आयत अवतरित भयो, अल्लाहले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सम्बोध गर्दै भन्नुहुन्छ  : “तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ, तर अल्लाह जसलाई चाहनुहुन्छ मार्गदर्शन गर्नुहुन्छ र उहाँले मार्गदर्शन पाउनेहरूलाई राम्ररी जान्नुहुन्छ ।” [अल कसस: ५६] अर्थात् तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ । तिम्रो काम केवल सन्देश पुर्‍याउनु हो। अल्लाहले जसलाई चाहनुहुन्छ सत्यको मार्गमा डोऱ्याउनुहुन्छ ।</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
 تقليدُ الآباء والأكابر بالباطل مِن فِعْل أهل الجاهلية.
 كمالُ شفقة النبيِّ صلى الله عليه وسلم وحرصِه على دعوة الناس وهدايتهم.
 الرد على مَن زعم إسلام أبي طالب.
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
-    <t>मुश्रिक (बहुदेववादी) हरूका लागि क्षमा माग्न निषेध गरिएको छ, चाहे तिनीहरूको नाता, काम वा परोपकार जति ठूलो भए पनि ।
-[...7 lines deleted...]
-"ला इलाह इल्लल्लाह" को अर्थ: मूर्ति, औलिया र धर्मी मानिसहरूको पूजा त्याग्नु र केवल अल्लाहको उपासना गर्नु हो । बहुदेववादीहरूलाई यसको अर्थ थाहा थियो ।
+    <t>मुश्रिक (बहुदेववादी) हरूका लागि क्षमा याचना गर्न निषेध गरिएको छ, उनीहरूको नाता, कर्म वा परोपकार जतिसुकै ठूलो भए पनि ।
+बाजे-बुबा र पुर्खाहरूको झुटा र अवैध मान्यताहरूको अन्धो अनुकरण गर्नु इस्लाम पूर्वका मानिसहरूको काम हो ।
+यसबाट नबी (सल्लल्लाहु अलैहि वसल्लम) को अपार दया र मानवजातिलाई सत्यधर्मतर्फ आह्वान तथा मार्गदर्शन गर्न उहाँको उत्कट इच्छा देखिन्छ।
+यसमा अबु तालिबले इस्लाम ग्रहण गरेको दाबी गर्नेहरूको खण्डन छ ।
+“कर्महरूको मूल्याङ्कन तिनको अन्तिम अवस्थाको आधारमा गरिन्छ।”
+यसबाट  नबी (सल्लल्लाहु अलैहि वसल्लम) वा अन्य व्यक्तिहरूमाथि लाभ प्राप्त गर्न वा हानि हटाउनका लागि आश्रित हुनुको अमान्यता स्पष्ट हुन्छ ।
+जसले ज्ञान, दृढ विश्वास र आस्थाका साथ "ला इलाह इल्लल्लाह" अर्थात "अल्लाह बाहेक कोही पूज्य छैन" गवाही दिन्छ ऊ इस्लाममा प्रवेश गर्दछ ।
+दुष्ट र खराब साथीहरू मानिसका लागि हानिकारक हुन्छन्।
+यसबाट स्पष्ट हुन्छ कि "ला इलाह इल्लल्लाह" को अर्थ: मूर्तिहरू, संतहरू र धर्मी मानिसहरूको पूजा त्याग्नु र केवल अल्लाहको उपासना गर्नु हो । र बहुदेववादीहरूलाई यसको अर्थ थाहा थियो ।
 मुश्रिक (बहुदेववादी) रोगीलाई इस्लामको निमन्त्रणा दिने उद्देश्यले भेट्न अनुमति छ ।
-हिदायात (मार्गदर्शन) केवल अल्लाहको हातमा छ, उहाँको कोही साझेदार छैन । नबीको काम भनेको इस्लामतर्फ आह्वान गर्नु र मार्ग देखाउनु हो ।</t>
+सत्य मार्गमा डोर्‍याउने शक्ति केवल अल्लाहसँग मात्र छ, जसको कोही साझेदार छैन। रसूल (सल्लल्लाहु अलैहि वसल्लम) को जिम्मेवारी केवल मार्गदर्शन गर्ने, सल्लाह र निर्देशन दिने र सन्देश पुर्‍याउने मात्र हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>न्यायको दिनमा, मेरो शिफाअत (सिफारिस) को बढी हकदार त्यो व्यक्ति हुनेछ, जसले आफ्नो हृदय वा आत्माबाट नै इमान्दारीपूर्वक "ला इलाहा इल्लल्लाह" को गवाही दिन्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले सोधे: हे अल्लाहको रसूल! न्यायको दिन हजुरको शिफाअत (मध्यस्थता) को बढी हकदार कुन भाग्यमानी मान्छे हुनेछ ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “हे अबू हुरैरा! "हदीस"को लागि तिम्रो चासो देखेर, तिमी भन्दा पहिले यो कसैले सोध्ने छैन भन्ने मलाई लागेको थियो । न्यायको दिनमा, मेरो शिफाअत (सिफारिस) को बढी हकदार त्यो व्यक्ति हुनेछ, जसले आफ्नो हृदय वा आत्माबाट नै इमान्दारीपूर्वक "ला इलाहा इल्लल्लाह" को गवाही दिन्छ ।"</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, न्यायको दिन, उहाँको सिफारिसको हकदार त्यो व्यक्ति हुनेछ जसले आफ्नो हृदयबाट इमान्दारीपूर्वक "ला इला-ह इल्लाल्लाह" को गवाही दिन्छ, अर्थात अल्लाह बाहेक कोही सत्य पूज्य छैन र ऊ शिर्क (बहुदेववाद) र रिया (देखावटी भक्ति) जस्ता कुराहरूबाट सुरक्षित हुन्छ ।</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>यस हदीस बाट प्रमाणित हुन्छ कि रसूल (सल्लल्लाहु अलैहि वसल्लम)  लाई परलोकमा मध्यस्थता को अधिकार  दिईने छ र केवल एकेश्वरवादीहरुलाई उहाँको सिफारिस प्राप्त हुनेछ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को मध्यस्थता अर्थात्(  कुकर्म  गर्ने कारणले) नर्क जान  बाध्य भएका एकेश्वरवादीहरूलाई नर्कमा प्रवेश नगराउने र नर्कमा प्रवेश गरिसकेकालाई नरकबाट बाहिर निकाल्ने सिफारिस हो ।
 यस हदीस बाट अल्लाहको लागि विशुद्ध रूपमा  "ला इलाहा इल्लल्लाह" को वचन दिनू को  उत्कृष्टता र यसको ठूलो प्रभाव प्रष्ट हुन्छ।
 "कलिम-ए-तौहीद" ("ला इलाहा इल्लल्लाह" ) लाई पूर्ण रूपमा स्वीकार गर्नु भनेको यसको अर्थ जान्नु र सोही अनुसार कर्म गर्नु हो ।
 यस हदीस बाट अबू-हुरैरह (रजियल्लाहु अन्हु) को उत्कृष्टता र ज्ञान को लागी उनको उत्सुकता पनि स्पष्ट हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
-[...2 lines deleted...]
-    <t>अल्लाहले उसलाई स्वर्गमा प्रवेश गर्नुहुन्छ, चाहे उसले जुनसुकै काम गरे पनि ।</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
+  </si>
+  <si>
+    <t>अल्लाहले उसलाई उसले गरेका सत्कर्म अनुसार स्वर्गमा प्रवेश गराउनुहुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
-    <t>उबादा बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले गवाही दिन्छ, अल्लाह बाहेक कोही सत्य ईश्वर छैन, उहाँ एक्लो हुनुहुन्छ र उहाँको कोही साझेदार छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) उहाँका दास र रसूल हुनुहुन्छ र ईसा (अलैहिस्सलाम) उहाँका सेवक, दूत र उहाँको वचन हुन् र उहाँको रूह (आत्मा) हुन्  जुन उहाँले मरियमतर्फ पठाउनुभयो र स्वर्ग तथा नरक सत्य हो। अल्लाहले उसलाई स्वर्गमा प्रवेश गर्नुहुन्छ, चाहे उसले जुनसुकै काम गरे पनि ।"</t>
+    <t>उबादा बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले गवाही दिन्छ, अल्लाह बाहेक कोही सत्य ईश्वर छैन, उहाँ एक्लो हुनुहुन्छ र उहाँको कोही साझेदार छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) उहाँका भक्त र रसूल हुनुहुन्छ र ईसा (अलैहिस्सलाम) उहाँका सेवक, दूत र उहाँको वचन (द्वारा सृष्टित)  हुन् र उहाँ तर्फबाट पठाइएको एक रूह (आत्मा) हुन्  जुन उहाँले मरियमतर्फ पठाउनुभयो र स्वर्ग तथा नरक सत्य हो। (जसले यो सबैको गवाही दिन्छ)  अल्लाहले उसलाई उसले गरेका सत्कर्म अनुसार स्वर्गमा प्रवेश गराउनुहुनेछ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, जसले कलमा-तौहीदको अर्थलाई बुझेर जिब्रोले उच्चारण गरेर गवाही दिन्छ र यसको अभिलाषा र मागहरूलाई पूरा गर्दछ, मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) अल्लाहको सेवक र दूत हुनुहुन्छ भनेर गवाही दियो र येशू (अलैहिस्सलाम) अल्लाहको सेवक र दूत हुन् भनेर स्वीकार गर्दछ, अल्लाहले उनलाई "कुन" (भइहाल) शब्दबाट सृष्टि गर्नुभयो र उनी अल्लाहले सृष्टि गर्नुभएको रूह (आत्मा) हरूमध्ये एक थिए भनी स्वीकार गर्दछ, यहूदीहरूद्वारा लगाइएको आरोपबाट उनकी आमा पवित्र हुनुहुन्छ भनेर घोषणा गर्दछ, स्वर्ग र नर्क दुवै सत्य हुन् र दुवैको अस्तित्वमा विश्वास गर्दछ र स्वर्ग र नर्क अल्लाहको आशीर्वाद र दण्डको स्थान हुन् भनी स्वीकार गर्दछ र यही अवस्थामा उसको मृत्यु भयो भने, उसको वासस्थान स्वर्ग हुनेछ, यद्यपि उसले उपासनामा कमीकमजोरी गरेको छ र केही पापहरू गरेको छ ।</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, जसले एकेश्वरवादको वचन (कलमा-तौहीद) को अर्थलाई बुझेर, बोलीले उच्चारण गरेर गवाही दिन्छ र यसको निहतार्थ र मागहरूलाई पूरा गर्दछ, र मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) अल्लाहको सेवक र दूत हुनुहुन्छ भनेर गवाही दिन्छ र येशू (अलैहिस्सलाम) अल्लाहको सेवक र दूत हुन् भनेर स्वीकार गर्दछ, यसका साथै,  अल्लाहले येशुलाई आफ्नो आदेश "कुन" (सिर्जित भइहाल) शब्दबाट सृष्टि गर्नुभयो र उनी अल्लाहले सृष्टि गर्नुभएको रूह (आत्मा) हरूमध्ये एक थिए भनी स्वीकार गर्दछ, त्यसैगरी, उसले उनकी आमा मर्यम (अलैहस्सलाम) लाई यहूदीहरूको आरोपबाट पवित्र र निर्दोष भएको भनेर घोषणा गर्दछ। र स्वर्ग र नर्क दुवैको सत्यता  र अस्तित्वमा विश्वास गर्दछ र स्वर्ग र नर्क अल्लाहको आशीर्वाद र दण्डको स्थान हुन् भनी स्वीकार गर्दछ, र यही आस्था राख्ने अवस्थामा त्यस व्यक्तिको मृत्यु भयो भने, उसको वासस्थान स्वर्ग हुनेछ, यद्यपि ऊ उपासनामा कमी गर्ने वा पापी नै किन नहोस्।</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>अल्लाहले मर्यमको छोरा येशूलाई "كُنْ" (कुन्) शब्दद्वारा बिना बुवाको सृष्टि गर्नुभएको थियो ।
-येशू (अलैहिस्सलाम) र मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) दुबै अल्लाहका सेवक र रसूल (सन्देशवाहक) भएकोले उनीहरुलाई झुठो ठहर गर्न सकिँदैन र उनीहरु दुवै अल्लाहका दास थिए, त्यसैले उनीहरुको पूजा गर्न सकिँदैन ।
-तौहीद (एकेश्वरवाद) को सद्गुण र पापहरूको उन्मूलन । एकेश्वरवादीको निवास स्वर्ग हो, चाहे उसले केही पाप गरेको भए पनि ।</t>
+येशू (अलैहिस्सलाम) र मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) दुबै अल्लाहका सेवक र रसूल (सन्देशवाहक) भएकोले उनीहरुलाई झुठो ठहर गर्न सकिँदैन र उनीहरु दुवै अल्लाहका भक्त थिए, त्यसैले उनीहरुको पूजा गर्न सकिँदैन ।
+यो हदीसले तौहीद (एकेश्वरवाद) को महत्त्व,सद्गुण  र पापहरूलाई मेटाउने यसको विशेषतालाई स्पष्ट पार्छ। यसले यो पनि दर्शाउँछ कि तौहीदमा विश्वास गर्ने व्यक्तिको अन्तिम निवास स्वर्ग नै हो, चाहे उसले केही पापहरू गरेको भए पनि।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>जसले अल्लाहसँग शिर्क (कसैलाई साझेदार) नगरेको अवस्थामा भेट्छ, उसले स्वर्गमा प्रवेश पाउने छ, र जसले अल्लाहसँग शिर्क गरेको अवस्थामा भेट्छ, ऊ नर्कमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई भन्दै गरेको सुनें : "जसले अल्लाहसँग शिर्क (कसैलाई साझेदार) नगरेको अवस्थामा भेट्छ, उसले स्वर्गमा प्रवेश पाउने छ, र जसले अल्लाहसँग शिर्क गरेको अवस्थामा भेट्छ, ऊ नर्कमा प्रवेश गर्नेछ ।"</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, जो व्यक्ति  अल्लाहसँग कसैलाई साझेदार नगरी मर्छ, उसको गन्तव्य स्वर्ग हुनेछ, यद्यपि कुनै पापको कारणले उसलाई केही यातनाहरू भोग्न परोस् । त्यसैगरी अल्लाहसँग कसैलाई साझेदार गरेको अवस्थामा मर्ने व्यक्ति सधैं नरकमा रहनेछ ।</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>यस हदीस बाट "तौहीद" (एकेश्वरवाद) को सद्गुण र यसले नरकमा अनन्त रहनबाट मुक्त गर्नेछ भन्ने कुरो थाहा हुन्छ।
 स्वर्ग र नर्क दुवै व्यक्ति नजिकै छन् । व्यक्ति र स्वर्ग र नर्कको बीचमा मात्र मृत्युको बाधा छ ।
 यस हदीसमा ठूला वा साना सबै प्रकारका शिर्कहरू विरुद्ध चेतावनी दिइएको छ, किनकि नर्क बाट मुक्तिको लागि शिर्कबाट बच्न आवश्यक छ ।
 कर्महरूको सार अन्तिम कर्मामा  नै निर्भर छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
-[...2 lines deleted...]
-    <t>जो अल्लाह बाहेक अरूको उपासना गरेको अवस्थामा मर्छ, ऊ नरकमा जानेछ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
+  </si>
+  <si>
+    <t>जो व्यक्ति अल्लाह बाहेक अरूको उपासना गरेको अवस्थामा मर्छ, ऊ नरकमा जानेछ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्,: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एउटा कुरा भन्नुभयो र मैले अर्को भनें । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " जो अल्लाह बाहेक अरूको उपासना गरेको अवस्थामा मर्छ, ऊ नरकमा जानेछ ।" मैले भनेँ: जो व्यक्ति अल्लाहसँग कसैलाई साझेदार नगरेको अवस्थामा मर्यो भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्,: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एउटा कुरा भन्नुभयो र मैले पनि एउटा कुरा भन्छु। रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " जो व्यक्ति अल्लाह बाहेक अरूको उपासना गरेको अवस्थामा मर्छ, ऊ नरकमा जानेछ ।" मैले भन्छु: जो व्यक्ति अल्लाहसँग कसैलाई  साझेदार नगरी मर्छ, ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले अल्लाह बाहेक अरूको लागि कुनै काम गर्दछ, जुन अल्लाहको लागि मात्र गर्नुपर्छ, जस्तै अल्लाह बाहेक अरूसित दुआ माग्नु वा समस्याको समयमा अरू कसैलाई पुकार्नु इत्यादि र यसै अवस्थामा संसार छोड्छ भने ऊ नरकमा जानेछ । अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले थप भनेका छन्, जो व्यक्ति अल्लाहसँग कसैलाई साझेदार नगरेको अवस्थामा मर्यो भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले अल्लाह बाहेक अरूको लागि कुनै कर्म गर्दछ, जुन केवल अल्लाहको लागि मात्र गरिनुपर्छ, जस्तै अल्लाह बाहेक अरूसित दुआ (प्रार्थना)  गर्नु वा समस्याको समयमा अरू कसैलाई पुकार्नु इत्यादि र यसै अवस्थामा संसार छोड्छ भने ऊ नरकमा जानेछ । अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले थप भनेका छन्, जो व्यक्ति अल्लाहसँग कसैलाई साझेदार नगरेको अवस्थामा मर्यो भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>दुआ (प्रार्थना) उपासना हो । अल्लाह बाहेक अरू कसैसँग दुआ गर्न अनुमति छैन ।
-तौहीद (एकेश्वरवाद) को सद्गुण र जो एकेश्वरवाद पालन गर्दै मर्छ, ऊ स्वर्गमा प्रवेश गर्नेछ । तर केही अपराधका आधारमा उनलाई केही सजाय हुने सम्भावना पनि छ ।
-शिर्क (बहुदेववाद) को खतरा र बहुदेववाद गर्दै मर्ने व्यक्ति नरकमा जान्छ ।</t>
+यस हदीसबाट तौहीद (एकेश्वरवाद) को महान् विशेषता प्रष्ट हुन्छ। 
+यसअनुसार जुन व्यक्ति एकेश्वरवाद पालन गर्ने अवस्थामा  मर्छ, उसले आफूले गरेका केही पापको दण्ड भोग्नु पर्ने भए पनि अन्तमा अवश्य नै स्वर्ग प्राप्त गर्नेछ ।
+यो हदीसले शिर्क (बहुदेववाद) को गम्भीर परिणाम र खतरालाई स्पष्ट पार्दछ। यसअनुसार, जुन व्यक्ति शिर्क गरेको अवस्थामा मर्छ, ऊ नरकमा जानेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>चरमवादी (अति बढाइचढाई गर्ने) हरू विनाश भए</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "चरमवादी (अति बढाइचढाई गर्ने) हरू विनाश भए।" उहाँले यो तीन पटक भन्नुभयो ।</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले ती चरमपन्थीहरूको विनाश र बर्बादीको बारेमा बताउँदै हुनुहुन्छ, जो ईश्वरीय मार्गदर्शन र ज्ञान बिना आफ्नो धर्म, वचन र कार्यहरूमा नबी द्वारा तोकिएको कानूनी सीमा (शरिया) भन्दा बाहिर जान्छन् ।</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>हरेक काममा बनावटी व्यवहार र उग्रता बाट मनाही गरिएको हो, त्यसैले यसबाट बच्न अति नै आवश्यक छ; विशेषगरी धर्मकार्य र धार्मिक मानिसहरूको सम्मानमा ।
 उपासना आदि लाई पूर्णताका साथ गर्न प्रयास गर्नु सराहनीय कुरा हो, तर यसका लागि शरीयतको पालना गर्नु आवश्यक छ ।
 कुनै पनि महत्त्वपूर्ण कुरालाई जोड दिनु "मुस्तहब"(राम्रो) हो, किनकि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो वाक्यलाई तीन पटक दोहोर्‍याउनु भयो ।
 यस हदीस बाट स्पष्ट हुन्छ कि इस्लाम एक सहज र उदार धर्म हो  ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
-[...2 lines deleted...]
-    <t>रसूल अल्लाह (सल्लल्लाहु अलैहि व सल्लम) ले भने : "रोग संक्रामक हुँदैन, न त अपशगुनमा विश्वास गर्नुपर्छ, तर मलाई शुभसंकेत मन पर्छ।" साहबाहरूले सोधे : "शुभसंकेत भनेको के हो?" उहाँले भन्नुभयो : "मिठो शब्द।</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
+  </si>
+  <si>
+    <t>कुनै पनि रोग (आफैँ) संक्रामक हुँदैन, न त अपशकुन भन्ने कुनै कुरा हुन्छ, तर मलाई शुभसंकेत मन पर्छ।" साहबाहरूले सोध्नुभयो, "शुभसंकेत भनेको के हो?" उहाँले भन्नुभयो, "मिठो राम्रो बोली।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
-    <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : रसूल अल्लाह (सल्लल्लाहु अलैहि व सल्लम) ले भने : "रोग संक्रामक हुँदैन, न त अपशगुनमा विश्वास गर्नुपर्छ, तर मलाई शुभसंकेत मन पर्छ।" साहबाहरूले सोधे : "शुभसंकेत भनेको के हो?" उहाँले भन्नुभयो : "मिठो शब्द।"</t>
+    <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुनै पनि रोग (आफैँ) संक्रामक हुँदैन, न त अपशकुन भन्ने कुनै कुरा हुन्छ, तर मलाई शुभसंकेत मन पर्छ।" साहबाहरूले सोध्नुभयो, "शुभसंकेत भनेको के हो?" उहाँले भन्नुभयो, "मिठो राम्रो बोली।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, अल्लाहको इजाजत र निर्णय बिना रोग एक व्यक्तिबाट अर्को व्यक्तिमा संक्रमण हुने विश्वास गलत हो र यो इस्लाम पूर्वका मानिसहरूको विश्वास हो । त्यसैगरी अशुभ संकेत लिनु पनि अमान्य छ । चराचुरुङ्गी, जनावर, अपाङ्गता भएका व्यक्ति, सङ्ख्या वा दिनहरू जस्ता सुनिने वा देखिने कुराबाट अशुभ चिन्ह लिनुलाई अशुभ चिन्ह भनिन्छ । यस हदीसमा "अत-तियरा" (चरा) शब्द अशुभको लागि प्रयोग गरिएको छ, किनभने शगुनको यो विधि जाहिलियतको युगमा धेरै लोकप्रिय थियो । जब अरबहरू यात्रा वा व्यापार आदि सुरु गर्न चाहन्थे, तिनीहरू चरा उडाउने गर्थे । चरा दायाँ तर्फ उड्यो भने शुभ मानेर त्यो काम गर्थे र बायाँ तर्फ उड्यो भने अशुभ मानेर त्यसबाट पछि हट्ने गर्थे । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : मलाई शगुन मन पर्छ । शगुन भनेको मिठो बोली हो, जुन सुनेपछि व्यक्तिलाई आनन्द र खुशी प्राप्त हुन्छ र यसले उसलाई आफ्नो प्रभुको बारेमा राम्रो सोच्न बाध्य तुल्याउँछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ कि अल्लाहको आदेश र निर्णयबिना रोग एक व्यक्तिबाट अर्को व्यक्तिमा संक्रमण हुन्छ भन्ने विश्वास गलत हो र यो इस्लामपूर्वका (जाहिलीयत) मानिसहरूको विश्वास हो। त्यसैगरी अशुभ शकुन लिनु पनि निषेधित छ। चराचुरुङ्गी, पशु, अपाङ्गता भएका व्यक्ति, सङ्ख्या वा विशेष दिनहरू आदि जस्ता सुनिने वा देखिने विषयवस्तु बाट अशुभ संकेत लिनुलाई अपशकुन (तियराह) भनिन्छ। यस हदीसमा "अत-तैर" (चरा) शब्दलाई अशुभ संकेतको रूपमा प्रयोग गरिएको छ, किनभने जाहिलियतको युगमा (इस्लामपूर्वको समयमा) चराद्वारा शगुन लिने यो विधि अत्यन्त प्रचलित थियो। जब अरबहरू कुनै यात्रा वा व्यापार सुरु गर्न चाहन्थे, उनीहरूले चरा उडाएर शकुन विचार गर्दथे। यदि चरा दायाँतर्फ उड्यो भने त्यसलाई शुभ मानेर आफ्नो काम अगाडि बढाउँथे, तर यदि चरा बायाँतर्फ उड्यो भने त्यसलाई अशुभ मानेर उक्त कार्यबाट पछि हट्ने गर्थे। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "मलाई शुभ सङ्केत मन पर्छ।" शुभ सङ्केत भनेको मिठो बोली हो, जुन सुनेपछि व्यक्तिलाई आनन्द र खुशी प्राप्त हुन्छ र यसले उसलाई आफ्नो प्रभुको बारेमा राम्रो सोच्न बाध्य पार्छ।</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
-    <t>अल्लाहमा भरोसा राख्नुहोस्, किनभने उहाँ बाहेक नत कसैले राम्रो गर्न सक्छ नत खराबीलाई हटाउन सक्छ ।
-[...1 lines deleted...]
-शुभसंकेत निषेध होइन, बरु यो अल्लाहमा राम्रो विश्वास हो ।
+    <t>यसमा अल्लाहमाथि भरोसा राख्ने विषयलाई स्पष्ट पारिएको छ, किनभने भलाइ प्रदान गर्ने र विपत्ति हटाउनेवाला केवल अल्लाह नै हुनुहुन्छ।
+कुनै कुरालाई अशुभ मानेर त्यसबाट पछि हट्नु अपशकुन हो, र यसो गर्न निषेध गरिएको छ।
+शुभ चिन्ह वा शुभ संकेत कुनै निषेधित अन्धविश्वास होइन, बरु यो अल्लाहमाथि विश्वास र उहाँसँग राम्रो आशा राख्ने  एक कर्म हो।
 मान्छेको हरेक काम अल्लाहको मर्जी र आज्ञाले हुन्छ र उहाँको कोही साझेदार छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>जसले अल्लाहको बाटोमा जिहाद गर्ने (योद्धा) लाई (युद्ध उपकरणहरू उपलब्ध गराएर) तयार गर्छ, उसले जिहाद गर्यो र जसले युद्ध गर्न जाने व्यक्तिको परिवारको राम्रो हेरचाह गर्छ, उसले जिहाद गर्यो ।</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>जैद बिन खालिद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले अल्लाहको बाटोमा जिहाद गर्ने (योद्धा) लाई (युद्ध उपकरणहरू उपलब्ध गराएर) तयार गर्छ, उसले जिहाद गर्यो र जसले युद्ध गर्न जाने व्यक्तिको परिवारको राम्रो हेरचाह गर्छ, उसले जिहाद गर्यो ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले अल्लाहको बाटोमा जिहाद गर्ने (योद्धा) लाई आवश्यक हतियार, युद्ध उपकरणहरू, सवारी साधन, खानपिन र अन्य चीजहरू उपलब्ध गराएर तयार गर्छ; ऊ पनि मुजाहिद जस्तै हो र उसले युद्ध गरेको पुण्य पाउँछ ।
 जसले जिहाद गर्ने व्यक्तिको जिम्मेवारी लिन्छ र उसको अनुपस्थितिमा उसको घरपरिवारको राम्रोसँग हेरचाह गर्छ भने ऊ पनि मुजाहिद जस्तै हो ।</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>पुण्य कर्ममा सहयोग गर्न मुस्लिम समुदायलाई आग्रह ।
 इब्ने हजरले भने: यस हदीसमा मुस्लिमहरूको लागि राम्रो काम गर्नेहरू वा तिनीहरूको जिम्मेवारी निर्वाह गर्नेहरूप्रति दयालु हुन प्रोत्साहन गरिएको छ ।
 सामान्य नियम: जसले कसैलाई अल्लाहको आज्ञाकारितामा मद्दत गर्दछ उसलाई पनि गर्ने व्यक्ति झैं पुण्य प्राप्त हुन्छ, तर गर्ने व्यक्तिको इनाममा अलिकति पनि कमी गरिदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
-[...2 lines deleted...]
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अन्सारको बारेमा भन्नुभयो: "तिनीहरूलाई केवल मुमिनले प्रेम गर्नेछन् र कपटीले मात्र तिनीहरूलाई घृणा गर्नेछ । जसले तिनीहरूलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुनेछ र जसले तिनीहरूलाई घृणा गर्छ, अल्लाहले उसलाई घृणा गर्नुहुनेछ ।</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अन्सार (मदीनाका सहाबाहरूको एक विशेष समुह) को बारेमा भन्नुभयो: "तिनीहरूलाई केवल मुमिनले प्रेम गर्नेछन् र कपटीले मात्र तिनीहरूलाई घृणा गर्नेछ । जसले तिनीहरूलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुनेछ र जसले तिनीहरूसँग घृणा गर्छ, अल्लाहले उससँग घृणा गर्नुहुनेछ ।</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
-    <t>बरा इब्ने आजिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अन्सारको बारेमा भन्नुभयो: "तिनीहरूलाई केवल मुमिनले प्रेम गर्नेछन् र कपटीले मात्र तिनीहरूलाई घृणा गर्नेछ । जसले तिनीहरूलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुनेछ र जसले तिनीहरूलाई घृणा गर्छ, अल्लाहले उसलाई घृणा गर्नुहुनेछ ।"</t>
+    <t>बरा इब्ने आजिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अन्सार (मदीनाका सहाबाहरूको एक विशेष समुह) को बारेमा भन्नुभयो: "तिनीहरूलाई केवल मुमिनले प्रेम गर्नेछन् र कपटीले मात्र तिनीहरूलाई घृणा गर्नेछ । जसले तिनीहरूलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुनेछ र जसले तिनीहरूसँग घृणा गर्छ, अल्लाहले उससँग घृणा गर्नुहुनेछ ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मदीनाका अन्सारहरूसँगको प्रेमलाई पूर्ण ईमानको चिन्ह र उनीहरूलाई घृणा गर्नु कपटको चिन्ह हो भनेर बताउनुभएको छ । किनभने उनीहरूले इस्लाम र नबीलाई समर्थन गर्न, मुहाजिर मुस्लिमहरूलाई आश्रय दिन र अल्लाहको लागि आफ्नो जीउ-धन सबै खर्च गरेका थिए । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : जसले अन्सारलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुन्छ र जसले तिनीहरूलाई घृणा गर्छ, अल्लाहले उसलाई घृणा गर्नुहुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि मदीनाका अन्सारीहरूसँग प्रेम गर्नु पूर्ण ईमानको चिन्ह हो र उनीहरूप्रति घृणा राख्नु कपटको चिन्ह हो। यो यसकारण हो किनभने उनीहरूले इस्लाम र नबी (सल्लल्लाहु अलैहि वसल्लम) लाई पूर्ण रूपमा सहयोग गरे, (मक्का र अन्य स्थानबाट आएका) मुहाजिर मुस्लिमहरूलाई आश्रय दिए र अल्लाहको मार्गमा आफ्नो ज्यान र सम्पत्ति खर्च गर्न कुनै कसर बाँकी राखेनन्। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : जसले अन्सारलाई माया गर्छ, अल्लाहले उसलाई माया गर्नुहुन्छ र जसले तिनीहरूसँग घृणा गर्छ, अल्लाहले उससँग घृणा गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
-    <t>अन्सारहरूको लागि ठूलो स्थान, किनकि तिनीहरूको प्रेम इमानको चिन्ह र कपटबाट मुक्ति हो ।
-[...1 lines deleted...]
-इस्लाममा अग्रगामी हुनेहरूको सद्गुण ।</t>
+    <t>अन्सारहरूको लागि उच्च स्थान प्रस्ट हुन्छ, किनकि तिनीहरूको प्रेम इमान र कपटबाट मुक्तिको चिन्ह हो ।
+अल्लाहका औलिया (सन्त) हरूसँग प्रेम राख्नु र उहाँहरूको समर्थन गर्नुले अल्लाहले आफ्ना भक्तलाई प्रेम गर्नुहुन्छ।
+यसबाट इस्लाम धर्ममा प्रारम्भिक अग्रगामीहरूको उत्कृष्टता प्रस्ट हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जस्तै वुजू गरेर देखाए</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
-    <t>यह्या बिन उमारा अल-माजिनी ले बयान गरेका छन् : मैले अम्र बिन अबू हसनले अब्दुल्लाह बिन जैद (रजियल्लाहु अन्हु) लाई नबीको वुजूको बारेमा सोधिरहेको देखें । त्यसैले उनले पानीको एउटा भाँडो ल्याउन आदेश दिए र रसूल (सल्लल्लाहु अलैहि वसल्लम) जस्तै वुजू गरेर देखाए । उनले आफ्नो दुवै हातमा भाँडोको पानी खन्याए र तीन पटक हात धोए । त्यसपछि उनले भाँडोमा आफ्नो हात हाले र पानी लिएर तीन पटक मुख कुल्ला गरे, नाकमा पानी हाले र नाक सफा गरे । त्यसपछि उनले भाँडोमा आफ्नो हात हाले र पानी लिएर तीन पटक अनुहार धोए । त्यसपछि उनले भाँडोमा हात हालेर पानी लिएर दुई पटक कुहिनो समेत दुवै हात धोए । त्यसपछि उनले भाँडोमा हात हालेर पानी लिएर आफ्नो टाउकोलाई एक पटक मसह गरे (घसे) । टाउको मसह गर्दा पहिले दुवै हात अगाडिबाट पछाडि लगे र त्यसपछि पछाडिबाट अगाडि ल्याए । त्यसपछि उनले आफ्नो दुवै खुट्टा गोलीगाँठो सहित धोए ।</t>
+    <t>यह्या बिन उमारा अल-माजिनी ले बयान गरेका छन् : मैले अम्र बिन अबू हसनलाई अब्दुल्लाह बिन जैद (रजियल्लाहु अन्हु) सगँ नबी (सल्लल्लाहु अलैहि वसल्लम) को वुजू गर्ने तरिका बारे सोधिरहेको देखें ।अब्दुल्लाह बिन जैदले पानीको एउटा भाँडो ल्याउन आदेश दिए र रसूल (सल्लल्लाहु अलैहि वसल्लम) जस्तै वुजू गरेर देखाए । उनले आफ्नो दुवै हातमा भाँडोको पानी खन्याए र तीन पटक हात धोए । त्यसपछि उनले भाँडोमा आफ्नो हात हाले र पानी लिएर तीन पटक मुख कुल्ला गरे, नाकमा पानी हाले र नाक सफा गरे । त्यसपछि उनले भाँडोमा आफ्नो हात हाले र पानी लिएर तीन पटक अनुहार धोए । त्यसपछि उनले भाँडोमा हात हालेर पानी लिएर दुई पटक कुहिनो समेत दुवै हात धोए । त्यसपछि उनले भाँडोमा हात हालेर पानी लिएर आफ्नो टाउकोको एक पटक मसह गरे (पानीले भिजेकोहात ले टाउको पुछ्नु, घस्नु) । टाउको मसह गर्दा पहिले दुवै हात टाउकोको अगाडिको भागबाट पछाडिको भागसम्म लगे र त्यसपछि पछाडिबाट अगाडि ल्याए । त्यसपछि उनले आफ्नो दुवै खुट्टा गोलीगाँठो सहित धोए ।</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन जैद (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को वुजू गर्ने तरिका व्यावहारिक रूपमा प्रस्तुत गरे । त्यसैले उनले पानीको एउटा सानो भाँडो ल्याउन भने । उनले पहिले आफ्नो दुवै हत्केला धोएर सुरु गरे । त्यसपछि उनले भाँडो झुकाएर पानी खन्याए र भाँडो बाहिर दुवै हात तीन पटक हात धोए । त्यसपछि उनले भाँडोमा आफ्नो हात हाले र तीन पटक पानी लिएर मुख कुल्ला गरे र नाकमा पानी तानेर राम्रोसँग सफा गरे । त्यसपछि उनले भाँडोबाट पानी लिएर आफ्नो अनुहार तीन पटक धोए । त्यसपछि उनले भाँडोबाट पानी लिएर दुवै हात कुहिनो समेत दुई पटक धोए । त्यसपछि उनले आफ्नो दुवै हात पानीमा भिजाए अनि दुवै हातले आफ्नो टाउको मसह गरे । टाउको मसह गर्दा पहिले आफ्नो निधारबाट शुरू गरे र टाउकोको पछाडि गर्धनको माथिल्लो भागसम्म लगे र त्यसपछि पछाडिबाट घस्दै सुरु गरेको ठाउँसम्म ल्याए । त्यसपछि उनले आफ्नो दुवै खुट्टा गोलीगाँठो सहित धोए ।</t>
+    <t>अब्दुल्लाह बिन जैद (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को वुजू गर्ने तरिका व्यावहारिक रूपमा प्रस्तुत गरे । त्यसो गर्न उनले पानीको एउटा सानो भाँडो ल्याउन भने । उनले सबैभन्दा पहिले भाँडोलाई अलिकति ढल्काएर हातमा पानी खन्याए र आफ्नो दुवै हत्केला तीन पटकसम्म भाँडाबाहिर पखालेर वुजू कार्यको सुरुवात गरे। त्यसपछि उनले भाँडोमा हात हालेर तीन पटक पानी लिए र प्रत्येक पटक मुख कुल्ला गर्नुका साथै नाकमा पानी तानेर राम्ररी सफा गरे । त्यसपछि उनले भाँडोबाट पानी लिएर आफ्नो अनुहार तीन पटक धोए । त्यसपछि उनले भाँडोबाट पानी लिएर दुवै हात कुहिनो समेत दुई पटक धोए । त्यसपछि उनले आफ्नो दुवै हात पानीमा भिजाए अनि दुवै हातले आफ्नो टाउको मसह गरे । टाउको मसह गर्दा पहिले आफ्नो निधारबाट शुरू गरे र टाउकोको पछाडि गर्धनको माथिल्लो भागसम्म लगे र त्यसपछि पछाडिबाट घस्दै सुरु गरेको ठाउँसम्म ल्याए । त्यसपछि उनले आफ्नो दुवै खुट्टा गोलीगाँठो सहित धोए ।</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
-    <t>ज्ञानलाई बुझ्ने र सुदृढ गर्ने सबैभन्दा उत्कृष्ट माध्यम शिक्षकको व्यवहार हो र यसमा व्यवहारिक रुपमा गरेर सिकाउने कुरा समावेश छ ।
-[...2 lines deleted...]
-अनुहारको सीमा : लम्बाइमा निधारमा कपालको रेखादेखि दाह्री र चिउँडोसम्म र चौडाइमा एक कानदेखि अर्को कानसम्म हो ।</t>
+    <t>ज्ञानलाई बुझ्ने र सुदृढ गर्ने सबैभन्दा उत्कृष्ट माध्यम शिक्षकको व्यवहार हो, जसमा व्यवहारिक रूपमा गरेर सिकाउने प्रक्रिया पनि समावेश हुन्छ ।
+वुजू गर्दा केही अङ्गहरूलाई तीन पटकसम्म र केहीलाई दुई पटकसम्म धुन सकिने अनुमति छ, तर अनिवार्य (वाजिब) भने एक पटक मात्र धुनु हो।
+यो हदीसमा उल्लेखित तरिका अनुसार क्रमशः एकपछि अर्को अङ्गलाई धुनु अनिवार्य छ ।
+अनुहारको सीमा लम्बाइमा निधारमा कपालको जरादेखि दाह्री र चिउँडोको तल्लो भागसम्म र चौडाइमा एक कानदेखि अर्को कानसम्म हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
-[...2 lines deleted...]
-    <t>तिम्रो लागि आफ्नो हातले यसरी गर्न पर्याप्त थियो ।" त्यसपछि उहाँले आफ्नो दुवै हात भुइँमा एक पटक हान्नुभयो र आफ्नो दाहिने हातले देब्रे हात, हत्केलाको पछाडि र अनुहारमा मसह गर्नुभयो अर्थात् पुछ्नुभयो ।</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
+  </si>
+  <si>
+    <t>तिम्रो लागि आफ्नो हातले यसरी गर्न पर्याप्त थियो ।" त्यसपछि उहाँले आफ्नो दुवै हात भुइँमा एक पटक हान्नुभयो र आफ्नो दाहिने हातले देब्रे हात, हत्केलाको पछाडि र अनुहारमा मसह (पुछ्नुभयो) गर्नुभयो  ।</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
-    <t>अम्मार बिन यासिर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई एउटा काममा पठाउनुभयो । (यात्राको क्रममा) म जुन्बी (अपवित्र) भएँ र (नुहाउनको लागि) पानी पाइनँ , त्यसैले म माटोमा जनावरले लडीबुडी गरे झैं लोटपोट गरें । त्यसपछि म नबी (सल्लल्लाहु अलैहि वसल्लम) को सेवामा उपस्थित भएँ र उहाँलाई उक्त घटनाबारे भनें अनि उहाँले भन्नुभयो: "तिम्रो लागि आफ्नो हातले यसरी गर्न पर्याप्त थियो ।" त्यसपछि उहाँले आफ्नो दुवै हात भुइँमा एक पटक हान्नुभयो र आफ्नो दाहिने हातले देब्रे हात, हत्केलाको पछाडि र अनुहारमा मसह गर्नुभयो अर्थात् पुछ्नुभयो ।</t>
+    <t>अम्मार बिन यासिर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई एउटा काममा पठाउनुभयो । (यात्राको क्रममा) म जुन्बी (विर्य निस्कने कारणले हुने अपवित्रता) भएँ र (नुहाउनको लागि) पानी पाइनँ , त्यसैले म माटोमा जनावरले लडीबुडी गरे झैं लोटपोट गरें । त्यसपछि म नबी (सल्लल्लाहु अलैहि वसल्लम) को सेवामा उपस्थित भएँ र उहाँलाई उक्त घटनाबारे भनें , उहाँले भन्नुभयो: "तिम्रो लागि आफ्नो हातले यसरी गर्न पर्याप्त थियो ।" त्यसपछि उहाँले आफ्नो दुवै हात भुइँमा एक पटक हान्नुभयो र आफ्नो दाहिने हातले देब्रे हात, हत्केलाको पछाडि र अनुहारमा मसह (पुछ्नुभयो) गर्नुभयो  ।</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अम्मार बिन यासिर (रजियल्लाहु अन्हु) लाई कुनै कामको लागि बाहिर पठाउनुभयो । यात्राको क्रममा सम्भोग वा वीर्य स्खलन भएकोले जुन्बी (अपवित्र) हुनु भयो र नुहाउनको लागि पानी पाइएन। त्यतिबेला जनाबत (ठूलो अपवित्रता) पछि तयम्मुम गर्न मिल्छ भन्ने कुरा उनलाई थाहा थिएन । तर हदस अस्गर (सानो अपवित्रता) मा तयम्मुम गर्न अनुमति छ भन्ने कुरा थाहा थियो । त्यसैले उनले इज्तिहाद(गौर) गरे । हदस अस्गर (सानो अपवित्रता) मा जसरी शरीरका केही भागलाई माटोले तयम्मुम गरिन्छ, त्यसैगरी जनाबत (ठूलो अपवित्रता) मा भुइँमा लडीबुडी गरी सम्पूर्ण शरीरमा माटो लगाउनुपर्छ भन्ने धारणा राखे; पानीमाथि क्यास गर्दै भुइँमा लडीबुडी गरे र त्यसपछि नमाज पढे । पछि, जब उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आए तब उहाँलाई उक्त घटनाको बारेमा जानकारी दिए; उनको यो अमल (कार्य) सही हो कि होइन जान्नको लागि ? तसर्थ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हदस अस्गर ( पिसाब जस्तै सानो अपवित्रता) र हदस अकबर ( जनाबत जस्तैठूलो अपवित्रता)बाट पवित्रता प्राप्त गर्ने तरिका बताउनुभयो । तयम्मुम को तरिका : आफ्नो दुवै हातले भुइँमा एकपटक हान्न, र त्यसपछि देब्रेले दाहिने हात, दुवै हत्केलाको बाहिरी भाग र अनुहार मसह गर्नु हो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अम्मार बिन यासिर (रजियल्लाहु अन्हु) लाई कुनै कामको लागि बाहिर पठाउनुभयो । यात्राको क्रममा सम्भोग वा वीर्य स्खलन भएकोले जुन्बी (अपवित्र) हुनु भयो र तर उनले  नुहाउनको लागि पानी पाएनन्। त्यतिबेला जनाबत (ठूलो अपवित्रता) पछि तयम्मुम गर्न मिल्छ भन्ने कुरा उनलाई थाहा थिएन । तर हदस अस्गर (सानो अपवित्रता) मा तयम्मुम गर्न अनुमति छ भन्ने कुरा थाहा थियो । त्यसैले उनले इज्तिहाद (साधार विचारविमर्श) गरे, र यो निष्कर्ष निकाले कि जसरी हदस अस्गर (सानो अपवित्रता) को अवस्थामा (वुजूको आवश्यकता हुँदा पानी नहुने स्थितिमा)  वुजू गरिने केही अङ्गहरूमा  मात्र माटोले तयम्मुम गरिन्छ, त्यसैगरी जनाबत (ठूलो अपवित्रता) हुने अवस्थामा (पवित्रता को लागि पानी नहुने स्थितिमा पानिले पुरै शरीर नुहाउने जसरी गरेर)  भुइँमा लडीबुडी गरी सम्पूर्ण शरीरमा माटो लगाएर पवित्रता प्राप्त गर्न सकिन्छ ; अतः उहाँले त्यसै गरेर नमाज पढ्नु भयो । पछि जब उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आए, तब उनको सो कार्य सही थियो कि थिएन भनेर जान्नका लागि उक्त घटनाबारे उहाँलाई जानकारी गराए। त्यसो सुनेर, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई दुवै प्रकारका अशुद्धता (हदथ) अर्थात् सानो अशुद्धता (जस्तै पिसाब) र ठूलो अशुद्धता (जस्तै जनाबत) बाट शुद्ध हुने तरिका सिकाउनुभयो। यो तरिका यस्तो छ: माटोमा एकपटक दुवै हातले प्रहार गर्ने, त्यसपछि बायाँ हातले दाहिने हातको पछाडि, अनि दुवै हत्केलाको पछाडि र अनुहारमा मसह गर्ने ।</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
-    <t>तयम्मुम गर्नु अघि पानी खोज्नुपर्ने हुन्छ ।
-हदस अकबर (जनाबत जस्तो ठूलो अपवित्रता) भएको र पानी नभेट्ने व्यक्तिको लागि तयम्मुम गर्नु जायज हो ।
+    <t>तयम्मुम गर्नु अघि पानी खोज्नुपर्ने अनिवार्य छ ।
+हदस अकबर (जनाबत जस्तो ठूलो अपवित्रता) भएको र पानी नभेट्ने व्यक्तिको लागि तयम्मुम गर्नु जायज छ ।
 हदस अकबर (ठूलो अपवित्रता) र हदस अस्गर (सानो अपवित्रता) दुवैको लागि तयम्मुम गर्ने तरिका एउटै हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3461</t>
   </si>
   <si>
-    <t>قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ</t>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
   </si>
   <si>
     <t>तिमीहरूले मध्यमार्ग अपनाऊ र सही मार्गमा लाग, र जानि राख कि तिमीहरूमध्ये कुनै पनि केवल आफ्ना कर्महरूद्वारा मुक्ति पाउन सक्दैन।" सहाबाहरूले सोधे: "हे अल्लाहका रसूल! तपाईँ पनि होइन?" उहाँले भन्नुभयो: "म पनि होइन, जबसम्म अल्लाहले मलाई आफ्नो रहमत र कृपाले ढाक्नुहुन्न।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
   </si>
   <si>
     <t>अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: "तिमीहरूले मध्यमार्ग अपनाऊ र सही मार्गमा लाग, र जानि राख कि तिमीहरूमध्ये कुनै पनि केवल आफ्ना कर्महरूद्वारा मुक्ति पाउन सक्दैन।" सहाबाहरूले सोधे: "हे अल्लाहका रसूल! तपाईँ पनि होइन?" उहाँले भन्नुभयो: "म पनि होइन, जबसम्म अल्लाहले मलाई आफ्नो रहमत र कृपाले ढाक्नुहुन्न।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
 ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
 قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
 فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले सहाबाहरूलाई काम गर्नको लागि प्रोत्साहन दिनुभएको छ। उनीहरूलाई सकेसम्म अल्लाहको डर राखन र संतुलित र उचित मार्ग अपनाउन  प्रोत्साहित गर्नुभयो। नबी (सल्लल्लाहु अलैहि वसल्लम)ले सहाबाहरूलाई आफ्नो काममा शुद्ध नीयत राखेर अल्लाहको लागि इख्लास (सच्चा मनसाय) को साथ काम गर्न, र सुन्नतको अनुसरण गर्न आदेश दिनुभयो, ताकि तिनीहरूको कार्य स्वीकार्य होस् र अल्लाहको रहमत तिनीहरू माथि अवतरित होस्।
 नबी (सल्लल्लाहु अलैहि वसल्लम)ले सहाबाहरूलाई बताउनुभयो कि तिनीहरूको काम मात्र कुनै पनि व्यक्तिलाई बचाउनका लागि पर्याप्त हुँदैन, बरू अल्लाहको रहमत अनिवार्य छ।
 सहाबाहरूले सोधे: के तपाईँ पनि ऐ अल्लाहका रसूल, तपाईंको ठूलो प्रतिष्ठा र महिमा भएपनि, तपाईंको कार्यहरूले तपाईंलाई बचाउँदैन?
 उहाँले जवाफ दिनुभयो: म पनि होइन, जबसम्म अल्लाहले मलाई आफ्नो 
  कृपाले  ढाक्नुहुन्न ।</t>
   </si>
   <si>
     <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
@@ -4217,438 +4220,440 @@
   </si>
   <si>
     <t>इमाम नववीले भनेका छन्:" सद्दिदू वा क़ारिबू" को अर्थ हो, सही मार्गमा लाग्नुहोस् र यदि त्यसमा पूर्ण रूपमा सफलता प्राप्त गर्न असमर्थ हुनुहुन्छ भने, त्यसको नजिक जानुहोस्।अर्थात्, यसलाई सम्भव नजिक ल्याउनुहोस्। 'सेदाद' भनेको सही मार्ग हो, जुन अत्यधिकता र आलस्य बीचको सन्तुलन हो। त्यसैले न त अत्यधिक गर्नुपर्छ, न त लापरवाह हुनुपर्छ।
 ईमाम इब्न बाजले भनेका छन्: "सद्गुणपूर्ण कार्यहरू स्वर्गमा प्रवेश गर्ने कारणहरू हुन्, त्यसै गरी खराब कार्यहरू नरकमा प्रवेश गर्ने कारण हुन्। यो हदीसले स्पष्ट पार्दछ कि स्वर्गमा प्रवेश केवल भलाईका कामहरूको आधारमा होइन, बरु अल्लाहको क्षमा र रहमतको आवश्यकता छ।  मानिसहरू आफ्ना कार्यहरूको कारणले स्वर्गमा प्रवेश गर्छन्, तर तिनीहरूको प्रवेशको मुख्य कारण अल्लाहको रहमत, क्षमा, र माफी हो।
 मानिसले उसको कार्यको स्तर जति उच्च भए तापनि, त्यसप्रति घमण्ड वा आत्ममुग्धता गर्नु हुँदैन। यो सम्झनु आवश्यक छ कि सबै कर्म अल्लाहको अनुग्रह र मार्गदर्शनद्वारा मात्र सम्भव छन्, किनभने अल्लाहको हक बन्दाको सबै कार्यभन्दा धेरै महान छ। त्यसैले बन्दाले डर र आशा दुवैलाई सँगसँगै राख्न आवश्यक छ।
 अल्लाहको कृपा र रहमत आफ्ना बन्दाहरूको कार्यहरूभन्दा धेरै विशाल छ।
 सद्गुणपूर्ण कार्हयरू स्वर्गमा प्रवेश गर्ने कारण हुन्, तर स्वर्गमा सफलतापूर्वक प्रवेश गर्नु अल्लाहको कृपा र रहमतद्वारा मात्र सम्भव हुन्छ।
 इमाम करमानीले भनेका छन्: यदि सबै मानिसहरू अल्लाहको रहमत बिना स्वर्गमा प्रवेश गर्न सक्दैनन् भने नबी (सल्लल्लाहु अलैहि वसल्लम)को विशेष उल्लेख गर्नेको कारण यो हो कि उहाँलाई निश्चित रूपले स्वर्गमा प्रवेश गर्ने कुरा थाहा छ, तै पनि उहाँको प्रवेश केवल अल्लाहको रहमतद्वारा मात्र हुनेछ। जब कुरा यस्तो हो भने अन्य सबै मानिसहरूलाई स्वर्गमा प्रवेशका लागि अल्लाहको रहमत अझ बढी आवश्यक पर्छ ।
 इमाम नववीले भनेका छन्:  कुरआनका आयतहरू जस्तै: 
 { आफ्नो सत्कर्मको बदलामा स्वर्गमा प्रवेश गर्नुहोस् । }
  [नहल: ३२]  र  
 { तिमीहरूले गर्ने गरेका कार्यहरूको प्रतिदानस्वरूप तिमीहरूलाई उत्तराधिकारी बनाइएको स्वर्ग यही हो ।}
   [ज़ुख्रुफ: ७२], 
 यी आयतहरूले स्पष्ट रूपमा देखाउँछन् कि कार्यहरूको कारणले स्वर्गमा प्रवेश हुन्छ। यी आयतहरूले हदीसहरूको विरोध गर्दैनन्, किनकि तिनीहरूको अर्थ यो हो कि स्वर्गमा प्रवेश कार्यहरूको कारण हो, तर त्यसपछि कार्यको सफलता, इख्लास पाउने मार्गदर्शन, र अल्लाहको रहमत र कृपाबाट यसको स्वीकृति महत्त्वपूर्ण छ। त्यसैले, यो सही छ कि स्वर्गमा केवल कार्यको आधारमा प्रवेश गर्ने कुरा असम्भव हो, र यो हदीसको अर्थ पनि यही हो। र यसरी भन्न पनि ठीक हुन्छ कि व्यक्तिले आफ्नो कार्यहरूको कारणले स्वर्गमा प्रवेश गर्न सकिन्छ तर ती कार्यहरू अल्लाहको रहमतद्वारा मात्रै सम्भव भएका हुन्।
 इब्न अल-जौजीले यस विषयमा चार उत्तरहरू उल्लेख गरेका छन्:
 पहिलो: कर्म गर्नको लागि तौफीक (सक्षम बनाउने शक्ति) स्वयं अल्लाहको रहमतबाट हुन्छ। यदि अल्लाहको प्रारम्भिक रहमत नहुने हो भने, न त इमान प्राप्त हुन्थ्यो, न त त्यो आज्ञापालन (ताअत) सम्भव हुन्थ्यो, जसद्वारा उद्धार (नजात) प्राप्त हुन्छ।
 दोस्रो: बन्दाको कार्यहरू उसको मालिक (अल्लाह) का लागि हुन्छन्, किनभने ती कार्यहरू मालिकप्रति उसको कर्तव्य हो। त्यसैले, जब अल्लाहले त्यस कार्यको बदला स्वरूप इनाम दिनुहुन्छ, त्यो बन्दाको हक होइन, तर अल्लाहको कृपा र अनुग्रह हो।
 तेस्रो: केही हदीसहरूमा उल्लेख गरिएको छ कि स्वर्गमा प्रवेश गर्ने कुरा पूर्ण रूपमा अल्लाहको रहमतद्वारा हुन्छ। तर स्वर्गमा प्राप्त गरिने विभिन्न स्तरहरू (दर्जाहरू) बन्दाका कार्यहरूको आधारमा प्रदान गरिन्छ। 
 चौथो: आज्ञापालन (ताअत) र कर्महरूको समय सीमित हुन्छ, तर त्यसको बदला स्वरूप प्राप्त हुने इनाम अनन्त हुन्छ,  यस्तो अनन्त कृपाको बदला बन्दाका सीमित कार्यहरूको तुलनामा अत्यन्तै विशाल हो। त्यसैले, यो बदला केवल अल्लाहको कृपा र अनुग्रहद्वारा प्रदान गरिन्छ, न कि कर्महरूको प्रत्यक्ष अदला-बदलीको रूपमा।
 राफेईले भनेका छन्: कर्म गर्ने व्यक्तिले उद्धार प्राप्त गर्न वा उच्च स्तरहरू प्राप्त गर्न आफ्नो कार्यमाथि निर्भर हुनु हुँदैन। किनभने, उसले जुनसुकै कार्य गरेको छ, त्यो अल्लाहको तौफीक(अनुग्रह) र सहयोग द्वारा भएको हो। उसले पापबाट आफूलाई जोगाएको छ भने, त्यो पनि अल्लाहको सुरक्षा द्वारा मात्र सम्भव भएको हो। त्यसैले, यी सबै कुरा अल्लाहको कृपा र रहमतद्वारा सम्पन्न हुन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3469</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>जब मानिसहरूले अत्याचारीलाई अन्याय गरेको देख्छन् र उसलाई रोक्दैनन् भने  सम्भव छ अल्लाहले ती सबै मानिसहरूमाथि आफ्नो दण्ड पठाउनेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>अबू-बकर सिद्दीक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने: हे मानिसहरू! तपाईंहरु यो आयत पढ्नुहुन्छ: {हे मुमिनहरू, आफ्नो पर्वाह गर्नु, यदि तिमीहरू मार्गनिर्देशित छौ भने पथभ्रष्टहरूले तिमीहरूलाई कुनै हानि गर्ने छैनन्} । मैले  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनेको छु, उहाँले भन्नुभयो: "जब मानिसहरूले अत्याचारीलाई अन्याय गरेको देख्छन् र उसलाई रोक्दैनन् भने  सम्भव छ अल्लाहले ती सबै मानिसहरूमाथि आफ्नो दण्ड पठाउनेछ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>अबू-बकर सिद्दीक (रजियल्लाहु अन्हु) ले बयान गरेका छन् : मानिसहरूले यो आयत पढ्छन्:
 {हे मुमिनहरू, आफ्नो पर्वाह गर्नु, यदि तिमीहरू मार्गनिर्देशित छौ भने पथभ्रष्टहरूले तिमीहरूलाई कुनै हानि गर्ने छैनन्} [अल-माइदह: १०५] ।
 यो आयातबाट केही मानिसहरूले के बुझ्छन् भने मानिसले केवल आफ्नो सुधार गर्नु पर्याप्त छ । त्यसपछि कोही गलत काम गर्छ भने उसलाई कुनै हानि हुने छैन र उनीहरूलाई असल कुराको आज्ञा दिने र नराम्रो कुराबाट रोक्ने उसको जिम्मेवारी होइन!
 सुन, कुरा त्यस्तो होइन, यो उनीहरूको भ्रम मात्र हो । उनले नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने: जब मानिसहरूले अत्याचारीलाई अन्याय गरेको देख्छन् र रोक्न सक्ने शक्ति हुँदाहुँदै पनि रोक्दैनन् भने अल्लाहले अन्याय गर्ने र मौन बस्ने सबैलाई सजाय दिने सम्भावना हुन्छ ।</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>एकअर्कालाई सल्लाह दिनु, असल कुराको आदेश दिनु र गलतबाट रोक्नु मुस्लिमहरूको कर्तव्य हो ।
 अल्लाहको अजाब (सजाय) अत्याचारीलाई उसको अन्यायले गर्दा र रोक्न सक्ने शक्ति हुँदाहुँदै पनि आवाज नउठाउने दुवैलाई समान हुन्छ ।
 जनतालाई असल ज्ञान र कुर्आनको सही अर्थ र व्याख्या सिकाउनु पर्छ ।
 मानिसले अल्लाहको पुस्तकको अर्थ बुझ्न ध्यान दिनुपर्छ, ताकि उसले सर्वशक्तिमान् अल्लाहको अभिप्राय बाहेक अन्य तरिकाले नबुझोस् ।
 असल कुराको उपदेश र नराम्रो कामलाई निषेध गर्न छोडेमा मार्गदर्शन प्राप्त हुँदैन ।
 आयातको सही व्याख्या: आफुलाई पापबाट बचाउन प्रतिबद्ध हुनुहोस्, जब तपाईं आफुलाई पापबाट बचाउनु हुन्छ र असल कुराको उपदेश दिन र नराम्रो कामलाई निषेध गर्न असमर्थ हुनु भयो भने उनीहरूको पथभ्रष्टताले तिमीलाई कुनै हानि गर्दैन भन्ने हो ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र निसाईले कुब्रामा र इब्ने माजह तथा अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>जसले मलाई आफ्नो दुई बङ्गारो बीचको चीज (जिब्रो, मुखको बोली  ) र दुई तिघ्रा बीचको चीज (गुप्ताङ्ग) को सुरक्षाको ग्यारेन्टी दिन्छ, म उसलाई स्वर्गको ग्यारेन्टी दिन्छु ।</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>सहल बिन साअ्द (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मलाई आफ्नो दुई बङ्गारो बीचको चीज (जिब्रो, मुखको बोली  ) र दुई तिघ्रा बीचको चीज (गुप्ताङ्ग) को सुरक्षाको ग्यारेन्टी दिन्छ, म उसलाई स्वर्गको ग्यारेन्टी दिन्छु ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुइटा कुराहरू बताउनुभएको छ, जसको पालना गर्ने व्यक्ति स्वर्गमा प्रवेश गर्नेछ ।
 १- अल्लाहलाई क्रोधित गर्ने बोली वचन बाट जिब्रो (मुख)लाई बचाउनु ।
 २- गुप्ताङ्गलाई व्यभिचार  (र त्यही सेरोफेरोमा पर्न कार्यहरु) बाट सुरक्षित राख्नु ।
 किनभने धेरैजसो पापहरू यी दुई अंगहरूबाट नै हुने गर्छन् ।</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>जिब्रो (मुखको बोली) र गुप्तांगको रक्षा गर्नुले स्वर्गमा प्रवेश पाईन्छ ।
 जिब्रो  (मुखको बोली) र गुप्तांगलाई विशेष रूपमा उल्लेख गरिएको छ; किनभने संसार र परलोकमा यी दुई अंगहरू (मानिसलाई हुने) यातनाको सबैभन्दा ठूलो कारण हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
-[...2 lines deleted...]
-    <t>म र नबी (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडामा नुहाउने गर्दथ्यौं, जबकि हामीदुवै जुन्बी (अपवित्र) हुन्थ्यौं । म महिनावारी भएको बेला नबी (सल्लल्लाहु अलैहि वसल्लम) को आदेश अनुसार आफ्नो गुप्ताङ्ग लुगाले छोप्थे र त्यसपछि उहाँ मसँग मुबाशरत (सम्भोग बाहेक अन्य यौन क्रियाकलापहरू) गर्नुहुन्थ्यो</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
+  </si>
+  <si>
+    <t>म र नबी (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट नुहाउने गर्दथ्यौं, जबकि हामीदुवै जुन्बी (अपवित्र) हुन्थ्यौं । त्यसैगरी म महिनावारी भएको बेला नबी (सल्लल्लाहु अलैहि वसल्लम) को आदेश अनुसार आफ्नो गुप्ताङ्ग लुगाले बाँध्थेँ र त्यसपछि उहाँ मसँग मुबाशरत (सम्भोग बाहेक अन्य यौन क्रियाकलापहरू) गर्नुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
-    <t>आस्थावानहरूकि आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, म र नबी (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडामा नुहाउने गर्दथ्यौं, जबकि हामीदुवै जुन्बी (अपवित्र) हुन्थ्यौं । म महिनावारी भएको बेला नबी (सल्लल्लाहु अलैहि वसल्लम) को आदेश अनुसार आफ्नो गुप्ताङ्ग लुगाले छोप्थे र त्यसपछि उहाँ मसँग मुबाशरत (सम्भोग बाहेक अन्य यौन क्रियाकलापहरू) गर्नुहुन्थ्यो । उहाँ इतिकाफमा हुँदा आफ्नो शिर मतिर (मस्जिदबाट) बाहिर  निकाल्नुहुन्थ्यो र म महिनावारी हुँदा पनि उहाँको शिर धुने गर्थे ।</t>
+    <t>आस्थावानहरूकि आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, म र नबी (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट नुहाउने गर्दथ्यौं, जबकि हामीदुवै जुन्बी (अपवित्र) हुन्थ्यौं । त्यसैगरी म महिनावारी भएको बेला नबी (सल्लल्लाहु अलैहि वसल्लम) को आदेश अनुसार आफ्नो गुप्ताङ्ग लुगाले बाँध्थेँ र त्यसपछि उहाँ मसँग मुबाशरत (सम्भोग बाहेक अन्य यौन क्रियाकलापहरू) गर्नुहुन्थ्यो । त्यसैगरी उहाँ इतिकाफ (मस्जिदमा इबादतको लागि एकान्त बास बस्नु)  मा हुँदा आफ्नो शिर मतिर (मस्जिदबाट) बाहिर  निकाल्नुहुन्थ्यो र म महिनावारी हुँदा पनि उहाँको शिर धुने गर्थे ।</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
-    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग आफ्ना केही विशेष अवस्थाहरू उल्लेख गरेकी छिन्, त्यसमध्ये एउटा के छ भने सम्भोगपछिको अपवित्रतालाई हटाउन दुवै जना संगै एउटै भाँडोबाट पानी लिएर नुहाउने गर्थे । उनी महिनावारी भएको बेला नबी (सल्लल्लाहु अलैहि वसल्लम) उनीसँग माया गर्न खोज्दा उनको शरीरलाई नाभिदेखि घुँडासम्म छोप्न आदेश दिनुहुन्थ्यो र सम्भोग बाहेक अन्य यौन क्रियाकलापहरू गर्नुहुन्थ्यो । उहाँ मस्जिदमा इतिकाफमा हुँदा आफ्नो शिर आइशा (रजियल्लाहु अन्हा) तिर बाहिर निकाल्नुहुन्थ्यो र उनी आफ्नो घरमा महिनावारी भएको बेला उहाँको शिरलाई धुने गर्थिन् ।</t>
+    <t>उम्मुल मोमिनीन आइशा (रज़ियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) सँगका आफ्ना केही विशेष व्यक्तिगत अवस्थाहरू बारे बताउनुभएको छ। तीमध्ये एउटा यो हो कि सम्भोग पछि पवित्र हुनलाई उहाँ दुवै जना सगँ संगै एउटै भाँडोबाट पानी लिएर नुहाउने गर्थे । त्यसैगरी, जब उनी महिनावारीमा हुन्थिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनीसँग माया गर्न खोज्दा उनको शरीरलाई नाभिदेखि घुँडासम्म छोप्न आदेश दिनुहुन्थ्यो र सम्भोग बाहेक अन्य यौन क्रियाकलापहरू गर्नुहुन्थ्यो । त्यसैगरी उहाँ मस्जिदमा इतिकाफमा हुँदा आफ्नो शिर आइशा (रजियल्लाहु अन्हा) तिर बाहिर निकाल्नुहुन्थ्यो र उनी आफ्नो घरमा महिनावारी भएको बेला उहाँको शिरलाई धुने गर्थिन् ।</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
-    <t>पति पत्नी एउटै भाँडोबाट नुहाउनु जायज हो ।
-[...5 lines deleted...]
-आफ्नो परिवारप्रति नबी (सल्लल्लाहु अलैहि वसल्लम) को राम्रो व्यवहार ।</t>
+    <t>पति पत्नीले एउटै भाँडोबाट नुहाउन जायज छ ।
+महिनावारी भएकी महिलासँग योनिमार्गीय सम्भोगबाहेक अन्य शारीरिक सम्पर्कका क्रियाकलापहरू गर्न सकिन्छ, किनभने उनको शरीर त पवित्र नै हुन्छ।
+महिनावारी भएकी महिलाले सम्भोगबाहेक अन्य शारीरिक सम्पर्कका क्रियाकलापहरू गर्दा आफ्नो गुप्तांगमा कपडा बाँधेर बस्नु पुण्यकारी हो।
+हराम (वर्जित) कार्यहरूमा पर्नुबाट जोगिनको लागि उपायहरू अपनाउनु पर्छ ।
+महिनावारी भएकी महिलालाई मस्जिदमा बस्न अनुमति छैन।
+महिनावारी भएकी महिलाले भिजेका र सुक्खा वस्तुहरू छुन सक्छिन्, जस्तै कपाल धुनु र कैंयोले कपाल मिलाउनु आदि। (अर्थात् महिनावारीको समयमा महिलालाई सामान्य दैनिक कार्यहरू गर्न कुनै प्रतिबन्ध हुँदैन।)
+यसबाट आफ्नो परिवारप्रति नबी (सल्लल्लाहु अलैहि वसल्लम) को राम्रो व्यवहार स्पष्ट हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3476</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>मेरो अघि अल्लाहले जुनसुकै उम्मतमा कुनै नबी पठाउनुभएको थियो, ती नबीलाई आफ्ना उम्मतबाट सहयोगी (حواريون) र साथीहरू प्रदान गरिन्थ्यो। ती मानिसहरू नबीको सुन्नतलाई पालन गर्थे र उहाँका आदेशहरूको अनुसरण गर्थे।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>हदीस : हज्रत अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) द्वारा बयान गरिएको छ कि अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "मेरो अघि अल्लाहले जुनसुकै उम्मतमा कुनै नबी पठाउनुभएको थियो, ती नबीलाई आफ्ना उम्मतबाट सहयोगी (حواريون) र साथीहरू प्रदान गरिन्थ्यो। ती मानिसहरू नबीको सुन्नतलाई पालन गर्थे र उहाँका आदेशहरूको अनुसरण गर्थे।
 तर तिनको पछि यस्तो पुस्ता आउँछ, जसले भन्ने कुरा आफू गर्दैनन् र गर्ने कुरा आदेशबमोजिम हुँदैन। जसले उनीहरूविरुद्ध आफ्नो हातले संघर्ष गर्छ, ऊ विश्वासी हो। जसले आफ्नो जिब्रोले उनीहरूविरुद्ध संघर्ष गर्छ, ऊ पनि विश्वासी हो। र जसले आफ्नो हृदयले उनीहरूलाई गलत ठान्छ, ऊ पनि विश्वासी हो। तर यसबाहेक इमानको तौलमा सरसोंको दाना बराबर पनि केही बाँकी हुँदैन।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि उहाँ भन्दा पहिला अल्लाह तआलाले जुन समुदायमा कुनै नबी( सन्देष्टा) पठाउनु भएता पनि उनका आफ्ना अनुयायीहरू मध्ये विशुद्ध , सहयोगी, र मुजाहिद( जिहाद गर्ने वाला एवं अति नै सङ्घर्ष गर्ने वाला ) र  नि:स्वार्थहरू हुने गर्थे । जो उन पछि खिलाफत ( नबी पछिको कार्यभार)  ठीक राख्थे । उनका तरिकाहरू समातेका हुन्थे ।  उनको हुकुम मानेका हुन्थे । फेरि ती बितेका सत्कर्मी सपुतहरू पछि यस्ता मानिसहरू आए जसमा कुनै भलाइ थिएन ।  उनीहरू जे भन्थे, त्यो गर्दैन थिए ।   जे गर्न भनिएको हुन्थेन, त्यो गर्थे ।  सो जसले उनीहरूसित  हातले जिहाद गर्यो, त्यो इमानवाला हो र जसले उनीहरूसित मुखले जिहाद गर्यो त्यो इमान वाला हो र जसले उनीहरूसित हृदयले जिहाद गर्यो त्यो इमान वाला हो । र यो पछि रायोको दाना जती पनि इमान हुँदैन  ।</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>हदीसको अर्थ :
 शरीअतका विरोधीहरूको विरुद्ध आफ्नो बोली एवं व्यवहारद्वारा जिहादका लागि उत्प्रेरित गर्नु  ।
 खराब काम गर्दा पनि मनले अनुचित न मान्नु यो इमान कमजोर हुनु र इमान नै गइ सकेको हुनुको सबुत हो ।
 अल्लाह तआलाले नबीहरूलाई  उनीहरू पछि उनीहरूको सन्देश बोकेर हिड्ने वालाहरू उपलब्ध गराउनु।
 जसले मुक्ति चाहन्छ, उसले नबीहरूको तरिका अपनाउनु नै पर्छ । किन भने उनीहरूको तरिकाको अलावा अन्य हरेक तरिका विनाश र पथ भ्रष्टता हो ।
 जति जति नबी (सल्लल्लाहु अलैहि व सल्लम ) र उहाँका सहाबी (साथी)हरू देखि जमाना टाढा हुँदै गयो, मान्छेहरूले सुन्नत छोडे र मनलागी गर्न थाले र नौला नौला कुराहरू शुरु गरे ।
 जिहादका श्रेणी हरूको बारेमा ; वास्तवमा यो हातद्वारा हो उसका लागि हो जो हातले बदलिन सक्छ । जस्तैः अभिभावक  र शासक र जिम्मेवारहरूले गर्ने । यसरी नै बोलीद्वारा हुन्छ, अल्लाहका बारे बताएर, र उहाँ तर्फ बोलाएर।
 र हृदयद्वारा खराब कार्यहरूला ईनकारेर र नौला कार्य हरूलाई मन न पराएर,
 अम्र बिल मारूफ ( सत्कर्महरूको आदेशको अनिवार्यता) र नह्यी अनि मुन्कर ( नराम्रा कर्महरूको इन्कार) ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3480</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
-[...2 lines deleted...]
-    <t>तिमीहरूलाई केही शासकहरूको सामना गर्नुपर्नेछ, जसका केही काम तिमीले सही ठहर्याउनेछौ र केहीलाई अस्वीकार गर्नेछौ। जसले यिनीहरूका खराब कार्यलाई चिने, उसले आफ्नो जिम्मेवारीबाट मुक्त रह्यो, र जसले यस्ता काम को इन्कार गर्‍यो, उसले सलामती पायो। तर जो यसता काममा सन्तुष्ट भयो र समर्थन गर्‍यो, त्यो दोषी हुनेछ।</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
+  </si>
+  <si>
+    <t>भविष्यमा त्यस्ता शासकहरू आउनेछन्, जसका केही कार्यहरू तिमीहरूलाई राम्रा लाग्नेछन् र केही नराम्रा। यस्तो अवस्थामा जसले तिनीहरूका (नराम्रा कार्यहरूलाई) नराम्रो मान्नेछ, उ पापबाट मुक्त हुनेछ। र जसले तिनीहरूका नराम्रा कामहरूलाई नराम्रो भनेर इन्कार गर्नेछ, ऊ सुरक्षित रहनेछ। तर जो (तिनीहरूका नराम्रा कामहरूबाट) सन्तुष्ट रहनेछ र तिनीहरूको अनुसरण गर्नेछ, (ऊ दोषी ठहरिनेछ)।</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
-    <t>उम्मे सलमा; मुस्लिमहरूको आमाले बयान गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूलाई केही शासकहरूको सामना गर्नुपर्नेछ, जसका केही काम तिमीले सही ठहर्याउनेछौ र केहीलाई अस्वीकार गर्नेछौ। जसले यिनीहरूका खराब कार्यलाई चिने, उसले आफ्नो जिम्मेवारीबाट मुक्त रह्यो, र जसले यस्ता काम को इन्कार गर्‍यो, उसले सलामती पायो। तर जो यसता काममा सन्तुष्ट भयो र समर्थन गर्‍यो, त्यो दोषी हुनेछ।"
+    <t>मुस्लिमहरूको  आमा उम्मे सलमाले बयान गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "भविष्यमा त्यस्ता शासकहरू आउनेछन्, जसका केही कार्यहरू तिमीहरूलाई राम्रा लाग्नेछन् र केही नराम्रा। यस्तो अवस्थामा जसले तिनीहरूका (नराम्रा कार्यहरूलाई) नराम्रो मान्नेछ, उ पापबाट मुक्त हुनेछ। र जसले तिनीहरूका नराम्रा कामहरूलाई नराम्रो भनेर इन्कार गर्नेछ, ऊ सुरक्षित रहनेछ। तर जो (तिनीहरूका नराम्रा कामहरूबाट) सन्तुष्ट रहनेछ र तिनीहरूको अनुसरण गर्नेछ, (ऊ दोषी ठहरिनेछ)।"
 साथीहरूले सोधे, "के हामी उनीहरूसँग युद्ध गरौं?"
-उहाँले भने,  "होइन, जबसम्म उनीहरू नमाज पढिरहन्छन् ।"</t>
+उहाँले भने,  "होइन, जबसम्म उनीहरू नमाज पढिरहन्छन् (तबसम्म युद्ध नगर्नु) ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : हामीमाथि यस्ता हाकिमहरू नियुक्त हुनेछन्, जसका केही कार्यहरू शरियत अनुसार हुनाले हामीलाई सही लाग्ने छन् र केही कार्यहरू शरीयत विरुद्ध भएकोले गलत लाग्नेछ । यस्तो अवस्थामा जसले त्यो मुन्कर (गल्ती) लाई इन्कार गर्न असमर्थ भएकोले आफ्नो हृदयमा नराम्रो ठान्छ भने त्यो व्यक्ति पाप र पाखण्डबाट मुक्त भएको मानिनेछ । त्यसैगरी हातले रोक्ने वा जिब्रोले खण्डन गर्ने शक्ति भएकोले आफ्नो जिम्मेवारी पूरा गर्छ, त्यो पाप र त्यसमा सहभागी हुनबाट सुरक्षित हुनेछ । तर जो उसको दुष्ट कर्ममा सन्तुष्ट रहन्छ र तिनीहरूको पाइला पछ्याउँछ, त्यो तिनीहरू जस्तै विनाशको शिकार हुनेछ ।
-तब सहाबाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, के हामीले त्यस्ता शासकहरूसँग लड्नु हुँदैन ? उहाँले तिनीहरूलाई त्यसो गर्नबाट मनाही गर्दै भन्नुभयो : होइन, तिनीहरूले नमाज स्थापना गरुन्जेल त्यसो नगर्नुहोस् ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : हामीमाथि यस्ता हाकिमहरू नियुक्त हुनेछन्, जसका केही कार्यहरू हामीले शरीअत इस्लामी कानुन)  सँग मेल खाने भएकोले स्वीकार गर्नेछौं, र केही कार्यहरू हामीले शरीअतको उल्लङ्घन भएकोले अस्वीकार गर्नेछौं। यस्तो अवस्थामा, यदि कुनै व्यक्ति मुन्कर (गलत कार्य) लाई प्रत्यक्ष रूपमा इन्कार गर्न असमर्थ छ र उसले त्यसलाई आफ्नो हृदयदेखि नै नराम्रो ठान्छ भने, त्यो व्यक्ति पाप र पाखण्डबाट मुक्त मानिन्छ । त्यसैगरी जो व्यक्ति हात वा वचनद्वारा गलत कामलाई रोक्ने सामर्थ्य राख्छ र त्यसलाई अस्वीकार गर्छ, ऊ पाप र त्यसमा सहभागी हुने अवस्थाबाट सुरक्षित रहन्छ। तर जसले उनीहरूको गलत कर्मलाई मनपराउँछ र त्यसमा उनीहरूको अनुसरण गर्छ, ऊ पनि उनीहरूजस्तै विनाश हुनेछ।
+तब सहाबाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, 'के हामीले त्यस्ता शासकहरूसँग युद्ध गर्नु हुँदैन?'
+उहाँले उनीहरूलाई त्यसो गर्नबाट रोक्दै भन्नुभयो, 'होइन, जबसम्म उनीहरूले नमाजको स्थापना गर्छन्, तबसम्म युद्ध नगर्नु।'</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
-    <t>मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भन्ने कुराको एउटा प्रमाण के छ भने उहाँले भविष्यमा हुने केही घटनाहरूको भविष्यवाणी गर्नुभएको थियो र पछि त्यो उहाँले भविष्यवाणी गरेझैं प्रकट भयो ।
-[...3 lines deleted...]
-सलाह (नमाज) धेरै महत्त्वपूर्ण कुरा हो । सलाह भनेको कुफ्र र इस्लाम बीचको भिन्नता हो ।</t>
+    <t>मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सत्य रसूल हुनुहुन्छ भन्ने कुराको एउटा प्रमाण के हो भने उहाँले भविष्यमा हुने केही घटनाहरूको भविष्यवाणी गर्नुभएको थियो र पछि त्यो उहाँले भविष्यवाणी गरेझैं प्रकट भयो ।
+गलत कार्यप्रति सहमति जनाउनु वा त्यसमा सहभागी हुनु शरियतमा अनुमत छैन; बरु, त्यसको खण्डन गर्नु अनिवार्य ठहरिएको छ।
+यदि शासकहरूले शरीयत विपरित काम गर्न थाल्छन् भने त्यस्ता कुरामा उनीहरूको आज्ञापालन गर्नु जायज हुँदैन।
+मुस्लिम शासकहरू विरुद्ध विद्रोह गर्ने अनुमति छैन, किनभने यसले दंगा, अराजकता, रक्तपात र अशान्ति उत्पन्न गराउँछ। त्यसैले, अवज्ञाकारी शासकहरूको अन्याय सहनु र उनीहरूले दिने कष्टमा धैर्य गर्नु, (विद्रोह गरेर समाजलाई ठूलो संकटमा पार्नुभन्दा) धेरै सहज र उपयुक्त ठहरिन्छ।
+सलाह (नमाज) इस्लाममा अत्यन्त महत्त्वपूर्ण कर्म हो। वास्तवमै, सलाह नै कुफ्र र इस्लाम बीचको सीमारेखा हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3481</t>
   </si>
   <si>
-    <t>أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي</t>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>मलाई पाँच वटा कुरा प्रदान भए जो म भन्दा पहिला कसैलाई दिइएन</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>हजरत जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "मलाई पाँच वटा कुरा प्रदान भए जो म भन्दा पहिला कसैलाई दिइएन  । एक महिनाको यात्रा जति पर सम्म त्रासद्वारा मेरो मद्दत गरियो । अनि सारा धरती मेरो लागि मस्जिद र पवित्रता प्राप्त गर्न मिल्ने बनाइयो । अत: मेरा अनुयायीहरू मध्येको कसैलाई नमाजको समयले भेटायो भने नमाज पढोस् । यसरी नै मेरा निमित्त युद्धधन वैध गरियो , जब कि मभन्दा पहिला कसैका लागि वैध थिएन र मलाई सिफारिसको अधिकार प्रदान गरियो । अनि  नबीहरू आफ्नो समुदायको लागि खास गरेर पठाइएका हुन्थे जब कि म सारा मानव समुदायका लागि नबी बनाएर पठाइएको हुँ ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
     <t>हदीसको व्याख्या : नबी (सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि अल्लाह तआलाले उहाँलाई पाँच वटा खुबीहरू प्रदान गर्नु भयो जो उहाँ भन्दा पहिलेका नबीहरू मध्ये कसैलाई प्रदान भएको थिएन ।
 पहिलो : मलाई त्रासद्वारा सहायता दिइयो जो मेरा शत्रुहरूको मनमा हालिन्छ । चाहे मेरो र उसको बीचमा एक महिनाको यात्राको दूरी नै किन न होस्  ।
 दोस्रो : हाम्रा लागि सम्पूर्ण धरतीलाई मस्जिद बनाइयो,जहाँ हुन्छौं त्यहीँ हामी नमाज पढ्छौँ र  पानी पाउन नसकेको अवस्थामा माटोद्वारा पवित्रता प्राप्त गर्छौं।
 तेस्रो : हामीहरूका लागि युद्धमा प्राप्त भएको धन वैध (हलाल) गरियो । यो त्यो धन हो जो मुसलमानहरूले इन्कारीहरूका साथ भएको युद्धमा लिएका हुनेछन् ।
 चौथो : मलाई कयामत (महाप्रलय)को दिनको भयावह अवस्थाबाट मानिसहरूलाई राहत दिनका लागि अति ठूलो सिफारिसको हक प्रदान गरियो ।
 पाँचौ : म समस्त सृष्टि मानव जात र जिन्नहरू सबैका निमित्त (रसूल) सन्देश वाहक बनाएर पठाइएको हुँ । उहाँ भन्दा पहिलाका अरू नबीहरू विपरीत , उनीहरू केवल आफ्नो समुदायका लागि पठाइएका हुन्थे ।</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
     <t>हदीसको निचोड : मान्छेले आफूमाथि भएका अल्लाहका वरदानहरू कसैलाई बताउन र अल्लाहको आभार व्यक्त गर्नका लागि गन्ती गराउन सक्छ ।
 अल्लाह ﷻ को अनुग्रह यो समुदाय माथि र उनीहरूको नबी माथि यी खुबीहरू द्वारा ।
 नमाज अनिवार्य पढ्नु पर्ने, चाहे जुनसुकै हालत होस् र यसका लागि त्यसका शर्तहरू र त्यसका आधार एवं त्यसका वाजिब (गर्नै पर्ने कुरा) हरू सकेसम्म पुरा गर्ने ।
 नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) लाई अन्य नबीहरू भन्दा विशिष्ट रूपमा प्रदान गरिएको सिफारिश (शफाअत)का प्रकारहरू छन्। तीमध्ये एउटा प्रकार हो: न्यायको निर्णय गर्न सृष्टिको लागि उहाँको सिफारिश। अर्को प्रकार हो: स्वर्ग (जन्नत)का पात्रहरूलाई स्वर्गमा प्रवेश गराउन उहाँको सिफारिश। त्यसैगरी, एउटा विशिष्ट प्रकार हो: उहाँको काका अबू तालिबका लागि उहाँको सिफारिश, जसले आगो (दण्ड)लाई हल्का पार्ने काम गर्दछ तर पूर्ण रूपमा छुटकारा दिने होइन; किनभने उनी काफिरकै रूपमा मृत्यु भएका थिए।
 नबी (सल्लल्लाहु अलैहि वसल्लम)का खुबीहरू धेरै छन् जो यो हदीसमा बताइएका छैनन् । ती मध्ये संक्षिप्त वाक्यहरू प्रदान गरियो र नबीहरूको सिलसिला म मा अन्त्य गरियो र हाम्रो (नमाजको लागि लगाइने ) पंक्ति फरिश्ताहरूको पंक्ति जस्तो बनाइयो । यस बाहेक अरू पनि खुवी हरू ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3503</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
-[...2 lines deleted...]
-    <t>मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) संग अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भन्ने गवाही दिने, नमाज स्थापना गर्ने, जकात तिर्ने, हाकिम प्रति वफादारी गर्ने र हरेक मुस्लिमको कल्याण गर्नेछु भनेर बैअत (प्रतिज्ञा) गरें ।</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
+  </si>
+  <si>
+    <t>मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग बैअत (प्रतिज्ञा) गरेँ कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भनी गवाही दिनेछु, नमाज कायम गर्नेछु, जकात तिर्नेछु, शासकप्रति वफादार रहनेछु र हरेक मुस्लिमको हित र कल्याण गर्नेछु।</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
-    <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) संग अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भन्ने गवाही दिने, नमाज स्थापना गर्ने, जकात तिर्ने, हाकिम प्रति वफादारी गर्ने र हरेक मुस्लिमको कल्याण गर्नेछु भनेर बैअत (प्रतिज्ञा) गरें ।</t>
+    <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग बैअत (प्रतिज्ञा) गरेँ कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भनी गवाही दिनेछु, नमाज कायम गर्नेछु, जकात तिर्नेछु, शासकप्रति वफादार रहनेछु र हरेक मुस्लिमको हित र कल्याण गर्नेछु।</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
-    <t>सहाबी जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग तौहीद (एकेश्वरवाद) मा अडिग रहन, दिन र रातमा पाँच अनिवार्य सलाह (नमाज) हरू यसका सर्तहरू, स्तम्भहरू, वाजिब र सुन्नतहरूको साथ स्थापना गर्न, फर्ज जकात दिन (जकात एक आर्थिक उपासना हो जुन धनी व्यक्तिहरूबाट लिइन्छ र गरिब तथा हकदारहरूलाई दिइन्छ), हाकिम र सरोकारवालाहहरूको आज्ञापालन गर्न र प्रत्येक मुस्लिमप्रति इमानदार भइ उसको फाइदा हुने र नोक्सानीबाट बचाउने सर सल्लाह दिने कुरामा प्रतिबद्धता र वाचा गरे ।</t>
+    <t>सहाबी हजरत जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग निम्न कुराहरूप्रति वचनबद्धता जनाउँदै प्रतिज्ञा गरे:
+अल्लाहको तौहीदको (एकेश्वरवादको) सिद्धान्तलाई दृढतापूर्वक पालना गर्नुहुनेछ; दिन-रातमा पाँच अनिवार्य नमाजहरूलाई तिनीहरूका अर्कान (स्तम्भहरू), शर्त (सर्तहरू), वाजिब (अनिवार्य कार्यहरू) र सुन्नत अनुसार नियमित रूपमा सम्पन्न गर्नुहुनेछ; त्यसैगरी निर्धारित जकात (यो एक अनिवार्य आर्थिक उपासना हो जुन धनी व्यक्तिहरूबाट सङ्कलन गरी गरिब तथा अन्य योग्य व्यक्तिहरूलाई वितरण गरिन्छ) प्रदान गर्नुहुनेछ; शासक र सरोकारवालाहरूको आज्ञापालन गर्नुहुनेछ; र प्रत्येक मुस्लिमको कल्याणको कामना गर्दै उनीहरूको हितका लागि तत्पर रहनुहुनेछ, उनीहरूलाई लाभ पुर्याउनुहुनेछ, र वचन तथा कर्म दुवैबाट उनीहरूलाई हानि नहुने कुरा सुनिश्चित गर्नुहुनेछ।</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
-    <t>सलाह र जकातको महत्व र यी दुवै इस्लामका स्तम्भहरू हुन् ।
-मुस्लिमहरू बीच नसीहत र सल्लाहको महत्त्व, यहाँसम्म रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सहाबा (रजियल्लाहु अन्हुम) हरूलाई वफादारीको प्रतिज्ञा लिनुभयो ।</t>
+    <t>सलाह (नमाज) र जकातको महत्व र यी दुवै इस्लामका स्तम्भहरू हुन् भन्ने कुरा स्पष्ट हुन्छ ।
+मुस्लिमहरूबीच धार्मिक तथा सांसारिक दुवै तहमा पारस्परिक र अपारस्परिक कल्याणकारी कार्यहरू प्रवर्द्धन गर्ने र हानिकारक कुराबाट जोगिने विषय अत्यन्त महत्वपूर्ण ठहरिन्छ। यही महत्त्वलाई मध्येनजर गर्दै रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सहाबा (रजियल्लाहु अन्हुम) हरू सगँ ती कुराहरू प्रति वचनबद्धताको प्रतिज्ञा लिनुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3512</t>
   </si>
   <si>
-    <t>لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ</t>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>कि हरेक फर्ज नमाज पछि यो पढ्न न छोड्नु , " अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक " (अनुवाद ; हे अल्लाह ! मेरो मद्दत गरि दिनुहोस् तपाईँको जिक्रमा र तपाइँको आभारमा र तपाईँको उत्तम उपासनामा )</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>हजरत मुआज बिन जबल ( रजियल्लाहु अन्हु) द्वारा बयान छ ; अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उहाँको हात समात्नु भयो र भन्नु भयो; " हे मुआज ! अल्लाह कसम ! म तिमीलाई माया गर्छु ।  " हे मुआज म तिमीलाई अर्ती दिँदैछु  कि हरेक फर्ज नमाज पछि यो पढ्न न छोड्नु , " अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक " (अनुवाद ; हे अल्लाह ! मेरो मद्दत गरि दिनुहोस् तपाईँको जिक्रमा र तपाइँको आभारमा र तपाईँको उत्तम उपासनामा )</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले मुआज (रजियल्लाहु अन्हु)को हात समात्नु भयो र उहाँसित भन्नु भयो :  अल्लाह कसम ! मलाई तिम्रो माया लाग्छ । त्यसैले तिमीले हरेक फर्ज नमाज पछि ( निम्न वाक्यहरू) भन्न न छोड्ने अर्ती दिन्छु । (अल्लाहुम्म अइन्नी अला जिक्रिक... ) हरेक बोल र कर्मले आज्ञा पालना तर्फ ल्याउँछ । ( व शुक्रिक ) वरदानहरू प्राप्त गरेर र सजायलाइ हटाएर । ( व हुस्नि इबादतिक) अल्लाहका लगि खास गरेर र नबी (सल्लल्लाहु अलैहि वसल्लम)को अनुसरण गर्दै ।</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>मान्छेसित अल्लाहका लागि माया भए बताउने अनुमति
 हरेक फर्ज र नफ्ल नमाजहरू पछि यो दुआ पढ्नु मुस्तहब हो
 दुआमा यति थोरै शब्दहरू भएता पनि यस लोक र परलोकमा आवस्यक कुरा छन् ।
 अल्लाहका लागि गरिएको मायाको लाभमा सत्य बारेमा  खोजी गर्नु र एक अर्कालाई सम्झाउनु र पुण्य र संयमतामा सहयोग गर्नु हो ।
 तैयबी भन्नु हुन्छ : अल्लाहको जिक्र ( जप) छाती ( मन ) प्रफुल्ल हुन थाल्नु हो । अनि उहाँको आभार वरदानहरू हासिल गर्ने एउटा तरिका हो । फलत:  उत्तम उपासना ती कुराहरूबाट बचाउने एउटा तरिका हो जो कुराहरू अल्लाह देखि हटाउने हुन्छन् ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3518</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
-[...2 lines deleted...]
-    <t>अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
+  </si>
+  <si>
+    <t>अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा अनिवार्य हुने जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, यसो गरेमा, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
-    <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले 'हज्जतुल-वदाअ' को खुत्बा (उपदेश) मा भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।"</t>
+    <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले 'हज्जतुल-वदाअ' ( उहाँको जिवनको अन्तिम हज्ज) को खुत्बा (उपदेश) मा भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा अनिवार्य हुने जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, यसो गरेमा, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले १० हिज्री सम्वत, 'हज्जतुल-वदाअ' (विदाई हज) मा, अरफाको दिन एक उपदेश दिनुभयो । यो उहाँको अनितम हज भएकोले यसलाई 'हज्जतुल-वदाअ' भनिन्छ । उहाँले सम्पूर्ण मानिसहरूलाई आफ्ना पालनकर्ताका आज्ञाहरू पालन गरेर र उहाँका निषेधहरूबाट टाढा रहेर उहाँसँग डराउन आज्ञा दिनुभयो । अल्लाहले दिन र रातमा अनिवार्य गर्नुभएको पाँच नमाजहरू स्थापना गर्न आदेश दिनुभयो । रमजान महिनाको रोजा राख्न आदेश दिनुभयो । जकातको पैसा हकदारलाई दिन र त्यसमा कन्जुस्याइँ नगर्न आदेश दिनुभयो । अल्लाहको आदेशको उल्लंघन नगरी शासक र सरोकारवालाहरूको आज्ञापालन गर्न आदेश दिनुभयो । जसले यी उल्लेखित कामहरू गर्छ, उसको बास स्थान स्वर्ग हुनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले १० हिज्री सम्वत, 'हज्जतुल-वदाअ' (विदाई हज) मा, अरफाको दिन एक उपदेश दिनुभयो । यो उहाँको अनितम हज भएकोले यसलाई 'हज्जतुल-वदाअ' भनिन्छ । उहाँले सम्पूर्ण मानिसहरूलाई आफ्ना पालनकर्ताका आदेशहरू पालना गर्न र उहाँले निषेध गरेका कुराहरूबाट टाढा रहँदै उहाँसँग डराउन आदेश दिनुभयो। साथै अल्लाहले दिन र रातमा अनिवार्य गर्नुभएको पाँच नमाजहरू स्थापना गर्न, रमजान महिनाको रोजा राख्न, र जकातको पैसा हकदारलाई दिन र त्यसमा कन्जुस्याइँ नगर्न आदेश दिनुभयो । त्यसैगरी अल्लाहको आदेशको उल्लंघन नगरी शासक र सरोकारवालाहरूको आज्ञापालन गर्न आदेश दिनुभयो । जसले यी उल्लेखित कामहरू गर्छ फलस्वरूप उसको बास स्थान स्वर्ग हुनेछ ।</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
-    <t>यी कार्यहरू स्वर्गमा प्रवेश गर्ने कारणहरू हुन् ।</t>
+    <t>माथि उल्लेखित कार्यहरू स्वर्गमा प्रवेश गर्ने कारणहरू हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
-[...2 lines deleted...]
-    <t>जब तिमीहरू मध्ये कसैले आफ्नो वुजू तोड्छ भने वुजू नगरुन्जेल अल्लाहले उसको नमाज स्वीकार गर्नुहुन्न ।</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
+  </si>
+  <si>
+    <t>तिमीहरू मध्ये कसैको वुजू भङ्ग भएमा, पुनः वुजू नगरेसम्म अल्लाहले उसको नमाज स्वीकार गर्नुहुन्न।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब तिमीहरू मध्ये कसैले आफ्नो वुजू तोड्छ भने वुजू नगरुन्जेल अल्लाहले उसको नमाज स्वीकार गर्नुहुन्न ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरू मध्ये कसैको वुजू भङ्ग भएमा, पुनः वुजू नगरेसम्म अल्लाहले उसको नमाज स्वीकार गर्नुहुन्न।"</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, नमाज सही हुने सर्तहरू मध्ये एक तहारत (शुद्धता) हो । तसर्थ, जसको पिसाब, दिसा, निद्रा आदि कारणले वुजू टुट्छ र नमाज पढ्न चाहन्छ भने उसले अनिवार्य रुपमा वुजू गर्नु पर्छ ।</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि नमाज सही हुने सर्तहरू मध्ये एक तहारत (शुद्धता,वुजू) हो । तसर्थ, जसको वुजू पिसाब, दिसा, निद्रा आदि कारणले भङ्ग भएको छ र नमाज पढ्न चाहन्छ भने उसले अनिवार्य रुपमा पुनः वुजू गर्नुपर्दछ ।</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
-    <t>अपवित्र भएको अवस्थामा नमाज स्वीकृत हुँदैन, ठूलो अपवित्रतामा नुहाउनु पर्छ र सानो अपवित्रतामा वुजू गर्नुपर्छ ।
-वुजू  मुखमा पानी हालेर मुख भित्र घुमाउने र बाहिर फाल्ने, त्यसपछि नाक भित्र पानी तानेर बाहिर फाल्ने र नाक सफा गर्ने, त्यसपछि आफ्नो मुख तीन पटक धुने, त्यसपछि दुवै हात कुहिनो सहित तीन पटक धुने, त्यसपछि पूरै टाउको एक पटक मसह गर्ने (घस्ने) र त्यसपछि दुवै खुट्टा घुँडासहित तीन पटक धुने कार्यलाई भनिन्छ ।</t>
+    <t>अपवित्र भएको अवस्थामा नमाज स्वीकृत हुँदैन, (वीर्य स्खलन वा सम्भोगको कारणले हुने ) ठूलो अपवित्रतामा नुहाउनु पर्छ र (पिसाब, दिसा, निद्रा आदि कारणले हुने ) सानो अपवित्रतामा वुजू गर्नुपर्दछ।
+वुजू  मुखमा पानी हालेर मुख भित्र घुमाउने र बाहिर फाल्ने (कुल्ला गर्ने) , त्यसपछि नाक भित्र पानी तानेर बाहिर फाल्ने र नाक सफा गर्ने, त्यसपछि आफ्नो अनुहार तीन पटक धुने, त्यसपछि दुवै हात कुहुनो सहित तीन पटक धुने, त्यसपछि पूरै टाउको एक पटक मसह गर्ने (हत्केला भिजाएर पुछ्ने) र अन्तमा दुवै खुट्टा गोलीगाँठो सहित तीन पटक धुने कार्यलाई भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3534</t>
   </si>
   <si>
-    <t>قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ</t>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>अल्लाह तआला भन्नु हुन्छ:  आदमको पुत्रको हरेक काम उसका लागि हो , (रोजा) उपवास बाहेक । साँच्ची नै त्यो यो मेरो लागि हो र म यसको प्रतिफल दिनेछु</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>अबू हुरैरह (रजियल्लाहु अन्हु)ले बयान गर्नुभएको छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) ले  भन्नु भयो: अल्लाह तआला भन्नु हुन्छ:  आदमको पुत्रको हरेक काम उसका लागि हो , (रोजा) उपवास बाहेक । साँच्ची नै त्यो यो मेरो लागि हो र म यसको प्रतिफल दिनेछु  र उपवास ढाल हो र यदि यो तिमीहरू मध्ये कसैले रोजा बसेको छ भने, तब उसले नराम्रो काम नगरोस्, यदि कसैले उसलाई गाली गर्छ वा झगडा गर्छ भने, उसले भन्नु पर्छ, "म रोजा बसेको व्यक्ति हुँ " ( अल्लाह कसम) जसको हातमा मुहम्मद(सल्लल्लाहु अलैहि वसल्लम)को प्राण छ - अल्लाहका सामु रोजा बसेको मान्छेको मुखको  गन्ध कस्तुरीको सुगन्ध भन्दा राम्रो हुन्छ : रोजादारका लागि दुई वटा वरदान छन् जसबाट ऊ रमाएको हुन्छ । जब उसले अफ्तार गर्छ रमाएको हुन्छ र जब  ऊ आफ्नो पालनकर्तासित भेट्नेछ आफ्नो रोजाका कारण रमाएको हुन्छ ।‎</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो कि अल्लाहﷻ हदीसे कुदसीमा भन्नु हुन्छ :
 आदमको पुत्रको हरेक काममा दस गुणा देखि सात सय गुणा सम्म पुण्य लेखिन्छ , रोजा बाहेक । यो मेरो लागि हो , जसमा देखावट हुन सक्दैन । म त्यसको बदला दिने छु र त्यसको सवाब ( बदला) र पुण्य कति होला भन्ने कुरा मलाई नै थाहा हुन्छ ।
 फेरि भन्नु भयो ; ( रोजा ( उपवास) ढाल हो । ) र आगोबाट बच्नका लागि एवं आड र बलियो किल्ला हो । किन भने यसका कारण कामोक्षाबाट रोकिनु पर्ने र पापमा पर्नबाट बचिने हुन्छ र आगो ( नरक) मनलागी कुराले घेरिएको छ ।
@@ -4661,271 +4666,271 @@
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>रोजाको सदगुण भनेको यसलोकमा रोजादारलाई कामवासनाबाट रोक्छ भने परलोकमा नरकबाट जोगाउने छ ।
 रोजाको नियम मध्ये अश्लील र व्यर्थ कुरा छोड्नु र मान्छेहरूले सताएमा धैर्य गर्नु र सहेर अनुग्रहद्वारा उनीहरूको सामना गर्नु हो ।
 रोजादार वा उपासक यदि आफ्नो उपासना पुरा भएको र सकिएकोमा खुसी भयो भने यसका कारण परलोकमा उसको सवाब( प्रतिफल) कमी हुँदैन ।
 पुरा खुशी भनेको अल्लाह ﷻसित भेट हो  जब धैर्य गर्ने वाला र रोजादार( व्रत बस्ने वाला)हरूलाई नगनिकन उन्को प्रर्तिफल दिइने छ ।
 मान्छेहरूले आवश्यकता र बताउन पर्ने अवस्थामा - अनुपालनको खबर दिनु (इन्नी साइमुन) का अनुसार देखावट र आडम्बर होइन ।
 पुरा रोजादार( उपवास वाला) त्यो हो जसका अङ्गहरू पापहरूबाट रोजा राखेका( बचेका) हुन्छन् र मुख अश्लील बोल्नबाट र झुट बोल्नबाट र पेट खान पिउनबाट रोजा राखेको हुन्छ ।
 रोजा राखेको बेलामा चिल्लाउन र झगडा गर्नबाट रोकिने महत्व,जब कि रोजा नभएको बेलामा पनि यो कुराबाट रोकिएको छ ।
 यो हदीस जसलाई नबी(सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो पालनकर्तासित वर्णन गरेर भन्नु भएको छ यसलाई " हदीसे कुद्सी वा हदीसे इलाही" भनिन्छ । यो भनेको यसका शब्द र अर्थ दुवै अल्लाहको तर्फबाट हो । तर यसमा तिन विशेषताहरू समावेश छैनन् जसले क़ुरआनलाई अरू सबैभन्दा विशिष्ट बनाएको छ, जस्तै: यसको पाठ (तिलावत) द्वारा उपासनाको विशेषता, पवित्रताको आवश्यकता, चुनौती प्रस्तुत गर्न सक्ने योग्यता, र यसको अलौकिक चमत्कार (इ'जाज), साथै अन्य विशिष्टताहरू।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3546</t>
   </si>
   <si>
-    <t>إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا</t>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
     <t>यदि तिमीहरू मध्ये कसैको  आफ्नो भाइसित भेट भयो भने उसलाई सलाम गरोस् । फेरि यदि उनीहरूको बीचमा कुनै रुख वा गारो वा ढुङ्गाले छेक्यो र पुनः भेट भयो उसलाई सलाम गरोस् ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : यदि तिमीहरू मध्ये कसैको  आफ्नो भाइसित भेट भयो भने उसलाई सलाम गरोस् । फेरि यदि उनीहरूको बीचमा कुनै रुख वा गारो वा ढुङ्गाले छेक्यो र पुनः भेट भयो उसलाई सलाम गरोस् ।</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले मुसलमानले आफ्नो मुस्लिम भाइसित जब जब भेट भए पनि सलाम गर्नु पर्छ भनेर प्रोत्साहन दिँदै हुनुहुन्छ ।  यहाँ सम्म कि दुवै जना संगै हिँड्दै छन् र उनीहरू दुवैलाई बीचमा कुनै कुरा आएर छुट्याइ दियो जस्तै ; कुनै रुख, वा गारो अथवा ठूलो ढुङ्गा र फेरि पछि उसको भेट भयो भने अर्को पटक सलाम गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>सलाम फैलाउनु ( मुस्तहब ) राम्रो मानिएको हो , चाहे हाल बदलिनाले बारम्बार नै किन न गर्नु पर्ने होस्  ।
 नबी (सल्लल्लाहु अलैहि वसल्लम)को सलाम फैलाउने सुन्नतको मामिलामा सख्ती किनभने यसले मुस्लिमहरूबीच प्रेम र एकता कायम गराउँछ।
 सलाम (अभिवादन ) भनेको पहिलो पटक भेट हुँदा हात मिलाउनु बाहेक अस्सलामु अलैकुम  (तिमी माथि शान्ति होस् । ) वा अस्सलामु अलैकुम व रहमतुल्ल्लाहि व बरकातुह ( तिमी माथि शान्ति होस् र अल्लाहको दया र सह (बरकत) होस्) भनेर भन्नु हो ।
 सलाम दुआ हो र मुसलमानहरू एकले अर्कोलाई दुआ दिनु आवश्यक छ, चाहे यो बारम्बार नै किन न होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3552</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>जब कुनै भक्त बिरामी हुन्छ वा यात्रा गर्दछ भने, उसको लागि घरमा बसेको बेला र स्वस्थ हुँदा गरेको उपासना बराबर प्रतिफल लेखिन्छ ।</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जब कुनै भक्त बिरामी हुन्छ वा यात्रा गर्दछ भने, उसको लागि घरमा बसेको बेला र स्वस्थ हुँदा गरेको उपासना बराबर प्रतिफल लेखिन्छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको कृपा र दयाको व्याख्या गर्दै भन्नु भयो कि यदि कुनै मुस्लिम लाई स्वस्थ हुँदा र घरमा बस्ने अवस्थामा नियमित रूपले कुनै पुण्य कर्म गर्ने बानी छ, र पछि  बिरामीले गर्दा वा यात्रामा व्यस्त भएकाले वा अन्य कुनै कारणले त्यो पुण्य कर्म गर्न नसकेमा, उसलाई स्वस्थ हुँदा र घरमा बस्ने अवस्थामा गरेको पुण्य कर्म को प्रतिफल बराबर नै प्रतिफल प्रदान गरिनेछ ।</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>यो हदीसले अल्लाहको कृपा आफ्ना भकतहरू प्रति अपार छ भन्ने कुरा प्रष्ट पार्छ ।
 यस हदीसमा लगनशीलता साथ सत्कर्म गर्न प्रोत्साहित गरिएको छ, अनि स्वास्थ्य र फुर्सदको समयलाई सदुपयोग गर्न प्रोत्साहन दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3553</t>
   </si>
   <si>
-    <t>اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ</t>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
   </si>
   <si>
     <t>हे अल्लाह! म तपाईको क्रोधबाट बच्न तपाईको  प्रसन्नतामा शरण लिन्छु, तपाईको सजायबाट बच्न तपाईको क्षमामा शरण लिन्छु। र म तपाईबाटै तपाईमा शरण लिन्छु। म तपाईको प्रशंसा गर्न असमर्थ छु, जस्तो तिमीले आफैलाई प्रशंसा गर्नुभएको छ "।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: एउटी रात मैले नबी (सल्लल्लाहु अलैहि वसल्लम)लाई आफ्नो ओछ्यानमा पाइँन। त्यसपछि म उहाँलाई खोज्न थालेँ। मेरो हात उहाँका पाउको तलवामा पर्‍यो, जो उठेको थिए, र उहाँ सजदामा हुनुहुन्थ्यो। अनि उहाँ यसो भन्दै हुनुहुन्थ्यो:
 " हे अल्लाह! म तपाईको क्रोधबाट बच्न तपाईको  प्रसन्नतामा शरण लिन्छु, तपाईको सजायबाट बच्न तपाईको क्षमामा शरण लिन्छु। र म तपाईबाटै तपाईमा शरण लिन्छु। म तपाईको प्रशंसा गर्न असमर्थ छु, जस्तो तिमीले आफैलाई प्रशंसा गर्नुभएको छ "।</t>
   </si>
   <si>
     <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
 (أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
 (وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
 (لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
 (أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) भन्नुहुन्छ: म नबी (सल्लल्लाहु अलैहि वसल्लम)को छेउमा सुतिरहेको थिएँ। रातको समयमा मैले उहाँलाई भेटिन। त्यसपछि मैले आफ्नो हातले त्यो स्थानमा खोज्न थालें जहाँ उहाँ नमाज पढ्नु हुन्थ्यो। उहाँ सज्दामा हुनुहुन्थ्यो, उहाँका पाउ ठडिएका थिए, र उहाँ यसो भन्दै हुनुहुन्थ्यो:
 म तपाईको प्रसन्नताको माध्यमबाट तपाईको क्रोधबाट शरण माग्छु चाहे त्यो ममाथि होस् वा मेरी उम्मतिमाथि। र म तपाईको विशाल क्षमादानबाट तपाईको सजायबाट शरण माग्छु। म तपाईबाट तपाईको सुन्दरताका गुणहरूद्वारा र तिम्रा महिमाका गुणहरू बाट तिम्रो शरण चाहछु ।
 किनभने तपाईबाट तपाई स्वयं बाहेक अरू कोही शरण दिन सक्दैन।
 अल्लाहबाट भाग्ने कुनै ठाउँ छैन र उहाँ बाहेक शरणको कुनै आश्रय छैन। म तपाईको प्रशंसा गर्न सक्दिन, म त्यसका लागि असक्षम छु र तपाईको उपकार र कृपाको गन्ती गर्न असमर्थ छु, यद्यपि म यतिमा प्रयास गरूँ भने पनि। तपाई त्यसरी नै हुनुहुन्छ, जस्तो तपाईले आफैंलाई प्रशंसा गर्नुभएको छ। तपाई नै हौ जसले आफ्नै जातलाई तपाईको योग्य महानताका अनुसार प्रशंसा गर्नुभएको छ। तसर्थ, कोही पनि तपाईको प्रशंसा गर्नको लागि तपाईको अधिकारको पूरा मूल्याङ्कन गर्न सक्षम छैन।</t>
   </si>
   <si>
     <t>استحباب هذه الأدعية في السجود.
  قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
 استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
 فيه تعظيم الخالق في الركوع والسجود.
 جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
 قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
   </si>
   <si>
     <t>सज्दामा यी दुआहरू गर्न मुस्तहब अर्थात् राम्रो हो।
 मिरकले भने:  नसा'ईको एक रिवायतमा उल्लेख गरेको छ: नबी (सल्लल्लाहु अलैहि वसल्लम) यो दुआलाई (अल्लाहसँग शरण लिने) आफ्नो नमाज समाप्त गरेपछि र आफ्नो ओछ्यानमा विश्राम गर्न थाल्नु अगाडि उच्चारण गर्न हुन्थ्यो।
 अल्लाहको प्रशंसा उहाँका विशेस्ताहरूद्वारा गर्नु र उहाँका नामहरूद्वारा दुआ गर्नु, जसको पुष्टि क़ुरआन र हदीसमा भएको छ ।
 यसमा रुकुअ र सज्दामा सृष्टिकर्ताको महानता व्यक्त गरिएको छ।
 अल्लाहका विशेस्ताहरूको माध्यमबाट शरण लिने अनुमति छ, जस्तै उहाँको व्यक्तित्व (जात) बाट शरण लिनेको अनुमति छ।
 इमाम खत्ताबीले भनेका छन्: यस वाक्यमा एक गहिरो अर्थ के छ भने जब कुनै व्यक्ति अल्लाहसँग शरण लिन्छ, तब ऊ अल्लाहको सन्तुष्टिको लागि प्रार्थना गर्छ ताकि उसको क्रोधबाट बच्न सकोस्, र अल्लाहको क्षमाशीलताको प्रार्थना गर्छ ताकि उनी दण्डबाट मुक्ती पाओस्। यसमा रजा (सन्तुष्टि)  र असन्तुष्टि दुवै अलग अलग हुन् यसै गरि क्षमा र दण्ड पनि। जब यस कुरालाई त्यो तर्फ लगियो जसको कुनै विरोधी छैन, र त्यो अल्लाह हो, तब उसले केवल अल्लाहसँग शरण लिएको छ। र यसको अर्थ यो भयो कि अल्लाहको इबादतमा कर्तव्य पूरा गर्न नसक्ने कमजोरीको लागि क्षमा माग्नु र उहाँको प्रशंसा गर्नु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3566</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>सर्वश्रेष्ठ जिक्र (स्तुति) 'ला इला-ह इल्लल्लाह' हो र सबैभन्दा राम्रो दुआ (प्रार्थना) 'अल-हमदु लिल्लाह' हो ।</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, "सर्वश्रेष्ठ जिक्र (स्तुति) 'ला इला-ह इल्लल्लाह' हो र सबैभन्दा राम्रो दुआ (प्रार्थना) 'अल-हमदु लिल्लाह' हो ।"</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, सबैभन्दा राम्रो जिक्र "ला इला-ह इल्लाल्लाह" हो, जसको अर्थ अल्लाह बाहेक कोही सत्य ईश्वर छैन हो। जबकि सबैभन्दा राम्रो दुआ "अल-हम्दु लिल्लाह" हो, जसको अर्थ सबै अनुग्रह दिने र सबै सुन्दर प्रशंसा योग्य अल्लाह हुनुहुन्छ हो ।</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>यस हदीसमा तौहीद शब्द मार्फत अल्लाहको धेरै भन्दा धेरै प्रशंसा गर्न र ‘अल-हम्दु लिल्लाह’ शब्दबाट धेरै दुआ (प्रार्थना) गर्न प्रोत्साहित गरिएको छ ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[तिर्मीजीले र निसाईले सुनन कुब्रा मा तथा इब्ने माजहले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ</t>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
   </si>
   <si>
     <t>के म तिमीलाई स्वर्गका बासिन्दाहरूको बारेमा जानकारी नदिउँ? प्रत्येक कमजोर व्यक्ति, यदि उनी अल्लाहसँग कुनै कुरा मागेर कसम खान्छन् भने, अल्लाहले त्यसलाई पूरा गर्नुहुन्छ। के म तिमीलाई नर्कका बासिन्दाहरूको बारेमा जानकारी नदिउँ? प्रत्येक कठोर, घमण्डी, र अहंकारी व्यक्ति हुन्।</t>
   </si>
   <si>
     <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
   </si>
   <si>
     <t>हारसा बिन वहब अल खोजाई (रजियल्लाहु अन्हु)ले बयान गर्नु भएको छ कि उनले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई भन्दै गरेको सुने: "के म तिमीलाई स्वर्गका बासिन्दाहरूको बारेमा जानकारी नदिउँ? प्रत्येक कमजोर व्यक्ति, यदि उनी अल्लाहसँग कुनै कुरा मागेर कसम खान्छन् भने, अल्लाहले त्यसलाई पूरा गर्नुहुन्छ। के म तिमीलाई नर्कका बासिन्दाहरूको बारेमा जानकारी नदिउँ? प्रत्येक कठोर, घमण्डी, र अहंकारी व्यक्ति हुन्।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
 فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
 وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले स्वर्ग र नर्कका बासिन्दाहरूका केही लक्षणहरूको बारेमा जानकारी दिनुभयो।
 अधिकांश स्वर्गका बासिन्दाहरू "प्रत्येक कमजोर र विनम्र व्यक्ति" हुन्, जसको अर्थ यो हो कि तिनीहरू अल्लाहको समक्ष अत्यन्त नम्र र श्रद्धालु हुन्छन्, र आफूलाई उहाँको सेवा र आज्ञामा समर्पित गर्छन्। केही मानिसहरूले तिनीहरूलाई कमजोर र तुच्छ ठान्न सक्छन्, तर यस्ता विनम्र व्यक्ति जो अल्लाहसँग  समर्पणका साथ व्यवहार गर्छन्, यदि उनीहरूले अल्लाहको कृपा र दयाको आशामा कसम खाए भने, अल्लाहले तिनीहरूको कसम पुरा गर्नेछ, र उनीहरूको इच्छाहरू र प्रार्थनाहरूलाई स्वीकार्नेछ।
 अधिकांश नर्कका बासिन्दाहरू "उत्तुल" हुन्, जसको अर्थ यो हो कि ती व्यक्ति कडा, अशिष्ट, र तर्कमा कठोर हुनेछन्, वा त्यस्ता व्यक्तिहरू जो कुनै पनि राम्रो कुरा स्वीकार गर्दैनन्। "जवाज" भनेको घमण्डी, घमण्ड गर्ने, र अधिक खाने व्यक्ति हो, जसको शरीर ठुलो हुन्छ र हिँडाइमा घमण्ड गर्छ, र यसको स्वभाव नराम्रो हुन्छ। "मुस्तकबिर" भनेको सत्यलाई अस्वीकार गर्ने र अरूसँग घमण्ड गर्ने व्यक्तिहरू हुन्।</t>
   </si>
   <si>
     <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
 التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
 قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
   </si>
   <si>
     <t>स्वर्गका बासिहरूका गुणहरू अपनाउनको लागि प्रेरणा र  नर्कका बसिहरूका गुणहरूबाट सचेत गराउने ।
 वास्तविक विनम्रता अल्लाहको प्रति श्रद्धा र उहाँको निर्देशन र निषेधको पालना गर्नमा रहेको छ। साथै, विनम्रता अन्य मानिसहरू प्रति घमण्ड नगरी उनीहरूको सँग सम्मानपूर्वक व्यवहार गर्नु हो।
 इमाम इब्न हजरले भने: स्वर्गका बासिन्दाहरू मध्ये अधिकांश विनम्र र श्रद्धालु हुन्छन्, र नर्कका बासिन्दाहरू मध्ये अधिकांश घमण्डी र आक्रामक हुन्छन्, यो पूर्ण रूपमा सबैलाई समेट्ने कुरा होइन, तर एक सामान्य प्रवृत्तिको रूपमा उल्लेख गरिएको हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3573</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
-[...2 lines deleted...]
-    <t>के म तिमीहरूलाई यस्तो कामको बारेमा नभनुँ जसद्वारा अल्लाहले पापहरू मेटाउनुहुन्छ र दर्जाहरू उच्च पार्नुहुन्छ ?"</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
+  </si>
+  <si>
+    <t>के म तिमीहरूलाई यस्तो कामको बारेमा नभनुँ जसद्वारा अल्लाहले पापहरू मेटाउनुहुन्छ र दर्जाहरू उच्च पार्नुहुन्छ ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई यस्तो कामको बारेमा नभनुँ जसद्वारा अल्लाहले पापहरू मेटाउनुहुन्छ र दर्जाहरू उच्च पार्नुहुन्छ ?"  तिनीहरूले भने, "हे अल्लाहका दूत, (अवश्य नै) भन्नुहोस्।" उहाँले भन्नुभयो : "अप्ठ्यारो भए पनि राम्रोसँग वुजू गर्नु, अत्याधिक मस्जिद जानु र एक नमाजपछि अर्को नमाजको लागि पर्खनु, यही सुरक्षाको लागि पहरेदारी हो ।"</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो : के तिमीहरू यस्तो कामको बारेमा जान्न चाहन्छौं, जसद्वारा पापहरू पखालिन्छ, फरिश्ताले लेखेको पापलाई मेटाइन्छ र स्वर्गमा उच्च स्थान प्रदान गरिन्छ ?
 सहाबाहरूले भने: हो, हामी यही चाहन्छौं, उहाँले भन्नुभयो:
 पहिलो: कठिनाईका बावजुद राम्रोसँग पूर्ण तरिकाले वुजू गर्नु; जस्तै पानी चिसो छ, तातो छ, कम छ वा शरीर दुखिरहेको छ इत्यादि ।
 दोस्रो: अत्याधिक कदम चल्नु भनेको घर टाढा भए पनि मस्जिद बारम्बार जानु ।
 तेस्रो: नमाजको समय कहिले हुन्छ भनेर प्रतीक्षा गर्ने, नमाजसँग हृदयको नाता जोड्ने, नमाजको लागि तयारी गर्ने, मस्जिदमा बसेर जमातको प्रतीक्षा गर्ने र एक नमाज पढिसकेपछि अर्को नमाजको लागि पर्खने ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले यी कामहरू नै वास्तविक रिबात (पहरेदारी) हुन् भनेर बताउनुभयो; किनभने यसले आत्मा भित्र शैतानको बाटोलाई अवरुद्ध गर्दछ, इच्छाहरूलाई पराजित गर्दछ, शंकाहरू निवारण गर्दछ र यसरी हिजबुल्लाह (अल्लाहको जमात) ले शैतानको सिपाहीलाई पराजित गर्दछन्; वास्तवमा, यो सबैभन्दा ठूलो जिहाद हो र शत्रु विरुद्ध रिबात (पहरेदारी) को कायममुकाम हो ।</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>मस्जिदमा सामूहिक नमाज कायम गर्नको महत्त्व, नमाजमा ध्यान दिनु र यसलाई कदापी बेवास्ता नगर्नु ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूलाई ठूलो सवाब (पुण्य) बारे प्रश्न सोधेर उत्साहित बनाउनुभयो र यो शिक्षाको एक उत्कृष्ट तरिका हो ।
 प्रश्न र उत्तरको शैलीमा केही कुरा प्रस्तुत गर्दा मानिसको मन मस्तिष्कमा त्यो असर गर्दछ ।
 इमाम नववी (रहिमहुल्लाहु) ले रिबात (पहरेदारी) को अर्थ स्पष्ट पार्दै भनेका छन्: यो उत्तम रिबात (पहरेदारी) हो । वास्तवमा, रिबात (पहरेदारी) भनेको आफुलाई सीमित गर्नु हो, मानौं उसले यस आज्ञाकारिताको लागि आफूलाई कैद गरेको छ । अर्को अर्थ: जसरी जिहादलाई आत्मको जिहाद भनिएको छ त्यसरी यसलाई उत्तम रिबात (पहरेदारी) भनिएको हो । अर्को अर्थ: उपलब्ध र सम्भव हरेक रिबात (पहरेदारी) लाई यसमा समावेश गरिएको हो ।
 यो कामको महिमा र उत्कृष्टताले गर्दा "रिबात" शब्दलाई दोहोर्याइएको छ र साथै ‘अल’ पनि थपिएको हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>के म तिमीहरूलाई तिम्रो सबैभन्दा राम्रो कर्म, पालनकर्ताको नजरमा सबैभन्दा प्रशंसनीय, तिम्रो दर्जालाई उच्च पार्ने</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई तिम्रो सबैभन्दा राम्रो कर्म, पालनकर्ताको नजरमा सबैभन्दा प्रशंसनीय, तिम्रो दर्जालाई उच्च पार्ने, सुन र चाँदी दान गर्नु भन्दा उत्तम र शत्रुलाई भेट्नु र तिमीहरूले तिनीहरूको घाँटीमा र तिनीहरूले तिमीहरूको घाँटीमा प्रहार गर्नु भन्दा उत्कृष्ट कर्मको बारेमा नभनुं? सहाबाले भने, "(अवश्य नै) भन्नुहोस्।" उहाँले भन्नुभयो : "अल्लाहको अत्याधिक जिक्र (स्मरण) गर्नु ।"</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो: م: 3575
 के तिमीहरूलाई अल्लाहको नजरमा सबैभन्दा राम्रो, सबैभन्दा सम्मानजनक, सबैभन्दा फलदायी, सबैभन्दा पवित्र र शुद्ध कार्यहरूको बारेमा जान्न चाहन्छौ ? 3575
 जसले जन्नतमा तिम्रो दर्जालाई उच्च पार्ने छ ?
 यो तिम्रो लागि सुन चाँदी दान दिनु भन्दा राम्रो हो?
 काफिरहरूसँग लड्न र तिमीहरूले तिनीहरूको र तिनीहरूले तिमीहरूको घाँटीमा प्रहार गर्नु भन्दा उत्कृष्ट हो?
@@ -4936,272 +4941,272 @@
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>वाह्य तथा आन्तरिक रुपमा अल्लाहको निरन्तर जिक्र (स्मरण) गर्नु उहाँको निकटता प्राप्त गर्ने सबैभन्दा ठूलो कर्म र लाभदायक रूप हो ।
 अल्लाहको जिक्र (स्मरण) स्थापित गर्नको लागि सबै कर्महरू निर्धारित गरिएको हो । अल्लाहले भन्नुभयो: "मेरो जिक्र (स्मरण) को लागि नमाज स्थापना गर ।" नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " 'काबा' को तवाफ र ‘सफा-मारवाह’ बीचमा परिक्रमा गर्नु र ‘जमरात’ मा ढुङ्गा हान्नु भनेको सर्वशक्तिमान अल्लाहको जिक्र (स्मरण) स्थापित गर्नको लागि हो । (अबू दाउद र तिर्मिजी)
 अल-इज् बिन अब्दुस्सलामले आफ्नो पुस्तक ‘कवाइद’ मा भनेका छन्: "यो हदीसले देखाउँछ कि सम्पूर्ण उपासनाहरूमा थकान वा कठिनाइको आधारमा मात्र पुरस्कार मिल्दैन। बरु, अल्लाहले साना कामहरूमा कहिलेकाहीँ ठूलो कामभन्दा पनि धेरै प्रतिफल दिनुहुन्छ। किनकि पुरस्कारको आधार सम्मानमा रहेको फरकमा निर्भर हुन्छ।"
 अल-मोनावीले 'फैजुल-कदीर' मा भनेका छन्:  "यो हदीसलाई यस्तो अर्थमा बुझ्नुपर्छ कि त्यस समयको व्यक्तिहरूका लागि स्मरण (अल्लाहको जिक्र) सबैभन्दा उत्तम ठहरियो। तर, यदि यो एक साहसी र बहादुर व्यक्तिलाई सम्बोधन गरिएको भए जसले इस्लामलाई युद्धमा फाइदा पुर्‍याउँछ, भने उसलाई जिहाद गर्न भनिन्थ्यो। धनीलाई, जसको धनले गरिबहरूलाई लाभ पुर्याउँछ, सद्काका लागि भनिन्थ्यो। जो हज गर्न सक्षम छ, उसलाई हज गर्न भनिन्थ्यो। जसका माता-पिता छन्, उसलाई ती दुईको सेवा गर्न भनिन्थ्यो। यसरी विभिन्न हदीसहरूमा भएका सन्देशहरूलाई मिलाउन सकिन्छ।"
 सबै भन्दा राम्रो जिक्र त्यो हो जसमा जिब्रो र हृदय दुवै मिलेको हुन्छ । त्यसपछि त्यो हो जो हृदयले मात्र गरेको हुन्छ, जस्तै चिन्तन । त्यसपछि त्यो हो जो जिब्रोले मात्र गरेको हुन्छ र प्रत्येकमा पुण्य निहित छ ।
 यदि मुस्लिमले बिहान र बेलुकाको जिक्र (सम्झना), मस्जिद, घर र शौचालयमा प्रवेश गर्ने र बाहिर निस्कने र अन्य दुआहरू पाबन्दीका साथ गर्छ भने ऊ अल्लाहलाई अत्याधिक जिक्र गर्नेहरू मध्ये हुन्छ ।</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[तिर्मीजी, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3575</t>
   </si>
   <si>
-    <t>إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ</t>
-[...2 lines deleted...]
-    <t>"म एक यस्तो कुरा जान्दछु, जुन यदि उसले भनेको भए, उसको मनको क्रोध हट्ने थियो। यदि उसले भनेको भए: अउजु बिल्लाहि मिन अश्शैतानिर रजिम (म शैतानको प्रलोभनबाट अल्लाहको शरण चाहन्छु ), तब उसको क्रोध शान्त हुने थियो</t>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>म एक यस्तो कुरा जान्दछु, जुन यदि उसले भनेको भए, उसको मनको क्रोध हट्ने थियो। यदि उसले भनेको भए: अउजु बिल्लाहि मिन अश्शैतानिर रजिम (म शैतानको प्रलोभनबाट अल्लाहको शरण चाहन्छु ), तब उसको क्रोध शान्त हुने थियो</t>
   </si>
   <si>
     <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
   </si>
   <si>
     <t>सुलैमान बिन सुरद (रज़ियल्लाहु अन्हु) बाट वर्णन गरिएको छ कि उनले भने: "म एकदिन पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)सँग बसेको थिएँ। त्यही बेला दुई व्यक्ति एकअर्कालाई गाली गरिरहेका थिए। तीमध्ये एकजनाको अनुहार रातो भएको थियो र उसको घाँटीका नसाहरू फुलेका थिए। तब पैगम्बर (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: "म एक यस्तो कुरा जान्दछु, जुन यदि उसले भनेको भए, उसको मनको क्रोध हट्ने थियो। यदि उसले भनेको भए: अउजु बिल्लाहि मिन अश्शैतानिर रजिम (म शैतानको प्रलोभनबाट अल्लाहको शरण चाहन्छु ), तब उसको क्रोध शान्त हुने थियो"। त्यहाँ उपस्थितहरूले त्यो मानिसलाई भने: नबी (सल्लल्लाहु अलैहि वसल्लम)ले भनेका छन्: «शैतानबाट बच्न अल्लाहको शरण मागनु»। तर उसले जवाफ दियो: ‘के म पागल छु?</t>
   </si>
   <si>
     <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
 فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
 فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
 فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
   </si>
   <si>
     <t>दुई व्यक्तिले नबी (सल्लल्लाहु अलैहि वसल्लम)को अगाडि गाली-गलौज र झगडा गरे। तीमध्ये एकजनाको अनुहार रातो भएको थियो, र उसको घाँटी वरिपरिका नशाहरू फुलिएका थिए।
 तब नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: म एक यस्तो शब्दलाई जान्दछु, यदि यो क्रोधित व्यक्ति यसलाई भन्छ भने, उसको क्रोध शान्त हुनेछ। यदि उसले भन्यो: (أعوذ بالله من الشيطان الرجيم) 'म शैतानको प्रलोभनबाट अल्लाहको शरणमा चाहन्छु, भने उसको क्रोध शान्त हुनेछ।
 तिनीहरुले भने: नबी (सल्लल्लाहु अलैहि वसल्लम)ले भनेका छन्: शैतानबाट बच्न अल्लाहको शरण माग ।
 त्यस व्यक्तिले भन्यो:  के म पागल हो ?  र उसले सोचे कि शैतानबाट शरण माग्नु भनेको केवल पागल  मानिसले मात्र गर्ने कुरा हो।</t>
   </si>
   <si>
     <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
 الغضب من الشيطان.
 الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
 التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
 نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
 حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
 قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले  कुनै कारण पाईएको बेलामा निर्देशन दिनमा विशेष ध्यान दिनुहुन्थ्यो।
 क्रोध शैतानबाट आउँछ
 क्रोधको बेला शैतानबाट अल्लाहको शरण लिने आदेश छ, अल्लाहको भनाई छ: (यदि शैतान तिमीलाई कुनै प्रलोभनमा पार्छ भने, अल्लाहको शरण लिनुहोस्) ...
 गाली-गलौचबाट सजग रहनु, र यस्ता कार्यहरूबाट टाढा रहनको लागि सचेत गराउनु महत्त्वपूर्ण छ, किनभने यसले गर्दा मानिसहरू बीच नफरत र शत्रुता उत्पन्न हुन्छ।
 जसले सल्लाह अर्थात् नसिहत नपाएको हो, उसलाई सुनाउने र त्यसमा रहेका लाभबाट फाइदा उठाउने सन्देश ।
 नबी (सल्लल्लाहु अलैहि वसल्लम)ले क्रोधको बारेमा चेतावनी दिनु भएको छ किनभने यो खराबी र बेवकूफी तर्फ डोर्याउँछ। र नबी (सल्लल्लाहु अलैहि वसल्लम) केवल त्यस बेला मात्र क्रोधित हुन्थे जब अल्लाहको हद नाघ्न थालिन्थ्यो(यानि हराम काम गरिन्थ्यो), र त्यस खालको क्रोध प्रशंसा योग्य हुन्छ।
 इमाम नववीले "के तपाईं मलाई पागल देख्नुहुन्छ " भन्ने वाक्यमा भनेका छन् कि यस भनाइको उच्चारण गर्ने व्यक्ति मुनाफिकहरू वा खाँटी देहातीहरू मध्येका एक थियो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3578</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>स्वर्ग तिम्रो जुत्ताको फित्ता भन्दा पनि नजिक छ र नर्क पनि ।</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "स्वर्ग तिम्रो जुत्ताको फित्ता भन्दा पनि नजिक छ र नर्क पनि ।"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कि स्वर्ग र नर्क मानिसदेखि त्यत्तिकै नजिक छ जति खुट्टाको माथिल्लो भागमा रहेको जुत्ताको फित्ता । किनकि अल्लाहलाई खुशी पार्ने असल कर्मको कारणले मानिस स्वर्गमा प्रवेश हुन सक्छ, भने अल्लाहलाई क्रोधित गर्ने पापले गर्दा नर्कमा जानसक्छ ।</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>यस हदीसमा थोरै भए पनि असल कर्म गर्ने प्रेरणा र थोरै भए पनि पाप कर्मबाट टाढै रहने चेतावनी दिइएको छ।
 मुस्लिमको जीवनमा आशा र डर दुवैको संयोजन हुनुपर्छ र अल्लाहसँग सधैं सत्यमा अडिग रहने प्रार्थना गर्नुपर्छ, ताकि ऊ आफ्नो अवस्थाबाट धोकामा नपरोस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3581</t>
   </si>
   <si>
-    <t>الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ</t>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
   </si>
   <si>
     <t>राम्रो सपना (रुया) अल्लाहबाट हुन्छ, र डरलाग्दो सपना (हुल्म) शैतानबाट हुन्छ। यदि तिमीहरू मध्ये कसैले यस्तो सपना देख्छ जसले डर उत्पन्न गराउँछ भने उसले आफ्नो देब्रे (बायाँ) पट्टि थुकोस् र त्यसको खराबीबाट बच्न अल्लाहसँग शरण मागोस्। किनभने यसले त्यसपछि कुनै हानि गर्दैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
   </si>
   <si>
     <t>अबू- क़तादह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "राम्रो सपना (रुया) अल्लाहबाट हुन्छ, र डरलाग्दो सपना (हुल्म) शैतानबाट हुन्छ। यदि तिमीहरू मध्ये कसैले यस्तो सपना देख्छ जसले डर उत्पन्न गराउँछ भने उसले आफ्नो देब्रे (बायाँ) पट्टि थुकोस् र त्यसको खराबीबाट बच्न अल्लाहसँग शरण मागोस्। किनभने यसले त्यसपछि कुनै हानि गर्दैन।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
 فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : सुःखद र राम्रो सपना (रुया) अल्लाहबाट हुन्छ, जबकि डरलाग्दो र दुःखद सपना (हुल्म) शैतानबाट हुन्छ।
 जसले आफ्नो सपनामा अप्रिय वा डरलाग्दो कुरा देख्छ, उसले आफ्नो देब्रे (बायाँ) तर्फ हल्का थुक्नुपर्छ र त्यसको खराबीबाट जोगिन अल्लाहसँग शरण माग्नुपर्छ। किनभने यसरी गर्नाले, अल्लाहले त्यस सपनाबाट हुने कुनै पनि हानि कारक असरहरूबाट सुरक्षित राख्नुहुन्छ।</t>
   </si>
   <si>
     <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
 أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
   </si>
   <si>
     <t>सपना (रुया र हुल्म) ती कुराहरू हुन्, जुन मानिसले निद्रामा देख्छ। तर सामान्यतया "रुया" शब्द राम्रो र सुखद कुराहरूको लागि प्रयोग गरिन्छ, जबकि "हुल्म" शब्द खराब र अप्रिय कुराहरूको लागि प्रयोग गरिन्छ। यद्यपि, यी दुबै शब्दहरू कहिलेकाहीँ एक-अर्काको सट्टामा पनि प्रयोग गरिन्छ।
 सपनाका प्रकारहरू: १- सत्य सपना : यो एउटा सत्य र शुभ सपना हो, जुन अल्लाहबाट प्राप्त हुन्छ। मानिस आफैं देख्छ वा अरूले उसको लागि यस्तो सपना देख्छन्। 2- मनको वार्ता : यो ती कुरा हुन्, जसबारे व्यक्तिले जागेको अवस्थामै सोचिरहेको हुन्छ, र त्यसकै प्रभावले सपना देखिन्छ। 
 3-  शैतानको उद्देश्य मानिसलाई दुःखी र डराउनु हो। ऊ विभिन्न प्रकारका डरावना र भ्रमपूर्ण कुराहरू प्रस्तुत गरेर आदमका सन्तानलाई दुःखित पार्न चाहन्छ।
 सत्य सपना सम्बन्धी उल्लिखित तीन मुख्य बुँदाहरू यस्ता छन्: १- यसको लागि अल्लाहको प्रशंसा गर्नुपर्छ। 2- यसलाई राम्रो संकेतका रूपमा लिनुपर्छ। 3- यसको बारेमा केवल ती व्यक्तिहरूसँग कुरा गर्नुपर्छ जसले उसलाई माया गर्छन, घृणा गर्नेहरूसँग होइन।
 अप्रिय सपना सम्बन्धी पालना गर्नुपर्ने पाँचवटा कुराहरू यस्ता छन्: १- त्यसका दुष्प्रभाव बाट बच्न अल्लाहको शरण लिनुपर्छ। 2- शैतानको दुष्टताबाट बच्न अल्लाहको शरण लिनुपर्छ। 3- निद्राबाट ब्युँझेपछि बायाँतर्फ तीन पटक थुक्नुपर्छ। ४- त्यस सपनाबारे कसैलाई पनि बताउनुपर्दैन। 5- यदि ऊ फेरि सुत्न चाहन्छ भने, उसले आफ्नो सुतिरहेको पोजिसन परिवर्तन गर्नुपर्छ , किनभने यसरी गरेमा सपनाले कुनै पनि हानि पुर्‍याउने छैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3586</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>मिस्वाक (दतिवन) मुख सफा गर्ने र अल्लाहलाई खुशी पार्ने चिज हो ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मिस्वाक (दतिवन) मुख सफा गर्ने र अल्लाहलाई खुशी पार्ने चिज हो ।"</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ,कि पीलु आदिको हाँगाले दाँत सफा गर्दा मुख फोहोर र दुर्गन्धबाट जोगिन्छ । मिस्वाक (दतिवन) गर्नले  भक्तलाई अल्लाहको प्रसन्नता प्रप्त हुन्छ, किनभने यो अल्लाहको आज्ञाकारिता र उहाँका आदेशहरूको पालना हो र त्यसले मुखको सरसफाइ पनि हुन्छ, जुन अल्लाहलाई बढी मनपर्छ ।</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>यस हदीसले दाँत माझ्नुको महत्व र रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो समुदायलाई धेरै भन्दा धेरै मिस्वाक (दाँत सफा) गर्न प्रोत्साहित गर्नु भएको छ भन्ने कुरा स्पष्ट हुन्छ ।
 अराक (पीलु) रुखको डाँठबाट मिस्वाक गर्नु उत्तम हो, तर यसको सट्टा अन्य हाँगाको दतिवन र मन्जनको प्रयोग पनि पर्याप्त हुनेछ ।</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[निसाई र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>दैनिक पाँच नमाज, र एक शुक्रवारदेखि अर्को शुक्रबार (सम्मको प्रार्थना) र एक रमजानदेखि अर्को रमजान (सम्मको उपवास) ले ती दिनहरु बीच भएका पापहरू लाई मेटाई दिन्छ, यस शर्त साथ कि व्यक्तिले ठूला पापहरूबाट आफूलाई जोगाइ रहोस् ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्थ्यो : "दैनिक पाँच नमाज, र एक शुक्रवारदेखि अर्को शुक्रबार (सम्मको प्रार्थना) र एक रमजानदेखि अर्को रमजान (सम्मको उपवास) ले ती दिनहरु बीच भएका पापहरू लाई मेटाई दिन्छ, यस शर्त साथ कि व्यक्तिले ठूला पापहरूबाट आफूलाई जोगाइ रहोस् ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दिन र रातमा पाँच अनिवार्य नमाज, हप्तामा एक पटक शुक्रबारको नमाज र वर्षमा रमजान महिनाको उपवासले सानातिना पापहरू मेटिने बताउनुभएको छ । तर यसका लागि शर्त छ कि ठूला-ठूला पापहरूबाट बच्नुपर्नेछ । ठूला पापहरू, जस्तै व्यभिचार र रक्सी सेवन आदि  "तौबा" (पश्चात्ताप) नगरीकन क्षमा हुँदैनन् ।</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>कतिपय पापहरू साना हुन्छन् र कतिपय ठूला हुन्छन् ।
 ठूला पापहरूबाट बच्न सके मात्र साना पापहरू क्षमा हुन्छन् ।
 ठूलो पाप भन्नाले ती पापहरूलाई जनाउँछ, जसको लागि यस संसारमा  सजाय तोकिएको छ वा (जसको परिणाम को रूपमा ) परलोकमा  यातना भोग्न, वा अल्लाहको क्रोध को चेतावनी दिइएको छ वा जे (पाप) गर्नेवाला लाई धम्की वा श्राप दिइएको छ, जस्तै मद्यपान र व्यभिचार आदि जस्ता कुकर्महरु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3591</t>
   </si>
   <si>
-    <t>قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ</t>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
   </si>
   <si>
     <t>मैले भनेँ: “हे अल्लाहका रसूल, उद्धार (रक्षाको उपाय) भनेको के हो?” उहाँले भन्नुभयो:
 «आफ्नो जिब्रो नियन्त्रणमा राख, आफ्नो घरमा सुरक्षित रह, र आफ्नो पापमा पश्चात्ताप गर्दै रोऊ।</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्: मैले भनेँ: “हे अल्लाहका रसूल, उद्धार (रक्षाको उपाय) भनेको के हो?” उहाँले भन्नुभयो:
 «आफ्नो जिब्रो नियन्त्रणमा राख, आफ्नो घरमा सुरक्षित रह, र आफ्नो पापमा पश्चात्ताप गर्दै रोऊ।»</t>
   </si>
   <si>
     <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
 فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
 الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
 الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
 الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
   </si>
   <si>
     <t>उक्बा इब्न आमीर (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, "संसार र परलोकमा मोमिन व्यक्तिको उद्धारका कारणहरू के हुन्?"
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीले तीन कुराहरूमा ध्यान दिनुपर्छ:
 पहिलो: आफ्नो जिब्रोलाई त्योकुराबाट जोगाऊ जसमा कुनै फाइदा छैन, र हरेक खराब कुरा भन्नबाट बच। सधैं राम्रो र लाभदायक कुरा मात्र बोल।
 दोस्रो: आफ्नो घरमा बस, ताकि एकान्तमा अल्लाहको इबादत गर्न सकोस्। अल्लाहको आज्ञापालनमा व्यस्त रह, र  विवाद वा संकट बाट बच्नका लागि आफ्नो घरमै बसी रह।
 तेस्रो: तिमिले गरेको पापको लागि आँसु झार, पश्चात्ताप गर, र तिमीले गरेको गल्तीबाट तौबा गर।</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
 بيان أسباب النجاة في الدنيا والآخرة.
 الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
 الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
   </si>
   <si>
     <t>सहाबाहरू (रजियल्लाहु अन्हुम्) ले उद्धारका मार्गहरू जान्नमा अत्यन्त ध्यान दिएका थिए।
 संसार र परलोकमा उद्धारका कारणहरूलाई स्पष्ट गर्नु।
 यदि कुनै व्यक्ति अरूलाई फाइदा पुर्याउन असमर्थ छ, वा मानिसहरूसँग मेलजोल गर्दा आफ्नो धर्म र आत्मामा क्षति पुग्ने डर हुन्छ, भने उसलाई आफ्नै जीवनमा व्यस्त रहन प्रोत्साहन दिनु।
 विवाद वा संकटको समयमा घरमा बस्न  जरूरी छ, किनकि यो धर्म जोगाउने माध्यमहरू मध्ये एक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3602</t>
   </si>
   <si>
-    <t>أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي</t>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
   </si>
   <si>
     <t>मेरो दासले मेरो बारेमा जस्तो सोच राख्छ, म त्यही अनुसार उसको लागि हुन्छु। म उसको साथमा हुन्छु जब ऊ मलाई सम्झिन्छ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु)ले बयान गरेका छन् : अल्लाहको सन्देष्टा मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: अल्लाह तआलाले भन्नुहुन्छ: 
 "मेरो दासले मेरो बारेमा जस्तो सोच राख्छ, म त्यही अनुसार उसको लागि हुन्छु। म उसको साथमा हुन्छु जब ऊ मलाई सम्झिन्छ। यदि उसले मलाई आफ्नो मनमा सम्झिन्छ भने, म पनि उसलाई आफ्नो मनमा सम्झिन्छु। यदि उसले मलाई कुनै समूहमा सम्झिन्छ भने, म उसलाई त्यो समूहभन्दा राम्रो समूहमा सम्झिन्छु। यदि ऊ मेरो नजिक एक शिब्र (एक हातको टुप्पो) आउँछ भने, म उसको नजिक एक जिराअ (एक हातको लम्बाइ) जान्छु। यदि ऊ मेरो नजिक एक जिराअ  आउँछ भने, म उसको नजिक एक बाअ (दुई हातको दूरी) जान्छु। र यदि ऊ मेरोतर्फ हिँडेर आउँछ भने, म उसकोतर्फ दौडेर जान्छु।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
 أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
 فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
 وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
 ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
 وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
 وإن جاء إلى الله يمشي جاءه هَرولة.
 فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
 فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
 فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
   </si>
   <si>
     <t>मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)ले जानकारी दिनुभएको छ कि अल्लाह ताआलाले भन्नुहुन्छ:
@@ -5223,163 +5228,163 @@
 الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
 قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
 الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
   </si>
   <si>
     <t>यो हदीस  मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहबाट वर्णन गर्नुभएको हो। यसलाई हदीसे कुद्सी वा इलाईही हदीस भनिन्छ। यसको शब्द र अर्थ दुबै अल्लाहबाट आएका हुन्। तर यसमा कुरआनका विशेषताहरू छैनन्, जसले कुरआनलाई अन्य ग्रन्थहरूबाट फरक बनाएको छ। जस्तै: यसको पाठलाई इबादत मान्नु, यसलाई छोउनका लागि पवित्रता आवश्यक हुनु, यसमा चुनौती र चमत्कार हुनु आदि।
 आल-आजुरीले भनेका छन्: सत्यको मान्यता राख्नेहरू (अहले हक) अल्लाहलाई तिनै रूपमा वर्णन गर्छन् जसरी अल्लाहले आफूलाई वर्णन गर्नुभएको छ, र जसरी उहाँको रसूल (सल्लल्लाहु अलैहि वसल्लम)ले वर्णन गर्नुभएको छ, र जसरी उहाँका सहाबाहरूले वर्णन गर्नुभएको छ। यो तिनै विद्वानहरूको मार्ग हो जसले अनुसरण गरे र कुनै बिद'अत गरेनन्।
 यस आधारमा, अहले सुन्नत अल्लाहका लागि तिनै नाम र विशेषताहरू प्रमाणित गर्छन् जुन अल्लाहले आफ्नै लागि प्रमाणित गर्नुभएको छ, बिना कुनै तह्रिफ (परिवर्तन), ता'तिल (इन्कार), तक्यिफ (कसरी हो भन्ने व्याख्या) र  तम्सील (तुलना) को साथ।
  साथै, अल्लाहले आफ्नै लागि जुन कुरालाई अस्वीकार गर्नुभएको छ, त्यसलाई पनि अस्वीकार गर्छन्। र जुन कुरामा अल्लाहको बारेमा स्वीकार अस्वीकार कुनै प्रमाण आएको छैन, त्यसबारे मौन रहन्छन् अर्थात् केहि भन्दैनन्।
 अल्लाह तआलाले भन्नुभएको छ: "उहाँ जस्तो कोही छैन, र उहाँले सुन्नुहुन्छ र देख्नुहुन्छ।"
 अल्लाहप्रति राम्रो सोच राखेर मात्र हुदैन तर यसको साथ कर्म पनि  हुनुपर्छ।
  हसन बसरी (रहमतुल्लाह अलैह)ले भनेका छन्:
 "मुमिनले आफ्नो रब प्रति राम्रो सोच राख्छ, त्यसैले राम्रो काम गर्छ। जबकि दुष्ट व्यक्तिले आफ्नो रब प्रति खराब सोच राख्छ, र त्यसैले खराब काम गर्छ।
 कुर्तुबी (रहमतुल्लाह अलैह)ले भनेका छन्:
 "‘मेरो बन्दाले मेरो बारेमा जस्तो सोच राख्छ’ भन्नुको अर्थ यो हो: दुवामा अल्लाहको जवाफ दिने आशा। तौबामा स्वीकार हुने आशा। इस्तिगफार गर्दा पाप क्षमा हुने आशा। इबादतका कार्यहरूलाई शर्तसहित गर्दा त्यसको प्रतिफल प्राप्त हुने आशा अल्लाहको वचन र वाचा प्रति पक्का विश्वास राख्नुका साथ । त्यसैले, मानिसले आफूले गर्नुपर्ने कार्यमा यथासम्भव प्रयत्न गर्नु पर्छ, पूर्ण विश्वासका साथ कि अल्लाहले यसलाई स्वीकार गर्नेछन् र माफी दिनेछन्, किनभने उहाँले यसका लागि वचन दिनुभएको छ र उहाँ आफ्नो वचनबाट पछाडि हट्नुहुन्न।
 अल्लाहको जिक्र धेरैभन्दा धेरै गर्नुपर्छ, चाहे मनभित्र होस् वा जिब्रोबाट। मन र हृदयमा अल्लाहको डर राख्नुपर्छ, उहाँको महिमा, अधिकार सम्झनुपर्छ, उहाँबाट आशा गर्नुपर्छ, उहाँलाई सम्मान र प्रेम गर्नुपर्छ। उहाँप्रति राम्रो सोच राख्दै आफ्नो कर्म उहाँका लागि शुद्ध र इखलाससहित गर्नुपर्छ, र जिब्रोले यो कुराहरुलाई भन्नु पर्छ: "सुब्हान अल्लाह، अल्हम्दुलिल्लाह, वला इल्लाह इल्लल्लाह, वल्लाहु अकबर, वला हौला वाला कुव्वत इल्ला बिल्लाह। "
 इब्न अबी जमरा भन्छन्: जो व्यक्ति अल्लाहलाई डराउँदै सम्झन्छ, अल्लाह उसलाई सुरक्षा प्रदान गर्नुहुन्छ। र जो एक्लोपन वा उदासी महसुस गर्दै सम्झन्छ, अल्लाह उसलाई सान्त्वना दिनुहुन्छ।
 शिब्र: भन्नाले हात फैलाउँदा सानो औँलाको टुप्पोदेखि ठुलो औँलाको टुप्पोसम्मको दूरी हो।
 जेराअ: भन्नाले मध्यम औँलाको टुप्पोदेखि कुहिनाको हड्डीसम्मको दूरी हो।
 बाअ: भन्नाले मानिसको दुवै हातको लम्बाइ, बाँहहरू (हातको माथिल्लो भाग), र छातीको चौडाइको कुल मापन हो। यो झन्डै चार जेराअको बराबर हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3636</t>
   </si>
   <si>
-    <t>سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ</t>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
   </si>
   <si>
     <t>मैले आइशा (रजियल्लाहु अन्हा) लाई सोधेँ, जब नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो घरमा प्रवेश गर्नुहुन्थ्यो भने उहाँ के बाट सुरु गर्नुहुन्थ्यो? उहाँले भन्नुभयो, 'मिस्वाक'  बाट।</t>
   </si>
   <si>
     <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>शुरैह बिन हानि भन्नुहुन्छ: मैले आइशा (रजियल्लाहु अन्हा) लाई सोधेँ, जब नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो घरमा प्रवेश गर्नुहुन्थ्यो भने उहाँ के बाट सुरु गर्नुहुन्थ्यो? उहाँले भन्नुभयो, 'मिस्वाक'  बाट।</t>
   </si>
   <si>
     <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)को तरिका यो थियो कि उहाँ आफ्नो घरभित्र प्रवेश गर्दा चाहे रात होस् वा दिन, मिस्वाक  बाट सुरु गर्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
 بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
 أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
 حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
   </si>
   <si>
     <t>मिस्वाक  को वैधता सबै समयको लागि सामान्य छ, तर यो विशेष रूपमा ती समयमा धेरै महत्त्वपूर्ण हुन्छ जसलाई इस्लामी शरियतमा राम्रो मानिएको छ। तिनमा समावेश छन्: घरभित्र प्रवेश गर्दा, नमाजको समय, वुजु  गर्दा, निद्राबाट उठेपछि, र मुखको गन्ध परिवर्तन भएको समयमा।
 ताबेइहरू(सहाबाका विधार्थी)को लगाव नबी (सल्लल्लाहु अलैहि वसल्लम)का अवस्था र सुन्नतहरूबारे सोधपूछ, ताकि उहाँको अनुसरण गर्न सकून्।
 ज्ञानलाई त्यसका योग्य व्यक्तिबाट र जसलाई त्यसको बारेमा राम्रो ज्ञान छ, तिनैबाट लिनु उचित छ। यही कारणले आइशा (रजियल्लाहु अन्हा)लाई नबी (सल्लल्लाहु अलैहि वसल्लम)को घरभित्र प्रवेश गर्दा हुने अवस्था बारे सोधिएको थियो।
 नबी (सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो परिवारसँग राम्रो व्यवहार गर्नुहुन्थ्यो। किनकि घरभित्र प्रवेश गर्दा उहाँ आफ्नो मुख सफा गर्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3652</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>मबाट प्राप्त सन्देश अरूलाई सुनाउ, चाहे त्यो केवल एक पद किन नहोस् । र "बनू इस्राएल" ( नबी मोसेसको समूदाय ) मार्फत जे ज्ञान प्राप्त हुन्छ त्यो पनि धक नमानिकन बयान गर ।र जसले जानाजानी मेरो बारेमा झूटो बोल्छ, उसले आफ्नो घर नरकमा बनाओस् ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मबाट प्राप्त सन्देश अरूलाई सुनाउ, चाहे त्यो केवल एक पद किन नहोस् । र "बनू इस्राएल" ( नबी मोसेसको समूदाय ) मार्फत जे ज्ञान प्राप्त हुन्छ त्यो पनि धक नमानिकन बयान गर ।र जसले जानाजानी मेरो बारेमा झूटो बोल्छ, उसले आफ्नो घर नरकमा बनाओस् ।"</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनी द्वारा आएको कुर्आन र हदीसको ज्ञानलाई प्रसारण गर्न आदेश दिनुभएको छ, चाहे त्यो  ज्ञान  कुर्आन र हदीसको एक पद किन नहोस्। तर शर्त के छ भने त्यस ज्ञानको प्रचारप्रसार गर्ने व्यक्ति र त्यसको आह्वानकर्तालाई स्वयम नै त्यस कुराको जानकार हुनुपर्‍यो। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "बनू इस्राएलको" समयमा भएका यस्ता घटनाहरू जुन हाम्रो शरियतसँग विरोधाभास छैन, ती कुराहरू वर्णन गर्न कुनै समस्या छैन । त्यसपछि उहाँले उनी प्रति झूट बोल्नबाट सावधान रहनु हुन सचेत गर्दै भन्नुभयो, कि जसले म बारे जानाजानी झुटो बोल्छ, उसले आफ्नो घर नर्कमा बनाओस् ।</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>यस हदीसमा अल्लाहको धर्मतर्फ आह्वान गर्ने र मानिसले आफूले सम्झेको र बुझेको ज्ञान थोरै भए पनि अरूलाई बताउनुपर्दछ, भन्ने कुराको लागि प्रोत्साहित गरिएको छ ।
 इल्मे-शरई (इस्लामको धार्मिक ज्ञान)  प्राप्त गर्नु अनिवार्य छ; ताकि एक व्यक्तिले ठीकसँग अल्लाहको उपासना र उहाँको शरियतलाई अरू समक्ष पुर्‍याउन सकोस् ।
 कुनै पनि हदीस अरूलाई बताउन वा प्रसारण अघि, त्यसको प्रमाणिकता  सुनिश्चित गर्नुपर्छ, ताकि ऊ यो कडा चेतावनीको दायरा भित्र नपरोस् ।
 यस हदीसले साधारण कुराकानीमा सत्य बोल्न प्रोत्साहित गर्छ र हदीस उद्धृत गर्दा होसियार रहन सचेत गर्छ, विशेषगरी अल्लाहको शरियाको मामिलामा, ताकि मानिस झूटमा नपरोस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
-[...2 lines deleted...]
-    <t>मलाई स्वर्गमा प्रवेश गर्ने केही कर्म बताउनुहोस् । उहाँले भन्नुभयो: "अल्लाहको उपासना गर्नु र उहाँसँग कसैलाई साझेदार नमान्नु, फर्ज नमाजहरू पढ्नु, जकात दिनु र रमजानको रोजा राख्नु ।</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
+  </si>
+  <si>
+    <t>मलाई स्वर्गमा प्रवेश गर्ने केही कर्महरू बताउनुहोस्।" उहाँले भन्नुभयो: "अल्लाहको उपासना गर्नु र उहाँसँग कसैलाई साझेदार नमान्नु, फर्ज (अनिवार्य) नमाजहरू पढ्नु, जकात दिनु र रमजानको रोजा राख्नु</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक गाउँले रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आएर भने: मलाई स्वर्गमा प्रवेश गर्ने केही कर्म बताउनुहोस् । उहाँले भन्नुभयो: "अल्लाहको उपासना गर्नु र उहाँसँग कसैलाई साझेदार नमान्नु, फर्ज नमाजहरू पढ्नु, जकात दिनु र रमजानको रोजा राख्नु ।" उनले भने:अल्लाह को कसम, जसको हातमा मेरो ज्यान छ, म यसमा केही कुरा थप्ने छैन । जब ऊ फर्कन थाल्यो, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जसले कुनै जन्नती(र्स्वगवासी)लाई हेर्न चाहन्छ, ऊसले यो व्यक्तिलाई देखोस् ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एउटा गाउँले व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आएर भन्यो: "मलाई स्वर्गमा प्रवेश गर्ने केही कर्महरू बताउनुहोस्।" उहाँले भन्नुभयो: "अल्लाहको उपासना गर्नु र उहाँसँग कसैलाई साझेदार नमान्नु, फर्ज (अनिवार्य) नमाजहरू पढ्नु, जकात दिनु र रमजानको रोजा राख्नु।" उनले भने: "अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, मैले यसमा केही कुरा थप्ने छैन।" जब ऊ फर्कन थाल्यो, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जसले कुनै जन्नती (स्वर्गवासी) लाई हेर्न चाहन्छ, उसले यो व्यक्तिलाई देखोस्।"</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
-    <t>गाउँबाट एक जना सहाबी र्स्वग लैजाने कामबारे सोध्न रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा उपस्थित भए । नबी (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो, स्वर्गमा प्रवेश गर्न र नरकबाट जोगिन इस्लामका स्तम्भहरूमा निर्भर छ । यसको लागि मात्र एक अल्लाहको उपासना गर्नुपर्छ र उहाँको उपासनामा कसैलाई साझेदार गर्नु हुँदैन । अल्लाहले आफ्ना भक्तहरूमाथि अनिवार्य गर्नुभएको पाँच नमाजहरू प्रत्येक दिन पढ्नु पर्छ । अल्लाहले अनिवार्य गर्नुभएको जकात निकाल्नुपर्छ र त्यसलाई हकदारसम्म पुर्याउनु पर्छ । रमजान महिनाको रोजा समयमै राख्नु पर्छ । उसले भन्यो, अल्लाहको कसम , जसको हातमा मेरो ज्यान छ, मैले तपाईंबाट सुनेको अनिवार्य काममा नत केही थप्नेछु नत केही घटाउनेछु । जब ऊ फर्कन थाल्यो, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: जो कुनै जन्नतीलाई हेरेर खुशी हुन चाहन्छ, उसले यो गाउंलेलाई देखोस् ।</t>
+    <t>गाउँबाट एकजना सहाबी अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा उपस्थित भई स्वर्गमा लैजाने कामबारे सोध्नुभयो। नबी (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो कि स्वर्गमा प्रवेश र नर्कबाट मुक्ति तब मात्र सम्भव छ जब इस्लामका पाँच स्तम्भहरूको पूर्ण पालना गरिन्छ। उहाँले अगाडि भन्नुभयो कि यसका लागि केवल अल्लाहको उपासना गर्नु अनिवार्य छ र उहाँको उपासना गर्दा कसैलाई पनि उहाँको साझेदार बनाउनु हुँदैन। साथै, अल्लाहले आफ्ना भक्तहरूमाथि अनिवार्य गर्नुभएको पाँच समयको नमाज हरेक दिन पढ्नुपर्छ। अल्लाहले तोक्नुभएको जकात (दान) निकाल्नुपर्छ र त्यसलाई हकदारसम्म पुर्याउनुपर्छ। यसका अतिरिक्त, रमजान महिनाको रोजा (व्रत) तोकिएको समयमै राख्नुपर्छ। यो सुनेर ती सहाबीले भने, "अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, मैले तपाईंबाट सुनेका यी अनिवार्य कार्यहरूमा न त केही थप्नेछु न त केही घटाउनेछु।" जब ती सहाबी फर्कन थाले, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "जो व्यक्ति कुनै जन्नती (स्वर्गमा जाने) लाई हेरेर खुसी हुन चाहन्छ, उसले यो गाउँलेलाई हेरोस्।"</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>मानिसलाई इस्लामतर्फ आह्वान गर्दा सबै भन्दा पहिला तौहीद (एकेश्वरवाद) बाट सुरु गर्नुपर्छ ।
-नयाँ मुस्लिमहरूलाई सुरुमा अनिवार्य कुरा सिकाउन पर्याप्त हुन्छ ।
-[...3 lines deleted...]
-केही उपासनालाई उल्लेख गर्नु भनेको यो उसको महत्त्व र त्यो गर्न प्रोत्साहन गरिएको प्रमाण हो । यसको मतलब अरू कुरा अनिवार्य छैनन् भन्ने कदापी होइन ।</t>
+हालै इस्लाम स्वीकार गरेको व्यक्तिलाई केवल अनिवार्य (वाजिब) कुराहरू सिकाउनु पर्याप्त हुन्छ।
+इस्लाम धर्मको निम्ति आह्वान गर्दा क्रमिक रूपमा गर्नुपर्छ।
+यस हदीसबाट मानिस आफ्नो धर्म सिक्न उत्सुक थियो भन्ने कुरा स्पष्ट हुन्छ ।
+यदि कुनै मुस्लिमले केवल फर्ज (अनिवार्य) कुराहरू मात्र गर्छ भने ऊ सफल हुनेछ, तर यसको अर्थ सुन्नत (अतिरिक्त) लाई बेवास्ता गर्नु कदापि होइन। किनभने फर्जमा भएको कमीलाई सुन्नतले पूर्ति गर्छ।
+केही विशेष उपासनाहरू उल्लेख गर्नुले ती उपासनाहरूको महत्त्व र ती गर्न प्रोत्साहित गरिएको कुराको प्रमाण हो। यसको अर्थ अन्य कुराहरू अनिवार्य छैनन् भन्ने कदापि होइन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>यदि उसले सत्य बोलेको हो भने सफल हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>तलहा बिन उबैदुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, ‘नजद’ बाट एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो । उसको कपाल बिग्रेको थियो । हामीले उसको स्वर सुनिरहेका थियौं, तर उ के भन्दै थियो बुझ्न सकेनौं? यहाँसम्म ऊ नबी (सल्लल्लाहु अलैहि वसल्लम) को नजिक आयो र इस्लामको बारेमा सोध्यो । नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "दिन रातमा पाँच नमाजहरू पढ्नु ।" उसले भन्यो: यो बाहेक अरु केही अनिवार्य छ? उहाँले भन्नुभयो: "छैन, तर नफल (अतिरिक्त) नमाज पढ्न सक्छौ ।" त्यस्तै  "रमजानको रोजाहरू राख्नु ।" उसले भन्यो: यो बाहेक अरु केही अनिवार्य छ? उहाँले भन्नुभयो: "छैन, तर नफल (अतिरिक्त) रोजाहरू राख्न सक्छौ ।" त्यसपछि उहाँले जकातको बारेमा भन्नुभयो । उसले भन्यो: यो बाहेक अरु केही अनिवार्य छ? उहाँले भन्नुभयो: "छैन, तर अतिरिक्त दान दिन सक्छौ ।" त्यसपछि त्यो मानिस यसो भन्दै फर्कियो: “अल्लाहको कसम, म यसमा न केही थप्ने छु, न केही घटाउनेछु ।” यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यदि उसले सत्य बोलेको हो भने सफल हुनेछ ।"</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>‘नजद’ बाट एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो, उसको कपाल फुर्किएको थियो र उसको आवाज चर्को भएकोले उसले भनिरहेको कुरा बुझ्न गार्हो थियो । यहाँसम्म ऊ नबी (सल्लल्लाहु अलैहि वसल्लम) को नजिक आयो र इस्लामको फर्जको बारेमा सोध्यो ?
@@ -5396,317 +5401,317 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>इस्लामिक कानूनको सहिष्णुता र जिम्मेवार व्यक्तिहरूका लागि सहजता ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को उत्कृष्ट आचरण, उहाँले उस्लाई आफू नजिक आउन र प्रश्नहरू सोध्न मौका दिनुभयो ।
 पहिले सबैभन्दा महत्त्वपूर्ण कुरा र त्यसपछि अरू महत्वपूर्ण कुराबाट आह्वान शुरु गर्नुपर्छ ।
 इस्लाम आस्था र कर्म दुवैको नाम हो, आस्था बिना कुनै काम उपयोगी छैन र कर्म बिना कुनै आस्था उपयोगी छैन ।
 यी कार्यहरूको महत्त्व र तिनीहरू इस्लामका स्तम्भहरू हुन् ।
 जुमाको नमाज (शुक्रबारको) पाँच अनिवार्य नमाजहरूमा समावेश छ; किनकि जुन व्यक्तिमाथि जुमाको नमाज अनिवार्य छ, उसले त्यो दिन जुहरको नमाज पढ्नु पर्दैन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले ‘तौहीद’ पछि इस्लामको सबै भन्दा महत्वपूर्ण कुरा; नमाजबाट आफ्नो शिक्षा सुरु गर्नुभयो; किनभने उनी मुस्लिम थिए । अर्को कुरा उहाँले हजको बारेमा केही भन्नुभएन; किनकि यो हज फर्ज हुनु अघिको कुरा हो वा यसको समय आएको थिएन ।
 यदि कसैले अनिवार्य कुराहरू मात्र पुरा गर्छ भने ऊ सफल हुनेछ, तर यसको मतलब सुन्नत (अतिरिक्त) लाई बेवास्ता गर्ने कदापी होइन; किनभने स्वैच्छिक उपासनाले कयामतको दिन अनिवार्य उपासनाहरू पूरा गरिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
-[...2 lines deleted...]
-    <t>मुस्लिमलाई जस्तोसुकै पीडा, रोग, चिन्ता, आघात, थकान वा दु:ख आइपर्छ, यहाँसम्म काँडा बिज्दा पनि अल्लाहले उसका केही पापहरू क्षमा गर्नुहुन्छ ।</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
+  </si>
+  <si>
+    <t>मुस्लिमलाई जस्तोसुकै पीडा, रोग, चिन्ता, आघात, थकान वा दु:ख आइपरे पनि, यहाँसम्म काँडा बिज्दा पनि अल्लाहले  त्यसको बदलामा उसका केही पापहरू क्षमा गरिदिनुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी र अबू-हुरैरह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुस्लिमलाई जस्तोसुकै पीडा, रोग, चिन्ता, आघात, थकान वा दु:ख आइपर्छ, यहाँसम्म काँडा बिज्दा पनि अल्लाहले उसका केही पापहरू क्षमा गर्नुहुन्छ ।"</t>
+    <t>अबू-सईद अल्-खुदरी र अबू-हुरैरह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुस्लिमलाई जस्तोसुकै पीडा, रोग, चिन्ता, आघात, थकान वा दु:ख आइपरे पनि, यहाँसम्म काँडा बिज्दा पनि अल्लाहले  त्यसको बदलामा उसका केही पापहरू क्षमा गरिदिनुहुन्छ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जुनसुकै रोग, दुःख, पीडा, समस्या, कठिनाइ, डर र भोक आदि मुस्लिमलाई आइपर्छ, यहाँसम्म काँडा बिज्दा पीडा हुन्छ, यी सबै कुरा उसको लागि प्रायश्चित बन्छ ।</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ कि जुनसुकै रोग, दुःख, पीडा,समस्या, चिन्ता, कष्ट, डर र भोक आदि मुस्लिमलाई आइपर्छ, यहाँसम्म कि एउटा काँडा बिज्दा जुन पीडा हुन्छ, ती सबै उसको पापहरूका लागि प्रायश्चित स्वरूप बन्छन्।</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
-    <t>आफ्ना दासहरूप्रति अल्लाहको असीम कृपा र दया । उनीहरूलाई सानातिना हानि भएमा वा दुख पुगेमा पनि उहाँले तिनीहरूका पापहरू क्षमा गर्नुहुन्छ ।
-एक मुस्लिमले परीक्षा र कष्टलाई अल्लाहबाट पुण्य पाउने स्रोतको रूपमा लिनुपर्छ र हरेक सानो वा ठूला कष्टमा धैर्यता हुनुपर्छ, ताकि उसको स्तर उच्च होस् र उसको पापहरू मेटियोस् ।</t>
+    <t>यस हदीस बाट प्रस्ट हुन्छ कि अल्लाहले आफ्ना भक्तहरूमाथि असीम कृपा र दया गर्नु हुन्छ र उनीहरूलाई कुनै पनि सानातिना हानि भएमा वा दुख पुगेमा उहाँले तिनीहरूका पापहरू क्षमा गरिदिनुहुन्छ।
+एक मुस्लिमले परीक्षा र कष्टलाई अल्लाहबाट पुण्य पाउने स्रोतको रूपमा लिनुपर्छ र हरेक सानो वा ठूलो कष्टमा धैर्यवान् रहनुपर्छ, ताकि यसले उसको स्तरलाई उच्च बनाओस् र उसका पापहरूलाई मेटियोस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>नर्क इच्छा तथा आकंक्षाहरूले घेरिएको छ भने स्वर्ग अप्रिय चीजहरूले घेरिएको छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "नर्क इच्छा तथा आकंक्षाहरूले घेरिएको छ भने स्वर्ग अप्रिय चीजहरूले घेरिएको छ ।"</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले नरक आत्मालाई प्रलोभनमा पार्ने चीजहरूले घेरिएको भनी बताउनुभाएको छ, जस्तै निषेधित(हराम) कार्यहरू गर्नु र अनिवार्य रुपमा गरिने कर्महरु लाई बेवास्ता गर्नु आदि; त्यसैले, जसले आफ्नो मनलाई कामनाको पछि डोर्‍याउन्छ, त्यो नरकमा जानेछ । त्यस्तै स्वर्ग मन नपर्ने कुराहरूले घेरिएको छ, जस्तै अल्लाहको आदेशलाई कडाईका साथ पालन गर्नु, हराम गतिविधिबाट टाढा रहनु र यसमा अडिग रहँदा आउने हरेक समस्याको सामना गर्नु । जब कसैले आफूलाई यी कुराहरू गर्न बाध्य पार्छ, र आफ्नै आकाङ्क्षाविरुद्ध संघर्ष गर्छ भने,  ऊ स्वर्गको हकदार बन्दछ ।</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>मनोवाञ्छा तथा आकांक्षामा पर्नुको एउटा कारण के हो भने शैतानले खराब र गलत कामलाई सुन्दर ढंगले प्रस्तुत गर्छ, अनि हृदयले त्यसलाई राम्रो ठान्छ र त्यसैतिर लहसिन्छ ।
 यस हदीसमा अवैध इच्छाहरूदेखि टाढा बस्ने आदेश छ किनकि यो ( इच्छा वासना पछ्याउनु ) नर्क जाने बाटो हो । र अप्रिय1 कर्महरूलाई सहन गर्न प्रोत्साहन दिईएको छ ; किनकि यो स्वर्गको बाटो हो ।
 यस हदीसमा आत्मसंयम गर्ने, राम्ररी उपासना गर्ने र सत्कर्म गर्दा उत्पन्न हुने कष्ट हरु सहन गर्ने प्रेरणा छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>एक मुस्लिमको अर्को मुस्लिममाथि पाँच अधिकारहरू छन्; सलाम (अभिवादन) को जवाफ फर्काउने, बिरामीलाई (हालखबर लिन) भेट्न जाने, जनाजा (अन्त्येष्टि) मा सहभागी हुने, निमन्त्रणा स्वीकार गर्ने र हाछ्युँ गर्नेलाई जवाफ1 दिने ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "एक मुस्लिमको अर्को मुस्लिममाथि पाँच अधिकारहरू छन्; सलाम (अभिवादन) को जवाफ फर्काउने, बिरामीलाई (हालखबर लिन) भेट्न जाने, जनाजा (अन्त्येष्टि) मा सहभागी हुने, निमन्त्रणा स्वीकार गर्ने र हाछ्युँ गर्नेलाई जवाफ1 दिने ।"</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक मुस्लिमको अर्को मुस्लिमप्रति हुने केही अधिकारहरूको व्याख्या गर्नु भयो । पहिलो अधिकार :  सलाम गर्ने व्यक्तिको सलामको जवाफ दिनु हो।
 दोस्रो अधिकार :  बिरामीलाई भेट्नु र उसको स्वास्थ्य अवस्था जान्नु हो।
 तेस्रो अधिकार:  अन्त्येष्टिक्रिया को लागि मृतकलाई उसको घरबाट जनाजा पढ्ने ठाउँ हुदै  चिहानसम्म  लैजानु र चिहानमा नपुरिए सम्म नफर्किनु ।
 चौथो अधिकार: निमन्त्रणा स्वीकार गर्ने, जस्तैः वलीमा (विवाह भोज) आदिको निमन्त्रणा स्वीकार गर्ने हो।
 पाँचौं अधिकार: हाछ्युँको जवाफ दिनु । अर्थात्, जब कुनै व्यक्तिले हाछ्युँ गर्दा ‘अल-हम्दु लिल्लाह’ भन्छ, तब जवाफमा उसले ‘यर-हमुकल्लाह’ भन्नुपर्छ, जसको जवाफमा हाछ्युँ गर्ने व्यक्तिले ‘यहदीकुमुल्लाह व युस्लिहु बालकुम’ भन्नुपर्छ ।</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>यस हदीस बाट मुस्लिमहरूको पारस्परिक हक अधिकारलाई सुनिश्चित गर्न र तिनीहरू बीच भाइचारालाई सुदृढ बनाउन र एकआपसमा प्रेम सिर्जना गर्नमा इस्लामको महानता को पुष्टि हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>सूर्योदय हुने सबै दिन भन्दा राम्रो दिन जुमाको दिन हो</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सूर्योदय हुने सबै दिन भन्दा राम्रो दिन जुमाको दिन हो, त्यही दिन आदमलाई सृष्टि गरियो, त्यही दिन उनलाई स्वर्गमा प्रवेश गराइयो, त्यही दिन उनलाई त्यहाँबाट निकालियो र शुक्रबारको दिन नै प्रलय आउनेछ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सबैभन्दा राम्रो दिन जसमा सूर्य उदाउँछ शुक्रबार हो भन्नुभएको छ । यसका केही विशेषताहरू: अल्लाहले आदम (अलैहिस्सलाम) लाई त्यही दिन सृष्टि गर्नुभयो, त्यही दिन उनलाई स्वर्गमा प्रवेश गर्नुभयो, त्यही दिन उनलाई त्यहाँबाट निकालेर पृथ्वीमा ल्याउनुभयो र प्रलय शुक्रबार बाहेक अन्य दिनमा आउने छैन ।</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>हप्ताका अन्य दिनहरूमा जुमा (शुक्रबार) को सद्गुण ।
 जुमा (शुक्रबार) को दिन अत्याधिक नेक काम गर्न प्रोत्साहन, अल्लाहको कृपा प्राप्त गर्न र उहाँको क्रोधबाट बच्न तयार रहनुहोस् ।
 हदीसमा उल्लेखित जुमा (शुक्रबार) का विशेषताहरूबारे केही धारणाहरू : यो जुमाको विशेषता होइनन्; किनकि आदमलाई त्यहाँबाट निकालिनु र प्रलय आउनु कुनै विशेषता होइन । अर्को भनाइँ : यी सबै विशेषताहरू हुन् । आदमलाई त्यहाँबाट निकालिनु भनेको सन्तान, सन्देशवाहकहरू र नबीहरूको अस्तित्वको कारण हो । त्यसैगरी प्रलय आउनुमा धर्मीहरूको इनाम र अल्लाहले उनीहरूको सम्मानको लागि तयार गर्नुभएको कुरा प्राप्त गर्नको लागि हतार गर्नु हो ।
 जुमा (शुक्रबार) का अन्य विशेषताहरू अर्को हदीसमा उल्लेख गरिएको छ, जस्तै: त्यही दिन आदमको पश्चात्ताप स्वीकार गरियो, त्यही दिन उनको निधन भयो र जुमाको दिन एउटा यस्तो समय छ जसमा कुनै पनि मुमिन भक्तले अल्लाहसँग केही माग्छ भने उहाँले दिनुहुन्छ ।
 वर्षको सबैभन्दा उत्कृष्ट दिन अराफातको दिन हो । केही धर्मविदले 'कुर्बानी'  (बलिदान) को दिन भनेका छन् । हप्ताको सबैभन्दा उत्कृष्ट दिन शुक्रबारको दिन हो र सबैभन्दा उत्कृष्ट रात लैलतुल-कदर हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3711</t>
   </si>
   <si>
-    <t>ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ</t>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)को सामु एक व्यक्तिको चर्चा भयो, जसले रातभर सुतेर बिहानसम्म उठेन। उहाँले भन्नुभयो: " यो त्यो व्यक्ति हो, जसको कानमा वा दुवै कानमा शैतानले पिसाब गरेको छ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम)को सामु एक व्यक्तिको चर्चा भयो, जसले रातभर सुतेर बिहानसम्म उठेन। उहाँले भन्नुभयो: " यो त्यो व्यक्ति हो, जसको कानमा वा दुवै कानमा शैतानले पिसाब गरेको छ।"</t>
   </si>
   <si>
     <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)को सामु एक व्यक्तिको चर्चा भयो, जसले बिहानसम्म सुतिरह्यो यहाँ सम्म कि सूर्य उदायो अनि फज्र नमाजका लागि उठेन। नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: यो त्यस्तो व्यक्ति हो, जसको कानमा शैतानले पिसाब गरेको छ।</t>
   </si>
   <si>
     <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
 الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
 قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
 قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
   </si>
   <si>
     <t>रातीमा पढिने तहज्जुद नमाज़लाई छोड्नु नापसन्द गरिन्छ। र यसको कारण शैतान हो।
 शैतानबाट सतर्क रहनु आवश्यक छ किनकि ऊ मानिसको लागि प्रत्येक मार्गमा घात लगाएर बस्छ। ताकि ऊसलाई अल्लाहको आज्ञापालनबाट रोक्न सकोस्।
 इब्न हजरले भन्नुभयो: (ما قام إلى الصلاة) मा उल्लेख गरिएको नमाज शब्दले  सबै प्रकारका नमाजलाई जनाउछ। साथै यो विशेषत तहज्जुद  वा फरज (अनिवार्य) नमाजलाई पनि जनाउन सक्ने सम्भावना छ।
 तयबीले भन्नुभएको छ: कानलाई विशेष रूपमा उल्लेख गरिएको छ, यद्यपि निद्रासँग आँखा बढी सम्बन्धित हुन्छ। यसले निद्राको गहिराइतर्फ संकेत गर्दछ किनकि कान ध्यान को स्रोत हुन्छ, र पिसाबलाई विशेष रूपमा उल्लेख गरिएको छ किनकि यो शरीरका भोकल स्थानहरूमा सजिलै प्रवेश गर्छ र रक्तनलीहरूमा छिटो प्रवेश गर्छ, जसले शरीरका सबै अङ्गहरूमा आलस्य  ल्याउँछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3714</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>अल्लाहले त्यो व्यक्तिमाथि कृपा गरून् जसले किनबेच र ऋण असुल उपर गर्दा नम्रतापूर्वक व्यवहार गर्छ ।</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "अल्लाहले त्यो व्यक्तिमाथि कृपा गरून् जसले किनबेच र ऋण असुल उपर गर्दा नम्रतापूर्वक व्यवहार गर्छ ।"</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले किनबेच गर्दा नम्रता र उदारता देखाउने व्यक्तिको लागि कृपा प्राप्तिको प्रार्थना गर्नुभएको छ । तसर्थ, मूल्यको बारेमा खरिदकर्तासँग कडा नहुनुहोस् र राम्रो आचरणको प्रदर्शन गर्नुहोस् । त्यसैगरी खरिद गर्दा नम्रता र उदारताका साथ व्यवहार गर्नुहोस् र सामानको अवमूल्याङ्कन वा मूल्य नघटाउनुहोस् । त्यसैगरी ऋण माग्दा नम्र र उदार बन्नुहोस् । गरिब र खाँचोमा परेको व्यक्तिसँग कठोर व्यवहार गर्नुको सट्टा नम्रतापूर्वक ऋण माग्नुहोस् र थप समय पनि दिनुहोस् ।</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>शरिया कानूनको उद्देश्यहरुमध्ये एक मानिसहरू बीचको सम्बन्ध सुधार गर्ने कुराहरूको संरक्षण गर्नु हो ।
 खरिद बिक्री आदि जस्ता मामिलामा उच्च नैतिकता र राम्रो आचरणको प्रदर्शन गर्न प्रोत्साहित गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>त्यो व्यक्ति अपमानित होस्, त्यो व्यक्ति अपमानित होस्, त्यो व्यक्ति अपमानित होस् ।" कसैले सोध्यो: को? हे अल्लाहको रसूल । उहाँले भन्नुभयो: "जसले आफ्नो आमाबाबु दुवैलाई वा एकलाई बुढेसकालमा पाउँछ, तर (उनीहरूको सेवा गरेर) स्वर्गमा प्रवेश गर्दैन ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "त्यो व्यक्ति अपमानित होस्, त्यो व्यक्ति अपमानित होस्, त्यो व्यक्ति अपमानित होस् ।" कसैले सोध्यो: को? हे अल्लाहको रसूल । उहाँले भन्नुभयो: "जसले आफ्नो आमाबाबु दुवैलाई वा एकलाई बुढेसकालमा पाउँछ, तर (उनीहरूको सेवा गरेर) स्वर्गमा प्रवेश गर्दैन ।"</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अपमानित होस् र उसको नाक माटोमा होस् भनेर तीन पटक श्राप दिनुभयो । सोधियो: हे अल्लाहका दूत, को हो त्यो व्यक्ति जसको लागि हजुरले श्राप दिनुभयो ?
 उहाँले भन्नुभयो: जसले आफ्नो आमाबाबु दुवैलाई वा एकलाई बुढेसकालमा पाउँछ, तर उनीहरूको सेवा गरेर स्वर्ग प्रवेश गर्दैन; यो तिनीहरूसंग नराम्रो व्यवहार र अनाज्ञाकारिताको कारणले हो ।</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>आमाबाबुको सम्मान गर्नु अनिवार्य हो, विशेष गरी तिनीहरू वृद्ध र कमजोर हुँदा । उनीहरूको सेवा स्वर्ग प्रवेश गर्ने एक कारण हो ।
 आमाबाबुको अवज्ञा गर्नु ठूलो पाप हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>एकल उपासकहरूले अग्रता पाइसके।’</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : “अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) मक्का जाने बाटोमा यात्रा गरिरहनुभएको थियो। बाटोमा एउटा पहाड आयो, जसलाई 'जुम्दान' भनिन्थ्यो। तब उहाँले भने, ‘तिमीहरू अघि बढ, यो जुम्दान हो। एकल उपासकहरूले अग्रता पाइसके।’  मानिसहरूले सोधे, ‘हे अल्लाहका रसूल! एकल उपासकहरू भनेको को हुन्?’ उहाँले उत्तर दिनुभयो, ‘अल्लाहलाई धेरै सम्झने पुरुष र महिलाहरू।’”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहलाई धेरै जिक्र (याद) गर्नेहरूको स्थान स्पष्ट पार्नुभएको छ । तिनीहरू स्वर्ग बगैंचामा उच्च स्थानहरू प्राप्त गर्नमा अरूभन्दा अगाडि र अद्वितीय छन् । उहाँले तिनीहरूलाई जुमदान पर्वतसँग तुलना गर्नुभयो जुन अन्य पहाडहरु भन्दा पृथक छ ।</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>अत्यधिक जिक्र गर्नु र त्यसमा व्यस्त रहनु मुस्तहब हो, किनकि परलोकमा केवल इख्लास (इमान्दारिता) र आज्ञाकारिताले उच्च स्थान प्राप्त गर्न सकिन्छ ।
 अल्लाहको जिक्र जिब्रोले मात्र हुनसक्छ वा हृदयले मात्र हुनसक्छ वा जिब्रो र हृदय दुवैले एकसाथ गर्न सकिन्छ र यो उच्च दर्जा हो ।
 केही जिक्रहरू समयसँग जोडिएका छन् , जस्तैः बिहान र बेलुकाको अज्कार र फर्ज नमाजपछिको अज्कार इत्यादि ।
 इमाम नववी (रहिमहुल्लाहु) ले भनेका छन्: तस्बीह (सुब्हानल्लाह), तहलील (ला इलाह इल्लल्लाह), तहमीद (अल्हम्दु लिल्लाह) र तक्बीर (अल्लाहु अकबर) भन्नु र यस्तै कुरामा सीमित छैन, बरु प्रत्येक उपासना र आज्ञाकारीता अल्लाहको जिक्र हो ।
 अल्लाहको जिक्र (स्मरण) दृढता र अडिग रहनका लागि सबैभन्दा ठूलो कारण हो, अल्लाहले भन्नुभएको छ : "हे मोमिनहरू हो ! काफिरहरूको समूहसँग भीडन्त हुँदा अडिग रहने गर, अल्लाहलाई धेरै याद गर, ताकि तिमीहरू सफल हुनेछौ ।" [अल-अन्फाल: ४५]
 अल्लाहको जिक्र (स्मरण) गर्नेहरू र जुम्दान पर्वत बीचको तुलना अलग कुरा हो; जुम्दान पर्वत सम्पूर्ण पहाडहरूबाट अलग छ, त्यसैगरी अल्लाहको जिक्र (स्मरण) गर्नेहरू सबै मानिसहरू भन्दा अलग हुन्छन् । किनभने ऊ मानिसहरूको बीचमा भएपनि उसको हृदय र जिब्रोले अल्लाहको जिक्र गर्छ र मानिसहरूको भीडभाडबाट अलग भइ एकान्तमा बस्न रुचाउँछ । अर्को भनाइ के छ भने अल्लाहको जिक्र (स्मरण) नै धर्ममा दृढताको कारण हो जसरी पहाडहरू पृथ्वीको दृढताको कारण हुन् । वा यसको अर्थ भनेको दुनियाँ र आखिरतमा सत्कर्ममा अघि बढ्नु हो, जसरी मदिनाबाट मक्का जाने यात्री जुम्दान आइपुग्यो भने ऊ मक्का पुग्ने संकेत हो, त्यसैगरी जसले अल्लाहको जिक्र (स्मरण) गर्छ, ऊ अल्लाहको बारम्बार सम्झनाद्वारा अरू भन्दा अगाडि बढ्छ । वल्लाहु आअलम् (अल्लाह राम्रो जान्दछन्)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3719</t>
   </si>
   <si>
-    <t>يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>शैतान तिमीहरू मध्ये कसैको गुद्दीमा ऊ सुतेको बेलामा तीन गाँठो लगाइ दिन्छ र हरेक गाँठोमा "अहिले रात लामो छ , सुत" भनेर गाँठो पार्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ, 
 अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "शैतान तिमीहरू मध्ये कसैको गुद्दीमा ऊ सुतेको बेलामा तीन गाँठो लगाइ दिन्छ र हरेक गाँठोमा "अहिले रात लामो छ , सुत" भनेर गाँठो पार्छ । यदि उसले जागेर अल्लाहको जिक्र ( नाम लियो भने  एउटा गाँठो खुल्छ । यदि उसले  वजू गर्यो एउटा गाँठो खुल्छ र यदि उसले नमाज पढ्यो  भने एउटा गाँठो खुल्छ । फलतः ऊ चुस्त र खुसी मनको हुन्छ नत्र ऊ खराब मन सुस्त हुन्छ । "</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम) ले तहज्जुद वा फजरको नमाजका लागि मान्छे उठन खोज्यो भने शैतानको झगडा र उसको हालतका बारेमा बताउनु भयो।
 जब इमान वाला सुत्न लाग्छ तब शैतानले उसको गुद्दी( टाउकाको पछिल्लो भागमा तीन गाँठो लगाइ दिन्छ ।
 ज इमान वाला जाग्छ र अल्लाहको नाम लिन्छ भने शैतानको मनमा कुरा खेलाउनुलाई मान्दैन, एउटा गाँठो खुल्छ ।
 यसरी नै यदि  वुजू गर्यो भने अर्को गाँठो खुल्छ । .
 र यदि खडा भएर नमाज पढ्छ भने तेस्रो गाँठो खुल्छ र ऊ फ़ुर्तिलो र मन रमाएको हुन्छ । अल्लाहले आफ्नो आदेश पालनको जुन अवसर प्रदान गर्नु भयो, त्यसका कारण। अल्लाह तआलाले जुन प्रतिफल र क्षमा प्रदानको वाचा गर्नु भएको छ, त्यसका कारण ।</t>
   </si>
@@ -5719,497 +5724,506 @@
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>शैतान निरन्तर हरेक  बाटोमा मान्छेका लागि उसको र अल्लाहको अनुसरणको बीचमा आउने कोसिसमा हुन्छ । मान्छेले शैतानसित बच्न अल्लाहसित शरण न मागि र बच्ने र जोगिने माध्यम न अपनाइ हुँदैन ।
 अल्लाहको जिक्र र उहाँको उपासनाले मनमा स्फुर्ती ल्याउँछ र सुस्ती र आलस्य भगाउँछ र पीडा र क्रोध हटाउँछ । किन कि यसले शैतानलाई भगाउँछ  र यो कुरा शैतानको मनमा कुरा खेलाउनुले हुन्छ ।
 इमान वालालाई अल्लाह तआलाले उसलाई उहाँको आज्ञापालनमा अवसर प्रदान गर्नु भएकोमा खुसी हुन्छ र उत्तम गुण र निपूणताको स्तरमा कमी आयो भने ऊ निराश  हुन्छ ।
 आज्ञाकारिताबाट लापरवाही र टाढिनु शैतानको काम र उसले राम्रो बनाएर देखाउने चाल हो।
 यी तीन चीजहरू - अल्लाहको जिक्र, वजू र नमाजले शैतानलाई भगाउँछन् ।
 शैतानले विशेषगरी टाउकोको पछाडि भागमा गाँठो लगाउँछ, किनभने यो शक्ति र क्रियाकलापको केन्द्र हो। यदि उसले यसमा गाँठो कस्न सफल भयो भने, मानिसको आत्मामा नियन्त्रण गर्न र निद्रा हावी गराउन सजिलो हुन्छ।
 इब्ने हज्र अल-अस्कलानी (रहिमहुल्लाह) भन्नु हुन्छ: शैतानले आफ्नो भनाइमा "अहिले रातै छ,"  भनेर भन्नुबाट स्पष्ट हुन्छ कि यो कुरा रातको निद्राका साथ  खास छ ।
 इब्न हजर अल-असकलानीले भने: "विशेष रूपमा कुनै निश्चित जिक्र अनिवार्य छैन जसलाई बाहेक अरू स्वीकार्य नहोस। बरु जुनसुकै कुरा अल्लाहको सम्झना ठहरिन्छ, त्यो पर्याप्त छ। यसमा क़ुरआनको तिलावत, पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) का हदीसहरूको पाठ, र इस्लामिक ज्ञानमा संलग्न हुनु समेत समावेश हुन्छ।
 तर सबैभन्दा योग्य जिक्र भने पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को यो वचन हो:
 'जो कोही रातमा जागन्छ र भन्छ:
  ला इला​हा इल्ला​ल्लाहु व​ह्दहु ला श​रीक लह, लहुल मुल्कु व​लहुल ह​म्दु व​हुवा अला कुल्लि श​यइन क़​दीर, अल्​हम्दु लिल्लाह, व​सुभान​ल्लाह, वला इला​हा इल्ला​ल्लाह, व​ल्लाहु अकबर, वला हौला वला क़ुव्वता इल्ला बिल्लाह।
 (अनुवाद: अल्लाह तआला बाहेक कोही उपास्य छैन । उहाँ एक्लो हुनु हुन्छ । उहाँको कोही साझी छैन । उहाँको नै राज हो र उहाँका लागि नै प्रशंसा छ र उहाँ हरेक कुरामा सामर्थ्य  राख्नु हुन्छ । समस्त प्रशंसा अल्लाहका लागि उहाँ पवित्र हुनु हुन्छ र उहाँ बाहेक कोही उपासनाको लायक छैन र उहाँ सबै भन्दा महान हुनुहुन्छ र सत्कर्मको शक्ति र पापहरूबाट बच्न सक्ने क्षमता उहाँद्वारा नै प्रदान हुन्छ । )
  अनि  उसले भन्यो: अल्लाहुम्मग़फ़िर ली
 (हे अल्लाह, मलाई माफ गरि दिनु होस् ) वा यदि उसले  दुआ गर्यो भने, उसको दुआ कबूल (स्वीकार्य) हुन्छ । , र यदि उसले वजू गर्छ ( र नमाज पढ्छ  भने ), उसको नमाज स्वीकार गरिन्छ ।)
 त्यसपछि यदि ऊ भन्छ: हे अल्लाह, मलाई क्षमा गर, वा कुनै प्रार्थना (दुआ) गर्छ भने, त्यो स्वीकार गरिन्छ। र यदि ऊ वुजू गर्छ भने, उसको नमाज स्वीकार गरिन्छ।' (यो हदीस बुखारीले वर्णन गरेका छन्।)"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3731</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>''अल्लाहको लागि अत्याधिक सज्दा गर्नु, किनकि तिमीले गरेको हरेक सज्दाले अल्लाह ले तिम्रो एक स्तर बढाउनुहुन्छ र एक पाप मेटाउनुहुन्छ ।''</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>मादान बिन अबू तल्हा यामुरीले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आजाद गरिएको दास सौबानलाई भेटें र भने: मलाई एउटा यस्तो काम बताउनुहोस्, जुन मैले गरे भने अल्लाहले मलाई स्वर्गमा प्रवेश गर्नुहुन्छ । वा मैले भने: अल्लाहको नजरमा सबैभन्दा प्यारो कामबारे मलाई भन्नुहोस् । उनी चुप लागे । मैले फेरि प्रश्न सोध्दा उनी मौन बसे । जब मैले तेस्रो पटक प्रश्न दोहोर्याएँ, उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई यसबारे सोधेको थिएँ र उहाँले भन्नुभयो: ''अल्लाहको लागि अत्याधिक सज्दा गर्नु, किनकि तिमीले गरेको हरेक सज्दाले अल्लाह ले तिम्रो एक स्तर बढाउनुहुन्छ र एक पाप मेटाउनुहुन्छ ।'' मादानले भने: त्यसपछि मैले अबू-दर्दा (रजियल्लाहु अन्हु) लाई भेटें र त्यही प्रश्न सोध्दा उनले पनि सौबानले भने जस्तै जवाफ दिए ।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो : कुन काम गर्दा स्वर्गमा प्रवेश गर्न सकिन्छ वा अल्लाहलाई सबैभन्दा बढी मनपर्ने कुन काम हो ?
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रश्नकर्तालाई भन्नुभयो: नमाजमा अत्यधिक सज्दा गर्नु, किनकि अल्लाहले तिम्रो हरेक सज्दा ले एक दर्जा बढाउनुहुन्छ र पाप क्षमा गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>मुस्लिमलाई फर्ज र नफल (स्वैच्छिक) नमाजमा लगनशील हुन आग्रह, किनकि यसमा सज्दा समावेश छ ।
 सहाबाहरूको न्यायशास्त्र र ज्ञान; बिना सत्कर्म (अल्लाहकै कृपा पछि) स्वर्ग प्राप्त हुँदैन ।
 नमाजमा दर्जा बढाउन र पापहरू क्षमा गर्न सबैभन्दा ठूलो कारण सज्दा गर्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>एकजना व्यक्तिले मानिसहरूलाई पैसा उधारो दिने गर्थ्यो। उसले आफ्नो नोकरलाई (ऋण उठाउन पठाउँदा) भन्थ्यो : "यदि कसैको ऋण तिर्न अवस्था छैन भने उसलाई माफ गरिदिनु। सायद अल्लाहले हामीलाई  पनि क्षमा गरिदिनुहुनेछन्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "एकजना व्यक्तिले मानिसहरूलाई पैसा उधारो दिने गर्थ्यो। उसले आफ्नो नोकरलाई (ऋण उठाउन पठाउँदा) भन्थ्यो : "यदि कसैको ऋण तिर्न अवस्था छैन भने उसलाई माफ गरिदिनु। सायद अल्लाहले हामीलाई  पनि क्षमा गरिदिनुहुनेछन् ।" जब उसले अल्लाह सर्वशक्तिमानलाई भेट्यो(अर्थात, जब उसको मृत्यु भयो), अल्लाहले उसलाई माफ गरिदिनु भयो ।</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) एक व्यक्तिको बारेमा बताइरहनु भएको छ, जसले मानिसहरूलाई पैसा ऋणमा दिने गर्थ्यो वा सामान उधारो बेच्ने गर्थ्यो । र ऋण असुलीका लागि मानिसहरूकहाँ जाने आफ्नो नोकरलाई भन्थ्यो: जब तिमी ऋणीकहाँ जाऊ र ऊसँग ऋण तिर्ने केही छैन भने उसलाई केही थप समय दिएर वा तुरुन्त भुक्तानीको लागि दबाब नदिएर उसमाथि दया गर्नु । वा ऊसँग जे छ, त्यो जतिसुकै थोरै भए पनि लिनु । अल्लाहले उनलाई माफ गरिदिनुहुनेछ भन्ने आशामा उनी यसो भन्ने गर्थे । त्यसकारण जब उसको मृत्यु भयो, अल्लाहले उनलाई माफ गरिदिनु भयो ।</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>मानिसहरूसँग व्यवहार गर्दा दयालु हुनु र तिनीहरूलाई क्षमा गर्नु,  समस्यामा परेकाहरूलाई छूट दिनु, महाप्रलयको दिन (नर्क बाट) मुक्ति प्राप्त गर्ने ठूलो माध्यम हो ।
 मानिसहरूप्रति दयालु हुनु, अल्लाह प्रतिको विशुद्ध निष्ठा र उहाँको कृपाको आशा गर्नु पापहरूको क्षमाका कारण हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
   </si>
   <si>
     <t>रासूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम)ले पवित्र रमजान महिना का अन्तिम दस दिनमा इबादत गर्नमा यसरी परिश्रम गर्नुहुन्थ्यो जुन उहाँ अन्य समयहरूमा गर्दैन थिए।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा)ले बयान गरेकि छिन्: रासूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम)ले पवित्र रमजान महिना का अन्तिम दस दिनमा इबादत गर्नमा यसरी परिश्रम गर्नुहुन्थ्यो जुन उहाँ अन्य समयहरूमा गर्दैन थिए।</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
   </si>
   <si>
     <t>रमजानको अन्तिम दस दिनहरुमा  नबी (सल्लल्लाहु अलैहि वसल्लम) इबादत र आज्ञापालनमा कडा परिश्रम गर्नुहुन्थ्यो, र अरू समयभन्दा बढी विभिन्न प्रकारका  राम्रा कार्यहरू, दान, र इबादतहरूमा ध्यान केन्द्रित गर्नुहुन्थ्यो। यसो गर्दा ती रातहरू महत्त्व र पुण्यको कारण थियो, र उहाँ लैयलतुल कदर (क़द्रको रात)को खोजी गर्नुहुन्थ्यो। यसको कारण ती रातहरूको महानता  थियो, र लैयलतुल कदर को खोजीमा पनि ।</t>
   </si>
   <si>
     <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
 العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
 استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
   </si>
   <si>
     <t>रमजानको महिनामा र विशेष गरी यसको अन्तिम दस दिनहरूमा मानिसहरूलाई अधिक धार्मिकता र आज्ञाकारिताका कार्यहरू गर्न प्रोत्साहित गर्नु।
 रमजानको अन्तिम दस दिन २१औं रातदेखि शुरु भएर महिना सकिनेसम्म रहन्छ।
 श्रेष्ठ समयहरूमा इबादत र धार्मिक कार्यहरू मार्फत फाइदा उठाउनको लागि प्रोत्साहित गरिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3755</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>मेरो उम्मतका सबै मानिसहरूलाई क्षमा दिइनेछ, खुलेआम पाप गर्नेहरू बाहेक</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "मेरो उम्मतका सबै मानिसहरूलाई क्षमा दिइनेछ, खुलेआम पाप गर्नेहरू बाहेक । खुलेआम पाप भनेको एक व्यक्तिले रातमा पाप गर्छ र अल्लाहले उसको पापलाई ढाकिदिनुभए पछि बिहान उठ्दा उसले भन्छ: हे साथी, हिजो राती मैले यस्तो-यस्तो गरें । यद्यपि अल्लाहले उसको पापलाई ढाकिदिनुभएको थियो, तर उसले अल्लाहले ढाकिदिएको पर्दालाई हटायो ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "मेरो उम्मतका सबै मानिसहरूलाई क्षमा दिइनेछ, खुलेआम पाप गर्नेहरू बाहेक । खुलेआम पाप भनेको एक व्यक्तिले रातमा पाप गर्छ र अल्लाहले उसको पापलाई ढाकिदिनुभए पछि बिहान उठ्दा उसले भन्छ: हे साथी, हिजो राती मैले यस्तो-यस्तो गरें । यद्यपि अल्लाहले उसको पापलाई ढाकिदिनुभएको थियो, तर उसले अल्लाहले ढाकिदिएको पर्दालाई हटायो ।"
+"मेरो उम्मतका सबै मानिसहरूलाई क्षमा गरिनेछ, ती व्यक्तिहरूबाहेक जसले सार्वजनिक रूपमा पापहरू गर्छन्। पाप सार्वजनिक गर्नुको अर्थ यो हो कि कुनै व्यक्तिले रातको समयमा कुनै पाप गर्छ र अल्लाहले उसको पापलाई कसैलाई थाहा लाग्न दिनुहुन्न, (तर) ऊ बिहान उठेर भन्छ: 'हे साथी, हिजो राती मैले यस्तो-यस्तो गरें।' यसरी अल्लाहले ढाकिदिनुभएको पापको आवरण उसले आफैँले च्यातिदिन्छ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, पापी मुस्लिमलाई अल्लाहले क्षमा गर्नुहुन्छ, तर जसले पाप गरेपछि खुलेआम गर्वका साथ आफ्नो पापको घोषणा गर्दै हिंड्छ, ऊ क्षमा योग्य छैन; किनभने उसले रातमा गरेको पापलाई अल्लाहले ढाकिदिनुभएको थियो, तर बिहान उठ्दा उसले आफ्नो साथीलाई भन्छ: हे साथी, हिजो राती मैले यस्तो-यस्तो गरें । यद्यपि अल्लाहले उसको पापलाई ढाकिदिनुभएको थियो, तर उसले अल्लाहले ढाकिदिएको पर्दालाई हटायो !!</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, पापी मुस्लिमलाई अल्लाहले क्षमा गर्नुहुन्छ, तर जसले पाप गरेपछि खुलेआम गर्वका साथ आफ्नो पापको घोषणा गर्दै हिंड्छ, ऊ क्षमा योग्य छैन; किनभने उसले रातमा गरेको पापलाई अल्लाहले ढाकिदिनुभएको थियो, तर बिहान उठ्दा उसले आफ्नो साथीलाई भन्छ: हे साथी, हिजो राती मैले यस्तो-यस्तो गरें । यद्यपि अल्लाहले उसको पापलाई ढाकिदिनुभएको थियो, तर उसले अल्लाहले प्रदान गर्नु भएको आवरणलाई उसले आफैँ हटाइदिन्छ !!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
-    <t>अल्लाहले पापलाई लुकाईदिएपछि खुलेआम अरुलाई भन्नु एकदम गलत हो ।
+    <t>अल्लाहले कसैको पापलाई लुकाईदिएपछि खुलेआम अरुलाई बताउनु धेरै नै घृणित कुरा हो ।
 खुलेआम पापको घोषणा गर्नु भनेको आस्थावान (विश्वासी) हरूमाझ अनैतिकता फैलाउनु हो ।
-अल्लाहले जसलाई यस संसारमा पर्दा गर्नुहुन्छ, आखिरतमा पनि उहाँले पर्दा गर्नुहुनेछ र यो उहाँका दासहरूप्रति अपार कृपा हो ।
-[...1 lines deleted...]
-खुलेआम पाप गर्नेहरू अल्लाहको माफीबाट बञ्चित हुनेछन् ।</t>
+अल्लाहले जसका (गोप्य पाप र अपराध) यस संसारमा अरूलाई थाहा हुन दिँदैनन्, उसको (पाप र अपराध) लाई परलोकमा पनि जाहेर हुन दिनुहुन्न, र यो अल्लाहको आफ्ना भक्तहरू प्रतिको अपार कृपा हो ।
+कुनै व्यक्ति पापमा लिप्त भएमा, उसले त्यसलाई सार्वजनिक गर्नु हुँदैन, बरु अल्लाहसँग तौबा (पश्चात्ताप) गर्नुपर्छ।
+पापलाई खुल्ला रूपमा प्रकट गर्नेहरू, जो आफुले गरेको पापहरुलाई जानाजानी जाहेर गर्छन, तिनीहरूको पापको गम्भीरता ठूलो छ, र तिनीहरूले आफैंलाई माफी र क्षमाबाट वञ्चित गर्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ</t>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
   </si>
   <si>
     <t>जो व्यक्तिले संसारमा अरूको (गल्ती वा कमजोरी) लुकाउँछ, अल्लाहले प्रलयको दिन त्यस व्यक्तिको गलतीलाई लुकाउनेछ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु)ले बयान गरेका छन्: रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ: "जो व्यक्तिले संसारमा अरूको (गल्ती वा कमजोरी) लुकाउँछ, अल्लाहले प्रलयको दिन त्यस व्यक्तिको गलतीलाई लुकाउनेछ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बयान गर्नुहुन्छ: कुनै मुसलमानले आफ्नो मुस्लिम दाजुभाइको कुनै कुरा (गल्ती वा कमजोरी) लुकाएमा, अल्लाह तआलाले प्रलयको दिन उसको गलतीलाई लुकाएर संरक्षण दिनुहुनेछ। किनभने प्रतिफल कर्मकै प्रकारको हुन्छ। अल्लाहले उसको गल्तीहरू र अपराधहरूलाई महशरको मैदानमा भेला भएका मानिसहरू बाट लुकाएर उसलाई ढाक्नुहुनेछ। अनि ती पापहरूको हिसाब-किताब नगरी र ती पापहरू बारे उसलाई नभनिकन गोप्य रूपले पनि हुन सक्छ।</t>
   </si>
   <si>
     <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
 الترغيب في ستر أخطاء الآخرين.
 من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
   </si>
   <si>
     <t>जब एक मुसलमानले पाप गर्छ, तब उसलाई लुकाउनु उचित छ, तर यससँगै उसले गरेको गल्तीको विरोध गर्न, उपदेश दिन र अल्लाहसँग डराउन प्रेरित गर्न आवश्यक छ। तर यदि ती मानिसहरू पाप र भ्रष्टाचारको सार्वजनिक रूपमा प्रचार गर्ने हुन् भने, तिनीहरूको पाप लुकाउनु उचित छैन, किनकि यसले तिनीहरूलाई पाप गर्नको लागि प्रोत्साहित गर्न सक्छ। यस अवस्थामा, उनको मामिला शासक वा अधिकारिक व्यक्तिहरूसम्म पुर्याउनु पर्छ, यद्यपि यसमा उनको पापको सार्वजनिक उल्लेख हुनेछ, किनकि उनी आफ्नो पाप र भ्रष्टाचारलाई प्रकट गर्दै छन्।
 अरूको गल्तीहरू ढाकछोप गर्न प्रोत्साहन।
 गल्तीहरू लुकाउने फाइदाहरूमा एक यो हो कि पापीलाई आफ्नो गल्ती सुधार्ने र अल्लाहतर्फ फर्कने अवसर मिल्छ। किनभने दोष र कमजोरीहरूको सार्वजनिक गर्नु फोहोर व्यवहारको प्रचार हो, जसले सामाजिक वातावरणलाई बिगार्दछ र अरूलाई पनि ती पापहरू गर्न प्रोत्साहित गर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3777</t>
   </si>
   <si>
-    <t>لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ</t>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये कसैको पनि यस्तो अवस्थामा मृत्यु नहोस्, जबसम्म ऊ अल्लाहप्रति राम्रो आशा (र विश्वास) राख्दैन।</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हु)ले भन्नु भएको छ: मले नबी (सल्लल्लाहु अलैहि वसल्लम)लाई उनको निधनको तीन दिनअघि यस्तो भन्दै गरेको सुनेको छु: « तिमीहरूमध्ये कसैको पनि यस्तो अवस्थामा मृत्यु नहोस्, जबसम्म ऊ अल्लाहप्रति राम्रो आशा (र विश्वास) राख्दैन। »</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले एक मुस्लिमलाई यो सल्लाह दिनुभयो कि उसको यस्तो अवस्थामा मृत्यु होस्, जब ऊ अल्लाहप्रति राम्रो आशा राख्छ। मृत्युको क्षणमा, अल्लाहको दया र क्षमामा विश्वास गर्दै, आशाको पक्षलाई प्राथमिकता दिनुपर्छ। किनभने डरले कर्म सुधार्न आवश्यक हुन्छ, तर मृत्युको क्षण कर्म गर्ने समय होइन। त्यस बेला, अल्लाहप्रतिको आशा प्रमुख हुनुपर्छ।</t>
   </si>
   <si>
     <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
 قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
 أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
 ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो उम्मतलाई मार्गदर्शन देखाउनुमा उत्साह र उहाँको गहिरो दयालुता स्पष्ट देखिन्छ। उहाँले आफ्नो जीवनका सबै अवस्थाहरूमा, यहाँसम्म कि आफ्नो अन्तिम रोगको समयमा पनि, उम्मतलाई सल्लाह दिनुभयो र उनीहरूलाई उद्धारका मार्गतर्फ डोर्याउनुभयो।
 आफ्ना कर्महरू अहिले सुधार्नुहोस् ताकि मृत्युको बेला तपाईंको अल्लाहप्रतिको विश्वास राम्रो रहोस्। किनभने जसले मृत्युअघि खराब कर्म गर्दछ, उसको मृत्युको बेला अल्लाहप्रतिको आशा खराब हुन्छ।
 मानिसको लागि सबैभन्दा उपयुक्त अवस्था भनेको आशा र डरको सन्तुलन राख्नु हो, र प्रेमलाई प्रमुखता दिनु हो। प्रेम नै यात्रीको साधन हो, आशा मार्गदर्शक हो, र डर चालक हो। अल्लाह तआलाले आफ्ना कृपा र करमले उनलाई गन्तव्यसम्म पुर्याउँछन्।
 मृत्यु हुने मानिसको वरिपरि भएको मानिसहरुको लागि जरुरी छ कि उसले अल्लाहप्रति आशा र राम्रो विश्वास राख्नु पर्नेछ भन्ने  कुरामा जोर दिनु पर्छ। यस हदीसमा, नबी  (सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो मृत्युको तीन दिन अघि यस विषयमा भनेका थिए।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3779</t>
   </si>
   <si>
-    <t>لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ</t>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>मैले मेराजको रातमा हजरत इब्राहिम (अलैहिस्सलाम)लाई भेटेँ । सो उहाँले भन्नु भयो: हे मुहम्मद ! तपाईंले आफ्नो उम्मत (अनुयायीहरू) लाई मेरो सलाम भनि दिनु होला र तिनीहरूलाई भन्नु होला कि जन्नतमा राम्रो माटो र ताजा पानी छ</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु)द्वारा वर्णन छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले , भन्नु भयो: "मैले मेराजको रातमा हजरत इब्राहिम (अलैहिस्सलाम)लाई भेटेँ । सो उहाँले भन्नु भयो: हे मुहम्मद ! तपाईंले आफ्नो उम्मत (अनुयायीहरू) लाई मेरो सलाम भनि दिनु होला र तिनीहरूलाई भन्नु होला कि जन्नतमा राम्रो माटो र ताजा पानी छ" तर यो खाली छ: यसका बिरूवाहरू "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" अनि "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर" हुन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो  कि उहाँले  हजरत इब्राहिम अल-खलील  सित इस्राको यात्रा र मेराजको रातमा भेट्नु भयो । अनि उहाँले नबी(सल्लल्लाहु अलैहि वसल्लम)लाई भन्नु भयो: हे मुहम्मद ! हजुरले आफ्ना अनुयायीहरूलाई मेरो सलाम पुर्याइ दिनु होला र उनीहरूलाई बताउनु होला कि जन्नतमा माटो राम्रो छ । पानी मिठो छ, नुनिलो छैन, र त्यो जन्नत फराकिलो र सम्म छ , रूखहरू छैनन् ।  त्यसका रुखहरू पवित्र वाक्यहरू हुन् र यिनै सदैव रहने वाला सत्कर्महरू हुन्: "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" अनि "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर"
  जब जब कुनै मुसलमानले यिनलाई भन्छ र यिनलाई दोहोर्याउँछ, उसको लागि जन्नत (स्वर्ग)मा एउटा रुख रोपिन्छ ।</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>जन्नतमा धेरै भन्दा धेरै रुखहरू लगाउनका लागि जिक्रमा निरन्तरता दिनका लागि प्रोत्साहन ।
 इस्लामी अनुयायीहरूको विशिष्टता: कि हजरत इब्राहीम (अलैहिस्सलाम)ले उनीहरूलाई सलाम पुर्याइ दिनु होला भनेर भन्नु भयो ।
 इब्राहीम (अलैहिस्सलाम)को मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) का अनुयायीहरूलाई उनीहरूले धेरै भन्दा धेरै अल्लाह तआलाको जिक्र  गर्ने गरून्  भनेर उत्प्रेरित गर्नु ।
 तैबी (रहिमहुल्लाह) भन्नु हुन्छ: स्वर्ग खाली मैदान हो, र अल्लाह ले आफ्नो अनुग्रहद्वारा अमल ( कर्म) गर्ने वालाहरूका लागि उनीहरूको कर्म अनुसार रूखहरू र महलहरू सिर्जना गर्नु हुन्छ ।  हरेक अमल (काम) गर्ने वालालाई उसको कामको अनुसार उसलाई दिइने छन् र त्यसपछि फेरि अल्लाह तआला हरेक मान्छेलाई त्यो कामको अवसर प्रदान गर्नु हुन्छ जसका लागि उसको सृष्टि भएको छ  । यस उद्देश्यले कि उसले त्यो सवाब पाउन् सकोस्, जसरी कि मानौँ साँच्चि नै उसले रुख रोपे जसरी ।</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[शवाहिद (गवाहहरु) ले गर्दा हसन हो]</t>
   </si>
   <si>
     <t>[तिर्मीजीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3791</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>सम्बन्ध कायम राख्ने त्यो होइन जसले बदलामा सम्बन्ध कायम गर्छ, तर वास्तवमा सम्बन्धलाई जोगाउने त्यो हो जसले अरुले तोडे पनि उसले जोड्दछ ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सम्बन्ध कायम राख्ने त्यो होइन जसले बदलामा सम्बन्ध कायम गर्छ, तर वास्तवमा सम्बन्धलाई जोगाउने त्यो हो जसले अरुले तोडे पनि उसले जोड्दछ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, नातागोता प्रति सद्भाव र उनीहरुसँग सम्बन्ध कायम राख्ने आदर्श व्यक्ति त्यो होइन, जसले उसँग सद्भाव राखे मात्र बदलामा सद्भाव कायम राख्छ । बरु वास्तविक आदर्श व्यक्ति त्यो हो जससँग उसको आफन्तहरुले नातेदारी विच्छेद र दुर्व्यवहार गरे पनि तिनीहरूसँग सम्बन्ध जोडेर राख्छ र सद्भाव कायम राख्छ   ।</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>शरियतको दृष्टिमा, सम्बन्ध तोड्नेसँग सम्बन्ध कायम गर्नु, गल्ती गर्नेलाई क्षमा गर्नु र वञ्चित गर्नेलाई प्रदान1 गर्नु हो । सुसम्बन्धको सट्टामा मात्र    सम्बन्ध कायम राख्नु सम्बन्धन होइन ।
 सम्बन्ध कायम राख्नु भनेको आफन्तसँग सकेसम्म भलाइ गर्नु हो ।  उदाहरणका लागि उनीहरूको आर्थिक रूपमा मद्दत गर्नु, उनीहरूका लागि प्रार्थना गर्नु, उनीहरूलाई असल कर्म गर्न आदेश दिनु र खराब काम गर्नबाट रोक्नु आदि । त्यसैगरी सकेसम्म उनीहरुलाई हानि पुर्याउने कुराहरू बाट सुरक्षित राख्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3854</t>
   </si>
   <si>
-    <t>لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ</t>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
   </si>
   <si>
     <t>'यदि तिमीले भनेझैं गर्यौ भने, मानौं तिमी तिनीहरूलाई तातो खरानी ख्वाउँदैछौ, र अल्लाहको समर्थन सधैं तिमीसँग हुनेछ, जबसम्म तिमी त्यही मार्गमा रहन्छौ।।'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्: एक व्यक्तिले भने: 'हे अल्लाहका रसूल! मेरो केही नातेदार छन्, म उनीहरूसँग सम्बन्ध कायम राख्छु तर उनीहरू मसँग सम्बन्ध तोड्छन्। म उनीहरूप्रति राम्रो व्यवहार गर्छु तर उनीहरू मलाई नराम्रो गर्छन्। म उनीहरूको बारेमा धैर्य राख्छु तर उनीहरू मलाई अज्ञानतापूर्ण व्यवहारले पिरोल्छन्।'
 रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: 'यदि तिमीले भनेझैं गर्यौ भने, मानौं तिमी तिनीहरूलाई तातो खरानी ख्वाउँदैछौ, र अल्लाहको समर्थन सधैं तिमीसँग हुनेछ, जबसम्म तिमी त्यही मार्गमा रहन्छौ।।'</t>
   </si>
   <si>
     <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
 فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
   </si>
   <si>
     <t>एक व्यक्तिले नबी (सल्लल्लाहु अलैहि वसल्लम) समक्ष गुनासो गरे कि उनी आफ्ना नातेदारहरूसँग राम्रो व्यवहार गर्छन्, तर तिनीहरूले उल्टो व्यवहार गर्छन्। उनी तिनीहरूलाई भेट्न र सम्बन्ध कायम राख्न प्रयास गर्छन्, तर तिनीहरूले सम्बन्ध तोड्छन्। उनी तिनीहरूप्रति भलाइ र इमान्दारिता देखाउँछन्, तर तिनीहरूले अन्याय र कठोरता देखाउँछन्। उनी सहनशील रहन्छन् र क्षमा गर्छन्, तर तिनीहरूले खराब कुरा र क्रियाकलापद्वारा उनको अपमान गर्छन्। उनले सोधे, "के म यस्तै व्यवहारको बाबजुद पनि तिनीहरूसँग सम्बन्ध कायम राखिरहनुपर्छ?
 नबी (सल्लल्लाहु अलैहि वसल्लम)ले उनलाई भने: यदि यो तिमीले भनेजस्तै छ, भने तिमी आफ्ना नातेदारहरूलाई उनीहरूको आफ्नै आँखामा लज्जित र तुच्छ बनाउँदैछौ। यस्तो लाग्छ कि तिमी तिनीहरूलाई तातो खरानी खुवाउँदैछौ, किनभने तिम्रो धेरै भलाइ र तिनीहरूको खराब व्यवहार तिनीहरूको आत्मसम्मानलाई कमजोर बनाउँछ। तिमीसँग सधैं अल्लाहबाट एक सहायक हुनेछ, जसले तिनीहरूको हानीबाट रक्षा गर्नेछ, जबसम्म तिमी तिनीहरूप्रति यसै प्रकारको भलाइमा रहन्छौ र उनीहरू तिमीप्रति आफ्नो खराब व्यवहार गरी रहन्छन्।</t>
   </si>
   <si>
     <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
 امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
 قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
 ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
 ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
   </si>
   <si>
     <t>खराब व्यवहारको जवाफ राम्रोसँग दिनु यो आशा गर्दै कि खराब गर्ने व्यक्ति सत्यतर्फ फर्किन्छ, जस्तो कि अल्लाहले भनेका छन्: (जवाफ राम्रो तरिकाले देऊ, त्यसपछि तिमी र जसको बीचमा शत्रुता छ, ऊ नजिकको मित्र जस्तो हुनेछ।)
 अल्लाहको आदेशको पालन गर्दा, यदि कुनै पीडा पनि भोग्नुपरे, यो मोमिन बन्दाका लागि अल्लाहको मद्दत प्राप्त हुने कारण बन्छ।
 आफन्तसँगको सम्बन्ध तोड्नु भनेको संसारमा पीडा र यातना हो, र परलोकमा पाप र हिसाब-किताबको कारण पनि हो।
 मुसलमानले आफ्नो असल कर्म अल्लाहको लागि गर्ने प्रयत्न गर्नुपर्छ, र मानिसहरूको दुःख वा पीडा र उनीहरूको सम्बन्धविच्छेदले उसलाई आफ्ना राम्रो बानीहरूबाट रोक्नु हुँदैन।
 नातेदारहरूसँग सम्बन्ध कायम राख्ने व्यक्ति त्यो होइन, जसले केवल तिनीहरु सँग नै सम्बन्ध जोड्नेगर्छ जसले उसँग  सम्बन्ध जोड्छन। बरु तर साँचोमा सम्बन्ध कायम राख्ने व्यक्ति तिनी हुन्, जसले जब उनका नातेदारहरूले सम्बन्ध तोड्छन्, तब पनि सम्बन्ध जोडिराख्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3863</t>
   </si>
   <si>
-    <t>مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ</t>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
   </si>
   <si>
     <t>अल्लाहको मार्गमा कुनै बन्दाको खुट्टा धूलोले भरिएमा त्यो खुट्टालाई आगोले कहिल्यै छोदैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
   </si>
   <si>
     <t>अबु अब्स अब्दुर्रहमान बिन जब्र (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: "अल्लाहको मार्गमा कुनै बन्दाको खुट्टा धूलोले भरिएमा त्यो खुट्टालाई आगोले कहिल्यै छोदैन।"</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले शुभ समाचार दिनुभएको छ कि जसको खुट्टामा अल्लाहको मार्गमा जिहाद गर्दा धूलो लाग्छ, उसलाई आगोले कहिल्यै छुँदैन।</t>
   </si>
   <si>
     <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
 ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
 قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
   </si>
   <si>
     <t>अल्लाहको मार्गमा जिहाद गर्ने व्यक्तिलाई आगोबाट मुक्तिको शुभ समाचार दिइएको छ।
 खुट्टाको उल्लेख गरिएको छ, यद्यपि धूलो पूरै शरीरमा लाग्छ, किनकि त्यो समयमा अधिकांश मुजाहिदीनहरू पैदल हिँड्ने गर्थे, र खुट्टा हरेक परिस्थितिमा धूलोले भरिन्थ्यो।
 इब्न हजरले भने: यदि केवल खुट्टामा धूलो  लाग्नाले त्यसलाई जहन्नमको आगोबाट जोगाउँछ भने, तिनको के अवस्था होला जसले अल्लाहको मार्गमा संघर्ष गर्दै आफ्नो सम्पूर्ण प्रयास र क्षमता खर्च गर्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3868</t>
   </si>
   <si>
-    <t>مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً</t>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
   </si>
   <si>
     <t>कुनै समूह वा मानिसहरू यस्तो सभाबाट निस्किन्छन्  जसमा तिनीहरूले अल्लाहलाई सम्झिएका हुँदैनन् भने तिनीहरू त्यो सभाबाट मरेको गधाको लाशजस्तो निस्किन्छन्, र यो उनीहरूका लागि पछुतोको कारण बन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "कुनै समूह वा मानिसहरू यस्तो सभाबाट निस्किन्छन्  जसमा तिनीहरूले अल्लाहलाई सम्झिएका हुँदैनन् भने तिनीहरू त्यो सभाबाट मरेको गधाको लाशजस्तो निस्किन्छन्, र यो उनीहरूका लागि पछुतोको कारण बन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बताउनुभयो कि कुनै पनि समूह, जुन कुनै सभामा बस्छन् र त्यसबाट उठ्छन् तर त्यसमा अल्लाहलाई सम्झँदैनन्, उनीहरू त्यस सभाबाट उठ्छन् मानौं तिनीहरू गधाको दुर्गन्धित र फोहोर शवको वरिपरि भेला भएका थिए। यो किनभने उनीहरूले आफ्नो वार्तालापमा अल्लाहको सम्झनालाई बेवास्ता गरे। यस्तो सभा क़ियामतको दिन उनीहरूका लागि पछुतो र कमीको कारण बन्नेछ।</t>
   </si>
   <si>
     <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
 الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
 هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
   </si>
   <si>
     <t>अल्लाहको सम्झनाबाट गाफिल रहनको सम्बन्धमा दिइएको चेतावनी केवल सभाहरूमा सीमित छैन, तर यो अन्य अवस्थामा पनि लागू हुन्छ। इमाम नववीले भने: जो कोही कुनै ठाउँमा बसेको छ, उसले अल्लाहलाई सम्झनु अघि त्यो स्थान छोड्नु अप्रिय मानिन्छ।
 प्रलयको दिन उनीहरूको लागि प्राप्त हुने दुःख यो हुन्छ कि या त अल्लाहको आज्ञा पालनमा समयलाई उपयोग नगरेको हुनाले अल्लाहको इनामबाट महरूम रहनेछन या त उनीहरुलाई अल्लाहको आज्ञा उल्लङ्घनमा समय व्यर्थ पार्नु भएको हुनाले  पाप र सजाई भोगनु पर्छ।
 यो चेतावनी यदि वैध कार्यरूमा भएको लापरवाहीका लागि हो भने, त निषेधित  बैठकहरू जसमा गिबत र नमिमाको साथै अरू पापहरू हुने गर्छन भने उसको अवस्था के होला?"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3910</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
-[...2 lines deleted...]
-    <t>तर अब कुन कुरामा बैअत गर्ने हो भन्नुहोस्? तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूले अल्लाहको उपासना गर्ने र उहाँसँग कसैलाई साझेदार नगर्ने, दैनिक पाँच नमाजहरू पढ्ने र आज्ञापालन गर्ने र (एउटा कुरा मन्द स्वरमा भन्नुभयो) मानिसहरूबाट केही न माग्ने ।</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
+  </si>
+  <si>
+    <t>अब कुन कुरामा बैअत गर्ने हो, हे अल्लाहका रसूल।"
+तब अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूले अल्लाहको उपासना गर्ने र उहाँसँग कसैलाई पनि साझेदार नबनाउने, दैनिक पाँचपटक नमाज पढ्ने र आज्ञापालन गर्ने (उहाँले एउटा कुरा बिस्तारै भन्नुभयो) र कसैसँग केही पनि नमाग्ने कुरामा बैअत गर।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
-    <t>अबु मुस्लिम अल-खौलानीले बयान गरेका छन्, उनले भने : मलाई मेरो प्रिय र इमानदार साथीले भने । मेरो प्रिय र इमानदार साथी औफ बिन मालिक अश्ह-जई (रजियल्लाहु अन्हु) हुन्, उनले भने : हामी नौ, आठ वा सात जना रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग थियौं । उहाँले भन्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत (वफादारीको वाचा) गर्दैनौ?" यद्यपि हामीले केही दिन अघि मात्र उहाँसँग वफादारीको वाचा गरेका थियौं । त्यसैले हामीले भन्यौं: हे अल्लाहका रसूल ! हामीले हजुरसँग वफादारीको प्रतिज्ञा गरिसकेका छौं । तर उहाँले फेरि भन्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत (वफादारीको वाचा) गर्दैनौ ?" हामीले भन्यौं: हे अल्लाहका रसूल ! हामीले तपाईंसँग वफादारीको प्रतिज्ञा गरिसकेका छौं । तर उहाँले फेरि भन्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत (वफादारीको वाचा) गर्दैनौ ?" त्यसैले हामीले आफ्नो हात फैलाएर भन्यौं: हामीले पहिले नै हजुरसँग वफादारीको प्रतिज्ञा गरिसकेका छौं । तर अब कुन कुरामा बैअत गर्ने हो भन्नुहोस्? तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूले अल्लाहको उपासना गर्ने र उहाँसँग कसैलाई साझेदार नगर्ने, दैनिक पाँच नमाजहरू पढ्ने र आज्ञापालन गर्ने र (एउटा कुरा मन्द स्वरमा भन्नुभयो) मानिसहरूबाट केही न माग्ने ।" रावी भन्छन्: त्यसपछि, मैले ती व्यक्तिहरूमध्ये केहीलाई देखे कि उनीहरूमध्ये कसैको कोर्रा खस्दा पनि उनी अरूसँग उठाइदिन सोध्थेनन्।</t>
+    <t>अबु मुस्लिम अल-खौलानीले बयान गरेका छन्, उनले भने : मलाई मेरो प्रिय र इमानदार साथी औफ बिन मालिक अश्ह-जई (रजियल्लाहु अन्हु)ले भन्नुभयो : हामी नौ, आठ वा सात जना अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग थियौँ। उहाँले हामीलाई सोध्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत (वचनबद्धता) गर्दैनौ?"
+हामीले केही दिनअघि मात्रै उहाँसँग बैअत गरिसकेका थियौँ। त्यसैले हामीले भन्यौँ: "हे अल्लाहका रसूल! हामीले त तपाईंसँग वचनबद्धता गरिसकेका छौँ।"
+तर उहाँले फेरि भन्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत गर्दैनौ?"
+हामीले दोहोर्यायौँ: "हे अल्लाहका रसूल! हामीले तपाईंसँग वचनबद्धता गरिसकेका छौँ।"
+उहाँले (तेस्रो पटक पनि उही कुरा) सोध्नुभयो: "के तिमीहरू अल्लाहका रसूलसँग बैअत गर्दैनौ?"
+हामीले आ-आफ्नो हात अगाडि बढाउँदै भन्यौँ: "हामीले पहिले नै तपाईंसँग वचनबद्धता गरिसकेका छौँ। अब कुन कुरामा बैअत गर्ने हो, हे अल्लाहका रसूल।"
+तब अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूले अल्लाहको उपासना गर्ने र उहाँसँग कसैलाई पनि साझेदार नबनाउने, दैनिक पाँचपटक नमाज पढ्ने र आज्ञापालन गर्ने (उहाँले एउटा कुरा बिस्तारै भन्नुभयो) र कसैसँग केही पनि नमाग्ने कुरामा बैअत गर।"
+रावी (हदीस सुनाउने व्यक्ति) भन्छन्: "त्यसपछि, मैले ती व्यक्तिहरूमध्ये केहीलाई देखेँ कि उनीहरूको कोर्रा भुइँमा खस्दा पनि उनीहरू अरू कसैलाई उठाइदिन भन्दैनथे।"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) केही सहाबा (साथी) हरूसँग हुनुहुन्थ्यो अनि उहाँले तिनीहरूलाई आफूसँग बैअत (वफादारीको वाचा) गर्न र केही कुराहरूमा प्रतिबद्ध हुन तीन पटक भन्नुभयो:
-[...4 lines deleted...]
-सहाबाहरूले बैअत गरेको कुरालाई कार्यन्वयन गरे, यहाँसम्म रावी कि ले भने: मैले ती साथीहरू मध्ये एकको कोर्रा खसालेको देखें र उनले कसैलाई दिनको लागि भनेनन् । बरु आफै तल ओर्लिए र आफैं कोर्रा उठाए ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) केही सहाबा (साथी) हरूसँग हुनुहुन्थ्यो जब उहाँले तिनीहरूलाई आफूसँग बैअत (वचनबद्धता) गर्न र केही कुराहरूमा प्रतिबद्ध रहन तीन पटक भन्नुभयो:
+पहिलो: अल्लाहका आज्ञाहरू पालन गरेर र उहाँले निषेध गर्नुभएको कुराहरूबाट टाढा बसेर केवल उहाँको उपासना गर्ने र उहाँसँग कसैलाई साझेदार नबनाउनु।
+दोस्रो: दिन र रातमा पाँचवटा अनिवार्य नमाज कायम गर्नु।
+तेस्रो: आफ्नो हाकिमको जायज कुरामा आज्ञापालन गर्नु।
+चौथो: आफ्ना सबै आवश्यकताहरू केवल अल्लाहसँग माग्ने, मानिसहरूबाट न माग्ने र यो कुरा उहाँले विस्तारै भन्नुभयो ।
+सहाबाहरूले आफ्नो बैअतमा गरेका प्रतिज्ञाहरूलाई व्यवहारमा उतारे। यसबारे रावी (हदीस सुनाउने व्यक्ति) ले भन्नुभयो: ‘मैले तिनै सहाबामध्ये एकजनाको कोर्रा खसेको देखें। उनले कसैलाई उठाइदिन भनेनन्, बरु आफैं तल ओर्लिए र आफ्नै हातले उठाए।</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
-    <t>मानिसहरूलाई केही नमाग्न प्रोत्साहन, माग्न वर्गमा पर्ने सबै चीजहरूबाट टाढा रहन र सानो कुरामा पनि मानिसहरूबाट निरपेक्ष हुन चेतना ।
-निषेधित प्रश्नः सांसारिक विषयसँग सम्बन्धित प्रश्न हो । यसमा ज्ञान र धार्मिक विषयवस्तु समावेश छैन ।</t>
+    <t>यो हदीसले मानिसहरूसँग नमाग्न र प्रत्येक प्रकारको माग्ने कार्यबाट टाढा रहन प्रोत्साहित गर्दछ। यसमा मानिसमाथि निर्भर हुनुको सट्टा आत्मनिर्भर हुन प्रेरित गरिएको छ, चाहे त्यो सानै कुरामा किन नहोस्।
+निषेध गरिएको सवाल (माग्ने कार्य) भनेको संसारिक कुराहरूसँग सम्बन्धित सवाल हो, यस अन्तर्गत ज्ञान र धार्मिक विषयवस्तुसँग सम्बन्धित जिज्ञासा सोध्ने र ज्ञान माग्ने कार्य पर्दैन  ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ</t>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
   </si>
   <si>
     <t>जो व्यक्ति आफ्नो पालनकर्ताको स्मरण गर्छ र जो स्मरण गर्दैन, तिनीहरूको उदाहरण जीवित र मृत व्यक्तिको जस्तै हो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो व्यक्ति आफ्नो पालनकर्ताको स्मरण गर्छ र जो स्मरण गर्दैन, तिनीहरूको उदाहरण जीवित र मृत व्यक्तिको जस्तै हो।"
 मुस्लिममा उल्लेख भएको संस्करण: "त्यो घर जसमा अल्लाहलाई याद गरिन्छ र त्यो घर जसमा याद गरिँदैन, तिनीहरूको उदाहरण जीवित र मृत व्यक्तिको जस्तै हो।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
 وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले अल्लाहको स्मरण गर्ने र नगर्ने व्यक्तिको बीचको भिन्नतालाई स्पष्ट गर्नुभएको छ। उहाँले यसलाई जीवित र मृत व्यक्तिको फरक जस्तो बताउनुभएको छ। अल्लाहलाई स्मरण गर्ने व्यक्ति जीवित व्यक्तिसँग तुलना गरिएका छन्, जसको बाहिरी रूप जीवनको प्रकाशले सुशोभित छ र भित्री रूप ज्ञानको उज्यालोले भरिएको छ, र त्यसमा लाभ हुन्छ। भने, अल्लाहलाई स्मरण नगर्ने व्यक्ति मृत व्यक्तिसँग तुलना गरिएका छन्, जसको बाहिरी रूप बेरंग छ, भित्री रूप शून्य छ, र जसमा कुनै लाभ हुँदैन।
 त्यसैगरी, घरलाई पनि जीवित भनिन्छ यदि त्यहाँका बासिन्दाहरू अल्लाहको स्मरण गर्छन्। अन्यथा, यदि बासिन्दाहरू अल्लाहको स्मरणबाट टाढा छन् भने, त्यो घरलाई मृत भनिन्छ। र जब घरलाई जीवित वा मृत भनेर वर्णन गरिन्छ, यसको अर्थ घरका बासिन्दाहरूलाई जनाइएको हुन्छ।</t>
   </si>
   <si>
     <t>الحث على ذكر الله والتحذير من الغفلة عنه.
 الذكر حياة الروح كما أن الروح حياة الجسد.
 من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
 قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
 قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
   </si>
   <si>
     <t>अल्लाहको स्मरण गर्न प्रेरणा दिनु र उहाँबाट गाफिल (बेपरवाह) हुनुबाट सचेत गराउनु।
 स्मरण आत्माको जीवन हो, जसरी आत्मा शरीरको जीवन हो।
 नबी (सल्लल्लाहु अलैहि वसल्लम)को मार्गदर्शन अनुसार, उहाँले अर्थहरूलाई स्पस्ट पार्नको लागि  उदाहरण प्रस्तुत गर्नुहुन्थ्यो।
 इमाम नववीले भन्नुभएको छ: यसमा घरमा अल्लाहको स्मरण गर्न प्रोत्साहन गरिएको छ, र यो स्मरणबाट खाली रहनु हुँदैन।
 इमाम नववीले भन्नुभएको छ: यसमा आज्ञाकारितामा लामो जीवन बिताउनु एक महत्त्वपूर्ण गुण हो, र मृत्यु पछि मानिस खैर (परलोकमा सुख) मा प्रवेश गर्छ। किनभने जीवित मानिस आज्ञाकारिताबाट पापमुक्त हुन्छ र आज्ञाकारिता गर्ने कार्यमा वृद्धि गर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4177</t>
   </si>
   <si>
-    <t>إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا</t>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
   </si>
   <si>
     <t>मलाई तिम्रो बारेमा मेरो पछि सबभन्दा धेरै डर यही छ कि तिम्रो लागि यो संसारको चमकधमक र शोभा खोलिनेछ।</t>
   </si>
   <si>
     <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन नबी (सल्लल्लाहु अलैहि वसल्लम) मिम्बरमा बसेका थिए र हामी उहाँको चारैतिर बसेका थियौं। उहाँले भन्नुभयो: "मलाई तिम्रो बारेमा मेरो पछि सबभन्दा धेरै डर यही छ कि तिम्रो लागि यो संसारको चमकधमक र शोभा खोलिनेछ।"। एक व्यक्तिले सोध्यो: "हे अल्लाहका रसूल! के भलाइले कहिल्यै बुराई ल्याउँछ?"
 नबी (सल्लल्लाहु अलैहि वसल्लम) केही बेर मौन रहनुभयो। मानिसहरूले भने: "तिमीले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई प्रश्न गर्यौ, तर उहाँले जवाफ दिनुभएन?" हामीले अनुमान गर्यौं कि उहाँमाथि वह्य (प्रकाशना) अवतरित भइरहेको थियो।
 त्यसपछि उहाँले आफ्नो अनुहारको पसिना पुछ्नुभयो र भन्नुभयो:
 "प्रश्न सोध्ने व्यक्ति कहाँ छ?"
 उहाँले सोध्ने व्यक्तिको प्रशंसा गर्नुभयो र भन्नुभयो:
 "भलाइले कहिल्यै बुराई ल्याउँदैन। तर वसन्तमा उम्रने हरियालीले केही जनावरहरूलाई मारी दिन्छ वा उनीहरूलाई कठिनाईमा पार्छ, सिवाय ती जनावरका जसले मात्र आवश्यक मात्रामा खाने गर्दछन्। तिनीहरूले खान्छन्, जबसम्म उनीहरूको पेट भरिँदैन, अनि आराम गर्छन्।"
 उहाँले थप्नुभयो:
 "यो धन पनि हरियाली र मिठो चीज हो। यो मुसलमानका लागि राम्रो हुन्छ, यदि उसले यसबाट गरिब, टुहुरा र यात्रुहरूको हक दिन्छ। तर जो यसलाई अन्यायपूर्ण रूपमा लिन्छ, ऊ त्यस व्यक्तिजस्तै हुन्छ, जसले खान्छ तर कहिल्यै तृप्त हुँदैन। यो धन कियामतको दिन उसविरुद्ध प्रमाण हुनेछ।"</t>
   </si>
   <si>
     <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
 إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
 فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
 فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
 فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
 قال: أنا.
 فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
@@ -6247,500 +6261,500 @@
 पहिलो प्रकार काफिरको उदाहरण हो। 
 दोस्रो प्रकार पापीको उदाहरण हो, जो पाप छोड्न तथा तौबा गर्न बेखबर रहन्छ, जबसम्म यो अवसर गुमिसकेको हुँदैन।
 तेस्रो उदाहरण उस व्यक्तिको हो, जसले राम्रो र नराम्रो कार्यहरुमा संलगन रहन्छ तर तौबा गर्न चाँडै अघि बढ्छ, जसले गर्दा उसको तौबा स्वीकार हुने सम्भावना रहन्छ।
 चौथो प्रकार संसारप्रति उदासीन र परलोकप्रति इच्छुक व्यक्तिको उदाहरण हो।
 चौथो प्रकार  संसारप्रति विरक्तता राख्ने र परलोकप्रति चाहना राख्ने मानिसको उदाहरण हो।
 इब्नुल मुनिरले यस हदीसको व्याख्यामा विभिन्न सुन्दर उपमाहरू उल्लेख गरेका छन्:
 1. सम्पत्ति र यसको वृद्धिलाई बिरुवा र यसको बढ्दो अवस्थासँग तुलना – जसरी बिरुवा हरियो भई फुल्छ, सम्पत्ति पनि त्यस्तै आकर्षक देखिन्छ।
 2. आर्जनमा मग्न व्यक्तिलाई घाँसमा व्यस्त जनावरसँग तुलना – जसरी जनावरहरूले घाँस खान खोज्छन्, मानिसहरू पनि सम्पत्ति कमाउन व्यग्र हुन्छन्।
 3. सम्पत्ति धेरै जम्मा गर्न र बचत गर्नलाई अत्यधिक भोक र पेट भरिनसम्म खाने व्यवहारसँग तुलना – अत्यधिक लोभले मानिसलाई कहिल्यै तृप्त हुन दिँदैन।
 4. सम्पत्तिबाट बाहिर जाने भागलाई जनावरको फोहोरसँग तुलना – जसरी जनावरले आफ्नो फोहोर फाल्छ, त्यसरी नै सम्पत्तिले पनि केही त्याग गर्नुपर्छ। यो उपमा इस्लामी दृष्टिकोणबाट त्याग गर्नको महत्त्व र लोभको अपवित्रतामा इशारा गर्दछ।
 5. सम्पत्ति जम्मा नगर्ने र जीवन सन्तोषपूर्वक बिताउनेलाई त्यो भेडासँग तुलना – जसले घामतिर फर्केर शान्त र सन्तोषजनक स्थितिमा विश्राम गर्छ।
 6. सम्पत्ति संकलन गरेर अरूसँग नबाँड्ने व्यक्तिको मृत्युलाई बेखबर जनावरको मृत्युसँग तुलना – जसले आफूलाई हानिकारक चीजहरूबाट जोगाउन चासो गर्दैन।
 7. सम्पत्तिलाई अस्थायी साथीसँग तुलना – जसले कहिलेकाहीँ मित्रताबाट शत्रुतामा बदलिन्छ। सम्पत्तिप्रतिको मोहले मानिसलाई अन्याय गर्न बाध्य पार्न सक्छ।
 8. अनुचित रूपमा सम्पत्ति आर्जन गर्नेलाई त्यो व्यक्तिसँग तुलना – जसले खाइरहन्छ तर कहिल्यै तृप्त हुँदैन।
 यी उपमाहरूले सम्पत्तिको मोह र यसलाई सही तरिकाले प्रयोग नगर्दा हुने नकारात्मक प्रभावहरूबारे गहन सन्देश दिन्छ।
 सिन्दीले भन्नुभएको छ: यो हदीसले दुई कुरा अनिवार्य ठहराउँछ।
 पहिलो: सम्पत्ति वैध तरिकाले प्राप्त गर्नु।
 दोस्रो: यसलाई योग्य स्थानमा खर्च गर्नु।
 यदि यी दुईमध्ये कुनै एकको अभाव भयो भने, सम्पत्ति लाभदायक नभएर हानिकारक बन्न जान्छ।
 यसमा यो पनि भन्न सकिन्छ कि यी दुई कुराहरू आपसमा गहिरो सम्बन्धित छन्। कुनै व्यक्ति तबमात्र योग्य स्थानमा सम्पत्ति खर्च गर्न सक्षम हुन्छ, जब उसले यसलाई वैध तरिकाले आर्जन गरेको हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4180</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>जसले कुनै खाँचोमा परेको ऋणीलाई (ऋण चुक्ता गर्न) मोहलत दिन्छ वा उसको ऋण माफ गर्छ, अल्लाहले कयामतको दिन आफ्नो अर्श (सिंहासन) को छायाँमा उसलाई छायाँ दिनेछन्, जुन दिन त्यस छायाँ बाहेक अरू कुनै छायाँ हुनेछैन ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले कुनै खाँचोमा परेको ऋणीलाई (ऋण चुक्ता गर्न) मोहलत दिन्छ वा उसको ऋण माफ गर्छ, अल्लाहले कयामतको दिन आफ्नो अर्श (सिंहासन) को छायाँमा उसलाई छायाँ दिनेछन्, जुन दिन त्यस छायाँ बाहेक अरू कुनै छायाँ हुनेछैन ।"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "जो व्यक्तिले कुनै ऋणीलाई राहत दिन्छ वा उसले तिर्नुपर्ने ऋणको केही भाग माफ गर्छ, त्यस्तो व्यक्तिलाई न्यायको दिनमा अल्लाहले आफ्नो सिंहासनको छायामा स्थान दिनुहुनेछ। जुन दिन सूर्य मानिसहरूको शिर नजिक आई आफ्नो तापक्रम अंझ भड्काउनेछ ।" र त्यस दिन अल्लाहले जसलाई छायाँ प्रदान गर्नुहुन्छ, त्यसबाहेक अरु कसैले पनि छायाँ पाउँनेछैनन् ।</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>यस हदीसमा अल्लाहका सेवकहरूलाई  राहत प्रदान गर्ने कार्यको महत्व  र यो कार्य न्यायको दिन त्रासबाट मुक्ति दिलाउने कारणहरू मध्ये एक हो भन्ने कुराको व्याख्या गरिएको छ।
 यस हदीसबाट प्रस्त हुन्छ कि व्यक्तिलाई उसले गरेको कर्म अनुसार नै पुरस्कृत गरिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ</t>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
   </si>
   <si>
     <t>जो कोही चाहन्छ कि अल्लाहले उसलाई क़ियामतको दिनका दुःखद घडीहरूबाट मुक्त गरून्, उसले कुनै असमर्थ (ऋणी) को दुःख हल गरिदिनु पर्छ वा उसको ऋण माफ गरिदिनु पर्छ»।</t>
   </si>
   <si>
     <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
   </si>
   <si>
     <t>अबू कतादह (रजियल्लाहु अन्हु)बाट वर्णित छ कि उहाँले आफ्नो एक ऋणीलाई खोज्नुभयो। त्यो ऋणी उहाँबाट लुक्न खोज्यो, तर अन्ततः उहाँले उसलाई फेला पार्नुभयो। ऋणीले भने: म कठिनाइमा छु। उहाँले सोध्नुभयो: अल्लाहको नामले (सत्य बोल्दैछौ)? उसले उत्तर दियो: अल्लाहको कसम। त्यसपछि उहाँले भन्नुभयो: मैले रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम)लाई यो भन्नु भएको सुनेको छु: «जो कोही चाहन्छ कि अल्लाहले उसलाई क़ियामतको दिनका दुःखद घडीहरूबाट मुक्त गरून्, उसले कुनै असमर्थ (ऋणी) को दुःख हल गरिदिनु पर्छ वा उसको ऋण माफ गरिदिनु पर्छ»।</t>
   </si>
   <si>
     <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
 فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
 فحلف بالله أنه صادق فيما يقول.
 فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
 مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
   </si>
   <si>
     <t>अबू कतादह अन्सारी (रजियल्लाहु अन्हु) आफ्नो एक ऋणीलाई खोज्दै हुनुहुन्थ्यो, जो उहाँबाट लुकेर बसेको थियो। उहाँले उसलाई फेला पार्नुभयो। ऋणीले भन्यो: "म असमर्थ छु, र मेरोसँग तिमीलाई तिर्ने धन छैन।
 त्यसपछि अबू कतादह (रजियल्लाहु अन्हु)ले उसँग  पैसा छैन भनेर अल्लाहको कसम खुवाउनुभयो।
 उसले अल्लाहको  कसम खायो कि ऊ आफ्नो भनाइमा साँचो छ।
 त्यसपछि अबू कतादह (रजियल्लाहु अन्हु)ले भने : उहाँले नबी (सल्लल्लाहु अलैहि वसल्लम)लाई भन्नु भएको सुन्नुभएको छ:
 जो कोही चाहन्छ र खुसी हुन्छ कि अल्लाहले उसलाई प्रलयको दिन दुःखद घडीहरू, कठिनाइहरू, र भयावह परिस्थितिहरूबाट मुक्त गरून्, उसले कुनै असमर्थ (ऋणी) लाई राहत दिनुपर्छ। यसको अर्थ ऋण फिर्ता माग्न समय दिनुपर्छ, वा केही वा सबै ऋण माफ  गरिदिनुपर्छ।</t>
   </si>
   <si>
     <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
 من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
 القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
 الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
   </si>
   <si>
     <t>असमर्थ (ऋणी) लाई भुक्तानीको लागि समय दिनुपर्छ, अथवा उसको ऋणलाई पूर्णतया वा आंशिक रूपमा माफ गरिदिनुपर्छ।
 जसले कुनै मोमिनलाई यस संसारको संकटबाट मुक्त गर्दछ, अल्लाहले उसलाई प्रलयको दिनको कष्टहरु बाट मुक्त गर्नुहुनेछ। प्रतिफल कामकै प्रकृतिमा आधारित हुन्छ।
 नियम: अनिवार्य कर्तव्यहरु (फर्ज) स्वेच्छिक कर्तव्यहरु (नफिल) भन्दा उत्तम हुन्छन, तर केही अवस्थामा स्वेच्छिक कर्तव्यहरु अनिवार्य कर्तव्यहरुभन्दा उत्तम हुन सक्छ। असमर्थ (ऋणी) को ऋण माफ गर्नु स्वेच्छिक कर्तव्य हो, र उसमाथि धैर्य राख्नु, प्रतीक्षा गर्नु, र ऋणको माग नगर्नु अनिवार्य कर्तव्य हो। स्वैच्छिक  कार्य यहाँ अनिवार्य कार्य भन्दा राम्रो छ।
 यो हदीस असमर्थ (ऋणी) को हकमा हो, त्यो व्यक्तिले माफी पाएको छ। तर जो ऋणी पैसा भएपनि ढिलाइ गर्छ, त्यस्ता व्यक्तिको बारेमा नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ: "धनी व्यक्तिद्वारा कर्जा फिर्ता गर्नुमा देरी गर्नु अन्याय हो।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4195</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले  पुण्य प्राप्त गर्ने उद्देश्यले ईमान र आस्थापूर्वक रमजानको रोजा राख्छ, उसका अघिल्ला पापहरू क्षमा गरिनेछ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले  पुण्य प्राप्त गर्ने उद्देश्यले ईमान र आस्थापूर्वक रमजानको रोजा राख्छ, उसका अघिल्ला पापहरू क्षमा गरिनेछ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले रोजा राख्नेहरूका लागि प्राप्त हुने प्रतिफलमा विश्वास राखी, अल्लाहमा पूर्ण विश्वास राखी, रमजानको रोजालाई अनिवार्य कर्तव्य मान्दै, रमजानको पवित्र महिनामा देखावट बाट टाढा रहेर, निष्कपट भावले अल्लाहको प्रसन्नता प्राप्त गर्ने उद्देश्यका साथ् रोजा राख्छ, उसका अघिल्ला सबै पापहरू क्षमा हुनेछन्।'"</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>यस हदीसमा रमजानको व्रत र अन्य सबै पुण्यकर्महरूलाई इख्लास (सत्यनिष्ठा) पूर्वक गर्नुको महत्त्व बारे व्याख्या गरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>जसले दुई शीतल समयको नमाज पढ्छ ऊ स्वर्ग मा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले दुई शीतल समयको नमाज पढ्छ ऊ स्वर्ग मा प्रवेश गर्नेछ ।"</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूलाई दुई शीतल समयको नमाज पढ्न प्रेरित गर्नुभयो, जुन फज्र र अस्रको नमाज हो । जसले यी दुई नमाज समय, जमात र अन्य चीजहरूको पालन गर्दै पढ्छ, ऊ स्वर्ग प्रवेश गर्नेछ भनेर शुभसमाचार दिनुभयो ।</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>फज्र र अस्रको नमाजलाई संरक्षण गर्ने सद्गुण; किनकि बिहानको नमाजको समयमा निद्रा मिठो हुन्छ र अस्रको समयमा मानिस आफ्नो काममा व्यस्त हुन्छ । त्यसैले जसले यी नमाजहरूलाई हिफाजत गर्छ उसले बाँकी नमाजहरूलाई झन् पावन्दीका सथा अदा गर्छ ।
 फज्र र अस्रको नमाजलाई 'बरदैन' (शीतल) भनिन्छ; किनभने बिहानको नमाजमा रातको शीतलता हुन्छ र दिउँसोको नमाजमा दिनको शीतलता हुन्छ, चाहे यो अलि तातो समयमा भए पनि अघिको समय भन्दा हल्का हुन्छ । वा यसको नामकरण प्रभुत्वले गर्दा गरिएको हो, जस्तै सूर्य र चन्द्रमालाई 'कमरान' दुई चन्द्रमा भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले ‘लैलतुल-कद्र’ (सम्मानित रात) मा विश्वास र पुण्यको आशा राख्दै  कियाम (उपासना) गर्दछ, उसका अघिल्ला सबै पापहरू क्षमा हुनेछन्।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले ‘लैलतुल-कद्र’ (सम्मानित रात) मा विश्वास र पुण्यको आशा राख्दै  कियाम (उपासना) गर्दछ, उसका अघिल्ला सबै पापहरू क्षमा हुनेछन्।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>नबी (सल्ललाहु अलैहि वसल्लम) ले रमजानको अन्तिम दस रातहरूमध्ये एक रात ‘लैलतुल-क्द्र’ (सम्मानित रात) नामक अत्यन्तै पुण्यमय रातको महिमा वर्णन गर्नुभएको छ कि जसले यस रातको पुण्यमा विश्वास गर्दै अल्लाहको प्रसन्नता प्राप्त गर्ने उद्देश्यले कपट र देखावट बाट टाढा रहेर इमानदारीपूर्वक उपासना गर्छ, नमाज पढ्छ, प्रार्थना गर्छ, कुरआन वाचन गर्छ, र अल्लाहको जिक्र र अजकार (स्मरण) को कोशिसमा रही रहन्छ, उसका सबै पापहरू क्षमा हुनेछन्।</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>यस हदीसमा ‘लैलतुल-क्द्र’ (सम्मानित रात) को पुण्य र यसमा जागृत रहेर प्रार्थना गर्न प्रोत्साहन दिइएको छ ।
 पुण्यकर्महरू तब मात्र स्वीकार्य हुन्छन् जब तिनीहरू निष्ठापूर्ण मनसायले गरिन्छन्।
 यसमा अल्लाहको कृपा र दयाको स्पष्ट प्रमाण छ कि जसले ‘लैलतुल-क्द्र’ (सम्मानित रात) मा आस्था र पुण्यको आशा राखेर कियाम (उपासना) गर्दछ, उसका अघिल्ला पापहरू क्षमा गरिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>अल्लाहले जसको भलो चाहनुहुन्छ, उसलाई कठिनाइमा पारेर परिक्षा लिनुहुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले जसको भलो चाहनुहुन्छ, उसलाई कठिनाइमा पारेर परिक्षा लिनुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले  भन्नुभएको छ कि जब अल्लाहले कुनै आस्थावान व्यक्तिको कल्याण चाहनुहुन्छ, तब उहाँले उसलाई उसको जीवन, सम्पत्ति, वा परिवार सम्बन्धित कुनै समस्यामा पारेर परीक्षा लिनुहुन्छ। यसरी, उक्त व्यक्ति  प्रार्थनामग्न भइ अल्लाह नजिक हुन पुग्छ, उसका पापहरू क्षमा गरिन्छ र उसलाई उच्च दर्जा प्राप्त हुन्छ।</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>यसले प्रष्ट पार्दछ कि आस्थावान व्यक्तिले जीवनमा विभिन्न प्रकारका परीक्षाहरूको सामना गर्नुपर्ने सम्भावना रहन्छ ।
 कतिपय अवस्थामा, जिवनमा आइपर्ने कठिनाईहरू दासप्रतिको अल्लाहको प्रेमको संकेत हुन सक्छ, किनकि अल्लाहले दासको दर्जा उच्च गर्ने र पाप क्षमा गर्ने उद्देश्यले परीक्षा लिने गर्नुहुन्छ ।
 यसमा कठिनाइ र परीक्षाको समयमा धैर्यधारण गर्न तथा विचलित नहुन प्रोत्साहित गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>जब मुस्लिमलाई कब्रमा प्रश्न गरिन्छ : उसले अल्लाह बाहेक कोही सत्य ईश्वर छैनन् र मुहम्मद अल्लाहका रसूल हुन् भनेर गवाही दिनेछ</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>"जब मुस्लिमलाई कब्रमा प्रश्न गरिन्छ : उसले अल्लाह बाहेक कोही सत्य ईश्वर छैनन् र मुहम्मद अल्लाहका रसूल हुन् भनेर गवाही दिनेछ* ।" अल्लाहको भनाइ : “अल्लाहले मोमिनहरूलाई सत्य वचन (तौहीद) द्वारा लोक र परलोकमा दृढता प्रदान गर्नुहुन्छ ।” को यही मतलब हो । [सूरह इब्राहीम: २७] "जब मुस्लिमलाई कब्रमा प्रश्न गरिन्छ : उसले अल्लाह बाहेक कोही सत्य ईश्वर छैनन् र मुहम्मद अल्लाहका रसूल हुन् भनेर गवाही दिनेछ ।" अल्लाहको भनाइ : “अल्लाहले मोमिनहरूलाई सत्य वचन (तौहीद) द्वारा लोक र परलोकमा दृढता प्रदान गर्नुहुन्छ ।” को यही मतलब हो । [सूरह इब्राहीम: २७]</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>मुमिनलाई कब्रमा प्रश्न सोधिनेछ । यसका लागि तोकिएका दुई स्वर्गदूतहरू; मुन्कर र नकीरले उसलाई सोध्नेछन् । धेरैजसो हदीसहरूमा यो नाम उल्लेख गरिएको छ । अतः उसले अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल हुनुहुन्छ भनेर गवाही दिनेछ । नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको भनाइ : 'सत्य बचन' द्वारा दृढता प्रदान गर्नुहुन्छ भन्ने कुराको यही मतलब हो भन्नुभएको छ । {अल्लाहले मोमिनहरूलाई सत्य वचन (तौहीद) द्वारा लोक र परलोकमा दृढता प्रदान गर्नुहुन्छ} [सूरह इब्राहीम: २७]</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>कब्रमा प्रश्न सत्य हो ।
 अल्लाहले आफ्ना मुमिन दासहरूलाई यस संसार र परलोकमा दृढता प्रदान गरेको अनुग्रह ।
 एकेश्वरवादको गवाहीको र त्यसै अवस्थामा मृत्यु भएको श्रेष्ठता ।
 अल्लाहले मुमिनलाई दुनियाँ इमानमा अडिग रहन, सीधा बाटोमा हिँड्न, एकेश्वरवादमा मृत्यु हुन र कब्रमा दुई स्वर्गदूतहरूले सोध्दा दृढता प्रदान गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>मलाई मानिसहरूसँग लड्न आदेश दिइएको छ जबसम्म तिनीहरूले अल्लाह बाहेक कोही ईश्वर छैन र मुहम्मद अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन्</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “ "मलाई मानिसहरूसँग लड्न आदेश दिइएको छ जबसम्म तिनीहरूले अल्लाह बाहेक कोही ईश्वर छैन र मुहम्मद अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन् । यदि तिनीहरूले त्यसो गरे भने, तिनीहरूको रगत र तिनीहरूको सम्पत्ति मबाट सुरक्षित हुनेछ, इस्लामको हक बाहेक र तिनीहरूको हिसाब अल्लाहसँग छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जबसम्म बहुदेववादीहरूले अल्लाह बाहेक कोही ईश्वर छैन, उहाँको कोही साझेदार छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन्, अल्लाहले मलाई लड्न आदेश दिनुभएको छ । यदि तिनीहरूले यी कामहरू गर्छन् भने, इस्लामले तिनीहरूको रगत र तिनीहरूको सम्पत्तिको रक्षा गर्दछ । त्यसैले तिनीहरूलाई मार्नु अनुमति छैन । यदि तिनीहरूले कुनै अपराध वा हत्या गर्छन् भने तिनीहरूलाई इस्लामको प्रावधान र विधान अनुसार दण्ड दिइने छन् । त्यसपछि अल्लाहले कयामतको दिन तिनीहरूको हिसाब-किताब लिनुहुनेछ किनकि उहाँ तिनीहरूका गोप्य कुराहरू जान्नुहुन्छ ।</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>फैसला बाहिरी रूप अनुसार हुन्छ र गोप्य कुराहरू अल्लाहले मात्र जान्नुहुन्छ ।
 तौहीद (एकेश्वरवाद) तर्फ आह्वानको महत्त्व र सबै भन्दा पहिला तौहीदबाट सुरु गर्नुपर्छ ।
 यस हदीसको मतलब बहुदेववादीहरूलाई इस्लाममा प्रवेश गर्न बाध्य पारिएको कदापी होइन, बरु उनीहरूलाई इस्लाममा प्रवेश गर्ने वा कर तिर्ने विकल्प दिइएको छ । यदि तिनीहरूले यसलाई अस्वीकार गर्छन् भने, इस्लामको प्रावधान अनुसार युद्ध गर्न सकिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4211</t>
   </si>
   <si>
-    <t>إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا</t>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
   </si>
   <si>
     <t>नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसका खुट्टामा आगोले बनेका दुई जुत्ता र पट्टी हुनेछ। जसबाट उसको दिमाग कढाई उम्लिएझैं उम्लिन्छ। उसले सोच्नेछ कि कुनै पनि व्यक्ति उसभन्दा कठोर सजायमा छैन, तर वास्तवमा उसलाई सबैभन्दा कम सजा मिल्नेछ।</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ: नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसका खुट्टामा आगोले बनेका दुई जुत्ता र पट्टी हुनेछ। जसबाट उसको दिमाग कढाई उम्लिएझैं उम्लिन्छ। उसले सोच्नेछ कि कुनै पनि व्यक्ति उसभन्दा कठोर सजायमा छैन, तर वास्तवमा उसलाई सबैभन्दा कम सजा मिल्नेछ।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बताउनुभयो कि क़ियामतको दिन नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसको जुत्ता र जुर्रा आगोबाट बनेका हुनेछन्, जसको गर्मीले गर्दा उसको दिमाग तामाको कढाई उम्लिएझैं उम्लिन्छ। ऊ आफूलाई सबैभन्दा बढी यातना भोग्ने मान्छ, जबकि वास्तवमा ऊ नरकमा सबैभन्दा हल्का यातना भोग्ने व्यक्ति हुनेछ, र यसले शारीरिक र मानसिक दुःखद यातनालाई एकसाथ एकत्र गर्दछ।</t>
   </si>
   <si>
     <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
 اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
  شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
   </si>
   <si>
     <t>पापी र काफिरहरूलाई नरकमा पर्ने यस भयावह यातनाबाट सचेत गराउनु; ताकि तिनीहरूले यसतर्फ लैजाने कार्यहरूबाट टाढा रहन सकुन्।
 नरकमा प्रवेश गर्ने व्यक्तिहरूका विभिन्न स्तरहरू तिनीहरूको नराम्रो कामहरूको आधारमा हुन्छन्।
 नरकको कठोर यातना, अल्लाहले हामीलाई त्यसबाट सुरक्षित राख्नुहोस्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4220</t>
   </si>
   <si>
-    <t>يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ</t>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
   </si>
   <si>
     <t>प्रलयको दिन मूमिनलाई उसको पालनहार नजिक ल्याइन्छ, यहाँसम्म कि उहाँले आफ्नो रक्षा छत्र उसमाथि राख्नुहुन्छ, उसलाई उसका पापहरूको बारेमा स्मरण गराइन्छ,</t>
   </si>
   <si>
     <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
   </si>
   <si>
     <t>सफवान बिन मुहरिजले भन्नुभयो: एक व्यक्तिले इब्न उमर (रजियल्लाहु अन्हु)लाई सोधे, तपाईंले रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम)लाई निजता (गोप्य कुरा) सम्बन्धमा के भन्नु भएको सुन्नुभयो? उहाँले जवाफ दिनुभयो, मैले उहाँलाई भन्नु भएको सुनेको छु: «प्रलयको दिन मूमिनलाई उसको पालनहार नजिक ल्याइन्छ, यहाँसम्म कि उहाँले आफ्नो रक्षा छत्र उसमाथि राख्नुहुन्छ, उसलाई उसका पापहरूको बारेमा स्मरण गराइन्छ, अनि सोधिन्छ: के तिमीलाई (यो) याद छ? उसले भन्नेछ: हे मेरो पालनहार, हो! मलाई याद छ।' त्यसपछि उहाँ भन्छन्: मैले यी पापहरू संसारमा तिमीबाट लुकाएको थिएँ, र आज म यी सबैलाई क्षमा गर्छु।' त्यसपछि उसलाई उसका राम्रो कर्महरूको पत्र दिइन्छ। तर काफिरहरू र मुनाफिकहरूलाई सबै प्राणीहरूको अगाडि बोलाइन्छ, र भनिन्छ: 'यी ती हुन् जसले अल्लाह बारे झूट बोले»।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
 يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
 أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
 فيقول: نعم أي رب.
 حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
 وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले प्रलयको दिन अल्लाहले आफ्नो मूमिन बन्दासँग गर्ने गोप्य संवादको बारेमा जानकारी दिनुभएको छ।
 प्रलयको दिन मूमिनलाई उसको पालनहारको नजिक ल्याइन्छ, अनि उहाँले उसको गोप्यता बचाउन अन्य मानिसहरूको सामु पर्दा हाल्नुहुन्छ, ताकि अरू कोही उसको रहस्यहरू नदेखोस्। त्यसपछि उहाँले उसलाई भन्नुहुन्छ:
 के तिमीलाई यो यो पापको बारेमा थाहा छ...? उहाँले ती पापहरूको स्मरण गराउनुहुन्छ, जो केवल भक्त र उसको पालनहारको बीचमा थिए।
 ऊ भन्छ: 'हो, हे मेरो पालनहार (रब)।
 जब मूमिन डर महसुस गर्दछ तब अल्लाहले भन्नुहुन्छ: मैले ती पापहरूलाई संसारमा तिमीबाट लुकाएको थिएँ, र आज म तिमीलाई ती सबै क्षमा गर्दछु। अनि उसलाई उसको राम्रो कर्महरूको पत्र दिइन्छ।
 तर काफिर र मुनाफिकहरूलाई सबैको सामु पुकारिनेछ: यी ती हुन् जसले आफ्नो अल्लाह बारे झूट बोले। ध्यान दिनुहोस्, अन्यायीहरूमाथि अल्लाहको श्राप होस् ।</t>
   </si>
   <si>
     <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
 الحث على ستر المؤمن ما أمكن.
 أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
 قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
   </si>
   <si>
     <t>अल्लाहको अनुग्रह र दया मूमिनहरूका लागि, अल्लाहले उनीहरूको गोपनीयता संसार र आखिरतमा लुकाउनुहुन्छ।
 मूमिनको गोपनीयतालाई सक्दो सम्म लुकाउनु पर्छ भनेर प्रोत्साहित गरिन्छ।
 भक्तहरूका सबै कर्महरूलाई अल्लाहले गन्नुहुन्छ।  जसले राम्रो पाउँछ भने, उसले अल्लाहको प्रशंसा गर्नु पर्छ। जसले नराम्रो पाउँछ भने, उसले आफुलाई मात्र दोष दिनुपर्छ। र उ अल्लाहको इच्छा अन्तर्गत रहन्छ।
 इमाम इब्न हजरले भन्नुभयो: हदीसहरूको समग्र सन्दर्भले देखाउँछ कि क़ियामतको दिन अवज्ञाकारी मोमिनहरु दुई प्रकारका हुनेछन्: पहिलो: जसको पाप उसको र उसको पालनहार (रब) बीचमा मात्र हुन्छ, इब्न उमरको हदीसले यो खण्डलाई दुई भागमा विभाजित गरेको देखाउँछ: पहिलो: जसको पाप संसारमा लुकेको हुन्छ। यस्तो व्यक्तिको पापलाई अल्लाह क़ियामतको दिन लुकाउनुहुन्छ, र यो स्पष्ट रूपमा भनिएको छ। दोस्रो: उसको पाप खुल्ला रूपमा हुन्छ, जसले यसको अर्थ यो भयो कि यो यसको विपरीत हुनेछ। र दोस्रो वर्ग: जसको पाप ऊ र  मानिसहरूबीच हुन्छ। तिनीहरू पनि दुई भागमा विभाजित हुन्छन्। पहिलो वर्ग: जसको नराम्रा कामहरू तिनका राम्रा कामहरूभन्दा भारी हुन्छन्। यस्ता मानिसहरू नरकमा जान्छन् र त्यसपछि सिफारिस (शफाअत) मार्फत बाहिर निस्कन्छन्। दोस्रो वर्ग: जसका नराम्रा र राम्रा कार्हयरू समान हुन्छन्। यस्ता मानिसहरूले जन्नतमा प्रवेश गर्नु अघि उनीहरू बीच प्रतिफल (कसास) हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4242</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
-[...2 lines deleted...]
-    <t>सवारले पैदलयात्रीलाई, पैदलयात्रीले बसेकालाई र सानो जमातले ठूलो जमातलाई सलाम गर्नेछन् ।</t>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
+  </si>
+  <si>
+    <t>सवारले पैदल हिंड्नेलाई, पैदल हिंड्नेले बसेकालाई र सानो समुहले ठूलो समुहलाई सलाम गर्नु पर्दछ ।</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सवारले पैदलयात्रीलाई, पैदलयात्रीले बसेकालाई र सानो जमातले ठूलो जमातलाई सलाम गर्नेछन् ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सवारले पैदल हिंड्नेलाई, पैदल हिंड्नेले बसेकालाई र सानो समुहले ठूलो समुहलाई सलाम गर्नु पर्दछ ।"</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एकअर्कालाई सलाम (अभिवादन) गर्ने शिष्टाचार सिकाउनुभएको छ : 'अस्सलामु अलैकुम व रहमतुल्लाहि व बरकातुहु' (तपाईंमाथि अल्लाहको दया र आशीर्वाद होस्) सानोले ठूलोलाई, सवारले हिँड्नेलाई, हिँड्नेले बसेकालाई र सानो समूहले ठूलो समूहलाई सलाम गर्नेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एकअर्कालाई सलाम (अभिवादन) गर्ने शिष्टाचार सिकाउनुभएको छ : 'अस्सलामु अलैकुम व रहमतुल्लाहि व बरकातुहु' (तपाईंमाथि अल्लाहको दया र आशीर्वाद होस्) सानोले ठूलोलाई, सवारले हिँड्नेलाई, हिँड्नेले बसेकालाई र सानो समूहले ठूलो समूहलाई सलाम गर्नुपर्ने हुन्छ ।</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
-    <t>हदीसमा उल्लेखित तरिका अनुसार सलाम गर्नु मुस्तहब (राम्रो) हो । तर यदि पैदल यात्रीले सवारलाई सलाम (अभिवादन) गर्छ भने जायज छ।
+    <t>हदीसमा उल्लेखित तरिका अनुसार सलाम गर्नु मुस्तहब (पुण्यकारी) हो । तर यदि पैदल हिड्नेले सवारलाई सलाम (अभिवादन) गर्छ भने पनि जायज छ।
 हदीसमा उल्लेखित तरिका अनुसार सलाम फैलाउनु प्रेम र सद्भावको एक कारण हो ।
-यदि तिनीहरू समान अवस्थामा छन् भने तिनीहरूमध्ये जसले सलाम गर्नमा पहल गर्छ, ऊ उत्कृष्ट हो ।
-[...1 lines deleted...]
-सलाम गर्ने शिष्टाचार सिकाउने र प्रत्येक हकवालालाई उसको हक दिने ।</t>
+यदि दुई व्यक्ति वा धेरैजना समान अवस्थामा छन् भने, उनीहरूमध्ये जसले पहिला सलाम गर्छ, ऊ उत्तम हो ।
+यो हदीसले इस्लामिक कानून पूर्ण छ र यसले मानिसहरूलाई आवश्यक पर्ने सबै कुराहरू समेटेको छ भन्ने तथ्य स्पष्ट पार्छ ।
+हदीसले सलाम गर्ने शिष्टाचार र हरेक व्यक्तिलाई उसको हक दिनुपर्छ भन्ने कुरा सिकाउँछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>यी दुई चीजहरू मेरो उम्मतका पुरुषहरूका लागि हराम छन् र महिलाहरुको लागी हलाल ।</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>अली बिन अबू तालिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो दाहिने हातमा रेशम र देब्रे हातमा सुन लिनुभयो अनि त्यसपछि त्यसलाई माथि उठाएर भन्नुभयो: "यी दुई चीजहरू मेरो उम्मतका पुरुषहरूका लागि हराम छन् र महिलाहरुको लागी हलाल ।"</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो देब्रे हातमा रेशमको लुगा वा यसको टुक्रा र आफ्नो दाहिने हातमा सुनको गहना वा यस्तै केही लिनुभयो र त्यसपछि भन्नुभयो: वास्तवमा, रेशम र सुन पुरुषहरूलाई लगाउन निषेध गरिएको छ, तर महिलाहरूको लागि अनुमति छ ।</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>सिन्धीले भने: (हराम): र्अथात लगाउन हराम गरिएको हो; तर यसलाई खर्च गर्न र किनबेच गर्न अनुमति छ । सुनको भाँडाकुँडा बनाउनु र त्यसलाई प्रयोग गर्नु सबैका लागि हराम छन् ।
 इस्लामले महिलाहरूको श्रृंगारको लागि जायज गरेको छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>मैले तिमीहरूलाई नभनेको (अनावश्यक) कुराहरूलाई बेवास्ता गर । किनकि तिमीभन्दा अघिका राष्ट्रहरू (अनावश्यक) प्रश्न सोध्ने र आफ्ना नबीहरूसँग मतभेद गरेको कारणले नष्ट भएका थिए</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मैले तिमीहरूलाई नभनेको (अनावश्यक) कुराहरूलाई बेवास्ता गर । किनकि तिमीभन्दा अघिका राष्ट्रहरू (अनावश्यक) प्रश्न सोध्ने र आफ्ना नबीहरूसँग मतभेद गरेको कारणले नष्ट भएका थिए । जब म तिमीहरूलाई कुनै कुराबाट रोक्छु, त्यसबाट टाढै बस र जब कुनै कुरा गर्न आदेश दिन्छु, त्यसमा जति सक्दो प्रयास गर ।"</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लामिक नियमहरूका तीन किसिमहरू उल्लेख गर्नुभएको छ : जसको बारेमा शरियत मौन छ, निषेधहरू र आदेशहरू ।
 पहिलो: जसको बारेमा शरियत मौन छ, त्यसको कुनै आदेश हुँदैन र यस्ता चीजहरूको बारेमा आधारभूत सिद्धान्त भनेको जायज र हलाल हो; नबी (सल्लल्लाहु अलैहि वसल्लम)को समयमा यस्तो कुराबारे प्रश्न गर्नबाट बच्नुपर्थ्यो, जुन घटेको थिएन। यो यसकारण थियो कि प्रश्नले कुनै चीजलाई अनिवार्य वा निषेध गर्नुपर्ने आदेश निम्त्याउन सक्थ्यो। अल्लाहले आफ्ना भक्तहरूप्रति दया देखाउँदै त्यस्ता कुरालाई खुला नै छोड्नुभएको थियो।" "तर उहाँ (सल्लल्लाहु अलैहि व सल्लम) को देहान्तपछि, यदि प्रश्न आवश्यक धार्मिक ज्ञानका लागि मार्गदर्शन वा सिकाइको उद्देश्यले सोधिएको हो भने, त्यसो गर्नु अनुमति गरिएको छ, बरु त्यसलाई प्रोत्साहित नै गरिएको छ। तर यदि प्रश्न अनावश्यक जिद्दी वा दिखावटी उद्देश्यले सोधिएको हो भने, यो हदीसमा प्रश्न गर्नबाट टाढा रहन भनिएको जस्तै हो। किनभने यसले इस्राएलीहरूलाई झैं अवस्थालाई जटिल बनाउन सक्छ। उनलाई गाई बली चढाउन आदेश दिइएको थियो, र यदि उनीहरूले कुनै पनि गाई चढाएका भए, आदेश पूरा हुने थियो। तर उनीहरूले जटिलता खोजे, र तिनका लागि आदेश झन् कडा बनाइयो।"
 दोस्रो: निषेध (हराम) हरू; अर्थात ती कुराहरू, जुन परित्याग गर्दा पुण्य पाइन्छ र गर्नेलाई दण्ड दिइन्छ, त्यसैले ती सबैबाट बच्नुपर्छ ।
 तेस्रो: आदेश; अर्थात ती कुराहरू हुन्, जुन गर्दा पुण्य पाइन्छ र नगर्दा दण्ड दिइन्छ, त्यसैले यो सकेसम्म गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>हामीले सबैभन्दा महत्त्वपूर्ण कुरामा ध्यान केन्द्रित गर्नुपर्छ अनि नचाहिने कुरालाई तुरुन्तै छोड्नुपर्छ र नघटेको पछि लाग्नु हुँदैन ।
 समस्याहरूलाई जटिल बनाउने, शंकाहरूको ढोका खोल्ने र धेरै मतभेद निम्त्याउने प्रश्नहरू सोध्न निषेध गरिएको छ ।
 सम्पूर्ण निषेध (हराम) कुराहरू त्याग्न आदेश; किनभने यसलाई त्याग्न कुनै कठिनाइ छैन र त्यसैले यो सामान्य रूपमा निषेध गरिएको छ ।
 आदेशलाई सकेसम्म पुरा गर्नुपर्छ; किनभने आदेशको पालना गर्न गाह्रो हुन सक्छ वा कहिले असक्षम पनि; त्यसैले सकेसम्म भनिएको छ ।
 धेरै प्रश्न गर्न निषेध गरिएको छ । उलमा(विद्वानहरू)ले प्रश्नलाई दुई भागमा विभाजन गरेका छन्: एउटा धर्म सिक्न र सिकाउने उद्देश्यले प्रश्न गर्नु र यो जायज हो अनि सहाबीले सोध्ने प्रश्न यसै अन्तर्गत पर्दछ । दोस्रो हठ, अहंकार, शंकास्पद र फाइदा नभएको प्रश्न गर्नु, जुन निषेध गरिएको छ ।
 यस राष्ट्रलाई आफ्नो रसूल विरुद्धबाट चेतावनी दिइएको छ, ताकि अघिका राष्ट्रहरू झैं यसको हालत नहोस् ।
 अनावश्यक प्रश्नहरू सोध्नु र नबीहरूसँग मतभेद गर्नु विनाश र बर्बादीको कारण हो, विशेषगरी जान्न नसकिने मामिलाहरू, जस्तै: गैबका कुराहरू र कयामतको दिनको अवस्थाहरू, जुन अल्लाह बाहेक कसैलाई थाहा छैन ।
 कठिन मामिलामा प्रश्न सोध्न निषेध । औजाईले भनेका छन्: जब ईश्वरले आफ्नो सेवकलाई ज्ञानको आशीर्वादबाट वञ्चित गर्न चाहनुहुन्छ तब उसको जिब्रोमा गलत कुराहरू मिसाई दिनुहुन्छ र मैले उनीहरूलाई सबैभन्दा कम ज्ञानी व्यक्तिको रूपमा देखें । इब्ने वहबले भनेका छन्: मैले इमाम मलिकलाई भन्दै गरेको सुनेको छु: ज्ञानको पाखण्डले मानिसको हृदयबाट ज्ञानको ज्योतिलाई हटाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4295</t>
   </si>
   <si>
-    <t>لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>“तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ  र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>हजरत मुआज बिन जबल (रजियल्लाहु अन्हु)द्वारा भनिएको छ: एउटा यात्रामा म अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम)को साथमा थिएँ ।  हिँड्दा हिँड्दा एक दिन म उहाँको नजिक भएँ, अनि मैंने भनेँ : हे अल्लाहका रसूल ! मलाई यस्तो  काम बताइ दिनु होस् जसले मलाई  जन्नतमा प्रवेश गरा‍‍ओस् र जहन्नमदेखि टाढा गरि दिओस् । उहाँ (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : “तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ  र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ ।  अल्लाहको  उपासना गर र उहाँका साथमा कसैलाई साझी न बनाऊ । नमाज़ कायम गर । जकात देऊ, रमजानको महिनाका रोजा( ब्रत) बस र अल्लाहको घरको  हज गर।" फेरि उहाँ(सल्लल्लाहु अलैहि व सल्लम) ने भन्नु भयो : "के म तिमीलाई भलाई (कल्याण)का ढोकाहरूको बारेमा न बताऊँ ? रोज़ा ढाल हो, र दानले पापहरू निभाइ दिन्छ, जसरी पानीले आगोलाई निभाएको हुन्छ । , तथा मान्छेको रातिमा पढेको नमाज (पनि कल्याणका ढोकाहरूमा एउटा हो)।" तत्पश्चात् उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले यो आयत पढ्नु भयो :
 (तिनीहरू आफ्नो ओछ्यानबाट अलग्गै रहन्छन्। तिनीहरू आफ्ना रबलाई भय एवं आशाका साथ पुकार्ने गर्छन् र हामीले प्रदान गरेका चिजहरूबाट खर्च गर्ने गर्छन् । र, कसैलाई उनीहरूले गर्ने गरेको कर्मको प्रतिदानस्वरूप उनीहरूकालागि कस्तो नेत्र–शीतलता गोप्य राखिएको छ भन्ने कुरा थाहा छैन । ) 
 फिर उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले भन्नु भयो : " के म तिमीलाई दीन (इस्लाम)को आधार र उसको स्तम्भ र उसको शिर न बताइ दिऊँ ?  मैंले भनेँ : अवश्य, बताइ दिनु होस् हे अल्लाहका रसूल ! उहाँले भन्नु भयो : दीनको आधार इस्लाम हो, यसका स्तम्भ नमाज हो र यसको शिर जिहाद हो।" त्यसपछि उहाँ (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "के म तिमीलाई यसको सार न बताऊँ ?" मैँले भनेँ : अवश्य, बताइ दिनु होस् हे  अल्लाहका रसूल ! उहाँले आफ्नो जिब्रो समातेर भन्नु भयो:  "यसलाई थामेर राख" मैले भनेँ : हे अल्लाहका नबी ! के हामीले जो बोलेका हुन्छौँ, त्यसमा पनि हाम्रो पकड़ होला ? उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "मआज! तिम्रो आमाले तिमीलाई हराओस् ! ( वा तिम्रो आमालाई तिमीमाथि रुन परोस् । ) मान्छेहरूलाई उनीहरूको मुख घोप्ट्याएर उनीहरूको नाक घोप्ट्यार  आगोमा फाल्ने उनीहरूको जिब्रोका कारणले नै त हो ।</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
@@ -6774,210 +6788,210 @@
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>सहाबीहरूको ज्ञान आर्जनका बारेमा जिज्ञासा, यसैका कारण उनीहरूले नबी(सल्लल्लाहु अलैहि वसल्लम) सित बारम्बार सोध्ने गर्थे ।
 सहाबीहरूको फिक्ह ( ज्ञानलाई बुझ्नु ) : किन भने उनीहरूलाई यो कुराका बारेका थाहा थियो कि आमाल ( कर्महरू) नै जन्नत ( स्वर्ग)मा प्रवेश गराउने  माध्यम हुन् ।
 हजरत मुआज (रजियल्लाहु अन्हु)द्वारा गरिएको प्रश्न अति नै महान् प्रश्न हो । किन भने यो भनेको जीवनको भेद हो । त्यसैले यो संसारमा भएका चाहे मानव जात हुन् वा जिन्न, उनीहरूको अन्तिम नतिजा भनेको या त जन्नत हो वा आगो ( नर्क) । त्यसैका कारण यो प्रश्न असामान्य हुनु गएको हो ।
 इस्लामका पाँच आधारभूत कुराहरूको पालनाको प्रतिफल भनेको जन्नतमा प्रवेशको सौभाग्य प्राप्त हुनु हो । यी पाँच आधारहरू यी हुन् । दुइ गवाही ( शहादतैन),नमाज, जकात ,रोजा र हज ।
 धर्मको मूल, सबैभन्दा मूल्यवान कार्य, र उच्चतम कर्तव्य अल्लाहको एकता (तौहीद) हो, जसमा केवल उहाँको उपासना गरिन्छ र उहाँसँग कुनै साझेदार मानिंदैन।
 अल्लाहको आफ्ना भक्तहरू माथि दयाको नै नतिजा हो कि उहाँले उनीहरूका लागि कल्याणका ढोकाहरू खोलि दिनु भयो । यो उद्देश्यले कि उनीहरू सवाब र प्रतिफल  पाउनका लागि र पापहरू क्षमा गरियून् भनेर धेरै भन्दा धेरै मोक्ष याचनाका कामहरू गरून् ।
 फर्ज ( अनिवार्य आदेश)हरू पूरा गरिए पछि नवाफिल ( थप कर्महरू)को माध्यमबाट अल्लाहको निकटता एवं सानिध्धय हासिल गर्ने विशेषता:
 नमाज इस्लाममा त्यस्तै स्थान राख्छ जस्तो स्तम्भले पाललाई थाम्छ। यदि नमाज हरायो भने इस्लाम समाप्त हुन्छ, जसरी स्तम्भ ढलेपछि पाल लड्छ।
 धर्म (इस्लाम)लाई नोक्सान पुर्याउने वाला हरेक कुराबाट मुख जोगाउनु पर्ने आवश्यकता ।
 मुख जोगाउनु हरेक कल्याणको जरो हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4303</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>जब दुई मुसलमानहरू एकअर्काको विरुद्ध तरवार उठाएर खडा हुन्छन्, हत्यारा र पीडित दुवै नरकको भागीदार हुनेछन्</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>अबू-बकरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जब दुई मुसलमानहरू एकअर्काको विरुद्ध तरवार उठाएर खडा हुन्छन्, हत्यारा र पीडित दुवै नरकको भागीदार हुनेछन्।" मैले प्रश्न गरेँ, "हे अल्लाहका रसूल! एक व्यक्ति हत्यारा भएकाले नरकमा गयो तर पीडितको के दोष?"  तब नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "उसको मनसाय पनि त हत्या गर्नु नै थियो।"</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जब दुई मुस्लिम हातमा तरवार  लिएर लड्छन् र एक अर्काको ज्यान लिन चाहन्छन्, त्यस अवस्थामा हत्यारा आफ्नो साथीको हत्याको कारण नरकमा जान्छ । तर मृतक पनि किन नरकमा जान्छ?" यो कुरा सहाबाहरूले स्पष्ट रूपमा बुझ्न सकेनन्, त्यसैले उहाँसामु जिज्ञासा राखे। त्यसको उत्तरमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, ऊ पनि नरकमा जान्छ, किनभने उसले पनि अर्को व्यक्तिलाई मार्ने इच्छा राखेको थियो, तर आफ्नो उद्देश्यमा सफल हुन सकेन, किनभने उसको प्रतिद्वन्द्वीले उसलाई पहिले नै मार दियो ।</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>यसबाट स्पष्ट हुन्छ कि जो व्यक्ति आफ्नो मनबाट पाप गर्न दृढ संकल्प गर्दछ र त्यसका लागि  साधन प्रयोग गर्दछ, ऊ दण्डको हकदार हुन्छ।
 यस हदीसमा मुसलमानहरूलाई आपसमा लडाई [वा मारकाट] नगर्न कडा चेतावनी दिइएको छ र लडाइँ गर्नेहरूलाई नरकको सजाय  हुने धम्की दिइएको छ।
 मुसलमानहरू बीचको जायज लडाइँ, जस्तै विद्रोही र भ्रष्टहरू विरुद्धको लडाइँ, यस चेतावनीमा पर्दैन।
 ठूलो पाप गर्ने व्यक्तिलाई केवल पाप गर्नाले काफिर मानिने छैन, किनकि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले आपसमा लडाईँ गर्ने दुई व्यक्तिलाई  मुस्लिम भन्नुभएको छ1।
 जब दुई मुस्लिमहरू मार्न सक्ने कुनै पनि उपकरणको साथ आमनेसामने हुन्छन् र तीमध्ये एकले अर्कोको ज्यान लिन्छ, तब हत्यारा र मारिएका दुवै नरकको भागीदार हुनेछन्। यस हदीसमा तरवारलाई उदाहरणको रूपमा मात्र प्रस्तुत गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ</t>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>पुण्य  भनेको सुन्दर व्यवहार हो। र पाप भनेको  जुन कुरा  तिम्रो मनमा सङ्का पैदा गर्छ, र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>नव्वास बिन सिमआन अल-अन्सारी (रजियल्लाहु अन्हु)ले बयान गरेका छन्
 : मैले रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम)लाई भलाइ (पुण्य) र पापको बारेमा सोधेँ। उहाँले भन्नुभयो: «पुण्य  भनेको सुन्दर व्यवहार हो। र पाप भनेको  जुन कुरा  तिम्रो मनमा सङ्का पैदा गर्छ, र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)लाई पुण्य र पापको बारेमा सोधियो, उहाँले भन्नुभयो:
 अल्लाहसँग तक्वाको साथ राम्रो स्वभाव देखाउनु नै सबैभन्दा ठूलो गुण हो। र मानिसहरूसँग सहनशीलता, क्रोधलाई कम गर्नु, हँसिलो अनुहार, मधुर बोली, सम्बन्ध जोड्नु, आज्ञापालन, दयालुता, परोपकार, राम्रो संगत, र मेलमिलापपूर्ण बसोबास गर्नु हो।
 पाप भनेको, जुन मनभित्र शङ्कास्पद कुराहरूको रूपमा उत्पन्न हुन्छ र जसमा आत्मा निश्चिन्त हुन सक्दैन। मनमा त्यसबाट शङ्का उत्पन्न हुन्छ र त्यसलाई पाप हो कि भन्ने डर रहन्छ। आत्माले यो पापलाई प्रकट गर्न चाहँदैन, किनकि यो प्रतिष्ठित र आदर्श व्यक्तिहरूको नजरमा कुरूप देखिन्छ। यो यसकारण हो कि आत्मा स्वाभाविक रूपमा आफ्नो राम्रो पक्ष अरूलाई देखाउन चाहन्छ। यदि आत्माले आफ्नो केही कर्म अरूले थाहा पाउन मन पराउँदैन भने, त्यो पाप हो, जसमा कुनै भलाई हुदैन।</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>राम्रो नैतिकताको लागि प्रोत्साहन; किनभने राम्रो चरित्र पुण्यका सबैभन्दा महान गुण हो।
 सत्य र असत्यले मोमिनलाई भ्रमित गर्दैन, बरु ऊ आफ्नो हृदयमा रहेको प्रकाशद्वारा सत्यलाई चिन्छ र असत्यबाट टाढा रहन्छ तथा त्यसलाई अस्वीकार गर्छ।
 पापको चिन्हहरू मध्ये मनको बेचैनी र अशान्ति, र मानिसहरूले त्यसको बारेमा थाहा पाउने असहजता।
 सिंदीले भने: यो ती शङ्कास्पद कुरा सम्बन्धी हो जसमा मानिसहरूले कुनै एक पक्षको निश्चितता थाहा पाउँदैनन्; अन्यथा, शरियतमा बताइएको कुराहरूलाई अनदेखा नगरी कुनै पक्षको प्रमाण नभइ त्यस्तै पुण्य र पापको कुरा हुन्छ, र यस्ता कुराहरूमा हृदयको सोधपुछ र शान्तिको आवश्यकता हुँदैन।
 यस हदीसमा सम्बोधित गरिएका व्यक्तिहरू स्वच्छ प्रकृति भएका मानिसहरू हुन्, न कि ती जसका हृदय विकृत छन्। जो केवल आफ्नो इच्छाअनुसार राम्रोलाई चिन्ने र नराम्रोलाई अस्वीकार गर्ने गर्छन्।
 तैइबीले भने: हदीसमा पुण्यलाई विभिन्न अर्थमा व्याख्या गरिएको छ। यसलाई एक स्थानमा त्यसरी व्याख्या गरिएको छ जसले हृदयलाई शान्त पार्छ र मनलाई समर्पित बनाउँछ। अर्को स्थानमा यसलाई ईमानको रूपमा व्याख्या गरिएको छ, र एउटा स्थानमा यसलाई, जसले तपाईंलाई अल्लाहको नजिक पुर्याउँछ भनिएको छ र यहाँ यसलाई असल आचरणको रूपमा व्याख्या गरिएको छ। र असल आचरणलाई यसरी व्याख्या गरिएको छ: दुख सहन गर्नु, क्रोध नगर्नु, मुखमा हाँसो ल्याउनु, र मीठा शब्द बोल्नु, र यी सबै अर्थमा समान छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4308</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>धर्म भनेको निष्ठा हो</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>तमीम अल-दारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "धर्म भनेको निष्ठा हो," हामीले सोध्यौं, "कसप्रति?" उहाँले उत्तर दिनुभयो, "अल्लाहप्रति, उहाँको किताबप्रति, उहाँका रसूलप्रति, मुस्लिम शासकहरू प्रति, र सम्पूर्ण मुसलमानहरूप्रति।"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो कि, धर्म इमानदारी र सत्यतामा आधारित छ त्यसैले यसलाई अल्लाहले तोके अनुसार पूर्ण रूपले, कुनै कमी वा छलकपट नगरी पालन गर्नुपर्छ।
 र भलाई र निष्ठा कसप्रति हुन्छ भनेर सोधिएको प्रसंगमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस कुरालाई स्पष्ट गर्दै  भन्नु भयो :
 १) अल्लाह प्रति निष्ठा : अल्लाहप्रतिको निष्ठा भन्नाले उहाँको सन्तुष्टि प्राप्त गर्ने उद्देश्यले निष्कपट र विशुद्ध रूपमा उपासना गर्नु, उहाँसँग कसैलाई साझेदार नठहर्‍याउनु, उहाँको प्रभुत्व, पूजनीयता र उहाँको नाम र गुणहरूमा आस्था राख्नु,  उहाँका आदेशहरूको आदर गर्नु, उहाँमाथि दृढ आस्था राख्न र उहाँमाथि ईमान ल्याउन आह्वान गर्नु।
 २) पवित्र कुर्आन प्रति निष्ठा: यसको अर्थ कुर्आन अल्लाहको वचन हो भन्ने कुरा विश्वास गर्नु हो। यो अन्तिम धार्मिक ग्रन्थ हो जुन अल्लाहले पठाउनु भएको हो र यसले अघिल्ला सबै धार्मिक कानूनहरूलाई खारेज गरेको छ भन्ने कुरामा विश्वास गर्नु हो। यस पवित्र ग्रन्थको सम्मान गर्नु, यसलाई ध्यानपूर्वक पढ्नु, यसका मुहकम (स्पष्ट अर्थ) श्लोकहरूको पालना गर्नु र मुताशबिह (अनेकार्थी वा अस्पष्ट) श्लोकहरूलाई पनि स्वीकार गर्नु निष्ठाको महत्वपूर्ण पक्ष हो। कुर्आनको अर्थलाई तोडमोड गर्ने वा गलत व्याख्या गर्नेहरूको खण्डन गर्नु पनि आवश्यक छ। यसबाट ज्ञान प्राप्त गर्नु, यसका शिक्षालाई सबैतिर फैलाउनु र मानिसहरूलाई यसलाई स्वीकार गर्न प्रोत्साहित गर्नु हरेक विश्वासीको कर्तव्य हो।
 ३) रसूल मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) प्रति निष्ठा : उहाँ प्रति निष्ठा भनेको उहाँ अन्तिम  सन्देशवाहक हुनुहुन्छ भन्ने तथ्यमा विश्वास गर्नु, उहाँले ल्याउनुभएको शिक्षालाई सत्य मान्नु, उहाँका आदेशहरूको पालना गर्नु, उहाँले निषेध गरेका कुराबाट टाढा रहनु, उहाँले निर्धारित गरेको विधिअनुसार मात्र अल्लाहको  उपासना गर्नु हो । साथै, उहाँको अधिकारको सम्मान र उहाँको आदर कदर गर्नु, उहाँको सन्देशलाई विश्वव्यापी रूपमा फैलाउनु, उहाँको "शरिया"को प्रचारप्रसार गर्नु र उहाँमाथि लगाइएका झूटा आरोपहरूको खण्डन गर्नु पनि निष्ठाको अभिन्न पक्ष हो।
 ४) मुस्लिम शासकहरूप्रति सद्भाव : यसको अर्थ उनीहरूलाई सही काममा सहयोग गर्नु, उनीहरू विरुद्ध विद्रोह नगर्नु र जबसम्म उनीहरू अल्लाहका आदेशानुसार कार्यरत रहन्छन् तबसम्म उनीहरूको आदेश मान्नु र आज्ञापालन गर्नु हो ।
 ५) आम मुस्लिमहरूप्रति सद्भाव (भलाई): यसको अर्थ मुस्लिमहरूसँग राम्रो व्यवहार गर्नु, उनीहरूलाई उनीहरूलाई सत्कर्मका लागि प्रेरित गर्नु, कठिनाइ पर्दा सहायता गर्नु, उनीहरूको कल्याणको कामना गर्नु र पुण्यकर्म र धार्मिक कर्तव्यमा सहयोग पुर्‍याउनु हो।</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>यस हदीसमा सबैप्रति निष्ठा राख्न, सद्भाव र भलाई गर्न आदेश दिइएको छ ।
 इस्लाम धर्ममा निष्ठा, परोपकार, सद्भाव र भलाई को ठूलो स्थान छ ।
 धर्म आस्था, वचन र कर्मको अन्तरसम्बन्धमा आधारित हुन्छ।
 परोपकार र नसीहत गर्दा आफूलाई छल इत्यादिबाट शुद्ध पार्नुपर्छ र साथै उसको कल्याणको मनसाय हुनुपर्दछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को  सिकाउने विशेष तरिका भनेको पहिले कुनै कुरालाई संक्षिप्त रूपमा बयान गर्नु र त्यसपछि व्याख्या गर्नु हो ।
 कुनै कुराको वर्णन गर्दा तिनको महत्वलाई ध्यानमा राखेर सबैभन्दा महत्त्वपूर्णबाट सुरुवात गर्नुपर्छ । त्यसैले  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले पहिले अल्लाहका बारेमा नसीहत गर्नुभयो, त्यसपछि अल्लाहको पुस्तकको नसीहत, त्यसपछि अल्लाहको दूतको नसीहत, त्यसपछि मुस्लिम शासकहरूको लागी सद्भाव र त्यसपछि आम मुस्लिमहरूको सद्भावको नसीहत गर्नुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, (यो भनिरहँदा नोअ्मानले आफ्ना दुई औंलाहरू आफ्नो कानतिर उठाए): "हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ र यी दुवैको बीचमा केही शंकास्पद र संदिग्ध कुराहरू छन्, जुन धेरै मानिसहरूलाई थाहा छैन । तसर्थ, जसले आफूलाई शंकास्पद कुराहरूबाट जोगाउँछ उसले आफ्नो धर्म र इज्जतलाई जोगायो र जसले शंकास्पद कुराहरूलाई पछ्याउने गर्छ, त्यो निषेधित कुराहरूमा फस्नेछ । यसको उदाहरण एक गोठालो सरह हो, जसले निषेधित क्षेत्र (खेत) को वरिपरि जनावरहरू चराउँछ र उसको जनावर त्यसमा चर्ने सम्भावना हुन्छ । सुन्नुहोस्! हरेक राजाको केही निषेधित क्षेत्र हुन्छन् (जसमा कसैलाई प्रवेश गर्न अनुमति छैन) र अल्लाहको निषेधित क्षेत्र भनेको हराम (निषेधित) कुराहरू हुन् । सावधान होउ, शरीरमा मासुको एउटा टुक्रा छ, जब यो सही [सन्तुलित] हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) चीजहरूको बारेमा एक सरल सिद्धान्त र सामान्य नियम बताउदै हुनुहुन्छ । शरियतमा तीन प्रकारका चीजहरू छन्; स्पष्ट रूपमा हलाल चीजहरू, स्पष्ट रूपमा हराम चीजहरू र  संदिग्ध चीजहरू; जसको हलाल वा हराम स्पष्ट छैन र धेरै मानिसहरूलाई यसको नियम बारे थाहा छैन ।
 यस्तो अवस्थामा जसले यी संदिग्ध र अस्पष्ट चीजहरूलाई त्याग्छ, उसको धर्म निषेधित चीजहरूमा पर्नबाट सुरक्षित हुनेछ र यस शंकास्पद कुरामा संलग्न भएको कारणले उसको इज्जत र प्रतिष्ठा पनि मानिसहरूको आलोचनाबाट सुरक्षित हुनेछ । बरु, जो यी संदिग्ध र अस्पष्ट कुराहरूबाट टाढा रहँदैन, उसले या त निषेधित कुरामा फस्न वा मानिसहरूको आलोचनाको सामना गर्न आफूलाई अगाडि बढायो । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले संदिग्ध कार्य गर्नेहरूको अवस्था व्याख्या गर्न एउटा उदाहरण दिनुभयो र भन्नुभयो, यस्तो व्यक्तिको उदाहरण गोठालो जस्तै हो जसले कसैको संरक्षित चरन नजिक आफ्नो  गाईवस्तु  चराउने गर्छ । यस्तो अवस्थामा संरक्षित चरन नजिकै चर्ने भएकाले उनको जनावर सुरक्षित चरनमा गएर चर्न थाल्ने सम्भावना छ । त्यसैगरी शंकास्पद कार्य गर्ने व्यक्ति आफ्नो कर्मको कारणले हरामको नजिक हुँदै जान्छ र उसलाई हराममा पर्ने  सम्भावना हुन्छ । त्यस पछि, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो,  मानव शरीरमा मासुको एउटा टुक्रा छ, जब यो सही हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>अस्पष्ट चीज र शंकास्पद वस्तुहरू त्याग्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4314</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>अबू हुरैराह (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो। उहाँले भन्नुभयो:
 {हे रसूल ( सन्देष्टाहरू) हो, पवित्र चिजहरू खानु होस् र सत्कर्म गर्नु होस्, निस्सन्देह, तपाईँहरू जे गर्नु हुन्छ म सबै जान्दछु।} (अल-मुमिनुन: ५१)
 र भन्नुभयो: {हे इमान वालाहरू हो, हामीले तिमीहरूलाई प्रदान गरेका पवित्र कुराहरू मध्ये खाओ। [अल-बकारा:  172] 
 त्यसपछि उहाँले एक व्यक्तिको बारेमा उल्लेख गर्नुभयो, जो लामो यात्रामा हुन्छ, उसका कपाल अस्तव्यस्त र शरीर धूलोले भरिएको हुन्छ। ऊ आकाशतर्फ हात उठाएर भन्छ: "हे मेरो प्रभु, हे मेरो प्रभु!" तर उसको खानपान हराम छ, उसको पिउने चीज हराम छ, उसको लुगा हराम छ, र उसको शरीर हरामबाट पोषित छ। यस्तो अवस्थामा, कसरी उसको दुआ स्वीकार गरिन सक्छ?</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>नबीले (सल्लल्लाहु अलैहि वसल्लम)  बताउनु भयो कि अल्लाह पवित्र, त्रुटि र दोषरहित हुनुहुन्छ र पूर्णताद्वारा विशिष्ट हुनुहुन्छ र उहाँले कर्म, बोल वा निष्ठा पनि पवित्र नै स्वीकार गर्नु हुन्छ र जो अल्लाहको प्रशन्नता र  नबीको(सल्लल्लाहु अलैहि वसल्लम) सुन्नत अनुसार गरिएका हुन्छन् र , अल्लाहको निकटता यस्तै प्रकारका कर्महरूबाट नै गर्न सकिन्छ, याद रहोस कि कर्महरूको पवित्र हुनका लागि सबैभन्दा ठूलो कुरा हो उसको खाना हो, र यो वैध(हलाल)मध्ये होस् । हलाल (वैध) खानाले मान्छेको कर्म पवित्र हुन्छ । यही भएकाले जसरी अल्लाह तआलाले नबीहरूलाई हलाल खान र राम्रा कामहरू गर्नका लागि भन्नु भएको छ, त्यसरी नै इमान वालाहरूका लागि पनि भन्नु भएको छ र  अल्लाह तआलाले भन्नु भएको छ:
  हे नबी (सन्देष्टाहरू ) हो ! हलाल ( वैध) चीजहरू खानु होस् र सत्कर्म गर्नु होस् । 
@@ -6993,378 +7007,427 @@
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>अल्लाह तआला आफ्नो अस्तित्व, आफ्ना गुणहरू र आफ्ना कामहरू एवं रूपले आदेशहरूमा पूर्ण हुनु हुन्छ ।
 केवल अल्लाहको प्रशन्नता र उहाँका नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भएको तरिका अनुसार कर्महरू गर्ने आदेश ,
 यस्ता कारक तत्त्वहरू अपनाउनु जसले कर्महरू गर्नमा हौसला प्रदान गर्दछ।  यसको प्रमाण नबी(सल्लल्लाहु अलैहि वसल्लम)को यो कथन हो : 
 "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"
 अर्थात;" वास्तवमा अल्लाह तआलाले इमान वालाहरूलाई पनि त्यही कुराको आदेश दिनु भएको छ जो कुराको आदेश उहाँले रसूलहरूलाई दिनु भएको छ । " जब इमान वालालाई यो कुरा थाहा हुन्छ कि जो काम उसलाई  गर्नका लागि भनिएको छ त्यही काम रसूल (सन्देष्टा) हरूलाई पनि गर्नका लागि भनिएको थियो , भने उसभित्र रसूल (सन्देष्टा) हरूको पदचिन्ह पछ्याउँदै कर्म गर्ने भावना पैदा हुन्छ ।
 दुआ कबूल हुनबाट रोक्ने कुराहरूमध्ये एउटा हराम( अवैध/अपवित्र) चीज खानु हो ।
 दुआ कबुल हुने पाँच चिजहरू छन् । पहिलो: लामो यात्रा गर्नु, किन कि यसमा नम्रता आउँछ जो कबूल हुने ठूलो कारण मध्ये हो । दोस्रो : व्याकुलता । तेस्रो: दुवै हातहरू आकाश तर्फ उठाउनु । चौथो : अल्लाहको पालनकर्ता हुनु हुन्छ भन्ने नामलाई बारम्बार दोह्र्याएर माग्नमा लीन हुनु । दुआ कबुल हुनका लागि यो कुरा  सबै भन्दा बढी माग भएको छ । पाँचौ: पवित्र खानु र पिउनु ।
 हलाल खानु भनेको सत्कर्महरू गर्नका लागि सहयोगी हुने कारक हो ।
 काजी (रहिमहुल्लाह) भन्नु हुन्छ: चोखो भनेको फोहोरको विपरीत हो । जब अल्लाह तआलाले यसको खुबी बताउनु भयो भने यो खोटबाट र समस्याहरूबाट बचेको हुनु पर्छ र यदि यो खुबीलाई भक्तका साथ जोडिएको खण्डमा खराब गुण र घिनलाग्दा कामहरूबाट बचेको र त्यसको विपरीत गुणहरूको साथ सजिएको हुनु पर्छ, र यदि यसलाई धनसँग सम्बन्धित रूपमा वर्णन गरिएको छ भने यसले (हलाल) चोखो धन जनाउँछ। "</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4316</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>अल्लाहले रातमा आफ्नो हात फैलाउनुहुन्छ, ताकि दिनमा पाप गर्नेले पश्चात्ताप गरून् र दिनमा आफ्नो हात फैलाउनुहुन्छ, ताकि रातमा पाप गर्नेले पश्चात्ताप गरून्, जबसम्म सूर्य पश्चिमबाट उदाउछँ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले रातमा आफ्नो हात फैलाउनुहुन्छ, ताकि दिनमा पाप गर्नेले पश्चात्ताप गरून् र दिनमा आफ्नो हात फैलाउनुहुन्छ, ताकि रातमा पाप गर्नेले पश्चात्ताप गरून्, जबसम्म सूर्य पश्चिमबाट उदाउछँ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : अल्लाहले आफ्नो दासको तौबा (पश्चात्ताप) स्वीकार गर्नुहुन्छ । यदि कुनै दासले दिनमा पाप गर्छ र रातमा पश्चात्ताप गर्छ भने अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ र यदि उसले रातमा पाप गर्छ र दिनमा पश्चात्ताप गर्छ भने अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ । उहाँ तौबा (पश्चात्ताप) स्वीकार गर्न खुशीका साथ आफ्नो हात फैलाउनुहुन्छ । जबसम्म सूर्य पश्चिमबाट उठाउँदैन, तबसम्म पश्चात्तापको ढोका खुला रहनेछ, किनभने पश्चिमबाट सूर्य उदाउनु भनेको पश्चातापको ढोका बन्द हुनु र संसारको अन्त्य हुनुको संकेत हो ।</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>जबसम्म पश्चात्तापको ढोका खुला हुन्छ, तौबा स्वीकार गर्ने प्रक्रिया जारी रहन्छ अनि सूर्य पश्चिमबाट उदाएपछि पश्चात्तापको ढोका बन्द हुनेछ । साथै, रूह (आत्मा) हलकुम (घाँटी) मा पुग्दा यसको ढोका बन्द हुन्छ, त्यसैले मानिसले यो भन्दा अघि पश्चात्ताप गर्नुपर्छ ।
 पापको कारणले निराश हुनुहुँदैन । किनभने अल्लाहको क्षमा र कृपा अति विशाल छ र पश्चात्तापको ढोका खुला छ ।
 पश्चात्तापका लागि शर्तहरू: पहिलो: पाप त्याग्नु, दोस्रो: पाप गरेपछि पछुताउनु र तेस्रो: फेरि पाप नगर्ने संकल्प गर्नु । यो यदि सर्वशक्तिमान ईश्वरको अधिकारसँग सम्बन्धित छ भने, तर जनताको अधिकारसँग सम्बन्धित छ भने त्यो अधिकार मालिकलाई फिर्ता गर्नुपर्छ वा अधिकारको मालिकले माफी दिनु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>शद्दाद बिन औस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट दुइटा कुरा सिकेर सुरक्षित राखेको छु : "अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ। त्यसैले जब तिमीले कसैलाई मार्छौ (मृत्युदण्ड आदिको लागि) तब त्यसलाई राम्रो तरिकाले मार र जब तिमी (पशु) वध गर्छौ, तब राम्रो तरिकाले वध गर र जनावरलाई वध गर्दा पहिला आफ्नो चक्कु धारिलो बनाउनुपर्छ र मारिने जनावरलाई राहत दिनुपर्छ ।"</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ। इहसान (परोपकार) भनेको तपाईंले गर्नुहुने हरेक काममा अल्लाहलाई सधैं मनमा राख्नु हो । अल्लाहको उपासना गर्दा, पुण्य कर्म गर्दा र मानिसहरूलाई दुःखबाट बचाउँदा पनि । त्यसैगरी यसमा हत्या र वध गर्दा समेत दयालु हुनु पनि समावेश छ ।
 किसास (बदला) को रुपमा हत्या गर्दा दयालु हुनु भनेको हत्याको लागि सबैभन्दा सजिलो, हल्का र छिटो बाटो रोज्नु हो ।
 वध गर्दा पशुप्रति दयालु हुनु भनेको हतियार धारिलो बनाउनु, जनावरको आँखा अगाडि हतियारको धार नलगाउनु  र एउटा पशुलाई अर्को जनावरको अगाडि नमार्नु हो ।</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>सृष्टिप्रति अल्लाहको कृपा र दया ।
 मृत्युदण्ड दिँदा वा पशु वध गर्दा शरीयतले तोकेको तरिका अनुसार गर्नु नै सदव्यवहार हो ।
 इस्लामी शरियत एक सम्पूर्ण जीवन व्यवस्था हो र यसमा सबै प्रकारका भलाइहरू समावेश गरिएका छन्, जसको उदाहरण जनावरप्रति दया हो ।
 मानिसको हत्या गरेपछि शरीरका अंग टुक्रा-टुक्रा गरी विच्छेदन गर्न निषेध गरिएको छ ।
 जनावरलाई यातना दिने हरेक काम हराम हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ  र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट अनि उहाँ अल्लाहबाट कथन गर्दै भन्नुहुन्छ : " साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ  र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) स्पष्ट पार्दै हुनुहुन्छ, अल्लाहले पुण्य कर्महरू र दुष्ट कर्महरू निर्धारण गर्नुभएको छ र त्यसपछि ती कसरी लेख्ने भनेर दुवै फरिशता (स्वर्गदूत) हरूलाई निर्देशन दिनुभएको छ :
 जसले पुण्य कर्म गर्ने मनसाय र संकल्प गर्यो, तर गर्न सकेन भने पनि उसको लागि एक नेकी (पुण्य) लेखिन्छ । यदि उसले मनसाय अनुसार राम्रो काम गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी हृदयमा रहेको इमान्दारिता र यस कार्यबाट अरूलाई हुने लाभको आधारमा नेकी (पुण्य) लेखिन्छ ।
 जसले दुष्ट कर्म गर्ने दृढतापूर्वक मनसाय राख्यो तर अल्लाहको लागि छोड्यो, उसको लागि एक नेकी (पुण्य) लेखिन्छ । तर यदि उसले इच्छाएको गलत कार्य गर्ने चासो नभएर वा त्यसो गर्ने स्रोतसाधनलाई पनि बेवास्ता गर्यो भने केही लेखिने छैन । तर  पापको कार्य गर्ने सामर्थ्य नभई दुष्कर्म छोड्छ भने उसको मनसाय विरुद्ध लेखिन्छ र यदि उसले गर्छ भने, उसको खातामा एक पाप लेखिन्छ ।</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>यस उम्मत (समुदाय) प्रति अल्लाहको ठूलो आशीर्वाद, उहाँले पुण्य कर्म र दुष्ट कर्मको प्रचुर मात्रामा बढाएर इनाम दिनुहुन्छ र यसलाई आफ्नो अभिलेखमा रेकर्ड गर्नुहुन्छ । तर नराम्रो कर्मको बदला बढाएर लेख्नुहुन्न ।
 कर्महरूमा नियतको महत्त्व र त्यसको प्रभाव ।
 यो अल्लाहको कृपा र अनुग्रह हो, जसले राम्रो कर्म गर्ने संकल्प गर्यो, तर गर्न सकेन तैपनि उसको लागि एक नेकी (पुण्य) लेखिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4322</t>
   </si>
   <si>
-    <t>أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ</t>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>मेरा परममित्र(सल्लल्लाहु अलैहि वसल्लम)ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने बारे , चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्न ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ: मेरा परममित्र(सल्लल्लाहु अलैहि वसल्लम)ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने बारे , चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्न ।</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) बताउनु हुन्छ कि उहाँका प्यारा र मित्र नबी (सल्लल्लाहु अलैहि वसल्लम)ले उहाँलाई तीन कुराका बारेमा अर्ती दिनु भयो र उहाँलाई तीन कुराका बारेमा जिम्मेदार बनाउनु भयो ।
 पहिलो: हरेक महिनामा तीन दिन रोजा बस्ने।
 दोस्रो: हरेक दिन चाश्तको बेलामा दुई रक्अत (नफ्ल) नमाज पढ्ने ।
 तेस्रो: सुत्नु अगाडि वित्र नमाज पढ्ने । यो त्यसका लागि हो जो रातको अन्तिम प्रहरमा उठ्न सक्दैन ।</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)का अर्तीहरू उहाँका साथीहरूका निमित्त भिन्न भिन्ने हुने गर्थे, यो कुरा उहाँको ज्ञानद्वारा उहाँका साथीहरूलाई उनीहरूको अवस्था अनुसार र उनीहरू सबैका लागि उपयुक्त हुन्छ भन्ने कुरामा आधारित हुन्थ्यो। अत: बलवानका लागि  जिहाद, उपासकका  लागि उपासना , ज्ञानीका लागि ज्ञान, इत्यादि ।
 इब्ने हजर अल-अस्कलानीले भन्नु भएको छ: प्रत्येक महिनाको तीन दिन उपवास, भन्नुको अर्थ ऐयामे वीज - का रोजाहरू हुन् र  यी हिजरी महिनाको तेह्रौं, चौधौं र पन्ध्रौं दिनका रोजा भनिएका हुन् ।
 इब्ने हजर अल-अस्कलानीले भन्नु भयो: यसले सुत्नु अघि वित्र पढ्नलाई राम्रो मानिएको संकेत गर्दछ र यो ब्यूँझिनमा विश्वस्त नहुने मान्छेलाई लागू हुन्छ ।
 यी तीन कार्यहरूको महत्त्व; किन कि नबी(सल्लल्लाहु अलैहि वसल्लम)ले आफ्ना कैयौँ साथीहरूलाई यो कुराका बारेमा अर्ती दिनु भयो ।
 इब्न दकीक उल्-ईदले आफ्नो भनाइमा भन्नु भएको छ: (र जुहाका ( चाश्तका) दुई रकतहरू): सायद उहाँले थोरै भन्दा थोरैको उल्लेख गर्नु भएको हो, जसलाई पढ्न उहाँले जोर दिनु भएको छ । अनि यस हदीसबाट यो कुरा थाहा भयो कि चाश्तको नमाज पढ्नु मुस्तहब हो र यसको सङ्ख्या थोरैमा दुई रकअत हो ।
 जुहा (चाश्त)को नमाजको समय: सूर्योदय पछि लगभग एक घण्टा पछि, र यसको समय मध्याह्न भन्दा लगभग दस मिनेट सम्म रहेको हुन्छ, र यसको संख्या: जसमध्ये कम्तिमा दुई रकातहरू छन्, तर सबैभन्दा धेरैको बारेमा मतभेद छ; सो भनिएको छ: आठ रकतहरू हुनु पर्छ, र यो पनि भनिएको छ कि धेरैको कुनै सीमा छैन ।
 वित्रको समय: इशाको नमाज पछि देखि बिहानको मिर्मिरे सम्म, यसको थोरैमा एक रकअत हो भने  धेरैमा  एघार रकअत हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4538</t>
   </si>
   <si>
-    <t>إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ</t>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>जब तिमीहरूले (रमजान को महिनाको ) 
  चन्द्रमा देख्छौ, रोजा (उपवास) राख, जब तिमीहरूले (शव्वाल महिनाको) चन्द्रमा देख्छौ, रोजा बस्न छोडिदेऊ, र यदि  बादल लागेको छ भने, महिनाको अनुमान लगाऊ ( अर्थात् महिनाका तीस दिनहरू पूरा गर) ।</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>इब्न उमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ: उहाँले भन्नुभयो: मैले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको सुनें: जब तिमीहरूले (रमजान को महिनाको ) 
  चन्द्रमा देख्छौ, रोजा (उपवास) राख, जब तिमीहरूले (शव्वाल महिनाको) चन्द्रमा देख्छौ, रोजा बस्न छोडिदेऊ, र यदि  बादल लागेको छ भने, महिनाको अनुमान लगाऊ ( अर्थात् महिनाका तीस दिनहरू पूरा गर) ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>अल्लाहका नबी( सल्लल्लाहु अलैहि व सल्लम)ले रमजान महिनाको शुरुवात र अन्त्यको संकेत बताउनु भयो र भन्नु भयो : यदि तिमीहरूले रमजानको चन्द्रमा देख्यौ भने, रोजा (व्रत) बस, र यदि तिमीहरू र यस (चन्द्रमा) को बीचमा बादल आएर ढाक्यो भने शाबान महिनाको लागि तीस दिनहरू गणना गर, र जब तिमीहरूले शव्वालको चन्द्रमा देख्छौ, आफ्नो व्रत छोड यदि तिमीहरू र यस (चन्द्रमा) को बीचमा बादल आएर ढाक्यो भने रमजानको महिनाका तीस दिन गनेर पुर्याऊ ।</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>महिनाको शुरुवात प्रमाणित गर्नको लागि भर चन्द्रमा देखिनुमा गरिन्छ हिसाबमा होइन ।
 इब्ने मुन्जिरले यसमा (चन्द्रमा) नदेखि गणनाद्वारा रमजानको महिना शुरु भएर मात्र व्रत बस्नु अनिवार्य छैन भनेर सहमति नक्कल गरेका छन् ।
 बादल वा यस्तै कारणहरूले रमजानको चन्द्रमा देख्न नसकेमा शाबानमा तीस दिन पूरा गर्नु अनिवार्य हुन्छ ।
 चन्द्रमास केवल उन्न्तीस दिन वा तीस दिनको हुन्छ ।
 यदि बादल वा यस्तै अरू कारणले शव्वालको चन्द्रमा देखिएन भने रमजानको महिनाका तीस दिन पूरा गर्नु अनिवार्य छ ।
 जो कोही त्यस्तो ठाउँमा छ जहाँ मुस्लिमहरूलाई रोजाको बारेमा सूचना दिने मान्छे कोही छैन वा यसका बारेमा कसैलाई कुनै पर्वाह छैन भने आफै जागरुक हुनु पर्छ र आफु वा कुनै भरोसाको लायक मान्छेले चन्द्रमा देखेमा मात्र रोजा राख्न थाल्नु वा छोडि दिने गर्नु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4549</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>अल्लाहले तिम्रो रूप र धनलाई हेर्नुहुन्न, तर तिम्रो हृदय र कर्महरूलाई हेर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले तिम्रो रूप र धनलाई हेर्नुहुन्न, तर तिम्रो हृदय र कर्महरूलाई हेर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले मानिसहरुको रूप, रंग र शरीरको आकारलाई अथवा तिनीहरू सुन्दर छन्  वा कुरूप छन्, स्वस्थ वा बिरामी छन् आदि भनेर हेर्नुहुन्न । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले उनीहरुको धनसम्पत्ति धेरै छ वा थोरै छ भनेर हेर्नुहुन्न ? अल्लाहले यी चीजहरू प्रदान गर्नु हुन्छ र यी चीजहरूमा तिनीहरूको अन्तरको आधारमा हिसाब लिनुहुन्न । यधपी अल्लाहले तिनीहरूको हृदयमा रहेको धार्मिकता, विश्वास, सत्यता, इमानदारीता वा कपट र प्रसिद्धि हुने मनसाय हेर्नुहुन्छ । त्यसैगरी उहाँले तिनीहरूको कार्य सही वा गलत हो भनेर हेर्नुहुन्छ र त्यसको आधारमा इनाम वा दण्ड दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>हृदयलाई सुधार्ने [आत्मशुद्धि] र सबै खराब गुणहरूबाट शुद्ध पार्न ध्यान दिने ।
 इख्लास (ईमानदारीता) ले हृदयको सुधार हुन्छ भने नबी (सल्लल्लाहु अलैहि वसल्लम) को पालनाले कर्मको शुद्धता हुन्छ । अल्लाहको नजरमा  कर्म  स्वीकार्य हुनका लागि यी दुई कुराहरू आवश्यक हुन्छन ।
 मानिसले आफ्नो धन, सौन्दर्य, रुप वा यस संसारको कुनै पनि चीजबाट धोका खानु वा बहकनु हुँदैन ।
 आन्तरिक सुधारको सट्टा बाहिरी कुरामा ध्यान केन्द्रित नगर्न चेतावनी ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>निस्सन्देह अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्कामाथि विजयको वर्ष उहाँ मक्कामा हुँदा भन्दै गरेको सुनें, उहाँले भन्नुभयो : "निस्सन्देह अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू निषेध गर्नुभएको छ ।" सोधियो : हे अल्लाहका रसूल! मरेका जनावरको बोसोलाई मानिसहरूले डुङ्गामा लगाउँछन्, छालामा लगाउँछन् र मानिसहरूले दियो बाल्न प्रयोग गर्छन् । त्यसको बारेमा हजुर के भन्नुहुन्छ? उहाँले भन्नुभयो: "होइन, त्यो पनि हराम हो ।" त्यस समयमा उहाँले भन्नुभयो: "अल्लाहले यहूदीहरूलाई नष्ट गरून्, जब अल्लाहले उनीहरूका लागि बोसोलाई निषेध गर्नुभयो, तब तिनीहरूले यसलाई पगाले, त्यसपछि बेचे र त्यसको पैसा खाए ।"</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्कामाथि विजयको वर्ष मक्कामा भन्दै गरेको सुनें, उहाँले भन्नुभयो : अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू बिक्री गर्न निषेध गर्नुभएको छ । कसैले सोधे: हे अल्लाहका रसूल! के हामीलाई मृत जनावरहरूको बोसो बेच्न अनुमति छ? किनभने मानिसहरूले यसलाई डुङ्गाहरू रंग्न, छालालाई शुद्ध पार्न र दियो बाल्न प्रयोग गर्छन् । उहाँले भन्नुभयो: होइन, यसलाई किनबेच गर्न पनि निषेध गरिएको छ । उहाँले भन्नुभयो: अल्लाहले यहूदीहरूलाई नष्ट गरून्, जब अल्लाहले उनीहरूका लागि पशुहरूको बोसो निषेध गर्नुभयो, तब तिनीहरूले यसलाई पगाले, त्यसपछि बोसो बेचे र यसको मूल्य खाए ।</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>इमाम नववी भन्छन्: मुस्लिमहरूको सहमतिद्वारा मृत जनावर, मदिरा र सुँगुरहरूको खरिद बिक्री निषेध गरिएको छ ।
 काजीले भने: जुन कुरालाई खान वा फाइदा उठाउन जायज छैन, त्यसलाई किनबेच गर्न र त्यसको मूल्य खान अनुमति छैन भन्ने कुरा यस हदीस मा समावेश छ ।
 इब्ने हजरले भने: हदीसमा उल्लेखित "निषेधित" को अर्थ बिक्री गर्नु हो, प्रयोग होइन ।
 हराम (निषेधित) लाई हलाल बनाउने हरेक चाल अमान्य छ ।
 इमाम नववी भन्छन्: उलमा(विद्वानहरू)ले भनेका छन् : मृत जनावरहरू बेच्न निषेध हो । यदि हामीले कुनै काफिरलाई मार्छौं र काफिरहरूले उसको शवलाई लिन पैसा दिन्छ भने त्यो निषेध हो । हदीसमा छ: नौफल बिन अब्दुल्लाह अल-मख्जुमीलाई खनदकको युद्धमा मुस्लिमहरूले मारेका थिए, काफिरहरूले उनको मृत शरीर लिन दश हजार दिरहम दिने प्रस्ताव राखे, तर नबी (सल्लल्लाहु अलैहि वसल्लम) ले पैसा लिनुभएन र तिनीहरूलाई लाश दिनुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4556</t>
   </si>
   <si>
-    <t>إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>“के अल्लाहले तिमीहरूलाई दान गर्ने (अवसर) दिइनुभएको छैन र? हरेक ‘सुब्हानल्लाह’ भन्नु (तस्बीह) दान हो, हरेक ‘अल्लाहु अकबर’ भन्नु (तकबीर) दान हो, हरेक ‘अल्हम्दुलिल्लाह’ भन्नु (तह्मीद) दान हो, हरेक ‘ला इलााह इल्लल्लाह’ भन्नु (तहलील) दान हो, भलाइको आदेश दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अनि तिमीहरू मध्ये कसैले आफ्नो दम्पतिसँग शारीरिक सम्बन्ध राख्दछ भने   त्यो पनि दान हो।”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>अबु जर रजियल्लाहु अन्हु द्वारा कथन गरिएको छ: नबी (सल्लल्लाहु अलैहि वसल्लम) का केही सहाबाहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई भनेः
+“हे अल्लाहका रसूल! धनी मानिसहरूले त पुण्यका सबै अवसरहरूमा अघि बढिसके। उनीहरूले पनि हामीले जस्तै नमाज पढ्छन्, हामीले जस्तै रोजा राख्छन्, तर उनीहरू आफ्ना अतिरिक्त सम्पत्तिबाट दान पनि गर्छन्।”
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः 
+“के अल्लाहले तिमीहरूलाई दान गर्ने (अवसर) दिइनुभएको छैन र? हरेक ‘सुब्हानल्लाह’ भन्नु (तस्बीह) दान हो, हरेक ‘अल्लाहु अकबर’ भन्नु (तकबीर) दान हो, हरेक ‘अल्हम्दुलिल्लाह’ भन्नु (तह्मीद) दान हो, हरेक ‘ला इलााह इल्लल्लाह’ भन्नु (तहलील) दान हो, भलाइको आदेश दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अनि तिमीहरू मध्ये कसैले आफ्नो दम्पतिसँग शारीरिक सम्बन्ध राख्दछ भने   त्यो पनि दान हो।”
+सहाबाहरूले भनेः
+“हे अल्लाहका दूत! हामीमध्ये कसैले आफ्नो इच्छा (कामवासना) पूरा गर्दा पनि उसलाई पुण्य मिल्छ र?”
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः
+“तिमीहरू के भन्छौ, यदि उसले त्यो इच्छा हराम (अवैध) तरिका बाट पूरा गरेको भए, के उसमाथि पाप हुँदैनथ्यो? ठीक त्यसैगरी जब उसले यसलाई हलाल (वैध) बाट पूरा गर्छ, उसलाई त्यसमा पुण्य मिल्छ।”</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>केही गरीब सहाबाहरूले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष आफ्नो कठिनाइ, गरिबी र धनी भाइहरूझैँ सम्पत्ति दान गरेर ठूलो पुण्य र प्रतिफल हासिल गर्न नसकेको, साथै नेकी (पुण्य)का कामहरूमा उनीहरू सरह अगाडि बढ्न नसकेको गुनासो गर्दै यसरी भनेः
+“हामी नमाज पढ्छौँ भने उनीहरू पनि नमाज पढ्छन्, हामी रोजा राख्छौँ भने उनीहरू पनि रोजा राख्छन्। तर त्यससँगै उनीहरूले आफ्ना अतिरिक्त धनबाट दान–खैरात गरेर हामीभन्दा अघि बढ्छन्, तर हाम्रो हातमा दान गर्न केही पनि हुँदैन।” त्यसैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूलाई दान–खैरात गर्ने केही त्यस्ता उपायहरू बताइदिनुभयो, जुन उनीहरूले पनि गर्न सक्थे। उहाँले भन्नुभयो: के अल्लाहले तिमीहरूका लागि दान–खैरात गर्ने बाटाहरू खोलिदिनुभएको छैन र? ‘सुब्हानल्लाह’ को जप गर्नु तिमीहरूका लागि दान हो, ‘अल्लाहु अकबर’ भन्नु दान हो, ‘अल्हम्दुलिल्लाह’ भन्नु दान हो, ‘ला इलााह इल्लल्लाह’ भन्नु दान हो, भलाइको हुकुम दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अँझ आफ्नो पत्नीसँग शारीरिक सम्बन्ध राख्नु पनि दान हो। सहाबाहरू यस कुरामा धेरै अचम्म मानेर भनेः
+“हे अल्लाहका रसूल! के हाम्रो वासना पूरा गर्नेमा समेत पुण्य र प्रतिफल मिल्छ र?” उहाँ (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो:
+“भन त, यदि कसैले आफ्नो वासना हराम स्थानमा पूरा गर्‍यो भने – जस्तै व्यभिचार आदिमा संलग्न भयो भने – के उसलाई पाप हुने छैन र? त्यसैगरी जब उसले आफ्नो वासना हलाल मार्गबाट पूरा गर्छ, तब उसलाई पुण्य र प्रतिफल अवश्य नै मिल्छ।”</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>सहाबाहरुको नेकीका कामहरूमा एक–अर्काभन्दा अघि बढ्न प्रतिष्पर्धा र प्रयास गर्थे र अल्लाहबाट ठूलो पुण्य र अनन्त कृपा प्राप्त गर्न अत्यन्तै आतुर रहन्थे।
+भलाइका कामहरूको धेरै रूपहरू हुन्छन्। कुनै मुसलमानले सच्चा नीयत र राम्रो उद्देश्यका साथ गरेको हरेक कार्य भलाइको कार्य हो।
+इस्लाम एक सरल र सहज धर्म हो। त्यसैले प्रत्येक मुसलमानले आफ्नो सामर्थ्य अनुसार त्यस्तो काम गर्न सक्छ, जसले अल्लाहको आज्ञापालन पूरा हुन्छ।
+इमाम नववी भन्नुहुन्छः यो हदिस यस कुराको दलील हो कि यदि नीयत सच्चा भयो भने सामान्य वैध (मुबाह) कामहरू पनि नेकी अर्थात् पुण्यका काम बन्छन्। यदि नीयत पत्नीको अधिकार पूरा गर्नु, अल्लाहको आदेशअनुसार उसको साथ राम्रो जीवन बिताउनु, असल सन्तानको चाहना गर्नु, आफूलाई वा पत्नीलाई पाक–दामन राख्नु, हरामतर्फ नजर नपुर्‍याउनु, हराम कुरा सोच्न वा हराम कार्य गर्ने इरादाबाट जोगिनु तथा यस्ता अन्य राम्रा उद्देश्यहरू मनमा राखिन्छ भने, सहवास पनि इबादत बन्छ।
+श्रोतालाई कुरा अझ राम्रोसँग बुझियोस् र उसको हृदयमा गहिरोसँग बसोस् भन्ने उद्देश्यले उदाहरण दिनु र कुनै भलाइमा तुलना गर्नु नबी (सल्लल्लाहु अलैहि वसल्लम) को तरिका हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>पहिलाका अम्बिया ( सन्देष्टाहरू)सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) कि तिमीलाई लाज नभए जे मन लाग्छ गर ।</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>हजरत अबू मस्वूद (रजियल्लाहु अन्हु)द्वारा वर्णन छ, भन्नु हुन्छ : नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो; पहिलाका अम्बिया ( सन्देष्टाहरू)सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) कि तिमीलाई लाज नभए जे मन लाग्छ गर ।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले हामीलाई भन्नु भयो:  कि अघिल्ला समयका सन्देष्टाहरूले गरेका अर्ती र उपदेशहरू जो  मानिसहरू बीचमा फैलिएका छन् र सन्तान दर सन्तान हस्तान्तरण हुँदै यो समुदायका पहिलो वंशज सम्म आइ पुगे , तिमध्ये यो पनि हो कि जुन काम तपाईं गर्न लाग्नु भएको छ त्यसलाई हेर्नु होस्, यदि त्यो काम गर्नका लागि कुनै  लाज छैन भने त्यो काम गरि हाल्नुस् , र यदि त्यो  काममा तपाईंलाई लाज मान्नु पर्ने छ भने , त्यसलाई छोडि दिनु होस् ;  नराम्रो कर्मको बाधक भनेको लाज लाग्नु हो र जसलाई लाज हुँदैन ऊ हरेक प्रकारका अनैतिक र निन्दनीय कामहरूमा लिप्त हुन्छ ।</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>लजाउनु  उच्चाचरणको जरो हो ।
 लजाउनु सन्देष्टाहरूको (उनी माथि शान्ति होस) विशेषताहरू मध्ये एक हो, र यो उनीहरूको भनाइहरू मध्ये हो ।
 लजाउनु यस्तो चिज हो जसले मुसलमानको व्यक्तित्वलाई सोभायमान बनाउने कामहरूमा उत्प्रेरित गर्छ र यस्ता कामहरूबाट पर राख्छ जसले उसको व्यक्तित्वलाई कलङ्कित गर्छ ।
 इमाम नववी (रहिमहुल्लाह)ले भन्नु भएको छ : यसमा आदेश अनुमतिमा आधारित छ । यसको अर्थ: यदि तपाइँ केही गर्न खोज्दै हुनु हुन्छ र यदि त्यो काममा तपाइँलाई अल्लाह तआला र मानिसहरूबाट गर्न लाज मान्नु पर्ने छैन भने, त्यो काम गर्न फरक परेन । अन्यथा, नगर्नु होस्, र यसैमा इस्लामको आधार रहेको छ, यसलाई यसरी बुझ्नु होस् कि जो वाजिब र मुस्तहब काम गर्न आदेश र नसीहत गरिएको छ त्यसलाई नगर्दा लाज लाग्नु पर्छ र जो कुरा अवैध र निषेध (हराम) गरिएको छ त्यसलाई गर्नमा लाज मान्नु पर्छ । जो कामहरू गर्न जायज छन्, तिनमा गर्नमा लजाउन पनि जायज छ र न गर्नमा लजाउन पनि मिल्छ । यसरी यो हदीसको दायरामा पाँचै हकुमहरू समावेश भए, केही  मानिसहरूको भनाइ अनुसार यो हदीसमा दिइएको आदेश धम्कीपुर्ण पनि छ कि यदि तिमीमा लाज भएन भने, तिमीले जे जे मन लाग्छ गरे हुन्छ ;  अल्लाहले तिमीलाई यसमा अवश्य सजाय दिनु हुनेछ, र केही को यो भनाइ पनि छ कि : यो हदीसमा "आदेश" खबर दिनका लागि हो । अर्थात् जसलाई लाज बाधक बनेन त्यो जे मनमा लाग्छ गर्दै हिँड्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4559</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>सबै कार्यहरू नियतीमा आधारित हुन्छन् र प्रत्येक व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सबै कर्महरू नियतमा (मनसाय) आधारित छन् र व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ। त्यसैले, जसको हिजरत (प्रवास/बसाईं सराई) अल्लाह र उहाँका रसूलको लागि हो, उसको हिजरत अल्लाह र उहाँका रसूलको लागि [मान्य] हुनेछ । र जसले संसार प्राप्ति वा कुनै महिलासँग विवाह गर्नको लागि हिजरत (प्रवास) गर्दछ, उसको हिजरत त्यहि उदेश्य अनुरुप हुनेछ ।" सही बुखारीमा यसरी उल्लेख छ: "सबै कार्यहरू नियतीमा आधारित हुन्छन् र प्रत्येक व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, सबै कार्यहरू नीयतमा निर्भर हुन्छन् । यो हुकुम सबै कर्म र मामिलाहरूको लागि लागु हुन्छ । जसले आफ्नो कर्मबाट केही लाभ प्राप्त गर्न चाहन्छ उसले त्यो लाभ मात्र पाउँछ, पुण्य पाउँदैन । यसको विपरित, जसले आफ्नो कर्मद्वारा अल्लाहको निकटता र प्रशन्नता प्राप्त गर्न चाहन्छ उसलाई उसको कर्मको प्रतिफल दिइन्छ, चाहे त्यो कार्य खाने र पिउने जस्तो साधारण कार्य नै किन नहोस् ।
 त्यसपछि  नबी (सल्लल्लाहु अलैहि वसल्लम) ले कार्यहरूमा  नीयतको प्रभावलाई व्याख्या गर्न एउटा उदाहरण दिनुभयो, जसमा हामी देख्छौं, कार्यको बाहिरी रूप  एउटै भए पनि परिणाम फरक हुन्छ । जसले अल्लाहको खुशी प्राप्त गर्न आफ्नो देश छोड्ने मनसाय राखेको छ, उसको प्रवास एक धार्मिक प्रवास हो र उसलाई उसको सही नियतको प्रतिफल दिइनेछ । तर जो व्यक्ति प्रवास गर्दा धन, पद, व्यापार र विवाह आदि जस्ता  सांसारिक लाभलाई प्राप्त गर्ने उद्देश्य राख्छ, उसले प्राप्त गर्न चाहेको लाभ मात्र प्राप्त हुन्छ । पुण्य र भलाइ उसलाई प्राप्त हुँदैन ।</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>इखलास [निष्ठा] अनुशरण गर्नु को प्रेरणा, किनकि अल्लाहले केवल ती कार्यहरू स्वीकार गर्नुहुन्छ जुन उहाँको खुशी प्राप्त गर्ने उद्देश्यले गरिन्छ ।
 यदि कुनै व्यक्तिले अल्लाहको निकटता प्राप्त गर्ने कार्यहरू केवल आदतको रूपमा गर्छ भने, उसले कुनै प्रतिफल प्राप्त गर्दैन । जबसम्म उसले अल्लाहको निकटता प्राप्त गर्ने नीयत गर्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>इस्लाम भनेको यो गवाही दिनु कि अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : "एक दिन हामी अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा बसिरहेका थियौं, अचानक एक जना मानिस देखा परे, उनको लुगा धेरै सुकिलो सेतो र कपाल धेरै कालो थियो । उनको शरीरमा यात्राको कुनै प्रभाव देखिएको थिएन र हामी मध्ये कसैले पनि उनलाई चिन्न सकेनौं । उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि बसे र आफ्नो घुँडालाई उहाँको घुँडामा जोडेर आफ्नो दुवै हत्केला उहाँको तिघ्रामा राखे र प्रश्न सोधे: ए मुहम्मद! मलाई इस्लामको बारेमा बताउनुहोस् ? तब अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : “इस्लाम भनेको यो गवाही दिनु कि अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो ।” उनले भने : हजुरले सही जवाफ दिनु भयो । हामी आश्चार्य चकित भयौं, यो कस्तो प्रकारको व्यक्ति हो, प्रश्न पनि सोध्छ र उत्तर पनि सही हो भन्छ । उनले फेरि सोधे : मलाई ईमानको बारेमा बताउनुहोस् ?  उहाँले जवाफ दिनुभयो: “अल्लाह, उहाँका फरिश्ता (स्वर्गसन्देष्टा) हरू, उहाँका पुस्तकहरू, उहाँका रसूल (सन्देशवाहक) हरू र अन्तिम दिनमा विश्वास गर्नु तथा राम्रो नराम्रो भाग्य (तकदीर) मा विश्वास गर्नु भनेको ईमान हो ।” उनले भने : हजुरले सही जवाफ दिनु भयो । उनले फेरि सोधे : मलाई एहसानको बारेमा बताउनुहोस् ? तब उहाँले ले जवाफ दिनुभयो: "अल्लाहको आराधना यसरी गर, मानौं तिमी उहाँलाई देख्दैछौ । यदि तिमी अल्लाहलाई देखेको कल्पना गर्न सक्दैनौ भने उहाँले तिमीलाई देखिरहनुभएको छ ।" उनले फेरि सोधे : कयामत कहिले आउँछ? उहाँले ले जवाफ दिनुभयो: “जोसँग प्रश्न सोधिएकोछ उ सोध्ने व्यक्ति भन्दा बढी जान्दैन ।” फेरि उनले सोधे : त्यसो भए कयामतको संकेतको बारेमा बताउनुहोस् ? उहाँले ले जवाफ दिनुभयो: “दासीले आफ्ना मालकिनहरूलाई जन्म दिन थाल्नेछन्, खाली खुट्टा, नाङ्गो शरीर गरिब र बाख्राका गोठालाहरू अग्लो-अग्लो महलहरू निर्माण गर्नमा गर्व गर्नेछन् ।” त्यसपछि ती व्यक्ति प्रस्थान गरे । केही क्षणपछि पगम्बर स. ले मलाई सोध्नुभयो: ए उमर ! “तिमीलाई थाहा छ यो प्रश्न सोध्ने व्यक्ति को थिए?" मैले भने अल्लाह र उहाँको रसूल राम्ररी जान्नुहुन्छ । उहाँले ले भन्नुभयो : उनी जिब्रील थिए, तिमीहरूलाई तिम्रो धर्म सिकाउन आएका थिए ।”</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, जिब्रील (अलैहिस्सलाम) एक अपरिचित व्यक्तिको रूपमा सहाबा (पैगम्बरका साथी) हरू कहाँ आए । उनका केही विशेषताहरू यस प्रकार थियो: उनको लुगा अत्यन्त सुकिलो र सेतो थियो र कपाल धेरै कालो थियो । उनको शरीरमा थकान, धुलो छरिएको मैलो कपाल र फोहोर लुगा जस्ता यात्राको कुनै प्रभाव देखिएन । त्यहाँ उपस्थित कसैले पनि उनलाई चिन्न सकेनन् । त्यतिबेला सहाबा (पैगम्बरका साथी) हरू अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को छेउमा बसिरहेका थिए । उनी  एक विद्यार्थी जस्तै उहाँको अगाडि बसे र त्यसपछि इस्लामको बारेमा प्रश्न गरे अनि उहाँले इस्लामको पाँच स्तम्भ; शहादह (दुवै गवाही), दैनिक पाँच सलाह (नमाज) को स्थापना, हकदार व्यक्तिहरूलाई जकात दिने, रमजान महिनाको रोजा राख्ने र सक्षम व्यक्तिले हज गर्ने जवाफ दिए।
 जवाफ सुनेपछि प्रश्नकर्ताले भने: तपाईंले सत्य बोल्नुभयो । यो देखेर सहाबा (पैगम्बरका साथी) हरू आश्चर्यचकित भए, उनले सोध्दा त्यसको जवाफ बारे अनभिज्ञ भए झैं सोध्दै थिए , तर जवाफ सुने पछी त्यसको जवाफ सहि भएको पुष्टि पनि गर्दै थिए  ।
 त्यसपछि उनले उहाँलाई ईमानको बारेमा सोधे, उहाँले ईमानका छ वटा निम्न स्तम्भहरूको बारेमा जवाफ दिनुभयो; अल्लाहको अस्तित्व र उहाँका गुणहरूमा विश्वास गर्नु, उहाँ सृष्टि लगायत हरेक कामहरूमा एक्लै हुनुहुन्छ र उहाँको मात्र उपासना गर्नु । अल्लाहले प्रकाशबाट सृष्टि गर्नुभएको फरिश्ता (स्वर्गदूत) हरू उहाँका आदरणीय सेवकहरू हुन्, जसले अल्लाहको अवज्ञा गर्दैनन् र उहाँका आदेशहरू पालना गर्छन् भनी विश्वास गर्नु । अल्लाहको तर्फ बाट पैगम्बरहरूका लागि पठाइएका आकाशीय ग्रन्थहरू जस्तै कुर्आन, तोराह र इन्जिल आदिमा आस्था राख्नु । त्यसैगरी सम्पूर्ण दूतहरूमा आस्था राख्नु, जस्तैः नूह, इब्राहीम (अब्राहाम), मोशा, येशू तथा अन्य दूतहरू र अन्तिम दूत मुहम्मद (सल्लल्लाहु अलैहि वा सल्लम) मा विश्वास राख्नु। अन्तिम दिनमा विश्वास गर्नु, जसमा मृत्यु पछि बर्जख (चिहान) को जीवनमा विश्वास, साथै मृत्युपछि मानिसहरुको पुनरुत्थान हुनेछ र तिनीहरुको लेखाजोखा हुनेछ र कर्म अनुसार वासस्थान; स्वर्ग वा नर्क को अस्तित्व रहेको कुरामा विश्वास गर्नु । अल्लाहले आफ्नो पूर्व ज्ञान र बुद्धि अनुसार सबै चीजहरू अघि नै लेख्नुभएको छ र पछि ती सबै चीजहरू उहाँको मनसाय र उहाँको भविष्यवाणी अनुसार हुन्छन् भन्ने तथ्यमा विश्वास राख्नु । त्यसपछि उनले एहसानको बारेमा सोधे, अनि उहाँले भन्नुभयो, एहसान भनेको अल्लाहलाई देखेको जस्तो गरी उपासना गर्नु, यदि यो ध्यान पुग्न सकिँदैन भने, अल्लाहले उसलाई हेर्दै हुनुहुन्छ सोचेर अल्लाहको उपासना गर्नु । यहाँ पहिलो स्थान दर्शन हो, जुन उच्च छ र दोस्रो स्थान मनमा ध्यान हो ।
 त्यसपछि उनले कयामत कहिले आउँछ, सोधे ? अनि उहाँले जवाफमा भन्नुभयो, कयामतको ज्ञान ती चीजहरू मध्ये एक हो जसको ज्ञान  अल्लाहले आँफुमा सुरक्षित राख्नुभएको छ । त्यसैले यसको बारेमा कसैलाई थाहा छैन । नत प्रश्न सोध्नेलाई, नत जवाफ दिनेलाई ।
 त्यसपछि उनले कयामतका संकेतहरूका बारे सोधे, अनि उहाँले  जवाफ दिनुभयो, दासी र तिनीहरूको गर्भबाट जन्मिने बच्चाहरू धेरै हुनेछन र धेरै छोराछोरीले आमाका अनाज्ञाकारी हुन्छन् र दास जस्तै व्यवहार गर्छन् । अर्को चिन्ह: अन्तिम दिनहरूमा बाख्रा चराउने गोठाला र भिखारीहरूलाई ठूलो मात्रामा सम्पत्ति दिइनेछ र तिनीहरूले एकअर्कासगँ आफ्ना सुन्दर र अग्ला भवनहरूको बारेमा घमण्ड गर्नेछन् ।
@@ -7376,830 +7439,943 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को आदर्श जीवनको बयान, र उहाँ आफ्ना साथीहरू सँगै घुलमिल भएर बस्नुहुन्थ्यो र उनीहरु पनि उहाँ नजिक बस्ने गर्थे ।
 प्रश्नकर्तासँग नम्रतापूर्वक व्यवहार गर्नुपर्छ र उसलाई आफ्नो नजिक बस्न दिने प्रेरणा, ताकि उसले बिना कुनै डर र हिचकिचाहट सोध्न सकोस् ।
 शिक्षकसँग शिष्ट व्यवहार गर्नुपर्छ, जसरी जिबरील रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि आदरपूर्वक बसेका थिए, ताकि उनी उहाँबाट ज्ञान प्राप्त गर्न सकून् ।
 इस्लामका पाँच स्तम्भहरू र ईमानका छ वटा आधारहरू छन् ।
 जब इस्लाम र इमान दुबै शब्दहरू एकसाथ आउँछन्, तब इस्लामलाई बाह्य चीजहरूको सन्दर्भमा व्याख्या गरिनेछ र इमानलाई आन्तरिक चीजहरूको सन्दर्भमा व्याख्या गरिनेछ ।
 दीन (धर्म) का फरक-फरक स्तरहरू छन् । पहिलो : इस्लाम, दोस्रो : ईमान र तेस्रो : इहसान, जुन उच्चतम हो ।
 प्रश्न सोध्नेलाई ज्ञान हुँदैन र अज्ञानताका कारण प्रश्न सोध्नु स्वभाविक कुरा हो । त्यसैले उनको प्रश्न र उत्तरको पुष्टिले गर्दा सहाबाहरु छक्क परेका थिए  ।
 कुनै पनि कुराहरू वर्णन गर्दा सबैभन्दा महत्त्वपूर्णबाट सुरु गर्नुपर्छ । त्यसैले इस्लामको व्याख्या गर्दा दुवै गवाहीबाट सुरु गरिएको थियो र आस्थाको व्याख्या गर्दा अल्लाहमाथिको आस्थाबाट सुरु गरिएको थियो ।
 धर्मगुरु र विद्वानसँग यस्ता कुराहरू सोध्न सकिन्छ, जुन प्रश्नकर्तालाई थाहा छ, ताकि अरूलाई पनि थाहा होस् ।
 कयामत कहिले आउँछ भन्ने जानकारी अल्लाहले आफैसँग सुरक्षित राख्नु भएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4563</t>
   </si>
   <si>
-    <t>دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किन भने  इमानदारी भनेको ढुक्क हुनु हो, र झूट भनेको शंका हो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>हजरत अबू हौरा सअदी (रहिमहुल्लाह)द्वारा वर्णन छ: मैले हसन बिन अली (रजियल्लाहु अनहुमा)सित सोधेँ: तपाईँले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)को के कुरा याद राख्नु भएको छ ? उहाँले भन्नु भयो : मैले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित यो याद राखेको छु : "जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किन भने  इमानदारी भनेको ढुक्क हुनु हो, र झूट भनेको शंका हो।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस्ता कथन र कर्महरूबाट टाढा रहने आदेश दिनु भएको छ जसका बारेमा शंका लाग्छ कि निषेधित छन् कि छैनन् ? हलाल हुन् वा हराम ? जबसम्म तिनीहरूको बारेमा कुनै शंका छैन । यस्तो कुरा अपनाउनु पर्छ  जसको बारेमा तपाई यो राम्रो हो र हलाल हो भनेर निश्चित हुनुहुन्छ ।  किन कि हृदय यिनीहरूबाट ढुक्क रहन्छ र शान्त हुन्छ, र जुन कुरामा शंका छ त्यसले हृदयलाई चिन्तित र विचलित बनाउँछ ।</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>एउटा मुस्लिमका आफ्ना मामिलाहरू निश्चिततामा आधारित हुनु पर्छ र शंकास्पदहरूलाई त्यागिनु पर्छ, र उसको आफ्नो धर्ममा अन्तरदृष्टिमा आधारित हुनु पर्छ ।
 शंकामा पर्नबाट मनाहि ।
 यदि तपाईं ढुक्क र आनन्दित हुन चाहनुहुन्छ भने, शंका भएका कुराहरू छोड्नु होस् र त्यसलाई एक पट्टीबाट मिल्काइ दिनु होस् ।
 अल्लाह तआला आफ्ना भक्तहरू प्रति कृपालु र दयालु हुनु हुन्छ । यस प्रकार कि उहाँले मानिसहरूलाई यस्ता कामहरू गर्ने आदेश दिनु भएको छ जसबाट मन र आत्मालाई शान्ति मिल्छ र यस्ता कामहरूबाट रोक्नु भएको छ जसमा छट्पटी र व्याकुलता हुन्छ ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4564</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
-[...2 lines deleted...]
-    <t>जमातका साथ पढिएको नमाज बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ</t>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
+  </si>
+  <si>
+    <t>समुहका साथ पढिएको नमाज (को पुण्य र श्रेष्ठता) बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जमातका साथ पढिएको नमाज बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ । तिमीहरूमध्ये जब कसैले वुजू गर्छ अनि राम्रो तरिकाले वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने मस्जिद नपुगेसम्म उसले चालेको हरेक कदमको बदलामा एक पुण्य पाउँछ र एउटा पाप क्षमा हुन्छ । मस्जिदमा प्रवेश गरिसकेपछि नमाजको लागि पर्खन्छ र जबसम्म ऊ मस्जिदमा हुन्छ, ऊ उपासनामा रहन्छ । तिमीहरूमध्ये यदि कसैले नमाज पढेर आफ्नो ठाउँमा बसिरहन्छ भने जबसम्म उसले कसैलाई चोट पुर्याउँदैन र उसको वुजु टुटेको छैन भने फरिश्ता (स्वर्गदूत) हरूले उसको लागि प्रार्थना गरिरहन्छन् : हे अल्लाह, ऊ माथि दया गर्नुहोस्, हे अल्लाह, उसलाई माफ गर्नुहोस्, हे अल्लाह, उसको पश्चात्ताप स्वीकार गर्नुहोस् ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "समुहका साथ पढिएको नमाज (को पुण्य र श्रेष्ठता) बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ । तिमीहरूमध्ये जब कसैले वुजू गर्छ अनि राम्रो तरिकाले वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने मस्जिद नपुगेसम्म उसले चालेको हरेक पाइलाको बदलामा उसले एक पुण्य पाउँछ र उसको एउटा पाप क्षमा हुन्छ । मस्जिदमा प्रवेश गरिसकेपछि नमाजको लागि पर्खन्छ र जबसम्म नमाज पढ्ने समयलाई पर्खि बस्छ, ऊ उपासनाको अवस्थामा मानिन्छ। त्यसैगरी, यदि कुनै व्यक्ति नमाज पढेर आफ्नो स्थानमा बसिरहन्छ, जबसम्म उसले कसैलाई दुःख दिँदैन वा उसको वुजु भङ्ग हुँदैन, तबसम्म फरिश्ता (स्वर्गदूत) हरूले उसको लागि अल्लाहसँग यस्तो प्रार्थना गरिरहन्छन्: “हे अल्लाह! उमाथि दया गर्नुहोस्। हे अल्लाह! उसलाई माफ गरिदिनुहोस्। हे अल्लाह! उसको पश्चात्ताप स्वीकार गर्नुहोस्।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई भन्नुभएको छ, यदि एक मुस्लिमले जमातका साथ नमाज पढ्छ भने, त्यो उसको घर वा बजारमा पढिएको नमाज भन्दा बीस गुणा राम्रो हुन्छ । त्यसपछि उहाँले त्यसको कारण बताउनुभयो: यदि कुनै व्यक्तिले वुजू गर्छ र राम्रोसँग वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने उसले चालेको हरेक कदमप्रति एउटा पुण्य पाउँछ र उसको एउटा पाप मेटाइन्छ । यदि ऊ मस्जिदमा प्रवेश गर्छ र नमाजको लागि जबसम्म पर्खन्छ, उसले नमाजको पुण्य पाउनेछ र नमाज पढेर आफ्नो ठाउँमा जबसम्म बसिरहन्छ, फरिश्ता (स्वर्गदूत) हरूले उसको लागि प्रार्थना गर्छन् : "हे अल्लाह, उसलाई माफ गर्नुहोस्, हे अल्लाह, ऊ माथि कृपा गर्नुहोस्, हे अल्लाह, उसको पश्चात्ताप स्वीकार गर्नुहोस् ।" जबसम्म उसले आफ्नो वुजु तोड्दैन वा मानिसहरू वा स्वर्गदूतहरूलाई हानि पुर्‍याउने कुनै काम गर्दैन ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई भन्नुभएको छ, यदि एक मुस्लिमले समुहका साथ नमाज पढ्छ भने, त्यो उसको घर वा बजारमा पढिएको नमाज भन्दा बीस गुणा राम्रो र पुण्यदायक हुन्छ । त्यसपछि उहाँले त्यसको कारण बताउनुभयो: यदि कुनै व्यक्तिले वुजू गर्छ र राम्रोसँग वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने उसले चालेको हरेक कदमको बदलामा एउटा पुण्य पाउँछ र उसको एउटा पाप मेटाइन्छ । मस्जिदमा प्रवेश गरेपछि ऊ नमाजको लागि जबसम्म पर्खन्छ, उसले नमाजको पुण्य पाउनेछ र नमाज पढेर आफ्नो ठाउँमा जबसम्म बसिरहन्छ, फरिश्ता (स्वर्गदूत) हरूले उसको लागि यसरी प्रार्थना गरिरहन्छन् : "हे अल्लाह, उसलाई माफ गर्नुहोस्, हे अल्लाह, ऊ माथि कृपा गर्नुहोस्, हे अल्लाह, उसको पश्चात्ताप स्वीकार गर्नुहोस् ।" जबसम्म उसको  वुजु भङ्ग हुदैन वा उसले मानिसहरू वा स्वर्गदूतहरूलाई हानि पुर्‍याउने कुनै काम गर्दैन (तबसम्म फरिश्ताहरूले उसको लागि प्रार्थना गरिरहन्छन् ) ।</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
-    <t>आफ्नो घर वा बजारमा एक्लै नमाज पढ्नु जायज हो, तर यदि उसले बिना कुनै जायज बहाना जमात छोड्यो भने ऊ पापको भागिदार बन्छ ।
-[...2 lines deleted...]
-वुजू गरेर मस्जिद जाने श्रेष्ठता ।</t>
+    <t>व्यक्तिगत रूपमा घर वा बजारमा नमाज पढ्न जायज छ, तर कुनै वैध कारणबिना जमात (सामूहिक नमाज) छोड्दा व्यक्ति पापी हुन्छ ।
+मस्जिदमा जमातका साथ नमाज पढ्नु एक्लै पढ्नु भन्दा २५ वा २६ वा २७ दर्जा उत्तम हो ।
+फरिश्ता (स्वर्गदूत) हरूको कार्यहरु मध्ये एउटा कार्य भनेको मुमिनहरूको लागि दुआ (प्रार्थना) गर्नु हो ।
+यो हदीसले मस्जिदमा वुजू गरेर जानु कति पुण्यदायक कार्य हो भन्ने कुरा प्रस्ट पार्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>मानिसको शरीरको हरेक जोर्नीमा एक प्रकारको दानको हक लाग्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसको शरीरको हरेक जोर्नीमा एक प्रकारको दानको हक लाग्छ। प्रत्येक दिन, जब सूर्य उदाउँछ, दुई जनाबीच न्याय गर्नुले दानको रूपमा गनिन्छ। कुनै मानिसलाई उसको सवारीमा चढ्न मद्दत गर्नु, या उसलाई सामान उठाएर राख्न सहयोग गर्नु पनि दान हो। राम्रो शब्द बोल्नु दान हो। नमाजतर्फ उठाइएको हरेक पाइला दान हो। अनि बाटोबाट हानिकारक चीज हटाउनु पनि दान हो।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले व्याख्या गर्नुभएको छ, प्रत्येक मुस्लिमले प्रत्येक दिन आफ्नो हड्डीको हरेक जोर्नीप्रति अल्लाहले गर्नुभएको उपकार र कल्याणका लागि धन्यवाद दिनुपर्छ । उहाँले मानिसको हड्डीमा जोर्नीहरू बनाउनुभएको छ, जसले गर्दा ऊ त्यसलाई संकुचित गर्न र फैलाउन सक्षम छ । सद्का (दान) सबै असल कामहरूद्वारा गरिन्छ, त्यो पैसामा मात्र निर्भर छैन, जस्तैः दुई झगडा गर्नेहरू बीच न्याय र मेलमिलाप गर्नु सदका हो । आफ्नो जनावर (सवारी) माथि बस्न नसक्नेलाई सवारीमाथि चढाउन मद्दत गर्नु वा सामान लाद्न सहयोग गर्नु सदका हो । जिक्र, दुआ र सलाम जस्ता राम्रा कुरा सदका हो । नमाज पढ्न तपाईंले चाल्नु भएको प्रत्येक पाइला सदका हो । बाटोघाटोबाट हानिकारक चीजहरू हटाउनु सदका हो ।</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>मानव हड्डीहरूको संरचना र अखण्डता अल्लाहको सबैभन्दा ठूलो वरदान हो, त्यसैले प्रत्येक हड्डीप्रति दान दिन आवश्यक छ, ताकि उहाँको आशीर्वादको हक अदा गर्न सकियोस् ।
 यी आशिषहरूको निरन्तरताका लागि हरेक दिन कृतज्ञता नवीकरण गर्न प्रोत्साहन ।
 हरेक दिन नफल (अतिरिक्त नमाज) पढ्न र स्वैच्छिक दान दिन प्रोत्साहन ।
 मानिसहरू माझ न्याय र मेलमिलाप गर्नुको सद्गुण ।
 एक व्यक्तिलाई आफ्नो भाइलाई मद्दत गर्न आग्रह; किनभने उसलाई सहयोग गर्नु सद्का हो ।
 मस्जिदहरूमा जमातका साथ नमाज पढ्न पाइला चाल्न प्रोत्साहित ।
 मुस्लिमहरूको बाटोलाई सम्मान गर्न आवश्यक छ, त्यसैले उनीहरूलाई हानि पुऱ्याउने कुनै पनि कुरा बाटोमा फाल्नु हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4568</t>
   </si>
   <si>
-    <t>كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>दुनियाँमा यसरी रहनु जसरी एउटा अपरिचित मान्छे वा बटुवा रहन्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ: भन्नु हुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)ले मेरा दुवै कुमहरू समात्नु भयो अनि भन्नु भयो: "दुनियाँमा यसरी रहनु जसरी एउटा अपरिचित मान्छे वा बटुवा रहन्छ ।" हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) भन्ने गर्नु हुन्थ्यो " साँझ भयो भने बिहानको पर्खाइमा नबस र यदि बिहान भयो भने तिमीले साँझ पर्ने प्रतीक्षा नगर । आफ्नो स्वास्थयबाट बिमारीको र आफ्नो जिन्दगीबाट मृत्युका लागि तयारी गरेर राख ।"</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
     <t>हजरत इब्ने उमर (रजियल्लाहु अन्हुमा) बताउनु भयो कि नबी (सल्लल्लाहु अलैहि वसल्लम)ले उहाँका दुवै कुम ( भनेको माथिल्लो पाखुरा र काँधको जोड हो )हरू समात्नु भयो  र उहाँलाई भन्नु भयो : यो संसारमा, त्यो मान्छे जसरी रहनु जो परदेशी हुन्छ, उसलाई आश्रय दिने घर हुँदैन, उसलाई मन लाग्नका लागि साथ दिने कुनै बासिन्दा हुँदैन । परिवार, आश्रित र सम्बन्धविहीन हुन्छ । यी सबै कारण हुन् सृष्टिकर्ताबाट टाढा गर्ने । यो भन्दा अझ बाटो हिँड्ने अपरिचित व्यक्ति भन्दा झनै बढी हुनु , जो आफ्नो मातृभूमि जानका लागि बाटो लागी रहेको हुन्छ । अपरिचित मान्छे त कहिल्यै कहिल्यै कुनै न चिनेको ठाउँमा रोकिन्छ पनि , तर आफ्नो शहरका लागि हिँडेको मान्छे, हिँडेको हिँड्यै गर्छ , कतै रोकिन्न, उसको नजरमा केवल गन्तव्य हुन्छ । त्यसैले एउटा यात्रुले जसरी उसलाई गन्तव्य सम्म पुर्याउन आवश्यक पर्ने कुराहरू मात्र लिन खोज्छ त्यसरी नै एउटा इमान वालाका लागि पनि सांसारिक कुराहरूबाट त्यत्ति नै कुराहरू जम्मा गर्नु जरुरी जान्नु पर्छ जतिले ऊ आफ्नो गन्तव्य ( जन्नत) सम्म पुग्छ ।
 सो हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)ले यो उपदेशलाई पूरा पूरा व्यवहारमा ल्याउनु भयो । उहाँ भन्ने गर्नु हुन्थ्यो :बिहान भए रात आउने प्रतिक्षा नगर र रात परे बिहान हुन्छ भनेर नपर्ख । आफूलाई कब्र (समाधि)मा पुरिएका मान्छेहरू मध्ये गणना गर । किन भने मान्छेको जिन्दगी स्वास्थ्य र बिमारीबाट खाली हुँदैन । त्यसैले बिरामी पर्नु भन्दा पहिला स्वास्थ्य भएको बेलामा पुण्यका कामहरू गरि हाल । सन्चो भएको बेलामा पुण्यका कामहरू गर्दै जाऊ , कतै रोग लागेर बाटो नछेकियोस् । यस लोकको जीवनलाई सुनौलो अवसर मानेर यस्ता कुराहरू जम्मा गर जो मरे पछि काम लागून् ।</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>प्रशिक्षणको समयमा आफूसित आत्मियता बढाउन र ध्यानाकर्षणका लागि गुरुले शिष्यको कुम समात्न सक्छ ।
 माग बिना पनि कसैको उपकार र मार्ग दर्शन गर्न सकिन्छ ।
 अल्लाहका नबी(सल्लल्लाहु अलैहि वसल्लम)को तालिमको तरिकाको एउटा राम्रो पक्ष भनेको उहाँ मन ढुक्क हुने उदाहरण प्रस्तुत गर्नु हुन्थ्यो । जस्तै: यहाँ भन्नु भयो: "दुनियाँमा यस्तो रहनु जस्तो एउटा बाटो हिँड्ने नचिनेको मान्छे हुन्छ ।
 परलोकको यात्रामा हिँडेका मान्छेहरूको दर्जाहरू बेग्ला बेग्लै हुन्छन् । त्यागको मामिलामा यात्रीको दर्जा नौलो मान्छेको दर्जा भन्दा उच्च हुन्छ ।
 आशाहरू कम गर्ने र मृत्युको तयारी गर्ने बारे वर्णन।
 यो हदीसले आर्थिक बाटोहरू र सांसारिक लाभहरुलाई हराम ( अवैध) हुने बारेमा भनेको होइन । यसले केवल सांसारिक मायाजालका पछि आँखा चिम्लेर भाग्नबाट बचाउनका लागि प्रोत्साहित गर्नका लागि हो ।
 सक्ने अवस्था नरहने बेला भन्दा पहिला पहिला नै सत्कर्महरू गरि सक्नु पर्छ । कतै बिमारी र कालले बाटो नरोकोस् ।
 हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)को विशिष्टा कि नबी(सल्लल्लाहु अलैहि वसल्लम)को उपदेशबाट अति नै प्रभावित हुनु भयो ।
 इमान वालाको घर भनेको जन्नत हो । त्यसैले ऊ यो संसारमा अपरिचित हो । ऊ परलोकको यात्रामा गइ रहेको छ । अपरिचित जसरी शहरको कुनै कुरामा मन लगाउँदैन र उसको मन आफ्नो घरमा झुन्डिएको हुन्छ । संसारमा रहेको भनेको उसका आवश्यकताहरू पूरा होऊन् भनेर मात्र हो । आवश्यकता पूरा भए पछि ऊ आफ्नो घर जाने तयारी गरोस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4704</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>“एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट (वा अनावश्यक मूल्यवृद्धि) नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस्, र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी भाइबहिनीझैं हुनुहोस्</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>अबु हुरैरा (रजि.) बाट कथन गरिएको छ: उहाँले भन्नुभयो कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट (वा अनावश्यक मूल्यवृद्धि) नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस्, र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी भाइबहिनीझैं हुनुहोस्। मुसलमान मुसलमानको दाजुभाई हो; उसले उसमाथि अन्याय गर्दैन, बेसाहारा छोड्दैन र तुच्छ ठान्दैन। र (रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो छातीतिर तीन पटक इशारा गर्दै भन्नुभयो) तक्वा अर्थात् ईशभय/निष्ठा यहाँ हुन्छ। कुनै पनि व्यक्तिलाई खराब हुनका लागि यति नै पर्याप्त छ कि उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठानोस्। हरेक मुसलमानको रगत, सम्पत्ति र इज्जत अर्को मुसलमानमाथि पूर्ण रूपमा निषेधित/ हराम छ।"</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुसलमानलाई उसको मुस्लिम भाइसँग भलाइ गर्ने सल्लाह दिनुभएको छ र उसप्रति केही जिम्मेवारीहरू र शिष्टाचारहरू स्पष्ट गर्नुभएको छ। उदाहरणका लागि: पहिलो सल्लाह: एकअर्काप्रति ईर्ष्या नगर्नुहोस्, अर्थात् एकअर्काको उपलब्धि वा वरदान गुम्ने चाहना वा भावना नराख्नुहोस्। दोश्रो सल्लाह: यदि कसैले केही किन्ने योजना बनाएको छैन भने, बेच्ने व्यक्तिको नाफा बढाउन वा किन्नेलाई नोक्सान पुर्‍याउनको लागि मूल्य नबढाओस्। तेश्रो सल्लाह: एकअर्काप्रति घृणा नराख्नुहोस्। घृणा भन्नाले कसैलाई हानि पुर्‍याउने सोच राख्नु हो। घृणा प्रेमको विपरीत हो। तर, अल्लाहको मार्गमा घृणा राख्नु भने यसमा समावेश छैन; अल्लाहको लागि घृणा राख्नु आवश्यक छ। चौथो सल्लाह: एकअर्काप्रति पिठ्यूँ नफर्काउनहोस्  जसले गर्दा हरेकले आफ्नो मुस्लिम भाईलाई नजरअन्दाज गरोस् वा टाढा बसोस्। पाँचौं सल्लाह: तपाईंमध्ये कसैले पनि अर्को व्यक्तिको बिक्रीमा छलकपट नगर्नुहोस्, जस्तो कि खरिदकर्तालाई भन्नु — “मेरो यहाँ यस्तै सामान छ, तर कम मूल्यमा वा गुणस्तरीय राम्रो छ।” त्यसपछि, उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले एउटा समग्र सल्लाह दिनुभयो र भन्नुभयो: “तपाईंहरू भाइझैं हुनुहोस् — माथि उल्लेखित निषेधहरू कार्यहरु त्यागेर, माया, कोमलता, करुणा, मिलनसारिता र भलाइमा सहयोग प्रदर्शन गरेर, हृदय सफा राख्दै र हरेक अवस्थामा सल्लाह दिँदै रहनुहोस्।” र यस भाइचारा आवश्यक तत्वहरू मध्ये छन्: कि उसले आफ्नो मुस्लिम भाइमाथि अन्याय नगरोस् र उसलाई हानी नपुर्‍याओस्। र आफ्नो मुस्लिम भाई अन्यायमा परेको अवस्थामा त्यहाँ उसलाई छोडेर नजाओस् जहाँ उसले उसको पक्ष लिन सक्थ्यो र अन्याय हटाउन सक्थ्यो। र उसले आफ्नो मुस्लिम भाइलाई तुच्छ ठान्दैन, उसको अपमान गर्दैन र अवहेलना गर्दैन वा घृणाको नजरले हेर्दैन; यस्तो नकारात्मक व्यवहार हृदयमा अहंकारको परिणाम हुनेगर्दछ। यसपछि, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तीन पटक भन्नुभयो कि ईशभय (ताक्वा) हृदयमा हुन्छ। जसको हृदयमा तक्वा हुन्छ र राम्रो चरित्रको पालन गर्दै अल्लाहको भय तथा उसको सतर्कता आवश्यक ठान्छ भने उसले कुनै मुसलमानलाई तुच्छ ठान्न सक्दैन। कुनै व्यक्तिको खराब वा नराम्रो चरित्र हुनुको लागि यति नै पर्याप्त छ कि उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठान्छ, जुन हृदयमा रहेको अहंकार र घमण्डको परिणाम हो। तत्पश्चात्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले पहिले बताइएको कुरा पुनः पुष्टि गर्नुभयो कि प्रत्येक मुसलमान माथि अर्को मुसलमानका निम्न h कुरा हराम (वर्जित)छन:
+उसको रगत: उसमाथि आक्रमण गर्नु, हत्या गर्नु वा ज्यानमाथिको अन्य हानिकारक कार्य जस्तै घाउ चोट पुर्‍याउनु वा हिर्काउनु।
+उसको सम्पत्ति: उसको अधिकारविपरीत वा अनाहक कुनै कुरा लिनु।
+उसको इज्जत: उसको व्यक्तित्व वा वंशजगतप्रति अपमानजनक वा अशोभनीय भाषा प्रयोग गर्नु।</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>ईमानी भाइचाराले जस–जस कुराको माग गर्छ, ती सबै गर्न आदेश गरिएको छ, र जस–जस कुराले त्यसको विरोध गर्छ — ती कुराहरू (बोली वा काम दुवै) बाट रोकिन आदेश गरिएको छ।
+ईशभय (ताक्वा)को मुल आधार हृदयमा रहेको अल्लाहको पहिचान, उहाँप्रतिको भय र उहाँको निगरानीको भावना हो। यही ताक्वाबाट नै सत्कर्महरु उत्पन्न हुन्छन्।
+बाह्य (देखिने) विकृति वा बिग्रिएको आचरण हृदयमा रहेको ताक्वा (परहेज)को कमजोरीको प्रमाण हो।
+मुसलमानलाई कुनै पनि रूपमा — बोलीद्वारा होस् वा व्यवहारद्वारा — दुःख दिने कामबाट रोकिन आदेश गरिएको छ।
+यदि कुनै मुसलमानले अर्को व्यक्तिजस्तै बन्ने इच्छा गर्छ, तर त्यसमा उसको वरदान खोसियोस् वा हराइयोस् भन्ने चाहना समावेश छैन भने, यो ईर्ष्याको दायरामा पर्दैन। अर्को व्यक्तिजस्तै बन्ने यो चाहनालाई “रश्क”  अर्थात् प्रेरणादायी इच्छा भनिन्छ, जुन जायज (वैध) हो र यसले मानिसलाई सत्कर्म र भलाइका काममा एकअर्काभन्दा अगाडि बढ्ने प्रेरणा दिन्छ।
+मानव स्वभावले स्वभावतः चाहँदैन कि कुनै राम्रो गुण वा सद्गुणमा ऊभन्दा अघि कोही अरु बढोस्। यदि उसले अरूको त्यो वरदान वा सद्गुण हराइदियोस् भन्ने इच्छा गर्छ भने, त्यो निन्दनीय ईर्ष्या (हसद) हो। तर यदि उसले केवल भलाइमा प्रतिस्पर्धा गर्न चाहन्छ भने, त्यो गिब्ता (सकारात्मक ईर्ष्या) हो, जुन जायज छ।
+यदि कुनै मुसलमानले आफ्नो भाइको खरिदबिक्रीमा हस्तक्षेप नगरी, खरिदकर्तालाई केवल यो जानकारी दिन्छ कि उसलाई सामान किन्दा ठूलो ठगी गरिएको छ भने यो सन्दर्भ“अर्कोको बिक्रीमा बिक्री गर्नु” को श्रेणीमा पर्दैन। यो त सच्चा सल्लाह (नसिहत)को हिस्सा हो — तर सर्त यो हो कि उसको नीयत खरिदकर्तालाई सल्लाह दिने होस्, बेच्नेलाई नोक्सान पुर्‍याउने होइन। किनभने कामहरू नीयत अनुसार नै मूल्यांकन गरिन्छ।
+यदि बेच्ने दुवै पक्ष सहमत छैनन् र मूल्य तय भएको छैन भने, कुनै मुसलमानले आफ्नो भाइको बिक्रीमा हस्तक्षेप गर्नु “अर्कोको बिक्रीमा बिक्री गर्नु” मा पर्दैन।
+हदीसमा निषेध गरिएको घृणा (तनाव वा बैर) मा अल्लाहको मार्गमा घृणा समावेश हुँदैन; यो आवश्यक छ र विश्वास (इमान)को सबभन्दा मजबुत सम्बन्धहरूमा पर्दछ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>रिसाउनु हुँदैन</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट केही वसीयत (सल्लाह दिन) आग्रह गरे र उहाँले भन्नुभयो: "रिसाउनु हुँदैन ।"  उनले यो प्रश्न बारम्बार दोहोर्‍याए तर उहाँले हरेक पटक रिसाउनु हुदैन भनिरहनुभयो ।</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>एक जना सहाबा मध्ये अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई केही लाभदायक कुरा बताउन आग्रह गरे र उहाँले रिसाउनु हुँदैन भन्नुभयो । अर्थात्, पहिले तपाईं रिस उठ्ने कुराबाट टाढा रहनुहोस् र यदि रिस उठ्यो भने आफूलाई नियन्त्रण गर्नुहोस् र क्रोधित भएको बेला हत्या, हिंसा र गालीगलौज इत्यादिबाट जोगिनुहोस् ।
 उनले वसीयत गर्न बारम्बार दोहोर्‍याए तर उहाँले हरेक पटक रिसाउनु हुदैन भनिरहनुभयो ।</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>यस हदीसमा, रिस र क्रोधलाई निम्त्याउने चीजहरू बाट जोगिन चेतावनी  दिइएको छ । किनभने क्रोध सबै खराबीको जरो हो र यसबाट स्वयंलाई पर राख्नु नै सबै भलाईको स्रोत हो ।
 अल्लाहका लागि रिसाउनु, जस्तै निषेधित कार्यहरूको अवज्ञा गर्दा क्रोधित हुनु, एक प्रशंसनीय कुरा हो ।
 आवश्यक परेमा कुरा दोहोर्‍याउनु पर्छ, ताकि श्रोताले राम्रोसँग बुझोस् र कुराको महत्त्व उसको मनमस्तिष्कमा बसोस् ।
 विद्वान व्यक्तिसित वसीयत (सल्लाह) माग्नुको फाइदा।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन । जसले कसैलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई दुःख दिन्छ, अल्लाहले उसलाई कष्ट दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन । जसले कसैलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई दुःख दिन्छ, अल्लाहले उसलाई कष्ट दिनुहुनेछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसैलाई पनि हानि नपुर्याउनु आदेश दिनुभएको छ । त्यसैले नत आफुलाई यातना दिन पाइन्छ, नत अरुलाई दुःख दिन पाइन्छ । दुवै कुरा उत्तिकै अवैध हुन् ।
 हानिको बदलामा हानि गर्न अनुमति छैन; किनकि हानिको क्षतिपूर्ति हानिको माध्यमबाट हुँदैन, र बदला लिने खण्डमा किसास (प्रतिशोध) बाहेक अन्य कुनै किसिमको कार्यको अनुमति छैन, त्यो पनि अतिक्रमण नगरिकन ।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले जसले मानिसहरूलाई हानि पुर्‍याउँछ, उसले आफैलाई हानि गर्नेछ र जसले मानिसहरूलाई कठिनाइमा पार्छ, उसले आफैलाई कठिनाइहरू भोग्नेछ भनेर चेतावनी दिनुभयो ।</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>जति नोक्सानी भएको छ, त्यो भन्दा बढी बदला लिन निषेधित गरिएको छ ।
 अल्लाहले आफ्ना सेवकहरूलाई हानि पुऱ्याउने कुनै पनि काम गर्न आदेश दिनुभएको छैन ।
 आफ्नो बोली वा कर्मबाट वा कुनै काम गरेर वा छोडेर कसैलाई हानि पुर्‍याउन अनुमति छैन, न त बदला लिँदा बखत हानि पुर्‍याउन अनुमति छ।
 मानिसलाई उसको कर्म अनुसार बदला दिइन्छ । तसर्थ, जसले अरूलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई कष्टमा पार्छ, अल्लाहले उसलाई कष्टमा पार्नुहुन्छ ।
 शरियतको एउटा सिद्धान्त छ "हानी लाई निष्काशित पार्नु पर्छ ।"  शरियतले हानिलाई स्वीकार गर्दैन, बरु हानिको अन्त्य गर्दछ ।</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[शवाहिद (गवाहहरु) ले गर्दा सही हो]</t>
   </si>
   <si>
     <t>[दार कुतनीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र ( जपन/ ध्यान)मा लागेको होस् ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन बुस्र (रजियल्लाहु अन्हु)द्वारा वर्णन छ: एक जना मान्छेले भन्यो : हे अल्लाहका रसूल ! इस्लामका आदेशहरू धेरै भएकाले मलाई गार्हो भयो । तसर्थ मलाई कुनै यस्तो कुरा बताइ दिनु होस् कि जो म सजिलोगरि समात्न सकूँ । उहाँले भन्नु भयो : "सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र ( जपन/ ध्यान)मा लागेको होस् ।"</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>एक जना मान्छेले नबी (सल्लल्लाहु अलैहि वसल्लम)सित गुनासो गर्यो कि उसलाई नफ्ली उपासनाहरू यति धेरै लाग्छन् कि कमजोरीका कारण पूरा गर्न सक्दैन । त्यस पछि उसले अनुरोध गर्यो कि कुनै सानो यस्तो काम बताइ दिनु पर्यो जसले धेरै सवाब ( प्रतिफल) मिलोस् र उसले त्यसलाई बलियोसित समात्न पनि सकोस् ।
 सो अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले उसलाई यसको तरिका बताउनु भयो कि निरन्तर उसको मुखमा अल्लाह जिक्र होस् र हरेक अवस्था र हालतमा अल्लाहको याद होस् । जिक्रमा सुब्हानल्लाह, अल्हम्दुदिल्लाह,अस्तग्फिरुल्लाह आदी दुआहरू सम्मिलित छन् ।</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>अल्लाहको जिक्रमा निरन्तरता दिने विशिष्टता
 अल्लाहको ठूलो कृपा मध्ये उहाँले यसका लागि कल्याण(भलो) हुने साधनहरूको जोहो गरि दिनु भएको छ ।
 भलाई र पुण्यका कामहरूमा मान्छेहरू एक अर्का भन्दा बेग्लै दर्जाहरू भएका हुन्छन् ।
 धेरै भन्दा धेरै र मन लगाएर  सुब्हानल्लाह, अल्हम्दुदिल्लाह, ला इलाह इल्लाल्लाह, अल्लाहु अक्बर  आदी भन्नु कैयौँ नफील उपासनाहरू भन्दा उत्तम हुन्छ ।
 उहाँले(सल्लल्लाहु अलैहि वसल्लम), प्रश्नकर्तालाई  उसलाई उपयुक्त हुने कुरा ध्यानमा राखेर जवाफ दिनु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4716</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागि पराउछ ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागि पराउछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जबसम्म कुनै मुस्लिमले आफ्नो भाइको लागि आफूलाई मन पर्ने आज्ञाकारिता अनि दीन र दुनियाँका राम्रा कुराहरू मन पराउँदैन र आफुले घृणा गर्ने कुरा उसको लागि घृणा गर्दैन, तबसम्म उसको ईमान पूर्ण हुन सक्दैन । यदि उसले कुनै मुस्लिम भाइमा धार्मिक कुराहरूमा केही कमीकमजोरी देख्छ भने उसले त्यसलाई सुधार्ने प्रयास गर्नुपर्छ । यदि उसमा कुनै भलाई देख्छ भने त्यसमा उसको मद्दत गर्नुपर्छ । दीन र दुनियाँका कुराहरूमा राम्रो सल्लाह दिनुपर्छ ।</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>मुस्लिमले आफ्नो भाइको लागि त्यही रोज्नु अनिवार्य हो, जुन उसले आफ्नो लागि रोजेको छ । किनभने आफ्नो लागि मन पर्ने कुरा आफ्नो भाइलाई मन नपराउने व्यक्ति मुमिन हुन सक्दैन भनिएको छ ।
 इस्लामिक दाजुभाइको भाइचारा वंशको दाजुभाइ भन्दा माथि छ, त्यसैले यसको हक धेरै छ ।
 यस प्रेम विपरीत सबै कार्यहरू निषेध छन्, जस्तै धोखा, गीबत (चुक्ली), ईर्ष्या र मुस्लिमको जीउधन र इज्जतमाथि आक्रमण गर्नु ।
 "केही शब्दहरूको प्रयोगले कार्यप्रतिको प्रेरणा बढाउँछ; जस्तै 'आफ्नो भाइका लागि' भन्ने प्रयोगले स्नेह र उत्तरदायित्वको भावना उत्पन्न गर्छ।"
 अल-किरमानीले भनेका छन्: आफुले घृणा गर्ने कुरा आफ्नो भाइको लागि पनि घृणा गर्नु ईमानको अंश हो, तर यसलाई उल्लेख गरिएन; किनकि कुनै चीजलाई माया गर्दा उसको विपरीतलाई घृणा स्वतः हुन्छ, त्यसैले यसलाई उल्लेख गरिएन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी [सहज तरिकाले] जीविका दिनुहुनेछ जसरी  चरा लाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी [सहज तरिकाले] जीविका दिनुहुनेछ जसरी  चरा लाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीलाई  सम्पूर्ण मामिलाहरुमा अल्लाहमा भरोसा गर्न प्रेरित गर्दै हुनुहुन्छ चाहे सांसारिक मामिला होस् वा धार्मिक मामिला साथै त्यो लाभ प्राप्तिको होस् वा हानिबाट बच्नको लागि । किनकि प्रदान गर्ने वाला र रोक्ने वाला, हानि गर्ने र फाइदा दिने वाला एक अल्लाह मात्र हुनुहुन्छ । हामीले अल्लाहमा इमान्दारीपूर्वक भरोसा राखेर फाइदा पुर्‍याउने र हानिबाट जोगाउने कामहरू गर्नुपर्दछ । जब हामी यसो गर्छौं, अल्लाहले हामीलाई भोकाएका पंक्षीहरू जस्तै जीविकोपार्जन दिनुहुन्छ, जो बिहान भोकै बाहिर निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् । वास्तवमा,  चराहरूको यो कार्य निर्भरता र आलस्य बिना जीविका खोज्ने एक प्रयास हो ।</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>अल्लाहमा भरोसा गर्ने सद्गुण र अल्लाहमा भरोसा गर्नु नै जीविका प्राप्तिको प्रमुख कारण हो ।
 आफैले उपाय लाउनु र साधन अपनाउनु अल्लाहमाथि भरोसाको विरुद्ध होइन, किनकि जीविकाको खोजीमा बिहान र बेलुका बाहिर निस्कनु अल्लाहमाथिको वास्तविक भरोसाको हो भनेर उहाँले  उल्लेख गर्नुभएको छ ।
 शरीयतले हृदयको नियती तर्फ पनि ध्यान केन्द्रित गर्दछ, किनकि अल्लाहमा भरोसा गर्नु हृदयको नियती हो ।
 साधनमा मात्र भर पर्नुको अर्थ व्यक्तिमा धार्मिकताको कमी दर्शाउछ भने अल्लाहमा भरोसा गर्ने नाममा साधनलाई त्याग्नुको अर्थ व्यक्तिमा विवेकको  कमीलाई झल्काउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>यदि मानिसहरूलाई उनीहरूको दाबीको आधारमा दिइयो भने कतिपयले जनताको सम्पत्ति र रगतको दाबी गर्नेछन् । तसर्थ, दाबी गर्नेले प्रमाण दिनुपर्छ र अस्वीकार गर्नेले कसम खानुपर्छ ।</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यदि मानिसहरूलाई उनीहरूको दाबीको आधारमा दिइयो भने कतिपयले जनताको सम्पत्ति र रगतको दाबी गर्नेछन् । तसर्थ, दाबी गर्नेले प्रमाण दिनुपर्छ र अस्वीकार गर्नेले कसम खानुपर्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, यदि मानिसहरूलाई बिना प्रमाण तिनीहरूको दावीको आधारमा मात्र क्षतिपूर्ति दिइने हो भने मानिसहरूले जनताको सम्पत्ति र रगतको दाबीसमेत गर्नेछन् । त्यसैले दावीकर्ताले आफूले माग गरेको कुराको प्रमाण उपलब्ध गराउनुपर्छ । यदि उनीसँग प्रमाण छैन भने मुद्दा प्रतिवादी समक्ष पेश गरिनेछ र यदि उसले अस्वीकार गर्यो भने शपथ खाई निर्दोष हुनुपर्दछ ।</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>इब्न दकीक अल-इदले भने: यो हदीस अह्काम (नियमहरू) को आधारहरूमध्ये एक अहम आधार हो । विशेषगरी विवाद र असहमतिको समयमा सबैभन्दा ठूलो सन्दर्भ हो ।
 शरियतको उद्देश्य भनेको जनताको सम्पत्ति र रगतलाई हेरफेरबाट जोगाउनु हो ।
 काजी (न्यायाधीश) ले आफ्नो ज्ञानको आधारमा फैसला गर्नुहुँदैन, बरु प्रमाणको आधारमा गर्नुपर्छ ।
 कुनै पनि व्यक्तिले बिना प्रमाण दाबी गर्छ भने त्यो अमान्य हो, चाहे त्यो अधिकार, लेनदेन, ईमान र विज्ञानको बारेमा किन नहोस् ।</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>जसले हाम्रो यो धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ, जुन हाम्रो धर्ममा छैन, त्यो स्वीकार्य हुँदैन</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले हाम्रो यो धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ, जुन हाम्रो धर्ममा छैन, त्यो स्वीकार्य हुँदैन।" (बुखरी र मुस्लिम) मुस्लिममा अर्को हदीस छ: "जसले कुनै यस्तो काम गर्छ, जुन हाम्रो तरिका अनुसार छैन, त्यो स्वीकार्य छैन ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ वा कुरआन र हदीसबाट प्रमाणित नभएको कुरा गर्छ भने त्यसलाई उसै तर्फ फर्काइनेछ र त्यो अल्लाहको नजरमा स्वीकार्य छैन ।</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>ईबादत (उपासना) को आधार कुरान र हदीस हो । तसर्थ, हामी कुरान र हदीसमा उल्लेख गरिएको तरिका अनुसार अल्लाहको उपासना गर्नेछौं । 
 तसर्थ, नयाँ उपासना वा उपासनाका नयाँ रूपहरूबाट सधैं टाढा रहनुहोस् ।
 धर्म - विचार र राम्रा भावनामा आधारित हैन । यो त रसूल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरणमा आधारित छ ।
 यो हदीस धर्मको पूर्णताको प्रमाण हो ।
 बिदअत भनेको त्यो प्रत्येक आस्था, कथन वा कार्य हो जुन धर्मको एक भागको रूपमा आविष्कार गरिएको हो र यो रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका साथीहरूको समयमा अवस्थित थिएन ।
 यस हदीसले इस्लामको आधारहरुमध्ये एक महत्वपूर्ण सिद्धान्त र इबादतको लागि यो एक मापदण्ड प्रस्तुत गर्दछ । जसरी कुनै कार्यमा इख्लास (अल्लाहको प्रसन्नता) छैन भने गर्ने व्यक्तिले त्यसको कुनै प्रतिफल पाउँदैन, त्यसैगरी यदि इबादत रसूल (सल्लल्लाहु अलैहि वसल्लम) को तरिका अनुसार छैन भने गर्ने व्यक्ति तर्फ फर्काइनेछ ।
 धर्मसँग सम्बन्धित नयाँ चीजहरू आविष्कार गर्न मात्र निषेध गरिएको छ, संसारसँग सम्बन्धित कुरा होइन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>जो कसैले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>अबु हुरैरह् (रजिअल्लाहु अनहु) बाट वर्णन छ कि उहाँ भन्नुहुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः "जो कसैले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ ।
+जो कसैले कुनै गरिबको दुःखमा सहजता ल्याउँछ, अल्लाह उसलाई संसार र परलोकमा सहजता दिनेछन् ।
+जो कसैले कुनै मुसलमानको गल्तीलाई ढाकछोप गर्दछ, अल्लाहले संसार र परलोकमा उसको गल्तीलाई ढाकछोप गर्नुहुन्छ।
+र अल्लाह मानिसको सहायता गरिरहनुहुन्छ जबसम्म त्यो मानिस आफ्ना भाइहरूको सहायता गर्दै जान्छ।
+जो व्यक्ति ज्ञानको खोजीमा कुनै मार्गमा लाग्छ, अल्लाहले त्यसको निम्ती उसका लागि स्वर्गको बाटो सजिलो बनाउनेछन्।
+जब केही मानिसहरू अल्लाहको कुनै घरमा भेला भएर अल्लाहको किताब (कुरआन)को पाठ गर्छन् र एकअर्कालाई सिकाई रहन्छन्, तब उनीहरूमा शान्ति अवतरण हुन्छ, अल्लाहको कृपा उनीहरूलाई ढाक्छ र अल्लाहले आफ्ना फरिश्ताहरू माँझ उसको चर्चा गर्नुहुन्छ।
+र जसको कर्मले उसलाई पछाडि पार्छ भने उसको वंशले उसलाई अघि बढाउन सक्दैन।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रष्ट पार्नुभयो कि अल्लाहको नजरमा मुस्लिमलाई त्यही किसिमको पुण्य र प्रतिफल प्राप्त हुन्छ, जुन उसले अरू मुसलमानहरूसँग व्यवहार गर्छ। जसले कुनै मुसलमानबाट दुनियाको कुनै कठिनाइ वा पीडा हटाउँदछ भने अल्लाह तआलाले त्यसको बदलामा उसलाई कयामतको दिनका कठिनाइहरू र कष्टहरू मध्ये कुनै एक कठिनाइबाट मुक्ति दिनुहुनेछ। र जसले कुनै कठिनाइमा परेका (ऋणी वा पीडित) व्यक्तिलाई सजिलो बनायो, उसमाथिको कठिनाइ हटायो र उसको बोझ हल्का गर्‍यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा सजिलो र राहत प्रदान गर्नुहुनेछ। र जसले कुनै मुसलमानको कमजोरी वा गल्ती (जसको भेद खुल्न उचित हुँदैन) लुकायो र उसको इज्जत ढाक्यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा ढाक्नुहुनेछ (अर्थात् उसको त्रुटिहरू लुकाउनुहुनेछ र इज्जत कायम राख्नुहुनेछ)। र अल्लाह आफ्नो भक्त (मोमिन) को सहयोगी रही रहनुहुन्छ, जबसम्म त्यो भक्त (मोमिन) आफ्ना धार्मिक र सांसारिक कामहरूमा आफ्ना भाइ (मुसलमान) को मद्दत गर्न लागिपरेको हुन्छ। यो मद्दत दुआद्वारा, भौतिक सहयोगद्वारा, आर्थिक सहयोगद्वारा वा अन्य कुनै तरिकाबाट हुन सक्छ। र जसले अल्लाहको खुशी/प्रशन्नता प्राप्तिको नीयतले धार्मिक ज्ञान हासिल गर्नको लागि यात्रा गर्‍यो (वा प्रयास गर्‍यो), अल्लाह तआला उसलाई त्यस ज्ञानको कारण स्वर्गतर्फ जाने बाटो सजिलो बनाइदिनुहुन्छ। र जब कुनै समूह अल्लाहका घरहरूमध्ये (मस्जिद) कुनै घरमा भेला हुन्छन् र अल्लाहको किताब (कुरआन) तिलावत गर्छन् र आपसमा त्यसको अध्ययन गर्छन्, तब उनीहरूमा अमन र शान्तिको अवतरण हुन्छ, सम्मान र गम्भीरता (वकार)ले तिनीहरूलाई ढाक्छ, अल्लाहको रहमतले उनीहरूलाई घेर्छ, फरिश्ताहरूले तिनीहरूलाई घेर्छन्, र अल्लाह तआला आफ्ना नजिकका फरिश्ताहरूको बीचमा उनीहरूको प्रशंसा गर्नुहुन्छ। र यसभन्दा ठूलो सम्मान के हुन सक्छ कि अल्लाह स्वयं आफ्नो भक्तको नाम उच्च सभामा लिनुहुन्छ। र जसको कर्म (अमल) अधूरो हुन्छ, उसलाई राम्रो काम गर्नेहरूको दर्जासम्म पुग्न दिइँदैन। त्यसैले कसैले पनि आफ्नो वंशको इज्जत र पूर्वजहरूको महानताको भरमा मात्र निर्भर गरेर काममा लापरबाही गर्नु हुँदैन।</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>इब्न दकीक अल्ईदले भन्नुभयो: यो हदीस अत्यन्त महान् छ, यसमा विभिन्न प्रकारका ज्ञान, सिद्धान्त र शिष्टाचार/ आचरणहरू समेटिएका छन्। यस हदीसमा मुसलमानहरूको आवश्यकता पूरा गर्ने, तिनीहरूलाई लाभ पुर्‍याउने, चाहे त्यो ज्ञानद्वारा होस्, धनद्वारा, सहयोगद्वारा, हितकारी सल्लाहद्वारा, वा राम्रो सुझाव वा परामर्शद्वारा — सबैको ठूलो प्रतिफल (सवाब) उल्लेख गरिएको छ।
+ऋणी वा कठिनाइमा परेका व्यक्तिलाई सजिलो बनाउने (राहत दिने) कुरामा उत्साह र प्रेरणा दिने शिक्षा।
+मुस्लिमलाई मद्दत गर्न प्रोत्साहन, र यो शिक्षा कि जसले आफ्ना मुस्लिम भाइलाई मद्दत गर्छ, अल्लाह तआलाले त्यसको अनुरूप स्वयम् उसलाई मद्दत गर्नुहुन्छ।
+मुसलमानको त्रुटि ढाक्ने एक तरिका यो पनि हो कि उसको कमजोरी र गल्तीहरू खोज्ने प्रयास नगर्नु। सलफ ए सालिहीन् मध्येका केही विद्वानहरूले भनेका छन्: “मैले केही मानिसहरूलाई यस्तो पाएको थिएँ कि जब उनीहरूमा कुनै दोष/गल्तीहरू थिएनन्, तर जब उनीहरूले अरूको दोष/गल्ती हरूको चर्चा गर्न थाले, तब मानिसहरूले पनि उनीहरूका कमजोरीहरू खोज्न थाले। अनि मैले त्यसको विपरीत केही मानिसहरू यस्तो पनि पाएको थिएँ कि जब उनीहरूको आफ्नै कमजोरी र गल्तीहरू थिए, तर उनीहरूले अरूको गल्तीहरूको कुरा गरेनन्, फलस्वरूप उनीहरूको गल्ती र कमजोरीहरू पनि अरु मानिसहरूले बिर्सिए।”
+मानिसहरूको गल्ती र कमजोरी ढाक्नुको अर्थ यो होइन कि गल्ती देख्दा त्यसलाई परिवर्तन नगर्ने र त्यसै छोडिदिने। बरु, दोष/गल्तीलाई सुधार्ने प्रयास गर्न सकिन्छ र त्यसलाई मर्यादापूर्वक ढाक्न पनि सकिन्छ। यो त्यस्ता व्यक्तिहरूको लागि हो जसलाई भ्रष्टाचार वा अत्याचारमा संलग्न भनेर चिनिएको छैन। तर जो व्यक्तिको कुरा भ्रष्टाचार वा अत्याचारमा कुख्यात वा परिचित छ, उसमा ढाक्ने काम लाई प्रेरित गरिँदैन। यस्तो अवस्थामा उसको विषयलाई अख्तियारवाला अधिकारीसम्म पुर्‍याउनु पर्छ, जबसम्म त्यसबाट अन्य ठूलो समस्या नहोस्। यसको कारण के हो भने, उसलाई ढाक्नु उसको भ्रष्टाचारमा प्रोत्साहन दिन्छ, अरू मानिसहरूलाई पनि नोक्सान पुर्‍याउन हिम्मत दिन्छ, र अन्य दुष्ट र हठी मानिसहरूलाई पनि उक्साउँछ।
+ज्ञानको हासिल गर्न, कुरआन पढ्न र आपसमा अध्ययन गर्न प्रोत्साहन।
+इमाम अन-नववीले भन्नुहुन्छ: यसमा मस्जिदमा कुरआन पढ्न भेला हुनेको फजीलतको प्रमाण छ। यदि अल्लाहको इच्छा भए, यस फजीलतमा मस्जिदको सट्टा विद्यालय, रबात (धार्मिक केन्द्र) वा यस्तै अन्य स्थानमा भेला भएर अध्ययन गर्नु पनि समावेश हुन्छ।
+प्रतिफल (सवाब) केवल सत्कर्महरूमा निर्भर हुन्छ, वंश वा परिवारको उपर निर्भर हुँदैन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>हे मेरा सेवकहरू! मैले आफूमाथि अन्याय र अत्याचार हराम (निषेध) गरेको छु र यसलाई तिमीहरूका लागि पनि हराम गरेको छु, त्यसैले तिमीहरू एकार्कामाथि अन्याय नगर</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>अबू-जर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सीमा भन्नुभएको छ : अल्लाह भन्नुहुन्छ : "हे मेरा सेवकहरू! मैले आफूमाथि अन्याय र अत्याचार हराम (निषेध) गरेको छु र यसलाई तिमीहरूका लागि पनि हराम गरेको छु, त्यसैले तिमीहरू एकार्कामाथि अन्याय नगर । हे मेरा सेवकहरू! मैले मार्गनिर्देशन गरेका बाहेक तिमीहरू सबैजना पथभ्रष्ट छौ, त्यसैले मसँग मार्गदर्शन माग, म तिमीहरूलाई सीधा बाटो देखाउनेछु । हे मेरा सेवकहरू! मैले खुवाउनेहरू बाहेक तिमीहरू सबैजना भोका छौ, त्यसैले मसँग जीविका माग, म तिमीहरूलाई जीविका दिनेछु । हे मेरा सेवकहरू! जसलाई मैले लुगा प्रदान गरेको छु त्यो बाहेक तिमीहरू सबैजना नाङ्गै छौ, त्यसैले मसँग लुगा माग, म तिमीहरूलाई लुगा दिनेछु । हे मेरा सेवकहरू! तिमी दिनरात गल्ती गर्छौ र म  तिमीहरूका सबै पापहरू माफ गर्छु, त्यसैले मसँग माफी माग, म तिमीहरूलाई क्षमा गर्नेछु । हे मेरा सेवकहरू! तिमीहरू सबैजना नत मलाई हानि पुर्याउन सक्छौ नत कुनै फाइदा नै । यदि तिमीहरू मध्येको पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू, सबै भन्दा आज्ञाकारी व्यक्ति झैं भए पनि  तिनीहरूको धार्मिकताले मेरो राज्यमा अलिकति पनि वृद्धि गर्ने छैन । हे मेरा सेवकहरू! यदि तिमीहरू मध्ये पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू सबै भन्दा पापी व्यक्तिको झैं भए पनि यसले मेरो राज्यमाथी कुनै ह्रास ल्याउँदैन । हे मेरा सेवकहरू, यदि तिमीहरूमध्ये पहिलो र अन्तिम व्यक्ति, तिमीहरूमध्येका मानव र जिन्न एकै ठाउँमा उभिएर मसँग माग्ने हो र मैले हरेक मानिसलाई उसले मागेको कुरा दिएँ भने त्यसो गर्दा मेरो सम्पत्तिबाट केही घट्ने छैन,  जस्तै समुद्रमा सियो हालेर [निकाले पछी सियोमा टाँसीएको पानी ] ले समुन्द्रको पानीमा केही कमी हुँदैन  । हे मेरा सेवकहरू! यो तिम्रा कर्महरू हुन् जसलाई म गणना गर्छु र त्यसको प्रतिफल दिन्छु । तसर्थ, जसले राम्रो पाउँछ, उसले अल्लाहको प्रशंसा गरोस् र जसले अरू केही पायो, उसले आफूलाई मात्र दोष दिओस् ।"</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गरेका छन्, अल्लाहले भन्नुभएको छ, उहाँले आफ्नो लागि उत्पीडन निषेध गर्नुभएको छ र आफ्नो सृष्टिहरूका लागि पनि निषेध गर्नुभएको छ, त्यसैले कसैले कसैलाई दमन गर्नु हुँदैन । अल्लाहले सत्यको मार्ग देखाउने बाहेक सबै मानव जाति सत्यको मार्गबाट विचलित भएको बताउनु भएको छ । जसले अल्लाहसँग सत्यको मार्गमा हिँड्ने बिन्ती गर्छ, अल्लाहले उसलाई यो अवसर प्रदान गर्नुहुन्छ । सबै मानवहरू आफ्ना सबै आवश्यकताहरूका लागि अल्लाहमा निर्भर छन् र जसले अल्लाहसँग प्रार्थना गर्दछ, उहाँले उसको आवश्यकता पूरा गर्नुहुन्छ र उसको लागि पर्याप्त हुनुहुन्छ । सबै मानिसहरू दिनरात पापहरू गर्छन् र अल्लाहले तिनीहरूका पापलाई ढाक्नुहुन्छ र तिनीहरूले माफी माग्दा क्षमा दिनुहुन्छ । मानिसले अल्लाहलाई नत हानि गर्न सक्छ नत फाइदा नै । सबै मानिसहरू सबैभन्दा आज्ञाकारी व्यक्ति झैं भए पनि तिनीहरूको धार्मिकताले अल्लाहको राज्यमा केही थपिने छैन । यसको विपरित, यदि सबै मनुष्यहरू सबैभन्दा पापी व्यक्ति जस्तै बन्छन् भने, तिनीहरूको यो पापमा संलग्नताले अल्लाहको राज्यमा कुनै कमी हुनेछैन । किनभने मानिस कमजोर र हरेक परिस्थिति, हरेक समय र हरेक ठाउँमा अल्लाहमा आश्रित हुन्छ, जबकि अल्लाह पवित्र, निर्दोष र नि:स्वार्थ हुनुहुन्छ । यदि पहिले र पछिका सबै मानव र सबै जिनहरू एक ठाउँमा जम्मा भएर अल्लाहसँग आफ्नो इच्छा माग्छन् र अल्लाहले सबैको कामना पूरा गरिदिन्छन भने अल्लाहको खजानामा कुनै कमी आउने छैन । जसरी समुन्द्रमा सुई हालेर बाहिर निकाल्दा समुन्द्रको पानी घट्दैन । किनभने उहाँ सम्पन्न हुनुहुन्छ ।
 अल्लाहले आफ्ना सेवकहरूको कर्महरू सुरक्षित राख्नुहुन्छ, तिनीहरूको लागि गणना गर्नुहुन्छ र न्यायको दिनमा तिनीहरूको कर्मको प्रतिफल दिनुहुनेछ । यस्तो अवस्थामा, जसले आफ्नो कर्मको राम्रो प्रतिफल पाउँछ, उसले राम्रो काम गर्ने अवसर प्राप्तिमा अल्लाहलाई  धन्यवाद दिनुपर्छ र जसले आफ्नो कर्मको प्रतिफल भिन्न पाउँछ, उसले आफूलाई मात्र दोष दिनुपर्दछ । जसले उसलाई बर्बाद पार्यो ।</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>यो हदीसलाई अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको छ, जसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । अर्थात यसको शब्द र अर्थ दुबै अल्लाहको हो । तर, यसमा कुरआनका विशेषताहरू पाइँदैन, जस्तै: यसको पठनको लागि तहारत (शुद्धि) प्राप्त गर्नु आदि ।
 मानिसले जे पनि ज्ञान र मार्गदर्शन प्राप्त गर्दछ, त्यो अल्लाहको कृपाले प्राप्त हुन्छ।
 मानिसले पाउने भलाई त्यो अल्लाहको कृपाले हो र उसले पाउने खराबी र अप्रिय त्यो उसको आत्मा र इच्छाले हो ।
 जसले राम्रो काम गर्यो, उसले अल्लाहको सहायताले गरेको हो र उसको इनाम वास्तवमा अल्लाहको कृपा र अनुग्रह हो, त्यसैले सबै प्रशंसा अल्लाहको लागि हो । जसले नराम्रो काम गरेको छ, उसले आफूलाई मात्र श्राप्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>हे बालक ! म तिमीलाई केही कुराहरू सिकाउँदैछु । अल्लाहलाई याद राख, अल्लाहले तिम्रो रक्षा गर्नुहुनेछ । अल्लाहलाई याद राख, तिमी उहाँलाई आफ्नो सामु भेट्टाउनेछौ । जब माग्नुछ भने अल्लाहसँग मात्र माग्नु र जब मद्दत माग्नुछ भने अल्लाहसँग मात्र सहायता माग्नु</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक दिन म रसूल (सल्लल्लाहु अलैहि वसल्लम) को पछाडी सवार थिएँ, जब उहाँले भन्नुभयो: "हे बालक ! म तिमीलाई केही कुराहरू सिकाउँदैछु । अल्लाहलाई याद राख, अल्लाहले तिम्रो रक्षा गर्नुहुनेछ । अल्लाहलाई याद राख, तिमी उहाँलाई आफ्नो सामु भेट्टाउनेछौ । जब माग्नुछ भने अल्लाहसँग मात्र माग्नु र जब मद्दत माग्नुछ भने अल्लाहसँग मात्र सहायता माग्नु । सुन, यदि सम्पूर्ण समुदायले तिमीलाई फाइदा पुर्‍याउन एकजुट भए भने, तब तिनीहरुले तिमीलाई त्यति नै फाइदा पुर्याउन सक्छन् जति अल्लाहले तिम्रो भाग्यमा लेख्नुभएको छ र यदि सबैले तिमीलाई हानि पुर्‍याउन चाहन्छन् भने पनि अल्लाहले तिम्रो भाग्यमा लेखेको भन्दा बढी हानि गर्न सक्दैनन् । भाग्यका कलमहरू उठाइए र  [तकदीरको] किताब [हरूका हरफ] सुकाई सकिएका छन् ।”</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) बताउँछन्, एक दिन उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को पछाडि सवार थिए जब उहाँले भन्नुभयो : म तिमीलाई केही कुराहरू सिकाउनेछु जुनबाट अल्लाहले तिमीलाई फाइदा पुर्याउनु हुनेछ:
 अल्लाहको आदेशहरूको पालन गरेर र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहँदै अल्लाहलाई याद राख। अल्लाहको नजिक ल्याउने पुण्य कर्ममा संलग्न रहेर र उहाँको अवज्ञा र पापहरूबाट बच्ने प्रयास गर। यदि तिमीले यसो गर्यौ भने, बदलामा अल्लाहले तिमीलाई संसार र परलोकको अप्रिय चीजहरूबाट बचाउनुहुनेछ र तिमीलाई जहाँ भए पनि उहाँले मद्दत गर्नुहुनेछ ।
 जब केही माग्न चाहन्छौ भने अल्लाह बाहेक अरु कसैसँग नमाग । किनभने उहाँले मात्र माग्नेहरूको इच्छा र मनोकामना पूरा गर्नुहुन्छ ।
 जब मद्दत चाहिन्छ भने अल्लाह बाहेक अरु कसैसँग नखोज ।
 तिम्रो मनमा दृढ विश्वास हुनुपर्छ, यदि पृथ्वीका सबै मानिसहरूले तिम्रो भलो गर्न चाहन्छन् भने अल्लाहले तिम्रो भाग्यमा जति लेखेको छ, त्यति मात्र गर्न सक्छन् र पृथ्वीमा बस्ने सबै मानिसले तिमीलाई नराम्रो गर्न चाहन्छन् भने पनि अल्लाहले तिम्रो भाग्यमा लेखेको भन्दा बढी गर्न सक्दैनन् ।
 अल्लाहले यी सबै कुराहरू आफ्नो बुद्धि र अग्रिम ज्ञान अनुसार लेख्नुभएको छ र अल्लाहले लेख्नुभएको कुराहरूमा कुनै परिवर्तन सम्भव छैन ।</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>साना बच्चाहरूलाई तौहीद (एक इश्वरवाद), आचरण र धर्मका अन्य पक्षहरू सिकाउने प्रोत्साहन ।
 मानिसलाई उसको कर्मको प्रकृति अनुसार इनाम दिइनेछ।
 केवल अल्लाहमा भरोसा गर्ने र उहाँ बाहेक अरु कसैमा नगर्ने आदेश, किनकि उहाँ सर्वोत्कृष्ट व्यवस्था गर्नुहुन्छ ।
 अल्लाहको निर्णय र भाग्यमा आस्था राख्नु र त्यसमा सन्तुष्ट हुनु, किनभने अल्लाहले सबै कुरालाई पूर्वनिर्धारित गर्नुभएको छ ।
 जसले अल्लाहको आदेशलाई बेवास्ता गर्छ, अल्लाहले उसलाई नष्ट गर्नुहुन्छ र उसको रक्षा गर्नुहुने छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4811</t>
   </si>
   <si>
-    <t>لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ</t>
-[...2 lines deleted...]
-    <t>"उसलाई नमार ।" किन कि यदि तिमीले उसलाई मार्यौ भने, उसलाई मार्नु अघि तिमी जस्तो स्थितिमा थियौ ऊ त्यो स्थितिमा हुनेछ र उसले  त्यो शब्द बोले पछि तिमी त्यो स्थितिमा हुने छौ जसमा बोल्नु भन्दा पहिला ऊ थियो ।</t>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
+  </si>
+  <si>
+    <t>उसलाई नमार ।" किन कि यदि तिमीले उसलाई मार्यौ भने, उसलाई मार्नु अघि तिमी जस्तो स्थितिमा थियौ ऊ त्यो स्थितिमा हुनेछ र उसले  त्यो शब्द बोले पछि तिमी त्यो स्थितिमा हुने छौ जसमा बोल्नु भन्दा पहिला ऊ थियो ।</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>हजरत मिक्दाद बिन अम्रर अल् किन्दी (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ: उहाँले अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)लाई भन्नुभयो:  तपाईँलाई के लाग्छ, यदि काफिरहरू मध्ये कुनै व्यक्तिलाई मैले भेटेँ र हामी लड्यौ, सो उसले मेरो एउटा हातलाई तरवारले प्रहार गर्यो र त्यसलाई काटि दियो । ऊ मबाट भागेर एउटा रूखको आडमा लुक्छ र "मैले अल्लाहका लागि इस्लाम कबुल गरेको छु" भन्छ भने, के मैले उसलाई मारि दिऊ हे अल्लाहका रसूल ? अत: अल्लाहका रसूलले भन्नु भयो:  " त्यसलाई नमार ।" हे अल्लाहका रसूल ! उसले मेरो एउटा हात काटेको छ र उसले यो कुरा मेरो हात काटे पछि भनेको हो ।  तब अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नुभयो :  "उसलाई नमार ।" किन कि यदि तिमीले उसलाई मार्यौ भने, उसलाई मार्नु अघि तिमी जस्तो स्थितिमा थियौ ऊ त्यो स्थितिमा हुनेछ र उसले  त्यो शब्द बोले पछि तिमी त्यो स्थितिमा हुने छौ जसमा बोल्नु भन्दा पहिला ऊ थियो ।</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
     <t>हजरत मिक्दाद बिन अस्वद (रजियल्लाहु अन्हु) ले नबी(सल्लल्लाहु अलैहि वसल्लम)लाई सोध्नु भयो, यदि युद्धमा मेरो एउटा काफिरसित सामना भयो र दुवैले तरवारले हानाहान गरे । काफिरको तलवारले उनको एउटा हात काट्यो, तब इन्कारीले उहाँबाट भागेर एउटा रुखमा शरण लियो, र "ला इलाह इल्लल्लाह" (अल्लाह बाहेक कोहि पूज्नीय छैन ) भन्यो:  के मेरो हात काटे पछि उसलाई  मार्नु जायज छ ?
 नबी(सल्लल्लाहु अलैहि वसल्लम)ले उहाँलाई भन्नु भयो : त्यसलाई नमार ।
 उहाँले भन्नुभयो : हे अल्लाहका रसूल ! उसले त मेरो एउटा हात काट्दि सकेको छ । यसका बाबजूद पनि मैले उसलाई नमार्ने ?
 उहाँले (सल्लल्लाहु अलैहि वसल्लम)भन्नुभयो : उसलाई नमार । किन भने उसको रगत बगाउन निषेधित भइ सकेको छ। यदि तिमीले उसलाई इस्लाम स्वीकार गरे पछि मार्यौ भने ऊ इस्लामका कारण रगत बगाउन नमिल्ने स्थानमा र तिमी उसलाई मारेर उसको बदलामा रगत बगाउन मिल्ने स्थानमा हुन्छौ ।</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>जो मान्छेद्वारा इस्लाममा प्रवेश भएको संकेत गर्ने वाला  कुनै शब्द वा कर्म देखियो भने उसलाई मार्नु  हराम (अवैध ) छ ।
 यदि कुनै काफिर जङ्गको समयमा मुसलमान भयो भने उसको ज्यान बच्छ र उसबाट हात रोक्नु जरुरी हुन्छ । तर यदि व्यवहार स्पष्ट अनुकूल देखियो भने कुरा छुट्टै हो ।
 मुसलमान माथि अनिवार्य छ कि उसको चाहना शरीअत (इस्लामी नीति शास्त्र)  अनुसार हुनु पर्छ, अवज्ञा र प्रतिशोधका अनुसार होइन ।
 इब्ने हज्र (रहिमहुल्लाह) भन्नु हुन्छ : " यो हदीसमा जो कुरा घटित भएको थिएन त्यसका बारेमा सोधिएको हो भन्ने कुरालाई ग्राह्यता दिँदै यो हदीसबाट यो कुराको प्रमाण दिइन्छ कि कुनै कुरा हुनु भन्दा पहिला त्यसका बारेमा सोध्न सकिन्छ । केही सलफ (विगतका उलमा)ले यो कुरालाई मन नपराउनु यस्ता कुराहरूका बारेमा सोधेमा भनेर भनिएको छ जो एकदमै कम हुने गर्छन्, जो प्राय:जसो असम्भव हुन्छ। तिनका बारेमा तिनको आदेश जान्नका लागि सोध्न मिल्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4815</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>एक व्यक्तिले पाप गर्यो र भन्यो:  हे अल्लाह! मेरो पापलाई क्षमा गर्नुहोस्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सीमा भन्नुभएको छ : अल्लाह भन्नुहुन्छ : "एक व्यक्तिले पाप गर्यो र भन्यो:  हे अल्लाह! मेरो पापलाई क्षमा गर्नुहोस्, तब अल्लाहले भन्नुभयो: मेरो दासले पाप गर्यो र त्यसपछि उसले महसुस गर्यो, उसको एक पालनकर्ता छ, जसले उसको पापलाई क्षमा गर्नुहुन्छ र सजाय पनि दिनुहुन्छ । त्यसपछि उसले फेरि पाप गर्यो र भन्यो: हे मेरो पालनकर्ता, मेरो पापहरू क्षमा गर्नुहोस्!  तब अल्लाहले भन्नुभयो: मेरो दासले पाप गर्यो र त्यसपछि उसले महसुस गर्यो, उसको एक पालनकर्ता छ, जसले उसको पापलाई क्षमा गर्नुहुन्छ र सजाय पनि दिनुहुन्छ । [हे मेरा उपासक] तिमी जे चाहन्छौ गर, मैले  तिमीलाई क्षमा गरें ।”</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्नो पालनकर्ता का  बारेमा बयान गर्नुहुन्छ, जब एक व्यक्तिले पाप गर्छ र त्यसपछि भन्छ, "हे अल्लाह!" मलाई माफ गर्नुहोस्! तब अल्लाह भन्नुहुन्छ: मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । त्यसपछि जब व्यक्तिले फेरि पाप गर्छ र भन्छ, हे मेरो अल्लाह! मलाई माफ गर्नुहोस्, तब अल्लाह भन्नुहुन्छ, मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । त्यसपछि जब व्यक्तिले फेरि पाप गर्छ र भन्छ, हे मेरो अल्लाह! मलाई माफ गर्नुहोस्, तब अल्लाह भन्नुहुन्छ, मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । जबसम्म परिस्थिति यस्तो छ, उसले हरेक पटक पाप गरेपछि तुरुन्तै पाप गर्न छोड्छ, लज्जित हुन्छ र फेरि पाप नगर्ने संकल्प गर्छ, तर स्वार्थको मोहमा परेर फेरि पाप गर्छ । जबसम्म यो अवस्था रहन्छ, अर्थात् उसले पाप गर्छ र पश्चात्ताप गर्छ, तबसम्म म उसलाई क्षमा गरिरहनेछु । किनभने पश्चात्तापले पहिलेका पापहरू मेटाउँछ ।</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>सेवकहरूमाथि अल्लाहको अपार कृपा, मानिसले जुनसुकै पाप गरे पनि यदि उसले पश्चात्ताप गर्छ र उहाँतिर फर्कन्छ भने, अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ ।
 अल्लाहमा विश्वास गर्ने व्यक्ति उहाँको क्षमाको आशा गर्दछ र उहाँको सजायबाट डराउँछ, त्यसैले उसले तुरुन्तै पश्चात्ताप गर्छ र पापमा लिप्त हुँदैन ।
 साँचो पश्चात्तापका लागि शर्तहरू: पापलाई त्याग्नु, पापप्रति लज्जित हुनु र आइन्दा नगर्ने दृढ संकल्प गर्नु । यदि पश्चात्ताप कुनै व्यक्तिको हकअधिकारसँग सम्बन्धित छ जस्तै उसले कसैको सम्पत्ति हडपेको छ वा उसलाई मारेको छ वा उसलाई बेइज्जत गरेको छ भने चौथो शर्त थपिन्छ; त्यो शर्त हकदार व्यक्तिलाई उसको हक फिर्ता गर्ने वा  क्षतिपूर्ति दिने वा ऊ बाट माफी माग्नुपर्ने हो ।
 अल्लाहको (विशेषताहरूको)ज्ञान हुनुको महत्त्व, जसले भक्तलाई धार्मिक मामिलाबारे सचेत गराउँछ, फलस्वरूप भक्तले प्रत्येक पटक गल्ती गर्दा पश्चात्ताप गर्छ । न त अल्लाहको दयाबाट निराश हुन्छ न त पापमा लिप्त हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4817</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ</t>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>जसले लसुन वा प्याज खाएको छ, ऊ हामीदेखि  परै रहोस्" वा उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो : "ऊ हाम्रो मस्जिद भन्दा टाढै रहोस् र ऊ आफ्नै घरमा बसोस् ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>हजरत जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ : नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "जसले लसुन वा प्याज खाएको छ, ऊ हामीदेखि  परै रहोस्" वा उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो : "ऊ हाम्रो मस्जिद भन्दा टाढै रहोस् र ऊ आफ्नै घरमा बसोस् ।"  र नबी (सल्लल्लाहु अलैहि वसल्लम) सामु एउटा भाँडा ल्याइयो, जसमा हरियो तरकारी थियो, र उहाँलाई त्यसको गन्ध आयो, उहाँले सोध्नु भयो र उहाँलाई त्यसमा के छ भनेर भनियो ।  उहाँले भन्नुभयो :  यसलाई मेरा कुनै साथी नजिक गरि देऊ, जो संगै थिए । जब उनले त्यसलाई देखे, उनले त्यसलाई खान मन पराएनन्, उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो: 
  "तिमी खाऊ, किन कि म उनीसित (फरिश्ताहरू) कुरा गर्छु, जससित तिमी कुरा गर्दैनौ ।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले जसले लसुन वा प्याज खाएको छ, उनलाई मस्जिदमा नआउने आदेश दिनु भएको छ । कतै उसले जमातको नमाजमा उपस्थित भएका भाइहरूलाई उसको दुर्गन्धले कष्ट नहोस् । यो मनाही  मस्जिदमा आउनका निमित्त (तन्जिही) मनाही हो । यी खान हुँदैन भनेर होइन । किन कि ती खानेकुराहरू वैध हुन् । उहाँ(सल्लल्लाहु अलैहि वसल्लम) निर एउटा भाँडो ल्याइयो जसमा तरकारी थियो । तर जब उहाँले त्यसमा दुर्गन्ध महसुस गर्नुभयो र त्यसमा यो छ भनेर बताइयो, उहाँले आफूले खानु नभएर खुवाउन उहाँका एक जना साथी तिर बढाइ दिनु भयो । उनले त्यसैले उहाँको अनुकरण गर्दै खाना मन पराएनन् , तर उहाँले (सल्लल्लाहु अलैहि वसल्लम)उनलाई (नखाएको) देखेर भन्नु भयो : तिमी त खाऊ ; म चाहिँ वह्यी ल्याउने वाला फरिश्तासँग कुराकानी गर्छु । ( त्यसैले म खान्न )
 उहाँले बताउनु भयो कि गन्हाउने बस्तुबाट फरिश्ताहरूलाई पनि यसरी नै कष्ट हुन्छ जसरी मान्छेहरुलाई हुन्छ ।</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>त्यो मान्छेलाई मस्जिद आउन रोकिएको छ जसले लसुन वा प्याज अथवा प्याजको पात (जस्तै प्रकारको एक किसिमको साग ) खाएको छ ।
 यी चिजहरूको सूचिमा ती सबै कुराहरूलाई राखिएको छ जो नमाजीहरूलाई दु:ख दिने कारण बन्छन् ,जस्तै चुरोट, खैनी आदी ।
 मनाहीको कारण गन्ध हो । यदि धेरै पकाएर गन्ध हरायो भने यो मन नपाइने कारण पनि खतम हुन्छ ।
 जो मान्छेलाई मस्जिद आएर नमाज पढ्नु छ उसका लागि यी चिजहरू खानु राम्रो मानिएको छैन । कतै मस्जिदमा जमातका साथ नमाज न छुटोस् । यदि मान्छेले मस्जिद न आउने बाहाना गर्नका लागि यो कुराहरू सेवन गर्छ भने यी कुराहरू खान हराम (अवैध ) हुन्छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) यी कुराहरू हराम भएका भएर न खानु हुने होइन । उहाँले जिब्रईलसँग (अलैहिस्सलामसित) कुरा गर्नु हुने भएको भएर खान चाहनु हुन्थेन ।
 नबी(सल्लल्लाहु अलैहि वसल्लम)को उत्तम प्रशिक्षणको तरिका कि उहाँले आदेशका साथ साथ कारण पनि बताइ दिनु भयो । भेद बुझेर सम्बोधित मान्छेलाई ढुक्क होस् भनेर ।
 काजी (रहिमहुल्लाह) भन्नु हुन्छ: यसमा उलमाहरूले त्यो नमाज पढ्ने ठाउँहरू जस्तै ईद गाह, जनाजा पढ्ने ठाउँ र यसका जस्तै अन्य उपासना स्थानहरूलाई पनि यसैमा सामेल गरेका छन् ।  यसरी नै ज्ञान आर्जन गर्न ठाउँ र जिक्र गर्ने ठाउँ, प्रितीभोजका जस्ता अन्य मज्लिसहरूलाई पनि यसैमा अनुमान लगाएका छन् ।  तर यसमा बजार र यस जस्तै अन्य स्थानहरूलाई समावेश हुँदैनन् ।
 उलमाहरू भन्छन् : लसुन खाएको मान्छेलाई मस्जिद पस्नमा पनि रोक लगाइनेछ । किन कि मस्जिदमा फरिश्ताहरू हुन्छन् । साथै हदीसको आम अर्थको माग पनि यही हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4850</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>वास्तवमा, आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरूमाथी न्याय गर्ने  न्यायाधीशहरू अल्लाहको दाहिने हाततिर उज्यालो मञ्चमा विराजमान हुनेछन् । उहाँका दुवै हातहरू दाहिने हुन्</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरूमाथी न्याय गर्ने  न्यायाधीशहरू अल्लाहको दाहिने हाततिर उज्यालो मञ्चमा विराजमान हुनेछन् । उहाँका दुवै हातहरू दाहिने हुन् ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरू माथी न्याय र सत्यताका साथ फैसला गर्छन्, उनीहरु न्यायको दिन प्रकाशबाट निर्माण गरिएका उच्च स्थानमा विराजमान हुनेछन् । यी स्थानहरू उनीहरूलाई सम्मान स्वरुप  दिइनेछ । यी उच्च स्थानहरू दयालु अल्लाहको दाहिने तर्फ हुनेछन् । स्मरण रहोस, अल्लाहका दुवै हातहरू दाहिने छन् ।</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>न्यायको सद्गुण र न्याय गर्ने प्रेरणा ।
 न्याय एक व्यापक शब्द हो, जसमा सबै प्रकारका शासन, मानिसहरू, पत्नी र छोराछोरीहरू बीच गरिएका निर्णयहरू आदि समावेश छन् ।
 न्यायको दिनमा न्यायाधीशहरूको स्थानको विवरण ।
 न्यायको दिनमा आस्थावानहरूले पाउने स्थानहरू कर्म अनुसार फरक हुनेछन्  ।
 प्रेरणा र प्रोत्साहन गर्ने विधि दावत [आह्वान] गर्ने एक शैली हो, जसले सम्बोधित श्रोतालाई राम्रो काम गर्न प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4935</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>जो नम्रताबाट वञ्चित छ, त्यो सबै भलाइबाट वञ्चित छ ।</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>जरीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो नम्रताबाट वञ्चित छ, त्यो सबै भलाइबाट वञ्चित छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जो कोही नम्रता र दयाबाट वञ्चित छ, ऊ धार्मिक र सांसारिक मामिलामा सफल हुँदैन । अनि आफू वा अरूसँग गर्ने मामिलामा सबै भलाइबाट वञ्चित हुन्छ ।</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>नम्रताको महत्व, आफूमा यो आचरण सृजना गर्न प्रोत्साहन र हिंसाको निन्दा ।
 दया भनेको दुवै संसारको अत्याधिक भलाइ सुनिश्चित गर्नु र हिंसा यसको विपरीत हो ।
 उच्च आचरण र उत्कृष्ट व्यवहारले नम्रता आउँछ, जबकि क्रोध, क्रूरता र असभ्यताबाट हिंसा उत्पन्न हुन्छ, त्यसैले अल्लाहले नबी (सल्लल्लाहु अलैहि वसल्लम) को दयाको प्रशंसा गर्नुभएको हो ।
 सुफयान अस्-सौरीले आफ्ना साथीहरूलाई सोधे : के तपाईंहरूलाई थाहा छ दया र नम्रता के हो? हरेक वस्तुलाई त्यसको उचित स्थानमा राख्नु नम्रता हो । कठोरता उपयुक्त ठाउँमा, कोमलता उपयुक्त ठाउँमा, तरवार उपयुक्त ठाउँमा र कोर्रा उपयुक्त ठाउँमा ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक ।" सोधियो: हे अल्लाहका रसूल! इन्कार गर्नेहरू को हुनेछन्? उहाँले भन्नुभयो: "जसले मेरो आदेशको पालना गर्छ उसले स्वर्गमा प्रवेश गर्नेछ र जसले मेरो आज्ञा पालन गर्दैन उसले इन्कार गर्यो ।”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) बताउँदै हुनुहुन्छ, मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक !
 सहाबाहरूले सोधे: हे अल्लाहको रसूल! स्वर्ग जान कसले इन्कार गर्छ र ?!
 उहाँले जवाफ दिनुभयो, जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आज्ञापालन र अनुसरण गर्यो उ स्वर्गमा प्रवेश गर्नेछ र जसले आज्ञा पालन गरेन र शरियतको पालना गरेन उसले वास्तवमा आफ्नो खराब कर्महरूले गर्दा स्वर्गमा प्रवेश गर्न अस्वीकार गर्यो ।</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को आज्ञापालन अल्लाहको आज्ञाकारिता हो र पैगम्बरको आज्ञा पालन नगर्नु अल्लाहको आज्ञा पालन नगर्नु हो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को आज्ञापालनले स्वर्ग अनिवार्य हुन्छ भने उहाँको अवज्ञाले नर्क ।
 यस उम्मतका आज्ञाकारी मानिसहरूका लागि खुशीको खबर छ, तिनीहरू स्वर्गमा प्रवेश गर्नेछन् । अल्लाह र उहाँका रसूलको अवज्ञा गर्नेहरू बाहेक सबै मानिसहरू स्वर्गमा जानेछन् ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को आफ्नो उम्मतप्रतिको करुणा र उनीहरूलाई सही बाटोमा ल्याउने उत्सुकता ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
-[...2 lines deleted...]
-    <t>“कयामतको दिन कुनै पनि व्यक्तिको खुट्टा तबसम्म हल्लिने पनि छैनन् जबसम्म उसलाई उसको उमेरको बारेमा सोधिने छैन, उसले आफ्नो जीवन कसरी बितायो र के मा खर्च गर्यो - उसको ज्ञानको बारेमा सोधिने छैन, उसले ज्ञान अनुसार अमल गर्यो कि गरेन - उसको सम्पत्तिको बारेमा सोधिने छ, उसले कहाँबाट कमायो र कहाँ खर्च गर्यो - उसको शरीरको बारेमा सोधिने छैन, उसले आफ्नो यौवनलाई कहाँ खर्च गर्यो ।”</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
+  </si>
+  <si>
+    <t>“कयामतको दिन कुनै पनि व्यक्तिले आफ्नो स्थानबाट एक पाइला पनि सार्न पाउनेछैन,(अथार्त् आफु उभिएको ठाउँ छोड्न सक्ने छैन) जबसम्म उससँग पाँच प्रश्नहरूको जवाफ सोधिँदैन:
+उसले आफ्नो जीवनकाल कहाँ र कसरी बितायो?, उसले प्राप्त गरेको ज्ञान अनुसार कतिको कर्म गर्‍यो?, उसले कमाएको धन कहाँबाट कमायो र कहाँ खर्च गर्‍यो?, र आफ्नो शरीर (र जवानी) लाई कसरी प्रयोग गर्‍यो?“</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
-    <t>अबू-बर्जह अल्-अस्लमी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “कयामतको दिन कुनै पनि व्यक्तिको खुट्टा तबसम्म हल्लिने पनि छैनन् जबसम्म उसलाई उसको उमेरको बारेमा सोधिने छैन, उसले आफ्नो जीवन कसरी बितायो र के मा खर्च गर्यो - उसको ज्ञानको बारेमा सोधिने छैन, उसले ज्ञान अनुसार अमल गर्यो कि गरेन - उसको सम्पत्तिको बारेमा सोधिने छ, उसले कहाँबाट कमायो र कहाँ खर्च गर्यो - उसको शरीरको बारेमा सोधिने छैन, उसले आफ्नो यौवनलाई कहाँ खर्च गर्यो ।”</t>
+    <t>अबू-बर्जह अल्-अस्लमी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “कयामतको दिन कुनै पनि व्यक्तिले आफ्नो स्थानबाट एक पाइला पनि सार्न पाउनेछैन,(अथार्त् आफु उभिएको ठाउँ छोड्न सक्ने छैन) जबसम्म उससँग पाँच प्रश्नहरूको जवाफ सोधिँदैन:
+उसले आफ्नो जीवनकाल कहाँ र कसरी बितायो?, उसले प्राप्त गरेको ज्ञान अनुसार कतिको कर्म गर्‍यो?, उसले कमाएको धन कहाँबाट कमायो र कहाँ खर्च गर्‍यो?, र आफ्नो शरीर (र जवानी) लाई कसरी प्रयोग गर्‍यो?“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामतको दिन, कुनै पनि व्यक्तिले हिसाबकिताबको मैदानबाट स्वर्ग वा नरकमा जानेछैन जबसम्म उसलाई यी कुराहररूको बारेमा सोधिन्न:
-[...3 lines deleted...]
-चौथो: उसको शरीरको बारेमा, उसले आफ्नो शक्ति, स्वास्थ्य र यौवनलाई कसरी प्रयोग गर्यो?</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामतको दिन, कुनै पनि व्यक्तिले हिसाबकिताबको मैदानबाट स्वर्ग वा नरकमा जानेछैन जबसम्म उसलाई यी कुराहररूको बारेमा सोधिदैन:
+पहिलो: उसको उमेरको बारेमा, उसले आफ्नो जीवन कसरी बितायो र जिवनको समय कहाँ खर्च गर्यो ?
+दोस्रो: उसको ज्ञानको बारेमा सोधपुछ हुनेछ कि उसले अल्लाहका लागि ज्ञान सिकेको थियो (वा अन्य कुनै उद्देश्यले)? के उसले आफ्नो ज्ञानअनुसार अभ्यास र कर्म गर्यो? अनि के उसले त्यो ज्ञान अरू मानिससम्म पुर्यायो?
+तेस्रो: उसको सम्पत्तिको बारेमा सोधिनेछ कि उसले कमाएको पैसा वैद्य थियो कि अवैध? अनि उसले केमा खर्च गर्यो, अल्लाहलाई प्रसन्न पर्ने कुरामा वा मन नपर्ने कुरामा ?
+चौथो: उसको शरीर, उसको शक्ति, उसको स्वास्थ्य र उसको युवावस्थालाई उसले कसरी प्रयोग गर्यो र कहाँ खर्च गर्यो भनेर सोधिने छ?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
-    <t>अल्लाहलाई प्रसन्न तुल्याउने तरिकामा जीवन बिताउने आग्रह ।
-अल्लाहले आफ्ना भक्तहरूलाई अनगिनत वरदानहरू दिनुभएको छ र उहाँले त्यसको बारेमा सोध्नुहुनेछ । त्यसैले अल्लाहलाई प्रसन्न तुल्याउने कामहरु गर्नुपर्छ ।</t>
+    <t>यस हदीसमा अल्लाहलाई प्रसन्न तुल्याउने तरिकामा जीवन बिताउन प्रोत्साहन दिइएको छ।
+अल्लाहले आफ्ना भक्तहरूलाई अनगिनत वरदानहरू दिनुभएको छ र उहाँले त्यसको बारेमा सोध्नुहुनेछ । त्यसैले अल्लाहलाई प्रसन्न गर्ने कामहरु गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4950</t>
   </si>
   <si>
-    <t>لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ</t>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>अवश्य म यो झण्डा यस्तो मान्छेलाई दिनेछु जो अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई माया गर्छ, अल्लाह उनको माध्यमबाट विजय प्रदान गर्नु हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ : अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले खैबरका दिन भन्नु भयो : "अवश्य म यो झण्डा यस्तो मान्छेलाई दिनेछु जो अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई माया गर्छ, अल्लाह उनको माध्यमबाट विजय प्रदान गर्नु हुनेछ ।" उमर इब्न अल-खत्ताब (रजियल्लाहु अन्हु)ले भन्नु भयो: मलाई त्यो दिन बाहेक जिम्मेवारी कहिल्यै चाहिएको थिएन । अत: मलाई यसका लागि बोलाइन्छ कि भनेर आशा लगाउँदै अघि बढेँ । उहाँ ( हजरत उमर 
 रजियल्लाहु अन्हु) थप भन्नु हुन्छ :  रसूलुल्लाह (सल्लल्लाहु अलैहि व सल्लम)ले अली इब्ने अबू तालिबलाई बोलाउनु भयो र  उहाँलाई झण्डा दिनु भयो र भन्नु भयो: "जाऊ, र पछाडि फर्केर न हेर्नु, जबसम्म अल्लाह तआलाले तिमीलाई विजय दिनु हुन्न ।" हजरत उमर (रजियल्लाहु अन्हु ) भन्नु हुन्छ: हजरत अली (रजियल्लाहु अन्हु) केही पर गएर पछि नफर्कि, उच्च स्वरमा भन्नु लाग्नु भयो:  « या रसूलुल्लाह ! के का लागि म मानिसहरूसँग युद्ध गरूँ ?» उहाँले(सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो: « मान्छेहरूसित यो कुरामा युद्ध गर कि उनीहरूले गवाही दिऊन् - अल्लाह बाहेक अरू कोही उपासनाको लायक छैन र मुहम्मद उहाँका रसूल हुन् । " र यदि तिनीहरूले यसो गरे भने, उनीहरूले आफ्नो ज्यान र धन तिमीबाट जोगाए । तर यदि कुनै कारण भयो भने (यो बेग्लै कुरा हो) र तिनीहरूको हिसाब अल्लाहको जिम्मामा हुनेछ।»</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले सहाबीहरूलाई बताउनु भयो कि भोलि खैबरका यहूदीहरू 
  माथि मुसलमानहरू विजय पाउने छन्, जो मदीना नजिकै थियो ।  यसमा एक व्यक्तिलाई ध्वजा दिनु भयो । यो पतका त्यो हो जो सेनाले प्रतीकको रूपमा प्रयोग गर्छन् र यस व्यक्तिको विशेषता के भने उसले अल्लाह र उहाँका रसूल(सल्लल्लाहु अलैहि वसल्लम)  माया गर्छ, र अल्लाह र उहाँका रसूलले पनि उसलाई माया गर्नु हुन्छ ।
 र हजरत उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले बताउनु भयो कि उहाँलाई कहिल्यै पनि जिम्मेवारीको चाँसो लागेको थिएन त्यो दिन बाहेक । यस आशामा कि उहाँलाई नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भए अनुसार अल्लाह तआला र उहाँका रसुल(सल्लल्लाहु अलैहि वसल्लम) को माया मिल्छ । हजरत उमर (रजियल्लाहु अन्हु) ले आफूलाई अगाडि बढाउनुभयो कि नबी (सल्लल्लाहु अलैहि वसल्लम) ले उहाँलाई देखुन् र यसको लागि उहाँलाई बोलाइयोस् र यो उक्त झण्डालाई पाउने आशा र चासोमा थियो ।"
 "सो नबी(सल्लल्लाहु अलैहि वसल्लम)ले हजरत अली बिन अबू तालिब (रजियल्लाहु अन्हु) लाई बोलाउनु भयो र उहाँलाई  झण्डा दिनु भयो । नबी (सल्लल्लाहु अलैहि वसल्लम) ले उहाँलाई आदेश दिनु भयो कि सिपाहीहरूका साथ अगाडि बढ र शत्रुसँगको भेट पछि ती किल्लाहरू विजय नहुन्जेलसम्म आराम गर्नका लागि वा सन्धि गर्नका लागि न रोकिनु ।
 अतयव: हजरत अली (रजियल्लाहु अन्हु) निस्किनु भयो अनि एक पटक रोकिनु भयो र पनि नबी (सल्लल्लाहु अलैहि वसल्लम)को विरोधबाट बच्नका लागि पछाडि फर्किनु भएन र खैबर तिर नै फर्केर उच्च आवाजमा सोध्नु भयो : " हे अल्लाहका रसूल ! के कुरामा म मान्छेहरूसित युद्ध गरू ? "
 उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "उनीहरूसित युद्ध गर्नुहोस् जबसम्म उनीहरूले गवाही दिँदैनन् कि अल्लाह बाहेक कोही उपास्य छैन र मुहम्मद उहाँका रसूल हुन् । यदि उनीहरूले कबुल गरे र इस्लाममा प्रवेश गरे भने उनीहरूले आफ्नो ज्यान र धन तिमीबाट जोगाए , तर ! यदि कुनै अपराध गरे भने  इस्लामको नियम अनुसार उनीहरूलाई मृत्युको सजाय भए यो बेग्लै कुरा होला, र उनीहरूको हिसाब अल्लाहको जिम्मामा छ। "</t>
@@ -8210,209 +8386,209 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>सहाबीहरू हाकिम बन्न मन पराउनु हुन्थेन, किन भने यसमा ठूलो उत्तरादायित्त्व हुन्छ ।
 त्यो कार्यको अनुमति छ जसको भलाइ सुनिश्चित छ, र जसप्रति आशा राख्नु वा अगाडि बढ्नु जायज मानिन्छ।
 सेनापतिलाई युद्धभूमिमा कसरी व्यवहार गर्ने भन्ने विषयमा इमाम (हाकिम) द्वारा निर्देशन दिनु।
 रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) का साथीहरू उहाँका उपदेशहरूलाई ग्रहण गर्थे र त्यसलाई व्यवहारमा ल्याउँथे ।
 जसलाई सोधिएको कुरामा कुनै कुरा अस्पष्ट लाग्यो, उसले त्यसबारे प्रश्न सोध्छ।
 उहाँको (सल्लल्लाहु अलैहि वसल्लम)  नबी हुने प्रमाणहरू धेरै छन्  । तिनमा एउटा प्रमाण उहाँले यहूदीहरू माथि  खैबरमा विजय मिल्ने भविष्यवाणी गर्नु भयो र जसरी उहाँले बताउनु भएको थियो त्यस्तो नै भयो पनि ।
 रसूलुल्लाह(सल्लल्लाहु अलैहि वसल्लम) का आदेशहरूमा तत्कालै कार्यान्वयन हुने प्रेरणा।
 कसैले दुवै गवाहीहरू दियो भने उसको हत्या उचित छैन, त्यस अवस्था बाहेक जसमा उसले गरेको कुनै कामका कारण उसको हत्या अनिवार्य होस् ।
 इस्लामी आदेशहरू मानिसका देखिने कर्महरूको आधारमा लागु हुन्छन् , मनको भेदका मालिक अल्लाह नै हुनुहुन्छ ।
 जिहादको सबैभन्दा ठुलो उद्देश्य मानिसहरू इस्लाममा प्रवेश गरून् भन्ने हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4958</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>जिब्रीलले मलाई छिमेकीप्रति निरन्तर वसीयत गरीरहे यहाँसम्म कि मैले ख्याल गरे अब उनले छिटै छिमेकीलाई वारिस (उत्तराधिकारी) पनि बनाउने आदेश ल्याउनेछन्।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जिब्रीलले मलाई छिमेकीप्रति निरन्तर वसीयत गरीरहे यहाँसम्म कि मैले ख्याल गरे अब उनले छिटै छिमेकीलाई वारिस (उत्तराधिकारी) पनि बनाउने आदेश ल्याउनेछन्।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) बताउँदै हुनुहुन्छ, जिब्रीलले छिमेकीको हेरचाह गर्नुपर्छ भनेर बारम्बार आदेश दिनुभयो । ध्यान राख्नुहोस्, छिमेकी त्यो व्यक्ति हो जसको ढोका तपाईंको ढोका नजिक हुन्छ , चाहे त्यो मुस्लिम होस् वा गैर-मुस्लिम, आफन्त होस् वा पराई । छिमेकीको हेरचाह गर्नु भनेको उसको अधिकारको रक्षा गर्नु, उसलाई दु:ख नदिनु, राम्रो व्यवहार गर्नु र उसले दिएको दु:खमा धैर्य गर्नु हो । जिब्रिलले छिमेकीको अधिकारलाई दिएको महत्त्व र उनको बारम्बार आदेशले रसूल (सल्लल्लाहु अलैहि वसल्लम) सोच्न थाले, शायद मृत्यु पछि छिमेकीले पनि धनसम्पत्तिमा हिस्सा पाउनेछ ।</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>छिमेकीको अधिकारको महत्व र तिनको हेरचाह गर्ने कर्तव्य ।
 छिमेकीको हकमा जोर दिएर नसीहत गर्नु पर्ने आवश्यकता भनेको उसलाई सम्मान गर्नु, उसलाई माया गर्नु, राम्रो व्यवहार गर्नु, उसलाई दुःखबाट जोगाउनु, बिरामी हुँदा भेट्नु, सुखको घडीमा बधाई दिनु र दुःखमा सान्त्वना दिनु ।
 छिमेकीको ढोका जति नजिक हुन्छ, उसको अधिकार त्यति नै ठूलो हुन्छ ।
 इस्लामी शरीयत एक पूर्ण विधान हो, जसमा छिमेकीहरूसँग राम्रो व्यवहार गर्ने र तिनीहरूलाई हानिबाट बचाउने जस्ता सामाजिक सुधारका सबै कुराहरू छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
-[...2 lines deleted...]
-    <t>तिमीहरूले के सोच्छौ, यदि तिमीहरूमध्ये कसैको घरको ढोकामा एउटा नदी बगिरहेको होस् र ऊ दिनको पाँच पटक त्यसमा स्नान गर्छ भने, के त्यो उसको शरीरमा कुनै मैलो बाँकी रहन्छ?</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
+  </si>
+  <si>
+    <t>तिमीहरू के सोच्छौ, यदि तिमीहरूमध्ये कसैको घरको ढोका नजिकैबाट एउटा नदी बगिरहेको होस्  र ऊ दिनको पाँच पटक त्यसमा नुहाउँछ भने, के उसको शरीरमा कुनै मैलो बाँकी रहन्छ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
-    <t>अबू हुरैरह रजियल्लाहु अन्हुले बयान गर्नुभएको छ, मैले रसूल सल्लल्लाहु अलैहि वसल्लमले भन्दै गरेको सुने, उहाँले भन्नुभयो : "तिमीहरूले के सोच्छौ, यदि तिमीहरूमध्ये कसैको घरको ढोकामा एउटा नदी बगिरहेको होस् र ऊ दिनको पाँच पटक त्यसमा स्नान गर्छ भने, के त्यो उसको शरीरमा कुनै मैलो बाँकी रहन्छ? उनीहरूले भने: "कुनै मैलो बाँकी रहँदैन।" तब उहाँले भन्नुभयो: "पाँचवटा नमाजको उदाहरण त्यस्तै हो। यसबाट अल्लाह पापहरू मेटाइदिनुहुन्छ।"</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नुभएको छ, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने, उहाँले भन्नुभयो : "तिमीहरू के सोच्छौ, यदि तिमीहरूमध्ये कसैको घरको ढोका नजिकैबाट एउटा नदी बगिरहेको होस्  र ऊ दिनको पाँच पटक त्यसमा नुहाउँछ भने, के उसको शरीरमा कुनै मैलो बाँकी रहन्छ? उनीहरूले जवाफ दिए: "कुनै मैलो बाँकी रहँदैन।" उहाँले भन्नुभयो: "पाँचवटा नमाजको उदाहरण त्यस्तै हो। यसद्वारा अल्लाहले सम्पूर्ण पापहरू मेटाइदिनुहुन्छ।"</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले साना पापहरू पखाल्नको लागि दैनिक पाँच नमाजलाई एक व्यक्तिको ढोका अगाडि रहेको नदीसँग तुलना गर्नुभएको छ । जसमा ऊ हरेक दिन पाँच पटक नुहाउछ र उसको शरीरमा फोहोर हुँदैन ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले दिन र रातमा पाँच पटक नमाज पढ्नाले साना पाप र गल्तीहरू मेटिने कुराको तुलना, कसैको घरको अगाडि बगिरहेको नदीमा उसले दिनमा पाँच पटक नुहाउँदा शरीरमा कुनै पनि फोहोर बाँकी नरहने अवस्थासँग गर्नुभएको छ।</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
-    <t>यो साना पापहरूको प्रायश्चितको लागि मात्र हो, ठूला पापहरूको लागि पश्चात्ताप गर्नुपर्छ ।
-दैनिक पाँच नमाजहरू त्यसका सर्तहरू, स्तम्भहरू, वाजिबहरू र सुन्नतहरूको पालनाका साथ पढ्ने पुण्य ।</t>
+    <t>यो विशेष कृपा साना पापहरूको क्षमामा मात्र लागू हुन्छ; ठूला पापहरूको क्षमाको लागि भने इमानदारीपूर्वक तौबा (पश्चात्ताप) गर्नु अनिवार्य छ।
+यस हदीसले दैनिक पाँच नमाजहरू त्यसका सर्तहरू, (रुक्न) स्तम्भहरू, (वाजिब) अनिवार्य कार्यहरू र सुन्नतहरूको पालनाका साथ पढ्ने कार्यको उत्कृष्टता प्रस्ट हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>आस्थावानहरूको आपसी प्रेम र एकअर्काप्रतिको करुणाको उदाहरण एउटा शरीर जस्तै हो, जसको कुनै अंग दुख्दा पूरै शरीरले पीडा महसुस गर्छ, निन्द्रासमेत उड्छ र पूरै शरीरलाई ज्वरो आउँछ ।</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आस्थावानहरूको आपसी प्रेम र एकअर्काप्रतिको करुणाको उदाहरण एउटा शरीर जस्तै हो, जसको कुनै अंग दुख्दा पूरै शरीरले पीडा महसुस गर्छ, निन्द्रासमेत उड्छ र पूरै शरीरलाई ज्वरो आउँछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरूको एकअर्काप्रतिको माया, करुणा, भलाइ, समर्थन र दु:खमा सिङ्गो शरीर जस्तै हो । यदि  शरीरको एक भाग बिरामी हुन्छ भने सम्पूर्ण शरीरले पीडा महसुस गर्छ, निन्द्रासमेत उड्छ र पूरै शरीरलाई ज्वरो आउँछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभयो कि मुस्लिमहरूको आपसी सम्बन्ध कल्याण, दया, सहयोग र एकअर्काको पीडाप्रति संवेदनशीलतामा आधारित हुनुपर्छ, जस्तो कि एउटै शरीरको अवस्था हुन्छ —जब शरीरको कुनै एक अंगमा पीडा हुन्छ, तब सम्पूर्ण शरीर नै अनिद्रा र ज्वरोले प्रभावित हुन्छ।</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
-    <t>मुस्लिमहरूको एकअर्काप्रतिको अधिकारलाई सम्मान गर्नु पर्छ र एकअर्काप्रति सहयोग र दयालाई प्रोत्साहित गर्नु पर्छ ।
-आस्थावानहरूबीच प्रेम र समर्थन हुनुपर्छ ।</t>
+    <t>मुस्लिमहरूले एकअर्काप्रतिको अधिकारको सम्मान गर्दै, पारस्परिक सहयोग र करुणालाई बढावा दिनुपर्छ।
+आस्थावानहरूबीच प्रेम र समर्थन कायम रहनुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4969</t>
   </si>
   <si>
-    <t>اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ</t>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>सुन र मान । उसमाथि त्यो उत्तरादायित्व छ जो उस माथि हालिएको छ र तिमी माथि त्यो कुराको उत्तरादायित्व छ जो तिमी माथि हालिएको छ ।</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>हजरत वाइल बिन हज्रमीद्वारा वर्णन छ: हजरत सल्मा बिन यजीद जुअ्फी (रजियल्लाहु अन्हु)ले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)सित सोध्नु भयो : हे अल्लाहका नबी ! यदि हामी माथि यस्ता हाकिम नियुक्त भए जसले आफ्नो हक त मागे तर हाम्रा अधिकार दिएनन् भने तपाईँ यसका बारेमा के आदेश दिनु हुन्छ ? उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले उनको कुरामा ध्यान दिनु भएन । उनले फेरि सोधे: र पनि उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले उनको कुरा सुनेको नसुन्यै गर्नु भयो । उनले फेरि दोस्रो पटक वा तेस्रो पटक सोधे। अत: हजरत अश्अष बिन कैस (रजियल्लाहु अन्हु)ले उनलाई तान्नु भयो र भन्नु भयो : "सुन र मान । उसमाथि त्यो उत्तरादायित्व छ जो उस माथि हालिएको छ र तिमी माथि त्यो कुराको उत्तरादायित्व छ जो तिमी माथि हालिएको छ । "</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम)सित यस्ता हाकिमहरूका बारेमा सोधियो - जो मान्छेहरूसित त आफ्नो कुरा मान्न र आज्ञापालन गर्नका लागि त भन्छन् तर इन्साफ गर्ने र युद्धधन दिने,अन्यायबाट बचाउने र समानताको व्यवहार गर्ने जस्ता उनीहरूले गर्नु पर्ने कामहरू गर्दैनन् भने तपाईँले उनीहरूका साथ  हामीले कस्तो व्यवहार गर्नु पर्छ भन्ने आदेश दिनु हुन्छ ?
 यो प्रश्न सुनेर नबी(सल्लल्लाहु अलैहि व सल्लम)ले प्रश्नकर्तातिरबाट मुख फर्काउनु भयो । यानी यो प्रश्न उहाँलाई मन परेन । तर सोध्ने वालाले आफ्नो प्रश्न दुई र फेरि तीन पटक सोधि रह्यो । यो देखेर हजरत अश्अष बिन कैस (रजियल्लाहु अन्हु)ले सोध्ने वालालाई चुप गराउन पछाडि तान्नु भयो ।
 सो नबी(सल्लल्लाहु अलैहि व सल्लम)ले प्रश्नको जवाफ दिनु भयो र भन्नु भयो : उनीहरूले भनेको सुन र उनीहरूको आदेश पालना गर । किन भने उनीहरूलाई न्याय, निसाफ र प्रजाहरूलाई उनीहरूको हक दिने जस्ता जिम्मेवारीहरूको जवाफ दिनु पर्ला जो उनीहरूको जिम्मा लगाइएको छ  र तिमीहरूलाई अनुसरण, परीक्षाको समयमा धैर्य जस्ता यो जिम्मेवारीहरूको बारेमा जवाफ दिनु पर्ला जो तिमीहरूको काँधमा राखिएका छन् ।</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>अल्लाह तआलाको प्रसन्नताका कामहरूमा शासकहरूको कुरा सुन्नु, र उनीहरूले प्रजाको हक पुरा गरे पनि या नगरे पनि उनीहरूको आज्ञा पालना गर्नुपर्छ ।
 शासकहरूको तर्फबाट उनीहरूका उत्तरादायित्त्वहरूमा हुने कमीले यो कुराको अनुमति दिँदैन कि जनताले पनि आफ्ना जिम्मेवारीहरू पुरा गर्नमा कमी गरून् । किन भने हरेक मान्छेसित उसको कर्मका बारेमा सोधपुछ हुनेछ र आफ्नो कमीको पकड हुनेछ ।
 दीन (धर्म)को आधार जस्तालाई त्यस्तैमा आधारित छैन । आफ्ना जिम्मेवारीहरू पूरा गर्नुपर्दछ । चाहे अरूले जिम्मेवारी पूरा गर्नमा कमी गरेको होस् । जसरी कि यो हदीसमा बताइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5037</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>आफ्ना छोराछोरीहरू सात वर्षको हुँदा सलाह (नमाज) पढ्न आदेश दिनु र दस वर्षको हुँदा तिनीहरूलाई (नमाज नपढे) पिट्नु र उनीहरूको ओछ्यान अलग गर्दिनु ।</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>अम्र बिन शुऐबले आफ्नो बुबाद्वारा आफ्नो हजुरबुवाबाट नकल गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आफ्ना छोराछोरीहरू सात वर्षको हुँदा सलाह (नमाज) पढ्न आदेश दिनु र दस वर्षको हुँदा तिनीहरूलाई (नमाज नपढे) पिट्नु र उनीहरूको ओछ्यान अलग गर्दिनु ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, बुबाले आफ्नो सन्तान (छोराछोरी) लाई सात वर्षको हुँदा नमाज पढ्न आदेश दिनुपर्छ र यसलाई स्थापित गर्न आवश्यक कुराहरू सिकाउनुपर्छ । तिनीहरू दस वर्ष पुगेपछि लापरवाही गर्छन् भने पिट्न भनिएको छ र उनीहरूको ओछ्यान पनि अलग गर्न आदेश दिइएको छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, बुबाले आफ्नो सन्तान (छोराछोरी) लाई सात वर्षको हुँदा नमाज पढ्न आदेश दिनुपर्छ र उनीहरूलाई नमाज कायम गर्न आवश्यक कुराहरू सिकाउनुपर्छ। तिनीहरू दस वर्ष पुगेपछि लापरवाही गर्छन् भने पिट्न भनिएको छ र उनीहरूको ओछ्यान पनि अलग गर्न आदेश दिइएको छ ।</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
-    <t>बालबालिकाहरूलाई बालिग हुनु अघि दीन (धर्म) का आधारभूत कुराहरू सिकाउनु पर्छ, जसमध्ये सबैभन्दा महत्त्वपूर्ण सलाह हो ।
-[...1 lines deleted...]
-शरियतले इज्जत जोगाउन र भ्रष्टाचार निम्त्याउन सक्ने हरेक बाटो अवरुद्ध गरेको छ ।</t>
+    <t>बालबालिकाहरूलाई बालिग हुनु अघि धर्मका आधारभूत कुराहरू सिकाउनु पर्छ, जसमध्ये सबैभन्दा महत्त्वपूर्ण सलाह (नमाज) हो ।
+पिटाइ अनुशासनको लागि हो, न कि यातनाको लागि।  त्यसैले अवस्था अनुरूप पिटाइ गर्नुपर्छ ।
+शरियतले इज्जत जोगाउन र अनैतिकता र बिगार निम्त्याउन सक्ने हरेक बाटो अवरुद्ध गरेको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>निःसनदेह, रुक्या (अल्लाह बाहेक अरुको नाम लिएर गरिने झाडफूँक) गर्नु, तावीज बाँध्नु र टुनामुना गर्नु शिर्क हो ।</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "निःसनदेह, रुक्या (अल्लाह बाहेक अरुको नाम लिएर गरिने झाडफूँक) गर्नु, तावीज बाँध्नु र टुनामुना गर्नु शिर्क हो ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले केही चीजहरू उल्लेख गर्नुभएको छ जुन शिर्क हो । तीमध्ये केही कुराहरू यस प्रकार छन्:
 १) रुक्या : अर्थात् शिर्कमा आधारित यस्ता कुराहरू जसलाई इस्लाम पूर्व (जाहिलियत काल) का मानिसहरू रोगबाट निको हुनको लागि पढ्थे ।
 २)  मोती वा सीप आदिबाट बनेको ताबीज, जसलाई बच्चा र जनावरहरूमा नराम्रो नजरबाट जोगाउन बाँधिन्छ ।
 ३) तिवला : श्रीमान्–श्रीमतीबीच माया गर्नका लागि टुनामुना गर्नु ।
 यी सबै कुराहरू शिर्क हुन्; किनभने यसको नत शरियतबाट कुनै प्रमाण छ नत कुनै प्रमाणित भौतिक अनुभव । जहाँसम्म शरियतका उपायहरू छन्, जस्तै कुर्आन पढ्नु वा भौतिक साधनहरू, जस्तै औषधिहरू, जुन अनुभव वा परीक्षणबाट प्रमाणित छन्, यी केवल साधनहरू हुन् र नाफा-नोक्सानको मालिक अल्लाह हुनुहुन्छ भन्ने विश्वासका साथ प्रयोग गर्न अनुमति छ ।</t>
   </si>
@@ -8422,1450 +8598,1450 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>तौहीद (एक इश्वरवाद) र अकिदालाई दूषित गर्ने सबै चीजहरूबाट जोगिनु  पर्छ ।
 बहुदेववादी रुक्या (झाडफूँक), ताबीज र  टुनामुना निषेधित  गरिएको छ ।
 यी तीन कुरालाई साधनको रूपमा लिनु शिर्कको सानो रूप (शिर्क असगर) हो; किनभने उसले कुनै कारण नभएको कुरालाई साधन बनाउँछ । तर यदि यिनलाई आफैंमा लाभदायक र हानिकारक मानिन्छन् भने त्यो ठूलो शिर्क (शिर्क अकबर) हो ।
 शिर्क र हराममा आधारित माध्यमहरू नअपनाउन चेतावनी ।
 शरियतद्वारा अनुमति दिइएको रुक्या बाहेक अन्य मन्त्रहरू पढ्नु र झाडफूँक गर्नु पनि शिर्क र हराम हो ।
 हृदयको सम्बन्ध अल्लाहसँग मात्र हुनुपर्छ । नाफा नोक्सानको मालिक उहाँ नै हुनुहुन्छ । उहाँका कोही साझेदार छैन भन्ने हृदयमा दृढ विश्वास हुनुपर्छ । जुनसुकै भलाई भएपनि अल्लाहले दिनुहुन्छ र केवल उहाँले हामीलाई खराबीबाट बचाउनु हुन्छ ।
 जायज रुक्या (झाडफूँक) का तीन सर्तहरू छन् : १) यो विश्वास राख्नु कि यो झारफुक केवल  एक माध्यम हो र अल्लाहको अनुमति बिना लाभदायक छैन । २) झारफुक कुर्आनद्वारा, अल्लाहका नामहरू, उहाँका गुणहरू, अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) द्वारा सिकाइएका दुआ (प्रार्थना) हरूबाट हुनुपर्छ । ३) बुझ्ने खाले भाषामा हुनुपर्छ, कुनै तन्त्र मन्त्र र जादु हुनु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>तिमीहरूलाई थाहा छ गीबत [चुक्ली] भनेको के हो?" साथीहरूले भने: अल्लाह र उनका रसूल राम्ररी जान्दछन् । उहाँले भन्नुभयो: "तिमीले आफ्नो भाइको बारेमा उसलाई मन नपर्ने कुरा गर्नु</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूलाई थाहा छ गीबत [चुक्ली] भनेको के हो?" साथीहरूले भने: अल्लाह र उनका रसूल राम्ररी जान्दछन् । उहाँले भन्नुभयो: "तिमीले आफ्नो भाइको बारेमा उसलाई मन नपर्ने कुरा गर्नु।" साहबाले सोधे: हामीले भनेको कुरा यदि साँचो हो भने के त्यो पनि चुक्ली हुन्छ? उहाँले भन्नुभयो: "तिमीले भनेको कुरा यदि साँचो हो भने तिमीले उसको गीबत (चुक्ली) गर्यौ र यदि यो नभएको कुरा काट्येउ भने तिमीले उसलाई झुटो आरोप लगायौ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले निषेधित गीबतको व्याख्या यसरी गर्नुभएको छ : मुस्लिमको अनुपस्थितिमा उसलाई मन नपर्ने कुरा भन्नु ।  चाहे त्यो कुरा उसको शारीरिक संरचनासँग सम्बन्धित होस् वा उसको बानी र नैतिकतासँग, जस्तै : अन्धो, धोखेबाज र झूटो आदि त्यो गुण उसमा भए पनि ।
 यदि त्यो गुण उसमा छैन भने, यो एक झूटा आरोप हो, जुन गीबत [चुक्ली] भन्दा ठूलो अपराध हो ।</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) सबैभन्दा राम्रो तरिकाले शिक्षाहरू दिनुहुन्थ्यो; उहाँ प्रश्नको रूपमा समस्याहरूलाई प्रस्तुत गर्नुहुन्थ्यो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) का सहाबाहरूको उहाँप्रति उच्च आचरण; 'अल्लाह र उहाँका रसूल राम्ररी जान्नुहुन्छ' भन्थे ।
 यदि कसैलाई कुनै कुराको बारेमा सोधियो र उसलाई थाहा छैन भने, उसले 'अल्लाहु आ'लम' अल्लाह राम्ररी जान्नुहुन्छ भन्नुपर्छ  ।
 इस्लामी शरियतले मानवअधिकारको संरक्षण र भाइचारा स्थापना गरी स्वच्छ समाज निर्माण गर्ने काम गरेको छ ।
 गीबत निषेधित छ, तर केही परिस्थितिहरूमा यसलाई अनुमति दिइएको छ, जस्तैः अत्याचारबाट बच्नका लागि पीडितले संबन्धित निकायमा उत्पीडकको नाम उल्लेख गर्नुपर्छ । त्यस्तै बिहे गर्ने, साथी बन्ने र छिमेकी बन्ने लगायतका विषयमा परामर्श लिनेमा पनि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>हे अल्लाह! जसलाई मेरो उम्मतको कुनै जिम्मेवारी सुम्पिएको छ र ऊ तिनीहरूलाई कठिनाइमा पार्छ भने तपाईं पनि उनीप्रति कठोर हुनुहोस् र जसलाई मेरो उम्मतको कुनै मामिला सुम्पिएको छ र उनीहरूसँग नरम व्यवहार गर्छ भने तपाईं उससँग नम्र हुनुहोस् ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, "मैले मेरो यो घरमा रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसो भन्दै गरेको सुनें": "हे अल्लाह! जसलाई मेरो उम्मतको कुनै जिम्मेवारी सुम्पिएको छ र ऊ तिनीहरूलाई कठिनाइमा पार्छ भने तपाईं पनि उनीप्रति कठोर हुनुहोस् र जसलाई मेरो उम्मतको कुनै मामिला सुम्पिएको छ र उनीहरूसँग नरम व्यवहार गर्छ भने तपाईं उससँग नम्र हुनुहोस् ।"</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हरेक त्यस्ता हाकिमहरूलाई  अल्लाहले कष्ट दिऊन् भनेर श्राप दिनुभएको छ, जसले मुस्लिमहरूको कुनै जिम्मेवारी लिन्छ, चाहे त्यो सानो होस् वा ठूलो, सामान्य होस् वा विशेष, तर ऊ मानिसहरूसँग दयालु व्यवहार गर्नुको सट्टा तिनीहरूमाथि अन्याय गर्छन् र तिनीहरुलाई समस्यामा पार्छन्, ताकि कर्मको प्रतिफल कार्यको प्रकृति अनुसार होस् ।
 जिम्मेवारी पाएपछि, मानिसहरूसंग दयालु व्यवहार गर्ने र तिनीहरूको जीविका सजिलो बनाउनेलाई अल्लाहले दयालु व्यवहार गरुन् र उसको कामलाई सजिलो बनाउन् भनेर प्रार्थना गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>मुस्लिमहरूको कुनै पनि जिम्मेवारी वहन गर्ने व्यक्तिले सकेसम्म आफ्नो मातहतमा रहेका प्रजासँग नम्र व्यवहार गर्नु अनिवार्य छ ।
 मानिसलाई उसको कर्मको प्रकृति अनुसार पुरस्कृत गरिन्छ ।
 नम्रता र कठोरताको मापदण्ड कुर्आन र हदीसले निर्देश गरे अनुसार मात्र मान्य हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>निस्सन्देह, अल्लाहको सम्पत्ति दुरुपयोग गर्नेहरुको परिणाम कयामतको दिन नरक हो ।</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>खौलह अन्सारी (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "निस्सन्देह, अल्लाहको सम्पत्ति दुरुपयोग गर्नेहरुको परिणाम कयामतको दिन नरक हो ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले खबरदार गर्दै भन्नुभएको छ:  मानिसहरूले मुस्लिमहरूको सम्पत्तिको दुरुपयोग गर्छन् र गलत तरिकाले कब्जा गर्छन्। यसमा अनुचित रूपमा सम्पत्ति जम्मा गर्ने, कमाउने र गलत ठाउँमा खर्च गर्ने सबै कुरा समावेश छन् । त्यस्तै अनाथको सम्पत्ति हडप्ने, वक्फ (परोपकारी संस्था) को सम्पत्ति कब्जा गर्ने, नासोलाई अस्वीकार गर्ने र सार्वजनिक कोष बिना कुनै अधिकार प्रयोग गर्ने समावेश छन् ।
 तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कयामतको दिन त्यस्ता मानिसहरूको सजाय नर्क हो बताउनु भयो ।</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>मानिसको हातमा रहेको धन वास्तवमा अल्लाहको धन हो । अल्लाहले मानिसहरूलाई यस सम्पत्तिको उत्तराधिकारी बनाउनु भएको छ, ताकि तिनीहरूले यसलाई सही तरिकामा प्रयोग गरुन् र यसको दुरुपयोगबाट  बच्न सकून् । यसमा शासक र आम जनता सबै समेटिएको छ ।
 शरियतले सार्वजनिक कोषको सम्बन्धमा धेरै कठोर दृष्टिकोण अपनाएको छ । सार्वजनिक कोषको हेरचाह गर्ने जिम्मेवारी दिइएको व्यक्तिले न्यायको दिन पैसा संकलन र खर्चको हिसाब दिनुपर्नेछ ।
 यस चेतावनीमा सम्पत्तिको दुरुपयोग गर्ने प्रत्येक व्यक्ति समावेश छन्, चाहे त्यो सम्पत्ति उसको आफ्नै होस् वा अरू कसैको होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
-[...2 lines deleted...]
-    <t>शङ्काबाट होसियार; किनकि शङ्का सबैभन्दा झूटो कुरा हो</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
+  </si>
+  <si>
+    <t>शङ्का बाट होसियार; किनकि शङ्का सबैभन्दा झूटो कुरा हो</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "शङ्काबाट होसियार; किनकि शङ्का सबैभन्दा झूटो कुरा हो । लुकेर कसैको कुराहरू हेर्न वा सुन्ने प्रयास नगर्नु, एकअर्कासंग ईर्ष्या नगर्नु, एकअर्काको पछि नलाग्नु, एकअर्कासंग घृणा नगर्नु र सबै अल्लाहका सेवक र दाजुभाइको रूपमा बस्नु ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "शङ्का बाट होसियार; किनकि शङ्का सबैभन्दा झूटो कुरा हो । र एकअर्काको छानबिन नगर्नु, र गोप्य कुरा थाहा पाउन खोज्नु नगर्नु, एकअर्कासंग ईर्ष्या नगर्नु, एकअर्काको पछि नलाग्नु, एकअर्कासंग घृणा नगर्नु र सबै अल्लाहका सेवक र आपसमा दाजुभाइ जस्तै भएर बस्नु।"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरू बीच भ्रम, विभाजन र शत्रुता निम्त्याउने केही चीजहरू विरुद्ध चेतावनी र निषेध गर्नुभएको छ । त्यस्ता केही कुराहरू यस प्रकार छन्:
-[...6 lines deleted...]
-अन्तमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो अर्थपूर्ण कुरा भन्नुभयो, जसले मुस्लिमहरू बीच आपसी सम्बन्ध सुधार गर्न सक्छ । उहाँले भन्नुभयो: "हे अल्लाहका दासहरु! आपसमा दाजुभाइ जस्तै बस्नु ।" वास्तवमा भाइचारा यस्तो सम्बन्ध हो, जसले मानिसहरूबीचको सम्बन्ध सुधार्न र प्रेम तथा स्नेह बढाउन सक्छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरू बीच भ्रम, विभाजन र शत्रुता निम्त्याउने केही चीजहरू विरुद्ध चेतावनी दिनु भएको छ र ती कार्यहरू निषेध गर्नुभएको छ।। त्यस्ता केही कुराहरू यस प्रकार छन्:
+'अज्-जन' (शङ्का, गलत अनुमान): यो कुनै ठोस प्रमाणबिना मनमा उत्पन्न हुने नकारात्मक विचार हो, जसलाई नबी (सल्लल्लाहु अलैहि वसल्लम) ले सबैभन्दा ठूलो झूट भनी परिभाषित गर्नुभएको छ।
+‘अत-तहस्सुस’ भन्नाले आँखाले वा कान द्वारा अरू मानिसका गोप्य कुरा पत्ता लगाउने वा त्यसको खोजी गर्ने कार्यलाई जनाउँछ।
+’अत्-तजस्सुस’ : यो गोप्य कुराहरूको खोजी गर्नलाई भनिन्छ, र यो प्रायः दुष्ट कुराहरूको सन्दर्भमा भनिन्छ।
+'अल-हसद'(डाह वा ईर्ष्या) भन्नाले अरू व्यक्तिले पाएको सौभाग्य वा सुखसयल मन नपराउनु र त्यसप्रति असन्तोष हुनु हो। ।
+'अत्-तदाबुर' भनेको एक-अर्काबाट टाढा हुनु, एक-अर्कालाई सलाम नगर्नु र आफ्ना मुस्लिम भाइसँग भेटघाट नगर्नु हो।
+'अत-तबागुज' : एक-अर्कालाई मन नपराउने र घृणा गर्ने, जस्तै अरूलाई दुःख कष्ट दिने, ठुस्स परेर बस्ने र मानिसहरूसँग भेट हुँदा राम्रो व्यवहार नगर्ने ।
+अन्तमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो अर्थपूर्ण कुरा भन्नुभयो, जसले मुस्लिमहरू बीच आपसी सम्बन्ध सुधार गर्न सक्छ । उहाँले भन्नुभयो: "हे अल्लाहका भक्तहरु! आपसमा दाजुभाइ जस्तै भएर बस्नु ।" र वास्तवमा भाइचारा यस्तो सम्बन्ध हो, जसले मानिसहरूबीचको सम्बन्ध सुधार्दै  प्रेम तथा स्नेह जस्ता भावहरु बढाउँछ।</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
-    <t>नराम्रो लक्षणहरू देखा पर्ने व्यक्तिको बारेमा शंका गर्नु हानिकारक छैन । दुष्ट र पापी मानिसहरूको धोकामा नपर्न मुमिनले सधैं सचेत र होसियार हुनुपर्छ ।
-[...2 lines deleted...]
-मुसलमानसँग दाजुभाइको सम्बन्धजस्तो व्यवहार गर्न, सल्लाहमा सत्यता र मायामा आत्मीयता राख्ने आदेश ।</t>
+    <t>कसैमा खराब आचरण वा लक्षणहरू देखा परेको खण्डमा शङ्का गर्नु पाप मानिँदैन । मुमिनले दुष्ट र पापी मानिसहरूको छल र धोकाबाट बच्नका लागि सदैव सचेत र सावधान रहनुपर्छ।
+हदीसमा उल्लेख गरिएको ‘सन्देह’ (गुमान) भन्नाले मनमा दृढ रूपमा जम्ने गलत अनुमान वा आरोपलाई बुझाउँछ, जसबाट बच्न आवश्यक ठहरिन्छ, र यसमा अडिग रहनु वर्जित गरिएको छ। तर, व्यक्तिको मनमा उत्पन्न हुने र स्थिर नरहने विचारहरूका लागि भने व्यक्ति जिम्मेवार हुँदैन।
+मुस्लिम समाजका सदस्यहरू बीच घृणा र विभेद सृजना गर्ने ईर्ष्या र अरूको कुरा पत्ता लगाउने जस्ता सबै कुराहरू हराम छन् ।
+यस हदीसमा मुसलमानसँग दाजुभाइ सरह सम्बन्ध राख्न, व्यवहार गर्न, सल्लाह सुझाउमा सत्यता र प्रेममा आत्मीयता कायम गर्न आदेश दिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5332</t>
   </si>
   <si>
-    <t>سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ</t>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>मुसलमानलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु)द्वारा वर्णन छ: नबी(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : मुसलमानलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले मुसलमानले आफ्नो मुसलमान भाइलाई गाली गर्न र श्राप्न मनाहि गर्नु भएको छ । र यो फसुक(अवज्ञा) को एक प्रकार हो जसले अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि व सल्लम) को आज्ञाको उल्लंघन हुन्छ । मुसलमानले आफ्नो मुसलमान भाइसित काटमार गर्नु कुफ्र हो, तर यो कुफ्रे अस्गर ( सानो कुफ्र ) हो ।</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>मुसलमानको खुन र उसको इज्जत र सम्मानको कदर वाजिब (अनिवार्य) छ ।
 कुनै आस्थावान मुसलमानलाई अन्यायपूर्वक गाली गर्ने व्यक्तिको गम्भीर परिणाम हुन्छ; किनभने अन्यायपूर्वक गाली दिने व्यक्ति पापी (फासिक) हुन्छ।
 कुनै मुसलमानलाई गाली दिनु र उससित झगडा गर्नुले इमानलाई कमजोर र अधुरो बनाइ दिन्छ ।
 केही यस्ता कामहरूलाई पनि कुफ्र भनिएको छ, तर ती कुफ्रे अक्बर( घोर इन्कार) अर्थात् इस्मालबाट निकालिदिने कुफ्र भने होइनन् ।
 यहाँ कुफ्रबाट तात्पर्य सानो कुफ्र (कुफ्रे असगर) हो, जसले व्यक्तिलाई इस्लामबाट बाहिर ल्याउँदैन भन्नेमा अहले सुन्नतको सहमति छ। किनभने अल्लाहले लडाइँ र विवादको अवस्थामा पनि आस्थावानहरूबीचको इमानको भाइचारा कायम भएको प्रमाणित गर्नुभएको छ। उहाँले भन्नुभएको छ: "र यदि आस्थावानहरूको दुई समूह लड्छन् भने तिनीहरूबीच सुलह गराओ" र भन्नुभएको छ: "निश्चय नै आस्थावानहरू दाजुभाइ हुन्।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5333</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>अल्लाहले जसलाई जनताको सेवा गर्ने जिम्मेवारी सुम्पिनु हुन्छ र उसले आफ्नो प्रजालाई धोका दिइरहेको अवस्थामा जब ऊ मर्छ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>मालिक बिन यासर मुजनी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले जसलाई जनताको सेवा गर्ने जिम्मेवारी सुम्पिनु हुन्छ र उसले आफ्नो प्रजालाई धोका दिइरहेको अवस्थामा जब ऊ मर्छ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, प्रत्येक व्यक्ति जसलाई अल्लाहले शासकको रूपमा नियुक्त गर्नुभएको छ र जसलाई मातहतको जिम्मेवारी दिइएको छ, चाहे यो एक राजा जस्तै सरकारी जिम्मेवारी होस् वा घरमा पुरुष वा महिला जस्तै विशेष जिम्मेवारी होस् । यदि उनीहरुले आफ्नो प्रजा र मातहतमा रहेकाहरूको सांसारिक र धार्मिक अधिकारलाई बेवास्ता गर्छन् र धोका दिन्छन् भने तिनीहरु यो कठोर सजायका पात्र हुन् ।</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>यो चेतावनी इस्लामिक राज्यको सर्वोच्च शासक र तिनका प्रतिनिधिहरूका लागि मात्र होइन, बरू, जिम्मेवारी सुम्पिएको प्रत्येक व्यक्ति र हाकिमहरू यसमा समावेश छन् ।
 मुस्लिमप्रति कुनै पनि उत्तरदायित्व सम्हाल्ने प्रत्येक व्यक्तिले आफ्नो जनताप्रति इमान्दार हुनुपर्छ, उनीहरुको भलो गर्नुपर्छ र विश्वासघातबाट सावधान रहनुपर्छ ।
 सार्वजनिक वा निजी, ठूलो वा सानो कुनै पनि जिम्मेवारी वहन गर्ने व्यक्तिको जिम्मेवारीको महत्त्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>हर भलाइ र उपकार दान हो ।</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हर भलाइ र उपकार दान हो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अरूलाई फाइदा पुर्‍याउने हरेक प्रकारको उपकार र प्रयास, चाहे त्यो वचनले होस् वा कुनै कर्म गरेर होस्, त्यो दान हो र यसमा पुण्य छ ।</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>सदका [दान] भनेको कुनै व्यक्तिले आफ्नो पैसाबाट दिएको कुरामा मात्र सीमित होइन, बरु व्यक्तिले अरुलाई गरेको वा बोलेको हरेक राम्रो कुरा र लाभ परोपकारको दायराभित्र आउँछ ।
 यस हदीसमा, पुण्य कर्म र अरूलाई फाइदा हुने काम गर्न प्रेरणा दिइएको छ ।
 कुनै पनि पुण्य कर्मलाई सानो भए पनि तुच्छ ठान्नु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[बुखारीले जाबिरको हदीसबाट र मुस्लिमले हजैफहको हदीसबाट वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>यहूदी र इसायीहरूलाई पहिला सलाम नगर । र यदि तिमी बाटोमा उनीहरूमध्ये कसैलाई भेट्छौ भने, तिनीहरूलाई साँघुरो ठाउँतर्फ जान बाध्य बनाऊ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) वर्णन गर्नुहुन्छ अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "यहूदी र इसायीहरूलाई पहिला सलाम नगर । र यदि तिमी बाटोमा उनीहरूमध्ये कसैलाई भेट्छौ भने, तिनीहरूलाई साँघुरो ठाउँतर्फ जान बाध्य बनाऊ। "</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम) यहुदी र इसायीहरूलाई  सलाम गर्नमा पहल गर्न मनाहि गर्दै हुनुहुन्छ, चाहे उनीहरू जिम्मी(अधिकार प्राप्त नागरिक) नै हुन्, अरु काफिरहरूको त कुरा नै नगरौं। उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि जब बाटोमा कुनै यहुदी वा इसायी 
 सित भेट भयो भने उनीहरूलाई साँधुरो बाटोमा हिँड्नका लागि बाध्य बनाउनु। बीच बाटोबाट मुमिन हिँडोस् र काफिर छेउछेउ बाट हिँडोस् ।  एउटा इमान वाला कुनै पनि हालतमा अपमानित हुन हँदैन ।</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>एक इमानवालाको लागि यहुदी वा इसायी अथवा अन्य कुनै काफिरलाई सलाम गर्नमा पहल गर्न (जायज) उचित हैन ।
 यदि उनीहरूले सलाम गरि हाले भने उनीहरूको जवाफ " व अलैकुम" मात्र भन्नु पर्छ ।
 कुनै इमान वालाले जानीजानी कुनै काफिरलाई व्यर्थमा सास्ति दिनका लागि बाटो साँधुरो बनाउनु जायज छैन । तर यदि बाटो साँधुरो छ वा धेरै भिडभाड छ भने बाटो हिँड्ने अधिकार बढी मुसलमानको छ । यस्तोमा काफिर आफै छेउ लाग्नुपर्छ ।
 आस्थावान मुसलमानहरूको गर्व र अरूको तुच्छता प्रकट गर्नु, बिना कुनै अन्याय वा शब्दहरूको अशिष्टता।
 अल्लाहको इन्कारका कारण काफिरहरूलाई असजिलो बनाउनु, त्यो उनीहरूको इस्लाममा आउने कारण बन्न सक्छ; र यसरी उनीहरू आगो (नरक)बाट बच्न सक्छन् । सो उनीहरूले कारण थाहा पाएर नरकबाट बचून् ।
 यदि आवश्यक भए पहल गरेर मुसलमानले कुनै गैर मुस्लिमलाई "तिमी सन्चै छौ ? बिहानी कस्तो भयो ?" दिन कस्तो बितायौ ?" भनी सोध्न कुनै आपत्ति भएन । मनाहि केवल सलाममा पहल नगर्नका लागि हो ।
 इमाम तैबी (रहिमहुल्लाह) भन्नु हुन्छ : " चयन गरेका मस्ला मध्ये बिद्अतीलाई (धर्ममा अनावश्यक आविष्कार गर्ने) पनि सलाममा आफूले पहल नगर्नु हो । यदि कसैले नचिनेको मान्छेलाई सलाम गर्यो र पछि थाहा भयो कि त्यो जिम्मी रहेछ वा बिद्अती रहेछ भने उसको अपमानका लागि "मैले मेरो सलाम वापस लिएँ" भनेर भन्ने ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5347</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>कुनै पनि राम्रो कामलाई कहिले पनि तुच्छ नठान्नु, चाहे त्यो आफ्नो भाइलाई मुसुक्क हाँसेर भेट्नु नै किन नहोस ।</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>अबू-जर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "कुनै पनि राम्रो कामलाई कहिले पनि तुच्छ नठान्नु, चाहे त्यो आफ्नो भाइलाई मुसुक्क हाँसेर भेट्नु नै किन नहोस ।"</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुण्य कर्म गर्न र थोरै वा सानो भए पनि राम्रो कामलाई तुच्छ ठान्नु हुँदैन भनेर प्रोत्साहन दिनुभयो, जस्तैः भेट्दा मुस्कुराउनु । तसर्थ, प्रत्येक मुस्लिमले यसमा ध्यान दिनुपर्छ, किनभने यसले प्रेमको भावना र खुशी सृजना गर्छ ।</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>मुस्लिमहरूको बीच आपसी प्रेम र भेट हुँदा मुस्कुराउने महत्व ।
 इस्लामी शरीयत एक पूर्ण र व्यापक शरीयत हो । जसमा मुस्लिमहरूको कल्याण, एकता र सद्भाव कायम राख्ने सबै चीजहरू समावेश छन् ।
 थोरै भए पनि राम्रो काम गर्न प्रोत्साहन ।
 मुस्लिमहरूको हृदयमा खुशी छर्नु मुस्तहब (प्रोस्ताहित कार्य) हो, किनभने यसले आपसी प्रेम सिर्जना गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>बलियो त्यो होइन, जसले कसैलाई पराजित गर्छ, बलियो त्यो हो जसले रिस 
 आवेगको बेला आफूमाथि नियन्त्रण राख्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "बलियो त्यो होइन, जसले कसैलाई पराजित गर्छ, बलियो त्यो हो जसले रिस 
 आवेगको बेला आफूमाथि नियन्त्रण राख्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तविक बल शारीरिक बल होइन, न त कुस्तीमा प्रतिद्वन्द्व  हराउने व्यक्ति वास्तवमा बहादुर हो । वास्तविक बहादुर त्यो हो जसले क्रोधको समयमा आफूसँग लड्छ र विजयी हुन्छ । किनभने यो आफैलाई नियन्त्रणमा राख्ने र शैतानलाई पराजित गर्ने प्रमाण हो ।</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>क्रोधको समयमा संयम हुनु र आफूलाई नियन्त्रण गर्नु भनेको इस्लामले प्रेरित गरेको पुण्य का कर्महरू मध्ये एक हो ।
 रिसाएको बेला आफुसँग लड्नु शत्रुसँग लड्नु भन्दा गाह्रो हुन्छ ।
 इस्लामले इस्लाम पूर्व शक्तिको अवधारणालाई उच्च नैतिकतामा परिवर्तन गरेको छ । इस्लामको नजरमा, सबैभन्दा शक्तिशाली व्यक्ति त्यो हो जसले आफैमाथि नियन्त्रण राख्छ ।
 क्रोधबाट टाढा रहनुपर्छ, किनकि यो व्यक्ति र समाज दुवैका लागि हानिकारक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>जसले कुनै समुदाय को नक्कल गर्छ, त्यो तिनीहरूमध्ये एक हो ।</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले कुनै समुदाय को नक्कल गर्छ, त्यो तिनीहरूमध्ये एक हो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले कुनै अविश्वासी, अवज्ञाकारी वा धार्मिक समुदायको आस्था, उपासना वा विशेष रीतिरिवाको नक्कल गर्छ, ऊ ती मानिसहरूमध्ये गनिनेछ । किनभने बाहिरी रूपमा नक्कल गर्नाले तिनीहरूको भित्री रूपमा अनुकरण गर्न जान्छ । कुनै पनि समुदायको नक्कल गर्नु भनेको त्यस समुदायप्रति मानसिक झुकाव, प्रेम र सम्मानको परिणाम हो भन्ने कुरामा कुनै शंका छैन । यसले व्यक्तिलाई भित्री रूपमा पनि अनुकरण गर्न निम्त्याउँछ ( यस्ता कामबाट अल्लाहको शरण होस्) ।</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>यस हदीसमा, काफिर र अवज्ञाकारीहरूको नक्कल गर्न विरुद्ध चेतावनी दिइएको छ ।
 असल र भद्र व्यक्तिहरुको अनुकरण र अनुसरण गर्न प्रेरणा ।
 बाहिरी अनुरूपताले भित्री प्रेमलाई दर्शाउछ ।
 मानिस आफ्नो प्रतिरूप र स्वभाव अनुसार प्रतिज्ञा र पापको हकदार हुनेछ ।
 धार्मिक मामिला र विशेष कुराहरूमा काफिरहरूको नक्कल गर्न निषेध गरिएको छ । तर ज्ञान र सीप सिकाउने जस्ता अन्य विषयहरूमा उनीहरूको नक्कल गर्नु यो चेतावनीको दायरा भित्र आउँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>जसले राम्रो कामको मार्गदर्शन गर्दछ, उसलाई त्यो कर्म गर्ने व्यक्ति बराबर पुण्य दिइनेछ</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>अबू-मस्ऊद अल्-अन्सारी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एकजना मानिस नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: मेरो सवारी मरेको छ, त्यसैले मलाई सवारीको लागि एउटा जनावर दिनुहोस् । उहाँले भन्नुभयो: "मसँग कुनै जनावर छैन ।" यो सुनेर एक व्यक्तिले भने: हे अल्लाहका रसूल ! म उसलाई एक व्यक्तिको बारेमा बताउन सक्छु, जसले उसलाई सवारी दिनेछ । त्यसैले नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जसले राम्रो कामको मार्गदर्शन गर्दछ, उसलाई त्यो कर्म गर्ने व्यक्ति बराबर पुण्य दिइनेछ ।"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>एकजना मान्छे नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आएर भने: मेरो सवारी साधन (जनावर) मरेको छ, कृपया मलाई गन्तव्यसम्म पुर्‍याउने कुनै सवारी दिनुहोस्। नबी (सल्लल्लाहु अलैहि वसल्लम) ले माफी माग्दै भने कि उहाँसँग कुनै पनि सवारी साधन छैन जसमा उहाँलाई सवार गराउन सकुन।
  यो सुनेर त्यहाँ उपस्थित एक व्यक्तिले भने, हे अल्लाहका रसूल ! म उसलाई एक जना व्यक्तिको बारेमा बताउन सक्छु जसले उसलाई सवारीको लागि जनावर दिन सक्छ । यस सन्दर्भमा, उहाँले भन्नुभयो, यस व्यक्तिले पनि त्यो मान्छेले जस्तै इनाम पाउनेछ जसले उसलाई सवारी दान गरको थियो ,किनभने यसले खाँचोमा परेका व्यक्तिलाई उचित मार्गदर्शन प्रदान गरेको छ ।</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>राम्रो काम र सही मार्गदर्शन गर्न प्रेरणा ।
 राम्रो कामको लागि प्रेरणा, किनभने यसले मुस्लिम समाजलाई बलियो र पूर्ण बनाउँछ ।
 अल्लाहको अपार कृपा ।
 यो हदीस एक आम नियम र सिद्धान्त हो र सबै राम्रा कामहरू यसमा समावेश छन् ।
 जब कुनै मान्छे माग्ने व्यक्तिको आवश्यकता पूरा गर्न असमर्थ हुन्छ, तब उसलाई सहायता प्राप्त हुने सम्भाव्य सही मार्गनिर्देशन गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
-[...2 lines deleted...]
-    <t>मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, अल्लाहको नजरमा सबैभन्दा ठूलो पाप कुन हो? उहाँले भन्नुभयो: "अल्लाहको सहभागी ठहर गर्नु जबकि उहाँले तिमीलाई सृष्टि गर्नुभएको हो</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
+  </si>
+  <si>
+    <t>मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, अल्लाहको नजरमा सबैभन्दा ठूलो पाप कुन हो? उहाँले भन्नुभयो: "अल्लाहको सहभागी ठहर गर्नु जबकि उहाँले नै तिम्रो सृष्टि गर्नुभएको हो</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, अल्लाहको नजरमा सबैभन्दा ठूलो पाप कुन हो? उहाँले भन्नुभयो: "अल्लाहको सहभागी ठहर गर्नु जबकि उहाँले तिमीलाई सृष्टि गर्नुभएको हो ।" मैले सोधेँ, त्यस पछि कुन हो ?  उहाँले भन्नुभयो: "तिर्मो सन्तानले तिमीसँग खान्छ डरले उसको हत्या गर्नु ।" मैले सोधेँ, त्यस पछि कुन हो ? उहाँले भन्नुभयो: "आफ्नो छिमेकीकी पत्नीसँग जिना (व्यभिचार) गर्नु ।"</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें, अल्लाहको नजरमा सबैभन्दा ठूलो पाप कुन हो? उहाँले भन्नुभयो: "अल्लाहको सहभागी ठहर गर्नु जबकि उहाँले नै तिम्रो सृष्टि गर्नुभएको हो ।" मैले सोधेँ, त्यस पछि कुन हो ?  उहाँले भन्नुभयो: "तिर्मो सन्तानले तिमीसँगै खाने डरले उसको हत्या गर्नु ।" मैले सोधेँ, त्यस पछि कुन हो ? उहाँले भन्नुभयो: "आफ्नो छिमेकीकी पत्नीसँग जि़ना (व्यभिचार) गर्नु ।"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, सबैभन्दा ठूलो पाप के हो? उहाँले भन्नुभयो: सबैभन्दा ठूलो पाप शिर्क अकबर (बहु ईश्वरवाद) हो । शिर्क अकबर भनेको अल्लाहको उलूहीयत (ईश्वरत्व) मा वा रूबुबीयत (प्रभुत्व) मा वा अस्मा व सिफात (उहाँको नाम र विशेषताहरू) मा कुनै सहभागी ठहर गर्नु वा उहाँको बराबरीमा अरु कसैलाई ठान्नु हो । अल्लाहले पश्चात्ताप बिना यो पाप माफ गर्नुहुन्न । यदि कोही शिर्कको अवस्थामा मर्छ भने ऊ सधैं नरकमा रहन्छ । त्यसपछि दोस्रो ठूलो पाप भनेको आफ्नो बच्चालाई खाने खर्चको डरले मार्नु हो । हत्या गर्नु त्यत्तिकै ठूलो पाप हो, त्यसमाथि पीडित र हत्याराको रगतको नाता छ भने यो पाप झनै ठूलो हुन्छ । त्यसैगरी हत्याको पछाडी अल्लाहले प्रदान गर्नुएको भोजन खान्छ भन्ने डर लुकेको हुँदा पाप अझ ठूलो हुन्छ । तेस्रो ठूलो पाप भनेको आफ्नो छिमेकीकी श्रीमतीलाई बहकाएर अनि प्रलोभनमा पारेर व्यभिचार गर्नु हो । जिना (व्यभिचार) गर्नु निषेधित हो, त्यसमाथि छिमेकीकी श्रीमतीसँग जिना गर्दा यसको पाप अझै बढ्छ, किनभने शरियतले छिमेकीसँग राम्रो व्यवहार गर्न आदेश दिएको छ ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) सँग सोधिएको छ, सबैभन्दा ठूलो पाप के हो? उहाँले भन्नुभयो: सबैभन्दा ठूलो पाप शिर्क अकबर (बहु ईश्वरवाद) हो । शिर्क अकबर भनेको अल्लाहको "उलूहीयत" (ईश्वरत्व) मा वा "रूबुबीयत" (प्रभुत्व) मा वा "अस्मा व सिफात" (उहाँको नाम र विशेषताहरू) मा कुनै साझेदार ठहर गर्नु वा उहाँको बराबरीमा अरु कसैलाई ठान्नु हो । यो पापलाई अल्लाहले (व्यक्तिले गरेको) पश्चात्ताप बिना माफ गर्नुहुन्न । यदि कोही शिर्कमा लिप्त भएको अवस्थामा मर्छ भने ऊ सधैं नरकमा रहन्छ । त्यसपछि दोस्रो ठूलो पाप भनेको आफ्नो बच्चालाई खाने खर्चको डरले मार्नु हो । हत्या गर्नु त्यत्तिकैमा ठूलो पाप हो, त्यसमाथि यदि हत्यारा र पीडितबीच रगतको सम्बन्ध छ भने त्यो झनै ठूलो हुन्छ। त्यसैगरी सन्तान हत्याको उद्देश्य अल्लाहले प्रदान गर्नुएको भोजन सँगै खान्छ भन्ने डर हुँदा पाप अझ ठूलो हुन्छ । तेस्रो ठूलो पाप भनेको आफ्नो छिमेकीकी श्रीमतीलाई बहकाएर अनि प्रलोभनमा पारेर व्यभिचार गर्नु हो । व्यभिचार गर्नु निषेधित छ, त्यसमाथि छिमेकीकी श्रीमतीसँग व्यभिचार गर्दा यसको पाप अझै बढ्छ, किनभने शरियतले छिमेकीसँग राम्रो व्यवहार गर्न आदेश दिएको छ ।</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>जसरी राम्रो कर्मको पुण्यमा भिन्नता हुन्छ, त्यसरी नै पापहरू पनि ठूला-साना हुन्छन् ।
 सबैभन्दा ठुलो पाप अल्लाहसँग शिर्क गर्नु, त्यसपछि खाने खर्चको डरले आफ्नो बच्चालाई मार्नु र त्यसपछि छिमेकीकी श्रीमतीसँग व्यभिचार गर्नु हो ।
-जीविका अल्लाहको हातमा छ र उहाँले सबै सृष्टिहरूको जीविकाको प्रबन्ध गर्नुभएको छ ।
-[...1 lines deleted...]
-सृष्टिकर्ता मात्र उपासना योग्य हुनुहुन्छ र उहाँको कोही साझेदार छैन ।</t>
+जीविका अल्लाहको हातमा छ र उहाँले नै सबै सृष्टिहरूको जीविकाको प्रबन्ध गर्नुभएको छ ।
+छिमेकीको अधिकारको महत्वपूर्ण छ र छिमेकीलाई हानि पुर्याउनु अर्को व्यक्तिलाई हानि पुर्याउनु भन्दा ठूलो पाप हो ।
+केवल सृष्टिकर्ता (अल्लाह) मात्र उपास्य हुनुहुन्छ र उहाँको कोही साझेदार छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>मृतकलाई गालीगलौज नगर, किनकि उनीहरू पहिले गरेका 
 (राम्रा वा नराम्रा) कर्मतर्फ फर्किसकेका छन् ।”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : मृतकलाई गालीगलौज नगर, किनकि उनीहरू पहिले गरेका 
 (राम्रा वा नराम्रा) कर्मतर्फ फर्किसकेका छन् ।”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मृतकलाई गाली गलौज गर्न र तिनीहरूको इज्जतसँग खेलबाड गर्न हराम गर्नु भएको छ । यो असभ्यता र अभद्रता पनि हो, किनभने उनीहरु अघि पठाएका राम्रा वा नराम्रा कर्महरूमा पुगिसकेका छन् । दोस्रो कुरा तिनीहरूको बारेमा खराब बोलियो भने, यो तिनीहरूमा पुग्दैन, तर यसले जीवितहरूलाई चोट पुर्‍याउँछ ।</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>यो हदीस मृतकलाई गालीगलौज निषेध गरिएको प्रमाण हो ।
 जिउँदो मानिसहरूलाई पीडा नहोस् र समाजलाई आपसी शत्रुता र घृणाबाट जोगाउन मृतकलाई गाली गर्नबाट टाढा रहनुपर्छ ।
 मृतकलाई गाली गर्न निषेध गर्नुको कारण भनेको मृतकले गरेका राम्रा वा नराम्रा कर्म अघि पुगिसकेको छ, त्यसैले उनीहरूलाई गाली गर्नुको कुनै औचित्य छैन,जबकि यसले तिनीहरूका जीवित आफन्तहरूलाई पीडा हुन्छ ।
 कुनै पनि व्यक्तिले भलाइ नभएको व्यर्थ कुरा भन्नु हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>“कुनै मान्छेको लागी आफ्नो भाइसँग तीन दिनभन्दा बढी बोलचाल बन्द राख्न जायज छैन । दुबै एक अर्कालाई भेट्छन् तर अर्कोतिर मुख फर्काएर  बस्छन भने दुई मध्ये सबैभन्दा राम्रो त्यो हो जसले सलाम गर्नमा पहल गर्छ ।</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : “कुनै मान्छेको लागी आफ्नो भाइसँग तीन दिनभन्दा बढी बोलचाल बन्द राख्न जायज छैन । दुबै एक अर्कालाई भेट्छन् तर अर्कोतिर मुख फर्काएर  बस्छन भने दुई मध्ये सबैभन्दा राम्रो त्यो हो जसले सलाम गर्नमा पहल गर्छ ।"</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुनै पनि मुस्लिमले आफ्नो भाइसँग तीन दिन भन्दा बढी बोलचाल बन्द गर्न  र एकअर्कालाई भेट्दा सलाम नगर्ने व्यवहार निषेध गर्नुभएको छ ।
 यी दुई मध्ये राम्रो मान्छे त्यो हो जसले मौनतालाई तोड्छ र अगाडि आएर सलाम गर्छ । यहाँ व्यक्तिगत स्वार्थका लागि कुराकानी बन्द गरिएको हो भन्ने बुझ्नुपर्छ । तर यदि कसैले अल्लाहको खातिर सम्बन्ध तोडेको छ, जस्तै अल्लाह र उहाँका रसूलको अवज्ञा गर्नेहरू, अधर्मी र खराब साथीहरूदेखि कुराकानी बन्द गर्ने भनेको यो कुनै समय सीमाले बाँधिएको छैन । यो कारण र परिवेशमा निर्भर छ, कारण समाप्त हुने बित्तिकै सम्बन्ध स्वतः सुचारु हुन्छ ।</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>मानवीय स्वभावलाई ध्यानमा राखेर तीन दिन वा सोभन्दा कम कुराकानी बन्द गर्ने अनुमति छ ।
 सलामको महत्व, यो मनको घृणा मेटाउने माध्यम र प्रेमको प्रतीक हो ।
 इस्लाम मुस्लिमहरू बीच भाइचारा र प्रेमको वातावरण स्थापना गर्न चाहन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>सम्बन्ध तोड्ने व्यक्ति स्वर्गमा प्रवेश गर्ने छैन ।</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>जुबैर बिन मुतइम (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेका सुनें, उहाँले भन्रनुभयो : "सम्बन्ध तोड्ने व्यक्ति स्वर्गमा प्रवेश गर्ने छैन ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले  आफ्ना आफन्तहरूलाई उनीहरूको वैध अधिकारबाट वञ्चित गर्छ, उनीहरूलाई दुख दिन्छ वा उनीहरूसँग दुर्व्यवहार गर्छ, त्यो स्वर्गमा प्रवेश गर्न योग्य छैन ।</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>आफन्तसँगको सम्बन्ध तोड्नु महापाप हो ।
 नातागोता र पारिवारिक सम्बन्धहरू चलनचल्ती अनुसार कायम गरिनेछ । स्थान, समय र व्यक्ति अनुसार फरक हुन्छ ।
 पारिवारिक सम्बन्ध कायम गर्नु भनेको आफन्तलाई भेटघाट गर्नु, दान दिनु, उनीहरूप्रति दयालु हुनु, बिरामीलाई भेट्नु, उनीहरूलाई असल कुराको उपदेश दिनु, नराम्रो काम गर्न निषेध गर्नु आदि इत्यादि ।
 आफन्तसंगको सम्बन्ध जति नजिकको हुन्छ, नाता तोड्दा त्यति नै ठूलो पाप लाग्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>दुइ मुखे (चुगली गर्ने) व्यक्ति स्वर्गमा प्रवेश गर्नेछैन ।</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "दुइ मुखे (चुगली गर्ने) व्यक्ति स्वर्गमा प्रवेश गर्नेछैन ।"</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले मानिसहरूबीच सम्बन्ध बिगार्ने नियतले एक व्यक्तिको कुरालाई अर्को व्यक्तिमा फैलाउँछ, ऊ स्वर्गमा प्रवेश गर्ने हकदार रहँदैन  ।</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>एक व्यक्तिको कुरालाई अर्को व्यक्तिमा फैलाउनु ठूलो पाप हो ।
 दुइ मुखी प्रवृत्ति निषेधित छ, किनकि यसले सम्बन्ध बिगार्छ साथै व्यक्ति र समाजका लागि धेरै हानिकारक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
-[...2 lines deleted...]
-    <t>कयामतको दिन तराजुमा राम्रो व्यवहार भन्दा ठूलो (भारी) अरू केही हुनेछैन  । अल्लाह अश्लील र अभद्र व्यक्तिलाई घृणा गर्नुहुन्छ ।</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
+  </si>
+  <si>
+    <t>कयामतको  दिनमा (कर्म जोख्ने बखत) तराजुमा असल व्यवहार भन्दा गरुङ्गो (भारी) कुनै पनि चीज हुनेछैन। निश्चय नै, अल्लाह अश्लील र अभद्र व्यक्तिसँग घृणा गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
-    <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कयामतको दिन तराजुमा राम्रो व्यवहार भन्दा ठूलो (भारी) अरू केही हुनेछैन  । अल्लाह अश्लील र अभद्र व्यक्तिलाई घृणा गर्नुहुन्छ ।"</t>
+    <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कयामतको  दिनमा (कर्म जोख्ने बखत) तराजुमा असल व्यवहार भन्दा गरुङ्गो (भारी) कुनै पनि चीज हुनेछैन। निश्चय नै, अल्लाह अश्लील र अभद्र व्यक्तिसँग घृणा गर्नुहुन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामतको दिन मुमिनहरूको कर्म वजन गर्दा तराजुमा सबैभन्दा भारी सत्कर्म नैतिकता हुनेछ, जस्तैः अनुहारमा मुस्कान, अरुलाई दु:ख नदिनु र राम्रो कार्यहरू गर्नु । अल्लाहले कार्य र बोलीमा अश्लील र अभद्र कुरालाई घृणा गर्नुहुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामतको दिनमा विश्वासीहरूको कर्म तौलँ गर्दा तराजुमा सबैभन्दा भारी सत्कर्म उत्तम आचरण हुनेछ, जस्तैः अनुहारमा मुस्कान, कसैलाई दुःख नदिनु र राम्रा कार्यहरू गर्नु। अल्लाहले कर्म र बोली दुवैमा अश्लील र अभद्र कुरालाई घृणा गर्नुहुन्छ, र मुखले बोल्ने अश्लील वचनलाई मन पराउनुहुन्न।</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
-    <t>उत्कृष्ट  व्यवहारको सद्गुण; किनभने अल्लाह र उहाँका भक्तहरूको प्रेम प्राप्त गर्ने ठूलो माध्यम र कयामतको दिन तराजुमा तौलिने सबैभन्दा ठूलो चीज हो ।</t>
+    <t>यसबाट उत्कृष्ट व्यवहारको सद्गुण स्पष्ट हुन्छ, किनकि उत्तम आचरणले अल्लाह र उहाँका भक्तहरूको प्रेम प्राप्त हुन्छ र त्यो कयामतको दिन तराजुमा सबैभन्दा वजनदार तौल भएको कर्म पनि हुनेछ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[अबू दाउद र तिर्मीजीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>जसले आफ्नो जीविकोपार्जन विस्तार होस् र आयु लामो होस् भन्ने चाहन्छ, उसले आफ्नो नातागोतासँग राम्रो सम्बन्ध कायम गरोस् ।</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले आफ्नो जीविकोपार्जन विस्तार होस् र आयु लामो होस् भन्ने चाहन्छ, उसले आफ्नो नातागोतासँग राम्रो सम्बन्ध कायम गरोस् ।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफन्तहरूसँग राम्रो नाता कायम गर्न प्रोत्साहित गर्दै हुनुहुन्छ, जस्तैः बेलाबेलामा उनीहरूलाई भेट्नु, भौतिक र आर्थिक सहयोग गर्नु इत्यादि र यसबाट मानिसको जीविकोपार्जनमा वृद्धि र आयु लामो हुन्छ ।</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>अरबी शब्द "अल-रहिम" ले बुबा र आमा दुवै पक्षका नातेदारहरूलाई बुझाउँछ । सम्बन्ध जति नजिक र घनिष्ट हुन्छ, त्यति नै राम्रो व्यवहारको हकदार हुन्छ ।
 मानिसलाई कर्म अनुसार बदला दिइनेछ । तसर्थ, जसले सद्भाव, राम्रो व्यवहार र दयाको माध्यमबाट सम्बन्ध सुदृढ गर्ने काम गर्छ, अल्लाहले उसको जीविका र उमेरमा आशिष दिनुहुन्छ ।
 सम्बन्ध कायम गर्नु जीविकोपार्जन र दीर्घायु बढाउने माध्यम हो । जीविकोपार्जन र उमेर दुवै निर्धारित भएतापनि कहिलेकाहीँ त्यसमा बर्कत (सम्बृद्धि) हुन्छ र व्यक्तिले आफ्नो जीवनमा उही उमेरका मानिसहरूले गर्न सक्ने भन्दा धेरै लाभदायक काम गर्न सक्षम हुन्छ । कतिपय विद्वानले जीविकोपार्जन र आयुमा भएको बृद्धिलाई वास्तविक बताएका छन्, अल्लाहले धेरै जानेका छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>जसले अर्कालाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई कष्ट दिन्छ, अल्लाहले उसलाई कष्टमा पार्नुहुनेछ ।</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>अबू सिरम: (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले अर्कालाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई कष्ट दिन्छ, अल्लाहले उसलाई कष्टमा पार्नुहुनेछ ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>"नबी (सल्ललाहु अलैहि वसल्लम) ले मुसलमानलाई हानी पुर्याउने वा कुनै पनि कुरामा, चाहे त्यो उसको जीवन होस्, धन होस् या परिवार, कठिनाइ थप्ने काम गर्नबाट सजग रहन भनेका छन्। जसले यस्ता काम गर्छ, उसलाई अल्लाहले उस्तै प्रकारको कर्मको आधारमा सजाय दिनेछन्।"</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>मुस्लिमलाई हानि पुर्‍याउनु र उसलाई अप्ठ्यारोमा पार्नु वर्जित (हराम) हो ।
 अल्लाहले आफ्ना सेवकहरूका लागि बदला लिनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीकहाँ आउनुभयो, हामीले भन्यौं: हे अल्लाहका रसूल! तपाईंलाई सलाम (अभिवादन) कसरी गर्ने भनेर हामीले सिकेका छौं, तर तपाईंमाथि दरुद कसरी पठाउने ?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
-    <t>अब्दुर रहमान बिन अबु लैला भन्छन्, काअब् बिन उज्राले मलाई भेटे र भने: के म तिमीलाई कोसेली नदिउँ?" जब रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीकहाँ आउनुभयो, हामीले भन्यौं: हे अल्लाहका रसूल! तपाईंलाई सलाम (अभिवादन) कसरी गर्ने भनेर हामीले सिकेका छौं, तर तपाईंमाथि दरुद कसरी पठाउने ? उहाँले भन्नुभयो: "तिमीहरू यसरी भन: ‘अल्लाहुम्म सल्लि अला मुहम्मद्, व अला आलि मुहम्मद्, कमा सल्लैत अला इब्राहीम्, इन्नक हमीदुम्मजीद् । अल्लाहुम्म बारिक् अला मुहम्मद्, व अला आलि मुहम्मद्, कमा बारक्त अला इब्राहीम्, इन्नक हमीदुम्मजीद्’ ।"</t>
+    <t>अब्दुर रहमान बिन अबु लैला भन्छन्, काअब् बिन उज्राले मलाई भेटे र भने: के म तिमीलाई कोसेली नदिउँ?" जब रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीकहाँ आउनुभयो, हामीले भन्यौं: हे अल्लाहका रसूल! तपाईंलाई सलाम (अभिवादन) कसरी गर्ने भनेर हामीले सिकेका छौं, तर तपाईंमाथि दरुद कसरी पठाउने ? उहाँले भन्नुभयो: "तिमीहरू यसरी भन: ‘अल्लाहुम्म सल्लि अला मुहम्मद्, व अला आलि मुहम्मद्, कमा सल्लैत अ़ला आले इब्राहीम्, इन्नक हमीदुम्मजीद् । अल्लाहुम्म बारिक् अला मुहम्मद्, व अला आलि मुहम्मद्, कमा बारक्त अला इब्राहीम्, इन्नक हमीदुम्मजीद्’ ।"</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
-    <t>सहाबाहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, हामीले 'अत्तहिय्यातु' मा "अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु" द्वारा तपाईंलाई सलाम (अभिवादन) गर्ने तरिका सिकेका छौं, तर दरुद कसरी पठाउने "? त्यसपछि उहाँले दरुद पठाउने तरिका सिकाउनुभयो, जसको अर्थ हो : "अल्लाहुम्म सल्लि अला मुहम्मद्" यसको अर्थ: मुहम्मदको उच्च (उत्कृष्ट र नजिकका फरिश्ताहरू) सभामा सुन्दर शब्दहरूले प्रशंसा गर्नु, उहाँको धर्मका अनुयायीहरू र उहाँका आफन्तमध्येका विश्वास गर्नेहरूलाई पनि सम्मान दिनु। "कमा सल्लैत अला इब्राहीम्" जसरी तपाईंले इब्राहीमको परिवारमाथि आशिर्वाद गर्नुभएको छ । इब्राहीम्को परिवार भनेको इब्राहीम, इस्माइल, इसहाक र तिनीहरूका सन्तान र तिनीहरूका आस्थावान अनुयायीहरू हुन् । त्यसरी नै मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) माथि आफ्नो अनुग्रह विस्तार गर्नुहोस् । "इन्नक हमीदुम्मजीद्" अर्थात : तपाईं आफ्नो स्वभाव, गुण र कर्ममा प्रशंसनीय हुनुहुन्छ र अपार महानता, महिमा र आशीर्वादको मालिक हुनुहुन्छ । "अल्लाहुम्म बारिक् अला मुहम्मद्, व अला आलि मुहम्मद्, कमा बारक्त अला इब्राहीम्" अर्थात्, उहाँलाई सबैभन्दा ठूलो भलाइ र सम्मान प्रदान गर्नुहोस् र यसमा अझै वृद्धि गर्नुहोस् र यसलाई स्थायी राख्नुहोस् इब्राहीम माथि गरेजस्तै।</t>
+    <t>सहाबाहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे कि हामीले (नमाजमा बस्ने स्थिति) 'अत्तहिय्यातु' मा "अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु" द्वारा तपाईंलाई सलाम (अभिवादन) गर्ने तरिका सिकेका छौं, तर दरुद कसरी पठाउने "? नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनिहरुलाई दरुद पठाउने तरिका सिकाउनुभयो, जसको अर्थ हो : "‘अल्लाहुम्म सल्लि अला मुहम्मद्, व अला आलि मुहम्मद्" अर्थात्: उच्च (उत्कृष्ट र नजिकका फरिश्ताहरू) सभामा मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को सुन्दर शब्दहरूले प्रशंसा गर्नु, उहाँको धर्मका अनुयायीहरू र उहाँका आफन्तमध्येका विश्वास गर्नेहरू माथि कृपा गर्नु। "कमा सल्लैत अ़ला आले इब्राहीम्" अर्थात् जसरी तपाईंले इब्राहीमको परिवारलाई आशीर्वाद प्रदान गर्नुभएको छ ।  त्यसरी नै मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) माथि आफ्नो अनुग्रह विस्तार गर्नुहोस् । इब्राहीमको परिवार भन्नाले—इब्राहीम, इस्माईल, इसहाक, तिनीहरूको सन्तान तथा तिनीहरूको आस्थावान अनुयायीहरूलाई बुझिन्छ।” "इन्नक हमीदुम्मजीद्" अर्थात : तपाईं आफ्नो सत्ता, गुण र कर्ममा प्रशंसनीय हुनुहुन्छ र असीम महानता, प्रभुत्व र आशीर्वादको मालिक हुनुहुन्छ । "अल्लाहुम्म बारिक् अला मुहम्मद्, व अला आलि मुहम्मद्, कमा बारक्त अला आले इब्राहीम्" अर्थात्, उहाँलाई सबैभन्दा ठूलो भलाइ र सम्मान प्रदान गर्नुहोस् र यसमा अझै वृद्धि गर्नुहोस् र यसलाई निरन्तर राख्नुहोस् इब्राहीम माथि गरेजस्तै।</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>सलफ (पहिलेका निष्ठावानहरू) हरूले एक-अर्कालाई ज्ञानको कोसेली दिने गर्थे ।
-नमाजको अन्तिम तशहुदमा रसूल (सल्लल्लाहु अलैहि वसल्लम) मा 
+नमाजको अन्तिम तशहुदमा रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि 
 दरुद पठाउनु अनिवार्य छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूलाई उहाँमाथि दरुद पठाउने तरिका सिकाउनुभएको छ ।
-यो रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि दरूद पठाउने सबैभन्दा उत्तम शब्दहरू हुन् ।</t>
+माथि उल्लेखित शब्दहरु रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि दरूद पठाउने सबैभन्दा उत्तम शब्दहरू हुन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
-[...2 lines deleted...]
-    <t>जसले सूरह फातिहा पढेन, उसको नमाज भएन ।</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
+  </si>
+  <si>
+    <t>जसले नमाजमा सूरह फातिहा पढ्दैन, उसको नमाज मान्य हुँदैन।</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
-    <t>उबादह बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्,	रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले सूरह फातिहा पढेन, उसको नमाज भएन ।"</t>
+    <t>उबादह बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्,	रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले नमाजमा सूरह फातिहा पढ्दैन, उसको नमाज मान्य हुँदैन।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, सूरह फातिहा बिना नमाज सही हुँदैन । प्रत्येक रकाअतमा सूरह फातिहा पढ्नु नमाजको एक स्तम्भ हो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि सूरह फातिहा बिना नमाज सही हुँदैन । प्रत्येक रकाअतमा सूरह फातिहा पढ्नु नमाजको आधारभूत स्तम्भ हो ।</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
-    <t>यदि सूरह फातिहा पढ्ने शक्ति छ भने अरू केही पढ्दा पर्याप्त हुन्न ।
+    <t>यदि व्यक्तिलाई सूरह फातिहा पढ्न आउँछ भने त्यसको सट्टामा अरू केही पढ्नु पर्याप्त हुँदैन।
 यदि कुनै रकाअतमा सूरह फातिहा पढिएन भने त्यो रकाअत अमान्य हुन्छ, चाहे त्यो जानाजानी, अज्ञानता वा बिर्सेर होस्, किनभने यो नमाजको एउटा रुक्न (स्तम्भ) हो र रुक्नलाई कदापी छोड्न सकिदैन ।
-यदि मुक्तदीले इमामलाई रुकुको अवस्थामा भेट्टाउँछ भने सूरह फातिहा पढ्नु माफ छ ।</t>
+यदि मुक्तदीले इमामलाई रुकुको अवस्थामा भेट्टाउँछ भने त्यस व्यक्तिले सूरह अल-फातिहा पढ्नु अनिवार्य हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ</t>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>त्यो मान्छे हामीहरूमध्ये होइन जो गालामा थप्पड हान्छ, (अनावश्यक)  लुगा च्यात्छ र जाहिलियत (अज्ञान कालिन समय)को जस्तो कुनै शब्द बोल्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु) भन्नु हुन्छ: नबी(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : त्यो मान्छे हामीहरूमध्ये होइन जो गालामा थप्पड हान्छ, (अनावश्यक)  लुगा च्यात्छ र जाहिलियत (अज्ञान कालिन समय)को जस्तो कुनै शब्द बोल्छ ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि व सल्लम)ले जाहिलियत (अज्ञान कालिन समय)का केही काम र बोलहरूबाट मनाहि गर्नु भएर भन्नु भएको छ : त्यो मान्छे हामीहरूमध्ये को होइन  :
 १.जो गालामा थप्पड हान्छ । उहाँले खास गरेर गालामा हान्ने बारेमा मनाहि गर्नु भयो । किन कि यस्ता मौकाहरूमा मान्छेले प्रायजसो गालामा नै हानेको हुन्छ । नत्रता मुखको अन्य अङ्गमा पनि पिट्न मनाहि नै छ ।
 २. कपडामा जस ठाउँबाट टाउको हाल्नका लागि खोलिन्छ, त्यसलाई शोकको कारणले अत्यधिक च्यात्छ।
 ३.जाहिलियत (अज्ञान कालिन समय)को मान्छेहरूले बोले जस्तो बोल बोल्छ : जस्तै हाइ हाइ र बर्बाद भयो भनेर विलाप गर्नु वा (छाती पिटेर) शोक व्यक्त गर्यो, आदी।</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>यो हदीसमा दिइएको चेतावनीले बताउँछ कि यी कामहरू महापापमा सम्मिलित छन् ।
 दुःखमा धैर्य धारण गर्नु वाजिब छ र अल्लाहको पीडादायी निर्णयमा असन्तोष प्रकट गर्नु ,चीत्कार पूकार गरेर शोक व्यक्त, कपाल खौरिनु वा लुगा च्यात्नु , भाग्य देखि रिसाउनु जस्ता व्यवहार देखाउनु हराम छ ।
 जाहिलियत (अज्ञान कालिन समय)का यस्ता कामहरू हराम हुन् , जसलाई शरियतले कायमै राखेको छैन ।
 चिन्तित हुन र रूनमा कुनै आपत्ति भएन । यो अल्लाह तआलाको फैसलामा धैर्य गर्नुको विपरीत होइन । यो त दया हो जो अल्लाह तआलाले नातेदार र आफन्तहरूको मनमा राख्नु हुन्छ ।
 अल्लाहको फैसलामा राजी रहनु मुसलमानको जिम्मेवारी हो । यदि राजी हुन सकेन भने धैर्य गर्नु चाहिँ अनिवार्य हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5380</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>मानिस आफ्नो ईश्वर  देखि सबैभन्दा नजिक सजदा गर्दाको हालतमा हुँदा हुन्छ । त्यसैले (सजदामा) धेरै प्रार्थना गर्नु।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " मानिस आफ्नो ईश्वर  देखि सबैभन्दा नजिक सजदा गर्दाको हालतमा हुँदा हुन्छ । त्यसैले (सजदामा) धेरै प्रार्थना गर्नु।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, सेवक जब सजदामा हुन्छ, तब ऊ आफ्नो परमेश्‍वर को सबैभन्दा नजिक हुन्छ, किनभने  सेवकले आफ्नो शरीरको सबैभन्दा उच्च र सम्मानजनक भागलाई भुइँमा राख्छ र अल्लाहको अगाडि नम्रता व्यक्त गर्दछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सज्दाको अवस्थामा सकेसम्म धेरै भन्दा धेरै प्रार्थना गर्न आदेश दिनुभएको छ, ताकि  व्यक्तिले अल्लाहसामु शब्द र कार्य दुवै मार्फत आफ्नो नम्रता व्यक्त गरोस् ।</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>पुण्य कर्मले सेवकको अल्लाहसँग निकटता बढाउँछ ।
 सजदाको अवस्थामा अत्यधिक दुआ गर्नु मुस्तहब हो । किनकि यो दुआ (प्रार्थना) स्वीकृत हुने अवसरहरु मध्ये एक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>जसले जुमा (शुक्रबार) को दिन जनाबत (यौनसम्बन्ध पछि) को स्नान गर्छ र त्यसपछि पहिलो प्रहरमा मस्जिदतर्फ जान्छ, उसले दानमा ऊँट दिए जस्तै हो</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जसले जुमा (शुक्रबार) को दिन जनाबत (यौनसम्बन्ध पछि) को स्नान गर्छ र त्यसपछि पहिलो प्रहरमा मस्जिदतर्फ जान्छ, उसले दानमा ऊँट दिए जस्तै हो । जो दोस्रो प्रहरमा मस्जिद जान्छ, उसले दानमा गाई दिए जस्तै हो । जो तेस्रो प्रहरमा मस्जिद जान्छ, उसले दानमा भेडा दिए जस्तै हो । जो चौथो प्रहरमा मस्जिद जान्छ, उसले दानमा कुखुरा दिए जस्तै हो । जो पाँचौं प्रहरमा मस्जिद जान्छ, उसले दानमा अण्डा दिए जस्तै हो । त्यसपछि जब इमाम (खुत्बाको लागि) आउनुहुन्छ, फरिश्ता (स्वर्गदूत) हरू उपस्थित हुन्छन् र खुत्बा(उपदेश) सुन्छन् ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले जुमाको नमाज लागि चाँडै जाने सद्गुणबारे बताउनुभएको छ । जुमाको लागि प्रारम्भिक आगमन सूर्योदयदेखि लिएर इमामको आगमनसम्म हुन्छ; र यो पाँच घडी हुन्छ । सूर्योदयदेखि लिएर इमामले खुत्बा (उपदेश) को लागि मिम्बर (मंच) मा चढ्नेसम्मको समयलाई पाँच भागमा विभाजित गरिएको छ :
 पहिलो: जसले जनाबत (यौनसम्बन्ध पछि) को स्नान जस्तै पूर्ण स्नान गर्छ र त्यसपछि पहिलो प्रहरमा मस्जिदतर्फ जान्छ, उसले दानमा ऊँट दिए जस्तै हो ।
 दोस्रो: जो दोस्रो प्रहरमा जान्छ, उसले दानमा गाई दिए जस्तै हो ।
 तेस्रो: जो तेस्रो प्रहरमा जान्छ, उसले दानमा एउटा भेडा दिए जस्तै हो (सिङहरू भएको भाले भेडा) ।
 चौथो: जो चौथो प्रहरमा जान्छ, उसले दानमा कुखुरा दिए जस्तै हो ।
 पाँचौं: जो पाँचौं प्रहरमा जान्छ, उसले दानमा अण्डा दिए जस्तै हो ।
 जब इमाम खुत्बा (उपदेश) दिन आउनु हुन्छ; ढोकामा बसेका स्वर्गदूतहरूले मस्जिदमा आउनेहरूलाई क्रमशः लेख्ने कार्य छोडेर जिक्र र खुत्बा सुन्न थाल्छन् ।</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>जुमाको नमाज पढ्न जानु अघि नुहाउन प्रोत्साहन ।
 जुमाको नमाज पढ्न पहिलो प्रहरमा चाँडै आइपुग्नुको श्रेष्ठता ।
 राम्रो काम गर्न पहल गर्न प्रोत्साहन ।
 फरिश्ता (स्वर्गदूत) हरू जुमाको नमाज उपस्थित हुन्छन् र उपदेश सुन्न्छन् ।
 फरिश्ता (स्वर्गदूत) हरू मस्जिदहरूको ढोकामा हुन्छन् र जुमाको नमाज लागि आउनेहरूलाई क्रमशः लेख्छन् ।
 इब्न रजबले भने: उहाँको भनाइ: "जसले शुक्रबारको दिन नुहाउँछ र त्यसपछि मस्जिद जान्छ" ले शुक्रबारको लागि मुस्तहब स्नान सूर्योदयदेखि सुरु हुन्छ र जुमाको लागि प्रस्थान गर्दा समाप्त हुन्छ भनेर प्रमाणित हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5393</t>
   </si>
   <si>
-    <t>‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ</t>
+    <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
     <t>तिमीहरूमध्येको कोही जुमाको (शुक्रबार) नमाजका लागि आउँछ भने उसले नुहाएर आउनु ।</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन अमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ, उहाँ भन्नु हुन्छ कि मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्दै गर्नु
  भएको सुनेँ : " तिमीहरूमध्येको कोही जुमाको (शुक्रबार) नमाजका लागि आउँछ भने उसले नुहाएर आउनु । "</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
     <t>अल्लाहका नबी(सल्लल्लाहु अलैहि वसल्लम) ताकिदका साथ भन्दै हुनु हुन्छ कि यदि तिमीहरूमध्ये कोही मान्छे जुमाको नमाजका लागि आउन चाहान्छ भने जनाबतको गुस्ल (पवित्रताको लागि गरिएको स्नान) जसरी नै नुहाएर आएको राम्रो हुन्छ ।</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
     <t>जुमाको दिन स्नान गर्ने ताकिद : इमान वालाका लागि जुमाको दिन नुहाउनु सुन्नत हो र नमाजका लागि जान लाग्दा नुहाएर जानु उत्तम हो ।
 सरसफाई र सुगन्धित वस्तुको प्रयोग इमान वालाको आचरण र नैतिकतामध्ये एक हो, र मानिसहरूलाई भेट्दा र तिनीहरूसँग बस्दा, विशेष गरी जमघट र समूहहरूमा यसको ताकिद बढ्न जान्छ ।
 हदीसमा सम्बोधित तिनीहरू हुन जसका लागि जुमाको नमाज वाजिब ( अनिवार्य ) छ । किन कि उनीहरू नै यसमा सामेल भएका हुन्छन् ।
 जो व्यक्ति जुमाको(शुक्रवारको) नमाजका लागि जान्छ, उसलाई स्वच्छ हुनु मुस्तहब (उत्तम) मानिन्छ, त्यसैले उसले स्नान गर्नुपर्छ ताकि शरीरका गन्धहरू हटून, र खुशबू लगाउनुपर्छ। तर कसैले वजू मात्र गर्यो भने पनि  काफी हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5394</t>
   </si>
   <si>
-    <t>الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ</t>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
     <t>स्वार्थी त्यो हो जसका सामु मेरो नाम लिइयो र उसले म माथि दरूद पढेन ।</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
     <t>हजरत हुसैन बिन अली बिन अबू तालिब (रजियल्लाहु अन्हुमा)को वर्णन छ, उहाँ भन्नु हुन्छ :  अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : स्वार्थी त्यो हो जसका सामु मेरो नाम लिइयो र उसले म माथि दरूद पढेन ।</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो नाम, उपनाम, वा विशेषता सुनेको बेला उनमाथि दुआ नपढ्नुको बारेमा चेतावनी दिनुभयो, र भन्नुभयो: "सबभन्दा कन्जूस व्यक्ति त्यो हो जसको अगाडि मेरो नाम आउँछ र उसले दरूद पढ्दैन।" यसका कैयौँ कारणहरू छन् :
 पहिलो : उसले यस्तो कुरा खर्च गर्नमा कन्जुस्याइँ देखायो जसमा अलिकति पनि घाटा छैन । यसमा न माल खर्च हुन्छ न मिहिनेत लाग्छ ।
 दोस्रो : उसले आफूलाई अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद पढ्ने विशिष्टताबाट वञ्चित राख्यो । उसले उहाँ(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद नपढेर यस्तो हक पुरा गर्नमा कुन्जुस्याइँ देखायो भने यस सन्दर्भमा भनिएको आदेश पुरा गर्न र पुण्य एवं प्रतिफल पाउनका लागि उसले  गर्नु पर्ने थियो ।
 तेस्रो : नबी(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद पढ्नु उहाँका हामी माथि भएका हकहरू पुरा गर्ने विभिन्न तरिकाहरू मध्ये एक हो: किन कि उहाँले हामीलाई तालिम दिनु भएको छ, हाम्रो मार्ग दर्शन गर्नु भयो, उहाँले नै हामीलाई अल्लाह तआलातर्फ बोलाउनु भयो, उहाँले नै हामीहरूतर्फ यो वही (प्रकाशना) लिएर आउनु भयो र यो शरीअत ( नीति शास्त्र) पनि । अल्लाह तआला पछि उहाँ नै हामीहरूको मार्ग दर्शनका माध्यम हुनु हुन्छ । तसर्थ उहाँ माथि दरूद न पढ्ने वाला स्वयम् आफ्ना लागि र आफ्नो नबी (सल्लल्लाहु अलैहि व सल्लम)को एउटा सानो हक पुरा गर्नमा पनि कन्जुस्याइँ गर्ने वाला हो ।</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद नपढ्नु कन्जुसीको प्रतीक हो ।
 नबी(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद पढ्नु हरेक समयमा उत्तम पुण्यको काम हो । तर उहाँको चर्चा भएको बेलामा यसको ताकिद झन् बढ्न जान्छ ।
 इमान नववी (रहिमहुल्लाह) भन्नु हुन्छ : नबी(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद पढ्ने बेलामा दरूद र सलाम एकै साथ पढ्नु पर्छ, कुनै एउटा मात्र पढ्नु हुन्न। जस्तै:  केवल "सल्लल्लाहु अलैहि" वा केवल "अलैहिस्सलाम" मात्र भन्नु ।
 अबू आलियाले अल्लाह तआलाको कथन {अल्लाह एवं उनका फरिश्ताहरू नबीमाथि ‘दया प्रेषण’ (दरूद पठाउने) गर्छन् ।} को बारेमा भन्नु हुन्छ : "सलात"को शब्द यदि अल्लाहको तर्फबाट नबी(सल्लल्लाहु अलैहि व सल्लम)का हकमा प्रयोग भयो भने यसको अर्थ प्रशंसा गर्नु को हुन्छ । यदि फरिश्ता र मानिसहरूको तर्फबाट प्रयोग भएको छ भने यसको अर्थ "दुआ गर्नु " हुन्छ ।
 हलीमी (रहिमहुल्लाह) भन्नु हुन्छ : "अल्लाहुम्म सल्लि अला मुहम्मद" को अर्थ हो: हे अल्लाह !  यो संसारमा उहाँको जिक्र (चर्चा)लाई उच्च पारेर, उहाँको धर्मलाई फैलाएर, उहाँको शरीअतको संरक्षण गरेर उहाँलाई महान् बनाइ दिनु होस्, र परलोकमा, उहाँको सिफारिसलाई उहाँका अनुयायीहरूको हकमा कबूल गरेर , उहाँको प्रतिफल र पुण्यलाई बढाएर र अधिल्ला पछिल्ला सबै मानिस मध्ये मकामे महमूदद्वारा उहाँको विशेषता दर्शाएर र भएका सबै सानिध्य प्राप्त व्यक्तित्वहरूमा उहाँलाई प्राथमिकता दिएर उहाँलाई महान् बनाइ दिनु होस् ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5403</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले खाना खाएपछि भन्छ: 'अल्हम्दु लिल्ला हिल्लजी अत्अमनी हाजा व र ज कनीहि मिन् गैरि हौलिम्मिन्नी वला कुव्वह्’ (सम्पूर्ण प्रशंसाहरू अल्लाहकै लागि हुन्, जसले मलाई यो खुवाउनुभयो र बिना कुनै मिहिनेत प्रदान गर्नुभयो), उसका अघिल्ला पापहरू क्षमा हुनेछन् ।</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>सह्ल बिन मुआजले भने, उनको बुबा; अनस ले भने, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले खाना खाएपछि भन्छ: 'अल्हम्दु लिल्ला हिल्लजी अत्अमनी हाजा व र ज कनीहि मिन् गैरि हौलिम्मिन्नी वला कुव्वह्’ (सम्पूर्ण प्रशंसाहरू अल्लाहकै लागि हुन्, जसले मलाई यो खुवाउनुभयो र बिना कुनै मिहिनेत प्रदान गर्नुभयो), उसका अघिल्ला पापहरू क्षमा हुनेछन् ।"</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले खाना खाने व्यक्तिलाई आफ्नो पालनकर्तालाई धन्यवाद दिन प्रेरित गर्नुभएको हो, किनकि उहाँको सहयोग बिना नत खाना ल्याउने क्षमता छ नत खाने नै । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो दुआ पढ्ने व्यक्तिका अघिल्ला पापहरू क्षमा हुनेछन् भनेर सुसमाचार दिनुभयो ।</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>भोजनको अन्त्यमा अल्लाहको प्रशंसा गर्नु मुस्तहब हो ।
 भक्तहरूमाथि अल्लाहको अपार दयाको वर्णन, किनकि उहाँले तिनीहरूलाई भोजन प्रदान गर्नुभयो, तिनीहरूका लागि जीविकाको साधनहरू सहज बनाउनुभयो र साथै तिनीहरुका पापलाई माफ गर्नुभयो ।
 भक्तहरूका सबै मामिलाहरू अल्लाहको हातमा छन्, तिनीहरूको 
 हातमा होइन र भक्तहरूलाई साधनहरू प्रयोग गर्न आदेश दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
     <t>जसले राम्रोसँग वुजू गर्छ, त्यसपछि जुमाको नमाजमा आउँछ र चुपचाप खुत्बा (उपदेश) सुन्छ र मौन रहन्छ, उसका एक शुक्रबारदेखि अर्को शुक्रबारसम्म र थप तीन दिनका पापहरू क्षमा हुन्छन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले राम्रोसँग वुजू गर्छ, त्यसपछि जुमाको नमाजमा आउँछ र चुपचाप खुत्बा (उपदेश) सुन्छ र मौन रहन्छ, उसका एक शुक्रबारदेखि अर्को शुक्रबारसम्म र थप तीन दिनका पापहरू क्षमा हुन्छन् र जसले गिट्टीहरूलाई खेलायो, उसले व्यर्थ काम गर्यो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले वुजूका स्तम्भहरू, सुन्नतहरू र शिष्टाचारहरूको पालन गरेर राम्रोसँग  वुजू गर्छ, त्यसपछि जुमाको नमाजमा आउँछ र चुपचाप ध्यानपुर्वक इमामको खुत्बा (उपदेश) सुन्छ र बेकारका कुराकानीबाट टाढा रहन्छ, अल्लाहले उसका १० दिन; शुक्रबारदेखि शुक्रबारसम्म र थप तीन दिनका ससाना पापहरूलाई क्षमा गर्नुहुन्छ; किनकि १ नेकी दस गुणा बढाएर दिइन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले खुत्बामा भनिएका उपदेशहरूमा ध्यान केन्द्रित गर्न र गिट्टी आदि छोएर वा अन्य प्रकारको व्यर्थ काम नगर्न चेतावनी दिनुभयो, किनभने त्यसो गर्नु पाप हो र पाप गर्नेले शुक्रबारको पुण्य पाउने छैन ।</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>राम्रोसंग पूर्ण रूपमा  वुजू गर्न र शुक्रबारको नमाजको पालन गर्न प्रोत्साहन ।
 जुमाको नमाज को श्रेष्ठता ।
 जुम्माको खुत्बा सुन्दा मौन रहनु अनिवार्य छ, र यसबाट ध्यान नबिचलित गर्नुपर्छ, चाहे त्यो कुरा गर्ने होस् वा अरू कुनै क्रियाकलाप।
 यदि कसैले खुत्बा (उपदेश) को समयमा व्यर्थ काम गर्छ भने उसको नमाज मान्य हुन्छ तर पुण्यमा कमीका साथ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>जसले बिहानको नमाज पढ्छ, ऊ अल्लाहको सुरक्षामा हुन्छ</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>जुनदुब बिन अब्दुल्लाह अल- कस्री (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले बिहानको नमाज पढ्छ, ऊ अल्लाहको सुरक्षामा हुन्छ । त्यसैले, अल्लाहको जिम्मेवारीमा रहेका व्यक्तिलाई कुनै नोक्सान पुर्‍याउन हुन्न। यदि अल्लाहले आफ्नो जिम्मेवारीमा हस्तक्षेप गरेको कारण कसैलाई समाउन चाहनुभयो भने, उहाँले सजिलोसंग समात्छन् र उसलाई जहन्नमको आगोमा उँधो मुन्टो फ्याँक्छन् ।</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भनिरहनु भएको छ, जसले फजरको नमाज पढ्छ, ऊ अल्लाहको सुरक्षा र निगरानीमा हुन्छ । अल्लाहले उसको रक्षा गर्नुहुन्छ, उसको लागि बदला लिनुहुन्छ र सहायता गर्नुहुन्छ ।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो सुरक्षा उल्लङ्घन नगर्न चेतावनी दिनुभयो । यो सुरक्षा तोड्ने एउटा रूप फजर नमाज छोड्नु हो र अर्को रूप फजर नमाज पढ्ने व्यक्तिसँग दुर्व्यवहार हो । जसले यसो गर्दछ, उसले यस संरक्षणको पर्खाललाई भत्कायो र अधिकार बेवास्ता गरेकोमा अल्लाहले उसलाई आफ्नो सामु उपस्थित गराउनु हुनेछ र जसलाई अल्लाहले  आफ्नो सामु हाजिर गराउनु हुनेछ, त्यसलाई उसको अनुहार घिसार्दै नरकमा फालिदिनु हुनेछ ।</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>फजर नमाजको सद्गुण र महत्व ।
 फजर नमाज पढ्ने व्यक्तिलाई दुर्व्यवहार गर्ने विरुद्ध कडा चेतावनी ।
 अल्लाहले आफ्नो धर्मका सेवकहरूसगँ दुर्व्यवहार गर्नेहरूबाट बदला लिनुहुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ</t>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>जो बिहान वा बेलुका मस्जिद जान्छ, बिहान बेलुका जतिखेर मस्जिद गए पनि अल्लाह तआलाले उसका लागि जन्नतमा स्वागतका लागि स्थान तयार पार्नेछन्, ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)को वर्णन छ कि नबी (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "जो बिहान वा बेलुका मस्जिद जान्छ, बिहान बेलुका जतिखेर मस्जिद गए पनि अल्लाह तआलाले उसका लागि जन्नतमा स्वागतका लागि स्थान तयार पार्नेछन्, । "</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम)ले उपासना, ज्ञान आर्जन, वा अन्य सुभ उद्देश्यका लागि दिनको सुरु समयमा होस् वा अन्तिम, मस्जिद आउने वालाका लागि शुभ खबर दिनु भएको छ, चाहे राती वा दिनको जुनसुकै समयमा ऊ आओस् - अल्लाह तआला उसका लागि (जन्नत) स्वर्गमा स्थान र आतिथ्य तयार गर्नु भएको हुन्छ ।</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>मस्जिद जानुको विशिष्ठता, र त्यहाँ मस्जिदमा नियमित रूपमा जमातको नमाज पढ्ने प्रोत्साहन र मस्जिदबाट टाढा रहने वाला धेरै भलाइ, विशिष्टता, पुण्य र प्रतिफल, र अल्लाहको  घर आउने वालाका लागि  उहाँको तर्फबाट तयार पारिएको आतिथ्य गुमाउँछ ।
 जब मान्छेहरू आफ्नो घरमा आउने वालाको सम्मान गर्छन् र उनीहरूका लागि खाना दिन्छन् भने अल्लाह (तबारक व तआला) अझै आफ्ना भक्तहरू भन्दा बढी दिने वाला हुनु हुन्छ ! उहाँ पनि आफ्नो घर आउने वालाको सम्मान गर्नुहुन्छ र उसका लागि धेरै ठूलो आतिथ्य तयार गर्नु हुन्छ ।
 मस्जिद जान खुसी,र लालसा हुनु, किन भने  बिहान होस् वा बेलुका, जब जब ऊ मस्जिद जान्छ उसका लागि गए अनुसार आतिथ्य तयार पारिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5436</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>जो अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले राम्रो बोलोस् वा मौन बसोस्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जो अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले राम्रो बोलोस् वा मौन बसोस्, जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले आफ्नो छिमेकीको सम्मान गरोस् र जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ उसले आफ्नो अतिथिको सम्मान गरोस् ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, अल्लाह र अन्तिम दिन; जो सबैको गन्तव्य हो र जहाँ सबैले आफ्नो कर्मको प्रतिफल पाउनेछन्, मा आस्था राख्ने व्यक्तिलाई उसको विश्वासले निम्न कुराहरू गर्न प्रेरित गर्दछ :
 १- राम्रो कुरा गर्नु : जस्तै सुब्हानल्लाह, अल्हमदु लिल्लाह र ला इलाहा इल्लाल्लाह जस्ता अज्कार पढ्नु, राम्रो कुराको आदेश दिनु, नराम्रो कुराबाट रोक्नु र मानिसहरू बीच मेलमिलाप स्थापना गर्नु । यदि त्यसो गर्न सक्दैन भने चुपचाप बस्नु, आफ्नो वचनले कसैलाई चोट नपुर्याउनु र आफ्नो बोलीवचनको रक्षा गर्नुपर्छ ।
 २- छिमेकीलाई सम्मान गर्नु : अर्थात् उसको साथ राम्रो व्यवहार गर्नु  र उसलाई दुःख नदिनु ।
 ३- भेट्न आउने पाहुनालाई स्वागत गर्नु : अर्थात् उहाँसँग राम्रोसँग कुरा गर्नु र खानपिन गराउनु, सत्कार गर्नु आदि ।</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>अल्लाह र अन्तिम दिनमा आस्था नै सबै भलाइको आधार हो र यसले  पुण्य कर्म गर्न प्रेरित गर्छ ।
 यसमा मानिसलाई बोलीवचनको खतरा बारे चेतावनी दिइएको छ ।
 इस्लाम प्रेम र सम्मानको धर्म हो ।
 यी तीन कार्यहरू वास्तवमा ईमान र प्रशंसनीय आचरणका विशेषताहरू हुन् ।
 धेरै कुरा बोल्दा  कहिलेकाहीँ मकरुह (अप्रिय) र हरामसम्म पुग्छ, त्यसैले राम्रो बोल्नु पर्ने बेला मात्र बोल्नु नत चुप बस्नु राम्रो हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>जसले मानिसहरूप्रति दया गर्दैन, अल्लाहले उप्रति दया गर्नुहुन्न ।</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " जसले मानिसहरूप्रति दया गर्दैन, अल्लाहले उप्रति दया गर्नुहुन्न ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूलाई दया नदेखाउनेलाई अल्लाहले दया देखाउँदैनन् भनेर बताउँदै हुनुहुन्छ । यसरी हेर्दा अल्लाहका प्राणीहरूप्रति दया देखाउनु अल्लाहको कृपा प्राप्त गर्ने ठूलो माध्यम हो ।</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>दया सबै प्राणीहरूको लागि आवश्यक छ, तर विशेष रूपमा मानिसहरूको उल्लेख गरेर तिनीहरूको प्रति विशेष ध्यान दिइएको छ।
 अल्लाह परम दयालु हुनुहुन्छ र आफ्ना दयालु सेवकहरूमाथि दया गर्नुहुन्छ । किनभने बदला उसैका कर्मको अनुसार दिइन्छ ।
 मानिसहरूप्रति दयालु हुनु भनेको उनीहरूको लागि राम्रो गर्नु हो, उनीहरूलाई  हानी नोक्सानी  बाट बचाउनु र उनीहरूसँग राम्रो व्यवहार गर्नु पनि समावेश छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5439</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र  आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "अल्लाहले भन्नुभयो: हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र  आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिम्रो पाप आकाश जत्तिकै अग्लो भए पनि र तिमीले मसँग माफी माग्यौ भने म तिमीलाई माफी दिनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिमी मकहाँ पृथ्वी बराबर पाप लिएर आयौ र तिमीले मसँग कसैलाई शिर्क (बहुईश्वरवाद) गरेका छैनौ भने म तिमीकहाँ पृथ्वी बराबरको क्षमा लिएर आउनेछु ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले हदीस कुद्सीमा भन्नुभएको छ: हे आदमको सन्तान, जबसम्म तिमी मलाई पुकारिरहन्छौ, मेरो कृपाको आशा गर्छौ र निराश हुँदैनौ भने; म तिम्रो पापलाई ढाकेर राख्ने छु र माफी दिनेछु र मलाई त्यसको परवाह छैन, यद्यपि ठूलो पाप भए पनि । हे आदमको सन्तान: तिम्रा पापहरू जतिसुकै भए पनि, आकाश र पृथ्वीबीचको ठाउँ र कुनाकाप्चालाई भरिदिए पनि, यदि तिमी मसँग क्षमा माग्छौ भने; म तिम्रा सबै पापहरूलाई पखालेर माफी दिनेछु र मलाई त्यसको परवाह छैन ।
 हे आदमको सन्तान: यदि तिमी मरेपछि मकहाँ पृथ्वी बराबर पाप र अनाज्ञाकारिता लिएर आयौ र तिम्रो मृत्यु तौहीदको अवस्थामा भएको थियो र मसँग कसैलाई शिर्क (साझेदार) गरेका छैनौ भने म तिमीकहाँ पृथ्वी बराबर क्षमा लिएर आउनेछु; किनकि म क्षमाले भरिएको छु र म शिर्क (बहुदेववाद) बाहेक सबै पापहरू क्षमा गर्छु ।</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>अल्लाहको अपार कृपा, क्षमा र अनुग्रह ।
 तौहीद (एकेश्वरवाद) को सद्गुण र एकेश्वरवादीहरूबाट केही पाप भएको छ भने अल्लाहले क्षमा गर्नुहुन्छ ।
 शिर्क (बहुदेववाद) को खतरा र अल्लाहले बहुदेववादीहरूलाई माफ गर्नुहुन्न ।
 इब्न रजबले भने: पाप पखाल्ने तीनवटा कारणहरू यस हदीसमा उल्लेख गरिएका छन्: पहिलो: आशाका साथ दुआ गर्नु, दोस्रो: क्षमा माग्नु र पश्चात्ताप गर्नु, तेस्रो: एकेश्वरवादको अवस्थामा मृत्यु हुनु ।
 यो हदीसलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको छ, जसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहको हो । तर, कुरआनका विशेषताहरू यसमा पाइँदैन, जस्तै: यसको तिलावत गर्नु, यसको लागि तहरात प्राप्त गर्नु, उपासना र चमत्कार आदि ।
 पाप तीन प्रकारका हुन्छन्: पहिलो: अल्लाहसँग शिर्क गर्नु; अल्लाहले शिर्कलाई कदापी माफ गर्नुहुन्न । अल्लाहले भन्नुभएको छ : {वास्तवमा, जसले अल्लाहसँग शिर्क (साझेदार) गर्दछ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुभएको छ । दोस्रो: सामान्य पापहरू जुन दासले आफ्नो पालनकर्ताको अवज्ञा गर्छ; अल्लाहले चाहनुभयो भने क्षमा गर्नुहुन्छ । तेस्रो: एकले अर्कामाथि अन्याय गर्नु, यसमा अल्लाहले केही गर्नुहुन्न, त्यसैले किसास (ज्यानको बदला ज्यान) (वा माफी) आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>अल्लाहको नजरमा सबैभन्दा घृणित व्यक्ति त्यो हो जो अत्यन्त झगडालु र सधैं विवादमा रहन्छ ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको नजरमा सबैभन्दा घृणित व्यक्ति त्यो हो जो अत्यन्त झगडालु र सधैं विवादमा रहन्छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले धेरै झगडा गर्ने मान्छेसँग घृणा गर्नुहुन्छ, जसले सत्यलाई स्वीकार गर्दैनन् र आफ्नो तर्कले जित्न खोज्छ । वा सत्यको लागि झगडा गर्छ तर संयमताको सीमा भन्दा बाहिर जान्छ र कुनै विषयमा ज्ञान नभए पनि बहस गर्छ ।</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>पिडित व्यक्तिले शरिया कानून मार्फत आफ्नो अधिकार दाबी गर्नु निन्दनीय विवादको श्रेणीमा पर्दैन ।
 लडाई झगडा वचनको खराबीको माध्यम बाट हुने गर्दछ, जसले मुस्लिमहरू बीच विभाजन र द्वन्द्व निम्त्याउँछ ।
 यदि वादविवाद र बहस सत्यको लागि हो र यसको शैली राम्रो छ भने प्रशंसनीय हुन्छ । तर सत्यलाई इन्कार गर्ने र असत्यलाई स्थापित गर्ने वा  प्रमाण बिनाको हो भने त्यो निन्दनीय रहन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>अल्लाहको नजरमा सबैभन्दा प्रिय शब्दहरू चार हुन्: सुब्हानल्लाह (अल्लाह पवित्र हुनुहुन्छ), अल-हम्दु लिल्लाह (सम्पूर्ण प्रशंसाहरू अल्लाहका लागि हुन्), ला इलाहा इल्लल्लाह (अल्लाह बाहेक कोही सत्य ईश्वर छैन) र अल्लाहु अकबर (अल्लाह सर्वोच्च हुनुहुन्छ) ।" यी चारमध्ये तिमीले जुनसुकै बाटसुरु गरे हुन्छ ।</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>समुरह बिन जुन्दब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको नजरमा सबैभन्दा प्रिय शब्दहरू चार हुन्: सुब्हानल्लाह (अल्लाह पवित्र हुनुहुन्छ), अल-हम्दु लिल्लाह (सम्पूर्ण प्रशंसाहरू अल्लाहका लागि हुन्), ला इलाहा इल्लल्लाह (अल्लाह बाहेक कोही सत्य ईश्वर छैन) र अल्लाहु अकबर (अल्लाह सर्वोच्च हुनुहुन्छ) ।" यी चारमध्ये तिमीले जुनसुकै बाटसुरु गरे हुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, अल्लाहको नजरमा सबैभन्दा प्रिय शब्दहरू चार हुन्:
 सुब्हानल्लाह : यसको अर्थ अल्लाहलाई हरेक दोष रहित र कमीबाट मुक्त घोषणा गर्नु हो ।
 अल-हम्दुलिल्लाह: प्रेम र महिमा सहित अल्लाहको पूर्णताको वर्णन गर्नु हो ।
 ला इलाहा इल्लल्लाह: अल्लाह बाहेक कोही सत्य ईश्वर छैन ।
 अल्लाहु अकबर: अल्लाह सबै भन्दा शक्तिशाली, महान र सम्मानजनक हुनुहुन्छ ।
 पुण्य र इनाम प्राप्तिका लागि तिनीहरूलाई बोल्दा क्रम कायम राख्न आवश्यक छैन ।</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>इस्लामी शरीयत एक साधारण शरीयत हो । त्यसैले यी चार शब्दहरू मध्ये जुनसुकैबाट सुरु गर्न अनुमति दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>कुन कर्मले मानिसहरूलाई स्वर्गमा धेरै प्रवेश गर्नेछ भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, उहाँले जवाफ दिनुभयो: "तक्वा (अल्लाहको डर) र राम्रो व्यवहार</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : कुन कर्मले मानिसहरूलाई स्वर्गमा धेरै प्रवेश गर्नेछ भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, उहाँले जवाफ दिनुभयो: "तक्वा (अल्लाहको डर) र राम्रो व्यवहार ।" अनि कुन कुराले मानिसहरूलाई सबैभन्दा धेरै नरकमा प्रवेश गर्नेछ भनेर सोधिदा उहाँले जवाफ दिनुभयो: "जिब्रो र गुप्तांग [को गलत प्रयोग बाट] ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्वर्गमा प्रवेश गर्ने दुईवटा मुख्य कारणहरू छन् भनी बताउनुभएको छ । यी दुई निम्न हुन्:
 "तक्वा (अल्लाहको डर) र राम्रो व्यवहार।
 ‘तकवा’ शब्दको अर्थ भनेको व्यक्तिले आफ्नो र अल्लाहको अजाब (दण्ड) को बीचमा अवरोध खडा गर्नु हो । यो सुरक्षा अल्लाहको आदेशहरू पालना गरेर र उहाँले निषेध गर्नुभएको कुराहरूबाट टाढा बसेर प्राप्त हुन्छ ।
 जबकि राम्रो व्यवहार भनेको मुस्कुराएर भेट्नु, पुण्य कर्म गर्नु र दुःख नदिनु हो ।
 यसको विपरीत नर्कमा प्रवेश गर्ने दुईवटा मुख्य कारणहरू छन् । यी दुई हुन्:
 जिब्रो र गुप्तागं को गलत उपयोग गरेर ।
 जिब्रोबाट हुने पाप भनेको झुट बोल्ने, गीबत गर्ने (अर्काको कुरा काट्ने) र दुइ मुखे हुने आदी ।
 गुप्तांगबाट हुने पाप भनेको व्यभिचार, समलिंगी सम्बन्ध र अन्य।"</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>स्वर्गमा प्रवेश गर्ने केही माध्यमहरू अल्लाहसँग सम्बन्धित छन्, जसमध्ये एउटा अल्लाहको डर हो र केही मानिसहरूसँग सम्बन्धित छन्, जसमध्ये एउटा राम्रो व्यवहार हो ।
 जिब्रो मानिसको लागि खतरनाक अंग हो र यसको दुरुपयोग नरक जाने कारण हो ।
 कामवासना र अश्लीलता मानिसको लागि जोखिम हुन् र धेरै जसो मानिसहरू यसको कारण नरकमा प्रवेश गर्नेछन् ।</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[हसन सही]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>हया (लाज) ईमानको एक भाग हो</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले, एक व्यक्तिले आफ्नो भाइलाई ‘हया’ लाजको बारेमा उपदेश दिरहेको सुने, त्यसैले उहाँले भन्नुभयो: "हया (लाज) ईमानको एक भाग हो ।"</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक व्यक्तिले आफ्नो भाइलाई धेरै लाज नमान्ने सल्लाह दिइरहेको सुन्नुभयो, त्यसैले उहाँले लाज ईमानको एक अंश हो र यो व्यक्तिको लागि राम्रो हो भनी स्पष्ट पार्नुभयो ।
 हया (लाज) एक गुण हो, जसले व्यक्तिलाई राम्रो काम गर्न र खराब कामहरूबाट टाढा रहन प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>राम्रो काम गर्नबाट रोक्ने स्वभावलाई लाज नभई लाचारी, कमजोरी र कायरता भनिन्छ ।
 अल्लाहप्रति हया भनेको उहाँको आदेशहरूको पालना  गर्नु र उहाँले निषेध गर्नुभएको कुरालाई त्याग्नु हो ।
 मानिसहरुप्रति हया भनेको उनीहरुको सम्मान गर्नु, उनीहरुलाई उचित स्थान दिनु र सामान्यतया खराब मानिने कुराहरूबाट टाढा रहनु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>अजान र इकामतको बीचमा (मागिएको) दुआ रद्द हुँदैन  ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>हजरत अनस बिन मालिक (रजियल्लाहु अन्हु) भन्नुहुन्छ ; अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो: "अजान र इकामतको बीचमा (मागिएको) दुआ रद्द हुँदैन  । "</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले अजान र इकामतको बीचमा (मागिएको) दुआको विशेषता वर्णन गर्नु भयो । किन भने उक्त समयमा ( मागिएको ) दुआ रद्द हुँदैन र कबूल हुने हुन्छ । सो यस बीचमा अल्लाह तआलासित दुआ माग्ने गर ।</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>यो समयमा दुआ माग्नुको विशेषता।
 जब दुआ गर्ने वालाले दुआका नियमहरूको ख्याल राख्छ र दुआ कबुल हुने समय र स्थान बारे विचार पुर्याउँछ,अल्लाहको अवज्ञाबाट टाढा रह्नछ र  शंका उपशंकाका स्थानहरूमा कदम राख्नबाट बच्छ, र अल्लाहका साथ राम्रो सोच राख्छ भने अल्लाहको हुकमले यो दुआ कबुल हुन्छ भन्ने आशा लगाउन सकिन्छ ।
 "मनावी"ले दुआ कबूल हुने बारेमा भन्नु भएको छ : दुआ तब कबूल हुन्छ जब त्यसका शर्त र आधार तथा नियमहरूमा विचार गरेर दुआ गरिन्छ; यदि तीमध्ये कुनै कुराको ख्याल राखिएन र दुआ कबुल भएन भने केवल आफूलाई दोष दिए हुन्छ ।
 दुआ कबूल हुने भनेको : या त उसको दुआ तुरुन्तै पूरा गरिन्छ, वा त्यसै अनुसार कुनै खराबी ऊबाट हटाइन्छ, या उसका लागि आखिरतका निमित्त संगालेर राखिन्छ । यो सबै अल्लाहको भेद र दया अनुसार हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5479</t>
   </si>
   <si>
-    <t>اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي</t>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
     <t>हे अल्लाह ! मेरो ( दीन ) धर्मलाई ठीक राखि दिनु होस् , मेरो हालतको सुरक्षा सुनिश्चित गर्नुहोस्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)को वर्णन छ, भन्नु हुन्छ : अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) यो दुआ पढ्ने गर्नु हुन्थ्यो : " हे अल्लाह ! मेरो ( दीन ) धर्मलाई ठीक राखि दिनु होस् , मेरो हालतको सुरक्षा सुनिश्चित गर्नुहोस् र मेरो दुनियाँलाई ठीक गरि दिनु होस्, जसमा मेरो जीवनयापन छ र मेरो परलोकको जीवनलाई ठीक गरि दिनु होस्, जहाँ मैले फर्कनु पर्छ र मेरो जीवनलाई हरेक भलाइको वृद्धिको कारण बनाइ दिनु होस् र मेरो मृत्युलाई मेरा लागि हरेक अनिष्टबाट मुक्ति दिने माध्यम बनाइ दिनु होस् ।"
 «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एउटा दुआ गर्नुभयो, जसमा उहाँले उत्तम गुणहरूको आधारभूत पक्षलाई समेट्नुभयो, जुन उहाँलाई पूर्ण गर्न पठाइएको थियो। यसमा धर्म, संसार र परलोकको सुधार समावेश थियो। यो छोटो तर महत्वपूर्ण वाक्यमा यी तीनै पक्षहरूको सुधारको माग गरियो। उहाँले धर्मको सुधारबाट सुरु गर्नुभयो, किनभने यही सुधारले संसार र परलोक दुवैको स्थिति सुधार गर्दछ।
 (اللهم أصلح لي ديني) 
 अर्थात् : हे अल्लाह ! मेरा लागि मेरो धर्मलाई ठीक बनाइ दिनु होस् । यस प्रकार कि यसका हरेक नियमहरू पूरा गर्ने अवसर प्रदान होस् ।
@@ -9875,51 +10051,51 @@
 (التي فيها معاشي) जसमा मलाई बाँच्नु छ र जीवन बिताउनु छ ।
 (وأصلح لي آخرتي التي فيها معادي) 
 मेरा लागि मेरो मरण पश्चातको जीवनलाई ठीक बनाइ दिनु होस् जहाँ मलाई फर्केर जानु छ र तपाईँ सित भेट्नु छ । तर यो तब मात्र हुन सक्छ जब कर्महरू ठीक हुन्छन् र अल्लाहका तर्फबाट भक्तको उपासना, विशुद्धता र उत्तम मरणको अवसर मिलेको हुन्छ ।
 नबी(सल्लल्लाहु अलैहि व सल्लम)ले परलोक पछि यस लोकको बारेमा बताउनु भयो । यो जीवन सुध्रिनु भनेको परलोक सुध्रिने खुड्किलो हो । जसले यस लोकको जीवनलाई अल्लाहको चाहना अनुसार बितायो उसको परलोक सुध्रियो ।
 (واجعل الحياة) - र मेरो पूरा जीवन, 
   (زيادة لي في كل خير) - यसलोकको जीवनलाई मेरा निमित्त हरेक भलो कुरामा वृद्धिको कारण बनाइ दिनु होस् कि यसमा मैले धेरै भन्दा धेरै पुण्य कमाउन सकूँ,
  (واجعل الموت) - मृत्यु र काल आउनमा ,
  (راحة لي من كل شرٍّ)- मेरा लागि हरेक खराबी, लफडा, परिक्षण, पाप र लापरबाहीबाट ढुक्क भएर आनन्द लिन पाउने कारण र यो संसार र यसका झन्झटहरूबाट मुक्तिको माध्मय बनाइ दिनु होस् ।</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>दीन ( इस्लाम)सबै भन्दा महत्त्वपूर्ण कुरा हो । यसै कारण अल्लाहका नबीले यसैबाट दुआ शुरू गर्नु भएको छ ।
 दीन ( धर्म) मानवको संरक्षक हो । यसले उसलाई हरेक कुकर्मबाट रोकेको हुन्छ ।
 यसलोक को र परलोकको सुधारका निमित्त सांसारिक चीजहरूका बारेमा दुआ माग्न सकिन्छ ।
 दीन (धर्म)मा विकारका डरले मर्न पाए हुन्थ्यो भन्नु वा अल्लाह तआलासित शहादतको मृत्यु माग्नु खराब कुरा होइन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5482</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ</t>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا 
 أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ»
 अनुवाद : हे अल्लाह ! मेरा पापहरू, मेरो अज्ञानता, हरेक काममा मेरो हद भन्दा अगाडि हुनु र सबै ती कुराहरू जसलाई तपाईँ म भन्दा बढी जान्ने वाला हुनुहुन्छ, क्षमा गरि दिनु होस् ।  हे अल्लाह ! मेरा चुकहरू, मेरो जानी जानी गरेका, नजानेर गरेका र ख्याल ख्यालमा गरेका कामहरू माफ गरि दिनु होस् । यी सबै कामहरू मबाट भएका छन् । हे अल्लाह ! मेरा अघिल्ला, पछिल्ला, लुकेर गरेका, खुल्लमखुल्ला गरेका पापहरू माफ गरि दिनु होस् । तपाईँ नै अगाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै पछाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै हरेक कुरामा सामर्थ्य राख्ने वाला हुनु हुन्छ ।</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
     <t>हजरत अबू मुसा (रजियल्लाहु अन्हु) द्वारा वर्णन छ कि नबी (सल्लल्लाहु अलैहि व सल्लम) यो दुआ माग्ने गर्नु हुन्थ्यो : «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا 
 أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ»
 अनुवाद : हे अल्लाह ! मेरा पापहरू, मेरो अज्ञानता, हरेक काममा मेरो हद भन्दा अगाडि हुनु र सबै ती कुराहरू जसलाई तपाईँ म भन्दा बढी जान्ने वाला हुनुहुन्छ, क्षमा गरि दिनु होस् ।  हे अल्लाह ! मेरा चुकहरू, मेरो जानी जानी गरेका, नजानेर गरेका र ख्याल ख्यालमा गरेका कामहरू माफ गरि दिनु होस् । यी सबै कामहरू मबाट भएका छन् । हे अल्लाह ! मेरा अघिल्ला, पछिल्ला, लुकेर गरेका, खुल्लमखुल्ला गरेका पापहरू माफ गरि दिनु होस् । तपाईँ नै अगाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै पछाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै हरेक कुरामा सामर्थ्य राख्ने वाला हुनु हुन्छ । "</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
@@ -9939,51 +10115,51 @@
  "وما أخرت" र आउने समयमा हुने वाला पापहरू पनि माफ गरि दिनु होस् ।
 "وما أسررت" जो पापहरू लुकाएर मैले गरेको छु ती पनि माफ गरि दिनु होस् र "وما أعلنت" जो पापहरू मैले खुल्लमखुल्ला गरेको छु ती पनि माफ गरि दिनु होस् ।
 "أنت المقدم وأنت المؤخر" तपाईँ आफ्ना सृष्टिमध्ये जसलाई चाहनु हुन्छ आफूले चाहनु भएको जस्ता कुराहरूको अवसर प्रदान गरेर आफ्नो दयातिर बढाइ दिनु हुन्छ र जो सृष्टिलाई चाहनु हुन्छ एक्लै छोडेर उसलाई  पछाडि पारी दिनु हुन्छ । त्यसलाई कसैले अगाडि गरि दिन सक्दैन । जसलाई तपाईँले अगाडि बढाइ दिनु भयो त्यसलाई कसैले पछाडि गर्न सक्दैन ।
 "وأنت على كل شيء قدير" तपाईँ पूरा सामर्थ्य वाला, पक्का इरादा वाला, र जे चाहनु हुन्छ गर्नु हुने वाला हुनु हुन्छ ।</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>यो दुआको विशेषता बताइएको छ र नबी(सल्लल्लाहु अलैहि व सल्लम)को अनुसरण गर्ने वालाले यो दुआ पढ्ने गर्नु पर्छ ।
 हद भन्दा बढी हुनबाट रोकिएको छ र भनिएको छ कि हद भन्दा बढ्ने वालालाई सजाय हुन सक्छ ।
 अल्लाह तआला मान्छेलाई उसले आफूलाई भन्दा बढी जान्नु हुन्छ । त्यसैले मानिसले आफ्ना कामकुराहरू अल्लाहको जिम्मा लगाउनु पर्छ । किन भने मान्छेबाट अज्ञानतामा गल्ती हुन सक्छ ।
 जसरी मान्छेको जानी जानी गरेका पापहरूमा पकड हुन्छ त्यसरी नै ख्याल ख्यालमा गरेका पापहरूको  पनि हिसाब किताब होला । त्यसैले मान्छेलाई हाँसो ठट्टामा पनि सचेत रहनु आवश्यक छ ।
 इब्ने हजर अस्कलानी (रहिमहुल्लाह) भन्नु हुन्छ : मैले उहाँका कुनै पनि तरिकामा यो दुआको स्थान देखिँन । धेरै जसो रिवायत (कथनको सन्दर्भ)मा भनिएको छ कि उहाँ रातको अन्तिम प्रहरमा नमाजमा यो दुआ पढ्ने गर्नु हुन्थ्यो । कथनहरूमा यो बारेमा मतभेद छ कि उहाँ यो दुआ सलाम फेर्नु भन्दा पहिला पढ्नु हुन्थ्यो वा सलाम पछि ।
 के अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम) माफी माग्नका लागि चुक गर्ने गर्नु हुन्थ्यो ? केही मानिसहरूको भनाइ छ:  यो उहाँले विनम्रता र विनतिभावका आधारमा भन्नु भएको हो । यो पनि हुन सक्छ कि उहाँले निपूणता हातबाट निस्किनु  र उत्तमता छुट्नुलाई पापमा गणना गर्नु भयो होला । यो पनि हुन सक्छ कि जो कुरा भुलका कारण भए ती पनि हुन सक्छन् । अथवा नबी हुनु भन्दा पहिलाका पापहरू भन्नु भएको होला । केही मानिसहरूको भनाइ अनुसार माफी माग्नु एउटा उपासना हो जो अनिवार्य रूपमा गर्नु पर्छ ।  क्षमा याचना माफी नमिल्नका लागि गरिने होइन । जब कि केही मानिसहरूको भनाइ अनुसार यो सचेत गराउने र तालिम दिने एउटा तरिका हो कि मान्छेहरू निष्फिक्र भएर क्षमा याचना नै नगरून् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>हे अल्लाह ! म तपाईँसित यस संसार र परलोकको कल्याणको माग गर्दछु ।</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>हजरत इब्ने उमर (रजियल्लाहु अन्हु) द्वारा वर्णन छ: भन्नु हुन्छ: बिहान बेलुका अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम) यी दुआहरू गर्न छोड्नु हुन्थेन:
 अनुवाद : हे अल्लाह ! म तपाईँसित यस संसार र परलोकको कल्याणको माग गर्दछु । हे अल्लाह ! म आफ्नो धर्म स्वास्नी केटाकटी र धनमालमा भलो होस् भनि माग गर्छु । हे अल्लाह ! म तपाईँसित मेरो धर्म, मेरो संसार, मेरो परिवार र मेरो धनमा क्षमा र कल्याणको माग गर्दछु । हे अल्लाह ! मेरा गोप्य अंगहरू वा मेरा गुप्त अङ्गहरूको पर्दा गरि दिनु होस्  र मलाई डर र खतराका चीजहरूबाट सुरक्षित राखि दिनु होस् ।  हे अल्लाह ! मलाई मेरो अगाडिबाट, मेरो पछाडिबाट, मेरो दायाँबाट, मेरो बायाँबाट र मेरो माथिबाट बचाउनु होस्। म तपाईंको महानताद्वारा पत्ता नै नपाइ तलतिरबाट मारिनदेखि शरण चाहन्छु ।"
 «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि व सल्लम) बिहान बेलुका यी दुआहरू पढ्न कहिल्यै छुटाउनु हुन्थेन ।
 (اللهم إني أسألُكَ العافيةَ) हे अल्लाह ! म तपाईँसित रक्षाका लागि अनुरोध गर्दछु : रोग,पीडा, सांसारिक कठिनाइ, कामोच्छा र धार्मिक जाँचहरूबाट,  (في الدنيا والآخرة) (यस संसार र परलोकमा) तत्काल र भविष्यमा आउने वाला होस् ।
 (اللهمَّ إني أسأَلُكَ العفو) हे अल्लाह ! म तपाईँसित पापहरूको क्षमा र पकड नगरि दिनु हुनका लागि दुआ गर्दछु । अनि रक्षाको माग गर्दछु , र जोगाइ दिनु हुनका लागि दुआ गर्छु हरेक दोषहरूबाट । (मेरो धर्ममा ) शिर्क, बिद्अत र पापहरूदेखि । (मेरो संसारमा)  विपत्ति, हानी र दुष्टतादेखि । , (र मेरो परिवारमा ) मेरा श्रीमती, छोराछोरी र आफन्तहरू, (र मेरो सम्पत्तिमा ), मेरो धन, र मेरो कर्ममा ।
 (اللهم استرْ عَوراتي)  हे अल्लाह ! मेरो खोट र कमीकमजोरीहरूमा पर्दा हालि दिनु होस् र मेरा पापहरू माफ गरि दिनु होस् । (وآمِن رَوْعاتي) र मलाई भय र डरहरूबाट जोगाइ दिनु होस् ।
@@ -9993,2136 +10169,2138 @@
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)को अनुसरण गर्दै उपरोक्त वाक्यहरूलाई (पढ्नमा) नियमितता दिनु पर्छ ।
 मानिसलाई धर्मका मामिलामा अल्लाहसित कल्याण माग्ने आदेश दिइएको छ भने त्यसरी नै यस संसारका बारेमा पनि माग्नका लागि सिकाइएको छ ।
 तैबी (रहिमहुल्लाह) भन्नु हुन्छ : छ तर्फका दिशाहरूका बारेमा भनियो । किन कि आपदहरू यिनै तर्फबाट आउने गर्छन् । तल तिरका बारेमा बढी ताकिदका साथ भनियो कि यस तर्फबाट आउने विपदा कडा हुने गर्छ ।
 बिहानको दुआहरू पढ्न बिहान उज्यालो भएदेखि सूर्योदयसम्म, र दिनको आखिरी भागमा अश्रको नमाज पछिदेखि सूर्यास्तसम्म राम्रो हुन्छ । यदि कसैले त्यस पछि पढ्यो, अर्थात् बिहानमा लगभग दश बजे पछि भन्यो भने यसो गरे पनि हुन्छ, र यदि जोहर पछि पढ्यो भने पनि हुन्छ।  र यदि उसले सूर्यास्त पछि भन्यो भने त्यो पनि पर्याप्त हुन्छ, किनकि त्यो जिक्रको समय हो ।
 केहि जिक्रका बारेमा रातमा नै पढ्नु पर्छ भनेर भनिएको छ, जस्तै सूरत अल-बकराका अन्तिम दुईआयतहरूको पढ्नु, यस्ता जिक्रहरूलाई सूर्यास्त पछि नै पढ्नु पर्ने हुन्छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, निसाई, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5485</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ</t>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>हे अल्लाह ! म तपाईँसित यो संसार र परलोकका सबै कल्याणहरू माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन् । अनि म तपाईँसित यस लोक र परलोकका सबै खराबीहरूबाट तपाईँको शरण माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन्।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>उम्मुल् मुमिनीन (आस्थावानहरूकि आमा) हजरत आइशा (रजियल्लाहु अन्हा) द्वारा वर्णन छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले हामीलाई यो दुआ सिकाउनु भयो : "हे अल्लाह ! म तपाईँसित यो संसार र परलोकका सबै कल्याणहरू माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन् । अनि म तपाईँसित यस लोक र परलोकका सबै खराबीहरूबाट तपाईँको शरण माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन्। हे अल्लाह ! म तपाईँसित त्यो कल्याणको माग गर्दछु जो तपाईँका भक्त र तपाईँका नबीले माग्नु भएको छ र म तपाईँसित तपाईँको शरण माग्दछु त्यो खराबीबाट जसदेखि तपाईँसित तपाईँका भक्त र नबीले शरण माग्नु भएको छ । हे अल्लाह ! म तपाईँसित जन्नत (स्वर्ग) माग्दछु र त्यो कर्म र बोलको पनि जसले मलाई जन्नत(स्वर्ग) नजिक पुर्याउँछ र म तपाईँसित  आगो (नरक)देखि शरण माग्दछु र त्यस बोल र कर्मबाट जो नरक नजिक गर्छ । यसरी नै म तपाईँसित मेरा हकमा भएका हरेक फैसलाहरूलाई भलो बनाइ दिनु हुने माग गर्दैछु । "
 «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا»</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले हजरत आइशा (रजियल्लाहु अन्हा)लाई केही संक्षिप्त दुआहरू सिकाउनु भयो । तीमध्ये चार यी हुन् :
 पहिलो : हरेक भलाइ समेटेको एउटा दुआ : (اللهم إني أسألك من الخير كله) हे अल्लाह! म तपाईँसित हरेक प्रकारको कल्याण माग्दछु । तत्कालका लागि होस् वा भविष्यका लागि होस् ।  जो तपाईँले मलाई सिकाउनु भएको भएर मलाई थाहा छन् वा छैनन् र पनि हजुरको पवित्र अस्तित्वलाई थाहा छ । यसमा मामिलालाई अल्लाह, जो सर्वज्ञानी, सुक्षमदर्शी र जानकार छन्, उहाँमाथि सुम्पिनु समावेश छ, ताकि अल्लाह आस्थावान मुसलमानका लागि सबैभन्दा उत्तम र लाभदायक कुरा चयन गर्नुहोस्।
  (وأعوذ) र म हरेक प्रकारका  छिटो आउने वा ढिलो आउने, मलाई थाहा भएका वा नभएका हरेक कुराबाट तपाईँको शरण माग्दछु ।
 दोस्रो दुआ : यो यस्तो दुआ हो जसमा मुसलमान दुआमा सीमा नाघ्नबाट सुरक्षित रहन्छ ।  "اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ" : 
 हे अल्लाह ! म तपाईँसित त्यो भलाइको माग गर्दैछु जो तपाईँका भक्त र तपाईँका नबी(सल्लल्लाहु अलैहि व सल्लम)ले माग्नु भएको छ । अनि म तपाईँसित त्यो खराबीबाट शरण माग्दछु जससित तपाईँका भक्त र नबी(सल्लल्लाहु अलैहि व सल्लम)ले शरण माग्नु भएको छ । यसमा अल्लाह सित दुआ गरिएको छ कि यो दुआ गर्ने वालाका लागि अल्लाह तआलाले ती भलाईहरू प्रदान गरून् जो नबी मुहम्मद (सल्लल्लाहु अलैहि व सल्लम)ले आफ्ना लागि माग्नु भएको छ । विभिन्न प्रकारका दुआहरू नगनाइकन जो उहाँले माग्नु भएको छ भनेर भनियो ।
 तेस्रो दुआ : जन्नत जान पाउने माग र आगो (नरक)बाट टाढा गरिनका लागि दुआ जो हरेक मुसलमानको उद्देश्य र उसको कर्मको ध्येय हो । (اللهم إني أسألك الجنة، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ۔) : हे अल्लाह ! म हजुरसित स्वर्गको माग गर्दछु र तपाईँलाई खुसी बनाउने वाला हरेक ती कर्म र बोलहरूको पनि अवसर पनि माग्छु जो जन्नत (स्वर्ग) नजिक गरि दिन्छन् । र म तपाईँसित आगो (नर्क)बाट रक्षा चाहन्छु र तपाईँलाई रिस उठ्ने हरेक प्रकारका कर्म र कुराहरूबाट जसले नर्क नजिक पुर्याउँछन् शरण माग्दछु ।
 चौथो दुआ : अल्लाहका हरेक फैसलामा राजीखुसी रहने दुआ । "وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا۔" म तपाईँसित मेरा निमित्त तपाईँले गर्नु भएका हरेक फैसलालाई उत्तम बनाइ दिनु होस् भनेर माग गर्दछु । यो अल्लाहको चाहनामा सन्तुष्ट रहनका लागि दुआ हो ।</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>मान्छेले आफ्नो परिवारलाई धार्मिक र सांसारिक मामिलाहरूमा के कुराले फाइदा पुर्‍याउँछ भनेर सिकाउँनु, जसरी नबी(सल्लल्लाहु अलैहि व सल्लम)ले हजरत आइशा (रजियल्लाहु अन्हा) लाई सिकाउनु भयो ।
 मुसलमान को लागी नबी(सल्लल्लाहु अलैहि व सल्लम)द्वारा भनिएका दुआहरू याद गर्नु सबै भन्दा उत्तम हुन्छ ।  किन भने यी दुआहरू संक्षिप्त दुआहरूमध्येका हुन् ।
 उलमाहरूले यस हदीसको बारेमा भन्नु भएको छ: यो भलाई माग्नका लागि  र खराबीहरूबाट शरण चाहने सन्दर्भमा सबैभन्दा व्यापक हदीस हो र यो नबी(सल्लल्लाहु अलैहि व सल्लम)लाई दिइएका सबै भन्दा संक्षिप्त शब्दहरू मध्ये एक हो ।
 अल्लाहको कृपा पछि स्वर्गमा प्रवेश गर्ने एउटा कारण, सत्कर्म र सत् वचनहरू हुन् ।</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5487</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ</t>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ» अनुवाद : "हे अल्लाह ! म तपाईँका वरदानहरूको समाप्तिबाट, तपाईँले प्रदान गर्नु भएको संरक्षण, तपाईँको अचानक पकड र तपाईँको हरेक प्रकारको क्रोधबाट तपाईँको शरण माग्दछु ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)को वर्णन छ, उहाँ भन्नु हुन्छ कि अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) जुन दुआहरू माग्नु हुन्थ्यो, तीनमा एउटा यो पनि हो : «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ» अनुवाद : "हे अल्लाह ! म तपाईँका वरदानहरूको समाप्तिबाट, तपाईँले प्रदान गर्नु भएको संरक्षण, तपाईँको अचानक पकड र तपाईँको हरेक प्रकारको क्रोधबाट तपाईँको शरण माग्दछु ।"</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि व सल्लम)ले चार वटा कुराहरूबाट शरण माग्नु भएको छ ।
 पहिलो : (اللهم إني أعوذ بك من زوال نعمتك)  हे अल्लाह ! म तपाईँका संसारिक वा परलोकिक वरदानहरू नाश हुनबाट तपाईँको शरण माग्दछु । र म इस्लाम धर्ममा अडिग रहूँ र हरेक प्रकारका वरदानहरू गुमाउने कुकर्महरूमा पर्न टाढा रहन सकूँ ।
 दोस्रो : (وتَحَوُّل عافيتك) यो कुराबाट पनि कि तपाईँको तर्फबाट मिलेका संरक्षण कष्टमा परिवर्तन न होस् ; सो म तपाईंसित निरन्तर सुस्वास्थ्य एवं कष्ट र रोगहरूबाट रक्षाको लागि अनुरोध गर्दछु ।
 तेस्रो :(وفجأة نقمتك) यो कुराबाट पनि कि कतै तपाईँको अचानक पकड न आ‌ओस् । किन भने मान्छेलाई अचानक पकड आयो वा सजाय दिइयो भने प्रायश्चित गर्ने र आफूलाई सुधार्ने मौका मिल्दैन । झन् समस्या ठुलो र मामिला कडा हुन जान्छ ।
 चौथो: (र तपाईंको सम्पूर्ण क्रोध) र ती कारणहरू जसले तपाईंको क्रोध ल्याउँछ; किनभने जसप्रति तपाईं क्रोधित हुनुहुन्छ, ऊ निश्चय नै विफल र हानीग्रस्त हुन्छ।
 अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम)ले "जमीअ"को शब्द प्रयोग गर्नु भयो । यसर्थ कि उहाँको क्रोध हुने वाला सबै प्रकारका बोल र कर्म एवं निष्ठाहरू सम्मिलित होऊन् ।</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) पनि अल्लाह तआलामा निर्भर हुनुहुन्थ्यो ।
 यो इस्तआजा मुबारका ( पवित्र शरण माग )मा अल्लाहका वरदानहरूमा आभार र अवज्ञाबाट बच्नु पर्छ भन्ने कुरा समावेश रहेको छ । किन कि पाप गरेमा वरदानहरू खोसिन्छन् ।
 अल्लाह तआलाको क्रोध हुने ठाउँहरूबाट टाढा रहनुको कोसिस गर्नु ।
 अल्लाह तआलाको अचानक क्रोधबाट  उहाँ (सल्लल्लाहु अलैहि व सल्लम)को शरण चाहनु । किन भने यदि उहाँले भक्तसँग बदला लिनु भयो भने, उस माथि  यस्तो विपत्ति आइ पर्छ कि उसले हटाउन सक्दैन, र सारा सृष्टिहरू सबै एकसाथ जम्मा भए ता पनि त्यसलाई हटाउन सक्दैनन् ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको प्रदान गरिएको सुरक्षाको परिवर्तनबाट शरण माग्नुभयो, किनभने यदि अल्लाहले उहाँलाई आफ्नो सुरक्षामा विशेष गरे, भने उहाँले दुनियाँ र परलोक दुबैको कल्याण प्राप्त गर्नुभयो। तर यदि त्यो सुरक्षा हटाइयो भने, उहाँले दुनियाँ र परलोक दुबैको दुर्भाग्य भोग्नुहुनेछ, किनभने सुरक्षा नै धर्म र दुनियाँको सुधारको कारण हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5488</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
     <t>हे अल्लाह! म तिमीबाट ऋणको भारीपन, शत्रुको विजय, र शत्रुहरूको उपहासबाट बचाउने प्रार्थना गर्दछु।"
 «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ : अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम) यी वाक्यहरूका साथ दुआ गर्नु हुन्थ्यो : "हे अल्लाह! म तिमीबाट ऋणको भारीपन, शत्रुको विजय, र शत्रुहरूको उपहासबाट बचाउने प्रार्थना गर्दछु।"
 «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ»</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि व सल्लम) ले निम्न उल्लेखित कुराहरूबाट शरण माग्नु भएको छ :
 पहिलो: (اللهم إني أعوذ) र म शरण चाहन्छु वा माग्दछु, तपाईं संग, अरू सित होइन । ( ऋणको दवाब, बोझ, चिन्ता र छट्पटीबाट ) र म तपाईँसित यो कुराको मद्दत माग्छु कि मैले तिर्न सकूँ ।
 दोस्रो: وَغَلَبَةِ الْعَدُوِّ)۔) शत्रुको जितबाट, मबाट तपाईँले उसका अन्याय र अत्याचारहरू रोकि दिनु होस् र मलाई उसमाथि जित प्रदान गर्नु होस् ।
 तेस्रो: (وشماتة الأعداء) र मुसलमानहरूलाई पर्ने दुःख र विपत्तिमा उनीहरूको खुसीबाट  ।</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>यी सबै कुराहरूबाट शरण माग्नका लागि प्रोत्साहन। जो मान्छेका लागि पुण्यको काम गर्ने समय दिँदैनन् र पिर र चिन्ताको कारण बन्छन् । जस्तै : ऋृण आदी  ।
 सामान्य ऋणमा कुनै अप्ठ्यारो छैन। तर अप्ठ्यारो त्यहाँ हुन्छ, जहाँ ऋण चुक्ता गर्ने क्षमता हुँदैन। यस्तो ऋण नै भारी र समस्याजनक हुन्छ।
 मान्छेले ती कुराहरूबाट टाढा रहनु पर्छ जसमा उसलाई हाँसोको विषय बनाइन्छ र आलोचना गरिन्छ ।
 इन्कारीहरूको इमान वालाहरूसित वैर र विपत्तिहरूको समयमा उनीहरूले खिल्ली उडाउने बारेमा वर्णन ।
 समस्याको बेलामा शत्रु हाँसे झन् पीडा थपिन्छ  ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5489</t>
   </si>
   <si>
-    <t>اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ</t>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
   </si>
   <si>
     <t>हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन छ : अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) ले  भन्नु भयो : जब बिहान हुन्थ्यो उहाँ यो दुआ पढ्ने गर्नु हुन्थ्यो: 
 हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ ।
 «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ»
  र बेलुका भए पछि भन्नु हुन्थ्यो : 
 " «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ»
 हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । कहिले काहीँ (وَإِلَيْكَ النُّشُورُ)को ठाउँमा «وَإِلَيْكَ الْمَصِيرُ»पनि भन्नु हुन्थ्यो । "</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>उहाँ (सल्लल्लाहु अलैहि व सल्लम)  बिहान हुँदा अर्थात्, फज्रको उदय ( मिर्मिरे) जसलाई दिनको आरम्भको रूपमा मानिन्छ, भन्नु हुन्थ्यो:
 "हे अल्लाह! हामीले तिमीबाट बिहान गर्‍यौं, तिम्रो संरक्षामा सुरक्षित भयौं, तिम्रा अनुग्रहहरूले ढाकिएका छौं, तिम्रो स्मरणमा व्यस्त छौं, तिम्रो नामको सहायतामा लागेका छौं, तिम्रो तौफीकमा समावेश छौं, र तिम्रै शक्ति र सामर्थ्यले हिँडिरहेका छौं।
 र तिमीबाट नै हामीले साँझ गर्‍यौं, तिमीबाट नै हामी बाँचिरहेका छौं, र तिमीबाट नै हामी मर्नछौं।"
 "र तिमी तर्फै पुनरुत्थान हुनेछ।"
 यसको अर्थ, म बिहानजस्तै साँझमा पनि यसै प्रकारको भावना राख्छु। म तिम्रो नामले बाँच्दछु, तिम्रो नामले मर्छु। मृत्यु पछि तिमी नै हामीलाई पुनर्जीवित गर्नुहुन्छ। यो अवस्था मेरो लागि सबै समय र सबै परिस्थितिमा स्थायी हुनेछ। म यसबाट कहिल्यै टाढा हुने छैन र यसलाई कहिल्यै छोड्ने छैन।
 यसरी नै जब उहाँ माथि बेलुकी हुन्थ्यो जो अस्र पछि सुरु हुन्छ भन्नु हुन्थ्यो : (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) हे अल्लाह ! तपाईँको रक्षामा हामीले साँझ गर्यौं र तपाईंकै रक्षामा हामीले बिहान गर्यौं र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । यो दुआमा आएको शब्द "المَصِيْر" को अर्थ यहलोकमा फर्केर आउने ठाउँ र परलोकमा कर्म फल । सो तपाईँ नै मलाई जीवन दान गर्नुहुन्छ र तपाईं नै मलाई मृत्यु दिनु हुन्छ ।</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>अल्लाहको नबी(सल्लल्लाहु अलैहि व सल्लम) को नमूनाको अनुसरण गर्दै बिहान बेलुका यो दुआ पढ्नु मुस्तहब ( राम्रो मानिएको) छ ।
 मान्छे आफ्ना हरेक हालतमा प्रत्येक समयमा अल्लाहमाथि निर्भर छ ।
 बिहानको दुआहरू पढ्न बिहान उज्यालो भएदेखि सूर्योदयसम्म, र दिनको आखिरी भागमा अश्रको नमाज पछिदेखि सूर्यास्तसम्म राम्रो हुन्छ । यदि कसैले त्यस पछि पढ्यो, अर्थात् बिहानमा लगभग दश बजे पछि पढ्यो भने यसो गरे पनि हुन्छ, र यदि जोहर पछि पढ्यो भने पनि हुन्छ।  र यदि उसले सूर्यास्त पछि मग्रिबको समयमा पढ्यो भने त्यो पनि पर्याप्त हुन्छ, किनकि त्यो जिक्रको समय हो ।
 उहाँले "وإليك النُّشور" भनेको वाक्यको उपयुक्तता बिहानको समयसँग छ, यसले मानिसहरूको मृत्युपछि कियामतको दिन पुनर्जीवन र ठूलो पुनःउत्थानको सम्झना गराउँछ। यो नयाँ पुनःउत्थान हो, नयाँ दिन हो जसमा आत्माहरू फर्किन्छन्, मानिसहरू फैलिन्छन्, र यो नयाँ बिहान जसलाई अल्लाहले सिर्जना गर्नुभएको छ, यसले आदमको सन्तानको गवाह बन्नेछ। यसका पल र घडीहरू हाम्रा कर्महरूको खजाना बन्नेछन्।
 उहाँले "وإليك المصير" भनेको वाक्यको उपयुक्तता साँझको समयसँग छ, जब मानिसहरू आफ्ना काम र लाभका लागि फैलिएका हुन्छन्, र अन्ततः उनीहरू आफ्ना घरतर्फ फर्किन्छन् र विश्रामका लागि सुत्छन्। यसले अल्लाह तबारक र तआला तर्फ फर्किनु र अन्तिम गन्तव्यको सम्झना गराउँछ, जहाँ सबैको परिणाम र समापन हुनेछ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5490</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
-[...2 lines deleted...]
-    <t>अल्लाहलाई बलियो मुमिन कमजोर भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ ।</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
+  </si>
+  <si>
+    <t>अल्लाहलाई बलवान् मुमिन (विश्वासी) कमजोर मुमिन भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहलाई बलियो मुमिन कमजोर भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ । तिमी आफूलाई लाभदायक हुने कुरामा ध्यान दिनुपर्छ, अल्लाहसँग मद्दत माग्नु र हरेस नखानु । कुनै विपत्ति आइपर्‍यो भने यदि मैले यो गरेको भए यो र यो हुन्थ्यो भनी नभन्नु, बरु यसो भन्नु, "कदरुल्लाहि वमा शाअ फअल" अर्थात यो अल्लाहको निर्णय हो र उहाँ जे चाहनुहुन्छ त्यही गर्नुहुन्छ । किनभने "यदि" शब्दले शैतानको ढोका खोल्छ ।</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहलाई बलवान् मुमिन (विश्वासी) कमजोर मुमिन भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ । तिमीले आफूलाई लाभदायक हुने कुराको लागि प्रयासरत रहनुपर्छ, अल्लाहसँग मद्दत माग्नु र हरेस नखानु । कुनै विपत्ति आइपर्‍यो भने यदि मैले यो गरेको भए यो र यो हुन्थ्यो भनी नभन्नु, बरु यसो भन्नु, "कदरुल्लाहि वमा शाअ फअ़ल" (अर्थात यो अल्लाहको निर्णय हो र उहाँ जे चाहनुहुन्छ त्यही गर्नुहुन्छ) । किनकि 'यदि' शब्दले शैतानलाई मनभित्र खेल्ने मौका दिन्छ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रत्येक मुमिन राम्रो छ भनेर व्याख्या गर्नुभएको छ, तर आफ्नो ईमान, दृढ संकल्प, धन र शक्तिका अन्य पक्षहरूमा बलियो मुमिन अल्लाहलाई कमजोर मुमिन भन्दा झन् राम्रो र अधिक प्रिय छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुमिनलाई अल्लाहमा भर पर्दै, उहाँको मद्दत खोज्दै र उहाँमा भरोसा राख्दै यस दुनियाँ र आखिरत (लोक परलोक) को भलाइ प्राप्त गर्न सक्ने उपायहरू अपनाउन वसीयत गर्नुभयो । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले असक्षमता, आलस्य र दुबै संसारमा लाभ पुर्याउने कुराहरूबाट पछि हट्न अथवा लापरवाही गर्न मनाही गर्नुभयो । यदि मुमिनले अल्लाहसंग मद्दत खोज्दै र भलाइको लागि दुआ गर्दै लगनशीलताका साथ काम गर्छ, श्रोत र साधनहरूको प्रयोग गर्छ भने उसले आफ्नो सबै काम अल्लाहलाई मात्र सुम्पिनु पर्छ । अल्लाहको छनौट सबैभन्दा राम्रो हुनेछ भन्ने कुरामा ढुक्क हुनुहोस् । त्यसपछि उसलाई कुनै विपत्ति आइपर्‍यो भने, उसले यसो भन्नु हुँदैन: "यदि मैले त्यसो गरेको भए यो हुन्थ्यो"; "किनभने ‘लौ’ अर्थात "यदि" शब्दले अल्लाहको भाग्य र बितेको कुरामा विलाप गर्न शैतानको बाटो खोल्छ । बरु भक्तले सन्तुष्टि र आत्मसमर्पणको प्रमाण दिँदै यसो भन्नु पर्छ: "कदरुल्लाहि वमा शाअ फअल" अर्थात यो अल्लाहको निर्णय हो र उहाँले जे चाहनुहुन्छ त्यही गर्नुहुन्छ ।" तसर्थ जे भयो त्यो अल्लाहको इच्छा अनुसार भयो । किनभने उहाँले जे चाहनुहुन्छ त्यही गर्नुहुन्छ । उहाँको निर्णयलाई कसैले बदर गर्न सक्दैन र उहाँको आदेशलाई कसैले रोक्न सक्दैन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रत्येक मुमिन राम्रो हुन्छ भनेर बताउनु भएको छ, तर आफ्नो ईमान, दृढ संकल्प, धन र शक्तिका अन्य पक्षहरूमा बलियो मुमिन अल्लाहलाई कमजोर मुमिन भन्दा झन् राम्रो र अधिक प्रिय हुन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले (मुमिन) विश्वासीहरूलाई संसार र परलोकमा लाभदायी कुराहरू प्राप्त गर्नका लागि असबाब (साधन) अपनाउन, महानतम अल्लाह  माथि भरोसा राख्न, उहाँसँग सहयोग माग्न र उहाँमाथि तवक्कुल (पूर्ण भरोसा) गर्न उपदेश दिनुभयो। साथै नबी (सल्लल्लाहु अलैहि वसल्लम) ले अक्षमता, आलस्य र दुबै संसारमा लाभकारी कार्य गर्नबाट पछि हट्न अथवा लापरवाही गर्न निषेध गर्नुभयो । यदि मुमिनले अल्लाहसंग मद्दत खोज्दै र भलाइको लागि दुआ गर्दै लगनशीलताका साथ काम गर्छ, श्रोत र साधनहरूको प्रयोग गर्छ भने, त्यसपछि उसले आफ्ना सबै मामिलाहरू अल्लाहलाई सुम्पनुपर्छ। र उसलाई यसमा पूर्ण विश्वास गर्नुपर्छ कि अल्लाहको छनौट नै उसको लागि सबैभन्दा उत्तम हुनेछ। त्यसपछि यदि उसलाई कुनै विपत्ति आइपर्‍यो भने, उसले यसो भन्नु हुँदैन कि "यदि मैले त्यसो गरेको भए यो हुन्थ्यो"; "किनभने अरेबिक भाषाको शब्द ‘लौ’ अर्थात "यदि" भन्नाले भाग्यप्रति आपत्ति र बितेको कुरामा पश्चात्ताप उत्पन्न गरी शैतानको लागि मान्छेलाई भ्रममा पार्ने ढोका खोलिदिन्छ; । बरु भक्तले सन्तुष्टि र आत्मसमर्पणको प्रमाण दिँदै यसो भन्नु पर्छ: "कदरुल्लाहि वमा शाअ फअल" अर्थात यो अल्लाहको निर्णय हो र उहाँले जे चाहनुहुन्छ त्यही गर्नुहुन्छ ।" तसर्थ जे भयो त्यो अल्लाहको इच्छाअनुसार नै भयो। उहाँले जे चाहनुहुन्छ, त्यही गर्नुहुन्छ। उहाँको निर्णयलाई कसैले रोक्न सक्दैन र कसैले उहाँको आदेशलाई परिवर्तन सक्दैन।</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
-    <t>ईमानमा मानिसहरूको भिन्नता ।
-कर्महरूमा बलको महत्त्व, किनभने बलले ती लाभहरू प्राप्त गर्न सकिन्छ, जुन कमजोरीबाट प्राप्त हुँदैन ।
+    <t>ईमान र विश्वासमा मानिसहरूको भिन्न भिन्न स्तरका हुन्छन् ।
+कर्महरूमा बल र शक्ति अपनाउनु प्रशंसनीय हो; किनभने यसबाट यस्तो लाभ प्राप्त हुन्छ जुन कमजोरीबाट प्राप्त हुँदैन।
 मानिसले आफूलाई फाइदा हुने कुरामा ध्यान दिनुपर्छ र नचाहिने कुराहरूबाट टाढा रहनुपर्छ ।
-मुमिनले आफ्नो सबै मामिलाहरूमा अल्लाहबाट मद्दत खोज्नुपर्छ र आफैमा भर पर्नु हुँदैन ।
-[...1 lines deleted...]
-विपत्ति आइपर्दा रिसले "यदि" शब्द भन्न र अल्लाहको आदेश र भाग्यको विरोध गर्न निषेध गरिएको छ ।</t>
+मुमिनले आफ्नो हरेक कार्यमा अल्लाहको सहारा लिनुपर्छ र केवल आफुमा निर्भर हुनु हुँदैन।
+यसबाट कजा व कद्र (आदेश र भाग्य)  को पुष्टि हुन्छ। कुनै पनि पुण्य कर्म गर्दा प्रयासरत रहनु र साधनहरू प्रयोग गर्नु तकदीर विपरीत होइन ।
+विपत्ति आइपर्दा रिसले "यदि, उसोभए, यसोभए" जस्ता शब्दहरू प्रयोग गर्नु र अल्लाहको आदेश तथा भाग्यको विरोध गर्नु निषेध गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>दुआ (प्रार्थना) नै उपासना हो</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "दुआ (प्रार्थना) नै उपासना हो ।"  त्यसपछि उहाँले यो श्लोक पढ्नुभयो : "तिम्रो प्रभुले भन्नुभएको छ: मलाई पुकार, म तिम्रो प्रार्थना स्वीकार गर्नेछु । निस्सन्देह, मेरो उपासनादेखि विमुख हुनेहरू चाँडै अपमानित हुनेछन् र नरकमा प्रवेश गर्नेछन् ।" [सूह गाफिर: ६०]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुआ (प्रार्थना) उपासना हो भनेर भन्नु भएको छ । तसर्थ, दुआ (प्रार्थना) केवल अल्लाहको लागि हुनुपर्छ । चाहे त्यो सामान्य दुआ (प्रार्थना) होस्, जस्तैः अल्लाहसँग संसार र परलोकमा भएभरको लाभदायक कुराको लागि प्रार्थना गर्नु तथा हानिकारक चीजबाट सुरक्षा खोज्नु । वा उपासनामा आधारित प्रार्थना होस्, जस्तैः अल्लाहले मनपराउने हरेक बाह्य तथा आन्तरिक वाचन, कर्महरू; यसमा आध्यात्मिक, भौतिक र आर्थिक सबै उपासनाहरू समावेश छन् ।
 तब नबी (सल्लल्लाहु अलैहि वसल्लम) ले यसको प्रमाण प्रस्तुत गर्दै  भन्नुभयो: अल्लाह भन्नुहुन्छ: "मसँग प्रार्थना गर, म तिम्रो प्रार्थना स्वीकार गर्नेछु । निस्सन्देह, जसले मेरो उपासना गर्दैन, तिनीहरू छिट्टै अपमानित हुन्छन् र नरकमा प्रवेश गर्नेछन् ।"</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>दुआ उपासनाको मुख्य रूप हो, त्यसैले अल्लाह बाहेक अरू कसैसित दुआ माग्नु अनुमति छैन ।
 दुआमा दासताको वास्तविकता, अल्लाह निरपेक्ष र शक्तिशाली हुनुहुन्छ भन्ने कुराको पहिचान र उहाँप्रति सेवकको समर्पण समावेश छ ।
 अल्लाहको उपासना र उहाँसंग प्रार्थना नगर्ने अहंकारीहरूका लागि कडा चेतावनी । तिनीहरु अपमानित भएर नर्कमा प्रवेश गर्नेछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः यो दुआ (प्रार्थना) गर्नुहुन्थ्यो: ‘रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार’ अर्थात हे अल्लाह ! हामीलाई दुनियाँ र आखिरत (लोक-परलोक) दुबै ठाउँमा भलाइ प्रदान गर्नुहोस् र नर्कको आगोबाट बचाउनुहोस् ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः यो दुआ (प्रार्थना) गर्नुहुन्थ्यो: ‘रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार’ अर्थात हे अल्लाह ! हामीलाई दुनियाँ र आखिरत (लोक-परलोक) दुबै ठाउँमा भलाइ प्रदान गर्नुहोस् र नर्कको आगोबाट बचाउनुहोस् ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः व्यापक र संक्षिप्त दुआ (प्रार्थना) हरू गर्नुहुन्थ्यो, जस्तै: "अल्लाहुम्म रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार ।" यसमा संसारका कल्याणहरू जस्तैः सुख, शान्ति, समृद्धि, प्रचुर मात्रामा हलाल रोजीरोटी, निष्ठावान पत्नी, आँखालाई आराम पुर्याउने सन्तान, सुखमय जीवन, उपयोगी ज्ञान र धार्मिक कर्महरू समावेश छन् । त्यस्तै यसमा परलोकको कल्याण जस्तै: चिहान, हश्र (हिसाबकिताबको मैदान) र नरकको सजायबाट सुरक्षित रहनु, अल्लाहको खुशी प्राप्त गर्नु, स्वर्गको अनन्त आनन्द र परम दयालु अल्लाहको निकटता प्राप्त गर्नु जस्ता चीजहरू समावेश छन् ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः व्यापक र संक्षिप्त दुआ (प्रार्थना) हरू गर्नुहुन्थ्यो, जस्तै: "अल्लाहुम्म रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार ।" यस प्रार्थनामा यस संसारका कल्याणहरू जस्तै सुख, शान्ति, समृद्धि, प्रशस्त र पवित्र जीविका, एक धर्मपरायण पत्नी, मनलाई शीतलता प्रदान गर्ने सन्तान, सुखमय जीवन, उपयोगी ज्ञान तथा पुण्य कर्महरू र यस्तै अन्य प्रिय र वैधानिक कुराहरू समावेश छन्। त्यसैगरी, यसमा परलोकका कल्याणहरू जस्तै चिहानको यातनाबाट सुरक्षा, हिसाबकिताबको दिनको कठिनाइबाट मुक्ति, नरकको सजायबाट सुरक्षा, अल्लाहको सन्तुष्टि, स्वर्गको अनन्त सुख र परम दयालु अल्लाहको निकटता प्राप्त गर्ने जस्ता कुराहरू पनि समावेश छन्।</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को आदेश मान्दै व्यापक र संक्षिप्त दुआहरू छनौट गर्नु मुस्तहब हो ।
-अल्लाहसँग लोक परलोक दुवैको भलाइको लागि दुआ गर्नु सबैभन्दा उत्तम तरिका हो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को आदेश अनुसार व्यापक र संक्षिप्त प्रार्थनाहरू (दुआहरू) छनौट गर्नु मुस्तहब (पुणयदायी) हो।
+मानिसले आफ्नो प्रार्थनामा यस लोक र परलोक दुवैको भलाइलाई समावेश गर्नु सबैभन्दा उत्तम हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>सैय्येदुल-इस्तिग्फार</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>शद्दाद बिन औस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सैय्येदुल-इस्तिग्फार" यो हो : ‘अल्लाहुम्म अन्त रब्बी, ला इलाह इल्ला अन्त्, खलक्तनी व अना अब्दुक व अना अला अह्दिक व वाअ्दिक मस्त-ताअ्-तु, अऊजुबिक मिन् शर्रि मा सनाअ्-तु, अबूउ लक बिनिअ्मतिक अलय्य व अबूउ बिजम्बी, फग्-फिर्ली फइन्नहु ला यग्फि-रूज्जुनूब इल्ला अन्त् ।’ रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले पूर्ण विश्वासका साथ बिहान उक्त दुआ पढ्छ र सोही दिन साँझ हुनु अघि उसको मृत्यु हुन्छ भने ऊ जन्नतमा प्रवेश गर्नेछ । त्यसैगरी जसले पूर्ण विश्वासका साथ राती पढ्छ र बिहान हुनु अघि उसको मृत्यु हुन्छ भने ऊ जन्नतमा जानेछ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई बताउँदै हुनुहुन्छ, क्षमा खोज्ने केही शब्दहरू छन्, जसमध्ये सबैभन्दा उत्कृष्ट र महान शब्दहरू निम्नलिखित छन्: "अल्लाहुम्म अन्त रब्बी, ला इलाह इल्ला अन्त्, खलक्तनी व अना अब्दुक व अना अला अह्दिक व वाअ्दिक मस्त-ताअ्-तु, अऊजुबिक मिन् शर्रि मा सनाअ्-तु, अबूउ लक बिनिअ्मतिक अलय्य व अबूउ बिजम्बी, फग्-फिर्ली फइन्नहु ला यग्फि-रूज्जुनूब इल्ला अन्त् ।" भक्तले पहिले तौहीद (एकेश्वरवाद) लाई स्वीकार गर्दछ । अल्लाह नै उसको सृष्टिकर्ता र पूज्य हुनुहुन्छ, जसको कुनै साझेदार छैन । भक्तले आफ्नो क्षमता अनुसार अल्लाहमा विश्वास र उहाँप्रति आज्ञाकारी हुने वाचालाई पालन गर्दछ; किनकि भक्तले जतिसुकै उपासना गरे पनि उसले नत अल्लाहका सबै आदेशहरू पूरा गर्न सक्छ नत उहाँको आशीर्वादप्रति कृतज्ञ बन्न सक्छ । ऊ अल्लाहमा शरण लिन्छ र अल्लाहको डोरीलाई बलियोसँग समात्छ, किनकि भक्तले गरेको खराब कर्मबाट शरण दिने उहाँ नै हुनुहुन्छ । "ऊ आफूलाई उहाँको कृपाको स्वीकार गर्न र स्वेच्छाले स्वीकृत गर्न तयार हुन्छ, र आफूलाई आफ्नो पाप र अधर्मको स्वीकृति दिन्छ।" त्यसपछि आफ्नो पालनकर्तासँग उसले गरेको पापहरूलाई ढाक्न, क्षमा गर्न र आफ्नो विशेष कृपाले उसको पापको नराम्रो परिणामबाट बचाउनको लागि दुआ गर्दछ । किनकि अल्लाह बाहेक अरू कसैले पापहरू क्षमा गर्न सक्दैन । त्यसपछि उहाँले यो बिहान बेलुका पढिने अज्कारहरूमध्ये एक हो भनेर स्पष्ट पार्नुभयो । जसले दिनको प्रारम्भमा अर्थात् सूर्योदयदेखि जुहरसम्म यसको अर्थ र अभिलाषालाई बुझेर पूर्ण विश्वास र दृढतापूर्वक यसलाई पढ्छ र त्यसपछि उसको मृत्यु हुन्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ । त्यसैगरी, जसले राती अर्थात् सूर्यास्तदेखि फज्रको बीचमा यसलाई पढ्छ र बिहान अघि नै मृत्यु भयो भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई बताउँनु भयो कि क्षमा याचना गर्ने केही शब्दहरू छन्, जसमध्ये सबैभन्दा उत्कृष्ट र महान शब्दहरू निम्नलिखित छन्: "अल्लाहुम्म अन्त रब्बी, ला इलाह इल्ला अन्त्, खलक्तनी व अना अब्दुक व अना अला अह्दिक व वाअ्दिक मस्त-ताअ्-तु, अऊजुबिक मिन् शर्रि मा सनाअ्-तु, अबूउ लक बिनिअ्मतिक अलय्य व अबूउ बिजम्बी, फग्-फिर्ली फइन्नहु ला यग्फि-रूज्जुनूब इल्ला अन्त् ।" यस प्रार्थनामा भक्तले सर्वप्रथम तौहीद (एकेश्वरवाद) लाई स्वीकार गर्दछ र यो कि अल्लाह नै उसको सृष्टिकर्ता र पूज्य हुनुहुन्छ, जसको कुनै साझेदार छैन । भक्तले आफ्नो क्षमता अनुसार अल्लाहमा विश्वास र उहाँप्रति आज्ञाकारी हुने वाचालाई पुरा गर्दछ; किनकि भक्तले जति नै उपासना गरे पनि, न त अल्लाहका सम्पूर्ण आदेशहरू पालना गर्न सक्छ न त उहाँका सम्पूर्ण वरदानहरू प्रति कृतज्ञ हुन सक्छ।   त्यसैले, उसले अल्लाहको शरण लिन्छ, आफूलाई उहाँप्रति पूर्णतः समर्पित गर्दछ र उहाँलाई नै आफ्नो सहारा बनाउँछ, किनकि स्वयम् उसले नै गरेको दुष्कर्महरूको परिणामबाट सुरक्षा प्रदान गर्ने अल्लाह मात्र हुनुहुन्छ। साथै उसले स्वेच्छिक रूपमा अल्लाहको कृपालाई स्वीकार तथा कबुल गर्छ, र आफूले गरेका पाप तथा अवज्ञालाई पनि स्वीकार गर्छ । यसरी अल्लाहसमक्ष विन्ती-प्रार्थना गरेपछि,उसले आफ्नो पालनकर्तासँग आफ्ना पापहरू क्षमा गर्न, त्यसलाई कसैलाई थाहा नहोस् भनेर लुकाइदिन र विशेष कृपा, क्षमा र आशिषले ती पापहरूको नराम्रो परिणामबाट बचाउनको लागि दुआ-प्रार्थना  गर्दछ। किनकि अल्लाहबाहेक अरू कोही पापहरू क्षमा गर्न योग्य छैन। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम)ले यो बिहान र साँझमा गरिने प्रार्थनामध्ये एक हो भनी स्पष्ट पार्नुभयो। जसले बिहान अर्थात् सूर्योदयदेखि जुहरसम्मको समयमा यसको अर्थ बुझेर पूर्ण विश्वास र दृढताका साथ यो प्रार्थना गर्छ र त्यसै दिन उसको मृत्यु हुन्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ। त्यसैगरी, जसले राती अर्थात् साँझ सूर्यास्तदेखि फज्रसम्मको समयमा यसलाई पढ्छ र बिहान अघि नै मृत्यु भयो भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
-    <t>इस्तिग्फार (क्षमा) का शब्दहरू फरक छन् र केही शब्दहरू अरू भन्दा राम्रा छन् ।
-दासले ध्यानका साथ अल्लाहसंग यो बिन्ती गर्नुपर्छ, किनकि यो सैयेदुल-इस्तिगफार हो ।</t>
+    <t>इस्तिग्फार (क्षमायाचना गरिने प्रार्थना) का शब्दहरू फरक-फरक छन् र केही शब्दहरू अरू भन्दा राम्रा छन् ।
+व्यक्तिले ध्यानपूर्वक अल्लाहसँग यो प्रार्थना गर्नुपर्छ, किनकि यो सैय्यदुल-इस्तिगफार (सर्वोत्तम क्षमा याचना) हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>तिमीहरूले सत्य बोल्नु पर्छ, किनकि सत्यले धर्मको बाटो देखाउँछ र धार्मिकताले पक्कै स्वर्गमा पुर्‍याउँछ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूले सत्य बोल्नु पर्छ, किनकि सत्यले धर्मको बाटो देखाउँछ र धार्मिकताले पक्कै स्वर्गमा पुर्‍याउँछ । मानिस सधैं सत्य बोल्छ र सत्यको खोजीमा रहन्छ, यहाँसम्म ऊ अल्लाहको नजिक सिद्दीक (सत्यवान) लेखिन्छ । तिमीहरू झूट बोल्नबाट जोगिनुपर्छ, किनकि झूटले पापको बाटो देखाउँछ र पापले नरकमा लैजान्छ । मानिस सधैं झूट बोल्छ र झूटको खोजीमा रहन्छ, यहाँसम्म ऊ अल्लाहको नजिक झूठो घोषित गरिन्छ ।</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सत्य बोल्न आदेश दिनुभएको छ; किनकि सत्यले असल कर्मको बाटो देखाउँछ र धार्मिकताले असल काममा अडिग रहने व्यक्तिलाई स्वर्गमा पुर्‍याउँछ भनी उहाँले बताउनुभयो । मानिस वाह्य तथा आन्तरिक रूपमा सधैं सत्यवान र इमानदार रहिरहन्छ, यहाँसम्म उ 'सिद्दीक' को उपनाम पाउँछ; सिद्दीक भनेको इमानदारीको उच्च स्थान हो । त्यसपछि उहाँले झूट र झूट बोल्ने विरुद्ध चेतावनी दिनुभयो; किनभने यसले मानिसलाई निष्ठाबाट टाढा लैजान्छ, दुष्टता, भ्रष्टाचार र पाप गर्न उत्प्रेरित गर्छ र त्यसपछि नरकमा लैजान्छ । मानिस अझै धेरै झूट बोल्छ, यहाँसम्म ऊ अल्लाहको नजिक झूठो घोषित गरिन्छ ।</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>सत्यता र इमानदारीता एक उत्कृष्ट चरित्र हो जुन प्रयासबाट प्राप्त हुन्छ । मानिस सधैं सत्य बोल्छ र सत्यको खोजीमा रहन्छ, यहाँसम्म इमानदारी उसको लागि एक प्राकृतिक गुण बन्दछ र अल्लाहको नजिक सिद्दीक (सत्यवान) लेखिन्छ ।
 झूट बोल्नु एक निन्दनीय चरित्र हो जुन अपराधीले लामो अभ्यास र गलत व्यवहारबाट प्राप्त गर्दछ, यहाँसम्म यो उसको लागि एक प्राकृतिक र सामान्य गुण बन्दछ र अल्लाहको नजिक ऊ झूठो घोषित गरिन्छ ।
 इमानदारी भन्नाले जिब्रोको इमानदारीलाई बुझाउँछ, जुन झूटको विपरीत हो । नियतमा इमानदारी भनेको निष्ठा र मात्र अल्लाहको लागि गर्नु हो । इरादाको इमानदारी भनेको पुण्य कर्मको नियत गर्नु र आफ्नो काममा इमानदार हुनु हो र कमसेकम मानिसको भित्र र बाहिर दुवै समान हुनुपर्छ र डर, आशा र अन्य मामिलाहरूमा इमानदार हुनुपर्छ । जसमा यी विशेषताहरू छन् भने ऊ सिद्दीक (सत्यवान) हो र यसका केही अंश मात्र हो भने ऊ सादिक (इमानदार) हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>दुई शब्दहरू यस्ता छन्, जुन जिब्रोमा हलुका, तराजुमा भारी र रहमान (परम दयालु) लाई धेरै प्रिय छन्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "दुई शब्दहरू यस्ता छन्, जुन जिब्रोमा हलुका, तराजुमा भारी र रहमान (परम दयालु) लाई धेरै प्रिय छन् ।" ती हुन्: " सुब्हानल्लाहि व बिहमदिही  सुब्हानल्लाहिल अजीम ।"</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुईवटा वाक्यहरूको बारेमा भन्नुभएको छ, जुन व्यक्तिले कुनै पनि परिस्थितिमा सजिलै उच्चारण गर्न सक्छ, तर त्यो तराजूमा धेरै भारी हुनेछ र हाम्रो दयालु पालनकर्ताले ती दुवैलाई मन पराउनुहुन्छ, ती हुन् :
 ‘सुब्हानल्लाहि व बिहमदिही सुब्हानल्लाहिल अजीम’ (अल्लाहको  महिमा होस् र उहाँको प्रशंसा होस्, महान अल्लाहको महिमा होस्); किनभने यी दुई वाक्यहरूमा अल्लाहको महानता र उहाँको पूर्णताको वर्णन गरिएको छ र उहाँलाई सबै कमजोरीहरूबाट पवित्र घोषित गरिएको छ ।</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>सबैभन्दा ठूलो जिक्र त्यो हो जसमा अल्लाहको शुद्धता, महिमा र उहाँको प्रशंसा दुवै समावेश हुन्छ ।
 अल्लाह आफ्ना सेवकहरूप्रति धेरै दयालु हुनुहुन्छ, उहाँले साना कामहरूमा पनि ठूलो इनाम दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>अल्लाहको नजरमा प्रार्थना भन्दा सम्मानित र महान अरु केही छैन ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको नजरमा प्रार्थना भन्दा सम्मानित र महान अरु केही छैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुआ (प्रार्थना) भन्दा राम्रो कुनै उपासना छैन भनेर भन्नुभयो । किनकि यसमा एकातिर अल्लाहको निरपेक्षता र सम्पन्नता छ भने अर्कोतिर दासको उहाँमाथिको निर्भरता र अभावको स्वीकृति छ ।</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>दुआ (प्रार्थना) को महत्व र अल्लाहलाई प्रार्थना गर्नेले वास्तवमा अल्लाहको सम्मान गर्दछ र उहाँ सबैभन्दा धनी हुनुहुन्छ भनेर स्वीकार गर्दछ, किनकि गरिबबाट केही माग्न सकिँदैन । उहाँ सुन्नुहुन्छ, किनभने बहिराहरूलाई पुकारिदैन । उहाँ दयालु हुनुहुन्छ, किनकि  कंजूससित केही मागिदैन । उहाँ दयालु हुनुहुन्छ, किनकि कठोर हृदयलाई प्रार्थना गरिदैन । उहाँ नजिक हुनुहुन्छ, किनकि टाढाकोले सुन्न सक्दैन । अल्लाहका यी र यस्तै अन्य गुणहरू यस हदीसबाट प्रमाणित हुन्छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>दानले धनमा कमी आउँदैन । जसले मानिसहरूलाई क्षमा गर्छ, अल्लाहले उसको इज्जत बढाउँछ र जसले अल्लाहको लागि आफूलाई नम्र बनाउँछ, अल्लाहले उसलाई उच्च दर्जा दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "दानले धनमा कमी आउँदैन । जसले मानिसहरूलाई क्षमा गर्छ, अल्लाहले उसको इज्जत बढाउँछ र जसले अल्लाहको लागि आफूलाई नम्र बनाउँछ, अल्लाहले उसलाई उच्च दर्जा दिनुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, सदकाले धनलाई घटाउँदैन, बरू यसले व्यक्तिलाई विपत्तिबाट बचाउँछ र दान गर्नेलाई ठूलो वरदान र भलाई दिनुहुन्छ । यस दृष्टिकोणबाट हेर्दा धन बढेको हुन्छ, घटेको हुँदैन।
 बदला लिने क्षमता हुँदाहुँदै पनि माफी दिइयो भने त्यसले व्यक्तिको शक्ति र सम्मान बढाउँछ ।
 जब कुनै व्यक्ति कसैलाई खुशी पार्न र कसैबाट फाइदा लिनको लागि नभई केवल अल्लाहको डरले,  - नम्रता अपनाउछ, तब अल्लाहले उसलाई उच्च स्थान प्रदान गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>भलाइ र सफलता शरियतको पालना र असल कार्यमा निहित छ, यद्यपि केही मानिसहरू यसलाई विपरीत सोच्छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>जसले आफ्नो भाइको इज्जत र मर्यादाको रक्षा गर्छ, अल्लाहले उसलाई न्यायको दिन नरकको आगोबाट बचाउनुहुनेछ ।</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले आफ्नो भाइको इज्जत र मर्यादाको रक्षा गर्छ, अल्लाहले उसलाई न्यायको दिन नरकको आगोबाट बचाउनुहुनेछ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले आफ्नो मुस्लिम भाइको अनुपस्थितिमा उसको इज्जत र मर्यादाको रक्षा गर्दछ, अल्लाहले न्यायको दिन उसलाई सजायबाट टाढा राख्नुहुन्छ ।</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>मुस्लिमहरूको इज्जत र प्रतिष्ठामा हानि पुर्याउने कुनै पनि कुरा बोल्न निषेध गरिएको छ ।
 मानिसलाई उसको कर्म अनुसार बदला दिइन्छ। तसर्थ, जसले आफ्नो भाइको इज्जतको रक्षा गर्छ, अल्लाहले उसलाई नरकको आगोबाट बचाउनुहुनेछ ।
 इस्लाम आपसी भाइचारा र सहयोगको धर्म हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>जसले "सुब्हानल्लाहि व बिहम्दिहि" दिनमा सय पटक पढ्छ, उसको पापहरू माफ गरिन्छ, चाहे त्यो समुद्रको फिज बराबर भए पनि ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले "सुब्हानल्लाहि व बिहम्दिहि" दिनमा सय पटक पढ्छ, उसको पापहरू माफ गरिन्छ, चाहे त्यो समुद्रको फिज बराबर भए पनि ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले दिन र रातमा सय पटक 'सुब्हानल्लाहि व बिहम्दिहि' भन्छ भने उसका पापहरू माफ गरिन्छ र क्षमा गरिनेछन, चाहे त्यो समुद्रमा छालको समयमा देखा पर्ने सेतो फिज जती धेरै नै किन नहोस ।</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>यो इनाम एकै पटक लगातार वा अन्तरालमा (बीच-बीचमा) पढ्ने दुबैलाई प्राप्त हुनेछ ।
 तस्बीहको अर्थ: अल्लाहलाई सबै दोष र कमजोरीहरूबाट मुक्त मान्नु र हम्द (प्रशंसा) भनेको उहाँलाई प्रेम र सम्मानका साथ हरेक हिसाबले परिपूर्ण मान्नु ।
 यस हदीसमा पापहरूको क्षमा गरिनुको अर्थात् साना पापहरूको क्षमा हो । ठूला पापहरूका लागि तौबा (पश्चात्ताप) आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>जसले ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ १० चोटि पढ्छ</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>अबू अय्यूब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जसले ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ १० चोटि पढ्छ, उसले  इस्माइल (अलैहिस्सलाम) को सन्तानबाट चार दासहरूलाई मुक्त गरे बराबर पुण्य पाउँछ ।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले यो दुआ (जिक्र) ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ पढ्छ, जसको अर्थ हो:  अल्लाह बाहेक कोही सत्य ईश्वर छैन, उहाँ एक्लो हुनुहुन्छ, उहाँको कुनै साझेदार छैन, सार्वभौम राज्य उहाँकै हो, उहाँ प्रेम र आदरका साथ प्रशंसा योग्य हुनुहुन्छ । उहाँ सर्वशक्तिमान हुनुहुन्छ र उहाँको लागि केही पनि असम्भव छैन । जसले यो महान जिक्र दिनमा दस पटक पढ्छ; उसले इस्माइल बिन इब्राहीम (अलैहिस्सलाम) को पुस्ताबाट ४ दास मुक्त गरे जति इनाम पाउनेछ । इस्माइल (अलैहिस्सलाम)को सन्तानलाई विशेष रूपमा उल्लेख गरिएको छ किनभने उनको सन्तानका मानिसहरू अन्य मानिसहरू भन्दा उच्च छन् ।</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>यस जिक्रको (प्रार्थना) महत्व यो हो कि यसमा अल्लाह मात्र उपासना र प्रशंसा योग्य हुनुहुन्छ, सम्पूर्ण राज्य र शक्तिको मालिक उहाँ नै हुनुहुन्छ भनेर बयान गरिएको छ ।
 जसले यो जिक्र एकैसाथ लगातार पढ्छ वा विभिन्न समय अन्तरालमा पढ्छ, दुबै हालमा यो इनामको हकदार हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>अल्लाहले जसको लागि भलाइ चाहनुहुन्छ, उसलाई इस्लाम धर्मको गहिराइका साथ समझ दिनुहुन्छ</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>मुआविया (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहले जसको लागि भलाइ चाहनुहुन्छ, उसलाई इस्लाम धर्मको गहिराइका साथ समझ दिनुहुन्छ। म त केवल (ज्ञान)बाँड्नेवाला हुँ, दाता त अल्लाह हुन् । यो उम्मत सधैं अल्लाहको आदेशमा अडिग रहिरहनेछ, अल्लाहको आदेश नआएसम्म यसको विरोध गर्नेहरूले  तिनीहरूलाई (अर्थात अल्लाहको आदेशमा अडिग रहनेवाला हरुलाई) हानि गर्न सक्नेछैनन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले जसको लागि भलाइ चाहनुहुन्छ, उसलाई धर्मको गहिराइका साथ समझ दिनुहुन्छ । अनि उहाँ (अलैहि सलात वस्सलाम) केवल (ज्ञान) बाड्ने हुन्, उहाँ अल्लाहले प्रदान गर्नुभएको जीविका र ज्ञान आदि बाँड्नु हुन्छ, जबकि वास्तविक दाता अल्लाह हुन् । उहाँ बाहेक अरू सबै केवल माध्यम हुन्  जसले अल्लाहको अनुमति बिना फाइदा पुर्याउँन सक्दैनन्। यो उम्मत (राष्ट्र) कयामतको दिनसम्म अल्लाहको धर्ममा अडिग रहनेछ र विरोध गर्नेहरूले कुनै हानि गर्न सक्ने छैनन्, यहाँसम्म कि कयामत आउँछ ।</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>इस्लामिक ज्ञानको महत्व अनि यस ज्ञान लाई सिक्ने प्रोत्साहन ।
 सत्यलाई समर्थन गर्ने यो उम्मत (राष्ट्र) मा एक समूह अवस्थित हुनुपर्छ । यदि एक समूहले यसलाई बेवास्ता गर्छन् भने, अर्को समूहले गर्नुपर्दछ।
 यदि कसैले धर्मको ज्ञान प्राप्त गर्छ भने यो अल्लाहले उसको लागि भलाइ गर्न चाहनुहुन्छ भन्ने संकेत हो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम)ले (ज्ञान, धन आदि) केवल अल्लाहको आदेश र इच्छा अनुसार दिनुहुन्छ र उहाँको स्वामित्वमा केही पनि छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>“हे मानिसहरू, सलाम (अभिवादन) फैलाउनु, खाना खुवाउनु, पारिवारिक सम्बन्ध कायम गर्नु र मानिसहरू सुतिरहेको बेला रातमा नमाज पढ्नु, (यसो गरेमा) तिमीहरू शान्तिका साथ जन्नत (स्वर्ग) मा प्रवेश गर्नेछौ ।”</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन सलाम (रजियल्लाहु अन्हु) ले बयान गरेका छन्: जब नबी (सल्लल्लाहु अलैहि वसल्लम) मदीनामा आउनुभयो, मानिसहरू उहाँ तर्फ दौडेर आए र भन्न थाले : रसूल (सल्लल्लाहु अलैहि वसल्लम) आइपुग्नु भएको छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) आइपुग्नु भएको छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) आइपुग्नु भएको छ । उनले यो वाक्य तीन पटक दोहोर्याए । उहाँलाई हेर्न म पनि मानिसहरूको भीडमा प्रवेश गरें । जब मैले उहाँको अनुहारलाई ध्यान दिएर हेरें, तब यो कुनै झूटाको अनुहार हुन सक्दैन भन्ने मलाई स्पष्ट भयो । त्यतिबेला मैले उहाँको मुखबाट सुनेको पहिलो कुरा थियो: “हे मानिसहरू, सलाम (अभिवादन) फैलाउनु, खाना खुवाउनु, पारिवारिक सम्बन्ध कायम गर्नु र मानिसहरू सुतिरहेको बेला रातमा नमाज पढ्नु, (यसो गरेमा) तिमीहरू शान्तिका साथ जन्नत (स्वर्ग) मा प्रवेश गर्नेछौ ।”</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) मदीना आउनुभयो, मानिसहरूले उहाँलाई देख्नसाथ उहाँतर्फ दौडे । उहाँलाई भेट्न जानेहरूमध्ये अब्दुल्लाह बिन सलाम पनि थिए, जो एक यहूदी थिए । जब उनले उहाँलाई देखे, उहाँको अनुहारको प्रकाश, सौन्दर्य र निष्कपट प्रतिष्ठाले गर्दा यो कुनै झूठो मानिसको अनुहार हुन सक्दैन भनेर उनलाई स्पष्ट भयो । उनले नबी (सल्लल्लाहु अलैहि वसल्लम) को मुखबाट सुनेको पहिलो कुरा के थियो भने उहाँले मानिसहरूलाई जन्नत (स्वर्ग) मा प्रवेश गर्ने कार्यहरू गर्न आग्रह गर्दै थिए, जस्तै :
 पहिलो: सलाम (अभिवादन) फैलाउनु, यसलाई प्रदर्शन गर्नु र परिचित अपरिचित सबैलाई अत्याधिक सलाम गर्नु ।
 दोस्रो: मानिसहरूलाई खाना खुवाउनु, चाहे त्यो सद्का (दान) र उपहारको रुपमा होस् वा पाहुनालाई होस् ।
 तेश्रो: पारिवारिक सम्बन्ध (सिलाह रह्मी) कायम गर्नुहोस्, चाहे उनीहरू बुबा वा आमा पट्टीको आफन्त होस् ।
 चौथो: मानिसहरू सुतिरहेको बेला राती नफ्ली (अतिरिक्त) नमाज पढ्नुहोस् ।</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>मुस्लिमहरूमा सलाम (अभिवादन) फैलाउनु मुस्तहब हो । तर गैर-मुस्लिमलाई सलाम गर्न पहल गर्नु हुँदैन र यदि उसले सलाम गर्यो भने, ‘व अलैकुम’ भन्दै जवाफ दिने ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>निश्‍चय नै, अल्लाहले त्यो दासलाई प्रेम गर्नुहुन्छ, जो धर्मपरायण, आत्मनिर्भर र विनम्र हुन्छ ।</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>साअ्द बिन अबी वक्कास (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्‍चय नै, अल्लाहले त्यो दासलाई प्रेम गर्नुहुन्छ, जो धर्मपरायण, आत्मनिर्भर र विनम्र हुन्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>अल्लाहले आफ्ना केही सेवकहरूलाई माया गर्नुहुन्छ भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नु भएको छ ।
 जसमध्ये एउटा मुत्तकी (धर्मपरायण) हो, अर्थात् अल्लाहको आदेशको पालना गर्ने र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहने व्यक्ति ।
 दोस्रो गनी (आत्मसन्तुष्ट) व्यक्ति हो, जसले अल्लाह बाहेक अरु कसैसित केही माग्दैन र आफ्नो आवश्यकता हरू अन्य मानिससँग व्यक्त गर्दैन ।
 तेस्रो - उहाँले खफी (गोप्य र साधारण) व्यक्तिलाई माया गर्नुहुन्छ : जसले आफ्नो पालनकर्ताको उपासना गर्दछ, राम्रो काममा व्यस्त रहन्छ र कसैले उसलाई चिनोस् वा प्रशंसा गरोस् भनेर ध्यान दिँदैन ।</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>अल्लाहको प्रेम प्राप्त गर्ने केही विशेषताहरूको बयान, जस्तै अल्लाहको डर, नम्रता र अल्लाहले प्रदान गर्नुभएको कुरामा खुसी र सन्तुष्ट हुनु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
-[...2 lines deleted...]
-    <t>वास्तवमा, तिमीहरूले यो चन्द्रमा देखे जस्तै आफ्नो रब (पालनकर्ता) लाई देख्नेछौ र उहाँलाई हेर्दा तिमीहरूलाई कुनै समस्या हुनेछैन</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
+  </si>
+  <si>
+    <t>निश्चय नै, तिमीहरूले यो चन्द्रमा देखे जस्तै आफ्नो रब (पालनकर्ता) लाई देख्नेछौ र उहाँलाई हेर्दा तिमीहरूलाई कुनै समस्या हुनेछैन</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
-    <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग थियौं । उहाँले एक रात चन्द्रमा (अर्थात् पूर्णिमा) लाई हेर्नुभयो र भन्नुभयो: "वास्तवमा, तिमीहरूले यो चन्द्रमा देखे जस्तै आफ्नो रब (पालनकर्ता) लाई देख्नेछौ र उहाँलाई हेर्दा तिमीहरूलाई कुनै समस्या हुनेछैन । तसर्थ, सूर्योदय र सूर्यास्त अघिको नमाजहरूमा कुनै कुराले बाधा नपरोस् भन्ने सम्भव छ भने अवश्य गर्नु।" त्यसपछि उहाँले यो आयत पढ्नुभयो: (सूर्योदय र सूर्यास्त हुनु अघि आफ्नो परमेश्वरको प्रशंसाको साथ महिमा गर) ।</t>
+    <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग थियौं । उहाँले एक रात पूर्णिमाको चन्द्रमातिर हेरेर भन्नुभयो: "निश्चय नै, तिमीहरूले यो चन्द्रमा देखे जस्तै आफ्नो रब (पालनकर्ता) लाई देख्नेछौ र उहाँलाई हेर्दा तिमीहरूलाई कुनै समस्या हुनेछैन । तसर्थ, यदि तिमीहरू सूर्योदय र सूर्यास्त हुनुअघिका नमाजहरू (फज्र र अस्र) पढ्न सक्षम छौं भने, ती नमाजहरूलाई कहिल्यै नछोड्नु।" त्यसपछि उहाँले यो आयत पढ्नुभयो: (सूर्योदय र सूर्यास्त हुनु अघि आफ्नो परमेश्वरको प्रशंसाको साथ महिमा गर) ।</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
-    <t>एक रात साहाबहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए र यसैबीच उहाँले चन्द्रमा (अर्थात् पूर्णिमा) तिर हेरेर भन्नुभयो: आस्थावानहरूले आफ्ना परमेश्वरलाई आफ्नै आँखाले बिना कुनै शंका नै देख्नेछन् र उहाँलाई हेर्नमा कुनै समस्या, थकान र कठिनाइ हुनेछैन । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : यदि तिमी फजर र अस्रको नमाज पढ्नबाट विचलित पार्ने चीजहरू हटाउन सक्षम हुन्छौ भने यी दुई नमाजहरू समयमा जमातका साथ पूर्ण रूपमा पढ्नु, किनकि यो अल्लाहको अनुहार हेर्न सुअवसर प्रदान गर्ने चीजहरू मध्ये एक हो । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो आयत पढ्नुभयो : (सूर्योदय र सूर्यास्त हुनु अघि आफ्नो परमेश्वरको प्रशंसाको साथ महिमा गर) ।</t>
+    <t>एक रात साहाबहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए र यसैबीच उहाँले पूर्णिमाको चन्द्रमातिर हेरेर भन्नुभयो: आस्थावानहरूले आफ्ना परमेश्वरलाई प्रत्यक्ष आँखाले देख्न पाउनेछन् र उहाँलाई हेर्दा कुनै समस्या, थकान वा कठिनाइ हुनेछैन । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : यदि तिमी फज्र र अस्रको नमाज पढ्नबाट रोक्ने वा विचलित गर्ने कारणहरू हटाउन सक्षम छौ भने, यी दुई नमाजहरूलाई समयमा र जमातसहित पूरा गर। किनभने यी दुई नमाजहरू अल्लाहको अनुहार हेर्ने सौभाग्य प्राप्त गर्ने कारणहरू मध्ये एक हुन्। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो आयत पढ्नुभयो : (सूर्योदय र सूर्यास्त हुनु अघि आफ्नो परमेश्वरको प्रशंसाको साथ महिमा गर) ।</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
-    <t>आस्थावानहरूले स्वर्गमा अल्लाहको दर्शन गर्ने अवसर पाउनेछन् ।
-दावह (इस्लाम तर्फ आह्वान) गर्ने शैलीहरूमध्ये कुनै कुरामा जोड दिनु, प्रोत्साहन गर्नु र उदाहरणद्वारा व्याख्या गर्नु हो ।</t>
+    <t>यो हदीसमा आस्थावानहरूले स्वर्गमा अल्लाहको दर्शन गर्ने अवसर पाउने शुभ समाचार छ।
+दाअ्वाह (इस्लाम तर्फ आह्वान) गर्ने शैलीहरूमध्ये कुनै कुरामा जोड दिनु, प्रोत्साहन गर्नु र उदाहरणद्वारा व्याख्या गर्नु पनि हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>(यदि कसैले उपहार स्वरूप दिएमा) रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अत्तर (सुगन्ध)  लाई  कहिल्यै पनि अस्वीकार गर्नु हुन्थेन।</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, (यदि कसैले उपहार स्वरूप दिएमा) रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अत्तर (सुगन्ध)  लाई  कहिल्यै पनि अस्वीकार गर्नु हुन्थेन।</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को बानी के थियो भने उहाँले सुगन्धलाई अस्वीकार गर्नु हुन्थिएन। कसैले सुगन्ध दियो भने स्वीकार गर्नुहुन्थ्यो, किनकि यो सँगै राख्न सजिलो हुन्छ र मिठो बास्ना आउँछ ।</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>अत्तर (सुगन्ध) को उपहार स्वीकार गर्नु मुस्तहब हो । किनकि यसलाई सँगै राख्न कुनै अप्ठ्यारो हुँदैन र स्वीकार गरेर कसै को कृतज्ञताको भार वहन गर्नुपर्दैन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले कहिल्यै पनि अत्तर अस्वीकार गर्नुभएन र उहाँ उपहार स्वीकार गर्नुहुन्थ्यो । यो उहाँको असल चरित्र र व्यवहार एक उदाहरण मात्र हो ।
 अत्तर (सुगन्ध) प्रयोग गर्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
-[...2 lines deleted...]
-    <t>अन्यायबाट सावधान रहनु, किनकि न्यायको दिनमा अन्याय अन्धकारको रूपमा देखा पर्नेछ । कन्जुस्याइँ र लोभबाट सावधान रहनु, किनकि कन्जुस्याइँले तपाईंभन्दा पहिलेका मानिसहरूलाई नष्ट गरेको थियो।</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
+  </si>
+  <si>
+    <t>अन्यायबाट टाढै रहनुहोस्, किनकि न्यायको दिनमा यो अन्धकार बनेर आउनेछ । कन्जुस्याइँ र लोभबाट सावधान रहनु, किनकि त्यसै कारणले तिमीहरू भन्दा पहिलेका मानिसहरू नष्ट भएका थिए।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
-    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "अन्यायबाट सावधान रहनु, किनकि न्यायको दिनमा अन्याय अन्धकारको रूपमा देखा पर्नेछ । कन्जुस्याइँ र लोभबाट सावधान रहनु, किनकि कन्जुस्याइँले तपाईंभन्दा पहिलेका मानिसहरूलाई नष्ट गरेको थियो। यसैले उनीहरूलाई एक अर्काको रगत बगाउन र अवैध महिलाहरूलाई हलाल बनाउन उक्साएको थियो ।"</t>
+    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ : "अन्यायबाट टाढै रहनुहोस्, किनकि न्यायको दिनमा यो अन्धकार बनेर आउनेछ । कन्जुस्याइँ र लोभबाट सावधान रहनु, किनकि त्यसै कारणले तिमीहरू भन्दा पहिलेका मानिसहरू नष्ट भएका थिए। यसै अत्यधिक लोभ र लालसाले उनीहरूलाई एकअर्कासँग रक्तपात गर्न र अवैध तथा वर्जित कार्यहरू गर्न उक्साएको थियो।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अन्याय विरुद्ध चेतावनी दिनुभएको छ, जस्तैः एकार्कामाथि अन्याय, आफूमाथि अन्याय र अल्लाहको अधिकारमा अन्याय आदि ।" हकदारलाई उसको हक नदिनु नै अन्याय हो । न्यायको दिनमा दमन गर्नेहरू कष्ट र कठिन परिस्थितिमा हुनेछन् । उहाँले अत्याधिक कन्जुस्याइँ र लोभ गर्न मनाही गर्नुभएको छ, जसलाई अरबिकमा ‘शुह’ भनिन्छ । यसमा आर्थिक अधिकार तिर्नमा कमीका साथ संसारको चरम लोभ पनि समावेश छ । यस प्रकारको अन्यायले हामीभन्दा अघिका राष्ट्रहरूलाई नष्ट गर्‍यो, किनकि यसले उनीहरूलाई एकअर्काको ज्यान लिन र अल्लाहले निषेध 
-गर्नुभएको कुरालाई वैध बनाउन उत्प्रेरित गर्‍यो ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले अन्यायविरुद्ध चेतावनी दिनुभएको छ, जस्तै: एकअर्कामाथि अन्याय गर्नु, आफूमाथि अन्याय गर्नु र अल्लाहको अधिकारमा अन्याय गर्नु इत्यादि। अन्याय र अत्याचार भनेको हकदारलाई उसको हक नदिनु हो । न्यायको दिनमा दमन गर्नेहरू कष्ट र कठिन परिस्थितिमा हुनेछन् । उहाँले अत्यधिक कन्जुस्याइँ र लोभ गर्न मनाही गर्नुभएको छ, जसलाई अरबी भाषामा ‘शुह’ भनिन्छ। यस अन्तर्गत आर्थिक अधिकारहरू पूरा नगर्नु र संसारिक जिवन र वस्तुहरु प्रतिको चरम लोभ पर्दछ। यस प्रकारको अन्यायले हामीभन्दा अघिका राष्ट्रहरूलाई नष्ट गर्यो, किनकि यसले उनीहरूलाई एकअर्काको ज्यान लिन र अल्लाहले निषेध गर्नुभएको कुराहरुलाई गर्न हुन प्रेरित गर्यो।</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
-    <t>"धनको खर्च र भाइभाइको सहारा दिने कुरा प्रेम र सम्बन्धलाई प्रोत्साहित गर्ने कारण हो।"
+    <t>धन सम्पत्ति खर्च गर्नु र मुस्लिम दाजुभाइहरूप्रति सहानुभूति देखाउनु आपसी प्रेम र सम्बन्ध लाई मजबुत बनाउने महत्त्वपूर्ण कारणहरू हुन्।
 कन्जुस्याइँ र लोभले पाप र अनैतिकतातिर डोर्‍याउँछ ।
 पहिलेका राष्ट्रहरूको अवस्थाबाट पाठ सिक्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>सबैभन्दा पूर्ण मुमिन (आस्थावान) त्यो हो जसको व्यवहार राम्रो छ र तिमीहरु मध्ये सबैभन्दा राम्रो त्यो हो जो आफ्नो महिलाहरु (छोरी/स्वास्नी)प्रति राम्रो हुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सबैभन्दा पूर्ण मुमिन (आस्थावान) त्यो हो जसको व्यवहार राम्रो छ र तिमीहरु मध्ये सबैभन्दा राम्रो त्यो हो जो आफ्नो महिलाहरु (छोरी/स्वास्नी)प्रति राम्रो हुन्छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: आस्थाको आधारमा सबैभन्दा पूर्ण त्यो व्यक्ति हो जसको व्यवहार उत्तम हुन्छ, जस्तै मानिसलाई मुस्कुराएर भेट्नु, राम्रोसँग कुरा गर्नु, भलो गर्नु र कसैलाई हानी नपुर्याउनु ।
 त्यसैगरी, सबैभन्दा राम्रो मुमिन (आस्थावान) त्यो हो जो आफ्नी पत्नी, छोरी, दिदीबहिनी र अन्य नातेदारहरूसँग राम्रो व्यवहार गर्दछ । किनभने यी महिलाहरू असल व्यवहारको सबैभन्दा बढी हकदार हुने गर्दछन् ।</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>राम्रो व्यवहार सद्गुण हो र यो ईमानको अंश हो ।
 अमल (कर्म) पनि आस्थाको अंग हो र ईमान बढ्ने र घट्ने गर्दछ ।
 इस्लामले महिलालाई सम्मान दिएको छ र उनीहरूसँग राम्रो व्यवहार गर्न प्रोत्साहित गरेको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>यो संसार अस्थायी सुख हो, र संसारको सबैभन्दा राम्रो सुख धर्मपरायण स्त्री हो।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यो संसार अस्थायी सुख हो, र संसारको सबैभन्दा राम्रो सुख धर्मपरायण स्त्री हो।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, संसार र यसमा भएका सबै चीजहरू वास्तवमा लाभदायक साथै अस्थायी सुख हो, त्यसपछि यसको अन्त्य हुन्छ । यस संसारमा सबैभन्दा राम्रो सुख धर्मपरायण नारी हो । जब उसको पतिले उसलाई हेर्छ तब उसलाई खुसी तुल्याउँछे, जब उसले आदेश दिन्छ तब उसले पालन गर्छे, जब उसलाई छोडेर कतै जान्छ, उसले आफ्नो र आफ्नो पतिको सम्पत्तिको रक्षा गर्छे ।</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>अल्लाहले आफ्ना सेवकहरूका लागि जायज गर्नुभएको पवित्र चीजहरूबाट लाभ उठाउन अनुमति छ । तर अनावश्यक खर्च र आडम्बर गर्नु हुँदैन ।
 राम्रो पत्नी छनोट गर्न प्रोत्साहन गरिएको छ, किनभने उसले आफ्नो पतिलाई अल्लाहको आज्ञा पालन गर्न मद्दत गर्छिन् ।
 यस संसारमा सबैभन्दा राम्रो चीज त्यो हो जुन अल्लाहको आज्ञा पालन गर्न उपयोगी हुन्छ वा उहाँको आज्ञा पालन गर्न मद्दत गर्दछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>निश्चय नै धर्म सहज छ, र जो कोही पनि यसलाई कठोर रूपमा अपनाउन खोज्छ भने, धर्म उसमाथि भारी पर्नेछ। त्यसैले सधैं सही मार्गमा रह, सन्तुलन कायम राख, र खुशीको खबर प्राप्त गर।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै धर्म सहज छ, र जो कोही पनि यसलाई कठोर रूपमा अपनाउन खोज्छ भने, धर्म उसमाथि भारी पर्नेछ। त्यसैले सधैं सही मार्गमा रह, सन्तुलन कायम राख, र खुशीको खबर प्राप्त गर। बिहान, साँझ, र रातको केही समयमा अल्लाहसँग सहयोग माग्दै आफ्नो यात्रामा लाग।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मका सबै विधिविधानहरू सरलता र सहजतामा आधारित छन् भनेर स्पष्ट पार्नुभएको छ, जुन असक्षमता र आवश्यकताको बेला छर्लङ्ग हुन्छ । किनभने जसले छुट र सहजतालाई त्यागेर धार्मिक कार्यहरूमा गहिराइमा पुग्ने प्रयास गर्छ, ऊ पूर्णता वा आंशिक रुपमा परास्त हुन्छ । م: 5795 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले कठोर संघर्ष नगरी मध्य मार्ग अपनाउन प्रेरित गर्नुभएको छ; त्यसैले भक्तले अनिवार्य कुरामा कमी गर्नुहुँदैन र नसक्ने कामको पछि लाग्नु हुँदैन । यदि पूर्ण रूपमा गर्न सकेन भने सकेसम्म प्रयास गर्नुपर्छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले धेरै उपासना गर्न नसक्ने असक्षमलाई थोरै भए पनि निरन्तर उपासना गर्न र त्यसबाट ठूलो पुण्य प्राप्त हुने शुभ समाचार दिनुभएको छ; किनभने जब असक्षमता उसले गर्दा होइन भने उसको पुण्यमा कमी हुने छैन ।
 वास्तवमा, यो संसार एक यात्रा र आखिरत(मृत्युपछिको जीवन)को लागि कर्म गर्ने ठाउँ भएकोले नबी (सल्लल्लाहु अलैहि वसल्लम) ले तीन महत्वपूर्ण समयहरूमा उपासनाको निरन्तरतालाई कायम राख्न मद्दत लिन आदेश दिनुभयो:
 पहिलो: गदवह : दिनको सुरुमा हिंड्ने; यो फज्रको नमाज र सूर्योदय बीचको समय हो ।
 दोस्रो: रौहा: दिउँसो हिंड्ने ।
 तेस्रो: दुल्जह : पूरै रात वा रातको केही भागमा हिंड्ने; किनकि रातको काम दिन भन्दा गाह्रोभएकोले ‘केही भाग’ भनेर आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>इस्लामिक कानूनको सहजता र सहिष्णुताले गर्दा हामीलाई अति र लापरवाही बीचको मध्य मार्ग अपनाउन आदेश दिइएको छ ।
 भक्तले सकेसम्म अनिवार्य काम अतिश्योक्ति वा सुस्ती बिना गर्नुपर्छ ।
 भक्तले उपासनामा सक्रिय हुनका लागि उत्कृष्ट समयहरू छान्नुपर्छ र यी तीन समयहरूमा शरीर उपासनाको लागि सक्रिय हुन्छ ।
 इब्न हजर अल-अस्कलानीले भने: मानौं, नबी (सल्लल्लाहु अलैहि वसल्लम) ले यात्रीलाई सम्बोधन गर्नुभएको हो । यी तीन समय यात्रीको लागि उत्तम भएकोले उहाँले यसबारे सचेत गर्नुभयो; किनकि यदि यात्रीले दिनरात यात्रा गर्यो भने थाक्छ र अशक्त हुन्छ, तर यदि उसले यी सक्रिय समयमा हिड्ने कोसिस गर्यो भने बिना कठिनाई लगातार यात्रा गर्न सक्षम हुनेछ ।
 इब्न हजरले भने: यस हदीसमा शरियतले दिएको छुटको प्रयोग गर्नतर्फ संकेत गरिएको हो, किनकि छुटको ठाउँमा पुरै अमल गर्नु नियमको उल्लङ्घन हो, जस्तै पानी प्रयोग गर्न नसक्ने अवस्थामा तयम्मुम त्याग्नु र पानीको प्रयोग गर्नु जो उसको लागि हानीकारक छ ।
 इब्नुल-मुनीरले भने: यो हदीस, नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो रसूल हुनुहुन्छ भन्ने कुराको एक प्रमाण हो । हामीले र हामी भन्दा पहिलेका मानिसहरूले देखेका छन्, जसले धर्ममा अतिशयोक्ति गर्छ ऊ आफैं परास्त हुन्छ । यसको मतलब पूर्ण तरिकाले उपासना नगर्नु कदापी होइन, किनकि यो एक प्रशंसनीय कार्य हो, तर जसले सुन्नत (अतिरिक्त) मा अति गर्छ र अफजल (उत्कृष्ट) लाई बेवास्ता गर्छ वा अनिवार्य उपासनालाई समय भन्दा ढिलो गर्दछ, जस्तैः रातभरि नमाज पढेर रात बिताउने र फज्रको नमाज जमातका साथ नपढ्ने वा सूर्योदयपछि पढ्ने इत्यादि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>दया र नरमपनाले हर कुरालाई सुन्दर बनाउँछ र यसलाई हटाइयो भने कुरूप र दोषपूर्ण बनाउँछ ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) जो कि पैगम्बर (स.) कि पत्नी हुन्ले, उनले बयान गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "दया र नरमपनाले हर कुरालाई सुन्दर बनाउँछ र यसलाई हटाइयो भने कुरूप र दोषपूर्ण बनाउँछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, बोली र कार्यमा करुणा, नम्रता र संयमताले चीजहरूको सुन्दरता, पूर्णता र सौन्दर्यलाई बढाउँछ र यी गुणहरू भएको व्यक्तिको आवश्यकताहरू पूरा हुने सम्भावना बढी हुन्छ ।
 जबकि कठोरताले चीजहरूलाई दोषपूर्ण र कुरूप बनाउँछ र आवश्यकता पूरा गर्ने बाटोमा अवरोध खडा गर्छ । यस्तो व्यक्तिको आवश्यकता पूरा भए पनि ठूलो दुःख कष्ट पश्चात हुन्छ ।</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>उदारता अपनाउन प्रोत्साहन ।
 नम्रता र करुणा मानवको श्रृंगार हो र यो धर्म र संसारसँग सम्बन्धित सबै राम्रो कुराको कारण हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>निश्चय नै अल्लाह आफ्नो सेवकबाट तब खुशी हुनुहुन्छ जब ऊ खाना खान्छ र त्यसमा उहाँको प्रशंसा गर्छ, वा जब ऊ कुनै पेय पिउँछ र त्यसमा उहाँको प्रशंसा गर्छ।</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>अनस बिन् मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " निश्चय नै अल्लाह आफ्नो सेवकबाट तब खुशी हुनुहुन्छ जब ऊ खाना खान्छ र त्यसमा उहाँको प्रशंसा गर्छ, वा जब ऊ कुनै पेय पिउँछ र त्यसमा उहाँको प्रशंसा गर्छ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले यो स्पष्ट पार्नु भएको छ कि  अल्लाहको सेवकले आफ्नो परमेश्‍वरको अनुग्रह र बरकतहरूको लागि प्रशंसा गर्नु, ती कुराहरू मध्ये एक हो जसबाट अल्लाहको प्रशन्नता प्राप्त हुन्छ। तसर्थ, सेवकले खाना खादा: ‘अल्हम्दुलिल्लाह ' (सबै प्रशंसा अल्लाहको लागि हो) , वा पानी पिउदा ‘अल्हम्दुलिल्लाह’ भन्नु यी मध्ये हुन्।</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>मानिसहरू प्रति अल्लाहको कृपा; उहाँले जीविका प्रदान गर्नुहुन्छ र प्रशंसा गरेको खण्डमा प्रसन्न हुनुहुन्छ ।
 खानपिनपछि 'अल्हम्दु लिल्लाह' भने जस्ता साना कार्यहरूबाट पनि अल्लाहको खुशी प्राप्त हुन्छ ।
 खानपिनपछि अल्लाहको प्रशंसा गर्नु भनेको खानपिनका सभ्य व्यवहार हरू मध्ये एक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>मुमिनले आफ्ना राम्रा चरित्र र व्यवहारका कारण दिनभरी व्रत बस्ने र राती तहज्जुदको नमाज पढ्ने व्यक्तिको स्थान प्राप्त गर्दछ ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "मुमिनले आफ्ना राम्रा चरित्र र व्यवहारका कारण दिनभरी व्रत बस्ने र राती तहज्जुदको नमाज पढ्ने व्यक्तिको स्थान प्राप्त गर्दछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, राम्रो व्यवहारले व्यक्तिलाई निरन्तर रोजा राख्ने र तहज्जुद पढ्ने व्यक्तिको स्थानमा पुर्‍याउँछ । राम्रा व्यवहार भनेको अरुको भलाइ गर्नु, राम्रो कुरा गर्नु, मुस्कुराएर भेट्नु, कसैलाई दु:ख नदिनु र अरुले चोट पुर्याउँछ भने धैर्य गर्नु हो ।</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>इस्लामले मानवको दैनिक व्यवहारलाई श्रेष्ठ र पूर्ण बनाउनमा धेरै ध्यान दिएको छ ।
 राम्रा व्यवहारको महत्व यति धेरै छ, यसबाट मानिसले निरन्तर व्रत बस्ने र थकित नभई तहज्जुद पढ्ने व्यक्तिको दर्जा प्राप्त गर्छ ।
 दिनमा व्रत बस्नु र राति तहज्जुद पढ्नु दुवै महान् कर्म हुन्, जसका लागि आत्माले ठूलो कष्ट सहनुपर्ने हुन्छ । तर राम्रो व्यवहार भएको व्यक्ति यी दुई कार्य गर्ने व्यक्तिको बराबर हुन्छ, किनकि आफूलाई राम्रो व्यवहारमा लगाउनु संघर्षको काम हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये सबैभन्दा राम्रो त्यो हो जसको नैतिकता उत्तम छ ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) न त अश्लील हुनुहुन्थ्यो न त फोहोरी कुरा गर्न वा नराम्रो भाषा प्रयोग गर्ने व्यक्ति हुनुहुन्थ्यो । उहाँ भन्नुहुन्थ्यो: "तिमीहरूमध्ये सबैभन्दा राम्रो त्यो हो जसको नैतिकता उत्तम छ ।"</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>"नबी (सल्लल्लाहु अलैहि वसल्लम)को स्वभावमा कहिल्यै खराब बोल्ने वा नराम्रो कार्य गर्नु समावेश थिएन। उहाँले न यसो गर्न चाहनु हुन्थ्यो, न त जानाजानी यसमा संलग्न हुनुहुन्थ्यो। उहाँ साँच्चै महान् नैतिकता भएका व्यक्ति हुनुहुन्थ्यो।"
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुहुन्थ्यो : अल्लाहको नजरमा तिमीहरु मध्ये सबैभन्दा राम्रो व्यक्ति त्यो हो जसको नैतिकता सबैभन्दा राम्रो हो । राम्रो व्यवहार भनेको अरुको भलाइ गर्नु, राम्रो कुरा गर्नु, मुस्कुराएर भेट्नु, कसैलाई दु:ख नदिनु, अरुले चोट पुर्‍यायो भने धैर्य गर्नु र मानिसहरुसँग घुलमिल भएर बस्नु नै हो ।</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>मुमिनले खराब शब्दहरू र खराब कार्यहरूबाट टाढा रहनुपर्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को आदर्श नैतिकता थियो । उहाँबाट राम्रो कामहरू र राम्रा शब्दहरू बाहेक अरू केही हुँदैनथ्यो ।
 सुन्दर आचरण एक प्रतिस्पर्धाको मैदान हो; जो अगाडि बढ्छ, ऊ विश्वासको उत्तम र सम्पूर्ण मानिसहरूमा पर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>अल्लाह भन्नुहुन्छ: हे आदमको सन्तान! खर्च गर, म तिमीमा खर्च गर्नेछु ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाह भन्नुहुन्छ: हे आदमको सन्तान! खर्च गर, म तिमीमा खर्च गर्नेछु ।"</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गर्नुभएको छ, अल्लाहले भन्नुभयो: हे आदमका सन्तानहरू!अनिवार्य र स्वेच्छाले गर्नु पर्ने खर्चहरू गर। मैले तिम्रोलागि सजिलो बनाउनेछु र तिमीलाई यसको प्रतिफल दिनेछु, र यसमा तिमीलाई बरकत/ समृद्धि दिनेछु।"</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>परोपकार, सद्का (दान) र अल्लाहको मार्गमा खर्च गर्न प्रोत्साहन ।
 राम्रा काममा खर्च गर्नु आफ्नो जीविकोपार्जनमा समृद्धिको ठूलो कारण हो र अल्लाहले सेवकलाई उसले खर्च गरेको प्रतिफल दिनुहुन्छ ।
 यो हदीसलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट बयान गर्नुभएको छ, जसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहको हो । तर, कुरआनका विशेषताहरू यसमा पाइँदैन, जस्तै: यसको तिलावत गर्नु, यसको लागि तहारत (शरीरको पवित्रता) प्राप्त गर्नु, उपासना आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
-[...2 lines deleted...]
-    <t>एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे : इस्लामको सबैभन्दा राम्रो कर्म कुन हो ? उहाँले जवाफ दिनुभयो: "खाना खुवाउनु अनि परिचित र अपरिचित सबैलाई सलाम (अभिवादन) गर्नु ।</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
+  </si>
+  <si>
+    <t>एक व्यक्तिले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे: "इस्लामको सबैभन्दा उत्तम कर्म कुन हो?"
+उहाँले जवाफ दिनुभयो: "खाना खुवाउनु र परिचित तथा अपरिचित सबैलाई सलाम (अभिवादन) गर्नु।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे : इस्लामको सबैभन्दा राम्रो कर्म कुन हो ? उहाँले जवाफ दिनुभयो: "खाना खुवाउनु अनि परिचित र अपरिचित सबैलाई सलाम (अभिवादन) गर्नु ।"</t>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक व्यक्तिले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे: "इस्लामको सबैभन्दा उत्तम कर्म कुन हो?"
+उहाँले जवाफ दिनुभयो: "खाना खुवाउनु र परिचित तथा अपरिचित सबैलाई सलाम (अभिवादन) गर्नु।"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सित सोधियो: इस्लामको सबैभन्दा राम्रो विशेषता के हो ? उहाँले दुईवटा विशेषता वताउनुभयो :
-पहिलो: गरिबहरूलाई खुवाउनु, यसमा सदका, हदिया (उपहार), दावत र वलीमा आदि समावेश छन् । विशेषगरी अनिकाल र उच्च महँगीको समयमा खुवाउनुको ठूलो महत्व छ ।
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सित सोधियो: इस्लामका कुन गुणहरू सबैभन्दा उत्कृष्ट छन्? उहाँले निम्न दुई गुणहरू उल्लेख गर्नुभयो:
+पहिलो: गरिबलाई पटकपटक खान खुवाउनु, जसमा सद्का, उपहार, पाहुना सत्कार र भोज सामेल हुन्छ। विशेषगरी अनिकाल र उच्च महँगीको समयमा खुवाउनुको ठूलो महत्व छ ।
 दोस्रो: परिचित वा अपरिचित हरेक मुस्लिमलाई सलाम (अभिवादन) गर्नु ।</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>सहाबाहरू लोक परलोकमा फायदा पुर्याउने गुणहरू जान्न उत्सुक थिए ।
-सलाम गर्नु र खाना खुवाउनु इस्लामका उत्कृष्ट कार्यहरू हुन्; किनभने यसका छुट्टै सद्गुण छन् र अरू मानिसहरूलाई सधैं यसको आवश्यकता हुन्छ ।
+सलाम गर्नु र खाना खुवाउनु इस्लामका उत्कृष्ट कार्यहरू हुन्; किनभने यसका छुट्टै सद्गुण छन् र मानिसहरूलाई सधैं यसको आवश्यकता हुन्छ ।
 यी दुई गुणहरूले, वचन र कर्ममा परोपकारको संयोजन हुन्छ, जुन दया र परोपकारको उत्तम रूप हो ।
-यी विशेषताहरू मुस्लिमहरू बीचको व्यवहारसँग सम्बन्धित छन्, र भक्त र उसका परमेश्‍वर बीचको व्यवहारका लागि पनि केही विशेषताहरू छन्।
+यी विशेषताहरू मुस्लिमहरूबीचको व्यवहारसँग सम्बन्धित छन् , भक्त र उसका परमेश्वर बीचको व्यवहारका लागि पनि केही विशेषताहरू रहेका छन्।
 सलाम (अभिवादन) मा पहल गर्नु मुस्लिमहरूबीच मात्र सीमित छ, त्यसैले गैर-मुस्लिमहरूलाई अभिवादन गर्न पहल गर्नु हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>निस्सन्देह अल्लाहले अत्याचारीलाई मौका दिनुहुन्छ, तर जब पकड गर्नुहुन्छ तब छोड्नु हुन्न</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निस्सन्देह अल्लाहले अत्याचारीलाई मौका दिनुहुन्छ, तर जब पकड गर्नुहुन्छ तब छोड्नु हुन्न । त्यसपछि उहाँले यो आयत पढ्नुभयो : {"तिम्रा पालनकर्ताको पकड यस्तै हुनेछ जब उनी अवज्ञामा लिप्त नगरहरूलाई समात्नेछन् वास्तवमा  -  उनको पकड कष्टकर र शसक्त हुने गर्छ।} [सूरह हूद: 102]</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) पाप, शिर्क (बहुईश्वरवाद), र मानिसहरूको अधिकार हनन् गरेर गलत काम विरुद्ध चेतावनी दिँदै हुनुहुन्छ । किनकि गल्ती गर्नेलाई तुरुन्तै सजाय दिनुको सट्टा अल्लाहले उसलाई केहिबेर समय वा मौका दिनुहुन्छ, उसको जीवन र धनमा वृद्धि गर्नुहुन्छ । तर यस्तो अवस्थामा उसले पश्चात्ताप गरेन भने उसको क्रूरता बढ्दै जान्छ अनि उसलाई समात्नुहुन्छ र छोड्नु हुन्न ।
 त्यसपछि उहाँले यो श्लोक पढ्नुभयो : {तिम्रा पालनकर्ताको पकड यस्तै हुनेछ जब उनी अवज्ञामा लिप्त नगरहरूलाई समात्नेछन् वास्तवमा  -  उनको पकड कष्टकर र शसक्त हुने गर्छ  -  
 ।} [सूरह हूद: 102]</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>बुद्धिमान् व्यक्तिले तुरुन्तै पश्चात्ताप गर्नुपर्छ र यदि ऊ अन्याय, अत्याचार र कुकर्ममा लिप्त भईरहन्छ भने ऊ अल्लाहको योजना (सजाय) बाट सुरक्षित  रहँदैन।
 गल्ती गर्नेहरूलाई सजाय दिनुको सट्टा, अल्लाहले उनीहरूलाई पश्चात्ताप गर्नको लागि मौका दिनुहुन्छ र यदि उनीहरूले पश्चात्ताप गरेनन् भने उनीहरूको सजाय बढाइन्छ ।
 मानव समुदायहरू माथी अल्लाहको सजाय र प्रकोप आईपर्नुका कारणहरू मध्ये एक अत्याचार हो।
 जब अल्लाहले कुनै सहरलाई नष्ट गर्नुहुन्छ, त्यहाँ केही धर्मी मानिसहरू हुन सक्छन् । यस्ता धर्मी मानिसहरू कयामतको दिन आफुले गरेको राम्रो कर्महरू सहित उठाइनेछन् र उनीहरूलाई अरूसंगै सामुहिक  यातना सहनु परेको घटनाबाट त्यस पश्चातको जीवनमा कुनै हानि हुनेछैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
-[...2 lines deleted...]
-    <t>“तिमीहरू सबै जिम्मेवार हौ र प्रत्येकलाई उस्को जिम्मेवारीबारे सोधिनेछ ।</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
+  </si>
+  <si>
+    <t>“तिमीहरू सबै जिम्मेवार छौँ र प्रत्येकलाई उस्को जिम्मेवारीबारे सोधिनेछ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “तिमीहरू सबै जिम्मेवार हौ र प्रत्येकलाई उस्को जिम्मेवारीबारे सोधिनेछ । त्यसैले जनताको हाकिम जिम्मेवार हो र उसलाई आफ्नो प्रजाबारे सोधिनेछ । पुरुष आफ्नो घरपरिवारको जिम्मेवार हो र उसलाई आफ्नो मातहतको बारेमा सोधिनेछ । महिला आफ्नो पतिको घर र छोराछोरीको जिम्मेवार हो र उसलाई तिनीहरूको बारेमा सोधिनेछ । दास आफ्नो मालिकको सम्पत्तिको जिम्मेवार हो र उसलाई उसको बारेमा सोधिनेछ । सुन, तिमीहरु प्रत्येक व्यक्ति जिम्मेवार छौ र तिमीहरूलाई आफ्नो प्रजाको बारेमा सोधिनेछ ।"</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “तिमीहरू सबै जिम्मेवार छौँ र प्रत्येकलाई उस्को जिम्मेवारीबारे सोधिनेछ । शासक, जसले मानिसहरूको नेतृत्व गर्छ, ऊ जिम्मेवार छ र उसलाई उसको प्रजाबारे सोधिनेछ । पुरुष आफ्नो घरपरिवारको जिम्मेवार छ  र उससँग उसको मातहतको बारेमा सोधिनेछ । महिला आफ्नो पतिको घर र सन्तानको जिम्मेवार छिन् र उसलाई तिनीहरूको बारेमा सोधिनेछ । सेवक आफ्नो मालिकको सम्पत्तिको जिम्मेवार छ र उसलाई त्यसको बारेमा सोधिनेछ ।सचेत रहनुहोस्! तिमीहरु सबै जिम्मेवार छौँ र प्रत्येकले आफ्ना अधीनस्थहरूको बारेमा जवाफ दिनुपर्नेछ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, समाजमा बस्ने प्रत्येक मुस्लिमको केही जिम्मेवारी हुन्छ, जुन उसले वहन गर्नुपर्छ । इमाम र हाकिम आफ्नो प्रजाका जिम्मेवार हुन् । अतः उनले उनीहरूको हकको हिफाजत गर्नुपर्छ, उनीहरूलाई अत्याचार गर्नेहरूबाट जोगाउनुपर्छ, तिनीहरूको शत्रुसँग लड्नुपर्छ र तिनीहरूको अधिकारलाई खेर फाल्नु हुँदैन । पुरुषलाई आफ्नो घरपरिवारलाई पालनपोषण गर्ने, उनीहरूसँग राम्रो व्यवहार गर्ने, उनीहरूलाई शिक्षा दिने र उनीहरूलाई अनुशासन दिने जिम्मेवारी दिइएको छ । नारीलाई आफ्नो पतिको घरको उचित व्यवस्थापन, छोराछोरीको तरबीयत (उच्च संस्कार) र हेरचाह गर्ने जिम्मेवारी दिइएको छ । दास र नोकरलाई आफ्नो मालिकको सम्पत्तिको संरक्षण गर्ने र त्यसको हिफाजत गर्ने जिम्मेवारी दिइएको छ । प्रत्येक व्यक्ति आफूलाई सुम्पिएको कुराको जिम्मेवार हुन् र सबैलाई आफ्नो जिम्मेवारीप्रति सोधिनेछ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, समाजमा बस्ने प्रत्येक मुस्लिमको केही जिम्मेवारी हुन्छ, जुन उसले वहन गर्नुपर्छ । शासक र हाकिम आफ्नो प्रजाका जिम्मेवार हुन् । त्यसैले उनले आफ्ना प्रजामाथि लागु हुने नियम अधिकारहरू सुनिश्चित गर्नुपर्छ, तिनीहरूलाई अत्याचारीहरू बाट जोगाउनुपर्छ, शत्रुहरूविरुद्ध तिनीहरूको रक्षा गर्नुपर्छ, र तिनीहरूको अधिकार हनन हुन नदिन ख्याल गर्नुपर्छ। पुरुषलाई आफ्नो घरपरिवारको पालनपोषण गर्ने, उनीहरूसँग राम्रो व्यवहार गर्ने, शिक्षा प्रदान गर्ने र अनुशासन सिकाउने जिम्मेवारी दिइएको छ। नारीलाई आफ्नो पतिको घरको उचित व्यवस्थापन, छोराछोरीलाई उच्च संस्कार (तरबीयत) सिकाउन र हेरचाह गर्ने जिम्मेवारी दिइएको छ, र ऊ त्यसैको लागि जवाफदेह हुन्छी। दास र नोकरलाई आफ्नो मालिकको सम्पत्तिको संरक्षण गर्ने र उसको सेवा गर्ने जिम्मेवारी दिइएको छ, र ऊ त्यसैको लागि जवाफदेह हुन्छ। प्रत्येक व्यक्ति उसलाई सुम्पिएको कुराको जिम्मेवार हुन्छ र सबैलाई उसको जिम्मेवारी र दायित्वप्रति सोधिनेछ ।</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
-    <t>मुस्लिम समुदायका प्रत्येक व्यक्ति जिम्मेवार हुन् र प्रत्येकलाई आफ्नो क्षमता र जिम्मेवारी अनुसार सोधिने छ ।
+    <t>मुस्लिम समाजमा जिम्मेवारी सामान्य रूपमा सबैमाथि हुन्छ, र प्रत्येक व्यक्ति आफ्नो हैसियत, सामर्थ्य र जिम्मेवारीअनुसार जवाफदेह हुन्छ।
 पतिको घरको जिम्मामेवारी र छोराछोरीप्रतिको कर्तव्य पूरा गर्नु महिलाको ठूलो जिम्मेवारी हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>मैले आफ्नो पश्चात पुरुषहरूका लागि महिलाहरू भन्दा बढी हानिकारक कुनै फितना (प्रलोभन) छोडेको छैन ।</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>उसामा बिन जैद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मैले आफ्नो पश्चात पुरुषहरूका लागि महिलाहरू भन्दा बढी हानिकारक कुनै फितना (प्रलोभन) छोडेको छैन ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, उहाँले आफ्नो पछि पुरुषको लागि महिला भन्दा बढी हानिकारक कुनै पनि परीक्षा र प्रलोभन छोड्नु भएको छैन । यदि महिला आफ्नो परिवारको हो भने, उसले शरियतको अवज्ञा गर्दा पुरुषलाई हानि हुन्छ र यदि उनी पर स्त्री हुन् भने, उनको संगत, एकान्तमा भेट्न र त्यसबाट उत्पन्न हुने दुष्टताको कारणले उसलाई हानि हुन्छ ।</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>मुस्लिमले महिलाको फितना र प्रलोभनदेखि होसियार हुनुपर्छ र यस प्रलोभनतर्फ लैजाने हरेक बाटोबाट बच्नु पर्छ।
 मुमिनले अल्लाहसँग आफ्नो सम्बन्ध बलियो राख्नुपर्छ र प्रलोभन र बहकावबाट सुरक्षाको लागि उहाँसँग प्रार्थना गर्नु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये जोसँग विवाह गर्ने शक्ति छ, उसले विवाह गरोस्, किनभने यसले नजरलाई तल र गुप्ताङ्गको रक्षा गर्नेछ र जसले त्यसो गर्न सक्दैन, उसले व्रत बसोस्, किनभने व्रतले यौन इच्छालाई कमजोर गर्छ ।</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी नबी (सल्लल्लाहु अलैहि वसल्लम) सँग थियौं, उहाँले भन्नुभयो: "तिमीहरूमध्ये जोसँग विवाह गर्ने शक्ति छ, उसले विवाह गरोस्, किनभने यसले नजरलाई तल र गुप्ताङ्गको रक्षा गर्नेछ र जसले त्यसो गर्न सक्दैन, उसले व्रत बसोस्, किनभने व्रतले यौन इच्छालाई कमजोर गर्छ ।"</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सम्भोग गर्न र विवाहको आवश्यकता (गाँसबास र कपास) हरू पुरा गर्न सक्षम व्यक्तिलाई निकाह (विवाह) गर्न प्रोत्साहन गर्नुभएको छ; किनभने यसले दृष्टिलाई निषेधित चीजहरूबाट जोगाउँछ र अनैतिकतामा पर्नबाट गुप्ताङ्गको रक्षा गर्छ । तर जसले सम्भोग गर्न सक्षम हुँदा पनि विवाहको आवश्यकताहरू पूरा गर्न सक्दैन भने उसले व्रत बस्नुपर्दछ, किनकि यसले कामवासना र वीर्यको दुष्टता हटाउँछ ।</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>इस्लाम पवित्रता र अनैतिक क्रियाकलापबाट सुरक्षा दिने साधनहरू औंल्याउन प्रोत्साहन गर्दछ।
 विवाह खर्च पूरा गर्न नसक्नेलाई व्रत बस्न आग्रह; किनकि यसले कामवासनालाई कमजोर बनाउँछ ।
 यौन चाहनासँग उपवासको सम्बन्ध के छ भने जसरी यौनसम्पर्कले अण्डकोषको नसालाई चोट पुर्‍याउँछ त्यसरी ब्रतले यौनसम्पर्कको इच्छालाई कमजोर गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>सजिलो बनाउ, कठिन नबनाउ। खुसीको खबर सुनाउ, घृणा पैदा नगर।</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सजिलो बनाउ, कठिन नबनाउ। खुसीको खबर सुनाउ, घृणा पैदा नगर।"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दीन (धर्म) र सांसारिक सबै मामिलाहरूमा शरीअतको सीमाभित्र रहेर मानिसहरूलाई सहजता प्रदान गर्न र उनीहरूलाई कठिनाइमा नराख्न आदेश दिइरहनु भएको छ ।
 साथसाथै उहाँ मानिसहरूलाई खुशीको खबर सुनाउन र  घृणा पैदा नगर्न प्रोत्साहित गर्नुभएको छ  ।</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>मुमिनको कर्तव्य भनेको मानिसहरूलाई अल्लाहलाई माया गर्न र पुण्य कर्म गर्न प्रोत्साहित गर्ने हो ।
 दाई - इलल्लाह (अल्लाहतर्फ बोलाउने) व्यक्तिले मानिसहरूलाई हिक्मत (विवेक) का साथ इस्लाम तर्फ बोलाउनु पर्दछ।
 "खुसीको खबरले मानिसमा उत्साह, रुचि, र शान्ति उत्पन्न गर्छ साथै इस्लामको आह्वानकर्ताका लागि र उनले जनतामा प्रस्तुत गर्ने सन्देशका लागि पनि ।"
 कठिनाईले मानिसमा दूरी, विरक्ति, र बोल्ने व्यक्तिको सन्देशमा शंका पैदा गर्छ
 आफ्ना सेवकहरूमाथि अल्लाहको अपार कृपाको प्रदर्शनी  किनभने उहाँले उनीहरूका लागि उदारता र सहज कानुन शरियतमा आधारित धर्म रोज्नुभएको छ ।
 सहजता भन्नाले शरियतको शिक्षा अनुसारको सहजता हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5866</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ</t>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>महिलाहरूको घरमा जानबाट जोगिनुहोस्।" एक अन्सारी व्यक्तिले सोधे, "अल्लाहका रसूल, के तपाई महिलाका पतिका आफन्तको बारेमा यही भन्नुहुन्छ?" नबी (सल्लल्लाहु अलैहि वसल्लम)ले उत्तर दिनुभयो, "महिलाका पतिका आफन्त भनेको मृत्यु हो।</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>हजरत उक्बा बिन आमिर (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ कि अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "महिलाहरूको घरमा जानबाट जोगिनुहोस्।" एक अन्सारी व्यक्तिले सोधे, "अल्लाहका रसूल, के तपाई महिलाका पतिका आफन्तको बारेमा यही भन्नुहुन्छ?" नबी (सल्लल्लाहु अलैहि वसल्लम)ले उत्तर दिनुभयो, "महिलाका पतिका आफन्त भनेको मृत्यु हो।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले पराया महिलाहरूसँगको मेलजोलबाट बच्न सचेत गराउनु भएको छ र भन्नु भएको छ: आफूलाई पराया महिलाहरूको घरमा जानआउनबाट जोगाउनु र पराया महिलाहरूलाई पनि आफूनिर आउन नदिनु  ।
 यो सुनेर एक जना अन्सारीले भने: पति का नातेदारहरू, जस्तै देवर, उसको भतीज, उसको काका र काकाका छोरा र भानिज आदि। अनि यसरी नै ती जससँग विवाह नभएको अवस्थामा उनीहरूका साथ विवाह जायज हुन्थ्यो होला । (को बारेमा तपाईको के विचार छ ? )
 नबी सल्लल्लाहु अलैहि वसल्लमले भने: "यसबाट यस्तो डर राख, जस्तो तिमीहरू मृत्युबाट डर राख्छौ!" किनभने नजिकका सम्बन्धी (हामू) संग एकान्तमा हुनु धर्मका लागि फिटना (विनाश) र विनाशको कारण बन्छ। पतिका नजिकका सम्बन्धीहरू, जस्तै उनका भाइहरू, जो उनका पिताहरू र छोराहरू होइनन्, पराई व्यक्तिहरूभन्दा झन् खतरा मानिन्छन्।
 किनभने पतिका नजिकका सम्बन्धीले महिलासम्म पुग्न र एकान्तमा बस्न सजिलो पहुँच राख्छन्, जसलाई सामान्यतया नजरअन्दाज गरिन्छ। उनीहरूसँग एकान्तमा रहनु, उनीहरूको पहुँच, र यसमा हुने लापरवाहीले फिटनाको सम्भावना झन् बढी गराउँछ।
 यसैले, नजिकका सम्बन्धी संग एकान्तमा हुनु, मृत्युजस्तै घृणास्पद र विनाशकारी ठहर्छ। पराई पुरुषहरू त शंका र सजगता गर्ने विषय हुन्छन्, तर पतिका नजिकका सम्बन्धीहरूलाई सामान्यतः यस मामलामा ध्यान नदिइने भएकाले खतरा झन् गम्भीर हुन्छ।</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>पराई महिलाहरूको घरमामा प्रवेश गर्न र उनीहरूसँग एकान्तमा बस्न निषेध गरिएको छ, ताकि अनैतिक कार्यको सम्भावनालाई रोक्न सकियोस्।
 यो आम आदेश हो जसमा पति का भाइ र यस्ता नातेदारहरू पनि सम्मिलित छन् जो महिलाका लागि महरम छैनन् । तर मनाहि प्रवेश एकान्तमा भएको भए मात्रै हो ।
 सामान्यतः गल्ती हुने स्थानहरूबाट टाढा रहनु, किनभने यसले बुराइमा पर्ने डर रहन्छ।
 इमाम नववी (रहिमहुल्लाह) भन्नु हुन्छ : भाषा विज्ञहरू यो कुरामा सहमत छन् कि "احماء" ( अह्माअ) भनेका पतिका नातेदार जस्तै उसको बुबा, काका,भाइ, भतिज, काकाका छोराहरू आदी हुन्  भने "الأَخْتَانَ" (अख्तान) भनेका  श्रीमतीका नातेदारहरू हुन् । जब कि  "الأصْهارَ" ( अस्हार) शब्दमा दुवै प्रकारका नातेदारहरू पर्दछन् ।
 उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले लोग्नेका नातेदारहरूलाई मृत्युसँग तुलना गर्नु भएको छ ।  इब्ने हजर रहिमहुल्लाह ले भन्नु भएको छ: अरबहरूले अप्रिय चीजलाई काल भन्छन्, तुलनाको कारण यो हो कि यदि पाप भयो भने धर्मको मृत्यु, यदि पापका साथसाथै  रज्म(पत्थरले हिर्काउनुपर्ने) भयो भने दुवैको मृत्यु हुनु हो र यदि पाप भएको कारण श्रीमानले श्रीमतीलाई छोडि दियो भने महिलाको सर्वनाश ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5888</t>
   </si>
   <si>
-    <t>الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ</t>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>चाँदी सुनको साटोमा यदि हाताहाती भएन भने ब्याज हो र गहुँ गहुँमा यदि हाताहाती भएन भने ब्याज हो र जौं जौंको साटोमा यदि हाताहाती भएन भने ब्याज हो , र खजूर खजूरको बदलामा यदि हाताहाती भएन भने ब्याज हो</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>मालिक बिन ‌औस बिन हदषानद्वारा वर्णन छ : भन्छन् : म "कसले दिनारसित बदलेर दिर्हम दिन्छ भन्दै आएँ ?" हजरत तब तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु) ले, जो उमर बिन खत्ताब (रजियल्लाहु अन्हु) को सामु थिए भने: "आफ्नो सुन देखाउनु होस्, फेरि पछि आउनु होला । जब हाम्रो दास आउँछ, हामी तपाईंलाई तपाईंको चाँदी दिन्छौं।" तब हजरत उमर बिन खत्ताब (रजियल्लाहु अन्हु)ले भन्नु भयो: "कदापि हुँदैन, अल्लाहको कसम ! तपाईंले उसलाई चाँदी दिनुस् , वा तपाईंले उसलाई उनको सुन फिर्ता गर्नुस्, किन भने अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नु भएको छ:" "चाँदी सुनको साटोमा यदि हाताहाती भएन भने ब्याज हो र गहुँ गहुँमा यदि हाताहाती भएन भने ब्याज हो र जौं जौंको साटोमा यदि हाताहाती भएन भने ब्याज हो , र खजूर खजूरको बदलामा यदि हाताहाती भएन भने ब्याज हो "</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>ताबअी मालिक बिन औस भन्छन् कि उनीसँग सुनका  सिक्काहरू (दीनार) थिए, र उनी तिनीलाई चाँदीका (सिक्का) दिरहममा साट्न चाह्नथे । त्यसमा उनीसित तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु)ले भन्नु भयो : "हामीलाई तिम्रा दिनारहरू देखाऊ, हेर्छौं ! " त्यस पछि उनले लिने दिने निर्णय गरे पछि भने: "जब हाम्रो दास आउँछ, तब हामी तपाईंलाई चाँदीका दिरहमहरू दिनेछौं।" उमर बिन खत्ताब (रजियल्लाहु अन्हु)त्यहाँ उपस्थित हुनुहुन्थ्यो । उहाँले यस्तो किसिमको किनबेचलाई गलत बताउनु भयो र हजरत तल्हा (रजियल्लाहु अन्हु)लाई कसम खाएर भन्नु भयो कि या त उनले चाँदी अहिल्यै दिऊन् वा लिएको सुन फिर्ता गरून् । उहाँले यसको कारण यो बताउनु भयो कि अल्लाहका नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भएको छ कि सुनको बदलामा चाँदी वा चाँदीलाई सुनसित साँट्नु छ भने लेनदेन हाताहती हुनु पर्छ । नत्र यो ब्याज मानिन्छ र बेच्नु हराम हुन्छ । तसर्थ सुनलाई चाँदीको बदलामा र चाँदीलाई सुनसित साँट्दा त्यहीबेला उचित हुन्छ जब लेनदेन हाताहाती हुन्छ र दुवै जनाले लिन पाउँछन् । यसरी नै गहुँलाई गहुँको बदलामा , जौलाई जौको बदलामा र खजुरलाई खजुरको बदलामा बेच्न त्यही अवस्थामा जायज हुन्छ जब तौल र नाप बराबर हुन्छ र दुवै जनाले उक्त बैठकमा (माल) कब्जा जमाएका हुन्छन् । यी कुराहरूमा एकातिर नगद र अर्को तिर उधारो राख्न मिल्दैन र (माल ) हात नपरुन्जेल छुट्टिन पनि मिल्दैन ।</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>यस हदीसमा पाँच प्रकारको वर्णन भएको छ: सुन, चाँदी, गहुँ, जौ र खजूर । यदि किनबेचमा एकै प्रकारका बस्तु छन् भने सही हुनका लागि दुई शर्तहरू अनिवार्य छन् । एक त कुरा भएको ठाउँमा नै दुवै जनाले सामान हातमा पाऊन् र अर्को दुवैतिर वजन बराबर हुनु पर्छ । यदि यस्तो भएन भने यसका थप भएर ब्याजको रूप आउन सक्छ । यदि किनबेचको प्रजाती फरक फरक भए किनमेल सही हुनका निमित्त एउटा शर्त मात्र हुनेछ, कि एकै उक्त बैठकमा नै मालमा कब्जा भएको होस् । यदि यो शर्त पूरा भएन भने "रिबा नसियह"  हुन जान्छ ।
 कुरा भएको बैठक भनेको किनबेचको स्थान हो । यसले कुनै फरक पर्दैन कि दुवै बसेका छन् वा हिँडि रहेका छन् । यसरी नै छुट्टिनु भनेको जसलाई सबैले अलग हुन् भनेका छन।
 यो मनाहीमा हरेक प्रकारको सुनको मनाही समावेश हुन्छ चाहे खारेको सुन होस् वा नखारेको । यसरी नै हरेक प्रकारको चाँदी पनि, चाहे गालेको होस् वा नगालेको ।
 आजभोलिका करनसी (मुद्रा)लाई परस्पर साँट्दाखेरि यो कुराको ख्याल राख्नु पर्ने हुन्छ जो चाँदीलाई सुनका साथमा बदलिँदा राख्नु पर्ने हुन्छ । अर्थात्: दुवै तर्फका मानिसहरूले आपसको राजीखुसीमा कमीबेसी भए फरक पर्दैन । तर किनबेचको मज्लिसमा दुवै तर्फ कब्जा हुनु जरुरी हुन्छ । यदि यस्तो भएन भने ब्याज हुन्छ र किनबेच निष्क्रिय हुन्छ ।
 ब्याजसँग सम्बन्धित कारोबार जायज छैन, र यस्तो सम्झौता अवैध ठहरिन्छ, चाहे दुवै पक्षले सहमति नै किन नजनाऊन्। यसको कारण यो हो कि इस्लाम व्यक्तिको र समाजको हकलाई सुरक्षित राख्छ, चाहे उक्त व्यक्ति आफैंले आफ्नो हक त्याग्न तयार भए पनि।
 गलत काम भएको देखे मनाही गर्नु पर्छ र सके त रोक्नु नै पर्छ ।
 गलत काम भएकोमा मनाही गर्ने बेलामा प्रमाण पनि प्रस्तुत गर्नु पर्छ । हजरत उमरले (रजियल्लाहु अन्हु) यही गरेर देखाउनु भयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5889</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>यो कुर्आनलाई निरन्तर सम्हाली राख। अल्लाहको कसम; जसको कब्जामा मेरो प्राण छ, यो कुरआन (स्मरणबाट)  बाँधिएको ऊँटभन्दा अझ चाँडो फुत्कन्छ।</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यो कुर्आनलाई निरन्तर सम्हाली राख। अल्लाहको कसम; जसको कब्जामा मेरो प्राण छ, यो कुरआन (स्मरणबाट)  बाँधिएको ऊँटभन्दा अझ चाँडो फुत्कन्छ।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कुर्आनको ख्याल राख्न र यसलाई  नियमित पढ्न आदेश दिनुभएको छ, ताकि एक व्यक्तिले यसलाई आफ्नो स्मरणमा कण्ठ गरेपछि नबिर्सियोस्। उनले आफ्नो शपथ खाएर यस कुरामा झन् जोड दिएका छन् कि यो कुरआन मानिसको स्मरणबाट बाँधिएको ऊँटभन्दा अझ छिटो फुत्कन्छ । यदि मानिसले ख्याल राख्यो भने त्यो रहन्छ र ध्यान दिएन भने त्यो निस्कन्छ ।</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>कुर्आनको हाफिजले कडाईका साथ नियमित पाठ गरिरह्यो भने त्यो हृदयमा सुरक्षित रहन्छ, अन्यथा स्मृतिबाट बाहिर जान्छ ।
 कुरआनलाई नियमित रूपमा पढ्नुको एउटा फाइदा: यसमा धेरै पुण्य निहित छ र यसले न्यायको दिनमा व्यक्तिको दर्जा  बढाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये सबैभन्दा उत्तम व्यक्ति त्यो हो जसले आँफु कुरआन सिक्छ र अरूलाई सिकाउँछ ।</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये सबैभन्दा उत्तम व्यक्ति त्यो हो जसले आँफु कुरआन सिक्छ र अरूलाई सिकाउँछ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहको नजरमा सबैभन्दा उत्कृष्ट मुस्लिम त्यो हो जसले कुर्आन सिक्यो, अर्थात् यसको तिलावत (पाठ) सिक्यो, यसलाई कण्ठ गर्यो, राम्रोसँग पढ्न सिक्यो र यसको अर्थ, व्याख्या र आशा अभिलाषा सिक्यो र साथै आफूसँग भएको कुर्आनको ज्ञानको अभ्यास गर्दै अरूलाई पनि सिकायो ।</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>कुर्आनको महत्त्व र यो सबैभन्दा उत्कृष्ट वाणी हो; किनभने यो अल्लाहको कलाम (वचन) हो ।
 सबै भन्दा राम्रो शिक्षक त्यो हो जसले अरूलाई सिकाउँछ र ज्ञानलाई आफुमा सीमित राख्दैन ।
 कुर्आन सिक्ने र सिकाउनुमा यसको पठन, अर्थ, आदेश र निर्देशनहरू 
 सबै समावेश छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5913</t>
   </si>
   <si>
-    <t>قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ</t>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>भन्नुहोस्: (قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي) 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
 र यो सम्झनुहोस् कि मार्गदर्शनको अर्थ सही बाटो देखाउनु हो, र 'सदाद' को अर्थ तीरको सही निशाना लाग्नु जस्तै हो।"
 यस दुआमा मार्गदर्शन र सफलता प्राप्तिका लागि प्रार्थना गरिएको छ, जसले व्यक्तिलाई सही दिशा र उद्देश्यप्रति केन्द्रित बनाउँछ।</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>हजरत अली (रज़ियल्लाहु अन्हु)द्वारा वर्णन छ :  अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "भन्नुहोस्: (قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي) 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
 र यो सम्झनुहोस् कि मार्गदर्शनको अर्थ सही बाटो देखाउनु हो, र 'सदाद' को अर्थ तीरको सही निशाना लाग्नु जस्तै हो।"
 यस दुआमा मार्गदर्शन र सफलता प्राप्तिका लागि प्रार्थना गरिएको छ, जसले व्यक्तिलाई सही दिशा र उद्देश्यप्रति केन्द्रित बनाउँछ।</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले अली बिन अबी तालिब (रजियल्लाहु अन्हु) लाई भनेका थिए कि उनले अल्लाहसित दुआ गर्नु र भन्नु: (हे अल्लाह, मलाई मार्गदर्शन दिनु होस्) र मलाई सही बाटोमा ल्याइदिनु होस् (र मलाई सही दिशा प्रदान गर्नु होस् ) र मलाई सफल बनाउनु, र मलाई मेरा सबै कामहरूमा स्थिर बनाइ दिनु होस् ।
 " الهُدَى ": यो सत्यको विस्तृत र संक्षिप्त ज्ञान हो, र  बाह्य र आन्तरिक रूपमा यसको पालनाको अवसर हो ।
 जब कि "والسّداد": यसले सबै कुरामा सच्चाइ र मार्गदर्शनमा सफलता तथा स्थिरता जनाउँछ, जसले सत्यको आधारमा सही हुन्छ। यो भनाइ, कर्म, र विश्वासमा सीधा मार्ग हो।
 किन कि आध्यात्मिक कुरा भौतिक रूपमा प्रष्ट हुन्छ; त्यसैले यो दुआ गर्ने बेलामा आफ्नो मनमा यो कुरा सम्झिनु कि जसरी यात्रामा निस्किएको व्यक्ति सही बाटोबाट दायाँ-बायाँ नभएर सीधा जान्छ, ताकि ऊ हराउन्न र सुरक्षित रहोस्। त्यसैगरी, हिदायतले तिमीलाई सही ठाउँमा छिट्टै र सुरक्षासाथ पुर्‍याउँछ।
 (र والسّداد : अर्थात् तीर सीधा गर्नु । ) सो जसरी तीर चलाउने बेलामा यो कुराको ध्यान राख्नुपर्छ कि कसरी लक्ष्यमा छिटो पुग्छ र गएर ताकेको ठाउँमा लाग्छ। जब कोही मान्छेले तीर फ्याँक्ने बेलामा निशाना ताकेर तीर हान्यो भने, उसले तीर सोझ्याउँछ, त्यसैगरी अल्लाहलाई मलाई तीर जस्तै सीधा राखि दिऊन् भनेर भन्दै हुनु हुन्छ । यस प्रकार आफ्नो मागमा मार्गदर्शनको उच्चतम स्तर र सत्मार्गको निपूणता माग्ने वाला बन्नु हुन्छ ।
 सो तपाईंले अल्लाहसँग मार्गदर्शनको लागि दुआ गर्दा  आफ्नो मनमा यो दृश्य याद राख्नु होस् कि मार्गदर्शन माग्दा तपाईंको इरादा र तपाईंले गरेको कार्य बीच समानता रहोस् तोकेर चलाएको तीर जस्तै।</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
     <t>दुआ गर्ने व्यक्तिले यो प्रयास गर्नु पर्छ कि उसको काम सुन्नत अनुरूप र विशुद्ध नियतमा आधारित होस् ।
 यी शंक्षिप्त वाक्यहरूद्वारा अवसर प्रदान हुने र सत्मार्गमा कायम रहने दुआ गर्नु मुस्तहब ( राम्रो मानिएको ) हो ।
 मान्छेले आफ्ना सबै कार्यमा अल्लाह सित मद्दत माग्नु पर्छ ।
 तालिम दिने बेलामा उदाहरणहरूद्वारा कुरा प्रष्ट गर्नु पर्छ ।
 मार्गदर्शनको माग र अवस्थाको सुधारलाई एकसाथ राख्नु, र यसमा निरन्तर रहनु र थोरै पनि यसबाट विचलित नहुनुको दुआ। किन कि जहाँ "मलाई मार्गदर्शन दिनु होस्" भनिएको छ त्यहाँ नै : "मलाई सही मार्गमा चल्न मद्दत गर्नु होस्" पनि  मार्गदर्शनबाट विचलित नहुने दुआ पनि मागिएको छ ।
 दुआ माग्ने वालाले पूरा ध्यानका साथ र दुआको अर्थ आफ्नो मनमा याद राखेर दुआ गर्नु पर्छ । यसका कारण दुआ कबूल हुने सम्भावना अझै बढ्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5915</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
-[...2 lines deleted...]
-    <t>(कसम अल्लआहको)जसको हातमा मेरो जीवन छ, तिमीहरू निश्चित रूपमा आफ्नो अगाडिका राष्ट्रहरूको पाइला पछ्याउनेछौ ।”</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
+  </si>
+  <si>
+    <t>अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, तिमीहरू निश्चित रूपमा आफूभन्दा अगाडिका मानिसहरूको बाटो र तरिका पछ्याउनेछौ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
-    <t>अबू वाकिद लैसी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, जब नबी (सल्लल्लाहु अलैहि वसल्लम) हुनैन (युद्ध) को लागि प्रस्थान गर्नुभयो, उहाँ ‘जातु ल्अन्वात’ भनिने बहुदेववादीहरूको रूखबाट जानुभयो, जसमा तिनीहरूले आफ्ना हतियारहरू झुण्ड्याउने गर्थे । तब मानिसहरूले भने: हे अल्लाहको रसूल! तिनीहरूको ‘जात अन्वात’ जस्तै हाम्रो लागि पनि एउटा ‘जातु ल्अन्वात’ बनाउनुहोस् । उहाँले भन्नुभयो: “सुब्हानल्लाह, (अल्लाह पवित्र हुनुहुन्छ)!  यो उही कुरा हो जुन मोसाका अनुयायीहरूले भनेका थिए: {हाम्रो लागि पनि एउटा देवता बनाउनुहोस् जसरी तिनीहरूका देवताहरू छन्} [सूरह अल-अराफ: १३८] (कसम अल्लआहको)जसको हातमा मेरो जीवन छ, तिमीहरू निश्चित रूपमा आफ्नो अगाडिका राष्ट्रहरूको पाइला पछ्याउनेछौ ।”</t>
+    <t>अबू वाकिद लैसी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, जब नबी (सल्लल्लाहु अलैहि वसल्लम) जब हुनैनको युद्धमा निस्कनुभयो, उहाँ एक रूखको नजिकबाट गुज्रनुभयो, जुन मूर्तिपूजकहरू लागि (श्रद्धा स्थल) थियो र जसलाई 'धात अनवात' भनिन्थ्यो।, जसमा तिनीहरूले आफ्ना हतियारहरू झुण्ड्याउने गर्थे । तब केही मानिसहरूले भने: हे अल्लाहको रसूल! तिनीहरूको ‘जात अन्वात’ जस्तै हाम्रो लागि पनि एउटा ‘जातु ल्अन्वात’ बनाइदिनु होस्। यो सुनेर उहाँले भन्नुभयो: "सुब्हानल्लाह (अल्लाह पवित्र हुनुहुन्छ)! यो त ठीक त्यही कुरा हो जुन मोसेस (अलैहिस्सलाम) को समुदायले भनेका थिए: {हाम्रो लागि पनि एउटा पुज्य बनाइदिनु होस् जसरी तिनीहरूका पुज्यहरू छन्} [सूरह अल-अराफ: १३८]। अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, तिमीहरू निश्चित रूपमा आफूभन्दा अगाडिका मानिसहरूको बाटो र तरिका पछ्याउनेछौ।"</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हुनैनको लागि निस्कनुभयो, जुन ताएफ र मक्का बीचको एक उपत्यका हो, र उहाँसँग भर्खरै इस्लाम धर्म परिवर्तन गरेका केही सहाबाहरू थिए । उनीहरू ‘जातु ल्अन्वात’ भनिने रूखको छेउबाट गए, जसलाई बहुदेववादीहरूले सम्मान गर्थे र बर्कत (आशीर्वाद) लिनको लागि त्यसमा आफ्ना हतियारहरू र अन्य चीजहरू झुण्ड्याउने गर्थे । त्यसैले उनीहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई ‘जातु ल्अन्वात’ जस्तै एउटा रूख स्थापना गर्न आग्रह गरे, ताकि उनीहरूले आशीर्वाद प्राप्त गर्नका लागि आफ्ना हतियारहरू त्यसमा झुण्ड्याउन सकुन्; वास्तवमा, तिनीहरूले यो गर्न जायज छ ठानेर भनेका हुन्। त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूको भनाइको निन्दा गर्दै र अल्लाहको महानताको वर्णन गर्दै, "सुभानल्लाह" भन्नुभयो र यो कथन मोसाका समुदायको भनाइसँग मिल्दोजुल्दो छ भनेर बताउनुभयो: {हाम्रो लागि पनि एउटा देवता बनाउनुहोस् जसरी तिनीहरूका देवताहरू छन्} । जब तिनीहरूले मूर्तिपूजा गर्नेहरूलाई देखे, तिनीहरूले बहुदेववादीहरू जस्तै केही मूर्तिहरू राख्न माग गरे र यो माग वास्तवमा उनीहरुको मार्गलाई पछ्याउने हो । त्यसपछि उहाँलेले भन्नुभयो, यो उम्मतले यहूदी र इसाईहरूको मार्ग पछ्याउनेछ र उनीहरू जस्तै गर्नेछ । उहाँको उद्देश्य यस्ता कार्यहरू विरुद्ध चेतावनी दिनु थियो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हुनैनको लागि निस्कनुभयो, जुन ताएफ र मक्का बीचको एक उपत्यका हो, र उहाँसँग भर्खरै इस्लाम धर्म स्वीकार गरेका केही सहाबाहरू थिए । उनीहरू ‘जातु ल्अन्वात’ भनिने रूखको स्थानबाट गुज्रे, जसलाई बहुदेववादीहरूले सम्मान गर्थे र बर्कत (आशीर्वाद) लिनको लागि त्यसमा आफ्ना हतियारहरू र अन्य वस्तुहरू झुण्ड्याउने गर्थे । यो देखेर उनीहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई 'जातुल्-अन्वात' जस्तै एउटा रूख तोकिदिन अनुरोध गरे, ताकि उनीहरूले आशीर्वाद (बरकत) प्राप्त गर्ने उद्देश्यले आफ्ना हतियारहरू त्यसमा झुण्ड्याउन सकून्। वास्तवमा, उनीहरूले यो कार्यलाई वैध (जायज) ठानेरै अनुरोध गरेका थिए। त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूको भनाइको निन्दा गर्दै र अल्लाहको महानताको वर्णन गर्दै, "सुब्हानल्लाह" भन्नुभयो र यो कथन मोसेसका समुदायको भनाइसँग मिल्दोजुल्दो छ भनेर बताउनुभयो: {हाम्रो लागि पनि एउटा देवता बनाउनुहोस् जसरी तिनीहरूका देवताहरू छन्} । जब तिनीहरूले मूर्तिहरूको पूजा गर्नेहरूलाई देखे, तिनीहरूले पनि मूर्तिपूजकहरू जस्तै आफ्ना लागि मूर्तिहरू बनाउन माग गरे, र यो तिनीहरूको शैली (मार्ग) को अनुसरण थियो। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, मुस्लिमहरूले यहूदी र इसाईहरूको मार्ग पछ्याउनेछन् र उनीहरूजस्तै गर्नेछन् । उहाँको उद्देश्य यस्ता कार्यहरू विरुद्ध चेतावनी दिनु थियो ।</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
-    <t>मानिसले कहिलेकाहीँ कुनै कामलाई अल्लाहको नजिक ल्याउने सोचेर राम्रो ठान्छ, तर वास्तवमा उसलाई अल्लाहबाट टाढा लैजान्छ ।
-[...5 lines deleted...]
-जाहिलियत र यहूदी-क्रिस्चियनहरूको नक्कल गर्न निषेध गरिएको छ, जबसम्म यो हाम्रो धर्ममा छ भनेर प्रमाण हुँदैन ।</t>
+    <t>मानिसले कहिलेकाहीँ कुनै कामलाई अल्लाहको नजिक पुग्ने उद्देश्यले राम्रो ठान्छ, तर वास्तवमा त्यसले उसलाई अल्लाहबाट टाढा लैजान्छ।
+जब कुनै मुस्लिमले भन्न नहुने कुरा सुन्छ वा कुनै कुरामा अचम्मित हुन्छ, तब उसले "सुब्हानल्लाह" र "अल्लाहु अकबर" भन्नुपर्छ।
+रुख, ढुङ्गा आदिबाट बर्कत (आशीर्वाद) माग्नु शिर्क (अल्लाहसँग अन्यलाई साझेदार बनाउनु) हो। आशीर्वाद अल्लाहसँग मात्र माग्नुपर्दछ।
+मूर्तिहरू पूजा गर्नुको मूल कारण तिनीहरूप्रति सम्मान प्रदर्शन गर्नु, तिनीहरूको समीपमा निरन्तर उपस्थित रहनु र तिनीहरूमार्फत आशीर्वाद प्राप्त गर्ने विश्वास हो।
+शिर्क  तर्फ लैजाने ढोकाहरू र बाटाहरूलाई बन्द गर्नु अनिवार्य छ।
+यहूदी र इसाईहरूको निन्दामा उल्लेखित पाठहरू वास्तवमा हाम्रो लागि चेतावनी हुन्।
+जाहिलियतका मानिसहरू र यहूदी-क्रिस्चियनहरूको नक्कल गर्नु निषेध छ, जबसम्म त्यो कार्य इस्लाम धर्ममा समावेश छ भनी प्रमाणित हुँदैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
-[...2 lines deleted...]
-    <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गर्यो र भन्यो: अल्लाह र तपाईले जे चाहनुहुन्छ त्यही हुनेछ । यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमीले मलाई अल्लाहको प्रतिद्वन्द्वी ठहर गरेको छौ?" बरु यसो भन्नु: अल्लाहले मात्र जे चाहनुहुन्छ (त्यही हुन्छ) ।</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
+  </si>
+  <si>
+    <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गर्यो र भन्यो: अल्लाह र तपाईले जे चाहनुहुन्छ त्यही हुनेछ । यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमीले मलाई अल्लाहको बराबर ठहर गरेको छौ?" बरु यसो भन्नु: अल्लाहले मात्र जे चाहनुहुन्छ (त्यही हुन्छ) ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गर्यो र भन्यो: अल्लाह र तपाईले जे चाहनुहुन्छ त्यही हुनेछ । यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमीले मलाई अल्लाहको प्रतिद्वन्द्वी ठहर गरेको छौ?" बरु यसो भन्नु: अल्लाहले मात्र जे चाहनुहुन्छ (त्यही हुन्छ) ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गर्यो र भन्यो: अल्लाह र तपाईले जे चाहनुहुन्छ त्यही हुनेछ । यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमीले मलाई अल्लाहको बराबर ठहर गरेको छौ?" बरु यसो भन्नु: अल्लाहले मात्र जे चाहनुहुन्छ (त्यही हुन्छ) ।"</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
-    <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गर्यो र भन्यो: "अल्लाह र तपाईंले जे चाहनुहुन्छ त्यही हुनेछ ।” नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो भनाइको निन्दा गर्नुभयो र भन्नुभयो : सृष्टिको इच्छालाई सृष्टिकर्ताको इच्छासँग "वाव" ("र") अक्षरले मिलाएर एकसाथ भन्नु सानो शिर्क हो । मुस्लिमले यसरी भन्नु अनुमति छैन । त्यसपछि उहाँले : "अल्लाहले एक्लै जे चाहनुहुन्छ त्यही हुन्छ ।” भनेर सही तरिका सिकाउनु भयो । किनभने उहाँको चाहनाको साथमा अरु कसैको इच्छासँग मिलाउनु हुँदैन ।</t>
+    <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र उसले कुनै विषयको बारेमा कुरा गरेपछि भन्यो: "अल्लाह र तपाईंले जे चाहनुहुन्छ त्यही हुनेछ ।” नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो कथनको निन्दा गर्नुभयो र उनीहरूलाई बताउनुभयो कि सृष्टिको इच्छालाई अल्लाहको इच्छासँग "र" (वाव) शब्दले जोडेर भन्नु सानो शिर्क (शिर्क-ए-असघर) हो, जुन कुनै पनि मुस्लिमले भन्नु हुँदैन। त्यसपछि उहाँले: "अल्लाहले एक्लै जे चाहनुहुन्छ, त्यही हुन्छ," भन्नु पर्छ भनेर सही तरिका सिकाउनु भयो। किनभने उहाँ (अल्लाह) को चाहना सँग अरू कसैको इच्छा साथसाथै जोडनु हुँदैन।</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
-    <t>"जे परमेश्वरले चाहनुहुन्छ र तपाईंले चाहनुहुन्छ ” र यससँग मिल्दोजुल्दो शब्द भन्न निषेध गरिएको छ; किनभने यसमा दासको इच्छालाई "वाव" ("र") अक्षरले परमेश्वरको इच्छासँग जोडिएको छ र यो सानो शिर्क हो ।
-गलतलाई निन्दा गर्नु आवश्यक छ ।
+    <t>जे अल्लाहले चाहनुहुन्छ र तपाईंले चाहनुहुन्छ" वा यस्तै समानान्तर अर्थ दिने शब्दहरू भन्न निषेध गरिएको छ। किनभने यसमा मानिसको चाहना लाई "वाव" (नेपालीमा 'र' को अर्थ दिने अक्षर) मार्फत अल्लाहको चाहनासँगै जोडेर प्रस्तुत गरिएको छ र यो सानो शिर्क हो।
+गलतकुराको निन्दा गर्नु अनिवार्य छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तौहीद (एकेश्वरवाद) को रक्षा गर्नुभयो र शिर्क (बहुदेववाद) का मार्गहरूलाई अवरुद्ध गर्नुभयो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याउँदै मुनकर (गलत कुरा) को निन्दा गर्दा त्यसको जायज विकल्प पनि स्पष्ट पार्नु राम्रो कुरा हो ।
-एउटा हदीसमा छ :"अल्लाहले एक्लै जे चाहनुहुन्छ त्यही हुन्छ” र अर्को हदीसमा छ : "अल्लाहले जे चाहनुहुन्छ, त्यसपछि तपाईंले ।"  यसको जवाफ :"अल्लाहले जे चाहनुहुन्छ, त्यसपछि तपाईंले" यसरी भन्नु जायज हो तर "अल्लाहले एक्लै जे चाहनुहुन्छ त्यही हुन्छ” भन्नु राम्रो हो ।
-"अल्लाहले जे चाहनुहुन्छ, त्यसपछि तपाईंले चाहनुहुन्छ" यसरी भन्नु जायज हो तर "अल्लाहले एक्लै जे चाहनुहुन्छ त्यही हुन्छ” भन्नु राम्रो हो ।</t>
+यो हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) को कथन "मा शा अल्लाह वह्दहू" (अल्लाहले मात्र चाहनुभयो) र अर्को हदीसमा उहाँको कथन "कुल: मा शा अल्लाह सुम्म शि’त" (भन: अल्लाहले चाहनुभयो, त्यसपछि तिमीले चाह्यौ) को बीचको समन्वय (तालमेल) यसरी गरिन्छ कि व्यक्तिले "मा शा अल्लाह सुम्म शि’त" भन्नु जायज छ, तर "मा शा अल्लाह वह्दहू" भन्नु अझ उत्तम (श्रेष्ठ) छ।
+"अल्लाहले जे चाहनुहुन्छ, त्यसपछि तपाईंले चाहनुहुन्छ" यसरी भन्नु जायज हो तर "अल्लाहले एक्लै जे चाहनुहुन्छ त्यही हुन्छ” भन्नु अति उत्तम हो ।</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[यसको सनद हसन हो]</t>
   </si>
   <si>
     <t>[इब्ने माजहले र निसाईले सुनन कुब्रा मा तथा अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>न्यायको दिन सबैभन्दा कठोर सजाय ती मानिसहरूलाई दिइनेछ जो अल्लाहको सृष्टि कार्यमा तुलना गर्न चाहन्छन् ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
-    <t>आस्थावानहरूकी आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) म कहाँ आउनुभयो र मैले अन्जानै मूर्तिहरू भएको पर्दाले केही ढाकेको थिएँ । उहाँले त्यो पर्दालाई हेर्ने बित्तिकै तान्नु भयो र उहाँको अनुहारको रंग नै रिसले परिवर्तन भयो र भन्नुभयो: "हे आइशा! न्यायको दिन सबैभन्दा कठोर सजाय ती मानिसहरूलाई दिइनेछ जो अल्लाहको सृष्टि कार्यमा तुलना गर्न चाहन्छन् ।" आइशाले भनिन्: "त्यसैले हामीले यसलाई काट्यौं र त्यसबाट एक वा दुईवटा तकिया बनायौं ।"</t>
+    <t>आस्थावानहरूकी आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) म कहाँ आउनुभयो र मैले मेरो सामान राखिने सानो कपाटलाई जीवित प्राणीहरूको तस्बिर भएको पर्दाले ढाकेको थिएँ । उहाँले त्यो पर्दालाई हेर्ने बित्तिकै तान्नु भयो र उहाँको अनुहारको रंग नै रिसले परिवर्तन भयो र भन्नुभयो: "हे आइशा! न्यायको दिन सबैभन्दा कठोर सजाय ती मानिसहरूलाई दिइनेछ जो अल्लाहको सृष्टि कार्यमा तुलना गर्न चाहन्छन् ।" आइशा (रजि.) ले भन्नुभयो: "त्यसपछि हामीले त्यसलाई काट्यौं र त्यसबाट एक वा दुईवटा तकिया (सिरानी) बनायौं।"</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आइशा (रजियल्लाहु अन्हा) को घरमा प्रवेश गर्नुभयो । उहाँले सामान राखिने सानो कपाटलाई जीवित प्राणीहरूको मूर्ति भएको पर्दाले छोपेको देख्नु भयो । तब उहाँको अनुहारको रंग नै परिवर्तन भयो र अल्लाहको लागि रिस पोख्दै र त्यो पर्दालाई हटाउदै भन्नुभयो: न्यायको दिन सबैभन्दा कठोर सजाय ती मानिसहरूलाई दिइनेछ जो आफ्नो तस्बिर मार्फत अल्लाहको सृष्टि कार्यमा तुलना गर्न चाहन्छन् । आइशाले भनिन्: त्यसैले हामीले यसलाई (काटेर) एक वा दुईवटा तकिया बनायौं ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आइशा (रजियल्लाहु अन्हा) को घरमा प्रवेश गर्नुभयो। उहाँले सामान राखिने सानो कपाटलाई जीवित प्राणीहरूको तस्बिर भएको पर्दाले छोपेको देख्नु भयो।
+यो देखेर उहाँको अनुहारको रङ्ग परिवर्तन भयो र अल्लाहको लागि रिस पोख्दै र त्यो पर्दालाई हटाउँदै भन्नुभयो: न्यायको दिन सबैभन्दा कठोर सजाय ती मानिसहरूलाई दिइनेछ जो जिवित प्राणीको तस्बिर बनाएर अल्लाहको सृष्टिको नक्कल गर्छन् । आइशा (रजि.) ले भन्नुहुन्छ: त्यसैले हामीले त्यसलाई (काटेर) एक वा दुईवटा सिरानी बनायौं ।</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
-    <t>मुनकर (गल्ती) देख्दा ढिलासुस्ती नगरी निन्दा गर्नु पर्छ, तर जब यसले ठूलो समस्या निम्ताउने डर छ भने त्यसो गर्नु हुँदैन ।
-[...4 lines deleted...]
-जीवित प्राणीहरूको तस्वीरहरू निर्माण गर्न निषेध गरिएको छ, चाहे त्यो जुनसुकै रूपमा र पेशागत भए पनि ।</t>
+    <t>गल्ती  र खराब काम देख्दा तुरुन्तै प्रतिवाद गर्नु पर्छ र त्यसमा ढिलाइ गर्नु हुँदैन। तर, यसको सर्त यो हो कि त्यसो गर्दा अझ ठूलो हानि हुने सम्भावना नहोस्।
+कयामतको दिनमा सजाय पापको गम्भीरता र उग्रता अनुसार फरक-फरक हुनेछ।
+जीवित प्राणीको चित्र बनाउनु ठूलो पाप हो ।
+तस्वीर (चित्रण) बनाउन निषेध गरिनुको एउटा कारण यो हो कि तस्बिरले अल्लाहको सृष्टि कार्य सँग तुलना गरेको झल्काउँछ, चाहे चित्रकारको मनसाय त्यस्तो होस् वा नहोस्।
+शरियतले सम्पत्तिको संरक्षणमा विशेष ध्यान दिएको छ, ताकि त्यसलाई निषेधित (हराम) कार्यहरूबाट जोगाएर त्यसबाट वैध लाभ लिन सकियोस्।
+आत्मा भएका प्राणीहरूको चित्र बनाउनु निषिद्ध छ—त्यो जुनसुकै स्वरूप, माध्यम वा शैलीमा बनेको भए पनि, यहाँसम्म कि अपमानजनक रूपमा चित्रण गर्दा पनि यो निषेध कायम रहन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>जो कोही कुनै ठाउँमा ओर्लन्छ र यो दुआ पढ्छ: 'अऊजु बिकलिमातिल्लाहि-त्ताम्माति मिन् शर्रि मा खलक् ।’ (म अल्लाहको पूर्ण वचनहरूद्वारा सृष्टिको प्रत्येक हानीनोक्सानी बाट शरण चाहन्छु ।) त्यो ठाउँमा बसुन्जेल उसलाई कुनै पनि कुराले हानि गर्न सक्दैन ।</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>खौलह बिन्ते हकीम अस्- सुलमिया (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जो कोही कुनै ठाउँमा ओर्लन्छ र यो दुआ पढ्छ: 'अऊजु बिकलिमातिल्लाहि-त्ताम्माति मिन् शर्रि मा खलक् ।’ (म अल्लाहको पूर्ण वचनहरूद्वारा सृष्टिको प्रत्येक हानीनोक्सानी बाट शरण चाहन्छु ।) त्यो ठाउँमा बसुन्जेल उसलाई कुनै पनि कुराले हानि गर्न सक्दैन ।"</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो उम्मत (अनुयायीहरु) लाई संसारको कुनै पनि ठाउँमा यात्रा गर्दा, भ्रमण गर्दा वा पिकनिक/बनभोज  इत्यादिको लागि जाँदा लाभकारी शरण खोज्नको लागि मार्गदर्शन गर्नुभएको छ, ताकि ऊ दुष्ट प्राणी र डर लाग्ने हरेक खराबीबाट सुरक्षित रहन सकोस् । उहाँले भन्नुभयो, जब कोही कुनै ठाउँमा ओर्लन्छ र हरेक दुष्ट प्राणीहरूको खराबीबाट अल्लाहका वचनहरूद्वारा शरण लिन्छ, जुन पुण्य, आशीर्वाद र लाभको दृष्टिकोणले पूर्ण छन् र हरेक किसिमका  दोष र कमिबाट मुक्त छन्, तब ऊ त्यहाँ बसुन्जेल हरेक पीडादायी चीजहरू र दुष्ट प्राणीहरूबाट सुरक्षित रहन्छ ।</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>शरण खोज्नु पनि उपासना हो अर्थात, अल्लाह, उहाँको नाम वा उहाँका गुणहरूमा शरण लिनु ।
 अल्लाहको वचनमा शरण लिन अनुमति छ । किनभने अल्लाहको वचन उहाँको गुणहरू मध्ये एक हो । जबकि कुनै पनि प्राणीको शरण वा आश्रय लिनु मान्य छैन, किनभने यो शिर्क हो ।
 यस दुआ (प्रार्थना) को फाइदा र आशिष् ।
 अजकार/ दुवाहरु (प्रार्थना) द्वारा आफ्नो सुरक्षा खोज्दा अल्लाहले सेवकलाई हरेक हानी नोक्सानी (खराबी) बाट जोगाउँछन् ।
 अल्लाह बाहेक जिन्न, जादूगर वा धोकेबाज आदिको शरण लिनु शिर्क हो ।
 सामान्य अवस्थामा वा यात्राको क्रममा कतै ओर्लँदा  दुआ पढ्नु सुन्नत हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>के म तिमीलाई त्यस मिसन/ अभियानमा नपठाऊ, जसमा अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई पठाउनुभएको थियो? तिमीले यदि कुनै पनि मुर्तिलाई देख्यौ भने त्यसलाई मेटाई देऊ र कुनै अग्लो कब्र (चिहान) छ भने त्यसलाई समतल गरी देऊ ।</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>अबुल हय्याज असदीले बयान गरेका छन्, अली बिन अबी तालिब (रजियल्लाहु अन्हु) ले मलाई भन्नुभयो: के म तिमीलाई त्यस मिसन/ अभियानमा नपठाऊ, जसमा अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई पठाउनुभएको थियो? तिमीले यदि कुनै पनि मुर्तिलाई देख्यौ भने त्यसलाई मेटाई देऊ र कुनै अग्लो कब्र (चिहान) छ भने त्यसलाई समतल गरी देऊ ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरूलाई यो भन्दै पठाउनुहुन्थ्यो, जुन मूर्ति भेट्टाउछौ, त्यसलाई नष्ट गरिदेऊ वा मेटाइ देऊ । हदीसमा ‘तिम्साल’ शब्दको प्रयोग भएको छ, जसको अर्थ आत्मा भएको वस्तुको चित्र हो, चाहे त्यो आकारमा होस् वा आकारविहीन ।
 त्यसैगरी अग्लो चिहान फेला परेमा त्यसलाई जमिनसँग समतल बनाउने र त्यसमाथि बनेका भवन वा आकृति आदि भत्काउने वा धेरै नउठाउने गरी जमिनसँग समतल बनाउने । यो लगभग एक बित्ता जति अग्लो हुनुपर्छ । त्योभन्दा बढी होइन ।</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>जीवित वस्तुको तस्बिर बनाउन हराम हो । किनकि यसले शिर्कतर्फ लैजान्छ ।
 शक्ति र अख्तियार भएको व्यक्तिले हातले गलत कुरा हटाउनु शरीयत बाट प्रोत्साहित छ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) जाहिलीयत (इस्लाम पूर्वको अज्ञानताको) कालका प्रत्येक चिन्हलाई तुरुन्तै हटाउन उत्सुक हुनुहुन्थ्यो, जस्तै चित्रहरू, मूर्तिहरू र चिहानहरूमा बनेका भवनहरू आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन(आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी  प्रिय हुँदिन।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन(आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी  प्रिय हुँदिन।"</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, एक मुस्लिम तब मात्र पूर्ण मुमिन हुन सक्छ जब उसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रेमलाई आफ्नो आमा, बुबा, छोरा, छोरी र अन्य सबै मानिसहरूको प्रेम भन्दा उच्च राख्छ । यो प्रेम उहाँको अनुसरण, पालना, समर्थन र उहाँको अवज्ञाबाट टाढा रहेर प्राप्त हुन्छ ।</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई प्रेम गर्नु अनिवार्य छ र उहाँको प्रेमलाई अन्य सम्पूर्ण प्राणीहरूको प्रेम भन्दा माथि राख्नु पर्छ ।
 उहाँसँगको असल र पूर्ण प्रेमको पहिचान भनेको आफ्नो जीउधनका साथ सुन्नतको समर्थन र सहयोग गर्नु हो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रेम भनेको उहाँका आदेशहरूको पालना गर्नु, उहाँले खबर दिनुभएको कुरामा आस्था राख्नु, उहाँले निषेध गर्नुभएको कुराबाट टाढा रहनु, उहाँको अनुशरण गर्नु र बिदअतहरूबाट जोगिनु आवश्यक छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को अधिकार सबै मानिसहरूको अधिकार भन्दा ठूलो र महत्त्वपूर्ण छ । किनकि उहाँ नै हाम्रा लागि इस्लामका मार्गदर्शक, नर्कबाट मुक्ति र स्वर्गमा प्रवेश गर्ने माध्यम हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>त्यो व्यक्ति हामी मध्ये होइन, जसले अशुभ शगुन मान्यो वा जसको लागि अशुभ शगुन लिइएको छ, जसले ज्योतिषीको काम गर्यो वा जसको लागि ज्योतिषीको काम गराइयो, जसले जादू गर्यो वा जसको लागि जादू गराइयो</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>इमरान बिन हुसैन (रजियल्लाहु अन्हा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "त्यो व्यक्ति हामी मध्ये होइन, जसले अशुभ शगुन मान्यो वा जसको लागि अशुभ शगुन लिइएको छ, जसले ज्योतिषीको काम गर्यो वा जसको लागि ज्योतिषीको काम गराइयो, जसले जादू गर्यो वा जसको लागि जादू गराइयो । जसले गाँठोमा झारफुक / जन्तर मन्तर गर्यो र जो कुनै ज्योतिषीकहाँ गयो र उसले भनेको वचनलाई सत्य मान्यो भने उसले मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) माथि अवतरित शरीयतलाई अस्वीकार गर्यो ।</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना अनुयायीहरूलाई चेतावनी दिनुभएको छ, जसले यी कार्यहरू गर्छ ऊ हामी मध्ये होइन । यी कार्यहरू निम्नानुसार छन्:
 पहिलो : "जसले अशुभ शगुन लियो (अथवा यसमा विश्वास गर्यो) वा जसको लागि शगुन लिइएको छ ।" यसको अर्थ: अरबहरूले यात्रा, व्यापार जस्ता कुनै पनि काम सुरु गर्दा चरालाई उडाउने गर्दथे । यदि चरा दायाँ तिर उड्यो भने यो एक शुभ संकेत मान्ने गर्थे र आफूले चाहेको काम गर्न जान्थे । तर यदि चरा बायाँतिर उड्यो भने, यो एक अशुभ संकेत मान्थे र आफूले चाहेको कुराबाट टाढिन्थे ।  वास्तवमा, यो निषेधित काम हो, न त आफैले गर्न मिल्छ न अरुद्वारा गराउन । यसमा हरेक प्रकारको शगुन समावेश गरिएको छ, चाहे त्यो कुरा सुन्ने वा देख्नेसँग सम्बन्धित होस्, चाहे त्यो पंक्षी होस्, जनावर होस्, शारीरिक अपाङ्गता भएका मानिस होस्, कुनै विशेष संख्या होस् वा दिन वा अरु केही ।
 दोस्रो: जसले आफैले ज्योतिषीको काम गरेको छ वा कसैबाट गराएको छ । तसर्थ, जसले नक्षत्र, ताराहरू आदिको सहायताले अदृश्य कुरा थाहा पाएको दाबी गर्छ वा अदृश्य कुरा जान्ने दाबी गर्ने व्यक्तिकहाँ गएर उसको कुरालाई सत्य हुने विश्वास गर्दछ भने त्यस्तो व्यक्तिले मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)माथि अवतरित शरीयतलाई अस्वीकार गर्यो ।
 तेस्रो: "जसले जादू गर्यो वा अरुद्वारा जादू गरायो ।"  कसैको हित गर्ने वा कसैलाई हानि पुयाउने उद्देश्यले जादु गर्ने वा जादु गराउने वा अवैध मन्त्र इत्यादि जप गरेर धागो आदिमा गाँठो लगाएर फुकाउने वा 
 टुनामुना गर्ने व्यक्ति ।</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>अल्लाहमा भरोसा गर्नु र अल्लाहको तय गरिदिनुभएको भाग्यमा आस्था राख्नु आवश्यक छ ।  शगुन, झाँक्री र ज्योतिषीले गर्ने काम जस्तै भविष्यवाणी गर्नु वा उनीहरूसंग केही सोध्नु निषेध गरिएको छ ।
 नदेखेको कुरा थाहा पाएको दाबी गर्नु बहुदेववाद हो र तौहीदको (एक इश्वरवाद) विपरीत हो ।
 ज्योतिषीले भनेका कुरालाई सत्य मान्नु र ज्योतिषीहरूकहाँ जानु हराम हो । यसै सन्दर्भमा हत्केला र प्याला (कचौरा) हरू पढ्ने र व्यक्तिको सौभाग्य र दुर्भाग्यलाई नक्षत्रसँग जोड्ने आदि कार्यहरू पनि समावेश छन्, यद्यपि यी जानकारी प्राप्तको लागि भए पनि निषेध छ ।</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[बज्जारले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>जो कोही ज्योतिषी कहाँ जान्छ र उसलाई कुनै कुराको बारेमा सोध्छ भने, चालीस दिनसम्म उसको सलाह (नमाज) कबुल (अल्लाह सामु स्वीकार्य) हुँदैन ।</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) का पवित्र श्रीमतीहरु बाट उधृत गरिएको छ, उहाँले भन्नुभयो: "जो कोही ज्योतिषी कहाँ जान्छ र उसलाई कुनै कुराको बारेमा सोध्छ भने, चालीस दिनसम्म उसको सलाह (नमाज) कबुल (अल्लाह सामु स्वीकार्य) हुँदैन ।"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले ज्योतिषीकहाँ जाने लाई चेतावनी दिँदै हुनुहुन्छ । हदीसमा ‘अर्राफ’ शब्द प्रयोग गरिएको छ जसको अर्थ तारा, शैतान इत्यादिको सहयोगबाट अदृश्यको बारेमा जान्ने दाबी गर्नेहरु हुन्, जस्तै ज्योतिषीहरू, झाँक्री हरु, बालुवामा रेखाहरू कोरेर वा हात देखेर भविष्यवाणी गर्नेहरू इत्यादि । त्यस्ता व्यक्तिहरूलाई अदृश्यको बारेमा केही सोध्दा, अल्लाहले चालीस दिनको नमाजको इनामबाट वञ्चित गर्नुहुन्छ । वास्तवमा यो उसको ठूलो पापको सजाय हो ।</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>ज्योतिषी भएर काम गर्नु र ज्योतिषीकहाँ गएर अदृश्य कुरा सोध्नु दुवै हराम हो ।
 कहिलेकाहीँ मानिस आफ्नो पापको कारणले पुण्य कर्मको इनामबाट वञ्चित हुन्छ।
 त्यसैगरी यस हदीसमा तथाकथित राशिफल, नक्षत्रहरूको अध्ययन, हातका रेखा र कचौराहरू पढेर गैबको (अदृष्यको) बारेमा भविष्यवाणी गर्ने सबै समावेश छन्, यद्यपि यो सबै मात्र जानकारी प्राप्त गर्नको लागि भए पनि । किनकि यी सबै कुराहरू भाग्य-बताउने र अदृष्यको बारेमा जान्ने दावी गर्नेहरूका विभिन्न रुपहरू हुन् ।
 ज्योतिषीकहाँ जानुको सजाय यति कठोर छ भने स्वयम् ज्योतिषी र अदृश्यको कुरा गर्नेलाई कति ठूलो सजाय होला ?
 चालीस दिनको नमाज अदा (वैध) हुन्छ र यसलाई कजा गर्नु पर्दैन, अर्थात पुनः पढ्नु पर्दैन, तर पुण्य प्राप्त हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>जसले नक्षत्रहरूबाट ज्ञान प्राप्त गर्छ, उसले जादूको एक भाग सिक्छ । उसले जति धेरै ज्योतिषविज्ञान सिक्छ, त्यति धेरै जादू सिक्नेछ ।</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जसले नक्षत्रहरूबाट ज्ञान प्राप्त गर्छ, उसले जादूको एक भाग सिक्छ । उसले जति धेरै ज्योतिषविज्ञान सिक्छ, त्यति धेरै जादू सिक्नेछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले तारा र नक्षत्रहरूको ज्ञान सिक्छ र तिनीहरूको चाल, प्रवेश र निकासले पृथ्वीमा हुने घटनाहरूमा के कति प्रभाव पर्छ त्यसमा विचार गर्छ, जस्तै जीवन, मृत्यु, रोग र भविष्यमा हुने कुराको बारेमा ज्ञान प्राप्त गर्छ । उसले जादूको एक भाग सिकेको छ र उसले जति धेरै यो ज्ञान प्राप्त गर्छ, जादूको बारेमा उसको ज्ञान त्यतिनै बढ्दै जानेछ ।</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>ताराहरूको चाल हेरेर भविष्यवाणी गर्नु हराम हो, किनकि यो अदृश्यको ज्ञानको दाबी हो ।
 ज्योतिषशास्त्र (तारा हेरेर भविष्यवाणी गर्नु) पनि एक प्रकारको जादु हो, जुन तौहीदको विरुद्ध हो । जबकि दिशानिर्देश, किब्ला (नमाजको दिशा), ऋतु र महिनाहरूको आगमन थाहा पाउन तारा हेर्ने अनुमति छ ।
 जसले जति धेरै ज्योतिष विद्या सिक्छ, उसले त्यति नै बढी जादुका ज्ञानहरू सिक्दै जान्छ।
 ताराहरूका तीनवटा उपयोगिताहरु छन् जुन अल्लाहले आफ्नो पुस्तकमा उल्लेख गर्नुभएको छ: आकाशको सजावट, बाटो खोज्ने संकेतहरू र शैतानहरूलाई मार हान्ने माध्यम ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5989</t>
   </si>
   <si>
-    <t>ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ</t>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>ज्यानको जुन अङ्गमा दुखाइ छ त्यहाँ आफ्नो हात राख र तीन पटक " बिस्मिल्लाह" भन र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
  अर्थात्: म अल्लाहको शरण माग्छु र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागी रहेको छ ।</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>हजरत उस्मान बिन अबी अबुल् आस सकफी (रजियल्लाहु अन्हु)द्वारा वर्णन छ : उहाँले इस्लाम कबुल गरेदेखि नै आफ्नो शरीरमा महसुस गरेको पीडाको बारेमा गुनासो गर्नु भयो, सो अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले उहाँलाई भन्नु भयो : " ज्यानको जुन अङ्गमा दुखाइ छ त्यहाँ आफ्नो हात राख र तीन पटक " बिस्मिल्लाह" भन र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
  अर्थात्: म अल्लाहको शरण माग्छु र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागी रहेको छ ।</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>उस्मान बिन अबू अल-आस (रजियल्लाहु अन्हु) लाई एक गम्भीर पीडा भयो, जसले उनलाई मृत्युको नजिक पुर्‍यायो। यस अवस्थामा, पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) उहाँलाई भेट्न आए र एक यस्तो दुआ सिकाउनुभयो जसले अल्लाहले उनको रोगलाई हटाइदिनुभयो।
 दुआ पढ्ने तरिका यस्तो थियो:
 आफ्नो हात पीडित स्थानमा राखेर तीन पटक (बिस्मिल्लाह) भन्नुहोस्। त्यसपछि सात पटक यसरी भन्नुहोस्:
 (أعوذ بالله وقدرته من شر ما أجد وأحاذر)
 अर्थात्:
 "म अल्लाह र उहाँको शक्ति शरणमा जाँदैछु, म वर्तमानमा महसुस गरिरहेको पीडा र भविष्यमा हुन सक्ने पीडाबाट सुरक्षित रहनुका लागि उहाँमा भरोसा गर्छु।"
 यस दुआले व्यक्ति हालको पीडा र डर वा भविष्यमा रोग फैलने खतराबाट बच्न सक्नेछ।</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>मान्छेले आफुले आफैलाई रूक्या गर्नु मुस्तहब हो, जस्तै कि हदीसमा आएको छ ।
 अलापविलाप र आपत्ति जनाए विना नै गुनासो सुनाउनु धैर्य र अल्लाह माथि भरोसाको विपरीत होइन ।
 दुआ पनि माध्यम अपनाउनुमा सम्मिलित छ । त्यसै कारण यसका शब्द र सङ्ख्याको पनि ख्याल अनिवार्य हुन्छ ।
 यो दुआ शरिरको कुनै पनि दुखाइमा पढ्न सकिन्छ ।
 यो दुआका माध्यमबाट उपचार गर्ने बेलामा हात दुखाइ भएको ठाउँमा राख्नु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6018</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>पूरा गर्न सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, जसद्वारा तपाईंले महिलाको गोप्य अंगलाई हलाल (वैध) बनाउनुभएको छ ।</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "पूरा गर्न सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, जसद्वारा तपाईंले महिलाको गोप्य अंगलाई हलाल (वैध) बनाउनुभएको छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, पूरा गर्नको लागि सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, किनभने त्यो शर्तले महिलाको गोप्य अंगलाई हलाल (वैध) गरिएको छ । यी पत्नीले विवाह गर्दा राख्ने वैध शर्तहरू हुन् ।</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>विवाह गर्दा श्रीमान श्रीमतीले राखेका शर्तहरु पुरा गर्नु अनिवार्य हुन्छ । हो! यदि त्यो शर्तले कुनै हलाल चीजलाई हराम वा हरामलाई हलाल बनाउँछ भने, त्यसलाई पूरा गर्नु अनिवार्य छैन ।
 निकाहका सर्तहरू पूरा गर्नु अन्य सर्तहरू पूरा गर्नु भन्दा बढी महत्त्वपूर्ण छ, किनभने तिनीहरूद्वारा गुप्ताङ्ग हलाल बनाइन्छ ।
 इस्लाममा विवाहको स्थानको चर्चा, किनभने इस्लामले विवाहका सर्तहरू पूरा गर्न जोर दिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>के म तिमीहरूले मागेको भन्दा उत्तम कुरा नभनुँ ? जब तिमीहरू आफ्नो ओछ्यानमा जान्छौ, तब सुत्ने बेला ‘सुब्हानल्लाह’ ३३ पटक, ‘अल्हम्दु-लिल्लाह’ ३३ पटक र ‘अल्लाहु-अक्बर’ ३४ पटक भन, यो तिमी दुवैको लागि दास भन्दा राम्रो छ ।”</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>अली (रजियल्लाहु अन्हु) ले बयान गरेका छन्, फातिमा (रजियल्लाहु अन्हा) ले चक्की (जाँतो) पीस्दा-पीस्दै उनको हातमा उठेको ठेला देखाउन नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ गइन् । वास्तवमा, उनले त्यहाँ केही दासहरू आएको सूचना पाएकी थिइन् । तर उहाँलाई भेट्न नसकेपछि सबै कुरा आइशा (रदियल्लाहु अन्हा) सित गरेर फर्किन् । जब उहाँ आउनुभयो, तब आइशा (रजियल्लाहु अन्हा) ले उहाँलाई सबै कुरा भनिन् । अली ( रजियल्लाहु अन्हु ) ले थप भने: यो सुनेर, उहाँ हाम्रो घर आउनुभयो र त्यतिबेला हामी ओछ्यानमा गइसकेका थियौं । हामी उहाँको लागि उभिन खोज्यौं, तर उहाँले तिमी दुबैजना आ-आफ्नो ठाउँमा बस भन्दै हामी दुवै जनाको बीचमा बस्नुभयो । यहाँसम्म मैले उहाँको दुवै पाइलाको शीतलता आफ्नो पेटसम्म महसुस गरें । उहाँले भन्नुभयो : “के म तिमीहरूले मागेको भन्दा उत्तम कुरा नभनुँ ? जब तिमीहरू आफ्नो ओछ्यानमा जान्छौ, तब सुत्ने बेला ‘सुब्हानल्लाह’ ३३ पटक, ‘अल्हम्दु-लिल्लाह’ ३३ पटक र ‘अल्लाहु-अक्बर’ ३४ पटक भन, यो तिमी दुवैको लागि दास भन्दा राम्रो छ ।”</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) की छोरी फातिमा (रजियल्लाहु अन्हा) ले जाँतो (चक्की) पिस्दा-पिस्दै हातमा उठेको ठेलाबारे गुनासो गरिन् । उता रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ केही कैदीहरू ल्याइएका थिए । घरको काममा सघाउन एउटा कामदार चाहियो भनेर उनी आफ्नो बुवाकहाँ पुगिन्, तर उहाँ नभएकोले सबै कुरा आइशा (रदियल्लाहु अन्हा) सित गरेर फर्किन् । जब नबी (सल्लल्लाहु अलैहि वसल्लम) आउनुभयो, तब आइशा (रजियल्लाहु अन्हा) ले फातिमा एउटा दास माग्न हजुरलाई भेट्न आएकी कुरा भनिन् । यो सुनेर, उहाँ फातिमा र अली (रजियल्लाहु अन्हुमा) को घर आउनुभयो र त्यतिबेला उनीहरू ओछ्यानमा गइसकेका थिए र सुत्ने तयारीमा थिए । उहाँ दुवै जनाको बीचमा बस्नुभयो । यहाँसम्म अली (रजियल्लाहु अन्हुमा) ले उहाँको दुवै पाइलाको शीतलता आफ्नो पेटमा महसुस गरें । उहाँले भन्नुभयो : के म तिमीहरूलाई तिमीहरूले मागेको भन्दा उत्तम कुरा नभनुँ ? उनीहरूले भने: "हो! (जरूर भन्नुहोस्), उहाँले भन्नुभयो: राति आफ्नो ओछ्यानमा सुत्ने बेला ‘अल्लाहु-अक्बर’ ३४ पटक, ‘सुब्हानल्लाह’ ३३ पटक, र ‘अल्हम्दु-लिल्लाह’ ३३ पटक भन । यो दुआ तिमीहरुका लागि दास भन्दा राम्रो छ ।</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>सधैं यो दुआ पढ्नु मुस्तहब हो, किनकि अली (रजियल्लाहु अन्हु) ले नबीको यो वसीयत (दुआ) लाई कहिल्यै पनि छोडेनन्, यहाँसम्म सिफ्फीन(युद्ध)को रातमा पनि ।
 यो दुआ केवल राती सुत्ने बेला पढिने हो । किनभने मुस्लिमको अर्को हदीसमा 'राती आफ्नो ओछ्यानमा सुत्ने बेला' उल्लेख गरिएको छ ।
 यदि कुनै मुस्लिमले रातको सुरुमा यो दुआ पढ्न बिर्सियो र अन्तिम रातमा याद आयो भने त्यतिबेला पढ्दा केही फरक पर्दैन; किनभने अली (रजियल्लाहु अन्हु) ले पनि सिफ्फीनको रातमा सुरु रातमा दुआ पढ्न बिर्सेका थिए र याद आएपछि बिहान हुनु भन्दा अघि पढेका थिए ।
 मुहल्लबले भने: मानिसले जसरी आफू दुनियाँमाथि आखिरतलाई प्राथमिकता दिन्छ त्यसरी आफ्नो परिवारलाई पनि सकेसम्म त्यसको शिक्षा दिनुपर्छ ।
 इब्न हजर अल-अस्कलानीले भने: जसले पाबन्दीका साथ यो दुआ पढ्छ, उसलाई कामको प्रचुरताले नोक्सान हुने छैन, न त उसलाई गाह्रो हुनेछ, चाहे ऊ थकित भए पनि ।
 अल-ऐनीले भने: 'दास भन्द राम्रो' को अर्थ भनेको यो दुआ परलोकसँग सम्बन्धित छ र दास यस संसारसँग, र परलोक पक्कै राम्रो र स्थायी छ । यसको अर्को मतलब के हो भने यो दुआमा दासले सेवा दिने शक्ति भन्दा बढी शक्ति यसमा छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
-[...2 lines deleted...]
-    <t>{कुल हुवल्लाहु अहद}, {कुल अऊ जु बि-रब्बिल फलक} र {कुल अऊ जु बि-रब्बिनास} बिहान र बेलुका तीन तीन पटक पढ । यो तिम्रो लागि हरेक कुराबाट पर्याप्त हुनेछ ।</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
+  </si>
+  <si>
+    <t>तिमीले बिहान र बेलुका तीन-तीन पटक"{कुल हुवल्लाहु अहद}  (सूरह इख्लास) र दुई मुअव्विजात (सूरह फलक र सूरह नास) पढ्नु। यी ले तिमीलाई हरेक कुराबाट जोगाउनेछन्।</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी पानी परेको अँध्यारो रातमा नमाज पढाउन रसूल (सल्लल्लाहु अलैहि वसल्लम) को खोजी गर्न बाहिर निस्कियौं । उनी भन्दछन्, जब मैले उहाँलाई भेट्टाएं, उहाँले भन्नुभयो: "भन।", तर मैले केही भनिनं, त्यसैले उहाँले फेरि भन्नुभयो: "भन।", मैले अझै केही भनिनं, त्यसैले उहाँले तेस्रो पटक भन्नुभयो: "भन।" यसपटक मैले सोधेँ : के भनूँ ? उहाँले जवाफ दिनुभयो: "{कुल हुवल्लाहु अहद}, {कुल अऊ जु बि-रब्बिल फलक} र {कुल अऊ जु बि-रब्बिनास} बिहान र बेलुका तीन तीन पटक पढ । यो तिम्रो लागि हरेक कुराबाट पर्याप्त हुनेछ ।"</t>
+    <t>अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी एक वर्षाले भिजेको, अत्यन्त अँध्यारो रातमा अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई खोज्न निस्कियौँ ताकि उहाँले हामीलाई नमाज पढाइदिउन्। अब्दुल्लाह बिन खुबैबले भन्नुहुन्छ: मैले उहाँलाई भेटेँ। उहाँले भन्नुभयो: "भन," तर मैले केही भनिनँ। फेरि उहाँले भन्नुभयो: "भन," तर मैले फेरि पनि केही बोलिनँ। तेस्रो पटक उहाँले भन्नुभयो: "भन।" तब मैले सोधें: "म के भनूँ?" उहाँले भन्नुभयो: "तिमीले बिहान र बेलुका तीन-तीन पटक"{कुल हुवल्लाहु अहद}  (सूरह इख्लास) र दुई मुअव्विजात (सूरह फलक र सूरह नास) पढ्नु। यी ले तिमीलाई हरेक कुराबाट जोगाउनेछन्।"</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
-    <t>सहाबी अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गरेका छन् : तिनीहरू पानी परेको र धेरै अँध्यारो रातमा नमाज पढाउन रसूल (सल्लल्लाहु अलैहि वसल्लम) को खोजी गर्न बाहिर निस्के र तिनीहरूले उहाँलाई भेट्टाए । नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो: "भन" अर्थात पढ, तर उनले केही पनि पढेनन् । नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो कुरा दोहोर्याउनुभयो र अब्दुल्लाहले भने: हे अल्लाहका रसूल, मैले के पढ्नु ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: सुरतुल-इखलास {कुल हुवल्लाहु अहद} र मुऔवीजतैन {कुल अऊ जु बि-रब्बिल फलक} र {कुल अऊ जु बि-रब्बिनास} बिहान र बेलुका तीन तीन पटक पढ । यसले तिमीलाई हरेक खराबी र शरबाट जोगाउँछ ।</t>
+    <t>सहाबी अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गर्नुभएको छ: पानी परेको र घनघोर अँध्यारो रातमा हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई नमाज पढाइदिउन् भनेर उहाँको खोजी गर्न बाहिर निस्क्यौँ र उहाँलाई भेट्टायौँ। नबी (सल्लल्लाहु अलैहि वसल्लम) ले अब्दुल्लाह बिन खुबैब लाई भन्नुभयो: "भन" अर्थात पढ, तर उनले केही पनि पढेनन् । नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो कुरा दोहोर्याउनुभयो र अब्दुल्लाहले भने: हे अल्लाहका रसूल, म के पढूँ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: सुरतुल-इखलास {कुल हुवल्लाहु अहद} र मुऔवीजतैन {कुल अऊ जु बि-रब्बिल फलक} र {कुल अऊ जु बि-रब्बिनास} बिहान र बेलुका तीन तीन पटक पढनु । यसले तिमीलाई हरेक खराबी र हानिबाट जोगाउँछ ।</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
-    <t>बिहान र बेलुका सुरतुल-इखलास र मुऔवीजतैन पढ्नु मुस्तहब हो र यसले हरेक खराबी (शर) बाट जोगाउँछ ।
-सुरतुल-इखलास र मुऔवीजतैन पढ्नको सद्गुण ।</t>
+    <t>बिहान र बेलुका सुरतुल-इखलास र मुऔवीजतैन पढ्नु पुण्यकारी हो र यसले हरेक खराबी बाट जोगाउँछ।
+यसमा सुरतुल-इखलास र मुऔवीजतैन पढ्नुको सद्गुण बताइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6082</t>
   </si>
   <si>
-    <t>مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ</t>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>जसले तीन पटक याे दुआ पढ्यो: " उहाँ अल्लाहको नामबाट जसको नामद्वारा धरती र आकाशमा कुनै चिजले हानी पुर्याउँदैन र उहाँ अति नै सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" उसमाथि बिहानसम्म कुनै विपद अचानक  आउँदैन।</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>हजरत अबान बिन उस्मान (रजियल्लाहु अन्हु) द्वारा वर्णन छ, उनी भन्छन् कि मैले उस्मान बिन अफ़्फ़ान (रज़ियल्लाहु अन्हु)ले भन्नु भएको सुनेँ कि उहाँले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भएको सुन्नु भयो : जसले तीन पटक याे दुआ पढ्यो: " उहाँ अल्लाहको नामबाट जसको नामद्वारा धरती र आकाशमा कुनै चिजले हानी पुर्याउँदैन र उहाँ अति नै सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" उसमाथि बिहानसम्म कुनै विपद अचानक  आउँदैन। र जसले बिहानको समयमा तीन पटक यो दुआ पढ्यो, बेलुकासम्म उसमाथि अचानक कुनै समस्या आउँदैन। वर्णनकर्ता भन्छन् कि पछि अबान बिन उसमानलाई पक्षपात भयो, र उनीसित यो हदीस सुन्ने मान्छेले हेरिरहयो। अत: अबानले उसलाई सोधे, किन तिमी मतिर हेरेको हेर्यै छौ ? अल्लाह कसम ! न मैले उस्मानतिर जोडेर झुट्टो कुरा भनेको हो न त उस्मानले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) तर्फ। वास्तवमा जुन दिन मलाई यो बिमारी लागेको थियो त्यो दिन रिसको झोकमा भएकोले यो दुआ पढ्न बिर्सिएको थिएँ ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभयो कि जो कुनै व्यक्ति प्रत्येक बिहान फज्र पछि र प्रत्येक साँझ सूर्यास्तअघि तीन पटक यो भन्छ:
 "(बिस्मिल्लाह) म सहायता माग्छु र हरेक हानिकारक चीजबाट आफूलाई सुरक्षित राख्छु, (उहाँको नामको सम्झनासँग) कुनै चीज हानी गर्न सक्दैन, चाहे त्यो (पृथ्वीमा) होस्—यसबाट निस्कने आपतहरू सहित—वा (आकाशमा) होस्—यसबाट झर्ने विपत्तिहरूसहित। र उहाँ (सबै कुरा सुन्ने वाला) हुनुहुन्छ र (सबै अवस्थाबारे जान्ने वाला) हुनुहुन्छ।"
 . जसले साँझमा यो दुआ पढ्यो भने उसलाई बिहानसम्म अचानक विपत्ति आइ पर्दैन, र जसले बिहान यसो भन्छ उसलाई बेलुकासम्म अचानक विपत्ति आइ पर्ने छैन ।
 हदीसका वर्णनकर्ता अबान इब्ने उस्मान (रजियल्लाहु अन्हु)लाई पश्चात्ताप यो । उहाँको शरीरको एकपट्टिको अँग लुलो थियो। उनीबाट हदीस सुनेका व्यक्तिले अबानलाई आश्चर्यचकित भएर हेरे ! अबानले त्यस मानिसलाई भनेः "तिमी किन मतिर हेरि रहेकाछौ ? अल्लाहको कसम, मैले उस्मानको बारेमा झूट बोलेको छैन, न त उस्मानले नबी(सल्लल्लाहु अलैहि वसल्लम)को बारेमा झूट बोलेका हुन् । यद्यपि, जुन दिन यस्तो हुनु थियो अल्लाहले मलाई यो दुआ नपढ्न लेखि दिनु भएको थियो । मलाई (कुनै कारण) धेरै रिस उठ्यो र यी उल्लेखित शब्दहरू मैले भन्न बिर्सें । "</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>बिहान र साँझमा यो जिक्र पढ्नु मुस्तहब हो, ताकि मान्छे अल्लाहको आदेश अनुसार, अचानक पर्ने हरेक विपदा, वा आपतबाट सुरक्षित रहोस् ।
 पहिला सलफको अल्लाहमा पूर्ण विश्वास र रसूल(सल्लल्लाहु अलैहि वसल्लम) ले जुन कुरा भनिसकेका छन् त्यसमा दृढ विश्वास।
 साँझ बिहानका जिक्रहरू गर्नु पर्ने मुस्लिमको बेवास्ता हटाउनु हो र ऊ अल्लाहको भक्त हो भन्ने कुरा निरन्तर याद गराउनु हो ।
 अल्लाहको जिक्र गर्ने वालाको इमान र उसको विनम्रता, र हृदयको उपस्थिति विश्वास भए जिक्रको प्रभाव देखा पर्छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6093</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
-[...2 lines deleted...]
-    <t>“भन : ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कसीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम ।</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
+  </si>
+  <si>
+    <t>“भन : (ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कषीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम) ।</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
-    <t>साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक गाउँले रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: मलाई केही जिक्रहरू सिकाउनुहोस्, जुन म पढ्न सकूँ । उहाँले भन्नुभयो : “भन : ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कसीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम ।" उसले भन्यो: यी शब्दहरू मेरा रबका लागि हुन्, अनि मेरो लागि ? उहाँले भन्नुभयो:  "भन: 'अल्लाहुम्मग्-फिर्ली, वर्-हम्नी, वह्दिनी वर्जुक्नी ।"</t>
+    <t>साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक गाउँले रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: मलाई केही जिक्र (प्रार्थना) हरू सिकाउनुहोस्, जुन म पढ्न सकूँ । उहाँले भन्नुभयो : “भन : (ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कषीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम) ।" उसले भन्यो: यी शब्दहरू त मेरा पालनकर्ताका लागि भए, अनि मेरो लागि चैँ?  उहाँले भन्नुभयो:  "भन:(अल्लाहुम्मग्-फिर्ली, वर्-हम्नी, वह्दिनी वर्जुक्नी) ।"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
 بمحو السيئات وسترها، 
 "وارحمني" 
 بإيصال المنافع والمصالح الدينية والدنيوية لي، 
 "واهدني" 
 لأحسن الأحوال وإلى الصراط المستقيم، 
 "وارزقني" 
 المال الحلال والصحة وكل خير وعافية.</t>
   </si>
   <si>
-    <t>गाउँबाट आएका एक सहाबीले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई केही जिक्रहरू सिकाउन आग्रह गरे । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : भन : "ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु ।" उहाँले तौहीद (एकेश्वरवाद) बाट सुरु गर्नुभयो र यसको अर्थ भनेको अल्लाह बाहेक कोही सत्य पूज्य छैन । "अल्लाहु-अक्बर कबीरा" अर्थ : अल्लाह सबै भन्दा महान र ठूलो हुनुहुन्छ । "वल्हम्दु-लिल्लाहि कसीरा" अर्थ : अल्लाहप्रति उहाँका गुणहरू, कार्यहरू र अनगिन्ती आशीर्वादहरूका लागि धेरै प्रशंसा छन् । "सुब्हानल्लाहि रब्बिल-आलमीन्" अर्थ : उहाँ हरेक कमी-कमजोरीबाट पवित्र हुनुहुन्छ । "ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम" अर्थ : अल्लाहको सहयोग र तौफीक बिना एक अवस्थाबाट अर्को अवस्थामा जाने शक्ति छैन । उसले भन्यो: यी शब्दहरू मेरा रबको स्तुति र महिमा गर्नका लागि हुन्, अनि म आफ्नो लागि के दुआ गरुँ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : भन : "'अल्लाहुम्मग्-फिर्ली" हे अल्लाह मेरो पापलाई मेटाएर र त्यसलाई ढाकेर मलाई माफ गर्नुहोस् । "वर्-हम्नी" मलाई धार्मिक र सांसारिक लाभहरू प्रदान गरेर ममाथि दया गर्नुहोस् । "वह्दिनी" राम्रो अवस्था र सीधा मार्गमा मलाई मार्गदर्शन गर्नुहोस् । "वर्जुक्नी" मलाई धन, सुस्वास्थ्य र सबै भलाइ प्रदान गर्नुहोस् ।</t>
+    <t>गाउँबाट आएका एक सहाबीले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई केही जिक्रहरू सिकाउन आग्रह गरे । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : भन : "ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु ।" उहाँले तौहीद (एकेश्वरवाद) को गवाही बाट सुरु गर्नुभयो, जसको अर्थ हो: 'अल्लाह बाहेक कोही सत्य पूज्य छैन ।' "अल्लाहु-अक्बर कबीरा" अर्थ : अल्लाह सबै भन्दा महान र ठूलो हुनुहुन्छ । "वल्हम्दु-लिल्लाहि कषीरा" अर्थ : अल्लाहका गुणहरू, कार्यहरू र उहाँका अनगिन्ती आशीर्वादहरूका लागि धेरै प्रशंसा छन्। "सुब्हानल्लाहि रब्बिल-आलमीन्" अर्थ : उहाँ हरेक कमी-कमजोरी र त्रुटिबाट पवित्र हुनुहुन्छ । "ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम" अर्थ: अल्लाहको सहयोग, कृपा र इच्छाबिना एक अवस्थाबाट अर्को अवस्थामा परिवर्तन हुन सम्भव छैन। यो सुनेर गाउँलेले भन्यो: यी शब्दहरू त मेरा रबको स्तुति र महिमाका लागि भए, मैले चैं आफ्नो लागि के दुआ (प्रार्थना) गरुँ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : भन : "'अल्लाहुम्मग्-फिर्ली" हे अल्लाह! मेरा  पापहरूलाई मेटिदिनुहोस् र मेरा पापहरु कसैलाई थाहा नहोस्, र हे अल्लाह! मलाई क्षमा गरिदिनुहोस् । "वर्-हम्नी" मलाई धार्मिक र सांसारिक लाभहरू प्रदान गरेर ममाथि दया गर्नुहोस् । "वह्दिनी" मलाई उत्तम अवस्था र सीधा मार्गतर्फ मार्गदर्शन गर्नुहोस् । "वर्जुक्नी" मलाई धन, सुस्वास्थ्य र सबै प्रकारका भलाइ प्रदान गर्नुहोस् ।</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
-    <t>सुब्हानल्लाह, अल्हम्दु लिल्लाह र अल्लाहु अकबर द्वारा अल्लाहको प्रशंसा गर्न प्रोत्साहन ।
-[...5 lines deleted...]
-मगफिरत (क्षमा) पछि रहमत (दया) उल्लेख गरिएको छ, ताकि शुद्धिकरण पूर्ण हुन सकोस् । क्षमाले पापहरू ढाक्छ, पखाल्छ र नरकबाट टाढा गर्छ अनि दयाले राम्रो काम र स्वर्गमा प्रवेश गर्छ र यो नै ठूलो विजय हो ।</t>
+    <t>यसमा सुब्हानल्लाह, अल्हम्दु लिल्लाह र अल्लाहु अकबर द्वारा अल्लाहको प्रशंसा गर्न प्रोत्साहित गरिएको छ ।
+दुआ गर्नु अघि अल्लाहको प्रशंसा र महिमा गर्नु मुस्तहब (पुण्यदायी) हो ।
+मानिसले दुआ (प्रार्थना) गर्दा दुनियाँ (यस लोक) र आखिरत (परलोक) दुवैका भलाइ र राम्रा कुराहरू समावेश भएका प्रमाणित दुआहरू छनोट गर्नु मुस्तहब (उत्तम) मानिन्छ, र त्यसपछि आफूले चाहेको दुआ गर्नु पर्छ।
+व्यक्तिले यस संसार र परलोकमा फाइदा पुर्याउने कुराहरू सिक्न उत्सुक हुनुपर्छ।
+यसमा क्षमा, दया र जीविका (रिज़्क़) माग्नका लागि प्रोत्साहन छ, किनकि यी सबै भलाइ (कल्याण) का संग्रह हुन् ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मत (अनुयायी) प्रति अत्यन्तै दयालु हुनुहुन्थ्यो, त्यसैले उहाँले उनीहरूलाई फाइदाजनक कुराहरू सिकाउनु हुन्थ्यो।
+दया लाई क्षमा पछि उल्लेख गरिएको छ ताकि शुद्धीकरण पूर्ण हुन सकोस्। क्षमा ले पापहरूलाई लुकाउने, मेटाउने र नरकबाट टाढा राख्ने काम गर्छ, जबकि दया ले भलाइहरू प्रदान गर्ने र स्वर्गमा प्रवेश गराउने काम गर्छ, र यो नै ठूलो सफलता हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सबै मानिसहरू भन्दा बढी परोपकारी हुनुहुन्थ्यो । विशेष गरी रमजानको समयमा, जब जिब्रिल (अलैहिस्सलाम) उहाँलाई भेट्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>इब्ने अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनले भने : रसूल (सल्लल्लाहु अलैहि वसल्लम) सबै मानिसहरू भन्दा बढी परोपकारी हुनुहुन्थ्यो । विशेष गरी रमजानको समयमा, जब जिब्रिल (अलैहिस्सलाम) उहाँलाई भेट्नुहुन्थ्यो। उनी रमजानको हरेक रातमा उहाँलाई भेट्थे र उहाँलाई कुर्आन पढाउथे । अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)को उदारता पठाइएका वायुहरूभन्दा पनि छिटो र विस्तृत थियो।"</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) सबै भन्दा धेरै परोपकारी हुनुहुन्थ्यो । विशेषगरी रमजानको महिनामा उहाँ धेरै उदार हुनुहुन्थ्यो । उहाँ दिल खोलेर दान गर्नुहुन्थ्यो र यसका दुईवटा कारणहरू थिए :
 पहिलो: जिब्रिल (अलैहिस्सलाम) सँग भेट्नु ।
 दोस्रो : कुर्आन सुनाउनु, हृदयले पढ्नु ।
 उहाँ जिब्रिल (अलैहिस्सलाम) सँग कुर्आन अध्ययन (मुदारसह) गर्नुहुन्थ्यो । वास्तवमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) सबै भन्दा बढी परोपकारी हुनुहुन्थ्यो । सृष्टिलाई लाभ पुर्याउने कुरामा उहाँ दयाको साथ पठाइएको वर्षा र राम्रो बतास भन्दा बढी उदार हुनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को उदारताको वर्णन, विशेषगरी रमजानको महिनामा, किनकि यो आज्ञाकारिता र सत्कर्म गर्ने मौसम हो ।
 हरेक मौसममा परोपकारी हुनुको प्रोत्साहन तर रमजानको महिनामा अझै धेरै उदार गर्नु मुस्तहब हो ।
 रमजानको महिनामा अझै धेरै खर्च गर्नु, दान दिनु, परोपकार गर्नु र कुर्आन पढ्नु ।
 ज्ञान जोगाउने एउटा कारण भनेको विधार्थी र विद्वानसँग अध्ययन गर्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) मानिसहरूमध्ये सबैभन्दा उत्कृष्ट व्यवहारका व्यक्ति हुनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) मानिसहरूमध्ये सबैभन्दा उत्कृष्ट व्यवहारका व्यक्ति हुनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सबैभन्दा उत्तम व्यवहार भएको व्यक्ति हुनुहुन्थ्यो र नैतिकताका सबै स्तरहरूमा सबैभन्दा अगाडि हुनुहुन्थ्यो, जस्तै राम्रोसँग बोल्ने, अरूलाई राम्रो गर्ने,  मुस्कुराएर भेट्ने,  अरूलाई दु:ख नदिने र अरुको दुखमा धैर्य गर्ने आदि ।</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को चरित्रको पूर्णता ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) उत्तम चरित्रको सही नमूना र एक उत्तम आदर्श हुनुहुन्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरण गर्दै उत्तम चरित्र अपनाउन प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक नमाजमा सलाम फेरिसकेपछि यो दुआहरू पढेर अल्लाहको प्रशंसा व्यक्त गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>अबू जुबैरले बयान गरेका छन्, उनले भने: अब्दुल्लाह बिन जुबैर (रजिअल्लाहु अनहुमा) हरेक नमाज मा सलाम फेरिसकेपछि यो दुआ गर्नुहुन्थ्यो: ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु व हुव अला कुल्लि शैइन् कदीर्, ला हौल वला कुव्वत इल्ला बिल्लाह्, ला इलाह इल्लल्लाहु, वला नाअ्बुदु इल्ला इय्याह्, लहु-न्निअ्मतु व लहुल्-फज्लु व लहुस्सना उल्-हसन्, लाइलाह इल्लल्लाहु मुख्लिसीन लहुद्दी न व लौ करिहल्-काफिरून्’ । अर्थात  
 अल्लाहबाहेक कुनै पनि पूजा योग्य छैन। उहाँ एक मात्र हुनुहुन्छ, उहाँको कुनै साझेदार छैन। सम्पूर्ण राज्य उहाँकै हो, सम्पूर्ण प्रशंसा उहाँलाई नै हो, र उहाँ सबै कुरामा सक्षम हुनुहुन्छ। पापबाट जोगिने शक्ति र राम्रो कार्य गर्न सक्ने क्षमता केवल अल्लाहको कृपाबाट प्राप्त हुन्छ। अल्लाहबाहेक कुनै सच्चा उपास्य छैन। हामी केवल उहाँको नै पूजा गर्छौं। हरेक अनुग्रहका मालिक उहाँ नै हुनुहुन्छ, सम्पूर्ण कृपा उहाँकै हो, र उत्कृष्ट प्रशंसा पनि उहाँकै लागि हो। अल्लाहबाहेक कुनै सच्चा उपास्य छैन। हामी केवल उहाँकै सच्चा उपासक हौं, चाहे काफिरहरूले यसलाई मन नपराउन।
 थप भने: रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक नमाजमा सलाम फेरिसकेपछि यो दुआहरू पढेर अल्लाहको प्रशंसा व्यक्त गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
@@ -12133,531 +12311,531 @@
 "वह्दहू ला शरीक लहु": उहाँ एक्लै हुनुहुन्छ र (उपासना, प्रभुत्व र नाम र विशेषताहरूमा) उहाँको कुनै साझेदार छैन ।
 "लहुल्मुल्कु" : उहाँको लागि सार्वभौमसत्ता हो । उहाँ सर्वव्यापी, आकाश, पृथ्वी र बिचमा भएका सबै चीजहरूको स्वामी हुनुहुन्छ ।
 “व लहुल्-हम्दु”: सम्पूर्ण प्रशंसाहरू उहाँकै लागि हुन् । उहाँ हरेक दृष्टिले परिर्पूर्ण, सम्पन्न र निरपेक्ष हुनुहुन्छ । उहाँको महिमा दुःख सुख हरेक परिस्थितिमा प्रेम र आदरका साथ वर्णन गरिनेछ ।
 "व हुव अला कुल्लि शैइन् कदीर्": उहाँको शक्ति सबै मामिलामा पूर्ण छ । उहाँको लागि कुनै पनि कुरा असम्भव छैन । उहाँले गर्न नसक्ने केही छैन ।
 "ला हौल वला कुव्वत इल्ला बिल्लाह्": अल्लाहको तौफिक (सहायता) बिना एक अवस्थाबाट अर्को अवस्थामा रूपान्तरण हुने र उहाँको अवज्ञा छोडेर आज्ञापालन गर्ने शक्ति कसैसँग छैन । उहाँ नै वास्तविक सहयोगी हुनुहुन्छ र उहाँमाथि नै सम्पूर्ण भरोसा छ ।
 "ला इलाह इल्लल्लाहु, वला नअ्बुदु इल्ला इय्याह्": अल्लाह बाहेक अरू कोही उपासना योग्य छैन र उहाँको कुनै साझेदार छैन भन्ने कुरामा जोर दिइएको छ ।
 "लहुन्निअ्मतु व लहुल्-फज्लु": उहाँ नै हुनुहुन्छ जसले सबै आशीर्वाद सिर्जना गर्नुहुन्छ, उहाँ तिनीहरूको मालिक हुनुहुन्छ र उहाँले जसमाथि चाहनुहुन्छ ती माथि उपकार गर्नुहुन्छ ।
 "व लहुस्सना उल्-ह सन्": हस्ती, गुण, कर्म, आशिष र हरेक किसिमको उत्कृष्ट प्रशंसा उहाँकै लागि हो।
 "लाइलाह इल्लल्लाहु मुख्लिसीन लहुद्दीन" हामी इख्लास / निष्ठाका साथ उहाँको उपासना गर्छौं । उहाँको उपासनालाई हरेक किसिमको कपट, पाखण्ड, ढोंग र प्रसिद्ध हुने भावनाबाट मुक्त राख्छौं ।
 "व लौ करिहल्-काफिरून्": हामी तौहीद (अल्लाहलाई एक मान्ने) र उहाँको उपासना गर्नमा अडिग रहनेछौं, चाहे काफिरहरूलाई नराम्रो लागे पनि ।</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>हरेक फर्ज सलाह (अनिवार्य नमाज) पछि यो जिक्र पाबन्दीका साथ पढ्नु मुस्तहब हो ।
 एक मुस्लिम आफ्नो धर्ममा गर्व गर्दछ र काफिरहरूलाई नराम्रो लागे तापनि खुला रूपमा आफ्नो रीतिथिति पछ्याउँछ ।
 जब हदीसमा "दुबर अल-सलात" (नमाज पछि) शब्दहरू देखा पर्छन् र हदीसमा 'जिक्र' उल्लेख छ भने यसको अर्थ सलाम पछि हुनेछ, तर यदि दुवा उल्लेख छ भने यो सलाम भन्दा पहिले हुनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>आफ्ना घरहरूलाई चिहान नबनाउ, किनकि शैतान त्यो घरबाट भाग्छ जहाँ सुरह बकरह पढिन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "आफ्ना घरहरूलाई चिहान नबनाउ, किनकि शैतान त्यो घरबाट भाग्छ जहाँ सुरह बकरह पढिन्छ ।"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घरहरूमा नमाज पढ्न प्रेरित गर्नुभयो, नत्र ती घरहरू चिहानहरू जस्तै बन्नेछन्, जसमा कसैले प्रार्थना गर्दैन ।
 त्यसपछि उहाँले भन्नुभयो, वास्तवमा शैतान त्यो घरबाट भाग्छ जहाँ सुरा बकरह पढिन्छ ।</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>घरमा इबादतहरूको धेरै भन्दा धेरै गर्ने र नफिल नमाज पढ्ने कुराको प्रोत्साहन गरिएको छ।
 कब्रिस्तान (चिहान) मा जनाजा (अन्त्येष्टि) को नमाज बाहेक अन्य नमाज पढ्न पाइँदैन  किनभने यो शिर्क, पाखण्ड र चिहानमा गाडिएका मानिसहरूको बारेमा व्यर्थको (बढाइचढाइ) को माध्यम हो ।
 कब्रिस्तान (चिहान) नजिक नमाज पढ्न निषेध गरिएको तथ्य सहाबाहरू बीच स्थापित भएको हुनाले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घरहरूलाई चिहान जस्तो नबनाउन आदेश दिनु भयो जहाँ नमाज पढिदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>“सुब्हानल्लाह्, वल्-हम्दु लिल्लाह्, वला इलाह इल्-लल्लाह्, वल्लाहु अक्बर’ भन्नु मेरो लागि यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा प्रिय छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “सुब्हानल्लाह्, वल्-हम्दु लिल्लाह्, वला इलाह इल्-लल्लाह्, वल्लाहु अक्बर’ भन्नु मेरो लागि यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा प्रिय छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, यी महत्त्वपूर्ण शब्दहरूद्वारा अल्लाहको जिक्र गर्नु र उहाँलाई सम्झनु यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा राम्रो छ र ती हुन्:
 "सुब्हानल्लाह्": अल्लाह सबै किसिमको कमीकमजोरीहरू बाट पवित्र हुनुहुन्छ ।
 "अल्-हम्दु लिल्लाह् ": अल्लाहका पूर्णताको विशेषता, माया, सम्मान र श्रद्धाका साथमा वर्णन गरिएको छ ।
 "ला इलाह इल्-लल्लाह् ": अल्लाह बाहेक कोही सत्य ईश्वर छैन ।
 "अल्लाहु अकबर": अल्लाह सबै भन्दा महान र शक्तिशाली हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>अल्लाहको जिक्र (स्मरण) गर्न प्रोत्साहित, किनकि उहाँको सम्झना यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा राम्रो छ ।
 अत्यधिक जिक्र गर्न प्रोत्साहन; किनभने यसमा धेरै पुण्य र ठूलो पुरस्कार छ ।
 संसारका भोगहरू थोरै छन् र ती सबै समाप्त हुनेछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6211</t>
   </si>
   <si>
-    <t>لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا</t>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>सुर्योदय भन्दा पहिलेको नमाज र सूर्यास्त भन्दा पहिलेको नमाज पढ्ने वाला कदापि आगो (नरक)मा जान सक्दैन ।</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ, भन्नु हुन्छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : सुर्योदय भन्दा पहिलेको नमाज र सूर्यास्त भन्दा पहिलेको नमाज पढ्ने वाला कदापि आगो (नरक)मा जान सक्दैन । "</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ कि कोही पनि व्यक्ति, जसले फज्र र असरको नमाज पढेको छ र यसमा निरन्तरता राखेको छ, नरकमा प्रवेश गर्ने छैन।
 यी दुई नमाजलाई विशेष रूपमा उल्लेख गर्नुभएको छ किनभने यी सबैभन्दा कठिन नमाज हुन्। फज्रको समय निद्रा र आरामको चरममा हुन्छ, जबकि असरको समय दिनभरका काम र व्यापारमा व्यस्त हुने समय हो।
 जो व्यक्ति यी दुःखसहितका दुई नमाजलाई नियमित रूपमा कायम राख्छ, ऊ बाँकी नमाजहरू पनि नियमित रूपमा पढ्नेछ।</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>बिहान र बेलुकाको नमाजहरूको विशेषता, सो यिनको खास ख्याल राख्नुपर्छ।
 जो व्यक्ति यी नमाजहरू अदा गर्छ, ऊ प्रायः आलस्य र दिखावटबाट मुक्त हुन्छ र इबादतलाई प्रेम गर्ने स्वभावको हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6215</t>
   </si>
   <si>
-    <t>ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ</t>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>जो कोही मलाई सलाम गर्छ, अल्लाह तिनको सलाम फर्काउनका लागि मेरो आत्मा मलाई पुनः प्रदान गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ, अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "जो कोही मलाई सलाम गर्छ, अल्लाह तिनको सलाम फर्काउनका लागि मेरो आत्मा मलाई पुनः प्रदान गर्नुहुन्छ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)बताउँदै हुनु हुन्छ कि हरेक सलाम गर्ने वालाको जवाफ दिनका लागि उहाँलाई उहाँको प्राण फर्काएर दिइन्छ, चाहे त्यो नजिक होस् वा टाढा । बर्जख(मृत्युपछि)को जीवन र कब्र (समाधि)को जीवन अज्ञात कुराहरू हुन् । यसको वास्तविकता अल्लाह तआला बाहेक कसैलाई थाहा छैन । उहाँ हरेक कुरामा सामर्थ्य राखने वाला हुनु हुन्छ ।</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)माथि धेरै भन्दा धेरै दरूद र सलाम पढ्नका लागि प्रोत्साहित गर्नु।
 नबी(सल्लल्लाहु अलैहि वसल्लम)को जीवन उहाँको आफ्नो पवित्र समाधिमा यो एउटा पूरा जीवन हो जो मान्छेले बर्जख(मृत्युपछि) जीवनमा जीउने हुन्छ । यसको वास्तविकताका बारेमा अल्लाह तआला नै जान्नु हुन्छ ।
 यो हदीस नबी(सल्लल्लाहु अलैहि वसल्लम) पनि हामी जसरी नै जीवित हुनु हुन्छ भन्नेहरूको लागि प्रमाण होइन। कतै शिर्क गर्ने वालाहरूले उहाँसित मद्दत माग्नका लागि यसलाई प्रमाण नबनाऊन् । यो त बर्जखी जीवन मात्र हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6222</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
-[...2 lines deleted...]
-    <t>जब फर्ज नमाजको समय हुन्छ र एउटा मुस्लिमले राम्रोसँग वुजू गर्छ र नम्रताका साथ राम्रोसँग रूकु र सज्दा गरी नमाज पढ्छ भने त्यो नमाज उसको अघिल्लो पापहरूका लागि प्रायश्चित हुन्छ, जबसम्म उसले कुनै ठूलो पाप गर्दैन, र यो सधैं हुनेछ ।</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
+  </si>
+  <si>
+    <t>जब फर्ज नमाजको समय हुन्छ र एउटा मुस्लिमले राम्रोसँग वुजू गर्छ र नम्रताका साथ राम्रोसँग रूकु र सज्दा गरी नमाज पढ्छ भने त्यो नमाज उसको अघिल्ला पापहरूका लागि प्रायश्चित (क्षमाको कारण) हुन्छ, जबसम्म उसले कुनै ठूलो पाप गर्दैन, र (अल्लाहको दयाले) यो सधैँ जारी रहनेछ।</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
-    <t>उसमान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जब फर्ज नमाजको समय हुन्छ र एउटा मुस्लिमले राम्रोसँग वुजू गर्छ र नम्रताका साथ राम्रोसँग रूकु र सज्दा गरी नमाज पढ्छ भने त्यो नमाज उसको अघिल्लो पापहरूका लागि प्रायश्चित हुन्छ, जबसम्म उसले कुनै ठूलो पाप गर्दैन, र यो सधैं हुनेछ ।"</t>
+    <t>उसमान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जब फर्ज नमाजको समय हुन्छ र एउटा मुस्लिमले राम्रोसँग वुजू गर्छ र नम्रताका साथ राम्रोसँग रूकु र सज्दा गरी नमाज पढ्छ भने त्यो नमाज उसको अघिल्ला पापहरूका लागि प्रायश्चित (क्षमाको कारण) हुन्छ, जबसम्म उसले कुनै ठूलो पाप गर्दैन, र (अल्लाहको दयाले) यो सधैँ जारी रहनेछ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब फर्ज नमाजको समय हुन्छ र एउटा मुस्लिमले राम्रोसँग पूर्ण रूपमा वुजू गर्छ र नम्रताका साथ नमाज पढ्छ । अर्थात आफ्नो हृदय र शरीरका अंगहरू अल्लाहमा समर्पित गर्छ, उहाँको महानतालाई ध्यानमा राख्छ र रुकु, सज्दा लगायत नमाजका सबै कार्यहरू पूर्ण रूपमा गर्छ भने यो नमाज उसको अघिल्लो साना पापहरूका लागि प्रायश्चित बन्नेछ, जबसम्म उसले कुनै ठूलो पाप गर्दैन । अल्लाहको यो कृपा समयको कुनै अवधिमा सीमित छैन, तर हरेक समय र प्रत्येक नमाज मा हुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: जब फर्ज नमाजको समय हुन्छ र कुनै मुस्लिमले राम्रोसँग पूर्ण रूपमा वुजू गर्छ, र नम्रताका साथ नमाज पढ्छ—अर्थात्, आफ्नो हृदय र शरीरका अङ्गहरू अल्लाहका लागि समर्पित गर्छ, उहाँको महानतालाई ध्यानमा राख्छ, र रुकु, सज्दा लगायत नमाजका सबै कार्यहरू पूर्ण रूपमा गर्छ—भने यो नमाज उसको अघिल्ला साना पापहरू का लागि प्रायश्चित बन्नेछ, जबसम्म उसले कुनै ठूलो पाप गर्दैन।</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
-    <t>पापको प्रायश्चित केवल त्यो नमाजले हुन्छ, जसको लागि राम्रोसँग वुजू गरिन्छ र अल्लाहको प्रसन्नता प्राप्त गर्नको लागि पूर्ण नम्रताका साथ नमाज पढिन्छ ।
-[...3 lines deleted...]
-ठूला पापहरू तौबा (पश्चात्ताप) बिना प्रायश्चित हुन सक्दैन ।</t>
+    <t>पापहरूको प्रायश्चित (क्षमा) त्यो नमाज द्वारा मात्र हुन्छ, जसका लागि राम्रोसँग वुजू  गरिन्छ र अल्लाहको प्रसन्नता प्राप्त गर्ने उद्देश्यले पूर्ण नम्रता  का साथ पढिन्छ।
+यसमा इबादत (उपासना) मा लगनशील हुनुको सद्गुण बताइएको छ, किनभने यो साना पापहरूको क्षमाको कारण हो ।
+यसमा वुजु लाई उत्कृष्ट तरिकाले गर्नु, नमाज लाई राम्रोसँग सम्पन्न गर्नु र त्यसमा खुसू (विनम्रता) अपनाउनुको सद्गुण बताइएको छ। ।
+साना पापहरू (सगाएर) को क्षमा प्राप्तिको लागि ठूला पापहरू बाट बच्नुको महत्त्व यसमा स्पष्ट पारिएको छ।
+ठूला पापहरूको क्षमाका लागि तौबा (पश्चात्ताप) अनिवार्य हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>यी (दश) दिनहरूमा पुण्य कर्महरू गर्नु अरु दिनहरू भन्दा अल्लाहलाई बढी प्रिय छ ।" अर्थात जुल-हिज्जा महिनाको पहिलो दस दिन</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "यी (दश) दिनहरूमा पुण्य कर्महरू गर्नु अरु दिनहरू भन्दा अल्लाहलाई बढी प्रिय छ ।" अर्थात जुल-हिज्जा महिनाको पहिलो दस दिन । उहाँका साथीहरूले सोधे: हे अल्लाहको रसूल! अल्लाहको मार्गमा जिहाद पनि होइन? उहाँले जवाफ दिनुभयो: "होइन, अल्लाहको मार्गमा जिहाद पनि होइन, तर त्यो व्यक्ति बाहेक जो आफ्नो जीउधनको साथ जिहादको लागि निस्कन्छ र ती मध्ये केही लिएर फर्कदैन ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जुल-हिज्जा महिनाको पहिलो दश दिनमा पुण्यका काम गर्नु वर्षको अन्य दिनहरूमा पुण्य कर्महरू गर्नु भन्दा राम्रो छ ।
 त्यसैले उहाँका साथीहरूले सोधे, यी दस दिनहरू बाहेक अन्य दिनहरूमा अल्लाहको मार्गमा जिहाद गर्नु उत्तम हो कि यी दस दिनमा सत्कर्म गर्नु  ? किनभने जिहाद उत्तम कार्यहरू मध्ये एक हो भन्ने कुरा उनीहरूलाई थाहा थियो ।
 यसको जवाफ दिँदै रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : यी दश दिनहरूमा राम्रो काम गर्नु अन्य दिनहरूमा जिहाद गर्नु भन्दा राम्रो हो! त्यो व्यक्ति बाहेक जसले अल्लाहको बाटोमा जिहादको लागि आफ्नो जीउधनलाई जोखिममा राखेर निस्क्यो र अल्लाहको बाटोमा आफ्नो सम्पत्ति र ज्यान सबै थोक अर्पण गर्यो । यी दश दिनहरूमा पुण्य कर्म गर्नुभन्दा यो व्यक्तिको यस कर्म (शहादत) उत्तम हो ।</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>जुल-हिज्जा महिनाको पहिलो दश दिनमा सत्कर्म गर्नुको पुण्य । तसर्थ, मुस्लिमले यी दश दिनहरूलाई आशीर्वादको रूपमा लिएर फाइदा उठाउनुपर्दछ । ती दिनहरूमा अल्लाहको महिमा गर्ने, कुरानको पठन गर्ने, तकबीर, तहलील, तहमीद, नमाज, दान, उपवास जस्ता धेरै पुण्य कामहरू गर्नुपर्दछ ।</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[बुखारी र अबू दाउदले वर्णन गरेका छन् र यो शब्द उनको हो]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>कुर्आन पढ्ने मुमिनको उदाहरण बिमिरो जस्तै हो, जसको सुगन्ध राम्रो हुन्छ र स्वाद पनि मिठो हुन्छ । कुर्आन नपढ्ने मुमिनको उदाहरण खजूर जस्तै हो, जसमा कुनै सुगन्ध हुँदैन, तर स्वाद मिठो हुन्छ</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
-    <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कुर्आन पढ्ने मुमिनको उदाहरण बिमिरो जस्तै हो, जसको सुगन्ध राम्रो हुन्छ र स्वाद पनि मिठो हुन्छ । कुर्आन नपढ्ने मुमिनको उदाहरण खजूर जस्तै हो, जसमा कुनै सुगन्ध हुँदैन, तर स्वाद मिठो हुन्छ । कुर्आन पढ्ने मुनाफिक (पाखण्डी) को उदाहरण 'रैहान' (तुलसी) जस्तै हो, जसको सुगन्ध राम्रो हुन्छ, तर स्वाद तितो हुन्छ । कुर्आन नपढ्ने पाखण्डीको उदाहरण 'इन्द्रायण'(फल) जस्तै हो, जसमा कुनै सुगन्ध हुँदैन र उसको स्वाद पनि करेला जस्तो तितो हुन्छ ।"</t>
+    <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कुर्आन पढ्ने मुमिनको उदाहरण बिमिरो जस्तै हो, जसको सुगन्ध राम्रो हुन्छ र स्वाद पनि मिठो हुन्छ । कुर्आन नपढ्ने मुमिनको उदाहरण खजूर जस्तै हो, जसमा कुनै सुगन्ध हुँदैन, तर स्वाद मिठो हुन्छ । कुर्आन पढ्ने मुनाफिक (पाखण्डी, कपटी) को उदाहरण 'रैहान' (तुलसी) जस्तै हो, जसको सुगन्ध राम्रो हुन्छ, तर स्वाद तितो हुन्छ । कुर्आन नपढ्ने पाखण्डीको उदाहरण 'इन्द्रायण ' (करेला जात को फर्सी जस्तै आकारको फल) जस्तै हो, जसमा कुनै सुगन्ध हुँदैन र उसको स्वाद पनि करेला जस्तो तितो हुन्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुर्आन पढ्ने र यसबाट लाभान्वित हुने सन्दर्भमा मानिसहरूका प्रकारहरू व्याख्या गर्नुभयो:
-[...3 lines deleted...]
-चौथो: कुरआन नपढ्ने पाखण्डी 'इन्द्रायण' जस्तै हो, जसमा कुनै सुगन्ध छैन र उसको स्वाद पनि तितो छ । यसको सुगन्धको अभाव त्यसको सुगन्धको अभाव जस्तै हो, किनभने कुर्आन पढेको छैन । यसको स्वादको तीतोपन उसको अविश्वासको तीतोपन जस्तै छ, किनकि उसको भित्री विश्वास विहीन छ र बाहिरबाट कुनै फाइदा छैन, वास्तवमा यो हानिकारक छ ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुर्आन पढ्ने र यसबाट लाभान्वित हुने सन्दर्भमा मानिसहरूका प्रकारहरू व्याख्या गर्नुभएको छ:
+पहिलो श्रेणी: त्यो मुमिन (विश्वासी) जसले कुर्आन पढ्छ र त्यसबाट लाभ उठाउँछ, ऊ बिमिरो फल जस्तै हो, जसको स्वाद मिठो, सुगन्धित र रंग पनि सुन्दर हुन्छ र यसका फाइदाहरू धेरै छन् । तसर्थ, उसले पढे अनुसार कर्म गर्छ र मानिसहरूलाई फाइदा पुर्याउछ ।
+दोस्रो: कुरआन नपढ्ने विश्वासी खजूरजस्तै हुन्छ, जसको स्वाद मीठो हुन्छ, तर त्यसमा कुनै सुगन्ध हुँदैन। उसको हृदयमा (ईमान) विश्वासले भरिएको हुन्छ, जसरी खजूरको भित्री भाग मिठासले भरिएको हुन्छ। तर उसबाट सुगन्ध फैलिँदैन, किनभने उसले कुरआनको वाचन गर्दैन,  जसलाई सुनेर मानिसहरूले सन्तुष्टि र शान्ति प्राप्त गर्न सक्थे।
+तेस्रो: मुनाफिक (कपटी) व्यक्ति जसले कुरआन पढ्छ, ऊ रैहान (तुलसी) जस्तै हो। जसमा मीठो सुगन्ध हुन्छ तर स्वाद तीतो हुन्छ। यसको कारण के हो भने, उसले आफ्नो हृदयलाई ईमान (विश्वास) ले सुधारेको हुँदैन र न त उसले कुरआनको पालना नै गर्छ, तर मानिसहरू सामु आफुलाई मुमिन हो भनेर देखाउँछ । मीठो सुगन्ध उसले गरेको कुर्आनको वाचनको कारण हो  र तितो स्वाद उसको कुफ्र (अविश्वास) को कारणले हो  ।
+चौथो: कुरआन नपढ्ने पाखण्डी 'इन्द्रायण' जस्तै हो, जसमा कुनै सुगन्ध हुँदैन र त्यसको स्वाद पनि तीतो हुन्छ। सुगन्धको अभाव कुरआन पठनको अभाव जस्तै हो र स्वादको तीतोपन उसको कपटको तीतोपन जस्तै हो, किनकि उसको भित्री मन विश्वासविहीन हुन्छ र उसको बाह्य अवस्थाबाट पनि कुनै लाभ हुँदैन, बरु हानिकारक नै हुन्छ।</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
-    <t>कुर्आन पढ्ने र त्यसलाई आफ्नो जीवनमा कार्यन्वयन गर्ने व्यक्तिको महत्व ।
-[...1 lines deleted...]
-मुस्लिमले दैनिक निरन्तर केही न केही कुर्आनको पाठ गर्नुपर्छ ।</t>
+    <t>यसबाट कुर्आन पढ्ने र त्यसलाई आफ्नो जीवनमा कार्यन्वयन गर्ने व्यक्तिको महत्व प्रस्ट हुन्छ ।
+सिकाउने तरिकाहरू मध्ये एउटा उदाहरण दिएर तालिम दिनु हो; यसले कुरालाई बुझ्न-बुझाउन मद्दत गर्छ ।
+मुस्लिमले दैनिक रूपमा कुरआनको पाठ निरन्तर गरिरहनु पर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
-[...2 lines deleted...]
-    <t>प्रत्येक अनिवार्य नमाजपछि तस्बीहको पालना गर्नेहरू असफल हुनेछैनन् । सुब्हानल्लाह ३३ पटक, अल-हम्दु लिल्लाह ३३ पटक र अल्लाहु अकबर ३४ पटक ।</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
+  </si>
+  <si>
+    <t>प्रत्येक अनिवार्य नमाज पछि जसले पनि यी मु'अक्किबात (नमाजपछि पढिने जिक्रहरू) पढ्छ, ऊ कहिल्यै असफल हुनेछैन—ती हुन्: ३३ पटक ‘सुभानल्लाह, ३३ पटक ‘अल्हम्दुलिल्लाह र ३४ पटक ‘अल्लाहु अकबर’"।</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
-    <t>काअ्ब बिन उज्रा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "प्रत्येक अनिवार्य नमाजपछि तस्बीहको पालना गर्नेहरू असफल हुनेछैनन् । सुब्हानल्लाह ३३ पटक, अल-हम्दु लिल्लाह ३३ पटक र अल्लाहु अकबर ३४ पटक ।"</t>
+    <t>काअ्ब बिन उज्रा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "प्रत्येक अनिवार्य नमाज पछि जसले पनि यी मु'अक्किबात (नमाजपछि पढिने जिक्रहरू) पढ्छ, ऊ कहिल्यै असफल हुनेछैन—ती हुन्: ३३ पटक ‘सुभानल्लाह, ३३ पटक ‘अल्हम्दुलिल्लाह र ३४ पटक ‘अल्लाहु अकबर’"।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अनिवार्य नमाजपछि अज्कार पढ्नेहरू असफल हुने वा पछुताउने छैनन् र तिनीहरुले पुण्य पाउने छन् भनेर स्पष्ट पार्नुभएको छ, जुन हो:
-[...1 lines deleted...]
-"अल-हम्दु लिल्लाह " ३३ चोटि, अर्थात् प्रेम र महिमाको साथमा अल्लाहको पूर्णताको वर्णन गर्दछु ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अनिवार्य नमाजपछि अज्कार (प्रार्थना) पढ्नेहरू कहिल्यै हानी, असफलता  वा पछुतोमा पर्ने छैनन् र तिनीहरुले पुण्य पाउनेछन् भनेर स्पष्ट पार्नुभएको छ, ती हुन्:
+"सुब्हानल्लाह" ३३ चोटि, अर्थात् अल्लाह सबै कमी र अवगुणबाट पवित्र हुनुहुन्छ ।
+"अल-हम्दु लिल्लाह " ३३ चोटि, अर्थात् अल्लाहको सम्पूर्ण पूर्णता, उहाँप्रतिको प्रेम र महिमासहित उहाँको प्रशंसा गर्नु हो।
 "अल्लाहु अकबर" ३४ चोटि, अर्थात अल्लाह सबै भन्दा महान र शक्तिशाली हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
-    <t>तस्बीह (सुब्हानल्लाह), तहमीद (अल-हम्दु लिल्लाह) र तक्बीर (अल्लाहु अकबर) पढ्ने सद्गुण, किनभने तिनीहरू नै बाँकि रहने पुण्य कर्महरू हुन् ।</t>
+    <t>यसबाट तस्बीह (सुब्हानल्लाह), तहमीद (अल-हम्दु लिल्लाह) र तक्बीर (अल्लाहु अकबर) पढ्ने सद्गुण प्रस्ट हुन्छ, किनभने यी नै बाँकी रहने पुण्य कर्महरू हुन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>जसले असरको नमाज छोड्छ, उसको कर्म व्यर्थ हुन्छ ।</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>बुरैदह बिन हुसैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने : अस्रको नमाज चाँडै पढ्नुहोस् । किनकि  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: " जसले असरको नमाज छोड्छ, उसको कर्म व्यर्थ हुन्छ ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अस्रको नमाजलाई निर्धारित समयबाट जानाजानी ढिलो नगर्ने चेतावनी दिनुभएको छ र यसो गर्ने व्यक्तिको कर्म बर्बाद र व्यर्थ हुनेछ भनी बताउनुभएको छ ।</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>अस्रको नमाज पहिलो समयमा पढ्ने र त्यसको लागि पहल गर्ने प्रोत्साहन ।
 अस्रको नमाज छोड्नेलाई धेरै कडा चेतावनी दिइएको छ । अन्य नमाज भन्दा अस्रको नमाज समयमै नपढ्नु ठूलो पाप हो । किनभने यो मध्य सलाह (नमाज) हो, जुन कुर्आनको यस आयतमा विशेष रूपमा आदेश दिइएको छ: "सबै नमाजहरूको र (विशेष गरी) मध्य नमाज (अस्र) को  रक्षा गर्नुहोस् ।" [सूरह अल-बकरह: २३८]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>जसले राम्रोसँग वुजु गर्छ, उसका पापहरू उसको नङ मुनि समेत  शरीरबाट पखालिनेछन् ।</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले राम्रोसँग वुजु गर्छ, उसका पापहरू उसको नङ मुनि समेत  शरीरबाट पखालिनेछन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले वुजुको सुन्नत र शिष्टाचारको पालना गर्दै वजू गर्छ, उसका पापहरू मेटिन्छन् । यहाँसम्म उसको हात र खुट्टाको औंलाको नङ मुनिबाट पनि पाप निस्कन्छ ।</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>वुजुको सुन्नत र शिष्टाचार सिक्न र अभ्यास गर्न प्रोत्साहन ।
 वुजुको पुण्य र यो ससाना पापहरूको प्रायश्चित हो, तर ठूला पापहरूको लागि पश्चात्ताप गर्नुपर्छ ।
 पापहरू पखाल्ने शर्त भनेको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तोकेको विधि अनुसार वुजु पूर्ण रूपमा गर्नुपर्छ र यसमा कुनै कमी हुनु हुँदैन ।
 यस हदीसमा पापहरूको प्रायश्चित ठूला-ठूला पापहरूबाट जोगिन र तिनीहरूबाट पश्चात्तापसँग जोडिएको छ । अल्लाह तआलाले भन्नुभएको छ: "यदि तिमीहरु ठूला पापहरुबाट टाढा रहन्छौ जसबाट तिमीहरुलाई रोकिएको छ, हामी तिमीहरुका (साना) पापहरु माफ गर्नेछौं ।" [सूरह अल-निसा: ३१]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
-[...2 lines deleted...]
-    <t>जसले मुअज्जिन (अजान दिने) लाई सुनेपछि भन्छ, ‘अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना’ उसका पापहरू क्षमा हुनेछन् ।</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
+  </si>
+  <si>
+    <t>जसले मुअज्जिन (अजान दिने व्यक्ति) को अजान सुनेपछि भन्छ, "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना", उसका पापहरू क्षमा हुनेछन्।</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
-    <t>साअ्द बिन वक्कास (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मुअज्जिन (अजान दिने) लाई सुनेपछि भन्छ, ‘अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना’ उसका पापहरू क्षमा हुनेछन् ।"</t>
+    <t>साअ्द बिन वक्कास (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मुअज्जिन (अजान दिने व्यक्ति) को अजान सुनेपछि भन्छ, "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना", उसका पापहरू क्षमा हुनेछन्।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले मुअज्जिनले अजान दिएको सुनेपछि भन्छ : "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु” अर्थ: म पुष्टि गर्दछु, स्वीकार गर्दछु र गवाही दिन्छु, अल्लाह बाहेक अरू कोही सत्य पूज्य छैनन् र उहाँ बाहेक अन्य सबै देवताहरू मिथ्या हुन् । "व अन्न मुहम्मदन् अब्दुहू व रसूलुहु" अर्थ: मुहम्मद अल्लाहको भक्त हुनुहुन्छ, जसको पूजा गरिदैन र उहाँ अल्लाहको रसूल हुनुहुन्छ, जसलाई झुठो भन्न सकिदैन भनेर स्वीकार गर्दछु । "रजीतु बिल्लाहि रब्बा" अर्थ: म अल्लाहसँग पालनकर्ता, पूज्य र उहाँका नाम र गुणहरूद्वारा उहाँसंग सन्तुष्ट छु । "व बि मुहम्मदिन् रसूला" अर्थ: मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) लाई जुन कुराहरू दिएर पठाइयो र उहाँले हामीलाई जे तबलीग गर्नुभयो ती सबैलाई म स्वीकार गर्दछु । "व बिल्-इस्लामि" अर्थ: आदेश र निषेध सहित इस्लामका सम्प्रापूर्वण धानहरुलाई स्वीकार गर्दछु । "दीनन्" अर्थ: विश्वास र समर्पणका साथ । "उनका पापहरू क्षमा हुनेछन्," अर्थ: साना पापहरू ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले मुअज्जिनले अजान दिएको सुनेपछि भन्छ : "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु” अर्थ: म पुष्टि गर्दछु, स्वीकार गर्दछु र गवाही दिन्छु, अल्लाह बाहेक अरू कोही सत्य पूज्य छैनन् र उहाँ बाहेक अरू सबै, जसको पूजा गरिन्छ, मिथ्या हुन्। "व अन्न मुहम्मदन् अब्दुहू व रसूलुहु" अर्थ: मुहम्मद अल्लाहको भक्त हुनुहुन्छ, जसको पूजा गरिदैन र उहाँ अल्लाहको रसूल हुनुहुन्छ, जसलाई झुठो ठहर्याउन सकिदैन भनेर स्वीकार गर्दछु । "रजीतु बिल्लाहि रब्बा" अर्थात् म अल्लाहको स्वामित्व, प्रभुत्व, पूज्यत्व र उहाँका नाम र गुणहरूप्रति विश्वास र आस्था राखेर सन्तुष्ट छु। “व बि मुहम्मदिन् रसूला” अर्थात्: म उहाँ (मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)) मार्फत पठाइएका सबै सन्देशहरू र उहाँले हामीसम्म पुर्याएका सम्पूर्ण शिक्षा र नियमहरू लाई स्वीकार गर्दछु। "व बिल्-इस्लामि" अर्थ: आदेश तथा निषेधहरू सहित इस्लामका सम्पूर्ण सिद्धान्तहरूलाई स्वीकार गर्दछु । "दीनन्" अर्थ: विश्वास र समर्पणका साथ स्वीकार गर्दछु । "उसका साना पापहरू क्षमा हुनेछन्" ।</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
-    <t>अजान सुन्दा यो दुआ पढियो भने उसका पापहरू पखालिने छन् ।</t>
+    <t>यो दुआलाई अजान सुनेपछि दोहोर्याउनेले पापहरू क्षमा हुन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>जसले रातमा सूरह अल-बकरहको अन्तिम दुईवटा आयत पढ्छ, यी दुई आयतहरु उसको लागि पर्याप्त हुन्छन् ।</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले रातमा सूरह अल-बकरहको अन्तिम दुईवटा आयत पढ्छ, यी दुई आयतहरु उसको लागि पर्याप्त हुन्छन् ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, जसले रातमा सूरह बकरहको अन्तिम दुई आयत पढ्छ, अल्लाहले उसलाई दुष्ट र अप्रिय चीजहरू बाट बचाउँछन्। यो उनको लागि तहज्जुद नमाजको सट्टामा पर्याप्त छ। जबकि कतिपय विद्वानहरूले अन्य अज्कारको स्थानमा यी दुई आयत पर्याप्त रहेको बताएका छन् । यी दुई आयत नमाजमा पढ्दा पर्याप्त हुन्छ, आदि इत्यादि । माथि उल्लेख गरिएका सबै कुराहरू सही छन् र यसमा समावेश छन् ।</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>सूरह बकरहको अन्तिम दुई आयतहरूको सद्गुण र यो अल्लाहको भनाइ 'आमनर्रसूलु' देखि सूरहको अन्त्यसम्म हो ।
 राती सूरह बकरहको अन्तिम दुई आयतहरू पढ्दा मानिस दुष्ट र शैतानबाट सुरक्षित रहन्छ ।
 रात सूर्यास्त पछि सुरु हुन्छ र बिहान सम्म रहन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>जसले अल्लाहको पुस्तक (कुर्आन) को एक अक्षर पढ्छ, उसले एउटा पुण्य प्राप्त गर्दछ र एक पुण्यलाई दश गुणा दिइन्छ</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले अल्लाहको पुस्तक (कुर्आन) को एक अक्षर पढ्छ, उसले एउटा पुण्य प्राप्त गर्दछ र एक पुण्यलाई दश गुणा दिइन्छ । ‘अलिफ- लम-मीम’ एक अक्षर हो भनेर म भन्दिनँ, यद्यपि अलिफ एक अक्षर हो, लाम एक अक्षर हो र मीम एक अक्षर हो ।"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जब कुनै मुस्लिमले अल्लाहको किताबको एक अक्षर पढ्छ, उसले बदलामा एक नेकी (पुण्य) पाउँछ र एक पुण्यलाई दस गुणा बढाइन्छ ।
 त्यसपछि उहाँले प्रष्ट पार्दै भन्नुभयो, “म अलिफ, लाम, मीम एउटै अक्षर हो भन्दिनं, तर अलिफ एक अक्षर हो, लाम एक अक्षर र मीम एक अक्षर हो । यसरी तीन अक्षरलाई पढ्दा तीस पुण्य मिल्छ ।</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>अत्यधिक कुर्आनको तिलावत गर्ने प्रोत्साहन।
 कुर्आन पढ्ने व्यक्तिले उसले पढेको प्रत्येक अक्षरप्रति एक नेकी (पुण्य) पाउँछ र एक पुण्यलाई दस गुणा बढाइन्छ ।
 अल्लाहको अपार कृपा र दया हो कि उहाँले आफ्ना सेवकहरूको इनाम बढाएर प्रशस्त मात्रामा दिनुहुन्छ ।
 अन्य वाणीहरू भन्दा कुर्आनको श्रेष्ठता र यसको तिलावत (पठन) उपासना हो; किनभने यो कुर्आन अल्लाहको वचन हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
-[...2 lines deleted...]
-    <t>आदमको सन्तानले मलाई झुठो ठहर्याउछ, जबकि उसलाई त्यसो भन्ने अधिकार छैन । उसले मेरो अपमान गर्छ, जबकि उसलाई त्यसो भन्ने अधिकार थिएन</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
+  </si>
+  <si>
+    <t>आदमका सन्तानले मलाई झुटो ठहर्याउँछन्, जबकि उसलाई त्यसो गर्ने अधिकार छैन। उसले मेरो अपमान गर्छ, जबकि उसलाई त्यसो गर्ने अधिकार छैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाहले भन्नुभयो: आदमको सन्तानले मलाई झुठो ठहर्याउछ, जबकि उसलाई त्यसो भन्ने अधिकार छैन । उसले मेरो अपमान गर्छ, जबकि उसलाई त्यसो भन्ने अधिकार थिएन । उसले मलाई झुठो भनेको : अल्लाहले मलाई पहिलो पटक सृष्टि गरे जसतै पुनः सृष्टि गर्नुहुने छैन, जबकि दोस्रो पटक सिर्जना गर्नु पहिलो पटक सिर्जना गर्नु भन्दा सजिलो छ । उसले मलाई अपमान गर्नु : अल्लाहले एउटा छोरा जन्माएको छ भन्नु हो, जबकि म एक हुँ र निरपेक्ष हुँ, न मैले कसैबाट जन्म लिएको छु, न कोही मबाट जन्मेको छ र मेरो बराबर कोही पनि छैन ।”</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्: नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुहुन्छ कि अल्लाहले भन्नुभयो:  "आदमका सन्तानले मलाई झुटो ठहर्याउँछन्, जबकि उसलाई त्यसो गर्ने अधिकार छैन। उसले मेरो अपमान गर्छ, जबकि उसलाई त्यसो गर्ने अधिकार छैन। उसले मलाई झुठो यसरी ठहर्याउँछ कि मैले उसलाई पहिलो पटक सृष्टि गरे जस्तै पुनः सृष्टि गर्न सक्दिनँ भन्छ, जबकि दोस्रो पटक सिर्जना गर्नु पहिलो पटक सिर्जना गर्नुभन्दा सजिलो छ। उसले मेरो (अल्लाहको) छोरा छ भनेर मेरो अपमान गर्छ, जबकि म एक हुँ र मलाई कसैको आवश्यकता छैन, जबकि सारा संसार र सृष्टिलाई मेरो आवश्यकता छ, न मैले कसैबाट जन्म लिएको छु, न कोही मबाट जन्मेको छ र मेरो बराबर कोही पनि छैन ।”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) हदीस कुद्सीमा बयान गर्नुहुन्छ, अल्लाहले मुश्रिक (बहुदेववादी) हरू र काफिरहरूको बारेमा बताउनुभयो, उनीहरूले उहाँलाई इन्कार गर्छन्, कमि र दोषहरूले चित्रण गर्छन्, जबकि तिनीहरूले त्यसो गर्नुहुँदैन ।
-[...1 lines deleted...]
-अल्लाहलाई गाली गर्नुको अभिप्राय : तिनीहरूको भनाइ: उहाँको एउटा छोरा छ, त्यसैले उहाँले तिनीहरूलाई जवाफ दिनुभयो : उहाँ एक्लै हुनुहुन्छ, उहाँ आफ्नो नाम, गुण र कर्महरूमा अद्वितीय हुनुहुन्छ, उहाँ हरेक कमी र दोषबाट मुक्त हुनुहुन्छ, उहाँ निरपेक्ष हुनुहुन्छ, जसलाई कसैको आवश्यकता पर्दैन तर सबैलाई उहाँको आवश्यकता छ । उहाँ नत कसैबाट जन्मिनुभएको हो, न कोही उहाँबाट जन्मेको छ र उहाँको बराबर कोही छैन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सी मा स्पष्ट पार्नुभएको छ कि सर्वोच्च र महान् अल्लाहले मूर्तिपूजकहरू र अविश्वासीहरू बारे बताउनुभयो कि तिनीहरूले उहाँलाई झूटो ठान्छन् र दोष तथा अवगुणहरू द्वारा उहाँको वर्णन गर्छन्, जबकि तिनीहरूका लागि यस्तो गर्नु उचित छैन।
+अल्लाहलाई झुठो भन्नु भनेको यो दाबी गर्नु हो कि जसरी अल्लाहले तिनीहरूलाई पहिलो पटक शून्यबाट सृष्टि गर्नुभयो, त्यसैगरी मृत्युपछि फेरि सृष्टि गर्न सक्नुहुन्न। त्यसैले उहाँले तिनीहरूको खण्डन गर्दै जवाफ दिनुभयो: शून्यबाट सृष्टि गर्ने अल्लाह पुनः सृष्टि गर्न सक्षम हुनुहुन्छ, बरु यो त झन् सजिलो छ। वास्तवमा, अल्लाहका लागि सृष्टि र मृत्युपछि पुनः सृष्टि गर्नु दुवै समान छन्, किनभने अल्लाह हरेक कुरामाथि पूर्ण सक्षम हुनुहुन्छ।
+अल्लाहलाई गाली गर्नु भनेको उहाँको छोरा छ भनी दाबी गर्नु हो। यसको खण्डन गर्दै उहाँले जवाफ दिनुभएको छ कि उहाँ एक्लै हुनुहुन्छ। उहाँ आफ्ना नाम, गुण र कर्महरूमा अद्वितीय हुनुहुन्छ। उहाँ हरेक कमी र दोषबाट मुक्त हुनुहुन्छ। उहाँ निरपेक्ष हुनुहुन्छ, जसलाई कसैको आवश्यकता पर्दैन तर सबैलाई उहाँको आवश्यकता छ। उहाँ न त कसैबाट जन्मिनुभएको हो, न कोही उहाँबाट जन्मेको छ, र उहाँको बराबर कोही छैन।</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
-    <t>अल्लाह परिपूर्ण र सर्वशक्तिमान हुनुहुन्छ ।
-[...1 lines deleted...]
-जसले 'बअ्स' (पुनः जीवित) हुने कुरालाई इन्कार गर्छ वा अल्लाहले छोरा जन्माएको छ भन्छ, ऊ काफिर हो ।
+    <t>यसबाट प्रस्ट हुन्छ कि अल्लाह परिपूर्ण र सर्वशक्तिमान हुनुहुन्छ ।
+यसमा मृत्युपछि पुनः जीवित हुने प्रमाण छ ।
+जसले 'बअ्स' (पुनः जीवित) हुने कुरालाई अस्वीकार गर्छ वा अल्लाहको छोरा छ भन्छ, ऊ काफिर हो ।
 सर्वशक्तिमान अल्लाह जस्तो कोही छैन ।
-अल्लाह एकदमै क्षमाशील हुनुहुन्छ, उहाँले काफिर (अविश्वासी) हरूलाई छुट दिनुहुन्छ, ताकि तिनीहरूले पश्चात्ताप गर्न सकून् र सही बाटोमा फर्कन सकून् ।</t>
+अल्लाह अत्यन्त क्षमाशील हुनुहुन्छ। उहाँले काफिर (अविश्वासी) हरूलाई समेत पश्चात्ताप गर्न र सही मार्गमा फर्कने मौका दिनको लागि छुट प्रदान गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>जसले मेरो वली (मुमिन भक्त) सँग शत्रुता राख्छ, म उसको विरुद्ध युद्धको घोषणा गर्दछु । मेरो दासले मेरो निकटता प्राप्त गर्ने कर्महरू मध्ये मलाई सबैभन्दा बढी मन पर्ने फर्जहरु हुन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाह भन्नुहुन्छ: जसले मेरो वली (मुमिन भक्त) सँग शत्रुता राख्छ, म उसको विरुद्ध युद्धको घोषणा गर्दछु । मेरो दासले मेरो निकटता प्राप्त गर्ने कर्महरू मध्ये मलाई सबैभन्दा बढी मन पर्ने फर्जहरु हुन् । मेरो भक्तले नफिलद्वारा मेरो नजिक हुने प्रयास गरिरहन्छ, यहाँसम्म म उसलाई माया गर्न थाल्छु । जब म उसलाई माया गर्छु म उसको कान बन्छु, जसबाट उसले सुन्दछ । म उसको आँखा बन्छु, जसबाट उसले देख्दछ । म उसको हात बन्छु, जसले ऊ समात्छ र म उसको खुट्टा बन्छु, जसले ऊ हिँड्छ । यदि उसले मसँग माग्यो भने म उसलाई दिन्छु र उसले शरण माग्यो भने म उसलाई शरण दिन्छु । म आफ्नो मुमिनको ज्यान लिनमा जति संकोच गर्छु, त्यति संकोच अरु मैले गर्ने कुनै कुरामा गर्दिनँ । किनभने उसलाई मृत्यु मन पर्दैन र मलाई उसलाई दुःख दिन मन पर्दैन ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) हदीस कुद्सीमा बयान गर्नुहुन्छ, अल्लाहले भन्नुभएको छ : जसले मेरो वली (मुमिन भक्त) हरुमध्ये कसैलाई हानि पुर्‍याउँछ वा घृणा गर्छ, म उसको विरुद्ध शत्रुता र युद्धको घोषणा गर्नेछु ।
@@ -12669,237 +12847,237 @@
 यद्यपि, उसले परमेश्वरसँग केही माग्यो भने, परमेश्वरले उसलाई जे मागेको छ त्यो दिनुहुनेछ । ऊ ‘मुस्तजाबुद्दावात’ (जसको दुआ अल्लाहले स्वीकार गर्नु हुन्छ) बन्ने छ । यदि उसले परमेश्वरमा शरण खोज्छ भने सर्वशक्तिमान परमेश्वरले उसलाई डराका कुराबाट आश्रय दिनुहुनेछ ।
 त्यसपछि अल्लाहले भन्नुभयो: म आफ्नो मुमिन भक्तप्रति दया गर्दै उसको रूह (आत्मा) निकाल्नमा जति संकोच, त्यति संकोच मैले गर्ने कुनै काममा गर्दिनँ । किनभने उसले मृत्युलाई घृणा गर्दछ, किनभने यसले पीडा दिन्छ र परमेश्वरले मुमिनलाई पीडा दिने कुरालाई घृणा गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>यो हदीस रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको हो र यसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहबाट हो । तर यसमा कुर्आनका विशेषताहरू छैनन्, जस्तै: यसको तिलावत गर्नु, यसको लागि तहरात प्राप्त गर्नु, उपासना आदि ।
 अल्लाहका वलीहरूलाई हानि पुऱ्याउन निषेध र उनीहरूलाई माया गर्न र उनीहरूको श्रेष्ठता स्वीकार गर्न प्रोत्साहित गरिएको छ ।
 अल्लाहका शत्रुहरूसंग शत्रुता गर्ने र उनीहरूसंग मित्रता नगर्ने आदेश ।
 जसले अल्लाहको  शरियतलाई पालन नगरी म उहाँको वली हुँ दाबी गर्छ भने ऊ झुटो हो ।
 अल्लाहको वली बन्नका लागि वाजिब (कर्तब्य) को पालन र हराम (निषेधित) लाई त्याग्नुपर्छ ।
 दासप्रति अल्लाहको प्रेम र दुआ स्वीकार हुनुको एउटा कारण वाजिब (कर्तब्य) को पालन र हराम (निषेधित) लाई त्यागेपछि नफिल (स्वैच्छिक) उपासना गर्नु हो ।
 वलीहरूको श्रेष्ठता र तिनीहरूको उच्च हैसियतको प्रमाण ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6337</t>
   </si>
   <si>
-    <t>اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ</t>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>दुई वटा कुरा मानिसहरूमा पाइनु भनेको कुफ्रका कुराहरू हुन्ः  वंशको निन्दा गर्नु र मृतकमाथि विलाप गर्नु।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले  भन्नुभयो: "दुई वटा कुरा मानिसहरूमा पाइनु भनेको कुफ्रका कुराहरू हुन्ः  वंशको निन्दा गर्नु र मृतकमाथि विलाप गर्नु।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम) मानिसहरूमा पाइने दुई वटा आदतहरूका बारेमा बताउँदै हुनु हुन्छ कि यी कुफ्रका कामहरू हुन् र अज्ञानता कालका बानीबेहोरा मध्ये हुन्। र ती :
 १. मानिसका वंशका बारेमा निन्दा गर्नु र उनीहरूको दोष देखाउनु र उनीहरूमाथि घमण्ड गर्नु हो ।
 २. विपत्तिमा स्वर उठाउनु, भाग्यप्रति असन्तोष व्यक्त गर्दै, वा अत्यधिक दु:खका कारण कपडा च्यात्नु।</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>नम्र बन्न र मानिसहरूलाई आफ्नो भन्दा तल्लो ठान्न नहुने, मानिसहरूमाथि घमण्ड नगर्ने प्रेरणा।
 विपत्तिमा धैर्य गर्न र असन्तोष व्यक्त नगर्नु अनिवार्य छ।
 यी कार्यहरू साना कुफ्र हुन्, र जसले ती कुफ्रहरूमध्ये कुनै कुफ्रलाई गर्छ उसलाई काफिर मानिदैन, र मान्छेलाई इस्लामबाट बाहिर्याउँने भनेको ठुलो कुफ्र गर्नु हो ।
 इस्लामले मुस्लिमहरू बिच विभाजन निम्त्याउने सबै कुराहरूमाथि प्रतिबन्ध लगाउँछ, जस्तै वंशमा दोस लाउनु आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6361</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>जसले 'लात' र 'उज्जा' को कसम खान्छ, उसले ‘ला इलाह इल्लल्लाह’ भन्नुपर्छ र जसले आफ्नो साथीलाई भन्छ: आऊ, म तिमीसँग जुवा खेल्छु, उसले दान दिनु पर्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले 'लात' र 'उज्जा' को कसम खान्छ, उसले ‘ला इलाह इल्लल्लाह’ भन्नुपर्छ र जसले आफ्नो साथीलाई भन्छ: आऊ, म तिमीसँग जुवा खेल्छु, उसले दान दिनु पर्छ ।"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले गैरुल्लाह (अल्लाह बाहेक) को कसम खान विरुद्ध चेतावनी दिनुभएको छ; किनभने मुमिनले अल्लाहको मात्र कसम खान्छ । जसले गैरुल्लाह (अल्लाह बाहेक) को कसम खान्छ; उदाहरणका लागि यदि कसैले लात र उज्जा; (इस्लाम पूर्व पूजा गरिने दुई मूर्तिहरू) को कसम खान्छ, उसले ‘ला इलाह इल्लल्लाह’ भन्नुपर्छ । यो शिर्कको खण्डन र उनको शपथको लागि प्रायश्चित हुन्छ ।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले आफ्नो साथीलाई भन्यो: आउ तास खेलौं, (दुई वा दुई भन्दा बढी प्रतिस्पर्धी पैसामा जुवा खेल्छ र जित्ने पक्षले हार्ने पक्षको माल खाई दिन्छ) । उसले यसको प्रायश्चितको रूपमा केही दान दिनु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>कसम (शपथ) अल्लाह, उहाँको नाम र विशेषताहरुद्वारा मात्र खान सकिन्छ ।
 गैरुल्लाह (अल्लाह बाहेक) को कसम खानु हराम हो, चाहे त्यो मुर्ति होस्, जस्तै 'लात' 'उज्जा' इत्यादि वा अमानतको कसम खाने वा पैगम्बर वा अन्य कुनै पनि कुराको कसम खाने ।
 खत्ताबीले भने : कसम केवल महान ईश्वरको खाइन्छ, त्यसैले यदि उसले लात आदिको कसम खायो भने उसले काफिरहरूको नक्कल गरिको छ, त्यसैले तौहीद (एकेश्वरवाद) को शब्दले यसलाई सुधार्न आदेश दिइएको छ ।
 जसले गैरुल्लाह (अल्लाह बाहेक) को कसम खान्छ, उसले 'कसमको कफ्फारा’ दिनु पर्दैन, बरु उसले तौबा (पश्चात्ताप) र क्षमा माग्न अनिवार्य छ । किनभने उसको पाप तौबा (पश्चात्ताप) ले मात्र प्रायश्चितप्रेस हुन्छ ।
 जुवा र यसका सबै किसिमहरूलाई अल्लाहले निषेध गर्नुभएको छ र यसलाई मदिरा र मूर्तिहरूसँग जोड्नुभएको छ ।
 पाप गरेपछि प्रायश्चित गर्नुपर्छ ।
 जो कोही पापमा फस्छ, उसले त्यसपछि पुण्य कर्म गर्नुपर्छ; किनकि पुण्य कर्मले पापलाई मेटाउछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो?" सहाबाले भने: हामीकहाँ गरिब त्यो हो जोसँग न दिर्हम छ न कुनै सर सामान । उहाँले भन्नुभयो: “मेरो उम्मतको गरिब त्यो व्यक्ति हो जो न्यायको दिन नमाज, रोजा र जकात जस्ता पुण्य कर्महरू लिएर आउनेछ, तर उसले कसैलाई गाली गरेको होला, कसैलाई बलात्कारको आरोप लगाएको होला, कसैको सम्पत्ति खाएको होला, कसैको हत्या गरेको होला । त्यसैले उसको असल कर्मबाट केही यसलाई दिइनेछ र केही त्यसलाई दिइनेछ । त्यसपछि यदि उनीहरूको हक तिर्नु अघि नै उसको राम्रो कर्म सकियो भने, उत्पीडितहरूको पाप उसको टाउकोमा हालिनेछ र त्यसपछि उसलाई नर्कमा फालिनेछ ।</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो: के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो ? तिनीहरूले भने: हामीमध्ये गरीब त्यो हो जोसँग पैसा वा सम्पत्ति छैन । उहाँले भन्नुभयो: “मेरो उम्मतको गरिब त्यो व्यक्ति हो जो न्यायको दिन नमाज, रोजा र जकात जस्ता पुण्य कर्महरू लिएर आउनेछ, तर उसले कसैलाई गाली गरेको छ, कसैलाई बलात्कारको आरोप लगाएको छ, कसैको सम्पत्ति खाएको छ, कसैको हत्या गरेको छ इत्यादि । त्यसैले उत्पीडित व्यक्तिलाई उसको राम्रो कर्मबाट दिइनेछ । यदि उनीहरूको हक तिर्नु अघि नै उसको राम्रो कर्म सकियो भने उत्पीडित व्यक्तिको पापहरू उत्पीडकको अभिलेखमा हालिनेछ र कुनै पुण्य बाँकी नबचेपछि उसलाई नर्कमा फालिनेछ ।</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>हराम (निषेधित) चीजहरूमा संलग्न हुन विरुद्ध चेतावनी, विशेष गरी मानिसहरूको भौतिक र नैतिक अधिकारहरूको सम्बन्धमा ।
 सृष्टिका अधिकारहरू आपसमा असहमतिमा आधारित छन् र सृष्टिकर्ताका अधिकारहरू शिर्क (बहुदेववाद) बाहेक क्षमामा आधारित छन् ।
 श्रोतालाई उत्तेजित गर्न, उनको ध्यान आकर्षित गर्न र विशेषगरी शिक्षा र मार्गदर्शनमा उनको चासो जगाउने संवादको शैली प्रयोग गर्नु ।
 असल गरिबीको अर्थको व्याख्या; त्यो को हो भने जसका राम्रा कर्महरू न्यायको दिन उसका ऋणीहरूले खोस्ने छन् ।
 आखिरतमा सबै किसिमको पुण्य कर्म (नेकी) हरूबाट अरुको हक दिइनेछ, यहाँसम्म पुण्य कर्म (नेकी) बाँकी रहँदैन ।
 अल्लाहले सृष्टिसँग न्याय र सत्यका साथ इन्साफ गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>जब मानिसले आफ्नो घरपरिवारमा सवाब (पुण्य) को नियतले खर्च गर्छ, त्यो उसको लागि दान (परोपकार) मानिन्छ ।</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>अबू-मस्ऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब मानिसले आफ्नो घरपरिवारमा सवाब (पुण्य) को नियतले खर्च गर्छ, त्यो उसको लागि दान (परोपकार) मानिन्छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भएको छ, जब कुनै व्यक्तिले आफ्नो घरका सदस्यहरू जस्तै पत्नी, आमाबाबु र छोराछोरीहरू जसमाथि खर्च गर्नु उसको कर्तव्य हो, अल्लाहको प्रसन्नता प्राप्त गर्न र पुण्य प्राप्त गर्ने उद्देश्यले खर्च गर्दछ, उसले दानको इनाम पाउनेछ ।</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>घरपरिवारमा खर्च गर्दा पनि पुण्य पाइन्छ ।
 मुमिनले आफ्नो हरेक काम अल्लाहको खुशी प्राप्त गर्न र उहाँबाट इनाम प्राप्त गर्न उद्देश्यले गर्दछ ।
 घरपरिवारमा खर्च गर्ने लगायत हरेक काम गर्दा मनमा राम्रो नियत हुनुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>ईमान (विश्वास) का सत्तरी (वा साठी) भन्दा बढी शाखाहरू छन्, जसमध्ये सबैभन्दा उत्कृष्ट 'ला इलाहा इल्लाल्लाह' भन्नु हो र सबैभन्दा तल्लो शाखा नोक्सान पुर्‍याउने कुरालाई बाटोबाट हटाउनु हो</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "ईमान (विश्वास) का सत्तरी (वा साठी) भन्दा बढी शाखाहरू छन्, जसमध्ये सबैभन्दा उत्कृष्ट 'ला इलाहा इल्लाल्लाह' भन्नु हो र सबैभन्दा तल्लो शाखा नोक्सान पुर्‍याउने कुरालाई बाटोबाट हटाउनु हो र हया (लज्जा) पनि ईमानको एक शाखा हो ।"</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, ईमान (आस्था) का धेरै शाखाहरू छन्, जसमा कर्म, विश्वास र भनाइहरू छन् ।
 आस्थाको सर्वोच्च र उत्कृष्ट शाखा "ला इलाहा इल्लाह अल्लाह" भन्नु हो । यसको अर्थ र अभिलाषालाई जान्नुपर्छ र यसलाई कार्यन्वयन गर्नपर्छ । अर्थात्, केवल अल्लाह मात्र उपासना योग्य हुनुहुन्छ र उहाँ बाहेक कोही उपासना योग्य छैन ।
 ईमानको सबैभन्दा तल्लो कार्य भनेको मानिसहरूलाई दुःख दिने सबै कुरालाई बाटोबाट हटाउनु हो ।
 त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : हया (लाज) पनि ईमानको एक शाखा हो । वास्तवमा, हया एक मनोवृत्ति हो, जसले राम्रो कर्म गर्न र खराब कर्मबाट टाढा रहन प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>ईमानका धेरै स्तरहरू छन्, जसमध्ये केही अरू भन्दा श्रेष्ठ छन् ।
 इमान भनेको वचन, कर्म र विश्वासको नाम हो ।
 अल्लाहप्रति हया गर्नु भनेको अल्लाहले जहाँ जान मनाही गर्नुभएको छ त्यहाँ नदेखिनु र जहाँ रहन आदेश दिनुभएको छ त्यहाँबाट नहट्नु ।
 यहाँ संख्याको वर्णन सीमित गर्न होइन, तर ईमानका धेरै कार्यहरूको संकेत गर्दछ। । किनभने अरबहरूले कहिलेकाहीँ केही संख्या भन्थे, तर तिनीहरूको मतलब यो होइन कि यो भन्दा बढी हुन सक्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ</t>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>जो कुनै सुन वा चाँदीको मालिक हुन्छ तर त्यसको हक अदा गर्दैन, उसलाई कयामतको दिन कडा सजाय दिइनेछ। त्यसका लागि आगोका पातहरू बनाइनेछन्, जुन जहन्नमको आगोमा दन्काइनेछन्।</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन छ, उहाँ भन्नु हुन्छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले  भन्नुभयो: जो कुनै सुन वा चाँदीको मालिक हुन्छ तर त्यसको हक अदा गर्दैन, उसलाई कयामतको दिन कडा सजाय दिइनेछ। त्यसका लागि आगोका पातहरू बनाइनेछन्, जुन जहन्नमको आगोमा दन्काइनेछन्। तिनैले उसको शरीर—उसको पार्श्वभाग(दायाँतर्फ या बायाँतर्फ), निधार, र ढाड—डामिनेछन्। जब ती चिसा हुन्छन्, फेरि तातो पारेर दोहोर्याइनेछ।
 यो अवस्था त्यति लामो हुनेछ जति पचास हजार वर्षको एक दिन हुन्छ। जबसम्म बन्दाहरूमाथि फैसला गरिंदैन, र त्यसपछि ऊ आफ्नो बाटो देख्नेछ—या त स्वर्गतर्फ वा नर्कतर्फ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
@@ -12925,1183 +13103,1191 @@
   </si>
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
     <t>जकात अनिवार्य हुने र न दिएमा ठुलो चेतावनी।
 सुस्तीका कारण जकात न दिने वाला काफिर त होइन, तर ठुलो खतरामा हुन्छ ।
 मान्छेले कुनै पनि अनुसरण गर्नु पर्ने काम गरेमा त्य्स अन्तर्गत पर्ने सबैमा प्रतिफल पाएको हुन्छ, चाहे उसले त्यसको असल को सोच बनाएको होस् र त्यसका विवरणको इरादा न गरेको होस् ।
 मालमा जकात बाहेक पनि अरू हक हुन्छ ।
 ऊँट्को हक मध्ये ऊँटका मालिक निर आउने गरिबहरूका लागि पानी खुवाउने ठाउँमा दुध दुहेर दिनु हो । दीन:दुखी हरूलाई घर घर जाने दु:ख नहोस् र जनावरहरूलाई पनि सजिलो होस् भनेर । इब्ने बत्तान भन्नुहुन्छ ; मालको दुईवटा हक छन् : अनिवार्य फर्ज, र त्यस बाहेक । सो दुध दुहेर दिनु उच्चतम आचरण मध्ये हो ।
 अनिवार्य आदेश ऊँट र गाइ एवं बाख्रामा यदि भाले केहि समय लगाउन का लागि मागियो भने दिनु हो ।
 गधा र स्पष्ट रुपमा न बताइएका जनावर हरूको बारेमा यी जनावारहरू अल्लाहको कथन {जसले कण बराबर पनि कुनै पुण्य गरेको  भए पनि त्यसलाई देख्ने छ र जसले कण बराबर पनि कुनै गलत काम गरेको रहेछ भने पनि त्यसलाई देख्ने छ । }[ सुरह अल-जलजलाह: 8 ] अन्तर्गत पर्छन् ।
 यो आयतमा थोरै नै भए पनि भलो काम गर्नका लागि प्रोत्साहित गरिएको छ । यसरी नै सानो नै भएपनि खराब काम बाट डराइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6611</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>अल्लाहले प्रत्येक व्यक्तिसँग बिना कुनै अनुवादक कुरा गर्नुहुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>अदी बिन हातिम (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले प्रत्येक व्यक्तिसँग बिना कुनै अनुवादक कुरा गर्नुहुनेछ । उसले आफ्नो दाहिनेतिर हेर्छ, आफूले पठाएको कुरा बाहेक केही देख्दैन । उसले आफ्नो बायाँतिर हेर्छ, आफूले पठाएको कुरा बाहेक केही देख्दैन । उसले आफ्नो अगाडि हेर्छ, आफ्नो अगाडि नर्क बाहेक केही देख्दैन । त्यसैले, आफैलाई आगोबाट जोगाऊ, चाहे त्यो आधा खजूर दान गरेरै किन नहोस्।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामतको दिन प्रत्येक मुमिन अल्लाहको अगाडि एक्लै खडा हुनेछ । अल्लाहले अनुवादक बिना कुरा गर्नुहुनेछ । तिनीहरूको वार्तालापलाई अनुवाद गर्ने कोही अनुवादक हुने छैन । त्यसैले उसले आफ्नो अगाडि रहेको आगोबाट जोगिनको लागि यताउता हेर्छ । जब उसले आफ्नो दाहिनेतिर हेर्छ, आफूले गरेका राम्रा कामहरू मात्र देख्नेछ । जब उसले आफ्नो बायाँतिर हेर्छ, आफूले गरेका नराम्रा कामहरू मात्र देख्नेछ । जब उसले आफ्नो अगाडि हेर्छ, आगो बाहेक केही देख्दैन र उसले सिरात (पुल) बाट हिंड्नु पर्ने भएकाले त्यसबाट विचलित हुन सक्दैन । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: आफू र आगो बीचमा दान र धार्मिक कर्मद्वारा सुरक्षा बनाउनु, चाहे सानो कुराले किन नहोस्, जस्तै आधा खजुरको दान ।</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>थोरै भए पनि दान दिन, असल गुणहरू पालन गर्न, दयालु व्यवहार गर्न र नम्र भई बोल्न प्रोत्साहन ।
 कयामतको दिन अल्लाह आफ्नो भक्तको एकदम नजिक आउनुहुनेछ, उहाँ र तिनीहरूको बीचमा कुनै पर्दा, मध्यस्थकर्ता वा कुनै अनुवादक हुनेछैन । त्यसैले मुमिनले आफ्नो पालनकर्ताको आदेशको अवज्ञादेखि सावधान हुनुपर्छ ।
 मानिसले दानमा दिएको कुरालाई तुच्छ ठान्नु हुँदैन, चाहे त्यो थोरै होस्, किनकि यो नरकबाट सुरक्षा हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>कुनै पनि ऊँटको घाँटीमा तार वा अन्य कुनै ताविज छ भने त्यो काटियोस् ।</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>अबू बशीर अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनी अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग कुनै यात्रामा सँगै थिए । उहाँ भन्नुहुन्छ कि जब मानिसहरू आफ्नो वासस्थान हरूमा अवस्थित थिए,  उहाँ पैगम्बर  (सल्लल्लाहु अलैहि वसल्लम) ले एउटा सन्देशवाहकलाई यो घोषणा गर्न पठाउनुभयो: '' कुनै पनि ऊँटको घाँटीमा तार वा अन्य कुनै ताविज छ भने त्यो काटियोस् ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) एक यात्रामा हुनुहुन्थ्यो र मानिसहरू आफ्नो पाल भित्र सुत्ने ठाउँहरूमा उपस्थित थिए । यसैबीच, उहाँले एक व्यक्तिलाई तिनीहरूको ऊँटको घाँटीमा बाँधिएका चीजहरू काट्न आदेश दिएर पठाउनुभयो, चाहे ती वस्तुहरू धनुषको तारको आकारमा होस् वा घण्टी वा जुत्ता आदि होस् । किनभने तिनीहरूले जनावरहरूलाई नराम्रो नजरबाट बचाउनको लागि बाँध्ने गर्थे, त्यसैले तिनीहरूलाई काट्न आदेश दिइएको थियो । किनभने यी चीजहरूले ऊँटहरूलाई कुनै पनि कुराबाट जोगाउन सक्दैनन् । लाभ र हानि अल्लाहको हातमा मात्र छ र यसमा कोही साझेदार छैन ।</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>नाफा कमाउन र हानिबाट बच्नको लागि धनुष, हार आदि झुण्ड्याउनु हराम हो, किनभने यो शिर्क हो ।
 ऊँटको घाँटीमा धागो बाहेक अन्य पट्टी र हार गहना र सजावटको रूपमा प्रयोग गरिन्छ वा पशुलाई बाँध्नको लागि हो भने केही आपत्ति छैन ।
 मुन्कर (गलत) लाई सकेसम्म खण्डन गर्नु आवश्यक छ ।
 हृदयको सम्बन्ध अल्लाहसँग मात्र हुनुपर्छ, अरु कसैबाट होइन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
-[...2 lines deleted...]
-    <t>जसले तावीज झुण्ड्याउँछ उसले शिर्क गरेको छ ।</t>
+    <t>من علق تميمة فقد أشرك</t>
+  </si>
+  <si>
+    <t>जसले तावीज झुण्ड्याउँछ, उसले शिर्क गर्छ ।</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ केही मानिसहरू आए, जसमध्ये उहाँले नौ जनाबाट बैअत (शपथ) लिनुभयो, तर एक जनाबाट लिनुभएन । त्यसैले उनीहरूले सोधे: हे अल्लाहका रसूल! हजुरले नौ जनाबाट शपथ लिनुभयो र एक जनाबाट शपथ लिनुभएन! उहाँले जवाफ दिनुभयो: "उसले तावीज लगाएको छ ।" त्यसैले त्यो मानिसले आफ्नो हात भित्र हाल्यो र तावीजलाई काट्यो । अनि उहाँले शपथ लिनुभयो र भन्नुभयो: "जसले तावीज झुण्ड्याउँछ उसले शिर्क गरेको छ ।"</t>
+    <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ केही मानिसहरू आए। उहाँले नौ जनाबाट बैअत (वचनबद्धता) लिनुभयो तर एक जनाबाट लिनुभएन।
+त्यसैले उनीहरूले सोधे: "हे अल्लाहका रसूल! हजुरले नौ जनाबाट वचनबद्धता लिनुभयो र एक जनाबाट लिनुभएन!" उहाँले जवाफ दिनुभयो: "उसले तावीज लगाएको छ।"
+त्यसपछि त्यो मानिसले आफ्नो हात भित्र हाल्यो र तावीजलाई चुँडाएर फ्याँकिदियो । अनि उहाँले उसबाट पनि बैअत लिनुभयो र भन्नुभयो:
+"जसले तावीज झुण्ड्याउँछ, उसले शिर्क गर्छ ।"</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
-    <t>एक जमात नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए, तिनीहरूको संख्या दश थियो, उहाँले तिनीहरुमध्ये ९ जनाबाट इस्लाम र त्यसप्रति वफादारीको बैअत (शपथ/प्रतिज्ञा) लिनुभयो, तर एक जनाबाट लिनुभएन । जब यसको बरेमा सोधियो त उहाँले जवाफ दिनुभयो : उसले तावीज झुण्ड्याएको छ । जुन मोती, धागो वा अन्य चीजहरूबाट बनाइएको हुन्छ र दुष्ट, हानि र विपत्तिबाट जोगिन घाँटी आदिमा झुण्ड्याइन्छ । त्यसैले त्यो मानिसले आफ्नो हात ताबीजको ठाउँमा घुसायो र त्यसलाई काटेर फ्याल्यो अनि त्यस समय नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसँग वफादारीको प्रतिज्ञा गर्नुभयो । उहाँले ताबीज विरुद्ध चेतावनी दिदै त्यसको आदेश बताउनुभयो: "जसले ताबीज झुण्ड्याउँछ उसले शिर्क गरेको छ ।"</t>
+    <t>एक समूह नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो, तिनीहरूको संख्या दश थियो, नबी (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरुमध्ये ९ जनाबाट इस्लाम र त्यसप्रति वफादारीको बैअत (वचनबद्धता/प्रतिज्ञा) लिनुभयो, तर एक जनाबाट लिनुभएन । जब यसको बरेमा सोधियो त उहाँले जवाफ दिनुभयो कि उसले तावीज झुण्ड्याएको छ। यो मोती, धागो वा अन्य चीजहरूबाट बनेको हुन्छ र दुष्ट शक्ति, हानि तथा विपत्तिबाट जोगिन घाँटी आदिमा लगाइन्छ। यो सुनेर, त्यस मानिसले ताबीज भएको ठाउँमा आफ्नो हात लग्यो र त्यसलाई काटेर फालिदियो। त्यसपछि मात्र नबी (सल्लल्लाहु अलैहि वसल्लम) ले ऊसँग वफादारीको प्रतिज्ञा (बैअत) लिनुभयो। उहाँले ताबीज विरुद्ध चेतावनी दिँदै त्यसको धार्मिक आदेश (हुक्म) यसरी बताउनुभयो: "जसले ताबीज झुण्ड्याउँछ उसले शिर्क गर्छ ।"</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
-    <t>जसले अल्लाह बाहेक अरु कसैमा भरोसा गर्छ, अल्लाहले उसलाई उसको नियत विपरीत व्यवहार गर्नुहुनेछ ।
-ताबीज लगाउनु हानि र दुष्टताबाट बच्ने कारण हो भनी विश्वास गर्नु सानो शिर्क हो, तर यसले स्वयम फायदा गर्छ वा हानिबाट जोगाउछ भनेर विश्वास गर्नु भने ठूलो शिर्क हो ।</t>
+    <t>जसले अल्लाहबाहेक अरूमाथि भरोसा गर्छ, अल्लाहले उसलाई उसको चाहनाको ठीक विपरीत परिणाम दिनुहुन्छ।
+तावीज (अथवा कुनै पनि यस्तै वस्तु) लगाउनुलाई हानि र दुष्टताबाट बच्ने एउटा कारण मात्र हो भनी विश्वास गर्नु सानो शिर्क हो।तर, यदि कसैले तावीजले स्वयम् फाइदा पुर्याउँछ वा हानिबाट जोगाउँछ भन्ने विश्वास गर्छ भने, यो ठूलो शिर्क मानिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>जसले 'ला इलाह इल्लल्लाह' (अल्लाह बाहेक कोही सत्य ईश्वर छैन) को गवाही दिन्छ र अल्लाह बाहेक सबैको पूजा अस्वीकार गर्छ, उसको धन र रगत सुरक्षित हुनेछ र उसको हिसाब अल्लाहसँग हुनेछ ।</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>तारिक बिन अशयम अल-अशजई (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जसले 'ला इलाह इल्लल्लाह' (अल्लाह बाहेक कोही सत्य ईश्वर छैन) को गवाही दिन्छ र अल्लाह बाहेक सबैको पूजा अस्वीकार गर्छ, उसको धन र रगत सुरक्षित हुनेछ र उसको हिसाब अल्लाहसँग हुनेछ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लमले भन्नु भएको छ, जसले आफ्नो जिब्रोले 'ला इलाह इल्लल्लाह' (अल्लाह बाहेक कोही सत्य ईश्वर छैन) भनी गवाही दिन्छ र अल्लाह बाहेक पूजा गर्ने सबैलाई अस्वीकार गर्दछ र इस्लाम बाहेक सबै धर्महरूबाट आफ्नो असंलग्नता देखाउँदछ, उसको धन र रगत (ज्यान) मुस्लिमहरूका लागि हराम भयो, किनभने हामी उसको बाह्य हाल मात्र देख्नेछौं । त्यसकारण उसको सम्पत्ति खोस्न सकिँदैन र रगत बगाउन सकिँदैन । हो! यदि उसले कुनै पाप वा अपराध गर्छ, जसको कारणले उसको रगत वा सम्पत्ति इस्लामको प्रावधान अनुसार हलाल हुन्छ भने त्यो फरक कुरा हो ।
 यस्तो अवस्थामा अल्लाहले न्यायको दिन उसको हिसाब लिनुहुनेछ । यदि ऊ इमान्दार र सच्चा थियो भने उहाँले उसलाई पुरस्कृत गर्नुहुनेछ र यदि ऊ कपटी र झुटो थियो भने, उहाँले उसलाई दण्ड दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>जिब्रोले "ला इलाह इल्लल्लाह" भन्नु र अल्लाह बाहेकका सबै लाई इन्कार गर्नु इस्लाममा प्रवेश गर्ने शर्त हो ।
 ला इलाह इल्लल्लाहको अर्थ : अल्लाह बाहेक पूजा गरिने सबैलाई अस्वीकार गर्नु हो, जस्तै मूर्तिहरू, चिहानहरू र केवल एक अल्लाहको उपासना गर्नु ।
 जसले तौहीद (एकेश्वरवाद) लाई स्वीकार गर्छ र इस्लामका विधिविधान र आदेशहरूलाई बाहिरी रूपमा पालन गर्छ, उसको विपरीत केही प्रमाणित नभएसम्म उसको मामिलामा (उ विपरीत कुनै कार्य नगरी) धैर्य रहनुपर्छ ।
 मुस्लिमको जीवन, सम्पत्ति, इज्जत र प्रतिष्ठामा अन्यायपूर्ण हस्तक्षेप गर्न निषेध गरिएको छ ।
 यस संसारमा बाहिरी रूप अनुसार र परलोकमा नियत र उद्देश्य अनुसार निर्णय लिइनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>जो कोहीले मेरो तर्फबाट यस्तो हदीस सुनाउँछ, जुन उसले झूटा ठान्छ, त्यो व्यक्ति झूट बोल्नेहरू मध्ये एक हो।</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>समुरह बिन जुन्दब र मुगीरा बिन शोअबा (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो कोहीले मेरो तर्फबाट यस्तो हदीस सुनाउँछ, जुन उसले झूटा ठान्छ, त्यो व्यक्ति झूट बोल्नेहरू मध्ये एक हो।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले उहाँबाट कुनै हदीस सुनाउछ, जबकि उसलाई थाहा छ वा शंका छ वा दृढ विश्वास छ यो उहाँ विरुद्ध झूटो हो, तैपनि उसले त्यो (झूठो) हदीस वर्णन गर्छ भने ऊ पनि यो पापको भागिदार छ ।</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) बाट वर्णित हदीसहरूमा ध्यान दिनु र वर्णन गर्नु भन्दा पहिला उहाँबाट प्रमाणित छ कि छैन पुष्टि गर्नु ।
 मनगढन्त हदीस वर्णन गर्ने, यसलाई प्रचार गर्ने र मानिसहरूमाझ फैलाउने सबैमा यो आदेश लागू हुन्छ ।
 थाहा हुँदा हुँदै मनगढन्त हदीस सुनाउन निषेध गरिएको छ । तर यो मनगढन्त हदीस हो, यसबाट सावधान रहनु होला भन्ने चेतावनीको लागि जायज हो ।</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>उहाँको अख्लाक (नैतिकता) नै कुर्आन थियो ।</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>साद बिन हिशाम बिन आमिर जब आइशा (रजियल्लाहु अन्हा) कहाँ गए अनि उनले भने: हे उम्मूल-मुमिनीन (इमानवालाहरू कि आमा)! मलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) को अख्लाक (नैतिकता) को बारेमा बताउनुहोस् । यो सुनेर उहाँले भन्नुभयो: के तिमी कुर्आन पढ्दैनौ? मैले जवाफ दिएँ: म अवश्य पढ्छु । उहाँले भन्नुभयो: उहाँको अख्लाक (नैतिकता) नै कुर्आन थियो ।</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>उम्मूल-मुमिनीन आइशा (रजियल्लाहु अन्हा) लाई रसूल (सल्लल्लाहु अलैहि वसल्लम) को नैतिकताको बारेमा सोधियो र उनले छोटो र मिठो जवाफ दिदै प्रश्नकर्तालाई कुर्आनलाई अध्ययन गर्न भनिन्, किनभने यो सबै हिसाबले पूर्ण पुस्तक हो । उनले भनिन् : उहाँको आचरण र नैतिकता कुर्आनको एक जीवन्त उदाहरण थियो । उहाँ कुर्आनको आदेशको पालना गर्नुहुन्थ्यो, कुर्आनले निषेध गरेको कुराहरूबाट टाढा रहनुहुन्थ्यो । यसरी उहाँको नैतिकता कुर्आनको व्यवहारिक व्याख्या थियो । उहाँले कुर्आनले तोकेको सीमामा रहनुभयो, यसको शिष्टाचारको पालना गर्नुभयो र यसमा प्रस्तुत उदाहरणहरू र कथाहरूबाट पाठ सिक्नुभयो ।</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याएर कुर्आनको नैतिक शिक्षाहरू अनुशरण गर्न प्रेरणा ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को आचरणको प्रशंसा र उहाँको आचरणको स्रोत कुर्आन थियो भन्ने कुराको वर्णन ।
 कुर्आन सम्पूर्ण उच्च नैतिक आचरण हरुको मूल स्रोत हो ।
 इस्लाममा नैतिकतामा सम्पूर्ण धर्म समाहित छ जसमा आदेशहरूको पालना गर्न र निषेधित कुराहरूबाट बच्न सबै समावेश छ ।</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[मुस्लिमले एक लामो हदीसमा वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>दया देखाउनेहरूमाथि रहमान (अल्लाह) ले दया गर्नुहुन्छ । पृथ्वीका जीवहरूमाथि दया गर, आकाशमा हुनेले तिमीहरूमाथि दया गर्नुहुनेछ ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस् (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "दया देखाउनेहरूमाथि रहमान (अल्लाह) ले दया गर्नुहुन्छ । पृथ्वीका जीवहरूमाथि दया गर, आकाशमा हुनेले तिमीहरूमाथि दया गर्नुहुनेछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गर्नु भएको छ, जो अरूमाथि दया गर्छन्, परम दयालु अल्लाहले उनीहरूमाथि दया गर्नुहुन्छ, जसको कृपाले सबै चीजहरूलाई समेटेको छ;  वास्तवमा यो पूर्ण बदला हो ।
 त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस पृथ्वीमा बस्ने सबै चीजहरू जस्तै मानव, जनावर र पंक्षिहरूमाथि दया गर्न आदेश दिनुभयो । यसको बदलामा अल्लाहले तपाईहरूमाथि आकाशबाट दया गर्नुहुनेछ ।</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>इस्लाम दयाको धर्म हो । जुन पूर्णतया अल्लाहको आज्ञाकारिता र सृष्टिप्रति दया र राम्रो व्यवहारमा आधारित छ ।
 दया, अल्लाहको महत्वपूर्ण विशेषता हो । उहाँ परम दयालु र अत्यन्त कृपालु हुनुहुन्छ । उहाँ आफ्ना सेवकहरूसँग दयालु व्यवहार गर्नुहुन्छ ।
 मानिसलाई उसको कर्म अनुसारको इनाम दिइन्छ । त्यसैले दया देखाउनेहरूलाई परमदयालु अल्लाहले दया गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>मस्जिदमा प्रवेश गर्दा यो दुआ पढ्नुहुन्थ्यो: ‘अऊजु बिल्लाहिल्-अजीम् व बिवज्हिहिल्-करीम्, व सुल्तानिहिल्-कदीम्, मिनश्-शैतानिर्रजीम्’</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) मस्जिदमा प्रवेश गर्दा यो दुआ पढ्नुहुन्थ्यो: ‘अऊजु बिल्लाहिल्-अजीम् व बिवज्हिहिल्-करीम्, व सुल्तानिहिल्-कदीम्, मिनश्-शैतानिर्रजीम्’ (अर्थ:"म महान अल्लाह, उहाँको सम्मानित अनुहार, र उहाँको शाश्वत सत्ताको माध्यमबाट शैतान (रजीम) बाट संरक्षण खोज्छु।") । उनले भने: यति नै हो? मैले भने: हो । उनले भने: जब कोही (मस्जिदमा प्रवेश गर्दा) यो दुआ पढ्छ, शैतान भन्छ: आज यो पूरा दिन मबाट सुरक्षित भयो ।</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) मस्जिदमा प्रवेश गर्दा यो (दुआ) पढ्नुहुन्थ्यो: (अऊजु बिल्लाहिल्-अजीम्) म अल्लाह र उहाँका गुणहरूद्वारा शरण चाहन्छु । (व बिवज्हिहिल्-करीम्) उहाँ परोपकारी र परम दाता हुनुहुन्छ । (व सुल्तानिहि) उहाँ आफ्नो सृष्टिमाथि शक्तिशाली र अख्तियारवाला हुनुहुन्छ । (अल-कदीम्) उहाँ आदि र अनादि हुनुहुन्छ । (मिनश्-शैतानिर्रजीम्) अल्लाहको कृपाबाट निष्कासित र श्रापित शैतानबाट । अर्थात्: हे अल्लाह, मलाई शैतानको वसवसा, प्रलोभन, चाल, खतरा र भ्रामकताबाट जोगाउनुहोस्, किनकि ऊ भ्रम, प्रलोभन र अज्ञानताको कारण र उत्प्रेरक हो । अब्दुल्लाह बिन अम्रलाई सोधियो: "यति नै हो?" के अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यति मात्र भन्नु भएको थियो? उनले भने: हो ।
 जब मस्जिदमा प्रवेश गर्नेले यो दुआ पढ्छ; शैतानले भन्छ: यसले पुरा दिनरात आफूलाई मबाट जोगाएको छ ।</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>मस्जिदमा प्रवेश गर्दा यो दुआको सद्गुण र यसले मानिसलाई दिनभर शैतानबाट बचाउँछ ।
 शैतानदेखि सावधान; किनभने ऊ मुस्लिमलाई बहकाउन सधै ताकमा बसेको हुन्छ ।
 मानिसको हृदयमा अल्लाहमाथिको इमान, यो दुआको सम्झना र त्यसको परिणामस्वरूप परमेश्वरको प्रतिज्ञामा जति विश्वास हुन्छ, ऊ शैतानको भ्रम र छलबाट त्यति सुरक्षित रहनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>“अल्लाहले कयामतको दिन नर्कमा सबैभन्दा हल्का सजाय पाउने व्यक्तिलाई भन्नुहुनेछ: यदि पृथ्वीमा भएका सबै चीजहरू तिम्रो भएको भए, के तिमी यो सजायबाट मुक्त हुन ती सबै चीजहरुलाई फिरौतीको रूपमा दिने थियौ? उसले भन्नेछ: हो, दिन्थें !</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “अल्लाहले कयामतको दिन नर्कमा सबैभन्दा हल्का सजाय पाउने व्यक्तिलाई भन्नुहुनेछ: यदि पृथ्वीमा भएका सबै चीजहरू तिम्रो भएको भए, के तिमी यो सजायबाट मुक्त हुन ती सबै चीजहरुलाई फिरौतीको रूपमा दिने थियौ? उसले भन्नेछ: हो, दिन्थें ! "अल्लाह भन्छन्: ‘मैले तिमीबाट सजिलो कुरा मात्र चाहेको थिएँ, जब तिमी अझै आदमको पिठ्युँमा थियौ : म सँग शिर्क (साझेदारी) नगर्नु, तर तिमीले मसँग शिर्क (साझेदारी) गर्ने बाटो नै रोज्यौ।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, नरकमा प्रवेश गरेपछि सबैभन्दा कम सजाय भोग्नेलाई अल्लाहले भन्नुहुनेछ : यदि यो पृथ्वी र पृथ्वीमा भएका सबै चीजहरू तिम्रो भएको भए, के तिमी यो सजायबाट छुटकारा पाउन ती सबै चीजहरुलाई फिरौतीको रूपमा दिने थियौ? उसले भन्नेछ: हो, दिन्थें । अल्लाहले भन्नुहुनेछ: मैले तिमीलाई त्यो भन्दा सजिलो कुराको आदेश दिएको थिएँ । आदमको पिठ्यूँमा हुँदा तिमी शिर्क (साझेदारी) गर्ने छैनौ भनेर तिमीसँग वाचा लिइएको थियो; तर जब मैले तिमीलाई पृथ्वीमा जन्मिने मौका दिएँ, तिमीले त्यसलाई बिर्सिएर मसँग शिर्क (साझेदारी) गर्यौ ।</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>तौहीद (एकेश्वरवाद) को सद्गुण र यो एकदम सजिलो छ ।
 शिर्क (बहुदेववाद) को खतरा र यसका परिणामहरू ।
 अल्लाहले आदमका सन्तानहरूसँग शिर्क (साझेदारी) नगर्ने वाचा लिनुभएको थियो जतिबेला तिनीहरु आदमको पिठ्यूँमा थिए ।
 शिर्क (बहुइश्वरवाद) विरुद्ध चेतावनी र प्रलयको दिन सम्पूर्ण संसारले पनि काफिरलाई कुनै फायदा दिने छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8315</t>
   </si>
   <si>
-    <t>يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا</t>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>एक जना पुकार्ने वालाले बोलाएर भन्नेछ;  तिमीहरू सदा स्वास्थ रहने छौ, बिरामी हुने छैनौ । तिमीहरू जीवित रहनेछौ, कहिल्यै मृत्यु आउने छैन । तिमीहरू सदा जवान रहनेछौ, कहिल्यै बुढो हुने छैनौ । तिमीहरू सदा सुख-सुविधामा रहनेछौ, कहिल्यै दु:ख हुने छैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>हजरत अबू सईद खुद्री र हजरत अबू हुरैरह (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ कि नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "एक जना पुकार्ने वालाले बोलाएर भन्नेछ;  तिमीहरू सदा स्वास्थ रहने छौ, बिरामी हुने छैनौ । तिमीहरू जीवित रहनेछौ, कहिल्यै मृत्यु आउने छैन । तिमीहरू सदा जवान रहनेछौ, कहिल्यै बुढो हुने छैनौ । तिमीहरू सदा सुख-सुविधामा रहनेछौ, कहिल्यै दु:ख हुने छैन। यसैका बारेमा अल्लाह तआला भन्नु हुन्छ; " {उनीहरूलाई पुकारेर भनिनेछ : यो नै त्यो जन्नत हो जसको तिमीहरू वारिस बनाइएका छौ ती कर्महरूको कारण जो तिमीहरूले गर्ने गर्थ्यौ ।} [ सुरह आराफ ४३]</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो कि, एक पुकार्ने वालाले जन्नतका बासिन्दाहरूलाई रमाइलो गरिरहेको बेला बोलाउनेछ: "वास्तवमा, तिमीहरू स्वास्थ रहनेछौ  र जन्नतमा कहिल्यै बिरामी  हुनेछैनौ, न्युनतम बिरामी पनि लाग्ने छैन  र तिमीहरू जीवित रहनेछौ र कहिल्यै मृत्यु आउने छैन चाहे त्यो निद्रा नै किन न होस् । किनकि यो पनि यो एक सानो मृत्यु हो, र तिमीहरू जवान रहने छौ कहिल्यै बूढो हुने छैनौ, र तिमीहरू आनन्द मा रहनेछौ कहिल्यै चिन्तित र दु:खी हुने छैनौ । यस बारेमा अल्लाह तआलाले भन्नु भएको छ: "र उनीहरूलाई पुकारेर भनिने छ कि यो त्यो जन्नत हो, जो तिमीहरूले गरेको कामको बदलामा तिमीहरूलाई उत्तराधिकारको रूपमा दिइएको छ ।" [अल-अराफ: ४३]</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>मान्छे जतिसुकै धनिमनि भए पनि यस सांसारिक जीवनको आनन्दको लागि चार चीजहरूले धमिलो बनाइ दिएका हुन्छन्: रोग, मृत्यु, वृद्धावस्था, शत्रुको डरले हालत खराब हुनु र दुःख, गरीबी, युद्ध, र अन्य चीजहरू । स्वर्गका मानिसहरू यी कुराहरूबाट सुरक्षित हुने छन्, त्यसैले जन्नत वालाहरूले सबैभन्दा पूर्ण आनन्द प्राप्त गर्नेछन्।
 स्वर्गको आनन्द यस संसारको आनन्द भन्दा बेग्लै  छ। किनभने स्वर्गमा मिल्ने आनन्दमा कुनै डर हुँदैन, जब कि यस संसारको आनन्द सदा रहँदैन र पीडा र रोगले ग्रसित हुन्छ ।
 सत्कर्महरू गर्न प्रोत्साहन ,जसका माध्यमबाट वरदान वाला जन्नत पुग्न सफल भइन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8341</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>“अल्लाह स्वर्गवासीहरूलाई भन्नुहुनेछ: हे स्वर्गवासीहरू! तिनीहरूले भन्नेछन्: हे हाम्रा पालनकर्ता! हामी उपस्थित छौं र सधैं तपाईंको दयाको अपेक्षा गरेका छौं । अल्लाहले भन्नुहुनेछ: के तिमीहरू सन्तुष्ट छौ? तिनीहरूले भन्नेछन्: किन सन्तुष्ट नहुनु, यद्यपि तपाईंले हामीलाई यस्तो आशीर्वाद दिनुभएको छ, जुन आफ्ना सबै सृष्टिहरूमध्ये अरू कसैलाई दिनुभएको छैन?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “अल्लाह स्वर्गवासीहरूलाई भन्नुहुनेछ: हे स्वर्गवासीहरू! तिनीहरूले भन्नेछन्: हे हाम्रा पालनकर्ता! हामी उपस्थित छौं र सधैं तपाईंको दयाको अपेक्षा गरेका छौं । अल्लाहले भन्नुहुनेछ: के तिमीहरू सन्तुष्ट छौ? तिनीहरूले भन्नेछन्: किन सन्तुष्ट नहुनु, यद्यपि तपाईंले हामीलाई यस्तो आशीर्वाद दिनुभएको छ, जुन आफ्ना सबै सृष्टिहरूमध्ये अरू कसैलाई दिनुभएको छैन? तब अल्लाहले भन्नुहुनेछ: म तिमीहरूलाई यो भन्दा राम्रो चीज दिन्छु । तिनीहरूले भन्नेछन्: हे अल्लाह! अब यो भन्दा राम्रो के हुन सक्छ ? तब अल्लाह भन्नुहुनेछ: म तिमीहरूलाई मेरो खुशी प्रदान गर्दछु । म तिमीहरूसँग फेरि कहिल्यै रिसाउने छैन ।”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले जन्नतमा रहेकाहरूलाई भन्नुहुनेछ : हे स्वर्गवासीहरू हो! तिनीहरूले भन्नेछन्: हजुर, हाम्रा पालनकर्ता! हामी पूर्ण ध्यानका साथ उपस्थित छौं र सधैं तपाईंको दयाको खाँचोमा छौं । अल्लाहले भन्नुहुनेछ: के तिमीहरू सन्तुष्ट छौ? तिनीहरूले भन्नेछन्: हो, हामी सन्तुष्ट छौं, तपाईंले आफ्नो सृष्टिलाई नदिनुभएको कुरा हामीलाई दिँदा हामी किन सन्तुष्ट नहुने? तब अल्लाहले भन्नुहुनेछ: के म तिमीहरूलाई त्यो भन्दा राम्रो चीज नदिउँ? तिनीहरूले भन्नेछन्: हे अल्लाह! अब यो भन्दा राम्रो के हुन सक्छ ? तब अल्लाहले भन्नुहुनेछ: म तिमीहरूलाई मेरो स्थायी खुशी प्रदान गर्दछु, त्यसपछि म तिमीहरूसँग कहिल्यै रिसाउने छैन ।”</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>अल्लाहले स्वर्गका मानिसहरूसँग कुराकानी गर्नुहुनेछ ।
 स्वर्गका मानिसहरूका लागि अल्लाहको तर्फबाट सुसमाचार; उहाँ तिनीहरूसँग प्रसन्न हुनुहुनेछ र तिनीहरूसँग कहिल्यै रिसाउनु हुनेछैन ।
 जन्नतमा बस्ने सबैजना आफ्नो विभिन्न पदहरू र फरक-फरक स्थानका बावजुद आफ्नो अवस्थासँग सन्तुष्ट हुनेछन्; किनभने सबैले एउटै शब्दमा जवाफ दिएका छन्: "तपाईंले हामीलाई त्यो दिनुभयो जुन तपाईंले आफ्नो सृष्टिमा कसैलाई दिनुभएन ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8343</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟</t>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>जब जन्नत वालाहरू जन्नत जानेछन्" ,उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो कि अल्लाह तआलाले भन्नु हुनेछ:" तिमीहरूलाई अझै केहि थप चाहिन्छ कि ?</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>हजरत सुहैब (रजियल्लाहु अन्हु) द्वारा वर्णन छ नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "जब जन्नत वालाहरू जन्नत जानेछन्" ,उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो कि अल्लाह तआलाले भन्नु हुनेछ:" तिमीहरूलाई अझै केहि थप चाहिन्छ कि ? उनीहरूले भन्नेछन्, "के तपाईंले हाम्रो अनुहार उज्यालो बनाउनु भएको होइन ? के तपाईंले हामीलाई स्वर्गमा प्रवेश गराउनु भएको र आगो (नरक)बाट बचाउनु भएको होइन ?" (नबीले) भन्नुभयो: अत: अल्लाह तआलाले (नूरको) परदा हटाइ दिनु हुनेछ । सो उनीहरूले पाएको कुनै पनि कुरा आफ्नो रब (पालनकर्ता) को दर्शन भन्दा प्यारो नहोला। "</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो कि जन्नत वालाहरू जन्नत प्रवेश गरे पछि अल्लाह तआलाले उनीहरूलाई भन्नु हुनेछ :
 के तिमीहरूलाई अझै केही चाहिएको छ त ? (भए) थपि दिन्छु ।
 जन्नत वालाहरू सबै जनाले भन्ने छन् : के तपाईँले हाम्रा अनुहार उज्यालो बनाउनु भएको होइन ? के तपाईँले हामीहरूलाई जन्नतमा प्रवेश गर्नु भएको होइन ? अनि आगो(नरक)बाट बचाउनु भएको होइन ?
 सो अल्लाह तआलाले (नूरको) पर्दा  हटाउनु र त्यसलाई उठाउनु हुनेछ । अनि उहाँको पर्दा भनेको प्रकाश(नूर) हो । अतयव: उनीहरूलाई प्रदान भएका कुराहरूमा उनीहरूका लागि सबै भन्दा प्यारो भनेको आफ्ना रब ( पालनकर्ता)को दर्शन हुनेछ।</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>जन्नत वालाहरु बाट पर्दा हटाउनु फलस्वरुप उनीहरूले आफ्नो रबलाई देख्न पाउनु हो, र काफिर यसबाट वञ्चित रहने छन्।
 जन्नतमा ठुला नेअमत(पुरस्कार)हरू मध्ये आफ्नाे रबलाई देख्न पाउनु हाे ।
 सबै जन्नत वालाहरुले उनीहरुकाे दर्जा भिन्ना भिनै भएता पनि आफ्नाे रबलाई देख्न पाउने छन् ।
 इमान वालाहरूलाई जन्नत (स्वर्ग)मा प्रवेश गराउनमा अल्लाहको अनुग्रह ।
 राम्रा कर्महरू द्वारा जन्नत जानका लागि र अल्लाह र उहाँका रसूल(सल्लल्लाहु अलैहि वसल्लम)को आज्ञाकारिताको माध्यमबाट कोसिस गर्ने महत्त्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8344</t>
   </si>
   <si>
-    <t>هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ</t>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>त्यसको (समुद्रको) पानी पवित्र हुन्छ त्यसको मृत् ( माछा ) हलाल हुन्छन् ।</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) भन्नु हुन्छ: " एक जनाले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित सोध्यो र भन्यो : हे अल्लाहका रसूल ! हामी समुद्रमा यात्रा गर्छौं र आफ्नो साथमा थोरै पानी बोकेर हिँडेका हुन्छौँ । यदि हामीले त्यो पानीले वुजू गर्यौं भने हामीलाई पिउने पानी रहँदैन । अत: के हामीले समुद्रको पानीले वुजू गर्न मिल्छ त ? अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो :  त्यसको (समुद्रको) पानी पवित्र हुन्छ त्यसको मृत् ( माछा ) हलाल हुन्छन् । "</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>एक जनाले नबी(सल्लल्लाहु अलैहि वसल्लम)सित सोध्यो र भन्यो : हामी समुद्र माथि जहाजमा बसेर शिकार अथवा व्यापार र यस्तै कामहरूका लागि यात्रा गर्छौं र आफ्नो साथमा राम्रो पानी थोरै बोकेर हिँडेका हुन्छौँ । यदि हामीले त्यो पिउने पानीले वुजू गर्यौं अथवा स्नान गर्यौं भने  पानी सक्किन्छ र  हामीलाई पिउने पानी रहँदैन । सो के हामीहरूका लागि समुद्रको पानीले वुजू गर्न जायज हुन्छ त ?
 रसूल (सल्लल्लाहु अलैहि वसल्लम)ले समुद्री पानीको बारेमा भन्नु भएको छ "यसको पानी शुद्ध र पवित्र गर्न सक्ने क्षमता भएको  हुन्छ; यसबाट वुजू गर्न र नुहाउन जायज छ, र यसबाट निस्कने साना वा ठूला माछा र अन्य समुद्री सृष्टिहरू विना शिकारका यदि मरेर उत्तानो परेको भेटिएमा  खान वैध छ ।</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>समुद्री मरेको जनावर हलाल हुन्छ । यहाँ "मरेको " भन्ने शब्दबाट समुद्रमा बस्ने जनावरहरू भन्न खोजिएको हो , जुन केवल समुद्रमै बाँच्न सक्छन् ।
 प्रश्नकर्ता (सोध्ने व्यक्तिलाई) उसको प्रश्न भन्दा बढी उत्तर दिनु, पूर्णरूपमा बुझाउनका लागि हो ।
 पानी, जब त्यसको स्वाद वा रङ्ग अथवा त्यसको गन्ध कुनै पवित्र वस्तु मिल्नाले बदलियो भने त्यसको पवित्र गर्न सक्ने क्षमता बाँकी रहन्छ जब सम्म पानीको वास्तविकता बाकि रहेको हुन्छ । चाहे त्यसको नुनिलोपना, तातोपना वा त्यसको चिसोपनामा बदलिए पनि पानी पवित्र नै रहन्छ ।
 समुद्रको पानीले सानाठुला सबै अपवित्रता लाई हटाउँछ र शरीर अथवा कपडा आदीमा लागेको फोहोर पनि हटाउन सकिन्छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8355</t>
   </si>
   <si>
-    <t>إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ</t>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>जब पानी दुई कुल्ला ( दुई ठुला घैला) जति छ भने फोहोरले प्रभावित हुन दिँदैन ।</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ:अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित त्यो पानीका बारेमा  सोधियो जसमा चौपाया र हिंस्रक जनावरहरू आउने जाने गर्छन् :सो उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो; जब पानी दुई कुल्ला ( दुई ठुला घैला) जति छ भने फोहोरले प्रभावित हुन दिँदैन ।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)सित त्यो पानी जसमा जनावर र हिंस्रक जन्तुहरू पानी पिउनका लागि आउने जाने गर्छन् त्यो पानीले पवित्रता प्राप्त गर्न मिल्छ कि मिल्दैन भनेर सोधियो । जवाफमा नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो कि जब पानी ठुला दुई घैला लगभग २१० लिटर जति हुन्छ भने त्यो बराबरको पानी ठुलो परिणामको हो, यो अपवित्र हुँदैन । यद्यपि पानीका ३ वटा गुण रंग, स्वाद र गन्ध मध्ये कुनै गुण फोहोर मिल्नाले बदलियो भने यो अर्को कुरा हो ।</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>पानी अपवित्र हुन्छ जब फोहोर मिलेर त्यसका ३ वटा गुण हरूमध्ये कुनै एउटा बदलिन्छ । चाहे त्यसको रङ्ग होस वा स्वाद अथवा त्यसको गन्ध होस् । यो हदीसमा सामान्य अवस्थालाई मद्देनजर राखेर भनिएको हो, यही नै हो भनिएको होइन ।
 उलमाको यो कुरामा सहमति छ कि जब फोहोर परेर बदलाउ आउँछ, त्यो पानी धेरै भए पनि वा थोरै भए पनि अपवित्र हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8357</t>
   </si>
   <si>
-    <t>إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ</t>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>जब तिमीहरू मध्ये कोही निद्राबाट बिउँझिन्छ, उसले तीन पटक नाक सफा गरोस्, किनभने शैतान रातभर उसको नाकमा बस्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ कि नबी(सल्लल्लाहु अलैहि वसल्लम)ले  भन्नुभयो: जब तिमीहरू मध्ये कोही निद्राबाट बिउँझिन्छ, उसले तीन पटक नाक सफा गरोस्, किनभने शैतान रातभर उसको नाकमा बस्छ।</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले यो कुरामा प्रोत्साहित गर्नु भएको छ कि कोही बिउँझिदा उसले नाकमा पानी लिएर तीन पटक नाक सफा गर्नु पर्छ ,"الاستنثار" भनेको नाकमा पानी पुर्याउने र अनि निकाल्ने ह , यो आदेश शैतानले नाकमा रात बिताउने भएकाले दिइएको हो ।</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>हरेक बिउँझिनेका लागि शैतानको प्रभाव हटाउनका लागि नाकमा पानी हालेर सफा गर्ने आदेश दिइएको छ । यदि वुजू गर्ने विचार भए यो ताकिद बढ्न जान्छ ।
 नाकमा पानी तानेर सफा गर्नु (इस्तिन्शाक) पूर्ण रूपमा प्रभावकारी हुनका लागि, पानी फ्याँक्नु (इस्तिन्सार) आवश्यक हुन्छ, किनभने यसले नाकभित्रको फोहोरलाई पानीसँग बाहिर निकाल्छ।
 यसलाई रातको निद्रासँग विशेष रूपमा जोडिएको छ, किनभने "यबीतु" शब्दको अर्थ रातभर बस्नु वा बिताउनु हो, जुन सामान्यतः रातको निद्राका लागि प्रयोग गरिन्छ। साथै, रातको निद्रा लामो र गहिरो हुने सम्भावना बढी हुन्छ।
 यस हदीसबाट थाहा हुन्छ कि मान्छेको साथमा शैतान लागेको हुन्छ तर उसलाई थाहा हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8377</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
-[...2 lines deleted...]
-    <t>एक व्यक्तिले वुजू गर्यो र खुट्टामा नङको आकार बराबर सुक्खा ठाउँ छोड्यो । जब नबी (सल्लल्लाहु अलैहि वसल्लम) को आँखा पर्यो उहाँले भन्नुभयो: "जाऊ, पहिला राम्रोसँग वुजू गरेर आउ ।" त्यसैले ऊ फर्कियो र त्यसपछि नमाज पढ्यो ।</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
+  </si>
+  <si>
+    <t>एकजना व्यक्तिले वुजू गरे, तर उनको खुट्टामा नङको आकार बराबर स्थान सुक्खा नै रह्यो। नबी (सल्लल्लाहु अलैहि वसल्लम) ले त्यो देखेर भन्नुभयो: “फर्केर जाऊ र आफ्नो वुजू राम्रोसँग पूरा गरेर आउ।” त्यसपछि उनले फर्केर राम्रोसँग वुजू गरे र नमाज पढे।</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
-    <t>जाबिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले भने : एक व्यक्तिले वुजू गर्यो र खुट्टामा नङको आकार बराबर सुक्खा ठाउँ छोड्यो । जब नबी (सल्लल्लाहु अलैहि वसल्लम) को आँखा पर्यो उहाँले भन्नुभयो: "जाऊ, पहिला राम्रोसँग वुजू गरेर आउ ।" त्यसैले ऊ फर्कियो र त्यसपछि नमाज पढ्यो ।</t>
+    <t>जाबिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले भन्नुभयो : एकजना व्यक्तिले वुजू गरे, तर उनको खुट्टामा नङको आकार बराबर स्थान सुक्खा नै रह्यो। नबी (सल्लल्लाहु अलैहि वसल्लम) ले त्यो देखेर भन्नुभयो: “फर्केर जाऊ र आफ्नो वुजू राम्रोसँग पूरा गरेर आउ।” त्यसपछि उनले फर्केर राम्रोसँग वुजू गरे र नमाज पढे।</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
-    <t>उमर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक व्यक्तिलाई देख्नुभयो जसले वुजू गरिसकेको थियो, तर उसको खुट्टामा नङको आकार बराबर सुक्खा ठाउँ थियो, जहाँ पानी पुगेको थिएन । उहाँले पानी नपुगेको ठाउँलाई औंल्याएर भन्नुभयो: फर्केर जानुहोस् र वुजूका प्रत्येक अंगहरूमा पानी हालेर राम्रोसँग वुजू गर्नुहोस् । त्यसैले त्यो व्यक्ति फर्कियो र राम्रोसँग वोजू गरेपछि नमाज पढ्यो ।</t>
+    <t>उमर (रजियल्लाहु अन्हु) ले बताउनु भएको छ कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक व्यक्तिलाई वुजू गरेको अवस्थामा देख्नुभयो, तर उसको खुट्टामा नङ बराबरको ठाउँ सुक्खा थियो, जहाँ पानी पुगेको थिएन। उहाँले पानी नपुगेको ठाउँलाई औंल्याएर भन्नुभयो: फर्केर जाऊ र वुजूका प्रत्येक अंगहरूमा पानी हालेर राम्रोसँग वुजू गरेर आऊ । यो सुनेर त्यो व्यक्तिल फर्किएर गयो र राम्रोसँग वजू गरेपछि नमाज पढ्यो।</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
-    <t>धर्मअनुसार राम्रो काम गर्न आदेश दिने र अज्ञानी वा असावधान व्यक्तिलाई मार्गदर्शन गर्न सक्रिय हुनु अनिवार्य छ, विशेष गरी त्यस्तो गलत काममा जब उसको उपासना बिग्रिने सम्भावना हुन्छ।
-[...4 lines deleted...]
-अज्ञानता र बिर्सनेले वाजिबमा छुट हुँदैन, तर पाप लाग्दैन । किनभने जसले अज्ञानताको कारणले राम्रोसँग वुजू गरेको थिएन, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई छोड्नुभएन बरु पुनः वुजू गर्न अनि त्यसपछि नमाज पढ्न आदेश दिनुभयो ।</t>
+    <t>सत्कर्मको आदेश दिनु र अज्ञानी वा असावधान व्यक्तिलाई मार्गदर्शन गर्नु अनिवार्य हुन्छ। विशेषगरी, जब कुनै गलत कार्यले कसैको उपासनालाई भ्रष्ट पार्न सक्छ, तब उसलाई तत्काल सावधान गराउनु जरुरी हुन्छ।
+वुजूका अङ्गहरूमा पानी पुर्याउनु अनिवार्य छ। यदि कुनै भाग थोरै मात्रामा पनि छुट्छ भने वुजू मान्य हुँदैन, र यदि (फेरि वुजू गर्ने) समयको अन्तर लामो भएमा वुजूलाई दोहोर्याउनु पर्छ।
+राम्रोसँग वुजू गर्नु आवश्यक छ । धर्मशास्त्रमा उल्लेखित तरिका अनुसार  ठीक तरिकाले वुजू गर्नु पर्छ ।
+दुवै खुट्टाहरू वुजूका अंगहरूमध्ये हुन्, यसलाई (सामान्य अवस्थामा) पानीले पुछ्नु पर्याप्त हुँदैन, बरु धुनु अनिवार्य छ ।
+वुजूका अंगहरू क्रमशः धुनुपर्छ र अघिल्लो अंग नसुक्दै अर्को अंग धोइसक्नुपर्छ।
+यदि कुनै अनिवार्य कार्य अज्ञानतावश वा बिर्सने कारणले छुट्यो भने त्यसको पाप क्षमा हुन्छ; तर त्यो अनिवार्य कार्य पुनः गर्नैपर्छ। किनभने त्यो व्यक्तिको उदाहरणमा, जसले अज्ञानताका कारण ठीकसँग वुजू गरेको थिएन, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई त्यही अवस्थामा छोड्नुभएन, बरु पुनः वुजू गर्न र त्यसपछि नमाज पढ्न आदेश दिनुभयो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) एक ‘साअ’ देखि पाँच ‘मुद’ सम्म पानीले नुहाउनुहुन्थ्यो र एक ‘मुद’ पानीले  वुजू गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनी भन्छन्: "नबी (सल्लल्लाहु अलैहि वसल्लम) एक ‘साअ’ देखि पाँच ‘मुद’ सम्म पानीले नुहाउनुहुन्थ्यो र एक ‘मुद’ पानीले  वुजू गर्नुहुन्थ्यो ।"</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>साअ : चार ‘मुद’ लाई एक साअ भनिन्छ र औसत व्यक्तिको दुवै हत्केलामा अटाउने जति परिमाणलाई एक मुद भनिन्छ ।</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>नुहाउदा र वुजू गर्दा कम पानी खर्च गर्नु मुस्तहब हो र पानी जति भए पनि खेर फाल्नु वा बर्बाद गर्नु हुँदैन ।
 नुहाउने बेला र वुजू गर्दा आवश्यकता अनुसार पानीको मात्रा कम गर्नु नै नबी (सल्लल्लाहु अलैहि वसल्लम) को तरिका हो ।
 यसको अर्थ भनेको सुन्नत र शिष्टाचारलाई ध्यानमा राख्दै अनावश्यक खर्च बिना पूर्णतया नुहाउनु र वुजू गर्नु हो, तर समय, परिस्थिति र पानीको प्रचुरता आदिमा ध्यान दिनुपर्छ ।
 जनाबत भन्नाले सम्भोग वा वीर्य स्खलन पछिको अवस्थालाई जनाउँछ । यस्तो अवस्थामा शुद्ध नभएसम्म नमाज र उपासनाबाट टाढा रहनुपर्छ ।
 ‘साअ’: एक प्रसिद्ध नाप हो र यसको अभिप्राय नबी (सल्लल्लाहु अलैहि वसल्लम) को ‘साअ’ हो, जसको परिमाण (राम्रो गहुँलाई वजन गर्दा) (४८०) ग्राम हुन्छ र लिटरमा (३ लिटर) हुन्छ ।
 ‘मुद’: एक शरियत को माप हो, एक औसत व्यक्तिको दुवै हत्केलामा अटाउने परिमाणलाई १ मुद भनिन्छ र यसको मात्रा (७५०) मिलिलिटर हुन्छ अनि एक ‘साअ’ को यो चौथाई भाग हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8387</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>जसले राम्रोसँग वुजू गर्छ र त्यसपछि तनमनका साथ उभिएर दुई रकात नमाज पढ्छ, उसको लागि स्वर्ग अनिवार्य हुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामीले पालैपालो ऊँटहरू चराउनुपर्ने थियो । जब मेरो पालो आयो र साँझ मैले ऊँटहरूलाई फिर्ता ल्याएँ, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूलाई उभिएर हदीस भन्दै गरे सुने : "जसले राम्रोसँग वुजू गर्छ र त्यसपछि तनमनका साथ उभिएर दुई रकात नमाज पढ्छ, उसको लागि स्वर्ग अनिवार्य हुन्छ ।" उनी भन्छन्, मैले भनेँ: यो कति राम्रो कुरा हो! यो सुनेर एक व्यक्तिले मलाई भन्यो: यसभन्दा पहिले भनिएका कुराहरू यो भन्दा झन् राम्रा थिए । मैले उता हेर्दा उनी उमर (रजियल्लाहु अन्हु) थिए । उनले भने: मैले तिमीलाई भर्खरै प्रवेश गरेको देखेको थिएँ । नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरू मध्ये जसले पूर्ण रूपमा वुजू गर्छ र त्यसपछि: ‘अश्हदु अल्ला इलाह इल्लल्लाहु व अन्न मुहम्मदन् अब्दुल्लाहि व रसूलुह्’ भन्छ, उसको लागि स्वर्गका सबै आठ ढोकाहरू खोलिनेछन् र उसले चाहेको ढोकाबाट प्रवेश गर्न सक्छ ।"</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूसँग कुरा गर्दा दुई महान गुणहरू बताउनुभयो:
 पहिलो: जसले सुन्नत अनुसार राम्रोसँग वुजू गर्छ र प्रत्येक अंगलाई आवश्यकता अनुसार पानी हाल्छ अनि त्यसपछि भन्छ: ‘अश्हदु अल्ला इलाह इल्लल्लाहु व अन्न मुहम्मदन् अब्दुल्लाहि व रसूलुह्’; उसको लागि स्वर्गका सबै आठवटा ढोकाहरू खोलिनेछन् र उसले चाहेको ढोकाबाट प्रवेश गर्न सक्छ ।"
 दोस्रो: जसले पूर्ण तरिकाले वुजू गर्छ, त्यसपछि इख्लास (इमानदारी) र खुशूअ (नम्रता) का साथ उभिएर दुई रकात नमाज पढ्छ र आफ्नो अनुहार तथा शरीरका सबै अंगहरू परमेश्वरमा समर्पित गर्छ; उसको लागि स्वर्ग अनिवार्य हुन्छ ।</t>
   </si>
   <si>
     <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
 مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
 إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
 استحباب قول هذا الذكر للمغتسل أيضًا.
 حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
 الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
   </si>
   <si>
     <t>सानो कामप्रति ठूलो इनाम दिनु अल्लाहले ठूलो कृपा हो ।
 राम्रोसँग पूर्ण तरिकाले वुजू गर्ने र त्यसपछि नम्रताका साथ दुई रकात नमाज पढ्ने वैधानिकता र यसबाट प्राप्त हुने ठूलो इनामको वर्णन ।
 राम्रोसँग वुजू गरेपछि उक्त दुआ पढ्नु स्वर्गमा प्रवेश गर्ने कारणहरू मध्ये एक हो ।
 स्नान गर्नेले पनि यो दुआ पढ्नु मुस्तहब हो ।
 सहाबाहरू राम्रो काम गर्न, ज्ञान सिक्न र फैलाउन र यसमा सहयोग गर्न र उनीहरुको जीविकोपार्जनमा मद्दत गर्न उत्सुक हुन्थे ।
 जसरी वुजूले शरीरलाई फोहोर आदिबाट शुद्ध पार्छ, त्यसरी नै वुजूपछिको दुआले हृदयलाई बहुदेववादबाट शुद्ध पार्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8388</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ</t>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>जब तिमीहरूमध्ये कसैले वुजू गर्यो र खुफ लगायो भने, उसले तिनै खुफ लगाएर नमाज पढ्न सक्छ, अब तिनमा मसह (स्पर्श ) गर्दा भयो । त्यसपछि, यदि चाहयो भने (सिमित समय भित्र) नखोले हुन्छ, नुहाउनु पर्ने  अवस्था बाहेक ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>हजरत अनस(रजियल्लाहु अन्हु) द्वारा वर्णन छ, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: जब तिमीहरूमध्ये कसैले वुजू गर्यो र खुफ लगायो भने, उसले तिनै खुफ लगाएर नमाज पढ्न सक्छ, अब तिनमा मसह (स्पर्श ) गर्दा भयो । त्यसपछि, यदि चाहयो भने (सिमित समय भित्र) नखोले हुन्छ, नुहाउनु पर्ने  अवस्था बाहेक ।</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट रूपमा बताउनु भएको छ कि यदि कुनै मुसलमानले वुजू गरेपछि खुफ लगायो र त्यसपछि उसको वुजू टुट्यो र पुनः वुजू गर्न चाहन्छ भने, उसलाई खुफमा मस्ह (स्पर्श) गर्न अनुमति छ यदि उसले चाह्यो भने । उसले खुफ निकाल्नु आवश्यक छैन र एक निश्चित समय सम्म उसले खुफ लगाएर नमाज पढ्न सक्छ । तर यदि उसलाई स्नानको आवश्यकता पर्यो भने अनिवार्य रुपमा खुफ खोल्नु र खुट्टाहरू धुनु पर्छ ।</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>खुफमाथि मस्‍ह (स्पर्श) गर्नु त्यति बेला मात्रै उचित हुन्छ जब ती पूर्ण रुपमा  पवित्रता प्राप्त गरे पछि लगाइएका हुन्छन् ।
 मुकिम (स्थायी बसोबास गर्ने) को लागि मस्‍ह गर्ने अवधि: एक दिन र एक रात हो, र यात्रु (मुसाफिर) को लागि: तीन दिन र तीन रात हो ।
 खुफमाथि मस्‍ह साना हदस (सामान्य अशुद्धता) का लागि मात्र मान्य हुन्छ, ठूला हदस (मुख्य अशुद्धता) का लागि मान्य हुँदैन। ठूला हदसको अवस्थामा खुफ फुकालेर खुट्टा धुनै पर्छ ।
 जूता, खुफ वा यस जस्ता चिज लगाएर नमाज पढ्न सुन्नत हो, जो यहूदीहरूको विपरीत हो । तर यो त्यति बेलामात्रै मान्य हुन्छ जब ती चिज पवित्र हुन्छन्, र नमाजीहरूलाई कष्ट हुँदैन । यदि मस्जिदमा कार्पेट ओछ्याइएको छ भने, जुत्ता लगाएर नमाज पढ्न हुँदैन।
 खुफमा स्पर्श गर्नुमा सहुलियत छ र (स्पर्श) यो समुदायका लागि (ममुहम्मद (सल्लल्लाहु अलैहि वसल्लम)का अनुयायी) सहज गरिएको हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8392</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) हरेक समय र परिस्थितिमा अल्लाहलाई याद(स्मरण) गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: नबी (सल्लल्लाहु अलैहि वसल्लम) हरेक समय र परिस्थितिमा अल्लाहलाई याद(स्मरण) गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) भन्छिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको जिक्र गर्न धेरै उत्सुक हुनुहुन्थ्यो । उहाँ जहिले पनि हरेक समय, हरेक ठाउँ र हरेक अवस्थामा अल्लाहलाई याद गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>अल्लाहको जिक्र (स्मरण) को लागि सानो र ठूलो अपवित्रताबाट शुद्ध हुनु शर्त होइन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) निरन्तर अल्लाहको जिक्र (स्मरण) गर्नुहुन्थ्यो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याउँदै हरेक परिस्थितिमा अल्लाहको धेरै जिक्र गर्न प्रेरणा । यद्यपि, ती अवस्थाबाहेक जसमा जिक्र गर्न निषेध गरिएको छ, जस्तै शौचालय जाँदाको अवस्थामा ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8402</t>
   </si>
   <si>
-    <t>لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ</t>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
   </si>
   <si>
     <t>कुनै पनि मानिसले अर्कालाई पापी (फासिक) भनेर दोषी ठहराउनु हुँदैन, न त कफिर भनेर । यस्तो गरेमा यदि त्यो व्यक्ति भने जसो होइन भने उक्त दोष त्यसैको माथि फिर्ता जान्छ »।</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
   </si>
   <si>
     <t>अबुजर (रजियल्लाहु अन्हु)ले वर्णन गर्नुभएको छ: उनले नबी  (सल्लल्लाहु अलैहि वसल्लम)लाई भन्नुभएको सुने: «कुनै पनि मानिसले अर्कालाई पापी (फासिक) भनेर दोषी ठहराउनु हुँदैन, न त कफिर भनेर । यस्तो गरेमा यदि त्यो व्यक्ति भने जसो होइन भने उक्त दोष त्यसैको माथि फिर्ता जान्छ »।</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले चेतावनी दिनुभएको छ कि यदि कसैले अर्को व्यक्तिलाई भने: "तिमी फासिक (पापी) हौ " वा "तिमी काफिर (अविश्वासी) हौ " भने - त्यो व्यक्ति जस्तो भनिएको छ, त्यस्तो नभएको खण्डमा आरोप लगाउने व्यक्ति नै सो दोषको हकदार ठहरिन्छ, र उसले भनेको कुरा उसैमाथि फर्कन्छ। तर, यदि आरोप सत्य हो भने आरोप लगाउने व्यक्तिमाथि कुनै दोष फर्कँदैन, किनभने उसले सत्य बोलेको हुन्छ।</t>
   </si>
   <si>
     <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
 وجوب التثبُّت في إصدار الأحكام على الناس.
 قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
 قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
   </si>
   <si>
     <t>कुनै व्यक्तिलाई काफिर (अविश्वासी) वा फासिक (पापी) भन्ने आरोप बिना उचित शरई कारण लगाउन निषेध छ।
 मानिसहरूबारे निर्णय जारी गर्दा सत्यतामा आधारित हुनुपर्ने अनिवार्यता।
 इब्न दकीक अल-ईदले भन्नुभएको छ: यो एक ठूलो चेतावनी हो तिनका लागि जसले कुनै मुसलमानलाई काफिर घोषणा गर्छ, तर वास्तवमा त्यो व्यक्ति त्यस्तो हुँदैन। यो एक अत्यन्त गम्भीर समस्या हो।
 इब्न हजर अल-असकलानीले भन्नुभएको छ:  यो आवश्यक होइन कि (कसैलाई) यसरी फासिक भनिएकोमा उसलाई फासिक वा काफिर नठहराइए पनि, यस्तो आरोप लगाउने व्यक्ति दोषी (पापी) नहोला। बरु यस अवस्थामा थोरै  विवरण छ: 
 यदि उसको उद्देश्य परामर्श दिनु (नसीहत गर्नु) वा अरूलाई स्थिति स्पष्ट गर्नु हो भने, यो अनुमति योग्य हुन्छ। तर, यदि उसको उद्देश्य केवल अपमान गर्नु, बदनाम बनाउनु, र हानि पुर्याउनु हो भने, यो अनुमति योग्य हुँदैन। किनभने उसलाई (गल्ती गर्ने व्यक्तिबारे) छोप्ने, शिक्षण गर्ने, र राम्रो तरिकाले सम्झाउने आदेश दिइएको छ। त्यसैले जति सकिन्छ राम्रोसँग भन्नु पर्छ, कडा व्यवहार (उग्रता) गरेर गर्नु हुँदैन। किनभने यसले उसलाई त्यो कार्यप्रति झन् आकर्षित हुने वा त्यसमा अडिग रहन प्रेरित गर्न सक्छ, जसरी धेरै मानिसको स्वभाव यस्तो छ कि उनीहरू अपमानले थप हठी बन्ने गर्दछन् विशेष गरी, यदि आदेश दिने व्यक्ति निर्देशित व्यक्तिको तुलनामा  तल्लो स्तरमा छ भने।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8883</t>
   </si>
   <si>
-    <t>إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ</t>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
   </si>
   <si>
     <t>निस्सन्देह शैतान यस कुराबाट निराश भइसकेको छ कि मुसलमानहरूले अरब प्रायद्वीपमा उसको उपासना गर्नेछन्। तर, उसको आशा मुसलमानहरूबीच फूट र विवाद उत्पन्न गर्न अझै जीवित छ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हु)ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "निस्सन्देह शैतान यस कुराबाट निराश भइसकेको छ कि मुसलमानहरूले अरब प्रायद्वीपमा उसको उपासना गर्नेछन्। तर, उसको आशा मुसलमानहरूबीच फूट र विवाद उत्पन्न गर्न अझै जीवित छ।"</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले खबर दिनुभएको छ कि इब्लीस (शैतान) निराश भईसकेको छ कि मुसलमान मोमिनहरु अरब प्रायद्वीपमा फेरि उसको उपासना गर्न वा मूर्तिलाई सज्दा गर्न फर्कनेछन्। तर, उसले अझै आशा राखिरहेको छ र आफ्नो प्रयास, फूट, झगडा, द्वेष, युद्ध, र फसादजस्ता कुराहरू फैलाउनमा लगाइरहेको छ।</t>
   </si>
   <si>
     <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
 الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
 من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
 الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
 جزيرة العرب لها خصائص دون غيرها من البلاد.
 إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
   </si>
   <si>
     <t>शैतानको उपासना भनेको मूर्तिको उपासना हो, किनभने मूर्तिपूजाको आदेश दिने र त्यसका लागि आमन्त्रित गर्ने शैतान नै हो। यसको प्रमाण अल्लाहको वाणीमा छ, जुन इब्राहिम (अलैहिस्सलाम) का सन्दर्भमा आयतमा उल्लेख छ: (हे पिता! शैतानको पूजा नगर्नुहोस् ....)।
 शैतान मुसलमानहरूबीच झगडा, द्वेष, युद्ध, र फसाद फैलाउन प्रयास गर्छ।
 इस्लाममा नमाजका फाइदाहरू मध्ये एक यो हो कि यसले मुसलमानहरू बीचको मित्रता र सम्बन्धलाई सुरक्षित राख्छ र उनीहरूबीचको भाइचाराको बन्धनलाई बलियो बनाउँछ।
 नमाज शहादतैन पछि धर्मका सबैभन्दा ठूलो चिन्हहरू मध्ये एक हो । यस कारणले नमाज पढ्ने  मुसलमानहरूलाई सम्बोधन गरिन्छ।
 अरब प्रायद्वीपका अन्य देशहरूको तुलनामा विशेषताहरू छन्।
 यदि भनियो भने कि अरब प्रायद्वीपका केही भागमा मूर्तिपूजा भएको छ, र नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुहुन्छ: (निश्‍चयै शैतानले मुसलमानहरूले उसको उपासना गर्ने आशा त्यागिसकेको छ...) यो शैतानको दिलमा भएको निराशाको बारेमा खबर दिनु हो, जसले विजय र मानिसहरूको सामूहिक इस्लाम धर्मस्वीकार देखेर आफूलाई निराश देख्यो। त्यसपछि हदीसले शैतानको अनुमान र आशंका व्यक्त गरेको हो, तर वास्तवमा परिस्थिती त्यसको विपरीत रहनु अल्लाहको एक विशेष मंशा थियो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8886</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई (महिला माथि) पर्न गएको अचानक नजर को बारेमा सोधें, उहाँले मलाई आफ्नो नजर फर्काउन आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई (महिला माथि) पर्न गएको अचानक नजर को बारेमा सोधें, उहाँले मलाई आफ्नो नजर फर्काउन आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई अनजानमा पर महिलामाथि पर्न गएको अचानक नजरको बारेमा सोधें, उहाँले उनलाई थाहा हुने बित्तिकै आफ्नो अनुहार अर्कोतर्फ फर्काउन आदेश दिनुभयो र यसमा कुनै पाप छैन ।</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>नजर तल राख्न प्रोत्साहन ।
 यदि कसैले अचानक र अनजानमा हेर्न निषेध गरिएको चीजलाई हेर्यो भने त्यसलाई ट्वाल्ल परेर हेर्न विरुद्ध चेतावनी ।
 महिलाहरूलाई हेर्ने निषेध हो भन्ने कुरा सहाबाहरू बीच स्थापित थियो, त्यसैले जरीरले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे : के अन्जानमा महिलामाथि पर्न गएको अचानक नजर र हेर्ने मनसाय भएको व्यक्ति; दुवैको आदेश समान हो ?
 शरियतले आम मानिसहरूको हितलाई मध्यनजर गरेको कुरा छर्लङ्ग हुन्छ, किनकि महिलाहरूलाई हेर्दा संसार र परलोकको खराबीहरूलाई निम्त्याउंछ ।
 सहाबाहरूलाई केही समस्या पर्दा नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोध्ने गर्थे त्यसैगरी, आम मानिसहरूले पनि समस्या पर्दा आफ्ना विद्वानहरूकहाँ गएर सोध्नु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
-[...2 lines deleted...]
-    <t>“मैले (अझैसम्म) नदेखेका नरकवासी दुई प्रकारका मानिसहरू हुन् : एक ती मानिसहरू हुन्, जोसँग गाईको पुच्छर जस्तै कोर्रा हुनेछ र तिनीहरूले मानिसहरूलाई पिट्नेछन् । अर्को ती महिलाहरू हुन्, जो लुगा लगाएको भए पनि नाङ्गै हुनेछन्, अरूलाई आकर्षित गर्नेछन् र आफैं पनि आकर्षित हुने छन्</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
+  </si>
+  <si>
+    <t>मैले दुई प्रकारका नरकवासी  (अहिलेसम्म) देखेको छैनँ:
+पहिलो ती मानिसहरू जसको साथमा गाईको पुच्छर जस्तै कोर्रा हुनेछ र तिनीहरूले मानिसहरूलाई त्यसले पिट्नेछन्।
+दोस्रो ती महिलाहरू जो लुगा लगाएर पनि नाङ्गै हुनेछन्, अरूलाई आकर्षित गर्नेछन् र आफैँ पनि आकर्षित हुनेछन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “मैले (अझैसम्म) नदेखेका नरकवासी दुई प्रकारका मानिसहरू हुन् : एक ती मानिसहरू हुन्, जोसँग गाईको पुच्छर जस्तै कोर्रा हुनेछ र तिनीहरूले मानिसहरूलाई पिट्नेछन् । अर्को ती महिलाहरू हुन्, जो लुगा लगाएको भए पनि नाङ्गै हुनेछन्, अरूलाई आकर्षित गर्नेछन् र आफैं पनि आकर्षित हुने छन्, तिनीहरूको टाउको ऊँटको जुरो (कोहान) जस्तै अग्लो हुनेछ । तिनीहरू नत स्वर्गमा प्रवेश गर्नेछन्, न त यसको सुगन्ध नै सुँघ्ने छन्, यद्यपि स्वर्गको सुगन्ध धेरै टाढाबाट आउँछ ।”</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मैले दुई प्रकारका नरकवासी  (अहिलेसम्म) देखेको छैनँ:
+पहिलो ती मानिसहरू जसको साथमा गाईको पुच्छर जस्तै कोर्रा हुनेछ र तिनीहरूले मानिसहरूलाई त्यसले पिट्नेछन्।
+दोस्रो ती महिलाहरू जो लुगा लगाएर पनि नाङ्गै हुनेछन्, अरूलाई आकर्षित गर्नेछन् र आफैँ पनि आकर्षित हुनेछन्, तिनीहरूको टाउको (केश सजावट) ऊँटको जुरो (कोहान) जस्तै अग्लो हुनेछ।
+तिनीहरू स्वर्गमा प्रवेश गर्नेछैनन् न त यसको सुगन्ध नै पाउनेछन्, जबकि स्वर्गको सुगन्ध अत्यधिक दूरीबाट नै अनुभव गर्न सकिन्छ।"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले नरकमा जाने दुई प्रकारका मानिसहरूदेखि सावधान रहन चेतावनी दिनुभएको छ, जसलाई उहाँले देख्नुभएन किनकि तिनीहरु उहाँको समयमा थिएनन्, बरु उहाँपछि हुनेछन्:
-[...2 lines deleted...]
-उहाँले तिनीहरूलाई यसरी वर्णन गर्नुभयो: वास्तविकतामा लुगा लगाएको, तर वास्तवमा नग्न; किनभने तिनीहरू फेशन र सुन्दरताको चक्करमा पातलो र पारदर्शी लुगा लगाउँछन् जसले भित्रको छाला देखिन्छ र आफ्नो शरीरको केही भाग छोप्छन् र केही भाग छोप्दैनन् । तिनीहरू मानिसहरूको मुटुलाई आफ्नो लुगा र हिंडाइले आफूतिर आकर्षित गर्छन्, तिनीहरू हिँड्दा आफ्नो काँधलाई झुकाउँछन् र अनैतिक कुरामा लगाउछन् । तिनीहरूको पहिचान भनेको : तिनीहरूको टाउको ऊँटको जुरो जस्तै झुकेको हुन्छ, त्यसैले तिनीहरूले आफ्नो टाउकोको आकारलाई कपाललाई बेरेर ठूलो बनाउँछन् । तिनीहरूको कपाल र चुल्ठो तिनीहरूको टाउको माथि उठेको र जसरी ऊँटको जुरो एकतिर झुकेको हुन्छ त्यसरी नै तिनीहरूको कपाल र चुल्ठो झुकेकोले ऊँटको जुरोसँग तुलना गरिएको छ । तसर्थ जो कोहीमा यी गुणहरू छन्, ऊ यस हदीसमा भनिएको धम्कीको भागिदार हो, तिनीहरू स्वर्गमा प्रवेश गर्नेछैनन्, न त्यसको नजिक जाने छन् न यसको सुगन्ध सुँघ्नेछन्, जबकि स्वर्गको सुगन्ध टाढाबाट आउँछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले नरकमा जाने दुई प्रकारका मानिसहरूबाट सावधान रहन चेतावनी दिनुभएको छ। यी समूहहरूलाई उहाँले आफ्नो समयमा देख्नुभएको थिएन, किनकि तिनीहरू उहाँपछि देखा पर्ने थिए:
+पहिलो: गाईको पुच्छरजस्तै लामो कोर्रा बोक्ने मानिसहरू, जसले अरूलाई पिट्नेछन्। उनीहरू अन्यायपूर्ण तरिकाले नियमहरू लागु गर्ने र दमनकारीका दलालहरू हुन्, जसले सोझासाझा जनतामाथि अन्याय गर्नेछन्।
+दोस्रो: बेसरम र निर्लज्ज महिलाहरू; जसले सतीत्व, पवित्रता र लज्जाको आवरण त्यागेका छन्, जुन सामान्यतया नारीहरूको लागि जन्मजात र स्वाभाविक हुन्छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूलाई यसरी वर्णन गर्नुभयो: नामको लुगा लगाएका तर वास्तवमा नग्न हुनेछन्; किनभने तिनीहरू फेशन र अंगप्रदर्शनको होडमा पातलो र पारदर्शी लुगा लगाउँछन्  जसले भित्रको छाला देखिन्छ, साथै तिनीहरू शरीरको केही भाग ढाक्छन् र केही भाग खुला राख्छन्। उनीहरू आफ्नो  पहिरन र चालचलनले पुरुषहरूको मन आफूतिर आकर्षित गर्नेछिन्। काँध र घाँटी मटकाउँदै हिँड्नेछिन् र अरूलाई पनि आफू भएको पतन र पथभ्रष्टतातर्फ तान्न प्रयत्न गर्नेछिन्। तिनीहरूको पहिचान भनेको उनीहरूको शिर हल्का झुकेको ऊँटको जुरो जस्तो देखिनु हो। उनीहरूले कपडा, कपाल वा त्यस्तै कुनै वस्तु लगाएर आफ्नो शिरको आकार ठूलो देखाउँछिन्। तिनीहरूको कपाल र चुल्ठो टाउकोमाथि उठेको र ऊँटको जुरो जस्तै एकातर्फ ढल्केको हुने भएकाले यसलाई ऊँटको जुरोसँग तुलना गरिएको छ। तसर्थ, जस-जसमा यी दुर्गुणहरू छन्, ती महिलाहरू यस हदीसमा उल्लेख गरिएको धम्कीका भागीदार हुन्—उनीहरू स्वर्गमा प्रवेश गर्नेछैनन्, न त त्यसको नजिक पुग्नेछन्, न त तिनीहरूले स्वर्गको सुगन्ध पाउनेछन्। जबकि स्वर्गको सुगन्ध धेरै टाढाबाट पनि अनुभव गर्न र सुँघ्न सकिन्छ।</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
-    <t>कुनै पाप वा अपराध नगरी मानिसहरूलाई हिर्काउनु र दु:ख दिनु निषेध गरिएको छ ।
+    <t>बिना कुनै पाप वा अपराध मानिसहरूलाई हिर्काउनु र दु:ख दिनु निषेध गरिएको छ ।
 अत्याचारी र दमनकारीलाई सहयोग गर्न निषेध गरिएको छ ।
-महिलाहरूलाई पर्दा नगरिकन छोटो, कसिलो, निकै पातलो तथा अङ्गहरू देखिने पारदर्शी लुगा लगाउन विरुद्ध चेतावनी दिइएको छ ।
-[...1 lines deleted...]
-यो हदीस उहाँ अल्लाहको रसूल हुनुहुन्छ भन्ने कुराको प्रमाण मध्ये एक हो,  उहाँले नदेखेका र भविष्यमा हुने कुराहरूको बारेमा जुन जानकारी दिनुभयो त्यो जस्ताको त्यस्तै भयो ।</t>
+महिलाहरूलाई शरिर प्रदर्शन,नग्नता र त्यस्ता कस्सिएको वा पारदर्शी लुगा लगाउनबाट टाढा रहन सचेत गराइएको छ र चेतावनी दिइएको छ, जसले शरीरका भित्री बाहिरी अङ्गहरू लाई देखाउँछ वा तिनीहरूको आकार प्रष्ट पार्छ।
+मुस्लिम महिलाहरूलाई अल्लाहका आदेशहरूको पालना गर्न र उहाँलाई अप्रसन्न वा क्रोधित पार्ने कार्यहरूबाट टाढा रहन प्रोत्साहित गरिएको छ, किनभने त्यस्ता निषेधित कार्यहरू गर्नुले आखिरत (परलोक) मा पीडादायी र भयङ्कर दण्डको भागीदार बनाउँछ।
+यो हदीस यस कुराको एउटा प्रमाण हो कि नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सत्य दूत हुनुहुन्छ, किनकि उहाँले नदेखेका र भविष्यमा हुने घटनाहरूको बारेमा जुन जानकारी दिनुभयो, ती जस्ताको त्यस्तै भइरहेका छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
-[...2 lines deleted...]
-    <t>“एक पुरुषले अर्को पुरुषको गुप्तांगलाई हेर्नु हुँदैन। त्यसैगरी एक महिलाले अर्को महिलाको गुप्तांगलाई पनि हेर्नु हुँदैन ।</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
+  </si>
+  <si>
+    <t>एक पुरुषले अर्को पुरुषको गुप्ताङ्ग हेर्नु हुँदैन। त्यसैगरी, एक महिलाले पनि अर्को महिलाको गुप्ताङ्ग हेर्नु हुँदैन।</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “एक पुरुषले अर्को पुरुषको गुप्तांगलाई हेर्नु हुँदैन। त्यसैगरी एक महिलाले अर्को महिलाको गुप्तांगलाई पनि हेर्नु हुँदैन । एक पुरुषले अर्को पुरुषसँग एउटै कपडामा सुत्नु हुँदैन । त्यसैगरी एक महिलाले अर्को महिलासँग एउटै कपडामा सुत्नु हुँदैन ।”</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "एक पुरुषले अर्को पुरुषको गुप्ताङ्ग हेर्नु हुँदैन। त्यसैगरी, एक महिलाले पनि अर्को महिलाको गुप्ताङ्ग हेर्नु हुँदैन। एक पुरुषले अर्को पुरुषसँग एउटै कपडाभित्र सुत्नु हुँदैन र एक महिलाले अर्को महिलासँग एउटै कपडाभित्र सुत्नु हुँदैन।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक पुरुषले अर्को पुरुषको गुप्तांगलाई हेर्न वा एक महिलाले अर्को महिलाको गुप्तांगलाई हेर्न निषेध गर्नुभएको छ ।
-हदीसमा उल्लेखित अरबी शब्द "औरह" (पर्दा) ले शरीरको त्यो भागलाई जनाउँछ, जुन  देख्दा लाज लाग्छ । पुरुषको पर्दा : नाभि र घुँडा बीचको भाग हो । जबकि महिलाको सम्पूर्ण शरीर गैर-महरम पुरुषहरूका लागि पर्दा हो । तर महिला र महरम पुरुषहरूको अगाडि उनले शरीरका ती अंगहरू प्रकट गर्न सक्छन्, जुन सामान्यतया घरमा काम गर्दा देखिन्छ ।
-नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक पुरुषले अर्को पुरुषसँग एउटै लुगामा वा एउटै कम्बलमा नग्न बस्न वा एक महिलाले अर्को महिलासँग एउटै लुगामा वा एउटै कम्बलमा नग्न बस्न निषेध गर्नुभयो । किनभने यसले एकअर्काको गोप्य अंग छोएको हुन सक्छ र छुन पनि हेर्ने जस्तै निषेधित छ । बरु यो झन् खतरनाक हो, किनभने यसले धेरै ठूलो खराबीहरू निम्त्याउन सक्छ ।</t>
+हदीसमा उल्लिखित अरबी पद "औरह" (लज्जास्थान) ले शरीरको त्यस भागलाई जनाउँछ, जसलाई ढाक्नु आवश्यक छ र  जुन खोल्दा लज्जा  लाग्छ। पुरुषको "औरह" (लज्जास्थान) नाभिदेखि घुँडासम्मको भाग हो। जबकि महिलाको सम्पूर्ण शरीर ( गैर-महरम ) पर पुरुषहरूको लागि "औरह" (लज्जास्थान) हो, तर महिलाहरू र "महरम" (साक्खै निकटतम नातेदारहरू) पुरुषहरु सामु, उनले सामान्यतः घरमा काम गर्दा देखिने अंगहरू खुला राख्न सक्छिन्।
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक पुरुषले अर्को पुरुषसँग एउटै लुगा वा कम्बलमा नग्न बस्न वा एक महिलाले अर्की महिलासँग एउटै लुगा वा कम्बलमा नग्न बस्न निषेध गर्नुभएको छ। यसको मुख्य कारण यो हो कि यसो गर्दा एक-अर्काको गोप्य अङ्गहरू छुने सम्भावना रहन्छ। गोप्य अङ्ग छुनु पनि हेर्नुजस्तै निषेधित छ। बरु, यो झन् खतरनाक हो, किनभने यसले ठूलो खराबी र अनैतिकता निम्त्याउन सक्छ।</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
-    <t>गोप्य अंग हेर्न प्रतिबन्ध छ । तर श्रीमान् र श्रीमती यसबाट मुक्त छन् ।
-[...3 lines deleted...]
-पुरुषसँग पुरुष र महिलासँग महिलामा प्रतिबन्ध विशेष गरी केन्द्रित गरिएको छ; किनभने त्यहाँ गोप्य अंगहरू खुल्ने वा त्यसमा आँखा पर्ने सम्भावना बढी हुन्छ ।</t>
+    <t>गोप्य अङ्गहरू हेर्न निषेधित छ। तर, यो प्रतिबन्ध पति र पत्नीको हकमा लागू हुँदैन।
+इस्लाम धर्मले समाजको शुद्धता कायम राख्न र अनैतिकता तर्फ लैजाने सबै मार्गहरूलाई बन्द गरेको छ।
+उपचार वा यस्तै अत्यावश्यकता परेमा गोप्य अङ्ग हेर्ने अनुमति छ। तर, यसको शर्त के हो भने त्यो कार्य कामुक इच्छा (चाहना) रहित हुनुपर्छ।
+मुस्लिमहरूलाई आफ्नो लज्जास्थान ढाक्न र अरूको लज्जास्थानतर्फ नहेर्न आदेश दिइएको छ।
+पुरुषसँग पुरुष र महिलासँग महिलाप्रति प्रतिबन्ध विशेष गरी केन्द्रित गरिएको छ; किनभने (उही लिङ्गको भएको कारणले लज्जा नहुँदा) त्यहाँ लज्जास्थानहरू खोल्ने वा हेर्ने सम्भावना बढी हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले क़ज़ा (अर्थात् टाउकोका केही भागमा मात्रै कपाल मुण्डन गर्ने) निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>इब्ने उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले क़ज़ा (अर्थात् टाउकोका केही भागमा मात्रै कपाल मुण्डन गर्ने) निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कपालको केही भाग खौरन र केही भाग छोड्न निषेध गर्नुभएको छ ।
 कपालको केही भाग खौरन र केही भाग छोड्न हुकुम बालक, जवान र वृद्ध सबै पुरुषका लागि हुन् । महिलाले कपाल खौरन अनुमति छैन ।</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>इस्लामिक शरीयतले व्यक्तिको बाह्य रूप र सौन्दर्यलाई पनि महत्त्व दिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>यो सत्य वचन हो, जुन जिन्नले खोसेर कुखुराको बास जस्तो आवाजमा आफ्नो मानव मित्रको कानमा हाल्छ र ज्योतिषीले त्यसमा सयौं झूटहरू मिसाउँछन् ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: केही मानिसहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई  ज्योतिषीहरूको बारेमा सोधे अनि उहाँले भन्नुभयो: "ती मानिसहरूले भनेको कुरामा कुनै सत्यता छैन ।" सोध्ने मानिसहरूले भने: हे अल्लाहको रसूल! यिनीहरूले कहिलेकाहीँ यस्ता कुराहरू सुनाउँछन् जुन सत्य साबित हुन्छ ।  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यो सत्य वचन हो, जुन जिन्नले खोसेर कुखुराको बास जस्तो आवाजमा आफ्नो मानव मित्रको कानमा हाल्छ र ज्योतिषीले त्यसमा सयौं झूटहरू मिसाउँछन् ।"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भविष्यको बारेमा गैबका अदृश्य कुराहरू बताउने ज्योतिषीहरूको बारेमा सोधिएको थियो, उहाँले भन्नुभयो: तिनीहरूको बारेमा सचेत रहनु, तिनीहरूका वचनको पालन नगर र तिनीहरूको मामिलाको वास्ता नगर ।
 यो सुनेर सहाबाले भने, कहिलेकाहीँ उनको भनाइ सही साबित हुन्छ । जस्तै तिनीहरू भन्छन्, फलानो महिनाको यो दिनमा यस्तो घटना हुनेछ र त्यसपछि तिनीहरूले भने झैं त्यो घटना हुन्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: वास्तवमा जिन्नहरूले आकाशबाट समाचार सुन्छन् अनि भविष्यको बारेमा बताउने आफ्ना साथीहरू अर्थात् भविष्यवक्ताहरूलाई सुनाउछन् त्यसपछि ज्योतिषीले एउटा सच साँचो कुरामा सयौं झूटहरू मिसाउँछन् ।</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>ज्योतिषीहरूलाई विश्वास गर्न निषेध गरिएको छ र कहिलेकाहीँ एकाध सत्य बाहिर आए पनि ऊ झुटो हो ।
 नबी (सल्लल्लाहु अलैहि व सल्लम) को पैगम्बर बनाएर पठाइए बाट नै आकाशलाई शैतानहरू बाट सुरक्षित बनाइएको छ 
 त्यसपछि उनीहरुलाई केही समाचार सुन्न सम्भव रहेन । हो, कसैले गुपचुप सुनेर ताराको मारबाट सुरक्षित रह्यो भने त्यो अर्कै कुरा हो ।
 जिन्नले केही निश्चित व्यक्तिलाई आफ्नो साथी बनाउँछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>हामी उमर (रजियल्लाहु अन्हु) यहाँ उपस्थित थियौं जब उनले भने: "हामीलाई तकल्लुफ (अनावश्यक रूपमा कष्ट भोग्न) निषेध गरिएको छ ।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्: हामी उमर (रजियल्लाहु अन्हु) यहाँ उपस्थित थियौं जब उनले भने: "हामीलाई तकल्लुफ (अनावश्यक रूपमा कष्ट भोग्न) निषेध गरिएको छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>उमर (रजियल्लाहु अन्हु) ले बताउनुभयो, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अनावश्यक काम गर्न वा कठिनाइ भएको कुनै पनि कुरा भन्न वा गर्न निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>यस हदीसमा निषेध गरिएको तकल्लुफ (कठिनाइ) हरू भनेको धेरै प्रश्नहरू सोध्नु, थाहा नभएको कुरा गर्नु र अल्लाहले सहजता प्रदान गर्नुभएको कुरामा कडाई गर्नु आदि समावेश छ ।
 मुसलमानलाई आफ्नो स्वभावमा सहनशीलता र विना बनावटीपन आफ्नो बोलचाल र व्यवहारमा अभ्यास गर्नुपर्छ, चाहे त्यो उसको खानामा हो, पिउनामा हो, वा उसको बोलचाल र अन्य सबै अवस्थाहरूमा।
 इस्लाम एक सरल धर्म हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>कुकुर वा चित्र भएको घरमा फरिश्ता (स्वर्गदूत) हरू प्रवेश गर्दैनन् ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>अबू तल्हा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुकुर वा चित्र भएको घरमा फरिश्ता (स्वर्गदूत) हरू प्रवेश गर्दैनन् ।"</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : रहमत (दया) का स्वर्गदूतहरू कुकुर वा जीवहरूको चित्र भएको घरमा प्रवेश गर्दैनन्; किनभने जीवहरूको चित्र बनाउनु घोर पाप हो । यो अल्लाहको सृष्टिको नक्कल, प्रतिस्पर्धा र शिर्क (बहुदेववाद) को माध्यम हो । यसमा सत्य ईश्वर; अल्लाहको सट्टा पूजा गरिने केही देवीदेवताको मूर्तिहरू हुन्छन् । फरिश्ताहरू कुकुर भएको घरबाट टाढा रहनुको कारण: किनभने कुकुरले धेरै अशुद्ध (नापाक) पदार्थहरू खान्छ र केही कुकुरलाई शैतान भनिएको छ; र स्वर्गदूतहरू शैतानहरूका विपरीत हुन् । कुकुरको खराब गन्धले गर्दा; स्वर्गदूतहरू खराब गन्धलाई घृणा गर्छन् । कुकुर पाल्न निषेध गरिएकोले गर्दा; कुकुर पाल्ने व्यक्तिको घरमा दयाका स्वर्गदूतहरूको प्रवेश निषेध गरिएको छ र ऊ फरिश्ताको दुआ, क्षमा, बर्कत (आशीर्वाद) र शैतानको हानिबाट जोगाउने इत्यादिबाट वन्चित हुन्छ ।</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>शिकार गर्न र गाईवस्तु वा खेतको सुरक्षा गर्न बाहेक अन्य कुकुरहरू पाल्न निषेध गरिएको छ ।
 तस्विरहरू खिच्नु वा राख्नु एक दुष्ट कार्य हो, जसले गर्दा स्वर्गदूतहरू टाढा भाग्छन् र तस्विरहरू भएको ठाउँमा स्वर्गदूतहरू उपस्थि हुँदैनन् र कुकुरको पनि त्यस्तै हो ।
 कुकुर वा चित्र भएको घरमा प्रवेश नगर्ने स्वर्गदूतहरू दयाका फरिश्ताहरू हुन्, जबकि संरक्षकहरू र मलकुल-मौत (मृत्यु दिने) स्वर्गदूतहरू प्रत्येक घरमा प्रवेश गर्छन् ।
 भित्ता र अन्य ठाउँमा जीवजन्तुका तस्विरहरू टाँग्न निषेध गरिएको छ ।
 खत्ताबीले भने: ‘स्वर्गदूतहरू कुकुर वा जीवहरूको चित्र भएको घरमा प्रवेश गर्दैनन्’ को मतलब भनेको राख्न निषेध गरिएको कुकुरहरू र तस्वीरहरू हुन्, तर शिकार गर्न र गाईवस्तु वा खेतको सुरक्षा गर्न पालिएका कुकुरहरू र गलैंचा, तकिया आदिमा देखिएका तस्वीरहरूले गर्दा स्वर्गदूतहरूलाई प्रवेश गर्नबाट रोकिएको छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
-[...2 lines deleted...]
-    <t>फरिश्ताहरू(स्वर्गदूत)ले त्यो समूहको साथ दिँदैनन् जहाँ कुकुर वा घण्टी हुन्छ।</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
+  </si>
+  <si>
+    <t>फरिश्ताहरू(स्वर्गदूत) त्यस्तो समूहको साथमा रहँदैनन् जहाँ कुकुर वा घण्टी हुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "फरिश्ताहरू(स्वर्गदूत)ले त्यो समूहको साथ दिँदैनन् जहाँ कुकुर वा घण्टी हुन्छ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "फरिश्ताहरू(स्वर्गदूत) त्यस्तो समूहको साथमा रहँदैनन् जहाँ कुकुर वा घण्टी हुन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, स्वर्गदूतहरूले त्यस्तो यात्रामा साथ दिँदैनन्, जसमा कुकुर हुन्छ वा जनावरहरूको घाँटीमा घण्टी झुण्डिएको हुन्छ र हिँड्दा आवाज निस्किन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: स्वर्गदूतहरू यात्रामा यस्तो समूहको साथमा रहँदैनन् , जसमा कुकुर हुन्छ वा जनावरहरूको घाँटीमा घण्टी झुण्डिएको हुन्छ र हिँड्दा आवाज निस्किन्छ।</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
-    <t>शिकार वा पहरेदार कुकुर बाहेक अन्य कुकुर पाल्न निषेध गरिएको छ ।
-[...2 lines deleted...]
-मुस्लिमले स्वर्गदूतहरूलाई आफूबाट टाढा गर्न सक्ने सबै कुराहरूबाट टाढा रहन सावधान हुनुपर्छ ।</t>
+    <t>शिकारका लागि वा पहरेदारीका लागि पालिने कुकुरबाहेक अन्य कुकुर पाल्न निषेध गरिएको छ।
+साथमा नआउने स्वर्गदूतहरू ‘रहमत’ अर्थात् दयाका फरिश्ताहरू हुन्, संरक्षण गर्ने फरिश्ताहरूले घरभित्र वा बाहिर जाँदा पनि मानिसहरुको साथ छोड्दैनन्।
+घण्टी निषेध गरिएको छ; किनभने यसलाई शैतानको बाँसुरी मध्ये एक मानिन्छ र यो ईसाई (वा गैर-मुस्लिम) ले फुक्ने वा हल्लाउने घण्टीको अनुकरण हो।
+मुस्लिमले स्वर्गदूतहरूलाई आफूबाट टाढा पार्ने सबै कुराहरूबाट टाढा रहन सावधान हुनुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>तिमीहरु तागूत (गैर-अल्लाह) को कसम नखाऊ न त आफ्ना पुर्खाको ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>अब्दुर रहमान बिन समुरा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरु तागूत (गैर-अल्लाह) को कसम नखाऊ न त आफ्ना पुर्खाको ।"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तागूतहरूको कसम खान निषेध गर्नुभएको छ । ‘तागूत’ 'तागीयह' शब्दको बहुवचन हो र यसको अर्थ ती मूर्तिहरू हुन् जुन बहुदेववादीहरूले अल्लाहको सट्टामा उपासना गर्थे र यो नै तिनीहरूको कुफ्र (अविश्वास) को कारण थियो । त्यसैगरी नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना पुर्खाको कसम खान निषेध गर्नुभएको छ; किनभने जाहिलियत (इस्लाम पूर्व) कालमा अरबहरूले गर्व र श्रद्धाका साथ आफ्ना पुर्खाहरूको शपथ लिने चलन थियो ।</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>अल्लाहका नाम र गुणहरू बाहेक अरु कसैको नाममा कसम खानु जायज छैन ।
 गैरुल्लाह, पुर्खा, ठूलाबडा, मूर्तिहरू र अन्य कसैको कसम खान निषेध गरिएको छ ।
 गैरुल्लाहको कसम खानु सानो शिर्क हो, तर यदि कसैले कसम खाएको व्यक्तिलाई अल्लाह झैं सम्मान गर्छ वा अल्लाहको उपासना गरे जस्तै पूजा गर्दछ वा उसलाई पुज्य ठान्छ भने यो ठूलो शिर्क हुन सक्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8959</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا</t>
+    <t>من حلف بالأمانة فليس منا</t>
   </si>
   <si>
     <t>जसले अमानतको कसम खान्छ, त्यो हामीमध्ये होइन।</t>
   </si>
   <si>
     <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>बुरैदह (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ: " जसले अमानतको कसम खान्छ, त्यो हामीमध्ये होइन। "</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले अमानत को नाममा शपथ खानुबाट रोक्नुभएको छ र यसको बारेमा चेतावनी दिनुभएको छ र जसले त्यसो गर्छ त्यो हामी (इस्लाम) मध्ये होइन।</t>
   </si>
   <si>
     <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
 الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
 اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
 قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
   </si>
   <si>
     <t>अल्लाह तआलाह बाहेक अरू कसैको नाममा शपथ खानु हराम छ। यसमा अमानातको नाममा शपथ खानु पनि समावेश छ, र यसलाई सानो शिर्क (शिर्के-असगर) मानिन्छ।
 अमानतमा आज्ञाकारिता, उपासना, अमानत, सम्पत्ति, र सुरक्षा समावेश छ।
 शपथ केवल अल्लाह, वा उहाँका नामहरूमा वा उहाँका गुणहरूमा नै मान्य हुन्छ।
 खत्ताबीले भने: यसमा मनाहीको कारण यो हो कि अल्लाह र उहाँका गुणहरूको नाममा शपथ लिन आदेश गरिएको छ। जबकि अमानत अल्लाहका गुणहरूमध्ये होइन, बरु यो उहाँका आदेशहरूमध्ये एक आदेश हो। त्यसैले यसमा मनाही गरिएको छ, किनभने यसले अमानातलाई अल्लाहका नामहरू र गुणहरूसँग समान ठहर गर्ने सम्भावना छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8964</t>
   </si>
   <si>
-    <t>يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ</t>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
   </si>
   <si>
     <t>हे महिलाहरू, दान गर, किनभने मैले तिमीहरूलाई धेरै संख्यामा नरकमा देखेको छु।" त्यसपछि महिलाहरूले भने: "कसरी, हे अल्लाहका रसूल?" उनले भने: "तिमीहरू बारम्बार गाली-गलौच गर्छौ र आफ्ना पतिको नाफरमानी गर्छौ।" "मैले बुद्धि र धर्ममा अपूर्ण भएको भए पनि तिमीहरू (महिलाहरू) जस्तो कुनै पनि व्यक्ति देखेको छैन जसले एक बुद्धिमान र अनुभव भएको पुरुषको विवेकलाई विकृत पारिदिन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
   </si>
   <si>
     <t>अबू सईद खुदरी (रज़ियल्लाहु अन्हु)ले वर्णन गर्नुभएको छ कि अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ईद-अल-अजहा वा ईद-अल-फित्रको दिन नमाजको स्थान (मुसल्ला) तर्फ जानुभयो। यस क्रममा जब उहाँ महिलाहरूको नजिक पुग्नुभयो, तब उहाँले भन्नुभयो: "हे महिलाहरू, दान गर, किनभने मैले तिमीहरूलाई धेरै संख्यामा नरकमा देखेको छु।" त्यसपछि महिलाहरूले भने: "कसरी, हे अल्लाहका रसूल?" उनले भने: "तिमीहरू बारम्बार गाली-गलौच गर्छौ र आफ्ना पतिको नाफरमानी गर्छौ।" "मैले बुद्धि र धर्ममा अपूर्ण भएको भए पनि तिमीहरू (महिलाहरू) जस्तो कुनै पनि व्यक्ति देखेको छैन जसले एक बुद्धिमान र अनुभव भएको पुरुषको विवेकलाई विकृत पारिदिन्छ।" महिलाहरूले भने: "हाम्रो धर्म र बुद्धिमा के कमी छ?" उनले भने: "के महिलाको गवाही पुरुषको गवाहीको आधा हुँदैन?" महिलाहरूले भनिन्: "हो।" उनले भने: "त्यो उसको बुद्धिको कमी हो।" अनि "के जब ऊ महिनावारीमा हुन्छे, तब ऊ न नमाज पढ्छे न रोजा राख्छे?" महिलाहरूले भनिन्: "हो।" उनले भने: "त्यसो भए, त्यो उसको धर्मको कमी हो।"</t>
   </si>
   <si>
     <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
 يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
 فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
 قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
 ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
 قالت: يا رسول الله، وما نقصان العقل والدين؟ 
 قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ईदको दिन मुसल्ला( नमाज स्थल)तर्फ निस्किनुभयो। उहाँले महिलाहरूलाई वचन दिनुभएको थियो कि उहाँ तिनीहरूलाई अलग्गै उपदेश दिनुहुन्छ, र त्यो दिन उहाँले आफ्नो वचन पूरा गर्नुभयो। हे महिलाहरू! दान गर र धेरै मात्रामा इस्तिग़फार (अल्लाहसँग क्षमायाचना) गर, किनकि यी दुई (दान र क्षमायाचना) पाप माफ गराउने महान् कारण हुन्। मैले इसराको रात तिमीहरूलाई नरकका अधिकांश बासिन्दा देखेको छु।
 त्यस बेला तीमध्ये एक विवेकी, समझदार र सम्मानित महिलाले भनिन्: "हे अल्लाहका रसूल! किन हामी नरकका अधिकांश बासिन्दा हौं?
 उहाँले भन्नुभयो: ती कारणले: तिमीहरू धेरै श्राप र गाली दिन्छौ, र आफ्ना पतिको अधिकारलाई अस्वीकार गर्छौ। पछि नबी सल्लल्लाहु अलैहि वसल्लमले तिनीहरूको वर्णन गर्दै भन्नुभयो: "मैले बौद्धिक र धार्मिक रूपमा केही कमी भएका व्यक्तिहरूलाई तिमीहरूजस्तो देखेको छैन, जसले विवेकशील, बुद्धिमान, सावधान र आफ्नो मामिलामा दृढ व्यक्तिलाई प्रभावमा पार्न सक्छ।"
 उनले भनिन्: हे अल्लाहका रसूल! हाम्रो बुद्धि र धर्मको कमी के हो?
 जहाँसम्म बुद्धिको कमीको कुरा छ, दुई महिलाको गवाही एक पुरुषको गवाही बराबर हुन्छ; यही बुद्धिको कमी हो। र जहाँसम्म धर्मको कमीको कुरा छ, यो धार्मिक कार्यको कमी हो, किनभने महिनावारीका कारण महिलाहरू केही दिन र रात नमाज पढ्दैनन् र रमजानका केही दिन रोजा बस्दैनन् , यही धर्मको कमी हो। तर यसमा उनीहरूको कुनै दोष छैन, न त यसका लागि उनीहरूलाई सजाय दिइनेछ। किनभने यो त प्राकृतिक संरचनाको हिस्सा हो, जस्तै मानिसलाई धनको प्रेम र आफ्नो काममा चाँडो निर्णय गर्ने प्रवृत्ति र अज्ञानताका साथ जन्म दिइन्छ, तर यस बारेमा चेतावनी दिइएको छ, ताकि महिलाहरूको कारण हुने प्रलोभनबाट सचेत रहन सकियोस्।</t>
@@ -14115,1285 +14301,1284 @@
 فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
 قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
 تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
 حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
 قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
 قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
   </si>
   <si>
     <t>महिलाहरूलाई ईदको नमाजका लागि बाहिर जानु उपयुक्त छ, र तिनीहरूलाई विशेष उपदेश दिनु पर्छ।
 "पति (अथवा जीवनसाथी) को कृतघ्नता र अधिक श्राप दिने व्यवहार ठूलो पाप (कबिरा गुनाह) हो, किनभने नरकको चेतावनी दिइनु पापको ठूलो हुनुको संकेत हो।"
 "यसमा ईमानको बृद्धि र कमीको व्याख्या छ, जसको इबादतमा वृद्धि हुन्छ, उसको ईमान र धर्ममा वृद्धि हुन्छ, र जसको इबादतमा कमी हुन्छ, उसको धर्ममा कमी हुन्छ।
 इमाम नववीले भन्नुभएको छ: बुद्धि बृद्धि र कमी दुवै स्वीकार्छ, ईमान पनि त्यस्तै हो। तर महिलाहरूमा भएको कमीको उल्लेखले तिनीहरूलाई दोष दिन उद्देश्य होइन, किनभने यो त प्राकृतिक संरचना हो। तर यसलाई उल्लेख गर्ने उद्देश्य तिनीहरूबाट उत्पन्न हुन सक्ने प्रलोभनको चेतावनी हो। त्यसकारण, जुन कृत्यहरू (जस्तै कृतघ्नता आदि) उल्लेख गरिएको छ, तिनीहरूका लागि सजाय तोकिएको छ, न कि तिनीहरूको प्राकृतिक कमीका लागि। साथै, धर्मको कमी सधैं पापसँग मात्र सम्बन्धित छैन।
 यसमा विद्यार्थीले ज्ञानी व्यक्तिलाई वा अनुयायीले आफ्नो मार्गदर्शकलाई कुनै कुरा स्पष्ट नभएको अवस्थामा सोधपुछ गर्न सक्ने कुरा समावेश छ।
 यसले देखाउँछ कि महिलाको गवाही पुरुषको गवाहीको आधा मानिन्छ, र यसको कारण उनीहरूले  स्मरण शक्तिलाई नियन्त्रण गर्ने क्षमतामा कमी हुनु हो।
 इब्न हजरले हदीसको वचन "मैले बुद्धि र धर्ममा अपूर्ण भएको भए पनि तिमीहरू (महिलाहरू) जस्तो कुनै पनि व्यक्ति देखेको छैन जसले एक बुद्धिमान र अनुभव भएको पुरुषको विवेकलाई विकृत पारिदिन्छ।" को बारेमा भन्नुभएको छ कि यस वचनले महिलाहरू नरकका वासिन्दा बढी हुने कारणहरू मध्ये एकलाई प्रकट गर्दछ।
 उनका अनुसार, जब महिलाहरूको कारणले बुद्धिमान र गम्भीर पुरुषहरूको सोच र विवेक बिग्रन्छ, र तिनीहरू यस्तो काम वा कुरा गर्छन् जुन अनुचित छ, तिनीहरूले यस पापमा पुरुषसँग भाग लिन मात्र होइन, अझ बढी पापको भागीदार बन्छन्।
 महिनावारीको समयमा महिलाहरूलाई नमाज र रोजा गर्न मनाही छ। यसै गरी  प्रसूति अवस्थामा, त्यसपछि शुद्ध भएपछि उनीहरूलाई केवल रोजाको क़ज़ा गर्न आदेश दिइन्छ।
 नबी (सल्लल्लाहु अलैहि व सल्लम)को उत्तम चरित्रको प्रमाण, उहाँले महिलाहरूका प्रश्नहरूलाई बिना कुनै कठोरता वा दोषारोपणको शान्तिपूर्वक उत्तर दिनुभयो।
 इब्न हजरले भनेका छन्: सद्काले सजायलाई टाढा पार्दछ, र यसले प्राणीहरूबीच भएका पापहरूलाई क्षमा गर्न सक्छ।
 इमाम नववी भन्छन्: महिलाहरूमा धर्मको कमी तिनीहरूको महिनावारीको समयमा नमाज र रोजा छोड्नुका कारण हुन्छ; जसले धेरै उपासना गर्छ, उसको ईमान र धर्म बढ्छ, र जसले कम उपासना गर्छ, उसको धर्ममा कमी आउँछ। धर्मको कमी कहिलेकाहीं पापजन्य पनि हुन सक्छ, जस्तो कि जब कुनै व्यक्तिले बिना कुनै औचित्य (जस्तै बिरामी हुनु वा  यात्रा गर्नु आदि) अनिवार्य उपासनाहरू जस्तै नमाज, रोजा, वा अन्य कुनै अनिवार्य इबादतहरू छोड्छ। र कहिलेकाहीं पापमुक्त पनि हुन सक्छ, जस्तो कि जब कुनै व्यक्तिले बिना कुनै औचित्य जुम्मा नमाज, जिहाद, वा अन्य कुनै कार्य छोड्छ, जुन उसमाथि अनिवार्य हुदैन र कहिलेकाहीं आवश्यक हुन सक्छ, जस्तै महिनावारीको समयमा महिलाहरूले नमाज र रोजा छोड्नु। यसमा उनीहरू पापी हुँदैनन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10011</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
-[...2 lines deleted...]
-    <t>हामीले (महिनावारीबाट) पवित्र भएपछि निस्कने माटो वा पहेँलो रंगको पानीलाई केही मानेनौँ ।</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
+  </si>
+  <si>
+    <t>हामीले (महिनावारीबाट) पवित्र भएपछि निस्कने माटो मिसिएको पानीको रंग (भूरा; खैरो) वा पहेँलो रंगको पदार्थलाई केही (महिनावारीको रगतको रूपमा) मान्दैन थियौं ।</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
-    <t>उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, उनले पैगम्बरसँग वैअत (वफादारी) प्रतिज्ञा गरिन्, उनले भनिन्: "हामीले (महिनावारीबाट) पवित्र भएपछि निस्कने माटो वा पहेँलो रंगको पानीलाई केही मानेनौँ ।"</t>
+    <t>उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग (बैअत) वफादारी को प्रतिज्ञा गरेका थिइन्, उनले भन्नुहुन्छ: "हामीले (महिनावारीबाट) पवित्र भएपछि निस्कने माटो मिसिएको पानीको रंग (भूरा; खैरो) वा पहेँलो रंगको पदार्थलाई केही (महिनावारीको रगतको रूपमा) मान्दैन थियौं ।"</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
-    <t>सहाबीया उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, महिलाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने कालो वा पहेंलो रङ्गको पानीलाई महिनावारी मानेनन् र त्यसले गर्दा तिनीहरूले नमाज र रोजा छोडेनन् ।</t>
+    <t>सहाबीया उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, महिलाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने कालो जस्तै देखिने वा पहेंलो रङ्गको पदार्थलाई महिनावारी महिनावारी मान्दैनथे र यसले गर्दा तिनीहरूले नमाज वा रोजा छोड्दैनथे।</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
-    <t>महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने कालो वा पहेंलो रङ्गको पानीलाई महिनावारी मानिदैन ।
-[...1 lines deleted...]
-महिनावारीबाट पवित्र भएपछि कालो वा पहेँलोपनको कारणले महिलाले नमाज वा रोजा त्याग्नु हुँदैन बरु वुजू गरेर नमाज पढ्नुपर्छ ।</t>
+    <t>महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने मटमैलो वा पहेंलो रङ्गको पानीलाई महिनावारी मानिदैन ।
+महिनावारीको समयमा मटमैलो वा पहेँलो देखिने पानीलाई महिनावारीको रगतको रूपमा मानिन्छ, किनभने यो महिनावारीको अवधिमा निस्केको रगत हो, फरक यति मात्र हो कि सो पदार्थ पानीसँग मिश्रित हुन्छ।
+महिनावारीबाट पवित्र भइसकेपछि यदि मटमैलो वा पहेँलो पदार्थ निस्कन्छ भने, त्यसको कारणले महिलाले नमाज वा रोजा त्याग्नु पर्दैन। बरु, उहाँले वुजू गरेर नमाज पढ्नुपर्छ।</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[अबू दाउदले यस शब्दको साथ वर्णन गरेका छन् र बुखारीले (बादत्तुहर) शब्द बिना वर्णन गरेका छन्]</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
-[...2 lines deleted...]
-    <t>तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो त्यति दिनलाई महिनावारी ठानेर पर्ख अनि त्यसपछि नुहाउ</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
+  </si>
+  <si>
+    <t>तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो, त्यति दिनलाई महिनावारी ठानेर पर्ख, अनि त्यसपछि नुहाऊ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
-    <t>आस्थावानहरुकी आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, अब्दुर्रहमान बिन औफ की पत्नी उम्मे हबीबा बिन्त जहशले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई (महिनावारी पछि पनि) रगत जारी रहेको गुनासो गरिन्, त्यसैले उहाँले उनलाई भन्नुभयो: "तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो त्यति दिनलाई महिनावारी ठानेर पर्ख अनि त्यसपछि नुहाउ"। त्यसैले उनी हरेक नमजको समयमा नुहाउँथिन् ।</t>
+    <t>आस्थावानहरुकी आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, अब्दुर्रहमान बिन औफकी पत्नी उम्मे हबीबा बिन्त जहशले (महिनावारी पछि पनि) रक्तस्रावको समस्याबारे रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष गुनासो गर्नुभयो। उहाँले उनलाई भन्नुभयो: "तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो, त्यति दिनलाई महिनावारी ठानेर पर्ख, अनि त्यसपछि नुहाऊ।" यसअनुसार, उनी प्रत्येक नमाजको समयमा नुहाउने गर्थिन्।</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
-    <t>एक सहाबियाले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई निरन्तर रगत बगिरहेको बारे गुनासो गरिन् । त्यसैले उहाँले उनलाई यो आकस्मिक संकट आउनु अघि जति दिन महिनावारी हुन्थ्यो त्यति दिनसम्म नमाजबाट टाढा रहन र त्यसपछि नुहाएर नमाज पढ्न आदेश दिनुभयो । त्यसैले उनी स्वेच्छाले हरेक नमाजको लागि नुहाउँथिन् ।</t>
+    <t>एक सहाबिया (महिला सहाबी) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष निरन्तर रगत बग्ने समस्या बारे गुनासो  गरिन् । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई यो अनियमित रक्तस्राव आउनु अघि जति दिन महिनावारी हुन्थ्यो त्यति दिनसम्म नमाजबाट टाढा रहन र त्यसपछि नुहाएर नमाज पढ्न आदेश दिनुभयो । त्यसैले उनी स्वेच्छाले हरेक नमाजको लागि नुहाउँथिन् ।</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
-    <t>इस्तिहाजाः महिनावारीको सामान्य दिन बिति सक्दा पनि महिलामा रगत बगिरहनुलाई इस्तिहाजा भनिन्छ ।
-[...4 lines deleted...]
-धार्मिक मामिलाहरूमा कुनै समस्या वा कठिनाइ आइपर्दा ओंलमा (विद्वान) हरूलाई निर्धक्कसँग सोध्नु पर्छ । जसरी उक्त महिला रसूल (अल्लाह सल्लल्लाहु अलैहि वसल्लम) कहाँ आइन् र अत्यधिक रक्तस्रावको गुनासो गरिन् र त्यसको समाधानबारे सोधिन् ।</t>
+    <t>इस्तिहाजा (रोगजन्य रक्तस्राव): महिनावारीको सामान्य दिन बितिसकेपछि पनि महिलामा रगत बगिरहने अवस्थालाई इस्तिहाजा भनिन्छ।
+इस्तिहाजाबाट पीडित महिलाले सो समस्या सुरु हुनुअघि जति दिनसम्म महिनावारी हुन्थ्यो, त्यति दिनलाई नै महिनावारीको अवधि मान्नुपर्छ।
+महिनावारीको सामान्य दिनहरू बितिसकेपछि, इस्तिहाजा (असामान्य रक्तस्राव) को रगत बगिरहे तापनि उसले आफूलाई शुद्ध मानेर पवित्रताको लागि स्नान गर्नुपर्ने हुन्छ।
+इस्तिहाजा (रोगजन्य रक्तस्राव) बाट पीडित महिलाले हरेक नमाजको लागि नुहाउनु अनिवार्य छैन; ती सहाबीयाले आफ्नो स्वेच्छाले हरेक नमाजको लागि स्नान गर्थिन्। यदि यो कार्य अनिवार्य भएको भए, नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस विषयमा उनीहरूको लागि स्पष्ट निर्देशन दिनुहुन्थ्यो।
+इस्तीहाजा बाट पीडित महिलाले प्रत्येक नमाजका लागि वुजू गर्नु आवश्यक हुन्छ, किनभने उनको वुजू निरन्तर भंग हुने प्रक्रियामा रहन्छ। यस्तै नियम अन्य पीडित व्यक्तिहरूका लागि पनि लागू हुन्छ, जस्तै लगातार पिसाब निस्कने वा हावा छुट्ने समस्याबाट पीडित व्यक्तिहरू।
+धार्मिक मामिलाहरूमा कुनै समस्या वा कठिनाइ आइपर्दा ओंलमा (विद्वान) हरूलाई  निर्धक्क भएर सोध्नु पर्छ । जसरी उक्त महिला रसूल (अल्लाह सल्लल्लाहु अलैहि वसल्लम) कहाँ आइन् र अत्यधिक रक्तस्रावको गुनासो गरिन् र त्यसको समाधानबारे सोधिन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
-[...2 lines deleted...]
-    <t>शुक्रबारको दिन स्नान गर्नु हरेक वयस्कमाथि अनिवार्य छ, साथै दाँत माझ्नु र यदि सम्भव छ भने इत्र (सुगन्ध) लगाउनु।</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
+  </si>
+  <si>
+    <t>शुक्रबारको दिन स्नान गर्नु प्रत्येक वयस्क व्यक्तिमाथि अनिवार्य छ, साथै दाँत माझ्नु र सम्भव भएमा सुगन्ध (अत्तर) पनि लगाउनु  ।</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
-    <t>अम्र बिन सुलैम अन्सारीले बयान गरेका छन्, उनले भने: म गवाही दिन्छु, अबू सईदले भने र उनले गवाही दिए रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "शुक्रबारको दिन स्नान गर्नु हरेक वयस्कमाथि अनिवार्य छ, साथै दाँत माझ्नु र यदि सम्भव छ भने इत्र (सुगन्ध) लगाउनु।"</t>
+    <t>अम्र बिन सुलैम अन्सारीले बयान गरेका छन्, उनले भने: म गवाही दिन्छु कि अबू सईदले भन्नुभयो, र उनले गवाही दिए कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "शुक्रबारको दिन स्नान गर्नु प्रत्येक वयस्क व्यक्तिमाथि अनिवार्य छ, साथै दाँत माझ्नु र सम्भव भएमा सुगन्ध (अत्तर) पनि लगाउनु  ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जुमाको नमाज अनिवार्य भएको हरेक वयस्क मुस्लिम पुरुषले शुक्रबारको दिन नुहाउनु पर्छ । त्यसैगरी मिस्वाक आदि प्रयोग गरेर दाँत सफा गर्नुपर्छ । त्यसैगरी छ भने इत्र लगाउनु पर्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ कि जसका लागि जुमाको नमाज अनिवार्य छ, त्यस्तो प्रत्येक वयस्क मुस्लिम पुरुषले शुक्रबारको दिन नुहाउनु पर्छ। त्यसैगरी दतिउन (वा ब्रश) आदि प्रयोग गरेर दाँत सफा गर्नुपर्छ र यदि उपलब्ध छ भने अत्तर (सुगन्ध) लगाउनु पर्छ।</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
-    <t>प्रत्येक वयस्क मुस्लिम पुरुषले शुक्रबारको दिन गुस्ल गर्नुपर्छ ।
-[...5 lines deleted...]
-यस हदीसमा "अल-मोहतलिम" शब्दले वयस्कलाई जनाउँछ र यौवनका केही लक्षणहरू छन् । तीनवटा यस्ता लक्षणहरू छन्, जुन पुरुष र महिला दुवैमा पाइन्छ । पहिलो : १५ वर्षको उमेर पुग्नु । दोस्रो : गुप्ताङ्ग वरिपरि खस्रो रौं निस्कनु । तेस्रो : सपना वा बिपनामा वीर्य स्खलन हुनु । जबकि चौथो चिन्ह महिलाको लागि विशिष्ट छ र त्यो महिनावारी हो, त्यसैले जब महिला को महिनावारी हुन्छ, उनी वयस्क भइन् ।</t>
+    <t>प्रत्येक वयस्क मुस्लिम पुरुषले शुक्रबारको दिन स्नान गर्नुपर्छ ।
+स्वच्छता र दुर्गन्ध हटाउने कुरा मुस्लिमका लागि शरिअतअनुसार आवश्यक छ।
+शुक्रबार (जुमाको दिन) को सम्मान गर्नु र त्यसको लागि तयारी गर्नु पर्छ।
+यसमा जुमाको नमाजको लागि दाँत माझ्न कार्य प्रति निश्चित रुपमा  सिफारिस गरिएको छ ।
+जुमाको नमाजका लागि जानुअघि अत्तर लगाउनु पुण्यदायी (मुस्तहब) हो।
+यदि कुनै महिला नमाज वा अन्य कुनै कामको लागि घरबाट बाहिर निस्कन्छिन् भने, उनलाई अत्तर (सुगन्ध) लगाउन अनुमति छैन । किनभने यो निषेधित हो भन्ने कुरा सुन्नतबाट प्रमाणित छ ।
+यस हदीसमा “अल-मुहतलिम” शब्दले वयस्क व्यक्तिलाई जनाउँछ। यौवन (बलोगत) का केही निश्चित लक्षणहरू छन्, जसमा तीन लक्षण पुरुष र महिला दुवैमा समान रूपमा पाइन्छन्। पहिलो :  १५ वर्षको उमेर पुग्नु, दोस्रो :  गुप्ताङ्ग वरिपरि खस्रो रौँ आउनु, तेस्रो :  वीर्य स्खलन हुनु, चाहे त्यो स्वप्नदोषमार्फत होस् वा यौन इच्छाका कारण, सपना बिना नै।
+जबकि , चौथो लक्षण महिलाका लागि विशेष हो, र त्यो हो महिनावारी सुरु हुनु। त्यसैले, जब महिलामा महिनावारी सुरु हुन्छ, उनी वयस्क (बलिग) ठहर्छिन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) शौचालयबाट बाहिर निस्कनुहुन्थ्यो, तब उहाँ यो दुआ भन्नुहुन्थ्यो: “गुफ्रानक”, अर्थात् हे अल्लाह! म तपाईसँग माफी चाहन्छु ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन(आस्थावानहरूकि आमा) आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, जब नबी (सल्लल्लाहु अलैहि वसल्लम) शौचालयबाट बाहिर निस्कनुहुन्थ्यो, तब उहाँ यो दुआ भन्नुहुन्थ्यो: “गुफ्रानक”, अर्थात् हे अल्लाह! म तपाईसँग माफी चाहन्छु ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) शौचालयबाट दिसापिसाब गरेर बाहिर आउनुहुन्थ्यो, तब उहाँ यो दुआ भन्नुहुन्थ्यो: “गुफ्रानक”, अर्थात् हे अल्लाह! म तपाईसँग माफी चाहन्छु ।</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>शौचालयबाट बाहिर निस्केपछि “गुफ्रानक” भन्नु मुस्तहब हो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) हरेक अवस्थामा अल्लाह सगँ माफी माग्नुहुन्थ्यो ।
 दिसापछि माफी माग्नुको कारण के हो? यसको जवाफ: अल्लाहले प्रदान गर्नुभएका अनगिन्ती आशीर्वादहरूप्रति कृतज्ञताको कमी, जस्तै उहाँले एक पीडादायी चीजबाट सहजै मुक्ति दिनुभयो । अर्को भनाइ : दिसा गरिरहेको समयमा उहाँको सम्झनाबाट बेवास्ता भएकोले म उहाँसँग माफी माग्दछु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>जसले अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दास र दूत हुन् भनी साँचो हृदयले गवाही दिन्छ, अल्लाहले उसको लागि नरक निषेध गर्नुहुनेछ</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सवारीमा पछाडि बसिरहेको  मुआजलाई भन्नुभयो: "हे मुआज!" उनले जवाफ दिए: हे अल्लाहको रसूल! म हाजिर छु । उहाँले भन्नुभयो: "हे मुआज!" उनले जवाफ दिए: हे अल्लाहको रसूल! म हाजिर छु । उहाँले तीन पटक यसरी बोल्नुभयो र त्यसपछि उहाँले भन्नुभयो: " जसले अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दास र दूत हुन् भनी साँचो हृदयले गवाही दिन्छ, अल्लाहले उसको लागि नरक निषेध गर्नुहुनेछ । उनले भने: हे अल्लाहको रसूल! के म अरूलाई यसको जानकारी दिऊ ताकि तिनीहरू खुसी होउन्? उहाँले भन्नुभयो: "त्यसो गर्दा तिनीहरू यसैमा भर पर्नेछन् ।" तर मुआज (रजियल्लाहु अन्हु) ले यो हदीस आफ्नो मृत्युको समयमा (ज्ञान लुकाउने) पापबाट बच्नको लागि सुनाए ।</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>मुआज बिन जबल (रजियल्लाहु अन्हु) नबी (सल्लल्लाहु अलैहि वसल्लम) को पछाडि सवारीमा सवार थिए । उहाँले हे मुआज! भनेर तीन पटक आवाज दिनुभयो । तीन पटक सम्बोधन गर्नुको उद्देश्य भनेको उहाँले भन्न लाग्नुभएको कुराको महत्त्व स्पष्ट पार्नु थियो ।
 त्यसैले मुआजले हरेक पटक जवाफ दिए: हे अल्लाहको रसूल! म तपाईंको हरेक आवाजको जवाफ दिनेछु र यसलाई म आफ्नो लागि गौरवको कुरा मान्छु ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई बताउनुभयो, जसले अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुन् भनी साँचो हृदयले गवाही दिन्छ अनि त्यही अवस्थामा मर्छ, अल्लाहले उसको लागि नर्क निषेध गर्नुहुनेछ ।
 यो सुनेपछि, मुआज (रजियल्लाहु अन्हु) ले मानिसहरूलाई यो हदीस सुनाउन उहाँसंग अनुमति मागे, ताकि मानिसहरूमा खुशीको लहर फैलियोस् ।
 तर अरूहरूले यसैमा भर पर्छन् र सत्कर्म गर्नमा पछाडि हुन्छन् भन्ने  डरले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मनाही गर्नुभयो ।
 त्यसैले मुआज (रजिअल्लाहु अनहु)ले यो हदीस कसैलाई सुनाएनन् । तर, ज्ञान लुकाउने पापमा फस्ने डरले उनले मृत्युअघि यो हदीस सार्वजनिक गरे ।</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को सरलता र नम्रता, उहाँले मुआज रजिअल्लाहु लाई सवारीमा आफ्नो पछाडि बसाउनुभयो ।
 यहाँ रसूल (सल्लल्लाहु अलैहि वसल्लम) को शिक्षाको एक उत्कृष्ट तरीका छर्लङ्ग हुन्छ, उहाँले मुआज बिन जबल (रजियल्लाहु अन्हु) को ध्यान आकर्षित गर्न बारम्बार बोलाउनुभयो ।
 शहादह (गवाही) का शर्तहरू : अल्लाह बाहेक कोही उपासनाको योग्य छैन र मुहम्मद अल्लाहको रसूल हुन् भन्ने गवाही दिने व्यक्तिले साँचो हृदय र पूर्ण विश्वासका साथ गवाही दिनु पर्छ । यसमा कुनै शङ्का वा झूट समावेश हुनुहुँदैन ।
 तौहीद वाला (एकेश्वरवादी) हरू सधैंभरि नरकमा रहनेछैनन् , पापले गर्दा नर्कमा गए पनि शुद्ध भएपछि बाहिर निकालिनेछन् ।
 सच्चा हृदयले दुवै गवाही दिँदाको सद्गुण।
 कतिपय अवस्थामा केही हदीसहरू वर्णन गर्दा हानि हुने वा गलत अर्थ लाग्ने डर का कारण त्यसलाई बयान नगर्नु पनि अनुमति छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
-[...2 lines deleted...]
-    <t>मुस्लिम त्यो हो जसको जिब्रो र हातबाट मुस्लिमहरू सुरक्षित छन् र मुहाजिर त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ ।</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
+  </si>
+  <si>
+    <t>मुस्लिम त्यो हो जसको बोली र हातबाट मुस्लिमहरू सुरक्षित रहन्छन् र साँचो मुहाजिर (अल्लाहको निम्ति कुनै कुरा ठाउँ त्यग गर्ने)  त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुस्लिम त्यो हो जसको जिब्रो र हातबाट मुस्लिमहरू सुरक्षित छन् र मुहाजिर त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ ।"</t>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुस्लिम त्यो हो जसको बोली र हातबाट मुस्लिमहरू सुरक्षित रहन्छन् र साँचो मुहाजिर (अल्लाहको निम्ति कुनै कुरा ठाउँ त्यग गर्ने)  त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, पूर्ण मुस्लिम त्यो हो जसको जिब्रोले मुस्लिमहरू सुरक्षित रहन्छन् । तसर्थ, उसले नत उनीहरूलाई गाली गर्छ, नत श्राप दिन्छ, नत गीबत (बुराइ) गर्छ र नत उनीहरूलाई अन्य कुनै पनि तरिकाले मौखिक यातना दिन्छ । त्यसैगरी मुस्लिमहरू उनको हातबाट सुरक्षित रहनुपर्छ । उसले उनीहरूलाई दमन गर्नु हुँदैन, तिनीहरूको पैसा गैरकानूनी रूपमा लिनु हुँदैन र त्यस्तो अरू कुनै काम गर्नु हुँदैन । वास्तविक मुहाजिर त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि पूर्ण मुस्लिम त्यो हो, जसको बोली बाट अन्य मुस्लिमहरू सुरक्षित रहन्छन्। त्यसै गुण स्वरुप उसले अरू मुस्लिमहरूलाई गाली गर्दैन, श्राप दिँदैन, चुक्ली लगाउँदैन, छुल्याइँ गर्दैन र अन्य कुनै पनि तरिकाले आफ्नो बोलीद्वारा दुःख दिँदैन। त्यसैगरी उसको हातबाट (दुर्व्यवहारबाट) पनि मानिसहरू सुरक्षित हुन्छन्; उसले कसैलाई कष्ट दिँदैन, आक्रमण र अत्याचार गर्दैन, कसैको सम्पत्ति अनुचित रूपमा लिँदैन, र यस्तै अन्य खराब काम गर्दैन। र वास्तविक 'मुहाजिर' (त्याग गर्ने) त्यो हो जसले अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्छ ।</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>पूर्ण इस्लाम भनेको अरुलाई दु:ख र पीडा नदिने हो, चाहे त्यो पीडा भौतिक होस् वा मानसिक ।
-[...4 lines deleted...]
-पूर्ण हिज्रत (पलायन) भनेको अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्नु हो ।</t>
+    <t>पूर्ण इस्लाम भनेको अरूलाई शारीरिक वा मानसिक कुनै पनि प्रकारको दुःख र पीडा नदिनु हो।
+बोली र हात लाई विशेष रूपमा उल्लेख गरिनुको कारण यो हो कि मानिसले गर्ने धेरैजसो गल्ती र हानिहरू यिनै दुई अङ्गबाट हुन्छन्। वास्तवमा, अधिकांश खराबी र समस्याहरू यी दुईबाटै उत्पन्न हुने गर्छन्।
+यसमा पाप त्याग्न र अल्लाहको आदेश पालन गर्न प्रोत्साहन दिइएको छ ।
+सबैभन्दा उत्तम मुस्लिम त्यो व्यक्ति हो, जसले अल्लाहप्रति र मुस्लिमहरू प्रति आफ्नो कर्तव्य पूरा गर्छ।
+हानि पुर्‍याउने कार्य बोली वा व्यवहार, दुवै रूपमा हुन सक्छ।
+पूर्ण हिज्रत (त्याग) भनेको अल्लाहले निषेध गर्नुभएको कुरालाई त्याग्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>हाम्रो प्रभु, पवित्र र महिमावान, हरेक रात जब रातको अन्तिम तिहाइ बाँकी हुन्छ, आकाशको सबैभन्दा तल्लो भागमा उत्रनु हुन्छ ,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हाम्रो प्रभु, पवित्र र महिमावान, हरेक रात जब रातको अन्तिम तिहाइ बाँकी हुन्छ, आकाशको सबैभन्दा तल्लो भागमा उत्रनु हुन्छ , र भन्नुहुन्छ: 'कसले मलाई पुकार्छ ताकि म उसको पुकार सुनेर जवाफ दिउँ? कसले मसँग माग्छ ताकि म उसलाई दिन सकूँ? कसले म सँग माफी माग्छ ताकि म उसलाई माफ गरूँ?'"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, अल्लाह प्रत्येक रात, जब रातको अन्तिम तिहाइ बाँकी हुन्छ, आकाशको सबैभन्दा तल्लो भागमा झर्नुहुन्छ र आफ्ना सेवकहरूलाई प्रार्थना गर्न प्रोत्साहित गर्नुहुन्छ, किनकि उहाँले प्रार्थना गर्नेहरूको प्रार्थना स्विकार गर्नुहुन्छ । उहाँले तिनीहरूलाई माग्‍न प्रेरित गर्नुहुन्छ, किनकि उहाँले माग्नेहरूको इच्छालाई पुरा गर्नुहुन्छ । उहाँले आफ्ना विश्वासी सेवकहरूलाई क्षमा माग्न प्रेरित गर्नुहुन्छ, किनकि उहाँले क्षमा दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>रातको अन्तिम तिहाई भाग र यसमा दुआ (प्रार्थना) गर्ने, बिन्ती गर्ने र माफी माग्नुको सद्गुण ।
 यो हदीस सुने पछि, मानवले दुआ (प्रार्थना) स्वीकृत हुने समयको पूरा फाइदा लिन सक्दो प्रयास गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
-[...2 lines deleted...]
-    <t>एउटा महिलाले आफ्नो श्रीमान् वा महरम (नातेदार जससँग विवाह गर्न सक्दैन) साथमा नभएसम्म दुई दिनको यात्रा गर्नु हुँदैन</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
+  </si>
+  <si>
+    <t>कुनै पनि महिलाले दुई दिनको दूरीको यात्रा श्रीमान् वा महरम</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, (उनी १२ वटा युद्धमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए) उनले भने : मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट चारवटा कुरा सुनेको छु, जुन मलाई धेरै मन पर्छ, उहाँले भन्नुभयो : "एउटा महिलाले आफ्नो श्रीमान् वा महरम (नातेदार जससँग विवाह गर्न सक्दैन) साथमा नभएसम्म दुई दिनको यात्रा गर्नु हुँदैन । दुई दिन : ईदुल-फित्र र ईदुल अजहाको दिनमा रोजा हुँदैन । बिहानको नमाजपछि सूर्योदयसम्म र असरको नमाजपछि सूर्यास्तसम्म कुनै नमाज छैन । केवल तीन मस्जिद; मस्जिद अल-हरम, मस्जिद अल-अक्सा र मेरो यो मस्जिद बाहेक यात्रा गर्न अनुमति छैन ।"</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, (उनी १२ वटा युद्धमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए) उनले भने : मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट चारवटा कुरा सुनेको छु, जुन मलाई धेरै मन पर्छ, उहाँले भन्नुभएको छ : कुनै पनि महिलाले दुई दिनको दूरीको यात्रा श्रीमान् वा महरम (विवाह गर्न नमिल्ने पुरुष नातेदार) बिना गर्नु हुँदैन।
+त्यसैगरी, ईद-उल-फित्र र ईद-उल-अज्हाको दिन रोजा(उपवास) बस्न निषेध गरिएको छ।
+यसका साथै, फज्रको नमाजपछि सूर्योदय नभएसम्म र अस्रको नमाजपछि सूर्यास्त नभएसम्म कुनै पनि अतिरिक्त नमाज पढ्नु हुँदैन।
+धार्मिक यात्रा केवल निम्न तीन मस्जिदहरूको लागि मात्र गर्न सकिन्छ: मस्जिद अल-हराम (मक्का), मस्जिद अल-अक्सा, र मेरो यो मस्जिद (मस्जिद अन-नबवी, मदिना)।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले चारवटा कुरालाई निषेध गर्नुभयो:
-[...3 lines deleted...]
-४) हदीसमा उल्लिखित तीन मस्जिदहरू बाहेक अन्य कुनै ठाउँमा त्यसको सद्गुण र त्यहाँ धेरै पुण्य पाइने विश्वासले यात्रा गर्न निषेध गरिएको छ । तसर्थ, यी तीन मस्जिद बाहेक अन्य कुनै पनि ठाउँमा नमाज पढ्ने मनसायले यात्रा गर्न पाइने छैन । किनभने यी तीन मस्जिदहरू; मस्जिद अल-हरम, मस्जिद नबवी र मस्जिद अल-अक्सा मा मात्र नमाज पढ्दा प्रतिफल दोब्बर हुन्छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले चारवटा कुरालाई निषेध गर्नुभएको छ:
+१) महिलालाई पति वा महरम बिना एक्लै दुई दिनको दुरीको यात्रा गर्न निषेध गरिएको छ । महरम भनेको त्यो आफन्त हो जो सँग विवाह गर्न सधैँको लागि निषेध गरिएको छ, जस्तै : छोरा, बुवा, भतिजा, भान्जा (बाहिनीको छोरा), काका, मामा, आदि ।
+२) ईदुल-फित्र र ईदुल अजहाको दिन रोजा राख्न निषेध गरिएको छ, चाहे त्यो नज्र (भाकल) को रोजा होस्, स्वैच्छिक (नफ्लि) रोजा होस् वा कफ्फारह (प्रायश्चित) को रोजा होस् ।
+३) अस्रको नमाजपछि सूर्यास्तसम्म र फजरको नमाजपछि सूर्योदयसम्म स्वैच्छिक (नफिल) नमाज पढ्न निषेध गरिएको छ ।
+४) हदीसमा उल्लिखित तीन मस्जिदहरूबाहेक अन्य कुनै पनि स्थानमा विशेष पुण्य प्राप्त हुने वा नमाजको प्रतिफल मा वृद्धि हुने विश्वासका साथ यात्रा गर्नु निषेध गरिएको छ। तसर्थ, यी तीन मस्जिद बाहेक अन्य कुनै पनि ठाउँमा नमाज पढ्ने मनसायले यात्रा गर्न अनुमति छैन ।
+किनकि नमाजको प्रतिफल मा वृद्धि हुने कुरा यी तीन मस्जिदहरूमा मात्र मान्य छ — मस्जिद अल-हराम, मस्जिदुन नबवी, र मस्जिद अल-अक्सा।</t>
   </si>
   <si>
     <t>عَدم جواز سَفر المرأة بلا مَحْرم.
 المرأة ليست محرمًا للمرأة في السَّفر؛ لقوله: "زوجُها أو ذو محرم".
 كلُّ ما يُسمى سفرًا فإن المرأة تُنهى عنه بغير زوج أو مَحرم، وهذا الحديث كان بحسب حال السائل وموطنه.
 مَحْرَم المرأة هو زوجها أو من يحرم عليها الزواج منه بالتأبيد بسببِ قرابةٍ كالأب والابن والعم والخال، أو رضاع كالأب من الرضاع والعم من الرضاع، أو مصاهرة كأبي الزوج، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا، فإنَّ المقصود من المحرم حمايةُ المرأة وصيانتُها والقيام بشأنها.
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>महिलालाई महरम बिना यात्रा गर्न अनुमति छैन ।
 यात्रा गर्दा एक महिला अर्को महिलाको महरम बन्न सक्दैन; किनभने हदीसमा "पति वा उसको महरम" भनिएको छ ।
-महिलाले महरम बिना टाढा जानु जसलाई उर्फ वा चलनचल्तीमा 'सफर' यात्रा भनिन्छ निषेध गरिएको छ । यो हदीस प्रश्नकर्ताको अवस्था र उनको निवास स्थान अनुसार थियो ।
-[...7 lines deleted...]
-कब्र, मजार, चिहान आदिको जियारत (भ्रमण) गर्न अनुमति छैन, यद्यपि नबी (सल्लल्लाहु अलैहि वसल्लम) को कब्र भए पनि । तर जो मदीनामा छ वा कुनै वैधानिक कामले मदीनामा छ भने उसको लागि उहाँको कब्रको जियारत गर्नु जायज छ ।</t>
+महिलालाई कुनै पनि प्रकारको भ्रमण (जसलाई साधारणतया 'यात्रा' भनिन्छ) मा महरमबिना जान निषेध गरिएको छ। यो हदीस प्रश्नकर्ताको अवस्था र उनको निवास स्थानअनुसार थियो।
+महिलाको लागि महरम भन्नाले त्यो नजिकको आफन्तलाई जनाउँछ, जससँग विवाह स्थायी रूपमा निषेध गरिएको छ। यो सम्बन्ध हाडनाताको सम्बन्ध हुन सक्छ—जस्तै बुवा, छोरा, काका, मामा—वा ‘रिजाअत’ अर्थात् दूधको नाता द्वारा—जस्तै दुधे-बुवा वा दुधे-काका—वा विवाहको नाता द्वारा—जस्तै ससुरा (पतिको बुबा)। । महरम एक वयस्क, विवेकशील र विश्वसनीय मुस्लिम हुनुपर्छ, किनभने महरमको मुख्य उद्देश्य महिलाको सुरक्षा सुनिश्चित गर्नु, उसलाई जोगाउनु र उसको हेरचाह गर्नु हो ।
+इस्लामिक कानूनले महिलाको सुरक्षा र सम्मानको रक्षा गर्न विशेष ध्यान दिएको छ।
+फजर र अस्रको नमाज पछि नफिल (अतिरिक्त) नमाज पढ्न मनाही छ, तर छुटेको फर्ज र कारणवश पढ्नुपर्ने नमाज जस्तैः 'तहीयतुल-मस्जिद' (मस्जिदको अभिवादन) इत्यादि पढ्नु पर्छ ।
+सूर्योदयसँगै तुरुन्तै नमाज पढ्न निषेध गरिएको छ। बरु सूर्य प्रायः भालाको लम्बाइ जत्तिकै माथि पुगेपछि, अर्थात् लगभग १०–१५ मिनेटपछि नमाज पढ्न सकिन्छ।
+अस्र नमाजको समय सूर्यास्तसम्म लम्बिन्छ ।
+यस हदीसमा मात्र तीन मस्जिदहरू तर्फ (पुण्य प्राप्त गर्ने उद्देश्यले) यात्रा गर्न अनुमति दिइएको छ।
+यसबाट यी तीन मस्जिदहरूको विशेष सद्गुण र अन्य मस्जिदहरूको तुलनामा त्यसका श्रेष्ठता प्रष्ट हुन्छ।
+कब्र (चिहान) को जियारत (भ्रमण) को निम्ति यात्रा गर्नु अनुमति छैन, चाहे नबी (सल्लल्लाहु अलैहि वसल्लम) को पवित्र कब्र नै किन नहोस्। तर, जो व्यक्ति मदीनामा छ वा कुनै वैधानिक कार्यले मदीनामा उपस्थित छ, उसको लागि उहाँको कब्रको जियारत गर्नु जायज छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10603</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ</t>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
   </si>
   <si>
     <t>जसले अज़ान सुनेपछि भन्छ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ
 (हे अल्लाह! यस सम्पूर्ण आह्वान र स्थिर प्रार्थनाका मालिक, मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई वसीला (जन्नतमा सबै भन्दा ऊँच्च स्थान) र श्रेष्ठतम दर्जा प्रदान गर्नुहोस्, र उहाँलाई त्यो प्रशंसनीय स्थान दिनुहोस् जुन तपाईंले उहाँलाई वाचा गर्नुभएको हो), उसलाई कियामतको दिन मेरो शफाअत प्राप्त हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो: जसले अज़ान सुनेपछि भन्छ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ
 (हे अल्लाह! यस सम्पूर्ण आह्वान र स्थिर प्रार्थनाका मालिक, मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई वसीला (जन्नतमा सबै भन्दा ऊँच्च स्थान) र श्रेष्ठतम दर्जा प्रदान गर्नुहोस्, र उहाँलाई त्यो प्रशंसनीय स्थान दिनुहोस् जुन तपाईंले उहाँलाई वाचा गर्नुभएको हो), उसलाई कियामतको दिन मेरो शफाअत प्राप्त हुनेछ ।</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
 (اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
 فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले स्पष्ट रूपमा बताउँछन् कि जो पनि अज़ानको समाप्ति पछि यो शब्द उच्चारण गर्छ:
 "हे अल्लाह! (اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ) यो आह्वानका पालनकर्ताहरूका पालनकर्त्ता!
 यो पूर्ण र सम्पूर्ण आह्वान, (التَّامَّةِ) जसले तौहीद (एकेश्वरवाद) र पैगम्बरीको सन्देशलाई प्रकट गर्छ। साथै, यो स्थायी नमाज (وَالصَّلاَةِ القَائِمَةِ) जसको स्थापना गरिनेछ।
 तपाईं मुहम्मदलाई (مُحَمَّدًا الوَسِيلَةَ) वसीला प्रदान गर्नुहोस्, जुन स्थान केवल उहाँलाई मात्र शोभा दिन्छ। उहाँलाई (وَالفَضِيلَةَ) फजीलत प्रदान गर्नुहोस्।
 उहाँलाई त्यो (مَقَامًا مَحْمُودًا) महिमित स्थान प्रदान गर्नुहोस्, जुन दिन कियामतमा सबैले प्रशंसा गर्नेछन्। यो स्थान तपाईंले उहाँलाई आफ्नो वचनअनुसार प्रदान गर्नु हुनेछ: {आशा छ, तपाईंको पालनकर्ताले उहाँलाई महिमित स्थानमा स्थापित गर्नु हुनेछ}।"
 जसले यो दुआ पढ्छ, कियामतको दिन नबी (सल्लल्लाहु अलैहि वसल्लम)को सिफारिस पाउन निश्चित हुन्छ।</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
 فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
 إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
 شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
 قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
 قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
   </si>
   <si>
     <t>यो प्रार्थना अजान दिने व्यक्तिको पछाडि दोहोर्याएपछि गर्ने अनुमति छ, र जसले अजान सुन्दैन, उसले यो प्रार्थना गर्नु पर्दैन।
 मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)को महानता यसमा छ कि उनलाई वसीला (विशेष स्थान), फज़ीलत (श्रेष्ठता), मक़ाम-ए-मह्मूद (प्रशंसनीय स्थान), र प्रलयको दिन सृष्टिको बीच न्याय गर्नका लागि महान सिफारिश प्रदान गरिनेछ।
 नबी (सल्लल्लाहु अलैहि वसल्लम)को शिफारिशको प्रमाण, किनभने उहाँले भन्नु भयो, "प्रलयको दिन मेरो शिफारिश अजान पछि दुआ पढनेलाई प्रदान गरिनेछ।"
 नबी (सल्लल्लाहु अलैहि वसल्लम)को शिफारिश उनको  उम्मतका ठूला ठूला गुनाह गर्नेहरूका लागि हुनेछ, नरकमा प्रवेश गर्नबाट जोगिनको लागि, वा जो नरकमा प्रवेश गरिसकेका छन्, उनीहरूलाई त्यहाँबाट बाहिर निकाल्नको लागि, अथवा स्वर्गमा बिना हिसाब-किताब प्रवेश गर्नको लागि, वा जो स्वर्गमा प्रवेश गरिसकेका छन्, उनीहरूको दर्जा उच्च बनाउनको लागि।
 तिबीले भने: हदीसको सुरुबाट "मुहम्मद रसूल अल्लाह" सम्मको भागलाई "दावत-ए-तामा" (पूर्ण आह्वान) भनिएको छ। "हैयालाह" लाई "नमाजको स्थापना" भनिएको छ, जसलाई कुरआनको "युकीमून अस्सलाह" (नमाज कायम गर्नेहरू) सँग जोडीन्छ। यसको अर्को सम्भावना यो हो कि "सलाह" (नमाज) लाई यहाँ "दुआ" भनिएको छ, र "कायम रहने" अर्थ लगाउन सकिन्छ "जो यसलाई निरन्तरता दिन्छ।" यस सन्दर्भमा "वा अस्सलात अल-कायिमा" (स्थायी नमाज) लाई "दावत-ए-तामा" को व्याख्या मान्न सकिन्छ।
 तर, सबभन्दा स्पष्ट अर्थ यो हो कि यहाँ "सलाह" भनेको त्यो विशेष नमाज हो, जसतर्फ त्यस समयमा आह्वान गरिएको छ।
 महल्बले भने: यस हदीसमा नमाजका समयमा दुआ गर्न प्रोत्साहन गरिएको छ, किनकि त्यो समयमा  दुआ स्विकरिन्छ भन्ने  आशा गरिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10635</t>
   </si>
   <si>
-    <t>لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ</t>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
   </si>
   <si>
     <t>तिमीहरूमध्ये कोही पनि एउटा कपडामा यस अवस्थामा नमाज नपढोस् कि उसका काँधमाथि  केही नहोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>अबू हुरैरह (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : "तिमीहरूमध्ये कोही पनि एउटा कपडामा यस अवस्थामा नमाज नपढोस् कि उसका काँधमाथि  केही नहोस्।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले त्यो व्यक्तिलाई जसले एकै कपडामा नमाज पढिरहेको छ, उसको काँध र घाँटी बीचको क्षेत्रलाई यति खुला नगर्न चेतावनी दिनुभयो कि त्यहाँ केही पनि राखेर ढाक्न नदिई त्यहाँको भाग उघारो रहोस्; किनकि यद्यपि काँधहरू अर्धनग्न (अवरत) होइनन्, तिनीहरूलाई ढाक्नु भनेको अवरतलाई ढाक्नका लागि सबभन्दा उपयुक्त उपाय हो, र यो नमाजको दौरान अल्लाहको अगाडि उभिएर उनको सम्मान र महानता प्रकट गर्नका लागि निकटतम हुन्छ।</t>
   </si>
   <si>
     <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
 جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
 استحباب كون المُصلِّي على هيئة حسنة.
 وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
 قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
 قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
   </si>
   <si>
     <t>एउटै कपडामा नमाज पढ्नु अनुमति छ, यदि कपडाले आवश्यक स्थानहरु छोपेको छ भने।
 दुई कपडामा नमाज पढ्नको अनुमति छ, यदि एउटा कपडा माथिको शरीरलाई र अर्को कपडा तलको शरीरलाई छोप्छ भने ।
 नमाज अदा गर्ने व्यक्तिले सुन्दर पहिरनमा हुनु राम्रो मानिएको छ।
 यदि सम्भव छ भने, दुबै काँध वा कम्तिमा एक काँध छोप्न आवश्यक छ। तर केही विद्वान्हरूको मतमा यो आदेश अनुशंसा को लागि हो, बाध्यता होइन।
 सहाबाको (रज़ियल्लाहु अन्हुम) धनको कमी, यहाँसम्म कि तिनीहरूमध्ये कतिपयसँग दुईवटा लुगा पनि थिएन।
 इमाम नववीले हदीसको अर्थमा भनेका छन्: यसको हिकमत यो हो कि जब मानिसले केवल एकै कपडा कमरमा बेरेर नमाज पढ्छ र त्यस कपडाको कुनै भाग आफ्नो काँधमा राख्दैन, यसको सम्भावना रहन्छ कि  उसको गोप्य अंग प्रकट हुन सक्छ। तर यदि कपडाको केही भाग काँधमा राखिन्छ, यस्तो जोखिम हुँदैन।
 साथै, यस अवस्थामा मानिसले आफ्नो हातले कपडा समाउनुपर्ने आवश्यकता पर्न सक्छ, जसले गर्दा उसको नमाजका सुन्नत कार्यहरू, जस्तै दाहिने हातलाई बायाँ हातमुनि छातीको तल राख्नु, हात उठाउनु पर्ने स्थानमा हात उठाउनु, र यस्तै अरू कार्यहरू छुट्न सक्छ। यसबाहेक, यसमा शरीरको माथिल्लो भाग, जुन सौन्दर्य र सम्मानको स्थान हो, ढाक्ने अभ्यास पनि छोडिन्छ। यस सम्बन्धमा अल्लाहले भनेका छन्: "तिमीहरू आफ्नो सौन्दर्य (र सम्मान)का वस्त्र लगाऊ नमाजका समयमा)" [अल-आराफः 31]।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10639</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>चिहानहरूमाथि नबस्नु र त्यसतर्फ मुख गरेर नमाज नपढ्नु।</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>अबू मरसद गनवी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "चिहानहरूमाथि नबस्नु र त्यसतर्फ मुख गरेर नमाज नपढ्नु।"</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले चिहानहरूमाथि बस्न निषेध गर्नुभएको छ ।
 त्यसैगरी, यदि कुनै चिहान नमाज पढ्ने व्यक्ति र किब्लाको बीचमा अवस्थित छ भने त्यो चिहानतर्फ मुख फर्काएर नमाज पढ्न निषेध गरिएको छ, किनभने यो शिर्क (बहुदेववाद) तर्फ उन्मुख गराउने माध्यम हो ।</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>चिहानमा, चिहानहरूको बीचमा वा चिहानतिर फर्केर नमाज पढ्न निषेध गरिएको छ । तर जनाजा (अन्त्येष्टि) को नमाज यस निषेधको दायरा बाहिर छ, किनभने त्यो सुन्नतद्वारा प्रमाणित छ ।
 शिर्कको ढोका बन्द गर्न चिहानतिर फर्केर नमाज पढ्ने निषेध गरिएको छ ।
 इस्लामले चिहानको बारेमा बढाइचढाइ गर्न र तिनीहरूको अनादर गर्न दुवै निषेध गरेको छ । त्यसैले कुनै अतिशयोक्ति वा लापरवाही गर्न पाइँदैन ।
 मुस्लिमको इज्जत र मर्यादा मृत्यु पछि पनि कायम रहन्छ । किनभने रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "मृत व्यक्तिको हड्डी भाँच्नु भनेको जीवित व्यक्तिको हड्डी भाँच्नु जस्तै हो ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
-[...2 lines deleted...]
-    <t>तिनीहरू यस्ता मानिसहरू थिए, जब तिनीहरूमध्ये कुनै धर्मी व्यक्तिको मृत्यु हुन्थ्यो भने, तिनीहरूले उसको चिहानमाथि मस्जिद बनाइदिन्थे</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
+  </si>
+  <si>
+    <t>तिनीहरू यस्ता मानिसहरू थिए, जब तिनीहरूमध्ये कुनै धर्मी व्यक्तिको मृत्यु हुन्थ्यो, तिनीहरूले उसको चिहानमाथि मस्जिद बनाइदिन्थे</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
-    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, उम्मे सलमा (रजियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई हबशा (इथियोपिया) मा देखेको मारिया नामको चर्च र त्यस भित्र कोरिएका तस्बिरहरू बयान गरिन् । तब उहाँले भन्नुभयो : "तिनीहरू यस्ता मानिसहरू थिए, जब तिनीहरूमध्ये कुनै धर्मी व्यक्तिको मृत्यु हुन्थ्यो भने, तिनीहरूले उसको चिहानमाथि मस्जिद बनाइदिन्थे र त्यसमा यी चित्रहरू राख्थे । तिनीहरू अल्लाहको नजरमा सबैभन्दा खराब प्राणी हुन् ।"</t>
+    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: उम्मे सलमा (रजियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई हबशा (इथियोपिया) मा देखेको मारिया नामको चर्च र त्यस भित्र कोरिएका तस्बिरहरू बारे बताउनुभयो । तब उहाँले भन्नुभयो : "तिनीहरू यस्ता मानिसहरू थिए, जब तिनीहरूमध्ये कुनै धर्मी व्यक्तिको मृत्यु हुन्थ्यो, तिनीहरूले उसको चिहानमाथि मस्जिद बनाइदिन्थे र त्यसमा यी चित्रहरू राख्थे । तिनीहरू अल्लाहको नजरमा सबैभन्दा खराब प्राणी हुन् ।"</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
-    <t>उम्मे सलमा (रजियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई हबशा (इथियोपिया) मा हुँदा मारिया नामको चर्चमा देखेको तस्वीर, चित्रहरू र सजावटहरू बयान गरिन्; अचम्मको कुरा! तसर्थ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यी चित्रहरूलाई चर्चहरूमा राख्ने कारणहरू स्पष्ट पार्नुभयो; उहाँले भन्नुभयो : तिमीले जसको बारेमा बयान गर्यौ, तिनीहरूमध्ये जब कोही धर्मी व्यक्तिको मृत्यु हुन्थ्यो उनीहरू उसको चिहानमा मस्जिद बनाइदिने र त्यसमा नमाज पढ्ने र त्यसभित्र तस्विर राख्ने गर्थे । उहाँले थप व्याख्या गर्नुभयो, यस प्रकारको काम गर्ने व्यक्ति अल्लाहको नजरमा सबैभन्दा खराब सृष्टि हो; किनकि उसको यो कार्यले शिर्कको ढोका खोल्छ ।</t>
+    <t>उम्मे सलमा (रजियल्लाहु अन्हा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई हबशा (इथियोपिया) मा हुँदा देखेको कुराहरु प्रति आश्चर्य मानेर मारिया नामको चर्चमा देखेको तस्वीर, चित्रहरू र सजावटहरू बारे बताउनुभयो , उनको कुरा सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले चर्चहरूमा ती चित्रहरू राख्नुको कारण स्पष्ट पार्नुभयो; उहाँले भन्नुभयो: "तिमीले जसको बारेमा बयान गर्‍यौ, तीमध्ये जब कुनै धर्मी व्यक्तिको मृत्यु हुन्थ्यो, उनीहरू उसको चिहानमा मस्जिद बनाइदिन्थे र त्यसमा नमाज पढ्थे र त्यसभित्र तस्बिरहरू राख्ने गर्थे। उहाँले यसलाई थप व्याख्या गर्दै भन्नुभयो, 'यस प्रकारको काम गर्ने व्यक्ति अल्लाहको दृष्टिमा सबैभन्दा खराब सृष्टि हो; किनभने उसको यो कार्यले शिर्कको ढोका खोल्छ।</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
-    <t>चिहानहरूमा मस्जिदहरू बनाउन, तिनीहरूको नजिक नमाज पढ्न वा मस्जिद भित्र कसैलाई गाड्न निषेध गरिएको छ; किनकि यसले शिर्कको ढोका खोल्छ ।
-[...4 lines deleted...]
-अल्लाहका धर्मी सेवकहरूको बारेमा बढाइचढाइ गर्न निषेध गरिएको छ; किनकि यसले शिर्कको ढोका खोल्छ ।</t>
+    <t>चिहानहरूमा मस्जिदहरू बनाउन, तिनीहरूको नजिक नमाज पढ्न वा मस्जिद भित्र शव गाड्न निषेध गरिएको छ; किनकि यसले शिर्कको ढोका खोल्छ ।
+चिहानमा मस्जिद बनाउनु र त्यसमा तस्विर राख्नु यहूदी र इसाईहरूको काम हो र जसले यस्तो कार्य गर्छ, उसले उनीहरूको अनुसरण गरेको ठहरिन्छ।
+आत्मा भएका जीवजन्तुको मूर्ति वा तस्वीर बनाउन मनाही छ।
+जसले चिहानमा मस्जिद बनाउँछ र त्यसमा मूर्तिहरू (तस्वीरहरू) राख्छ, त्यो अल्लाहका सृष्टिहरूमध्ये सबैभन्दा खराब व्यक्ति हो ।
+इस्लामको शरीया कानुनले तौहीद (एकेश्वरवाद) को संरक्षण पूर्ण रूपमा गर्दछ र शिर्क (अल्लाहसँग कुनै पनि कुरालाई साझेदार बनाउने) तर्फ डोर्‍याउने सबै माध्यमहरूलाई बन्द गर्दछ।
+सत्कर्मी र धार्मिक व्यक्तिहरुको बारेमा बढाइचढाइ (अतिवाद) गर्न निषेध गरिएको छ; किनकि यसले शिर्कको ढोका खोल्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
-[...2 lines deleted...]
-    <t>मलाई सात हड्डी (अंग) हरू : निधार, र उहाँले आफ्नो हातले आफ्नो नाकतिर संकेत गर्नुभयो, दुवै हात, दुबै घुँडा र दुबै खुट्टाको औंलाहरूमा सजदा गर्न आदेश दिइएको छ।</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
+  </si>
+  <si>
+    <t>मलाई सातवटा अंगहरूमा सजदा गर्न आदेश दिइएको छ</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मलाई सात हड्डी (अंग) हरू : निधार, र उहाँले आफ्नो हातले आफ्नो नाकतिर संकेत गर्नुभयो, दुवै हात, दुबै घुँडा र दुबै खुट्टाको औंलाहरूमा सजदा गर्न आदेश दिइएको छ। अनि लुगा र कपाल जम्मा नगर्न पनि ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मलाई सातवटा अंगहरूमा सजदा गर्न आदेश दिइएको छ: निधार, नाक (उहाँले आफ्नो हातले नाकतिर सङ्केत गर्नुभयो), दुवै हात, दुवै घुँडा र दुवै खुट्टाका औंलाहरूमा। (त्यसैगरी सज्दा गर्दैमा) कपडा र कपाललाई बाँध्नु वा समेट्नु बाट मनाही गरिएको छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : अल्लाहले उहाँलाई नमाज पढ्दा शरीरको सातवटा अंगहरूमा सजदा गर्न आदेश दिनुभएको छ। यी सात अंगहरू यस प्रकार छन्:
-१) निधार, नाक र आँखामाथि अनुहारको भाग । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अनुहारको नाम लिने क्रममा हातले नाकतिर इशारा गरेर निधार र नाक एउटै अंग हो र यो सातमध्ये  एक हो र सज्दा गर्नेले नाक भुइँमा राख्नुपर्छ भनी बताउनुभयो ।
-२) र ३) दुवै हात ।
+१) निधार, यो नाक र आँखामाथि अनुहारको भाग हो । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अनुहारको नाम लिने क्रममा हातले नाकतिर इशारा गरेर निधार र नाक एउटै अंग हो र यो सातमध्ये  एक हो र सज्दा गर्नेले नाक भुइँमा राख्नुपर्छ भनी बताउनुभयो ।
+२) र ३)  दुवै हात ।
 ४) र ५) दुवै घुँडा ।
 ६) र ७) दुवै खुट्टाका औंलाहरू ।
-उहाँले हामीलाई सज्दा गर्दा आफ्नो कपाल र कपडालाई बचाउनको लागि बाँध्न वा जम्मा नगर्न पनि आदेश दिनुभयो । ताकि तिनीहरू शरीरका अंगहरूसँगै सज्दा गरुन् ।</t>
+उहाँले हामीलाई सज्दा गर्दा आफ्नो कपाल र कपडालाई बचाउनको लागि बाँध्न वा जम्मा नगर्न आदेश पनि  दिनुभयो,  बरु, हामीलाई कपाल र कपडालाई जुन अवस्थामा छ त्यही अवस्थामा छोड्न आदेश दिनुभयो ताकि सज्दा गर्दा ती अङ्गहरूसँगै जमिनमा परून्।</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
-    <t>नमाजमा सात अंगहरूमा सजदा गर्नु अनिवार्य छ ।
-[...2 lines deleted...]
-कपाल नबाँध्न प्रतिबन्ध पुरुषहरूको लागि हो । यसमा महिलाहरु आउँदैनन् । किनकि नमाजको समयमा महिलाहरुलाई आफुलाई ढाक्न आदेश दिइएको छ ।</t>
+    <t>नमाज पढ्दा सात अंगहरूमा सज्दा गर्नु अनिवार्य छ ।
+नमाज पढ्ने अवस्थामा कपडा र कपाल बाँध्न वा जम्मा गर्न निषेध गरिएको छ ।
+नमाज पढ्ने व्यक्तिले नमाजमा शान्ति र स्थिरता कायम राख्नुपर्छ। यसका लागि, नमाज पढ्ने व्यक्तिले सज्दाका सातवटा अङ्गहरूलाई जमिनमा स्थिर राख्नुपर्छ र तोकिएको प्रमाणित जिक्र र दुआलाई शान्तिपूर्वक पढ्नुपर्छ।
+कपाल बाँध्न निषेध गर्ने नियम पुरुषहरूका लागि मात्र लागू हुन्छ, महिलाहरूका लागि होइन। किनकि महिलाहरूलाई नमाजमा आफूलाई ढाक्न आदेश दिइएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10925</t>
   </si>
   <si>
-    <t>إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ</t>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
   </si>
   <si>
     <t>जब तिमी सज्दा गर्छौ, आफ्ना हत्केला जमीनमा राख र कुहिनोलाई उठाऊ।</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
   </si>
   <si>
     <t>बुरैदह (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : "जब तिमी सज्दा गर्छौ, आफ्ना हत्केला जमीनमा राख र कुहिनोलाई उठाऊ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले सज्दामा हातहरूको अवस्थाबारे स्पष्ट पार्नुभयो। उहाँले बताउनुभयो कि हातका हथ्हकेलाई जमिनमा मजबूतीसाथ राख्नुपर्छ, औँलाहरू समेटेर किब्लातिर राख्नुपर्छ। कुहिनो जमिनबाट उठेको हुनुपर्छ र शरीरको छेउबाट फरक गरी छुट्टिएको अवस्थामा हुनुपर्छ।</t>
   </si>
   <si>
     <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
 استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
 مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
 المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
   </si>
   <si>
     <t>नमाज़ पढ्ने व्यक्तिले आफ्नो हथ्केला जमिनमा राख्नुपर्ने हुन्छ, किनभने हथ्केला सज्दाका सात अंगहरू मध्येका हुन्।
 नमाज़मा हातका पाखुराहरूलाई जमिनबाट उठाउन पसंद गरिएको छ, र हातका पाखुराहरूलाई जनावर जस्तै फैलाएर राख्नुलाई नापसन्द गरिएको छ।
 इबादतमा उत्साह, शक्ति र इच्छाशक्ति देखाउनु उचित छ।
 नमाज पढ्ने व्यक्तिको सज्दा जब सज्दाको सबै अंगहरूमाथि आधारित हुन्छ, तब प्रत्येक अंगले आफ्नो 
 उपासनाको अधिकार पूर्ण रूपमा प्राप्त गर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10927</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दुई सजदाको बीचमा यो दुआ पढ्नु हुन्थ्यो:  "अल्ला हुम्मग फिर्ली, वर्हम्नी व आफिनी वह्दिनी वर्जुकनी ।" (हे अल्लाह! मलाई क्षमा गर्नुहोस्, ममाथि दया गर्नुहोस्, मलाई शान्ति दिनुहोस्, मलाई मार्गदर्शन गर्नुहोस् र मलाई जीविका दिनुहोस्) ।</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्: नबी (सल्लल्लाहु अलैहि वसल्लम) दुई सजदाको बीचमा यो दुआ पढ्नु हुन्थ्यो:  "अल्ला हुम्मग फिर्ली, वर्हम्नी व आफिनी वह्दिनी वर्जुकनी ।" (हे अल्लाह! मलाई क्षमा गर्नुहोस्, ममाथि दया गर्नुहोस्, मलाई शान्ति दिनुहोस्, मलाई मार्गदर्शन गर्नुहोस् र मलाई जीविका दिनुहोस्) ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) नमाजमा यी पाँच चीजहरू माग्नुहुन्थ्यो, जुन एक मुस्लिमको लागि अति आवश्यक छ, किनभने यसमा संसार र परलोक दुवैको कल्याण निहित छ । जस्तै अल्लाहसँग आफ्नो पाप र गल्तीहरू ढाक्न, क्षमा गर्न, दयाको वर्षा गर्न, शंका, गलत इच्छा र रोगहरूबाट सुरक्षित राख्न, सत्यको मार्गमा डोऱ्याउन र त्यसमा दृढतापूर्वक अडिग रहन, आस्था, ज्ञान र धार्मिक कार्यहरू र हलाल भोजनको लागि प्रार्थना गर्थे ।</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>दुई सजदाको बीचमा यो दुआ पढ्नुपर्छ ।
 यी प्रार्थनाहरूको सद्गुण, किनभने यसमा संसार र परलोकको भलाइ सम्मिलित रहेको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10930</t>
   </si>
   <si>
-    <t>صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ</t>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
   </si>
   <si>
     <t>मैले नबी (सल्लल्लाहु अलैहि वसल्लम) संग नमाज पढें। उहाँले आफ्नो दाहिने पट्टि यसरी सलाम गर्नुहुन्थ्यो: 'अस्सलामु अलैकुम व रहमतुल्लाहि व बरकातुह।' अनि आफ्नो बायाँ पट्टि यसरी सलाम गर्नुहुन्थ्यो: 'अस्सलामु अलैकुम व रहमतुल्लाह।'</t>
   </si>
   <si>
     <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
   </si>
   <si>
     <t>वाइल बिन हुजर (रज़ियल्लाहु अन्हु)ले वर्णन गरेका छन्: मैले नबी (सल्लल्लाहु अलैहि वसल्लम) संग नमाज पढें। उहाँले आफ्नो दाहिने पट्टि यसरी सलाम गर्नुहुन्थ्यो: 'अस्सलामु अलैकुम व रहमतुल्लाहि व बरकातुह।' अनि आफ्नो बायाँ पट्टि यसरी सलाम गर्नुहुन्थ्यो: 'अस्सलामु अलैकुम व रहमतुल्लाह।'</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) जब आफ्नो नमाज समाप्त गर्न चाहनुहुन्थ्यो, तब उहाँ आफ्नो दाहिनेपट्टि अनुहार फर्काएर यसरी सलाम गर्नुहुन्थ्यो: (अस्सलामु अलैकुम व रहमतुल्लाहि व बरकातुह)। अनि आफ्नो बायाँपट्टि अनुहार फर्काएर यसरी सलाम गर्नुहुन्थ्यो: (अस्सलामु अलैकुम व रहमतुल्लाह)।</t>
   </si>
   <si>
     <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
 استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
 النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
 ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
   </si>
   <si>
     <t>नमाजमा दुबै तर्फ सलाम गर्नु, र यो नमाजको अस्तम्भ (रुक्न) हो।
 "वबरकातुह" थपेर कहिलेकाहीं मात्र सलाम गर्नु राम्रो मानिएको छ, किनभने नबी (सल्लल्लाहु अलैहि वसल्लम) यसलाई निरन्तर अभ्यास गर्नुहुन्नथ्यो।
 नमाजमा दुई सलामको उच्चारण अनिवार्य रुक्न हो, जबकि तिनीहरू उच्चारण गर्दा अनुहार मोड्नु मुस्तहब छ।
 यो उचित छ कि (अस्सलामु अलैकुम व रहमतुल्लाह।) को उच्चारण अनुहार मोड्दै गर्दा गरिनुपर्छ, न त यसभन्दा पहिले न त पछि।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10945</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>अल्लाहुम्म अन्तस्सलाम व मिन्कस्सलाम तबारक्त या जल्-जलालि वल्-इक्राम्</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>सौबान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) सलाह (नमाज) मा सलाम  फेरिसकेपछि ‘अस्तग्-फिरूल्लाह’ (तीन पटक र यो दुआ पढ्नुहुन्थ्यो: "अल्लाहुम्म अन्तस्सलाम व मिन्कस्सलाम तबारक्त या जल्-जलालि वल्-इक्राम् ।" वलीद भन्छन्: मैले औजाइलाई सोधें: इस्तिग्फार कसरी पढ्ने? उनले जवाफ दिए: अस्तग्-फिरूल्लाह’ अस्तग्-फिरूल्लाह’ (म अल्लाहसँग माफी माग्छु, म अल्लाहसँग माफी माग्छु) भन्नुपर्छ ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) सलाह (नमाज) समाप्त गरेपछि ‘अस्तग्-फिरूल्लाह’ (हे अल्लाह! म तपाईंसँग माफी माग्दछु) तीन पटक पढ्नुहुन्थ्यो ।
 त्यसपछि, आफ्नो पालनकर्ताको महानताको वर्णन गर्दै ‘अल्लाहुम्म अन्तस्सलामु व मिन्कस्सलामु तबारक्त या जल्-जलालि वल्-इक्राम्’ (हे अल्लाह! तपाईं शान्तिको स्रोत हुनुहुन्छ । तपाईंबाट मात्र शान्ति आउँछ । तपाईं धन्य, महान र आदरणीय हुनुहुन्छ) पढ्नुहुन्थ्यो । अर्थात्, अल्लाह आफ्ना गुणहरूमा शुद्ध र पूर्ण हुनुहुन्छ, उहाँ हरेक दोष र कमीकमजोरीबाट मुक्त हुनुहुन्छ । यस संसार र परलोकको खराबीबाट सुरक्षा केवल अल्लाहबाट खोजिनेछ र अरू कसैबाट होइन । अल्लाहको आशीर्वाद दुबै संसारमा अपार छ । उहाँ महान र परोपकारी हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>सलाम पछि ‘अस्तग्-फिरूल्लाह’ पढ्नु र यस अभ्यासमा दृढ रहनु मुस्तहब (प्रोत्साहित कार्य) हो ।
 उपासनामा भएका कमीकमजोरी र भूलहरूको पूर्ति गर्न अल्लाहसँग माफी माग्नु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>जसले प्रत्येक नमाजपछि ‘सुब्हानअल्लाह्’ ३३ पटक, ‘अल्हम्दु-लिल्लाह्’ ३३ पटक, ‘अल्लाहु-अक्बर’ ३३ पटक, यो कुल ९९ पटक भयो र ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ १ पटक भनेर १०० पुरा गर्छ भने उसका सम्पूर्ण पापहरू क्षमा हुनेछन्, चाहे त्यो समुद्रको फिज (फेन) बराबर भए पनि ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले प्रत्येक नमाजपछि ‘सुब्हानअल्लाह्’ ३३ पटक, ‘अल्हम्दु-लिल्लाह्’ ३३ पटक, ‘अल्लाहु-अक्बर’ ३३ पटक, यो कुल ९९ पटक भयो र ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ १ पटक भनेर १०० पुरा गर्छ भने उसका सम्पूर्ण पापहरू क्षमा हुनेछन्, चाहे त्यो समुद्रको फिज (फेन) बराबर भए पनि ।”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बयान गर्नुभएको छ, जसले प्रत्येक अनिवार्य नमाजपछि:
 ‘सुब्हानअल्लाह’ ३३ पटक, यसमा अल्लाह हरेक कमजोरीबाट पवित्र हुनुहुन्छ भन्ने कुराको घोषणा गरिएको हो ।
 ‘अल्हम्दु-लिल्लाह’ ३३ पटक, यसमा अल्लाहलाई प्रेमका साथ उहाँका सिद्ध गुणहरूद्वारा प्रशंसा गरिएको हो ।
 ‘अल्लाहु-अक्बर’ ३३ पटक, अर्थात अल्लाह सबै भन्दा महान र ठूलो हुनुहुन्छ ।
 त्यसपछि 'ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु वहुव अला कुल्लि शैइन् कदीर्’ १ पटक भनेर १०० पुरा हुन्छ । यसको अर्थ : अल्लाह बाहेक अरू कोही सत्य पूज्य छैनन्, उहाँ एक्लै हुनुहुन्छ, उहाँको कोही साझेदार छैन । सारा जगतका मालिक उहाँ नै हुनुहुन्छ । प्रेम र आदरका साथ सम्पूर्ण प्रशंसाहरू उहाँकै लागि हुन् र उहाँ सबै कुरा गर्न सक्षम हुनुहुन्छ ।
 जसले यसो भन्छ, उसका पापहरू मेटाइनेछन् र पखालिनेछन्, चाहे त्यो समुद्रमा जोश आउदा माथि उठ्ने सेतो फेँज जस्तै धेरै भए पनि ।</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>फर्ज प्रार्थनापछि यो जिक्र पढ्नु मुस्तहब हो ।
 यो जिक्रले पाप क्षमा हुन्छ ।
 सर्वशक्तिमान अल्लाह को अनुग्रह, दया र क्षमा महान छ ।
 यो जिक्रले पाप क्षमा हुन्छ भन्ने कुराको अर्थ हो: यो साना पापहरूको प्रायश्चित हो, तर ठूला पापहरूको लागि तौबा (पश्चात्ताप) अनिवार्य हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>जसले हरेक फर्ज नमाजपछि 'आयतुल कुर्सी' पढ्छ, उसलाई मृत्यु बाहेक अरू कुनै चीजले स्वर्ग जानबाट रोक्न सक्दैन ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जसले हरेक फर्ज नमाजपछि 'आयतुल कुर्सी' पढ्छ, उसलाई मृत्यु बाहेक अरू कुनै चीजले स्वर्ग जानबाट रोक्न सक्दैन ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : जसले हरेक फर्ज नमाजपछि 'आयतुल कुर्सी' पढ्छ, उसलाई मृत्यु बाहेक अरू कुनै चीजले स्वर्ग जानबाट रोक्न सक्दैन । 'आयतुल कुर्सी' भनेको सूरह बकरहको यो आयात हो : {अल्लाहु ला इलाह इल्ला हुवल्-हय्युल्-कय्यूम्, ला ता-खुजु हु सि न तुव्वला नौम्, लहु माफिस्समा वाति वमा फिल्-अर्ज, मन् जल्लजी यश्फऊ इन्दहु इल्ला बिइज्-निह, याअ्-लमु मा बैन एैदिहिम् वमा खल्फहुम्, वला युही तू न बिशैइम् मिन् इल्मिही इल्ला बिमा शा अ, व सि अ कुर्सिय्यु हुस्समा वाति वल्-अर्ज, वला यऊदुहू हिफ्जु हुमा व हुवल्-अलिय्युल्-अजीम्} [अल्-बकरह: २५५ ]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>यस महान आयातको सद्गुण; यसमा अल्लाहका उत्कृष्ट नाम र उच्चतम गुणहरू उल्लेख गरिएका छन् ।
 हरेक फर्ज नमाजपछि यो महान आयत पढ्नु मुस्तहब हो ।
 राम्रो कर्म स्वर्गमा प्रवेश गर्ने कारण हो ।</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>उभिएर नमाज पढ्नु, नसक्ने भए बसेर नमाज पढ्नु र यो पनि सम्भव भएन भने कोल्टे परेर नमाज पढ्नु ।</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>इमरान बिन हुसैन (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई बवासीर (पाइल्स) को समस्या थियो । त्यसैले मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) संग सलाह कसरी पढ्ने बारे सोधें र उहाँले भन्नुभयो: "उभिएर नमाज पढ्नु, नसक्ने भए बसेर नमाज पढ्नु र यो पनि सम्भव भएन भने कोल्टे परेर नमाज पढ्नु ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तविकता के हो भने उभिएर सलाह पढ्नुपर्छ । उभिएर नमाज पढ्न नसकेको अवस्थामा बसेर पढ्नुपर्छ र बसेर नमाज पढ्न नसक्ने भए कोल्टे फर्केर वा सुतेर पढ्नुपर्छ ।</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>नमाज कुनै हालतमा पनि माफ हुँदैन जबसम्म मानसिक स्थिरता रहन्छ, त्यसैले अवस्था अनुसार जति क्षमता छ त्यति अनुसार नमाज पढ्नु पर्छ।
 इस्लाम एक सरल र सहज धर्म हो, यसले भक्तलाई आफ्नो क्षमता अनुसार नमाज पढ्न आदेश दिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10951</t>
   </si>
   <si>
-    <t>لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>“मेरो सहाबा (साथी) हरूलाई गालीगलौज नगर । यदि तिमीहरूमध्ये कसैले उहुद पर्वत बराबर सुन खर्च गरे पनि उनीहरुले एक वा आधा मुद खर्च गरे जस्तो पुण्य प्राप्त गर्न सक्नेछैन ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “मेरो सहाबा (साथी) हरूलाई गालीगलौज नगर । यदि तिमीहरूमध्ये कसैले उहुद पर्वत बराबर सुन खर्च गरे पनि उनीहरुले एक वा आधा मुद खर्च गरे जस्तो पुण्य प्राप्त गर्न सक्नेछैन ।”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सहाबा (उन्का साथी) हरूलाई, विशेष गरी मुहाजरीन (प्रवासी) र अन्सारका प्रथम इस्लाम ल्याउनेहरूलाई गाली गर्न र श्राप दिन निषेध गर्नुभएको छ । यदि कसैले उहुद पर्वत बराबर सुन खर्च गरे पनि एक सहाबीले एक मुद वा त्यसको आधा खर्च गरे जस्तो पुण्य प्राप्त गर्न सक्नेछैन भनेर उहाँले सुचित गर्नुभएको छ । औसत व्यक्तिको दुवै हत्केलामा अटाउने जति परिमाणलाई एक मुद भनिन्छ । यो तिनीहरूको इख्लास, मनसायको इमानदारी र मक्काको विजय हुनु अघि अत्यन्त आवश्यक रहेको बेला खर्च र लडाईमा अग्रगामीले गर्दा हो ।</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>सहाबा (पैगम्बरका साथी) हरूलाई गाली गर्नु र श्राप दिनु निषेधित र ठूलो पाप हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11000</t>
   </si>
   <si>
-    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين</t>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले अबू बकर र उमरलाई भन्नुभयो:
 यी दुई जना (अबू बकर र उमर) पहिलो र अन्तिम पुस्ताका स्वर्गका अधबैंसेहरूको सरदार हुन्, तर पैगम्बर र दूतहरू बाहेक।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु)ले वर्णन गरेका छन्, उनी भन्छन्: नबी (सलल्लाहु अलैहि वसल्लम)ले अबू बकर र उमरलाई भन्नुभयो:
 यी दुई जना (अबू बकर र उमर) पहिलो र अन्तिम पुस्ताका स्वर्गका अधबैंसेहरूको सरदार हुन्, तर पैगम्बर र दूतहरू बाहेक।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले जानकारी दिनुभयो कि अबू बकर अल-सिद्दीक र उमर अल-फारूक (रजियल्लाहु अन्हुमा) पैगम्बरहरूपछि सबै मानिसहरूभन्दा उत्कृष्ट हुन्, र पैगम्बरहरू र दूतहरूपछि स्वर्ग प्रवेश गर्ने सबैभन्दा उत्कृष्ट व्यक्ति हुन्।</t>
   </si>
   <si>
     <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
 ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
   </si>
   <si>
     <t>अबू बकर र उमर (रजियल्लाहु अन्हुमा) पैगम्बर र दूतहरूपछि सबैभन्दा उत्कृष्ट व्यक्ति हुन्।
 स्वर्गमा कुनै अधबैंसे हुने छैनन्, किनकि स्वर्ग प्रवेश गर्ने सबै व्यक्ति ३३ वर्षको उमेरमा हुनेछन्। यसको अर्थ यो हो कि अबू बकर र उमर (रजियल्लाहु अन्हुमा) संसारमा अधबैंसे अवस्थामा निधन गरेका मानिसहरूका सरदार हुन्। वा यो कुरा त्यस समयमा उनीहरूको संसारमा रहेको अवस्था अनुसार उल्लेख गरिएको हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11161</t>
   </si>
   <si>
-    <t>الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة</t>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
   </si>
   <si>
     <t>हसन र हुसैन (रजियल्लाहु अन्हुमा) स्वर्गका युवाहरूका सरदार हुन्।</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु)ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो: "हसन र हुसैन (रजियल्लाहु अन्हुमा) स्वर्गका युवाहरूका सरदार हुन्।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले जानकारी दिनुभयो कि उहाँका दुई नाति, हसन र हुसैन (अली इब्न अबी तालिब र फातिमा बिन्ते नबी), ती सबै युवाहरूका सरदार हुन् जसको निधन युवा अवस्थामा भयो र जो स्वर्ग प्रवेश गर्नेछन्। अथवा यसको अर्थ यो हो कि हसन र हुसैन स्वर्गका युवाहरूका सरदार हुन्, तर पैगम्बरहरू र खलीफा राशिदीनहरु बाहेक।</t>
   </si>
   <si>
     <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
 قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
   </si>
   <si>
     <t>यसमा हसन र हुसैन (रजियल्लाहु अन्हुमा) का लागि स्पष्ट रूपमा उच्च सम्मान र गुणको प्रमाण छ।
 यस हदीसको अर्थमा भनिएको छ: यो हदीस भनिएको समयमा हसन र हुसैन (रजियल्लाहु अन्हुमा) स्वर्गका युवाहरूको सरदारका रूपमा उल्लेख गरिएका थिए, विशेषगरी आफ्नो युगका मानिसहरूमध्ये।  
 वा यो अर्थ दिन्छ कि उनीहरू ती व्यक्तिहरूमध्ये सबैभन्दा उत्कृष्ट हुन्, जसको लागि विशेष रूपले उत्कृष्टताको कुनै सामान्य प्रमाण छैन, जस्तै पैगम्बर र खलीफा राशिदीन।
 उनीहरू ती व्यक्तिहरूका सरदार हुन् जसले युवावस्थाका विशेषताहरू जस्तै इज्जतदारी, उदारता, र साहस प्रदर्शन गरेका छन्। हदीसमा "युवावस्था" भन्नाले उमेरलाई जनाइएको छैन, किनभने हसन र हुसैनको निधन अधबैंसे अवस्थामा भएको थियो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11169</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>“जहाँसम्म दिन र रात पुग्छ, त्यहाँसम्म यो धर्म अवश्य पुग्नेछ । अल्लाहले कुनै पनि कच्चा वा पक्का घर (सहर, नगर र गाउँ) छोड्ने छैन, जहाँ यो धर्मको प्रवेश हुनेछैन</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>तमीम अल-दारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : “जहाँसम्म दिन र रात पुग्छ, त्यहाँसम्म यो धर्म अवश्य पुग्नेछ । अल्लाहले कुनै पनि कच्चा वा पक्का घर (सहर, नगर र गाउँ) छोड्ने छैन, जहाँ यो धर्मको प्रवेश हुनेछैन । चाहे सम्मानका साथ होस् वा अपमानका साथ; अल्लाहले इस्लामको माध्यमबाट सम्मान प्रदान गर्नुहुनेछ र कुफ्रको आधारमा अपमानित गर्नुहुनेछ ।” तमीम अल-दारी भन्ने गर्थे: नबीको यो कथनको सत्यता मैले आफ्नै परिवारका सदस्यहरूमा देखेको छु । तिनीहरूमध्ये जो मुस्लिम भए, उसले सम्मान, महिमा र इज्जत पाए र जो काफिर रह्यो उसले अपमान र जिजिया तिर्नुपर्थ्यो ।</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, यो धर्म पृथ्वीको कुनाकाप्चा र सबै भागहरूमा फैलिनेछ । जुनसुकै ठाउँमा दिन र रात पुग्छ, त्यहाँ यो धर्म अवश्य पुग्नेछ । सहर, नगर, गाउँ वा मरुभूमिमा कुनै पनि कच्चा वा पक्का घर भए पनि अल्लाहले त्यहाँ इस्लाम धर्म अवश्य पुर्याउनु हुने छ । जसले यस धर्मलाई स्वीकार गर्छ र यसमा विश्वास गर्छ, इस्लामले उसलाई गौरवान्वित तुल्याउने छ । जसले यसलाई अस्वीकार गर्छ र कुफ्र गर्छ, ऊ कुफ्रको आधारमा अपमानित गरिनेछ ।
 त्यसपछि तमीम अल-दारी (रजियल्लाहु अन्हु) ले भने, नबी (सल्लल्लाहु अलैहि वसल्लम) को यो कथनको सत्यता मैले आफ्नै परिवारका सदस्यहरूमा देखेको छु । तिनीहरूमध्ये जो मुस्लिम भए उसले सम्मान, महिमा र इज्जत पाए र जो काफिर रह्यो उसले मुस्लिमहरूलाई तिरेको कर (जिजिया) बाहेक अपमान पनि पाए ।</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>इस्लाम धर्म पृथ्वीको सबै भागहरूमा फैलिनेछ भनेर मुस्लिमहरूलाई खुशीको खबर ।
 इज्जत र महिमा इस्लाम र मुस्लिमहरूको लागि हो र अपमान कुफ्र र काफिर (अविश्वासी) को लागि हो ।
 यसमा नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो दूत हुनुहुन्छ भन्ने कुराको प्रमाण छ, किनभने उहाँले भनेको कुरा जस्ताको त्यस्तै भयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>जब तिमीहरूमध्ये कसैलाई आफ्नो नमाजमा शंका लाग्छ र उसले तीन वा चार कति रकातहरू पढेको हो थाहा छैन भने उसले शङ्कालाई छोडेर विश्वासमा भर पर्नुपर्छ र त्यसपछि सलाम फेर्नु अघि दुईवटा सज्दा गर्नुपर्छ</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब तिमीहरूमध्ये कसैलाई आफ्नो नमाजमा शंका लाग्छ र उसले तीन वा चार कति रकातहरू पढेको हो थाहा छैन भने उसले शङ्कालाई छोडेर विश्वासमा भर पर्नुपर्छ र त्यसपछि सलाम फेर्नु अघि दुईवटा सज्दा गर्नुपर्छ । यदि उसले पाँच रकातहरू पढेको छ भने यी दुई सज्दाले उसको नमाज ६ रकात बराबर हुनेछ र यदि उसले पूरा चार रकातहरू पढेको थियो भने, यी दुई सज्दाहरू शैतानको लागि अपमानको कारण हुनेछन् ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जब कुनै मुसल्ली (नमाज पढ्ने व्यक्ति) लाई आफ्नो नमाजमा शंका उत्पन्न भयो र उसलाई थाहा छैन उसले तीन रकात पढेको छ वा चार ? यस्तो अवस्थामा शङ्कालाई छोडेर विश्वासमा भर पर्नुपर्छ । यहाँ शङ्का ४ मा छ र तीन निश्चित छ । त्यसैले उसले तीनमा विश्वास गर्दै एक रकात पुरा गर्नुपर्छ र सलाम फेर्नु अघि दुईवटा सज्दा (सहव) गर्नुपर्छ ।
 यदि उसले वास्तवमा चार रकात पढेको थियो; र एक रकात थप्दा उसको पाँच रकात हुन गयो भने उसले सलाम अघि गरेको दुईवटा सजदा (सहव) ले जोड रकात भयो बिजोड भएन, किनभने ती दुई सज्दा एक रकातको सट्टा हो र यदि उसले तीन नै पढेको थियो भने एक रकात थप्दा उसको नमाज पूर्ण भयो र उसले केही कमीबेशी नगरी पूर्ण पढ्यो ।
 दुईवटा सजदा (सहव) हरू शैतानलाई अपमानित गर्न, पराजित गर्न र उसको सपनालाई साकार हुनबाट टाढा राख्नको लागि थियो । किनभने उसले नमाजलाई भ्रमित गर्न र भ्रष्ट पार्न दुस्साहस गर्यो । तर जब आदमको सन्लेतानले अल्लाहको आज्ञा पालन गर्दै सज्दा गर्यो तब उसको नमाज पूर्ण भयो । यधपी शैतानले आदमको सज्दा गर्नबाट अस्वीकार गरेर अल्लाहको अनाज्ञाकारी गरेको थियो ।</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>कुनै मुसल्ली (नमाज पढ्ने व्यक्ति) लाई आफ्नो नमाजमा शंका भयो र उसले तीन रकात पढेको छ कि चार केही थाहा छैन भने उसले शंका त्याग्नु पर्छ र निश्चितताका साथ काम गर्नुपर्छ, जुन सबैभन्दा कम हो, त्यसैले उसले कममा विश्वास गर्दै आफ्नो नमाज पुरा गर्नुपर्छ र सलाम फेर्नु अघि दुईवटा सजदा (सहव) गर्नुपर्छ अनि त्यसपछि सलाम फेनुपर्छ ।
 यी दुई सजदा (सहव) ले नमाज को कमीलाई पुरा गर्छ र शैतानको चाललाई असफल बनाउने र उसलाई अपमानित गर्ने तरिका हो ।
 हदीसमा उल्लेखित शंका भनेको १०० प्रतिशत हो तर यदि उसलाई कुनै अनुमान छ भने त्यही अनुसार पुरा गरिनेछ ।
 शंकासँग लड्नु पर्छ र शरियतको आदेशको पालना गरेर यसलाई निर्मुल पार्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11231</t>
   </si>
   <si>
-    <t>أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले चार रकआत (सुन्नत) जुहरको नमाजअघि र दुई रकआत (सुन्नत) फज्रको नमाजअघि कहिल्यै छोड्नुहुन्नथ्यो।</t>
   </si>
   <si>
     <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन (आस्थावानहरूकि आमा) आइशा (रजियल्लाहु अन्हा)ले बयान गरेकि छिन्, नबी (सलल्लाहु अलैहि वसल्लम)ले चार रकआत (सुन्नत) जुहरको नमाजअघि र दुई रकआत (सुन्नत) फज्रको नमाजअघि कहिल्यै छोड्नुहुन्नथ्यो।</t>
   </si>
   <si>
     <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
   </si>
   <si>
     <t>आइशा (रजिअल्लाहु अन्हा)ले जानकारी दिनुभएको छ कि नबी (सलल्लाहु अलैहि वसल्लम) आफ्ना घरमा सुन्नत नमाजहरू नियमित रूपमा अदा गर्नुहुन्थ्यो र कहिल्यै छोड्नुहुन्नथ्यो। विशेषगरी, उहाँले जुहरको नमाजअघि दुई सलामको साथ चार रकआत (सुन्नत) र फज्रको नमाजअघि दुई रकआत (सुन्नत) अदा गर्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
 الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
   </si>
   <si>
     <t>जुहरको नमाजअघि चार रकआत (सुन्नत) र फज्रको नमाजअघि दुई रकआत (सुन्नत)लाई नियमित रूपमा अदा गर्ने कुरालाई राम्रो मानिएको  छ।
 सुन्नत र नफ्ल नमाजहरूलाई घरमा अदा गर्नु उत्तम मानिन्छ। यही कारणले आइशा (रजिअल्लाहु अन्हा)ले नबी (सलल्लाहु अलैहि वसल्लम)का घरमा अदा गरिने सुन्नत नमाजहरूको जानकारी दिनुभएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11249</t>
   </si>
   <si>
-    <t>مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ</t>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
   </si>
   <si>
     <t>जो व्यक्तिले जुहरको नमाजअघि चार रकआत (सुन्नत) र जुहरपछि चार रकआत (सुन्नत) नियमित रूपमा अदा गर्छ, अल्लाहले उसलाई नर्कबाट जोगाउनु हुनेछ।</t>
   </si>
   <si>
     <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
   </si>
   <si>
     <t>उम्मे हबीबा (रजियल्लाहु अन्हा) नबी (सलल्लाहु अलैहि वसल्लम) की श्रीमतीले भन्नुहुन्छ: मैले अल्लाहका रसूल (सलल्लाहु अलैहि वसल्लम)लाई भन्नु भएको सुनेँ: "जो व्यक्तिले जुहरको नमाजअघि चार रकआत (सुन्नत) र जुहरपछि चार रकआत (सुन्नत) नियमित रूपमा अदा गर्छ, अल्लाहले उसलाई नर्कबाट जोगाउनु हुनेछ।"</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले ती व्यक्तिलाई शुभ समाचार दिनुभयो, जसले जुहरको नमाजअघि चार रकआत सुन्नत र जुहरपछि चार रकआत सुन्नत अदा गर्छन्, र यसलाई निरन्तरता दिन्छन्। यस्तो व्यक्तिलाई अल्लाहले नर्कको आगोबाट सुरक्षित गर्नु हुनेछ।</t>
   </si>
   <si>
     <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
 الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
 للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
 قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
   </si>
   <si>
     <t>जुहरको नमाजअघि चार रकआत (सुन्नत) र जुहरपछि चार रकआत (सुन्नत)लाई नियमित रूपमा अदा गर्नु अत्यन्त राम्रो मानिएको छ।
 फराइज (अनिवार्य) नमाजको अघि अदा गरिने सुन्नत नमाजहरू का केहि लाभहरू छन्, जसमध्ये मुख्य रूपमा: नमाजीको आत्मा र मनलाई फराइज नमाजका लागि तयार पार्नु, र पछिका (सुन्नत) नमाजहरूको उद्देश्य भनेको फराइज नमाजमा भएको कुनै त्रुटि वा कमीकमजोरीलाई पूरा गर्नु हो।
 सुन्नत नमाजहरूको धेरै  फाइदाहरु छन्, जसमा समावेश छन्: पुण्यको वृद्धी, पापहरूको माफी, र उच्च स्थान प्राप्ति।
 अहले सुन्नतको सिद्धान्त वचनसम्बन्धी हदीसहरूको व्याख्यामा यो हो कि: यो हदीस तौहीदमाथि विश्वास राखेर  मर्ने व्यक्तिको बारेमा हो, र यसको अर्थ यो हो कि नरकमा सधैंको लागी रहने छैन, किनकि तौहीदमा विश्वास राख्ने पाप गरेको व्यक्तिले दण्ड भोगनु पर्छ , तर उसलाई नरकमा शाश्वत रूपमा राखिँदैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11251</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}</t>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
   </si>
   <si>
     <t>रसूलुल्लाह (सलल्लाहु अलैहि वसल्लम)ले फज्रको नमाजका दुई रकआतहरूमा { सूरा अल-काफिरून} र {सूरा अल-इखलास} पाठ गर्नु हुन्थ्यो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्: रसूलुल्लाह (सलल्लाहु अलैहि वसल्लम)ले फज्रको नमाजका दुई रकआतहरूमा { सूरा अल-काफिरून} र {सूरा अल-इखलास} पाठ गर्नु हुन्थ्यो।</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले फज्रको सुन्नत नमाजका दुई रकआतहरूमा, फातिहा पछि पहिलो रकअतमा सूरा अल-काफिरून र दोस्रो रकअतमा सूरा अल-इखलास पढ्नु उत्तम मान्नुहुन्थ्यो।</t>
   </si>
   <si>
     <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
 هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
   </si>
   <si>
     <t>फज्रको सुन्नत नमाजमा फातिहा पछि सूरा अल-काफिरून र सूरा अल-इखलास पढ्नु उत्तम मानिएको छ।
 यी दुई सूरतलाई "सूरा अल-इखलास" पनि भनिन्छ, जसका कारणहरू तल उल्लेख गरिएका छन्:
 सूरा अल-काफिरून मा, अल्लाहले सम्पूर्ण बहुदेववादीहरूको शिर्क (अल्लाह बाहेक अरूलाई पूजा गर्नु) बाट पवित्रता र दूरीको स्पष्टता दिइएको छ। अनि तिनीहरू अल्लाहका दासहरू पनि होइनन् किनभने तिनीहरूको बहुदेववादले तिनीहरूका कर्महरूलाई बर्बाद पार्छ, र सर्वशक्तिमान अल्लाह नै उपासनाको योग्य हुनुहुन्छ। सूरा अल-इखलास मा, अल्लाहको तौहीद (अल्लाहको एकेश्वरवाद ) र इखलास (साँचो निष्ठा) को स्पष्ट विवरण छ। यसले अल्लाहका अद्वितीय र अक्षय गुणहरूको पुष्टि गर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11256</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>के तपाईं अजान सुन्नुहुन्छ ?" उनले जवाफ दिए, "हो, म सुन्छु" त्यसपछि उहाँले भन्नुभयो: "त्यसो भए तपाइँ नमाज पढ्न मस्जिदमा आउनुपर्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : एक अन्धो मानिस रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: हे अल्लाहका रसूल! मलाई मस्जिद सम्म डोर्याएर ल्याउने कोही मान्छे छैन । त्यसैले मलाई घरमा नमाज पढ्न अनुमति दिनुहोस् । उहाँले (सुरुमा) उसलाई अनुमति दिनुभयो, तर जब ती व्यक्ति बाहिर निस्कन लागे, उहाँले तीनलाई बोलाउनुभयो र सोध्नुभयो: "के तपाईं अजान सुन्नुहुन्छ ?" उनले जवाफ दिए, "हो, म सुन्छु" त्यसपछि उहाँले भन्नुभयो: "त्यसो भए तपाइँ नमाज पढ्न मस्जिदमा आउनुपर्छ ।"</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>एक अन्धो मानिस रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: हे अल्लाहका रसूल! मलाई मस्जिदमा ल्याउन मद्दत गर्ने र पाँचवटा अनिवार्य सलाहको लागि मस्जिदमा हात समातेर ल्याउने कोही मान्छे छैन । वास्तवमा, उनी घरमा नमाज पढ्न रसूल (सल्लल्लाहु अलैहि वसल्लम) संग अनुमति चाहन्थे । उहाँले (सुरुमा) अनुमति पनि दिनुभयो, तर जब उनी बाहिर निस्कन थाले, उहाँले उनलाई बोलाउनुभयो र सोध्नुभयो: "के तपाईं अजान सुन्नुहुन्छ ?"  जब उनले सुन्छु भनेर जवाफ दिए, त्यसपछि उहाँले भन्नुभयो: "त्यसो भए तपाई नमाज पढ्न मस्जिदमा आउनुपर्छ ।"</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>जमातका साथ नमाज पढ्नु वाजिब हो, किनकि छूट वाजिब र अनिवार्य कुरामा मात्र दिइन्छ ।
 उहाँको भनाइ ‘फअजिब्’ (सलाहको लागि बोलाउनेको आह्वानलाई स्वीकार गर्नुहोस्) ले अजान सुन्ने व्यक्तिको लागि मस्जिदमा जानु र नमाज पढ्नु अनिवार्य हो भन्ने कुरा स्पष्ट हुन्छ । किनभने आदेश मूलतः वाजिब कुराको लागि हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>(नमाजमा) पुरुषहरूको सबैभन्दा राम्रो पङ्क्ति (सफ) तिनीहरूको पहिलो पङ्क्ति हो र सबैभन्दा खराब पङ्क्ति तिनीहरूको अन्तिम पङ्क्ति हो । जबकि महिलाहरूको सबैभन्दा राम्रो पङ्क्ति तिनीहरूको अन्तिम पङ्क्ति हो र सबैभन्दा खराब पङ्क्ति तिनीहरूको पहिलो पङ्क्ति हो ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "(नमाजमा) पुरुषहरूको सबैभन्दा राम्रो पङ्क्ति (सफ) तिनीहरूको पहिलो पङ्क्ति हो र सबैभन्दा खराब पङ्क्ति तिनीहरूको अन्तिम पङ्क्ति हो । जबकि महिलाहरूको सबैभन्दा राम्रो पङ्क्ति तिनीहरूको अन्तिम पङ्क्ति हो र सबैभन्दा खराब पङ्क्ति तिनीहरूको पहिलो पङ्क्ति हो ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: नमाजमा सवाब (पुण्य) र सद्गुणको हिसाबले पुरुषहरूको सबैभन्दा राम्रो पङ्क्ति पहिलो हो; किनभने उनीहरू इमामदेखि नजिक हुन्छन्, राम्रोसँग तिलावत (पाठ) सुन्न पाउँछन् र महिलाहरूको सफदेखि टाढा हुन्छन् । अनि सबैभन्दा खराब पंक्ति र सवाब (पुण्य) तथा सद्गुणको हिसाबले सबैभन्दा निम्न र इस्लामले चाहेको कुराहरूबाट सबैभन्दा टाढाको सफ अन्तिम हो । महिलाहरुका लागि सबैभन्दा उत्कृष्ट पङ्क्ति अन्तिम पङ्क्तिहरु हुन्; किनभने यसमा तिनीहरूका लागि धेरै पर्दा हुन्छ, मानिसहरूसँग घुलमिल हुनबाट जोगिन्छ, उनीहरूको हेराइ र तिनीहरूद्वारा प्रलोभनमा पर्नुबाट टाढा हुन्छन् । अनि सबैभन्दा खराब पंक्ति पहिलो हो; किनभने पुरुषहरुसँग घुलमिल र प्रलोभनमा पर्ने सम्भावना बढी हुन्छ ।</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>मानिसहरूलाई आज्ञाकारितामा हतार गर्न र नमाज मा पहिलो सफ (पङ्क्ति) मा सामेल हुन प्रोत्साहन ।
 महिलाहरूले मस्जिदहरूमा पुरुषहरूसँग छुट्टाछुट्टै पङ्क्तिमा नमाज पढ्न अनुमति छ, तर पर्दा (हिजाब) र नम्रताका साथ ।
 यदि महिलाहरू मस्जिदमा भेला हुन्छन् भने, तिनीहरूले पुरुषहरूको पङ्क्तिहरू जस्तै पङ्क्तिहरू बनाउनु पर्छ, तिनीहरूले अलग-अलग उभिनु हुँदैन, बरु तिनीहरू एक पङ्क्तिमा उभिएर पुरुषहरूको पङ्क्ति जस्तै बीचमा खाली ठाउँहरू नछोडिएको हुनुपर्छ ।
 महिलाहरूलाई पूजास्थलहरूमा पनि पुरुषहरूबाट टाढा रहन प्रोत्साहित भनेको महिलाको इज्जतप्रति इस्लामिक कानूनको ध्यान ।
 मानिसहरु आफ्नो कर्म अनुसार फरक हुन्छन् ।
 इमाम नववीले भने: पुरुषहरूको सबैभन्दा राम्रो पङ्क्ति (सफ) पहिलो पङ्क्ति हो र सबैभन्दा खराब पङ्क्ति अन्तिम हो त्यो सधैं हो । तर हदीसमा महिलाहरुको सफको बारेमा जुन कुरा भनिएको छ त्यो भनेको जब महिलाहरु पुरुषहरु संग नमाज पढ्छन्, तर यदि उनीहरु पुरुषहरु संग नभई उनीहरुको लागि छुट्टै बनाइएको ठाउँमा नमाज पढ्छन् भने उनीहरु पुरुषहरु जस्तै हुन्छन्; तिनीहरूको सबैभन्दा राम्रो पङ्क्ति (सफ) पहिलो पङ्क्ति हुन्छ र सबैभन्दा खराब अन्तिम हुन्छ ।
 इमाम नववीले भने: हदीसमा प्रशंसा र प्रोत्साहन गरिएको प्रथम सफ भनेको इमामपछिको पहिलो सफ हो; चाहे मानिस चाँडै आएर स्थान लियोस् वा ढिलो वा खाली ठाउँमा आएर उभिए ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11299</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ</t>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
   </si>
   <si>
     <t>अल्लाहका रसूल (सलल्लाहु अलैहि वसल्लम)ले एक पुरुषलाई देख्नुभयो जसले अलगै एक्लै पंक्तिको पछाडि नमाज अदा गरिरहेको थियो। त्यसपछि उहाँले उसलाई आफ्नो नमाज फेरि अदा गर्न निर्देशन दिनुभयो।</t>
   </si>
   <si>
     <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
   </si>
   <si>
     <t>वाबिसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्: अल्लाहका रसूल (सलल्लाहु अलैहि वसल्लम)ले एक पुरुषलाई देख्नुभयो जसले अलगै एक्लै पंक्तिको पछाडि नमाज अदा गरिरहेको थियो। त्यसपछि उहाँले उसलाई आफ्नो नमाज फेरि अदा गर्न निर्देशन दिनुभयो।</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले एक व्यक्तिलाई देख्नुभयो जसले अलगै एक्लै पंक्तिको पछाडि नमाज अदा गरिरहेको थियो। त्यसपछि उहाँले उसलाई आफ्नो नमाज फेरि अदा गर्न निर्देशन दिनुभयो। किनभने यस अवस्थामा उनको प्रार्थना मान्य थिएन।</t>
   </si>
   <si>
     <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
 قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
   </si>
   <si>
     <t>जमातको नमाजका लागि छिट जान र पंक्तिमा अगाडि उभिन प्रोत्साहित गरिएको छ, र पंक्तिको पछाडि एक्लै नमाज अदा नगर्न भनिएको छ ताकि तपाईंको नमाज अमान्य नहोस्।
 इब्न हजरले भनेका छन्: यदि कोही व्यक्ति पंक्तिको पछाडि एक्लै नमाज शुरू गर्छ र रुकू गर्नुअघि पंक्तिमा सामेल हुन्छ भने, उसलाई पुनः नमाज अदा गर्नु आवश्यक हुँदैन।  जस्तै कि अबू बकरा (रजियल्लाहु अन्हु) को हदीसमा छ। यदि उसले पंक्तिमा सामेल नहुँदा नमाज समाप्त गर्‍यो भने, तब  उसको नमाजलाई फेरि अदा गर्नु आवश्यक हुन्छ, जसरी वाबिसा (रजियल्लाहु अन्हु) को हदीसले उल्लेख गरेको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11303</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>मुनाफिक (पाखण्डी) हरूका लागि यी दुई नमाजहरू सबैभन्दा कठिन छन् । यदि तिमीहरूलाई यी दुई नमाज को सवाब (पुण्य) थाहा भएको भए तिमीहरूले पक्कै पनि आउने थियौ, यद्यपि घुँडा घस्रेर भए पनि ।</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>उबै बिन काअ्ब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई फज्रको नमाज पढाउनुभयो र सोध्नुभयो: "के फलानो मान्छे उपस्थित छ?" मानिसहरूले भने: छैन । उहाँले फेरि सोध्नुभयो: "के फलानो मान्छे उपस्थित छ?" मानिसहरूले भने: छैन । उहाँले भन्नुभयो: "मुनाफिक (पाखण्डी) हरूका लागि यी दुई नमाजहरू सबैभन्दा कठिन छन् । यदि तिमीहरूलाई यी दुई नमाज को सवाब (पुण्य) थाहा भएको भए तिमीहरूले पक्कै पनि आउने थियौ, यद्यपि घुँडा घस्रेर भए पनि । पहिलो सफ( पङ्क्ति) स्वर्गदूतहरूको जस्तै हो । यदि तिमीहरूलाई यसको महत्व थाहा भएको भए तिमीहरू त्यसको लागि हतार गर्ने थियौ । दुइजना मिलेर नमाज पढ्नु एक्लै नमाज पढ्नु भन्दा राम्रो हो र तीन जना मिलेर नमाज पढ्नु दुइजना भन्दा राम्रो हो । जति धेरै मानिसहरू हुन्छन्, अल्लाहलाई त्यति नै प्यारो छ ।”</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक दिन फज्रको नमाज पढाउनुभयो र त्यसपछि सोध्नुभयो: के हाम्रो यो नमाजमा फलानो मान्छे उपस्थित छ? सहाबाहरूले भने: छैन । त्यसपछि उहाँले अर्को व्यक्तिको बारेमा सोध्नुभयो: "के फलानो उपस्थित छ?" उनीहरूले भने: छैन । नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : वास्तवमा, फज्र र इशाको नमाज मुनाफिक (पाखण्डी) हरूका लागि सबैभन्दा गाह्रो हुन्; किनभने त्यतिबेला सुस्ती हुन्छ र अँध्यारोले गर्दा मानिसहरूले तिनीहरूलाई देख्न सक्दैनन् ।
 हे मुमिनहरू, यदि तिमीहरूलाई फज्र र इशाको नमाजमा कति पुण्य र अतिरिक्त इनाम छ थाहा भएको भए तिमीहरूले आफ्नो हात र घुँडा टेकेर भएपनि पक्कैपनि आउने थियौ; किनभने इनाम कठिनाइको समानुपातिक छ ।
 पहिलो पंक्तिमा हुनेहरू, जो इमामको नजिक हुन्छन्, तिनीहरूको स्थिति अल्लाहतर्फ नजिक हुने फरिश्ताहरूको पंक्तिजस्तै हुन्छ। यदि विश्वासीहरूले पहिलो पंक्तिको महत्व थाहा पाएका भए, तिनीहरू यसमा पुग्न एकअर्कासँग प्रतिस्पर्धा गर्थे। दुइजना मिलेर नमाज पढ्नु सवाब (पुण्य) को हिसाबले एक्लै नमाज पढ्नु भन्दा राम्रो हो र तीन जना मिलेर नमाज पढ्नु दुइजना भन्दा राम्रो हो । जुन नमाजमा जति धेरै उपासकहरू हुन्छन्, त्यो अल्लाहलाई त्यति नै बढी प्रिय र उत्कृष्ट हुन्छ ।</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>मस्जिदको इमामले मुक्तदी (इमामको पछाडि नमाज पढ्ने) हरू र अनुपस्थित हुनेहरूको बारेमा सोधपुछ गर्न अनुमति छ ।
 जमातका साथ नमाज पढ्नु, विशेषगरी इशा र फज्रको नमाजको पालन गर्नु ईमानको पहिचान हो ।
 इशा र फज्रको नमाजमा धेरै सवाब (पुण्य) निहित छ; किनभने यसमा उपस्थित हुनका लागि आत्म-संघर्ष र आज्ञाकारितामा दृढता दुवै हुनुपर्छ र त्यसैले यसको सवाब अरू भन्दा धेरै छ ।
 दुई वा सोभन्दा बढी व्यक्तिहरू छन् भने जमातको सवाब मिल्छ ।
 पहिलो सफ (पंक्ति) को सद्गुण र त्यसमा ठाउँ लिन प्रोत्साहन ।
 ठूलो जमातको सद्गुण, जमात जति ठूलो हुन्छ पुण्य त्यति धेरै हुन्छ ।
 राम्रो कामहरू शरियतको मापदण्ड र परिस्थिति अनुसार भिन्न हुन्छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई खुत्ब-ए-हाजत</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्,: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई खुत्ब-ए-हाजत सिकाउनु भयो, जुन निम्नलिखित छ : इन्नल हमद लिल्लाहि, नस्तईनुहु व नस्ताग्फिरुहु, व नऊजूबिहि मिन शुरुरि अन्फुसिना, मै यह्दिल्लाहु फला मुजिल्ल लहु, व मै युज्लिल फ्ला हादिय लहु, व अश्ह्दु अल्ला इलाह इल्लल्लाहु, व अश्ह्दु अन्न मुहम्मदन अब्दुहू व रसुलुहु । अर्थात "वास्तवमा, सम्पूर्ण प्रशंसाहरू अल्लाहका लागि हुन्, हामी उहाँको प्रशंसा गर्छौं, हामी उहाँको सहायता र क्षमा खोज्छौं, हामी आफ्नो खराबीहरूबाट उहाँमा शरण खोज्छौं । अल्लाहले जसलाई मार्गदर्शन गर्नुहुन्छ, उसलाई कसैले भ्रममा पार्न सक्दैनन् र उहाँले जसलाई पथभ्रष्ट गर्नुहुन्छ, उसलाई कसैले मार्गदर्शण गर्कन सक्दैनन् । म गवाही दिन्छु अल्लाह बाहेक कोही सत्य ईश्वर छैन र म गवाही दिन्छु मुहम्मद उहाँका सेवक र दूत हुनुहुन्छ । {हे मानवहरू हो ! तिमीहरू आफ्ना पालनकर्तासँग डराऊ, जसले तिमीहरूलाई एक व्यक्तिबाट सृष्टि गर्नुभयो र त्यसबाट उनको जोडीलाई सृष्टि गर्नुभयो । तिनीहरूबाट धेरै पुरुष र स्त्रीहरू फैलाउनुभयो । त्यस अल्लाहसँग डराऊ, जसको नामले तिमीहरू एकार्कासँग सहयोग माग्दछौ । नातागोता तोड्ने काम नगर । निस्सन्देह अल्लाह तिमीहरूका निरीक्षक हुनुहुन्छ} [अन-निसा: १], {हे आस्थावानहरू! अल्लाहसँग जसरी डराउनुपर्छ, त्यसरी नै डराऊ र इस्लामकै अवस्थामा तिमीहरूको मृत्यु होस्} [आलि इमरान: १०२], {हे आस्थावानहरू हो, अल्लाहसँग डराउ र धार्मिकताका वचनहरू बोल । उहाँले तिमीहरूका कर्महरू सुधार्नुहुनेछ र तिमीहरूका पापहरू क्षमा गरिदिनुहुनेछ र जसले अल्लाह र उहाँका रसूलको आज्ञापालन गर्छ उसले ठूलो सफलता हासिल गर्यो ।'' [अल-अहजाब: ७० -७१] ।</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसउद् (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीहरूलाई खुत्ब-ए-हाजत सिकाउनुभयो । खुत्ब-ए-हाजत भनेको ती शब्दहरूलाई जनाउँछ, जुन उपदेश, भाषण  र  महत्त्वपूर्ण कार्यहरूको सुरुमा भनिन्छ, जस्तै खुत्ब-ए-निकाह र खुत्ब-ए-जुमा र अन्य । यस उपदेशमा धेरै महत्वपूर्ण कुराहरू छन्, जस्तै अल्लाह हरेक प्रकारको प्रशंसाको हकदार हुनुहुन्छ, उहाँबाट मात्र सहायता र क्षमा माग्नु, उहाँको कुनै साझेदार छैन, पापहरूलाई ढाक्न र क्षमा गर्न उहाँसंग बिन्ती गर्नु, आत्म र अन्य सबै खराबीहरूबाट उहाँसँग शरण खोज्नु आदि ।
 तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, हिदायत (मार्गदर्शन) अल्लाहको हात मा छ, उहाँले जसलाई मार्गनिर्देशन गर्नुहुन्छ, उसलाई कसैले पथभ्रष्ट गर्न सक्दैन र जसलाई उहाँले पथभ्रष्ट पार्नुहुन्छ, उसलाई कसैले मार्गनिर्देशन गर्न सक्दैन ।
 त्यसपछि उहाँले तौहीदको गवाही; अल्लाह बाहेक उपासना योग्य कोही छैन उल्लेख गर्नुभयो । साथै उहाँले रिसालतको गवाही; मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) उहाँका सेवक र दूत हुनुहुन्छ उल्लेख गर्नुभयो ।
 त्यसपछि खुत्बा (प्रवचन) लाई तीनवटा आयतहरूद्वारा समाप्त गरिएको छ, जसमा अल्लाहको खुशी प्राप्त गर्नको लागि उहाँसँग डराउन, उहाँको आदेशको पालना गर्न र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहन आदेश दिइएको छ । जसले यो गर्छ, उसको कर्म र वचन सच्चाइन्छ, उसको पाप धोइन्छ, उसले संसारमा सुखमय जीवन र परलोकमा स्वर्ग प्राप्त गर्दछ ।</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>निकाह र जुम्मा आदिको उपदेश यसै खुत्बा (उपदेश) बाट सुरु गर्नु मुस्तहब हो ।
 खुत्बा (उपदेश) मा अल्लाहको प्रशंसा, दुवै गवाही र केही कुर्आनका श्लोकहरू समावेश हुनुपर्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूलाई धर्मको सबै आवश्यक कुराहरू सिकाउनुभयो ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
-    <t>[अबू दाउद, तिर्मीजी, इब्ने माजह, निसाई र अहमदले वर्णन गरेका छन्]</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>वली (अभिभावक) बिना निकाह (विवाह) हुँदैन ।</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वली (अभिभावक) बिना निकाह (विवाह) हुँदैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>वली (अभिभावक) बिना निकाह सही हुँदैन भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सचेत गर्नु भएको छ । त्यसैले महिलाको लागि एक अभिभावक हुनु आवश्यक छ जसले उनको विवाह गराउनेछ ।</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>विवाह मान्य हुनको लागि वली (अभिभावक) को सहभागिता अनिवार्य शर्त हो । यदि विवाह अभिभावकको अनुपस्थितिमा भएको हो वा महिलाले आफैंले विवाह गरेमा उसको विवाह मान्य हुने छैन ।
 वली भन्नाले नातामा महिलाको सबैभन्दा नजिकको पुरुषलाई जनाउँछ । त्यसैले नजिकको वली हुँदाहुँदै टाढाको वलीले विवाह गराउन मिल्दैन ।
 वली (अभिभावक) मा हुनुपर्ने शर्तहरू: मुकल्लफ हुनु (जिम्मेवार), पुरुष हुनु, निकाहका फाइदाहरू बुझ्ने उमेर पुगिसकेको वालिग साथै वली (अभिभावक) र संरक्षकत्वमा रहेको महिला एउटै धर्म मान्ने भएको हुनुपर्छ । जोसँग यी गुणहरू छैनन्, उ निकाह गराउने वली (अभिभावक) बन्न योग्य हुनेछैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58066</t>
   </si>
   <si>
-    <t>أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ</t>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
   </si>
   <si>
     <t>कुनै पनि महिलाले आफ्ना वली (अभिभावकहरू)को अनुमति बिना विवाह गरेमा, उनको विवाह अवैध हुन्छ" (यो कुरा तीन पटक भन्नुभयो)। "तर यदि पुरुषले विवाहको नाममा उसलाई स्पर्श गरिसकेको छ भने, उसले महिलालाई महर (श्रीमानले श्रीमतीलाई दिने दाइजो) दिनुपर्छ किनभने उसले उसबाट लाभ उठाएको छ। र यदि विवाद हुन्छ भने, जसको कुनै अभिभावक छैन, त्यसका लागि शासक अभिभावक हुन्छ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन (आस्थावानहरूकि आमा) आइशा (रजियल्लाहु अन्हा)ले बयान गरेकि छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "कुनै पनि महिलाले आफ्ना वली (अभिभावकहरू)को अनुमति बिना विवाह गरेमा, उनको विवाह अवैध हुन्छ" (यो कुरा तीन पटक भन्नुभयो)। "तर यदि पुरुषले विवाहको नाममा उसलाई स्पर्श गरिसकेको छ भने, उसले महिलालाई महर (श्रीमानले श्रीमतीलाई दिने दाइजो) दिनुपर्छ किनभने उसले उसबाट लाभ उठाएको छ। र यदि विवाद हुन्छ भने, जसको कुनै अभिभावक छैन, त्यसका लागि शासक अभिभावक हुन्छ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
 فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
 ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
   </si>
   <si>
     <t>नबी (सलल्लाहु अलैहि वसल्लम)ले महिलालाई आफ्नो अभिभावकको अनुमति बिना आफ्नो विवाह आफैं गर्नबाट चेतावनी दिनुभएको छ। यस्तो विवाहलाई अमान्य (बातिल) मानिन्छ। नबीले यसलाई तीन पटक दोहोर्याउनुभएको छ, मानौं यस्तो विवाह कहिल्यै भएको नै थिएन।
 यदि त्यो पुरुषले, जसले महिलासँग बिना अभिभावकको अनुमति विवाह गर्‍यो, त्यस महिलासँग शारीरिक सम्बन्ध बनायो भने, उसले सम्पूर्ण महर दिनुपर्नेछ, जुन उसले सम्बन्धको कारणले पाएको हकको आधारमा हुनेछ।
 यदि महिलाको अभिभावकहरूले विवाहको जिम्मेवारीमा विवाद गर्छन्, र उनीहरू सबैको अधिकार बराबर छ भने, जसले पहिले विवाहको लागि कदम चाल्छ, (यो महिलाको हितको लागि हो भने) उसलाई यो अधिकार दिइन्छ।
 तर यदि अभिभावकले विवाह गर्न अस्वीकार गर्छ भने, उसले आफ्नो अधिकार त्याग गरिसकेको छ। यस्तो अवस्थामा, शासक वा उनका प्रतिनिधि, जस्तै न्यायाधीश, महिलाको अभिभावक बन्छन्।
 यद्यपि, जबसम्म वास्तविक अभिभावक उपलब्ध छन भने शासकलाई यो अधिकार हुँदैन।</t>
   </si>
   <si>
     <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
 في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
@@ -15421,1131 +15606,1168 @@
 3. व्यस्क हुनु (البلوغ): वलीले कम्तीमा १५ वर्ष पूरा गरेको वा यौन परिपक्वता हासिल गरेको हुनुपर्छ।
 4. धर्मको समानता (اتحاد الدّين): काफिरको कुनै मुसलमान वा मुस्लिमाको वली बन्ने अधिकार छैन, र मुसलमानको कुनै काफिर वा काफिराको वली बन्ने अधिकार छैन।
 5. धार्मिक निष्ठा (العدالة): वलीले धार्मिक दृष्टिले दोषरहित हुनु आवश्यक छ, र उसले विवाह गराउन जिम्मा पाएको व्यक्तिको हितको ख्याल राख्न सक्ने हुनुपर्छ।
 6. समझदारी र परिपक्वता (أن يكون الولي راشدًا غير سفيه): वलीले योग्य व्यक्तिको चयन र विवाहका फाइदाहरूलाई बुझ्ने क्षमता राख्नुपर्छ।
 यी शर्तहरूले विवाहलाई इस्लामिक नियमहरूअनुसार वैध र न्यायोचित बनाउँछ।
 महिलाको विवाहका लागि अभिभावकहरूको अनुक्रम फक़ीहहरूको दृष्टिकोणबाट व्यवस्थित छ, र नजिकको अभिभावकको अभाव वा योग्यतामा कमी नभएसम्म अर्को अभिभावकतर्फ जानु अवैध छ।
 महिलाको अभिभावक अनुक्रम यसप्रकार छ:
 १. उनका पिता।
 २. उनको लागि तोकिएको वसीयतकर्ता।
 ३. उनका पिताका पिता (हजुरबा), चाहे माथिल्लो स्तरका भए पनि।
 ४. उनका छोराहरू।
 ५. उनका छोराका छोराहरू (पुस्तान्त)।
 ६. उनका दुवै आमा-बाबुका तर्फबाट भाइ।
 ७. उनका बुवाका तर्फबाट भाइ।
 ८. तिनका छोराहरू।
 ९. उनका दुवै आमा-बाबुका तर्फबाट काका।
 १०. उनका बुवाका तर्फबाट काका।
 ११. तिनका छोराहरू।
 १२. त्यसपछि, सम्पत्ति उत्तराधिकारको सिद्धान्त अनुसार, नातामा सबैभन्दा नजिकको पुरुष सम्बन्धीको पालो आउँछ।
 १३. मुस्लिम सुल्तान वा उसको प्रतिनिधि, जस्तै न्यायाधीश, उनीहरूको अभिभावक हुन्छ, जसको कुनै अभिभावक छैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58067</t>
   </si>
   <si>
-    <t>مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها</t>
+    <t>ملعون من أتى امرأته في دبرها</t>
   </si>
   <si>
     <t>जो कोही आफ्नी श्रीमतीसँग पछाडिको मार्गबाट सम्बन्ध राख्छ, उसलाई श्राप दिइएको छ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु)ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : जो कोही आफ्नी श्रीमतीसँग पछाडिको मार्गबाट सम्बन्ध राख्छ, उसलाई श्राप दिइएको छ।</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>नबी सल्लल्लाहु अलैहि वसल्लमले चेतावनी दिनुहुन्छ कि श्रीमान्ले आफ्नी श्रीमतीसँग पछाडिको मार्गबाट सम्बन्ध राख्न नहुने हो। यो कार्य अल्लाहको दयाबाट वञ्चित हुने श्रापित कार्य हो र यो ठूला पापहरूमध्ये एक हो।</t>
   </si>
   <si>
     <t>تحريم إتيان النساء في أدبارهن.
 الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
 المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
   </si>
   <si>
     <t>महिलाहरूलाई मलद्वारमा  सहवास गर्नु हराम (निषेध) छ।
 श्रीमतीको पछाडिको मार्ग बाहेक उनको शरीरको अन्य भागहरूबाट आनन्द लिनु अनुमति छ।
 मुसलमानले महिलासँग सहवास अल्लाहले निर्दिष्ट गरेअनुसार योनिद्वारबाट मात्र गर्छ।
 तर मलद्वारबाट सहवास गर्दा प्राकृतिक स्वभाव बिथोलिन्छ, सन्तान उत्पादनको उद्देश्य समाप्त हुन्छ, स्वस्थ स्वभावविपरीत हुन्छ, र पतिपत्नी दुवैका लागि गम्भीर हानि पुर्‍याउँछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58090</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ</t>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
   </si>
   <si>
     <t>अल्लाह त्यस्तो पुरुषलाई हेर्नुहुन्न जसले पुरुषसँग या महिलासँग मलद्वारमा  सहवास गर्छ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: "अल्लाह त्यस्तो पुरुषलाई हेर्नुहुन्न जसले पुरुषसँग या महिलासँग मलद्वारमा  सहवास गर्छ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले कडा चेतावनी दिएका छन् कि अल्लाह त्यस्तो व्यक्तिलाई दयाको दृष्टिकोणले हेर्दैनन्, जसले पुरुषसँग उसको मलद्वारमा सहवास गर्छ वा महिलासँग उसको मलद्वारमा  सहवास गर्छ। यो पापहरूको ठूलो श्रेणी (कबीराह गुनाह) मा पर्छ।</t>
   </si>
   <si>
     <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
 إتيان المرأة في دبرها من كبائر الذنوب.
 (لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
 هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
   </si>
   <si>
     <t>पुरुषले पुरुषसँग यौनसम्पर्क गर्नु -जसलाई समलैंगिकता (लेवात) भनिन्छ - पापको ठूलो श्रेणी (कबीराह गुनाह) अन्तर्गत पर्दछ।
 महिलालाई उनको मलद्वारमा यौनसम्पर्क गर्नु पापको ठूलो श्रेणी (कबीराह गुनाह) अन्तर्गत पर्दछ।
 (لا ينظر الله) को अर्थ दया र करुणाको नजर हो, र यसको अर्थ सामान्य नजर होइन; किनकि अल्लाह सबै कुरालाई हेर्नुहुन्छ र उहाँको नजरबाट केही पनि लुकेको छैन।
 यी कार्यहरू मानवताको लागि सबैभन्दा ठूला र खतरनाक अश्लीलताहरू मध्ये हुन्। किनभने यसले स्वस्थ मानव स्वभावको विपरीत गर्छ, सन्तान उत्पादन घटाउँछ, वैवाहिक जीवन बिगार्छ, मानिसहरूमाझ शत्रुता र घृणा रोप्छ, र फोहोर ठाउँमा रहन निम्त्याउँछ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58091</t>
   </si>
   <si>
-    <t>قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ</t>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
   </si>
   <si>
     <t>मैले भने: हे अल्लाहका रसूल, हाम्रो पत्नीको हामी माथि हक के हो? उहाँले भने: " जब तिमी खान्छौ, उसलाई पनि खुवाउँ, जब तिमी कपडा लगाउँछौ वा तिमीले कमाउँछौ भने, उसलाई पनि कपडा दिइराख,  अनुहारमा प्रहार नगर, गाली नगर, र घर बाहेक अरु कुनै ठाउँमा उसलाई नछोड "।</t>
   </si>
   <si>
     <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
   </si>
   <si>
     <t>मुआविया अल-कुशैरी (रजियल्लाहु अन्हुमा)ले भन्नुभएको छ: मैले भने: हे अल्लाहका रसूल, हाम्रो पत्नीको हामी माथि हक के हो? उहाँले भने: " जब तिमी खान्छौ, उसलाई पनि खुवाउँ, जब तिमी कपडा लगाउँछौ वा तिमीले कमाउँछौ भने, उसलाई पनि कपडा दिइराख,  अनुहारमा प्रहार नगर, गाली नगर, र घर बाहेक अरु कुनै ठाउँमा उसलाई नछोड "।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
 أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
 ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
 ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
 رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
 خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)लाई सोधियो, पतिको पत्नीमाथि के हक हुन्छ? उहाँले केही कुराहरू उल्लेख गर्नुभयो:
 पहिलो: आफूले खाना खाँदा मात्र नभइ, उसलाई पनि खान दिनु पर्छ।
 दोस्रो: आफ्नो कपडा र लुगामा मात्र ध्यान नदिई, आफ्नो पत्नीलाई पनि कपडा र आवश्यकता अनुसारको लुगा प्रदान गर्नुहोस्।
 तेस्रो, श्रीमतीलाई कुनै कारण र आवश्यकता बिना कदापि पिट्न हुँदैन। यदि अनुशासन दिन वा कुनै अनिवार्य कर्तव्य छोडेको कारणले पिट्न आवश्यक भए पनि, त्यसलाई हल्का र पीडा नहुने गरी गर्नुपर्छ। अनुहारमा कदापि प्रहार गर्न हुँदैन, किनभने अनुहार सबैभन्दा महत्त्वपूर्ण र प्रकट अङ्ग हो, जसमा कोमल र संवेदनशील अंगहरू हुन्छन्।
 चौथो, श्रीमतीलाई अपशब्द बोल्न वा "तिमीलाई बदसुरत बनाओस्" भन्नु हुँदैन। उसको अनुहार वा शरीरका कुनै पनि अङ्गलाई कुरूपता वा खराबीको सँग जोड्नु गलत हो, किनभने ईश्वरले नै मानव अनुहार र शरीरको संरचना गर्नु भएको हो र उहाँले प्रत्येक चीजलाई उत्कृष्ट बनाउनु भएको छ। सिर्जना गरेको कुराको निन्दा गर्नु भनेको स्रष्टाको निन्दा गर्नु हो, जसबाट बच्न आवश्यक छ।
 पाँचौं, श्रीमतीसँग दूरी राख्दा केवल शय्या (सुत्ने स्थान) मा मात्र दूरी राख्नुपर्छ। न त तपाईंले उहाँबाट टाढा सर्नुपर्छ, न त उहाँलाई अर्को ठाउँमा पठाउनुपर्छ। यो व्यवहार प्रायः श्रीमान्-श्रीमतीबीचको असमझदारीमा देखिने सामान्य स्थिति सम्बोधन गर्नका लागि हो।</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
  وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
 النهي عن التقبيح المعنوي والحسي.
 من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
   </si>
   <si>
     <t>सहाबाहरू अरूको लागि पूरा गर्नुपर्ने अधिकारहरू जान्न र आफूसँग भएका अधिकारहरू जान्न उत्सुक थिए।
 महिलाको लागि खर्च, वस्त्र, र आवास प्रदान गर्नु पतिको अनिवार्य जिम्मेवारी हो।
 नैतिक र शारीरिक कुरूपताको निषेध गरिएको छ।
 मनाही गरिएको खराब कुराहरुमा यो पनि समावेश छ कि यो भन्नु: "तिमी एक नराम्रो जाति/कुलका हौ", वा "तिमी एक खराब परिवारका हौ", वा यस्ता अन्य समकक्ष कुराहरु।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58093</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>ए बाबु! बिस्मिल्लाह पढ, आफ्नो दाहिने हातले खाऊ र आफ्नो अगाडिबाट खाऊ</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>उमर बिन अबू सलमह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म एउटा बच्चा थिएँ र रसूल (सल्लल्लाहु अलैहि वसल्लम) को हेरचाहमा थिएँ । मेरो हात (खाँदै गर्दा) भाँडोमा यताउता घुमिरहेको थियो, त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई भन्नुभयो: " ए बाबु! बिस्मिल्लाह पढ, आफ्नो दाहिने हातले खाऊ र आफ्नो अगाडिबाट खाऊ ।" त्यसपछि म सधैं त्यही निर्देशन अनुसार खाना खाने गर्थें ।</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को पत्नी; उम्मे सल्मा (रजियल्लाहु अन्हा) को छोरा उमर बिन अबू सल्मा, (जो रसूल (सल्लल्लाहु अलैहि वसल्लम) को अभिभावकत्वमा थिए) ले बयान गरेका छन्, म खाना खाँदा आफ्नो हात खाना टिप्नका लागि थालीमा घुमाउने गर्थें र जताततैबाट खाना उठाउँथे, त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई खाना खाने तीनवटा आचरण/तरिकाहरू सिकाउनुभयो:
 १) खाना खानुअघि बिस्मिल्लाह पढ्नु ।
 २) दाहिने हातले खाना खानु ।
 ३) खाना आफ्नो सामु नजिक को भी भागबाट खानु ।</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>खाने र पिउने एउटा शिष्ट तरिका मध्ये सुरुमा बिस्मिल्लाह भन्नु हो ।
 बालबालिकालाई मर्यादित व्यवहार सिकाउनुपर्छ । विशेष गरी ती बच्चाहरूलाई जो तपाईंको हेरचाहमा छन् ।
 बच्चाहरुलाई शिक्षा दिन र मर्यादित व्यवहार सिकाउनमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को नम्रता र उदारता ।
 खाना खाने एउटा मर्यादित व्यवहार भनेको मानिसले आफ्नो अगाडि तर्फ बाट खानुपर्छ । हो! यदि प्लेटमा विभिन्न प्रकारका खानेकुराहरू छन् भने भाँडाको कुनै पनि भागबाट लिन अनुमति छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) का सहाबा (साथी) हरू उहाँद्वारा सिकाइएको आचरणलाई कडाईका साथ निरन्तर पालना गर्थे । यो उमर बिन अबू सलमाको कथनबाट प्रष्ट हुन्छः ‘त्यसपछि म सधैं यही निर्देशन अनुसार खाना खाइरहेँ’ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>जब तिमीहरूमध्ये कसैले खाना खान्छ भने दायाँ हातले खानुपर्छ, र जब पिउँछ भने दायाँ हातले पिउनुपर्छ। किनकि शैतानले आफ्नो बायाँ हातले खान्छ र पिउँछ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब तिमीहरूमध्ये कसैले खाना खान्छ भने दायाँ हातले खानुपर्छ, र जब पिउँछ भने दायाँ हातले पिउनुपर्छ। किनकि शैतानले आफ्नो बायाँ हातले खान्छ र पिउँछ।"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरूलाई दाहिने हातले खान र पिउन आदेश दिनुभएको छ र देब्रे हातले खान र पिउन निषेध गर्नुभएको छ; किनभने शैतानले देब्रे हातले खान्छ र देब्रे हातले पिउछ ।</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>देब्रे हातले खानपिन गरेर शैतानको नक्कल गर्न निषेध गरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58122</t>
   </si>
   <si>
-    <t>مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ</t>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
   </si>
   <si>
     <t>जो व्यक्ति दुई पत्नीहरू राख्छ र एउटीतर्फ मात्र झुकाव देखाउँछ (अर्थात् न्याय गर्दैन), ऊ कियामतको दिनमा आफ्नो शरीरको आधा भाग टेढ़ो भएर उपस्थित हुनेछ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "जो व्यक्ति दुई पत्नीहरू राख्छ र एउटीतर्फ मात्र झुकाव देखाउँछ (अर्थात् न्याय गर्दैन), ऊ कियामतको दिनमा आफ्नो शरीरको आधा भाग टेढ़ो भएर उपस्थित हुनेछ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो कि जसकोएक भन्दा बढी पत्नीहरू छन्, तर उनले ती पत्नीहरू बीच सम्भव न्याय गर्न सकेन, जस्तै खर्च, आवास, लुगा र रात बिताउने मामिलामा समानता, तिनीहरूको सजाय कियामतको दिन यस्तो हुनेछ कि 
 उसको शरीरको आधा भाग एकातिर झुकेको हुनेछ। जसरी उनी आफ्नै मामिलामा पक्षपाती थिए।</t>
   </si>
   <si>
     <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
 التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
 الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
 تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
 استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
   </si>
   <si>
     <t>पुरुषले आफ्ना दुई वा धेरै पत्नीहरूबीच समान व्यवहार गर्नुपर्ने अनिवार्यता छ। खर्च, रात बिताउने, राम्रो व्यवहार, र यस्तै विषयमा एउटी पत्नीप्रति झुकाव देखाउनु हराम (निषेध) छ।
 मानिसले आफ्नो नियन्त्रणमा रहेको कुराहरूमा वजस्तै बाँडफाँडमा समानता) न्याय गर्नुपर्छ। तर, जसमा मानिसको नियन्त्रण छैन, जस्तै प्रेम र हृदयको झुकाव, ती कुराहरू यस हदीसमा समावेश हुँदैन, र अल्लाह तआलाको भनाइको अर्थ यही हो: {तिमीहरू महिलाहरूबीच न्याय गर्न सक्ने छैनौ, चाहे तिमीहरूले कति प्रयास गरे पनि} [सुरह अन-निसा: 129]।
 सजाय कर्मकै प्रकारको हुनेछ। संसारमा जसरी पुरुषले एउटी पत्नीप्रति झुकाव देखाएर अर्को पत्नीप्रति अन्याय गर्‍यो, त्यसैगरी कियामतको दिन ऊ आफ्नो शरीरको एउटा भाग अर्को भागभन्दा झुकेको अवस्थामा उपस्थित हुनेछ।
 भक्तहरूका अधिकारहरूको महत्त्व उच्च छ, र तिनमा सजिलै माफी दिइँदैन, किनभने यी अधिकारहरू लोभ र पूर्ण हिसाब-किताबमा आधारित हुन्छन्।
 यदि पुरुषलाई आफ्ना पत्नीहरूबीच न्याय गर्न नसक्ने डर छ भने, उसको लागि एउटी पत्नीमै सीमित रहनु राम्रो हुन्छ। यसरी, धर्ममा कमी गर्नबाट जोगिन सकिन्छ। अल्लाह तआलाले भनेका छन्: {यदि तिमीहरूलाई डर छ कि तिमीहरू न्याय गर्न सक्दैनौ भने, एउटी पत्नीमै सीमित रह} [सुरह अन-निसा: 3]।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58125</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>अल्लाहले मेरो अनुयायीको हृदयमा उत्पन्न हुने कुराहरूलाई माफ गरिदिनुभएको छ, जबसम्म त्यसलाई कार्यन्वयन गर्दैनन् वा बोल्दैनन् ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले मेरो अनुयायीको हृदयमा उत्पन्न हुने कुराहरूलाई माफ गरिदिनुभएको छ, जबसम्म त्यसलाई कार्यन्वयन गर्दैनन् वा बोल्दैनन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>यदी कुनै मुस्लिमको हृदयमा गलत कुरा उत्पन्न हुन्छ भने जबसम्म उसले त्यसलाई गर्दैन वा बोल्दैनन् तबसम्म मनमा उत्पन्न हुने खराब कुराप्रति जवाफदेही हुने छैन भनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ । किनभने अल्लाहले अप्ठ्यारोलाई हटाएर आम माफी दिनु भएको छ र उहाँको अनुयायीको हृदयमा उत्पन्न हुने कुराहरू निश्चित र पक्का नहुन्जेल दण्ड दिइने छैन भनेर स्पष्ट पार्नुभएको छ; तर यदि उसको हृदयमा अहंकार, घमण्ड वा पाखण्ड बस्यो वा उसले आफ्नो इन्द्रेणीले गर्यो वा जिब्रोले बोल्यो भने त्यसप्रति ऊ जवाफदेही हुनेछ ।</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>अल्लाहले हृदयमा उत्पन्न हुने गलत विचार र शंकास्पद कुराहरूलाई क्षमा दिनुभएको छ । त्यसैले मानिस कहिलेकाहीँ आफूसँग कानेखुसी गर्छ र आफ्नो दिमागमा कुराहरू खेलाउछ ।
 यदि कुनै व्यक्तिले तलाक (सम्बन्धविच्छेद) को बारेमा मनमा सोच्यो, तर उसले बोलेन वा लेखेन भने त्यसलाई तलाक (सम्बन्धविच्छेद) मानिने छैन ।
 हृदयमा उत्पन्न हुने कुरा जतिसुकै ठूलो भएपनि, जबसम्म निश्चित हुँदैन अथवा त्यसलाई कार्यन्वयन गर्दैन वा बोल्दैन तबसम्म जवाफदेही हुने छैन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) को अनुयायी को महत्व, हृदयमा उत्पन्न हुने कुराप्रति जवाफदेही हुनेछैन, हामी भन्दा अगाडिका राष्ट्रहरू भन्दा फरक ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58144</t>
   </si>
   <si>
-    <t>رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>तीन व्यक्तिहरूबाट कलम उठाइएको छ: सुतिरहेको व्यक्तिबाट नब्युँझुन्जेलसम्म, नाबालकबाट बालिग नहुन्जेलसम्म र पागलबाट चेतना नआउन्जेलसम्म ।</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
     <t>अली (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तीन व्यक्तिहरूबाट कलम उठाइएको छ: सुतिरहेको व्यक्तिबाट नब्युँझुन्जेलसम्म, नाबालकबाट बालिग नहुन्जेलसम्म र पागलबाट चेतना नआउन्जेलसम्म ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आदमका सबै सन्तानहरू एक जिम्मेवार व्यक्ति हुन् भनेर स्पष्ट पार्नुभएको छ, तर यी तीन बाहेक :
 सानो बच्चा हुर्किएर वयस्क नहुञ्जेल ।
 पागल; दिमाग गुमाएको व्यक्ति, उसको दिमाग नफर्कुन्जेल ।
 सुतिरहेको व्यक्ति नब्युँझुन्जेल ।
 तिनीहरूबाट जिम्मेवारी हटाइएको छ र तिनीहरूबाट हुन गएको पाप लेखिदैन । तर कुनै बालकले राम्रो काम गर्छ भने त्यो उसको लागि लेखिन्छ, पागल वा सुतेको व्यक्ति बाहेक । किनभने तिनीहरूसँग चेतना नभएकोले उपासना गर्न योग्य छैनन् ।</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>मानिसको अशक्तता निद्राको कारणले हुन्छ, जसले उसलाई आफ्नो कर्तव्य पूरा गर्नबाट रोक्छ । वा आफ्नो कम उमेर वा पागलपनको कारणले हुन्छ, जसले उसको मानसिक कार्यहरूमा बाधा पुर्‍याउँछ वा त्यस्तै कुराहरु, जस्तैः मदिरा, जसले यी तीन मध्ये कुनै एक कारणले तमीज र चेतना गुमाउछ; ऊ आफ्नो कर्तव्य पूरा गर्नबाट अशक्त हुन्छ । अल्लाहले आफ्नो न्याय, सहनशीलता र उदारताले आफ्नो हकमा भएको कमीकमजोरी र लापरबाहीलाई क्षमा दिनु भएको छ ।
 तिनीहरूका पापहरू लेख्दैनन् भनेको तिनीहरूमा केही सांसारिक नियमहरू लागु हुनेछैन भन्ने होइन, जस्तै, यदि कुनै पागलले हत्या गर्छ भने, उसको लागि कुनै सजाय वा प्रायश्चित छैन तर उसको अभिभावकले रगतको पैसा तिर्नु पर्छ ।
 यौवनका तीन लक्षणहरू छन्: वीर्य स्खलन हुनु, चाहे त्यो सपनामा होस् वा बिपनामा । वा गुप्ताङ्गहरूमा खस्रो रौं निस्कनु । वा १५ वर्ष पुगेको हुनु । महिलाको लागि चौथो लक्षण भनेको हैज (महिनावारी) आउनु ।
 अल-सुबकीले भने: बच्चा (सबी) भनेको केटा हो । अरूले भने: आमाको गर्भमा रहेको बच्चालाई भ्रूण (जनीन) भनिन्छ, जन्मिएपछि केटा (सबी) भनिन्छ, दूध छुटाएपछि सात वर्षसम्म केटा (गुलाम) भनिन्छ । दसवर्षसम्म युवा (याफिअन्) भनिन्छ, त्यसपछि पन्ध्र वर्षसम्म जवान (हजुरा) भनिन्छ । अल-सुयुतीले भने : उक्त सबै अवस्थामा केटा (सबी) भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58148</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>जसले मुस्लिम हाकिमको आज्ञा मान्न इन्कार गर्छ र मुस्लिमहरुको जमात छोड्छ अनि त्यही अवस्थामा मर्छ भने त्यो जाहिलियतको मृत्यु मरेको हो</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मुस्लिम हाकिमको आज्ञा मान्न इन्कार गर्छ र मुस्लिमहरुको जमात छोड्छ अनि त्यही अवस्थामा मर्छ भने त्यो जाहिलियतको मृत्यु मरेको हो । जसले उद्देश्य स्पष्ट नभएको झण्डामुनि (इशारामा) लड्छ, आफ्नो दलको लागि क्रोधित हुन्छ, आफ्नो दलको लागि आह्वान गर्छ वा समर्थन गर्छ र त्यही अवस्थामा मर्छ भने यो जाहिलियतको मृत्यु हो । जसले मेरो उम्मत (अनुयायी) विरुद्ध आक्रमण गर्छ, असल र खराब कसैले विभेद नगरी मार्छ, न मोमिनलाई त्याग्छ, सम्झौता गरेपछि त्यसको सम्मान गर्दैन भने, ऊ मबाट होइन र म ऊबाट होइन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जो व्यक्ति हाकिमको आज्ञाकारिताबाट बाहिर निस्क्यो र हाकिमप्रति सर्वसम्मत रूपमा वफादारीको प्रतिज्ञा गरेका मुस्लिमहरूको समूहबाट अलग भयो  र त्यही अवस्थामा उसको मृत्यु भयो भने इस्लाम पूर्वका मानिसहरू जस्तै उसको मृत्यु भयो । किनभने उनीहरूले न कुनै अमीर वा हाकिमको आज्ञापालन गर्थे,  न त कुनै समूहसँग जोडिन्थे। बरु, विभिन्न समूह र गुटहरूमा विभाजित भएर आपसमा लड्ने गर्दथे ।
 م: 58218 त्यसैगरी सत्य वा असत्य स्पष्ट नभएको झण्डामुनि लड्ने व्यक्ति धर्म वा सत्यको लागि भन्दा आफ्नो समुदाय वा आफ्नो जनजातिको लागि बिना  हिक्मत र बिना ज्ञान लडिरहेको हो भनेर उहाँले स्पष्ट पार्नु भएको छ । यदि त्यही अवस्थामा उसको मृत्यु भयो भने उसको अज्ञानताको मृत्यु हुनेछ ।
 त्यसैगरी, जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को उम्मत विरुद्ध विद्रोह गर्छ, आफ्नो गलत कामको वास्ता नगरी र त्यसको परिणामबाट नडराइकन असल र खराब हरेक व्यक्तिको शिर काट्न थाल्छ, गैर-मुस्लिमहरूलाई गरेको वाचा पूरा गर्दैन र हाकिमहरूसंग गरेको प्रतिज्ञालाई खुलेआम उल्लङ्घन गर्छ भने यो ठूलो पाप हो र त्यसो गर्ने व्यक्ति यो कडा चेतावनीको हकदार हुनेछ ।</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>जबसम्म हाकिमहरूले अल्लाहको अवज्ञा गर्ने कुनै पनि कुराको आदेश दिँदैनन्, तिनीहरूको आदेशको पालना गर्नु अनिवार्य छ ।
 यस हदीसमा, मुस्लिम हाकिमको अवज्ञा र मुस्लिम समुदायबाट अलग हुने विरुद्ध कडा चेतावनी दिइएको छ । यदि कुनै व्यक्ति यस्तो अवस्थामा मर्यो भने, ऊ जाहिलियत (इस्लाम पूर्व) का मानिसहरूको मृत्यु मर्द्छ ।
 यस हदीसमा जातपातमा आधारित युद्ध निषेध गरिएको छ ।
 वाचा पूरा गर्नु वजिब (अनिवार्य) हो ।
 इमाम (हाकिम) को आज्ञाकारिता र जमातसँग मिलेर बस्नुका धेरै फाइदाहरू छन् । यसले शान्ति र सद्भावको वातावरण सिर्जना गर्दछ र सबै कुरा ठीक रहन्छ ।
 जाहिलित युग (इस्लाम पूर्व) का मानिसहरूको नक्कल गर्न निषेध ।
 मुस्लिम समुदायसँग अनिवार्य रूपमा आबद्ध रहन आदेश ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>सहमतिबाट कसैलाई खलीफा (हाकिम) को रूपमा मानेपछि यदि कोही तिम्रो एकतालाई विभाजित गर्न वा तिम्रो समुदायमा असन्तुष्टि सृजना गर्न  आउँछ भने उसको हत्या गरिदेऊ ।</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>अर्फजह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "सहमतिबाट कसैलाई खलीफा (हाकिम) को रूपमा मानेपछि यदि कोही तिम्रो एकतालाई विभाजित गर्न वा तिम्रो समुदायमा असन्तुष्टि सृजना गर्न  आउँछ भने उसको हत्या गरिदेऊ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब मुस्लिमहरूले एकमतले कसैलाई आफ्नो हाकिमको रूपमा स्वीकार गर्छन् र एक समुदायको रूपमा जीवन बिताइरहेका छन् र तब कोही आएर हाकिमबाट शासन खोस्न चाहन्छ र मुस्लिम समुदायलाई दलहरूमा विभाजित गर्न चाहन्छ भने उसको खराबीबाट बच्न र मुस्लिमहरूलाई रक्तपातबाट सुरक्षित राख्नको लागि उसलाई रोक्न र लड्नु अनिवार्य हुनेछ ।</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>जबसम्म कुनै मुस्लिम शासकले पापको आदेश दिँदैन, उसको कुरा सुन्न र उसको आदेश पालन गर्नु अनिवार्य छ र उसको विरुद्ध विद्रोह गर्न हराम (निषेध) हो ।
 मुस्लिम हाकिम र उसको समुदाय विरुद्ध विद्रोह गर्ने व्यक्ति वंश, पद, इज्जत र प्रतिष्ठाको हिसाबले जतिसुकै उच्च किन नहोस्, त्यसको विरुद्ध लड्नु अनिवार्य छ ।
 मतभेदको शिकार नहुने र एकताबद्ध रहने प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित  गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन उमर (रजि.) बाट कथन गरिएको छ कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले अस्लमी लाई ढुङ्गा हानेर सजाय दिएपछि उठेर भन्नुभयो: यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित  गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>इब्न उमर (रजि.) ले बताउँछन् कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले माइज़ बिन मालिक अल-अस्लमी (रजि.) लाई ज़िना (व्यभिचार) गरेको सजाय दिएपछि उठेर मानिसहरूलाई सम्बोधन गर्दै भन्नुभयो : यस नालायकी काम र यस्ता अन्य घृणित कामहरूबाट टाढा रहनुहोस्। तर यदि कसैलाई यस प्रकारको काममा संलग्न हुने मौका आए, उसमा दुई कुरा अनिवार्य हुन्छन्: पहिलो: उसले अल्लाहले लुकाउनुभएको हुँदा आफूलाई ढाकोस् र आफ्नो पापबारे कसैलाई नबताओस्। दोस्रो: उसले तुरुन्तै अल्लाहसमक्ष तौबा / क्षमायाचना गरोस् र पापमा अडिग नबसोस्। तर यदि उसको पाप हामीसमक्ष साबित भयो भने, हामी उसमाथि त्यस पापको लागि अल्लाह तआलाको किताबमा उल्लेखित हद /सजाय लागू गर्नेछौं।</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>पापमा संलग्न मान्छेलाई आफ्नो पाप लुकाउन प्रोत्साहन दिइन्छ र उसले आफ्नो पापमा अल्लाहसँग तौबा गरोस्।
+यदि पाप वा अपराधको हद (सजाय) सत्ता वा जिम्मेवार अधिकारीसम्म पुग्यो भने, हद/दण्ड लागू गर्नु अनिवार्य हुन्छ।
+पापबाट टाढा रहनु र त्यसबाट तौबा गर्नु अनिवार्य छ।</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>हरेक मादक पदार्थ 'खम्र' (रक्सी) हो र हरेक नशालु पदार्थ हराम हो । जसले यस संसारमा रक्सी पिउछ र पश्चात्ताप नगरी यसको लतमा मर्छ भने ऊ परलोकमा त्यसबाट बञ्चित हुनेछ ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हरेक मादक पदार्थ 'खम्र' (रक्सी) हो र हरेक नशालु पदार्थ हराम हो । जसले यस संसारमा रक्सी पिउछ र पश्चात्ताप नगरी यसको लतमा मर्छ भने ऊ परलोकमा त्यसबाट बञ्चित हुनेछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले स्पष्ट रूपमा बताउनुभयो कि कुनै पनि पदार्थ जसले चेतना हराउँछ र होश नष्ट गराउँछ, त्यो मादक पदार्थ (शराब) हो, चाहे त्यसलाई पिइएको होस्, खाइएको होस्, सुँघिएको होस्, या कुनै अन्य माध्यमले प्रयोग गरिएको होस्। जुनसुकै कुरा जसले नशा गराउँछ र चेतना हराउँछ, त्यसलाई अल्लाहले हराम ठहराउनुभएको छ र त्यसबाट बच्न आदेश दिनुभएको छ, चाहे त्यो थोरै होस् या धेरै। जसले यी नशालु पदार्थहरूमध्ये कुनै लतमा पर्छ र पश्चात्ताप नगरिकन मर्छ भने; अल्लाहले उसलाई स्वर्ग मा त्यसबाट वञ्चित गरेर सजाय दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>मदिरालाई निषेध गर्ने कारण भनेको नशा हो । त्यसैले हरेक प्रकारको मादक पदार्थ निषेध गरिएको छ ।
 रक्सिले गर्दा पर्न गएको ठूला हानि र खराबीहरूले गर्दा अल्लाहले रक्सीलाई निषेध गर्नुभएको छ ।
 स्वर्गमा रक्सी पिउनु पूर्ण आनन्द र आशिषको संकेत हो ।
 जसले यस संसारमा रक्सी पिउन छोड्दैन, अल्लाहले उसलाई स्वर्गमा रक्सी पिउनबाट रोक लगाउनुहुनेछ, किनभने कर्म अनुसार दण्ड दिइनेछ ।
 मृत्यु अघि पापबाट पश्चात्तापमा हतार गर्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58259</t>
   </si>
   <si>
-    <t>جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
   </si>
   <si>
     <t>मूर्तिपूजकहरूसँग आफ्नो धन, ज्यान, र वाणीद्वारा जिहाद गर।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : "मूर्तिपूजकहरूसँग आफ्नो धन, ज्यान, र वाणीद्वारा जिहाद गर।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
 أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
 ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
 ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले काफिरहरूसँग (बहुदेववादी) जिहाद गर्ने र उनीहरूको सामना गर्न आफ्नो क्षमताअनुसार सबै साधन प्रयोग गर्न आदेश दिनुभएको छ, ताकि अल्लाहको वचन सर्वोच्च रहोस्। यसमा समावेश छन्:
 पहिलो: काफिरहरूसँग जिहादमा धन खर्च गर्नु, जस्तै: हतियार किन्नु, मुजाहिद (जिहादमा भाग लिने व्यक्तिहरू) का लागि खर्चको व्यवस्था गर्नु, र यस्तै अन्य आवश्यकताहरूमा सहयोग प्रदान गर्नु।
 दोश्रो: काफिरहरूसँग युद्ध र तिनीहरूको सामना गर्न आत्मा र शारीरिक रूपमा उपस्थित हुनु।
 तेस्रो: वाणीद्वारा उनीहरूलाई इस्लामको तर्फ आमन्त्रित गर्नु, तर्क प्रस्तुत गरी तिनीहरूमाथि सत्यको प्रमाण स्थापित गर्नु, उनीहरूको गलत सोचलाई खण्डन गर्नु, र तिनीहरूलाई गलतबाट रोक्न प्रयास गर्नु।</t>
   </si>
   <si>
     <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
 الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
 شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
   </si>
   <si>
     <t>मानिसहरूलाई आफ्ना क्षमताअनुसार ज्यान, धन, र वाणीद्वारा (बहुदेववादि) काफिरहरूसँग युद्ध गर्न प्रेरित गरिएको छ। जिहाद केवल शारीरिक लडाइँमा सीमित छैन।
 जिहादको आदेश अनिवार्य (वाजिब) हो। यसको अनिवार्यता दुई प्रकारको हुन सक्छ: व्यक्तिगत अनिवार्यता (वाजिब 'ऐनी), सामूहिक अनिवार्यता (वाजिब किफायी)।
 अल्लाहले जिहादलाई निम्न कारणहरूको लागि वैधानिक बनाउनु भएको छ: पहिलो:  शिर्क र बहुदेववादिहरूसँग प्रतिरोध गर्नु, किनभने अल्लाहले शिर्कलाई कहिल्यै स्वीकार गर्नुहुन्न। दोस्रो: अवरोधहरू हटाउनु,जसले अल्लाहको मार्गतर्फको आमन्त्रण (दावत) को बाटोमा रोकावट पैदा गर्छ। तेस्रो: आस्था (अकीदा) को रक्षा गर्नु, यस्तो हरेक कुरा विरुद्ध, जुन इस्लामको सिद्धान्त र विश्वासको विरोधमा छ। चौथो: मुसलमानहरूको रक्षा गर्नु, उनीहरूको देश, इज्जत, सम्पत्ति, र जीवनको सुरक्षाका लागि।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/64597</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>“जसले मुआहद् (मुस्लिमसँग सन्धि भएको गैर-मुस्लिम) को हत्या गर्छ, उसले स्वर्गको सुगन्ध पनि पाउनेछैन, जबकि स्वर्गको सुगन्ध चालीस वर्षको दूरीबाट आउँछ ।”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जसले मुआहद् (मुस्लिमसँग सन्धि भएको गैर-मुस्लिम) को हत्या गर्छ, उसले स्वर्गको सुगन्ध पनि पाउनेछैन, जबकि स्वर्गको सुगन्ध चालीस वर्षको दूरीबाट आउँछ ।”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>जसले मुआहद् (त्यो व्यक्ति जो "काफिरहरू भूमिबाट इस्लामको भूमिमा सन्धि र सुरक्षा (अमन)सहित आउँछ) लाई मार्छ, उसले स्वर्गको सुगन्ध पनि पाउने छैन भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कडा चेतावनी दिनुभएको छ । जबकि यसको सुगन्ध चालीस वर्ष टाढाबाट महसुस गर्न सकिन्छ ।</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>मुआहद, जिम्मी र मुस्तामिन (सम्झौता अनुसार इस्लामिक राज्यमा प्रवेश गर्ने गैर-मुस्लिम) व्यक्तिको हत्या गर्नु हराम र महापाप हो ।
 मुआहद : मुस्लिम देशमा बसोबास गर्ने गैर-मुस्लिम व्यक्ति, जसले मुस्लिमसँग नलड्ने र मुस्लिमले उसँग नलड्ने सम्झौता गरेको हो । जिम्मी: एक गैर-मुस्लिम व्यक्ति जो जिजया (कर) तिरेर मुस्लिम देशमा बसोबास गर्छ । मुस्तामन: एक गैर-मुस्लिम व्यक्ति जो एक निश्चित समयको लागि सम्झौताको आधारमा मुस्लिम देश प्रवेश गर्दछ ।
 यस हदीसमा गैर-मुस्लिमहरूसँग गरिएको वाचा तोड्न विरुद्ध चेतावनी  दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तीखो दाँत भएको जङ्गली जनावर र पंजा (नङ) ले शिकार गर्ने चराको मासु खान निषेध गर्नुभयो ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तीखो दाँत भएको जङ्गली जनावर र पंजा (नङ) ले शिकार गर्ने चराको मासु खान निषेध गर्नुभयो ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तीखो दाँतले शिकार गर्ने सबै  जङ्गली जनावर र पंजाले समात्ने र टोक्ने चराको मासु खान निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>इस्लामले खाने कुरा, पेय पदार्थ र अन्य सबै कुराहरूमा राम्रो चीजहरू प्रयोग गर्न प्रेरित गरेको छ ।
 खानपिन सम्बन्धी आधारभूत सिद्धान्त; खाद्य वस्तुहरू पूर्णतया हलाल छन्, निषेधित वस्तुहरूबाहेक ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले न्यायिक मामिलामा  घुस दिने र लिने दुवैलाई श्राप दिनुभएको छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : रसूल (सल्लल्लाहु अलैहि वसल्लम) ले न्यायिक मामिलामा  घुस दिने र लिने दुवैलाई श्राप दिनुभएको छ ।</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घूस दिने र लिनेहरूका लागि अल्लाहको रहमत (कृपा) बाट टाढा रहने श्राप दिनुभएको छ ।
 निर्णयमा पक्षपात गर्न र आफ्नो पक्षमा अनाहक निर्णय गराउने उद्देश्यले न्यायाधीशहरूलाई दिइने घुस पनि यसमा समावेश छ ।</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>घुस दिने, लिने आदिमा भूमिका निर्वाह गर्नु र यसमा कुनै किसिमको सहयोग गर्नु वा मध्यस्थता बन्नु हराम हो  किनभने यो गलत काममा सहयोग हो र अन्यायपूर्ण कार्य हो ।
 घूस दिनु र लिनु ठूलो पाप हो; किनकि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घूस दिने र लिनेहरूलाई श्राप दिनुभएको छ ।
 न्याय र प्रशासनसँग सम्बन्धित मामिलामा घुस लिनु र दिनु ठूलो अपराध र पाप हो । किनभने यो अन्यायपूर्ण कार्य हो साथै अल्लाहद्वारा अवतरित कानूनलाई बेवास्ता गरी मनमानी ढंगले निर्णय गर्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>इस्लाम पाँच कुराहरूमा आधारित छ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "इस्लाम पाँच कुराहरूमा आधारित छ: अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद अल्लाहका दास र रसूल हुनुहुन्छ भन्ने गवाही दिनु, नमाज स्थापना गर्नु, जकात दिनु,  हज गर्नु र रमजान महिनामा उपवास बस्नु ।"</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मलाई पाँच स्तम्भहरूमा खडा भएको ठोस भवनसँग तुलना गर्नुभयो र इस्लामका बाँकी विशेषताहरूलाई यस भवनका पूरक बताउनु भयो । यी पाँच स्तम्भहरू मध्ये पहिलो स्तम्भ: शहादतान (दुबै गवाही); अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद ईश्वरका दूत हुनुहुन्छ भन्ने गवाही दिनु ; यी दुबै गवाहीहरू एउटै स्तम्भ हुन्, जुन एकअर्काबाट कहिले अलग हुनसक्दैन । भक्तले अल्लाह एक हुनुहुन्छ र उहाँ मात्र उपासना योग्य हुनुहुन्छ स्वीकार गर्दै आफ्नै जिब्रोले भन्नुपर्छ र यसको आशा अभिलाषालाई पुरा गर्नुपर्छ । त्यसैगरी पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) मा आस्था राख्दै उहाँको अनुसरण गर्नुपर्छ । दोस्रो स्तम्भ : सलाह (नमाज) स्थापना गर्नु, दिन रातमा पाँच फर्ज नमाजहरूलाई तिनीहरूको सर्त, स्तम्भ र अनिवार्य कार्यहरूका साथ पढ्नु पर्छ । फजर, जुहर, अस्र, मगरिब र ईशा अनिवार्य सलाहहरू हुन् । तेस्रो स्तम्भ : जकात दिनु, वास्तवमा जकात एक आर्थिक उपासना हो, शरीयतले तोकेको धनसम्पत्तिमा एक निश्चित मात्रामा निकालेर हकदार मानिसहरूलाई दिइन्छ । चौथो स्तम्भ : हज गर्नु, अल्लाहको उपासनाको लागि केही विशेष कार्यहरू गर्न मक्का जाने नाम हो । पाँचौं स्तम्भ : रमजान महिनामा उपवास बस्नु हो । उपवास भनेको अल्लाहको उपासना गर्ने मनसायले बिहान फजर देखि सूर्यास्तसम्म उपवास तोड्ने खानेकुरा, पेय पदार्थ र अन्य चीजहरूबाट अलग रहनुको नाम हो ।</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>दुवै गवाही अनिवार्य रूपमा एक अर्कासँग जोडिएको छ । यदि एकलाई छोडियो भने, अर्को सही हुनेछैन । त्यसैले दुवैलाई एउटै स्तम्भ बनाइएको छ ।
 यी दुवै गवाहीहरू धर्मका आधार हुन् । यो बिना, कुनै पनि शब्द र कार्य स्वीकार्य हुनेछैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो" ।</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>मान्य अबू-सईद अल्-खुदरी रजियल्लाहु अन्हु बाट उद्धृत गरिएको छ कि उहाँ भन्नु हुन्छ, मैले अल्लाहको रसूल सल्लल्लाहु अलैहि व सल्लमलाई भन्दै गरेको सुनें : "तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो" ।</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>अल्लाहका रसूल सल्लल्लाहु अलैहि वसल्लमले गलत कार्य (मुन्कर) लाई आफ्नो क्षमता अनुसार रोकथाम गर्न आदेश दिदै हुनुहुन्छ ।  र मुन्कर (गलत) भनेको अल्लाह र उहाँका रसूलले निषेध गर्नुभएको हरेक कार्य  हो । यदि कसैले कुनै गलत कार्य (मुन्कर) भइरहेको देखिरहेको छ र ऊ सक्षम छ भने आफ्नो हातले त्यसलाई रोक्नु पर्छ, यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो बोलीले यसलाई परिवर्तन गरोस्। यसरी कि उसले गलत गर्नेलाई त्यसको हानि नोक्सानी सम्झाएर त्यसबाट रोकोस र यो गलतीको सट्टा उसलाई राम्रो कुराको मार्गदर्शन गरोस् । यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो हृदयमा यो खराबीलाई घृणा गर्नुपर्छ र सक्षम भएको भए निश्चयनै परिवर्तन गर्ने थिए भनेर संकल्प गर्नुपर्छ। र हृदयमा गलत कार्य लाई गलत ठान्नु  ईमानको सबैभन्दा कमजोर स्तर हो।</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>गलत कार्यलाई रोकथाम गर्ने चरणहरूबारे बुझाउन यो हदीस एउटा आधार हो।
 यस हदिसमा गलत कार्यको रोकथामको लागि क्रमशः अनुरुप र हरेकले आफ्नो क्षमता एवं शक्ति अनुसार रोकथहाम गर्न आदेश दिइएको छ।
 गलत (मुन्कर) लाई परिवर्तन गर्नु धर्मशैलीको एक महान अध्याय हो जुन हामी सबैको दायित्व हो र प्रत्येक मुस्लिमले  आफ्नो क्षमता अनुसार गर्नुपर्ने  छ।
 असल कुराको आदेश दिनु र नराम्रो कुराबाट मनाही गर्नु आस्थाको एउटा महत्वपूर्ण पाटो हो र ईमान (सत्कर्मले) बढ्छ र (कुकर्मले) घट्दछ  ।
 कुनै गलत कार्य (मुन्कर) बाट मनाही गर्नु त्यो कार्य गलत (मुन्कर) हो भन्ने ज्ञान हुने कुरा द्वारा सर्तबद्ध छ ।
 गलत कार्य (मुन्कर) बाट मनाही गर्नुकाे अर्को शर्तहरू मध्ये एक यो हो कि  रोक्ने कार्यले अझ ठूलो खराबी उत्पन्न नहोस् ।
 दुष्ट र गलत (मुन्कर) बाट मनाही गर्नका निम्ति केही नियम र शर्तहरू छन् जुन एक मुस्लिमले सिक्नुपर्ने हुन्छ ।
 दुष्ट र खराब कुरा (मुन्कर) को खण्डन गर्नका निम्ति इस्लामी धर्मशास्त्रको नीति, ज्ञान र विवेक  आवश्य नै चाहिन्छ।
 (खराब कुरा (मुन्कर) लाई ) हृदयले पनि नराम्रो नठान्नु, ईमान (आस्था) कमजोर भएको संकेत गर्दछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>जसले इस्लाम स्विकारे पछि  राम्रो काम गर्यो, उ जाहिलियाको समयमा गरेका कामहरूप्रति जवाफदेह हुने छैन र जसले इस्लाम स्विकारे पछि खराब कर्म गर्यो, उसलाई अघिल्ला र पछिल्ला सबै कृकर्मको सजाय दिइनेछ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एकजना मानिसले सोधे: हे अल्लाहका रसूल! के हामीले जाहिलिया (इस्लाम पूर्व) को समयमा गरेका पाप-कर्महरूप्रति जवाफदेह हुनेछौं? उहाँले भन्नुभयो: " जसले इस्लाम स्विकारे पछि  राम्रो काम गर्यो, उ जाहिलियाको समयमा गरेका कामहरूप्रति जवाफदेह हुने छैन र जसले इस्लाम स्विकारे पछि खराब कर्म गर्यो, उसलाई अघिल्ला र पछिल्ला सबै कृकर्मको सजाय दिइनेछ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>यस हदीसमा सन्देशवाहक (उहाँ माथि अल्लाहको कृपा र शान्ति होस्) ले इस्लाम स्वीकार गर्नुको महत्त्वलाई स्पष्ट गर्दै हुनुहुन्छ । जसले इस्लामलाई स्वीकार गर्यो र एक असल, इमानदार र सत्यवादी मुसलमान भयो भने; उ जाहिलियाको समयमा गरेका पापहरूप्रति जवाफदेह हुनेछैन। जो व्यक्तिले इस्लाम स्वीकार गरिसकेपछि पनि मुनाफिक (आडम्बरी,कपटी ) वा मुर्तद (धर्मत्यागी) भएर इस्लाममा गलत काम गर्दछ; उ कुफ्र (इस्लाम पूर्व) र पछिको अवस्थामा गरेका सबै कर्महरूप्रति जवाफदेह हुनेछ।</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>यस हदीसले जाहिलियाको युगमा गरेका कर्महरूप्रति सहाबा (रसूलका साथीहरू) पनि चिन्तित र भयभीत थिए भन्ने कुरा प्रष्ट पार्छ।
 यस हदीसले इस्लाममा अडिग र दृढ रहन प्रोत्साहन दिन्छ।
 यस हदीसबाट इस्लाममा प्रवेश गर्नुको महत्व बारे र यसले अघिल्लो सबै पापहरू क्षमा हुन्छन् भनि थाहा हुन्छ।
 मुनाफिक (पाखण्डी) र मुर्तद (धर्मत्यागी) हरू इस्लाम स्वीकार गर्नु अघि जाहिलियाको कर्म र पछि गरेका सबै पाप-कर्महरूप्रति जवाफदेह हुनेछन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>यदि मैले अनिवार्य सलाह (नमाज) हरू कायम गरें, रमजानमा उपवास राखें र हलाल (वैध) लाई हलाल माने र हरामलाई त्यागे</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, यदि मैले अनिवार्य सलाह (नमाज) हरू कायम गरें, रमजानमा उपवास राखें र हलाल (वैध) लाई हलाल माने र हरामलाई त्यागे  र यो बाहेक अरू केही  गरिनँ भने के म जन्नत (स्वर्ग) मा प्रवेश गर्नेछु? उहाँले भन्नुभयो: "हो।"  उसले भन्यो: अल्लाहको कसम, मैले यसमा केही थप्ने छैन।</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नु भयो  कि जसले अनिवार्य पाँच पटकको नमाज पढ्छ तर नवाफिल (अतिरिक्त र  स्वैच्छिक सलाह) पढ्दैन, रमजानको व्रत बस्छ र अतिरिक्त वा स्वैच्छिक उपवासहरू बस्दैन, हलाललाई हलाल ठानेर गर्छ र हरामलाई हराम मानेर त्याग्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>मुस्लिम लाई स्वर्गमा प्रवेश पाउने लक्ष्य साथ आफ्नो कर्तव्यहरू पूरा गर्न र निषेधित चीजहरू त्याग्न उत्सुक हुनुपर्छ ।
 यस हदीस बाट वैध(हलाल) कार्य गर्ने र त्यसको वैधता लाई मान्नु र निषेधित कार्यबाट बच्ने र त्यसको अवैधता लाई मान्नु को महत्त्व थाहा हुन्छ।
 अनिवार्य कर्तव्यहरूलाई पुरा गर्नु र निषेधित चीजहरू लाई त्याग्नुले स्वर्गमा प्रवेश पाइन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) भरि दिन्छ</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>अबू मलिक अल-अश्अरी (रजियल्लाहु अन्हु) बाट उद्धृत गरिएको छ, वहाँ भन्नु हुन्छः अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) भरि दिन्छ । सलाह (नमाज) नूर (ज्योति) हो, सदकह (दान दिनु आस्था सही हुने ) प्रमाण हो, धैर्य गर्नु  (आस्थाको) किरण हो ।  र कुरान तपाईको पक्ष वा विपक्षमा प्रमाण हो । प्रत्येक मानिसले हरेक दिन परिश्रम गर्छ, कि त उसले आफूलाई नर्कबाट बचाउछ कि त नष्ट पार्दछ ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा बताउनु भएको छ कि : बाहिरी (शारीरिक) शुद्धता र पवित्रता "वुजू" र स्नानबाट प्राप्त हुन्छ र यो शुद्धता नमाजको लागि शर्त हो। र उहाँको भनाई : "अल्हमदु लिल्लाहले तराजु भर्छ" वास्तवमा यो अल्लाहको प्रशंसा, महिमा र पूर्णताको वर्णन हो । प्रलयको दिन, यी शब्दहरू तराजूमा तौलिनेछन् र यिनले कर्महरू तौलने  तराजूलाई भर्नेछन् । र उहाँको भनाई : "सुब्हानल्लाह र अल्हम्दुलिल्लाह" ले सम्पूर्ण थरीका त्रुटि र अपूर्णता बाट अल्लाहलाई पवित्र ठहर्‍याउन्छ, र उहाँ प्रति प्रेम एवं सम्मान सहित उहाँको  श्रेष्ठता माफिक उहाँको पूर्ण उत्तम विशेषताहरू वर्णन गर्दछ । यी दुई शब्दहरूले (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) आकाश र पृथ्वी बीचको ठाउँ भर्छन् । र "नमाज एउटा ज्योति हो" जसले भक्तको हृदय, अनुहार, चिहान र हश्र (हिसाबकिताबको लागि भेला हुने मैदान) लाई उज्यालो पार्दछ। र "दान प्रमाण हो"  अर्थात् दान प्रदान गर्नु भक्तको साँचो आस्थाको र पाखण्ड कपट बाट अबद्ध भएको प्रमाण हो, साथै दान दिनुले पाखण्डी कपटी व्यक्ति -जसले दानको प्नतिफलमा विश्वास गर्दैन- बाट भिन्नता पनि प्रमाणित हुन्छ । "सब्र (धैर्य) एक किरण हो" । धैर्य भनेको दु:ख र पीडामा असन्तुष्टि र भाग्यलाई गालीगलौज गर्नबाट रोकिनु हो । "जिया"- यसतो प्रकाशलाई भनिन्छ जसमा सूर्यको किरण जस्तै ताप र जलाउने गुण हुन्छ । किनभने धैर्य कठिन कार्य हो र यसमा आत्मसँग लड्न र आफ्नो  नराम्रो इच्छा तथा आकांक्षालाई रोक्नु पर्छ । धैर्यतापूर्वक जिवन बिताउने व्यक्ति  व्यक्ति सधैं उज्यालोमा रहन्छ र ऊ निरन्तर रुपले सही मार्गमा हुन्छ । अर्थात् धैर्य भनेको अल्लाहको आज्ञापालन गर्नुमा दृढ हुनु, उहाँको अवज्ञाबाट आफूलाई बचाउनु र संसारमा आइपरेका दुःख र कठिनाइहरूमा धैर्य गर्नु हो । "कुरआन तपाइँको लागि प्रमाण हो" जब तपाईंले कुरआनको पाठ गर्नुहुन्छ र त्यसको आदेश अनुसार कार्य गर्नु हुन्छ । वा "तपाइँको विरुद्धमा प्रमाण" हो, जब तपाइँले त्यसको आदेशहरुको पालना गर्नहुन्न र  त्यसको तिलावत (पाठ) पनि गर्नुहुन्न । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : सबै मानिसहरूले संघर्ष र प्रयास गर्छन्, धर्तीमा फैलिन्छन्, निद्राबाट ब्यूँझन्छन् अनि विभिन्न कामका लागि आफ्नो घर छोड्छन् र जीविकोपार्जन गर्छन् । अतः, तिनीहरूमध्ये केहीले अल्लाहको आज्ञापालन गर्दछन् र आफूलाई नर्कको आगोबाट मुक्त गर्छन् र तिनीहरूमध्ये केही अवज्ञा गरि विचलित हुन्छन् र पापहरूमा लिप्त भएर नर्कमा प्रवेश गर्छन् र आफूलाई नष्ट गर्छन् ।</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>पवित्रता दुई प्रकारको हुन्छ: बाहिरी (शारीरिक) शुद्धता, जुन वुजू र गुस्ल (स्नान) बाट प्राप्त हुन्छ र अर्को भित्री पवित्रता, जुन एकेश्वरवाद, विश्वास र असल कर्महरूबाट प्राप्त हुन्छ।
 यस हदीस बाट निरन्तर रुपले नमाज पढ्नुको महत्व प्रस्ट हुन्छ, किनभने नमाज यस संसार र महाप्रलयको दिनमा भक्तका लागि ज्योति हुनेछ।
 दान-पुण्य- आस्था एवं श्रद्धाको सत्यताको प्रमाण हो।
 यस हदीसबाट कुरान अनुसार कार्यान्वयन र यस माथि विश्वास गर्नुको महत्व थाहा हुन्छ, ताकि यो तपाइँको पक्षमा प्रमाण होस्, तपाईंको विरुद्धमा नहोस् ।
 यदि तपाईंले आफ्नो हृदयलाई आज्ञाकारितामा व्यस्त गर्नुभएन भने, यसले तपाईंलाई पापमा संलग्न गर्नेछ।
 हरेक मानिस अनिवार्य रूपमा कुनै न कुनै कर्म गर्दछ। तसर्थ कि त आज्ञाकारिताद्वारा उसले आफूलाई मुक्त गर्दछ वा अन्यथा पापद्वारा आफूलाई नष्ट गर्दछ।
 धैर्यको लागि सहिष्णुता, सहनशीलता  र पुण्यको नियत आवश्यक छ, जुन साह्रै गाह्रो हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>होसियार! सम्भव छ कि एक व्यक्ति आफ्नो अडेसदार आसनमा अडेस   लगाएर विराजमान हुनेछ,र मेरो हदीस ऊ समक्ष पुग्नेछ र उसले भन्नेछ: हामी र तपाईं बीच (निर्णयको मामिलामा) केवल अल्लाहको किताब छ</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>मिकदाम बिन माअ्दिकरिब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "होसियार! सम्भव छ कि एक व्यक्ति आफ्नो अडेसदार आसनमा अडेस   लगाएर विराजमान हुनेछ,र मेरो हदीस ऊ समक्ष पुग्नेछ र उसले भन्नेछ: हामी र तपाईं बीच (निर्णयको मामिलामा) केवल अल्लाहको किताब छ । हामीले यसमा जे कुरा वैध पाउनेछौं, त्यसलाई हामी वैध मान्नेछौं र जे निषेधित पाउँनेछौं, त्यसलाई निषेध मान्नेछौं । यद्यपि, निस्सन्देह, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले निषेध गर्नुभएको कुरा पनि त्यसरी नै हराम (वर्जित) छ जसरी अल्लाहले हराम गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा भन्नुभएको छ : यस्तो समय चाँडै नै आउने छ, जब यस्ता व्यक्तिहरू देखा पर्नेछन्, जसमध्ये एक आफ्नो ओछ्यानमा बसेको हुन्छ र उसलाई नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित हदीसको बारेमा सूचित गरिनेछ, तर उसले भन्‍नेछ: हामी र तिमीहरूका बीचमा फरक पार्ने कुरा पवित्र कुरआन हो, यो हाम्रो लागि पर्याप्त छ । हामीले यसमा जे वैध पाउँछौं त्यसैको अनुसरण गर्नेछौं र जे निषेधित छ, हामी त्यसबाट टाढा रहनेछौं । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभयो किय, उहाँको (हदीस) सुन्नतमा हराम वा निषेध गरेको सबै कुराहरू अल्लाहले आफ्नो पुस्तकमा निषेध गरे जस्तै नियममा छन् । किनभने उहाँ आफ्नो पालनकर्ताको दूत हुनुहुन्छ।</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>यस हदीस बाट प्रस्त हुन्छ कि सुन्नतको (हदीस) सम्मान त्यसरी नै गर्नुपर्छ जसरी कुरानको सम्मान गरिन्छ र कुरानको पालना झैं सुन्नतको पनि पालना  गर्नुपर्छ।
 रसूल (सन्देशवाहक) को आज्ञापालन वास्तवमा अल्लाहको आज्ञाकारिता हो र उहाँको अवज्ञा गर्नु वास्तवमा अल्लाहको अवज्ञा गर्नु हो।
 यस बाट हदीसको वैधानिकता प्रमाणित हुन्छ र  यसमा हदीसलाई इन्कार वा अस्वीकार गर्ने व्यक्तिको खण्डन गरिएको छ।
 जसले सुन्नतलाई अस्वीकार गर्छ र केवल कुरआनलाई मात्र पालन गर्ने दाबी गर्छ, ऊ वास्तवमा कुरान र हदीस  दुवैको अनुपालन बाट विचलित हुन्छ र कुरआनको पालना गर्ने भन्ने आफ्नो दाबीमा झूटो छ ।
 पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सच्चा रसूल हुन् भन्ने कुराको एक प्रमाण के हो भने उहाँले भविष्यमा हुने केही घटनाहरूको बारेमा भविष्यवाणी गर्नुभएको थियो र त्यो जस्ताको त्यस्तै भयो ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र इब्ने माजहले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>हे अल्लाहका रसूल! मैले साना ठूला हरेक पाप गरेको छु । उहाँले भन्नुभयो: " के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल (सन्देशवाहक) हुन्</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उनी भन्छन्: एउटा व्यक्ति पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आयो र भन्यो: हे अल्लाहका रसूल! मैले साना ठूला हरेक पाप गरेको छु । उहाँले भन्नुभयो: " के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल (सन्देशवाहक) हुन् ?" भनेर तीन पटक प्रश्न सोध्नुभयो । व्यक्तिले जवाफ दियो: हो (मैले गवाही दिन्छु), उहाँले भन्नुभयो: "यो गवाहीले यी पापहरूलाई मेटाउँछ ।"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>एक व्यक्ति अल्लाहको पैगम्बर (सल्लल्लाहु अलैहि वसल्लम)  को सेवामा आयो र भन्यो: हे अल्लाहका रसूल! मैले सबै प्रकारका पापहरू गरेको छु। कुनै सानो वा ठूलो पाप मबाट छुटेको छैन। के मलाई क्षमा गरिनेछ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यस व्यक्तिलाई भन्नुभयो: "के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल हुन् ?" उहाँले यो प्रश्न तीन पटक दोहोर्याउनु भयो। त्यस व्यक्तिले जवाफ दियो: हो! म यो गवाही दिन्छु । तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यी दुवै गवाहीको महत्व र यसले पापहरू मेटाउँछ र पश्चात्तापले अघिल्लो सबै पापहरू पखालिन्छ भनेर जानकारी दिनुभयो ।</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>यो हदीसले दुवै गवाहीको महत्त्व र जसले  इमानदारी र आत्मसमर्पणका साथ आफ्नो हृदयको गहिराईबाट गवाही दएको छ भने त्यसमा उसको पापहरू मेट्ने क्षमताको स्पष्टीकरण दिन्छ ।
 इस्लाम स्वीकार गर्नुले विगतका पापहरू मेटाउँछ।
 साँचो प्रायश्चित्तले विगतका पापहरूलाई मेटाउँछ।
 तालिम र सिकाउने क्रममा धेरै पटक दोहोर्‍याउनु पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को तरिका हो ।
 यस हदीस बाट दुबै गवाहीको महत्व र यी दुबै गवाही नर्कमा अनन्त बासबाट मुक्तिको माध्यम हुन् भन्ने कुरा स्पष्ट हुन्छ ।</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[अबू याअला, तबरानी ​​र जिया अल-मकदीसीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>भक्तहरूमाथि अल्लाहको अधिकार के हो भने तिनीहरूले उहाँको मात्र उपासना गरून् र उहाँको (उपासना)मा कसैलाई साझेदार नबनाऊन (शिर्क नगरून्) र अल्लाहमाथि भक्तहरूको अधिकार के हो भने जसले उहाँको (उपासना)मा  कसैलाई साझेदार बनाउदैन, वहाँले उसलाई दण्ड नदिऊन्</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>मुआज (रजियल्लाहु अन्हु) बाट उद्धृत गरिएको छ, वहाँले भन्नुहुन्छ: म रसूल (सल्लल्लाहु अलैहि वसल्लम)को पछाडि उफैर नामको गधा माथि सवार थिएँ । उहाँले भन्नुभयो: “हे मोअज! के तिमीलाई थाहा छ, भक्तहरूमाथि अल्लाहको अधिकार र अल्लाहमाथि भक्तहरूको अधिकार के हो?” मैले भनें: अल्लाह र उहाँका रसूललाई  राम्ररी थाहा छ । उहाँले भन्नुभयो: "भक्तहरूमाथि अल्लाहको अधिकार के हो भने तिनीहरूले उहाँको मात्र उपासना गरून् र उहाँको (उपासना)मा कसैलाई साझेदार नबनाऊन (शिर्क नगरून्) र अल्लाहमाथि भक्तहरूको अधिकार के हो भने जसले उहाँको (उपासना)मा  कसैलाई साझेदार बनाउदैन, वहाँले उसलाई दण्ड नदिऊन् । मैले भने: हे अल्लाहका दूत, के म मानिसहरूलाई यो शुभ समाचार नदिउँ ? उहाँले भन्नुभयो: "नदेऊ, अन्यथा मानिसहरू त्यसमा भर परेर बस्नेछन् (र सूकर्म  गर्ने छैनन्) ।"</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा भक्तहरूमाथि अल्लाहको अधिकार र अल्लाहमाथि भक्तहरूको अधिकार के हो भनेर व्याख्या गर्नुभएको छ। भक्तहरूमाथि अल्लाहको अधिकार भनेको केवल एक अल्लाहको उपासना गर्नु र उहाँसँग अरू कसैलाई साझेदार नबनाउनु हो। अल्लाहमाथि भक्तहरूको अधिकार यो हो कि एकेश्वरवादी भक्तहरू लाई; जसले उहाँसँग कसैलाई साझेदार बनाएनन्, दण्ड नदिनु हो । पछि मुआजले भने: हे अल्लाहका रसूल! के म मानिसहरूलाई यसको शुभ समाचार नदिउँ ? ताकि उनीहरु यो अनुग्रह थाहा पाएर रमाऊन् र हर्षित होउन् ? तर मानिसहरू यसैमा निर्भर हुनेछन् भन्ने डरले नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई त्यसो गर्न मनाही गर्नुभयो।</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>यस हदीसमा अल्लाहको भक्तहरूमाथि अनिवार्य गरिएको अधिकारको वर्णन छ; कि मानिसहरूले मात्र अल्लाहको  उपासना गर्नुपर्छ र वहाँसँग कसैलाई साझेदार बनाउनु हुँदैन।
 यस हदीसमा अल्लाहमाथि भक्तहरूको अधिकारको स्पष्टिकरण छ, जुन वहाँले आफू माथि आफ्नो कृपा र अनुग्रहले अनिवार्य गर्नुभएको छ, कि वहाँले तिनीहरूलाई स्वर्गमा प्रवेश गराउने छन् र तिनीहरूलाई सजाय दिने छैनन्।
 यस हदीसमा, ती एकेश्वरवादीहरूका लागि ठूलो खुशीको खबर छ, जसले अल्लाहसँग कसैलाई साझेदार बनाउदैनन्, कि अन्ततः तिनीहरूको भाग्य स्वर्ग प्रवेश गर्नु हो ।
 मुआजले ज्ञान लुकाउने पापमा लिप्त हुने डरले आफ्नो मृत्यु अघि यो हदीस बताउनुभयो ।
 हदीसको अर्थ र तात्पर्यलाई केही मानिसहरूले ठम्याउन नसक्ने डरले केही हदीसहरू वर्णन नगर्नुको चेतावनी छ। तर यो कुरा ती हदीसहरूको सन्दर्भमा हो जसबाट न त कुनै कर्म-कानुन लागू हुन्छ र न त जसमा धार्मिक कानूनको विधिविधान समावेश गरिएको छ ।
 एकेश्वरवादी पापीहरू अल्लाहको इच्छा अन्तर्गत हुनेछन्। वहाँले चाहनुभयो भने तिनीहरूलाई दण्ड दिनुहुनेछ वा क्षमा गरेर अन्ततः तिनीहरूलाई स्वर्गमा प्रवेश गराउनु हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>जसले शिर्क (अल्लाहको उपासनाको अधिकार अरू लाई दिनु ) नगरीकन मर्छ, ऊ स्वर्गमा प्रवेश गर्नेछ र जसले शिर्क गर्दागर्दै मर्छ, ऊ नर्कमा प्रवेश गर्नेछ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हु) बाट उद्धृत गरिएको छ, वहाँ भन्नुहुन्छ: एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आयो र उसले सोध्यो: हे अल्लाहका रसूल! निश्चित रुपमा हुने दुई कुराहरू के हुन्? उहाँले जवाफ दिनुभयो: "जसले शिर्क (अल्लाहको उपासनाको अधिकार अरू लाई दिनु ) नगरीकन मर्छ, ऊ स्वर्गमा प्रवेश गर्नेछ र जसले शिर्क गर्दागर्दै मर्छ, ऊ नर्कमा प्रवेश गर्नेछ।"</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई ती दुइ कर्महरूको बारेमा सोधे, जसलाइ गरेर एकजनाले निश्चित रुपमा स्वर्गमा प्रवेश  पाउँछ भने अर्कोले निश्चित रुपमा नर्कको बास ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो:  एकेश्वरवादी भइ  एक मात्र अल्लाहको उपासना गर्ने र उहाँसँग अरू कसैलाई साझेदार नबनाउने अवस्थामा मृत्यु हुँदा मानिस निश्चित रुपमा स्वर्गमा प्रवेश गर्ने छ । र जुन कर्मले गर्दा मानिस निश्चित रुपमा नर्कमा  जानेछ, त्यो यो हो कि शिर्क मा लिप्त हुने अवस्थामा मानिसको मृत्यु  होस , अर्थात अल्लाहको प्रभुत्व वा ईश्वरत्व मा वा उहाँको नाम र विशेषताहरूमा अरुलाई  उहाँको समान र तुल्य मानेको अवस्थामा मानिसको मृत्यु  होस।</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>यस हदीस बाट तौहीद (एकेश्वरवाद) को महत्व र जसले अल्लाहसँग कसैलाई साझेदार नगरी ईमानको अवस्थामा मर्छ भने ऊ स्वर्गमा प्रवेश पाउँनेछ भन्ने कुरा स्पष्ट हुन्छ ।
 यस हदीसमा शिर्कको गम्भीरता र जसले शिर्क (अल्लाहसँग कसैलाई साझेदार बनाएको) अवस्थामा मर्छ भने ऊ नरक प्रवेश पाउँनेछ भन्ने कुरा उल्लेख गरिएको छ ।
 एकेश्वरवादी  (तौहीद) पापीहरू अल्लाहको इच्छाको अन्तर्गत हुनेछन् । उहाँले चाहनु भए भने  तिनीहरू दण्डित हुनेछन् वा उहाँको इच्छा अनुसार   तिनीहरूलाई क्षमा प्रदान गरिनेछ, त्यसपछि अन्ततः  स्वर्गमा  जानेछन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>उसले कहिल्यै पनि भनेन: हे मेरो प्रभु, प्रलयको दिन मेरो पाप क्षमा गरी दिनु होला ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन्, उहाँले भन्नु हुन्छ कि: मैले भने: हे अल्लाहको रसूल! "इब्न जुदआनले" जाहिलियत (इस्लाम पूर्व) को समयमा नातागोतालाई कायम राख्थे, गरिबहरूलाई खाना खुवाउँथे। के यो उनको लागि पुण्य-जनक हुनेछ ? उहाँले भन्नुभयो: "यी कर्महरुले उसलाई केही फाइदा दिने छैन किनभने  उसले कहिल्यै पनि भनेन: हे मेरो प्रभु, प्रलयको दिन मेरो पाप क्षमा गरी दिनु होला ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले "अब्दुल्लाह बिन इब्न जुदआन"को बारेमा जानकारी दिनुभएको छ । जो इस्लामपूर्व कुरैशका प्रमुखहरू मध्ये एक थियो । उनले इस्लामले गर्न प्रोत्साहित गरेका  पुण्य कार्यहरु जस्तै आफन्तसँग राम्रो व्यवहार गर्नु, सुख दु:खमा नाता कायम राख्नु र गरिबहरूलाई खाना खुवाउनु जस्ता धेरै राम्रा कामहरू गरेका थिए, तर यी कर्महरूले उनलाई परलोकमा कुनै फाइदा दिने छैन । किनकि उनी मुस्लिम थिएनन् र हे मेरा प्रभु! महाप्रलयको दिनमा मेरो पापहरू क्षमा गर्नुहोला भनेर कहिल्यै बिन्ती गरेनन् ।</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>यस हदीसमा ईमान(आस्था)को महत्व र कर्महरू स्वीकृत हुनका लागि ईमान शर्त हो भन्ने कुराको प्रमाण छ ।
 यस हदीसमा कुफ्र (अधर्मी) को खराबीको वर्णन र यसले सत्कर्महरूलाई बर्बाद गर्छ भन्ने कुराको प्रमाण छ।
 काफिर (अविश्वासी) हरूले परलोकमा आफ्नो कर्महरूको लाभ उठाउने छैनन्, किनभने तिनीहरू अल्लाह र परलोकमा विश्वास गर्दैनन् ।
 यदि कुनै व्यक्तिले इस्लाम स्वीकार गर्छ भने उसले कुफ्र (इस्लाम पुर्व) को अवस्थामा गरेको राम्रो कर्मको प्रतिफल पाउने छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>तिमीहरुलाई थाहा छ, तिमीहरुको प्रभुले के भन्नुभएको छ?" तिनीहरूले भने अल्लाह र उहाँका रसूल लाई राम्ररी ज्ञान छ, उहाँले भन्नुभयो: "मेरा भक्तहरू मध्ये केही मोमिन (ममा विश्वास गर्ने) र अर्को काफिर</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>जैद बिन खालिद अल-जोहनी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उहाँले भन्नु हुन्छः रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई "हुदैबिया" भन्ने ठाउँ मा फजरको नमाज पढाउनु भयो र त्यस अघिल्लो रात वर्षा भएको थियो । नमाज पढे पछि मानिसहरूतर्फ फर्किएर भन्नुभयो: " तिमीहरुलाई थाहा छ, तिमीहरुको प्रभुले के भन्नुभएको छ?" तिनीहरूले भने अल्लाह र उहाँका रसूल लाई राम्ररी ज्ञान छ, उहाँले भन्नुभयो: "मेरा भक्तहरू मध्ये केही मोमिन (ममा विश्वास गर्ने) र अर्को काफिर (अविश्वासी) भएको छन् । जसले भन्छ: अल्लाहको कृपा र दयाले  वर्षा भएको हो, उसले ममा विश्वास गर्‍यो र नक्षत्रलाई इन्कार गर्‍यो र जसले भन्छ: ग्रह र नक्षत्रले गर्दा वर्षा भएको हो, उसले नक्षत्रमा विश्वास गर्‍यो र म माथि अविश्वास गर्‍यो ।"</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हुदैबिया (मक्का नजिकको गाउँ) मा फजरको नमाज पढाउनु भयो र त्यस अघिल्लो रात पानी परेको थियो । नमाज पढिसकेपछि मानिसहरूतर्फ फर्किएर सोध्नुयो: "तिमीहरुको पालनकर्ताले के भन्नुभएको छ, तिमीहरुलाई थाहा छ ?" उहाँका साथीहरूले भने: अल्लाह र उहाँका रसूल राम्ररी जान्दछन् । उहाँले भन्नुभयो: अल्लाहले स्पष्ट गर्नुभएको छ कि जब वर्षा हुन्छ मानिसहरू दुई समूहमा विभाजित हुन्छन्: एक समूह जसले अल्लाहमा विश्वास गर्दछ र अर्को समूह जसले सर्वशक्तिमान् ईश्वरलाई इन्कार गर्दछ। यसर्थ, जसले भन्छ: अल्लाहको कृपा र दयाले  वर्षा भयो र वर्षाको श्रेय अल्लाहलाई दिन्छ, त्यो व्यक्ति अल्लाह, यस संसारको सृष्टिकर्ता र ब्रह्माण्डको शासकमा विश्वास गर्ने हो र नक्षत्रलाई इन्कार गर्ने हो। र जसले भन्छ: फलानो तारा वा ग्रहले गर्दा वर्षा भयो; त्यो व्यक्ति ईश्वरलाई इन्कार गर्ने  र ग्रहमा विश्वास गर्ने हो | यो सानो कुफ्र (अविश्वास) हो । किनभने उसले तारालाई वर्षाको श्रेय दियो, जबकि तारा नक्षत्रले गर्दा वर्षा हुन्छ भन्ने कुरा न त  धार्मीक शास्त्र मा उल्लेख छ न त  सांसारिक विधिले नै पुष्टि हुन्छ । तर, जसले वर्षा र अन्य लौकिक दुर्घटनाहरूलाई  ताराहरूको उदय वा अस्ताउन सँग जोडदछ र त्यसलाई नै वास्तविक कारक मान्छ त्यो व्यक्ति ठूलो (खुलस्त) काफिर हो ।</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>पानी परेपछि  "मुतिर्ना बि फज्ल्लिाहि वरह्मतिहि"( अर्थात् 'अल्लाहको कृपाले वर्षा भयो') भन्नु मुस्तहब (उत्तम)हो ।
 जसले वर्षा र अन्य  वरदान समान चीजहरूको अस्तित्व एवं उत्पत्तिको श्रेय ग्रहलाई दिन्छ, त्यसले ठूलो कुफ्र गर्दछ, र यदि यो भन्छ कि अल्लाहले वर्षा त बर्साउनु हुन्छ, तर ग्रहले गर्दा पानी परेको हो1 भने त्यो सानो कुफ्र हो, किनभने यो ग्रह वर्षाको लागि न त धार्मिक रूपले वैधानिक कारण हो न भौतिक रूपले।
 वरदान कुफ्र (अविश्वास) को कारण बन्न सक्छ यदि त्यसलाई अस्वीकार गरियो भने, र आस्थाको कारण बन्न सक्छ यदि त्यसप्रति कृतज्ञता व्यक्त गरियो भने।
 शिर्कको ढोका बन्द गर्न निमित्त "'तारा वा फलानो ग्रहको कारणले वर्षा भयो" भन्ने बोलको प्रयोग निषेध गरिएको छ,चाहे त्यो वर्षाको समय बताउन उद्देश्यले नै किन नहोस्।
 वरदान प्राप्त गर्न र दुःख र कठिनाइहरू हटाउनको लागि हृदयलाई अल्लाहसँग जोड्नु अनिवार्य छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>हाम्रो मनमा यस्ता गम्भीर नराम्रो  कुराहरू आउँछन् जुन कुनै पनि मानिसले व्यक्त गर्न हिच्किचाउँछ । उहाँले सोध्नुभयो: "के वास्तवमा तिमीहरु मनमा यस्ता कुराहरू उत्पन्न हुन्छन्?" तिनीहरूले भने: हो, उहाँले भन्नुभयो: "यो नै स्पष्ट आस्थाको प्रतीक हो ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, वहाँ भन्नु हुन्छः रसूल (सल्लल्लाहु अलैहि वसल्लम) का केही साथीहरू आएर उहाँलाई सोधे: हाम्रो मनमा यस्ता गम्भीर नराम्रो  कुराहरू आउँछन् जुन कुनै पनि मानिसले व्यक्त गर्न हिच्किचाउँछ । उहाँले सोध्नुभयो: "के वास्तवमा तिमीहरु मनमा यस्ता कुराहरू उत्पन्न हुन्छन्?" तिनीहरूले भने: हो, उहाँले भन्नुभयो: "यो नै स्पष्ट आस्थाको प्रतीक हो ।"</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) का केही साथीहरू उहाँको सेवामा आए र तिनीहरूले मनमा उत्पन्न हुने खराब र घृणित कुराहरु बारेमा सोधे, जसलाई शब्दमा व्यक्त गर्न उनीहरूलाई गाह्रो महसुस भएको थियो। उहाँले भन्नुभयो: जुन कुराहरु तिमीहरूका मनमा उत्पन्न हुन्छ, 
 त्यो स्पष्ट ईमान र विश्वास को प्रतीक हो, किनभने (त्यही सत्य विश्वास को कारणले) तिमीहरु शैतानबाट भ्रमित हुदैनौँ  र (मनमा उत्पन्न हुने खराब) कुरालाई शब्दमा व्यक्त गर्न अप्ठ्यारो महसुस गर्छौं, यसले पुष्टि हुन्छ कि तिमीहरुको हृदय शैतानको वशमा छैन । किनभने जसको हृदय शैतानको नियन्त्रणमा हुन्छ, त्यो सित शैतानसँग लड्ने शक्ति हुँदैन ।</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>यसमा आस्थावानको तुलनामा शैतानको कमजोरीको वर्णन छ  र यस कुरा को पुष्टि छ कि शैतानले  मनमा भ्रम वा शंका उत्पन्न गर्न बाहेक अरु केही गर्न सक्दैन।
 हृदयमा उत्पन्न हुने कुविचार र शंका हरु लाई स्वीकार गर्नु हुँदैन छ, किनकि त्यो  शैतानको चाल हो ।
 शैतानको वस्वसा (हृदयमा उत्पन्न हुने कुविचार र शंका हरु) ले मुसलमानलाई हानि गर्दैन, तर त्यसबाट जोगिन अल्लाहको शरण खोज्नुपर्छ र त्यसबाट टाढा रहनु पर्दछ।
 मुस्लिमले धार्मिक मामिला प्रति उत्पन्न हुन्छ जिज्ञासा प्रति चुप लागेर बस्नु  हुँदैन, बरु त्यस बारे (ज्ञान निम्ति) प्रश्न सोध्नु उचित हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>सबै प्रशंसा योग्य अल्लाह नै हुनुहुन्छ, जसले (इब्लिस') को षड्यन्त्रलाई वस्वसा (कुविचारहरू) सम्म मात्र सीमित गरिदिए ।</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, उहाँले भन्नुहुन्छ: एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आयो र भन्यो: हे अल्लाहका रसूल! हाम्रो मनमा केही केही यस्ता गलत विचारहरू आउँछन्, जसलाई शब्दमा व्यक्त गर्नु भन्दा  खरानी बन्नु प्यारो छ । उहाँले भन्नुभयो: "अल्लाहु अक्बर, अल्लाह महान हुनुहुन्छ,  सबै प्रशंसा योग्य अल्लाह नै हुनुहुन्छ, जसले (इब्लिस') को षड्यन्त्रलाई वस्वसा (कुविचारहरू) सम्म मात्र सीमित गरिदिए ।"</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आए र भने: हे अल्लाहका रसूल! हाम्रो मनमा केही यस्ता गलत विचारहरू आउँछन्, जसको दुष्टता ले गर्दा त्यसलाई शब्दमा व्यक्त गर्नु भन्दा  खरानी बन्नु प्यारो छ । रसूल (सल्लल्लाहु अलैहि वसल्लम) दुइपटक अल्लाहु अक्बर भन्नुभयो र अल्लाहको प्रशंसा गर्नुभयो, कि अल्लाहले शैतान (इब्लिस') को षड्यन्त्रलाई वस्वसा (कुविचारहरू) सम्म मात्र सीमित गरिदिनुभयो ।"</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>शैतान आस्थावानहरूको हृदयमा कुविचार र शंका उत्पन्न गर्ने मौका को प्रतिक्षामा रहन्छ, जसद्वारा तिनीहरू लाई आस्था इमान बाट निकाली पुनः कुफ्रतिरै फर्काउन चाहन्छ।
 यसमा आस्थावानको तुलनामा शैतानको कमजोरीको वर्णन छ  र यस कुरा को पुष्टि छ कि शैतानले  मनमा भ्रम वा शंका उत्पन्न गर्न बाहेक अरु केही गर्न सक्दैन।
 मुस्लिमले शैतानको वस्वसा (कुविचार र शंका) को वास्तै गर्नु हुन्न,र उक्त विचारहरु दिमागबाट नै निकाल्नु पर्नेहुन्छ।
 कुनै मनपर्ने वस्तु देख्दा वा अचम्म लाग्दा 'अल्लाहु अकबर' भन्नु मुस्तहब (राम्रो) हो ।
 मुस्लिमले नबुझेको कुराबारे विद्वानलाई सोध्न वैध छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[अबू दाउद र निसाईले सुनन कुब्रा मा वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>शैतान तिमीहरु मध्ये कसै कहाँ आउँछ र भन्छ: यो कसले सृष्टि गर्यो ? र यो कसले रचना गर्यो ? यो क्रम चलिरहन्छ यहाँ सम्म उसले सोध्न थाल्छ : तिम्रो रब (पालनकर्ता) लाई कसले सृष्टि गर्यो ? यस्तो कुरा दिमागमा आउन साथ शैतानको उपद्रोबाट अल्लाहको शरण लिनुपर्छ र यस्त खराब विचार त्याग्नु पर्छ" ।</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "शैतान तिमीहरु मध्ये कसै कहाँ आउँछ र भन्छ: यो कसले सृष्टि गर्यो ? र यो कसले रचना गर्यो ? यो क्रम चलिरहन्छ यहाँ सम्म उसले सोध्न थाल्छ : तिम्रो रब (पालनकर्ता) लाई कसले सृष्टि गर्यो ? यस्तो कुरा दिमागमा आउन साथ शैतानको उपद्रोबाट अल्लाहको शरण लिनुपर्छ र यस्त खराब विचार त्याग्नु पर्छ" ।</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले शैतानले आस्थावानहरूको मस्तिष्कमा हाल्ने प्रश्नहरूको प्रभावकारी उपचारको वर्णन गर्नुभएको छ। शैतानले भन्छ : यसलाई कसले बनायो? आकाशलाई कसले बनायो ? पृथ्वीलाई कसले बनायो ? मुस्लिमले  धार्मिक, प्राकृतिक र तार्किक जवाफ दिन्छ : यी सबैको सृष्टि अल्लाहले गरेका हुन् । तर शैतान यतिमै सिमित नभई एक कदम अगाडि बढेर प्रश्न गर्छ : त्यसोभए तिम्रो परमेश्वरलाई कसले सृष्टि गरेको त ? यस्तो अवस्थामा आस्थावानले वस्वसा (कुविचारहरू) लाई तीन चीजहरूद्वारा हटाउन सक्छ :
 अल्लाह माथि विश्वास गरेर ।
 शैतानबाट अल्लाहको शरण लिएर ।
 र नराम्रा विचारहरूबाट टाढा रहेर।</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>शैतानी वस्वसा (कुविचार) र चालहरूबाट टाढा रहनुपर्छ र त्यसको बारेमा सोच्नु हुँदैन साथै त्यसबाट जोगिन अल्लाह सँग वहाँको शरण प्राप्ति निमित्त प्रार्थना गर्नुपर्छ ।
 मानिसको हृदयमा धर्म विरुद्ध जुनसुकै वस्वसा (कुविचार) उत्पन्न हुन्छ, त्यो शैतानबाट हुन्छ ।
 अल्लाहको अस्तित्व बारे चिन्तन गर्न निषेध गरिएको छ, र उहाँका सृष्टिहरू र निसानीहरूमाथि विचार गर्न प्रोत्साहित गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>कर्म ६ प्रकारका र मानव ४ प्रकारका हुन्छन् ।
 तीमध्ये (स्वर्ग वा नरक) अनिवार्य गर्ने दुईवटा कर्म छन्, र (बाँकी ४ प्रकारका कर्महरू मध्ये ) एउटा कर्मको प्रतिफल कर्म अनुसार नै पाइनेछ, र अर्को कर्मको प्रतिफल दश गुणा बढी र केही कर्मको प्रतिफल सात सय गुणा बढी प्राप्त हुनेछ</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>खुरैम बिन फातिक (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो: कर्म ६ प्रकारका र मानव ४ प्रकारका हुन्छन् ।
 तीमध्ये (स्वर्ग वा नरक) अनिवार्य गर्ने दुईवटा कर्म छन्, र (बाँकी ४ प्रकारका कर्महरू मध्ये ) एउटा कर्मको प्रतिफल कर्म अनुसार नै पाइनेछ, र अर्को कर्मको प्रतिफल दश गुणा बढी र केही कर्मको प्रतिफल सात सय गुणा बढी प्राप्त हुनेछ। 
 दुईटा (स्वर्ग वा नरक) अनिवार्य गर्नेवाला कर्महरू भनेको : जो अल्लाहसँग शिर्क (साझेदारी) नगरेको अवस्थामा मर्यो भने ऊ स्वर्गमा जानेछ, र जो अल्लाहसँग शिर्क गरेको अवस्थामा मर्यो भने ऊ नर्कमा जानेछ ।
 र त्यो कर्म जसको प्रतिफल कर्म अनुसार नै पाइनेछ भनेको : जसले भित्री मनले कुनै सत्कर्म गर्ने नियत गर्दछ र अल्लाहले त्यस प्रति उसको प्रतिज्ञालाई देख्नुहुन्छ त उसको लागि एक नेकी (पुण्य) लेखिन्छ,र  जसले दुष्कर्म गर्ने नियत गर्दछ, उसको लागि एउटा पाप मात्र लेखिन्छ । र जसले सत्कर्म गर्दछ, त्यसलाई दश गुणा बढी प्रतिफल दिइनेछ ।  र जसले अल्लाहको बाटोमा दान प्रदान गर्छ, त्यसलाई सात सय गुणा बढी प्रतिफल (पुण्य)दिइनेछ ।
  र मानिसहरू चार प्रकारका छन्: (पहिलो) जसलाई संसारमा सुख सुविधा प्राप्त छ, तर आखिरत(परलोक)मा उसलाई कष्ट र दुःख हुनेछ ।(दोस्रो) जसले संसारमा कष्ट र दुःख साथ जीवन काट्यो, तर आखिरतमा उसलाई सुख सुविधा प्राप्त हुनेछ,  (तेस्रो) जसलाई संसार र आखिरत दुवैमा कष्ट दुःख हुनेछ, (चौथो) जसलाई संसार र आखिरत दुवैमा सुख सुविधा प्राप्त हुनेछ।</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
@@ -16571,917 +16793,917 @@
 तेश्रो : यस संसार र परलोकमा दुवैमा कष्ट र अभाव भोग्ने व्यक्ति र त्यो गरिब काफिर हो ।
 चौथो : यस संसार र परलोकमा प्रशस्त धनसम्पत्ति पाएको व्यक्ति र त्यो धनी मुअ्मिन (विश्वासी) हो ।</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>यस हदीसले स्पष्ट हुन्छ कि अल्लाह आफ्ना भक्तहरू प्रति अति दयालु हुनुहुन्छ र राम्रो कर्मको प्रतिफल कैयौं गुणा बढाएर प्रदान गर्नु हुन्छ ।
 यस हदीस बाट अल्लाहको न्याय र उदारता पनि प्रष्ट हुन्छ; यसर्थ न्याय पूर्वक उहाँले एक पाप को कर्मफल एउटा मात्र  लेख्नु हुन्छ ।
 यस हदीस ले शिर्क कतिको खतरनाक हो र यसले स्वर्गबाट ​​वञ्चित राख्छ भन्ने कुराको जानकारी दिन्छ ।
 यस हदीसमा अल्लाहको बाटोमा खर्च गर्दा कति पुण्य पाइन्छ भन्ने कुरालाई बताइएको छ।
 अल्लाहको मार्गमा खर्च गरेको प्रतिफल  सात सय गुणा देखि सुरु हुन्छ, किनकि यसले अल्लाहको वचन (तौहीद) लाई उच्च पार्न मद्दत गर्दछ ।
 यस हदीसमा विभिन्न प्रकारका मानिसहरू र तिनीहरू भित्र पाइने भिन्नताहरू बारे चर्चा गरिएको छ ।
 यस संसारमा मुअ्मिन र काफिर (आस्तिक र नास्तिक) सबैले सूख र सुविधा पाउँछन् तर परलोकमा मुमिनहरूले मात्र सूख र सुविधा पाउनेछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>वास्तवमा, अल्लाहले आस्थावानमाथि एक पुण्यको मामिलामा पनि अन्याय गर्नुहुन्न। उसलाई यस संसारमा पुण्य को प्रतिफल दिइन्छ र परलोकमा पनि  राम्रो प्रतिफल दिइनेछ</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>अनस बिन् मालिक(रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, अल्लाहले आस्थावानमाथि एक पुण्यको मामिलामा पनि अन्याय गर्नुहुन्न। उसलाई यस संसारमा पुण्य को प्रतिफल दिइन्छ र परलोकमा पनि  राम्रो प्रतिफल दिइनेछ ।" तर काफिरले गरेको सत्कर्मको प्रतिफल यस संसारमा नै दिइन्छ, परलोकमा उसलाई कुनै प्रतिफल दिइने छैन ।</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>यस हदीसमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आस्थावानहरूप्रति अल्लाहको  महान कृपा र दया तथा काफिरहरूप्रति उहाँको न्याय र इन्साफ बारे वर्णन गर्नुभएको छ । र जहाँसम्म आस्थावानको कुरा छ, उसले गरेको राम्रो कर्मको प्रतिफल कहिले पनि बर्बाद हुँदैन, बरु उसलाई यस संसारमा राम्रो बदला दिइनेछ र साथसाथै  उसलाई प्रदान गर्ने लागि परलोकमा ठूलो पुरस्कार सुरक्षित राखिन्छ  र कुनै कुनै अवस्थामा, सारा प्रतिफल परलोकमा प्रदान गर्ने लागि नै राखिदिइन्छ। र जहाँसम्म काफिरको कुरा छ, अल्लाहले उसलाई उसको असल कर्मको बदलामा यस लोकमा राम्रो चीजहरू दिनुहुन्छ र जब ऊ परलोकमा पुग्नेछ, तब उसको लागि कुनै प्रतिफल हुनेछैन । किनकि असल कर्मबाट लाभान्वित हुनका लागि मुअ्मिन (आस्थावान) हुनु शर्त छ ।</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>कुफ्र (इस्लाम धर्म नकार्ने अवस्था) को अवस्थामा मर्ने मानिसलाई (परलोकमा) कुनै पनि सत्कर्मले लाभ हूने छैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
-[...2 lines deleted...]
-    <t>"तिमीले गरेका ती राम्रो कर्महरूको कारणले नै तिमीले इस्लाम स्वीकार गरेको छौ।</t>
+    <t>أسلمت على ما سلف من خير</t>
+  </si>
+  <si>
+    <t>तिमीले गरेका ती राम्रो कर्महरूको कारणले नै तिमीले इस्लाम स्वीकार गरेको छौ।</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>हकीम बिन हिजाम (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उहाँ भन्नु हुन्छः मैले भने: हे अल्लाहको रसूल ! म जाहिलिया (इस्लाम पूर्व) को समयमा परोपकार गर्थे, दासहरूलाई मुक्त गर्थे तथा पारिवारिक सम्बन्ध कायम राख्थे,  के मलाई ती सत्कर्महरूको कुनै प्रतिफल प्राप्त हुनेछ ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " "तिमीले गरेका ती राम्रो कर्महरूको कारणले नै तिमीले इस्लाम स्वीकार गरेको छौ।"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>नबी  (सल्लल्लाहु अलैहि वसल्लम)ले स्पष्ट गर्नुभएको छ कि यदि काफिरले इस्लाम स्वीकार गर्दछ भने, उसलाई इस्लाम स्वीकार गर्नु अघि जाहिलियतको समयमा गरेको दान, दासलाई स्वतन्त्र गराउने, र नातागोतालाई जोड्ने जस्ता सुकर्महरूको प्रतिफल दिइन्छ।</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>यस हदीस ले प्रस्ट पार्छ कि यस लोकमा राम्रो कर्म गर्ने काफिर यदि कुफ्र (अविश्वास) को अवस्थामा मर्यो भने उसले परलोकमा ती असल कर्महरूको कुनै प्रतिफल पाउने छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>अल्लाहलाई उहाँले प्रदान गर्नुभएको छुटको लाभ उठाइयोस भन्ने कुरा त्यत्तिकै प्रिय छ जति उहाँले आफ्ना आदेश र उपदेशहरूको पालना हुन मन पराउनुहुन्छ ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "अल्लाहलाई उहाँले प्रदान गर्नुभएको छुटको लाभ उठाइयोस भन्ने कुरा त्यत्तिकै प्रिय छ जति उहाँले आफ्ना आदेश र उपदेशहरूको पालना हुन मन पराउनुहुन्छ ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : भक्तको लागि सहज होस् भनेर अल्लाहले केही उपासनाका नियमहरूमा छुट र सहुलियत दिनुभएको छ, जस्तैः यात्रा गर्दा ४ रकातको नमाजलाई २ रकात मात्र पढ्ने, दुई नमाजलाई जम्मा गरी एकसाथ पढ्ने इत्यादि छुटहरू, ती छुटहरूको लाभ उठाइयोस भन्ने कुरा उहाँलाई त्यत्तिकै मनपर्छ, जति उहाँलाई उहाँले तोकेका अनिवार्य आदेशहरूको पालना हुने कुरा  मन पर्छ, किनकि दुबै छूट र अनिवार्य आदेशको सम्बन्धमा अल्लाहको निर्देशनहरू समान छन्।</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>यस हदीसमा वर्णन छ कि भक्तहरू माथि अल्लाहले दया गर्नुहुन्छ, र (त्यही दया स्वरुप) उहाँलाई मनपर्छ कि उहाँले निर्धारित गरेका छुटहरूको लाभ उठाइयोस  ।
 यस हदीसले शरीयह (धार्मिक कानुन)को परिपूर्णता र उत्तमता र  यसले मुस्लिमहरूलाई कठिनाइबाट मुक्त गरेको छ भन्ने कुरा प्रष्ट हुन्छ।</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[इब्ने हिब्बानले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु, त्यसपछि त्यसमा अडिग रहनु।</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>सुफयान बिन अब्दुल्लाह सकफी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले भने: हे अल्लाहको रसूल!  मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु, त्यसपछि त्यसमा अडिग रहनु।"</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को एक साथी सुफयान बिन अब्दुल्लाहले उहाँलाई इस्लामको अर्थलाई व्यापक रूपमा समेटिएको कुरा सिकाउन अनुरोध गरे, ताकि उसले यसलाई दृढताका साथ पालना गरून् र यसको बारेमा अरू कसैलाई सोध्न नपरोस् । त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई भन्नुभयो: भन, अल्लाह एक हुनुहुन्छ र उहाँ नै मेरो परमेश्वर, मेरो सृष्टिकर्ता र पूज्य हुनुहुन्छ र उहाँको कोही साझेदार छैन भनेर म विश्वास गर्दछु । त्यसपछि अल्लाहको आदेशको पालना गरेर र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहेर उहाँको आज्ञापालन गर्नु र त्यसमा अडिग रहनु ।</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>वास्तविक धर्म भनेको अल्लाहलाई परमेश्वर, साँचो ईश्वर र उहाँको नाम र गुणहरूमा विश्वास गर्नु हो ।
 ईमान ल्याइसकेपछि निरन्तर उपासना गर्नु र त्यसमा अडिग रहनुको ठूलो महत्व छ ।
 ईमान भनेको कर्म स्वीकार गर्ने मूल शर्त हो ।
 अल्लाहमाथिको आस्थामा आस्थासँग सम्बन्धित आधारभूत कुराहरू र त्यसअन्तर्गत आउने हृदयका कार्यहरू तथा अल्लाहको लागि बाह्य तथा आन्तरिक आज्ञाकारिता र आत्मसमर्पण समावेश छन् ।
 इस्तिकामह (स्थिरता) भनेको वाजिबको पालना गरेर र निषेधहरू त्यागेर सोझो बाटोमा अडिग रहनु हो ।</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[मुस्लिम र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>मुनाफिक (पाखण्डी, कपटी) को उदाहरण त्यस्तो बाख्राजस्तै हो, जुन दुई बथान बीच अलमल्ल पर्छ, कहिले यस बथानतिर जान्छ त कहिले त्यस बथानतिर।।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "मुनाफिक (पाखण्डी, कपटी) को उदाहरण त्यस्तो बाख्राजस्तै हो, जुन दुई बथान बीच अलमल्ल पर्छ, कहिले यस बथानतिर जान्छ त कहिले त्यस बथानतिर।।"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि पाखण्डीको अवस्था दुविधा र अलमलमा परेको बाख्रा जस्तै हुन्छ, जसलाई बाख्राको कुन समूहसँग बस्ने भनेर थाहा हुँदैन, कहिले यो बथानमा जान्छ त कहिले त्यो बथानमा । पाखण्डीहरूले ईमान र कुफ्र (विश्वास र अविश्वास) को बीचमा भ्रमको जीवन बिताउँछन् । तिनीहरू बाहिरी र भित्री रूपमा नत मुस्लिमहरूसंग 
 हुन्छन् नत काफिरहरूसँग नै। बरू उनीहरू बाहिरी रूपमा मुस्लिमहरूसँग देखिएपनि भित्री रूपमा शंका र द्विविधाको अधीनमा हुन्छन् । त्यसैले कहिले यतातिर झुक्छन् त कहिले उतातिर।</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>नबी  (सल्लल्लाहु अलैहि वसल्लम)ले कुराको अर्थ स्पष्ट पार्न उदाहरणहरूको प्रयोग गर्नुहुन्थ्यो।
 यस हदीसमा कपटीहरूको दुविधा, शंका र अस्थिरता बारे वर्णन गरिएको छ।
 यस हदीसमा कपटीहरूको दुर्दशाबारे चेताउनी दिइएको छ र बाहिरी तथा भित्री रूपमा विश्वास(ईमान)मा साँचो र दृढ रहन प्रोत्साहित गरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>निश्चय नै कपडा जसरी पुरानो हुन्छ त्यसरी तिमीहरूको हृदयमा ईमान (आस्था) पनि पुरानो हुँदै जान्छ। त्यसैले अल्लाहसँग हृदयको ईमानलाई सधैँ नयाँ बनाइरहनुको निमित्त प्रार्थना गर्दै गर्नु ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "निश्चय नै कपडा जसरी पुरानो हुन्छ त्यसरी तिमीहरूको हृदयमा ईमान (आस्था) पनि पुरानो हुँदै जान्छ। त्यसैले अल्लाहसँग हृदयको ईमानलाई सधैँ नयाँ बनाइरहनुको निमित्त प्रार्थना गर्दै गर्नु ।</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, मुस्लिमको हृदयमा ईमान त्यसरी नै पुरानो र कमजोर हुँदै जान्छ जसरी  नयाँ कपडा लामो समयसम्म प्रयोग गरेपछि पुरानो भइजान्छ । र यो  आस्थाको कमजोरी उपासनामा सुस्ती, पापको कार्यहरू, वा वासनामा डुबेको कारणले हुन्छ । त्यसैले, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले हामीलाई फर्ज(अनिवार्य)  कर्महरू पूरा गर्ने, अल्लाहको धेरै स्मरण (जिक्र) गर्ने र उहाँसँग क्षमा याचना गर्नेद्वारा हाम्रो ईमानलाई नवीकरण गर्न अल्लाहसँग प्रार्थना गर्न सिकाउनुभएको छ।</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>यस हदीसमा धर्ममा अटल रहन र हृदयमा आस्थाको नवीकरणका लागि अल्लाह सँग प्रार्थना गर्ने प्रोत्साहित गरिएको छ।
 ईमान (विश्वास) भनेको वचन, कर्म, र विश्वास हो, जुन आज्ञाकारिताले बढ्दछ र पापले घट्छ ।</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[हाकिम र तबरानीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>निश्चय नै, कयामतको (प्रलयको) निशानीहरू मध्ये यो पनि हो कि;  ज्ञान हराउनेछ, अज्ञानता बढ्नेछ, अनैतिकता र व्यभिचार धेरै फैलिनेछ, मद्यपान बढ्नेछ, पुरुषहरू कम हुनेछन् र महिलाहरूको संख्यामा वृद्धि हुनेछ, यतिसम्म कि ५० जना महिलाको एक पुरुष मात्र संरक्षक हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उनले भने: म तिमीहरूलाई एउटा हदीस सुनाउनेछु जुन मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट सुनेको छु, जुन म बाहेक अरू कसैले तिमीहरूलाई सुनाउने छैन । मैले अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुने : "निश्चय नै, कयामतको (प्रलयको) निशानीहरू मध्ये यो पनि हो कि;  ज्ञान हराउनेछ, अज्ञानता बढ्नेछ, अनैतिकता र व्यभिचार धेरै फैलिनेछ, मद्यपान बढ्नेछ, पुरुषहरू कम हुनेछन् र महिलाहरूको संख्यामा वृद्धि हुनेछ, यतिसम्म कि ५० जना महिलाको एक पुरुष मात्र संरक्षक हुनेछ ।"</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ कि, कयामत  (प्रलय) नजिक आउँदै गरेको एउटा चिन्ह यो हो कि इस्लामिक ज्ञान (शरिया) हराउँदै जानेछ र यो धर्मविद्हरूको  निधनले गर्दा हुनेछ । फलस्वरूप, अज्ञानता बढ्नेछ, व्यभिचार र अनैतिकता जताततै फैलिनेछ, मदिरा सेवनको चलन बढ्नेछ, पुरुषहरूको संख्या घट्दै जानेछ र महिलाहरूको संख्या यति बढ्नेछ कि पचास महिलाहरूको हेरचाह गर्न र तिनीहरूको आवश्यकताहरू पूरा गर्न केवल एक पुरुष मात्र हुनेछ।</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>यस हदीसमा महाप्रलयका केही निशानीहरूको वर्णन छ ।
 महाप्रलयको समयको ज्ञान गुप्त कुराहरू मध्ये एक हो जसको ज्ञान केवल अल्लाहसँग छ ।
 यस हदीसमा धार्मिक ज्ञान लोप हुँदै जाने क्रम अघि नै त्यसलाई  प्राप्त गर्न प्रोत्साहित गरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
-[...2 lines deleted...]
-    <t>कयामत त्यो बेला सम्म आउँदैन जबसम्म एक व्यक्ति अर्को मानिसको चिहान निर पुगेर 'काश म उसको ठाउँमा भएको भए' भन्दैन !</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
+  </si>
+  <si>
+    <t>जबसम्म मानिस एक अर्को व्यक्तिको चिहानको नजिकबाट जाँदा यसो भन्नेछैन:"कस्तो राम्रो हुन्थ्यो, यदि म उसको ठाउँमा भएको भए" तबसम्म कयामत आउने छैन,'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कयामत त्यो बेला सम्म आउँदैन जबसम्म एक व्यक्ति अर्को मानिसको चिहान निर पुगेर 'काश म उसको ठाउँमा भएको भए' भन्दैन !"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " जबसम्म मानिस एक अर्को व्यक्तिको चिहानको नजिकबाट जाँदा यसो भन्नेछैन:"कस्तो राम्रो हुन्थ्यो, यदि म उसको ठाउँमा भएको भए" तबसम्म कयामत आउने छैन,'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामत तबसम्म आउँदैन जबसम्म एक व्यक्ति कुनै चिहान निर गएर चिहानमा गाडिएको मानिसको ठाउँमा आफु भइदिएको चाहना गर्छ । किनभने झूटा र फटाहाहरूको प्रभुत्व, प्रलोभन, पाप र गलत कर्महरूको उदयले गर्दा आफ्नो धर्म गुमाउन डर हुनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामत तबसम्म आउँदैन जबसम्म एक व्यक्ति कुनै चिहान निर गएर चिहानमा गाडिएको मानिसको ठाउँमा आफु भइदिएको चाहना गर्दैन (अर्थात् कयामत नजिक यस किसिमको चाहना गरिनेछ)। किनभने झूटा, असत्य र त्यसका अनुयायीहरूको वर्चस्व, प्रलोभन, पाप र गलत कर्महरूको उदयले गर्दा आफ्नो धर्म गुमाउन डर हुनेछ ।</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
-    <t>अन्तिम समयमा पाप र प्रलोभनहरू बढ्नेछ भन्ने कुराको संकेत ।
-इमान र पुण्य कर्महरूद्वारा मृत्युको लागि तयारी गर्न तथा प्रलोभन र प्रलोभनमा फस्ने कुराहरूबाट टाढा रहन सावधानी ।</t>
+    <t>यस हदीसमा अन्तिम समयमा पाप र प्रलोभनहरू बढ्नेछ भन्ने कुराको संकेत छ ।
+यसमा आस्था र पुण्य कर्महरूद्वारा मृत्युको लागि तयारी गर्न तथा विपत्ति र प्रलोभनमा फस्ने कुराहरूबाट टाढा रहन सावधानी अपनाउन प्रोत्साहित गरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>जबसम्म तिमीहरु यहूदीहरूसँग युद्ध गर्दैनौ तबसम्म प्रलय आउँदैन, यहाँ सम्म कि ढुङ्गाले भन्नेछ: हे मुस्लिम! हेर, यो मेरो पछाडि लुकेको व्यक्ति यहूदी हो, यसलाई मार ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जबसम्म तिमीहरु यहूदीहरूसँग युद्ध गर्दैनौ तबसम्म प्रलय आउँदैन, यहाँ सम्म कि ढुङ्गाले भन्नेछ: हे मुस्लिम! हेर, यो मेरो पछाडि लुकेको व्यक्ति यहूदी हो, यसलाई मार ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, मुस्लिम र यहूदीहरू बीच युद्ध नभएसम्म प्रलय आउँने छैन, र युद्ध समयमा जब यहूदी मुस्लिमबाट बच्नको लागि भागेर ढुङ्गाको पछाडि लुक्न जान्छ ; तब अल्लाहले ढुङ्गालाई बोल्ने शक्ति प्रदान गर्नुहुनेछ र ढुङ्गाले मुस्लिमलाई भन्नेछ : मेरो पछाडि यहूदी लुकेको छ, अतः  ऊ उसलाई मार्न आउनेछ ।</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>अल्लाहले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई गैब (परोक्ष) बारे र भविष्यमा हुने केही घटनाहरूको बारेमा जानकारी दिनुभएको थियो जसको खबर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई गर्नु भयो , जुन निश्चित रूपमा घट्नेछन।
 अन्तिम युगमा मुस्लिमहरूले यहूदीहरूसँग युद्ध लड्नेछन् र यो घटना महाप्रलयको निशानीहरू मध्ये एक हो ।
 इस्लाम महाप्रलयको दिन सम्म रहिरहनेछ र यो सबै धर्महरू माथि हाबी हुनेछ ।
 अल्लाहले मुस्लिमहरूलाई शत्रुहरू विरुद्ध मद्दत गर्नुहुनेछ र त्यही मद्दत स्वरुप अन्तिम युगमा वहाँले ढुङ्गाहरूलाई बोल्ने शक्ति प्रदान गर्नु हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
-[...2 lines deleted...]
-    <t>अल्लाहको कसम जसको कन्जमा मेरो प्राण छ, चाडै नै मरियम पुत्र एक न्यायी हाकिमको रूपमा तिमीहरूका बीचमा आउनुहुनेछ । उनले क्रस भाँच्नेछन्, सुँगुरहरूलाई मार्नेछन्, करहरू हटाउनेछन् र धनसम्पत्ति यति प्रशस्त हुनेछ कि कसैले स्वीकार गर्नेछैन ।</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
+  </si>
+  <si>
+    <t>अल्लाहको कसम जसको कब्जामा मेरो प्राण छ, चाडै नै मरियम पुत्र एक न्यायी हाकिमको रूपमा तिमीहरूका बीचमा आउनुहुनेछ । उनले क्रस भाँच्नेछन्, सुँगुरहरूलाई मार्नेछन्, करहरू हटाउनेछन् र धनसम्पत्ति यति प्रशस्त हुनेछ कि दान-प्रदान गर्दा कसैले स्वीकार गर्नेछैन ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको कसम जसको कन्जमा मेरो प्राण छ, चाडै नै मरियम पुत्र एक न्यायी हाकिमको रूपमा तिमीहरूका बीचमा आउनुहुनेछ । उनले क्रस भाँच्नेछन्, सुँगुरहरूलाई मार्नेछन्, करहरू हटाउनेछन् र धनसम्पत्ति यति प्रशस्त हुनेछ कि कसैले स्वीकार गर्नेछैन ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको कसम जसको कब्जामा मेरो प्राण छ, चाडै नै मरियम पुत्र एक न्यायी हाकिमको रूपमा तिमीहरूका बीचमा आउनुहुनेछ । उनले क्रस भाँच्नेछन्, सुँगुरहरूलाई मार्नेछन्, करहरू हटाउनेछन् र धनसम्पत्ति यति प्रशस्त हुनेछ कि दान-प्रदान गर्दा कसैले स्वीकार गर्नेछैन ।"</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
-    <t>येशू (अलैहिस्सलाम) मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को शरीयत (विधान) अनुसार न्यायका साथ शासन गर्न जनतामाझ अवतरण हुनेछन् भनेर उहाँले कसम खाईरहनुभएको छ । क्रिस्चियनहरूले सम्मान गर्ने क्रसलाई उहाँले भाँच्नुहुनेछ । इसा (अलैहिस्सलाम) ले सुँगुरलाई मार्नेछन् । जिजिया (कर) हटाउनेछन् र सबै मानिसहरूलाई इस्लाम धर्म स्वीकार गर्न आह्वान गर्नेछन् । त्यतिबेला धनको यस्तो प्रचुरता हुनेछ र प्रत्येक व्यक्तिसँग यति धेरै धन हुनेछ र यति बर्कत (वृद्धि) हुनेछ कि कोही पनि धन स्वीकार गर्न तयार हुने छैनन् ।</t>
+    <t>नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) ले कसम खाँदै भन्नुभएको छ कि, मानिसहरूबीच मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को शरिया (इस्लामी कानून) बमोजिम न्याय गर्नका लागि चाँडै नै ईसा (येशू अलैहिस्सलाम) को अवतरण हुनेछ। क्रिस्चियनहरूले सम्मान गर्ने क्रसलाई उहाँले भाँच्नुहुनेछ, र सुँगुरलाई मार्नु हुनेछ । जिजिया (कर) हटाउनेछन् र सबै मानिसहरूलाई इस्लाम धर्म स्वीकार गर्न आह्वान गर्नेछन् । त्यतिबेला धनको अत्यधिक प्रचुरता हुनेछ, प्रत्येक व्यक्तिसँग यति धेरै धन हुनेछ र यसमा यति बर्कत (वृद्धि) हुनेछ कि हरेक व्यक्ति आत्मनिर्भर हुनेछ र कोही पनि आर्कोको धन स्वीकार गर्न तयार हुने छैन।</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
-    <t>इसा (अलैहिस्सलाम) अन्तिम युगमा अवतरण हुनेछन् भन्ने प्रमाण र उहाँको अवतरण कयामतका चिन्हहरू मध्ये हो ।
-पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को शरीयत कुनै पनि शरीयत द्वारा रद्द हुनेछैन ।
+    <t>यस हदीसमा अन्तिम समयमा ईसा (अलैहिस्सलाम) को अवतरण हुने प्रमाण छ, र यो कयामतका प्रमुख चिन्हहरूमध्ये एक हो।
+यसबाट स्पष्ट हुन्छ कि नबी (सल्लल्लाहु अलैहि वसल्लम) को शरीयत (विधान, कानुन)  कुनै पनि शरीयत द्वारा रद्द हुनेछैन ।
 अन्तिम समयमा धनमा बर्कत (वृद्धि) हुनेछ र मानिसहरूको मनमा धनको लोभ हुने छैन ।
-इस्लाम धर्म कायम रहनेछ र येशू (शान्ति) ले अन्तिम समयमा त्यस अनुसार शासन गर्नुहुनेछ भन्ने शुभ समाचार हो ।</t>
+यसमा इस्लाम धर्म सधैं कायम रहनेछ र ईसा (येशू अलैहिस्सलाम) ले अन्तिम समयमा त्यस अनुसार शासन गर्नुहुनेछ भन्ने शुभ समाचार छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>सूर्य आफ्नो अस्ताउने स्थानबाट नउदाएसम्म महाप्रलय  हुने छैन । र जब मानिसहरूले सूर्यलाई अस्ताउने स्थानबाट उदाइरहेको देख्नेछन्, तब सबैले ईमान (आस्था) स्वीकार्ने छन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "सूर्य आफ्नो अस्ताउने स्थानबाट नउदाएसम्म महाप्रलय  हुने छैन । र जब मानिसहरूले सूर्यलाई अस्ताउने स्थानबाट उदाइरहेको देख्नेछन्, तब सबैले ईमान (आस्था) स्वीकार्ने छन्। यसै बखत बारे अल्लाहले भन्नुभएको छ: "त्यस दिन ईमान स्वीकार्न ले पहिले ईमान स्वीकार नगरेको वा ईमान स्वीकार गरी पुण्यकर्म नगरेको व्यक्तिलाई कुनै लाभ दिनेछैन ।[कुरआनः अल-अन्आम - ६ : १५८], र कयामत (महाप्रलय) को दिन यति छिट्टै आउनेछ, कि दुई जना मानिस कपडा किनबेच गरिरहेका हुनेछन्, तर त्यसलाई किन्न वा बेच्न र पट्याउन पाउनेछैनन्। र कयामत यसरी एक्कासि आउनेछ कि  एक जना मानिस आफ्नो ऊँटनीको दूध निकालेर फर्किरहेको हुनेछ, तर त्यो दूध पिउन सक्ने छैन। र महाप्रलयको दिन यसरी अकस्मात् आउनेछ कि एक जना मानिसले आफ्नो इनारलाई माटोले लिपेर तयार पारिरहेको हुन्छ, तर त्यसबाट पानी खान सक्ने छैन  । र प्रलयको दिन यसरी एकाएक आउनेछ,  कि मानिसले खाना आफ्नो मुखतिर उठाउनेछ तर त्यो गास खान सक्नेछैन।"</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, प्रलयको दिनको ठूलो निशानीहरू मध्ये यो हो कि सूर्य पूर्वबाट नउदाएर पश्चिमबाट उदाउने छ, र जब मानिसहरूले यो देख्नेछन्, तब सबैजना अल्लाह प्रति आस्तिक हुनेछन् । तर त्यसबेला, काफिर (अविश्वासी) लाई न त ईमान स्वीकार्नले कुनै फाइदा पुर्याउँछ न त पुण्यले न त पश्चात्तापले (लाभ पुर्याउँछ) । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : मानिसहरू आफ्नो दिनचर्यामा व्यस्त हुनेछन् र कयामत (प्रलय) अचानक आई पर्नेछ । र प्रलयको दिन यसरी अकस्मात् आउनेछ, कि बिक्रेताले क्रेताको अगाडि (देखाउन निम्ति) कपडा फैलाउने छ, तर न त किनबेच गर्न सक्नेछन् न त पट्याउनै सक्नेछन् । र प्रलयको दिन यसरी एक्कासी आउनेछ, कि एक व्यक्तिले आफ्नो  ऊँटको दूध निकालिसकेको हुनेछ, तर पिउन सक्नेछैन। र प्रलयको दिन यसरी एकाएक आउनेछ, कि मानिसले आफ्नो पानीको कुण्डलाई माटोले लिपेर तयार पारिरहेको हुन्छ, तर त्यसबाट पानी खान मौका पाउनेछैन । र प्रलयको दिन यसरी आई पर्नेछ, कि एक व्यक्तिले गाँस मुखतिर लगिसकेको हुनेछ, तर त्यसलाई खान सक्नेछैन ।</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>इस्लाम (स्वीकार गर्नु) र तौबा (पश्चात्ताप) त्यसबेलासम्म मात्र स्वीकार्य छन् जब सम्म सूर्य पश्चिमबाट उदाउदैन ।
 यसमा ईमान (आस्था) र सत्कर्म हरूद्वारा प्रलयको लागि तयारी गर्न प्रेरणा दिइएको छ, किनकि प्रलय अचानक नै आईपर्नेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>क़यामत तबसम्म आउँदैन जबसम्म समय एकदम छोटो हुँदैन।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "क़यामत तबसम्म आउँदैन जबसम्म समय एकदम छोटो हुँदैन। त्यसबेला वर्ष महिना जस्तै, महिना हप्ता जस्तै, हप्ता दिन जस्तै, दिन घण्टा जस्तै, र घण्टा पातको टुक्रा जल्नजत्तिकै छोटो हुनेछ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "क़यामत तबसम्म आउँदैन जबसम्म समय एकदम छोटो हुँदैन। त्यसबेला, एक वर्ष महिनाजस्तो लाग्नेछ, एक महिना हप्ताजस्तो, एक हप्ता दिनजस्तो, एक दिन घण्टाजस्तो बितेको महसुस हुन्छ र एक घण्टा यति तीव्र गतिमा बित्नेछ, जसरी खजुरको पात एकैछिनमा जलेर भस्म हुन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामत नजिकिंदै गरेको संकेतहरू मध्ये समय छोटो र संकुचित हुने हो । वर्ष महिना जस्तै बित्नेछ, महिना हप्ता जस्तै बित्नेछ, हप्ता दिन जस्तै बित्नेछ, दिन घण्टा जस्तै बित्नेछ, र घन्टा खजूरको पात जलाएझैं चाँडै बित्नेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामत नजिकिंदै गरेको संकेतहरू मध्ये समय छोटो र संकुचित हुने हो । वर्ष महिना जस्तै बित्नेछ, महिना हप्ता जस्तै बित्नेछ, हप्ता दिन जस्तै बित्नेछ, दिन घण्टा जस्तै बित्नेछ, र घण्टा खजूरको पात जलेझैं तिब्र गतिले बित्नेछ।</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
-    <t>कयामतका संकेतहरू मध्ये समयको बर्कत (आशीर्वाद) उठाउनु र छिटो बित्नु हो ।</t>
+    <t>कयामत नजिक हुने संकेतहरूमध्ये समयको बर्कत (आशीर्वाद) हराउनु र समय तीव्र गतिमा बित्नु पनि हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
-[...2 lines deleted...]
-    <t>अल्लाहले पृथ्वीलाई आफ्नो मुट्ठीमा लिनुहुनेछ र आकाशहरूलाई आफ्नो दाहिने हातमा समात्नुहुनेछ र त्यसपछि भन्नुहुनेछ: म अल- मलिक (राजा) हुँ, पृथ्वीका राजाहरू कहाँ छन् ?</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
+  </si>
+  <si>
+    <t>अल्लाहले पृथ्वीलाई आफ्नो मुट्ठीमा समात्नु हुनेछ र आकाशहरूलाई आफ्नो दाहिने हातमा बेर्नु हुनेछ। त्यसपछि उहाँले भन्नुहुनेछ: "म अल-मलिक (सर्वोच्च राजा) हुँ, पृथ्वीका राजाहरू कहाँ छन् ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
-    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहले पृथ्वीलाई आफ्नो मुट्ठीमा लिनुहुनेछ र आकाशहरूलाई आफ्नो दाहिने हातमा समात्नुहुनेछ र त्यसपछि भन्नुहुनेछ: म अल- मलिक (राजा) हुँ, पृथ्वीका राजाहरू कहाँ छन् ?"</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहले पृथ्वीलाई आफ्नो मुट्ठीमा समात्नु हुनेछ र आकाशहरूलाई आफ्नो दाहिने हातमा बेर्नु हुनेछ। त्यसपछि उहाँले भन्नुहुनेछ: "म अल-मलिक (सर्वोच्च राजा) हुँ, पृथ्वीका राजाहरू कहाँ छन् ?"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले कयामतको दिन पृथ्वीलाई आफ्नो मुट्ठीमा जम्मा गर्नुहुनेछ र आकाशलाई आफ्नो दाहिने हातमा तलमाथि गरी बेर्नुहुनेछ र यसलाई नष्ट गरेपछि भन्नुहुनेछ: म नै राजा हुँ! पृथ्वीका राजाहरू कहाँ छन्?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
-    <t>अल्लाहको राज्य रहिरहनेछ र अरूको राज्य समाप्त हुनेछ भन्ने घोषणा ।
-अल्लाहको महिमा, उहाँको महान शक्ति, अधिकार र उहाँको राज्यको पूर्णता ।</t>
+    <t>यसमा अल्लाहको प्रभुत्व र राज्य रहिरहनेछ र अरूको राज्य समाप्त हुनेछ भन्ने तथ्य बुझाइएको छ।
+यसबाट अल्लाहको महिमा, उहाँको महान शक्ति, अधिकार र उहाँको पूर्ण  प्रभुत्व स्पष्ट हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>मेरो जलाशय (ताल) को दायरा एक महिना (यात्रा) को दूरी बराबर हुनेछ । यसको पानी दूध भन्दा सेतो र यसको सुगन्ध कस्तुरी भन्दा उत्तम हुनेछ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "मेरो जलाशय (ताल) को दायरा एक महिना (यात्रा) को दूरी बराबर हुनेछ । यसको पानी दूध भन्दा सेतो र यसको सुगन्ध कस्तुरी भन्दा उत्तम हुनेछ र यहाँ राखिएका (पानी खाने) कचौराहरू आकाशका ताराहरू जस्तै हुनेछन् । जसले यसको पानी पिउनेछ, उसलाई कहिल्यै तिर्खा लाग्ने छैन ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामतको दिन उहाँलाई एउटा जलाशय (पोखरी) प्रदान गरिनेछ,जसको लम्बाइ र चौडाइ एक महिना (यात्रा)को  दूरी बराबर हुनेछ । र त्यसको पानी दूध भन्दा सेतो हुनेछ । र त्यसको सुगन्ध कस्तुरी भन्दा उत्तम हुनेछ । र त्यहाँ राखिएका (पानी खाने) कचौराहरूको सङ्ख्या आकाशका ताराहरू जत्तिकै धेरै हुनेछन्‌ । जसले ती कचौराले त्यो जलाशय (पोखरी) को पानी पिउँनेछ, उसलाई कहिल्यै तिर्खा लाग्नेछैन ।</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई प्रदान गरिने जलाशय भनेको वास्तवमा पानीको एक विशाल भण्डार हो, जसको पानी उहाँका मुमिन उम्मती (आस्थावान अनुयायी) हरूले न्यायको दिन पिउन सक्नेछन् ।
 जसले यस जलाशय बाट पानी पिउनेछ, उसले आनन्द प्राप्त गर्ने छ र फेरि कहिल्यै तिर्खा लाग्ने छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>म जलाशय (हौज)निर बसेर तिमध्ये को-को मकहाँ पानी पिउन आउँछन् भनेर हेरिरहेको हुनेछु । र कोही मान्छेहरु मकहाँ आउनबाट रोकिनेछन्, तब मैले भन्नेछु, हे मेरो रब! यिनीहरु मेरा उम्मती</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>आस्मा बिन्ते अबिबक्र (रजियल्लाहु अन्हुमा) ले वर्णन गरेकी छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "म जलाशय (हौज)निर बसेर तिमध्ये को-को मकहाँ पानी पिउन आउँछन् भनेर हेरिरहेको हुनेछु । र कोही मान्छेहरु मकहाँ आउनबाट रोकिनेछन्, तब मैले भन्नेछु, हे मेरो रब! यिनीहरु मेरा उम्मती हुन् । तब भनिनेछ: उनीहरूले तिमी पछि के के गरे, के तिमीलाई थाहा छ ? अल्लाहको कसम, यी मानिसहरू (तिम्रो जीवन विधि छाडेर) आफ्नो पुरानै शैली तिर फर्कि गएका थिए।</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>नबि (सल्लल्लाहु अलैहि वसल्लम)ले बताउनुभएको छ कि, कयामतको दिन उहाँ आफ्नो जलाशय (कुण्ड) नजिक हुनुहुनेछ। जहाँबाट उहाँले आफ्नो उम्मतका (समुदायका) मानिसहरू जलाशय(हौज)मा पानी पिउन आएको हेर्नुहुनेछ। र केही मानिसहरूलाई उहाँको नजिक जानबाट रोकिनेछ, तब उहाँले भन्नु हुनेछ: हे मेरो पालनकर्ता ! यिनीहरु मेरा मान्छे र मेरा उम्मती (समुदायका) हुन् ! उहाँसँग भनिनेछ:  के तिमीलाई थाहा छ कि तिम्रो मृत्यु पछि उनीहरुले के के काम गरे ? अल्लाहको कसम, यी मानिसहरू (तिम्रो जीवन विधि छाडेर) आफ्नो पुरानै शैली तिर फर्कि गएका थिए र आफ्नो धर्म त्यागेको थिए । तसर्थ न त तिनीहरू तिमीबाट हुन्, न त तिम्रो समुदायबाट ।</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मत (समुदाय) प्रति दयावान र चिन्तित थिए ।
 यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को सुन्नत र तरिका उल्लङ्घन गर्ने बाट चेतावनी दिइएको छ।
 यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को सुन्नतको पालना गर्न प्रोत्साहन दिइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>कसम अल्लाहको जसको हातमा मुहम्मदको ज्यान छ, ती भाँडाहरू अँध्यारो र सफा रातमा देखिने आकाशका ताराहरू र ग्रहहरूको संख्या भन्दा बढी छन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>अबू-जर (रजियल्लाहु अन्हु) ले वर्नण गरेका छन्, उहाँ भन्नु हुन्छः मैले भने: हे अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम)! हौज (जलाशय) निर राखिएका (पानी पिउने) भाडाहरू कस्ता हुन्छन्?  उहाँले भन्नुभयो: "कसम अल्लाहको जसको हातमा मुहम्मदको ज्यान छ, ती भाँडाहरू अँध्यारो र सफा रातमा देखिने आकाशका ताराहरू र ग्रहहरूको संख्या भन्दा बढी छन्। ती स्वर्गका भाँडाहरू हुन्, जसले त्यसबाट पानी पिउनेछ उसलाई कहिल्यै तिर्खा लाग्ने छैन। त्यसमा स्वर्गबाट उत्पत्ति भएका दुई वटा सानाखोला मिल्दछ, जसले यसको पानी पिउनेछ उसलाई कहिल्यै तिर्खा लाग्ने छैन । यसको चौडाइ यसको लम्बाइ आमनबाट एला सम्मको दूरीजत्तिकै बराबर छ,  यसको पानी दूधभन्दा सेतो र मह भन्दा मीठो छ ।</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसम खानुभयो कि, उहाँको हौजमा रहेका भाँडाहरूको संख्या आकाशका तारा र ग्रहहरूसंख्या भन्दा बढी हुनेछ, र यी तारा र ग्रहहरू अँध्यारो र बादल नभएको रातमा स्पष्ट रूपमा देखिन्छन्, किनभने जुनेली रातमा चन्द्रमाको प्रकाशले गर्द ताराहरू स्पष्ट रूपमा देखिँदैनन्,  र बादल भएको रातमा बादलले आकाश छेक्ने कारणले ताराहरु देखिदैनन् । र (बताउनुभयो कि) त्यो स्वर्गको भाँडाबाट जसले त्यस जलाशयको पानी पिउनेछ उसलाई कहिल्यै तिर्खा लाग्नेछैन, र त्यो नै उसको अन्तिम प्यास हुनेछ, र उहाँको हौज (जलाशय)मा स्वर्गबाट उत्पत्ति भएर बगेको दुई वटा सानाखोला मिल्दछ, र त्यस हौजको लम्बाइ र चौडाइ समान हुनेछ, र त्यसको चारै फाँट बराबर हुनेछन्, त्यस (जलाशय)को लम्बाइ सिरियाको बल्का सहरमा रहेको अम्मान र सिरियाको प्रसिद्ध सीमावर्ती सहर अइला बीचको दूरी बराबर हुनेछ, र त्यसको पानी दूधभन्दा सेतो र त्यसको स्वाद महभन्दा मीठो हुनेछ ।</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>यस हदीसमा हौज (जलाशय) र त्यसमा भएका विभिन्न आशिषहरूको प्रमाण छ ।
 यस हदीस बाट स्पष्ट हुन्छ कि हौज (जलाशय)  निक्कै विशाल, लामो र फराकिलो हुनेछ र त्यहाँ निर ठूलो संख्यामा (पानी पिउन) कचौराहरू हुनेछन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>अल्लाहले प्रलयको दिन</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले प्रलयको दिन मेरो उम्मत (समुदाय) बाट एक जनालाई सबै मानिसहरूको अगाडि ल्याउनुहुनेछ र उसको अगाडि उसैको उनान्सय वटा कर्मपत्रहरू फैलाइनेछन् । प्रत्येक कर्मपत्र आँखाले हेर्न भ्याएसम्म लामो हुनेछ । तब अल्लाहले सोध्नुहुनेछ: के तिमी यी मध्ये कुनै कर्मपत्रलाई अस्वीकार गर्छौ? के कर्म लेख्न तैनाथ गरिएका फरिशताहरूले तिमीमाथि अन्याय गरेका छन्? उसले भन्नेछ: होइन, मेरो प्रभु! तब अल्लाहले भन्नुहुनेछ: के तिमीसँग कुनै बहाना छ? उसले भन्नेछ: छैन, मेरो प्रभु! तब अल्लाहले भन्नुहुनेछ: तर हामीसँग तिम्रो एउटा सत्कर्म छ, आज तिमीमाथि अन्याय हुनेछैन । त्यसपछि एउटा कार्ड निकालिनेछ जसमा "अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्" लेखिएको हुनेछ। अल्लाहले भन्नुहुन्छ : जाऊ, आफ्नो कर्म तौलिने ठाउँमा उपस्थित होउ । उसले भन्नेछ: हे मेराे प्रभु! यी अभिलेखहरूको अगाडि यो कार्डको के महत्व ? अल्लाह भन्नुहुनेछ: तिमीमाथि अन्याय गरिने छैन । त्यसपछि ती सबै अभिलेखहरू तराजुको एक पात्रमा र त्यो कार्ड अर्को पात्रमा राखिनेछ ।र ती सबै अभिलेखहरूको पात्र हल्का हुनेछन् र त्यो कार्डको पात्र गह्रुङ्गो हुनेछ । हो, अल्लाहको नाम भन्दा धेरै वजनदार अरु केही हुनै सक्दैन ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जानकारी दिनुभयो: अल्लाहले प्रलयको दिन मेरो समुदाय बाट एउटा व्यक्तिलाई सबै मानिसहरूको अगाडि उसको हिसाब-किताबको लागि ल्याउनु हुनेछ र उसको अगाडि उसैका उनान्सय कर्मपत्रहरू पेश गरिनेछ । ती कर्मपत्रहरूमा उसले  यस संसारमा गरेका कुकर्कमहरू हुनेछन् । र हरेक कर्मपत्र आँखाले हेर्न भ्याएसम्म लामो हुनेछ । तब अल्लाहले सोध्नु हुनेछ: के तिमी यी कर्मपत्रमा लेखिएका कुनैपनि कुरालाई अस्वीकार गर्छौ? के कर्म लेख्न तैनाथ गरिएका फरिशताहरूले तिमीमाथि अन्याय गरेका छन्? त्यस व्यक्तिले भन्नेछ: होइन, मेरो प्रभु! तब अल्लाहले भन्नुहुनेछ: के तिमीलाई तिम्रो संसारिक कुकर्म बारे आफ्नो सफाइमा केही भन्नु छ, के तिमी भूलचुक, गल्ती वा अज्ञानताले गर्दा पापमा लिप्त भएको हौ ?। त्यो व्यक्तिले भन्नेछ: होइन, हे प्रभु! मलाई मेरो सफाइमा केही भन्नु छैन। तब अल्लाहले भन्नुहुनेछ : हामीसँग तिम्रो एउटा सत्कर्म छ, आज तिमीमाथि अन्याय हुनेछैन । त्यसपछि एउटा कार्ड निकालिनेछ जसमा "अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्" लेखिएको हुनेछ । त्यसपछि अल्लाहले त्यस व्यक्तिलाई भन्नुहुनेछ: जाऊ, आफ्नो कर्मको वजन गर्ने  ठाउँमा उपस्थित होउ । त्यो व्यक्ति अचम्म मानेर सोध्ने छ: हे प्रभु! यी अभिलेखहरूको अगाडि यो कार्डको के महत्व ? अल्लाहले भन्नुहुनेछ: आज तिमीमाथि कुनै अत्याचार र अन्याय हुनेछैन। रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: ती सबै अभिलेखहरू तराजुको एक  पात्रमा र त्यो कागजको टुक्रा अर्को पात्रमा राखिनेछ,र त्यो अभिलेखहरूको पात्र हल्का र त्यो कार्ड राखिएको पात्र गह्रुङ्गो हुनेछ । यसरी अल्लाहले त्यस व्यक्तिलाई  क्षमा प्रदान गर्नु हुनेछ।</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>यस हदीसले कलमा तौहीद (एकेश्वरवादको शब्द) : 'अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्', को महानता र तराजूमा त्यसको तौलको गह्रुँगोपन दर्शाउँछ।
 मुखले 'ला इला-ह इल्लल्लाह' (अल्लाह बाहेक कोही सत्य ईश्वर छैन) भनेर मात्र पुग्दैन, बरु यसको अर्थ र अभिप्रायलाई बुझेर त्यसअनुसार कर्म गर्न जरुरी छ।
 एख्लास (अल्लाहको लागि विशिष्ट गरेर कर्महरू गर्नु ) र एकेश्वरवादको शक्तिले पापहरू पखालिन्छ ।
 हृदयमा जति एख्लास (अल्लाहको लागि विशिष्ट गरेर कर्महरू गर्नु ) हुन्छ, त्यति नै ईमान र आस्था बढ्दछ र घट्दछ । त्यसैले केही मानिसहरूले यो कलिमा (वाक्य)को वाचन गरेतापनि तिनीहरु लाई तिनका पाप अनुसार यातना दिइनेछन् ।</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[तिर्मीजी र इब्ने माजहले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>जब अल्लाहले स्वर्ग र नर्क सृष्टि गर्नुभयो, तब उहाँले जिब्रील (अलैहिस्सलाम)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब अल्लाहले स्वर्ग र नर्क सृष्टि गर्नुभयो, तब उहाँले जिब्रील (अलैहिस्सलाम) लाई स्वर्ग तिर पठाउदै भन्नुभयो: स्वर्ग र स्वर्गवासीहरूका लागि मैले तयार पारेको कुराहरूलाई अवलोकन गरेर आऊ । उनी गएर हेरे अनि फर्केर भने : तपाईंको महिमा र प्रभुत्वको कसम! जसले स्वर्गको बारेमा सुन्नेछ, त्सयमा अवश्य नै प्रवेश गर्नेछ । त्यसपछि अल्लाहको आदेश अनुसार स्वर्गलाई अप्रिय चीजहरूले घेरियो, अनि वहाँले जिब्रीललाई भन्नुभयो: अब जाऊ, स्वर्ग र स्वर्गवासीहरूका लागि बनाइएका चीजहरूलाई हेर । जिब्राइलले हेरे र त्यसलाई कठिनाइहरूले घेरेको पाए। उनी फर्किए र भने: तपाईंको महिमा र प्रभुत्वको कसम! मलाई डर छ कोही पनि त्यसभित्र प्रवेश गर्न सक्षम हुने छैन। त्यसपछि, अल्लाहले भन्नुभयो: "मैले नर्कका मानिसहरूका लागि के तयार पारेको छु त्यसलाई अवलोकन गरेर आऊ" । उनले देखे, नर्कको आगोको (लप्को) एकअर्कासँग भिडिरहेका थियो (घनिष्ट र भयावह  थियो) । उनी फर्केर आए र भने: तपाईंको महिमा र प्रभुत्वको कसम! यसमा कोही पस्ने छैन। त्यसपछि अल्लाहको आदेश अनुसार नर्कलाई इच्छा, आकांक्षा तथा वासनाले घेरियो । अल्लाहले जिब्रील (अलैहिस्सलाम) लाई अब गएर हेर्न भन्नुभयो, उनि गए र फर्केर भने: तपाईंको महिमा र प्रभुत्वको कसम! मलाई डर छ, यसबाट कोही पनि जोगिन सक्दैन र सबैजना यसमा प्रवेश गर्नेछन् ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : जब अल्लाहले स्वर्ग र नर्कलाई सृष्टि गर्नुभयो, तब अल्लाहले जिब्रील (देवदूत) लाई स्वर्गलाई हेर्न आदेश दिनुभयो,  जिब्रीलले गएर देखे र फर्किएर भने: हे प्रभु! तपाईंको महिमा र प्रभुत्वको कसम ! जसले स्वर्ग र यसमा रहेका आनन्द, सत्कार र सुविधाको बारेमा सुन्छ, पक्कै पनि यसमा प्रवेश गर्न चाहन्छ र त्यस निम्ति कार्म गर्नेछ । त्यसपछि, अल्लाह तआलाले स्वर्गलाई मन लाई अप्रिय र कठिन लग्ने सूकर्महरूले घेरिदिनु भयो, जस्तोकि आदेशहरु को पालना गर्नु  र वर्जित कुराहरु बाट टाढा हुनु । यसर्थ, स्वरमा प्रवेश गर्नको लागि यी  अप्रिय र कठिन सूकर्महरू गर्न आवश्यक छ । त्यसपछि अल्लाहले जिब्रीललाई पुनः स्वर्ग र स्वर्गवासीहरूका लागि बनाइएका चीजहरूलाई हेर्न भन्नुभयो । उनी गए र स्वर्ग देखेर आएर भने: हे मेरो प्रभु!  तपाईंको महिमा र प्रभुत्वको कसम ! मलाई डर छ कि स्वर्गमा प्रवेश पाउन निमित्त जुन अप्रिय र कठिन सूकर्महरू गर्नु सम्बन्धमा कठिनाइ र दुखहरू बेहोर्न बाध्य हुनुपर्छ  त्यसले गर्दा कोही पनि स्वर्गमा प्रवेश गर्न सक्षम हुने छैन । र जब अल्लाहले नर्कको सृष्टि गर्नुभयो, तब उहाँले जिब्रील (अलैहिस्सलाम) लाई नर्कलाई हेर्न आदेश दिनुभयो, अनि उनी गए र देखे , र फर्केर आएर भने: हे प्रभु! तपाईंको महिमा र प्रभुत्वको कसम !  जसले पनि नर्कका पीडा, कष्ट र यातनाहरूको बारेमा सुन्नेछ, उ त्यसमा प्रवेश हुन्छ कि भनेर भयभीत हुनेछ र  नर्कमा पार्ने कारणहरूबाट टाढा रहनेछ । त्यसपछि अल्लाहले नर्क र त्यसतर्फ जाने बाटोलाई (वर्जित) इच्छा, आकांक्षा तथा मनमोहक चीजहरूले घेरि दिनुभयो र भन्नुभयो: हे जिब्रील! अब जाऊ र नर्कलाई हेरेर आऊ, जिब्रील गए र देखेर फर्किएर भने: हे मेरा प्रभु!  तपाईंको महिमा र प्रभुत्वको कसम, मलाई डर र त्रास छ,  कि कुनै पनि मानिस यसबाट बच्नेछैन, किनकि नर्कलाई आकांक्षा, मनमोहक र वासनामय चीजहरूले घेरिएको छ, ( जस तर्फ मन लहसिन्छ )</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>यस हदीस बाट स्वर्ग र नरक अहिले नै अवस्थित छन् भन्ने तथ्यमा विश्वास राख्ने कुरा प्रस्ट हुन्छ ।
 यस हदीस बाट स्पष्ट हुन्छ कि  गैब (परोक्ष,अदृश्य ) तथा अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित सबै कुराहरूमा विश्वास गर्नु अनिवार्य छ।
 अप्रिय र कठिन सूकर्महरू र भाग्य लाई धैर्यता पूर्वक बेहोर्नु  महत्त्वपूर्ण कर्म हो, किनभने यो स्वर्ग सम्म पुर्‍याउने बाटो हो ।
 हराम र वर्जित कुराहरूबाट जोगिन महत्त्वपूर्ण कर्म हो ; किनभने ती कुकर्महरूले नर्कमा लैजान्छ ।
 स्वर्गलाई अप्रिय चीजहरूले र नर्कलाई इच्छा तथा आकांक्षाहरूले घेरिएको छ। किनकि यो सांसारिक जीवन परीक्षा हो ।
 स्वर्गको बाटो कठिनाइहरूले भरिएको छ। यो बाटो काट्न ईमानसँगै धैर्य र सहनशीलता चाहिन्छ । जबकि नर्क जाने बाटो सांसारिक सुख, लोभ र वासनाहरूले भरिएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>मृत्युलाई सेतो र कालो भेडा</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "मृत्युलाई सेतो र कालो भेडा को रूपमा ल्याइनेछ ।" तब एक पुकार्नेले पुकार्नेछ: हे स्वर्गवासीहरू हो! तिनीहरूले आफ्नो  घाँटी र टाउको उठाएर हेर्नेछन् । पुकार्नेले भन्नेछ: के तिमीहरूले यस( भेडा)लाई चिन्छौ? तिनीहरूले जवाफ दिनेछन्: हो! यो मृत्यु हो र सबैले यसलाई देखेको हुन्छन् । तब उद्घोषकले पुकार्नेछ: हे नरकवासीहरू! तिनीहरूले आफ्नो  घाँटी र टाउको उठाएर हेर्नेछन् । पुकार्नेले भन्नेछ: के तिमीले यसलाई चिन्छौ? तिनीहरूले जवाफ दिनेछन्: हो! यो मृत्यु हो र सबैले यसलाई देखेको हुन्छन् । त्यसपछि यो भेडा (मृत्यु) लाई वध गरिनेछ र उद्घोषकले पुकार्नेछ: हे स्वर्गवासीहरू! तिमीहरु सधैं स्वर्गमा बस, अब मृत्यु आउदैन र हे नरकवासीहरू! तिमीहरू सधैं नरकमै बस, अब मृत्यु आउदैन । त्यसपछि उहाँले यो (कुरआनको) आयत पढ्नुभयो : {तिनीहरूलाई पश्चातापको दिनको चेतावनी दिनुहोस्, जब फैसला भइसकेको हुनेछ र तिनीहरू अचेत अवस्थामा हुनेछन् ।} [सूरह मर्यम : ३९] अर्थात् यिनीहरु लापरवाहीमा छन् { र ईमान स्वीकार्ने  छैनन् } । [सूरह मर्यम : ३९]</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : मृत्युलाई न्यायको दिन भाले भेडाको रूपमा ल्याइनेछ, जसको रंग सेतो र कालो हुनेछ । त्यसपछि पुकारिनेछ: हे स्वर्गवासीहरू! तः तिनीहरू आफ्नो घाँटी र टाउको उठाउँनेछन् र हेर्नेछन् । उद्घोषकले तिनीहरूलाई सोध्नेछ: के तिमीहरूले यसलाई चिन्छौ? तिनीहरूले भन्नेछन्: हो, यो मृत्यु हो । सबैले (पहिले नै) त्यसलाई हेरेर चिनि सकेका थिए । त्यसपछि उद्घोषकले  पुकार्नेछ : हे नरकवासीहरू हो ! तः तिनीहरू आफ्नो घाँटी र टाउको उठाउँनेछन् र हेर्नेछन् । उद्घोषकले सोध्नेछ: के तिमीहरूले यसलाई चिन्छौ ? तिनीहरूले भन्नेछन्: हो, यो मृत्यु हो । तिनीहरू सबैले (पहिले नै) त्यसलाई हेरेर चिनि सकेका थिए । त्यसपछि यो भेडालाई मारिनेछ र आवाज दिनेले भन्नेछन्– हे स्वर्गवासीहरू हो! अब तिमीहरू सधैंभरि बाँच्नेछौ, मृत्यु आउने छैन । हे नरकवासीहरु हो! अब तिमी सधैंभरि जीवित रहनेछौ र अब मर्ने छैनौ । मुमिन (विश्वासी) हरूले बढी आनन्द लिन सकुन् र काफिर (अविश्वासी) हरूले थप पीडा महसुस गर्न सकुन् भनेर यो घोषणा गरिनेछ । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो आयत (श्लोक) पढ्नुभयो: {तिनीहरूलाई पश्चातापको दिनको चेतावनी दिनुहोस्, जब फैसला भइसकेको हुनेछ र तिनीहरूअचेत अवस्थामा हुनेछन् र  ईमान स्वीकार्ने छैनन् ।}  [सूरह मर्यम : ३९] र न्यायको दिन, स्वर्गवासी र नर्कवासीहरूको बीच फैसला हुनेछ र प्रत्येक व्यक्ति आ-आफ्नो निवासमा जानेछ, जहाँ उनीहरू सधैं रहनेछन् । त्यस दिन, दुष्ट व्यक्तिलाई राम्रो काम नगरेकोमा र लापरवाह व्यक्तिलाई राम्रो काममा सक्रिय रूपमा सहभागी हुन नसकेकोमा सन्ताप एवं पछुतो हुनेछ ।</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>परलोकमा मानिसको गन्तव्य अनन्तकालको लागि स्वर्ग वा नर्क हुनेछ ।
 यसमा न्यायको दिनको त्रासबारे र त्यो दिन पीडा र पश्चात्तापको दिन हुनेछ भन्ने कुराको गम्भीर चेतावनी दिइएको छ ।
 यस हदीसमा स्वर्गवासीहरू सधैं खुसी हुनेछन् र नर्कवासीहरू सधैं दुःखी हुनेछन् भन्ने कुराको वर्णन छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>तिम्रो संसारको आगो नर्क</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिम्रो संसारको आगो नर्क को आगोको सत्तरी भागमध्ये एक भाग हो ।" कसैले भन्यो: हे अल्लाहको रसूल! यो (संसारको आगो) मात्र भए पनि पर्याप्त हुने थियो । उहाँले भन्नुभयो : " नरकको आगोको तपन ६९ प्रतिशत बढी छ र त्यसको प्रत्येक भागको तपन संसारको आगो जस्तै छ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले संसारको आगो नर्कको आगोको सत्तरी भाग मध्ये एक भाग हो भन्ने कुरा बताउनुभएको छ । यसरी परलोकको आगोको तातोपन यस संसारको आगोको तापनभन्दा ६९ गुणा बढी हुनेछ, जसको प्रत्येक भाग यस संसारको आगोको तापन बराबर हुनेछ। कसैले भने, हे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)  ! नर्कबासी हरूलाई यातना दिन संसारको आगो नै पर्याप्त हुने थियो । उहाँले भन्नुभयो :  नर्कको आगोलाई संसारको आगोभन्दा ६९ गुणा तातो बनाइएको छ र त्यसको  प्रत्येक भागको ताप संसारको आगोको ताप बराबर हुनेछ ।</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>यस हदीसमा नर्क बारे चेतावनी दिइएको छ, ताकि मानिसहरू नर्कमा लैजाने कर्महरूबाट टाढा रहून् ।
 नर्कको आगो धेरै भयानक, यसको सजाय कठोर र यसको गर्मी धेरै तीव्र हुनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>“हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले सत्य बोल्नुहुन्छ र जसको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्,: “हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले सत्य बोल्नुहुन्छ र जसको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म वीर्यको रूपमा एकत्र राखिन्छ, त्यसपछि अर्को ४० दिनसम्म बाक्लो र जमेको रगतको रूप लिन्छ । त्यस पछि अर्को ४० दिनमा मासुको डल्लोको रूप लिन्छ । त्यसपछि अल्लाहले एउटा फरिशता पठाउनुहुन्छ जसले अल्लाहको आदेश अनुसार त्यो व्यक्तिको जीविका, उमेर, कर्म र राम्रो वा नराम्रो हुनु बारे लेख्छ र त्यसपछि उसले त्यसमा रूह (आत्मा) हाल्छ । एक व्यक्तिले जीवनभर स्वर्गवासीहरूको कर्म गर्छ र जब उसको र स्वर्गको बीचमा एक हातको दूरी हुन्छ, त्यतिखेर उसको भाग्य उसमाथि हावी हुन्छ, र ऊ नर्कवासीहरूको कर्म गरेर नर्कमा प्रवेश गर्दछ । त्यसैगरी एक व्यक्तिले जीवनभर नर्कवासीको कर्म गर्छ र जब उसको र नर्कको बीचमा एक हातको दुरी रहन्छ तब उसको भाग्य उसमाथि हावी हुन्छ, र ऊ स्वर्गवासीको कर्म गरेर स्वर्गमा प्रवेश गर्दछ ।"</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो; जो (सादिक); आफ्नो  वचनमा सत्य र (मस्दूक); जसलाई अल्लाहले सत्यवादी घोषित गर्नुभएको छ, उहाँले भन्नुभयो: तिमीहरु मध्ये प्रत्येकको  सृष्टिको तत्त्व जम्मा गरिन्छ, अर्थात् पुरुषले आफ्नी श्रीमतीसँग सहवास गर्दा, महिलाको पाठेघरमा छरिएको वीर्य चालीस दिनसम्म शुक्रकीटको रूपमा संकलित रहन्छ । त्यसपछि यो रगतको डल्लो (अलकह) अर्थात बाक्लो र स्थिर रगतको रूप लिन्छ, यो परिणति दोस्रो चालीस दिनको अवधिमा हुन्छ । त्यसपछि यो मासुको टुक्रा (मुज्गह) बन्छ, जसको आकार चपाउन मिल्ने जति हुन्छ, र यो तेस्रो चालीस दिनको अवधिमा हुन्छ। त्यसपछि अल्लाहले त्यस तर्फ एक स्वर्गदूत(फरिश्ता) पठाउनुहुन्छ, जसले तेस्रो चालीस दिनको अवधि समाप्त भएपछि त्यसमा आत्मा हाल्छ। र त्यस स्वर्गदूत (मलाइकह) लाई चार चीजहरू लेख्न आदेश दिइन्छ : पहिलो, उसको जीविका, जसमा उसको जीवनभरि प्राप्त हुने सम्पूर्ण आशीर्वाद र  सुख-सुविधाहरू समावेश छन्। दोस्रो, उसको आयु, अर्थात् उसले यो संसारमा रहने अवधि हो। तेस्रो, उसको कर्म, जसले उसको जीवनभरि गर्ने कामहरू जनाउँछ।चौथो कुरा ऊ भाग्यमानी  कि अभागी हुने यानि दुखी हुने कि सुखी ? त्यसपछि अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसम खाएर भन्नुभयो कि एउटा व्यक्ति मानिसहरूको नजरमा स्वर्गवासीहरूको कर्म गरिरहन्छ, मानौ स्वर्ग पुग्नमा मात्र एक हात जतिको दुरी बाँकी हुन्छ र अचानक भाग्यमाको लेखा हावी हुन्छ र उसले नर्कवासीको कर्म गर्न थाल्दछ र ऊ नर्कमा जान्छ । किनभने कर्म स्वीकार गरिने शर्त भनेको व्यक्ति त्यसमा अडिग रहनु कर्मलाई परिवर्तन नगर्नु हो । अर्को व्यक्ति त्यो हो जसले मानिसहरूको नजरमा नर्कमा प्रवेश गर्ने कर्महरू गरिरहन्छ, मानौ उसको र नर्कको बीचमा मात्र एक हात जतिको दुरी बाँकी हुन्छ, र अचानक भाग्यको लेखा हावी हुन्छ र उसले असल कर्म गर्न थाल्दछ र स्वर्गमा प्रवेश गर्दछ ।</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>अन्तमा मानिसको भाग्यमा जे लेखिएको हुन्छ त्यही नै हुनेछ ।
 यस हदीसमा कर्मको बाहिरी र देखिने अवस्था बाट धोका नखानु भन्ने चेतावनी दिइएको छ, किनभने कर्मको वास्तविक मूल्याङ्कन अन्तिम परिणामबाट गरिन्छ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>अल्लाहले आकाशहरू र पृथ्वी सृष्टि गर्नुभन्दा पचास हजार वर्ष</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, उहाँ भन्नु हुन्छः अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मैले भन्दै गरेको सुनें : "अल्लाहले आकाशहरू र पृथ्वी सृष्टि गर्नुभन्दा पचास हजार वर्ष पहिले नै प्राणीहरूको भाग्य लेखिदिनुभएक थिए।" उहाँले भन्नुभयो: र त्यस समय वहाँको अर्श (आसन) पानी माथि थियो ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ कि अल्लाहले आकाश र पृथ्वी सृष्टि गर्नुभन्दा पचास हजार वर्ष पहिले सबै प्राणीहरूको जीवन, मृत्यु र जीविकोपार्जन आदि इत्यादि बारे विस्तृत रूपमा लौहुल-महफूज (सुरक्षित पाटी) मा लेख्नु भएको थियो । यी सबै कुरा अल्लाहको इच्छा र आदेश अनुसार घटित हुनेछन्। त्यसैले (यो संसारमा) जेजसो भैरहेको छ, त्यो अल्लाह तआलाको इच्छा र निर्णयअनुसार भईरहेको छ । त्यसैले भक्तले जुन दु:ख र कष्ट भोग्‍दछ, त्यो उसित हुने नै थियो र जसबाट जोगिन्छ भनी लेखिएको छ त्यो उसित कहिल्यै हुने छैन।</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>भाग्य र अल्लाहको निर्णय प्रति विश्वास गर्नु अनिवार्य छ ।
 तकदीर (भाग्य) प्रति आस्था राख्नु भनेको अल्लाहलाई सबै कुराको सर्वज मान्नु, र उहाँले यी कुराहरू लौहुल-महफूज (सुरक्षित पाटी) मा लेख्नुभएको छ, र संसारमा जे पनि भइरहेको छ अल्लाहको इच्छाले भइरहेको छ र उहाँले नै रचना पनि गर्नुहुन्छ भन्ने आस्थामा विश्वास राख्नु हो।
 आकाश र पृथ्वीको सृष्टि हुनुअघि नै भाग्य लेखिएको हो भन्ने आस्थामा विश्वासले मानिसमा सन्तुष्टि र समर्पणको भावना जगाउँछ।
 आकाश र पृथ्वीको सृष्टि हुनु अघि अल्लाहको अर्श (आसन) पानी माथि थियो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>“सबै कुरा भाग्य अनुसार मात्र हुन्छ, यहाँसम्म कि अक्षमता र चतुराई, वा चतुराई र अक्षमता पनि।”</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>ताउसले वर्णन गरेका छन् :मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) का साथीहरूलाई भन्दै गरेको सुनेको छु, जो सबैले भन्न्थे कि सबै कुरा अल्लाहको निर्धारित भाग्य अनुसार घटित हुन्छ। र मैले अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) लाई यसो भन्दै गरेको सुनेको छु,  कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : “ “सबै कुरा भाग्य अनुसार मात्र हुन्छ, यहाँसम्म कि अक्षमता र चतुराई, वा चतुराई र अक्षमता पनि।”</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, सबै कुरा भाग्यको लेखा अनुसार हुन्छ; यहाँसम्म कि अक्षमता पनि भाग्यको कारणले हुन्छ, यस सन्दर्भमा अक्षमता भनेको लोक परलोक सँग सम्बन्धित अनिवार्य  कार्यहरू नगर्नु, तिनीहरूलाई स्थगित गर्नु एवम् ढिलाइ गर्नु हो। र चतुराई पनि भाग्यले नैं हुन्छ , यस सन्दर्भमा चतुराई भनेको सांसारिक र परलोकको मामिलामा सक्रिय र कुशल हुनु हो । अल्लाहले क्षमता र अक्षमता र  त्यस्ता सबै कुरा भाग्यमा लेखेका छन् ब्रह्माण्डमा कुनै पनि कुरा अल्लाहको ज्ञान र इच्छा बिना घट्दैन</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>यसमा भाग्य बारे सहाबा (रसूल (सल्लल्लाहु अलैहि वसल्लम)का साथी) हरूको आस्थाको व्याख्या छ।
 सबै कुरा अल्लाह द्वारा लेखिएको भाग्य अनुसार घटित हुन्छ, यहाँसम्म कि अक्षमता र क्षमता पनि भाग्य अनुसार हुन्छ ।
 यस हदीस बाट रसूल (सल्लल्लाहु अलैहि वसल्लम) को हदीसहरू वर्णन गर्दा सहाबहरूको सावधानी र सतर्कता प्रस्ट हुन्छ ।
 राम्रो र नराम्रो, हरेक प्रकारको भाग्यमा विश्वास गर्ने कुराको वर्णन छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>“जब अल्लाहले कसैको मृत्यु विशेष ठाउँमा हुने कुरा निश्चित गर्नुहुन्छ, तब उहाँले उसलाई त्यो ठाउँमा पुर्‍याउन लागि आवश्यक परिस्थितिहरू सिर्जना गर्नुहुन्छ।”</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>मतर बिन ओकामिस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : “जब अल्लाहले कसैको मृत्यु विशेष ठाउँमा हुने कुरा निश्चित गर्नुहुन्छ, तब उहाँले उसलाई त्यो ठाउँमा पुर्‍याउन लागि आवश्यक परिस्थितिहरू सिर्जना गर्नुहुन्छ।”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा भन्नुभएको छ कि “जब अल्लाहले कुनै व्यक्तिको मृत्यु विशेष ठाउँमा हुने कुरा निश्चित गर्नुहुन्छ र त्यो व्यक्ति त्यहाँ उपस्थित छैन भने, अल्लाहले उसलाई त्यहाँ जानु पर्ने कुनै कारण बनाइदिन्छन् र त्यसपछि त्यहीँ उसको प्राण लिइन्छ।"</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>यस हदीसले अल्लाह तआलाको भनाइलाई पुष्टि गर्दछ: "कुनै पनि प्राणीलाई थाहा छैन कुन भूमिमा उसको मृत्यु हुनेछ ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
-[...2 lines deleted...]
-    <t>जसले जानाजानी मेरो नाममा झूट बोल्छ, उसले आफ्नो स्थान आगोमा सुनिश्चित गरोस्।</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
+  </si>
+  <si>
+    <t>जसले जानाजानी मेरो नाममा झूट बोल्छ, उसले आफ्नो स्थान नरकमा सुनिश्चित गरोस्।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले जानाजानी मेरो नाममा झूट बोल्छ, उसले आफ्नो स्थान आगोमा सुनिश्चित गरोस्।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले जानाजानी मेरो नाममा झूट बोल्छ, उसले आफ्नो स्थान नरकमा सुनिश्चित गरोस्।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले जानाजानी झूटको रूपमा कुनै शब्द वा कार्यको श्रेय उहाँलाई दिएर झुटो बोल्छ भने उसलाई यस झूटको बदलामा नर्कमा स्थान दिइनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जुन व्यक्तिले जानाजानी उहाँमाथि झूटो कुरा लगाउँछ,  उहाँको भनाइ वा कार्यलाई झूटो रूपमा सम्बन्धित गर्छ  भने उसलाई यस झूटको बदलामा नर्कमा स्थान दिइनेछ ।</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को बारेमा जानाजानी झुट बोल्नु नर्कमा प्रवेश गर्ने कारण हो ।
-[...1 lines deleted...]
-रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट कुनैपनि हदीस प्रामाणित नहुन्जेल हदीस फैलाउन प्रतिबन्ध ।</t>
+    <t>अल्लाहका रसुल (सल्लल्लाहु अलैहि वसल्लम) को नाम लगाएर जानाजानी झूट बोल्नु नर्कमा प्रवेश गराउने कारण हुन्छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) को नाम लगाएर झूट बोल्नु अरू मानिसहरूको नाममा झूट बोल्नु जस्तो होइन । किनकि उहाँको विरुद्धमा बोलेको झुटले धर्म (दीन) र संसारिक जीवन (दुनियाँ) दुवैलाई नष्ट गर्दछ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट कुनै हदीस प्रामाणिक भएको पुष्टि नहुँदासम्म त्यसको प्रचार वा प्रसार गर्नु निषेधित छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65043</t>
   </si>
   <si>
     <t>وأنا ضمام بن ثعلبة أخو بني سعد بن بكر</t>
   </si>
   <si>
     <t>मेरो नाम जमाम बिन षाल्बा हो र म साद बिन बकर जनजाति को भाई हुँ ।</t>
   </si>
   <si>
     <t>عن أَنَسَ بْنَ مَالِكٍ رضي الله عنه قال: بينما نحن جلوس مع النبي صلى الله عليه وسلم في المسجد دخل رجل على جمل، فأناخه في المسجد ثم عقله، ثم قال لهم: أيكم محمد؟ والنبي صلى الله عليه وسلم متكئ بين ظهرانيهم، فقلنا: هذا الرجل الأبيض المتكئ. فقال له الرجل: يا ابن عبد المطلب فقال له النبي صلى الله عليه وسلم: «قد أجبتك». فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فمشدد عليك في المسألة، فلا تجد علي في نفسك؟ فقال: «سل عما بدا لك» فقال: أسألك بربك ورب من قبلك، آلله أرسلك إلى الناس كلهم؟ فقال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصلي الصلوات الخمس في اليوم والليلة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصوم هذا الشهر من السنة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن تأخذ هذه الصدقة من أغنيائنا فتقسمها على فقرائنا؟ فقال النبي صلى الله عليه وسلم: «اللهم نعم». فقال الرجل: آمنت بما جئت به، وأنا رسول من ورائي من قومي، وأنا ضمام بن ثعلبة أخو بني سعد بن بكر.</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, हामी नबी (सल्लल्लाहु अलैहि वसल्लम) सँग मस्जिदमा बसिरहेका थियौं, एकजना व्यक्ति ऊँटमा सवार भएर मस्जिदमा प्रवेश गर्यो र उसले आफ्नो ऊँटलाई मस्जिदमा बसायो र बाँधेर सोध्यो: तिमीहरु मध्ये मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को हुनुहुन्छ ? उहाँ आफ्ना साथीहरूसंग बसिरहनु भएको थियो । हामीले भन्यौं: यो अडेस लगाउनु भएको गोरो मान्छे उहाँ नै हुनुहुन्छ । उसले उहाँलाई सम्बोधन गर्यो : हे अब्दुल मुत्तालिबको छोरा ! नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई भन्नुभयो: " हजुर, प्रश्न गर्नुहोस् म जवाफ दिनेछु ।" उसले रसूललाई भन्यो म तपाईंसँग केही प्रश्नहरू सोध्न जाँदैछु र म ती प्रश्नहरू प्रति कडा हुनेछु। त्यसैले आफ्नो हृदयमा मप्रति केही नराख्नु होला । उहाँले भन्नुभयो: "केही छैन, तिमीलाई जे मन लाग्छ सोध !" उसले सोध्यो: म तपाईंलाई तपाईंको र तपाईं भन्दा पहिले मानिसहरूको पालनकर्ताको कसम खुवाएर सोध्न चाहन्छु: के अल्लाहले तपाईलाई सम्पूर्ण मानव जातिको लागि पठाउनुभएको हो ? उहाँले भन्नुभयो: "हो, अल्लाह साक्षी हुनुहुन्छ ।" त्यसपछि उसले सोध्यो: म अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले तपाईंलाई दिन र रातमा पाँच पटक नमाज पढ्न आदेश दिनुभएको हो? उहाँले भन्नुभयो: "हो, अल्लाह साक्षी हुनुहुन्छ ।" त्यसपछि उसले भन्यो: म अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले रमजानमा उपवास बस्न आदेश दिनुभएको हो? उहाँले भन्नुभयो: "हो, अल्लाह साक्षी हुनुहुन्छ ।" तब उसले भन्यो: म अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले तपाईंलाई धनीहरूबाट दान लिएर गरिबहरूमा बाँड्न आदेश दिनुभएको हो ? उहाँले भन्नुभयो: "हो, अल्लाह साक्षी हुनुहुन्छ।" तब उसले भन्यो: अब म तपाईंले ल्याउनुभएको धर्ममा विश्वास गर्छु । मैले इस्लाम ल्याए र म मेरो समुदायको  प्रतिनिधि हुँ । मेरो नाम जमाम बिन षाल्बा हो र म साद बिन बकर जनजाति को भाई हुँ ।</t>
   </si>
   <si>
     <t>يخبر أنس بن مالك رضي الله عنه: بينما الصحابة جلوس مع النبي صلى الله عليه وسلم في المسجد إذ دخل رجل على جمل، فأبركَه ثم ربطَه، 
 ثمّ سألهم: أيُّكم محمد؟ 
 والنبي صلى الله عليه وسلم متكئ بين القوم، فقلنا: هذا الرَّجل الأبيض المتَّكئ، 
 فقال له الرَّجل: يا ابن عبد المطلب، 
 فقال له النبي صلى الله عليه وسلم: سمعتك، فسل أُجبْك. 
 فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فَمُشَدِّد عليك في المسألة، فلا تجد عليَّ في نفسك.
  أي: فلا تغضب عليَّ ولا يصبْك ضيق، 
 فقال: سل عَمّا تريد، 
@@ -17496,525 +17718,525 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, हामी नबी (सल्लल्लाहु अलैहि वसल्लम) सँग मस्जिदमा बसिरहदा एकजना व्यक्ति ऊँटमा सवार भएर मस्जिदमा प्रवेश गर्यो र उसले आफ्नो ऊँटलाई मस्जिदमा बसायो र बाँध्यो, त्यसपछि उसले सहाबाहरूलाई सोध्यो, तपाईंहरूमध्ये मुहम्मद को हुन्? त्यसबेला अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) मानिसहरूको बीचमा ढल्केर बसिरहनुभएको थिए, त्यसैले हामीले भन्यौं : अडेस लगाएर बसिरहनु भएको यो सेतो मानिस उहाँ नै हुन् । त्यो व्यक्तिले उहाँलाई सम्बोधन गर्दै भन्यो: हे अब्दुल मुत्तलिब पुत्र ! नबी (सल्लल्लाहु अलैहि वसल्लम) ले त्यस व्यक्तिलाई भन्नुभयो: म तपाईंको कुरा सुन्दै छु, सोध्नुहोस्, म तपाईंको प्रश्नको जवाफ दिनेछु। उसले रसूललाई भन्यो : म तपाईंसित केही प्रश्नहरू सोध्न जाँदैछु र म मेरो प्रश्नमा कडा हुन सक्नेछु, त्यसैले मनमा म प्रति केहि नराख्नु होला, अर्थात्, मसँग नरिसाउनु होला । उहाँले भन्नुभयो : तिमीलाई जे मन लाग्छ सोधे हुन्छ । उसले भन्यो: म तपाईंसित तपाईंको पालनकर्ता र तपाईं भन्दा पहिलेका मानिसहरूको पालनकर्ताको कसम खुवाएर सोध्छु: के अल्लाहले तपाईलाई सम्पूर्ण मानव जातिको लागि पठाउनुभएको हो ? उहाँले भन्नुभयो: हो, अल्लाह साक्षी हुनुहुन्छ, र आफ्नो सत्यतामा जोड दिनका लागि (कसम खानु भयो) । उसले सोध्यो: म तिमीलाई अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले तपाईंलाई दिन र रातमा पाँच फर्ज नमाज पढ्न आदेश दिनुभएको छ ? उहाँले भन्नुभयो: हो, अल्लाह साक्षी हुनुहुन्छ । उसले भन्यो: म तिमीलाई अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले वर्षको यो महिनामा अर्थात् रमजानको महिनामा उपवास बस्न आदेश दिनुभएको छ? उहाँले जवाफ दिनु भयो: हो, अल्लाह साक्षी हुनुहुन्छ । फेरि उसले सोध्यो: म तिमीलाई अल्लाहको कसम खुवाएर सोध्दैछु, के अल्लाहले तपाईलाई धनी मानिसहरूबाट दान अर्थात् जकात लिएर गरिबहरूमा बाँड्न आदेश दिनुभएको छ। नबी (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनु भयो: हो, अल्लाह साक्षी हुनुहुन्छ । तब जमाम बिन षाल्बाले इस्लाम स्वीकार गरे र आफ्नो समुदायलाई इस्लामतर्फ आह्वान गर्छु भनेर नबी (सल्लल्लाहु अलैहि वसल्लम) संग वाचा पनि गरे अनि मेरो नाम जमाम बिन षाल्बा हो र म साद बिन बकरको जनजाति हुँ भनेर परिचय पनि खुलाए ।</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>यो हदीसले नबी (सल्लल्लाहु अलैहि वसल्लम) को नम्रता देखाउँदछ, किनभने आगन्तुकले उहाँ र उहाँका साथीहरू बीच फरक गर्न सकेनन् ।
 यसमा रसूल (अल्लाह सल्लल्लाहु अलैहि वसल्लम) को असल आचरण,  प्रश्नकर्तालाई जवाफ दिनमा उहाँको नम्रता र राम्रो तरिकाले जवाफ दिइयो भने मान्छेले इस्सलाम स्वीकार गर्छ भन्ने सन्देश छ ।
 कुनै व्यक्तिको पहिचानको लागि गोरो, रातो, अग्लो र होचो आदि विशेषताहरूले वर्णन गर्न सकिन्छ, तर (शर्त यो हो कि) दोषको उद्देश्यले नहोस् र त्यो व्यक्तिलाई नराम्रो नलागोस् ।
 आवश्यकता परेमा काफिरलाई मस्जिदमा प्रवेश गर्न अनुमति छ ।
 यस हदीसमा हज बारे उल्लेख गरिएको छैन, शायद त्यो समयसम्म हज अनिवार्य थिएन होला ।
 सहाबाहरू मानिसहरूलाई इस्लाम तर्फ निम्तो दिनको लागि अत्यन्तै इच्छुक थिए; इस्लाम स्वीकार गरेपछि, उनले (जमाम बिन षाल्बाले) तुरुन्तै आफ्नो समुदायलाई इस्लाम तर्फ निम्तो दिन निमित्त प्रयत्न गरे।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एउटा घटना उल्लेख गर्नुभयो र भन्नुभयो: "यो त्यस समय हुनेछ जब ज्ञान हराउनेछ</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>जियाद बिन लबीद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उहाँ भन्नुहुन्छ: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एउटा घटना उल्लेख गर्नुभयो र भन्नुभयो: "यो त्यस समय हुनेछ जब ज्ञान हराउनेछ ।" मैले भने: हे अल्लाहको रसूल! ज्ञान कसरी हराउनेछ, जब हामी कुर्आन पढ्दैछौं, आफ्ना सन्तानलाई पढाउँदैछौं र हाम्रा सन्तानले यसरी प्रलयको दिनसम्म आफ्ना सन्तानलाई पढाइरहनेछन्? उहाँले भन्यो: "हे जियाद! तिम्री आमा तिम्रो लागि रोऊन् ! तिमी मलाई मदिनाको बुद्धिमान व्यक्तिहरु मध्ये लाग्थ्यो। के यी यहूदी र ईसाईहरूले तौरात र इन्जील पढ्दैनन्? तर तिनीहरूले त्यसको पालना गर्दैनन्!"।</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरू माझ बसिरहनु भएको थियो तब उहाँले भन्नुभयो:  यो त्यस समय हुनेछ जब मानिसहरूबाट ज्ञान हराउनेछ र  खोसिनेछ । जियाद बिन लबीद अन्सारी (रजियल्लाहु अन्हुमा) यसबाट अचम्भित भए र उनले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, उहाँले भन्नुभयो: कसरी ज्ञान हराउन सक्छ र लुप्त हुनु सक्छ? जबकि हामीले कुरान पढेका छौँ र त्यो हामीले याद पनि गरेका छौँ। अल्लाहको कसम, हामी निरन्तर पढिरहनेछौँ, हाम्रा श्रीमतीहरूलाई, हाम्रा छोराछोरीलाई, र हाम्रा नातिनातिनालाई पनि पढाउनेछौँ।' जवाफमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आश्चर्य व्यक्त गर्नुभयो र भन्नुभयो: हे जियाद! तिम्री आमाले तिमीलाई गुमाइन्, म तिमीलाई मदीनाका विद्वानहरूमा गन्ने गर्थे । त्यसपछि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभयो, कि ज्ञान लोप हुनु भनेको कुरआन गुमाउनु होइन, बरु, ज्ञान गुमाउनु भनेको कुरानको पालनाको नगर्नु हो । किनकि यहुदी र इसाईहरू सँग पनि तौरात र इन्जील छ, तर यसले तिनीहरूलाई फाइदा पुर्‍याएन र तिनीहरूले ज्ञान अनुसार कर्म नगरी त्यस पुस्तकका वास्तविक उद्देश्य प्राप्त गर्न सकेनन्।</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>यदि कुरआन र पुस्तकहरूमा भएको ज्ञानलाई आफ्नो जीवनमा लागू गरिएन भने त्यसलाई हातमा राख्नुले मात्र कुनै फाइदा हुँदैन ।
 नबी (सल्लल्लाहु अलैहि वसल्लम)को मृत्यु, उलामा(धर्मशास्त्री)को मृत्यु र ज्ञानको अभ्यास र कार्यान्वयन नहुनु आदि जस्ता धेरै कुराहरू द्वारा ज्ञान 
 समाप्त हुनेछ ।
 महाप्रलयको चिन्हहरू मध्ये ज्ञान लुप्त हुनु र मानिसहरूले ज्ञान अनुसार कार्म नगर्नु हो ।
 यस हदीसमा ज्ञान अनुसार कर्म गर्न प्रोत्साहन दिइएको छ, किनकि ज्ञानको वास्तविक उद्देश्य नै त्यस अनुसार कर्म गर्नु हो।</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[इब्ने माजहले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>तिमीहरू अहले किताबलाई न त पत्याऊ, नत उनीहरूलाई झुटा ठहराऊ।, तर भन कि: {हामी अल्लाहमा र हामीमाथि अवतरण गरिएको कुरामा विश्वास गर्छौं</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उहाँ भन्नुहुन्छ: अह्ले किताब (यहुदी र ईसाईहरू) हिब्रूमा तौरात आफैं पढेर मुस्लिमहरूका लागि अरबीमा व्याख्या गर्थे । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “तिमीहरू अहले किताबलाई न त पत्याऊ, नत उनीहरूलाई झुटा ठहराऊ।, तर भन कि: {हामी अल्लाहमा र हामीमाथि अवतरण गरिएको कुरामा विश्वास गर्छौं ।” [अल- बकरह: १३६]</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो समुदायलाई अह्ले किताब (यहुदी र ईसाईहरू) ले आफ्ना पुस्तकहरूबाट बयान गर्ने कुराहरूबाट धोका नखान सचेत गर्नु भएको छ । किनभने रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा यहूदीहरूले हिब्रू भाषामा तौरात पढ्थे, जुन यहूदीहरूको भाषा हो र त्यसपछि अरबीमा व्याख्या गर्ने गर्थे । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “अह्ले किताब (यहुदी र ईसाईहरू)को कुरामा न त विश्वास गर, न त उनीहरूलाई झुटा ठहर्‍याऊ, तर यो कुरा त्यस्ता विषयहरूका लागि हो, जहाँ सत्य र असत्य छुट्याउन सकिँदैन। किनभने अल्लाहले हामीलाई कुर्आन र अहले-ए-किताबका पुस्तकहरूमा  विश्वास गर्न  आदेश दिनुभएको छ, तर, हाम्रो लागि ती अह्ले-किताबका  किताबहरूमा लेखिएका कुरा सत्य हो कि असत्य, छुट्याउन सम्भव छैन, जबसम्म हाम्रो शरीयतले त्यसको सत्यता वा असत्यता स्पष्ट पार्ने प्रमाण दिदैन। त्यसैले हामीले ती कुराहरू प्रति कुनै धारणा राख्दैनौं, र हामीले न त उनीहरूलाई सत्य नै मान्छौं, ताकि तिनीहरूले गरेको हेरफेरमा साझेदार नहोऔं र हामी उनीहरूलाई झुटो पनि भन्दैनौँ, किनभने त्यो कुरा सत्य पनि हुन सक्छ, र यदि हामीले त्यसलाई अस्वीकार गर्‍यौँ भने हामीलाई विश्वास गर्न आदेश दिइएको कुराको हामीले खण्डन गरेको हुनेछौं। बरु रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई निम्न भन्न आदेश दिनुभयो : “हामीले अल्लाहमाथि ईमान ल्यायौं  र त्यस (ग्रन्थ) माथि जुन हामीतिर अवतरण गरियो र त्यसमाथि पनि जुन इब्राहीम, इस्माईल, इस्हाक, याअ्कूब एवं (याअ्कूबका) सन्तानहरूमाथि अवतरण गरियो अनि जुन मोसेस एवं ईसालाई प्रदान गरियो तथा जुन अन्य सन्देष्टाहरूलाई उनका ‘रब(पालनकर्ता)’ को तर्फबाट प्रदान गरियो । हामी यिनीहरूबीच कुनै विभेद गर्दैनौं । र, हामी उनै (अल्लाह) को आज्ञाकारी हौं ।” {कुरआनः अल्-बकरह : १३६}</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>अह्ले किताब (यहुदी र ईसाईहरू) ले बयान गर्ने कुराहरूलाई तीन भागमा विभाजन गरिएको छ :पहिलो, जुन कुरा  कुर्आन र हदीस अनुसार छ, त्यसलाई सत्य मानिन्छ, दोस्रो,  जुन कुरा कुर्आन र हदीस विरुद्ध छ, त्यसलाई असत्य ठहराइन्छ, र तेस्रो, जुन कुराको सत्यता वा असत्यता साबित गर्न कुर्आन र हदीसमा कुनै प्रमाण छैन, त्यसलाई मात्र उल्लेख गरिन्छ, न त त्यसलाई सत्य मानिन्छ, न झुटो ठहराइन्छ। ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>विद्वानहरूसँग बहस गर्न र</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "विद्वानहरूसँग बहस गर्न र अज्ञानीहरूसँग वाद-विवाद गर्न र सभाहरूमा प्रमुख पद प्राप्त गर्नको लागि ज्ञान प्राप्त नगर्नुहोस्, जसले यसो गर्छ, उसको वासस्थान आगो (नर्क) हुनेछ ।"</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले उलमा (विद्वान) हरूसँग बहस गर्ने र 'म पनि तिमीहरू जस्तै विद्वान हुँ' भनी गर्व र सेखी देखाउन, अज्ञानी र कम बुद्धि भएकाहरूसँग वाद-विवाद गर्ने र सभाहरूमा अग्रपंक्तिमा बस्ने मौका पाउने मनसायले ज्ञान (इल्म) प्राप्त गर्नबाट कडाइका साथ मनाही गर्नुभएको छ । र जसले त्यस्तो गर्छ, उ आफ्नो पाखण्ड र ज्ञानको प्राप्तिमा सत्यनिष्ठा नभएको कारणले नरकको भागीदार बन्नेछ।</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>घमण्ड गर्ने, झगडा गर्ने वा सभाको अध्यक्षता प्राप्त गर्ने  आदि मनसायले ज्ञान प्राप्त गर्नेलाई नर्कको यातनाको धम्की दिइएको छ ।
 ज्ञान सिक्ने र सिकाउने व्यक्तिको नियतमा (अल्लाहको निम्ति) सत्यनिष्ठा  हुनु र धेरै महत्त्वपूर्ण छ ।
 सम्पूर्ण कार्यहरू नियतमा आधारित हुन्छन् र त्यही अनुसार प्रतिफल प्राप्त हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>अल्लाहले (सिराति-मुस्तकीम) सिधा मार्गको उदाहरण दिनुभएको छ</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>नौवास बिन सम्आन अन्सारी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "अल्लाहले (सिराति-मुस्तकीम) सिधा मार्गको उदाहरण दिनुभएको छ, त्यस मार्गको दुवै छेउमा पर्खालहरू छन्, जसमा खुल्ला ढोकाहरू छन्, र ती ढोकाहरूमा पर्दाहरू झुन्डिएका छन्। मार्गको प्रवेशद्वारमा एक आह्वानकर्ता छ, जसले बोलाउँदै भन्छ: 'हे मानिसहरू, सबै जना सिधा मार्गमा प्रवेश गर, र यताउता नजानु ।' अनि अर्को आह्वानकर्ता मार्गको माथिबाट बोलाउँछ, यदि कसैले ती ढोकामध्ये कुनै एक खोल्न चाहन्छ भने, उसले भन्छ: धिक्कार होस् तिमीलाई, यसलाई नखोल, यदि तिमीले खोल्यौ भने तिमी त्यसमा प्रवेश गर्नेछौ।' यो सिधा मार्ग इस्लाम हो, ती पर्खालहरू अल्लाहको (कानुनको) सीमाहरू हुन्, ती खुल्ला ढोकाहरू अल्लाहले निषेध गरेको कुरा हुन्, र मार्गको छेउमा बोलाउने आह्वानकर्ता अल्लाहको पुस्तक (कुर्आन) हो, र मार्गमाथिबाट बोलाउने आह्वानकर्ता प्रत्येक मुस्लिमको हृदयमा रहेको अल्लाहले तोक्नु भएको उपदेशक हो।"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ : अल्लाहले इस्लामको उदाहरण सीधा मार्गले दिनुभएको छ, जसमा कुनै टेढोपन छैन । यस मार्गको दुबै छेउमा दुईवटा पर्खालहरू छन्, जसले यसलाई दुबैतिरबाट घेरेको छ । ती दुई पर्खालहरू अल्लाहका (कानुनको) सिमा हुन्, यी दुबै पर्खालहरूको बीचमा खुल्ला ढोकाहरू छन्, जुन अल्लाहले गर्नु भएका निषेधित चीजहरूको उदाहरण हुन्, ती ढोकाहरूमा पर्दाहरू झुण्डिएका छन्, जसले गर्दा मार्गमा हिंड्ने व्यक्तिलाई भित्र के छ भनेर देखिदैन। बाटोको सुरुवातमा एक आह्वानकर्ता छ, जसले मानिसहरूलाई मार्गनिर्देशन गर्छ र भन्छ: सीधा बाटोमा हिड्नुहोस् र यता-उता नहेर्नुहोस् । यो आह्वानकर्ता अल्लाहको पुस्तक (कुर्आन) हो । अर्को आह्वानकर्ता मार्गको माथिबाट बोलाउँछ; जब मार्गमा हिँड्नेले ती ढोकाहरूको पर्दा अलिकति मात्र खोल्न चाहन्छ, तब उसले कडा चेतावनी दिन्छ: 'तिमीलाई हानी हुनेछ, यसलाई नखोल! यदि तिमीले यसलाई खोल्यौ भने तिमी भित्र प्रवेश गर्नेछौ र आफूलाई रोक्न असमर्थ हुनेछौ।' यो आह्वानकर्ता प्रत्येक मुस्लिमको हृदयमा रहेको अल्लाहले तोक्नु भएको उपदेशक हो।"</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>इस्लाम साँचो धर्म हो, र यो सीधा मार्ग हो, जसले हामीलाई स्वर्गमा लैजानेछ ।
 अल्लाहका (कानुनको) सीमाहरूको उल्लङ्घन नगर्न, साथै उहाँले वैध र अवैध ठहराउनुभएको कुराहरूको पालना गर्नु अनिवार्य छ, र यसमा लापरवाही गर्नु विनाशको कारण बन्न सक्छ।
 महान् कुरआनको ठुलो महत्व बताइएको छ, र त्यसअनुसार कार्य गर्न प्रोत्साहन दिइएको छ, किनकि कुर्आन मार्गदर्शन, प्रकाश, र सफलताको स्रोत हो ।
 यसमा भक्तहरूप्रति अल्लाहको दया र कृपा र उहाँले आस्थावान भक्तहरूको हृदयमा राख्नुभएको सचेतक को वर्णन छ, जसले उनीहरूलाई विनाशबाट बचाउँछ र सचेत गराउँछ।
 यो अल्लाहको कृपा हो कि उहाँले आफ्ना भक्तहरूका लागि (कानुनी) सीमाहरू निर्धारित गर्नुभएको छ, जसले तिनीहरूलाई पापमा पर्नबाट बचाउँछ ।
 बुझाउन र स्पष्ट पार्न उदाहरणको प्रयोग गर्नु शिक्षका माध्यम हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>४० वर्षको उमेरमा</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्: ४० वर्षको उमेरमा रसूल (सल्लल्लाहु अलैहि वसल्लम)माथि कुर्आन अवतरण  गरिएको थियो । त्यसपछि उहाँ १३ वर्ष मक्कामा बस्नु भयो अनि उहाँलाई हिजरत (बसाइँ सर्ने) गर्ने आदेश भयो र उहाँ मदीना "हिजरत" गरेर जानु भयो र त्यहाँ १०वर्ष बस्नु भयो र त्यस पछि उहाँको देहान्त भयो ।</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>इब्न अब्बासले बताए अनुसार, जब  नबी (सल्लल्लाहु अलैहि वसल्लम)लाई अल्लाहको वाणी (वही) प्राप्त भयो र रसूल (ईशदूत) बनाइयो, त्यतिबेला उहाँ ४० वर्षका हुनुहुन्थ्यो। वही प्राप्त गरेपछि उहाँले १३ वर्ष (इस्लामको प्रचारप्रसारमा) मक्कामा बिताउनुभयो। त्यसपछि उहाँलाई मदिना बसाइँ सर्न आदेश भयो र उहाँले १० वर्ष मदिनामा बिताउनुभयो। अन्त्यमा, उहाँको ६३ वर्षको उमेरमा देहान्त भयो।"</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>यस हदीसले नबी (सल्लल्लाहु अलैहि वसल्लम) का सहाबा (साथी) हरू उहाँको जीवनीप्रति विशेष रुचि राख्थे भन्ने कुरा प्रष्ट हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले  सूरहको अन्त्य र शुरुआत तबसम्म थाहा पाउनु भएन, जबसम्म उहाँमाथि 'बिसमिल्लाहिर रहमानिर रहीम' अवतरण भएन।</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, "नबी (सल्लल्लाहु अलैहि वसल्लम)ले  सूरहको अन्त्य र शुरुआत तबसम्म थाहा पाउनु भएन, जबसम्म उहाँमाथि 'बिसमिल्लाहिर रहमानिर रहीम' अवतरण भएन।"</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अनहुमा)ले स्पष्ट पारेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) माथि कुर्आनका सूरहहरू अवतरित गरिन्थ्यो, तर उहाँलाई एउटा सूरहको अन्त्य र अर्को सूरहको शुरुआत  भएको थाहा हुँदैनथ्यो, जबसम्म उहाँमाथि 'बिसमिल्लाहिर रहमानिर रहीम' अवतरण भएको थिएन। त्यस अवतरण पछि उहाँलाई अघिल्लो सूरह सकिएको  र नयाँ सूरह शुरु भएको थाहा हुन थाल्यो।"</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>सूरह "अन्फाल" र सूरह "तौबा" बाहेकका सूरहहरूमा "बिस्मिल्लाह" द्वारा अघिल्लो सूरह समाप्त भएको र नयाँ सूरह सुरु भएको थाहा पाइन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>तिमीहरू मध्ये कसैले आफ्नो परिवारमा फर्किंदा तीनवटा ठूला, मोटा गाभिन ऊँटहरू पाउन चाहन्छ ?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिमीहरू मध्ये कसैले आफ्नो परिवारमा फर्किंदा तीनवटा ठूला, मोटा गाभिन ऊँटहरू पाउन चाहन्छ ? हामीले भन्यौं: अवश्य! नै चाहन्छौं, उहाँले भन्नुभयो: "तिमीहरू मध्ये कसैले आफ्नो नमाजमा तीनवटा श्लोकहरू पढ्नु, उसको लागि तीनवटा ठूला, मोटो र गाभिन ऊँटहरू भन्दा राम्रो हो ।"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले स्पष्ट पार्नुभएको छ कि नमाजमा तीन श्लोकहरू पढ्नु को पुण्य, मानिसले आफ्नो घरमा तीनवटा ठूला,  मोटो र गाभिन ऊँटनीहरू पाउनु भन्दा राम्रो हो।</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>यस हदीसले नमाजमा कुर्आन वाचनको महत्व दर्शाउँछ ।
 असल कर्महरू संसारका नाशवान् सुखभोगभन्दा उत्तम र चिरस्थायी हुन्छन्।
 यो पुण्य केवल तीन श्लोक पढ्नुमा सीमित छैन, बरु, जसले नमाजमा जति धेरै श्लोकहरू पढ्छ, उसको पुण्य त्यति नै बढ्दै जान्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>कुरआन पढ्ने व्यक्तिलाई भनिनेछ: पढ्दै गर र माथि श्रेणीमा आरोहण गर्दै गर । तिमीले संसारमा जसरी तिलावत (वाचन) गर्थ्यौ, त्यस्तै पढ्दै गर, किनकि तिम्रो स्थान तिमी अन्तिम आयत(श्लोक) पढ्दै जहाँ पुग्छौ, त्यहीँ हुनेछ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कुरआन पढ्ने व्यक्तिलाई भनिनेछ: पढ्दै गर र माथि श्रेणीमा आरोहण गर्दै गर । तिमीले संसारमा जसरी तिलावत (वाचन) गर्थ्यौ, त्यस्तै पढ्दै गर, किनकि तिम्रो स्थान तिमी अन्तिम आयत(श्लोक) पढ्दै जहाँ पुग्छौ, त्यहीँ हुनेछ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, सधैं कुरआन पढ्ने, त्यसलाई कण्ठ पार्ने र त्यही अनुसार कर्म गर्ने व्यक्तिलाई,  स्वर्गमा प्रवेश गरिसकेपछि भनिनेछ : कुरआन पढ्दै गर र माथि श्रेणीमा आरोहण गर्दै गर। तिमीले जसरी संसारमा सम्झेर मनन गर्दै विस्तारै तिलावत गर्थ्यौ, त्यसैगरी पढ्दै गर; तिम्रो स्थान तिमी अन्तिम आयत(श्लोक) पढ्दै जहाँ पुग्छौ, त्यहीँ हुनेछ।</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>कर्महरूको प्रतिफल मात्रा र कैफियत अनुसार प्रदान गरिनेछ ।
 यस हदीसमा कुर्आनको तिलावत (वाचन) गर्ने, हिफ्ज (कण्ठ) गर्ने, मनन गर्ने र त्यस अनुसार कर्म गर्न प्रोत्साहन दिइएको छ ।
 स्वर्गमा धेरै श्रेणी र स्तरहरू छन्, कुर्आनको ज्ञान प्राप्त गरेको मानिसहरूले स्वर्गको उच्चतम स्तर प्राप्त गर्नेछन् ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र निसाईले कुब्रामा र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेआम दान दिने व्यक्ति जस्तो हो र कम स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तो हो।</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेआम दान दिने व्यक्ति जस्तो हो र कम स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तो हो।"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेर दान दिने व्यक्ति र मसिनो स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तै हो भनी बताउनुभएको छ ।</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>कुर्आनलाई गोप्य रूपमा पढ्नु उत्कृष्ट हो, जसरी गोप्य रूपमा दान दिनु उत्कृष्ट हो, किनकि यसमा इख्लास (सत्यनिष्ठा) हुन्छ र कपट तथा घमण्डको सम्भावना हुँदैन । तर कुर्आनको पठनपाठन र सिकाउने उद्देश्य हो भने ठूलो स्वरमा पढ्न जायज छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि ।  तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>इरबाज बिन सारिया (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हाम्रो बीचमा उभिएर यस्तो प्रभावशाली उपदेश दिनुभयो जसले हाम्रो हृदय काँप्यो र हाम्रा आँखाहरू आँसुले भरिए । कसैले भन्यो, हे अल्लाहको रसूल! तपाईंले यस्तो उपदेश दिनुभएको छ, जुन विदाई प्रवचन जस्तो देखिन्छ । त्यसैले कृपया हामीलाई केही नसीहत गर्नुहोस् । उहाँले भन्नुभयो: "अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि ।  तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु ।" यसलाई बङ्गाराले भएपनि समात्नु । धर्मको नाममा नयाँ कुराहरूबाट टाढा रहनु । प्रत्येक विदअत (धर्मको नाममा गर्ने नयाँ कुरा) भ्रम र पथभ्रष्टता हो ।"</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो प्रभावशाली उपदेश दिनुभयो जसले मानिसहरूको मन छोयो र आँखा रसायो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रभावशाली उपदेश देखेर उहाँका साथीहरूले भने: हे अल्लाहको रसूल! यो विदाई प्रवचन जस्तो देखिन्छ । तसर्थ तिनीहरूले पछि काम लाग्ने केही महत्वपूर्ण वसीयत गर्न आग्रह गरे । उहाँले भन्नुभयो: म तिमीलाई अल्लाहसँग डराउन आदेश दिन्छु । अल्लाहको डरको अर्थ भनेको अनिवार्य कुराको पालना गर्नु र निषेधित कुराहरूबाट टाढा रहनु हो । त्यसैगरी, म तिमीहरूलाई शासकहरूको आदेश सुन्न र पालन गर्न आदेश दिन्छु । तिम्रो शासक कालो दास भए पनि । अर्थात् एक साधारण मानिस पनि तिम्रो शासक बन्यो भने उसको आज्ञापालन गर्नुपर्छ, ताकि द्वन्द्व र जताततै रक्तपात नहोस् । किनभने तिमीहरूमध्ये जो जीवित रहन्छ उसले धेरै विवाद देख्नेछ । त्यसपछि उहाँले तिनीहरूलाई यस असहमतिबाट बाहिर निस्कने बाटो बताउनुभयो । अर्थात्, उहाँको सुन्नत र उहाँपछि खिलाफत ग्रहण गरेका  सही मार्गनिर्देशित खलीफाहरू; अबु बकर सिद्दिक, उमर बिन खत्ताब, उस्मान बिन अफ्फान र अली बिन अबू तालिब (रजियल्लाहु अन्हुम) को सुन्नत दृढतापूर्वक समात्नु पर्छ । उहाँले त्यसलाई बङ्गाराले भएपनि समात्न आदेश दिनुभयो । अर्को शब्दमा, हरेक परिस्थितिमा सुन्नतलाई पछ्याउन र पालन गर्नुपर्छ । त्यसपछि धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न विरुद्ध चेतावनी दिनुभयो । किनभने धर्मको नाममा आउने हरेक नयाँ कुरा पथभ्रष्टा हो ।</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>सुन्नतलाई दृढतापूर्वक समात्न पर त्यसको पालना गर्नुको महत्त्व ।
 उपदेश दिने र हृदयलाई नरम पार्ने कुरामा ध्यान ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) पछि उहाँका चार धर्मी खलीफा (उत्तराधिकारी) हरू; अबु बकर सिद्दिक, उमर फारूक, उस्मान बिन अफ्फान र अली बिन अबि तालिब (रजियल्लाहु अन्हुम) को अनुसरण गर्न आदेश ।
 धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न निषेध र धर्मको नाममा हरेक नयाँ कुरा पथभ्रष्टा हो ।
 पापको आदेश नदिएसम्म मुस्लिमहरूले शासकहरूको कुरा सुन्न र पालन 
 गर्नुपर्छ ।
 सबै समय र परिस्थितिहरूमा अल्लाहको तकवा (डर) को महत्त्व ।
 यस उम्मतमा विवादहरू उत्पन्न हुन्छ र जब मतभेदहरू देखा पर्दछन् भने रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका खलीफाहरूको सुन्नतको अनुसरण आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>नबि (सल्लल्लाहु अलैहि वसल्लम)बाट दश श्लोकहरू पढ्थे। त्यसपछि, ती दश श्लोकहरूमा रहेको ज्ञान र कर्म</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>अबु अब्दुर्रहमान सुलमी भन्छन्: "हामीलाई शिक्षा दिने नबि (सल्लल्लाहु अलैहि वसल्लम)का साथीहरूले हामीलाई बताए कि, उनीहरू नबि (सल्लल्लाहु अलैहि वसल्लम)बाट दश श्लोकहरू पढ्थे। त्यसपछि, ती दश श्लोकहरूमा रहेको ज्ञान र कर्म  राम्रोसँग नबुझ्ने सम्म अर्को दश श्लोकहरू सिक्दैन्थे। सहाबाले भने: 'त्यसरी नै हामीले ज्ञान र कर्म (इल्म र अमल)  दुवै प्राप्त गर्यौं।'</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) का साथीहरूको कुर्आन सिक्ने तरिका के थियो भने, उनीहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट दश श्लोकहरू सिक्ने गर्थे र ती दश श्लोकहरूमा रहेको ज्ञान र कर्म नसिकेसम्म अन्य दश श्लोकहरू सिक्दैन्थे । यसरी उनीहरु ज्ञान र अभ्यास (इल्म र अमल) दुवै एकैसाथ सिक्न सफल भए ।</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>यसमा सहाबाहरूको महानता र कुर्आन सिक्न प्रति उहाँहरूको उत्सुकता बारे बताइएको छ।
 कुर्आन पढ्नु भनेको यसको ज्ञान प्राप्त गर्नु र यस अनुसार कार्यान्वयन गर्नु हो, यसलाई पढ्ने र कण्ठ गर्ने मात्र होइन ।
 केही भन्नु वा गर्नु अघि ज्ञान प्राप्त गर्नु अनिवार्य छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>हे अबुल मुन्जिर! के तिमीलाई थाहा छ, अल्लाहको पुस्तकको कुन आयत (श्लोक) सबैभन्दा महान हो ?" उनी भन्छन्, मैले भने: {अल्लाहु लाइला-ह इल्ला हुवल-हय्युल कय्यूम} [सूरह अल-बकरह : २५५]  उनी भन्छन् : यो सुनेर उहाँले मेरो छाती थपथप्याउनु भयो र भन्नुभयो: "अल्लाहको कसम! हे अबुल मुन्जिर! तिम्रो लागि यो ज्ञान श्रेयस्कर होस् ।</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>उबै बिन काअ्ब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "हे अबुल मुन्जिर! के तिमीलाई थाहा छ, अल्लाहको पुस्तकको कुन आयत (श्लोक) सबैभन्दा महान् हो ?" उनले भने: अल्लाह र उहाँका रसूललाई राम्रोसँग थाहा छ । उहाँले (दोस्रो पटक) सोध्नुभयो: "हे अबुल मुन्जिर! के तिमीलाई थाहा छ, अल्लाहको पुस्तकको कुन आयत (श्लोक) सबैभन्दा महान हो ?" उनी भन्छन्, मैले भने: {अल्लाहु लाइला-ह इल्ला हुवल-हय्युल कय्यूम} [सूरह अल-बकरह : २५५]  उनी भन्छन् : यो सुनेर उहाँले मेरो छाती थपथप्याउनु भयो र भन्नुभयो: "अल्लाहको कसम! हे अबुल मुन्जिर! तिम्रो लागि यो ज्ञान श्रेयस्कर होस् ।"</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उबै बिन काअ्ब (रजियल्लाहु अन्हु) सगँ अल्लाहको पुस्तकको सबैभन्दा महान् आयातको बारेमा सोध्नु भयो र उनी जवाफ दिन हिचकिचाए तर पछि उनले जवाफ दिए : महान् श्लोक आयतुल-कुर्सी; {अल्लाहु लाइला-ह इल्ला हुवल-हय्युल कैयूम} हो। नबी(सल्लल्लाहु अलैहि वसल्लम)ले उनको जवाफ लाई स्वीकृत   गर्नुभयो र उनको छाती ज्ञान र विवेकले भरिएको छ भनेर संकेत गर्न उनको छाती आफ्नो हातले थपथप्याउनु भयो  । यो ज्ञान उनको लागि खुशीको स्रोत बनोस् र ज्ञान प्राप्ती सहज होस् भन्ने कामना पनि उहाँले गर्नुभयो ।</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>यस बाट उबै बिन काअ्ब (रजियल्लाहु अन्हु) को श्रेष्टता प्रस्ट हुन्छ ।
 कुर्आनको सबैभन्दा ठूलो श्लोक आयतुल-कुर्सी हो भन्ने कुराको प्रमाण, अतः यसलाई कण्ठ गर्नु, यसमा मनन गर्नु र यस अनुसार कर्म गर्नु आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक रात, जब ओछ्यानमा जानुहुन्थ्यो, तब आफ्ना दुवै हत्केलाहरू एकसाथ जम्मा गर्नुहुन्थ्यो अनि त्यसमा फुक्नुहुन्थ्यो र "कुल हु-वल्लाहु अहद", र "कुल अऊजु बि-रब्बिल फलक" र "कुल अऊजु बि-रब्बिनास् ।</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकी छिन् : रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक रात, जब ओछ्यानमा जानुहुन्थ्यो, तब आफ्ना दुवै हत्केलाहरू एकसाथ जम्मा गर्नुहुन्थ्यो अनि त्यसमा फुक्नुहुन्थ्यो र "कुल हु-वल्लाहु अहद", र "कुल अऊजु बि-रब्बिल फलक" र "कुल अऊजु बि-रब्बिनास् ।" तीनवटै सुरत पढेर सकेसम्म शरीरमा दुवै हत्केलाले (मसह ) हल्का तरिकाले मुसार्नु हुन्थ्यो । आफ्नो टाउको, अनुहार र शरीरको अगाडिको भागबाट शुरुवात गर्नुहुन्थ्यो र यसरी तीन पटक गर्नु हुन्थ्यो ।</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को तरीका के थियो भने जब उहाँ सुत्न ओछ्यानमा जानुहुन्थ्यो, उहाँले आफ्ना दुबै हत्केलाहरू एकसाथ जम्मा गरेर माथि उठाउनुहुन्थ्यो (जसरी दुआ गर्नेले हात उठाउँछ), अनि त्यसमा एकदमै थोरै थुकसहित फुक्नुहुन्थ्यो र "कुल हु-वल्लाहु अहद", र "कुल अऊजु बि-रब्बिल फलक" र "कुल अऊजु बि-रब्बिनास्, " तीनवटै सुरह पढेर सकेसम्म सम्पूर्ण शरीरमा दुवै  हत्केलाले (मसह ) हल्का तरिकाले मुसार्नु  हुन्थ्यो । आफ्नो टाउको, अनुहार र शरीरको अगाडिको भागबाट शुरु गर्नुहुन्थ्यो र यसरी तीन पटक गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>सुत्नु अघि, सूरह इख्लास, फलक र नास पढ्नु र दुवै हत्केलाहरूमा फुक्नु अनि सकेसम्म सम्पूर्ण शरीरभरि हात मुसार्नु मुस्तहब (राम्रो) हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
-[...2 lines deleted...]
-    <t>यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन् र इसाईहरू पथभ्रष्ट छन् ।</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
+  </si>
+  <si>
+    <t>यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन् र इसाईहरू पथभ्रष्ट भएका हुन् ।</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
-    <t>अदी बिन हातिम (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन् र इसाईहरू पथभ्रष्ट छन् ।"</t>
+    <t>अदी बिन हातिम (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन् र इसाईहरू पथभ्रष्ट भएका हुन् ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन्, किनभने तिनीहरूले सत्य थाहा पाएर पनि सत्यको अनुसरण गरेनन् । जबकि क्रिस्चियनहरू एक भ्रामक समुदाय हुन् जसले ज्ञान बिना अभ्यास गर्दछन् ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, यहूदीहरू अल्लाहको क्रोधमा परेका मानिसहरू हुन्, किनभने तिनीहरूले सत्य थाहा पाएर पनि सत्यको अनुसरण गरेनन् । जबकि क्रिस्चियनहरू एक भ्रामक समुदाय हुन् जसले कुनै ज्ञान बिना अभ्यास गर्दछन् ।</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
-    <t>ज्ञान र कर्मको संयोजनले क्रोधित र भ्रामक मार्गबाट ​​मुक्ति दिन्छ ।
-[...1 lines deleted...]
-यहूदी र क्रिस्चियनहरू दुवै भ्रामक र क्रोधको शिकार हुन्, तर यहूदीहरूको सबैभन्दा विशेषता भनेको क्रोधको सिकार हुनु र ईसाईहरूको सबैभन्दा विशेषता भ्रमित हुनु हो ।</t>
+    <t>ज्ञान र कर्मको संयोजनले मानिसलाई क्रोधित र भ्रामक मार्गबाट ​​मुक्ति दिन्छ ।
+यहूदी र इसाईहरूको मार्गबाट सावधानी अपनाउन चेतावनी दिइएको छ र सीधा र सत्यमार्ग अर्थात् इस्लामलाई अवलम्बन गर्न प्रेरणा दिइएको छ ।
+यहूदी र क्रिस्चियन दुवै भ्रामक र क्रोधको शिकार हुन्, तर यहूदीहर लाई विशेष रूपमा अल्लाहको क्रोधको हकदार मानिन्छन्, जबकि इसाईहरूलाई विशेषतः आफ्नो पथभ्रष्टताका कारण चिनिन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>जब तिमीले ती मानिसहरूलाई देख्छौ जसले कुरानका मुतशाबिह (अनेकार्थ रहेका) आयतहरूलाई पछ्याउँछन् , तब(बुझ्नु कि) ती नै ती व्यक्तिहरू हुन् जसको बारेमा अल्लाहले नाम लिएर चेतावनी दिएका छन्, त्यसैले तिनीहरूबाट सावधान रहनु</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले निम्न श्लोकको तिलावत(पाठ) गर्नुभयो: {उहाँले नै तपाईंलाई कुर्आन प्रदान गर्नुभयो जसमा केही मुहकम (एकदमै स्पष्ट) आयतहरू छन्, जुन मूल किताब हुन् र केही मुतशाबिह (अनेकार्थ बोकेका) छन् । जसको हृदयमा टेढोपन र रोग छ, तिनीहरू उत्पात मचाउन (शंका उत्पन्न गर्न र मानिसहरूलाई पथभ्रष्ट पार्न ) मुतशाबिह- अनेकार्थ रहेका आयतहरूको पछि लाग्दछन् र मनपरी ढंगले ती आयतहरूको व्याख्या गर्छन् । वास्तवमा, यसको वास्तविक अर्थ अल्लाहबाहेक कसैलाई थाहा छैन । जुन मानिसहरू ठोस र गहिरो ज्ञान राख्दछन् भन्दछन्– हामीले यस पूरै कुर्आनमाथि ईमान ल्यायौं, किनभने यी सबै हाम्रा पालनकर्ताको तर्फबाट हुन् । र वास्तवमा बुद्धिमानहरूले मात्र उपदेश ग्रहण गर्छन् ।} [आलि-इमरान३: ७], आइशा (रजियल्लाहु अन्हा) भन्नुहुन्छ: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जब तिमीले ती मानिसहरूलाई देख्छौ जसले कुरानका मुतशाबिह (अनेकार्थ रहेका) आयतहरूलाई पछ्याउँछन् , तब(बुझ्नु कि) ती नै ती व्यक्तिहरू हुन् जसको बारेमा अल्लाहले नाम लिएर चेतावनी दिएका छन्, त्यसैले तिनीहरूबाट सावधान रहनु।"</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो श्लोक पढ्नु भयो: {उहाँले नै तपाईंलाई कुर्आन प्रदान गर्नुभयो जसमा केही मुहकम (एकदमै स्पष्ट) आयतहरू छन्, जुन मूल किताब हुन् र केही मुतशाबिह (अनेकार्थ बोकेका) छन् । जसको हृदयमा टेढोपन र रोग छ, तिनीहरू उत्पात मचाउन (शंका उत्पन्न गर्न र मानिसहरूलाई पथभ्रष्ट पार्न ) मुतशाबिह- अनेकार्थ रहेका आयतहरूको पछि लाग्दछन् र मनपरी ढंगले ती आयतहरूको व्याख्या गर्छन् । वास्तवमा, यसको वास्तविक अर्थ अल्लाहबाहेक कसैलाई थाहा छैन । जुन मानिसहरू ठोस र गहिरो ज्ञान राख्दछन् भन्दछन्– हामीले यस पूरै कुर्आनमाथि ईमान ल्यायौं, किनभने यी सबै हाम्रा पालनकर्ताको तर्फबाट हुन् । र वास्तवमा बुद्धिमानहरूले मात्र उपदेश ग्रहण गर्छन्} । यस श्लोकमा, सर्वशक्तिमान अल्लाहले भन्नुभयो: उहाँ नै हुनुहुन्छ जसले आफ्नो नबीमाथि कुर्आन अवतरण गर्नुभयो, जसमा स्पष्ट अर्थ भएका श्लोकहरू छन्, जसका नियमहरू सुस्पष्ट छन् र तिनीहरूमा कुनै भ्रम छैन । यी श्लोकहरू कुर्आनका मूल आधार हुन्, मतभेद र असहमतिको अवस्थामा यिनै अनुसार निर्णय गर्नुपर्छ । जबकि केही श्लोकहरू यस्ता छन्, जसमा एकभन्दा बढी अर्थको सम्भावना पाइन्छ, केही मानिसहरूलाई तिनीहरूको अर्थ बुझ्न गाह्रो हुन्छ वा तिनीहरू अन्य श्लोकहरूसँग विरोधाभास छ भन्ने ठान्छन्।  त्यसपछि अल्लाहले मानिसहरूले यी श्लोकहरूसँग कसरी व्यवहार गर्छन् भन्ने कुरा बताउनुभएको छ:  जसको हृदय टेढोपन र रोगले भरिएको छ, तिनीहरूले स्पष्ट श्लोकहरू छोड्छन् र एक भन्दा बढी अर्थ भएका सम्भाव्य श्लोकहरू लिन्छन्, र यसबाट शङ्का उत्पन्न गर्न र मानिसहरूलाई भ्रमित पार्न खोज्छन् र यसरी, तिनीहरूले आफ्नो इच्छा अनुसार व्याख्या गर्न खोज्छन् । यसको विपरित ज्ञानमा दृढ भएकाहरूले यी सम्भाव्य श्लोकहरू बुझ्छन् र यसलाई स्पष्ट आयतसँग सम्बन्धित गर्छन् र त्यसमाथि विश्वास गर्छन् र सम्पूर्ण श्लोकहरू अल्लाहबाटै आएका हुन् भनेर स्वीकार गर्छन्, र श्लोकहरू कुनै अस्पष्टता वा विरोधाभास हुन सक्दैन भन्ने कुरामा विश्वास राख्छन्  ।  तर यसबाट शिक्षा लिने र सचेत हुने केवल बुद्धिमान मानिसहरू मात्र हुन्छन् । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आइशा (रजियल्लाहु अन्हा) लाई भन्नुभयो : जब तिमीले ती मानिसहरूलाई देख्छौ जसले कुरानका मुतशाबिह (अनेकार्थ रहेका) आयतहरूलाई पछ्याउँछन् , तब (बुझ्नु कि) ती नै ती व्यक्तिहरू हुन् जसको बारेमा अल्लाहले नाम लिएर यो भन्दै {अनि जुन मानिसहरूको हृदय विकृत छन} चेतावनी दिएका छन्,  तिनीहरूबाट सावधान रहनु र तिनीहरूका कुराहरू नसुन्नु।"</t>
   </si>
@@ -18022,1513 +18244,1517 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>कुरआनको "मुहकम" विशिष्ट श्लोकहरू भनेको ती श्लोकहरू हुन्, जसको अर्थ स्पष्ट र सटीक हुन्छ। जबकि "मुताशबीह" ती श्लोकहरू हुन् जसको एकभन्दा बढी अर्थ हुने सम्भावना हुन्छ र जसलाई बुझ्न गहिरो अध्ययन र समझको आवश्यकता हुन्छ ।
 पथभ्रष्ट, भ्रमित, विधर्मी (विदअती) र व्यक्तिलाई भ्रममा पार्न शङ्का सिर्जना गर्नेहरूसित संगत गर्न निषेध छ ।
 आयतको अन्त्यमा अल्लाहको भनाइ , {केवल ज्ञानीहरूले शिक्षा पाउँछन्}  मा भ्रामकहरूको निन्दा र दृढ ज्ञान भएकाहरूको प्रशंसा गरिएको छ । अर्थात्, जसले उपदेश ग्रहण गर्दैन, र आफ्नो इच्छालाई पछ्याउँछ, त्यो बुद्धिमानहरू मध्य होइन ।
 मुतशाबिह (अनेकार्थ रहेका) आयतहरूलाई पछ्याउनाले हृदय विचलित हुन्छ र भ्रष्ट हुन्छ ।
 मुतशाबिह (अनेकार्थ लाग्ने) श्लोकहरुलाई मुहकम ( स्पष्ट र सटिक) श्लोकहरुको अर्थको परिप्रेक्ष्यमा हेर्न र बुझ्न जरुरी छ ।
 अल्लाहले मानिसहरूलाई जाँच्न र आस्थावान तथा पथभ्रष्ट मानिसहरूबीच छुट्याउन कुरआनका श्लोकहरूलाई स्पष्ट र सटिक अर्थ र केहीलाई अनेकार्थ भएका बनाउनु भएको छ ।
 कुर्आनमा अनेकार्थ भएका (मुताशाबिह ) श्लोकहरू हुनुको कारण: अन्य मानिसहरूको तुलनामा विद्वानहरूको श्रेष्ठतालाई देखाउनु र मानिसहरूको बुद्धि सीमित छ भन्ने कुरा बुझाउनु हो। ताकि  मानिसहरू आफ्नो सिर्जनाकर्ता समक्ष आत्मसमर्पण गरून् र आफ्नो अक्षमता स्वीकार गरून् ।
 यसमा ज्ञानमा दृढताको महत्त्व र त्यसमा अडिग रहनुको आवश्यकता स्पष्ट पारिएको छ।
 अल्लाहको भनाइ { وما يعلم تأويله إلا الله والراسخون في العلم } मा अल्लाह शब्दमा रोकिने बारे व्याख्याकर्ताहरूका दुईवटा मत छन्: एउटा मत यो हो कि श्लोक पढ्दा खेरि (अल्लाह)  शब्द मा "वक्फ" अथवा रोक्नु पर्ने छ। यिनीहरूको दृष्टिकोणमा तावील { تأويل } भनेको कुनै कुराको सत्यता र वास्तविकताको ज्ञान हो जसलाई मानिसले जान्न असम्भव छ, जस्तै आत्मा र प्रलयको दिन आदिको ज्ञान, जसको बारेमा केवल अल्लाहलाई ज्ञान छ । दृढ ज्ञान भएका विद्वानहरू यी कुराहरूमा आस्था राख्छन् तर त्यसको वास्तविकता र कैफियत अल्लाहलाई सुम्पन्छन् । यसरी तिनीहरू (झूटा व्याख्याबाट) बच्छन् र (अरूलाई भ्रमबाट) बचाउँछन् । आर्को मत यो हो कि श्लोक पढ्दा खेरि (अल्लाह)  शब्द मा "वक्फ" अथवा रोक्नु पर्ने छैन र यसलाई मिलाएर पढिनेछ, उनीहरूको नजरमा  तावील { تأويل } भनेको तफसीर र व्याख्या हो । अर्थात् यी श्लोकहरुको व्याख्या र अर्थ अल्लाहलाई थाहा छ र जो ज्ञानमा परिपक्व छन् उनीहरूलाई पनि थाहा छ, जसले स्पष्ट श्लोकहरुको प्रसङ्गमा त्यसको व्याख्या गर्छन् र तिनीहरूमा विश्वास गर्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
-[...2 lines deleted...]
-    <t>जब कुनै व्यक्तिले पाप गर्छ, त्यसपछि खडा हुन्छ र वुजू गर्छ, त्यसपछि नमाज पढ्छ र अल्लाहसँग माफि माग्छ, तब अल्लाहले उसलाई क्षमा गर्नुहुन्छ।</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
+  </si>
+  <si>
+    <t>जब कुनै व्यक्तिबाट पाप हुन्छ, त्यसपछि ऊ खडा हुन्छ र वुजु गर्छ, त्यसपछि नमाज पढ्छ र अल्लाहसँग क्षमा याचना गर्छ, तब अल्लाहले उसलाई क्षमा दिनुहुन्छ</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
-    <t>अली (रजियल्लाहु अन्हु) ले बयान गरेका छन् : म यस्तो व्यक्ति थिएँ कि मैले अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट कुनै हदीस सुन्दा अल्लाहले मलाई त्यसबाट चाहेजति लाभ दिनुहुन्थ्यो । जब कुनै सहाबीले मलाई हदीस सुनाउँथे, म उसलाई कसम खान आग्रह गर्थे र जब उसले कसम खान्थ्यो तब म उसको भनाइलाई पुष्टि गर्थे । मलाई अबू बकर (रजियल्लाहु अन्हु) ले बयान गरेका छन् र अबु बकरले सत्य बोले, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनेको छु: "जब कुनै व्यक्तिले पाप गर्छ, त्यसपछि खडा हुन्छ र वुजू गर्छ, त्यसपछि नमाज पढ्छ र अल्लाहसँग माफि माग्छ, तब अल्लाहले उसलाई क्षमा गर्नुहुन्छ।" त्यसपछि उहाँले यो आयत पढ्नुभयो: "जब तिनीहरूले ठूलो पाप गर्छन् वा आफैंमाथि अन्याय गर्छन्, तिनीहरूले अल्लाहलाई याद गर्छन् र आफ्नो पापको लागि माफी माग्छन् ।" [आलि-इम्रान: १३५]</t>
+    <t>"अली (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ, उहाँले भन्नुहुन्छ: "म यस्तो व्यक्ति थिएँ कि जब मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट कुनै हदीस सुनेँ (मैले तुरुन्तै विश्वास गरे) र अल्लाहले मलाई त्यसबाट जति चाहनुभयो, त्यति नै लाभ प्रदान गर्नुभयो। र जब कुनै सहाबा (साथी) ले मलाई हदीस सुनाउनुहुन्थ्यो, म उहाँलाई कसम खान आग्रह गर्थे। जब उहाँले कसम खानुहुन्थ्यो, म उहाँको कुरामा विश्वास गर्दथेँ।
+एक चोटि, अबु बक्र (रजियल्लाहु अन्हु) ले मलाई एक हदीस सुनाउनुभयो, र निश्चय नै अबु बक्रले सत्य बोल्नुभयो। उहाँले भन्नुभयो: 'मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसो भनिरहेको सुनेँ: "जब कुनै व्यक्तिबाट पाप हुन्छ, त्यसपछि ऊ खडा हुन्छ र वुजु गर्छ, त्यसपछि नमाज पढ्छ र अल्लाहसँग क्षमा याचना गर्छ, तब अल्लाहले उसलाई क्षमा दिनुहुन्छ । त्यसपछि उहाँले यो आयत पढ्नुभयो: "र, उनीहरूले कुनै ठुला पाप गरेमा वा आफैंमाथि अन्याय गरेमा, उनीहरूले अल्लाहलाई सम्झन्छन् र आफ्नो पापको लागि माफी माग्छन् ।" [आलि-इम्रान: १३५]</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब कुनै व्यक्तिले पाप गर्छ, त्यसपछि राम्रोसँग वुजू गर्छ र त्यसपछि उभिएर आफ्नो पापको पश्चात्ताप गर्ने मनसायले दुई रकात नमाज पढ्छ र अल्लाहसँग क्षमायाचना गर्छ भने अल्लाहले उसलाई क्षमा गर्नुहुन्छ । तब अल्लाहको पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले यो आयत पढ्नुभयो: {र, उनीहरूले कुनै अश्लील कार्य गरेमा वा आफैंमाथि अन्याय गरेमा अल्लाहलाई स्मरण गरेर आफ्ना पापहरूका लागि क्षमायाचना गर्छन् । र, अल्लाहबाहेक कसले पापलाई क्षमा गर्न सक्छ र ? र, उनीहरू जानीजानी आफ्नो कुकर्ममा हठ गर्दैनन् ।} [आलि-इम्रान: १३५]</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब कुनै व्यक्तिले पाप गर्छ, त्यसपछि राम्रोसँग वुजू गर्छ र त्यसपछि उभिएर आफ्नो पापको पश्चात्ताप गर्ने मनसायले दुई रकात नमाज पढ्छ र अल्लाहसँग क्षमायाचना गर्छ भने अल्लाहले उसलाई क्षमा गरिदिनु हुन्छ। त्यसपछि अल्लाहको रसुल (सल्लल्लाहु अलैहि वसल्लम) ले यो आयत पढ्नुभयो: {र, उनीहरूले कुनै अश्लील कार्य गरेमा वा आफैंमाथि अन्याय गरेमा अल्लाहलाई स्मरण गरेर आफ्ना पापहरूका लागि क्षमायाचना गर्छन् । र, अल्लाहबाहेक कसले पापलाई क्षमा गर्न सक्छ र ? र, उनीहरू जानी-जानी आफ्नो कुकर्ममा हठ गर्दैनन् ।} [आलि-इम्रान: १३५]</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
-    <t>पाप गरेपछि नमाज पढ्ने र अल्लाहसँग क्षमा माग्ने प्रेरणा ।
-अल्लाह धेरै क्षमाशील हुनुहुन्छ र आफ्नो दासको पश्चात्ताप र क्षमा स्वीकार गर्नुहुन्छ ।</t>
+    <t>यसमा पाप गरेपछि नमाज पढ्न र क्षमा याचना गर्न प्रोत्साहित गरिएको छ।
+अल्लाह सर्वशक्तिमान, अत्यन्तै क्षमाशील हुनुहुन्छ र आफ्नो भक्तको पश्चात्ताप र क्षमा याचना सदा स्वीकार गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65063</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>तिनीहरूले तपाईंलाई धोका दिएको, अवज्ञा गरेको र झूटो बोलेको हिसाब हुनेछ</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन् : एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि बस्यो र भन्यो : हे अल्लाहको रसूल! मसँग झूट बोल्ने, विश्वासघात गर्ने र मेरो अवज्ञा गर्ने  दुईवटा दासहरू छन् । त्यसैले म उनीहरुलाई गाली र कुटपिट गर्छु । उनीहरुसंग मैले गरेको व्यवहारप्रति के भन्नुहुन्छ ?  उहाँले भन्नुभयो: "तिनीहरूले तपाईंलाई धोका दिएको, अवज्ञा गरेको र झूटो बोलेको हिसाब हुनेछ र तपाईंले तिनीहरूलाई दिएको सजायको पनि हिसाब गरिनेछ ।"  यदि तपाईंले दिएको सजाय तिनीहरूको पापको बराबर छ भने, तपाईं र तिनीहरू समान रूपमा छुट पाउनुहुनेछ । न तिनीहरुमाथि तपाईंको अधिकार हुनेछ न त तिनीहरुको अधिकार तपाईंमाथि । यदि तपाईंको सजाय तिनीहरूको अपराध भन्दा कम छ भने, तब तपाईं आशिष् पाउनुहुनेछ । यदि तपाईंको दण्ड तिनीहरूका पापहरू भन्दा अत्यधिक छ भने, तिनीहरूको अपराधको बदला तपाईंबाट लिइनेछ ।" (यो सुनेर) त्यो व्यक्ति चर्को स्वरले रुँदै फर्कियो अनि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमी अल्लाहको पुस्तक पढ्दैनौ?" (जसमा लेखिएको छ:) "कयामतको दिन हामी सही तौलको तराजू राख्नेछौं । त्यसपछि कसैमाथि अन्याय हुनेछैन ।" त्यो व्यक्तिले भन्यो: अल्लाहको कसम! हामी एकअर्काबाट अलग हुनु भन्दा अरु केही उपाय छैन । म हजुरलाई गवाह बनाएर भन्दछु : मैले तिनीहरू सबैलाई स्वतन्त्र गरें ।</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>एक व्यक्ति रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आए र आफ्ना दासहरूको खराब व्यवहारको बारेमा गुनासो गर्न थाले, मेरा दासहरूले मसँग झूट बोल्छन्, विश्वासघात गर्छन् र मलाई धोका दिन्छन्  ।  म उनीहरूलाई सही बाटोमा ल्याउन गाली र कुटपिट गर्छु । दासहरूसँग मैले गरेको व्यवहारले गर्दा  कयामतको दिन यी मेरो अवस्था कस्तो हुनेछ । उहाँले भन्नुभयो: तिनीहरूले तपाईंलाई धोका दिए, तपाईंको अवज्ञा गरे र तपाईंसँग झूटो बोलेका छन्, त्यसको गणना गरिनेछ र तपाईंले तिनीहरूलाई दिएको सजायको पनि गणना गरिनेछ ।  यदि तपाईंले दिएको सजाय तिनीहरूको पापको बराबर छ भने, तपाईं र तिनीहरू समान रूपमा छुट पाउनुहुनेछ । न तिनीहरुमाथि तपाईंको अधिकार हुनेछ न त तिनीहरुको अधिकार तपाईंमाथि । यदि तपाईंको सजाय तिनीहरूको अपराध भन्दा कम छ भने, तब तपाईं आशिष् पाउनुहुनेछ । यदि तपाईंको दण्ड तिनीहरूका पापहरू भन्दा अत्यधिक छ भने, त्यसको मूल्य तपाईंबाट लिएर तिनीहरूलाई दिइनेछ । (यो सुनेर) त्यो मानिस चर्को स्वरले रुन थाल्यो । उसको यो अवस्था देखेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "के तिमी कुर्आन पढ्दैनौ?" अल्लाहले भन्नुभएको छ: "कयामतको दिन, हामी सही तौलको तराजू राख्नेछौं । त्यसपछि कसैमाथि अन्याय हुनेछैन । यदि रायोको दाना बराबर भएपनि हामी त्यसलाई जोख्नेछौं । भक्तहरूको हिसाब राख्नको लागि हामी नै पर्याप्तछौं ।" यो सुनेर त्यो व्यक्तिले भन्यो: अल्लाहको कसम! त्यसो भए हामीले एकअर्काबाट अलग हुनुमा नै सबैको भलाइ छ  । म हजुरलाई गवाह बनाएर भन्दछु : मैले तिनीहरू सबैलाई अल्लाहको खुशीको लागि स्वतन्त्र गरें, ताकि हामी अल्लाहको अजाब (सजाय) बाट जोगिन सकौं ।</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>साहबीको सत्यता, किनकि उनले अल्लाहको सजायको डरले आफ्ना दासहरूलाई मुक्त गरे ।
 उत्पीडकबाट उसको उत्पीडन बराबर वा कम बदला लिने अनुमति छ, तर उत्पीडन भन्दा बढी अथवा अनुमतिको दुरुपयोग गर्न निषेध गरिएको छ ।
 सेवक, कमजोर र अशक्तहरूसँग राम्रो व्यवहार गर्ने प्रोत्साहन ।</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[जईफ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>जसले यस संसारमा उसलाई खुट्टा द्वारा हिँड्न सक्षम बनायो, के उसले क्यामतको दिनमा उसलाई अनुहार द्वारा हिँडाउन सक्दैन?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>कतादह (रहेमहुल्लाह) ले वर्णन गरेका छन्: अनस बिन मलिक (रजियल्लाहु अन्हु) ले हामीलाई बताउनुभयो कि एक व्यक्तिले सोधे:  हे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)! कसरी काफिर (अविश्वासी) लाई न्यायको दिन अनुहार द्वारा घस्रन लाएर जम्मा गरिनेछ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " जसले यस संसारमा उसलाई खुट्टा द्वारा हिँड्न सक्षम बनायो, के उसले क्यामतको दिनमा उसलाई अनुहार द्वारा हिँडाउन सक्दैन? " कतादाहले भने:  हाम्रो परमेश्वरको महानताको कसम ! अवश्य  नै  (उहाँ त्यसो गर्न सक्षम हुनुहुन्छ)।</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>कयामतको दिन काफिरहरूलाई  उनीहरूको अनुहार द्वारा कसरी हिँडाइनेछ भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, उहाँले जवाफ दिनुभयो:  जसले मानिसलाई यस संसारमा दुई खुट्टा द्वारा हिंड्न सक्ने बनायो, के उहाँ पुनरुत्थानको दिन उसलाई अनुहार द्वारा हिड्न सक्ने बनाउन सक्षम हुनुहुन्न?" निस्सन्देह, अल्लाह सर्वशक्तिमान सबै कुरामा सक्षम हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>न्यायको दिन काफिरको अपमान गरिनेछ र ऊ आफ्नो अनुहार द्वारा हिँड्नेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>‘ला इलाह इल्लाल्लाह’ (अल्लाह बाहेक कोही ईश्वर छैन) भन्नुहोस्, म न्यायको दिन तपाईंको लागि गवाही दिनेछु</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो काकालाई भन्नुभयो: " ‘ला इलाह इल्लाल्लाह’ (अल्लाह बाहेक कोही ईश्वर छैन) भन्नुहोस्, म न्यायको दिन तपाईंको लागि गवाही दिनेछु ।" यो सुनेर उनले भने: यदि कुरैशका मानिसहरूले  मेरो उपहास गर्दै नभन्ने थिए कि म डरका कारण त्यसो गर्न बाध्य भएँ, त मैले यो वचन पढेर तिमीलाई खुसी पार्ने थिएँ । यसै सम्बन्धमा अल्लाहले यो आयत (श्लोक) अवतरण गर्नुभयो: {वास्तवमा, तपाईंले जसलाई चाहानुहुन्छ त्यसलाई सत्मार्गको मार्गदर्शन गर्न सक्नुहुन्न, तर अल्लाह जसलाई चाहानुहुन्छ मार्गदर्शन गर्नुहुन्छ ।" [अल-कसस: ५६]}</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो काका अबू तालिबको  मृत्यु हुदै गरेको कठिन अवस्थामा उनीसित ‘ला इला-ह इल्लल्लाह’ भन्न अनुरोध गर्नुभयो, ताकि उहाँले न्यायको दिन उनको लागि मुस्लिम हो भनेर शिफाअत (सिफारिस) र गवाही दिन सकुन् । तर कुरैशका मानिसहरूले उनको निन्दा गर्नेछन् र मृत्युको डरले उनी मुस्लिम बनेको भनेर आरोप लगाउने छन् भन्ने डरले अबु तालिबले  ‘ला इला-ह इल्लल्लाह’ भन्न अस्वीकार गरे । उनले नबी (सल्लल्लाहु अलैहि वसल्लम)लाई भने– यदि मलाई उनीहरुको डर नभएको भए "कलमा-ए-शहादत" ‘ला इला-ह इल्लल्लाह’  पढेर तिम्रो मनलाई शान्त पार्ने र तिम्रो मनोकामना पूरा गर्ने थिएँ र तिमीलाई खुसी पार्ने थिएँ । यसै घटना प्रति यो आयत (श्लोक) अवतरण गरिएको थियो, जसमा अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग कसैलाई इस्लाम स्वीकार गर्न लगाउने शक्ति छैन भनी उल्लेख गरिएको छ । तर अल्लाहले जसलाई चाहानुहुन्छ मार्गदर्शन गर्नुहुन्छ। रसूल(सल्लल्लाहु अलैहि वसल्लम)को कर्तव्य मात्र युक्तिपूर्ण कुरा, वचन र उपदेश द्वारा बाटो देखाउनु र सत्यमार्ग तर्फ मानिसहरूलाई मार्गनिर्देशन गर्नु र बोलाउनु हो ।</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>मानिसहरूको आलोचनाको डरले सत्यलाई त्याग्नु हुँदैन। ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) केवल सही बाटो देखाउने र निर्देशन दिने अधिकार राख्नुहुन्थ्यो, इस्लाम स्वीकार गराउने अधिकार उहाँसँग थिएन।
 काफिर बिरामीलाई इस्लाममा आमन्त्रण गर्ने उद्देश्यले भेट्न अनुमति छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले हरेक परिस्थितिमा अल्लाहको धर्म तर्फ आह्वान गर्न अवसरको उपयोग गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>तपाईंले इस्लाम र यसका शिक्षाहरूको सन्दर्भमा जुन कुराको तर्फ बोलाउदै हुनुहुन्छ त्यो धेरै राम्रो कुरा हो, तर अहिलेसम्म शिर्क र अन्य ठूला पापहरूमा संलग्न भएको व्यक्तिका लागि कुनै प्रायश्चित छ ?</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, अत्यन्त हत्या र धेरै व्यभिचार गरेका केही मूर्तिपूजकहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) को सामु आए र भने: तपाईंले इस्लाम र यसका शिक्षाहरूको सन्दर्भमा जुन कुराको तर्फ बोलाउदै हुनुहुन्छ त्यो धेरै राम्रो कुरा हो, तर अहिलेसम्म शिर्क र अन्य ठूला पापहरूमा संलग्न भएको व्यक्तिका लागि कुनै प्रायश्चित छ ? । त्यसपछि अल्लाहले यी उत्कृष्ट आयतहरू अवतरण गर्नुभयो: "र, जसले अल्लाहका साथ अन्य कसैलाई उपास्य भन्दैनन' अल्लाहले वर्जित गरेका कुनै जीवको अनाहक हत्या गर्दनन, न व्यभिचार गर्छन्।" [अल्-फुर्कान : ६८] "(हे पैगम्बर!) मेरा सेवकहरू मध्ये जसले आफूमाथि अन्याय गरेका छन् तिनीहरूलाई भन, अल्लाहको दयाबाट निराश नहोऊ ।" [अज्जुमर: ५३]</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>धेरै हत्या र धेरै व्यभिचार गरेका केही मूर्तिपूजकहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष आए र भने  :  तपाईंले इस्लाम र यसका शिक्षाहरूको सन्दर्भमा जुन कुराको लागि बोलाउदै हुनुहुन्छ त्यो राम्रो कुरा हो, तर अहिलेसम्म शिर्क र अन्य ठूला पापहरूमा संलग्न भएको व्यक्तिका लागि कुनै प्रायश्चित छ ?
 व्यक्तिले जतिसुकै र जति ठूला पाप गरे पनि यदि उसले सच्चा हृदयले पश्चात्ताप गर्छ भने अल्लाहले उसको पश्चात्ताप अवश्य स्वीकार गर्नुहुनेछ भनेर दुई आयतहरू अवतरण गरियो । यदि यसो नभएको भए मानिसहरूले अविश्वास र अवज्ञाको मार्गलाई निरन्तरता दिने थिए र इस्लामलाई स्वीकार गर्ने थिएनन् ।</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>इस्लामको सद्गुण र महानता; किनभने इस्लामले विगतका सबै पापहरू मेटाउँछ ।
 अल्लाहको आफ्ना सेवकप्रति अपार कृपा, व्यापक दया र क्षमा ।
 शिर्क, अनाहक हत्या र व्यभिचार निषेध गरिएको छ र यी अपराधहरूमा संलग्न हुनेहरूका लागि धेरै कडा चेतावनी छ ।
 साँचो र निष्कपट पश्चात्ताप र त्यसपछि पुण्य कर्महरूले अल्लाहप्रति कुफ्र (अविश्वास) सहित सबै पापहरू मेटाउँछ ।
 अल्लाहको दया र कृपाबाट निराश हुनु हराम हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>उनीकहाँ जाऊ र भन: तपाईं नरकका मानिसहरूमध्ये हुनुहुन्न, तर स्वर्गका मानिसहरूमध्ये हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले साबित् बिन कैसलाई अनुपस्थित देखेर उनको बारेमा सोध्नुभयो, तब एक व्यक्तिले भने: हे अल्लाहका रसूल! म हजुरलाई उनको बारेमा जानकारी दिनेछु । त्यसैले उनी साबित् बिन कैसकहाँ गए र उनी आफ्नो घरमा शिर झुकाएर बसिरहेको देखे । आरामै हुनुहुन्छ भनेर सोध्दा उनले आफू बर्बाद भएको जवाफ दिए । किनभने उनको आवाज रसूल (सल्लल्लाहु अलैहि वसल्लम) को आवाज भन्दा चर्को थियो, त्यसैले उनका सबै राम्रो कर्महरू नष्ट भए र नर्कमा हुनेछु भनेर दुख पोखे । त्यो सहाबीले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई उनले त यस्ता कुरा गरेको बताए । त्यसपछि उनी अर्को पटक शुभ समाचार लिएर उनीकहाँ गए । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " उनीकहाँ जाऊ र भन: तपाईं नरकका मानिसहरूमध्ये हुनुहुन्न, तर स्वर्गका मानिसहरूमध्ये हुनुहुन्छ ।"</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>एक पटक रसूल (सल्लल्लाहु अलैहि वसल्लम) ले साबित् बिन कैसलाई अनुपस्थित देखेर उनको बारेमा सोध्नुभयो, तब एक व्यक्तिले भने: हे अल्लाहका रसूल! म हजुरलाई उनको बारेमा जानकारी दिनेछु । त्यसैले उनी साबित् बिन कैसकहाँ गए र उनी आफ्नो घरमा शिर झुकाएर बसिरहेको देखे । तपाईंलाई के भएको छ ? उनले आफूले भोगिरहेको पीडाको बारेमा बताए । किनभने उनको आवाज रसूल (सल्लल्लाहु अलैहि वसल्लम) को आवाज भन्दा चर्को हुन्थ्यो र अल्लाहले यस्ता मान्छेको कर्म नष्ट हुनेछ र ऊ नरकमा जान्छ भनेर चेतावनी दिनुभएको छ ।
 त्यो व्यक्ति त्यहाँबाट फर्के र रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसको बारेमा जानकारी दिए । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनी नर्कमा जाने व्यक्ति होइनन् तर स्वर्गको हकदार हुनुहुन्छ भनेर शुभ समाचार सुनाउन उनलाई फेरी साबित् को घर पठाउनु भयो । किनभने उनको स्वर स्वाभाविक रूपमा चर्को थियो र उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) र अन्सारको खतीब (वक्ता) थिए ।</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>साबित् बिन कैसको सद्गुण र उनी स्वर्गका हकदार हुन् भन्ने कुराको प्रमाण ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरूको हेरचाह  र जानकारी लिनुहुन्थ्यो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) का साथीहरू आफ्ना कर्महरू नष्ट हुनबाट धेरै डराउने गर्थे ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को जीवनकालमा उहाँसँग कुरा गर्दा विनम्र हुनु अनिवार्य थियो र उहाँको देहावसान पछि उहाँको हदीस सुन्दा आवाज न्यून राख्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>हे मानिसहरू! अल्लाहले तिमीहरूबाट जाहिलियतको घमण्ड र पुर्खाहरूको अहंकार गर्ने प्रवृत्तिलाई हटाउनुभएको छ</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>इब्ने उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्काको विजयको दिन मानिसहरूलाई सम्बोधन गर्नुभयो: " हे मानिसहरू! अल्लाहले तिमीहरूबाट जाहिलियतको घमण्ड र पुर्खाहरूको अहंकार गर्ने प्रवृत्तिलाई हटाउनुभएको छ । मानिसहरू दुई प्रकारका  मात्र छन्: एक निष्ठावान, जुन अल्लाहको नजरमा एकदमै प्रिय छ र अर्को दुष्ट, जुन अल्लाहको नजरमा अभागी र नीच छ । सबै मानिसहरू आदमका सन्तान हुन् र आदमलाई अल्लाहले माटोबाट सृष्टि गर्नुभएको हो । अल्लाहले भन्नुभएको छ: "हे मानव! हामीले तिमीहरूलाई एक पुरुष र एक नारीबाट सृष्टि गर्यौ र विभिन्न जाति र वंशहरूमा विभाजन गर्यौं, ताकि तिमीहरूले एकअर्कालाई जान्न सक । अल्लाहको दृष्‍टिमा सबैभन्दा उत्कृष्ट व्‍यक्‍ति त्यो हो, जो तिमीहरूमध्ये सबैभन्दा धेरै ईशभय राख्छ । निस्सन्देह अल्लाह सर्वज्ञ हुनुहुन्छ ।" [अल् हुजुरातः १३]</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्काको विजयको दिन मानिसहरूलाई सम्बोधन गर्नुभयो र भन्नुभयो: हे मानिसहरू! अल्लाहले तिमीहरूबाट जाहिलियतको (इस्लाम पूर्व) अहंकार, घमण्ड  र तिमीहरूका पुर्खाहरूमाथि घमण्ड गर्ने चलनलाई हटाइदिनुएको छ । अब त्यहाँ दुई प्रकारका मानिसहरू मात्र छन्:
 एक किसिमको धर्मी, पवित्र, आज्ञाकारी र अल्लाहको उपासना गर्ने मुमिन भक्त । यद्यपि ऊ मानिसहरूको नजरमा सम्मानित वा उच्च वंशको नहोला तर अल्लाहको नजरमा उत्कृष्ट उही हो ।
 अर्को किसिम: दुष्ट र पापी काफिर (अविश्वासी) । मानिसहरूको नजरमा जतिसुकै प्रतिष्ठित र उच्च वंशको भएपनि अल्लाहको नजरमा तुच्छ र अपमानित हो ।
 सम्पूर्ण मानिसहरू आदमका सन्तान हुन् र अल्लाहले आदमलाई माटोबाट सृष्टि गर्नुभएको हो, त्यसैले माटोबाट जन्मेको व्यक्तिले घमण्ड र अहंकार गर्नु हुँदैन । अल्लाहको वचनले यसलाई पुष्टि गर्दछ : "हे मानव! हामीले तिमीहरूलाई एक पुरुष र एक नारीबाट सृष्टि गर्यौ र विभिन्न जाति र वंशहरूमा विभाजन गर्यौं, ताकि तिमीहरूले एकअर्कालाई जान्न सक । अल्लाहको दृष्‍टिमा सबैभन्दा उत्कृष्ट व्‍यक्‍ति त्यो हो, जो तिमीहरूमध्ये सबैभन्दा धेरै ईशभय राख्छ । निस्सन्देह अल्लाह सर्वज्ञ हुनुहुन्छ ।" [अल् हुजुरातः १३]</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>हसब-नसब (वंश र गोत्र) मा गर्व गर्न निषेध ।</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[तिर्मीजी र इब्ने हिब्बानले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65074</t>
   </si>
   <si>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
+  </si>
+  <si>
     <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>जुबैर बिन अव्वाम (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनी भन्छन्: जब यो आयत: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} (अनि त्यस दिन तिमीहरूलाई प्राप्त सुख-सामग्रीहरूको बारेमा सोधिनेछ ।) [सूरह अल-तकासुर: ८] अवतरण भयो, तब जुबैर (रजियल्लाहु अन्हु) ले  सोधे: हे अल्लाहको रसूल! हामीलाई कुन चीजहरूको बारेमा सोधिनेछ? वास्तवमा, हामीसँग केवल दुईवटा कालो चीजहरू मात्र छन्: खजूर र पानी । उहाँले भन्नुभयो: "यसो हो भने यिनै बारे हुनेछ ।"</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>जब यो आयत अवतरित भयो: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} अर्थात्, अल्लाहले दिनुभएको आशिष्हरूप्रति तिमी आभारी छौ कि छैनौ भनेर तिमीलाई सोधिनेछ, तब जुबैर बिन अव्वाम (रजियल्लाहु अन्हु) ले सोधे : हे अल्लाहका रसूल! हामीलाई कुन आशिष्को (धन–सम्पत्ति, स्वास्थ्य, आँखा, कान, मुटु, दिमाग, शान्ति तथा सन्तान) बारेमा सोधिनेछ? हामीसँग दुईवटा मात्र चीज छन्; खजूर र पानी जुन सोधिने लायक छैन !
 यो सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: तिमी जुन अवस्थामा छौं, त्यो आफ्नो ठाउँमा छ, तैपनि आशिष्को बारेमा सोधिनेछ । किनकि यी दुबै पनि अल्लाहका दुई ठूला वरदान हुन् ।</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>अल्लाहको आशीर्वादप्रति कृतज्ञता व्यक्त गर्ने जोड ।
 अल्लाहको आशीर्वाद र वरदान चाहे सानो होस् वा ठूलो कयामतको दिन त्यसबारे सोधिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>मेरो उम्मतको अन्त्यमा यस्ता व्यक्तिहरू जन्मिनेछन् जसले यस्ता कुराहरू बताउनेछन् जुन न त तिमीले न त तिम्रा पुर्खाले सुनेका थिए । त्यसैले तिनीहरुबाट एकदमै टाढा र होसियार रहनुपर्छ ।</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “ "मेरो उम्मतको अन्त्यमा यस्ता व्यक्तिहरू जन्मिनेछन् जसले यस्ता कुराहरू बताउनेछन् जुन न त तिमीले न त तिम्रा पुर्खाले सुनेका थिए । त्यसैले तिनीहरुबाट एकदमै टाढा र होसियार रहनुपर्छ ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, मेरो उम्मतको अन्त्यमा यस्ता व्यक्तिहरू जन्मिनेछन् जसले झुट बोल्ने छन् र पहिले कसैले नभनेका कथाहरू भन्ने छन् । तिनीहरूले नबीको नामम झूटा र मनगढन्त हदीसहरू भन्नेछन् । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यस्ता व्यक्तिहरूबाट टाढा रहन, उनीहरूलाई नभेट्न र तिनीहरूको कुरा नसुन्न हामीलाई आदेश दिनुभएको छ; ताकि झूटा कुराहरू हाम्रो हृदयमा नबसोस्, जसबाट पछि मुक्त हुन गार्हो हुन्छ ।</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>यसमा, मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको रसूल हुनुहुन्छ भन्ने कुराको निकै महत्त्वपूर्ण संकेत वर्णन गरिएको छ । उहाँले भविष्यमा हुने कुराको जानकारी दिनुभयो र पछि  भने जस्तै हुन गयो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाममा मनगढन्त हदीसहरू बयान गर्ने र इस्लाम धर्मको बारेमा मिथ्या कुरा गर्नेहरूबाट टाढा रहनु पर्छ र तिनीहरूको मनगढन्त कुरा सुन्नु हुँदैन ।
 हदीसहरू सही प्रमाणित नभएसम्म त्यसलाई स्वीकार गर्न वा सम्प्रेषण गर्न विरुद्ध चेतावनी ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>तिमीले लेखे हुन्छ, कसम (अल्लाहको), जसको कब्जामा मेरो ज्यान छ, यो (मुख) बाट सत्य बाहेक केही निस्कँदैन ।</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट सुनेका सबै कुराहरू सुरक्षित राख्ने उद्देश्यले लेख्थें । तर कुरैशका केही मानिसहरूले मलाई त्यसो गर्नबाट रोके र भने, "के तिमी रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट सुनेका सबै कुरा लेख्छौ, जबकि उहाँ एक पनि मानव हुनुहुन्छ र क्रोध र खुशीको अवस्थामा कुरा गर्नुहुन्छ ? त्यसैले मैले लेख्न बन्द गरें र रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसबारे सोधे । उहाँले आफ्नो औंलाले आफ्नो मुखतिर संकेत गर्दै भन्नुभयो: " तिमीले लेखे हुन्छ, कसम (अल्लाहको), जसको कब्जामा मेरो ज्यान छ, यो (मुख) बाट सत्य बाहेक केही निस्कँदैन ।"</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन् : मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट सुनेका सबै कुराहरू लिखित रूपमा सुरक्षित राख्ने उद्देश्यले लेख्नेगर्थे । तर कुरैशका केही मानिसहरूले मलाई त्यसो गर्नबाट रोके र भने, उहाँ एक मानव हुनुहुन्छ, रिस र खुशी दुवै अवस्थामा बोल्नुहुन्छ, उहाँबाट कहिलेकाहीं गल्ती हुन सक्छ, त्यसैले मैले लेख्न छोडें ।
 त्यसपछि मैले यो कुरा रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधें र उहाँले आफ्नो औंलाले आफ्नो मुखतिर संकेत गर्दै भन्नुभयो: "तिमी लेख, कसम (अल्लाहको), जसको कब्जामा मेरो ज्यान छ, यो मुखबाट रिस र खुशी हरेक परिस्थितिमा सत्य बाहेक केही निस्कँदैन ।"
 अल्लाहले स्वयं रसूल (सल्लल्लाहु अलैहि वसल्लम) को बारेमा भन्नुभएको छ: {उहाँ आफ्नो इच्छाले केही बोल्नुहुन्न । यो केवल वही (प्रकाशना) हो जुन उहाँतर्पफ पठाइएको हो} [सूरा नजम ३-४]</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको सन्देश पुर्‍याउने मामिलामा माअ्सुम (निश्छल र त्रुटिरहित) हुनुहुन्छ । यसमा उहाँबाट कुनै गल्ती हुनसक्ने दुर्गम सम्भावना पनि छैन । न खुसीको स्थितिमा न क्रोधको अवस्थामा ।
 उहाँका साथीहरू सुन्नतको रक्षा गर्न र प्रचार गर्न तत्पर थिए ।
 कुनै कुरामा जोड दिनको लागि कसम खाने अनुमति छ ।
 ज्ञानलाई सुरक्षित राख्ने सबैभन्दा महत्त्वपूर्ण माध्यम लेख्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) हरेक नमाजको लागि वुजू गर्नुहुन्थ्यो</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>अम्र बिन आमिरले बयान गरेका छन्, अनस बिन मलिक (रजियल्लाहु अन्हु) ले भनेका छन् : नबी (सल्लल्लाहु अलैहि वसल्लम) हरेक नमाजको लागि वुजू गर्नुहुन्थ्यो। मैले सोधेँ, "त्यस बेला तपाईंहरू के गर्नुहुन्थ्यो?" उहाँले जवाफ दिनुभयो, "हामीमध्ये कोहीले वुजू गरेको भए,  वुजू नटुटेसम्म त्यही वुजू अन्य नमाजहरुका लागि पर्याप्त हुन्थ्यो।"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) वुजू भंग नभए पनि हरेक अनिवार्य नमाज को लागि वुजू गर्नुहुन्थ्यो । उहाँ पुण्य पाउनको लागि यसो गर्नुहुन्थ्यो ।
 वुजू भंग भएको छैन भने एक वुजूले कैयौं समयका अनिवार्य नमाज पढ्न अनुमति छ ।</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः हरेक नमाज को लागि वुजू गर्नुहुन्थ्यो; किनभने यो सबैभन्दा उत्तम र पूर्ण तरिका हो ।
 हरेक नमाजका लागि वुजू गर्नु मुस्तहब (उत्प्रेरित कार्य) हो ।
 एक पटक गरिएको वुजूले एकभन्दा बढी नमाज पढ्न अनुमति छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक-एक पटक वुजूका अंगहरू धुनुभयो ।</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उहाँ भन्नुहुन्छ: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक-एक पटक वुजूका अंगहरू धुनुभयो ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) वुजू गर्दा कहिलेकाहीँ सबै अंगहरू एक पटक मात्र धुनुहुन्थ्यो । उहाँ आफ्नो अनुहार (जसमा कुल्ला गर्नु र पानीले नाक सफा गर्नु पनि समावेश छ), आफ्ना दुबै हात र दुबै खुट्टा एक-एक पटक धुनुहुन्थ्यो । वास्तवमा, एक-एक पटक धुनु अनिवार्य हो ।</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>वुजूका अंगहरू एकपटक धुनु वाजिब हो र एक भन्दा बढी धुनु मुस्तहब हो ।
 कहिलेकाहीँ एक एक पटक वुजू गर्नु पनि जायज छ ।
 टाउकोलाई मात्र एक पटक मसह (पुछिने) गरिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुई-दुई पटक वुजूका अंगहरू धुनुभयो ।</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन जैद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुई-दुई पटक वुजूका अंगहरू धुनुभयो ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) कहिलेकाहीँ वुजूका सबै अंगहरू दुई-दुई पटक धुनुहुन्थ्यो । उहाँ आफ्नो अनुहार (जसमा कुल्ला गर्नु र पानीले नाक सफा गर्नु पनि समावेश छ), आफ्ना दुबै हात र दुबै खुट्टा दुई-दुई पटक धुनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>वुजूका अंगहरू एकपटक धुनु वाजिब हो र एक भन्दा बढी धुनु मुस्तहब हो ।
 कहिलेकाहीँ दुई-दुई पटक वुजूका अंगहरू धुनु जायज हो ।
 टाउकोलाई मात्र एक पटक मसह (पुछिने) गरिनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>“जब तिमीहरू मध्ये कसैले आफ्नो पेटमा केही महसुस गर्छ र त्यसबाट (मलद्वारको मार्ग बाट) केही निस्किएको छ वा छैन भन्ने शंका लाग्छ भने उसले आवाज नसुनेसम्म वा गन्ध नआएसम्म मस्जिदबाट बाहिर नजाओस् ।”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : “जब तिमीहरू मध्ये कसैले आफ्नो पेटमा केही महसुस गर्छ र त्यसबाट (मलद्वारको मार्ग बाट) केही निस्किएको छ वा छैन भन्ने शंका लाग्छ भने उसले आवाज नसुनेसम्म वा गन्ध नआएसम्म मस्जिदबाट बाहिर नजाओस् ।”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब नमाज पढ्ने व्यक्तिलाई आफ्नो पेटमा केही महसुस हुन्छ र हावा खुस्केको छ वा छैन निश्चित छैन भने उसले आवाज नसुनेसम्म वा गन्ध नआएसम्म नमाज छोडेर पुनः वुजू गर्न बाहिर जानु पर्दैन । किनभने शङ्काको आधारमा निश्चित कुरा अमान्य हुँदैन र यहाँ पवित्रता निश्चित कुरा हो, जबकि वुजू भङ्ग भयो कि भएन शंकास्पद कुरा हो ।</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>यो हदीस इस्लामको आधारहरू मध्ये एक हो । यसमा 'इस्लामिक फिकह' को एक सिद्धान्त प्रस्तुत गरिएको छ । सिद्धान्त के हो भने शंकाको आधारमा निश्चित कुरा अमान्य हुँदैन र विपरित कुरा प्रमाणित नहुन्जेल यथास्थिति कायम रहिरहन्छ ।
 शङ्काले पवित्रता (तहारत) मा कुनै असर गर्दैन र वुजू भंग भएको निश्चित नभएसम्म पवित्रता बाँकि रहन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>प्रत्येक मुस्लिमले हरेक सात दिनमा एक पटक नुहाउनु अनिवार्य हो, जसमा उसले आफ्नो टाउको र शरीर धुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "प्रत्येक मुस्लिमले हरेक सात दिनमा एक पटक नुहाउनु अनिवार्य हो, जसमा उसले आफ्नो टाउको र शरीर धुन्छ ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, प्रत्येक वयस्क र होस सम्हालेको मुस्लिमले पवित्रता र स्वच्छता प्राप्त गर्नका लागि  प्रत्येक सात दिनमा एक पटक आफ्नो टाउको र शरीर धोएर नुहाउनुपर्छ । यी सात दिनहरूमा नुहाउनको लागि सबैभन्दा उपयुक्त दिन जुम्माको दिन हो भन्ने कुरा केही हदीसहरूमा उल्लेख गरिएको छ । बिहीबारको दिन नुहाए पनि शुक्रबारको नमाज अघि नुहाउनु मुस्तहब हो । शुक्रबारको दिन नुहाउनु वाजिब छैन, यसको प्रमाण आइशा (रजियल्लाहु अन्हा) को भनाइ हो: "मानिसहरू आफ्नो घरको काम आफैं गर्थे र त्यही अवस्थामा जुमाको नमाज पढ्न जान्थे । त्यसैले उनीहरुलाई भनियो : नुहाएर आएको भए राम्रो हुन्थ्यो ।" (बुखारी) अर्को हदीसमा छ "उनीहरुको शरीरबाट पसिनाको दुर्गन्ध आउँथ्यो ।" यसका बाबजुद ‘नुहाएर आएको भए राम्रो हुन्थ्यो’ भनियो । अर्थात जसको शरीरमा गन्ध छैन भने उसले ननुहाए पनि केही फरक पर्दैन तर्क बुझिन्छ ।</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>सरसफाइ र शुद्धतामा इस्लामको प्रतिबद्धता र ध्यानाकर्षण ।
 जुमाको नमाजको लागि नुहाउनु मुस्तहब हो ।
 टाउको शरीरमा समावेश भए पनि यसको महत्व देखाउनको लागि यसलाई छुट्टै उल्लेख गरिएको छ ।
 जसको शरीरबाट त्यस्तो दुर्गन्ध आउँछ जसबाट मानिसहरूलाई असहज हुन्छ, उसले नुहाउनु अनिवार्य हो ।
 शुक्रबारको महत्व र पुण्यले गर्दा जुमा अघि नुहाउनु अफजल (उत्कृष्ट) हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>म इस्लाम स्वीकार गर्ने उद्देश्यले रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आएँ, उहाँले मलाई पानी र बेरको पातले नुहाउन आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>कैस् बिन आसिम (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म इस्लाम स्वीकार गर्ने उद्देश्यले रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आएँ, उहाँले मलाई पानी र बेरको पातले नुहाउन आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>कैस् बिन आसिम (रजियल्लाहु अन्हु) इस्लाम स्वीकार गर्ने उद्देश्यले रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए अनि उहाँले उनलाई पानी र बेरीको पातले नुहाउन आदेश दिनुभयो, किनकि बेरीका पातहरू सफा गर्न प्रयोग गरिन्छ साथै यसबाट मिठो बास्ना पनि आउँछ ।</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>इस्लाम ग्रहण गर्दा गैर-मुस्लिमलाई नुहाउन शरीयतले आदेश दिएको छ ।
 इस्लाम एक सर्वोच्च धर्म हो, जसले शरीर र आत्मा दुवैको ख्याल राख्छ ।
 शुद्ध र पवित्र चीजहरू पानीमा मिसाउँदा त्यस पानीबाट पवित्रता हासिल गर्ने क्षमता गुम्दैन।
 सफाईको लागि प्रयोग गरिने आधुनिक वस्तुहरू, जस्तै साबुनलाई बेरी पातहरूको विकल्प मानिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>जब मुअज्जिन (अल्लाहु अक्बर, अल्लाहु अक्बर) भन्छ र (जवाफमा) तिमीहरूमध्ये कसैले (अल्लाहु अक्बर, अल्लाहु अक्बर)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : जब मुअज्जिन (अल्लाहु अक्बर, अल्लाहु अक्बर) भन्छ र (जवाफमा) तिमीहरूमध्ये कसैले (अल्लाहु अक्बर, अल्लाहु अक्बर) भन्छ, मुअज्जिनले (अश्हदु अल्ला इला ह इल्लल्लाह)  भन्छ र उसले (अश्हदु अल्ला इला ह इल्लल्लाह) भन्छ । मुअज्जिनले (अश्हदु अन्न मुहम्मदर्रसूलुल्लाह) भन्छ र उसले (अश्हदु अन्न मुहम्मदर्रसूलुल्लाह) भन्छ । त्यसपछि मुअज्जिनले (हय्य अलस्सलाह) भन्छ र उसले (लाहौल वला कुव्वत इल्ला बिल्लाह) भन्छ, त्यसपछि मुअज्जिनले (हय्य अलल्फलाह) भन्छ र उसले (लाहौल वला कुव्वत इल्ला बिल्लाह) भन्छ । त्यसपछि मुअज्जिनले (अल्लाहू अक्बर, अल्लाहू अक्बर) भन्छ र उसले (अल्लाहू अक्बर, अल्लाहु अक्बर) भन्छ ।  त्यसपछि मुअज्जिनले (ला इलाह इल्लल्लाह) भन्छ र उसले साँचो हृदयले (ला इलाह इल्लल्लाह) भन्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>अजान भनेको मानिसहरूलाई नमाजको समय आरम्भ भयो भनेर जानकारी दिनु हो । अजानका शब्दहरू वास्तवमा तौहीद (एक इश्वरवाद) र आस्था प्रदर्शन गर्ने उत्कृष्ट शब्दहरू हुन् ।
 यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अजान सुन्दा के गर्नुपर्छ भनेर स्पष्ट पार्नुभएको छ । अजान सुन्ने व्यक्तिले मुअज्जिन (अजान दिने व्यक्ति) ले भनेको कुरा उसको पछि-पछि दोहोर्याउनु पर्छ, जस्तै मुअज्जिनले "अल्लाहु अकबर" भनेपछि श्रोताले "अल्लाहु अकबर" भन्नुपर्छ र अन्य वाक्यहरू पनि सोही तरिकाले दोहोर्याउनु पर्छ । तर जब मुअज्जिनले (हय्य अलस्सलाह) र (हय्य अलल्फलाह) भन्छ, श्रोताले यसको जवाफमा (लाहौल वला कुव्वत इल्ला बिल्लाह) भन्नुपर्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको छ, जसले आफ्नो हृदयबाट इमान्दारीपूर्वक अजानको जवाफ दिन्छ, उसले स्वर्गमा प्रवेश गर्नेछ ।
 अजानका शब्दहरूको अर्थ: "अल्लाहु अकबर" : अल्लाह सबै भन्दा महान, ठूलो र अत्यधिक शक्तिशाली हुनुहुन्छ ।
 "अश्हदु अल्ला इलाह इल्लल्लाह" : म गवाही दिन्छु अल्लाह बाहेक कोही सत्य ईश्वर छैन ।
 "अश्हदु अन्न मुहम्मदर्रसूलुल्लाह" : म स्वीकार गर्छु र आफ्नो जिब्रो र हृदयले गवाही दिन्छु, मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहद्वारा पठाईएका रसूल (दूत) हुन् र उहाँको आज्ञापालन अनिवार्य छ ।
 "हय्य अलस्सलाह" को अर्थ भनेको नमाजको लागि आउनुहोस् हो । जबकि श्रोताको भनाइ "ला हौल वला कुव्वत इल्लाह बिल्लाह" को अर्थ अल्लाहको सहायता बिना नमाज पढ्न अवरोधहरू हटाउने कुनै उपाय छैन । हो, अल्लाहको तौफिक बिना न उपासना गर्ने शक्ति छ न अरू केही गर्न क्षमता ।
 "हय्य अलल्फलाह" को अर्थ सफलताको लागि आउनुहोस् हो । वास्तवमा सफलता भनेको स्वर्ग प्राप्ति र नर्कबाट मुक्ति हो ।</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>मुअज्जिनलाई जवाफ दिने पुण्य। अजान सुन्ने व्यक्तिले मुअज्जिनले भनेको कुरा उसको पछि-पछि दोहोर्याउनु पर्छ, तर (हय्य अलस्सलाह) र (हय्य अलल्फलाह) को जवाफमा (लाहौल वला कुव्वत इल्ला बिल्लाह) भन्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>जब तपाइँले मुअज्जिनले अजान दिइरहेको सुन्नुहुन्छ, उसले भने जस्तै शब्दहरू भन्नुहोस् । त्यसपछि ममाथि दरूद पठाउनुहोस्</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुने, उहाँले भन्नुभयो : "जब तपाइँले मुअज्जिनले अजान दिइरहेको सुन्नुहुन्छ, उसले भने जस्तै शब्दहरू भन्नुहोस् । त्यसपछि ममाथि दरूद पठाउनुहोस् । किनकि जसले ममाथि एक पटक दरूद पठाउँछ, अल्लाहले ऊमाथि १० पटक दरूद पठाउनु हुन्छ । त्यसपछि मेरो लागि वसीलह माग्नुहोस् । वास्तवमा, वसीला स्वर्गमा एक स्थान हो, जुन अल्लाहका सेवकहरूमध्ये एकले मात्र पाउनेछ र मलाई आशा छ त्यो सेवक म हुनेछु । त्यसैले, जसले मेरो लागि वसीला माग्छ, उसको लागि मेरो शफाअत (सिफारिस) अनिवार्य हुनेछ ।"</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अजान सुन्ने व्यक्तिले मुअज्जिन (अजान दिने व्यक्ति) ले भनेका शब्दहरू दोहोर्याउनु पर्छ भनेर निर्देशन दिनुभएको छ । तर जब मुअज्जिनले (हय्य अलस्सलाह) र (हय्य अलल्फलाह) भन्छ, श्रोताले यसको जवाफमा (लाहौल वला कुव्वत इल्ला बिल्लाह) भन्नुपर्छ । अजान समाप्त भएपछि रसूलमाथि दरूद पठाउनु पर्छ, किनकि जसले उहाँमाथि एक पटक दरूद पठाउँछ, अल्लाहले ऊमाथि १० पटक दरूद पठाउनु हुन्छ । अल्लाहले भक्तमाथि दरूद पठाउनुको अर्थ भनेको अल्लाहले फरिश्ताहरूको माझमा उनको प्रशंसा गर्नु हुन्छ ।
 त्यसपछि अल्लाहसँग उहाँको लागि वसीला माग्ने आदेश दिनुभयो । वास्तवमा, वसीला स्वर्गको सर्वोच्च स्थान हो, जुन अल्लाहका सबै सेवकहरू मध्ये मात्र एक सेवकलाई प्राप्त हुनेछ र मलाई आशा छ त्यो सेवक म हुनेछु भनेर उहाँले भन्नुभयो । वास्तवमा, यो कुरा उहाँले नम्रताको रूपमा भन्नुभएको छ, किनभने अल्लाहको एक मात्र सेवकले त्यो स्थान पाउनेछ भने त्यो उहाँ नै हुनुहुनेछ, किनकि उहाँ सबैभन्दा उत्तम मानव हुन् ।
 त्यसपछि उहाँले भन्नुभयो, जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को लागि वसीलाको दुआ गर्छ, उसले उहाँको शफाअत (सिफारिस) प्राप्त गर्नेछ ।</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>अजानको जवाफ दिने उत्प्रेरणा।
 अजानको जवाफपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि दरूद पढ्नु काे फाइदा र सद्गुण ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि दरूद पठाएपछि अल्लाहले उहाँलाई वसीला नामको स्थानका लागि दुआ गर्न प्रोत्साहन ।
 वसीलाको अर्थ र यसको महत्त्वको बयान; यो अल्लाहको एक मात्र सेवकलाई प्राप्त हुनेछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को सद्गुण र यो उच्च स्थान केवल उहाँले प्राप्त गर्नुहुनेछ भन्ने कुराको वर्णन ।
 जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को लागि वसीलाको प्रार्थना गर्छ, उसले उहाँको शफाअत (सिफारिस) प्राप्त गर्नेछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को नम्रताको वर्णन, यो स्थान उहाँलाई नै प्राप्त हुन्छ भन्ने तथ्यको बावजुद उहाँले आफ्नो उम्मतलाई त्यो प्राप्तिको लागि दुआ गर्न माग गर्नुभयो ।
 अल्लाहको असीम अनुग्रह र अपार कृपाको वर्णन । उहाँले एक नेकीलाई दश गुणा प्रतिफल दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>यदि कुनै व्यक्तिले नमाज पढ्न बिर्सियो भने याद आउने बित्तिकै नमाज पढ्नुपर्छ र यो नै यसको प्रायश्चित हो</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यदि कुनै व्यक्तिले नमाज पढ्न बिर्सियो भने याद आउने बित्तिकै नमाज पढ्नुपर्छ र यो नै यसको प्रायश्चित हो  : {र मेरो सम्झनाका लागि नमाज स्थापना गर} [ताहा: १४] ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नु भएको छ, यदि कुनै व्यक्तिले कुनै फर्ज नमाज पढ्न बिर्सियो र त्यसको समय सकियो भने याद आउने बित्तिकै ढिलो नगरीकन त्यसलाई पढ्नु पर्छ । वास्तवमा, समयमा नमाज नपढेको पाप मेटाउने एकमात्र उपाय भनेको याद आउने बित्तिकै यसलाई पढ्नु हो । अल्लाहले पवित्र कुर्नआनमा भन्नुभएको छ: "र मेरो सम्झनाको लागि नमाज स्थापना गर ।" [ताहा: १४] अर्थात्, बिर्सिएको नमाजलाई सम्झँदाका साथ पढ्नु ।</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>इस्लाममा नमाजको महत्त्व र समयमानै नमाज पढ्न वा छुट्यो भने कजा (पछि पढ्नु) गर्नमा अल्छी वा लापरवाही नगर्न चेतावनी ।
 कुनै वैध कारण बिना नमाजलाई निर्धारित समयबाट जानाजानी ढिलो गर्न अनुमति छैन ।
 बिर्सने व्यक्तिले याद आउनसाथ र सुतेको व्यक्तिले उठ्दा अनिवार्य रुपमा नमाज पढ्नु पर्छ ।
 निषेधित समयमा पनि छुटेको नमाज तुरुन्तै पढ्नु पर्ने अनिवार्यता ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>जसले अल्लाहको लागि मस्जिद बनाउँछ, अल्लाहले उसको लागि स्वर्गमा उस्तै घर बनाउनु हुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>महमूद बिन लबीद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उसमान् बिन अफ्फान (रजियल्लाहु अन्हु) मस्जिद (नबवी) को पुनर्निर्माण गर्न चाहन्थे, तर मानिसहरूलाई मन परेन । किनभने उनीहरू मस्जिदलाई पहिलेको अवस्थामा राख्न चाहन्थे । उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो: "जसले अल्लाहको लागि मस्जिद बनाउँछ, अल्लाहले उसको लागि स्वर्गमा उस्तै घर बनाउनु हुन्छ ।"</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को मस्जिदलाई पहिले भन्दा अझ राम्रो तरिकाले पुनर्निर्माण गर्ने योजना बनाए, तर मानिसहरूले उनको यो योजनालाई मन पराएनन् । किनभने यसो गर्दा रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा मस्जिद जुन अवस्थामा थियो, त्यही अवस्थामा रहन सक्ने थिएन। उहाँको पालामा मस्जिद माटोको इँटाले बनेको थियो र यसको छाना खजूरका हाँगाहरूले बनेको थियो । जबकि उस्मान (रजियल्लाहु अन्हु) ले यसलाई ढुङ्गा र चूनाले निर्माण गर्न चाहन्थे । मानिसहरूको असन्तुष्टि देखेर उनले भने, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो: "जसले आफूलाई कपट र प्रसिद्धिको चाहनाबाट शुद्ध पारेर अल्लाहको खुशी प्राप्त गर्नको लागि मस्जिद बनाउँछ, अल्लाहले उसलाई उस्तै उत्कृष्ट इनाम दिनुहुनेछ । त्यो इनाम भनेको अल्लाहले उसको लागि स्वर्गमा उस्तै घर बनाउनुहुनेछ ।</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>मस्जिदहरू निर्माण गर्ने प्रोत्साहन र त्यसको प्रतिफल र सद्गुण ।
 मस्जिदको विस्तार र पुनर्निर्माण पनि मस्जिद निर्माणको पुण्य अन्तर्गत पर्दछ ।
 सबै कार्यहरूमा इख्लास (इमानदारीता निष्ठा) को महत्त्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>मेरो यो मस्जिदमा पढिएको एक नमाज, मस्जिद हरम (मक्का) बाहेक अन्य मस्जिदहरूमा पढिएको एक हजार नमाज भन्दा उत्तम छ ।</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मेरो यो मस्जिदमा पढिएको एक नमाज, मस्जिद हरम (मक्का) बाहेक अन्य मस्जिदहरूमा पढिएको एक हजार नमाज भन्दा उत्तम छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो मस्जिदमा नमाज पढ्नुको सद्गुणहरू वर्णन गर्दै भन्नुभएको छ, मेरो मस्जिदमा पढिएको एक नमाज पृथ्वीको कुनै पनि अन्य मस्जिदहरूमा पढिएको एक हजार नमाजहरू भन्दा अफ्जल (उत्तम) छ । तर मक्काको पवित्र मस्जिद हरम बाहेक; किनभने मस्जिद हरममा नमाज पढ्नुको पुण्य योभन्दा धेरै उत्तम छ ।</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>मस्जिद हरम र मस्जिद नबवीमा पढिने नमाजहरूको इनाम अन्य मस्जिदहरूमा पढिने नमाजहरू भन्दा धेरै गुणा बढी छन् ।
 मस्जिद हरममा पढिने एक नमाज अन्य मस्जिदहरूमा पढिएका एक लाख नमाजहरू भन्दा उत्तम छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>तिमीहरू मध्ये कोही मस्जिदमा प्रवेश गर्दा, उसले बस्नु अघि दुई रकात नमाज पढोस्।</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>अबू-कतादह सलमी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “ "तिमीहरू मध्ये कोही मस्जिदमा प्रवेश गर्दा, उसले बस्नु अघि दुई रकात नमाज पढोस्।"</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मस्जिदमा प्रवेश गर्ने व्यक्तिले बस्नु अघि चाहे जुनसुकै समयमा र कुनै पनि उद्देश्यका लागि होस्, दुई रकात नमाज पढ्नुपर्छ भनेर प्रेरित गर्नुभएको छ  र यी दुई रकातहरूलाई तहियतुल-मस्जिद भनिन्छ ।</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>मस्जिदमा बस्नु अघि तहियतुल-मस्जिदको रूपमा दुई रकात नमाज पढ्नु मुस्तहब हो ।
 यो आदेश मस्जिदमा बस्न चाहनेहरूका लागि हो । तर जो मस्जिदमा प्रवेश गर्छ र बस्नुअघि नै निस्कन्छ भने ऊ यस आदेशको दायरामा पर्दैन ।
 मानिसहरूले जमातका साथ नमाज पढिरहेको बेला यदि कोही मस्जिदमा प्रवेश गर्छ भने उसले जमातमा सामेल हुनुपर्छ र उसले दुई रकात नमाज पढ्नु पर्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>जब तिमीहरू मध्ये कोही मस्जिदमा प्रवेश गर्छ भने उसले (अल्लाहुम्मफ्-तह्-ली अब्वाब रह्-मतिक्) र जब बाहिर निस्कन्छ भने (अल्लाहुम्म इन्नी अस्-अलुक मिन्-फज्लिक्) पढ्नुपर्छ ।</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>अबू हुमैद वा अबू ओसैदले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब तिमीहरू मध्ये कोही मस्जिदमा प्रवेश गर्छ भने उसले (अल्लाहुम्मफ्-तह्-ली अब्वाब रह्-मतिक्) र जब बाहिर निस्कन्छ भने (अल्लाहुम्म इन्नी अस्-अलुक मिन्-फज्लिक्) पढ्नुपर्छ ।</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>नबी सल्लल्लाहु अलैहि वसल्लमले आफ्नो उम्मतलाई मस्जिदमा प्रवेश गर्दा यो दुआ पढ्न सिकाउनु भएको छ: (अल्लाहुम्मफ्-तह्-ली अब्वाब रह्-मतिक्) ("हे अल्लाह, मेरो लागि आफ्नो रहमतका ढोका खोलिदिनुहोस्")। यसद्वारा मानिसले अल्लाहसँग आफ्नो करुणा प्राप्त हुने कारणहरू सजिलो बनाइदिन अनुरोध गर्छ। त्यसैगरी मस्जिदबाट बाहिर निस्कँदा यो पढ्न : (अल्लाहुम्म इन्नी अस्-अलुक मिन्-फज्लिक्) अर्थात अल्लाहको अत्यधिक अनुग्रह र हलाल जीविकोपार्जनका लागि दुआ गर्नु पर्दछ ।</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>मस्जिदमा प्रवेश गर्दा र बाहिर निस्कँदा उक्त दुआहरू पढ्नु मुस्तहब हो ।
 मस्जिदमा प्रवेश गर्दा दया र मस्जिद छोड्दा अनुग्रह विशेष रूपमा उल्लेख गरिएको छ । किनभने प्रवेश गर्ने व्यक्ति अल्लाह र स्वर्ग नजिक ल्याउने गतिविधिहरूमा संलग्न हुन जान्छ, त्यसैले दयाको उल्लेख अनुकूल थियो र जो बाहिर निस्कन्छ ऊ जीविकोपार्जनको खोजीमा सक्रीय हुन्छ, त्यसैले यहाँ अनुग्रह उल्लेख गर्नु उपयुक्त छ ।
 मस्जिदमा प्रवेश गर्ने र मस्जिद छोड्ने इरादा गर्दा यी दुवाहरु
 पढ्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>वास्तवमा, एक व्यक्ति र शिर्क तथा कुफ्र बीचको रेखा सलाह (नमाज) छोड्नु हो ।</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>जाबिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो : "वास्तवमा, एक व्यक्ति र शिर्क तथा कुफ्र बीचको रेखा सलाह (नमाज) छोड्नु हो ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक व्यक्ति र कुफ्र (अविश्वास) र शिर्क(बहुईश्वरवाद)को बीचमा फरक पार्ने कुरा नमाज छोड्नु हो भनेर फर्ज नमाज (अनिवार्य) छोड्ने विरुद्ध कडा चेतावनी दिनुभएको छ । किनभने नमाज इस्लामको दोस्रो स्तम्भ र निकै नै महत्त्वपूर्ण कर्तव्य हो । यसको फर्जियत (अनिवार्यता) लाई इन्कार र यसलाई परित्याग गर्ने व्यक्ति काफिर हो भन्ने कुरामा सम्पूर्ण मुस्लिमहरूको इज्मा (एकमत) रहेको छ । त्यसैगरी यदि कसैले आलस्यले गर्दा पूर्णतया नमाजलाई त्याग्यो भने ऊ पनि काफिर हो र यस विषयमा सहाबाहरूको इज्मा (एकमत) रहेको छ । तर यदि कसैले कहिलेकाहीँ नमाज पढ्छ र कहिलेकाहीँ छोड्छ भने ऊ उक्त कडा चेतावनीको हकदार हुने खतरामा हुनेछ ।</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>नमाजको महत्त्व र यसलाई जोगाएर राख्नुपर्ने आवश्यकता, किनभने यो कुफ्र र इमानबीचको फरक हो।
 नमाज छाड्ने र यसलाई बर्बाद गर्नेहरूका लागि कडा चेतावनी ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>हामी र तिनीहरूको बीचमा रहेको फरक नमाज (सलाह) हो । जसले यसलाई त्याग्छ उसले कुफ्र गर्यो ।</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>बुरैदह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हामी र तिनीहरूको बीचमा रहेको फरक नमाज (सलाह) हो । जसले यसलाई त्याग्छ उसले कुफ्र गर्यो ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, मुस्लिम र अन्य काफिर र मुनाफिक (पाखण्डी) हरू बीचको फरक नमाज हो, त्यसैले जसले यसलाई त्याग्छ उसले अविश्वास कुफ्र (अविश्वास) गरेको छ ।"</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>नमाजको महत्व र यो विश्वासी र काफिर बीचको भिन्नता हो ।
 मानवको बाह्य अवस्था अनुसार इस्लामका नियमहरू लागु हुनेछन्, उसको आन्तरिक अवस्थाले होइन ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[तिर्मीजी, निसाई, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>हे बिलाल! नमाजको कायम/आह्वान गर (अजान देऊ) र यसद्वारा हामीलाई शान्ति दिऊ ।</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>सालिम बिन अबु जाअ्दले बयान गरेका छन्, एक व्यक्तिले भने : म नमाज पढेर राहत पाउन चाहन्छु । तर उनीहरूले उनको भनाइलाई नराम्रो रूपमा लिए । उनले भने, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "हे बिलाल! नमाजको कायम/आह्वान गर (अजान देऊ) र यसद्वारा हामीलाई शान्ति दिऊ ।"</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>एक सहाबीले भने: म नमाज पढेर राहत पाउन चाहन्छु, तब वरपरका केही मानिसहरूले उनको भनाइलाई नराम्रो ठाने । त्यसपछि उनले भने, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : ए बिलाल! नमाज लागि अजान देऊ र नमाज कायम गर, ताकि हामीले यसबाट शान्ति पाउन सकौं; किनभने नमाज मा अल्लाहसँग कुराकानी हुन्छन् र आत्मा र हृदयलाई शान्ति मिल्छ ।</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>नमाज मा अल्लाहसँग कुराकानी हुने भएकोले आत्मा र हृदयलाई शान्ति मिल्छ ।
 उपासनालाई बेवास्ता गर्नेहरूको खण्डन ।
 जसले आफ्नो कर्तव्यको पालना गर्दै आफ्नो दायित्व निर्वाह गर्छ भने उसलाई एक प्रकारको राहत र सन्तुष्टिको अनुभूति हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>हे मानिसहरू!  मैले तिमीहरूलाई तालिम दिनका लागि यसो गरेको हुँ, ताकि तिमीहरू मलाई  देखेर मैले पढेको जस्तो नमाज पढ्न सिक।</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>अबू हाजिम बिन दिनारले बयान गरेका छन्, केही मानिसहरू सहल बिन साद साइदी कहाँ आए । मिन्बरको काठ कुन रुखको हो भनेर उनीहरुबीच बहस चलिरहेको थियो । तिनीहरूले सहललाई यसको बारेमा सोधे, उनले भने: म अल्लाहको कसम खाएर भन्दछु, यो काठ कुन रूखको हो मलाई राम्रोसँग थाहा छ । यसलाई पहिलो पटक राखेको दिन र रसूल (सल्लल्लाहु अलैहि वसल्लम) ले पहिलो पटक यसमा बस्नुभएको दिन पनि मैले देखेको छु । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक अन्सारी महिला (जसको नाम सहल (रजि.) ले पनि लिएका थिए) लाई सन्देश पठाउनुभयो : "तिम्रो सिकर्मी कामदारलाई मेरो लागि एउटा काठको मिम्बर (कुर्सी झैं) बनाई दिन भन, ताकि मानिसहरूलाई सम्बोधन गर्दा म त्यसमा बस्न सकूँ।" उनले आफ्नो नोकरलाई जंगलको रूखबाट मिम्बर तयार गर्न आदेश दिइन् । अनि उनले त्यो मिम्बर रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पठाइन् अनि उहाँले त्यो मिम्बरलाई यो ठाउँमा राख्न आदेश दिनुभयो । त्यसपछि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यसमाथि उभिएर नमाज पढ्दै गरेको देखें । उहाँले   त्यसमाथि उभिएर तकबीर भन्नुभयो त्यसपछि रुकुअ गर्नुभयो र त्यसपछि उहाँ पछाडि हट्नुभयो र मिम्बरबाट ओर्लनुभयो र मिम्बर नजिकै सज्दा गर्नुभयो र त्यसपछि मिन्बरमा उभिनुभयो । नमाज समाप्त भएपछि मानिसहरूलाई सम्बोधन गर्दै भन्नुभयो: " हे मानिसहरू!  मैले तिमीहरूलाई तालिम दिनका लागि यसो गरेको हुँ, ताकि तिमीहरू मलाई  देखेर मैले पढेको जस्तो नमाज पढ्न सिक।"</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को मिन्बर कुन काठले बनाइएको हो विषयमा बहस र विवाद गरेपछि केही मानिसहरू एक जना सहाबी सहल बिन साद कहाँ आए र यसको बारेमा सोधे । उनले भने, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक अन्सारी महिला जोसँग एउटा सिकर्मी थियो एउटा काठको मिम्बर (कुर्सी झैं) बनाई दिन भन्नुभयो, ताकि मानिसहरूलाई सम्बोधन गर्दा म त्यसमा बस्न सकूँ भनेर संदेश पठाउनुभयो । उनले उहाँको आदेशको पालना गर्दै आफ्नो दासलाई काठको मिम्बर बनाउन आदेश दिइन् । जब मिम्बर तयार भयो, ती महिलाले यसलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पठाइन् । त्यसपछि उहाँले त्यसलाई मस्जिद भित्रको एक स्थानमा राख्न आदेश दिनुभयो । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यसमाथि उभिएर नमाज पढ्नुभयो । त्यसमा उभिएर तकबीर भन्नुभयो,  रुकु गर्नुभयो, त्यसपछि मिन्बरबाट मुख पछाडि नफर्काइ पछि सर्दै ओर्लिनुभयो, मिम्बरको नजिकै सज्दा गरेर फेरि मिम्बरमा फर्किनुभयो । जब नमाज पूरा भएपछि उहाँले मानिसहरूतर्फ फर्केर सम्बोधन गर्नुभयो र भन्नुभयो: तपाईंहरूले मलाई देखेर मेरो सलाह (नमाज) सिक्न सक्छौ भनेर मैले यसो गरेको हो ।</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>मिन्बर राख्नु र त्यसमा उभिएर खुत्बा (उपदेश) दिनु मुस्तहब हो । वास्तवमा, यसको उद्देश्य भनेको आफ्नो कुरा सम्बोधन गर्नु र पुर्याउनु हो ।
 तालिम र शिक्षणको लागि मिन्बरमाथि नमाज पढ्नु र इमामको लागि कुनै कारण मुक्तदी (इमामसँगै नमाज पढ्नेहरू) भन्दा उच्च स्थानमा उभिनु जायज छ ।
 मुस्लिमहरूको आवश्यकताहरू पूरा गर्न दक्ष व्यक्तिहरूबाट मद्दत लिन अनुमति छ ।
 आवश्यकता अनुसार नमाज मा थोरै हिड्न अनुमति छ ।
 नमाजमा मुक्तदीले नमाज सिक्ने उद्देश्यले आफ्नो इमामलाई हेर्न अनुमति छ र यो खुशूअ (नम्रता) विरुद्ध छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>जब तपाईंहरू नमाज पढ्नुहुन्छ भने आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस् । त्यसपछि तपाईंहरूमध्ये एक व्यक्तिले इमामत गरोस् ।  जब इमामले तकबीर भन्छन्, तपाईंहरूले पनि तकबीर भन्नुहोस्</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>हित्तान बिन अब्दुल्लाह रक्काशी भन्छन्, मैले एक पटक अबु मुसा अल-अशरी (रजियल्लाहु अन्हु) संग नमाज पढें । तशह्हुदमा बसिरहेको बेला पछाडि नमाज पढिरहेको एक व्यक्तिले भन्यो: नमाज धार्मिकता र जकात संग स्थापित गरिएको छ । जब अबू मुसा (रजियल्लाहु अन्हु) ले आफ्नो नमाज पूरा गरे अनि सलाम फेरेर मानिसहरूतर्फ फर्के तब भने: तिमीहरूमध्ये कसले यसो भन्दै थियो? जब कसैले जवाफ दिएनन्, उनले फेरि सोधे: तिमीहरूमध्ये कसले यसो भन्दै थियो? त्यसपछि उनले भने: हे हित्तान! सायद तिमिले भन्यौ होला ! उसले भन्यो: मैले भनेको होइन, मलाई डर थियो सायद तपाईंले मलाई गाली गर्नुहुन्छ । यो सुनेर त्यहाँ उपस्थित एक व्यक्तिले भने: मैले भनेको हो र मेरो नियत राम्रो थियो । त्यसपछि अबु मुसा अल-अशरी (रजियल्लाहु अन्हु) ले भने: नमाजमा के भन्नुपर्छ पनि थाहा छैन? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई सम्बोधन गर्नुभयो र हामीलाई हामीले गर्नुपर्ने सुन्नतहरू स्पष्ट पार्नुभयो र हामीलाई नमाज पढ्ने तरिका सिकाउनुभयो । उहाँले ले भन्नुभयो : "जब तपाईंहरू नमाज पढ्नुहुन्छ भने आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस् । त्यसपछि तपाईंहरूमध्ये एक व्यक्तिले इमामत गरोस् ।  जब इमामले तकबीर भन्छन्, तपाईंहरूले पनि तकबीर भन्नुहोस् । जब उनले {गैरिल-मग्जूबि अलैहिम वलज्जाल्लीन} (अल-फातिहा:७) भन्छन्, तपाईंहरूले आमीन भन्नुहोस्; अल्लाहले तपाईंहरूको प्रार्थना स्वीकार गर्नुहुनेछ । त्यसपछि जब उनले "अल्लाहु अकबर" भन्छन् र रूकुअ गर्छन्, तपाईंहरूले पनि तकबीर भन्नुहोस् र रूकुअमा जानुहोस् । याद रहोस्, इमामले तपाईंहरू भन्दा पहिला तकबीर भन्छन् र रूकुअ गर्छन् ।" रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “तपाईंको रुकुअमा क्षणिक ढिलाइ रुकुअबाट उठ्ने बेलाको क्षणिक ढिलाइले क्षतिपूर्ति हुनेछ । जब इमामले ‘समिअल्लाहु लिमन-हमिदह’ भन्छन् तब तपाइँहरू ‘अल्लाहुम्म रब्बना व लकल-हम्द’ भन्नुहोस्, 'अल्लाहले तपाइँको बिन्ती सुन्नुहुन्छ' भन्ने कुरा अल्लाहले रसूलद्वारा बताउनुभएको छ । त्यसपछि जब इमामले "अल्लाहु अकबर" भन्छन् र सज्दा गर्छन्, तपाईंहरूले पनि तकबीर भन्नुहोस् र सज्दामा जानुहोस् । याद रहोस्, इमामले  तपाईंहरू भन्दा पहिला  तकबीर भन्छन् र सज्दा गर्छन् ।" रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “तपाईंको सज्दामा क्षणिक ढिलाइ सजदाबाट उठ्ने बेलाको क्षणिक ढिलाइले क्षतिपूर्ति हुनेछ । जब तपाईं तशह्हुदमा बस्नुहुन्छ, तपाईंले शुरुदेखि निम्न दुआ पढ्नुहोस् : ‘अत्तहिय्यातु अत्तैयिबातु अस्सलवातु लिल्लाह, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्, अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह्’  ।</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>अबु मुसा अल-अशअरी (रजियल्लाहु अन्हु) ले नमाज पढाउनुभयो । तशह्हुदमा बसिरहेको बेला उनको पछाडि नमाज पढिरहेको एक व्यक्तिले 'कुर्आनमा दान र जकातको साथमा नमाजको उल्लेख गरिएको कुरा गर्यो । नमाज समाप्त भइसकेपछि उनी मानिसहरू तिर फर्के र तिनीहरूलाई सोधे : ‘कुरआनमा दान र जकातको साथमा नमाजको उल्लेख गरिएको छ’ भनी तिमीहरूमध्ये कसले भनेको छ? जब सबै चुप लागे र कसैले जवाफ दिएनन्, उनेल फेरि प्रश्न सोधे, तर कसैले कुनै जवाफ दिएनन् । तब अबू मुसा (रजियल्लाहु अन्हु) ले हित्तानलाई भने, हे  हित्तान! सायद तिमिले भन्यौ होला !  किनभने उनी साहसी व्यक्ति थिए र उनीसँग उनको गहिरो सम्बन्ध र ठूलो निकटता थियो, जसका कारण यो आरोपले उनलाई चोट पुर्‍याउने सम्भावना कम थियो । साथै, यसको उद्देश्य वास्तविक वक्तालाई पत्ता लगाउनु पनि थियो । तर हित्तानले त्यसलाई अस्वीकार गर्दै भने:  तपाईंले मलाई गाली गर्नुहुन्छ भन्ने डर लगेको थियो । यो सुनेर त्यहाँ उपस्थित एक व्यक्तिले भने  मैले भनेको थिए र मेरो नियत राम्रो थियो । त्यसमा अबु मुसा अल-अशअरी (रजियल्लाहु अन्हु) ले उनलाई निर्देशन दिदै भने, नमाजमा के भन्नुपर्छ पनि थाहा छैन? यो वास्तवमा उनको भनाइको एक प्रकारको खण्डन थियो । तब अबू मुसा अशअरी (रजियल्लाहु अन्हु) ले बयान गरे, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई सम्बोधन गर्नुभयो र हामीलाई शरीयत र नमाज सिकाउनुभयो । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो :
 जब तपाईं नमाज पढ्नुहुन्छ भने आफ्ना सफ (पङ्क्ति) हरू सीधा र बराबर राख्नुहोस् । त्यसपछि तपाईंहरूमध्ये एक जनाले मानिसहरूलाई इमामत गरुन् । जब इमामले तकबीर भन्छन्, तपाईंहरूले पनि उस्तै तकबीर भन्नुहोस् । जब उनले सूरह फातिहा पढ्छन् र {गैरिल-मग्जूबि अलैहिम वलज्जाल्लीन} (अल-फातिहा:७) मा पुग्छन् भने तपाईंहरू आमीन भन्नुहोस् । जब तपाईं यसो गर्नुहुन्छ, अल्लाहले तपाईंहरूको दुआ स्वीकार गर्नुहुनेछ । त्यसपछि जब इमामले तकबीर भन्छन् र रुकुअमा जान्छन्, तब तपाईंहरूले पनि तकबीर भन्नुहोस् र रूकुअमा जानुहोस् । इमाम तपाईंहरू भन्दा पहिला रूकुअ गर्छन् र रूकुअबाट उठ्नेछन् । त्यसैले इमाम भन्दा अगाडि नजानुहोस् । रूकुअमा जाने क्षणिक ढिलाइ रूकुअबाट उठ्ने बेलाको क्षणिक ढिलाइले क्षतिपूर्ति हुनेछ र यसरी तपाईको रूकुअको लम्बाइ इमामको रूकुअको लम्बाइ बराबर हुनेछ । त्यसपछि जब इमामले ‘समिअल्लाहु लिमन-हमिदह’ भन्छन् तब तपाइँहरू ‘अल्लाहुम्म रब्बना व लकल-हम्द’ भन्नुहोस्, अल्लाहले तपाइँको बिन्ती र भनाई सुन्नुहुन्छ । अल्लाहले यो कुरा रसूल मार्फत भन्नुभयो । त्यसपछि जब इमामले तकबीर भन्छन् र सज्दामा जान्छन्, मुक्तदीहरूले पनि तकबीर भन्नुपर्छ र सज्दामा जानुपर्छ । इमाम तिनीहरूको अगाडि सजदामा जान्छन् र तिनीहरूको अगाडि सजदाबाट उठ्नेछन् । यसरी सजदामा जानको क्षणिक ढिलाइ सजदाबाट उठ्ने बेलाको क्षणिक ढिलाइबाट पूरा हुनेछ र यसरी तिनीहरूको सजदाको लम्बाइ इमामको सजदाको लम्बाइ बराबर हुनेछ । त्यसपछि  तशह्हुदको लागि बस्दा सबैभन्दा पहिले यो दुआ पढ्नुहोस्: ‘अत्तहिय्यातु अत्तैयिबातु अस्सलवातु लिल्लाह’ अर्थात् राज्य, अस्तित्व र महानता यी सबै चीजहरू केवल अल्लाहका लागि हुन् । त्यसैगरी सबै पाँच नमाज़हरू अल्लाहका लागि हुन् । त्यसपछि ‘अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्’ भन्नुहोस् । हामी हरेक दोष, कष्ट, कमी र भ्रष्टाचारबाट सुरक्षाको लागि दुआ गर्छौं विशेष गरी मुहम्मद सल्लल्लाहु अलैहि वा सल्लमको लागि दरुद पठाउँछौं । त्यसपछि हामी आफैलाई सलाम गर्छौं र अल्लाहका ती धर्मी सेवकहरूलाई अभिवादन पठाउँछौं जसले अल्लाह र उहाँका सेवकहरूको अनिवार्य कर्तव्यहरू पूरा गर्छन् । त्यसपछि हामी गवाही दिन्छौं, अल्लाह बाहेक कोही उपासना योग्य छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सेवक र दूत हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>तशह्हुदको दुआहरू मध्ये एकको उल्लेख ।
 सलाह (नमाज) का सम्पूर्ण कार्य र भनाइहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) द्वारा पुष्टि हुनुपर्छ । सुन्नतबाट प्रमाणित नभएको कुनै पनि कार्य वा कथन नमाजमा पढ्न अनुमति छैन ।
 नमाज पढ्दा इमाम भन्दा अगाडी कुनै कुरा गर्नु वा ढिलो गर्नु अनुमति छैन ।  मुक्तदीले इमामको अनुसरण गर्नुपर्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) धर्मको प्रचारप्रसार र आफ्नो उम्मतलाई धार्मिक नियमहरू सिकाउन विशेष ध्यान दिनुहुन्थ्यो भन्ने कुराको उल्लेख ।
 इमाम मुक्तदीहरूका लागि आदर्श र अनुशरण गरिने व्यक्ति हुन्। तसर्थ, मुक्तदीले नमाज पढ्दा इमाम भन्दा अगाडि बढ्ने वा उसको साथ-साथ गर्ने वा ढिलो गर्ने अनुमति छैन, बरु इमामले गरेको निश्चित भएपछि मुक्तादीले इमामको अनुसरण गर्नुपर्छ ।
 नमाजमा सफ (पंक्ति) हरू सीधा गर्नु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>अल्लाहको कसम, जसको हातमा मेरो जीवन छ, म तपाईंहरूमध्ये सबै भन्दा बढी अल्लाहको रसूलसँग मिल्दोजुल्दो नमाज पढ्ने व्यक्ति हुँ । उहाँ यसरी नै नमाज पढ्नु हुन्थ्यो यहाँसम्म कि उहाँ (स.) यस संसार बाट बिदा भए ।</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उहाँ हरेक नमाजमा तकबीर भन्नुहुन्थ्यो, चाहे त्यो नमाज अनिवार्य होस् वा नफिल, चाहे त्यो रमजानमा होस् वा अन्य महिनामा । नमाजको लागि खडा हुँदा तकबीर भन्नुहुन्थ्यो, रुकुमा जाँदा तकबीर भन्नुहुन्थ्यो, त्यसपछि (रुकुबाट उठ्दा) ‘समिअल्लाह लिमान हमिदह’ भन्नुहुन्थ्यो र सज्दामा जानुअघि ‘रब्बना वलकल-हम्दु’ भन्नुहुन्थ्यो । त्यसपछि सज्दामा जाँदा तकबीर भन्नुहुन्थ्यो, त्यसपछि सज्दाबाट टाउको उठाउँदा तकबीर भन्नुहुन्थ्यो, त्यसपछि दुई रकात पूरा गरेपछि तेस्रो रकाअतको लागि खडा हुँदा तकबीर भन्नुहुन्थ्यो र यसरी नमाज पूरा नभएसम्म प्रत्येक रकतमा तकबीर भन्नुहुन्थ्यो । नमाज पूरा गरेपछि उनले भने : अल्लाहको कसम, जसको हातमा मेरो जीवन छ, म तपाईंहरूमध्ये सबै भन्दा बढी अल्लाहको रसूलसँग मिल्दोजुल्दो नमाज पढ्ने व्यक्ति हुँ । उहाँ यसरी नै नमाज पढ्नु हुन्थ्यो यहाँसम्म कि उहाँ (स.) यस संसार बाट बिदा भए ।</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>अबू हुरैरा (रजियल्लाहु अन्हु) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) को नमाजको एक भाग बयान गर्दै भनेका छन् । उहाँ जब नमाजको लागि उभिनुहुन्थ्यो, तब उहाँ तकबीर तहरीमा(अल्लाहु अक्बर) भन्नुहुन्थ्यो । त्यसपछि रुकुमा जाँदा, सजदा गर्दा, रुकुबाट टाउको उठाउँदा, दोस्रो सज्दामा जाँदा, दोस्रो सज्दाबाट शिर उठाउँदा र तशह्हुदको लागि बस्दा र तीन वा चार रक्अतको नमाज मा तेस्रो र चौथो रक्अतको लागि उभिने बेला तकबीर भन्नुहुन्थ्यो र यसरी नमाज पूरा नभएसम्म प्रत्येक रक्अतमा तकबीर भन्नुहुन्थ्यो । रुकुबाट उठ्दा ‘समिअल्लाह लिमन हमिदह’ र ‘रब्बना वलकल-हम्दु’ भन्नुहुन्थ्यो ।
 नमाज पूरा गरेपछि अबू हुरैरा (रजियल्लाहु अन्हु) ले भने : म तपाईंहरूमध्ये सबै भन्दा बढी अल्लाहको रसूलसँग मिल्दोजुल्दो नमाज पढ्ने व्यक्ति हुँ । उहाँ यसरी नै नमाज पढ्नु हुन्थ्यो यहाँसम्म कि उहाँ (स.) यस संसार बाट बिदा भए ।</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>नमाजमा प्रत्येक पटक झुक्दा र उठ्दा तकबीर भनिनेछ, तर रुकुबाट उठ्दा 'समीअल्लाहु लिमन हमिदह' भनिन्छ ।
 सहाबाहरूले हाम्रा नबी (सल्लल्लाहु अलैहि वसल्लम)को अनुसरण गर्न र उहाँको सुन्नतलाई सुरक्षित राख्न अत्यन्त उत्सुक भएर मिहिनेत गर्नु भयो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>अल्लाहले भन्नुभएको छ: मैले सलाह (नमाज) लाई म र मेरो भक्तको बीचमा आधा-आधा बाडेको छु र मेरो भक्तले जे मागेको छ त्यही पाउनेछ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहले भन्नुभएको छ: मैले सलाह (नमाज) लाई म र मेरो भक्तको बीचमा आधा-आधा बाडेको छु र मेरो भक्तले जे मागेको छ त्यही पाउनेछ । जब भक्तले {अल्हम्दु लिल्लाहि रब्बिल-आलमीन} भन्छ, तब अल्लाह भन्नुहुन्छ : मेरो भक्तले मेरो प्रशंसा गरेको छ । जब भक्तले {अर्रहमा निर्रहीम} भन्छ, तब अल्लाह भन्नुहुन्छ: मेरो भक्तलेे मेरो बढाई व्यक्त गरेको छ । जब भक्तले {मालिकि यौमिद्दीन} भन्छ, तब अल्लाह भन्नुहुन्छ : मेरो भक्तले मेरो महिमा गरेको छ र एक पटक उहाँले भन्नुभयो: मेरो भक्तले आफ्नो सबै मामिलाहरू मलाई सुम्पेको छ ।  जब भक्तले {इय्याक नाअ्बुदु व इय्याक नस्तईन} भन्छ, तब अल्लाह भन्नुहुन्छ : यो म र मेरो भक्तको बीचमा छ र मेरो भक्तले जे मागेको छ त्यही पाउनेछ । त्यसैले जब भक्तले {इह्दि नस्सिरातल-मुस्तकीम, सिरातल्लजीन अन्अम्त अलैहिम गैरुल-मग्जूबि अलैहिम व लज्जाल्लीन} भन्छ, तब अल्लाह भन्नुहुन्छ : यो मेरो भक्तको लागि हो र मेरो भक्तले जे मागेको छ उसले त्यही पाउनेछ ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गर्नुभएको छ, अल्लाहले हदीस कुदसीमा भन्नुभएको छ: मैले नमाजमा पढिने सूरह फातिहालाई म र मेरो भक्त बीच बाडेको छु । आधा मेरो लागि र आधा उसको लागि हो ।
 पहिलो आधा भागमा अल्लाहको प्रशंसा र महिमाको वर्णन गरिएको छ, जसको लागि अल्लाहले भक्तलाई उत्तम इनाम दिनुहुन्छ ।
 जबकि यसको दोस्रो भागमा बिन्ती र दुआ (प्रार्थना) समावेश छ, जुन अल्लाहले स्वीकार गर्नुहुन्छ र मानिसलाई उसले मागेको सबै चीजहरू प्रदान गर्नुहुन्छ ।
 जब नमाज पढ्ने व्यक्तिले {अल्हम्दु लिल्लाहि रब्बिल-आलमीन} भन्छ, तब अल्लाह भन्नुहुन्छ : मेरो भक्तले मेरो प्रशंसा गरेको छ । जब भक्तले {अर्रहमा निर्रहीम} भन्छ, तब अल्लाह भन्नुहुन्छ: मेरो भक्तले मेरो प्रशंसा र कृतज्ञता व्यक्त गरेको छ र मैले सृष्टिप्रति गरेको उपकारलाई स्वीकार गरेको छ । जब भक्तले {मालिकि यौमिद्दीन} भन्छ, तब अल्लाह भन्नुहुन्छ : मेरो भक्तले मेरो महिमा गरेको छ, जुन ठूलो सम्मान हो ।
 जब भक्तले {इय्याक नाअ्बुदु व इय्याक नस्तईन} भन्छ, तब अल्लाह भन्नुहुन्छ : यो म र मेरो भक्त बीचको सम्बन्ध हो ।
 यस आयतको पहिलो आधा "इयाक नाअ्बुदु" सम्म अल्लाहको लागि हो । वास्तवमा यसमा अल्लाह नै उपासना योग्य हुनुहुन्छ भन्ने कुराको घोषणा रहेको छ र पहिलो आधा यहीं समाप्त हुन्छ ।
 जबकि यस आयतको दोस्रो भाग "व इयाक नस्तईन" सम्म हो, जुन भक्तको लागि हो, जसमा अल्लाहबाट सहायता मागिएको छ र उहाँले मद्दत गर्ने प्रतिज्ञा गर्नुभएको छ ।
 त्यसैले जब भक्तले {इह्दि नस्सिरातल-मुस्तकीम*, सिरातल्लजीन अन्अम्मत अलैहिम, गैरुल-मग्जूबि अलैहिम व लज्जाल्लीन} भन्छ, तब अल्लाह भन्नुहुन्छ : मेरो भक्तले बिन्ती र दुआ गरेको छ, मेरो भक्तले जे मागेको छ उसले त्यही पाउनेछ र मैले उसको दुआ स्वीकार गरें ।"</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>सुरा फातिहाको महत्व, किनभने अल्लाहले यसलाई ‘अस्-सलाह’ को नाम दिनुभएको छ ।
 आफ्नो भक्तप्रति अल्लाहको कृपाको वर्णन, भक्तले उहाँको प्रशंसा गर्छ भनेर भक्तको प्रशंसा र भक्तले जे मागेको छ त्यो दिने वाचा गर्नुभएको छ ।
 यस पवित्र सूरहमा अल्लाहको प्रशंसा, परलोकको उल्लेख, अल्लाहलाई बिन्ती, उहाँको मात्र उपासना गर्न आह्वान, सही मार्गदर्शन गर्न प्रार्थना र गलत मार्गहरूमा नलगाउन जस्ता विषयहरू समावेश छन् ।
 यदि कुनै उपासकले सुरह फातिहा पढ्दा यो हदीस आफ्नो दिमागमा राख्छ भने प्रार्थनामा उसको खुशुअ (एकत्रित भई अल्लाह सामु नतमस्तक रहनु) बढ्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>सबैभन्दा खराब चोर त्यो व्यक्ति हो जसले आफ्नो नमाज मा चोरी गर्छ ।" एक साथीले नमाजमा चोरी गर्नुको अर्थ के हो भनेर सोधे, उहाँले जवाफ दिनुभयो: "नमाजमा चोरी गर्नु भनेको उसले पूर्ण रूपमा रुकुअ र सज्दा नगर्नु हो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सबैभन्दा खराब चोर त्यो व्यक्ति हो जसले आफ्नो नमाज मा चोरी गर्छ ।" एक साथीले नमाजमा चोरी गर्नुको अर्थ के हो भनेर सोधे, उहाँले जवाफ दिनुभयो: "नमाजमा चोरी गर्नु भनेको उसले पूर्ण रूपमा रुकुअ र सज्दा नगर्नु हो।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, सबैभन्दा खराब चोर त्यो हो जसले आफ्नो नमाजमा चोरी गर्छ । किनभने अर्काको सम्पत्ति चोरेर मानिसले सांसारिक फाइदा लिन सक्छ तर नमाज मा चोरी गर्नेले आफ्नो हकको पुण्य र इनाम चोर्छ । सहाबाहरूले सोधे, हे अल्लाहका रसूल ! नमाजमा चोरी गर्नुको अर्थ के हो? उहाँले जवाफ दिनुभयो: यसको मतलब भनेको व्यक्तिले रुकुअ र सज्दा पूर्ण रूपमा नगर्नु हो; अर्थात् छिटो छिटो रुकुअ र सज्दा गर्ने र सुन्नत अनुसार नगर्ने हो ।</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>राम्रोसँग नमाज पढ्नु र यसका अनिवार्य कुराहरुलाई ध्यानमग्नका साथ गर्नुको महत्त्व ।
 रुकु र सज्दा पूर्णतया नगर्नेलाई चोर भन्नु भनेको यसप्रति घृणा जगाउन र यसो गर्नू निषेधित हो भनेर चेतावनी दिन हो ।
 रुकु र सज्दा पूर्ण रूपमा सही तरिकाले गर्नु वाजिब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) रुकुअबाट आफ्नो पीठ उठाउनुहुन्थ्यो, तब यो दुआ पढ्नुहुन्थ्यो: ‘समिअल्लाहु लिमन् हमिदह्</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अबू औफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) रुकुअबाट आफ्नो पीठ उठाउनुहुन्थ्यो, तब यो दुआ पढ्नुहुन्थ्यो: ‘समिअल्लाहु लिमन् हमिदह्, अल्लाहुम्म रब्बना लकल्-हम्द्, मिल-अस्स्मावाति व मिल-अल-अर्ज व मिलअ मा शिअत मिन शैइन् बा'अदु।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) रुकुअबाट आफ्नो टाउको उठाउनुहुन्थ्यो, तब उहाँले भन्नुहुन्थ्यो: ‘समिअल्लाहु लिमन् हमिदह् ।’  अर्थात् जसले अल्लाहको प्रशंसा गर्छ, अल्लाहले उसको प्रशंसा स्वीकार गर्नुहुन्छ र उसलाई इनाम दिनुहुन्छ । त्यसपछि निम्न शब्दहरूद्वारा अल्लाहको प्रशंसा गर्नुहुन्थ्यो: ‘अल्लाहुम्म रब्बना लकल्-हम्द्, मिल-अस्स्मावाति व मिल-अल-अर्ज व मिलअ माशिअत मिन शैइन् बाअदु ।'  अर्थात्, अल्लाहको प्रशंसा आकाश, पृथ्वी र तिनीहरू बीचमा जे छ त्यो बराबर छ र त्यसपछि अल्लाहले जे चाहनुहुन्छ ती सबै चीजहरूको विस्तार बराबर छ ।</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>रुकुअबाट टाउको उठाउँदा भन्नु पर्ने जिक्रको उल्लेख ।
 रुकुअबाट उठेपछि एकदमै शान्तिपूर्ण तरिकाले सीधा उभिनु जरुरी छ । किनकि यो सम्पूर्ण जिक्र तब मात्र पढ्न सकिन्छ जब व्यक्ति पूर्ण शान्तिका साथ उभिएको हुन्छ ।
 प्रत्येक नमाजमा यो जिक्र पढ्नुपर्छ, चाहे त्यो अनिवार्य होस् वा नफल ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक अनिवार्य नमाज पछि यो दुआ पढ्नुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>मुगीरा बिन शोअबाका लेखक वर्रादले बयान गरेका छन्, मुगीरा बिन शोअबाले मलाई मुआविया (रजियल्लाहु अन्हु) लाई पठाइएको पत्रमा लेख्न लगाए: रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक अनिवार्य नमाज पछि यो दुआ पढ्नुहुन्थ्यो : ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु व हुव अला कुल्लि शैइन् कदीर्, अल्लाहुम्म ला मानिअ लिमा आअ्तैत्, वला मुअ्तिय लिमा मनअ्त, वला यन्फउ जलजद्दि मिन्कल्-जद्द ।’</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हरेक अनिवार्य नमाज पछि : ‘ला इलाह इल्लल्लाहु वह्दहू ला शरीक लहु, लहुल्मुल्कु व लहुल्-हम्दु व हुव अला कुल्लि शैइन् कदीर्, अल्लाहुम्म ला मानिअ लिमा आअ्तैत, वला मुअ्तिय लिमा मनाअ्त, वला यन्फउ जलजद्दि मिन्कल्-जद्द’ पढ्नुहुन्थ्यो ।
 अर्थात् म तौहीद (एकेश्वरवाद) को वचनलाई स्वीकार गर्दछु । म साँचो उपासना केवल अल्लाहको लागि योग्य रहेको तथ्य स्वीकार गर्दछु र उहाँबाहेक सबैका लागि अस्वीकार गर्दछु । किनकि अल्लाह बाहेक अरु कोही सच्चा उपाष्य छैन ।  म पुष्टि गर्छु कि साँचो र पूर्ण सार्वभौमसत्ता अल्लाहका लागि हुन् र आकाश र पृथ्वीमा भएका सबै प्रशंसाका हकदार केवल उहाँ मात्र हुनुहुन्छ । किनकि उहाँ सबै कुरामा सक्षम हुनुहुन्छ । यदि उहाँले कसैलाई केही प्रदान गर्नुहुन्छ भने त्यसलाई कसैले रोक्न सक्दैनन् वा कसैलाई केही नदिने नियत गर्नुभएको छ भने त्यसलाई कसैले दिन सक्दैन । कुनै धनी व्यक्तिको धनले उहाँको दरबारमा  उसलाई कुनै फाइदा गर्दैन । हो, उसको सत्कर्मले मात्र  उसलाई फाइदा गर्नेछ ।</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>एकेश्वरवाद र अल्लाहको प्रशंसामा आधारित रहेकोले यो जिक्र हरेक नमाजकाे अन्तमा पछि पढ्नु मुस्तहब हो ।
 सुन्नतहरूको पालनामा अग्रसर रहनु र तिनको प्रचार प्रसार गर्नु।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) दुबै सज्दाको बीचमा यो दुआ : ’रब्बिग्-फिर्ली, रब्बिग्-फिर्ली’ पढ्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) दुबै सज्दाको बीचमा यो दुआ : ’रब्बिग्-फिर्ली, रब्बिग्-फिर्ली’ पढ्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) दुबै सज्दाको बीचमा बस्दा : ’रब्बिग्-फिर्ली, रब्बिग्-फिर्ली’ पढ्नुहुन्थ्यो र यसलाई बारम्बार दोहोर्याउनुहुन्थ्यो ।
 "रब्बिग्-फिर्ली" को अर्थ : सेवकले आफ्ना पापहरू मेटाउन र आफ्ना कमजोरीहरू ढाक्नका लागि आफ्नो परमेश्‍वरलाई अनुरोध गर्नु हो ।</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>फर्ज र नफिल नमाजमा दुई सजदाको बीचमा यो दुआ पढ्नु मुस्तहब हो ।
 "रब्बिग्-फिर्ली" एक पटक पढ्नु अनिवार्य हो र एक पटक भन्दा बढी पढ्नु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>यो खिन्जब भनिने एक शैतान हो । उसले तिमीलाई विचलित गर्न खोज्छ भने तअउवुज् पढ (अल्लाहको शरण लेऊ) र आफ्नो बायाँतिर तीन पटक थुथु गर</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>उस्मान बिन अबुल आस् (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र भने: हे अल्लाहका रसूल! शैतान मेरो नमाज र मेरो कुरानकाे तिलावत (पाठ) को बीचमा आएर मलाई भ्रमित पार्न खोज्छ । यो सुनेर, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " यो खिन्जब भनिने एक शैतान हो । उसले तिमीलाई विचलित गर्न खोज्छ भने तअउवुज् पढ (अल्लाहको शरण लेऊ) र आफ्नो बायाँतिर तीन पटक थुथु गर ।" उनी भन्छन्, जब मैले यसो गरें, अल्लाहले मेरो समस्या हटाइदिनु भयो ।</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>उस्मान बिन अबुल आस (रजियल्लाहु अन्हु) रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आएर भने, हे अल्लाहका  रसूल! शैतान मेरो र मेरो नमाज बीचमा बाधाको रूपमा खडा हुन्छ, मलाई एकाग्रताका साथ  र ध्यानमग्न भएर  नमाज पढ्न दिँदैन र मेरो तिलावत (पठन)मा शंका उत्पन्न गर्दछ । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो: यो खिन्जब भनिने एक शैतान हो । जब तिमी उसको बहकाव महसुस गर्छौ, तब अल्लाहको शरण लेऊ र आफ्नो बायाँतिर तीन पटक थुक । उस्मान भन्छन्, जब मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आदेशको पालना गरें, अल्लाहले मेरो समस्या हटाइदिनु भयो ।</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>नम्रतापूर्वक नमाज पढ्नु र ध्यानकेन्द्रित गरी   राख्नुको महत्त्व । शैतानले नमाजमा बाधा पुर्‍याउने र शंका उत्पन्न गर्ने सक्दो प्रयास गर्छ ।
 जब शैतानले नमाजमा हृदयमा खराब विचारहरू उत्पन्न गर्छ, उसबाट अल्लाहको शरण खोज्नु र देब्रेपटि तीन पटक थुक्नु मुस्तहब हो ।
 जब जब साहाबहरू कुनै समस्याको सामना गर्थे, तिनीहरू अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ जान्थे र उहाँलाई समाधान गर्न आग्रह गर्थे ।
 साहाबाका हृदयहरू स्वच्छ र जीवित थिए र तिनीहरूको लक्ष्य परलोक थियो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>निस्सन्देह, अल्लाहले केवल त्यो कार्य स्वीकार गर्नुहुन्छ, जुन उहाँ र उहाँको खुशी प्राप्त गर्नको लागि गरिन्छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>अबू-उमामा अल्-बाहली (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र सोध्यो: जसले इनाम र प्रसिद्ध हुनको नियतले जिहादमा भाग लिन्छ, उसले के पाउँछ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो: "उसले केही प्राप्त गर्नेछैन ।" उनले आफ्नो प्रश्न तीन पटक दोहोर्याए र प्रत्येक पटक उहाँले भन्नुभयो : "उसले केही प्राप्त गर्नेछैन ।" त्यसपछि उहाँले भन्नुभयो: "निस्सन्देह, अल्लाहले केवल त्यो कार्य स्वीकार गर्नुहुन्छ, जुन उहाँ र उहाँको खुशी प्राप्त गर्नको लागि गरिन्छ ।"</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र सोधे : अल्लाहबाट इनाम र मानिसहरूको प्रशंसा प्राप्त गर्ने नियतले जिहादमा भाग लिने व्यक्तिको के आदेश हो ? ऊ पुरस्कृत हुन्छ कि हुँदैन भनेर जिज्ञासा राखे । तसर्थ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसले केही प्राप्त गर्नेछैन भनेर जवाफ दिनुभयो । किनभने उसले आफ्नो नियतमा अल्लाह बाहेक अन्य लाई साझेदार बनायो । उनले आफ्नो प्रश्न तीन पटक दोहोर्याए र प्रत्येक पटक उहाँले भन्नुभयो : उसले कुनै इनाम पाउने छैन । त्यसपछि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहद्वारा उपासना स्वीकार हुने एक नियम बताउनुभयो; अल्लाहले मात्र त्यो कर्मलाई स्वीकार गर्नुहुन्छ जुन पूर्णतया अल्लाह र उहाँको खुशी प्राप्त गर्नको लागि गरिन्छ र त्यसमा कसैलाई साझेदार गर्दैन ।</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>अल्लाहले मात्र त्यो कार्यलाई स्वीकार गर्नुहुन्छ, जुन विशुद्ध रूपमा 
 उहाँको लागि होस् र साथै उहाँको पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को निर्देशन अनुसार होस् ।
 मुफ्तीको जवाफमा यो गुण हुनुपर्छ, उसले प्रश्नकर्ताको उद्देश्यलाई 
 मात्र पूरा गर्ने होइन बरु त्यो भन्दा अधिक जवाफ दिनुपर्छ ।
 महत्वपूर्ण कुराबारे दोहोर्याएर प्रश्न गर्नु यसको महत्वलाई पुष्टि गर्छ ।
 साँचो मुजाहिद त्यो हो जसले अल्लाहको वचन (तौहीद) लाई उच्च पार्न र परलोकको इनाम प्राप्त गर्नको लागि इमान्दारतीका साथ जिहादमा भाग लिन्छ । उसमा यो संसारको चाहना हुनु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>जसले अल्लाहलाई आफ्नो पालनकर्ताको रूपमा, इस्लामलाई धर्मको रूपमा र मुहम्मद लाई रसूलको रूपमा स्वीकार गर्दछ, उसले आस्थाको स्वाद पायो ।</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जसले अल्लाहलाई आफ्नो पालनकर्ताको रूपमा, इस्लामलाई धर्मको रूपमा र मुहम्मद लाई रसूलको रूपमा स्वीकार गर्दछ, उसले आस्थाको स्वाद पायो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, यदि कुनै पक्का र साँचो मुमिन तीन कुराहरूमा सन्तुष्ट छ भने उसले आफ्नो हृदयमा खुशी, विशालता, मिठास र आनन्दको अनुभव गर्ने छ, ती निम्न हुन्:
 पहिलो: अल्लाहसंग आफ्नो पालनकर्ताको रूपमा सन्तुष्ट हुनु, यसो गर्दा जीविकोपार्जन र जिन्दगीको हरेक परिस्थितिहरूमा उसको हृदय परमेश्वरबाट प्राप्त कुराले सन्तुष्ट हुन्छ, भाग्यप्रति उसको हृदयमा कुनै नराम्रो कुरा उत्पन्न हुँदैन र अल्लाह बाहेक अरु कसैको अगाडी हात थाप्दैन ।
 दोस्रो: इस्लामसंग धर्मको रूपमा सन्तुष्ट हुनु, यसो गर्दा इस्लाम धर्मले दिएको कर्तव्य र दायित्वप्रति हृदय खोलेर कर्म गर्छ र इस्लाम बाहेक अन्य धर्मको बारेमा सोच्दा पनि सोच्दैनन् ।
 तेस्रो: मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) सँग नबीको रूपमा सन्तुष्ट हुनु, अर्थात उहाँले ल्याउनुभएको सबै कुराप्रति हृदय खोलेर र बिना कुनै हिचकिचाहट वा शंका राजी हुनु र उहाँको मार्गमा मात्र हिंड्नु ।</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>जसरी खाना र पेय पदार्थको मिठास मुखद्वारा चाखिन्छ, त्यसरी नै आस्थाको मिठास र स्वाद हृदयले महसुस गर्छ ।
 जसरी शरीरले स्वस्थ रहँदा खाना र पेय पदार्थको मिठास पाउँछ, त्यसैगरी हृदय भ्रामक इच्छाहरू र निषेधित कुराहरूबाट मुक्त रहँदा इमानको मिठास महसुस गर्छ । तर रोगी हुँदा विश्वासको मिठास पाउन सक्दैन, बरु यसलाई नष्ट गर्ने निषेधित इच्छाहरू र पापहरू नै राम्रो लाग्छ ।
 जब मानिस कुनै कुरामा सन्तुष्ट हुन्छ र त्यसलाई सहर्ष स्वीकार गर्छ भने उसको काम सजिलो हुनेछ, उसलाई कठिनाइ हुनेछैन र ऊ आफ्नो जिम्मेवारी निर्वाह गर्दा खुशी हुनेछ । त्यसैगरी जब मानिसको हृदयमा विश्वास प्रवेश गर्छ, उसको प्रभुको आज्ञाकारिता उसको लागि सजिलो हुनेछ, उसको आत्मालाई खुशी हुनेछ र त्यसलाई कार्यन्वयन गर्दा उसको पीडा उसलाई गाह्रो हुनेछैन ।
 इब्नुल-कैय्यिमले भने: यो हदीसमा अल्लाहको रुबुबीयत (प्रभुत्व), उहाँको 
 उलूहीयत (ईश्वरत्व) प्रति सन्तुष्टि, त्यसैगरी उहाँको रसूल र उहाँको धर्मप्रति सन्तुष्टि र समर्पण समावेश छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65116</t>
   </si>
   <si>
-    <t>أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>जसमा चारवटा लक्षणहरू छन्, त्यो शुद्ध मुनाफिक (पाखण्डी) हो र जसमा तीमध्ये एउटा छ, त्यसलाई नछोडेसम्म उसमा पाखण्डको एउटा लक्षण छ: जब ऊ बोल्छ झुट बोल्छ, जब उसले सम्झौता गर्छ, धोका दिन्छ, जब उसले वाचा गर्छ, तोड्छ र जब ऊ झगडा गर्छ गालीगलौज गर्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसमा चारवटा लक्षणहरू छन्, त्यो शुद्ध मुनाफिक (पाखण्डी) हो र जसमा तीमध्ये एउटा छ, त्यसलाई नछोडेसम्म उसमा पाखण्डको एउटा लक्षण छ: जब ऊ बोल्छ झुट बोल्छ, जब उसले सम्झौता गर्छ, धोका दिन्छ, जब उसले वाचा गर्छ, तोड्छ र जब ऊ झगडा गर्छ गालीगलौज गर्छ ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले चार लक्षणहरू विरुद्ध चेतावनी दिनुभएको छ । यदि ती लक्षणहरू कुनै मुस्लिममा भयो भने ऊ धेरै हदसम्म पाखण्हडीरू जस्तै हुन्छ । हामी यहाँ ती व्यक्तिको बारेमा कुरा गर्दैछौं जसको व्यक्तित्वमा यी गुणहरू हावी हुन्छन् । यदि कसैमा कहिलेकाहीं यी गुणहरू हुन्छन् भने त्यो यसमा समावेश छैन, ती निम्न हुन् :
 पहिलो: जब ऊ बोल्छ, जानाजानी झूट बोल्छ र उसको बोलीमा सत्यता हुँदैन ।
 दोस्रो : जब उसले सम्झौता गर्छ, त्यो पूरा गर्दैन र अर्को पक्षलाई धोका दिन्छ ।
 तेस्रो : जब उसले वाचा गर्छ, पूरा गर्दैन अनि तोड्छ ।
 चौथो: यदि उसले कसैसँग झगडा गर्छ भने उसको झगडा गम्भीर हुन्छ, ऊ सत्यबाट विचलित हुन्छ र सत्यलाई झुठो प्रमाणित गर्न झूट बोल्छ ।
 निफाक (कपट) भनेको भित्रीरुपमा विपरीत कुरा लुकाएर बाहिर अर्को कुरा देखाउनु हो, र यी विशेषताहरू भएको व्यक्तिमा यो गुण पाइन्छ। उसका झूट, वाचा, विश्वासघात, झगडा, र सम्झौताहरूमा निहित नाफकियत उनीसँग सम्बन्ध राख्नेहरूलाई असर गर्छ, इस्लामप्रति नाफकियत राख्ने अर्थमा होइन, जसले बाहिर इस्लाम देखाउँछ र भित्र कुफ्र लुकाउँछ। जसमा यी विशेषताहरूको कुनै एक गुण हुन्छ, त्यो व्यक्ति कपटको विशेषता बोकेर बसेको हुन्छ, जबसम्म ऊ यसलाई परित्याग गर्दैन।</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>निफाक (कपट) का केही लक्षणहरूको विवरण, त्यसमा पर्न विरुद्ध चेतावनी ।
 "यस हदीसको उद्देश्य यो हो कि यी विशेषताहरू नफाक (कपट) को विशेषताहरू हुन्, र जसमा यी पाइन्छन्, त्यो व्यक्ति यिनै गुणमा नफाकीहरूसँग मिल्दोजुल्दो हुन्छ र उनीहरूको चरित्र अपनाउनेजस्तो देखिन्छ। तर यसले उनलाई यस्तो मुनाफिक बनाउँदैन जसले बाहिर इस्लाम देखाएर भित्र कुफ्र लुकाउँछ। भनिएको छ कि यो तिनीहरूका लागि हो, जसमा यी विशेषताहरू हाबी हुन्छन्, तिनीहरूलाई बेवास्ता गर्छन् र हल्का ठान्छन्; किनकि जो यस्तो अवस्थामा हुन्छ, उसले प्रायः कमजोर विश्वास राख्ने प्रवृत्ति राख्छ।"
 गजालीले भने: धर्मको सार तीनवटा कुराहरूमा सीमित छ: वचन, कर्म र नियत । त्यसैले झुटले वचनको भ्रष्टता, विश्वासघातले कर्मको भ्रष्टता र 
 वाचा तोडेर नियतको भ्रष्टाचार हुने औंल्याए । किनभने वाचा तोड्ने मनसाय नभएसम्म त्यसमा केही खराबी छैन, जस्तैः पुरा गर्ने उसको दृढ नियत थियो, तर कुनै कुराले बाधा पुर्‍यायो वा उसको मनमा अर्को कुरा आयो भने, उसको तर्फबाट कुनै प्रकारको कपट हुँदैन ।
 निफाक (कपट वा पाखण्ड) दुई प्रकारका हुन्छन्: ईमानमा कपट : बाहिर आफू मुस्लिम भएको नाटक गर्ने अनि भित्र कुफ्र लुकाउने र यसले मानिसलाई इस्लामको दायराबाट खारेज गर्छ । अमल (कर्म) मा कपट, जसले आफ्नो नैतिकतामा कपटीहरूको नक्कल गर्दछ र यसले इस्लामको दायराबाट खारेज गर्दैन, तर यो ठूलो पाप हो ।
 इब्न हजरले भने: "विद्वानहरूले एकमत गरेका छन् कि जसले आफ्नो हृदय र जिब्रो दुवैबाट इस्लामको पुष्टि गरेको छ र यी विशेषताहरू प्रदर्शन गर्छ, उसलाई कुफ्रको दोष लगाइँदैन, न त ऊ सदाका लागि नरकमा रहिरहने मुनाफिक (कपटी) हो।"
 नववीले भने: विद्वानहरूको एक समूहले भने: यसको मतलब ती पाखण्डीहरू हुन्, जो नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा थिए । तिनीहरूले ईमान ल्याए तर झूट बोले, तिनीहरूलाई धर्म र अमानत (नासो) सुम्पियो, तर तिनीहरूले धोका दिए, तिनीहरूले धर्म र यसको मद्दत गर्ने वाचा गरे, तर तिनीहरूले विश्वासघात गरे र तिनीहरूले झगडा गर्दा गालीगलौज गरे ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65124</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ, प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ र त्यसपछि तेस्रो पटकमा उहाँले भन्नुभयो: "उसको लागि जो पढ्न चाहन्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मोगफ्फल (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ, प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ र त्यसपछि तेस्रो पटकमा उहाँले भन्नुभयो: "उसको लागि जो पढ्न चाहन्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रत्येक अजान र इकमात बीच एक नफल (स्वैच्छिक सलाह) छ भनेर बताउनुभयो । उहाँले यो वाक्य तीन पटक दोहोर्याउनु भयो । तेस्रो पटक उहाँले नमाज पढ्न चाहने व्यक्तिको लागि यो मुस्तहब हो भन्नुभयो ।</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>अजान र इकामतको बीचमा नमाज पढ्नु मुस्तहब हो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफूले भनेको कुरालाई प्रायः दोहोर्याउनुहुन्थ्यो, ताकि श्रोताहरूले राम्ररी सुन्न सकून् र भनिएको कुराप्रति ध्यानाकर्षण होस् ।
 दुई अजानको अर्थ : अजान र इकमत हो, तर दुवैलाई अजान भनिएको छ, जस्तैः 'कमरैन' दुई चन्द्रमा (सूर्य र चन्द्रमा) र 'उमरैन' दुई उमर (अबू बकर र उमर) ।
 अजान : नमाजको समय भएको सूचना हो र इकामत : नमाज (जमात) कायम गर्ने सूचना हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>जब मानिसको मृत्यु हुन्छ, उसका सबै कर्महरू बन्द हुन्छन्, सिवाय तीन चीजका: निरन्तर चलिरहने दान, ज्ञान जसबाट लाभ उठाइन्छ, र आस्थावान सन्तान जसले उसको लागि प्रार्थना गर्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जब मानिसको मृत्यु हुन्छ, उसका सबै कर्महरू बन्द हुन्छन्, सिवाय तीन चीजका: निरन्तर चलिरहने दान, ज्ञान जसबाट लाभ उठाइन्छ, र आस्थावान सन्तान जसले उसको लागि प्रार्थना गर्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, मृत व्यक्तिको कर्म उसको मृत्यु संगै समाप्त हुन्छ, त्यसैले उसले मृत्युपछि यी तीन चीजहरू बाहेक अरुमा पुण्य प्राप्त गर्नेछैन; किनभने यो उसको कारणले भएको थियो:
 पहिलो: दान (सदका जारियह) जसको पुण्य बिना कुनै अवरोध निरन्तर प्राप्त भइरहेको हुन्छ, जस्तै: वक्फ (अल्लाहको खातिर सदाको लागि दान गरिएको), मस्जिद निर्माण, इनार खन्नु आदि ।
 दोस्रो: ज्ञान जसले मानिसहरूलाई फाइदा पुर्‍याउँछ, जस्तै ज्ञानका पुस्तकहरू लेख्ने वा विद्यार्थीलाई सिकाउने र उसको मृत्युपछि त्यो विद्यार्थीले यो ज्ञान फैलाउँछन् ।
 तेस्रो: एक मुमिन र धर्मी बच्चा, जसले आफ्ना आमाबाबुको लागि दुआ (प्रार्थना) गर्दछ ।</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>मानिसले मृत्युपछि प्राप्त गर्ने पुण्य : सदकह जारिया (दान), लाभकारी ज्ञान र दुआ (प्रार्थना) हो भन्ने कुरामा विद्वानहरूको सर्वसम्मत रहेको छ । अन्य हदीसहरूमा : हज पनि उल्लेख गरिएको छ ।
 यस हदीसमा तीनकुराहरु उल्लेख गरिएको छ; किनभने यी कुराहरू भलाइका आधारहरू हुन् र धेरैजसो असल मानिसहरूको चाहना हुन् ।
 यसमा हरेक उपयोगी ज्ञानहरू समावेश छन्, तर यसको शीर्ष र शिखरमा शरियतको ज्ञान र यसलाई समर्थन गर्ने ज्ञानहरू छन् ।
 यी तीनमध्ये ज्ञान सबैभन्दा लाभदायक छ; किनभने ज्ञानले सिक्ने व्यक्तिलाई फाइदा पुर्‍याउँछ, यसमा शरियतको संरक्षण समावेश छ, यसले आम जनतालाई फाइदा पुर्‍याउँछ र यो अझ व्यापक र सामान्य छ, किनभने यसले जीवित हुँदा र मृत्युपछि दुवै अवस्थामा फाइदा पुर्‍याउँछ ।
 आफ्नो सन्तानलाई आस्थावान बनाउन प्रोत्साहन; किनभने तिनीहरूले आफ्नो आमाबुवालाई पछिको जीवनमा फाइदा पुर्‍याउने छन्, जस्तैः उनीहरुको लागि दुआ (प्रार्थना) गर्नु ।
 आमाबुवाको मृत्युपछि उनीहरूसँग राम्रो व्यवहार गर्ने प्रोत्साहन र यो पनि एक प्रकारको पुण्य हो जसबाट बच्चा लाभान्वित हुन्छ ।
 सन्तान बाहेक अरूले पनि दुआ गर्छ भने मृतकलाई फाइदा गर्छ, तर सन्तानलाई किन उल्लेख गरिएको छ भने ऊ आफैं मृत्यु नहुन्जेल आमाबुवाको लागि दुआ गरिरहेको हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>हे अल्लाहका रसूल! मेरी आमाको निधन भएको छ । यस्तो अवस्थामा कुन सद्का (दान) राम्रो होला ? उहाँले भन्नुभयो: "पानी ।" त्यसैले उनले एउटा इनार खने र भने : यो इनार साअ्दकी आमाको लागि हो ।</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>साअ्द बिन ओबादा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने : हे अल्लाहका रसूल! मेरी आमाको निधन भएको छ । यस्तो अवस्थामा कुन सद्का (दान) राम्रो होला ? उहाँले भन्नुभयो: "पानी ।" त्यसैले उनले एउटा इनार खने र भने : यो इनार साअ्दकी आमाको लागि हो ।</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>साअ्द बिन ओबादा (रजियल्लाहु अन्हु) की आमाको निधन भयो, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, आमाको लागि सदका गर्नुछ, सबैभन्दा राम्रो सदका के होला ? उहाँले भन्नुभयो: सबैभन्दा राम्रो सदका (दान) पानी हो, त्यसैले उनले एउटा इनार खने र आफ्नी आमाको लागि दानको रूपमा दिए ।</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>पानी एक उत्कृष्ट सद्का (दान) हो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले साअ्दलाई पानी दान गर्न निर्देशन दिनुभयो; किनभने यो धार्मिक र सांसारिक मामिलाहरूमा बढी लाभदायक हो, विशेषगरि अत्यधिक गर्मी र पानीको अभावमा ।
 सद्का (दान) को पुण्य मृतकलाई पुग्छ भन्ने प्रमाण ।
 साअ्द बिन ओबादाले आफ्नो आमाको लागि दान दिनुभयो (रजियल्लाहु अन्हुमा) ।</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65613</t>
   </si>
   <si>
-    <t>لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>मुमिन (आस्थावान) निन्दा गर्ने, श्राप दिने, बेहया (निर्लज्ज) र अश्लील व्यक्ति होइनन् ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) निन्दा गर्ने, श्राप दिने, बेहया (निर्लज्ज) र अश्लील व्यक्ति होइनन् ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>मानिसहरूको वंश र पुर्खाको बारेमा गलत कुरा गर्ने, गालीगलौज गर्ने, श्राप दिने, आफ्नो बोली र व्यवहारमा निर्लज्जता र अश्लीलता झल्काउने पूर्ण मुमिनको पहिचान होइन भनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ ।</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>इस्लामिक विधानमा हराम (निषेधित) कार्य गर्न वा वाजिब (अनिवार्य) लाई बेवास्ता गरेकोमा केवल इमान बर्बाद हुन्छ भनी भनिएको छ ।
 अंगहरूलाई सुरक्षित राख्न र तिनलाई दुर्व्यवहारबाट जोगाउन प्रेरित गरिएको छ, विशेष गरी जिब्रो (भाषा) को हकमा।
 सिन्धीले भने: हदीसमा "अति गालीगलौज र श्राप दिने" शब्द प्रयोग गरिएकोले केही योग्य व्यक्तिहरूलाई सामान्य सराप्दा त्यो अन्तर्गत पर्दैन भन्ने तर्क हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65869</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>कुर्कुच्चालाई नरकको आगोबाट जोगाऊ, वुजूलाई पूरा गर।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग मक्काबाट मदिना फर्किरहेका थियौं । बाटोमा पानी भेटिएपछि केही मानिसहरूले अस्रको समयमा हतार गरे र छिटो छिटो वुजू गरे । हामी त्यहाँ आइपुग्दा उनीहरूको कुर्कुच्चोमा पानी नपुगेकोले चम्किरहेको थियो। यो देखेर ररसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "कुर्कुच्चालाई नरकको आगोबाट जोगाऊ, वुजूलाई पूरा गर।"</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूसँग मक्कादेखि मदीनासम्मको यात्रा गर्नुभयो । बाटोमा पानी भेटिएपछि केही साथीहरूले अस्रको नमाजको लागि हतार-हतारमा वुजू गरे र तिनीहरूको कुर्कुच्चो सुकेको र पानी नपुगेको स्पष्ट देखिन्थ्यो । तसर्थ, ररसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: वुजू गर्दा आफ्नो कुर्कुच्चो धुन बेवास्ता गर्ने व्यक्तिहरूका लागि नर्कको दण्ड र विनाश छ । उहाँले तिनीहरूलाई पूर्ण रूपमा वुजू गर्न आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>वुजू गर्दा दुवै खुट्टा धुनु अनिवार्य हो; किनकि यदि मसह गर्ने (पुछ्ने) अनुमति भएको भए कुर्कुच्चा नधोएमा आगो (नर्क) को दण्डको धम्की दिइने थिएन ।
@@ -19863,51 +20089,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O525"/>
+  <dimension ref="A1:O529"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -20853,23633 +21079,23809 @@
       </c>
       <c r="E22" t="s">
         <v>203</v>
       </c>
       <c r="F22" t="s">
         <v>204</v>
       </c>
       <c r="G22" t="s">
         <v>205</v>
       </c>
       <c r="H22" t="s">
         <v>206</v>
       </c>
       <c r="I22" t="s">
         <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
-      <c r="M22" t="s">
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3018</v>
       </c>
       <c r="B23" t="s">
+        <v>210</v>
+      </c>
+      <c r="C23" t="s">
         <v>211</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>212</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>213</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>214</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>215</v>
       </c>
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>216</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3029</v>
       </c>
       <c r="B24" t="s">
+        <v>219</v>
+      </c>
+      <c r="C24" t="s">
         <v>220</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>221</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>222</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>223</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>224</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>225</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3031</v>
       </c>
       <c r="B25" t="s">
+        <v>228</v>
+      </c>
+      <c r="C25" t="s">
         <v>229</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>230</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>231</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>232</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>233</v>
       </c>
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>234</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3033</v>
       </c>
       <c r="B26" t="s">
+        <v>237</v>
+      </c>
+      <c r="C26" t="s">
         <v>238</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>239</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>240</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>241</v>
       </c>
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>242</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>243</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3037</v>
       </c>
       <c r="B27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" t="s">
         <v>247</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>248</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>249</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>250</v>
       </c>
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>251</v>
       </c>
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>252</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>170</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3044</v>
       </c>
       <c r="B28" t="s">
+        <v>255</v>
+      </c>
+      <c r="C28" t="s">
         <v>256</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>257</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>258</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>259</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>260</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>261</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
         <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3045</v>
       </c>
       <c r="B29" t="s">
+        <v>264</v>
+      </c>
+      <c r="C29" t="s">
         <v>265</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>266</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>267</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>268</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>269</v>
       </c>
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>270</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>271</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
         <v>272</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>273</v>
       </c>
-      <c r="K29" t="s">
+      <c r="M29" t="s">
         <v>274</v>
       </c>
-      <c r="M29" t="s">
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
+        <v>276</v>
+      </c>
+      <c r="C30" t="s">
         <v>277</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>278</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>279</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>280</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30" t="s">
         <v>281</v>
       </c>
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>282</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3060</v>
       </c>
       <c r="B31" t="s">
+        <v>285</v>
+      </c>
+      <c r="C31" t="s">
         <v>286</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>287</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>288</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>289</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>290</v>
       </c>
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>291</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3061</v>
       </c>
       <c r="B32" t="s">
+        <v>294</v>
+      </c>
+      <c r="C32" t="s">
         <v>295</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>296</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>297</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>298</v>
       </c>
-      <c r="F32" t="s">
+      <c r="G32" t="s">
         <v>299</v>
       </c>
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>300</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3062</v>
       </c>
       <c r="B33" t="s">
+        <v>303</v>
+      </c>
+      <c r="C33" t="s">
         <v>304</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>305</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>306</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>307</v>
       </c>
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>308</v>
       </c>
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>309</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>310</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
         <v>311</v>
       </c>
-      <c r="J33" t="s">
-[...2 lines deleted...]
-      <c r="K33" t="s">
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
         <v>312</v>
       </c>
-      <c r="L33" t="s">
-[...2 lines deleted...]
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3063</v>
       </c>
       <c r="B34" t="s">
+        <v>314</v>
+      </c>
+      <c r="C34" t="s">
         <v>315</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>316</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>317</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>318</v>
       </c>
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>319</v>
       </c>
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>320</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3071</v>
       </c>
       <c r="B35" t="s">
+        <v>323</v>
+      </c>
+      <c r="C35" t="s">
         <v>324</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>325</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>326</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>327</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>328</v>
       </c>
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>329</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3075</v>
       </c>
       <c r="B36" t="s">
+        <v>332</v>
+      </c>
+      <c r="C36" t="s">
         <v>333</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>334</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>335</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>336</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>337</v>
       </c>
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>338</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3078</v>
       </c>
       <c r="B37" t="s">
+        <v>341</v>
+      </c>
+      <c r="C37" t="s">
         <v>342</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>343</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>344</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>345</v>
       </c>
-      <c r="F37" t="s">
+      <c r="G37" t="s">
         <v>346</v>
       </c>
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>347</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3079</v>
       </c>
       <c r="B38" t="s">
+        <v>350</v>
+      </c>
+      <c r="C38" t="s">
         <v>351</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>352</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>353</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>354</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>355</v>
       </c>
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>356</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3086</v>
       </c>
       <c r="B39" t="s">
+        <v>359</v>
+      </c>
+      <c r="C39" t="s">
         <v>360</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>361</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>362</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>363</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>364</v>
       </c>
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>365</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3087</v>
       </c>
       <c r="B40" t="s">
+        <v>368</v>
+      </c>
+      <c r="C40" t="s">
         <v>369</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>370</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>371</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>372</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" t="s">
         <v>373</v>
       </c>
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>374</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3088</v>
       </c>
       <c r="B41" t="s">
+        <v>377</v>
+      </c>
+      <c r="C41" t="s">
         <v>378</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>379</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>380</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>381</v>
       </c>
-      <c r="F41" t="s">
+      <c r="G41" t="s">
         <v>382</v>
       </c>
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>383</v>
       </c>
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3095</v>
       </c>
       <c r="B42" t="s">
+        <v>386</v>
+      </c>
+      <c r="C42" t="s">
         <v>387</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>388</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>389</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>390</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>391</v>
       </c>
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>392</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3096</v>
       </c>
       <c r="B43" t="s">
+        <v>395</v>
+      </c>
+      <c r="C43" t="s">
         <v>396</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>397</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>398</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>399</v>
       </c>
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>400</v>
       </c>
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>401</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3103</v>
       </c>
       <c r="B44" t="s">
+        <v>404</v>
+      </c>
+      <c r="C44" t="s">
         <v>405</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>406</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>407</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>408</v>
       </c>
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>409</v>
       </c>
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>410</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3104</v>
       </c>
       <c r="B45" t="s">
+        <v>413</v>
+      </c>
+      <c r="C45" t="s">
         <v>414</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>415</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>416</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>417</v>
       </c>
-      <c r="F45" t="s">
+      <c r="G45" t="s">
         <v>418</v>
       </c>
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>419</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3107</v>
       </c>
       <c r="B46" t="s">
+        <v>422</v>
+      </c>
+      <c r="C46" t="s">
         <v>423</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>424</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>425</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>426</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>427</v>
       </c>
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>428</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3110</v>
       </c>
       <c r="B47" t="s">
+        <v>431</v>
+      </c>
+      <c r="C47" t="s">
         <v>432</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>433</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>434</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>435</v>
       </c>
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>436</v>
       </c>
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>437</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3122</v>
       </c>
       <c r="B48" t="s">
+        <v>440</v>
+      </c>
+      <c r="C48" t="s">
         <v>441</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>442</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>443</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>444</v>
       </c>
-      <c r="F48" t="s">
+      <c r="G48" t="s">
         <v>445</v>
       </c>
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>446</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>447</v>
       </c>
-      <c r="I48" t="s">
+      <c r="J48" t="s">
         <v>448</v>
       </c>
-      <c r="J48" t="s">
+      <c r="K48" t="s">
         <v>449</v>
       </c>
-      <c r="K48" t="s">
+      <c r="L48" t="s">
         <v>450</v>
       </c>
-      <c r="L48" t="s">
+      <c r="M48" t="s">
         <v>451</v>
       </c>
-      <c r="M48" t="s">
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3127</v>
       </c>
       <c r="B49" t="s">
+        <v>453</v>
+      </c>
+      <c r="C49" t="s">
         <v>454</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>455</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>456</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>457</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>458</v>
       </c>
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>459</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3135</v>
       </c>
       <c r="B50" t="s">
+        <v>462</v>
+      </c>
+      <c r="C50" t="s">
         <v>463</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>464</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>465</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>466</v>
       </c>
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>467</v>
       </c>
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>468</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3138</v>
       </c>
       <c r="B51" t="s">
+        <v>471</v>
+      </c>
+      <c r="C51" t="s">
         <v>472</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>473</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>474</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>475</v>
       </c>
-      <c r="F51" t="s">
+      <c r="G51" t="s">
         <v>476</v>
       </c>
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>477</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3142</v>
       </c>
       <c r="B52" t="s">
+        <v>480</v>
+      </c>
+      <c r="C52" t="s">
         <v>481</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>482</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>483</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>484</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>485</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>486</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3143</v>
       </c>
       <c r="B53" t="s">
+        <v>489</v>
+      </c>
+      <c r="C53" t="s">
         <v>490</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>491</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>492</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>493</v>
       </c>
-      <c r="F53" t="s">
+      <c r="G53" t="s">
         <v>494</v>
       </c>
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>495</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3144</v>
       </c>
       <c r="B54" t="s">
+        <v>498</v>
+      </c>
+      <c r="C54" t="s">
         <v>499</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>500</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>501</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>502</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>503</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>504</v>
       </c>
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3145</v>
       </c>
       <c r="B55" t="s">
+        <v>507</v>
+      </c>
+      <c r="C55" t="s">
         <v>508</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>509</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>510</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
         <v>511</v>
       </c>
-      <c r="F55" t="s">
+      <c r="G55" t="s">
         <v>512</v>
       </c>
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>513</v>
       </c>
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3150</v>
       </c>
       <c r="B56" t="s">
+        <v>516</v>
+      </c>
+      <c r="C56" t="s">
         <v>517</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>518</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>519</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>520</v>
       </c>
-      <c r="F56" t="s">
+      <c r="G56" t="s">
         <v>521</v>
       </c>
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>522</v>
       </c>
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3153</v>
       </c>
       <c r="B57" t="s">
+        <v>525</v>
+      </c>
+      <c r="C57" t="s">
         <v>526</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>527</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>528</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
         <v>529</v>
       </c>
-      <c r="F57" t="s">
+      <c r="G57" t="s">
         <v>530</v>
       </c>
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>531</v>
       </c>
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3156</v>
       </c>
       <c r="B58" t="s">
+        <v>534</v>
+      </c>
+      <c r="C58" t="s">
         <v>535</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>536</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>537</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>538</v>
       </c>
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>539</v>
       </c>
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>540</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3157</v>
       </c>
       <c r="B59" t="s">
+        <v>543</v>
+      </c>
+      <c r="C59" t="s">
         <v>544</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>545</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>546</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>547</v>
       </c>
-      <c r="F59" t="s">
+      <c r="G59" t="s">
         <v>548</v>
       </c>
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>549</v>
       </c>
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3159</v>
       </c>
       <c r="B60" t="s">
+        <v>552</v>
+      </c>
+      <c r="C60" t="s">
         <v>553</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>554</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>555</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
         <v>556</v>
       </c>
-      <c r="F60" t="s">
+      <c r="G60" t="s">
         <v>557</v>
       </c>
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>558</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>559</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="K60" t="s">
         <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="M60" t="s">
         <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3220</v>
       </c>
       <c r="B61" t="s">
+        <v>561</v>
+      </c>
+      <c r="C61" t="s">
         <v>562</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>563</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>564</v>
       </c>
-      <c r="E61" t="s">
+      <c r="F61" t="s">
         <v>565</v>
       </c>
-      <c r="F61" t="s">
+      <c r="G61" t="s">
         <v>566</v>
       </c>
-      <c r="G61" t="s">
+      <c r="H61" t="s">
         <v>567</v>
       </c>
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3236</v>
       </c>
       <c r="B62" t="s">
+        <v>570</v>
+      </c>
+      <c r="C62" t="s">
         <v>571</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>572</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>573</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
         <v>574</v>
       </c>
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>575</v>
       </c>
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>576</v>
       </c>
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>577</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
         <v>578</v>
       </c>
-      <c r="J62" t="s">
-[...2 lines deleted...]
-      <c r="K62" t="s">
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
         <v>579</v>
       </c>
-      <c r="L62" t="s">
-[...2 lines deleted...]
-      <c r="M62" t="s">
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>580</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3267</v>
       </c>
       <c r="B63" t="s">
+        <v>581</v>
+      </c>
+      <c r="C63" t="s">
         <v>582</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>583</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>584</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>585</v>
       </c>
-      <c r="F63" t="s">
+      <c r="G63" t="s">
         <v>586</v>
       </c>
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>587</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3272</v>
       </c>
       <c r="B64" t="s">
+        <v>590</v>
+      </c>
+      <c r="C64" t="s">
         <v>591</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>592</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>593</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>594</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s">
         <v>595</v>
       </c>
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>596</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3279</v>
       </c>
       <c r="B65" t="s">
+        <v>599</v>
+      </c>
+      <c r="C65" t="s">
         <v>600</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>601</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>602</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>603</v>
       </c>
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>604</v>
       </c>
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>605</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3285</v>
       </c>
       <c r="B66" t="s">
+        <v>608</v>
+      </c>
+      <c r="C66" t="s">
         <v>609</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>610</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>611</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>612</v>
       </c>
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>613</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>614</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3298</v>
       </c>
       <c r="B67" t="s">
+        <v>617</v>
+      </c>
+      <c r="C67" t="s">
         <v>618</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>619</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>620</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>621</v>
       </c>
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>622</v>
       </c>
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>623</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3310</v>
       </c>
       <c r="B68" t="s">
+        <v>626</v>
+      </c>
+      <c r="C68" t="s">
         <v>627</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>628</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>629</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>630</v>
       </c>
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>631</v>
       </c>
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>632</v>
       </c>
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3313</v>
       </c>
       <c r="B69" t="s">
+        <v>635</v>
+      </c>
+      <c r="C69" t="s">
         <v>636</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>637</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>638</v>
       </c>
-      <c r="E69" t="s">
+      <c r="F69" t="s">
         <v>639</v>
       </c>
-      <c r="F69" t="s">
+      <c r="G69" t="s">
         <v>640</v>
       </c>
-      <c r="G69" t="s">
+      <c r="H69" t="s">
         <v>641</v>
       </c>
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
         <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3316</v>
       </c>
       <c r="B70" t="s">
+        <v>644</v>
+      </c>
+      <c r="C70" t="s">
         <v>645</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>646</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>647</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>648</v>
       </c>
-      <c r="F70" t="s">
+      <c r="G70" t="s">
         <v>649</v>
       </c>
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>650</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3317</v>
       </c>
       <c r="B71" t="s">
+        <v>653</v>
+      </c>
+      <c r="C71" t="s">
         <v>654</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>655</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>656</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
         <v>657</v>
       </c>
-      <c r="F71" t="s">
+      <c r="G71" t="s">
         <v>658</v>
       </c>
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>659</v>
       </c>
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>660</v>
       </c>
-      <c r="I71" t="s">
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" t="s">
+        <v>449</v>
+      </c>
+      <c r="L71" t="s">
+        <v>26</v>
+      </c>
+      <c r="M71" t="s">
+        <v>451</v>
+      </c>
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
         <v>661</v>
-      </c>
-[...16 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3330</v>
       </c>
       <c r="B72" t="s">
+        <v>662</v>
+      </c>
+      <c r="C72" t="s">
         <v>663</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>664</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>665</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
         <v>666</v>
       </c>
-      <c r="F72" t="s">
+      <c r="G72" t="s">
         <v>667</v>
       </c>
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>668</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3331</v>
       </c>
       <c r="B73" t="s">
+        <v>671</v>
+      </c>
+      <c r="C73" t="s">
         <v>672</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>673</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>674</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>675</v>
       </c>
-      <c r="F73" t="s">
+      <c r="G73" t="s">
         <v>676</v>
       </c>
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>677</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3336</v>
       </c>
       <c r="B74" t="s">
+        <v>680</v>
+      </c>
+      <c r="C74" t="s">
         <v>681</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>682</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>683</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>684</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s">
         <v>685</v>
       </c>
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>686</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>687</v>
       </c>
-      <c r="I74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>688</v>
       </c>
-      <c r="J74" t="s">
-[...2 lines deleted...]
-      <c r="K74" t="s">
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
         <v>689</v>
       </c>
-      <c r="L74" t="s">
-[...2 lines deleted...]
-      <c r="M74" t="s">
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>690</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3341</v>
       </c>
       <c r="B75" t="s">
+        <v>691</v>
+      </c>
+      <c r="C75" t="s">
         <v>692</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>693</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>694</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>695</v>
       </c>
-      <c r="F75" t="s">
+      <c r="G75" t="s">
         <v>696</v>
       </c>
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>697</v>
       </c>
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3342</v>
       </c>
       <c r="B76" t="s">
+        <v>700</v>
+      </c>
+      <c r="C76" t="s">
         <v>701</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>702</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>703</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>704</v>
       </c>
-      <c r="F76" t="s">
+      <c r="G76" t="s">
         <v>705</v>
       </c>
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>706</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3345</v>
       </c>
       <c r="B77" t="s">
+        <v>709</v>
+      </c>
+      <c r="C77" t="s">
         <v>710</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>711</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>712</v>
       </c>
-      <c r="E77" t="s">
+      <c r="F77" t="s">
         <v>713</v>
       </c>
-      <c r="F77" t="s">
+      <c r="G77" t="s">
         <v>714</v>
       </c>
-      <c r="G77" t="s">
+      <c r="H77" t="s">
         <v>715</v>
       </c>
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3347</v>
       </c>
       <c r="B78" t="s">
+        <v>718</v>
+      </c>
+      <c r="C78" t="s">
         <v>719</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>720</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>721</v>
       </c>
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>722</v>
       </c>
-      <c r="F78" t="s">
+      <c r="G78" t="s">
         <v>723</v>
       </c>
-      <c r="G78" t="s">
+      <c r="H78" t="s">
         <v>724</v>
       </c>
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
         <v>170</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3348</v>
       </c>
       <c r="B79" t="s">
+        <v>727</v>
+      </c>
+      <c r="C79" t="s">
         <v>728</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>729</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>730</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>731</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>732</v>
       </c>
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>733</v>
       </c>
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>736</v>
+      </c>
+      <c r="C80" t="s">
         <v>737</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>738</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>739</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>740</v>
       </c>
-      <c r="F80" t="s">
+      <c r="G80" t="s">
         <v>741</v>
       </c>
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>742</v>
       </c>
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>743</v>
       </c>
-      <c r="I80" t="s">
+      <c r="J80" t="s">
+        <v>448</v>
+      </c>
+      <c r="K80" t="s">
         <v>744</v>
       </c>
-      <c r="J80" t="s">
-[...2 lines deleted...]
-      <c r="K80" t="s">
+      <c r="L80" t="s">
+        <v>450</v>
+      </c>
+      <c r="M80" t="s">
         <v>745</v>
       </c>
-      <c r="L80" t="s">
-[...2 lines deleted...]
-      <c r="M80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>746</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>747</v>
+      </c>
+      <c r="C81" t="s">
         <v>748</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>749</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>750</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>751</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
         <v>752</v>
       </c>
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>753</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>754</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>755</v>
       </c>
-      <c r="J81" t="s">
+      <c r="K81" t="s">
         <v>756</v>
       </c>
-      <c r="K81" t="s">
+      <c r="L81" t="s">
         <v>757</v>
       </c>
-      <c r="L81" t="s">
+      <c r="M81" t="s">
         <v>758</v>
       </c>
-      <c r="M81" t="s">
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>759</v>
-      </c>
-[...4 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3354</v>
       </c>
       <c r="B82" t="s">
+        <v>760</v>
+      </c>
+      <c r="C82" t="s">
         <v>761</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>762</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>763</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>764</v>
       </c>
-      <c r="F82" t="s">
+      <c r="G82" t="s">
         <v>765</v>
       </c>
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>766</v>
       </c>
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3355</v>
       </c>
       <c r="B83" t="s">
+        <v>769</v>
+      </c>
+      <c r="C83" t="s">
         <v>770</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>771</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>772</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>773</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>774</v>
       </c>
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>775</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3359</v>
       </c>
       <c r="B84" t="s">
+        <v>778</v>
+      </c>
+      <c r="C84" t="s">
         <v>779</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>780</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>781</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>782</v>
       </c>
-      <c r="F84" t="s">
+      <c r="G84" t="s">
         <v>783</v>
       </c>
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>784</v>
       </c>
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>785</v>
       </c>
-      <c r="I84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>449</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>451</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>786</v>
-      </c>
-[...16 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3360</v>
       </c>
       <c r="B85" t="s">
+        <v>787</v>
+      </c>
+      <c r="C85" t="s">
         <v>788</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>789</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>790</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>791</v>
       </c>
-      <c r="F85" t="s">
+      <c r="G85" t="s">
         <v>792</v>
       </c>
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>793</v>
       </c>
-      <c r="H85" t="s">
+      <c r="I85" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3361</v>
       </c>
       <c r="B86" t="s">
+        <v>796</v>
+      </c>
+      <c r="C86" t="s">
         <v>797</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>798</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>799</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>800</v>
       </c>
-      <c r="F86" t="s">
+      <c r="G86" t="s">
         <v>801</v>
       </c>
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>802</v>
       </c>
-      <c r="H86" t="s">
+      <c r="I86" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3364</v>
       </c>
       <c r="B87" t="s">
+        <v>805</v>
+      </c>
+      <c r="C87" t="s">
         <v>806</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>807</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>808</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>809</v>
       </c>
-      <c r="F87" t="s">
+      <c r="G87" t="s">
         <v>810</v>
       </c>
-      <c r="G87" t="s">
+      <c r="H87" t="s">
         <v>811</v>
       </c>
-      <c r="H87" t="s">
+      <c r="I87" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3365</v>
       </c>
       <c r="B88" t="s">
+        <v>814</v>
+      </c>
+      <c r="C88" t="s">
         <v>815</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>816</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>817</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>818</v>
       </c>
-      <c r="F88" t="s">
+      <c r="G88" t="s">
         <v>819</v>
       </c>
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>820</v>
       </c>
-      <c r="H88" t="s">
+      <c r="I88" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3366</v>
       </c>
       <c r="B89" t="s">
+        <v>823</v>
+      </c>
+      <c r="C89" t="s">
         <v>824</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>825</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>826</v>
       </c>
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>827</v>
       </c>
-      <c r="F89" t="s">
+      <c r="G89" t="s">
         <v>828</v>
       </c>
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>829</v>
       </c>
-      <c r="H89" t="s">
+      <c r="I89" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3370</v>
       </c>
       <c r="B90" t="s">
+        <v>832</v>
+      </c>
+      <c r="C90" t="s">
         <v>833</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>834</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>835</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>836</v>
       </c>
-      <c r="F90" t="s">
+      <c r="G90" t="s">
         <v>837</v>
       </c>
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>838</v>
       </c>
-      <c r="H90" t="s">
+      <c r="I90" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>170</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3372</v>
       </c>
       <c r="B91" t="s">
+        <v>841</v>
+      </c>
+      <c r="C91" t="s">
         <v>842</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>843</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>844</v>
       </c>
-      <c r="E91" t="s">
+      <c r="F91" t="s">
         <v>845</v>
       </c>
-      <c r="F91" t="s">
+      <c r="G91" t="s">
         <v>846</v>
       </c>
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>847</v>
       </c>
-      <c r="H91" t="s">
+      <c r="I91" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3373</v>
       </c>
       <c r="B92" t="s">
+        <v>850</v>
+      </c>
+      <c r="C92" t="s">
         <v>851</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>852</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>853</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>854</v>
       </c>
-      <c r="F92" t="s">
+      <c r="G92" t="s">
         <v>855</v>
       </c>
-      <c r="G92" t="s">
+      <c r="H92" t="s">
         <v>856</v>
       </c>
-      <c r="H92" t="s">
+      <c r="I92" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
         <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>171</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3375</v>
       </c>
       <c r="B93" t="s">
+        <v>859</v>
+      </c>
+      <c r="C93" t="s">
         <v>860</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>861</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>862</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>863</v>
       </c>
-      <c r="F93" t="s">
+      <c r="G93" t="s">
         <v>864</v>
       </c>
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>865</v>
       </c>
-      <c r="H93" t="s">
+      <c r="I93" t="s">
         <v>866</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>448</v>
+      </c>
+      <c r="K93" t="s">
+        <v>688</v>
+      </c>
+      <c r="L93" t="s">
+        <v>450</v>
+      </c>
+      <c r="M93" t="s">
+        <v>689</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>867</v>
-      </c>
-[...16 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3379</v>
       </c>
       <c r="B94" t="s">
+        <v>868</v>
+      </c>
+      <c r="C94" t="s">
         <v>869</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>870</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>871</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>872</v>
       </c>
-      <c r="F94" t="s">
+      <c r="G94" t="s">
         <v>873</v>
       </c>
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>874</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3381</v>
       </c>
       <c r="B95" t="s">
+        <v>877</v>
+      </c>
+      <c r="C95" t="s">
         <v>878</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>879</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>880</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>881</v>
       </c>
-      <c r="F95" t="s">
+      <c r="G95" t="s">
         <v>882</v>
       </c>
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>883</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
         <v>884</v>
       </c>
-      <c r="I95" t="s">
+      <c r="J95" t="s">
+        <v>448</v>
+      </c>
+      <c r="K95" t="s">
+        <v>688</v>
+      </c>
+      <c r="L95" t="s">
+        <v>450</v>
+      </c>
+      <c r="M95" t="s">
+        <v>689</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>885</v>
-      </c>
-[...16 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3383</v>
       </c>
       <c r="B96" t="s">
+        <v>886</v>
+      </c>
+      <c r="C96" t="s">
         <v>887</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>888</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>889</v>
       </c>
-      <c r="E96" t="s">
+      <c r="F96" t="s">
         <v>890</v>
       </c>
-      <c r="F96" t="s">
+      <c r="G96" t="s">
         <v>891</v>
       </c>
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>892</v>
       </c>
-      <c r="H96" t="s">
+      <c r="I96" t="s">
         <v>893</v>
       </c>
-      <c r="I96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>273</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>274</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>894</v>
-      </c>
-[...16 lines deleted...]
-        <v>895</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3389</v>
       </c>
       <c r="B97" t="s">
+        <v>895</v>
+      </c>
+      <c r="C97" t="s">
         <v>896</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>897</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>898</v>
       </c>
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>899</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97" t="s">
         <v>900</v>
       </c>
-      <c r="G97" t="s">
+      <c r="H97" t="s">
         <v>901</v>
       </c>
-      <c r="H97" t="s">
+      <c r="I97" t="s">
         <v>902</v>
       </c>
-      <c r="I97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
         <v>903</v>
       </c>
-      <c r="J97" t="s">
-[...2 lines deleted...]
-      <c r="K97" t="s">
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
         <v>904</v>
       </c>
-      <c r="L97" t="s">
-[...2 lines deleted...]
-      <c r="M97" t="s">
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3390</v>
       </c>
       <c r="B98" t="s">
+        <v>906</v>
+      </c>
+      <c r="C98" t="s">
         <v>907</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>908</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>909</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>910</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s">
         <v>911</v>
       </c>
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>912</v>
       </c>
-      <c r="H98" t="s">
+      <c r="I98" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3395</v>
       </c>
       <c r="B99" t="s">
+        <v>915</v>
+      </c>
+      <c r="C99" t="s">
         <v>916</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>917</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>918</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>919</v>
       </c>
-      <c r="F99" t="s">
+      <c r="G99" t="s">
         <v>920</v>
       </c>
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>921</v>
       </c>
-      <c r="H99" t="s">
+      <c r="I99" t="s">
         <v>922</v>
       </c>
-      <c r="I99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
         <v>923</v>
       </c>
-      <c r="J99" t="s">
-[...2 lines deleted...]
-      <c r="K99" t="s">
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
         <v>924</v>
       </c>
-      <c r="L99" t="s">
-[...2 lines deleted...]
-      <c r="M99" t="s">
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3406</v>
       </c>
       <c r="B100" t="s">
+        <v>926</v>
+      </c>
+      <c r="C100" t="s">
         <v>927</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>928</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>929</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>930</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s">
         <v>931</v>
       </c>
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>932</v>
       </c>
-      <c r="H100" t="s">
+      <c r="I100" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3407</v>
       </c>
       <c r="B101" t="s">
+        <v>935</v>
+      </c>
+      <c r="C101" t="s">
         <v>936</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>937</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>938</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>939</v>
       </c>
-      <c r="F101" t="s">
+      <c r="G101" t="s">
         <v>940</v>
       </c>
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>941</v>
       </c>
-      <c r="H101" t="s">
+      <c r="I101" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3409</v>
       </c>
       <c r="B102" t="s">
+        <v>944</v>
+      </c>
+      <c r="C102" t="s">
         <v>945</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>946</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>947</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>948</v>
       </c>
-      <c r="F102" t="s">
+      <c r="G102" t="s">
         <v>949</v>
       </c>
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>950</v>
       </c>
-      <c r="H102" t="s">
+      <c r="I102" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3410</v>
       </c>
       <c r="B103" t="s">
+        <v>953</v>
+      </c>
+      <c r="C103" t="s">
         <v>954</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>955</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>956</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>957</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s">
         <v>958</v>
       </c>
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>959</v>
       </c>
-      <c r="H103" t="s">
+      <c r="I103" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3414</v>
       </c>
       <c r="B104" t="s">
+        <v>962</v>
+      </c>
+      <c r="C104" t="s">
         <v>963</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>964</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>965</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>966</v>
       </c>
-      <c r="F104" t="s">
+      <c r="G104" t="s">
         <v>967</v>
       </c>
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>968</v>
       </c>
-      <c r="H104" t="s">
+      <c r="I104" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>970</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3417</v>
       </c>
       <c r="B105" t="s">
+        <v>971</v>
+      </c>
+      <c r="C105" t="s">
         <v>972</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>973</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>974</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>975</v>
       </c>
-      <c r="F105" t="s">
+      <c r="G105" t="s">
         <v>976</v>
       </c>
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>977</v>
       </c>
-      <c r="H105" t="s">
+      <c r="I105" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3418</v>
       </c>
       <c r="B106" t="s">
+        <v>980</v>
+      </c>
+      <c r="C106" t="s">
         <v>981</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>982</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
         <v>983</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>984</v>
       </c>
-      <c r="F106" t="s">
+      <c r="G106" t="s">
         <v>985</v>
       </c>
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>986</v>
       </c>
-      <c r="H106" t="s">
+      <c r="I106" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3419</v>
       </c>
       <c r="B107" t="s">
+        <v>989</v>
+      </c>
+      <c r="C107" t="s">
         <v>990</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>991</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>992</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>993</v>
       </c>
-      <c r="F107" t="s">
+      <c r="G107" t="s">
         <v>994</v>
       </c>
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>995</v>
       </c>
-      <c r="H107" t="s">
+      <c r="I107" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3420</v>
       </c>
       <c r="B108" t="s">
+        <v>998</v>
+      </c>
+      <c r="C108" t="s">
         <v>999</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>1000</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>1001</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>1002</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s">
         <v>1003</v>
       </c>
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>1004</v>
       </c>
-      <c r="H108" t="s">
+      <c r="I108" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3422</v>
       </c>
       <c r="B109" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C109" t="s">
         <v>1008</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>1009</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
         <v>1010</v>
       </c>
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>1011</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s">
         <v>1012</v>
       </c>
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>1013</v>
       </c>
-      <c r="H109" t="s">
+      <c r="I109" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3437</v>
       </c>
       <c r="B110" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C110" t="s">
         <v>1017</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>1018</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>1019</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>1020</v>
       </c>
-      <c r="F110" t="s">
+      <c r="G110" t="s">
         <v>1021</v>
       </c>
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>1022</v>
       </c>
-      <c r="H110" t="s">
+      <c r="I110" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3438</v>
       </c>
       <c r="B111" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C111" t="s">
         <v>1026</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>1027</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>1028</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>1029</v>
       </c>
-      <c r="F111" t="s">
+      <c r="G111" t="s">
         <v>1030</v>
       </c>
-      <c r="G111" t="s">
+      <c r="H111" t="s">
         <v>1031</v>
       </c>
-      <c r="H111" t="s">
+      <c r="I111" t="s">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3444</v>
       </c>
       <c r="B112" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C112" t="s">
         <v>1035</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>1036</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>1037</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>1038</v>
       </c>
-      <c r="F112" t="s">
+      <c r="G112" t="s">
         <v>1039</v>
       </c>
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>1040</v>
       </c>
-      <c r="H112" t="s">
+      <c r="I112" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3461</v>
       </c>
       <c r="B113" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C113" t="s">
         <v>1044</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>1045</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>1046</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>1047</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
         <v>1048</v>
       </c>
-      <c r="G113" t="s">
+      <c r="H113" t="s">
         <v>1049</v>
       </c>
-      <c r="H113" t="s">
+      <c r="I113" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3469</v>
       </c>
       <c r="B114" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C114" t="s">
         <v>1053</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>1054</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
         <v>1055</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>1056</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114" t="s">
         <v>1057</v>
       </c>
-      <c r="G114" t="s">
+      <c r="H114" t="s">
         <v>1058</v>
       </c>
-      <c r="H114" t="s">
+      <c r="I114" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3470</v>
       </c>
       <c r="B115" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C115" t="s">
         <v>1062</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>1063</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>1064</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>1065</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s">
         <v>1066</v>
       </c>
-      <c r="G115" t="s">
+      <c r="H115" t="s">
         <v>1067</v>
       </c>
-      <c r="H115" t="s">
+      <c r="I115" t="s">
         <v>1068</v>
       </c>
-      <c r="I115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
         <v>1069</v>
       </c>
-      <c r="J115" t="s">
-[...2 lines deleted...]
-      <c r="K115" t="s">
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
         <v>1070</v>
       </c>
-      <c r="L115" t="s">
-[...2 lines deleted...]
-      <c r="M115" t="s">
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
         <v>1071</v>
-      </c>
-[...4 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3475</v>
       </c>
       <c r="B116" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C116" t="s">
         <v>1073</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>1074</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>1075</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>1076</v>
       </c>
-      <c r="F116" t="s">
+      <c r="G116" t="s">
         <v>1077</v>
       </c>
-      <c r="G116" t="s">
+      <c r="H116" t="s">
         <v>1078</v>
       </c>
-      <c r="H116" t="s">
+      <c r="I116" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3476</v>
       </c>
       <c r="B117" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C117" t="s">
         <v>1082</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>1083</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>1084</v>
       </c>
-      <c r="E117" t="s">
+      <c r="F117" t="s">
         <v>1085</v>
       </c>
-      <c r="F117" t="s">
+      <c r="G117" t="s">
         <v>1086</v>
       </c>
-      <c r="G117" t="s">
+      <c r="H117" t="s">
         <v>1087</v>
       </c>
-      <c r="H117" t="s">
+      <c r="I117" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3480</v>
       </c>
       <c r="B118" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C118" t="s">
         <v>1091</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>1092</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
         <v>1093</v>
       </c>
-      <c r="E118" t="s">
+      <c r="F118" t="s">
         <v>1094</v>
       </c>
-      <c r="F118" t="s">
+      <c r="G118" t="s">
         <v>1095</v>
       </c>
-      <c r="G118" t="s">
+      <c r="H118" t="s">
         <v>1096</v>
       </c>
-      <c r="H118" t="s">
+      <c r="I118" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3481</v>
       </c>
       <c r="B119" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C119" t="s">
         <v>1100</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>1101</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>1102</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
         <v>1103</v>
       </c>
-      <c r="F119" t="s">
+      <c r="G119" t="s">
         <v>1104</v>
       </c>
-      <c r="G119" t="s">
+      <c r="H119" t="s">
         <v>1105</v>
       </c>
-      <c r="H119" t="s">
+      <c r="I119" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>170</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>171</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3503</v>
       </c>
       <c r="B120" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C120" t="s">
         <v>1109</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>1110</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
         <v>1111</v>
       </c>
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>1112</v>
       </c>
-      <c r="F120" t="s">
+      <c r="G120" t="s">
         <v>1113</v>
       </c>
-      <c r="G120" t="s">
+      <c r="H120" t="s">
         <v>1114</v>
       </c>
-      <c r="H120" t="s">
+      <c r="I120" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3512</v>
       </c>
       <c r="B121" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C121" t="s">
         <v>1118</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>1119</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
         <v>1120</v>
       </c>
-      <c r="E121" t="s">
+      <c r="F121" t="s">
         <v>1121</v>
       </c>
-      <c r="F121" t="s">
+      <c r="G121" t="s">
         <v>1122</v>
       </c>
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>1123</v>
       </c>
-      <c r="H121" t="s">
+      <c r="I121" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3518</v>
       </c>
       <c r="B122" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C122" t="s">
         <v>1127</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>1128</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>1129</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>1130</v>
       </c>
-      <c r="F122" t="s">
+      <c r="G122" t="s">
         <v>1131</v>
       </c>
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>1132</v>
       </c>
-      <c r="H122" t="s">
+      <c r="I122" t="s">
         <v>1133</v>
       </c>
-      <c r="I122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
         <v>1134</v>
       </c>
-      <c r="J122" t="s">
-[...2 lines deleted...]
-      <c r="K122" t="s">
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1135</v>
-      </c>
-[...7 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3520</v>
       </c>
       <c r="B123" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C123" t="s">
         <v>1137</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>1138</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
         <v>1139</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>1140</v>
       </c>
-      <c r="F123" t="s">
+      <c r="G123" t="s">
         <v>1141</v>
       </c>
-      <c r="G123" t="s">
+      <c r="H123" t="s">
         <v>1142</v>
       </c>
-      <c r="H123" t="s">
+      <c r="I123" t="s">
         <v>1143</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>59</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>61</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3534</v>
       </c>
       <c r="B124" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C124" t="s">
         <v>1146</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>1147</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>1148</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>1149</v>
       </c>
-      <c r="F124" t="s">
+      <c r="G124" t="s">
         <v>1150</v>
       </c>
-      <c r="G124" t="s">
+      <c r="H124" t="s">
         <v>1151</v>
       </c>
-      <c r="H124" t="s">
+      <c r="I124" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3546</v>
       </c>
       <c r="B125" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C125" t="s">
         <v>1155</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>1156</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>1157</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>1158</v>
       </c>
-      <c r="F125" t="s">
+      <c r="G125" t="s">
         <v>1159</v>
       </c>
-      <c r="G125" t="s">
+      <c r="H125" t="s">
         <v>1160</v>
       </c>
-      <c r="H125" t="s">
+      <c r="I125" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3552</v>
       </c>
       <c r="B126" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C126" t="s">
         <v>1164</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>1165</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>1166</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>1167</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G126" t="s">
         <v>1168</v>
       </c>
-      <c r="G126" t="s">
+      <c r="H126" t="s">
         <v>1169</v>
       </c>
-      <c r="H126" t="s">
+      <c r="I126" t="s">
         <v>1170</v>
       </c>
-      <c r="I126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>744</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>745</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1171</v>
-      </c>
-[...16 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3553</v>
       </c>
       <c r="B127" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C127" t="s">
         <v>1173</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>1174</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>1175</v>
       </c>
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>1176</v>
       </c>
-      <c r="F127" t="s">
+      <c r="G127" t="s">
         <v>1177</v>
       </c>
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>1178</v>
       </c>
-      <c r="H127" t="s">
+      <c r="I127" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3566</v>
       </c>
       <c r="B128" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C128" t="s">
         <v>1182</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>1183</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>1184</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>1185</v>
       </c>
-      <c r="F128" t="s">
+      <c r="G128" t="s">
         <v>1186</v>
       </c>
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>1187</v>
       </c>
-      <c r="H128" t="s">
+      <c r="I128" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>170</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>171</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3567</v>
       </c>
       <c r="B129" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C129" t="s">
         <v>1191</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>1192</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>1193</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>1194</v>
       </c>
-      <c r="F129" t="s">
+      <c r="G129" t="s">
         <v>1195</v>
       </c>
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>1196</v>
       </c>
-      <c r="H129" t="s">
+      <c r="I129" t="s">
         <v>1197</v>
       </c>
-      <c r="I129" t="s">
+      <c r="J129" t="s">
+        <v>448</v>
+      </c>
+      <c r="K129" t="s">
         <v>1198</v>
       </c>
-      <c r="J129" t="s">
-[...2 lines deleted...]
-      <c r="K129" t="s">
+      <c r="L129" t="s">
+        <v>450</v>
+      </c>
+      <c r="M129" t="s">
         <v>1199</v>
       </c>
-      <c r="L129" t="s">
-[...2 lines deleted...]
-      <c r="M129" t="s">
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3573</v>
       </c>
       <c r="B130" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C130" t="s">
         <v>1202</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1203</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1204</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>1205</v>
       </c>
-      <c r="F130" t="s">
+      <c r="G130" t="s">
         <v>1206</v>
       </c>
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1207</v>
       </c>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3574</v>
       </c>
       <c r="B131" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C131" t="s">
         <v>1211</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>1212</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>1213</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>1214</v>
       </c>
-      <c r="F131" t="s">
+      <c r="G131" t="s">
         <v>1215</v>
       </c>
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>1216</v>
       </c>
-      <c r="H131" t="s">
+      <c r="I131" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>170</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>171</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3575</v>
       </c>
       <c r="B132" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C132" t="s">
         <v>1220</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>1221</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>1222</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>1223</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G132" t="s">
         <v>1224</v>
       </c>
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>1225</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
         <v>1226</v>
       </c>
-      <c r="I132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1227</v>
       </c>
-      <c r="J132" t="s">
-[...2 lines deleted...]
-      <c r="K132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
         <v>1228</v>
       </c>
-      <c r="L132" t="s">
-[...2 lines deleted...]
-      <c r="M132" t="s">
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1229</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3578</v>
       </c>
       <c r="B133" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C133" t="s">
         <v>1231</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>1232</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>1233</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>1234</v>
       </c>
-      <c r="F133" t="s">
+      <c r="G133" t="s">
         <v>1235</v>
       </c>
-      <c r="G133" t="s">
+      <c r="H133" t="s">
         <v>1236</v>
       </c>
-      <c r="H133" t="s">
+      <c r="I133" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3581</v>
       </c>
       <c r="B134" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C134" t="s">
         <v>1240</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>1241</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>1242</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>1243</v>
       </c>
-      <c r="F134" t="s">
+      <c r="G134" t="s">
         <v>1244</v>
       </c>
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>1245</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3586</v>
       </c>
       <c r="B135" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C135" t="s">
         <v>1249</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>1250</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>1251</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>1252</v>
       </c>
-      <c r="F135" t="s">
+      <c r="G135" t="s">
         <v>1253</v>
       </c>
-      <c r="G135" t="s">
+      <c r="H135" t="s">
         <v>1254</v>
       </c>
-      <c r="H135" t="s">
+      <c r="I135" t="s">
         <v>1255</v>
-      </c>
-[...1 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3588</v>
       </c>
       <c r="B136" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C136" t="s">
         <v>1258</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>1259</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>1260</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>1261</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136" t="s">
         <v>1262</v>
       </c>
-      <c r="G136" t="s">
+      <c r="H136" t="s">
         <v>1263</v>
       </c>
-      <c r="H136" t="s">
+      <c r="I136" t="s">
         <v>1264</v>
       </c>
-      <c r="I136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
         <v>1265</v>
       </c>
-      <c r="J136" t="s">
-[...2 lines deleted...]
-      <c r="K136" t="s">
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
         <v>1266</v>
       </c>
-      <c r="L136" t="s">
-[...2 lines deleted...]
-      <c r="M136" t="s">
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1267</v>
-      </c>
-[...4 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3591</v>
       </c>
       <c r="B137" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C137" t="s">
         <v>1269</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>1270</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>1271</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>1272</v>
       </c>
-      <c r="F137" t="s">
+      <c r="G137" t="s">
         <v>1273</v>
       </c>
-      <c r="G137" t="s">
+      <c r="H137" t="s">
         <v>1274</v>
       </c>
-      <c r="H137" t="s">
+      <c r="I137" t="s">
         <v>1275</v>
-      </c>
-[...1 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3602</v>
       </c>
       <c r="B138" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C138" t="s">
         <v>1278</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>1279</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>1280</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>1281</v>
       </c>
-      <c r="F138" t="s">
+      <c r="G138" t="s">
         <v>1282</v>
       </c>
-      <c r="G138" t="s">
+      <c r="H138" t="s">
         <v>1283</v>
       </c>
-      <c r="H138" t="s">
+      <c r="I138" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3636</v>
       </c>
       <c r="B139" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C139" t="s">
         <v>1287</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>1288</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>1289</v>
       </c>
-      <c r="E139" t="s">
+      <c r="F139" t="s">
         <v>1290</v>
       </c>
-      <c r="F139" t="s">
+      <c r="G139" t="s">
         <v>1291</v>
       </c>
-      <c r="G139" t="s">
+      <c r="H139" t="s">
         <v>1292</v>
       </c>
-      <c r="H139" t="s">
+      <c r="I139" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3652</v>
       </c>
       <c r="B140" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C140" t="s">
         <v>1296</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>1297</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>1298</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>1299</v>
       </c>
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>1300</v>
       </c>
-      <c r="G140" t="s">
+      <c r="H140" t="s">
         <v>1301</v>
       </c>
-      <c r="H140" t="s">
+      <c r="I140" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3686</v>
       </c>
       <c r="B141" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C141" t="s">
         <v>1305</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>1306</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>1307</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>1308</v>
       </c>
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>1309</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>1310</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1312</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3689</v>
       </c>
       <c r="B142" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C142" t="s">
         <v>1314</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>1315</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>1316</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>1317</v>
       </c>
-      <c r="F142" t="s">
+      <c r="G142" t="s">
         <v>1318</v>
       </c>
-      <c r="G142" t="s">
+      <c r="H142" t="s">
         <v>1319</v>
       </c>
-      <c r="H142" t="s">
+      <c r="I142" t="s">
         <v>1320</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3700</v>
       </c>
       <c r="B143" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C143" t="s">
         <v>1323</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>1324</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>1325</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>1326</v>
       </c>
-      <c r="F143" t="s">
+      <c r="G143" t="s">
         <v>1327</v>
       </c>
-      <c r="G143" t="s">
+      <c r="H143" t="s">
         <v>1328</v>
       </c>
-      <c r="H143" t="s">
+      <c r="I143" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>3701</v>
       </c>
       <c r="B144" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C144" t="s">
         <v>1332</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>1333</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>1334</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>1335</v>
       </c>
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>1336</v>
       </c>
-      <c r="G144" t="s">
+      <c r="H144" t="s">
         <v>1337</v>
       </c>
-      <c r="H144" t="s">
+      <c r="I144" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>3702</v>
       </c>
       <c r="B145" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C145" t="s">
         <v>1341</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>1342</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>1343</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
         <v>1344</v>
       </c>
-      <c r="F145" t="s">
+      <c r="G145" t="s">
         <v>1345</v>
       </c>
-      <c r="G145" t="s">
+      <c r="H145" t="s">
         <v>1346</v>
       </c>
-      <c r="H145" t="s">
+      <c r="I145" t="s">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>48</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>3706</v>
       </c>
       <c r="B146" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C146" t="s">
         <v>1350</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>1351</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>1352</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>1353</v>
       </c>
-      <c r="F146" t="s">
+      <c r="G146" t="s">
         <v>1354</v>
       </c>
-      <c r="G146" t="s">
+      <c r="H146" t="s">
         <v>1355</v>
       </c>
-      <c r="H146" t="s">
+      <c r="I146" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>3711</v>
       </c>
       <c r="B147" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C147" t="s">
         <v>1359</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>1360</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" t="s">
         <v>1361</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>1362</v>
       </c>
-      <c r="F147" t="s">
+      <c r="G147" t="s">
         <v>1363</v>
       </c>
-      <c r="G147" t="s">
+      <c r="H147" t="s">
         <v>1364</v>
       </c>
-      <c r="H147" t="s">
+      <c r="I147" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>170</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>171</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>3714</v>
       </c>
       <c r="B148" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C148" t="s">
         <v>1368</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>1369</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>1370</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>1371</v>
       </c>
-      <c r="F148" t="s">
+      <c r="G148" t="s">
         <v>1372</v>
       </c>
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>1373</v>
       </c>
-      <c r="H148" t="s">
+      <c r="I148" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>3716</v>
       </c>
       <c r="B149" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C149" t="s">
         <v>1377</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>1378</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>1379</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>1380</v>
       </c>
-      <c r="F149" t="s">
+      <c r="G149" t="s">
         <v>1381</v>
       </c>
-      <c r="G149" t="s">
+      <c r="H149" t="s">
         <v>1382</v>
       </c>
-      <c r="H149" t="s">
+      <c r="I149" t="s">
         <v>1383</v>
-      </c>
-[...1 lines deleted...]
-        <v>1384</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>3718</v>
       </c>
       <c r="B150" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C150" t="s">
         <v>1386</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>1387</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>1388</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>1389</v>
       </c>
-      <c r="F150" t="s">
+      <c r="G150" t="s">
         <v>1390</v>
       </c>
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>1391</v>
       </c>
-      <c r="H150" t="s">
+      <c r="I150" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>170</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>171</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>3719</v>
       </c>
       <c r="B151" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C151" t="s">
         <v>1395</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>1396</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>1397</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
         <v>1398</v>
       </c>
-      <c r="F151" t="s">
+      <c r="G151" t="s">
         <v>1399</v>
       </c>
-      <c r="G151" t="s">
+      <c r="H151" t="s">
         <v>1400</v>
       </c>
-      <c r="H151" t="s">
+      <c r="I151" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>170</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>171</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
         <v>3731</v>
       </c>
       <c r="B152" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C152" t="s">
         <v>1404</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>1405</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" t="s">
         <v>1406</v>
       </c>
-      <c r="E152" t="s">
+      <c r="F152" t="s">
         <v>1407</v>
       </c>
-      <c r="F152" t="s">
+      <c r="G152" t="s">
         <v>1408</v>
       </c>
-      <c r="G152" t="s">
+      <c r="H152" t="s">
         <v>1409</v>
       </c>
-      <c r="H152" t="s">
+      <c r="I152" t="s">
         <v>1410</v>
-      </c>
-[...1 lines deleted...]
-        <v>1411</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
         <v>3732</v>
       </c>
       <c r="B153" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C153" t="s">
         <v>1413</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>1414</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" t="s">
         <v>1415</v>
       </c>
-      <c r="E153" t="s">
+      <c r="F153" t="s">
         <v>1416</v>
       </c>
-      <c r="F153" t="s">
+      <c r="G153" t="s">
         <v>1417</v>
       </c>
-      <c r="G153" t="s">
+      <c r="H153" t="s">
         <v>1418</v>
       </c>
-      <c r="H153" t="s">
+      <c r="I153" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>170</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>171</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
         <v>3753</v>
       </c>
       <c r="B154" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C154" t="s">
         <v>1422</v>
       </c>
-      <c r="C154" t="s">
+      <c r="D154" t="s">
         <v>1423</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" t="s">
         <v>1424</v>
       </c>
-      <c r="E154" t="s">
+      <c r="F154" t="s">
         <v>1425</v>
       </c>
-      <c r="F154" t="s">
+      <c r="G154" t="s">
         <v>1426</v>
       </c>
-      <c r="G154" t="s">
+      <c r="H154" t="s">
         <v>1427</v>
       </c>
-      <c r="H154" t="s">
+      <c r="I154" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
         <v>3755</v>
       </c>
       <c r="B155" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C155" t="s">
         <v>1431</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>1432</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" t="s">
         <v>1433</v>
       </c>
-      <c r="E155" t="s">
+      <c r="F155" t="s">
         <v>1434</v>
       </c>
-      <c r="F155" t="s">
+      <c r="G155" t="s">
         <v>1435</v>
       </c>
-      <c r="G155" t="s">
+      <c r="H155" t="s">
         <v>1436</v>
       </c>
-      <c r="H155" t="s">
+      <c r="I155" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>170</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>171</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
         <v>3756</v>
       </c>
       <c r="B156" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C156" t="s">
         <v>1440</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>1441</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>1442</v>
       </c>
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>1443</v>
       </c>
-      <c r="F156" t="s">
+      <c r="G156" t="s">
         <v>1444</v>
       </c>
-      <c r="G156" t="s">
+      <c r="H156" t="s">
         <v>1445</v>
       </c>
-      <c r="H156" t="s">
+      <c r="I156" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
         <v>3777</v>
       </c>
       <c r="B157" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C157" t="s">
         <v>1449</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>1450</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
         <v>1451</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>1452</v>
       </c>
-      <c r="F157" t="s">
+      <c r="G157" t="s">
         <v>1453</v>
       </c>
-      <c r="G157" t="s">
+      <c r="H157" t="s">
         <v>1454</v>
       </c>
-      <c r="H157" t="s">
+      <c r="I157" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
         <v>3779</v>
       </c>
       <c r="B158" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C158" t="s">
         <v>1458</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>1459</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>1460</v>
       </c>
-      <c r="E158" t="s">
+      <c r="F158" t="s">
         <v>1461</v>
       </c>
-      <c r="F158" t="s">
+      <c r="G158" t="s">
         <v>1462</v>
       </c>
-      <c r="G158" t="s">
+      <c r="H158" t="s">
         <v>1463</v>
       </c>
-      <c r="H158" t="s">
+      <c r="I158" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
         <v>3791</v>
       </c>
       <c r="B159" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C159" t="s">
         <v>1467</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>1468</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" t="s">
         <v>1469</v>
       </c>
-      <c r="E159" t="s">
+      <c r="F159" t="s">
         <v>1470</v>
       </c>
-      <c r="F159" t="s">
+      <c r="G159" t="s">
         <v>1471</v>
       </c>
-      <c r="G159" t="s">
+      <c r="H159" t="s">
         <v>1472</v>
       </c>
-      <c r="H159" t="s">
+      <c r="I159" t="s">
         <v>1473</v>
       </c>
-      <c r="I159" t="s">
+      <c r="J159" t="s">
         <v>1474</v>
       </c>
-      <c r="J159" t="s">
+      <c r="K159" t="s">
         <v>1475</v>
       </c>
-      <c r="K159" t="s">
+      <c r="L159" t="s">
         <v>1476</v>
       </c>
-      <c r="L159" t="s">
+      <c r="M159" t="s">
         <v>1477</v>
       </c>
-      <c r="M159" t="s">
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
         <v>3854</v>
       </c>
       <c r="B160" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C160" t="s">
         <v>1480</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>1481</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" t="s">
         <v>1482</v>
       </c>
-      <c r="E160" t="s">
+      <c r="F160" t="s">
         <v>1483</v>
       </c>
-      <c r="F160" t="s">
+      <c r="G160" t="s">
         <v>1484</v>
       </c>
-      <c r="G160" t="s">
+      <c r="H160" t="s">
         <v>1485</v>
       </c>
-      <c r="H160" t="s">
+      <c r="I160" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>47</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>48</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
         <v>3863</v>
       </c>
       <c r="B161" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C161" t="s">
         <v>1489</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>1490</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" t="s">
         <v>1491</v>
       </c>
-      <c r="E161" t="s">
+      <c r="F161" t="s">
         <v>1492</v>
       </c>
-      <c r="F161" t="s">
+      <c r="G161" t="s">
         <v>1493</v>
       </c>
-      <c r="G161" t="s">
+      <c r="H161" t="s">
         <v>1494</v>
       </c>
-      <c r="H161" t="s">
+      <c r="I161" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1497</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
         <v>3868</v>
       </c>
       <c r="B162" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C162" t="s">
         <v>1498</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
         <v>1499</v>
       </c>
-      <c r="D162" t="s">
+      <c r="E162" t="s">
         <v>1500</v>
       </c>
-      <c r="E162" t="s">
+      <c r="F162" t="s">
         <v>1501</v>
       </c>
-      <c r="F162" t="s">
+      <c r="G162" t="s">
         <v>1502</v>
       </c>
-      <c r="G162" t="s">
+      <c r="H162" t="s">
         <v>1503</v>
       </c>
-      <c r="H162" t="s">
+      <c r="I162" t="s">
         <v>1504</v>
-      </c>
-[...1 lines deleted...]
-        <v>1505</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
         <v>3910</v>
       </c>
       <c r="B163" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C163" t="s">
         <v>1507</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
         <v>1508</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>1509</v>
       </c>
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>1510</v>
       </c>
-      <c r="F163" t="s">
+      <c r="G163" t="s">
         <v>1511</v>
       </c>
-      <c r="G163" t="s">
+      <c r="H163" t="s">
         <v>1512</v>
       </c>
-      <c r="H163" t="s">
+      <c r="I163" t="s">
         <v>1513</v>
       </c>
-      <c r="I163" t="s">
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>744</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>745</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1514</v>
-      </c>
-[...16 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
         <v>4176</v>
       </c>
       <c r="B164" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C164" t="s">
         <v>1516</v>
       </c>
-      <c r="C164" t="s">
+      <c r="D164" t="s">
         <v>1517</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" t="s">
         <v>1518</v>
       </c>
-      <c r="E164" t="s">
+      <c r="F164" t="s">
         <v>1519</v>
       </c>
-      <c r="F164" t="s">
+      <c r="G164" t="s">
         <v>1520</v>
       </c>
-      <c r="G164" t="s">
+      <c r="H164" t="s">
         <v>1521</v>
       </c>
-      <c r="H164" t="s">
+      <c r="I164" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
         <v>4177</v>
       </c>
       <c r="B165" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C165" t="s">
         <v>1525</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
         <v>1526</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" t="s">
         <v>1527</v>
       </c>
-      <c r="E165" t="s">
+      <c r="F165" t="s">
         <v>1528</v>
       </c>
-      <c r="F165" t="s">
+      <c r="G165" t="s">
         <v>1529</v>
       </c>
-      <c r="G165" t="s">
+      <c r="H165" t="s">
         <v>1530</v>
       </c>
-      <c r="H165" t="s">
+      <c r="I165" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
         <v>4180</v>
       </c>
       <c r="B166" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C166" t="s">
         <v>1534</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
         <v>1535</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
         <v>1536</v>
       </c>
-      <c r="E166" t="s">
+      <c r="F166" t="s">
         <v>1537</v>
       </c>
-      <c r="F166" t="s">
+      <c r="G166" t="s">
         <v>1538</v>
       </c>
-      <c r="G166" t="s">
+      <c r="H166" t="s">
         <v>1539</v>
       </c>
-      <c r="H166" t="s">
+      <c r="I166" t="s">
         <v>1540</v>
-      </c>
-[...1 lines deleted...]
-        <v>1541</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
         <v>4186</v>
       </c>
       <c r="B167" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C167" t="s">
         <v>1543</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>1544</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>1545</v>
       </c>
-      <c r="E167" t="s">
+      <c r="F167" t="s">
         <v>1546</v>
       </c>
-      <c r="F167" t="s">
+      <c r="G167" t="s">
         <v>1547</v>
       </c>
-      <c r="G167" t="s">
+      <c r="H167" t="s">
         <v>1548</v>
       </c>
-      <c r="H167" t="s">
+      <c r="I167" t="s">
         <v>1549</v>
-      </c>
-[...1 lines deleted...]
-        <v>1550</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>59</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>61</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1551</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
         <v>4195</v>
       </c>
       <c r="B168" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C168" t="s">
         <v>1552</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>1553</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
         <v>1554</v>
       </c>
-      <c r="E168" t="s">
+      <c r="F168" t="s">
         <v>1555</v>
       </c>
-      <c r="F168" t="s">
+      <c r="G168" t="s">
         <v>1556</v>
       </c>
-      <c r="G168" t="s">
+      <c r="H168" t="s">
         <v>1557</v>
       </c>
-      <c r="H168" t="s">
+      <c r="I168" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
         <v>4196</v>
       </c>
       <c r="B169" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C169" t="s">
         <v>1561</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>1562</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>1563</v>
       </c>
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>1564</v>
       </c>
-      <c r="F169" t="s">
+      <c r="G169" t="s">
         <v>1565</v>
       </c>
-      <c r="G169" t="s">
+      <c r="H169" t="s">
         <v>1566</v>
       </c>
-      <c r="H169" t="s">
+      <c r="I169" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
         <v>4198</v>
       </c>
       <c r="B170" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C170" t="s">
         <v>1570</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>1571</v>
       </c>
-      <c r="D170" t="s">
+      <c r="E170" t="s">
         <v>1572</v>
       </c>
-      <c r="E170" t="s">
+      <c r="F170" t="s">
         <v>1573</v>
       </c>
-      <c r="F170" t="s">
+      <c r="G170" t="s">
         <v>1574</v>
       </c>
-      <c r="G170" t="s">
+      <c r="H170" t="s">
         <v>1575</v>
       </c>
-      <c r="H170" t="s">
+      <c r="I170" t="s">
         <v>1576</v>
-      </c>
-[...1 lines deleted...]
-        <v>1577</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
         <v>4202</v>
       </c>
       <c r="B171" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C171" t="s">
         <v>1579</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
         <v>1580</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>1581</v>
       </c>
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>1582</v>
       </c>
-      <c r="F171" t="s">
+      <c r="G171" t="s">
         <v>1583</v>
       </c>
-      <c r="G171" t="s">
+      <c r="H171" t="s">
         <v>1584</v>
       </c>
-      <c r="H171" t="s">
+      <c r="I171" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
         <v>4204</v>
       </c>
       <c r="B172" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C172" t="s">
         <v>1588</v>
       </c>
-      <c r="C172" t="s">
+      <c r="D172" t="s">
         <v>1589</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" t="s">
         <v>1590</v>
       </c>
-      <c r="E172" t="s">
+      <c r="F172" t="s">
         <v>1591</v>
       </c>
-      <c r="F172" t="s">
+      <c r="G172" t="s">
         <v>1592</v>
       </c>
-      <c r="G172" t="s">
+      <c r="H172" t="s">
         <v>1593</v>
       </c>
-      <c r="H172" t="s">
+      <c r="I172" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
         <v>4206</v>
       </c>
       <c r="B173" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C173" t="s">
         <v>1597</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>1598</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" t="s">
         <v>1599</v>
       </c>
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>1600</v>
       </c>
-      <c r="F173" t="s">
+      <c r="G173" t="s">
         <v>1601</v>
       </c>
-      <c r="G173" t="s">
+      <c r="H173" t="s">
         <v>1602</v>
       </c>
-      <c r="H173" t="s">
+      <c r="I173" t="s">
         <v>1603</v>
-      </c>
-[...1 lines deleted...]
-        <v>1604</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
         <v>4211</v>
       </c>
       <c r="B174" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C174" t="s">
         <v>1606</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>1607</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" t="s">
         <v>1608</v>
       </c>
-      <c r="E174" t="s">
+      <c r="F174" t="s">
         <v>1609</v>
       </c>
-      <c r="F174" t="s">
+      <c r="G174" t="s">
         <v>1610</v>
       </c>
-      <c r="G174" t="s">
+      <c r="H174" t="s">
         <v>1611</v>
       </c>
-      <c r="H174" t="s">
+      <c r="I174" t="s">
         <v>1612</v>
-      </c>
-[...1 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
         <v>4220</v>
       </c>
       <c r="B175" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C175" t="s">
         <v>1615</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>1616</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
         <v>1617</v>
       </c>
-      <c r="E175" t="s">
+      <c r="F175" t="s">
         <v>1618</v>
       </c>
-      <c r="F175" t="s">
+      <c r="G175" t="s">
         <v>1619</v>
       </c>
-      <c r="G175" t="s">
+      <c r="H175" t="s">
         <v>1620</v>
       </c>
-      <c r="H175" t="s">
+      <c r="I175" t="s">
         <v>1621</v>
-      </c>
-[...1 lines deleted...]
-        <v>1622</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
         <v>4242</v>
       </c>
       <c r="B176" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C176" t="s">
         <v>1624</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>1625</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" t="s">
         <v>1626</v>
       </c>
-      <c r="E176" t="s">
+      <c r="F176" t="s">
         <v>1627</v>
       </c>
-      <c r="F176" t="s">
+      <c r="G176" t="s">
         <v>1628</v>
       </c>
-      <c r="G176" t="s">
+      <c r="H176" t="s">
         <v>1629</v>
       </c>
-      <c r="H176" t="s">
+      <c r="I176" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
         <v>4243</v>
       </c>
       <c r="B177" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C177" t="s">
         <v>1633</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
         <v>1634</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" t="s">
         <v>1635</v>
       </c>
-      <c r="E177" t="s">
+      <c r="F177" t="s">
         <v>1636</v>
       </c>
-      <c r="F177" t="s">
+      <c r="G177" t="s">
         <v>1637</v>
       </c>
-      <c r="G177" t="s">
+      <c r="H177" t="s">
         <v>1638</v>
       </c>
-      <c r="H177" t="s">
+      <c r="I177" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
         <v>4292</v>
       </c>
       <c r="B178" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C178" t="s">
         <v>1642</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
         <v>1643</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>1644</v>
       </c>
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>1645</v>
       </c>
-      <c r="F178" t="s">
+      <c r="G178" t="s">
         <v>1646</v>
       </c>
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>1647</v>
       </c>
-      <c r="H178" t="s">
+      <c r="I178" t="s">
         <v>1648</v>
       </c>
-      <c r="I178" t="s">
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
         <v>1649</v>
       </c>
-      <c r="J178" t="s">
-[...2 lines deleted...]
-      <c r="K178" t="s">
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1650</v>
-      </c>
-[...7 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
         <v>4295</v>
       </c>
       <c r="B179" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C179" t="s">
         <v>1652</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>1653</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>1654</v>
       </c>
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>1655</v>
       </c>
-      <c r="F179" t="s">
+      <c r="G179" t="s">
         <v>1656</v>
       </c>
-      <c r="G179" t="s">
+      <c r="H179" t="s">
         <v>1657</v>
       </c>
-      <c r="H179" t="s">
+      <c r="I179" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
         <v>4303</v>
       </c>
       <c r="B180" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C180" t="s">
         <v>1661</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180" t="s">
         <v>1662</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" t="s">
         <v>1663</v>
       </c>
-      <c r="E180" t="s">
+      <c r="F180" t="s">
         <v>1664</v>
       </c>
-      <c r="F180" t="s">
+      <c r="G180" t="s">
         <v>1665</v>
       </c>
-      <c r="G180" t="s">
+      <c r="H180" t="s">
         <v>1666</v>
       </c>
-      <c r="H180" t="s">
+      <c r="I180" t="s">
         <v>1667</v>
       </c>
-      <c r="I180" t="s">
+      <c r="J180" t="s">
+        <v>755</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L180" t="s">
+        <v>757</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
         <v>1668</v>
-      </c>
-[...16 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
         <v>4304</v>
       </c>
       <c r="B181" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C181" t="s">
         <v>1670</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>1671</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" t="s">
         <v>1672</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>1673</v>
       </c>
-      <c r="F181" t="s">
+      <c r="G181" t="s">
         <v>1674</v>
       </c>
-      <c r="G181" t="s">
+      <c r="H181" t="s">
         <v>1675</v>
       </c>
-      <c r="H181" t="s">
+      <c r="I181" t="s">
         <v>1676</v>
-      </c>
-[...1 lines deleted...]
-        <v>1677</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
         <v>4308</v>
       </c>
       <c r="B182" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C182" t="s">
         <v>1679</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>1680</v>
       </c>
-      <c r="D182" t="s">
+      <c r="E182" t="s">
         <v>1681</v>
       </c>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>1682</v>
       </c>
-      <c r="F182" t="s">
+      <c r="G182" t="s">
         <v>1683</v>
       </c>
-      <c r="G182" t="s">
+      <c r="H182" t="s">
         <v>1684</v>
       </c>
-      <c r="H182" t="s">
+      <c r="I182" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>170</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>171</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
         <v>4309</v>
       </c>
       <c r="B183" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C183" t="s">
         <v>1688</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>1689</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" t="s">
         <v>1690</v>
       </c>
-      <c r="E183" t="s">
+      <c r="F183" t="s">
         <v>1691</v>
       </c>
-      <c r="F183" t="s">
+      <c r="G183" t="s">
         <v>1692</v>
       </c>
-      <c r="G183" t="s">
+      <c r="H183" t="s">
         <v>1693</v>
       </c>
-      <c r="H183" t="s">
+      <c r="I183" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>170</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>171</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
         <v>4314</v>
       </c>
       <c r="B184" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C184" t="s">
         <v>1697</v>
       </c>
-      <c r="C184" t="s">
+      <c r="D184" t="s">
         <v>1698</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>1699</v>
       </c>
-      <c r="E184" t="s">
+      <c r="F184" t="s">
         <v>1700</v>
       </c>
-      <c r="F184" t="s">
+      <c r="G184" t="s">
         <v>1701</v>
       </c>
-      <c r="G184" t="s">
+      <c r="H184" t="s">
         <v>1702</v>
       </c>
-      <c r="H184" t="s">
+      <c r="I184" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
         <v>4316</v>
       </c>
       <c r="B185" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C185" t="s">
         <v>1706</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1707</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>1708</v>
       </c>
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>1709</v>
       </c>
-      <c r="F185" t="s">
+      <c r="G185" t="s">
         <v>1710</v>
       </c>
-      <c r="G185" t="s">
+      <c r="H185" t="s">
         <v>1711</v>
       </c>
-      <c r="H185" t="s">
+      <c r="I185" t="s">
         <v>1712</v>
-      </c>
-[...1 lines deleted...]
-        <v>1713</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
         <v>4318</v>
       </c>
       <c r="B186" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C186" t="s">
         <v>1715</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>1716</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" t="s">
         <v>1717</v>
       </c>
-      <c r="E186" t="s">
+      <c r="F186" t="s">
         <v>1718</v>
       </c>
-      <c r="F186" t="s">
+      <c r="G186" t="s">
         <v>1719</v>
       </c>
-      <c r="G186" t="s">
+      <c r="H186" t="s">
         <v>1720</v>
       </c>
-      <c r="H186" t="s">
+      <c r="I186" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
         <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
         <v>4319</v>
       </c>
       <c r="B187" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C187" t="s">
         <v>1724</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>1725</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" t="s">
         <v>1726</v>
       </c>
-      <c r="E187" t="s">
+      <c r="F187" t="s">
         <v>1727</v>
       </c>
-      <c r="F187" t="s">
+      <c r="G187" t="s">
         <v>1728</v>
       </c>
-      <c r="G187" t="s">
+      <c r="H187" t="s">
         <v>1729</v>
       </c>
-      <c r="H187" t="s">
+      <c r="I187" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>170</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>171</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
         <v>4322</v>
       </c>
       <c r="B188" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C188" t="s">
         <v>1733</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>1734</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" t="s">
         <v>1735</v>
       </c>
-      <c r="E188" t="s">
+      <c r="F188" t="s">
         <v>1736</v>
       </c>
-      <c r="F188" t="s">
+      <c r="G188" t="s">
         <v>1737</v>
       </c>
-      <c r="G188" t="s">
+      <c r="H188" t="s">
         <v>1738</v>
       </c>
-      <c r="H188" t="s">
+      <c r="I188" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
         <v>4538</v>
       </c>
       <c r="B189" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C189" t="s">
         <v>1742</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>1743</v>
       </c>
-      <c r="D189" t="s">
+      <c r="E189" t="s">
         <v>1744</v>
       </c>
-      <c r="E189" t="s">
+      <c r="F189" t="s">
         <v>1745</v>
       </c>
-      <c r="F189" t="s">
+      <c r="G189" t="s">
         <v>1746</v>
       </c>
-      <c r="G189" t="s">
+      <c r="H189" t="s">
         <v>1747</v>
       </c>
-      <c r="H189" t="s">
+      <c r="I189" t="s">
         <v>1748</v>
-      </c>
-[...1 lines deleted...]
-        <v>1749</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
         <v>4549</v>
       </c>
       <c r="B190" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C190" t="s">
         <v>1751</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
         <v>1752</v>
       </c>
-      <c r="D190" t="s">
+      <c r="E190" t="s">
         <v>1753</v>
       </c>
-      <c r="E190" t="s">
+      <c r="F190" t="s">
         <v>1754</v>
       </c>
-      <c r="F190" t="s">
+      <c r="G190" t="s">
         <v>1755</v>
       </c>
-      <c r="G190" t="s">
+      <c r="H190" t="s">
         <v>1756</v>
       </c>
-      <c r="H190" t="s">
+      <c r="I190" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
         <v>4555</v>
       </c>
       <c r="B191" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C191" t="s">
         <v>1760</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" t="s">
         <v>1761</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
         <v>1762</v>
       </c>
-      <c r="E191" t="s">
+      <c r="F191" t="s">
         <v>1763</v>
       </c>
-      <c r="F191" t="s">
+      <c r="G191" t="s">
         <v>1764</v>
       </c>
-      <c r="G191" t="s">
+      <c r="H191" t="s">
         <v>1765</v>
       </c>
-      <c r="H191" t="s">
+      <c r="I191" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>170</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>171</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
         <v>4556</v>
       </c>
       <c r="B192" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C192" t="s">
         <v>1769</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" t="s">
         <v>1770</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" t="s">
         <v>1771</v>
       </c>
-      <c r="E192" t="s">
+      <c r="F192" t="s">
         <v>1772</v>
       </c>
-      <c r="F192" t="s">
+      <c r="G192" t="s">
         <v>1773</v>
       </c>
-      <c r="G192" t="s">
+      <c r="H192" t="s">
         <v>1774</v>
       </c>
-      <c r="H192" t="s">
+      <c r="I192" t="s">
         <v>1775</v>
-      </c>
-[...1 lines deleted...]
-        <v>1776</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4559</v>
+        <v>4558</v>
       </c>
       <c r="B193" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C193" t="s">
         <v>1778</v>
       </c>
-      <c r="C193" t="s">
+      <c r="D193" t="s">
         <v>1779</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" t="s">
         <v>1780</v>
       </c>
-      <c r="E193" t="s">
+      <c r="F193" t="s">
         <v>1781</v>
       </c>
-      <c r="F193" t="s">
+      <c r="G193" t="s">
         <v>1782</v>
       </c>
-      <c r="G193" t="s">
+      <c r="H193" t="s">
         <v>1783</v>
       </c>
-      <c r="H193" t="s">
+      <c r="I193" t="s">
         <v>1784</v>
       </c>
-      <c r="I193" t="s">
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>170</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>171</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1785</v>
-      </c>
-[...16 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4560</v>
+        <v>4559</v>
       </c>
       <c r="B194" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C194" t="s">
         <v>1787</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
         <v>1788</v>
       </c>
-      <c r="D194" t="s">
+      <c r="E194" t="s">
         <v>1789</v>
       </c>
-      <c r="E194" t="s">
+      <c r="F194" t="s">
         <v>1790</v>
       </c>
-      <c r="F194" t="s">
+      <c r="G194" t="s">
         <v>1791</v>
       </c>
-      <c r="G194" t="s">
+      <c r="H194" t="s">
         <v>1792</v>
       </c>
-      <c r="H194" t="s">
+      <c r="I194" t="s">
         <v>1793</v>
       </c>
-      <c r="I194" t="s">
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>47</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>48</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1794</v>
-      </c>
-[...16 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B195" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C195" t="s">
         <v>1796</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>1797</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" t="s">
         <v>1798</v>
       </c>
-      <c r="E195" t="s">
+      <c r="F195" t="s">
         <v>1799</v>
       </c>
-      <c r="F195" t="s">
+      <c r="G195" t="s">
         <v>1800</v>
       </c>
-      <c r="G195" t="s">
+      <c r="H195" t="s">
         <v>1801</v>
       </c>
-      <c r="H195" t="s">
+      <c r="I195" t="s">
         <v>1802</v>
       </c>
-      <c r="I195" t="s">
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
         <v>1803</v>
-      </c>
-[...16 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4564</v>
+        <v>4563</v>
       </c>
       <c r="B196" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C196" t="s">
         <v>1805</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>1806</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
         <v>1807</v>
       </c>
-      <c r="E196" t="s">
+      <c r="F196" t="s">
         <v>1808</v>
       </c>
-      <c r="F196" t="s">
+      <c r="G196" t="s">
         <v>1809</v>
       </c>
-      <c r="G196" t="s">
+      <c r="H196" t="s">
         <v>1810</v>
       </c>
-      <c r="H196" t="s">
+      <c r="I196" t="s">
         <v>1811</v>
       </c>
-      <c r="I196" t="s">
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>170</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>171</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
         <v>1812</v>
-      </c>
-[...13 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4566</v>
+        <v>4564</v>
       </c>
       <c r="B197" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D197" t="s">
         <v>1815</v>
       </c>
-      <c r="C197" t="s">
+      <c r="E197" t="s">
         <v>1816</v>
       </c>
-      <c r="D197" t="s">
+      <c r="F197" t="s">
         <v>1817</v>
       </c>
-      <c r="E197" t="s">
+      <c r="G197" t="s">
         <v>1818</v>
       </c>
-      <c r="F197" t="s">
+      <c r="H197" t="s">
         <v>1819</v>
       </c>
-      <c r="G197" t="s">
+      <c r="I197" t="s">
         <v>1820</v>
       </c>
-      <c r="H197" t="s">
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
         <v>1821</v>
       </c>
-      <c r="I197" t="s">
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
         <v>1822</v>
-      </c>
-[...16 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4568</v>
+        <v>4566</v>
       </c>
       <c r="B198" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C198" t="s">
         <v>1824</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>1825</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" t="s">
         <v>1826</v>
       </c>
-      <c r="E198" t="s">
+      <c r="F198" t="s">
         <v>1827</v>
       </c>
-      <c r="F198" t="s">
+      <c r="G198" t="s">
         <v>1828</v>
       </c>
-      <c r="G198" t="s">
+      <c r="H198" t="s">
         <v>1829</v>
       </c>
-      <c r="H198" t="s">
+      <c r="I198" t="s">
         <v>1830</v>
-      </c>
-[...1 lines deleted...]
-        <v>1831</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4704</v>
+        <v>4568</v>
       </c>
       <c r="B199" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C199" t="s">
         <v>1833</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
         <v>1834</v>
       </c>
-      <c r="D199" t="s">
+      <c r="E199" t="s">
         <v>1835</v>
       </c>
-      <c r="E199" t="s">
+      <c r="F199" t="s">
         <v>1836</v>
       </c>
-      <c r="F199" t="s">
+      <c r="G199" t="s">
         <v>1837</v>
       </c>
-      <c r="G199" t="s">
+      <c r="H199" t="s">
         <v>1838</v>
       </c>
-      <c r="H199" t="s">
+      <c r="I199" t="s">
         <v>1839</v>
       </c>
-      <c r="I199" t="s">
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="K199" t="s">
+        <v>25</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>27</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1840</v>
-      </c>
-[...16 lines deleted...]
-        <v>1841</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4709</v>
+        <v>4704</v>
       </c>
       <c r="B200" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C200" t="s">
         <v>1842</v>
       </c>
-      <c r="C200" t="s">
+      <c r="D200" t="s">
         <v>1843</v>
       </c>
-      <c r="D200" t="s">
+      <c r="E200" t="s">
         <v>1844</v>
       </c>
-      <c r="E200" t="s">
+      <c r="F200" t="s">
         <v>1845</v>
       </c>
-      <c r="F200" t="s">
+      <c r="G200" t="s">
         <v>1846</v>
       </c>
-      <c r="G200" t="s">
+      <c r="H200" t="s">
         <v>1847</v>
       </c>
-      <c r="H200" t="s">
+      <c r="I200" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>47</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>48</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4711</v>
+        <v>4706</v>
       </c>
       <c r="B201" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C201" t="s">
         <v>1851</v>
       </c>
-      <c r="C201" t="s">
+      <c r="D201" t="s">
         <v>1852</v>
       </c>
-      <c r="D201" t="s">
+      <c r="E201" t="s">
         <v>1853</v>
       </c>
-      <c r="E201" t="s">
+      <c r="F201" t="s">
         <v>1854</v>
       </c>
-      <c r="F201" t="s">
+      <c r="G201" t="s">
         <v>1855</v>
       </c>
-      <c r="G201" t="s">
+      <c r="H201" t="s">
         <v>1856</v>
       </c>
-      <c r="H201" t="s">
+      <c r="I201" t="s">
         <v>1857</v>
       </c>
-      <c r="I201" t="s">
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="K201" t="s">
+        <v>170</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>171</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
         <v>1858</v>
-      </c>
-[...16 lines deleted...]
-        <v>1863</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4716</v>
+        <v>4709</v>
       </c>
       <c r="B202" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1863</v>
+      </c>
+      <c r="G202" t="s">
         <v>1864</v>
       </c>
-      <c r="C202" t="s">
+      <c r="H202" t="s">
         <v>1865</v>
       </c>
-      <c r="D202" t="s">
+      <c r="I202" t="s">
         <v>1866</v>
       </c>
-      <c r="E202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>47</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>48</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1867</v>
-      </c>
-[...28 lines deleted...]
-        <v>1872</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4717</v>
+        <v>4711</v>
       </c>
       <c r="B203" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G203" t="s">
         <v>1873</v>
       </c>
-      <c r="C203" t="s">
+      <c r="H203" t="s">
         <v>1874</v>
       </c>
-      <c r="D203" t="s">
+      <c r="I203" t="s">
         <v>1875</v>
       </c>
-      <c r="E203" t="s">
+      <c r="J203" t="s">
         <v>1876</v>
       </c>
-      <c r="F203" t="s">
+      <c r="K203" t="s">
         <v>1877</v>
       </c>
-      <c r="G203" t="s">
+      <c r="L203" t="s">
         <v>1878</v>
       </c>
-      <c r="H203" t="s">
+      <c r="M203" t="s">
         <v>1879</v>
       </c>
-      <c r="I203" t="s">
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1880</v>
-      </c>
-[...16 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4721</v>
+        <v>4716</v>
       </c>
       <c r="B204" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C204" t="s">
         <v>1882</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>1883</v>
       </c>
-      <c r="D204" t="s">
+      <c r="E204" t="s">
         <v>1884</v>
       </c>
-      <c r="E204" t="s">
+      <c r="F204" t="s">
         <v>1885</v>
       </c>
-      <c r="F204" t="s">
+      <c r="G204" t="s">
         <v>1886</v>
       </c>
-      <c r="G204" t="s">
+      <c r="H204" t="s">
         <v>1887</v>
       </c>
-      <c r="H204" t="s">
+      <c r="I204" t="s">
         <v>1888</v>
       </c>
-      <c r="I204" t="s">
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1889</v>
-      </c>
-[...16 lines deleted...]
-        <v>1890</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4722</v>
+        <v>4717</v>
       </c>
       <c r="B205" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C205" t="s">
         <v>1891</v>
       </c>
-      <c r="C205" t="s">
+      <c r="D205" t="s">
         <v>1892</v>
       </c>
-      <c r="D205" t="s">
+      <c r="E205" t="s">
         <v>1893</v>
       </c>
-      <c r="E205" t="s">
+      <c r="F205" t="s">
         <v>1894</v>
       </c>
-      <c r="F205" t="s">
+      <c r="G205" t="s">
         <v>1895</v>
       </c>
-      <c r="G205" t="s">
+      <c r="H205" t="s">
         <v>1896</v>
       </c>
-      <c r="H205" t="s">
+      <c r="I205" t="s">
         <v>1897</v>
       </c>
-      <c r="I205" t="s">
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>25</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>27</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
         <v>1898</v>
-      </c>
-[...13 lines deleted...]
-        <v>1900</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4792</v>
+        <v>4721</v>
       </c>
       <c r="B206" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D206" t="s">
         <v>1901</v>
       </c>
-      <c r="C206" t="s">
+      <c r="E206" t="s">
         <v>1902</v>
       </c>
-      <c r="D206" t="s">
+      <c r="F206" t="s">
         <v>1903</v>
       </c>
-      <c r="E206" t="s">
+      <c r="G206" t="s">
         <v>1904</v>
       </c>
-      <c r="F206" t="s">
+      <c r="H206" t="s">
         <v>1905</v>
       </c>
-      <c r="G206" t="s">
+      <c r="I206" t="s">
         <v>1906</v>
       </c>
-      <c r="H206" t="s">
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="K206" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
         <v>1907</v>
-      </c>
-[...19 lines deleted...]
-        <v>1909</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4810</v>
+        <v>4722</v>
       </c>
       <c r="B207" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D207" t="s">
         <v>1910</v>
       </c>
-      <c r="C207" t="s">
+      <c r="E207" t="s">
         <v>1911</v>
       </c>
-      <c r="D207" t="s">
+      <c r="F207" t="s">
         <v>1912</v>
       </c>
-      <c r="E207" t="s">
+      <c r="G207" t="s">
         <v>1913</v>
       </c>
-      <c r="F207" t="s">
+      <c r="H207" t="s">
         <v>1914</v>
       </c>
-      <c r="G207" t="s">
+      <c r="I207" t="s">
         <v>1915</v>
       </c>
-      <c r="H207" t="s">
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
         <v>1916</v>
       </c>
-      <c r="I207" t="s">
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1917</v>
-      </c>
-[...16 lines deleted...]
-        <v>1918</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4811</v>
+        <v>4792</v>
       </c>
       <c r="B208" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C208" t="s">
         <v>1919</v>
       </c>
-      <c r="C208" t="s">
+      <c r="D208" t="s">
         <v>1920</v>
       </c>
-      <c r="D208" t="s">
+      <c r="E208" t="s">
         <v>1921</v>
       </c>
-      <c r="E208" t="s">
+      <c r="F208" t="s">
         <v>1922</v>
       </c>
-      <c r="F208" t="s">
+      <c r="G208" t="s">
         <v>1923</v>
       </c>
-      <c r="G208" t="s">
+      <c r="H208" t="s">
         <v>1924</v>
       </c>
-      <c r="H208" t="s">
+      <c r="I208" t="s">
         <v>1925</v>
       </c>
-      <c r="I208" t="s">
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>27</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1926</v>
-      </c>
-[...16 lines deleted...]
-        <v>1927</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4815</v>
+        <v>4801</v>
       </c>
       <c r="B209" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C209" t="s">
         <v>1928</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209" t="s">
         <v>1929</v>
       </c>
-      <c r="D209" t="s">
+      <c r="E209" t="s">
         <v>1930</v>
       </c>
-      <c r="E209" t="s">
+      <c r="F209" t="s">
         <v>1931</v>
       </c>
-      <c r="F209" t="s">
+      <c r="G209" t="s">
         <v>1932</v>
       </c>
-      <c r="G209" t="s">
+      <c r="H209" t="s">
         <v>1933</v>
       </c>
-      <c r="H209" t="s">
+      <c r="I209" t="s">
         <v>1934</v>
       </c>
-      <c r="I209" t="s">
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>170</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>171</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1935</v>
-      </c>
-[...16 lines deleted...]
-        <v>1936</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4817</v>
+        <v>4810</v>
       </c>
       <c r="B210" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C210" t="s">
         <v>1937</v>
       </c>
-      <c r="C210" t="s">
+      <c r="D210" t="s">
         <v>1938</v>
       </c>
-      <c r="D210" t="s">
+      <c r="E210" t="s">
         <v>1939</v>
       </c>
-      <c r="E210" t="s">
+      <c r="F210" t="s">
         <v>1940</v>
       </c>
-      <c r="F210" t="s">
+      <c r="G210" t="s">
         <v>1941</v>
       </c>
-      <c r="G210" t="s">
+      <c r="H210" t="s">
         <v>1942</v>
       </c>
-      <c r="H210" t="s">
+      <c r="I210" t="s">
         <v>1943</v>
       </c>
-      <c r="I210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>170</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>171</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1944</v>
-      </c>
-[...16 lines deleted...]
-        <v>1945</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4850</v>
+        <v>4811</v>
       </c>
       <c r="B211" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C211" t="s">
         <v>1946</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>1947</v>
       </c>
-      <c r="D211" t="s">
+      <c r="E211" t="s">
         <v>1948</v>
       </c>
-      <c r="E211" t="s">
+      <c r="F211" t="s">
         <v>1949</v>
       </c>
-      <c r="F211" t="s">
+      <c r="G211" t="s">
         <v>1950</v>
       </c>
-      <c r="G211" t="s">
+      <c r="H211" t="s">
         <v>1951</v>
       </c>
-      <c r="H211" t="s">
+      <c r="I211" t="s">
         <v>1952</v>
       </c>
-      <c r="I211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1953</v>
-      </c>
-[...16 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4935</v>
+        <v>4815</v>
       </c>
       <c r="B212" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C212" t="s">
         <v>1955</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212" t="s">
         <v>1956</v>
       </c>
-      <c r="D212" t="s">
+      <c r="E212" t="s">
         <v>1957</v>
       </c>
-      <c r="E212" t="s">
+      <c r="F212" t="s">
         <v>1958</v>
       </c>
-      <c r="F212" t="s">
+      <c r="G212" t="s">
         <v>1959</v>
       </c>
-      <c r="G212" t="s">
+      <c r="H212" t="s">
         <v>1960</v>
       </c>
-      <c r="H212" t="s">
+      <c r="I212" t="s">
         <v>1961</v>
       </c>
-      <c r="I212" t="s">
+      <c r="J212" t="s">
+        <v>24</v>
+      </c>
+      <c r="K212" t="s">
+        <v>25</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>27</v>
+      </c>
+      <c r="N212" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" t="s">
         <v>1962</v>
-      </c>
-[...16 lines deleted...]
-        <v>1963</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4939</v>
+        <v>4817</v>
       </c>
       <c r="B213" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C213" t="s">
         <v>1964</v>
       </c>
-      <c r="C213" t="s">
+      <c r="D213" t="s">
         <v>1965</v>
       </c>
-      <c r="D213" t="s">
+      <c r="E213" t="s">
         <v>1966</v>
       </c>
-      <c r="E213" t="s">
+      <c r="F213" t="s">
         <v>1967</v>
       </c>
-      <c r="F213" t="s">
+      <c r="G213" t="s">
         <v>1968</v>
       </c>
-      <c r="G213" t="s">
+      <c r="H213" t="s">
         <v>1969</v>
       </c>
-      <c r="H213" t="s">
+      <c r="I213" t="s">
         <v>1970</v>
       </c>
-      <c r="I213" t="s">
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
         <v>1971</v>
-      </c>
-[...16 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4947</v>
+        <v>4850</v>
       </c>
       <c r="B214" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C214" t="s">
         <v>1973</v>
       </c>
-      <c r="C214" t="s">
+      <c r="D214" t="s">
         <v>1974</v>
       </c>
-      <c r="D214" t="s">
+      <c r="E214" t="s">
         <v>1975</v>
       </c>
-      <c r="E214" t="s">
+      <c r="F214" t="s">
         <v>1976</v>
       </c>
-      <c r="F214" t="s">
+      <c r="G214" t="s">
         <v>1977</v>
       </c>
-      <c r="G214" t="s">
+      <c r="H214" t="s">
         <v>1978</v>
       </c>
-      <c r="H214" t="s">
+      <c r="I214" t="s">
         <v>1979</v>
       </c>
-      <c r="I214" t="s">
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>25</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>27</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
         <v>1980</v>
-      </c>
-[...16 lines deleted...]
-        <v>1981</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4950</v>
+        <v>4935</v>
       </c>
       <c r="B215" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C215" t="s">
         <v>1982</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>1983</v>
       </c>
-      <c r="D215" t="s">
+      <c r="E215" t="s">
         <v>1984</v>
       </c>
-      <c r="E215" t="s">
+      <c r="F215" t="s">
         <v>1985</v>
       </c>
-      <c r="F215" t="s">
+      <c r="G215" t="s">
         <v>1986</v>
       </c>
-      <c r="G215" t="s">
+      <c r="H215" t="s">
         <v>1987</v>
       </c>
-      <c r="H215" t="s">
+      <c r="I215" t="s">
         <v>1988</v>
       </c>
-      <c r="I215" t="s">
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>170</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>171</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
         <v>1989</v>
-      </c>
-[...16 lines deleted...]
-        <v>1990</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4958</v>
+        <v>4939</v>
       </c>
       <c r="B216" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C216" t="s">
         <v>1991</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
         <v>1992</v>
       </c>
-      <c r="D216" t="s">
+      <c r="E216" t="s">
         <v>1993</v>
       </c>
-      <c r="E216" t="s">
+      <c r="F216" t="s">
         <v>1994</v>
       </c>
-      <c r="F216" t="s">
+      <c r="G216" t="s">
         <v>1995</v>
       </c>
-      <c r="G216" t="s">
+      <c r="H216" t="s">
         <v>1996</v>
       </c>
-      <c r="H216" t="s">
+      <c r="I216" t="s">
         <v>1997</v>
-      </c>
-[...1 lines deleted...]
-        <v>1998</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1999</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4965</v>
+        <v>4947</v>
       </c>
       <c r="B217" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C217" t="s">
         <v>2000</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" t="s">
         <v>2001</v>
       </c>
-      <c r="D217" t="s">
+      <c r="E217" t="s">
         <v>2002</v>
       </c>
-      <c r="E217" t="s">
+      <c r="F217" t="s">
         <v>2003</v>
       </c>
-      <c r="F217" t="s">
+      <c r="G217" t="s">
         <v>2004</v>
       </c>
-      <c r="G217" t="s">
+      <c r="H217" t="s">
         <v>2005</v>
       </c>
-      <c r="H217" t="s">
+      <c r="I217" t="s">
         <v>2006</v>
       </c>
-      <c r="I217" t="s">
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="K217" t="s">
+        <v>47</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>48</v>
+      </c>
+      <c r="N217" t="s">
+        <v>28</v>
+      </c>
+      <c r="O217" t="s">
         <v>2007</v>
-      </c>
-[...16 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4968</v>
+        <v>4950</v>
       </c>
       <c r="B218" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C218" t="s">
         <v>2009</v>
       </c>
-      <c r="C218" t="s">
+      <c r="D218" t="s">
         <v>2010</v>
       </c>
-      <c r="D218" t="s">
+      <c r="E218" t="s">
         <v>2011</v>
       </c>
-      <c r="E218" t="s">
+      <c r="F218" t="s">
         <v>2012</v>
       </c>
-      <c r="F218" t="s">
+      <c r="G218" t="s">
         <v>2013</v>
       </c>
-      <c r="G218" t="s">
+      <c r="H218" t="s">
         <v>2014</v>
       </c>
-      <c r="H218" t="s">
+      <c r="I218" t="s">
         <v>2015</v>
       </c>
-      <c r="I218" t="s">
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
         <v>2016</v>
-      </c>
-[...16 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4969</v>
+        <v>4958</v>
       </c>
       <c r="B219" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C219" t="s">
         <v>2018</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
         <v>2019</v>
       </c>
-      <c r="D219" t="s">
+      <c r="E219" t="s">
         <v>2020</v>
       </c>
-      <c r="E219" t="s">
+      <c r="F219" t="s">
         <v>2021</v>
       </c>
-      <c r="F219" t="s">
+      <c r="G219" t="s">
         <v>2022</v>
       </c>
-      <c r="G219" t="s">
+      <c r="H219" t="s">
         <v>2023</v>
       </c>
-      <c r="H219" t="s">
+      <c r="I219" t="s">
         <v>2024</v>
       </c>
-      <c r="I219" t="s">
+      <c r="J219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K219" t="s">
+        <v>170</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>171</v>
+      </c>
+      <c r="N219" t="s">
+        <v>28</v>
+      </c>
+      <c r="O219" t="s">
         <v>2025</v>
-      </c>
-[...16 lines deleted...]
-        <v>2026</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5037</v>
+        <v>4965</v>
       </c>
       <c r="B220" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C220" t="s">
         <v>2027</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" t="s">
         <v>2028</v>
       </c>
-      <c r="D220" t="s">
+      <c r="E220" t="s">
         <v>2029</v>
       </c>
-      <c r="E220" t="s">
+      <c r="F220" t="s">
         <v>2030</v>
       </c>
-      <c r="F220" t="s">
+      <c r="G220" t="s">
         <v>2031</v>
       </c>
-      <c r="G220" t="s">
+      <c r="H220" t="s">
         <v>2032</v>
       </c>
-      <c r="H220" t="s">
+      <c r="I220" t="s">
         <v>2033</v>
       </c>
-      <c r="I220" t="s">
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
+        <v>25</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>27</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2034</v>
-      </c>
-[...16 lines deleted...]
-        <v>2035</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5272</v>
+        <v>4968</v>
       </c>
       <c r="B221" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C221" t="s">
         <v>2036</v>
       </c>
-      <c r="C221" t="s">
+      <c r="D221" t="s">
         <v>2037</v>
       </c>
-      <c r="D221" t="s">
+      <c r="E221" t="s">
         <v>2038</v>
       </c>
-      <c r="E221" t="s">
+      <c r="F221" t="s">
         <v>2039</v>
       </c>
-      <c r="F221" t="s">
+      <c r="G221" t="s">
         <v>2040</v>
       </c>
-      <c r="G221" t="s">
+      <c r="H221" t="s">
         <v>2041</v>
       </c>
-      <c r="H221" t="s">
+      <c r="I221" t="s">
         <v>2042</v>
       </c>
-      <c r="I221" t="s">
+      <c r="J221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K221" t="s">
+        <v>25</v>
+      </c>
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221" t="s">
+        <v>27</v>
+      </c>
+      <c r="N221" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" t="s">
         <v>2043</v>
-      </c>
-[...16 lines deleted...]
-        <v>2044</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5273</v>
+        <v>4969</v>
       </c>
       <c r="B222" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C222" t="s">
         <v>2045</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" t="s">
         <v>2046</v>
       </c>
-      <c r="D222" t="s">
+      <c r="E222" t="s">
         <v>2047</v>
       </c>
-      <c r="E222" t="s">
+      <c r="F222" t="s">
         <v>2048</v>
       </c>
-      <c r="F222" t="s">
+      <c r="G222" t="s">
         <v>2049</v>
       </c>
-      <c r="G222" t="s">
+      <c r="H222" t="s">
         <v>2050</v>
       </c>
-      <c r="H222" t="s">
+      <c r="I222" t="s">
         <v>2051</v>
       </c>
-      <c r="I222" t="s">
+      <c r="J222" t="s">
+        <v>24</v>
+      </c>
+      <c r="K222" t="s">
+        <v>25</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>27</v>
+      </c>
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
         <v>2052</v>
-      </c>
-[...16 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5326</v>
+        <v>5037</v>
       </c>
       <c r="B223" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E223" t="s">
         <v>2056</v>
       </c>
-      <c r="C223" t="s">
+      <c r="F223" t="s">
         <v>2057</v>
       </c>
-      <c r="D223" t="s">
+      <c r="G223" t="s">
         <v>2058</v>
       </c>
-      <c r="E223" t="s">
+      <c r="H223" t="s">
         <v>2059</v>
       </c>
-      <c r="F223" t="s">
+      <c r="I223" t="s">
         <v>2060</v>
-      </c>
-[...7 lines deleted...]
-        <v>2063</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2064</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5330</v>
+        <v>5272</v>
       </c>
       <c r="B224" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E224" t="s">
         <v>2065</v>
       </c>
-      <c r="C224" t="s">
+      <c r="F224" t="s">
         <v>2066</v>
       </c>
-      <c r="D224" t="s">
+      <c r="G224" t="s">
         <v>2067</v>
       </c>
-      <c r="E224" t="s">
+      <c r="H224" t="s">
         <v>2068</v>
       </c>
-      <c r="F224" t="s">
+      <c r="I224" t="s">
         <v>2069</v>
       </c>
-      <c r="G224" t="s">
+      <c r="J224" t="s">
+        <v>448</v>
+      </c>
+      <c r="K224" t="s">
+        <v>744</v>
+      </c>
+      <c r="L224" t="s">
+        <v>450</v>
+      </c>
+      <c r="M224" t="s">
+        <v>745</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2070</v>
-      </c>
-[...22 lines deleted...]
-        <v>2073</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5331</v>
+        <v>5273</v>
       </c>
       <c r="B225" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E225" t="s">
         <v>2074</v>
       </c>
-      <c r="C225" t="s">
+      <c r="F225" t="s">
         <v>2075</v>
       </c>
-      <c r="D225" t="s">
+      <c r="G225" t="s">
         <v>2076</v>
       </c>
-      <c r="E225" t="s">
+      <c r="H225" t="s">
         <v>2077</v>
       </c>
-      <c r="F225" t="s">
+      <c r="I225" t="s">
         <v>2078</v>
       </c>
-      <c r="G225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
         <v>2079</v>
       </c>
-      <c r="H225" t="s">
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
         <v>2080</v>
       </c>
-      <c r="I225" t="s">
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
         <v>2081</v>
-      </c>
-[...16 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5332</v>
+        <v>5326</v>
       </c>
       <c r="B226" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C226" t="s">
         <v>2083</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" t="s">
         <v>2084</v>
       </c>
-      <c r="D226" t="s">
+      <c r="E226" t="s">
         <v>2085</v>
       </c>
-      <c r="E226" t="s">
+      <c r="F226" t="s">
         <v>2086</v>
       </c>
-      <c r="F226" t="s">
+      <c r="G226" t="s">
         <v>2087</v>
       </c>
-      <c r="G226" t="s">
+      <c r="H226" t="s">
         <v>2088</v>
       </c>
-      <c r="H226" t="s">
+      <c r="I226" t="s">
         <v>2089</v>
       </c>
-      <c r="I226" t="s">
+      <c r="J226" t="s">
+        <v>24</v>
+      </c>
+      <c r="K226" t="s">
+        <v>170</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>171</v>
+      </c>
+      <c r="N226" t="s">
+        <v>28</v>
+      </c>
+      <c r="O226" t="s">
         <v>2090</v>
-      </c>
-[...16 lines deleted...]
-        <v>2091</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5333</v>
+        <v>5330</v>
       </c>
       <c r="B227" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C227" t="s">
         <v>2092</v>
       </c>
-      <c r="C227" t="s">
+      <c r="D227" t="s">
         <v>2093</v>
       </c>
-      <c r="D227" t="s">
+      <c r="E227" t="s">
         <v>2094</v>
       </c>
-      <c r="E227" t="s">
+      <c r="F227" t="s">
         <v>2095</v>
       </c>
-      <c r="F227" t="s">
+      <c r="G227" t="s">
         <v>2096</v>
       </c>
-      <c r="G227" t="s">
+      <c r="H227" t="s">
         <v>2097</v>
       </c>
-      <c r="H227" t="s">
+      <c r="I227" t="s">
         <v>2098</v>
       </c>
-      <c r="I227" t="s">
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
+        <v>170</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>171</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
         <v>2099</v>
-      </c>
-[...16 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5335</v>
+        <v>5331</v>
       </c>
       <c r="B228" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C228" t="s">
         <v>2101</v>
       </c>
-      <c r="C228" t="s">
+      <c r="D228" t="s">
         <v>2102</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" t="s">
         <v>2103</v>
       </c>
-      <c r="E228" t="s">
+      <c r="F228" t="s">
         <v>2104</v>
       </c>
-      <c r="F228" t="s">
+      <c r="G228" t="s">
         <v>2105</v>
       </c>
-      <c r="G228" t="s">
+      <c r="H228" t="s">
         <v>2106</v>
       </c>
-      <c r="H228" t="s">
+      <c r="I228" t="s">
         <v>2107</v>
       </c>
-      <c r="I228" t="s">
+      <c r="J228" t="s">
+        <v>24</v>
+      </c>
+      <c r="K228" t="s">
+        <v>47</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>48</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2108</v>
-      </c>
-[...16 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5346</v>
+        <v>5332</v>
       </c>
       <c r="B229" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C229" t="s">
         <v>2110</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" t="s">
         <v>2111</v>
       </c>
-      <c r="D229" t="s">
+      <c r="E229" t="s">
         <v>2112</v>
       </c>
-      <c r="E229" t="s">
+      <c r="F229" t="s">
         <v>2113</v>
       </c>
-      <c r="F229" t="s">
+      <c r="G229" t="s">
         <v>2114</v>
       </c>
-      <c r="G229" t="s">
+      <c r="H229" t="s">
         <v>2115</v>
       </c>
-      <c r="H229" t="s">
+      <c r="I229" t="s">
         <v>2116</v>
       </c>
-      <c r="I229" t="s">
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
+        <v>25</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>27</v>
+      </c>
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
         <v>2117</v>
-      </c>
-[...16 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5347</v>
+        <v>5333</v>
       </c>
       <c r="B230" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D230" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E230" t="s">
         <v>2121</v>
       </c>
-      <c r="C230" t="s">
+      <c r="F230" t="s">
         <v>2122</v>
       </c>
-      <c r="D230" t="s">
+      <c r="G230" t="s">
         <v>2123</v>
       </c>
-      <c r="E230" t="s">
+      <c r="H230" t="s">
         <v>2124</v>
       </c>
-      <c r="F230" t="s">
+      <c r="I230" t="s">
         <v>2125</v>
       </c>
-      <c r="G230" t="s">
+      <c r="J230" t="s">
+        <v>24</v>
+      </c>
+      <c r="K230" t="s">
+        <v>25</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>27</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
         <v>2126</v>
-      </c>
-[...22 lines deleted...]
-        <v>2129</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B231" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D231" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E231" t="s">
         <v>2130</v>
       </c>
-      <c r="C231" t="s">
+      <c r="F231" t="s">
         <v>2131</v>
       </c>
-      <c r="D231" t="s">
+      <c r="G231" t="s">
         <v>2132</v>
       </c>
-      <c r="E231" t="s">
+      <c r="H231" t="s">
         <v>2133</v>
       </c>
-      <c r="F231" t="s">
+      <c r="I231" t="s">
         <v>2134</v>
       </c>
-      <c r="G231" t="s">
+      <c r="J231" t="s">
+        <v>24</v>
+      </c>
+      <c r="K231" t="s">
+        <v>25</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>27</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2135</v>
-      </c>
-[...22 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B232" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D232" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E232" t="s">
         <v>2139</v>
       </c>
-      <c r="C232" t="s">
+      <c r="F232" t="s">
         <v>2140</v>
       </c>
-      <c r="D232" t="s">
+      <c r="G232" t="s">
         <v>2141</v>
       </c>
-      <c r="E232" t="s">
+      <c r="H232" t="s">
         <v>2142</v>
       </c>
-      <c r="F232" t="s">
+      <c r="I232" t="s">
         <v>2143</v>
       </c>
-      <c r="G232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
         <v>2144</v>
       </c>
-      <c r="H232" t="s">
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
         <v>2145</v>
       </c>
-      <c r="I232" t="s">
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2146</v>
-      </c>
-[...16 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5353</v>
+        <v>5347</v>
       </c>
       <c r="B233" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C233" t="s">
         <v>2148</v>
       </c>
-      <c r="C233" t="s">
+      <c r="D233" t="s">
         <v>2149</v>
       </c>
-      <c r="D233" t="s">
+      <c r="E233" t="s">
         <v>2150</v>
       </c>
-      <c r="E233" t="s">
+      <c r="F233" t="s">
         <v>2151</v>
       </c>
-      <c r="F233" t="s">
+      <c r="G233" t="s">
         <v>2152</v>
       </c>
-      <c r="G233" t="s">
+      <c r="H233" t="s">
         <v>2153</v>
       </c>
-      <c r="H233" t="s">
+      <c r="I233" t="s">
         <v>2154</v>
       </c>
-      <c r="I233" t="s">
+      <c r="J233" t="s">
+        <v>24</v>
+      </c>
+      <c r="K233" t="s">
+        <v>170</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>171</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
         <v>2155</v>
-      </c>
-[...16 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5354</v>
+        <v>5348</v>
       </c>
       <c r="B234" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C234" t="s">
         <v>2157</v>
       </c>
-      <c r="C234" t="s">
+      <c r="D234" t="s">
         <v>2158</v>
       </c>
-      <c r="D234" t="s">
+      <c r="E234" t="s">
         <v>2159</v>
       </c>
-      <c r="E234" t="s">
+      <c r="F234" t="s">
         <v>2160</v>
       </c>
-      <c r="F234" t="s">
+      <c r="G234" t="s">
         <v>2161</v>
       </c>
-      <c r="G234" t="s">
+      <c r="H234" t="s">
         <v>2162</v>
       </c>
-      <c r="H234" t="s">
+      <c r="I234" t="s">
         <v>2163</v>
-      </c>
-[...1 lines deleted...]
-        <v>2164</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>170</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>171</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2165</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5359</v>
+        <v>5351</v>
       </c>
       <c r="B235" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C235" t="s">
         <v>2166</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" t="s">
         <v>2167</v>
       </c>
-      <c r="D235" t="s">
+      <c r="E235" t="s">
         <v>2168</v>
       </c>
-      <c r="E235" t="s">
+      <c r="F235" t="s">
         <v>2169</v>
       </c>
-      <c r="F235" t="s">
+      <c r="G235" t="s">
         <v>2170</v>
       </c>
-      <c r="G235" t="s">
+      <c r="H235" t="s">
         <v>2171</v>
       </c>
-      <c r="H235" t="s">
+      <c r="I235" t="s">
         <v>2172</v>
-      </c>
-[...1 lines deleted...]
-        <v>2173</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5364</v>
+        <v>5353</v>
       </c>
       <c r="B236" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C236" t="s">
         <v>2175</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" t="s">
         <v>2176</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E236" t="s">
         <v>2177</v>
       </c>
-      <c r="E236" t="s">
+      <c r="F236" t="s">
         <v>2178</v>
       </c>
-      <c r="F236" t="s">
+      <c r="G236" t="s">
         <v>2179</v>
       </c>
-      <c r="G236" t="s">
+      <c r="H236" t="s">
         <v>2180</v>
       </c>
-      <c r="H236" t="s">
+      <c r="I236" t="s">
         <v>2181</v>
       </c>
-      <c r="I236" t="s">
+      <c r="J236" t="s">
+        <v>448</v>
+      </c>
+      <c r="K236" t="s">
+        <v>903</v>
+      </c>
+      <c r="L236" t="s">
+        <v>450</v>
+      </c>
+      <c r="M236" t="s">
+        <v>904</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
         <v>2182</v>
-      </c>
-[...16 lines deleted...]
-        <v>2183</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5365</v>
+        <v>5354</v>
       </c>
       <c r="B237" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C237" t="s">
         <v>2184</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>2185</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" t="s">
         <v>2186</v>
       </c>
-      <c r="E237" t="s">
+      <c r="F237" t="s">
         <v>2187</v>
       </c>
-      <c r="F237" t="s">
+      <c r="G237" t="s">
         <v>2188</v>
       </c>
-      <c r="G237" t="s">
+      <c r="H237" t="s">
         <v>2189</v>
       </c>
-      <c r="H237" t="s">
+      <c r="I237" t="s">
         <v>2190</v>
       </c>
-      <c r="I237" t="s">
+      <c r="J237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K237" t="s">
+        <v>170</v>
+      </c>
+      <c r="L237" t="s">
+        <v>26</v>
+      </c>
+      <c r="M237" t="s">
+        <v>171</v>
+      </c>
+      <c r="N237" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" t="s">
         <v>2191</v>
-      </c>
-[...16 lines deleted...]
-        <v>2192</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5367</v>
+        <v>5359</v>
       </c>
       <c r="B238" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C238" t="s">
         <v>2193</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>2194</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
         <v>2195</v>
       </c>
-      <c r="E238" t="s">
+      <c r="F238" t="s">
         <v>2196</v>
       </c>
-      <c r="F238" t="s">
+      <c r="G238" t="s">
         <v>2197</v>
       </c>
-      <c r="G238" t="s">
+      <c r="H238" t="s">
         <v>2198</v>
       </c>
-      <c r="H238" t="s">
+      <c r="I238" t="s">
         <v>2199</v>
-      </c>
-[...1 lines deleted...]
-        <v>2200</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2201</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5368</v>
+        <v>5364</v>
       </c>
       <c r="B239" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C239" t="s">
         <v>2202</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>2203</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
         <v>2204</v>
       </c>
-      <c r="E239" t="s">
+      <c r="F239" t="s">
         <v>2205</v>
       </c>
-      <c r="F239" t="s">
+      <c r="G239" t="s">
         <v>2206</v>
       </c>
-      <c r="G239" t="s">
+      <c r="H239" t="s">
         <v>2207</v>
       </c>
-      <c r="H239" t="s">
+      <c r="I239" t="s">
         <v>2208</v>
       </c>
-      <c r="I239" t="s">
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>47</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>48</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2209</v>
-      </c>
-[...16 lines deleted...]
-        <v>2210</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5371</v>
+        <v>5365</v>
       </c>
       <c r="B240" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C240" t="s">
         <v>2211</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>2212</v>
       </c>
-      <c r="D240" t="s">
+      <c r="E240" t="s">
         <v>2213</v>
       </c>
-      <c r="E240" t="s">
+      <c r="F240" t="s">
         <v>2214</v>
       </c>
-      <c r="F240" t="s">
+      <c r="G240" t="s">
         <v>2215</v>
       </c>
-      <c r="G240" t="s">
+      <c r="H240" t="s">
         <v>2216</v>
       </c>
-      <c r="H240" t="s">
+      <c r="I240" t="s">
         <v>2217</v>
       </c>
-      <c r="I240" t="s">
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>25</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2218</v>
-      </c>
-[...16 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5372</v>
+        <v>5367</v>
       </c>
       <c r="B241" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D241" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E241" t="s">
         <v>2222</v>
       </c>
-      <c r="C241" t="s">
+      <c r="F241" t="s">
         <v>2223</v>
       </c>
-      <c r="D241" t="s">
+      <c r="G241" t="s">
         <v>2224</v>
       </c>
-      <c r="E241" t="s">
+      <c r="H241" t="s">
         <v>2225</v>
       </c>
-      <c r="F241" t="s">
+      <c r="I241" t="s">
         <v>2226</v>
-      </c>
-[...7 lines deleted...]
-        <v>2229</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2230</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5375</v>
+        <v>5368</v>
       </c>
       <c r="B242" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D242" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E242" t="s">
         <v>2231</v>
       </c>
-      <c r="C242" t="s">
+      <c r="F242" t="s">
         <v>2232</v>
       </c>
-      <c r="D242" t="s">
+      <c r="G242" t="s">
         <v>2233</v>
       </c>
-      <c r="E242" t="s">
+      <c r="H242" t="s">
         <v>2234</v>
       </c>
-      <c r="F242" t="s">
+      <c r="I242" t="s">
         <v>2235</v>
       </c>
-      <c r="G242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>25</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2236</v>
-      </c>
-[...22 lines deleted...]
-        <v>2239</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5377</v>
+        <v>5371</v>
       </c>
       <c r="B243" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D243" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E243" t="s">
         <v>2240</v>
       </c>
-      <c r="C243" t="s">
+      <c r="F243" t="s">
         <v>2241</v>
       </c>
-      <c r="D243" t="s">
+      <c r="G243" t="s">
         <v>2242</v>
       </c>
-      <c r="E243" t="s">
+      <c r="H243" t="s">
         <v>2243</v>
       </c>
-      <c r="F243" t="s">
+      <c r="I243" t="s">
         <v>2244</v>
       </c>
-      <c r="G243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
         <v>2245</v>
       </c>
-      <c r="H243" t="s">
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
         <v>2246</v>
       </c>
-      <c r="I243" t="s">
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2247</v>
-      </c>
-[...16 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5378</v>
+        <v>5372</v>
       </c>
       <c r="B244" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C244" t="s">
         <v>2249</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
         <v>2250</v>
       </c>
-      <c r="D244" t="s">
+      <c r="E244" t="s">
         <v>2251</v>
       </c>
-      <c r="E244" t="s">
+      <c r="F244" t="s">
         <v>2252</v>
       </c>
-      <c r="F244" t="s">
+      <c r="G244" t="s">
         <v>2253</v>
       </c>
-      <c r="G244" t="s">
+      <c r="H244" t="s">
         <v>2254</v>
       </c>
-      <c r="H244" t="s">
+      <c r="I244" t="s">
         <v>2255</v>
-      </c>
-[...1 lines deleted...]
-        <v>2256</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2257</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5380</v>
+        <v>5375</v>
       </c>
       <c r="B245" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C245" t="s">
         <v>2258</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
         <v>2259</v>
       </c>
-      <c r="D245" t="s">
+      <c r="E245" t="s">
         <v>2260</v>
       </c>
-      <c r="E245" t="s">
+      <c r="F245" t="s">
         <v>2261</v>
       </c>
-      <c r="F245" t="s">
+      <c r="G245" t="s">
         <v>2262</v>
       </c>
-      <c r="G245" t="s">
+      <c r="H245" t="s">
         <v>2263</v>
       </c>
-      <c r="H245" t="s">
+      <c r="I245" t="s">
         <v>2264</v>
       </c>
-      <c r="I245" t="s">
+      <c r="J245" t="s">
+        <v>448</v>
+      </c>
+      <c r="K245" t="s">
+        <v>273</v>
+      </c>
+      <c r="L245" t="s">
+        <v>450</v>
+      </c>
+      <c r="M245" t="s">
+        <v>274</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2265</v>
-      </c>
-[...16 lines deleted...]
-        <v>2266</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5382</v>
+        <v>5377</v>
       </c>
       <c r="B246" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C246" t="s">
         <v>2267</v>
       </c>
-      <c r="C246" t="s">
+      <c r="D246" t="s">
         <v>2268</v>
       </c>
-      <c r="D246" t="s">
+      <c r="E246" t="s">
         <v>2269</v>
       </c>
-      <c r="E246" t="s">
+      <c r="F246" t="s">
         <v>2270</v>
       </c>
-      <c r="F246" t="s">
+      <c r="G246" t="s">
         <v>2271</v>
       </c>
-      <c r="G246" t="s">
+      <c r="H246" t="s">
         <v>2272</v>
       </c>
-      <c r="H246" t="s">
+      <c r="I246" t="s">
         <v>2273</v>
       </c>
-      <c r="I246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
+        <v>25</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>27</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2274</v>
-      </c>
-[...16 lines deleted...]
-        <v>2275</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5393</v>
+        <v>5378</v>
       </c>
       <c r="B247" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C247" t="s">
         <v>2276</v>
       </c>
-      <c r="C247" t="s">
+      <c r="D247" t="s">
         <v>2277</v>
       </c>
-      <c r="D247" t="s">
+      <c r="E247" t="s">
         <v>2278</v>
       </c>
-      <c r="E247" t="s">
+      <c r="F247" t="s">
         <v>2279</v>
       </c>
-      <c r="F247" t="s">
+      <c r="G247" t="s">
         <v>2280</v>
       </c>
-      <c r="G247" t="s">
+      <c r="H247" t="s">
         <v>2281</v>
       </c>
-      <c r="H247" t="s">
+      <c r="I247" t="s">
         <v>2282</v>
-      </c>
-[...1 lines deleted...]
-        <v>2283</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2284</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5394</v>
+        <v>5380</v>
       </c>
       <c r="B248" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C248" t="s">
         <v>2285</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D248" t="s">
         <v>2286</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E248" t="s">
         <v>2287</v>
       </c>
-      <c r="E248" t="s">
+      <c r="F248" t="s">
         <v>2288</v>
       </c>
-      <c r="F248" t="s">
+      <c r="G248" t="s">
         <v>2289</v>
       </c>
-      <c r="G248" t="s">
+      <c r="H248" t="s">
         <v>2290</v>
       </c>
-      <c r="H248" t="s">
+      <c r="I248" t="s">
         <v>2291</v>
-      </c>
-[...1 lines deleted...]
-        <v>2292</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2293</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5403</v>
+        <v>5382</v>
       </c>
       <c r="B249" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C249" t="s">
         <v>2294</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" t="s">
         <v>2295</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" t="s">
         <v>2296</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F249" t="s">
         <v>2297</v>
       </c>
-      <c r="F249" t="s">
+      <c r="G249" t="s">
         <v>2298</v>
       </c>
-      <c r="G249" t="s">
+      <c r="H249" t="s">
         <v>2299</v>
       </c>
-      <c r="H249" t="s">
+      <c r="I249" t="s">
         <v>2300</v>
       </c>
-      <c r="I249" t="s">
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="K249" t="s">
+        <v>170</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>171</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2301</v>
-      </c>
-[...13 lines deleted...]
-        <v>2303</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5431</v>
+        <v>5393</v>
       </c>
       <c r="B250" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D250" t="s">
         <v>2304</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2305</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2306</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2307</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2308</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2309</v>
       </c>
-      <c r="H250" t="s">
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
+        <v>25</v>
+      </c>
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
+        <v>27</v>
+      </c>
+      <c r="N250" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" t="s">
         <v>2310</v>
-      </c>
-[...19 lines deleted...]
-        <v>2312</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5433</v>
+        <v>5394</v>
       </c>
       <c r="B251" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C251" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D251" t="s">
         <v>2313</v>
       </c>
-      <c r="C251" t="s">
+      <c r="E251" t="s">
         <v>2314</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251" t="s">
         <v>2315</v>
       </c>
-      <c r="E251" t="s">
+      <c r="G251" t="s">
         <v>2316</v>
       </c>
-      <c r="F251" t="s">
+      <c r="H251" t="s">
         <v>2317</v>
       </c>
-      <c r="G251" t="s">
+      <c r="I251" t="s">
         <v>2318</v>
       </c>
-      <c r="H251" t="s">
+      <c r="J251" t="s">
+        <v>24</v>
+      </c>
+      <c r="K251" t="s">
+        <v>25</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>27</v>
+      </c>
+      <c r="N251" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" t="s">
         <v>2319</v>
-      </c>
-[...19 lines deleted...]
-        <v>2321</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5435</v>
+        <v>5403</v>
       </c>
       <c r="B252" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D252" t="s">
         <v>2322</v>
       </c>
-      <c r="C252" t="s">
+      <c r="E252" t="s">
         <v>2323</v>
       </c>
-      <c r="D252" t="s">
+      <c r="F252" t="s">
         <v>2324</v>
       </c>
-      <c r="E252" t="s">
+      <c r="G252" t="s">
         <v>2325</v>
       </c>
-      <c r="F252" t="s">
+      <c r="H252" t="s">
         <v>2326</v>
       </c>
-      <c r="G252" t="s">
+      <c r="I252" t="s">
         <v>2327</v>
       </c>
-      <c r="H252" t="s">
+      <c r="J252" t="s">
+        <v>24</v>
+      </c>
+      <c r="K252" t="s">
         <v>2328</v>
       </c>
-      <c r="I252" t="s">
+      <c r="L252" t="s">
+        <v>26</v>
+      </c>
+      <c r="N252" t="s">
+        <v>28</v>
+      </c>
+      <c r="O252" t="s">
         <v>2329</v>
-      </c>
-[...16 lines deleted...]
-        <v>2330</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5436</v>
+        <v>5431</v>
       </c>
       <c r="B253" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C253" t="s">
         <v>2331</v>
       </c>
-      <c r="C253" t="s">
+      <c r="D253" t="s">
         <v>2332</v>
       </c>
-      <c r="D253" t="s">
+      <c r="E253" t="s">
         <v>2333</v>
       </c>
-      <c r="E253" t="s">
+      <c r="F253" t="s">
         <v>2334</v>
       </c>
-      <c r="F253" t="s">
+      <c r="G253" t="s">
         <v>2335</v>
       </c>
-      <c r="G253" t="s">
+      <c r="H253" t="s">
         <v>2336</v>
       </c>
-      <c r="H253" t="s">
+      <c r="I253" t="s">
         <v>2337</v>
       </c>
-      <c r="I253" t="s">
+      <c r="J253" t="s">
+        <v>448</v>
+      </c>
+      <c r="K253" t="s">
+        <v>273</v>
+      </c>
+      <c r="L253" t="s">
+        <v>450</v>
+      </c>
+      <c r="M253" t="s">
+        <v>274</v>
+      </c>
+      <c r="N253" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" t="s">
         <v>2338</v>
-      </c>
-[...16 lines deleted...]
-        <v>2339</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5437</v>
+        <v>5433</v>
       </c>
       <c r="B254" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C254" t="s">
         <v>2340</v>
       </c>
-      <c r="C254" t="s">
+      <c r="D254" t="s">
         <v>2341</v>
       </c>
-      <c r="D254" t="s">
+      <c r="E254" t="s">
         <v>2342</v>
       </c>
-      <c r="E254" t="s">
+      <c r="F254" t="s">
         <v>2343</v>
       </c>
-      <c r="F254" t="s">
+      <c r="G254" t="s">
         <v>2344</v>
       </c>
-      <c r="G254" t="s">
+      <c r="H254" t="s">
         <v>2345</v>
       </c>
-      <c r="H254" t="s">
+      <c r="I254" t="s">
         <v>2346</v>
       </c>
-      <c r="I254" t="s">
+      <c r="J254" t="s">
+        <v>24</v>
+      </c>
+      <c r="K254" t="s">
+        <v>170</v>
+      </c>
+      <c r="L254" t="s">
+        <v>26</v>
+      </c>
+      <c r="M254" t="s">
+        <v>171</v>
+      </c>
+      <c r="N254" t="s">
+        <v>28</v>
+      </c>
+      <c r="O254" t="s">
         <v>2347</v>
-      </c>
-[...16 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5439</v>
+        <v>5435</v>
       </c>
       <c r="B255" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C255" t="s">
         <v>2349</v>
       </c>
-      <c r="C255" t="s">
+      <c r="D255" t="s">
         <v>2350</v>
       </c>
-      <c r="D255" t="s">
+      <c r="E255" t="s">
         <v>2351</v>
       </c>
-      <c r="E255" t="s">
+      <c r="F255" t="s">
         <v>2352</v>
       </c>
-      <c r="F255" t="s">
+      <c r="G255" t="s">
         <v>2353</v>
       </c>
-      <c r="G255" t="s">
+      <c r="H255" t="s">
         <v>2354</v>
       </c>
-      <c r="H255" t="s">
+      <c r="I255" t="s">
         <v>2355</v>
       </c>
-      <c r="I255" t="s">
+      <c r="J255" t="s">
+        <v>24</v>
+      </c>
+      <c r="K255" t="s">
+        <v>170</v>
+      </c>
+      <c r="L255" t="s">
+        <v>26</v>
+      </c>
+      <c r="M255" t="s">
+        <v>171</v>
+      </c>
+      <c r="N255" t="s">
+        <v>28</v>
+      </c>
+      <c r="O255" t="s">
         <v>2356</v>
-      </c>
-[...16 lines deleted...]
-        <v>2357</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5456</v>
+        <v>5436</v>
       </c>
       <c r="B256" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C256" t="s">
         <v>2358</v>
       </c>
-      <c r="C256" t="s">
+      <c r="D256" t="s">
         <v>2359</v>
       </c>
-      <c r="D256" t="s">
+      <c r="E256" t="s">
         <v>2360</v>
       </c>
-      <c r="E256" t="s">
+      <c r="F256" t="s">
         <v>2361</v>
       </c>
-      <c r="F256" t="s">
+      <c r="G256" t="s">
         <v>2362</v>
       </c>
-      <c r="G256" t="s">
+      <c r="H256" t="s">
         <v>2363</v>
       </c>
-      <c r="H256" t="s">
+      <c r="I256" t="s">
         <v>2364</v>
       </c>
-      <c r="I256" t="s">
+      <c r="J256" t="s">
+        <v>24</v>
+      </c>
+      <c r="K256" t="s">
+        <v>25</v>
+      </c>
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
+        <v>27</v>
+      </c>
+      <c r="N256" t="s">
+        <v>28</v>
+      </c>
+      <c r="O256" t="s">
         <v>2365</v>
-      </c>
-[...16 lines deleted...]
-        <v>2366</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5474</v>
+        <v>5437</v>
       </c>
       <c r="B257" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C257" t="s">
         <v>2367</v>
       </c>
-      <c r="C257" t="s">
+      <c r="D257" t="s">
         <v>2368</v>
       </c>
-      <c r="D257" t="s">
+      <c r="E257" t="s">
         <v>2369</v>
       </c>
-      <c r="E257" t="s">
+      <c r="F257" t="s">
         <v>2370</v>
       </c>
-      <c r="F257" t="s">
+      <c r="G257" t="s">
         <v>2371</v>
       </c>
-      <c r="G257" t="s">
+      <c r="H257" t="s">
         <v>2372</v>
       </c>
-      <c r="H257" t="s">
+      <c r="I257" t="s">
         <v>2373</v>
-      </c>
-[...1 lines deleted...]
-        <v>2374</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2375</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5475</v>
+        <v>5439</v>
       </c>
       <c r="B258" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C258" t="s">
         <v>2376</v>
       </c>
-      <c r="C258" t="s">
+      <c r="D258" t="s">
         <v>2377</v>
       </c>
-      <c r="D258" t="s">
+      <c r="E258" t="s">
         <v>2378</v>
       </c>
-      <c r="E258" t="s">
+      <c r="F258" t="s">
         <v>2379</v>
       </c>
-      <c r="F258" t="s">
+      <c r="G258" t="s">
         <v>2380</v>
       </c>
-      <c r="G258" t="s">
+      <c r="H258" t="s">
         <v>2381</v>
       </c>
-      <c r="H258" t="s">
+      <c r="I258" t="s">
         <v>2382</v>
       </c>
-      <c r="I258" t="s">
+      <c r="J258" t="s">
+        <v>24</v>
+      </c>
+      <c r="K258" t="s">
+        <v>25</v>
+      </c>
+      <c r="L258" t="s">
+        <v>26</v>
+      </c>
+      <c r="M258" t="s">
+        <v>27</v>
+      </c>
+      <c r="N258" t="s">
+        <v>28</v>
+      </c>
+      <c r="O258" t="s">
         <v>2383</v>
-      </c>
-[...16 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5476</v>
+        <v>5456</v>
       </c>
       <c r="B259" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C259" t="s">
         <v>2385</v>
       </c>
-      <c r="C259" t="s">
+      <c r="D259" t="s">
         <v>2386</v>
       </c>
-      <c r="D259" t="s">
+      <c r="E259" t="s">
         <v>2387</v>
       </c>
-      <c r="E259" t="s">
+      <c r="F259" t="s">
         <v>2388</v>
       </c>
-      <c r="F259" t="s">
+      <c r="G259" t="s">
         <v>2389</v>
       </c>
-      <c r="G259" t="s">
+      <c r="H259" t="s">
         <v>2390</v>
       </c>
-      <c r="H259" t="s">
+      <c r="I259" t="s">
         <v>2391</v>
       </c>
-      <c r="I259" t="s">
+      <c r="J259" t="s">
+        <v>448</v>
+      </c>
+      <c r="K259" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L259" t="s">
+        <v>450</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2392</v>
-      </c>
-[...16 lines deleted...]
-        <v>2395</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5478</v>
+        <v>5474</v>
       </c>
       <c r="B260" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2394</v>
+      </c>
+      <c r="D260" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E260" t="s">
         <v>2396</v>
       </c>
-      <c r="C260" t="s">
+      <c r="F260" t="s">
         <v>2397</v>
       </c>
-      <c r="D260" t="s">
+      <c r="G260" t="s">
         <v>2398</v>
       </c>
-      <c r="E260" t="s">
+      <c r="H260" t="s">
         <v>2399</v>
       </c>
-      <c r="F260" t="s">
+      <c r="I260" t="s">
         <v>2400</v>
-      </c>
-[...7 lines deleted...]
-        <v>2403</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5479</v>
+        <v>5475</v>
       </c>
       <c r="B261" t="s">
+        <v>2402</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D261" t="s">
+        <v>2404</v>
+      </c>
+      <c r="E261" t="s">
         <v>2405</v>
       </c>
-      <c r="C261" t="s">
+      <c r="F261" t="s">
         <v>2406</v>
       </c>
-      <c r="D261" t="s">
+      <c r="G261" t="s">
         <v>2407</v>
       </c>
-      <c r="E261" t="s">
+      <c r="H261" t="s">
         <v>2408</v>
       </c>
-      <c r="F261" t="s">
+      <c r="I261" t="s">
         <v>2409</v>
       </c>
-      <c r="G261" t="s">
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>170</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>171</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
         <v>2410</v>
-      </c>
-[...22 lines deleted...]
-        <v>2413</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5482</v>
+        <v>5476</v>
       </c>
       <c r="B262" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D262" t="s">
+        <v>2413</v>
+      </c>
+      <c r="E262" t="s">
         <v>2414</v>
       </c>
-      <c r="C262" t="s">
+      <c r="F262" t="s">
         <v>2415</v>
       </c>
-      <c r="D262" t="s">
+      <c r="G262" t="s">
         <v>2416</v>
       </c>
-      <c r="E262" t="s">
+      <c r="H262" t="s">
         <v>2417</v>
       </c>
-      <c r="F262" t="s">
+      <c r="I262" t="s">
         <v>2418</v>
       </c>
-      <c r="G262" t="s">
+      <c r="J262" t="s">
         <v>2419</v>
       </c>
-      <c r="H262" t="s">
+      <c r="K262" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L262" t="s">
         <v>2420</v>
       </c>
-      <c r="I262" t="s">
+      <c r="M262" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N262" t="s">
+        <v>28</v>
+      </c>
+      <c r="O262" t="s">
         <v>2421</v>
-      </c>
-[...16 lines deleted...]
-        <v>2422</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5483</v>
+        <v>5478</v>
       </c>
       <c r="B263" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C263" t="s">
         <v>2423</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" t="s">
         <v>2424</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" t="s">
         <v>2425</v>
       </c>
-      <c r="E263" t="s">
+      <c r="F263" t="s">
         <v>2426</v>
       </c>
-      <c r="F263" t="s">
+      <c r="G263" t="s">
         <v>2427</v>
       </c>
-      <c r="G263" t="s">
+      <c r="H263" t="s">
         <v>2428</v>
       </c>
-      <c r="H263" t="s">
+      <c r="I263" t="s">
         <v>2429</v>
-      </c>
-[...1 lines deleted...]
-        <v>2430</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5485</v>
+        <v>5479</v>
       </c>
       <c r="B264" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C264" t="s">
         <v>2432</v>
       </c>
-      <c r="C264" t="s">
+      <c r="D264" t="s">
         <v>2433</v>
       </c>
-      <c r="D264" t="s">
+      <c r="E264" t="s">
         <v>2434</v>
       </c>
-      <c r="E264" t="s">
+      <c r="F264" t="s">
         <v>2435</v>
       </c>
-      <c r="F264" t="s">
+      <c r="G264" t="s">
         <v>2436</v>
       </c>
-      <c r="G264" t="s">
+      <c r="H264" t="s">
         <v>2437</v>
       </c>
-      <c r="H264" t="s">
+      <c r="I264" t="s">
         <v>2438</v>
       </c>
-      <c r="I264" t="s">
+      <c r="J264" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" t="s">
+        <v>578</v>
+      </c>
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>579</v>
+      </c>
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
         <v>2439</v>
-      </c>
-[...16 lines deleted...]
-        <v>2442</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5487</v>
+        <v>5482</v>
       </c>
       <c r="B265" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E265" t="s">
         <v>2443</v>
       </c>
-      <c r="C265" t="s">
+      <c r="F265" t="s">
         <v>2444</v>
       </c>
-      <c r="D265" t="s">
+      <c r="G265" t="s">
         <v>2445</v>
       </c>
-      <c r="E265" t="s">
+      <c r="H265" t="s">
         <v>2446</v>
       </c>
-      <c r="F265" t="s">
+      <c r="I265" t="s">
         <v>2447</v>
       </c>
-      <c r="G265" t="s">
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
+        <v>170</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>171</v>
+      </c>
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2448</v>
-      </c>
-[...19 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5488</v>
+        <v>5483</v>
       </c>
       <c r="B266" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D266" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E266" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F266" t="s">
         <v>2453</v>
       </c>
-      <c r="C266" t="s">
+      <c r="G266" t="s">
         <v>2454</v>
       </c>
-      <c r="D266" t="s">
+      <c r="H266" t="s">
         <v>2455</v>
       </c>
-      <c r="E266" t="s">
+      <c r="I266" t="s">
         <v>2456</v>
       </c>
-      <c r="F266" t="s">
+      <c r="J266" t="s">
+        <v>24</v>
+      </c>
+      <c r="K266" t="s">
+        <v>25</v>
+      </c>
+      <c r="L266" t="s">
+        <v>26</v>
+      </c>
+      <c r="M266" t="s">
+        <v>27</v>
+      </c>
+      <c r="N266" t="s">
+        <v>28</v>
+      </c>
+      <c r="O266" t="s">
         <v>2457</v>
-      </c>
-[...25 lines deleted...]
-        <v>2461</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5489</v>
+        <v>5485</v>
       </c>
       <c r="B267" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D267" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E267" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F267" t="s">
         <v>2462</v>
       </c>
-      <c r="C267" t="s">
+      <c r="G267" t="s">
         <v>2463</v>
       </c>
-      <c r="D267" t="s">
+      <c r="H267" t="s">
         <v>2464</v>
       </c>
-      <c r="E267" t="s">
+      <c r="I267" t="s">
         <v>2465</v>
       </c>
-      <c r="F267" t="s">
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
         <v>2466</v>
       </c>
-      <c r="G267" t="s">
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
         <v>2467</v>
       </c>
-      <c r="H267" t="s">
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
         <v>2468</v>
-      </c>
-[...19 lines deleted...]
-        <v>2470</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5490</v>
+        <v>5487</v>
       </c>
       <c r="B268" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D268" t="s">
         <v>2471</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" t="s">
         <v>2472</v>
       </c>
-      <c r="D268" t="s">
+      <c r="F268" t="s">
         <v>2473</v>
       </c>
-      <c r="E268" t="s">
+      <c r="G268" t="s">
         <v>2474</v>
       </c>
-      <c r="F268" t="s">
+      <c r="H268" t="s">
         <v>2475</v>
       </c>
-      <c r="G268" t="s">
+      <c r="I268" t="s">
         <v>2476</v>
       </c>
-      <c r="H268" t="s">
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
         <v>2477</v>
       </c>
-      <c r="I268" t="s">
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="N268" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" t="s">
         <v>2478</v>
-      </c>
-[...13 lines deleted...]
-        <v>2480</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5493</v>
+        <v>5488</v>
       </c>
       <c r="B269" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D269" t="s">
         <v>2481</v>
       </c>
-      <c r="C269" t="s">
+      <c r="E269" t="s">
         <v>2482</v>
       </c>
-      <c r="D269" t="s">
+      <c r="F269" t="s">
         <v>2483</v>
       </c>
-      <c r="E269" t="s">
+      <c r="G269" t="s">
         <v>2484</v>
       </c>
-      <c r="F269" t="s">
+      <c r="H269" t="s">
         <v>2485</v>
       </c>
-      <c r="G269" t="s">
+      <c r="I269" t="s">
         <v>2486</v>
-      </c>
-[...4 lines deleted...]
-        <v>2488</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2489</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5496</v>
+        <v>5489</v>
       </c>
       <c r="B270" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D270" t="s">
         <v>2490</v>
       </c>
-      <c r="C270" t="s">
+      <c r="E270" t="s">
         <v>2491</v>
       </c>
-      <c r="D270" t="s">
+      <c r="F270" t="s">
         <v>2492</v>
       </c>
-      <c r="E270" t="s">
+      <c r="G270" t="s">
         <v>2493</v>
       </c>
-      <c r="F270" t="s">
+      <c r="H270" t="s">
         <v>2494</v>
       </c>
-      <c r="G270" t="s">
+      <c r="I270" t="s">
         <v>2495</v>
       </c>
-      <c r="H270" t="s">
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
         <v>2496</v>
-      </c>
-[...19 lines deleted...]
-        <v>2498</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5502</v>
+        <v>5490</v>
       </c>
       <c r="B271" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D271" t="s">
         <v>2499</v>
       </c>
-      <c r="C271" t="s">
+      <c r="E271" t="s">
         <v>2500</v>
       </c>
-      <c r="D271" t="s">
+      <c r="F271" t="s">
         <v>2501</v>
       </c>
-      <c r="E271" t="s">
+      <c r="G271" t="s">
         <v>2502</v>
       </c>
-      <c r="F271" t="s">
+      <c r="H271" t="s">
         <v>2503</v>
       </c>
-      <c r="G271" t="s">
+      <c r="I271" t="s">
         <v>2504</v>
       </c>
-      <c r="H271" t="s">
+      <c r="J271" t="s">
+        <v>448</v>
+      </c>
+      <c r="K271" t="s">
         <v>2505</v>
       </c>
-      <c r="I271" t="s">
+      <c r="L271" t="s">
+        <v>450</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2506</v>
-      </c>
-[...16 lines deleted...]
-        <v>2507</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5503</v>
+        <v>5493</v>
       </c>
       <c r="B272" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C272" t="s">
         <v>2508</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" t="s">
         <v>2509</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" t="s">
         <v>2510</v>
       </c>
-      <c r="E272" t="s">
+      <c r="F272" t="s">
         <v>2511</v>
       </c>
-      <c r="F272" t="s">
+      <c r="G272" t="s">
         <v>2512</v>
       </c>
-      <c r="G272" t="s">
+      <c r="H272" t="s">
         <v>2513</v>
       </c>
-      <c r="H272" t="s">
+      <c r="I272" t="s">
         <v>2514</v>
       </c>
-      <c r="I272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>170</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>171</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2515</v>
-      </c>
-[...16 lines deleted...]
-        <v>2516</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5504</v>
+        <v>5496</v>
       </c>
       <c r="B273" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C273" t="s">
         <v>2517</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" t="s">
         <v>2518</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
         <v>2519</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F273" t="s">
         <v>2520</v>
       </c>
-      <c r="F273" t="s">
+      <c r="G273" t="s">
         <v>2521</v>
       </c>
-      <c r="G273" t="s">
+      <c r="H273" t="s">
         <v>2522</v>
       </c>
-      <c r="H273" t="s">
+      <c r="I273" t="s">
         <v>2523</v>
       </c>
-      <c r="I273" t="s">
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>273</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>274</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2524</v>
-      </c>
-[...16 lines deleted...]
-        <v>2525</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5507</v>
+        <v>5502</v>
       </c>
       <c r="B274" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C274" t="s">
         <v>2526</v>
       </c>
-      <c r="C274" t="s">
+      <c r="D274" t="s">
         <v>2527</v>
       </c>
-      <c r="D274" t="s">
+      <c r="E274" t="s">
         <v>2528</v>
       </c>
-      <c r="E274" t="s">
+      <c r="F274" t="s">
         <v>2529</v>
       </c>
-      <c r="F274" t="s">
+      <c r="G274" t="s">
         <v>2530</v>
       </c>
-      <c r="G274" t="s">
+      <c r="H274" t="s">
         <v>2531</v>
       </c>
-      <c r="H274" t="s">
+      <c r="I274" t="s">
         <v>2532</v>
-      </c>
-[...1 lines deleted...]
-        <v>2533</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5509</v>
+        <v>5503</v>
       </c>
       <c r="B275" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C275" t="s">
         <v>2535</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" t="s">
         <v>2536</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" t="s">
         <v>2537</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F275" t="s">
         <v>2538</v>
       </c>
-      <c r="F275" t="s">
+      <c r="G275" t="s">
         <v>2539</v>
       </c>
-      <c r="G275" t="s">
+      <c r="H275" t="s">
         <v>2540</v>
       </c>
-      <c r="H275" t="s">
+      <c r="I275" t="s">
         <v>2541</v>
       </c>
-      <c r="I275" t="s">
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
+        <v>47</v>
+      </c>
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275" t="s">
+        <v>48</v>
+      </c>
+      <c r="N275" t="s">
+        <v>28</v>
+      </c>
+      <c r="O275" t="s">
         <v>2542</v>
-      </c>
-[...16 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5512</v>
+        <v>5504</v>
       </c>
       <c r="B276" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C276" t="s">
         <v>2544</v>
       </c>
-      <c r="C276" t="s">
+      <c r="D276" t="s">
         <v>2545</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>2546</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F276" t="s">
         <v>2547</v>
       </c>
-      <c r="F276" t="s">
+      <c r="G276" t="s">
         <v>2548</v>
       </c>
-      <c r="G276" t="s">
+      <c r="H276" t="s">
         <v>2549</v>
       </c>
-      <c r="H276" t="s">
+      <c r="I276" t="s">
         <v>2550</v>
       </c>
-      <c r="I276" t="s">
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
+        <v>25</v>
+      </c>
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
+        <v>27</v>
+      </c>
+      <c r="N276" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" t="s">
         <v>2551</v>
-      </c>
-[...16 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5514</v>
+        <v>5507</v>
       </c>
       <c r="B277" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C277" t="s">
         <v>2553</v>
       </c>
-      <c r="C277" t="s">
+      <c r="D277" t="s">
         <v>2554</v>
       </c>
-      <c r="D277" t="s">
+      <c r="E277" t="s">
         <v>2555</v>
       </c>
-      <c r="E277" t="s">
+      <c r="F277" t="s">
         <v>2556</v>
       </c>
-      <c r="F277" t="s">
+      <c r="G277" t="s">
         <v>2557</v>
       </c>
-      <c r="G277" t="s">
+      <c r="H277" t="s">
         <v>2558</v>
       </c>
-      <c r="H277" t="s">
+      <c r="I277" t="s">
         <v>2559</v>
       </c>
-      <c r="I277" t="s">
+      <c r="J277" t="s">
+        <v>24</v>
+      </c>
+      <c r="K277" t="s">
+        <v>25</v>
+      </c>
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
+        <v>27</v>
+      </c>
+      <c r="N277" t="s">
+        <v>28</v>
+      </c>
+      <c r="O277" t="s">
         <v>2560</v>
-      </c>
-[...16 lines deleted...]
-        <v>2561</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5516</v>
+        <v>5509</v>
       </c>
       <c r="B278" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C278" t="s">
         <v>2562</v>
       </c>
-      <c r="C278" t="s">
+      <c r="D278" t="s">
         <v>2563</v>
       </c>
-      <c r="D278" t="s">
+      <c r="E278" t="s">
         <v>2564</v>
       </c>
-      <c r="E278" t="s">
+      <c r="F278" t="s">
         <v>2565</v>
       </c>
-      <c r="F278" t="s">
+      <c r="G278" t="s">
         <v>2566</v>
       </c>
-      <c r="G278" t="s">
+      <c r="H278" t="s">
         <v>2567</v>
       </c>
-      <c r="H278" t="s">
+      <c r="I278" t="s">
         <v>2568</v>
       </c>
-      <c r="I278" t="s">
+      <c r="J278" t="s">
+        <v>448</v>
+      </c>
+      <c r="K278" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L278" t="s">
+        <v>450</v>
+      </c>
+      <c r="M278" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
         <v>2569</v>
-      </c>
-[...16 lines deleted...]
-        <v>2570</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5517</v>
+        <v>5512</v>
       </c>
       <c r="B279" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C279" t="s">
         <v>2571</v>
       </c>
-      <c r="C279" t="s">
+      <c r="D279" t="s">
         <v>2572</v>
       </c>
-      <c r="D279" t="s">
+      <c r="E279" t="s">
         <v>2573</v>
       </c>
-      <c r="E279" t="s">
+      <c r="F279" t="s">
         <v>2574</v>
       </c>
-      <c r="F279" t="s">
+      <c r="G279" t="s">
         <v>2575</v>
       </c>
-      <c r="G279" t="s">
+      <c r="H279" t="s">
         <v>2576</v>
       </c>
-      <c r="H279" t="s">
+      <c r="I279" t="s">
         <v>2577</v>
       </c>
-      <c r="I279" t="s">
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>170</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>171</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
         <v>2578</v>
-      </c>
-[...16 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5518</v>
+        <v>5514</v>
       </c>
       <c r="B280" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C280" t="s">
         <v>2580</v>
       </c>
-      <c r="C280" t="s">
+      <c r="D280" t="s">
         <v>2581</v>
       </c>
-      <c r="D280" t="s">
+      <c r="E280" t="s">
         <v>2582</v>
       </c>
-      <c r="E280" t="s">
+      <c r="F280" t="s">
         <v>2583</v>
       </c>
-      <c r="F280" t="s">
+      <c r="G280" t="s">
         <v>2584</v>
       </c>
-      <c r="G280" t="s">
+      <c r="H280" t="s">
         <v>2585</v>
       </c>
-      <c r="H280" t="s">
+      <c r="I280" t="s">
         <v>2586</v>
       </c>
-      <c r="I280" t="s">
+      <c r="J280" t="s">
+        <v>24</v>
+      </c>
+      <c r="K280" t="s">
+        <v>59</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>61</v>
+      </c>
+      <c r="N280" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" t="s">
         <v>2587</v>
-      </c>
-[...16 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5520</v>
+        <v>5516</v>
       </c>
       <c r="B281" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C281" t="s">
         <v>2589</v>
       </c>
-      <c r="C281" t="s">
+      <c r="D281" t="s">
         <v>2590</v>
       </c>
-      <c r="D281" t="s">
+      <c r="E281" t="s">
         <v>2591</v>
       </c>
-      <c r="E281" t="s">
+      <c r="F281" t="s">
         <v>2592</v>
       </c>
-      <c r="F281" t="s">
+      <c r="G281" t="s">
         <v>2593</v>
       </c>
-      <c r="G281" t="s">
+      <c r="H281" t="s">
         <v>2594</v>
       </c>
-      <c r="H281" t="s">
+      <c r="I281" t="s">
         <v>2595</v>
       </c>
-      <c r="I281" t="s">
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
+        <v>25</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>27</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2596</v>
-      </c>
-[...16 lines deleted...]
-        <v>2597</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B282" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C282" t="s">
         <v>2598</v>
       </c>
-      <c r="C282" t="s">
+      <c r="D282" t="s">
         <v>2599</v>
       </c>
-      <c r="D282" t="s">
+      <c r="E282" t="s">
         <v>2600</v>
       </c>
-      <c r="E282" t="s">
+      <c r="F282" t="s">
         <v>2601</v>
       </c>
-      <c r="F282" t="s">
+      <c r="G282" t="s">
         <v>2602</v>
       </c>
-      <c r="G282" t="s">
+      <c r="H282" t="s">
         <v>2603</v>
       </c>
-      <c r="H282" t="s">
+      <c r="I282" t="s">
         <v>2604</v>
       </c>
-      <c r="I282" t="s">
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
+        <v>25</v>
+      </c>
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
+        <v>27</v>
+      </c>
+      <c r="N282" t="s">
+        <v>28</v>
+      </c>
+      <c r="O282" t="s">
         <v>2605</v>
-      </c>
-[...16 lines deleted...]
-        <v>2606</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5657</v>
+        <v>5518</v>
       </c>
       <c r="B283" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C283" t="s">
         <v>2607</v>
       </c>
-      <c r="C283" t="s">
+      <c r="D283" t="s">
         <v>2608</v>
       </c>
-      <c r="D283" t="s">
+      <c r="E283" t="s">
         <v>2609</v>
       </c>
-      <c r="E283" t="s">
+      <c r="F283" t="s">
         <v>2610</v>
       </c>
-      <c r="F283" t="s">
+      <c r="G283" t="s">
         <v>2611</v>
       </c>
-      <c r="G283" t="s">
+      <c r="H283" t="s">
         <v>2612</v>
       </c>
-      <c r="H283" t="s">
+      <c r="I283" t="s">
         <v>2613</v>
-      </c>
-[...1 lines deleted...]
-        <v>2614</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2615</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5733</v>
+        <v>5520</v>
       </c>
       <c r="B284" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C284" t="s">
         <v>2616</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" t="s">
         <v>2617</v>
       </c>
-      <c r="D284" t="s">
+      <c r="E284" t="s">
         <v>2618</v>
       </c>
-      <c r="E284" t="s">
+      <c r="F284" t="s">
         <v>2619</v>
       </c>
-      <c r="F284" t="s">
+      <c r="G284" t="s">
         <v>2620</v>
       </c>
-      <c r="G284" t="s">
+      <c r="H284" t="s">
         <v>2621</v>
       </c>
-      <c r="H284" t="s">
+      <c r="I284" t="s">
         <v>2622</v>
       </c>
-      <c r="I284" t="s">
+      <c r="J284" t="s">
+        <v>24</v>
+      </c>
+      <c r="K284" t="s">
+        <v>1227</v>
+      </c>
+      <c r="L284" t="s">
+        <v>26</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N284" t="s">
+        <v>28</v>
+      </c>
+      <c r="O284" t="s">
         <v>2623</v>
-      </c>
-[...16 lines deleted...]
-        <v>2624</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5787</v>
+        <v>5545</v>
       </c>
       <c r="B285" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C285" t="s">
         <v>2625</v>
       </c>
-      <c r="C285" t="s">
+      <c r="D285" t="s">
         <v>2626</v>
       </c>
-      <c r="D285" t="s">
+      <c r="E285" t="s">
         <v>2627</v>
       </c>
-      <c r="E285" t="s">
+      <c r="F285" t="s">
         <v>2628</v>
       </c>
-      <c r="F285" t="s">
+      <c r="G285" t="s">
         <v>2629</v>
       </c>
-      <c r="G285" t="s">
+      <c r="H285" t="s">
         <v>2630</v>
       </c>
-      <c r="H285" t="s">
+      <c r="I285" t="s">
         <v>2631</v>
-      </c>
-[...1 lines deleted...]
-        <v>2632</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>170</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>171</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2633</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5792</v>
+        <v>5657</v>
       </c>
       <c r="B286" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C286" t="s">
         <v>2634</v>
       </c>
-      <c r="C286" t="s">
+      <c r="D286" t="s">
         <v>2635</v>
       </c>
-      <c r="D286" t="s">
+      <c r="E286" t="s">
         <v>2636</v>
       </c>
-      <c r="E286" t="s">
+      <c r="F286" t="s">
         <v>2637</v>
       </c>
-      <c r="F286" t="s">
+      <c r="G286" t="s">
         <v>2638</v>
       </c>
-      <c r="G286" t="s">
+      <c r="H286" t="s">
         <v>2639</v>
       </c>
-      <c r="H286" t="s">
+      <c r="I286" t="s">
         <v>2640</v>
       </c>
-      <c r="I286" t="s">
+      <c r="J286" t="s">
+        <v>24</v>
+      </c>
+      <c r="K286" t="s">
+        <v>25</v>
+      </c>
+      <c r="L286" t="s">
+        <v>26</v>
+      </c>
+      <c r="M286" t="s">
+        <v>27</v>
+      </c>
+      <c r="N286" t="s">
+        <v>28</v>
+      </c>
+      <c r="O286" t="s">
         <v>2641</v>
-      </c>
-[...16 lines deleted...]
-        <v>2642</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5794</v>
+        <v>5733</v>
       </c>
       <c r="B287" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C287" t="s">
         <v>2643</v>
       </c>
-      <c r="C287" t="s">
+      <c r="D287" t="s">
         <v>2644</v>
       </c>
-      <c r="D287" t="s">
+      <c r="E287" t="s">
         <v>2645</v>
       </c>
-      <c r="E287" t="s">
+      <c r="F287" t="s">
         <v>2646</v>
       </c>
-      <c r="F287" t="s">
+      <c r="G287" t="s">
         <v>2647</v>
       </c>
-      <c r="G287" t="s">
+      <c r="H287" t="s">
         <v>2648</v>
       </c>
-      <c r="H287" t="s">
+      <c r="I287" t="s">
         <v>2649</v>
       </c>
-      <c r="I287" t="s">
+      <c r="J287" t="s">
+        <v>24</v>
+      </c>
+      <c r="K287" t="s">
+        <v>47</v>
+      </c>
+      <c r="L287" t="s">
+        <v>26</v>
+      </c>
+      <c r="M287" t="s">
+        <v>48</v>
+      </c>
+      <c r="N287" t="s">
+        <v>28</v>
+      </c>
+      <c r="O287" t="s">
         <v>2650</v>
-      </c>
-[...16 lines deleted...]
-        <v>2651</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5795</v>
+        <v>5787</v>
       </c>
       <c r="B288" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C288" t="s">
         <v>2652</v>
       </c>
-      <c r="C288" t="s">
+      <c r="D288" t="s">
         <v>2653</v>
       </c>
-      <c r="D288" t="s">
+      <c r="E288" t="s">
         <v>2654</v>
       </c>
-      <c r="E288" t="s">
+      <c r="F288" t="s">
         <v>2655</v>
       </c>
-      <c r="F288" t="s">
+      <c r="G288" t="s">
         <v>2656</v>
       </c>
-      <c r="G288" t="s">
+      <c r="H288" t="s">
         <v>2657</v>
       </c>
-      <c r="H288" t="s">
+      <c r="I288" t="s">
         <v>2658</v>
       </c>
-      <c r="I288" t="s">
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
+        <v>170</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>171</v>
+      </c>
+      <c r="N288" t="s">
+        <v>28</v>
+      </c>
+      <c r="O288" t="s">
         <v>2659</v>
-      </c>
-[...16 lines deleted...]
-        <v>2660</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B289" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C289" t="s">
         <v>2661</v>
       </c>
-      <c r="C289" t="s">
+      <c r="D289" t="s">
         <v>2662</v>
       </c>
-      <c r="D289" t="s">
+      <c r="E289" t="s">
         <v>2663</v>
       </c>
-      <c r="E289" t="s">
+      <c r="F289" t="s">
         <v>2664</v>
       </c>
-      <c r="F289" t="s">
+      <c r="G289" t="s">
         <v>2665</v>
       </c>
-      <c r="G289" t="s">
+      <c r="H289" t="s">
         <v>2666</v>
       </c>
-      <c r="H289" t="s">
+      <c r="I289" t="s">
         <v>2667</v>
       </c>
-      <c r="I289" t="s">
+      <c r="J289" t="s">
+        <v>448</v>
+      </c>
+      <c r="K289" t="s">
+        <v>449</v>
+      </c>
+      <c r="L289" t="s">
+        <v>450</v>
+      </c>
+      <c r="M289" t="s">
+        <v>451</v>
+      </c>
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
         <v>2668</v>
-      </c>
-[...16 lines deleted...]
-        <v>2669</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B290" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C290" t="s">
         <v>2670</v>
       </c>
-      <c r="C290" t="s">
+      <c r="D290" t="s">
         <v>2671</v>
       </c>
-      <c r="D290" t="s">
+      <c r="E290" t="s">
         <v>2672</v>
       </c>
-      <c r="E290" t="s">
+      <c r="F290" t="s">
         <v>2673</v>
       </c>
-      <c r="F290" t="s">
+      <c r="G290" t="s">
         <v>2674</v>
       </c>
-      <c r="G290" t="s">
+      <c r="H290" t="s">
         <v>2675</v>
       </c>
-      <c r="H290" t="s">
+      <c r="I290" t="s">
         <v>2676</v>
-      </c>
-[...1 lines deleted...]
-        <v>2677</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2678</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5799</v>
+        <v>5795</v>
       </c>
       <c r="B291" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C291" t="s">
         <v>2679</v>
       </c>
-      <c r="C291" t="s">
+      <c r="D291" t="s">
         <v>2680</v>
       </c>
-      <c r="D291" t="s">
+      <c r="E291" t="s">
         <v>2681</v>
       </c>
-      <c r="E291" t="s">
+      <c r="F291" t="s">
         <v>2682</v>
       </c>
-      <c r="F291" t="s">
+      <c r="G291" t="s">
         <v>2683</v>
       </c>
-      <c r="G291" t="s">
+      <c r="H291" t="s">
         <v>2684</v>
       </c>
-      <c r="H291" t="s">
+      <c r="I291" t="s">
         <v>2685</v>
       </c>
-      <c r="I291" t="s">
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>47</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>48</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2686</v>
-      </c>
-[...16 lines deleted...]
-        <v>2687</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5803</v>
+        <v>5796</v>
       </c>
       <c r="B292" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C292" t="s">
         <v>2688</v>
       </c>
-      <c r="C292" t="s">
+      <c r="D292" t="s">
         <v>2689</v>
       </c>
-      <c r="D292" t="s">
+      <c r="E292" t="s">
         <v>2690</v>
       </c>
-      <c r="E292" t="s">
+      <c r="F292" t="s">
         <v>2691</v>
       </c>
-      <c r="F292" t="s">
+      <c r="G292" t="s">
         <v>2692</v>
       </c>
-      <c r="G292" t="s">
+      <c r="H292" t="s">
         <v>2693</v>
       </c>
-      <c r="H292" t="s">
+      <c r="I292" t="s">
         <v>2694</v>
       </c>
-      <c r="I292" t="s">
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="K292" t="s">
+        <v>170</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>171</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
         <v>2695</v>
-      </c>
-[...16 lines deleted...]
-        <v>2696</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5805</v>
+        <v>5798</v>
       </c>
       <c r="B293" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C293" t="s">
         <v>2697</v>
       </c>
-      <c r="C293" t="s">
+      <c r="D293" t="s">
         <v>2698</v>
       </c>
-      <c r="D293" t="s">
+      <c r="E293" t="s">
         <v>2699</v>
       </c>
-      <c r="E293" t="s">
+      <c r="F293" t="s">
         <v>2700</v>
       </c>
-      <c r="F293" t="s">
+      <c r="G293" t="s">
         <v>2701</v>
       </c>
-      <c r="G293" t="s">
+      <c r="H293" t="s">
         <v>2702</v>
       </c>
-      <c r="H293" t="s">
+      <c r="I293" t="s">
         <v>2703</v>
       </c>
-      <c r="I293" t="s">
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>170</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>171</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2704</v>
-      </c>
-[...16 lines deleted...]
-        <v>2705</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5808</v>
+        <v>5799</v>
       </c>
       <c r="B294" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C294" t="s">
         <v>2706</v>
       </c>
-      <c r="C294" t="s">
+      <c r="D294" t="s">
         <v>2707</v>
       </c>
-      <c r="D294" t="s">
+      <c r="E294" t="s">
         <v>2708</v>
       </c>
-      <c r="E294" t="s">
+      <c r="F294" t="s">
         <v>2709</v>
       </c>
-      <c r="F294" t="s">
+      <c r="G294" t="s">
         <v>2710</v>
       </c>
-      <c r="G294" t="s">
+      <c r="H294" t="s">
         <v>2711</v>
       </c>
-      <c r="H294" t="s">
+      <c r="I294" t="s">
         <v>2712</v>
       </c>
-      <c r="I294" t="s">
+      <c r="J294" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K294" t="s">
+        <v>903</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1878</v>
+      </c>
+      <c r="M294" t="s">
+        <v>904</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2713</v>
-      </c>
-[...16 lines deleted...]
-        <v>2714</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5811</v>
+        <v>5803</v>
       </c>
       <c r="B295" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C295" t="s">
         <v>2715</v>
       </c>
-      <c r="C295" t="s">
+      <c r="D295" t="s">
         <v>2716</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" t="s">
         <v>2717</v>
       </c>
-      <c r="E295" t="s">
+      <c r="F295" t="s">
         <v>2718</v>
       </c>
-      <c r="F295" t="s">
+      <c r="G295" t="s">
         <v>2719</v>
       </c>
-      <c r="G295" t="s">
+      <c r="H295" t="s">
         <v>2720</v>
       </c>
-      <c r="H295" t="s">
+      <c r="I295" t="s">
         <v>2721</v>
-      </c>
-[...1 lines deleted...]
-        <v>2722</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
         <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2723</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5819</v>
+        <v>5805</v>
       </c>
       <c r="B296" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C296" t="s">
         <v>2724</v>
       </c>
-      <c r="C296" t="s">
+      <c r="D296" t="s">
         <v>2725</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" t="s">
         <v>2726</v>
       </c>
-      <c r="E296" t="s">
+      <c r="F296" t="s">
         <v>2727</v>
       </c>
-      <c r="F296" t="s">
+      <c r="G296" t="s">
         <v>2728</v>
       </c>
-      <c r="G296" t="s">
+      <c r="H296" t="s">
         <v>2729</v>
       </c>
-      <c r="H296" t="s">
+      <c r="I296" t="s">
         <v>2730</v>
-      </c>
-[...1 lines deleted...]
-        <v>2731</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2732</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5830</v>
+        <v>5808</v>
       </c>
       <c r="B297" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C297" t="s">
         <v>2733</v>
       </c>
-      <c r="C297" t="s">
+      <c r="D297" t="s">
         <v>2734</v>
       </c>
-      <c r="D297" t="s">
+      <c r="E297" t="s">
         <v>2735</v>
       </c>
-      <c r="E297" t="s">
+      <c r="F297" t="s">
         <v>2736</v>
       </c>
-      <c r="F297" t="s">
+      <c r="G297" t="s">
         <v>2737</v>
       </c>
-      <c r="G297" t="s">
+      <c r="H297" t="s">
         <v>2738</v>
       </c>
-      <c r="H297" t="s">
+      <c r="I297" t="s">
         <v>2739</v>
-      </c>
-[...1 lines deleted...]
-        <v>2740</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2741</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5863</v>
+        <v>5811</v>
       </c>
       <c r="B298" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C298" t="s">
         <v>2742</v>
       </c>
-      <c r="C298" t="s">
+      <c r="D298" t="s">
         <v>2743</v>
       </c>
-      <c r="D298" t="s">
+      <c r="E298" t="s">
         <v>2744</v>
       </c>
-      <c r="E298" t="s">
+      <c r="F298" t="s">
         <v>2745</v>
       </c>
-      <c r="F298" t="s">
+      <c r="G298" t="s">
         <v>2746</v>
       </c>
-      <c r="G298" t="s">
+      <c r="H298" t="s">
         <v>2747</v>
       </c>
-      <c r="H298" t="s">
+      <c r="I298" t="s">
         <v>2748</v>
-      </c>
-[...1 lines deleted...]
-        <v>2749</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2750</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5866</v>
+        <v>5819</v>
       </c>
       <c r="B299" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C299" t="s">
         <v>2751</v>
       </c>
-      <c r="C299" t="s">
+      <c r="D299" t="s">
         <v>2752</v>
       </c>
-      <c r="D299" t="s">
+      <c r="E299" t="s">
         <v>2753</v>
       </c>
-      <c r="E299" t="s">
+      <c r="F299" t="s">
         <v>2754</v>
       </c>
-      <c r="F299" t="s">
+      <c r="G299" t="s">
         <v>2755</v>
       </c>
-      <c r="G299" t="s">
+      <c r="H299" t="s">
         <v>2756</v>
       </c>
-      <c r="H299" t="s">
+      <c r="I299" t="s">
         <v>2757</v>
-      </c>
-[...1 lines deleted...]
-        <v>2758</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2759</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5888</v>
+        <v>5830</v>
       </c>
       <c r="B300" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C300" t="s">
         <v>2760</v>
       </c>
-      <c r="C300" t="s">
+      <c r="D300" t="s">
         <v>2761</v>
       </c>
-      <c r="D300" t="s">
+      <c r="E300" t="s">
         <v>2762</v>
       </c>
-      <c r="E300" t="s">
+      <c r="F300" t="s">
         <v>2763</v>
       </c>
-      <c r="F300" t="s">
+      <c r="G300" t="s">
         <v>2764</v>
       </c>
-      <c r="G300" t="s">
+      <c r="H300" t="s">
         <v>2765</v>
       </c>
-      <c r="H300" t="s">
+      <c r="I300" t="s">
         <v>2766</v>
-      </c>
-[...1 lines deleted...]
-        <v>2767</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2768</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5889</v>
+        <v>5863</v>
       </c>
       <c r="B301" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C301" t="s">
         <v>2769</v>
       </c>
-      <c r="C301" t="s">
+      <c r="D301" t="s">
         <v>2770</v>
       </c>
-      <c r="D301" t="s">
+      <c r="E301" t="s">
         <v>2771</v>
       </c>
-      <c r="E301" t="s">
+      <c r="F301" t="s">
         <v>2772</v>
       </c>
-      <c r="F301" t="s">
+      <c r="G301" t="s">
         <v>2773</v>
       </c>
-      <c r="G301" t="s">
+      <c r="H301" t="s">
         <v>2774</v>
       </c>
-      <c r="H301" t="s">
+      <c r="I301" t="s">
         <v>2775</v>
-      </c>
-[...1 lines deleted...]
-        <v>2776</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2777</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B302" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C302" t="s">
         <v>2778</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302" t="s">
         <v>2779</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E302" t="s">
         <v>2780</v>
       </c>
-      <c r="E302" t="s">
+      <c r="F302" t="s">
         <v>2781</v>
       </c>
-      <c r="F302" t="s">
+      <c r="G302" t="s">
         <v>2782</v>
       </c>
-      <c r="G302" t="s">
+      <c r="H302" t="s">
         <v>2783</v>
       </c>
-      <c r="H302" t="s">
+      <c r="I302" t="s">
         <v>2784</v>
-      </c>
-[...1 lines deleted...]
-        <v>2785</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2786</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5913</v>
+        <v>5888</v>
       </c>
       <c r="B303" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C303" t="s">
         <v>2787</v>
       </c>
-      <c r="C303" t="s">
+      <c r="D303" t="s">
         <v>2788</v>
       </c>
-      <c r="D303" t="s">
+      <c r="E303" t="s">
         <v>2789</v>
       </c>
-      <c r="E303" t="s">
+      <c r="F303" t="s">
         <v>2790</v>
       </c>
-      <c r="F303" t="s">
+      <c r="G303" t="s">
         <v>2791</v>
       </c>
-      <c r="G303" t="s">
+      <c r="H303" t="s">
         <v>2792</v>
       </c>
-      <c r="H303" t="s">
+      <c r="I303" t="s">
         <v>2793</v>
       </c>
-      <c r="I303" t="s">
+      <c r="J303" t="s">
+        <v>24</v>
+      </c>
+      <c r="K303" t="s">
+        <v>25</v>
+      </c>
+      <c r="L303" t="s">
+        <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>27</v>
+      </c>
+      <c r="N303" t="s">
+        <v>28</v>
+      </c>
+      <c r="O303" t="s">
         <v>2794</v>
-      </c>
-[...16 lines deleted...]
-        <v>2795</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5915</v>
+        <v>5889</v>
       </c>
       <c r="B304" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C304" t="s">
         <v>2796</v>
       </c>
-      <c r="C304" t="s">
+      <c r="D304" t="s">
         <v>2797</v>
       </c>
-      <c r="D304" t="s">
+      <c r="E304" t="s">
         <v>2798</v>
       </c>
-      <c r="E304" t="s">
+      <c r="F304" t="s">
         <v>2799</v>
       </c>
-      <c r="F304" t="s">
+      <c r="G304" t="s">
         <v>2800</v>
       </c>
-      <c r="G304" t="s">
+      <c r="H304" t="s">
         <v>2801</v>
       </c>
-      <c r="H304" t="s">
+      <c r="I304" t="s">
         <v>2802</v>
       </c>
-      <c r="I304" t="s">
+      <c r="J304" t="s">
+        <v>24</v>
+      </c>
+      <c r="K304" t="s">
+        <v>25</v>
+      </c>
+      <c r="L304" t="s">
+        <v>26</v>
+      </c>
+      <c r="M304" t="s">
+        <v>27</v>
+      </c>
+      <c r="N304" t="s">
+        <v>28</v>
+      </c>
+      <c r="O304" t="s">
         <v>2803</v>
-      </c>
-[...16 lines deleted...]
-        <v>2804</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5927</v>
+        <v>5907</v>
       </c>
       <c r="B305" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C305" t="s">
         <v>2805</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" t="s">
         <v>2806</v>
       </c>
-      <c r="D305" t="s">
+      <c r="E305" t="s">
         <v>2807</v>
       </c>
-      <c r="E305" t="s">
+      <c r="F305" t="s">
         <v>2808</v>
       </c>
-      <c r="F305" t="s">
+      <c r="G305" t="s">
         <v>2809</v>
       </c>
-      <c r="G305" t="s">
+      <c r="H305" t="s">
         <v>2810</v>
       </c>
-      <c r="H305" t="s">
+      <c r="I305" t="s">
         <v>2811</v>
       </c>
-      <c r="I305" t="s">
+      <c r="J305" t="s">
+        <v>24</v>
+      </c>
+      <c r="K305" t="s">
+        <v>25</v>
+      </c>
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
+        <v>27</v>
+      </c>
+      <c r="N305" t="s">
+        <v>28</v>
+      </c>
+      <c r="O305" t="s">
         <v>2812</v>
-      </c>
-[...16 lines deleted...]
-        <v>2813</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5928</v>
+        <v>5913</v>
       </c>
       <c r="B306" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C306" t="s">
         <v>2814</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
         <v>2815</v>
       </c>
-      <c r="D306" t="s">
+      <c r="E306" t="s">
         <v>2816</v>
       </c>
-      <c r="E306" t="s">
+      <c r="F306" t="s">
         <v>2817</v>
       </c>
-      <c r="F306" t="s">
+      <c r="G306" t="s">
         <v>2818</v>
       </c>
-      <c r="G306" t="s">
+      <c r="H306" t="s">
         <v>2819</v>
       </c>
-      <c r="H306" t="s">
+      <c r="I306" t="s">
         <v>2820</v>
       </c>
-      <c r="I306" t="s">
+      <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
+        <v>47</v>
+      </c>
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
+        <v>48</v>
+      </c>
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2821</v>
-      </c>
-[...16 lines deleted...]
-        <v>2826</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5931</v>
+        <v>5915</v>
       </c>
       <c r="B307" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D307" t="s">
+        <v>2824</v>
+      </c>
+      <c r="E307" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F307" t="s">
+        <v>2826</v>
+      </c>
+      <c r="G307" t="s">
         <v>2827</v>
       </c>
-      <c r="C307" t="s">
+      <c r="H307" t="s">
         <v>2828</v>
       </c>
-      <c r="D307" t="s">
+      <c r="I307" t="s">
         <v>2829</v>
       </c>
-      <c r="E307" t="s">
+      <c r="J307" t="s">
+        <v>24</v>
+      </c>
+      <c r="K307" t="s">
+        <v>170</v>
+      </c>
+      <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>171</v>
+      </c>
+      <c r="N307" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" t="s">
         <v>2830</v>
-      </c>
-[...28 lines deleted...]
-        <v>2835</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5932</v>
+        <v>5927</v>
       </c>
       <c r="B308" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D308" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E308" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F308" t="s">
+        <v>2835</v>
+      </c>
+      <c r="G308" t="s">
         <v>2836</v>
       </c>
-      <c r="C308" t="s">
+      <c r="H308" t="s">
         <v>2837</v>
       </c>
-      <c r="D308" t="s">
+      <c r="I308" t="s">
         <v>2838</v>
       </c>
-      <c r="E308" t="s">
+      <c r="J308" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" t="s">
+        <v>59</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>61</v>
+      </c>
+      <c r="N308" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" t="s">
         <v>2839</v>
-      </c>
-[...28 lines deleted...]
-        <v>2844</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5934</v>
+        <v>5928</v>
       </c>
       <c r="B309" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2842</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F309" t="s">
+        <v>2844</v>
+      </c>
+      <c r="G309" t="s">
         <v>2845</v>
       </c>
-      <c r="C309" t="s">
+      <c r="H309" t="s">
         <v>2846</v>
       </c>
-      <c r="D309" t="s">
+      <c r="I309" t="s">
         <v>2847</v>
       </c>
-      <c r="E309" t="s">
+      <c r="J309" t="s">
         <v>2848</v>
       </c>
-      <c r="F309" t="s">
+      <c r="K309" t="s">
         <v>2849</v>
       </c>
-      <c r="G309" t="s">
+      <c r="L309" t="s">
         <v>2850</v>
       </c>
-      <c r="H309" t="s">
+      <c r="M309" t="s">
         <v>2851</v>
       </c>
-      <c r="I309" t="s">
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2852</v>
-      </c>
-[...16 lines deleted...]
-        <v>2853</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5953</v>
+        <v>5931</v>
       </c>
       <c r="B310" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C310" t="s">
         <v>2854</v>
       </c>
-      <c r="C310" t="s">
+      <c r="D310" t="s">
         <v>2855</v>
       </c>
-      <c r="D310" t="s">
+      <c r="E310" t="s">
         <v>2856</v>
       </c>
-      <c r="E310" t="s">
+      <c r="F310" t="s">
         <v>2857</v>
       </c>
-      <c r="F310" t="s">
+      <c r="G310" t="s">
         <v>2858</v>
       </c>
-      <c r="G310" t="s">
+      <c r="H310" t="s">
         <v>2859</v>
       </c>
-      <c r="H310" t="s">
+      <c r="I310" t="s">
         <v>2860</v>
-      </c>
-[...1 lines deleted...]
-        <v>2861</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2862</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5981</v>
+        <v>5932</v>
       </c>
       <c r="B311" t="s">
+        <v>2862</v>
+      </c>
+      <c r="C311" t="s">
         <v>2863</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" t="s">
         <v>2864</v>
       </c>
-      <c r="D311" t="s">
+      <c r="E311" t="s">
         <v>2865</v>
       </c>
-      <c r="E311" t="s">
+      <c r="F311" t="s">
         <v>2866</v>
       </c>
-      <c r="F311" t="s">
+      <c r="G311" t="s">
         <v>2867</v>
       </c>
-      <c r="G311" t="s">
+      <c r="H311" t="s">
         <v>2868</v>
       </c>
-      <c r="H311" t="s">
+      <c r="I311" t="s">
         <v>2869</v>
       </c>
-      <c r="I311" t="s">
+      <c r="J311" t="s">
+        <v>24</v>
+      </c>
+      <c r="K311" t="s">
+        <v>170</v>
+      </c>
+      <c r="L311" t="s">
+        <v>26</v>
+      </c>
+      <c r="M311" t="s">
+        <v>171</v>
+      </c>
+      <c r="N311" t="s">
+        <v>28</v>
+      </c>
+      <c r="O311" t="s">
         <v>2870</v>
-      </c>
-[...16 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5986</v>
+        <v>5934</v>
       </c>
       <c r="B312" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D312" t="s">
+        <v>2873</v>
+      </c>
+      <c r="E312" t="s">
         <v>2874</v>
       </c>
-      <c r="C312" t="s">
+      <c r="F312" t="s">
         <v>2875</v>
       </c>
-      <c r="D312" t="s">
+      <c r="G312" t="s">
         <v>2876</v>
       </c>
-      <c r="E312" t="s">
+      <c r="H312" t="s">
         <v>2877</v>
       </c>
-      <c r="F312" t="s">
+      <c r="I312" t="s">
         <v>2878</v>
-      </c>
-[...7 lines deleted...]
-        <v>2881</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2882</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5989</v>
+        <v>5953</v>
       </c>
       <c r="B313" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2881</v>
+      </c>
+      <c r="D313" t="s">
+        <v>2882</v>
+      </c>
+      <c r="E313" t="s">
         <v>2883</v>
       </c>
-      <c r="C313" t="s">
+      <c r="F313" t="s">
         <v>2884</v>
       </c>
-      <c r="D313" t="s">
+      <c r="G313" t="s">
         <v>2885</v>
       </c>
-      <c r="E313" t="s">
+      <c r="H313" t="s">
         <v>2886</v>
       </c>
-      <c r="F313" t="s">
+      <c r="I313" t="s">
         <v>2887</v>
       </c>
-      <c r="G313" t="s">
+      <c r="J313" t="s">
+        <v>24</v>
+      </c>
+      <c r="K313" t="s">
+        <v>25</v>
+      </c>
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
+        <v>27</v>
+      </c>
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2888</v>
-      </c>
-[...22 lines deleted...]
-        <v>2891</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6018</v>
+        <v>5981</v>
       </c>
       <c r="B314" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2890</v>
+      </c>
+      <c r="D314" t="s">
+        <v>2891</v>
+      </c>
+      <c r="E314" t="s">
         <v>2892</v>
       </c>
-      <c r="C314" t="s">
+      <c r="F314" t="s">
         <v>2893</v>
       </c>
-      <c r="D314" t="s">
+      <c r="G314" t="s">
         <v>2894</v>
       </c>
-      <c r="E314" t="s">
+      <c r="H314" t="s">
         <v>2895</v>
       </c>
-      <c r="F314" t="s">
+      <c r="I314" t="s">
         <v>2896</v>
       </c>
-      <c r="G314" t="s">
+      <c r="J314" t="s">
+        <v>448</v>
+      </c>
+      <c r="K314" t="s">
         <v>2897</v>
       </c>
-      <c r="H314" t="s">
+      <c r="L314" t="s">
+        <v>450</v>
+      </c>
+      <c r="M314" t="s">
         <v>2898</v>
       </c>
-      <c r="I314" t="s">
+      <c r="N314" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" t="s">
         <v>2899</v>
-      </c>
-[...16 lines deleted...]
-        <v>2900</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6021</v>
+        <v>5986</v>
       </c>
       <c r="B315" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C315" t="s">
         <v>2901</v>
       </c>
-      <c r="C315" t="s">
+      <c r="D315" t="s">
         <v>2902</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" t="s">
         <v>2903</v>
       </c>
-      <c r="E315" t="s">
+      <c r="F315" t="s">
         <v>2904</v>
       </c>
-      <c r="F315" t="s">
+      <c r="G315" t="s">
         <v>2905</v>
       </c>
-      <c r="G315" t="s">
+      <c r="H315" t="s">
         <v>2906</v>
       </c>
-      <c r="H315" t="s">
+      <c r="I315" t="s">
         <v>2907</v>
       </c>
-      <c r="I315" t="s">
+      <c r="J315" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" t="s">
+        <v>170</v>
+      </c>
+      <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>171</v>
+      </c>
+      <c r="N315" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" t="s">
         <v>2908</v>
-      </c>
-[...16 lines deleted...]
-        <v>2909</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6076</v>
+        <v>5989</v>
       </c>
       <c r="B316" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C316" t="s">
         <v>2910</v>
       </c>
-      <c r="C316" t="s">
+      <c r="D316" t="s">
         <v>2911</v>
       </c>
-      <c r="D316" t="s">
+      <c r="E316" t="s">
         <v>2912</v>
       </c>
-      <c r="E316" t="s">
+      <c r="F316" t="s">
         <v>2913</v>
       </c>
-      <c r="F316" t="s">
+      <c r="G316" t="s">
         <v>2914</v>
       </c>
-      <c r="G316" t="s">
+      <c r="H316" t="s">
         <v>2915</v>
       </c>
-      <c r="H316" t="s">
+      <c r="I316" t="s">
         <v>2916</v>
       </c>
-      <c r="I316" t="s">
+      <c r="J316" t="s">
+        <v>24</v>
+      </c>
+      <c r="K316" t="s">
+        <v>2079</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>2080</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2917</v>
-      </c>
-[...16 lines deleted...]
-        <v>2918</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6082</v>
+        <v>6018</v>
       </c>
       <c r="B317" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C317" t="s">
         <v>2919</v>
       </c>
-      <c r="C317" t="s">
+      <c r="D317" t="s">
         <v>2920</v>
       </c>
-      <c r="D317" t="s">
+      <c r="E317" t="s">
         <v>2921</v>
       </c>
-      <c r="E317" t="s">
+      <c r="F317" t="s">
         <v>2922</v>
       </c>
-      <c r="F317" t="s">
+      <c r="G317" t="s">
         <v>2923</v>
       </c>
-      <c r="G317" t="s">
+      <c r="H317" t="s">
         <v>2924</v>
       </c>
-      <c r="H317" t="s">
+      <c r="I317" t="s">
         <v>2925</v>
       </c>
-      <c r="I317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>170</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>171</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2926</v>
-      </c>
-[...16 lines deleted...]
-        <v>2927</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6093</v>
+        <v>6021</v>
       </c>
       <c r="B318" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C318" t="s">
         <v>2928</v>
       </c>
-      <c r="C318" t="s">
+      <c r="D318" t="s">
         <v>2929</v>
       </c>
-      <c r="D318" t="s">
+      <c r="E318" t="s">
         <v>2930</v>
       </c>
-      <c r="E318" t="s">
+      <c r="F318" t="s">
         <v>2931</v>
       </c>
-      <c r="F318" t="s">
+      <c r="G318" t="s">
         <v>2932</v>
       </c>
-      <c r="G318" t="s">
+      <c r="H318" t="s">
         <v>2933</v>
       </c>
-      <c r="H318" t="s">
+      <c r="I318" t="s">
         <v>2934</v>
       </c>
-      <c r="I318" t="s">
+      <c r="J318" t="s">
+        <v>24</v>
+      </c>
+      <c r="K318" t="s">
+        <v>25</v>
+      </c>
+      <c r="L318" t="s">
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>27</v>
+      </c>
+      <c r="N318" t="s">
+        <v>28</v>
+      </c>
+      <c r="O318" t="s">
         <v>2935</v>
-      </c>
-[...13 lines deleted...]
-        <v>2937</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6112</v>
+        <v>6076</v>
       </c>
       <c r="B319" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D319" t="s">
         <v>2938</v>
       </c>
-      <c r="C319" t="s">
+      <c r="E319" t="s">
         <v>2939</v>
       </c>
-      <c r="D319" t="s">
+      <c r="F319" t="s">
         <v>2940</v>
       </c>
-      <c r="E319" t="s">
+      <c r="G319" t="s">
         <v>2941</v>
       </c>
-      <c r="F319" t="s">
+      <c r="H319" t="s">
         <v>2942</v>
       </c>
-      <c r="G319" t="s">
+      <c r="I319" t="s">
         <v>2943</v>
       </c>
-      <c r="H319" t="s">
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>25</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>27</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2944</v>
-      </c>
-[...19 lines deleted...]
-        <v>2946</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6179</v>
+        <v>6082</v>
       </c>
       <c r="B320" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D320" t="s">
         <v>2947</v>
       </c>
-      <c r="C320" t="s">
+      <c r="E320" t="s">
         <v>2948</v>
       </c>
-      <c r="D320" t="s">
+      <c r="F320" t="s">
         <v>2949</v>
       </c>
-      <c r="E320" t="s">
+      <c r="G320" t="s">
         <v>2950</v>
       </c>
-      <c r="F320" t="s">
+      <c r="H320" t="s">
         <v>2951</v>
       </c>
-      <c r="G320" t="s">
+      <c r="I320" t="s">
         <v>2952</v>
       </c>
-      <c r="H320" t="s">
+      <c r="J320" t="s">
+        <v>24</v>
+      </c>
+      <c r="K320" t="s">
+        <v>578</v>
+      </c>
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
+        <v>579</v>
+      </c>
+      <c r="N320" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" t="s">
         <v>2953</v>
-      </c>
-[...19 lines deleted...]
-        <v>2955</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6180</v>
+        <v>6093</v>
       </c>
       <c r="B321" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D321" t="s">
         <v>2956</v>
       </c>
-      <c r="C321" t="s">
+      <c r="E321" t="s">
         <v>2957</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321" t="s">
         <v>2958</v>
       </c>
-      <c r="E321" t="s">
+      <c r="G321" t="s">
         <v>2959</v>
       </c>
-      <c r="F321" t="s">
+      <c r="H321" t="s">
         <v>2960</v>
       </c>
-      <c r="G321" t="s">
+      <c r="I321" t="s">
         <v>2961</v>
       </c>
-      <c r="H321" t="s">
+      <c r="J321" t="s">
+        <v>24</v>
+      </c>
+      <c r="K321" t="s">
         <v>2962</v>
       </c>
-      <c r="I321" t="s">
+      <c r="L321" t="s">
+        <v>26</v>
+      </c>
+      <c r="N321" t="s">
+        <v>28</v>
+      </c>
+      <c r="O321" t="s">
         <v>2963</v>
-      </c>
-[...16 lines deleted...]
-        <v>2964</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6203</v>
+        <v>6112</v>
       </c>
       <c r="B322" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C322" t="s">
         <v>2965</v>
       </c>
-      <c r="C322" t="s">
+      <c r="D322" t="s">
         <v>2966</v>
       </c>
-      <c r="D322" t="s">
+      <c r="E322" t="s">
         <v>2967</v>
       </c>
-      <c r="E322" t="s">
+      <c r="F322" t="s">
         <v>2968</v>
       </c>
-      <c r="F322" t="s">
+      <c r="G322" t="s">
         <v>2969</v>
       </c>
-      <c r="G322" t="s">
+      <c r="H322" t="s">
         <v>2970</v>
       </c>
-      <c r="H322" t="s">
+      <c r="I322" t="s">
         <v>2971</v>
-      </c>
-[...1 lines deleted...]
-        <v>2972</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2973</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6208</v>
+        <v>6179</v>
       </c>
       <c r="B323" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C323" t="s">
         <v>2974</v>
       </c>
-      <c r="C323" t="s">
+      <c r="D323" t="s">
         <v>2975</v>
       </c>
-      <c r="D323" t="s">
+      <c r="E323" t="s">
         <v>2976</v>
       </c>
-      <c r="E323" t="s">
+      <c r="F323" t="s">
         <v>2977</v>
       </c>
-      <c r="F323" t="s">
+      <c r="G323" t="s">
         <v>2978</v>
       </c>
-      <c r="G323" t="s">
+      <c r="H323" t="s">
         <v>2979</v>
       </c>
-      <c r="H323" t="s">
+      <c r="I323" t="s">
         <v>2980</v>
       </c>
-      <c r="I323" t="s">
+      <c r="J323" t="s">
+        <v>24</v>
+      </c>
+      <c r="K323" t="s">
+        <v>25</v>
+      </c>
+      <c r="L323" t="s">
+        <v>26</v>
+      </c>
+      <c r="M323" t="s">
+        <v>27</v>
+      </c>
+      <c r="N323" t="s">
+        <v>28</v>
+      </c>
+      <c r="O323" t="s">
         <v>2981</v>
-      </c>
-[...16 lines deleted...]
-        <v>2982</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6211</v>
+        <v>6180</v>
       </c>
       <c r="B324" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C324" t="s">
         <v>2983</v>
       </c>
-      <c r="C324" t="s">
+      <c r="D324" t="s">
         <v>2984</v>
       </c>
-      <c r="D324" t="s">
+      <c r="E324" t="s">
         <v>2985</v>
       </c>
-      <c r="E324" t="s">
+      <c r="F324" t="s">
         <v>2986</v>
       </c>
-      <c r="F324" t="s">
+      <c r="G324" t="s">
         <v>2987</v>
       </c>
-      <c r="G324" t="s">
+      <c r="H324" t="s">
         <v>2988</v>
       </c>
-      <c r="H324" t="s">
+      <c r="I324" t="s">
         <v>2989</v>
       </c>
-      <c r="I324" t="s">
+      <c r="J324" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" t="s">
+        <v>25</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>27</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>2990</v>
-      </c>
-[...16 lines deleted...]
-        <v>2991</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6215</v>
+        <v>6203</v>
       </c>
       <c r="B325" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C325" t="s">
         <v>2992</v>
       </c>
-      <c r="C325" t="s">
+      <c r="D325" t="s">
         <v>2993</v>
       </c>
-      <c r="D325" t="s">
+      <c r="E325" t="s">
         <v>2994</v>
       </c>
-      <c r="E325" t="s">
+      <c r="F325" t="s">
         <v>2995</v>
       </c>
-      <c r="F325" t="s">
+      <c r="G325" t="s">
         <v>2996</v>
       </c>
-      <c r="G325" t="s">
+      <c r="H325" t="s">
         <v>2997</v>
       </c>
-      <c r="H325" t="s">
+      <c r="I325" t="s">
         <v>2998</v>
-      </c>
-[...1 lines deleted...]
-        <v>2999</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3000</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6222</v>
+        <v>6208</v>
       </c>
       <c r="B326" t="s">
+        <v>3000</v>
+      </c>
+      <c r="C326" t="s">
         <v>3001</v>
       </c>
-      <c r="C326" t="s">
+      <c r="D326" t="s">
         <v>3002</v>
       </c>
-      <c r="D326" t="s">
+      <c r="E326" t="s">
         <v>3003</v>
       </c>
-      <c r="E326" t="s">
+      <c r="F326" t="s">
         <v>3004</v>
       </c>
-      <c r="F326" t="s">
+      <c r="G326" t="s">
         <v>3005</v>
       </c>
-      <c r="G326" t="s">
+      <c r="H326" t="s">
         <v>3006</v>
       </c>
-      <c r="H326" t="s">
+      <c r="I326" t="s">
         <v>3007</v>
       </c>
-      <c r="I326" t="s">
+      <c r="J326" t="s">
+        <v>24</v>
+      </c>
+      <c r="K326" t="s">
+        <v>170</v>
+      </c>
+      <c r="L326" t="s">
+        <v>26</v>
+      </c>
+      <c r="M326" t="s">
+        <v>171</v>
+      </c>
+      <c r="N326" t="s">
+        <v>28</v>
+      </c>
+      <c r="O326" t="s">
         <v>3008</v>
-      </c>
-[...16 lines deleted...]
-        <v>3009</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6254</v>
+        <v>6211</v>
       </c>
       <c r="B327" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C327" t="s">
         <v>3010</v>
       </c>
-      <c r="C327" t="s">
+      <c r="D327" t="s">
         <v>3011</v>
       </c>
-      <c r="D327" t="s">
+      <c r="E327" t="s">
         <v>3012</v>
       </c>
-      <c r="E327" t="s">
+      <c r="F327" t="s">
         <v>3013</v>
       </c>
-      <c r="F327" t="s">
+      <c r="G327" t="s">
         <v>3014</v>
       </c>
-      <c r="G327" t="s">
+      <c r="H327" t="s">
         <v>3015</v>
       </c>
-      <c r="H327" t="s">
+      <c r="I327" t="s">
         <v>3016</v>
-      </c>
-[...1 lines deleted...]
-        <v>3017</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3018</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6255</v>
+        <v>6215</v>
       </c>
       <c r="B328" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C328" t="s">
         <v>3019</v>
       </c>
-      <c r="C328" t="s">
+      <c r="D328" t="s">
         <v>3020</v>
       </c>
-      <c r="D328" t="s">
+      <c r="E328" t="s">
         <v>3021</v>
       </c>
-      <c r="E328" t="s">
+      <c r="F328" t="s">
         <v>3022</v>
       </c>
-      <c r="F328" t="s">
+      <c r="G328" t="s">
         <v>3023</v>
       </c>
-      <c r="G328" t="s">
+      <c r="H328" t="s">
         <v>3024</v>
       </c>
-      <c r="H328" t="s">
+      <c r="I328" t="s">
         <v>3025</v>
       </c>
-      <c r="I328" t="s">
+      <c r="J328" t="s">
+        <v>24</v>
+      </c>
+      <c r="K328" t="s">
+        <v>170</v>
+      </c>
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
+        <v>171</v>
+      </c>
+      <c r="N328" t="s">
+        <v>28</v>
+      </c>
+      <c r="O328" t="s">
         <v>3026</v>
-      </c>
-[...16 lines deleted...]
-        <v>3029</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6258</v>
+        <v>6222</v>
       </c>
       <c r="B329" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C329" t="s">
+        <v>3028</v>
+      </c>
+      <c r="D329" t="s">
+        <v>3029</v>
+      </c>
+      <c r="E329" t="s">
         <v>3030</v>
       </c>
-      <c r="C329" t="s">
+      <c r="F329" t="s">
         <v>3031</v>
       </c>
-      <c r="D329" t="s">
+      <c r="G329" t="s">
         <v>3032</v>
       </c>
-      <c r="E329" t="s">
+      <c r="H329" t="s">
         <v>3033</v>
       </c>
-      <c r="F329" t="s">
+      <c r="I329" t="s">
         <v>3034</v>
       </c>
-      <c r="G329" t="s">
+      <c r="J329" t="s">
+        <v>2848</v>
+      </c>
+      <c r="K329" t="s">
+        <v>903</v>
+      </c>
+      <c r="L329" t="s">
+        <v>2850</v>
+      </c>
+      <c r="M329" t="s">
+        <v>904</v>
+      </c>
+      <c r="N329" t="s">
+        <v>28</v>
+      </c>
+      <c r="O329" t="s">
         <v>3035</v>
-      </c>
-[...22 lines deleted...]
-        <v>3038</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6259</v>
+        <v>6254</v>
       </c>
       <c r="B330" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C330" t="s">
+        <v>3037</v>
+      </c>
+      <c r="D330" t="s">
+        <v>3038</v>
+      </c>
+      <c r="E330" t="s">
         <v>3039</v>
       </c>
-      <c r="C330" t="s">
+      <c r="F330" t="s">
         <v>3040</v>
       </c>
-      <c r="D330" t="s">
+      <c r="G330" t="s">
         <v>3041</v>
       </c>
-      <c r="E330" t="s">
+      <c r="H330" t="s">
         <v>3042</v>
       </c>
-      <c r="F330" t="s">
+      <c r="I330" t="s">
         <v>3043</v>
-      </c>
-[...7 lines deleted...]
-        <v>3046</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3047</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B331" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C331" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D331" t="s">
+        <v>3047</v>
+      </c>
+      <c r="E331" t="s">
         <v>3048</v>
       </c>
-      <c r="C331" t="s">
+      <c r="F331" t="s">
         <v>3049</v>
       </c>
-      <c r="D331" t="s">
+      <c r="G331" t="s">
         <v>3050</v>
       </c>
-      <c r="E331" t="s">
+      <c r="H331" t="s">
         <v>3051</v>
       </c>
-      <c r="F331" t="s">
+      <c r="I331" t="s">
         <v>3052</v>
       </c>
-      <c r="G331" t="s">
+      <c r="J331" t="s">
+        <v>24</v>
+      </c>
+      <c r="K331" t="s">
         <v>3053</v>
       </c>
-      <c r="H331" t="s">
+      <c r="L331" t="s">
+        <v>26</v>
+      </c>
+      <c r="M331" t="s">
         <v>3054</v>
       </c>
-      <c r="I331" t="s">
+      <c r="N331" t="s">
+        <v>28</v>
+      </c>
+      <c r="O331" t="s">
         <v>3055</v>
-      </c>
-[...16 lines deleted...]
-        <v>3056</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6263</v>
+        <v>6258</v>
       </c>
       <c r="B332" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C332" t="s">
         <v>3057</v>
       </c>
-      <c r="C332" t="s">
+      <c r="D332" t="s">
         <v>3058</v>
       </c>
-      <c r="D332" t="s">
+      <c r="E332" t="s">
         <v>3059</v>
       </c>
-      <c r="E332" t="s">
+      <c r="F332" t="s">
         <v>3060</v>
       </c>
-      <c r="F332" t="s">
+      <c r="G332" t="s">
         <v>3061</v>
       </c>
-      <c r="G332" t="s">
+      <c r="H332" t="s">
         <v>3062</v>
       </c>
-      <c r="H332" t="s">
+      <c r="I332" t="s">
         <v>3063</v>
       </c>
-      <c r="I332" t="s">
+      <c r="J332" t="s">
+        <v>24</v>
+      </c>
+      <c r="K332" t="s">
+        <v>25</v>
+      </c>
+      <c r="L332" t="s">
+        <v>26</v>
+      </c>
+      <c r="M332" t="s">
+        <v>27</v>
+      </c>
+      <c r="N332" t="s">
+        <v>28</v>
+      </c>
+      <c r="O332" t="s">
         <v>3064</v>
-      </c>
-[...16 lines deleted...]
-        <v>3065</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6272</v>
+        <v>6259</v>
       </c>
       <c r="B333" t="s">
+        <v>3065</v>
+      </c>
+      <c r="C333" t="s">
         <v>3066</v>
       </c>
-      <c r="C333" t="s">
+      <c r="D333" t="s">
         <v>3067</v>
       </c>
-      <c r="D333" t="s">
+      <c r="E333" t="s">
         <v>3068</v>
       </c>
-      <c r="E333" t="s">
+      <c r="F333" t="s">
         <v>3069</v>
       </c>
-      <c r="F333" t="s">
+      <c r="G333" t="s">
         <v>3070</v>
       </c>
-      <c r="G333" t="s">
+      <c r="H333" t="s">
         <v>3071</v>
       </c>
-      <c r="H333" t="s">
+      <c r="I333" t="s">
         <v>3072</v>
-      </c>
-[...1 lines deleted...]
-        <v>3073</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
         <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
         <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3074</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B334" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C334" t="s">
         <v>3075</v>
       </c>
-      <c r="C334" t="s">
+      <c r="D334" t="s">
         <v>3076</v>
       </c>
-      <c r="D334" t="s">
+      <c r="E334" t="s">
         <v>3077</v>
       </c>
-      <c r="E334" t="s">
+      <c r="F334" t="s">
         <v>3078</v>
       </c>
-      <c r="F334" t="s">
+      <c r="G334" t="s">
         <v>3079</v>
       </c>
-      <c r="G334" t="s">
+      <c r="H334" t="s">
         <v>3080</v>
       </c>
-      <c r="H334" t="s">
+      <c r="I334" t="s">
         <v>3081</v>
       </c>
-      <c r="I334" t="s">
+      <c r="J334" t="s">
+        <v>24</v>
+      </c>
+      <c r="K334" t="s">
+        <v>47</v>
+      </c>
+      <c r="L334" t="s">
+        <v>26</v>
+      </c>
+      <c r="M334" t="s">
+        <v>48</v>
+      </c>
+      <c r="N334" t="s">
+        <v>28</v>
+      </c>
+      <c r="O334" t="s">
         <v>3082</v>
-      </c>
-[...16 lines deleted...]
-        <v>3083</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B335" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C335" t="s">
         <v>3084</v>
       </c>
-      <c r="C335" t="s">
+      <c r="D335" t="s">
         <v>3085</v>
       </c>
-      <c r="D335" t="s">
+      <c r="E335" t="s">
         <v>3086</v>
       </c>
-      <c r="E335" t="s">
+      <c r="F335" t="s">
         <v>3087</v>
       </c>
-      <c r="F335" t="s">
+      <c r="G335" t="s">
         <v>3088</v>
       </c>
-      <c r="G335" t="s">
+      <c r="H335" t="s">
         <v>3089</v>
       </c>
-      <c r="H335" t="s">
+      <c r="I335" t="s">
         <v>3090</v>
       </c>
-      <c r="I335" t="s">
+      <c r="J335" t="s">
+        <v>24</v>
+      </c>
+      <c r="K335" t="s">
+        <v>170</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
+        <v>171</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3091</v>
-      </c>
-[...16 lines deleted...]
-        <v>3092</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6327</v>
+        <v>6272</v>
       </c>
       <c r="B336" t="s">
+        <v>3092</v>
+      </c>
+      <c r="C336" t="s">
         <v>3093</v>
       </c>
-      <c r="C336" t="s">
+      <c r="D336" t="s">
         <v>3094</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" t="s">
         <v>3095</v>
       </c>
-      <c r="E336" t="s">
+      <c r="F336" t="s">
         <v>3096</v>
       </c>
-      <c r="F336" t="s">
+      <c r="G336" t="s">
         <v>3097</v>
       </c>
-      <c r="G336" t="s">
+      <c r="H336" t="s">
         <v>3098</v>
       </c>
-      <c r="H336" t="s">
+      <c r="I336" t="s">
         <v>3099</v>
       </c>
-      <c r="I336" t="s">
+      <c r="J336" t="s">
+        <v>24</v>
+      </c>
+      <c r="K336" t="s">
+        <v>170</v>
+      </c>
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
+        <v>171</v>
+      </c>
+      <c r="N336" t="s">
+        <v>28</v>
+      </c>
+      <c r="O336" t="s">
         <v>3100</v>
-      </c>
-[...16 lines deleted...]
-        <v>3101</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B337" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C337" t="s">
         <v>3102</v>
       </c>
-      <c r="C337" t="s">
+      <c r="D337" t="s">
         <v>3103</v>
       </c>
-      <c r="D337" t="s">
+      <c r="E337" t="s">
         <v>3104</v>
       </c>
-      <c r="E337" t="s">
+      <c r="F337" t="s">
         <v>3105</v>
       </c>
-      <c r="F337" t="s">
+      <c r="G337" t="s">
         <v>3106</v>
       </c>
-      <c r="G337" t="s">
+      <c r="H337" t="s">
         <v>3107</v>
       </c>
-      <c r="H337" t="s">
+      <c r="I337" t="s">
         <v>3108</v>
       </c>
-      <c r="I337" t="s">
+      <c r="J337" t="s">
+        <v>24</v>
+      </c>
+      <c r="K337" t="s">
+        <v>25</v>
+      </c>
+      <c r="L337" t="s">
+        <v>26</v>
+      </c>
+      <c r="M337" t="s">
+        <v>27</v>
+      </c>
+      <c r="N337" t="s">
+        <v>28</v>
+      </c>
+      <c r="O337" t="s">
         <v>3109</v>
-      </c>
-[...16 lines deleted...]
-        <v>3110</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6361</v>
+        <v>6275</v>
       </c>
       <c r="B338" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C338" t="s">
         <v>3111</v>
       </c>
-      <c r="C338" t="s">
+      <c r="D338" t="s">
         <v>3112</v>
       </c>
-      <c r="D338" t="s">
+      <c r="E338" t="s">
         <v>3113</v>
       </c>
-      <c r="E338" t="s">
+      <c r="F338" t="s">
         <v>3114</v>
       </c>
-      <c r="F338" t="s">
+      <c r="G338" t="s">
         <v>3115</v>
       </c>
-      <c r="G338" t="s">
+      <c r="H338" t="s">
         <v>3116</v>
       </c>
-      <c r="H338" t="s">
+      <c r="I338" t="s">
         <v>3117</v>
       </c>
-      <c r="I338" t="s">
+      <c r="J338" t="s">
+        <v>448</v>
+      </c>
+      <c r="K338" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L338" t="s">
+        <v>450</v>
+      </c>
+      <c r="M338" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N338" t="s">
+        <v>28</v>
+      </c>
+      <c r="O338" t="s">
         <v>3118</v>
-      </c>
-[...16 lines deleted...]
-        <v>3119</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6379</v>
+        <v>6327</v>
       </c>
       <c r="B339" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C339" t="s">
         <v>3120</v>
       </c>
-      <c r="C339" t="s">
+      <c r="D339" t="s">
         <v>3121</v>
       </c>
-      <c r="D339" t="s">
+      <c r="E339" t="s">
         <v>3122</v>
       </c>
-      <c r="E339" t="s">
+      <c r="F339" t="s">
         <v>3123</v>
       </c>
-      <c r="F339" t="s">
+      <c r="G339" t="s">
         <v>3124</v>
       </c>
-      <c r="G339" t="s">
+      <c r="H339" t="s">
         <v>3125</v>
       </c>
-      <c r="H339" t="s">
+      <c r="I339" t="s">
         <v>3126</v>
       </c>
-      <c r="I339" t="s">
+      <c r="J339" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" t="s">
+        <v>47</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>48</v>
+      </c>
+      <c r="N339" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" t="s">
         <v>3127</v>
-      </c>
-[...16 lines deleted...]
-        <v>3128</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6454</v>
+        <v>6337</v>
       </c>
       <c r="B340" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C340" t="s">
         <v>3129</v>
       </c>
-      <c r="C340" t="s">
+      <c r="D340" t="s">
         <v>3130</v>
       </c>
-      <c r="D340" t="s">
+      <c r="E340" t="s">
         <v>3131</v>
       </c>
-      <c r="E340" t="s">
+      <c r="F340" t="s">
         <v>3132</v>
       </c>
-      <c r="F340" t="s">
+      <c r="G340" t="s">
         <v>3133</v>
       </c>
-      <c r="G340" t="s">
+      <c r="H340" t="s">
         <v>3134</v>
       </c>
-      <c r="H340" t="s">
+      <c r="I340" t="s">
         <v>3135</v>
       </c>
-      <c r="I340" t="s">
+      <c r="J340" t="s">
+        <v>24</v>
+      </c>
+      <c r="K340" t="s">
+        <v>47</v>
+      </c>
+      <c r="L340" t="s">
+        <v>26</v>
+      </c>
+      <c r="M340" t="s">
+        <v>48</v>
+      </c>
+      <c r="N340" t="s">
+        <v>28</v>
+      </c>
+      <c r="O340" t="s">
         <v>3136</v>
-      </c>
-[...16 lines deleted...]
-        <v>3137</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6460</v>
+        <v>6361</v>
       </c>
       <c r="B341" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C341" t="s">
         <v>3138</v>
       </c>
-      <c r="C341" t="s">
+      <c r="D341" t="s">
         <v>3139</v>
       </c>
-      <c r="D341" t="s">
+      <c r="E341" t="s">
         <v>3140</v>
       </c>
-      <c r="E341" t="s">
+      <c r="F341" t="s">
         <v>3141</v>
       </c>
-      <c r="F341" t="s">
+      <c r="G341" t="s">
         <v>3142</v>
       </c>
-      <c r="G341" t="s">
+      <c r="H341" t="s">
         <v>3143</v>
       </c>
-      <c r="H341" t="s">
+      <c r="I341" t="s">
         <v>3144</v>
       </c>
-      <c r="I341" t="s">
+      <c r="J341" t="s">
+        <v>24</v>
+      </c>
+      <c r="K341" t="s">
+        <v>170</v>
+      </c>
+      <c r="L341" t="s">
+        <v>26</v>
+      </c>
+      <c r="M341" t="s">
+        <v>171</v>
+      </c>
+      <c r="N341" t="s">
+        <v>28</v>
+      </c>
+      <c r="O341" t="s">
         <v>3145</v>
-      </c>
-[...16 lines deleted...]
-        <v>3146</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6468</v>
+        <v>6379</v>
       </c>
       <c r="B342" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C342" t="s">
         <v>3147</v>
       </c>
-      <c r="C342" t="s">
+      <c r="D342" t="s">
         <v>3148</v>
       </c>
-      <c r="D342" t="s">
+      <c r="E342" t="s">
         <v>3149</v>
       </c>
-      <c r="E342" t="s">
+      <c r="F342" t="s">
         <v>3150</v>
       </c>
-      <c r="F342" t="s">
+      <c r="G342" t="s">
         <v>3151</v>
       </c>
-      <c r="G342" t="s">
+      <c r="H342" t="s">
         <v>3152</v>
       </c>
-      <c r="H342" t="s">
+      <c r="I342" t="s">
         <v>3153</v>
-      </c>
-[...1 lines deleted...]
-        <v>3154</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3155</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6611</v>
+        <v>6454</v>
       </c>
       <c r="B343" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C343" t="s">
         <v>3156</v>
       </c>
-      <c r="C343" t="s">
+      <c r="D343" t="s">
         <v>3157</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" t="s">
         <v>3158</v>
       </c>
-      <c r="E343" t="s">
+      <c r="F343" t="s">
         <v>3159</v>
       </c>
-      <c r="F343" t="s">
+      <c r="G343" t="s">
         <v>3160</v>
       </c>
-      <c r="G343" t="s">
+      <c r="H343" t="s">
         <v>3161</v>
       </c>
-      <c r="H343" t="s">
+      <c r="I343" t="s">
         <v>3162</v>
       </c>
-      <c r="I343" t="s">
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>170</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>171</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3163</v>
-      </c>
-[...16 lines deleted...]
-        <v>3164</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6615</v>
+        <v>6460</v>
       </c>
       <c r="B344" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C344" t="s">
         <v>3165</v>
       </c>
-      <c r="C344" t="s">
+      <c r="D344" t="s">
         <v>3166</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" t="s">
         <v>3167</v>
       </c>
-      <c r="E344" t="s">
+      <c r="F344" t="s">
         <v>3168</v>
       </c>
-      <c r="F344" t="s">
+      <c r="G344" t="s">
         <v>3169</v>
       </c>
-      <c r="G344" t="s">
+      <c r="H344" t="s">
         <v>3170</v>
       </c>
-      <c r="H344" t="s">
+      <c r="I344" t="s">
         <v>3171</v>
-      </c>
-[...1 lines deleted...]
-        <v>3172</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3173</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B345" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C345" t="s">
         <v>3174</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" t="s">
         <v>3175</v>
       </c>
-      <c r="D345" t="s">
+      <c r="E345" t="s">
         <v>3176</v>
       </c>
-      <c r="E345" t="s">
+      <c r="F345" t="s">
         <v>3177</v>
       </c>
-      <c r="F345" t="s">
+      <c r="G345" t="s">
         <v>3178</v>
       </c>
-      <c r="G345" t="s">
+      <c r="H345" t="s">
         <v>3179</v>
       </c>
-      <c r="H345" t="s">
+      <c r="I345" t="s">
         <v>3180</v>
-      </c>
-[...1 lines deleted...]
-        <v>3181</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>25</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3182</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6762</v>
+        <v>6611</v>
       </c>
       <c r="B346" t="s">
+        <v>3182</v>
+      </c>
+      <c r="C346" t="s">
         <v>3183</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" t="s">
         <v>3184</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" t="s">
         <v>3185</v>
       </c>
-      <c r="E346" t="s">
+      <c r="F346" t="s">
         <v>3186</v>
       </c>
-      <c r="F346" t="s">
+      <c r="G346" t="s">
         <v>3187</v>
       </c>
-      <c r="G346" t="s">
+      <c r="H346" t="s">
         <v>3188</v>
       </c>
-      <c r="H346" t="s">
+      <c r="I346" t="s">
         <v>3189</v>
       </c>
-      <c r="I346" t="s">
+      <c r="J346" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" t="s">
+        <v>25</v>
+      </c>
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
+        <v>27</v>
+      </c>
+      <c r="N346" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" t="s">
         <v>3190</v>
-      </c>
-[...16 lines deleted...]
-        <v>3191</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6765</v>
+        <v>6615</v>
       </c>
       <c r="B347" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C347" t="s">
         <v>3192</v>
       </c>
-      <c r="C347" t="s">
+      <c r="D347" t="s">
         <v>3193</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" t="s">
         <v>3194</v>
       </c>
-      <c r="E347" t="s">
+      <c r="F347" t="s">
         <v>3195</v>
       </c>
-      <c r="F347" t="s">
+      <c r="G347" t="s">
         <v>3196</v>
       </c>
-      <c r="G347" t="s">
+      <c r="H347" t="s">
         <v>3197</v>
       </c>
-      <c r="H347" t="s">
+      <c r="I347" t="s">
         <v>3198</v>
       </c>
-      <c r="I347" t="s">
+      <c r="J347" t="s">
+        <v>24</v>
+      </c>
+      <c r="K347" t="s">
+        <v>25</v>
+      </c>
+      <c r="L347" t="s">
+        <v>26</v>
+      </c>
+      <c r="M347" t="s">
+        <v>27</v>
+      </c>
+      <c r="N347" t="s">
+        <v>28</v>
+      </c>
+      <c r="O347" t="s">
         <v>3199</v>
-      </c>
-[...16 lines deleted...]
-        <v>3200</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6982</v>
+        <v>6761</v>
       </c>
       <c r="B348" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C348" t="s">
         <v>3201</v>
       </c>
-      <c r="C348" t="s">
+      <c r="D348" t="s">
         <v>3202</v>
       </c>
-      <c r="D348" t="s">
+      <c r="E348" t="s">
         <v>3203</v>
       </c>
-      <c r="E348" t="s">
+      <c r="F348" t="s">
         <v>3204</v>
       </c>
-      <c r="F348" t="s">
+      <c r="G348" t="s">
         <v>3205</v>
       </c>
-      <c r="G348" t="s">
+      <c r="H348" t="s">
         <v>3206</v>
       </c>
-      <c r="H348" t="s">
+      <c r="I348" t="s">
         <v>3207</v>
       </c>
-      <c r="I348" t="s">
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
+        <v>25</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>27</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
         <v>3208</v>
-      </c>
-[...13 lines deleted...]
-        <v>3210</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8265</v>
+        <v>6762</v>
       </c>
       <c r="B349" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3210</v>
+      </c>
+      <c r="D349" t="s">
         <v>3211</v>
       </c>
-      <c r="C349" t="s">
+      <c r="E349" t="s">
         <v>3212</v>
       </c>
-      <c r="D349" t="s">
+      <c r="F349" t="s">
         <v>3213</v>
       </c>
-      <c r="E349" t="s">
+      <c r="G349" t="s">
         <v>3214</v>
       </c>
-      <c r="F349" t="s">
+      <c r="H349" t="s">
         <v>3215</v>
       </c>
-      <c r="G349" t="s">
+      <c r="I349" t="s">
         <v>3216</v>
       </c>
-      <c r="H349" t="s">
+      <c r="J349" t="s">
+        <v>448</v>
+      </c>
+      <c r="K349" t="s">
+        <v>688</v>
+      </c>
+      <c r="L349" t="s">
+        <v>450</v>
+      </c>
+      <c r="M349" t="s">
+        <v>689</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
         <v>3217</v>
-      </c>
-[...19 lines deleted...]
-        <v>3221</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8289</v>
+        <v>6765</v>
       </c>
       <c r="B350" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3220</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F350" t="s">
         <v>3222</v>
       </c>
-      <c r="C350" t="s">
+      <c r="G350" t="s">
         <v>3223</v>
       </c>
-      <c r="D350" t="s">
+      <c r="H350" t="s">
         <v>3224</v>
       </c>
-      <c r="E350" t="s">
+      <c r="I350" t="s">
         <v>3225</v>
       </c>
-      <c r="F350" t="s">
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>170</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>171</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
         <v>3226</v>
-      </c>
-[...25 lines deleted...]
-        <v>3230</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8294</v>
+        <v>6982</v>
       </c>
       <c r="B351" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D351" t="s">
+        <v>3229</v>
+      </c>
+      <c r="E351" t="s">
+        <v>3230</v>
+      </c>
+      <c r="F351" t="s">
         <v>3231</v>
       </c>
-      <c r="C351" t="s">
+      <c r="G351" t="s">
         <v>3232</v>
       </c>
-      <c r="D351" t="s">
+      <c r="H351" t="s">
         <v>3233</v>
       </c>
-      <c r="E351" t="s">
+      <c r="I351" t="s">
         <v>3234</v>
       </c>
-      <c r="F351" t="s">
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
         <v>3235</v>
       </c>
-      <c r="G351" t="s">
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3236</v>
-      </c>
-[...22 lines deleted...]
-        <v>3239</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8315</v>
+        <v>8265</v>
       </c>
       <c r="B352" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3238</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3239</v>
+      </c>
+      <c r="E352" t="s">
         <v>3240</v>
       </c>
-      <c r="C352" t="s">
+      <c r="F352" t="s">
         <v>3241</v>
       </c>
-      <c r="D352" t="s">
+      <c r="G352" t="s">
         <v>3242</v>
       </c>
-      <c r="E352" t="s">
+      <c r="H352" t="s">
         <v>3243</v>
       </c>
-      <c r="F352" t="s">
+      <c r="I352" t="s">
         <v>3244</v>
       </c>
-      <c r="G352" t="s">
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
         <v>3245</v>
       </c>
-      <c r="H352" t="s">
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
         <v>3246</v>
       </c>
-      <c r="I352" t="s">
+      <c r="N352" t="s">
+        <v>28</v>
+      </c>
+      <c r="O352" t="s">
         <v>3247</v>
-      </c>
-[...16 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8341</v>
+        <v>8289</v>
       </c>
       <c r="B353" t="s">
+        <v>3248</v>
+      </c>
+      <c r="C353" t="s">
         <v>3249</v>
       </c>
-      <c r="C353" t="s">
+      <c r="D353" t="s">
         <v>3250</v>
       </c>
-      <c r="D353" t="s">
+      <c r="E353" t="s">
         <v>3251</v>
       </c>
-      <c r="E353" t="s">
+      <c r="F353" t="s">
         <v>3252</v>
       </c>
-      <c r="F353" t="s">
+      <c r="G353" t="s">
         <v>3253</v>
       </c>
-      <c r="G353" t="s">
+      <c r="H353" t="s">
         <v>3254</v>
       </c>
-      <c r="H353" t="s">
+      <c r="I353" t="s">
         <v>3255</v>
       </c>
-      <c r="I353" t="s">
+      <c r="J353" t="s">
+        <v>24</v>
+      </c>
+      <c r="K353" t="s">
+        <v>449</v>
+      </c>
+      <c r="L353" t="s">
+        <v>26</v>
+      </c>
+      <c r="M353" t="s">
+        <v>451</v>
+      </c>
+      <c r="N353" t="s">
+        <v>28</v>
+      </c>
+      <c r="O353" t="s">
         <v>3256</v>
-      </c>
-[...16 lines deleted...]
-        <v>3257</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8343</v>
+        <v>8294</v>
       </c>
       <c r="B354" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C354" t="s">
         <v>3258</v>
       </c>
-      <c r="C354" t="s">
+      <c r="D354" t="s">
         <v>3259</v>
       </c>
-      <c r="D354" t="s">
+      <c r="E354" t="s">
         <v>3260</v>
       </c>
-      <c r="E354" t="s">
+      <c r="F354" t="s">
         <v>3261</v>
       </c>
-      <c r="F354" t="s">
+      <c r="G354" t="s">
         <v>3262</v>
       </c>
-      <c r="G354" t="s">
+      <c r="H354" t="s">
         <v>3263</v>
       </c>
-      <c r="H354" t="s">
+      <c r="I354" t="s">
         <v>3264</v>
       </c>
-      <c r="I354" t="s">
+      <c r="J354" t="s">
+        <v>448</v>
+      </c>
+      <c r="K354" t="s">
+        <v>744</v>
+      </c>
+      <c r="L354" t="s">
+        <v>450</v>
+      </c>
+      <c r="M354" t="s">
+        <v>745</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
         <v>3265</v>
-      </c>
-[...16 lines deleted...]
-        <v>3266</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8344</v>
+        <v>8315</v>
       </c>
       <c r="B355" t="s">
+        <v>3266</v>
+      </c>
+      <c r="C355" t="s">
         <v>3267</v>
       </c>
-      <c r="C355" t="s">
+      <c r="D355" t="s">
         <v>3268</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" t="s">
         <v>3269</v>
       </c>
-      <c r="E355" t="s">
+      <c r="F355" t="s">
         <v>3270</v>
       </c>
-      <c r="F355" t="s">
+      <c r="G355" t="s">
         <v>3271</v>
       </c>
-      <c r="G355" t="s">
+      <c r="H355" t="s">
         <v>3272</v>
       </c>
-      <c r="H355" t="s">
+      <c r="I355" t="s">
         <v>3273</v>
       </c>
-      <c r="I355" t="s">
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
+        <v>25</v>
+      </c>
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
+        <v>27</v>
+      </c>
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
         <v>3274</v>
-      </c>
-[...16 lines deleted...]
-        <v>3275</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8355</v>
+        <v>8341</v>
       </c>
       <c r="B356" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C356" t="s">
         <v>3276</v>
       </c>
-      <c r="C356" t="s">
+      <c r="D356" t="s">
         <v>3277</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" t="s">
         <v>3278</v>
       </c>
-      <c r="E356" t="s">
+      <c r="F356" t="s">
         <v>3279</v>
       </c>
-      <c r="F356" t="s">
+      <c r="G356" t="s">
         <v>3280</v>
       </c>
-      <c r="G356" t="s">
+      <c r="H356" t="s">
         <v>3281</v>
       </c>
-      <c r="H356" t="s">
+      <c r="I356" t="s">
         <v>3282</v>
       </c>
-      <c r="I356" t="s">
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
+        <v>170</v>
+      </c>
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
+        <v>171</v>
+      </c>
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
         <v>3283</v>
-      </c>
-[...13 lines deleted...]
-        <v>3285</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8357</v>
+        <v>8343</v>
       </c>
       <c r="B357" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3285</v>
+      </c>
+      <c r="D357" t="s">
         <v>3286</v>
       </c>
-      <c r="C357" t="s">
+      <c r="E357" t="s">
         <v>3287</v>
       </c>
-      <c r="D357" t="s">
+      <c r="F357" t="s">
         <v>3288</v>
       </c>
-      <c r="E357" t="s">
+      <c r="G357" t="s">
         <v>3289</v>
       </c>
-      <c r="F357" t="s">
+      <c r="H357" t="s">
         <v>3290</v>
       </c>
-      <c r="G357" t="s">
+      <c r="I357" t="s">
         <v>3291</v>
       </c>
-      <c r="H357" t="s">
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>25</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>27</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
         <v>3292</v>
-      </c>
-[...16 lines deleted...]
-        <v>3294</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8377</v>
+        <v>8344</v>
       </c>
       <c r="B358" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D358" t="s">
         <v>3295</v>
       </c>
-      <c r="C358" t="s">
+      <c r="E358" t="s">
         <v>3296</v>
       </c>
-      <c r="D358" t="s">
+      <c r="F358" t="s">
         <v>3297</v>
       </c>
-      <c r="E358" t="s">
+      <c r="G358" t="s">
         <v>3298</v>
       </c>
-      <c r="F358" t="s">
+      <c r="H358" t="s">
         <v>3299</v>
       </c>
-      <c r="G358" t="s">
+      <c r="I358" t="s">
         <v>3300</v>
       </c>
-      <c r="H358" t="s">
+      <c r="J358" t="s">
+        <v>24</v>
+      </c>
+      <c r="K358" t="s">
+        <v>170</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="M358" t="s">
+        <v>171</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
         <v>3301</v>
-      </c>
-[...19 lines deleted...]
-        <v>3303</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8386</v>
+        <v>8355</v>
       </c>
       <c r="B359" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D359" t="s">
         <v>3304</v>
       </c>
-      <c r="C359" t="s">
+      <c r="E359" t="s">
         <v>3305</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" t="s">
         <v>3306</v>
       </c>
-      <c r="E359" t="s">
+      <c r="G359" t="s">
         <v>3307</v>
       </c>
-      <c r="F359" t="s">
+      <c r="H359" t="s">
         <v>3308</v>
       </c>
-      <c r="G359" t="s">
+      <c r="I359" t="s">
         <v>3309</v>
       </c>
-      <c r="H359" t="s">
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
         <v>3310</v>
       </c>
-      <c r="I359" t="s">
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
         <v>3311</v>
-      </c>
-[...16 lines deleted...]
-        <v>3312</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8387</v>
+        <v>8357</v>
       </c>
       <c r="B360" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C360" t="s">
         <v>3313</v>
       </c>
-      <c r="C360" t="s">
+      <c r="D360" t="s">
         <v>3314</v>
       </c>
-      <c r="D360" t="s">
+      <c r="E360" t="s">
         <v>3315</v>
       </c>
-      <c r="E360" t="s">
+      <c r="F360" t="s">
         <v>3316</v>
       </c>
-      <c r="F360" t="s">
+      <c r="G360" t="s">
         <v>3317</v>
       </c>
-      <c r="G360" t="s">
+      <c r="H360" t="s">
         <v>3318</v>
       </c>
-      <c r="H360" t="s">
+      <c r="I360" t="s">
         <v>3319</v>
       </c>
-      <c r="I360" t="s">
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>3310</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
         <v>3320</v>
-      </c>
-[...16 lines deleted...]
-        <v>3321</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8388</v>
+        <v>8377</v>
       </c>
       <c r="B361" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C361" t="s">
         <v>3322</v>
       </c>
-      <c r="C361" t="s">
+      <c r="D361" t="s">
         <v>3323</v>
       </c>
-      <c r="D361" t="s">
+      <c r="E361" t="s">
         <v>3324</v>
       </c>
-      <c r="E361" t="s">
+      <c r="F361" t="s">
         <v>3325</v>
       </c>
-      <c r="F361" t="s">
+      <c r="G361" t="s">
         <v>3326</v>
       </c>
-      <c r="G361" t="s">
+      <c r="H361" t="s">
         <v>3327</v>
       </c>
-      <c r="H361" t="s">
+      <c r="I361" t="s">
         <v>3328</v>
       </c>
-      <c r="I361" t="s">
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>25</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
         <v>3329</v>
-      </c>
-[...16 lines deleted...]
-        <v>3330</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8392</v>
+        <v>8386</v>
       </c>
       <c r="B362" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C362" t="s">
         <v>3331</v>
       </c>
-      <c r="C362" t="s">
+      <c r="D362" t="s">
         <v>3332</v>
       </c>
-      <c r="D362" t="s">
+      <c r="E362" t="s">
         <v>3333</v>
       </c>
-      <c r="E362" t="s">
+      <c r="F362" t="s">
         <v>3334</v>
       </c>
-      <c r="F362" t="s">
+      <c r="G362" t="s">
         <v>3335</v>
       </c>
-      <c r="G362" t="s">
+      <c r="H362" t="s">
         <v>3336</v>
       </c>
-      <c r="H362" t="s">
+      <c r="I362" t="s">
         <v>3337</v>
       </c>
-      <c r="I362" t="s">
+      <c r="J362" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K362" t="s">
+        <v>170</v>
+      </c>
+      <c r="L362" t="s">
+        <v>1878</v>
+      </c>
+      <c r="M362" t="s">
+        <v>171</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3338</v>
-      </c>
-[...16 lines deleted...]
-        <v>3339</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8402</v>
+        <v>8387</v>
       </c>
       <c r="B363" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C363" t="s">
         <v>3340</v>
       </c>
-      <c r="C363" t="s">
+      <c r="D363" t="s">
         <v>3341</v>
       </c>
-      <c r="D363" t="s">
+      <c r="E363" t="s">
         <v>3342</v>
       </c>
-      <c r="E363" t="s">
+      <c r="F363" t="s">
         <v>3343</v>
       </c>
-      <c r="F363" t="s">
+      <c r="G363" t="s">
         <v>3344</v>
       </c>
-      <c r="G363" t="s">
+      <c r="H363" t="s">
         <v>3345</v>
       </c>
-      <c r="H363" t="s">
+      <c r="I363" t="s">
         <v>3346</v>
       </c>
-      <c r="I363" t="s">
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
+        <v>25</v>
+      </c>
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
+        <v>27</v>
+      </c>
+      <c r="N363" t="s">
+        <v>28</v>
+      </c>
+      <c r="O363" t="s">
         <v>3347</v>
-      </c>
-[...16 lines deleted...]
-        <v>3348</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8883</v>
+        <v>8388</v>
       </c>
       <c r="B364" t="s">
+        <v>3348</v>
+      </c>
+      <c r="C364" t="s">
         <v>3349</v>
       </c>
-      <c r="C364" t="s">
+      <c r="D364" t="s">
         <v>3350</v>
       </c>
-      <c r="D364" t="s">
+      <c r="E364" t="s">
         <v>3351</v>
       </c>
-      <c r="E364" t="s">
+      <c r="F364" t="s">
         <v>3352</v>
       </c>
-      <c r="F364" t="s">
+      <c r="G364" t="s">
         <v>3353</v>
       </c>
-      <c r="G364" t="s">
+      <c r="H364" t="s">
         <v>3354</v>
       </c>
-      <c r="H364" t="s">
+      <c r="I364" t="s">
         <v>3355</v>
       </c>
-      <c r="I364" t="s">
+      <c r="J364" t="s">
+        <v>24</v>
+      </c>
+      <c r="K364" t="s">
+        <v>170</v>
+      </c>
+      <c r="L364" t="s">
+        <v>26</v>
+      </c>
+      <c r="M364" t="s">
+        <v>171</v>
+      </c>
+      <c r="N364" t="s">
+        <v>28</v>
+      </c>
+      <c r="O364" t="s">
         <v>3356</v>
-      </c>
-[...16 lines deleted...]
-        <v>3357</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8886</v>
+        <v>8392</v>
       </c>
       <c r="B365" t="s">
+        <v>3357</v>
+      </c>
+      <c r="C365" t="s">
         <v>3358</v>
       </c>
-      <c r="C365" t="s">
+      <c r="D365" t="s">
         <v>3359</v>
       </c>
-      <c r="D365" t="s">
+      <c r="E365" t="s">
         <v>3360</v>
       </c>
-      <c r="E365" t="s">
+      <c r="F365" t="s">
         <v>3361</v>
       </c>
-      <c r="F365" t="s">
+      <c r="G365" t="s">
         <v>3362</v>
       </c>
-      <c r="G365" t="s">
+      <c r="H365" t="s">
         <v>3363</v>
       </c>
-      <c r="H365" t="s">
+      <c r="I365" t="s">
         <v>3364</v>
       </c>
-      <c r="I365" t="s">
+      <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
+        <v>1877</v>
+      </c>
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="M365" t="s">
+        <v>1879</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
         <v>3365</v>
-      </c>
-[...16 lines deleted...]
-        <v>3366</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8902</v>
+        <v>8402</v>
       </c>
       <c r="B366" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C366" t="s">
         <v>3367</v>
       </c>
-      <c r="C366" t="s">
+      <c r="D366" t="s">
         <v>3368</v>
       </c>
-      <c r="D366" t="s">
+      <c r="E366" t="s">
         <v>3369</v>
       </c>
-      <c r="E366" t="s">
+      <c r="F366" t="s">
         <v>3370</v>
       </c>
-      <c r="F366" t="s">
+      <c r="G366" t="s">
         <v>3371</v>
       </c>
-      <c r="G366" t="s">
+      <c r="H366" t="s">
         <v>3372</v>
       </c>
-      <c r="H366" t="s">
+      <c r="I366" t="s">
         <v>3373</v>
-      </c>
-[...1 lines deleted...]
-        <v>3374</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
         <v>170</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
         <v>171</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3375</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8903</v>
+        <v>8883</v>
       </c>
       <c r="B367" t="s">
+        <v>3375</v>
+      </c>
+      <c r="C367" t="s">
         <v>3376</v>
       </c>
-      <c r="C367" t="s">
+      <c r="D367" t="s">
         <v>3377</v>
       </c>
-      <c r="D367" t="s">
+      <c r="E367" t="s">
         <v>3378</v>
       </c>
-      <c r="E367" t="s">
+      <c r="F367" t="s">
         <v>3379</v>
       </c>
-      <c r="F367" t="s">
+      <c r="G367" t="s">
         <v>3380</v>
       </c>
-      <c r="G367" t="s">
+      <c r="H367" t="s">
         <v>3381</v>
       </c>
-      <c r="H367" t="s">
+      <c r="I367" t="s">
         <v>3382</v>
       </c>
-      <c r="I367" t="s">
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>25</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>27</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
         <v>3383</v>
-      </c>
-[...16 lines deleted...]
-        <v>3384</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8904</v>
+        <v>8886</v>
       </c>
       <c r="B368" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C368" t="s">
         <v>3385</v>
       </c>
-      <c r="C368" t="s">
+      <c r="D368" t="s">
         <v>3386</v>
       </c>
-      <c r="D368" t="s">
+      <c r="E368" t="s">
         <v>3387</v>
       </c>
-      <c r="E368" t="s">
+      <c r="F368" t="s">
         <v>3388</v>
       </c>
-      <c r="F368" t="s">
+      <c r="G368" t="s">
         <v>3389</v>
       </c>
-      <c r="G368" t="s">
+      <c r="H368" t="s">
         <v>3390</v>
       </c>
-      <c r="H368" t="s">
+      <c r="I368" t="s">
         <v>3391</v>
-      </c>
-[...1 lines deleted...]
-        <v>3392</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>171</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3393</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8914</v>
+        <v>8902</v>
       </c>
       <c r="B369" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C369" t="s">
         <v>3394</v>
       </c>
-      <c r="C369" t="s">
+      <c r="D369" t="s">
         <v>3395</v>
       </c>
-      <c r="D369" t="s">
+      <c r="E369" t="s">
         <v>3396</v>
       </c>
-      <c r="E369" t="s">
+      <c r="F369" t="s">
         <v>3397</v>
       </c>
-      <c r="F369" t="s">
+      <c r="G369" t="s">
         <v>3398</v>
       </c>
-      <c r="G369" t="s">
+      <c r="H369" t="s">
         <v>3399</v>
       </c>
-      <c r="H369" t="s">
+      <c r="I369" t="s">
         <v>3400</v>
       </c>
-      <c r="I369" t="s">
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
+        <v>170</v>
+      </c>
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
+        <v>171</v>
+      </c>
+      <c r="N369" t="s">
+        <v>28</v>
+      </c>
+      <c r="O369" t="s">
         <v>3401</v>
-      </c>
-[...16 lines deleted...]
-        <v>3402</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8918</v>
+        <v>8903</v>
       </c>
       <c r="B370" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C370" t="s">
         <v>3403</v>
       </c>
-      <c r="C370" t="s">
+      <c r="D370" t="s">
         <v>3404</v>
       </c>
-      <c r="D370" t="s">
+      <c r="E370" t="s">
         <v>3405</v>
       </c>
-      <c r="E370" t="s">
+      <c r="F370" t="s">
         <v>3406</v>
       </c>
-      <c r="F370" t="s">
+      <c r="G370" t="s">
         <v>3407</v>
       </c>
-      <c r="G370" t="s">
+      <c r="H370" t="s">
         <v>3408</v>
       </c>
-      <c r="H370" t="s">
+      <c r="I370" t="s">
         <v>3409</v>
       </c>
-      <c r="I370" t="s">
+      <c r="J370" t="s">
+        <v>24</v>
+      </c>
+      <c r="K370" t="s">
+        <v>170</v>
+      </c>
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
+        <v>171</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
         <v>3410</v>
-      </c>
-[...16 lines deleted...]
-        <v>3411</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>8945</v>
+        <v>8904</v>
       </c>
       <c r="B371" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C371" t="s">
         <v>3412</v>
       </c>
-      <c r="C371" t="s">
+      <c r="D371" t="s">
         <v>3413</v>
       </c>
-      <c r="D371" t="s">
+      <c r="E371" t="s">
         <v>3414</v>
       </c>
-      <c r="E371" t="s">
+      <c r="F371" t="s">
         <v>3415</v>
       </c>
-      <c r="F371" t="s">
+      <c r="G371" t="s">
         <v>3416</v>
       </c>
-      <c r="G371" t="s">
+      <c r="H371" t="s">
         <v>3417</v>
       </c>
-      <c r="H371" t="s">
+      <c r="I371" t="s">
         <v>3418</v>
       </c>
-      <c r="I371" t="s">
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
+        <v>170</v>
+      </c>
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
+        <v>171</v>
+      </c>
+      <c r="N371" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" t="s">
         <v>3419</v>
-      </c>
-[...16 lines deleted...]
-        <v>3420</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>8950</v>
+        <v>8914</v>
       </c>
       <c r="B372" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C372" t="s">
         <v>3421</v>
       </c>
-      <c r="C372" t="s">
+      <c r="D372" t="s">
         <v>3422</v>
       </c>
-      <c r="D372" t="s">
+      <c r="E372" t="s">
         <v>3423</v>
       </c>
-      <c r="E372" t="s">
+      <c r="F372" t="s">
         <v>3424</v>
       </c>
-      <c r="F372" t="s">
+      <c r="G372" t="s">
         <v>3425</v>
       </c>
-      <c r="G372" t="s">
+      <c r="H372" t="s">
         <v>3426</v>
       </c>
-      <c r="H372" t="s">
+      <c r="I372" t="s">
         <v>3427</v>
-      </c>
-[...1 lines deleted...]
-        <v>3428</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
         <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3429</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>8951</v>
+        <v>8918</v>
       </c>
       <c r="B373" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C373" t="s">
         <v>3430</v>
       </c>
-      <c r="C373" t="s">
+      <c r="D373" t="s">
         <v>3431</v>
       </c>
-      <c r="D373" t="s">
+      <c r="E373" t="s">
         <v>3432</v>
       </c>
-      <c r="E373" t="s">
+      <c r="F373" t="s">
         <v>3433</v>
       </c>
-      <c r="F373" t="s">
+      <c r="G373" t="s">
         <v>3434</v>
       </c>
-      <c r="G373" t="s">
+      <c r="H373" t="s">
         <v>3435</v>
       </c>
-      <c r="H373" t="s">
+      <c r="I373" t="s">
         <v>3436</v>
       </c>
-      <c r="I373" t="s">
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
+        <v>25</v>
+      </c>
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
+        <v>27</v>
+      </c>
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
         <v>3437</v>
-      </c>
-[...16 lines deleted...]
-        <v>3438</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>8959</v>
+        <v>8945</v>
       </c>
       <c r="B374" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C374" t="s">
         <v>3439</v>
       </c>
-      <c r="C374" t="s">
+      <c r="D374" t="s">
         <v>3440</v>
       </c>
-      <c r="D374" t="s">
+      <c r="E374" t="s">
         <v>3441</v>
       </c>
-      <c r="E374" t="s">
+      <c r="F374" t="s">
         <v>3442</v>
       </c>
-      <c r="F374" t="s">
+      <c r="G374" t="s">
         <v>3443</v>
       </c>
-      <c r="G374" t="s">
+      <c r="H374" t="s">
         <v>3444</v>
       </c>
-      <c r="H374" t="s">
+      <c r="I374" t="s">
         <v>3445</v>
       </c>
-      <c r="I374" t="s">
+      <c r="J374" t="s">
+        <v>24</v>
+      </c>
+      <c r="K374" t="s">
+        <v>47</v>
+      </c>
+      <c r="L374" t="s">
+        <v>26</v>
+      </c>
+      <c r="M374" t="s">
+        <v>48</v>
+      </c>
+      <c r="N374" t="s">
+        <v>28</v>
+      </c>
+      <c r="O374" t="s">
         <v>3446</v>
-      </c>
-[...16 lines deleted...]
-        <v>3447</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>8964</v>
+        <v>8950</v>
       </c>
       <c r="B375" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C375" t="s">
         <v>3448</v>
       </c>
-      <c r="C375" t="s">
+      <c r="D375" t="s">
         <v>3449</v>
       </c>
-      <c r="D375" t="s">
+      <c r="E375" t="s">
         <v>3450</v>
       </c>
-      <c r="E375" t="s">
+      <c r="F375" t="s">
         <v>3451</v>
       </c>
-      <c r="F375" t="s">
+      <c r="G375" t="s">
         <v>3452</v>
       </c>
-      <c r="G375" t="s">
+      <c r="H375" t="s">
         <v>3453</v>
       </c>
-      <c r="H375" t="s">
+      <c r="I375" t="s">
         <v>3454</v>
       </c>
-      <c r="I375" t="s">
+      <c r="J375" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" t="s">
+        <v>25</v>
+      </c>
+      <c r="L375" t="s">
+        <v>26</v>
+      </c>
+      <c r="M375" t="s">
+        <v>27</v>
+      </c>
+      <c r="N375" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" t="s">
         <v>3455</v>
-      </c>
-[...16 lines deleted...]
-        <v>3456</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10011</v>
+        <v>8951</v>
       </c>
       <c r="B376" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C376" t="s">
         <v>3457</v>
       </c>
-      <c r="C376" t="s">
+      <c r="D376" t="s">
         <v>3458</v>
       </c>
-      <c r="D376" t="s">
+      <c r="E376" t="s">
         <v>3459</v>
       </c>
-      <c r="E376" t="s">
+      <c r="F376" t="s">
         <v>3460</v>
       </c>
-      <c r="F376" t="s">
+      <c r="G376" t="s">
         <v>3461</v>
       </c>
-      <c r="G376" t="s">
+      <c r="H376" t="s">
         <v>3462</v>
       </c>
-      <c r="H376" t="s">
+      <c r="I376" t="s">
         <v>3463</v>
       </c>
-      <c r="I376" t="s">
+      <c r="J376" t="s">
+        <v>24</v>
+      </c>
+      <c r="K376" t="s">
+        <v>170</v>
+      </c>
+      <c r="L376" t="s">
+        <v>26</v>
+      </c>
+      <c r="M376" t="s">
+        <v>171</v>
+      </c>
+      <c r="N376" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" t="s">
         <v>3464</v>
-      </c>
-[...16 lines deleted...]
-        <v>3465</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10014</v>
+        <v>8959</v>
       </c>
       <c r="B377" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C377" t="s">
         <v>3466</v>
       </c>
-      <c r="C377" t="s">
+      <c r="D377" t="s">
         <v>3467</v>
       </c>
-      <c r="D377" t="s">
+      <c r="E377" t="s">
         <v>3468</v>
       </c>
-      <c r="E377" t="s">
+      <c r="F377" t="s">
         <v>3469</v>
       </c>
-      <c r="F377" t="s">
+      <c r="G377" t="s">
         <v>3470</v>
       </c>
-      <c r="G377" t="s">
+      <c r="H377" t="s">
         <v>3471</v>
       </c>
-      <c r="H377" t="s">
+      <c r="I377" t="s">
         <v>3472</v>
       </c>
-      <c r="I377" t="s">
+      <c r="J377" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" t="s">
+        <v>170</v>
+      </c>
+      <c r="L377" t="s">
+        <v>26</v>
+      </c>
+      <c r="M377" t="s">
+        <v>171</v>
+      </c>
+      <c r="N377" t="s">
+        <v>28</v>
+      </c>
+      <c r="O377" t="s">
         <v>3473</v>
-      </c>
-[...16 lines deleted...]
-        <v>3476</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10015</v>
+        <v>8964</v>
       </c>
       <c r="B378" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D378" t="s">
+        <v>3476</v>
+      </c>
+      <c r="E378" t="s">
         <v>3477</v>
       </c>
-      <c r="C378" t="s">
+      <c r="F378" t="s">
         <v>3478</v>
       </c>
-      <c r="D378" t="s">
+      <c r="G378" t="s">
         <v>3479</v>
       </c>
-      <c r="E378" t="s">
+      <c r="H378" t="s">
         <v>3480</v>
       </c>
-      <c r="F378" t="s">
+      <c r="I378" t="s">
         <v>3481</v>
       </c>
-      <c r="G378" t="s">
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>903</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>904</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
         <v>3482</v>
-      </c>
-[...22 lines deleted...]
-        <v>3485</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10036</v>
+        <v>10011</v>
       </c>
       <c r="B379" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3485</v>
+      </c>
+      <c r="E379" t="s">
         <v>3486</v>
       </c>
-      <c r="C379" t="s">
+      <c r="F379" t="s">
         <v>3487</v>
       </c>
-      <c r="D379" t="s">
+      <c r="G379" t="s">
         <v>3488</v>
       </c>
-      <c r="E379" t="s">
+      <c r="H379" t="s">
         <v>3489</v>
       </c>
-      <c r="F379" t="s">
+      <c r="I379" t="s">
         <v>3490</v>
-      </c>
-[...7 lines deleted...]
-        <v>3493</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3494</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10046</v>
+        <v>10014</v>
       </c>
       <c r="B380" t="s">
+        <v>3492</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D380" t="s">
+        <v>3494</v>
+      </c>
+      <c r="E380" t="s">
         <v>3495</v>
       </c>
-      <c r="C380" t="s">
+      <c r="F380" t="s">
         <v>3496</v>
       </c>
-      <c r="D380" t="s">
+      <c r="G380" t="s">
         <v>3497</v>
       </c>
-      <c r="E380" t="s">
+      <c r="H380" t="s">
         <v>3498</v>
       </c>
-      <c r="F380" t="s">
+      <c r="I380" t="s">
         <v>3499</v>
       </c>
-      <c r="G380" t="s">
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
         <v>3500</v>
       </c>
-      <c r="H380" t="s">
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
         <v>3501</v>
-      </c>
-[...19 lines deleted...]
-        <v>3503</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10098</v>
+        <v>10015</v>
       </c>
       <c r="B381" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D381" t="s">
         <v>3504</v>
       </c>
-      <c r="C381" t="s">
+      <c r="E381" t="s">
         <v>3505</v>
       </c>
-      <c r="D381" t="s">
+      <c r="F381" t="s">
         <v>3506</v>
       </c>
-      <c r="E381" t="s">
+      <c r="G381" t="s">
         <v>3507</v>
       </c>
-      <c r="F381" t="s">
+      <c r="H381" t="s">
         <v>3508</v>
       </c>
-      <c r="G381" t="s">
+      <c r="I381" t="s">
         <v>3509</v>
       </c>
-      <c r="H381" t="s">
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
+        <v>170</v>
+      </c>
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="M381" t="s">
+        <v>171</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
         <v>3510</v>
-      </c>
-[...19 lines deleted...]
-        <v>3512</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10101</v>
+        <v>10036</v>
       </c>
       <c r="B382" t="s">
+        <v>3511</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D382" t="s">
         <v>3513</v>
       </c>
-      <c r="C382" t="s">
+      <c r="E382" t="s">
         <v>3514</v>
       </c>
-      <c r="D382" t="s">
+      <c r="F382" t="s">
         <v>3515</v>
       </c>
-      <c r="E382" t="s">
+      <c r="G382" t="s">
         <v>3516</v>
       </c>
-      <c r="F382" t="s">
+      <c r="H382" t="s">
         <v>3517</v>
       </c>
-      <c r="G382" t="s">
+      <c r="I382" t="s">
         <v>3518</v>
-      </c>
-[...4 lines deleted...]
-        <v>3520</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
         <v>25</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
         <v>27</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3521</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10412</v>
+        <v>10046</v>
       </c>
       <c r="B383" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D383" t="s">
         <v>3522</v>
       </c>
-      <c r="C383" t="s">
+      <c r="E383" t="s">
         <v>3523</v>
       </c>
-      <c r="D383" t="s">
+      <c r="F383" t="s">
         <v>3524</v>
       </c>
-      <c r="E383" t="s">
+      <c r="G383" t="s">
         <v>3525</v>
       </c>
-      <c r="F383" t="s">
+      <c r="H383" t="s">
         <v>3526</v>
       </c>
-      <c r="G383" t="s">
+      <c r="I383" t="s">
         <v>3527</v>
       </c>
-      <c r="H383" t="s">
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
+        <v>273</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>274</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
         <v>3528</v>
-      </c>
-[...19 lines deleted...]
-        <v>3530</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10603</v>
+        <v>10098</v>
       </c>
       <c r="B384" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3530</v>
+      </c>
+      <c r="D384" t="s">
         <v>3531</v>
       </c>
-      <c r="C384" t="s">
+      <c r="E384" t="s">
         <v>3532</v>
       </c>
-      <c r="D384" t="s">
+      <c r="F384" t="s">
         <v>3533</v>
       </c>
-      <c r="E384" t="s">
+      <c r="G384" t="s">
         <v>3534</v>
       </c>
-      <c r="F384" t="s">
+      <c r="H384" t="s">
         <v>3535</v>
       </c>
-      <c r="G384" t="s">
+      <c r="I384" t="s">
         <v>3536</v>
-      </c>
-[...4 lines deleted...]
-        <v>3538</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3539</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10635</v>
+        <v>10101</v>
       </c>
       <c r="B385" t="s">
+        <v>3538</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D385" t="s">
         <v>3540</v>
       </c>
-      <c r="C385" t="s">
+      <c r="E385" t="s">
         <v>3541</v>
       </c>
-      <c r="D385" t="s">
+      <c r="F385" t="s">
         <v>3542</v>
       </c>
-      <c r="E385" t="s">
+      <c r="G385" t="s">
         <v>3543</v>
       </c>
-      <c r="F385" t="s">
+      <c r="H385" t="s">
         <v>3544</v>
       </c>
-      <c r="G385" t="s">
+      <c r="I385" t="s">
         <v>3545</v>
       </c>
-      <c r="H385" t="s">
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>25</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>27</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
         <v>3546</v>
-      </c>
-[...19 lines deleted...]
-        <v>3548</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10639</v>
+        <v>10412</v>
       </c>
       <c r="B386" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D386" t="s">
         <v>3549</v>
       </c>
-      <c r="C386" t="s">
+      <c r="E386" t="s">
         <v>3550</v>
       </c>
-      <c r="D386" t="s">
+      <c r="F386" t="s">
         <v>3551</v>
       </c>
-      <c r="E386" t="s">
+      <c r="G386" t="s">
         <v>3552</v>
       </c>
-      <c r="F386" t="s">
+      <c r="H386" t="s">
         <v>3553</v>
       </c>
-      <c r="G386" t="s">
+      <c r="I386" t="s">
         <v>3554</v>
-      </c>
-[...4 lines deleted...]
-        <v>3556</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
         <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
         <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3557</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10647</v>
+        <v>10603</v>
       </c>
       <c r="B387" t="s">
+        <v>3556</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3557</v>
+      </c>
+      <c r="D387" t="s">
         <v>3558</v>
       </c>
-      <c r="C387" t="s">
+      <c r="E387" t="s">
         <v>3559</v>
       </c>
-      <c r="D387" t="s">
+      <c r="F387" t="s">
         <v>3560</v>
       </c>
-      <c r="E387" t="s">
+      <c r="G387" t="s">
         <v>3561</v>
       </c>
-      <c r="F387" t="s">
+      <c r="H387" t="s">
         <v>3562</v>
       </c>
-      <c r="G387" t="s">
+      <c r="I387" t="s">
         <v>3563</v>
       </c>
-      <c r="H387" t="s">
+      <c r="J387" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" t="s">
+        <v>25</v>
+      </c>
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
+        <v>27</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
         <v>3564</v>
-      </c>
-[...19 lines deleted...]
-        <v>3566</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10887</v>
+        <v>10635</v>
       </c>
       <c r="B388" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3566</v>
+      </c>
+      <c r="D388" t="s">
         <v>3567</v>
       </c>
-      <c r="C388" t="s">
+      <c r="E388" t="s">
         <v>3568</v>
       </c>
-      <c r="D388" t="s">
+      <c r="F388" t="s">
         <v>3569</v>
       </c>
-      <c r="E388" t="s">
+      <c r="G388" t="s">
         <v>3570</v>
       </c>
-      <c r="F388" t="s">
+      <c r="H388" t="s">
         <v>3571</v>
       </c>
-      <c r="G388" t="s">
+      <c r="I388" t="s">
         <v>3572</v>
       </c>
-      <c r="H388" t="s">
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>47</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>48</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
         <v>3573</v>
-      </c>
-[...19 lines deleted...]
-        <v>3575</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10925</v>
+        <v>10639</v>
       </c>
       <c r="B389" t="s">
+        <v>3574</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D389" t="s">
         <v>3576</v>
       </c>
-      <c r="C389" t="s">
+      <c r="E389" t="s">
         <v>3577</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" t="s">
         <v>3578</v>
       </c>
-      <c r="E389" t="s">
+      <c r="G389" t="s">
         <v>3579</v>
       </c>
-      <c r="F389" t="s">
+      <c r="H389" t="s">
         <v>3580</v>
       </c>
-      <c r="G389" t="s">
+      <c r="I389" t="s">
         <v>3581</v>
-      </c>
-[...4 lines deleted...]
-        <v>3583</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3584</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>10927</v>
+        <v>10647</v>
       </c>
       <c r="B390" t="s">
+        <v>3583</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D390" t="s">
         <v>3585</v>
       </c>
-      <c r="C390" t="s">
+      <c r="E390" t="s">
         <v>3586</v>
       </c>
-      <c r="D390" t="s">
+      <c r="F390" t="s">
         <v>3587</v>
       </c>
-      <c r="E390" t="s">
+      <c r="G390" t="s">
         <v>3588</v>
       </c>
-      <c r="F390" t="s">
+      <c r="H390" t="s">
         <v>3589</v>
       </c>
-      <c r="G390" t="s">
+      <c r="I390" t="s">
         <v>3590</v>
-      </c>
-[...4 lines deleted...]
-        <v>3592</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3593</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>10930</v>
+        <v>10887</v>
       </c>
       <c r="B391" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D391" t="s">
         <v>3594</v>
       </c>
-      <c r="C391" t="s">
+      <c r="E391" t="s">
         <v>3595</v>
       </c>
-      <c r="D391" t="s">
+      <c r="F391" t="s">
         <v>3596</v>
       </c>
-      <c r="E391" t="s">
+      <c r="G391" t="s">
         <v>3597</v>
       </c>
-      <c r="F391" t="s">
+      <c r="H391" t="s">
         <v>3598</v>
       </c>
-      <c r="G391" t="s">
+      <c r="I391" t="s">
         <v>3599</v>
       </c>
-      <c r="H391" t="s">
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
+        <v>25</v>
+      </c>
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
+        <v>27</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
         <v>3600</v>
-      </c>
-[...19 lines deleted...]
-        <v>3602</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>10945</v>
+        <v>10925</v>
       </c>
       <c r="B392" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D392" t="s">
         <v>3603</v>
       </c>
-      <c r="C392" t="s">
+      <c r="E392" t="s">
         <v>3604</v>
       </c>
-      <c r="D392" t="s">
+      <c r="F392" t="s">
         <v>3605</v>
       </c>
-      <c r="E392" t="s">
+      <c r="G392" t="s">
         <v>3606</v>
       </c>
-      <c r="F392" t="s">
+      <c r="H392" t="s">
         <v>3607</v>
       </c>
-      <c r="G392" t="s">
+      <c r="I392" t="s">
         <v>3608</v>
       </c>
-      <c r="H392" t="s">
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>25</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>27</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
         <v>3609</v>
-      </c>
-[...19 lines deleted...]
-        <v>3611</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>10947</v>
+        <v>10927</v>
       </c>
       <c r="B393" t="s">
+        <v>3610</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D393" t="s">
         <v>3612</v>
       </c>
-      <c r="C393" t="s">
+      <c r="E393" t="s">
         <v>3613</v>
       </c>
-      <c r="D393" t="s">
+      <c r="F393" t="s">
         <v>3614</v>
       </c>
-      <c r="E393" t="s">
+      <c r="G393" t="s">
         <v>3615</v>
       </c>
-      <c r="F393" t="s">
+      <c r="H393" t="s">
         <v>3616</v>
       </c>
-      <c r="G393" t="s">
+      <c r="I393" t="s">
         <v>3617</v>
-      </c>
-[...4 lines deleted...]
-        <v>3619</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3620</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>10948</v>
+        <v>10930</v>
       </c>
       <c r="B394" t="s">
+        <v>3619</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D394" t="s">
         <v>3621</v>
       </c>
-      <c r="C394" t="s">
+      <c r="E394" t="s">
         <v>3622</v>
       </c>
-      <c r="D394" t="s">
+      <c r="F394" t="s">
         <v>3623</v>
       </c>
-      <c r="E394" t="s">
+      <c r="G394" t="s">
         <v>3624</v>
       </c>
-      <c r="F394" t="s">
+      <c r="H394" t="s">
         <v>3625</v>
       </c>
-      <c r="G394" t="s">
+      <c r="I394" t="s">
         <v>3626</v>
       </c>
-      <c r="H394" t="s">
+      <c r="J394" t="s">
+        <v>1474</v>
+      </c>
+      <c r="K394" t="s">
+        <v>273</v>
+      </c>
+      <c r="L394" t="s">
+        <v>1476</v>
+      </c>
+      <c r="M394" t="s">
+        <v>274</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
         <v>3627</v>
-      </c>
-[...19 lines deleted...]
-        <v>3629</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>10950</v>
+        <v>10945</v>
       </c>
       <c r="B395" t="s">
+        <v>3628</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D395" t="s">
         <v>3630</v>
       </c>
-      <c r="C395" t="s">
+      <c r="E395" t="s">
         <v>3631</v>
       </c>
-      <c r="D395" t="s">
+      <c r="F395" t="s">
         <v>3632</v>
       </c>
-      <c r="E395" t="s">
+      <c r="G395" t="s">
         <v>3633</v>
       </c>
-      <c r="F395" t="s">
+      <c r="H395" t="s">
         <v>3634</v>
       </c>
-      <c r="G395" t="s">
+      <c r="I395" t="s">
         <v>3635</v>
       </c>
-      <c r="H395" t="s">
+      <c r="J395" t="s">
+        <v>448</v>
+      </c>
+      <c r="K395" t="s">
+        <v>744</v>
+      </c>
+      <c r="L395" t="s">
+        <v>450</v>
+      </c>
+      <c r="M395" t="s">
+        <v>745</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
         <v>3636</v>
-      </c>
-[...16 lines deleted...]
-        <v>3639</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B396" t="s">
+        <v>3637</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3639</v>
+      </c>
+      <c r="E396" t="s">
         <v>3640</v>
       </c>
-      <c r="C396" t="s">
+      <c r="F396" t="s">
         <v>3641</v>
       </c>
-      <c r="D396" t="s">
+      <c r="G396" t="s">
         <v>3642</v>
       </c>
-      <c r="E396" t="s">
+      <c r="H396" t="s">
         <v>3643</v>
       </c>
-      <c r="F396" t="s">
+      <c r="I396" t="s">
         <v>3644</v>
       </c>
-      <c r="G396" t="s">
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>170</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>171</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
         <v>3645</v>
-      </c>
-[...22 lines deleted...]
-        <v>3648</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>11000</v>
+        <v>10948</v>
       </c>
       <c r="B397" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D397" t="s">
+        <v>3648</v>
+      </c>
+      <c r="E397" t="s">
         <v>3649</v>
       </c>
-      <c r="C397" t="s">
+      <c r="F397" t="s">
         <v>3650</v>
       </c>
-      <c r="D397" t="s">
+      <c r="G397" t="s">
         <v>3651</v>
       </c>
-      <c r="E397" t="s">
+      <c r="H397" t="s">
         <v>3652</v>
       </c>
-      <c r="F397" t="s">
+      <c r="I397" t="s">
         <v>3653</v>
       </c>
-      <c r="G397" t="s">
+      <c r="J397" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" t="s">
+        <v>170</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>171</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
         <v>3654</v>
-      </c>
-[...22 lines deleted...]
-        <v>3657</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>11161</v>
+        <v>10950</v>
       </c>
       <c r="B398" t="s">
+        <v>3655</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D398" t="s">
+        <v>3657</v>
+      </c>
+      <c r="E398" t="s">
         <v>3658</v>
       </c>
-      <c r="C398" t="s">
+      <c r="F398" t="s">
         <v>3659</v>
       </c>
-      <c r="D398" t="s">
+      <c r="G398" t="s">
         <v>3660</v>
       </c>
-      <c r="E398" t="s">
+      <c r="H398" t="s">
         <v>3661</v>
       </c>
-      <c r="F398" t="s">
+      <c r="I398" t="s">
         <v>3662</v>
       </c>
-      <c r="G398" t="s">
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
         <v>3663</v>
       </c>
-      <c r="H398" t="s">
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
         <v>3664</v>
-      </c>
-[...19 lines deleted...]
-        <v>3666</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>11169</v>
+        <v>10951</v>
       </c>
       <c r="B399" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D399" t="s">
         <v>3667</v>
       </c>
-      <c r="C399" t="s">
+      <c r="E399" t="s">
         <v>3668</v>
       </c>
-      <c r="D399" t="s">
+      <c r="F399" t="s">
         <v>3669</v>
       </c>
-      <c r="E399" t="s">
+      <c r="G399" t="s">
         <v>3670</v>
       </c>
-      <c r="F399" t="s">
+      <c r="H399" t="s">
         <v>3671</v>
       </c>
-      <c r="G399" t="s">
+      <c r="I399" t="s">
         <v>3672</v>
       </c>
-      <c r="H399" t="s">
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>47</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>48</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3673</v>
-      </c>
-[...19 lines deleted...]
-        <v>3675</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>11220</v>
+        <v>11000</v>
       </c>
       <c r="B400" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D400" t="s">
         <v>3676</v>
       </c>
-      <c r="C400" t="s">
+      <c r="E400" t="s">
         <v>3677</v>
       </c>
-      <c r="D400" t="s">
+      <c r="F400" t="s">
         <v>3678</v>
       </c>
-      <c r="E400" t="s">
+      <c r="G400" t="s">
         <v>3679</v>
       </c>
-      <c r="F400" t="s">
+      <c r="H400" t="s">
         <v>3680</v>
       </c>
-      <c r="G400" t="s">
+      <c r="I400" t="s">
         <v>3681</v>
       </c>
-      <c r="H400" t="s">
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>25</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>27</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3682</v>
-      </c>
-[...19 lines deleted...]
-        <v>3684</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>11231</v>
+        <v>11161</v>
       </c>
       <c r="B401" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D401" t="s">
         <v>3685</v>
       </c>
-      <c r="C401" t="s">
+      <c r="E401" t="s">
         <v>3686</v>
       </c>
-      <c r="D401" t="s">
+      <c r="F401" t="s">
         <v>3687</v>
       </c>
-      <c r="E401" t="s">
+      <c r="G401" t="s">
         <v>3688</v>
       </c>
-      <c r="F401" t="s">
+      <c r="H401" t="s">
         <v>3689</v>
       </c>
-      <c r="G401" t="s">
+      <c r="I401" t="s">
         <v>3690</v>
       </c>
-      <c r="H401" t="s">
+      <c r="J401" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L401" t="s">
+        <v>26</v>
+      </c>
+      <c r="M401" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N401" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" t="s">
         <v>3691</v>
-      </c>
-[...19 lines deleted...]
-        <v>3693</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>11249</v>
+        <v>11169</v>
       </c>
       <c r="B402" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3693</v>
+      </c>
+      <c r="D402" t="s">
         <v>3694</v>
       </c>
-      <c r="C402" t="s">
+      <c r="E402" t="s">
         <v>3695</v>
       </c>
-      <c r="D402" t="s">
+      <c r="F402" t="s">
         <v>3696</v>
       </c>
-      <c r="E402" t="s">
+      <c r="G402" t="s">
         <v>3697</v>
       </c>
-      <c r="F402" t="s">
+      <c r="H402" t="s">
         <v>3698</v>
       </c>
-      <c r="G402" t="s">
+      <c r="I402" t="s">
         <v>3699</v>
       </c>
-      <c r="H402" t="s">
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
+        <v>59</v>
+      </c>
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
+        <v>61</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
         <v>3700</v>
-      </c>
-[...19 lines deleted...]
-        <v>3702</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>11251</v>
+        <v>11220</v>
       </c>
       <c r="B403" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D403" t="s">
         <v>3703</v>
       </c>
-      <c r="C403" t="s">
+      <c r="E403" t="s">
         <v>3704</v>
       </c>
-      <c r="D403" t="s">
+      <c r="F403" t="s">
         <v>3705</v>
       </c>
-      <c r="E403" t="s">
+      <c r="G403" t="s">
         <v>3706</v>
       </c>
-      <c r="F403" t="s">
+      <c r="H403" t="s">
         <v>3707</v>
       </c>
-      <c r="G403" t="s">
+      <c r="I403" t="s">
         <v>3708</v>
       </c>
-      <c r="H403" t="s">
+      <c r="J403" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" t="s">
+        <v>688</v>
+      </c>
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
+        <v>689</v>
+      </c>
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
         <v>3709</v>
-      </c>
-[...16 lines deleted...]
-        <v>3711</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>11256</v>
+        <v>11231</v>
       </c>
       <c r="B404" t="s">
+        <v>3710</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D404" t="s">
         <v>3712</v>
       </c>
-      <c r="C404" t="s">
+      <c r="E404" t="s">
         <v>3713</v>
       </c>
-      <c r="D404" t="s">
+      <c r="F404" t="s">
         <v>3714</v>
       </c>
-      <c r="E404" t="s">
+      <c r="G404" t="s">
         <v>3715</v>
       </c>
-      <c r="F404" t="s">
+      <c r="H404" t="s">
         <v>3716</v>
       </c>
-      <c r="G404" t="s">
+      <c r="I404" t="s">
         <v>3717</v>
-      </c>
-[...4 lines deleted...]
-        <v>3719</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3720</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>11287</v>
+        <v>11249</v>
       </c>
       <c r="B405" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3720</v>
+      </c>
+      <c r="D405" t="s">
         <v>3721</v>
       </c>
-      <c r="C405" t="s">
+      <c r="E405" t="s">
         <v>3722</v>
       </c>
-      <c r="D405" t="s">
+      <c r="F405" t="s">
         <v>3723</v>
       </c>
-      <c r="E405" t="s">
+      <c r="G405" t="s">
         <v>3724</v>
       </c>
-      <c r="F405" t="s">
+      <c r="H405" t="s">
         <v>3725</v>
       </c>
-      <c r="G405" t="s">
+      <c r="I405" t="s">
         <v>3726</v>
       </c>
-      <c r="H405" t="s">
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
+        <v>47</v>
+      </c>
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
+        <v>48</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
         <v>3727</v>
-      </c>
-[...19 lines deleted...]
-        <v>3729</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>11299</v>
+        <v>11251</v>
       </c>
       <c r="B406" t="s">
+        <v>3728</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3729</v>
+      </c>
+      <c r="D406" t="s">
         <v>3730</v>
       </c>
-      <c r="C406" t="s">
+      <c r="E406" t="s">
         <v>3731</v>
       </c>
-      <c r="D406" t="s">
+      <c r="F406" t="s">
         <v>3732</v>
       </c>
-      <c r="E406" t="s">
+      <c r="G406" t="s">
         <v>3733</v>
       </c>
-      <c r="F406" t="s">
+      <c r="H406" t="s">
         <v>3734</v>
       </c>
-      <c r="G406" t="s">
+      <c r="I406" t="s">
         <v>3735</v>
       </c>
-      <c r="H406" t="s">
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
+        <v>3310</v>
+      </c>
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
         <v>3736</v>
-      </c>
-[...19 lines deleted...]
-        <v>3738</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>11303</v>
+        <v>11256</v>
       </c>
       <c r="B407" t="s">
+        <v>3737</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3738</v>
+      </c>
+      <c r="D407" t="s">
         <v>3739</v>
       </c>
-      <c r="C407" t="s">
+      <c r="E407" t="s">
         <v>3740</v>
       </c>
-      <c r="D407" t="s">
+      <c r="F407" t="s">
         <v>3741</v>
       </c>
-      <c r="E407" t="s">
+      <c r="G407" t="s">
         <v>3742</v>
       </c>
-      <c r="F407" t="s">
+      <c r="H407" t="s">
         <v>3743</v>
       </c>
-      <c r="G407" t="s">
+      <c r="I407" t="s">
         <v>3744</v>
       </c>
-      <c r="H407" t="s">
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>170</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>171</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3745</v>
-      </c>
-[...19 lines deleted...]
-        <v>3747</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>11306</v>
+        <v>11287</v>
       </c>
       <c r="B408" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3747</v>
+      </c>
+      <c r="D408" t="s">
         <v>3748</v>
       </c>
-      <c r="C408" t="s">
+      <c r="E408" t="s">
         <v>3749</v>
       </c>
-      <c r="D408" t="s">
+      <c r="F408" t="s">
         <v>3750</v>
       </c>
-      <c r="E408" t="s">
+      <c r="G408" t="s">
         <v>3751</v>
       </c>
-      <c r="F408" t="s">
+      <c r="H408" t="s">
         <v>3752</v>
       </c>
-      <c r="G408" t="s">
+      <c r="I408" t="s">
         <v>3753</v>
       </c>
-      <c r="H408" t="s">
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3754</v>
-      </c>
-[...16 lines deleted...]
-        <v>3756</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>58060</v>
+        <v>11299</v>
       </c>
       <c r="B409" t="s">
+        <v>3755</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3756</v>
+      </c>
+      <c r="D409" t="s">
         <v>3757</v>
       </c>
-      <c r="C409" t="s">
+      <c r="E409" t="s">
         <v>3758</v>
       </c>
-      <c r="D409" t="s">
+      <c r="F409" t="s">
         <v>3759</v>
       </c>
-      <c r="E409" t="s">
+      <c r="G409" t="s">
         <v>3760</v>
       </c>
-      <c r="F409" t="s">
+      <c r="H409" t="s">
         <v>3761</v>
       </c>
-      <c r="G409" t="s">
+      <c r="I409" t="s">
         <v>3762</v>
       </c>
-      <c r="H409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
+        <v>170</v>
+      </c>
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
+        <v>171</v>
+      </c>
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
         <v>3763</v>
-      </c>
-[...19 lines deleted...]
-        <v>3767</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>58066</v>
+        <v>11303</v>
       </c>
       <c r="B410" t="s">
+        <v>3764</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3765</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3766</v>
+      </c>
+      <c r="E410" t="s">
+        <v>3767</v>
+      </c>
+      <c r="F410" t="s">
         <v>3768</v>
       </c>
-      <c r="C410" t="s">
+      <c r="G410" t="s">
         <v>3769</v>
       </c>
-      <c r="D410" t="s">
+      <c r="H410" t="s">
         <v>3770</v>
       </c>
-      <c r="E410" t="s">
+      <c r="I410" t="s">
         <v>3771</v>
       </c>
-      <c r="F410" t="s">
+      <c r="J410" t="s">
+        <v>448</v>
+      </c>
+      <c r="K410" t="s">
+        <v>273</v>
+      </c>
+      <c r="L410" t="s">
+        <v>450</v>
+      </c>
+      <c r="M410" t="s">
+        <v>274</v>
+      </c>
+      <c r="N410" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" t="s">
         <v>3772</v>
-      </c>
-[...25 lines deleted...]
-        <v>3776</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>58067</v>
+        <v>11306</v>
       </c>
       <c r="B411" t="s">
+        <v>3773</v>
+      </c>
+      <c r="C411" t="s">
+        <v>3774</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3775</v>
+      </c>
+      <c r="E411" t="s">
+        <v>3776</v>
+      </c>
+      <c r="F411" t="s">
         <v>3777</v>
       </c>
-      <c r="C411" t="s">
+      <c r="G411" t="s">
         <v>3778</v>
       </c>
-      <c r="D411" t="s">
+      <c r="H411" t="s">
         <v>3779</v>
       </c>
-      <c r="E411" t="s">
+      <c r="I411" t="s">
         <v>3780</v>
       </c>
-      <c r="F411" t="s">
+      <c r="J411" t="s">
+        <v>24</v>
+      </c>
+      <c r="K411" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L411" t="s">
+        <v>26</v>
+      </c>
+      <c r="N411" t="s">
+        <v>28</v>
+      </c>
+      <c r="O411" t="s">
         <v>3781</v>
-      </c>
-[...25 lines deleted...]
-        <v>3785</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>58090</v>
+        <v>58060</v>
       </c>
       <c r="B412" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C412" t="s">
+        <v>3783</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3784</v>
+      </c>
+      <c r="E412" t="s">
+        <v>3785</v>
+      </c>
+      <c r="F412" t="s">
         <v>3786</v>
       </c>
-      <c r="C412" t="s">
+      <c r="G412" t="s">
         <v>3787</v>
       </c>
-      <c r="D412" t="s">
+      <c r="H412" t="s">
         <v>3788</v>
       </c>
-      <c r="E412" t="s">
+      <c r="I412" t="s">
         <v>3789</v>
       </c>
-      <c r="F412" t="s">
+      <c r="J412" t="s">
+        <v>24</v>
+      </c>
+      <c r="K412" t="s">
         <v>3790</v>
       </c>
-      <c r="G412" t="s">
+      <c r="L412" t="s">
+        <v>26</v>
+      </c>
+      <c r="N412" t="s">
+        <v>28</v>
+      </c>
+      <c r="O412" t="s">
         <v>3791</v>
-      </c>
-[...22 lines deleted...]
-        <v>3794</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>58091</v>
+        <v>58066</v>
       </c>
       <c r="B413" t="s">
+        <v>3792</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3793</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3794</v>
+      </c>
+      <c r="E413" t="s">
         <v>3795</v>
       </c>
-      <c r="C413" t="s">
+      <c r="F413" t="s">
         <v>3796</v>
       </c>
-      <c r="D413" t="s">
+      <c r="G413" t="s">
         <v>3797</v>
       </c>
-      <c r="E413" t="s">
+      <c r="H413" t="s">
         <v>3798</v>
       </c>
-      <c r="F413" t="s">
+      <c r="I413" t="s">
         <v>3799</v>
       </c>
-      <c r="G413" t="s">
+      <c r="J413" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" t="s">
+        <v>273</v>
+      </c>
+      <c r="L413" t="s">
+        <v>26</v>
+      </c>
+      <c r="M413" t="s">
+        <v>274</v>
+      </c>
+      <c r="N413" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" t="s">
         <v>3800</v>
-      </c>
-[...19 lines deleted...]
-        <v>3804</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>58093</v>
+        <v>58067</v>
       </c>
       <c r="B414" t="s">
+        <v>3801</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3802</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3803</v>
+      </c>
+      <c r="E414" t="s">
+        <v>3804</v>
+      </c>
+      <c r="F414" t="s">
         <v>3805</v>
       </c>
-      <c r="C414" t="s">
+      <c r="G414" t="s">
         <v>3806</v>
       </c>
-      <c r="D414" t="s">
+      <c r="H414" t="s">
         <v>3807</v>
       </c>
-      <c r="E414" t="s">
+      <c r="I414" t="s">
         <v>3808</v>
       </c>
-      <c r="F414" t="s">
+      <c r="J414" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" t="s">
+        <v>273</v>
+      </c>
+      <c r="L414" t="s">
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>274</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
         <v>3809</v>
-      </c>
-[...25 lines deleted...]
-        <v>3813</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>58120</v>
+        <v>58090</v>
       </c>
       <c r="B415" t="s">
+        <v>3810</v>
+      </c>
+      <c r="C415" t="s">
+        <v>3811</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3812</v>
+      </c>
+      <c r="E415" t="s">
+        <v>3813</v>
+      </c>
+      <c r="F415" t="s">
         <v>3814</v>
       </c>
-      <c r="C415" t="s">
+      <c r="G415" t="s">
         <v>3815</v>
       </c>
-      <c r="D415" t="s">
+      <c r="H415" t="s">
         <v>3816</v>
       </c>
-      <c r="E415" t="s">
+      <c r="I415" t="s">
         <v>3817</v>
       </c>
-      <c r="F415" t="s">
+      <c r="J415" t="s">
+        <v>448</v>
+      </c>
+      <c r="K415" t="s">
+        <v>756</v>
+      </c>
+      <c r="L415" t="s">
+        <v>450</v>
+      </c>
+      <c r="M415" t="s">
+        <v>758</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3818</v>
-      </c>
-[...25 lines deleted...]
-        <v>3822</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>58122</v>
+        <v>58091</v>
       </c>
       <c r="B416" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3820</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3821</v>
+      </c>
+      <c r="E416" t="s">
+        <v>3822</v>
+      </c>
+      <c r="F416" t="s">
         <v>3823</v>
       </c>
-      <c r="C416" t="s">
+      <c r="G416" t="s">
         <v>3824</v>
       </c>
-      <c r="D416" t="s">
+      <c r="H416" t="s">
         <v>3825</v>
       </c>
-      <c r="E416" t="s">
+      <c r="I416" t="s">
         <v>3826</v>
       </c>
-      <c r="F416" t="s">
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
         <v>3827</v>
       </c>
-      <c r="G416" t="s">
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
         <v>3828</v>
-      </c>
-[...22 lines deleted...]
-        <v>3831</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>58125</v>
+        <v>58093</v>
       </c>
       <c r="B417" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3830</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E417" t="s">
         <v>3832</v>
       </c>
-      <c r="C417" t="s">
+      <c r="F417" t="s">
         <v>3833</v>
       </c>
-      <c r="D417" t="s">
+      <c r="G417" t="s">
         <v>3834</v>
       </c>
-      <c r="E417" t="s">
+      <c r="H417" t="s">
         <v>3835</v>
       </c>
-      <c r="F417" t="s">
+      <c r="I417" t="s">
         <v>3836</v>
       </c>
-      <c r="G417" t="s">
+      <c r="J417" t="s">
+        <v>448</v>
+      </c>
+      <c r="K417" t="s">
+        <v>2079</v>
+      </c>
+      <c r="L417" t="s">
+        <v>450</v>
+      </c>
+      <c r="M417" t="s">
+        <v>2080</v>
+      </c>
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
         <v>3837</v>
-      </c>
-[...19 lines deleted...]
-        <v>3840</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>58144</v>
+        <v>58120</v>
       </c>
       <c r="B418" t="s">
+        <v>3838</v>
+      </c>
+      <c r="C418" t="s">
+        <v>3839</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3840</v>
+      </c>
+      <c r="E418" t="s">
         <v>3841</v>
       </c>
-      <c r="C418" t="s">
+      <c r="F418" t="s">
         <v>3842</v>
       </c>
-      <c r="D418" t="s">
+      <c r="G418" t="s">
         <v>3843</v>
       </c>
-      <c r="E418" t="s">
+      <c r="H418" t="s">
         <v>3844</v>
       </c>
-      <c r="F418" t="s">
+      <c r="I418" t="s">
         <v>3845</v>
-      </c>
-[...7 lines deleted...]
-        <v>3848</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3849</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>58148</v>
+        <v>58122</v>
       </c>
       <c r="B419" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3848</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3849</v>
+      </c>
+      <c r="E419" t="s">
         <v>3850</v>
       </c>
-      <c r="C419" t="s">
+      <c r="F419" t="s">
         <v>3851</v>
       </c>
-      <c r="D419" t="s">
+      <c r="G419" t="s">
         <v>3852</v>
       </c>
-      <c r="E419" t="s">
+      <c r="H419" t="s">
         <v>3853</v>
       </c>
-      <c r="F419" t="s">
+      <c r="I419" t="s">
         <v>3854</v>
       </c>
-      <c r="G419" t="s">
+      <c r="J419" t="s">
+        <v>24</v>
+      </c>
+      <c r="K419" t="s">
+        <v>170</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>171</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3855</v>
-      </c>
-[...22 lines deleted...]
-        <v>3858</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>58218</v>
+        <v>58125</v>
       </c>
       <c r="B420" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3857</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3858</v>
+      </c>
+      <c r="E420" t="s">
         <v>3859</v>
       </c>
-      <c r="C420" t="s">
+      <c r="F420" t="s">
         <v>3860</v>
       </c>
-      <c r="D420" t="s">
+      <c r="G420" t="s">
         <v>3861</v>
       </c>
-      <c r="E420" t="s">
+      <c r="H420" t="s">
         <v>3862</v>
       </c>
-      <c r="F420" t="s">
+      <c r="I420" t="s">
         <v>3863</v>
       </c>
-      <c r="G420" t="s">
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
+        <v>3310</v>
+      </c>
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3864</v>
-      </c>
-[...22 lines deleted...]
-        <v>3867</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>58223</v>
+        <v>58144</v>
       </c>
       <c r="B421" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3866</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3867</v>
+      </c>
+      <c r="E421" t="s">
         <v>3868</v>
       </c>
-      <c r="C421" t="s">
+      <c r="F421" t="s">
         <v>3869</v>
       </c>
-      <c r="D421" t="s">
+      <c r="G421" t="s">
         <v>3870</v>
       </c>
-      <c r="E421" t="s">
+      <c r="H421" t="s">
         <v>3871</v>
       </c>
-      <c r="F421" t="s">
+      <c r="I421" t="s">
         <v>3872</v>
       </c>
-      <c r="G421" t="s">
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
+        <v>25</v>
+      </c>
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
+        <v>27</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3873</v>
-      </c>
-[...22 lines deleted...]
-        <v>3876</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>58259</v>
+        <v>58148</v>
       </c>
       <c r="B422" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3875</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3876</v>
+      </c>
+      <c r="E422" t="s">
         <v>3877</v>
       </c>
-      <c r="C422" t="s">
+      <c r="F422" t="s">
         <v>3878</v>
       </c>
-      <c r="D422" t="s">
+      <c r="G422" t="s">
         <v>3879</v>
       </c>
-      <c r="E422" t="s">
+      <c r="H422" t="s">
         <v>3880</v>
       </c>
-      <c r="F422" t="s">
+      <c r="I422" t="s">
         <v>3881</v>
       </c>
-      <c r="G422" t="s">
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
         <v>3882</v>
-      </c>
-[...19 lines deleted...]
-        <v>3886</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>64597</v>
+        <v>58218</v>
       </c>
       <c r="B423" t="s">
+        <v>3883</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3884</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3885</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3886</v>
+      </c>
+      <c r="F423" t="s">
         <v>3887</v>
       </c>
-      <c r="C423" t="s">
+      <c r="G423" t="s">
         <v>3888</v>
       </c>
-      <c r="D423" t="s">
+      <c r="H423" t="s">
         <v>3889</v>
       </c>
-      <c r="E423" t="s">
+      <c r="I423" t="s">
         <v>3890</v>
       </c>
-      <c r="F423" t="s">
+      <c r="J423" t="s">
+        <v>24</v>
+      </c>
+      <c r="K423" t="s">
+        <v>170</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>171</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
         <v>3891</v>
-      </c>
-[...22 lines deleted...]
-        <v>3895</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>64637</v>
+        <v>58223</v>
       </c>
       <c r="B424" t="s">
+        <v>3892</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3893</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3894</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3895</v>
+      </c>
+      <c r="F424" t="s">
         <v>3896</v>
       </c>
-      <c r="C424" t="s">
+      <c r="G424" t="s">
         <v>3897</v>
       </c>
-      <c r="D424" t="s">
+      <c r="H424" t="s">
         <v>3898</v>
       </c>
-      <c r="E424" t="s">
+      <c r="I424" t="s">
         <v>3899</v>
       </c>
-      <c r="F424" t="s">
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>170</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>171</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
         <v>3900</v>
-      </c>
-[...25 lines deleted...]
-        <v>3904</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>64643</v>
+        <v>58240</v>
       </c>
       <c r="B425" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3902</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3903</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3904</v>
+      </c>
+      <c r="F425" t="s">
         <v>3905</v>
       </c>
-      <c r="C425" t="s">
+      <c r="G425" t="s">
         <v>3906</v>
       </c>
-      <c r="D425" t="s">
+      <c r="H425" t="s">
         <v>3907</v>
       </c>
-      <c r="E425" t="s">
+      <c r="I425" t="s">
         <v>3908</v>
       </c>
-      <c r="F425" t="s">
+      <c r="J425" t="s">
+        <v>24</v>
+      </c>
+      <c r="K425" t="s">
         <v>3909</v>
       </c>
-      <c r="G425" t="s">
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
         <v>3910</v>
-      </c>
-[...22 lines deleted...]
-        <v>3913</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>64689</v>
+        <v>58259</v>
       </c>
       <c r="B426" t="s">
+        <v>3911</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3912</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3913</v>
+      </c>
+      <c r="E426" t="s">
         <v>3914</v>
       </c>
-      <c r="C426" t="s">
+      <c r="F426" t="s">
         <v>3915</v>
       </c>
-      <c r="D426" t="s">
+      <c r="G426" t="s">
         <v>3916</v>
       </c>
-      <c r="E426" t="s">
+      <c r="H426" t="s">
         <v>3917</v>
       </c>
-      <c r="F426" t="s">
+      <c r="I426" t="s">
         <v>3918</v>
       </c>
-      <c r="G426" t="s">
+      <c r="J426" t="s">
+        <v>24</v>
+      </c>
+      <c r="K426" t="s">
         <v>3919</v>
       </c>
-      <c r="H426" t="s">
+      <c r="L426" t="s">
+        <v>26</v>
+      </c>
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
         <v>3920</v>
-      </c>
-[...19 lines deleted...]
-        <v>3922</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65000</v>
+        <v>64597</v>
       </c>
       <c r="B427" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3922</v>
+      </c>
+      <c r="D427" t="s">
         <v>3923</v>
       </c>
-      <c r="C427" t="s">
+      <c r="E427" t="s">
         <v>3924</v>
       </c>
-      <c r="D427" t="s">
+      <c r="F427" t="s">
         <v>3925</v>
       </c>
-      <c r="E427" t="s">
+      <c r="G427" t="s">
         <v>3926</v>
       </c>
-      <c r="F427" t="s">
+      <c r="H427" t="s">
         <v>3927</v>
       </c>
-      <c r="G427" t="s">
+      <c r="I427" t="s">
         <v>3928</v>
       </c>
-      <c r="H427" t="s">
+      <c r="J427" t="s">
+        <v>24</v>
+      </c>
+      <c r="K427" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L427" t="s">
+        <v>26</v>
+      </c>
+      <c r="N427" t="s">
+        <v>28</v>
+      </c>
+      <c r="O427" t="s">
         <v>3929</v>
-      </c>
-[...19 lines deleted...]
-        <v>3931</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65001</v>
+        <v>64637</v>
       </c>
       <c r="B428" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D428" t="s">
         <v>3932</v>
       </c>
-      <c r="C428" t="s">
+      <c r="E428" t="s">
         <v>3933</v>
       </c>
-      <c r="D428" t="s">
+      <c r="F428" t="s">
         <v>3934</v>
       </c>
-      <c r="E428" t="s">
+      <c r="G428" t="s">
         <v>3935</v>
       </c>
-      <c r="F428" t="s">
+      <c r="H428" t="s">
         <v>3936</v>
       </c>
-      <c r="G428" t="s">
+      <c r="I428" t="s">
         <v>3937</v>
       </c>
-      <c r="H428" t="s">
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
+        <v>47</v>
+      </c>
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
+        <v>48</v>
+      </c>
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
         <v>3938</v>
-      </c>
-[...19 lines deleted...]
-        <v>3940</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65002</v>
+        <v>64643</v>
       </c>
       <c r="B429" t="s">
+        <v>3939</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D429" t="s">
         <v>3941</v>
       </c>
-      <c r="C429" t="s">
+      <c r="E429" t="s">
         <v>3942</v>
       </c>
-      <c r="D429" t="s">
+      <c r="F429" t="s">
         <v>3943</v>
       </c>
-      <c r="E429" t="s">
+      <c r="G429" t="s">
         <v>3944</v>
       </c>
-      <c r="F429" t="s">
+      <c r="H429" t="s">
         <v>3945</v>
       </c>
-      <c r="G429" t="s">
+      <c r="I429" t="s">
         <v>3946</v>
       </c>
-      <c r="H429" t="s">
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>170</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>171</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
         <v>3947</v>
-      </c>
-[...19 lines deleted...]
-        <v>3949</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65003</v>
+        <v>64689</v>
       </c>
       <c r="B430" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D430" t="s">
         <v>3950</v>
       </c>
-      <c r="C430" t="s">
+      <c r="E430" t="s">
         <v>3951</v>
       </c>
-      <c r="D430" t="s">
+      <c r="F430" t="s">
         <v>3952</v>
       </c>
-      <c r="E430" t="s">
+      <c r="G430" t="s">
         <v>3953</v>
       </c>
-      <c r="F430" t="s">
+      <c r="H430" t="s">
         <v>3954</v>
       </c>
-      <c r="G430" t="s">
+      <c r="I430" t="s">
         <v>3955</v>
       </c>
-      <c r="H430" t="s">
+      <c r="J430" t="s">
+        <v>24</v>
+      </c>
+      <c r="K430" t="s">
+        <v>59</v>
+      </c>
+      <c r="L430" t="s">
+        <v>26</v>
+      </c>
+      <c r="M430" t="s">
+        <v>61</v>
+      </c>
+      <c r="N430" t="s">
+        <v>28</v>
+      </c>
+      <c r="O430" t="s">
         <v>3956</v>
-      </c>
-[...19 lines deleted...]
-        <v>3958</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65004</v>
+        <v>65000</v>
       </c>
       <c r="B431" t="s">
+        <v>3957</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3958</v>
+      </c>
+      <c r="D431" t="s">
         <v>3959</v>
       </c>
-      <c r="C431" t="s">
+      <c r="E431" t="s">
         <v>3960</v>
       </c>
-      <c r="D431" t="s">
+      <c r="F431" t="s">
         <v>3961</v>
       </c>
-      <c r="E431" t="s">
+      <c r="G431" t="s">
         <v>3962</v>
       </c>
-      <c r="F431" t="s">
+      <c r="H431" t="s">
         <v>3963</v>
       </c>
-      <c r="G431" t="s">
+      <c r="I431" t="s">
         <v>3964</v>
       </c>
-      <c r="H431" t="s">
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>25</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>27</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
         <v>3965</v>
-      </c>
-[...19 lines deleted...]
-        <v>3967</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65005</v>
+        <v>65001</v>
       </c>
       <c r="B432" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3967</v>
+      </c>
+      <c r="D432" t="s">
         <v>3968</v>
       </c>
-      <c r="C432" t="s">
+      <c r="E432" t="s">
         <v>3969</v>
       </c>
-      <c r="D432" t="s">
+      <c r="F432" t="s">
         <v>3970</v>
       </c>
-      <c r="E432" t="s">
+      <c r="G432" t="s">
         <v>3971</v>
       </c>
-      <c r="F432" t="s">
+      <c r="H432" t="s">
         <v>3972</v>
       </c>
-      <c r="G432" t="s">
+      <c r="I432" t="s">
         <v>3973</v>
       </c>
-      <c r="H432" t="s">
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>170</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>171</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
         <v>3974</v>
-      </c>
-[...19 lines deleted...]
-        <v>3978</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65006</v>
+        <v>65002</v>
       </c>
       <c r="B433" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3977</v>
+      </c>
+      <c r="E433" t="s">
+        <v>3978</v>
+      </c>
+      <c r="F433" t="s">
         <v>3979</v>
       </c>
-      <c r="C433" t="s">
+      <c r="G433" t="s">
         <v>3980</v>
       </c>
-      <c r="D433" t="s">
+      <c r="H433" t="s">
         <v>3981</v>
       </c>
-      <c r="E433" t="s">
+      <c r="I433" t="s">
         <v>3982</v>
       </c>
-      <c r="F433" t="s">
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>25</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>27</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
         <v>3983</v>
-      </c>
-[...25 lines deleted...]
-        <v>3989</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65007</v>
+        <v>65003</v>
       </c>
       <c r="B434" t="s">
+        <v>3984</v>
+      </c>
+      <c r="C434" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D434" t="s">
+        <v>3986</v>
+      </c>
+      <c r="E434" t="s">
+        <v>3987</v>
+      </c>
+      <c r="F434" t="s">
+        <v>3988</v>
+      </c>
+      <c r="G434" t="s">
+        <v>3989</v>
+      </c>
+      <c r="H434" t="s">
         <v>3990</v>
       </c>
-      <c r="C434" t="s">
+      <c r="I434" t="s">
         <v>3991</v>
       </c>
-      <c r="D434" t="s">
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>170</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>171</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>3992</v>
-      </c>
-[...31 lines deleted...]
-        <v>3998</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65008</v>
+        <v>65004</v>
       </c>
       <c r="B435" t="s">
+        <v>3993</v>
+      </c>
+      <c r="C435" t="s">
+        <v>3994</v>
+      </c>
+      <c r="D435" t="s">
+        <v>3995</v>
+      </c>
+      <c r="E435" t="s">
+        <v>3996</v>
+      </c>
+      <c r="F435" t="s">
+        <v>3997</v>
+      </c>
+      <c r="G435" t="s">
+        <v>3998</v>
+      </c>
+      <c r="H435" t="s">
         <v>3999</v>
       </c>
-      <c r="C435" t="s">
+      <c r="I435" t="s">
         <v>4000</v>
-      </c>
-[...16 lines deleted...]
-        <v>4006</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>170</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>171</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4007</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65009</v>
+        <v>65005</v>
       </c>
       <c r="B436" t="s">
+        <v>4002</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4004</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4006</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4007</v>
+      </c>
+      <c r="H436" t="s">
         <v>4008</v>
       </c>
-      <c r="C436" t="s">
+      <c r="I436" t="s">
         <v>4009</v>
       </c>
-      <c r="D436" t="s">
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
         <v>4010</v>
       </c>
-      <c r="E436" t="s">
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
         <v>4011</v>
       </c>
-      <c r="F436" t="s">
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
         <v>4012</v>
-      </c>
-[...25 lines deleted...]
-        <v>4016</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65010</v>
+        <v>65006</v>
       </c>
       <c r="B437" t="s">
+        <v>4013</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4014</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4015</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F437" t="s">
         <v>4017</v>
       </c>
-      <c r="C437" t="s">
+      <c r="G437" t="s">
         <v>4018</v>
       </c>
-      <c r="D437" t="s">
+      <c r="H437" t="s">
         <v>4019</v>
       </c>
-      <c r="E437" t="s">
+      <c r="I437" t="s">
         <v>4020</v>
       </c>
-      <c r="F437" t="s">
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
         <v>4021</v>
       </c>
-      <c r="G437" t="s">
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
         <v>4022</v>
       </c>
-      <c r="H437" t="s">
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
         <v>4023</v>
-      </c>
-[...19 lines deleted...]
-        <v>4025</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65011</v>
+        <v>65007</v>
       </c>
       <c r="B438" t="s">
+        <v>4024</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D438" t="s">
         <v>4026</v>
       </c>
-      <c r="C438" t="s">
+      <c r="E438" t="s">
         <v>4027</v>
       </c>
-      <c r="D438" t="s">
+      <c r="F438" t="s">
         <v>4028</v>
       </c>
-      <c r="E438" t="s">
+      <c r="G438" t="s">
         <v>4029</v>
       </c>
-      <c r="F438" t="s">
+      <c r="H438" t="s">
         <v>4030</v>
       </c>
-      <c r="G438" t="s">
+      <c r="I438" t="s">
         <v>4031</v>
       </c>
-      <c r="H438" t="s">
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>25</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>27</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
         <v>4032</v>
-      </c>
-[...19 lines deleted...]
-        <v>4034</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65012</v>
+        <v>65008</v>
       </c>
       <c r="B439" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4034</v>
+      </c>
+      <c r="D439" t="s">
         <v>4035</v>
       </c>
-      <c r="C439" t="s">
+      <c r="E439" t="s">
         <v>4036</v>
       </c>
-      <c r="D439" t="s">
+      <c r="F439" t="s">
         <v>4037</v>
       </c>
-      <c r="E439" t="s">
+      <c r="G439" t="s">
         <v>4038</v>
       </c>
-      <c r="F439" t="s">
+      <c r="H439" t="s">
         <v>4039</v>
       </c>
-      <c r="G439" t="s">
+      <c r="I439" t="s">
         <v>4040</v>
       </c>
-      <c r="H439" t="s">
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>170</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>171</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
         <v>4041</v>
-      </c>
-[...19 lines deleted...]
-        <v>4045</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65013</v>
+        <v>65009</v>
       </c>
       <c r="B440" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4043</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4044</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F440" t="s">
         <v>4046</v>
       </c>
-      <c r="C440" t="s">
+      <c r="G440" t="s">
         <v>4047</v>
       </c>
-      <c r="D440" t="s">
+      <c r="H440" t="s">
         <v>4048</v>
       </c>
-      <c r="E440" t="s">
+      <c r="I440" t="s">
         <v>4049</v>
       </c>
-      <c r="F440" t="s">
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>170</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
         <v>4050</v>
-      </c>
-[...25 lines deleted...]
-        <v>4054</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65014</v>
+        <v>65010</v>
       </c>
       <c r="B441" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4053</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4054</v>
+      </c>
+      <c r="F441" t="s">
         <v>4055</v>
       </c>
-      <c r="C441" t="s">
+      <c r="G441" t="s">
         <v>4056</v>
       </c>
-      <c r="D441" t="s">
+      <c r="H441" t="s">
         <v>4057</v>
       </c>
-      <c r="E441" t="s">
+      <c r="I441" t="s">
         <v>4058</v>
       </c>
-      <c r="F441" t="s">
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>25</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>27</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
         <v>4059</v>
-      </c>
-[...25 lines deleted...]
-        <v>4063</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65015</v>
+        <v>65011</v>
       </c>
       <c r="B442" t="s">
+        <v>4060</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4061</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4062</v>
+      </c>
+      <c r="E442" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F442" t="s">
         <v>4064</v>
       </c>
-      <c r="C442" t="s">
+      <c r="G442" t="s">
         <v>4065</v>
       </c>
-      <c r="D442" t="s">
+      <c r="H442" t="s">
         <v>4066</v>
       </c>
-      <c r="E442" t="s">
+      <c r="I442" t="s">
         <v>4067</v>
-      </c>
-[...10 lines deleted...]
-        <v>4071</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>170</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>171</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4072</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65016</v>
+        <v>65012</v>
       </c>
       <c r="B443" t="s">
+        <v>4069</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4070</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4071</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4072</v>
+      </c>
+      <c r="F443" t="s">
         <v>4073</v>
       </c>
-      <c r="C443" t="s">
+      <c r="G443" t="s">
         <v>4074</v>
       </c>
-      <c r="D443" t="s">
+      <c r="H443" t="s">
         <v>4075</v>
       </c>
-      <c r="E443" t="s">
+      <c r="I443" t="s">
         <v>4076</v>
       </c>
-      <c r="F443" t="s">
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
         <v>4077</v>
       </c>
-      <c r="G443" t="s">
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
         <v>4078</v>
       </c>
-      <c r="H443" t="s">
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
         <v>4079</v>
-      </c>
-[...19 lines deleted...]
-        <v>4081</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65017</v>
+        <v>65013</v>
       </c>
       <c r="B444" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D444" t="s">
         <v>4082</v>
       </c>
-      <c r="C444" t="s">
+      <c r="E444" t="s">
         <v>4083</v>
       </c>
-      <c r="D444" t="s">
+      <c r="F444" t="s">
         <v>4084</v>
       </c>
-      <c r="E444" t="s">
+      <c r="G444" t="s">
         <v>4085</v>
       </c>
-      <c r="F444" t="s">
+      <c r="H444" t="s">
         <v>4086</v>
       </c>
-      <c r="G444" t="s">
+      <c r="I444" t="s">
         <v>4087</v>
       </c>
-      <c r="H444" t="s">
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>25</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>27</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
         <v>4088</v>
-      </c>
-[...19 lines deleted...]
-        <v>4092</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65018</v>
+        <v>65014</v>
       </c>
       <c r="B445" t="s">
+        <v>4089</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4091</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4092</v>
+      </c>
+      <c r="F445" t="s">
         <v>4093</v>
       </c>
-      <c r="C445" t="s">
+      <c r="G445" t="s">
         <v>4094</v>
       </c>
-      <c r="D445" t="s">
+      <c r="H445" t="s">
         <v>4095</v>
       </c>
-      <c r="E445" t="s">
+      <c r="I445" t="s">
         <v>4096</v>
       </c>
-      <c r="F445" t="s">
+      <c r="J445" t="s">
+        <v>448</v>
+      </c>
+      <c r="K445" t="s">
+        <v>688</v>
+      </c>
+      <c r="L445" t="s">
+        <v>450</v>
+      </c>
+      <c r="M445" t="s">
+        <v>689</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
         <v>4097</v>
-      </c>
-[...25 lines deleted...]
-        <v>4103</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65019</v>
+        <v>65015</v>
       </c>
       <c r="B446" t="s">
+        <v>4098</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4100</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4102</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4103</v>
+      </c>
+      <c r="H446" t="s">
         <v>4104</v>
       </c>
-      <c r="C446" t="s">
+      <c r="I446" t="s">
         <v>4105</v>
-      </c>
-[...16 lines deleted...]
-        <v>4111</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
         <v>170</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
         <v>171</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4112</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65020</v>
+        <v>65016</v>
       </c>
       <c r="B447" t="s">
+        <v>4107</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4109</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4110</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4111</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H447" t="s">
         <v>4113</v>
       </c>
-      <c r="C447" t="s">
+      <c r="I447" t="s">
         <v>4114</v>
       </c>
-      <c r="D447" t="s">
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>25</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>27</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
         <v>4115</v>
-      </c>
-[...31 lines deleted...]
-        <v>4123</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65021</v>
+        <v>65017</v>
       </c>
       <c r="B448" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4118</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4119</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4120</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4121</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4122</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4123</v>
+      </c>
+      <c r="J448" t="s">
+        <v>24</v>
+      </c>
+      <c r="K448" t="s">
         <v>4124</v>
       </c>
-      <c r="C448" t="s">
+      <c r="L448" t="s">
+        <v>26</v>
+      </c>
+      <c r="M448" t="s">
         <v>4125</v>
       </c>
-      <c r="D448" t="s">
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
         <v>4126</v>
-      </c>
-[...31 lines deleted...]
-        <v>4132</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65022</v>
+        <v>65018</v>
       </c>
       <c r="B449" t="s">
+        <v>4127</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4130</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4131</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4132</v>
+      </c>
+      <c r="H449" t="s">
         <v>4133</v>
       </c>
-      <c r="C449" t="s">
+      <c r="I449" t="s">
         <v>4134</v>
       </c>
-      <c r="D449" t="s">
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
         <v>4135</v>
       </c>
-      <c r="E449" t="s">
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
         <v>4136</v>
       </c>
-      <c r="F449" t="s">
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4137</v>
-      </c>
-[...25 lines deleted...]
-        <v>4141</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65023</v>
+        <v>65019</v>
       </c>
       <c r="B450" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4140</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4141</v>
+      </c>
+      <c r="F450" t="s">
         <v>4142</v>
       </c>
-      <c r="C450" t="s">
+      <c r="G450" t="s">
         <v>4143</v>
       </c>
-      <c r="D450" t="s">
+      <c r="H450" t="s">
         <v>4144</v>
       </c>
-      <c r="E450" t="s">
+      <c r="I450" t="s">
         <v>4145</v>
       </c>
-      <c r="F450" t="s">
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>170</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>171</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
         <v>4146</v>
-      </c>
-[...25 lines deleted...]
-        <v>4150</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65025</v>
+        <v>65020</v>
       </c>
       <c r="B451" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4149</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4150</v>
+      </c>
+      <c r="F451" t="s">
         <v>4151</v>
       </c>
-      <c r="C451" t="s">
+      <c r="G451" t="s">
         <v>4152</v>
       </c>
-      <c r="D451" t="s">
+      <c r="H451" t="s">
         <v>4153</v>
       </c>
-      <c r="E451" t="s">
+      <c r="I451" t="s">
         <v>4154</v>
       </c>
-      <c r="F451" t="s">
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
         <v>4155</v>
       </c>
-      <c r="G451" t="s">
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
         <v>4156</v>
       </c>
-      <c r="H451" t="s">
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
         <v>4157</v>
-      </c>
-[...19 lines deleted...]
-        <v>4159</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65026</v>
+        <v>65021</v>
       </c>
       <c r="B452" t="s">
+        <v>4158</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4159</v>
+      </c>
+      <c r="D452" t="s">
         <v>4160</v>
       </c>
-      <c r="C452" t="s">
+      <c r="E452" t="s">
         <v>4161</v>
       </c>
-      <c r="D452" t="s">
+      <c r="F452" t="s">
         <v>4162</v>
       </c>
-      <c r="E452" t="s">
+      <c r="G452" t="s">
         <v>4163</v>
       </c>
-      <c r="F452" t="s">
+      <c r="H452" t="s">
         <v>4164</v>
       </c>
-      <c r="G452" t="s">
+      <c r="I452" t="s">
         <v>4165</v>
-      </c>
-[...4 lines deleted...]
-        <v>4167</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
         <v>25</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
         <v>27</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4168</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65027</v>
+        <v>65022</v>
       </c>
       <c r="B453" t="s">
+        <v>4167</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4168</v>
+      </c>
+      <c r="D453" t="s">
         <v>4169</v>
       </c>
-      <c r="C453" t="s">
+      <c r="E453" t="s">
         <v>4170</v>
       </c>
-      <c r="D453" t="s">
+      <c r="F453" t="s">
         <v>4171</v>
       </c>
-      <c r="E453" t="s">
+      <c r="G453" t="s">
         <v>4172</v>
       </c>
-      <c r="F453" t="s">
+      <c r="H453" t="s">
         <v>4173</v>
       </c>
-      <c r="G453" t="s">
+      <c r="I453" t="s">
         <v>4174</v>
       </c>
-      <c r="H453" t="s">
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>25</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>27</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
         <v>4175</v>
-      </c>
-[...19 lines deleted...]
-        <v>4177</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65028</v>
+        <v>65023</v>
       </c>
       <c r="B454" t="s">
+        <v>4176</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4177</v>
+      </c>
+      <c r="D454" t="s">
         <v>4178</v>
       </c>
-      <c r="C454" t="s">
+      <c r="E454" t="s">
         <v>4179</v>
       </c>
-      <c r="D454" t="s">
+      <c r="F454" t="s">
         <v>4180</v>
       </c>
-      <c r="E454" t="s">
+      <c r="G454" t="s">
         <v>4181</v>
       </c>
-      <c r="F454" t="s">
+      <c r="H454" t="s">
         <v>4182</v>
       </c>
-      <c r="G454" t="s">
+      <c r="I454" t="s">
         <v>4183</v>
-      </c>
-[...4 lines deleted...]
-        <v>4185</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
         <v>25</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
         <v>27</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4186</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65030</v>
+        <v>65025</v>
       </c>
       <c r="B455" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D455" t="s">
         <v>4187</v>
       </c>
-      <c r="C455" t="s">
+      <c r="E455" t="s">
         <v>4188</v>
       </c>
-      <c r="D455" t="s">
+      <c r="F455" t="s">
         <v>4189</v>
       </c>
-      <c r="E455" t="s">
+      <c r="G455" t="s">
         <v>4190</v>
       </c>
-      <c r="F455" t="s">
+      <c r="H455" t="s">
         <v>4191</v>
       </c>
-      <c r="G455" t="s">
+      <c r="I455" t="s">
         <v>4192</v>
-      </c>
-[...4 lines deleted...]
-        <v>4194</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4195</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65031</v>
+        <v>65026</v>
       </c>
       <c r="B456" t="s">
+        <v>4194</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4195</v>
+      </c>
+      <c r="D456" t="s">
         <v>4196</v>
       </c>
-      <c r="C456" t="s">
+      <c r="E456" t="s">
         <v>4197</v>
       </c>
-      <c r="D456" t="s">
+      <c r="F456" t="s">
         <v>4198</v>
       </c>
-      <c r="E456" t="s">
+      <c r="G456" t="s">
         <v>4199</v>
       </c>
-      <c r="F456" t="s">
+      <c r="H456" t="s">
         <v>4200</v>
       </c>
-      <c r="G456" t="s">
+      <c r="I456" t="s">
         <v>4201</v>
-      </c>
-[...4 lines deleted...]
-        <v>4203</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
         <v>25</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
         <v>27</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4204</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65032</v>
+        <v>65027</v>
       </c>
       <c r="B457" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4204</v>
+      </c>
+      <c r="D457" t="s">
         <v>4205</v>
       </c>
-      <c r="C457" t="s">
+      <c r="E457" t="s">
         <v>4206</v>
       </c>
-      <c r="D457" t="s">
+      <c r="F457" t="s">
         <v>4207</v>
       </c>
-      <c r="E457" t="s">
+      <c r="G457" t="s">
         <v>4208</v>
       </c>
-      <c r="F457" t="s">
+      <c r="H457" t="s">
         <v>4209</v>
       </c>
-      <c r="G457" t="s">
+      <c r="I457" t="s">
         <v>4210</v>
       </c>
-      <c r="H457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>688</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>689</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4211</v>
-      </c>
-[...19 lines deleted...]
-        <v>4213</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65033</v>
+        <v>65028</v>
       </c>
       <c r="B458" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4213</v>
+      </c>
+      <c r="D458" t="s">
         <v>4214</v>
       </c>
-      <c r="C458" t="s">
+      <c r="E458" t="s">
         <v>4215</v>
       </c>
-      <c r="D458" t="s">
+      <c r="F458" t="s">
         <v>4216</v>
       </c>
-      <c r="E458" t="s">
+      <c r="G458" t="s">
         <v>4217</v>
       </c>
-      <c r="F458" t="s">
+      <c r="H458" t="s">
         <v>4218</v>
       </c>
-      <c r="G458" t="s">
+      <c r="I458" t="s">
         <v>4219</v>
       </c>
-      <c r="H458" t="s">
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>25</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>27</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
         <v>4220</v>
-      </c>
-[...19 lines deleted...]
-        <v>4224</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65034</v>
+        <v>65030</v>
       </c>
       <c r="B459" t="s">
+        <v>4221</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4223</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4224</v>
+      </c>
+      <c r="F459" t="s">
         <v>4225</v>
       </c>
-      <c r="C459" t="s">
+      <c r="G459" t="s">
         <v>4226</v>
       </c>
-      <c r="D459" t="s">
+      <c r="H459" t="s">
         <v>4227</v>
       </c>
-      <c r="E459" t="s">
+      <c r="I459" t="s">
         <v>4228</v>
       </c>
-      <c r="F459" t="s">
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>25</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>27</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
         <v>4229</v>
-      </c>
-[...25 lines deleted...]
-        <v>4233</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65035</v>
+        <v>65031</v>
       </c>
       <c r="B460" t="s">
+        <v>4230</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4231</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4232</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4233</v>
+      </c>
+      <c r="F460" t="s">
         <v>4234</v>
       </c>
-      <c r="C460" t="s">
+      <c r="G460" t="s">
         <v>4235</v>
       </c>
-      <c r="D460" t="s">
+      <c r="H460" t="s">
         <v>4236</v>
       </c>
-      <c r="E460" t="s">
+      <c r="I460" t="s">
         <v>4237</v>
-      </c>
-[...10 lines deleted...]
-        <v>4241</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
         <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
         <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4242</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65036</v>
+        <v>65032</v>
       </c>
       <c r="B461" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4240</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4241</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4242</v>
+      </c>
+      <c r="F461" t="s">
         <v>4243</v>
       </c>
-      <c r="C461" t="s">
+      <c r="G461" t="s">
         <v>4244</v>
       </c>
-      <c r="D461" t="s">
+      <c r="H461" t="s">
         <v>4245</v>
       </c>
-      <c r="E461" t="s">
+      <c r="I461" t="s">
         <v>4246</v>
       </c>
-      <c r="F461" t="s">
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>170</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>171</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
         <v>4247</v>
-      </c>
-[...25 lines deleted...]
-        <v>4251</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65037</v>
+        <v>65033</v>
       </c>
       <c r="B462" t="s">
+        <v>4248</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4249</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4250</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4251</v>
+      </c>
+      <c r="F462" t="s">
         <v>4252</v>
       </c>
-      <c r="C462" t="s">
+      <c r="G462" t="s">
         <v>4253</v>
       </c>
-      <c r="D462" t="s">
+      <c r="H462" t="s">
         <v>4254</v>
       </c>
-      <c r="E462" t="s">
+      <c r="I462" t="s">
         <v>4255</v>
       </c>
-      <c r="F462" t="s">
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
         <v>4256</v>
       </c>
-      <c r="G462" t="s">
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
         <v>4257</v>
       </c>
-      <c r="H462" t="s">
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
         <v>4258</v>
-      </c>
-[...19 lines deleted...]
-        <v>4260</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65038</v>
+        <v>65034</v>
       </c>
       <c r="B463" t="s">
+        <v>4259</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4260</v>
+      </c>
+      <c r="D463" t="s">
         <v>4261</v>
       </c>
-      <c r="C463" t="s">
+      <c r="E463" t="s">
         <v>4262</v>
       </c>
-      <c r="D463" t="s">
+      <c r="F463" t="s">
         <v>4263</v>
       </c>
-      <c r="E463" t="s">
+      <c r="G463" t="s">
         <v>4264</v>
       </c>
-      <c r="F463" t="s">
+      <c r="H463" t="s">
         <v>4265</v>
       </c>
-      <c r="G463" t="s">
+      <c r="I463" t="s">
         <v>4266</v>
       </c>
-      <c r="H463" t="s">
+      <c r="J463" t="s">
+        <v>448</v>
+      </c>
+      <c r="K463" t="s">
+        <v>578</v>
+      </c>
+      <c r="L463" t="s">
+        <v>450</v>
+      </c>
+      <c r="M463" t="s">
+        <v>579</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
         <v>4267</v>
-      </c>
-[...19 lines deleted...]
-        <v>4269</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65039</v>
+        <v>65035</v>
       </c>
       <c r="B464" t="s">
+        <v>4268</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4269</v>
+      </c>
+      <c r="D464" t="s">
         <v>4270</v>
       </c>
-      <c r="C464" t="s">
+      <c r="E464" t="s">
         <v>4271</v>
       </c>
-      <c r="D464" t="s">
+      <c r="F464" t="s">
         <v>4272</v>
       </c>
-      <c r="E464" t="s">
+      <c r="G464" t="s">
         <v>4273</v>
       </c>
-      <c r="F464" t="s">
+      <c r="H464" t="s">
         <v>4274</v>
       </c>
-      <c r="G464" t="s">
+      <c r="I464" t="s">
         <v>4275</v>
       </c>
-      <c r="H464" t="s">
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>25</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>27</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4276</v>
-      </c>
-[...19 lines deleted...]
-        <v>4278</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65040</v>
+        <v>65036</v>
       </c>
       <c r="B465" t="s">
+        <v>4277</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4278</v>
+      </c>
+      <c r="D465" t="s">
         <v>4279</v>
       </c>
-      <c r="C465" t="s">
+      <c r="E465" t="s">
         <v>4280</v>
       </c>
-      <c r="D465" t="s">
+      <c r="F465" t="s">
         <v>4281</v>
       </c>
-      <c r="E465" t="s">
+      <c r="G465" t="s">
         <v>4282</v>
       </c>
-      <c r="F465" t="s">
+      <c r="H465" t="s">
         <v>4283</v>
       </c>
-      <c r="G465" t="s">
+      <c r="I465" t="s">
         <v>4284</v>
       </c>
-      <c r="H465" t="s">
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>25</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>27</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
         <v>4285</v>
-      </c>
-[...19 lines deleted...]
-        <v>4287</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65043</v>
+        <v>65037</v>
       </c>
       <c r="B466" t="s">
+        <v>4286</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4287</v>
+      </c>
+      <c r="D466" t="s">
         <v>4288</v>
       </c>
-      <c r="C466" t="s">
+      <c r="E466" t="s">
         <v>4289</v>
       </c>
-      <c r="D466" t="s">
+      <c r="F466" t="s">
         <v>4290</v>
       </c>
-      <c r="E466" t="s">
+      <c r="G466" t="s">
         <v>4291</v>
       </c>
-      <c r="F466" t="s">
+      <c r="H466" t="s">
         <v>4292</v>
       </c>
-      <c r="G466" t="s">
+      <c r="I466" t="s">
         <v>4293</v>
-      </c>
-[...4 lines deleted...]
-        <v>4295</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
         <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
         <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4296</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65044</v>
+        <v>65038</v>
       </c>
       <c r="B467" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4296</v>
+      </c>
+      <c r="D467" t="s">
         <v>4297</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>4298</v>
       </c>
-      <c r="D467" t="s">
+      <c r="F467" t="s">
         <v>4299</v>
       </c>
-      <c r="E467" t="s">
+      <c r="G467" t="s">
         <v>4300</v>
       </c>
-      <c r="F467" t="s">
+      <c r="H467" t="s">
         <v>4301</v>
       </c>
-      <c r="G467" t="s">
+      <c r="I467" t="s">
         <v>4302</v>
       </c>
-      <c r="H467" t="s">
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>170</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>171</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4303</v>
-      </c>
-[...19 lines deleted...]
-        <v>4305</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65045</v>
+        <v>65039</v>
       </c>
       <c r="B468" t="s">
+        <v>4304</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4305</v>
+      </c>
+      <c r="D468" t="s">
         <v>4306</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
         <v>4307</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468" t="s">
         <v>4308</v>
       </c>
-      <c r="E468" t="s">
+      <c r="G468" t="s">
         <v>4309</v>
       </c>
-      <c r="F468" t="s">
+      <c r="H468" t="s">
         <v>4310</v>
       </c>
-      <c r="G468" t="s">
+      <c r="I468" t="s">
         <v>4311</v>
       </c>
-      <c r="H468" t="s">
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>170</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>171</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
         <v>4312</v>
-      </c>
-[...19 lines deleted...]
-        <v>4316</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65046</v>
+        <v>65040</v>
       </c>
       <c r="B469" t="s">
+        <v>4313</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4314</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4315</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4316</v>
+      </c>
+      <c r="F469" t="s">
         <v>4317</v>
       </c>
-      <c r="C469" t="s">
+      <c r="G469" t="s">
         <v>4318</v>
       </c>
-      <c r="D469" t="s">
+      <c r="H469" t="s">
         <v>4319</v>
       </c>
-      <c r="E469" t="s">
+      <c r="I469" t="s">
         <v>4320</v>
       </c>
-      <c r="F469" t="s">
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
         <v>4321</v>
-      </c>
-[...25 lines deleted...]
-        <v>4325</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65047</v>
+        <v>65043</v>
       </c>
       <c r="B470" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4323</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4324</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4325</v>
+      </c>
+      <c r="F470" t="s">
         <v>4326</v>
       </c>
-      <c r="C470" t="s">
+      <c r="G470" t="s">
         <v>4327</v>
       </c>
-      <c r="D470" t="s">
+      <c r="H470" t="s">
         <v>4328</v>
       </c>
-      <c r="E470" t="s">
+      <c r="I470" t="s">
         <v>4329</v>
       </c>
-      <c r="F470" t="s">
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>25</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>27</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4330</v>
-      </c>
-[...25 lines deleted...]
-        <v>4334</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65049</v>
+        <v>65044</v>
       </c>
       <c r="B471" t="s">
+        <v>4331</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4332</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4333</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4334</v>
+      </c>
+      <c r="F471" t="s">
         <v>4335</v>
       </c>
-      <c r="C471" t="s">
+      <c r="G471" t="s">
         <v>4336</v>
       </c>
-      <c r="D471" t="s">
+      <c r="H471" t="s">
         <v>4337</v>
       </c>
-      <c r="E471" t="s">
+      <c r="I471" t="s">
         <v>4338</v>
       </c>
-      <c r="F471" t="s">
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>25</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>27</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
         <v>4339</v>
-      </c>
-[...25 lines deleted...]
-        <v>4343</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65050</v>
+        <v>65045</v>
       </c>
       <c r="B472" t="s">
+        <v>4340</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4342</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4343</v>
+      </c>
+      <c r="F472" t="s">
         <v>4344</v>
       </c>
-      <c r="C472" t="s">
+      <c r="G472" t="s">
         <v>4345</v>
       </c>
-      <c r="D472" t="s">
+      <c r="H472" t="s">
         <v>4346</v>
       </c>
-      <c r="E472" t="s">
+      <c r="I472" t="s">
         <v>4347</v>
       </c>
-      <c r="F472" t="s">
+      <c r="J472" t="s">
+        <v>58</v>
+      </c>
+      <c r="K472" t="s">
         <v>4348</v>
       </c>
-      <c r="G472" t="s">
+      <c r="L472" t="s">
+        <v>60</v>
+      </c>
+      <c r="M472" t="s">
         <v>4349</v>
       </c>
-      <c r="H472" t="s">
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4350</v>
-      </c>
-[...19 lines deleted...]
-        <v>4352</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65051</v>
+        <v>65046</v>
       </c>
       <c r="B473" t="s">
+        <v>4351</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4352</v>
+      </c>
+      <c r="D473" t="s">
         <v>4353</v>
       </c>
-      <c r="C473" t="s">
+      <c r="E473" t="s">
         <v>4354</v>
       </c>
-      <c r="D473" t="s">
+      <c r="F473" t="s">
         <v>4355</v>
       </c>
-      <c r="E473" t="s">
+      <c r="G473" t="s">
         <v>4356</v>
       </c>
-      <c r="F473" t="s">
+      <c r="H473" t="s">
         <v>4357</v>
       </c>
-      <c r="G473" t="s">
+      <c r="I473" t="s">
         <v>4358</v>
       </c>
-      <c r="H473" t="s">
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>47</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>48</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
         <v>4359</v>
-      </c>
-[...19 lines deleted...]
-        <v>4361</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65053</v>
+        <v>65047</v>
       </c>
       <c r="B474" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4361</v>
+      </c>
+      <c r="D474" t="s">
         <v>4362</v>
       </c>
-      <c r="C474" t="s">
+      <c r="E474" t="s">
         <v>4363</v>
       </c>
-      <c r="D474" t="s">
+      <c r="F474" t="s">
         <v>4364</v>
       </c>
-      <c r="E474" t="s">
+      <c r="G474" t="s">
         <v>4365</v>
       </c>
-      <c r="F474" t="s">
+      <c r="H474" t="s">
         <v>4366</v>
       </c>
-      <c r="G474" t="s">
+      <c r="I474" t="s">
         <v>4367</v>
       </c>
-      <c r="H474" t="s">
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>4348</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>4349</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
         <v>4368</v>
-      </c>
-[...19 lines deleted...]
-        <v>4370</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65054</v>
+        <v>65049</v>
       </c>
       <c r="B475" t="s">
+        <v>4369</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4370</v>
+      </c>
+      <c r="D475" t="s">
         <v>4371</v>
       </c>
-      <c r="C475" t="s">
+      <c r="E475" t="s">
         <v>4372</v>
       </c>
-      <c r="D475" t="s">
+      <c r="F475" t="s">
         <v>4373</v>
       </c>
-      <c r="E475" t="s">
+      <c r="G475" t="s">
         <v>4374</v>
       </c>
-      <c r="F475" t="s">
+      <c r="H475" t="s">
         <v>4375</v>
       </c>
-      <c r="G475" t="s">
+      <c r="I475" t="s">
         <v>4376</v>
       </c>
-      <c r="H475" t="s">
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>59</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>61</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4377</v>
-      </c>
-[...19 lines deleted...]
-        <v>4381</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65055</v>
+        <v>65050</v>
       </c>
       <c r="B476" t="s">
+        <v>4378</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4379</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4380</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4381</v>
+      </c>
+      <c r="F476" t="s">
         <v>4382</v>
       </c>
-      <c r="C476" t="s">
+      <c r="G476" t="s">
         <v>4383</v>
       </c>
-      <c r="D476" t="s">
+      <c r="H476" t="s">
         <v>4384</v>
       </c>
-      <c r="E476" t="s">
+      <c r="I476" t="s">
         <v>4385</v>
       </c>
-      <c r="F476" t="s">
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>25</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>27</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
         <v>4386</v>
-      </c>
-[...25 lines deleted...]
-        <v>4390</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65057</v>
+        <v>65051</v>
       </c>
       <c r="B477" t="s">
+        <v>4387</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4388</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4389</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4390</v>
+      </c>
+      <c r="F477" t="s">
         <v>4391</v>
       </c>
-      <c r="C477" t="s">
+      <c r="G477" t="s">
         <v>4392</v>
       </c>
-      <c r="D477" t="s">
+      <c r="H477" t="s">
         <v>4393</v>
       </c>
-      <c r="E477" t="s">
+      <c r="I477" t="s">
         <v>4394</v>
       </c>
-      <c r="F477" t="s">
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>744</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>745</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
         <v>4395</v>
-      </c>
-[...25 lines deleted...]
-        <v>4399</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65058</v>
+        <v>65053</v>
       </c>
       <c r="B478" t="s">
+        <v>4396</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4397</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4398</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4399</v>
+      </c>
+      <c r="F478" t="s">
         <v>4400</v>
       </c>
-      <c r="C478" t="s">
+      <c r="G478" t="s">
         <v>4401</v>
       </c>
-      <c r="D478" t="s">
+      <c r="H478" t="s">
         <v>4402</v>
       </c>
-      <c r="E478" t="s">
+      <c r="I478" t="s">
         <v>4403</v>
       </c>
-      <c r="F478" t="s">
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>170</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>171</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
         <v>4404</v>
-      </c>
-[...25 lines deleted...]
-        <v>4408</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65059</v>
+        <v>65054</v>
       </c>
       <c r="B479" t="s">
+        <v>4405</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4406</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4407</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4408</v>
+      </c>
+      <c r="F479" t="s">
         <v>4409</v>
       </c>
-      <c r="C479" t="s">
+      <c r="G479" t="s">
         <v>4410</v>
       </c>
-      <c r="D479" t="s">
+      <c r="H479" t="s">
         <v>4411</v>
       </c>
-      <c r="E479" t="s">
+      <c r="I479" t="s">
         <v>4412</v>
       </c>
-      <c r="F479" t="s">
+      <c r="J479" t="s">
+        <v>448</v>
+      </c>
+      <c r="K479" t="s">
         <v>4413</v>
       </c>
-      <c r="G479" t="s">
+      <c r="L479" t="s">
+        <v>450</v>
+      </c>
+      <c r="M479" t="s">
         <v>4414</v>
       </c>
-      <c r="H479" t="s">
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
         <v>4415</v>
-      </c>
-[...19 lines deleted...]
-        <v>4417</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65060</v>
+        <v>65055</v>
       </c>
       <c r="B480" t="s">
+        <v>4416</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4417</v>
+      </c>
+      <c r="D480" t="s">
         <v>4418</v>
       </c>
-      <c r="C480" t="s">
+      <c r="E480" t="s">
         <v>4419</v>
       </c>
-      <c r="D480" t="s">
+      <c r="F480" t="s">
         <v>4420</v>
       </c>
-      <c r="E480" t="s">
+      <c r="G480" t="s">
         <v>4421</v>
       </c>
-      <c r="F480" t="s">
+      <c r="H480" t="s">
         <v>4422</v>
       </c>
-      <c r="G480" t="s">
+      <c r="I480" t="s">
         <v>4423</v>
       </c>
-      <c r="H480" t="s">
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>578</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>579</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
         <v>4424</v>
-      </c>
-[...19 lines deleted...]
-        <v>4426</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65061</v>
+        <v>65057</v>
       </c>
       <c r="B481" t="s">
+        <v>4425</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4426</v>
+      </c>
+      <c r="D481" t="s">
         <v>4427</v>
       </c>
-      <c r="C481" t="s">
+      <c r="E481" t="s">
         <v>4428</v>
       </c>
-      <c r="D481" t="s">
+      <c r="F481" t="s">
         <v>4429</v>
       </c>
-      <c r="E481" t="s">
+      <c r="G481" t="s">
         <v>4430</v>
       </c>
-      <c r="F481" t="s">
+      <c r="H481" t="s">
         <v>4431</v>
       </c>
-      <c r="G481" t="s">
+      <c r="I481" t="s">
         <v>4432</v>
       </c>
-      <c r="H481" t="s">
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>273</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>274</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
         <v>4433</v>
-      </c>
-[...19 lines deleted...]
-        <v>4435</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65062</v>
+        <v>65058</v>
       </c>
       <c r="B482" t="s">
+        <v>4434</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4435</v>
+      </c>
+      <c r="D482" t="s">
         <v>4436</v>
       </c>
-      <c r="C482" t="s">
+      <c r="E482" t="s">
         <v>4437</v>
       </c>
-      <c r="D482" t="s">
+      <c r="F482" t="s">
         <v>4438</v>
       </c>
-      <c r="E482" t="s">
+      <c r="G482" t="s">
         <v>4439</v>
       </c>
-      <c r="F482" t="s">
+      <c r="H482" t="s">
         <v>4440</v>
       </c>
-      <c r="G482" t="s">
+      <c r="I482" t="s">
         <v>4441</v>
       </c>
-      <c r="H482" t="s">
+      <c r="J482" t="s">
+        <v>448</v>
+      </c>
+      <c r="K482" t="s">
+        <v>688</v>
+      </c>
+      <c r="L482" t="s">
+        <v>450</v>
+      </c>
+      <c r="M482" t="s">
+        <v>689</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4442</v>
-      </c>
-[...19 lines deleted...]
-        <v>4444</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65063</v>
+        <v>65059</v>
       </c>
       <c r="B483" t="s">
+        <v>4443</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4444</v>
+      </c>
+      <c r="D483" t="s">
         <v>4445</v>
       </c>
-      <c r="C483" t="s">
+      <c r="E483" t="s">
         <v>4446</v>
       </c>
-      <c r="D483" t="s">
+      <c r="F483" t="s">
         <v>4447</v>
       </c>
-      <c r="E483" t="s">
+      <c r="G483" t="s">
         <v>4448</v>
       </c>
-      <c r="F483" t="s">
+      <c r="H483" t="s">
         <v>4449</v>
       </c>
-      <c r="G483" t="s">
+      <c r="I483" t="s">
         <v>4450</v>
       </c>
-      <c r="H483" t="s">
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>170</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>171</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
         <v>4451</v>
-      </c>
-[...19 lines deleted...]
-        <v>4453</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65065</v>
+        <v>65060</v>
       </c>
       <c r="B484" t="s">
+        <v>4452</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4453</v>
+      </c>
+      <c r="D484" t="s">
         <v>4454</v>
       </c>
-      <c r="C484" t="s">
+      <c r="E484" t="s">
         <v>4455</v>
       </c>
-      <c r="D484" t="s">
+      <c r="F484" t="s">
         <v>4456</v>
       </c>
-      <c r="E484" t="s">
+      <c r="G484" t="s">
         <v>4457</v>
       </c>
-      <c r="F484" t="s">
+      <c r="H484" t="s">
         <v>4458</v>
       </c>
-      <c r="G484" t="s">
+      <c r="I484" t="s">
         <v>4459</v>
       </c>
-      <c r="H484" t="s">
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>47</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>48</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
         <v>4460</v>
-      </c>
-[...19 lines deleted...]
-        <v>4464</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65068</v>
+        <v>65061</v>
       </c>
       <c r="B485" t="s">
+        <v>4461</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4462</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4463</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4464</v>
+      </c>
+      <c r="F485" t="s">
         <v>4465</v>
       </c>
-      <c r="C485" t="s">
+      <c r="G485" t="s">
         <v>4466</v>
       </c>
-      <c r="D485" t="s">
+      <c r="H485" t="s">
         <v>4467</v>
       </c>
-      <c r="E485" t="s">
+      <c r="I485" t="s">
         <v>4468</v>
       </c>
-      <c r="F485" t="s">
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
         <v>4469</v>
-      </c>
-[...25 lines deleted...]
-        <v>4473</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B486" t="s">
+        <v>4470</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4471</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4472</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4473</v>
+      </c>
+      <c r="F486" t="s">
         <v>4474</v>
       </c>
-      <c r="C486" t="s">
+      <c r="G486" t="s">
         <v>4475</v>
       </c>
-      <c r="D486" t="s">
+      <c r="H486" t="s">
         <v>4476</v>
       </c>
-      <c r="E486" t="s">
+      <c r="I486" t="s">
         <v>4477</v>
       </c>
-      <c r="F486" t="s">
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>25</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>27</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
         <v>4478</v>
-      </c>
-[...25 lines deleted...]
-        <v>4482</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65071</v>
+        <v>65063</v>
       </c>
       <c r="B487" t="s">
+        <v>4479</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4480</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4481</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4482</v>
+      </c>
+      <c r="F487" t="s">
         <v>4483</v>
       </c>
-      <c r="C487" t="s">
+      <c r="G487" t="s">
         <v>4484</v>
       </c>
-      <c r="D487" t="s">
+      <c r="H487" t="s">
         <v>4485</v>
       </c>
-      <c r="E487" t="s">
+      <c r="I487" t="s">
         <v>4486</v>
       </c>
-      <c r="F487" t="s">
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
         <v>4487</v>
-      </c>
-[...25 lines deleted...]
-        <v>4491</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65073</v>
+        <v>65065</v>
       </c>
       <c r="B488" t="s">
+        <v>4488</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4489</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4490</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4491</v>
+      </c>
+      <c r="F488" t="s">
         <v>4492</v>
       </c>
-      <c r="C488" t="s">
+      <c r="G488" t="s">
         <v>4493</v>
       </c>
-      <c r="D488" t="s">
+      <c r="H488" t="s">
         <v>4494</v>
       </c>
-      <c r="E488" t="s">
+      <c r="I488" t="s">
         <v>4495</v>
       </c>
-      <c r="F488" t="s">
+      <c r="J488" t="s">
         <v>4496</v>
       </c>
-      <c r="G488" t="s">
+      <c r="K488" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L488" t="s">
         <v>4497</v>
       </c>
-      <c r="H488" t="s">
+      <c r="M488" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
         <v>4498</v>
-      </c>
-[...19 lines deleted...]
-        <v>4500</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65074</v>
+        <v>65068</v>
       </c>
       <c r="B489" t="s">
+        <v>4499</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D489" t="s">
         <v>4501</v>
       </c>
-      <c r="C489" t="s">
+      <c r="E489" t="s">
         <v>4502</v>
       </c>
-      <c r="D489" t="s">
+      <c r="F489" t="s">
         <v>4503</v>
       </c>
-      <c r="E489" t="s">
+      <c r="G489" t="s">
         <v>4504</v>
       </c>
-      <c r="F489" t="s">
+      <c r="H489" t="s">
         <v>4505</v>
       </c>
-      <c r="G489" t="s">
+      <c r="I489" t="s">
         <v>4506</v>
       </c>
-      <c r="H489" t="s">
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>25</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>27</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
         <v>4507</v>
-      </c>
-[...19 lines deleted...]
-        <v>4511</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65075</v>
+        <v>65069</v>
       </c>
       <c r="B490" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4510</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4511</v>
+      </c>
+      <c r="F490" t="s">
         <v>4512</v>
       </c>
-      <c r="C490" t="s">
-[...2 lines deleted...]
-      <c r="D490" t="s">
+      <c r="G490" t="s">
         <v>4513</v>
       </c>
-      <c r="E490" t="s">
+      <c r="H490" t="s">
         <v>4514</v>
       </c>
-      <c r="F490" t="s">
+      <c r="I490" t="s">
         <v>4515</v>
       </c>
-      <c r="G490" t="s">
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>170</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>171</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
         <v>4516</v>
-      </c>
-[...22 lines deleted...]
-        <v>4519</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65076</v>
+        <v>65071</v>
       </c>
       <c r="B491" t="s">
+        <v>4517</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4518</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4519</v>
+      </c>
+      <c r="E491" t="s">
         <v>4520</v>
       </c>
-      <c r="C491" t="s">
+      <c r="F491" t="s">
         <v>4521</v>
       </c>
-      <c r="D491" t="s">
+      <c r="G491" t="s">
         <v>4522</v>
       </c>
-      <c r="E491" t="s">
+      <c r="H491" t="s">
         <v>4523</v>
       </c>
-      <c r="F491" t="s">
+      <c r="I491" t="s">
         <v>4524</v>
       </c>
-      <c r="G491" t="s">
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>25</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>27</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
         <v>4525</v>
-      </c>
-[...22 lines deleted...]
-        <v>4528</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65077</v>
+        <v>65073</v>
       </c>
       <c r="B492" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4528</v>
+      </c>
+      <c r="E492" t="s">
         <v>4529</v>
       </c>
-      <c r="C492" t="s">
+      <c r="F492" t="s">
         <v>4530</v>
       </c>
-      <c r="D492" t="s">
+      <c r="G492" t="s">
         <v>4531</v>
       </c>
-      <c r="E492" t="s">
+      <c r="H492" t="s">
         <v>4532</v>
       </c>
-      <c r="F492" t="s">
+      <c r="I492" t="s">
         <v>4533</v>
       </c>
-      <c r="G492" t="s">
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>25</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>27</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
         <v>4534</v>
-      </c>
-[...22 lines deleted...]
-        <v>4537</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65080</v>
+        <v>65074</v>
       </c>
       <c r="B493" t="s">
+        <v>4535</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4537</v>
+      </c>
+      <c r="E493" t="s">
         <v>4538</v>
       </c>
-      <c r="C493" t="s">
+      <c r="F493" t="s">
         <v>4539</v>
       </c>
-      <c r="D493" t="s">
+      <c r="G493" t="s">
         <v>4540</v>
       </c>
-      <c r="E493" t="s">
+      <c r="H493" t="s">
         <v>4541</v>
       </c>
-      <c r="F493" t="s">
+      <c r="I493" t="s">
         <v>4542</v>
       </c>
-      <c r="G493" t="s">
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
         <v>4543</v>
       </c>
-      <c r="H493" t="s">
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
         <v>4544</v>
       </c>
-      <c r="I493" t="s">
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
         <v>4545</v>
-      </c>
-[...16 lines deleted...]
-        <v>4546</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65081</v>
+        <v>65075</v>
       </c>
       <c r="B494" t="s">
+        <v>4546</v>
+      </c>
+      <c r="C494" t="s">
         <v>4547</v>
       </c>
-      <c r="C494" t="s">
+      <c r="D494" t="s">
         <v>4548</v>
       </c>
-      <c r="D494" t="s">
+      <c r="E494" t="s">
         <v>4549</v>
       </c>
-      <c r="E494" t="s">
+      <c r="F494" t="s">
         <v>4550</v>
       </c>
-      <c r="F494" t="s">
+      <c r="G494" t="s">
         <v>4551</v>
       </c>
-      <c r="G494" t="s">
+      <c r="H494" t="s">
         <v>4552</v>
       </c>
-      <c r="H494" t="s">
+      <c r="I494" t="s">
         <v>4553</v>
       </c>
-      <c r="I494" t="s">
+      <c r="J494" t="s">
+        <v>448</v>
+      </c>
+      <c r="K494" t="s">
+        <v>4256</v>
+      </c>
+      <c r="L494" t="s">
+        <v>450</v>
+      </c>
+      <c r="M494" t="s">
+        <v>4257</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
         <v>4554</v>
-      </c>
-[...16 lines deleted...]
-        <v>4555</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65082</v>
+        <v>65076</v>
       </c>
       <c r="B495" t="s">
+        <v>4555</v>
+      </c>
+      <c r="C495" t="s">
         <v>4556</v>
       </c>
-      <c r="C495" t="s">
+      <c r="D495" t="s">
         <v>4557</v>
       </c>
-      <c r="D495" t="s">
+      <c r="E495" t="s">
         <v>4558</v>
       </c>
-      <c r="E495" t="s">
+      <c r="F495" t="s">
         <v>4559</v>
       </c>
-      <c r="F495" t="s">
+      <c r="G495" t="s">
         <v>4560</v>
       </c>
-      <c r="G495" t="s">
+      <c r="H495" t="s">
         <v>4561</v>
       </c>
-      <c r="H495" t="s">
+      <c r="I495" t="s">
         <v>4562</v>
       </c>
-      <c r="I495" t="s">
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>170</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>171</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
         <v>4563</v>
-      </c>
-[...16 lines deleted...]
-        <v>4564</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65083</v>
+        <v>65077</v>
       </c>
       <c r="B496" t="s">
+        <v>4564</v>
+      </c>
+      <c r="C496" t="s">
         <v>4565</v>
       </c>
-      <c r="C496" t="s">
+      <c r="D496" t="s">
         <v>4566</v>
       </c>
-      <c r="D496" t="s">
+      <c r="E496" t="s">
         <v>4567</v>
       </c>
-      <c r="E496" t="s">
+      <c r="F496" t="s">
         <v>4568</v>
       </c>
-      <c r="F496" t="s">
+      <c r="G496" t="s">
         <v>4569</v>
       </c>
-      <c r="G496" t="s">
+      <c r="H496" t="s">
         <v>4570</v>
       </c>
-      <c r="H496" t="s">
+      <c r="I496" t="s">
         <v>4571</v>
       </c>
-      <c r="I496" t="s">
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>744</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>745</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
         <v>4572</v>
-      </c>
-[...16 lines deleted...]
-        <v>4573</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65084</v>
+        <v>65080</v>
       </c>
       <c r="B497" t="s">
+        <v>4573</v>
+      </c>
+      <c r="C497" t="s">
         <v>4574</v>
       </c>
-      <c r="C497" t="s">
+      <c r="D497" t="s">
         <v>4575</v>
       </c>
-      <c r="D497" t="s">
+      <c r="E497" t="s">
         <v>4576</v>
       </c>
-      <c r="E497" t="s">
+      <c r="F497" t="s">
         <v>4577</v>
       </c>
-      <c r="F497" t="s">
+      <c r="G497" t="s">
         <v>4578</v>
       </c>
-      <c r="G497" t="s">
+      <c r="H497" t="s">
         <v>4579</v>
       </c>
-      <c r="H497" t="s">
+      <c r="I497" t="s">
         <v>4580</v>
       </c>
-      <c r="I497" t="s">
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>47</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>48</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
         <v>4581</v>
-      </c>
-[...16 lines deleted...]
-        <v>4582</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65085</v>
+        <v>65081</v>
       </c>
       <c r="B498" t="s">
+        <v>4582</v>
+      </c>
+      <c r="C498" t="s">
         <v>4583</v>
       </c>
-      <c r="C498" t="s">
+      <c r="D498" t="s">
         <v>4584</v>
       </c>
-      <c r="D498" t="s">
+      <c r="E498" t="s">
         <v>4585</v>
       </c>
-      <c r="E498" t="s">
+      <c r="F498" t="s">
         <v>4586</v>
       </c>
-      <c r="F498" t="s">
+      <c r="G498" t="s">
         <v>4587</v>
       </c>
-      <c r="G498" t="s">
+      <c r="H498" t="s">
         <v>4588</v>
       </c>
-      <c r="H498" t="s">
+      <c r="I498" t="s">
         <v>4589</v>
       </c>
-      <c r="I498" t="s">
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>47</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>48</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
         <v>4590</v>
-      </c>
-[...16 lines deleted...]
-        <v>4591</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65086</v>
+        <v>65082</v>
       </c>
       <c r="B499" t="s">
+        <v>4591</v>
+      </c>
+      <c r="C499" t="s">
         <v>4592</v>
       </c>
-      <c r="C499" t="s">
+      <c r="D499" t="s">
         <v>4593</v>
       </c>
-      <c r="D499" t="s">
+      <c r="E499" t="s">
         <v>4594</v>
       </c>
-      <c r="E499" t="s">
+      <c r="F499" t="s">
         <v>4595</v>
       </c>
-      <c r="F499" t="s">
+      <c r="G499" t="s">
         <v>4596</v>
       </c>
-      <c r="G499" t="s">
+      <c r="H499" t="s">
         <v>4597</v>
       </c>
-      <c r="H499" t="s">
+      <c r="I499" t="s">
         <v>4598</v>
       </c>
-      <c r="I499" t="s">
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>47</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>48</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
         <v>4599</v>
-      </c>
-[...16 lines deleted...]
-        <v>4600</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65087</v>
+        <v>65083</v>
       </c>
       <c r="B500" t="s">
+        <v>4600</v>
+      </c>
+      <c r="C500" t="s">
         <v>4601</v>
       </c>
-      <c r="C500" t="s">
+      <c r="D500" t="s">
         <v>4602</v>
       </c>
-      <c r="D500" t="s">
+      <c r="E500" t="s">
         <v>4603</v>
       </c>
-      <c r="E500" t="s">
+      <c r="F500" t="s">
         <v>4604</v>
       </c>
-      <c r="F500" t="s">
+      <c r="G500" t="s">
         <v>4605</v>
       </c>
-      <c r="G500" t="s">
+      <c r="H500" t="s">
         <v>4606</v>
       </c>
-      <c r="H500" t="s">
+      <c r="I500" t="s">
         <v>4607</v>
-      </c>
-[...1 lines deleted...]
-        <v>4608</v>
       </c>
       <c r="J500" t="s">
         <v>24</v>
       </c>
       <c r="K500" t="s">
         <v>170</v>
       </c>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500" t="s">
         <v>171</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4609</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65088</v>
+        <v>65084</v>
       </c>
       <c r="B501" t="s">
+        <v>4609</v>
+      </c>
+      <c r="C501" t="s">
         <v>4610</v>
       </c>
-      <c r="C501" t="s">
+      <c r="D501" t="s">
         <v>4611</v>
       </c>
-      <c r="D501" t="s">
+      <c r="E501" t="s">
         <v>4612</v>
       </c>
-      <c r="E501" t="s">
+      <c r="F501" t="s">
         <v>4613</v>
       </c>
-      <c r="F501" t="s">
+      <c r="G501" t="s">
         <v>4614</v>
       </c>
-      <c r="G501" t="s">
+      <c r="H501" t="s">
         <v>4615</v>
       </c>
-      <c r="H501" t="s">
+      <c r="I501" t="s">
         <v>4616</v>
-      </c>
-[...1 lines deleted...]
-        <v>4617</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
         <v>25</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
         <v>27</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4618</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65089</v>
+        <v>65085</v>
       </c>
       <c r="B502" t="s">
+        <v>4618</v>
+      </c>
+      <c r="C502" t="s">
         <v>4619</v>
       </c>
-      <c r="C502" t="s">
+      <c r="D502" t="s">
         <v>4620</v>
       </c>
-      <c r="D502" t="s">
+      <c r="E502" t="s">
         <v>4621</v>
       </c>
-      <c r="E502" t="s">
+      <c r="F502" t="s">
         <v>4622</v>
       </c>
-      <c r="F502" t="s">
+      <c r="G502" t="s">
         <v>4623</v>
       </c>
-      <c r="G502" t="s">
+      <c r="H502" t="s">
         <v>4624</v>
       </c>
-      <c r="H502" t="s">
+      <c r="I502" t="s">
         <v>4625</v>
       </c>
-      <c r="I502" t="s">
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>578</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>579</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4626</v>
-      </c>
-[...16 lines deleted...]
-        <v>4627</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65090</v>
+        <v>65086</v>
       </c>
       <c r="B503" t="s">
+        <v>4627</v>
+      </c>
+      <c r="C503" t="s">
         <v>4628</v>
       </c>
-      <c r="C503" t="s">
+      <c r="D503" t="s">
         <v>4629</v>
       </c>
-      <c r="D503" t="s">
+      <c r="E503" t="s">
         <v>4630</v>
       </c>
-      <c r="E503" t="s">
+      <c r="F503" t="s">
         <v>4631</v>
       </c>
-      <c r="F503" t="s">
+      <c r="G503" t="s">
         <v>4632</v>
       </c>
-      <c r="G503" t="s">
+      <c r="H503" t="s">
         <v>4633</v>
       </c>
-      <c r="H503" t="s">
+      <c r="I503" t="s">
         <v>4634</v>
       </c>
-      <c r="I503" t="s">
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>170</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>171</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4635</v>
-      </c>
-[...16 lines deleted...]
-        <v>4636</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65091</v>
+        <v>65087</v>
       </c>
       <c r="B504" t="s">
+        <v>4636</v>
+      </c>
+      <c r="C504" t="s">
         <v>4637</v>
       </c>
-      <c r="C504" t="s">
+      <c r="D504" t="s">
         <v>4638</v>
       </c>
-      <c r="D504" t="s">
+      <c r="E504" t="s">
         <v>4639</v>
       </c>
-      <c r="E504" t="s">
+      <c r="F504" t="s">
         <v>4640</v>
       </c>
-      <c r="F504" t="s">
+      <c r="G504" t="s">
         <v>4641</v>
       </c>
-      <c r="G504" t="s">
+      <c r="H504" t="s">
         <v>4642</v>
       </c>
-      <c r="H504" t="s">
+      <c r="I504" t="s">
         <v>4643</v>
       </c>
-      <c r="I504" t="s">
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>170</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>171</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
         <v>4644</v>
-      </c>
-[...16 lines deleted...]
-        <v>4645</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65092</v>
+        <v>65088</v>
       </c>
       <c r="B505" t="s">
+        <v>4645</v>
+      </c>
+      <c r="C505" t="s">
         <v>4646</v>
       </c>
-      <c r="C505" t="s">
+      <c r="D505" t="s">
         <v>4647</v>
       </c>
-      <c r="D505" t="s">
+      <c r="E505" t="s">
         <v>4648</v>
       </c>
-      <c r="E505" t="s">
+      <c r="F505" t="s">
         <v>4649</v>
       </c>
-      <c r="F505" t="s">
+      <c r="G505" t="s">
         <v>4650</v>
       </c>
-      <c r="G505" t="s">
+      <c r="H505" t="s">
         <v>4651</v>
       </c>
-      <c r="H505" t="s">
+      <c r="I505" t="s">
         <v>4652</v>
       </c>
-      <c r="I505" t="s">
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>25</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>27</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4653</v>
-      </c>
-[...16 lines deleted...]
-        <v>4654</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65093</v>
+        <v>65089</v>
       </c>
       <c r="B506" t="s">
+        <v>4654</v>
+      </c>
+      <c r="C506" t="s">
         <v>4655</v>
       </c>
-      <c r="C506" t="s">
+      <c r="D506" t="s">
         <v>4656</v>
       </c>
-      <c r="D506" t="s">
+      <c r="E506" t="s">
         <v>4657</v>
       </c>
-      <c r="E506" t="s">
+      <c r="F506" t="s">
         <v>4658</v>
       </c>
-      <c r="F506" t="s">
+      <c r="G506" t="s">
         <v>4659</v>
       </c>
-      <c r="G506" t="s">
+      <c r="H506" t="s">
         <v>4660</v>
       </c>
-      <c r="H506" t="s">
+      <c r="I506" t="s">
         <v>4661</v>
       </c>
-      <c r="I506" t="s">
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>25</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>27</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4662</v>
-      </c>
-[...16 lines deleted...]
-        <v>4663</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65094</v>
+        <v>65090</v>
       </c>
       <c r="B507" t="s">
+        <v>4663</v>
+      </c>
+      <c r="C507" t="s">
         <v>4664</v>
       </c>
-      <c r="C507" t="s">
+      <c r="D507" t="s">
         <v>4665</v>
       </c>
-      <c r="D507" t="s">
+      <c r="E507" t="s">
         <v>4666</v>
       </c>
-      <c r="E507" t="s">
+      <c r="F507" t="s">
         <v>4667</v>
       </c>
-      <c r="F507" t="s">
+      <c r="G507" t="s">
         <v>4668</v>
       </c>
-      <c r="G507" t="s">
+      <c r="H507" t="s">
         <v>4669</v>
       </c>
-      <c r="H507" t="s">
+      <c r="I507" t="s">
         <v>4670</v>
       </c>
-      <c r="I507" t="s">
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>25</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>27</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
         <v>4671</v>
-      </c>
-[...16 lines deleted...]
-        <v>4674</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65095</v>
+        <v>65091</v>
       </c>
       <c r="B508" t="s">
+        <v>4672</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4673</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4674</v>
+      </c>
+      <c r="E508" t="s">
         <v>4675</v>
       </c>
-      <c r="C508" t="s">
+      <c r="F508" t="s">
         <v>4676</v>
       </c>
-      <c r="D508" t="s">
+      <c r="G508" t="s">
         <v>4677</v>
       </c>
-      <c r="E508" t="s">
+      <c r="H508" t="s">
         <v>4678</v>
       </c>
-      <c r="F508" t="s">
+      <c r="I508" t="s">
         <v>4679</v>
       </c>
-      <c r="G508" t="s">
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>25</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>27</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4680</v>
-      </c>
-[...22 lines deleted...]
-        <v>4683</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65096</v>
+        <v>65092</v>
       </c>
       <c r="B509" t="s">
+        <v>4681</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4682</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4683</v>
+      </c>
+      <c r="E509" t="s">
         <v>4684</v>
       </c>
-      <c r="C509" t="s">
+      <c r="F509" t="s">
         <v>4685</v>
       </c>
-      <c r="D509" t="s">
+      <c r="G509" t="s">
         <v>4686</v>
       </c>
-      <c r="E509" t="s">
+      <c r="H509" t="s">
         <v>4687</v>
       </c>
-      <c r="F509" t="s">
+      <c r="I509" t="s">
         <v>4688</v>
       </c>
-      <c r="G509" t="s">
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>170</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>171</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
         <v>4689</v>
-      </c>
-[...22 lines deleted...]
-        <v>4692</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65097</v>
+        <v>65093</v>
       </c>
       <c r="B510" t="s">
+        <v>4690</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4691</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4692</v>
+      </c>
+      <c r="E510" t="s">
         <v>4693</v>
       </c>
-      <c r="C510" t="s">
+      <c r="F510" t="s">
         <v>4694</v>
       </c>
-      <c r="D510" t="s">
+      <c r="G510" t="s">
         <v>4695</v>
       </c>
-      <c r="E510" t="s">
+      <c r="H510" t="s">
         <v>4696</v>
       </c>
-      <c r="F510" t="s">
+      <c r="I510" t="s">
         <v>4697</v>
-      </c>
-[...7 lines deleted...]
-        <v>4700</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
         <v>170</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
         <v>171</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4701</v>
+        <v>4698</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65098</v>
+        <v>65094</v>
       </c>
       <c r="B511" t="s">
+        <v>4699</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4700</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4701</v>
+      </c>
+      <c r="E511" t="s">
         <v>4702</v>
       </c>
-      <c r="C511" t="s">
+      <c r="F511" t="s">
         <v>4703</v>
       </c>
-      <c r="D511" t="s">
+      <c r="G511" t="s">
         <v>4704</v>
       </c>
-      <c r="E511" t="s">
+      <c r="H511" t="s">
         <v>4705</v>
       </c>
-      <c r="F511" t="s">
+      <c r="I511" t="s">
         <v>4706</v>
       </c>
-      <c r="G511" t="s">
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
         <v>4707</v>
       </c>
-      <c r="H511" t="s">
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
         <v>4708</v>
       </c>
-      <c r="I511" t="s">
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
         <v>4709</v>
-      </c>
-[...16 lines deleted...]
-        <v>4710</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65099</v>
+        <v>65095</v>
       </c>
       <c r="B512" t="s">
+        <v>4710</v>
+      </c>
+      <c r="C512" t="s">
         <v>4711</v>
       </c>
-      <c r="C512" t="s">
+      <c r="D512" t="s">
         <v>4712</v>
       </c>
-      <c r="D512" t="s">
+      <c r="E512" t="s">
         <v>4713</v>
       </c>
-      <c r="E512" t="s">
+      <c r="F512" t="s">
         <v>4714</v>
       </c>
-      <c r="F512" t="s">
+      <c r="G512" t="s">
         <v>4715</v>
       </c>
-      <c r="G512" t="s">
+      <c r="H512" t="s">
         <v>4716</v>
       </c>
-      <c r="H512" t="s">
+      <c r="I512" t="s">
         <v>4717</v>
       </c>
-      <c r="I512" t="s">
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>744</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>745</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
         <v>4718</v>
-      </c>
-[...16 lines deleted...]
-        <v>4719</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65100</v>
+        <v>65096</v>
       </c>
       <c r="B513" t="s">
+        <v>4719</v>
+      </c>
+      <c r="C513" t="s">
         <v>4720</v>
       </c>
-      <c r="C513" t="s">
+      <c r="D513" t="s">
         <v>4721</v>
       </c>
-      <c r="D513" t="s">
+      <c r="E513" t="s">
         <v>4722</v>
       </c>
-      <c r="E513" t="s">
+      <c r="F513" t="s">
         <v>4723</v>
       </c>
-      <c r="F513" t="s">
+      <c r="G513" t="s">
         <v>4724</v>
       </c>
-      <c r="G513" t="s">
+      <c r="H513" t="s">
         <v>4725</v>
       </c>
-      <c r="H513" t="s">
+      <c r="I513" t="s">
         <v>4726</v>
       </c>
-      <c r="I513" t="s">
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>25</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>27</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
         <v>4727</v>
-      </c>
-[...16 lines deleted...]
-        <v>4728</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65101</v>
+        <v>65097</v>
       </c>
       <c r="B514" t="s">
+        <v>4728</v>
+      </c>
+      <c r="C514" t="s">
         <v>4729</v>
       </c>
-      <c r="C514" t="s">
+      <c r="D514" t="s">
         <v>4730</v>
       </c>
-      <c r="D514" t="s">
+      <c r="E514" t="s">
         <v>4731</v>
       </c>
-      <c r="E514" t="s">
+      <c r="F514" t="s">
         <v>4732</v>
       </c>
-      <c r="F514" t="s">
+      <c r="G514" t="s">
         <v>4733</v>
       </c>
-      <c r="G514" t="s">
+      <c r="H514" t="s">
         <v>4734</v>
       </c>
-      <c r="H514" t="s">
+      <c r="I514" t="s">
         <v>4735</v>
-      </c>
-[...1 lines deleted...]
-        <v>4736</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
         <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
         <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4737</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65102</v>
+        <v>65098</v>
       </c>
       <c r="B515" t="s">
+        <v>4737</v>
+      </c>
+      <c r="C515" t="s">
         <v>4738</v>
       </c>
-      <c r="C515" t="s">
+      <c r="D515" t="s">
         <v>4739</v>
       </c>
-      <c r="D515" t="s">
+      <c r="E515" t="s">
         <v>4740</v>
       </c>
-      <c r="E515" t="s">
+      <c r="F515" t="s">
         <v>4741</v>
       </c>
-      <c r="F515" t="s">
+      <c r="G515" t="s">
         <v>4742</v>
       </c>
-      <c r="G515" t="s">
+      <c r="H515" t="s">
         <v>4743</v>
       </c>
-      <c r="H515" t="s">
+      <c r="I515" t="s">
         <v>4744</v>
-      </c>
-[...1 lines deleted...]
-        <v>4745</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
         <v>25</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
         <v>27</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4746</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65104</v>
+        <v>65099</v>
       </c>
       <c r="B516" t="s">
+        <v>4746</v>
+      </c>
+      <c r="C516" t="s">
         <v>4747</v>
       </c>
-      <c r="C516" t="s">
+      <c r="D516" t="s">
         <v>4748</v>
       </c>
-      <c r="D516" t="s">
+      <c r="E516" t="s">
         <v>4749</v>
       </c>
-      <c r="E516" t="s">
+      <c r="F516" t="s">
         <v>4750</v>
       </c>
-      <c r="F516" t="s">
+      <c r="G516" t="s">
         <v>4751</v>
       </c>
-      <c r="G516" t="s">
+      <c r="H516" t="s">
         <v>4752</v>
       </c>
-      <c r="H516" t="s">
+      <c r="I516" t="s">
         <v>4753</v>
       </c>
-      <c r="I516" t="s">
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>170</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>171</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
         <v>4754</v>
-      </c>
-[...16 lines deleted...]
-        <v>4755</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65105</v>
+        <v>65100</v>
       </c>
       <c r="B517" t="s">
+        <v>4755</v>
+      </c>
+      <c r="C517" t="s">
         <v>4756</v>
       </c>
-      <c r="C517" t="s">
+      <c r="D517" t="s">
         <v>4757</v>
       </c>
-      <c r="D517" t="s">
+      <c r="E517" t="s">
         <v>4758</v>
       </c>
-      <c r="E517" t="s">
+      <c r="F517" t="s">
         <v>4759</v>
       </c>
-      <c r="F517" t="s">
+      <c r="G517" t="s">
         <v>4760</v>
       </c>
-      <c r="G517" t="s">
+      <c r="H517" t="s">
         <v>4761</v>
       </c>
-      <c r="H517" t="s">
+      <c r="I517" t="s">
         <v>4762</v>
       </c>
-      <c r="I517" t="s">
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4124</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4125</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
         <v>4763</v>
-      </c>
-[...16 lines deleted...]
-        <v>4764</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65107</v>
+        <v>65101</v>
       </c>
       <c r="B518" t="s">
+        <v>4764</v>
+      </c>
+      <c r="C518" t="s">
         <v>4765</v>
       </c>
-      <c r="C518" t="s">
+      <c r="D518" t="s">
         <v>4766</v>
       </c>
-      <c r="D518" t="s">
+      <c r="E518" t="s">
         <v>4767</v>
       </c>
-      <c r="E518" t="s">
+      <c r="F518" t="s">
         <v>4768</v>
       </c>
-      <c r="F518" t="s">
+      <c r="G518" t="s">
         <v>4769</v>
       </c>
-      <c r="G518" t="s">
+      <c r="H518" t="s">
         <v>4770</v>
       </c>
-      <c r="H518" t="s">
+      <c r="I518" t="s">
         <v>4771</v>
       </c>
-      <c r="I518" t="s">
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>170</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>171</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
         <v>4772</v>
-      </c>
-[...13 lines deleted...]
-        <v>4774</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>65116</v>
+        <v>65102</v>
       </c>
       <c r="B519" t="s">
+        <v>4773</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4774</v>
+      </c>
+      <c r="D519" t="s">
         <v>4775</v>
       </c>
-      <c r="C519" t="s">
+      <c r="E519" t="s">
         <v>4776</v>
       </c>
-      <c r="D519" t="s">
+      <c r="F519" t="s">
         <v>4777</v>
       </c>
-      <c r="E519" t="s">
+      <c r="G519" t="s">
         <v>4778</v>
       </c>
-      <c r="F519" t="s">
+      <c r="H519" t="s">
         <v>4779</v>
       </c>
-      <c r="G519" t="s">
+      <c r="I519" t="s">
         <v>4780</v>
       </c>
-      <c r="H519" t="s">
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>25</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>27</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
         <v>4781</v>
-      </c>
-[...19 lines deleted...]
-        <v>4783</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>65124</v>
+        <v>65104</v>
       </c>
       <c r="B520" t="s">
+        <v>4782</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4783</v>
+      </c>
+      <c r="D520" t="s">
         <v>4784</v>
       </c>
-      <c r="C520" t="s">
+      <c r="E520" t="s">
         <v>4785</v>
       </c>
-      <c r="D520" t="s">
+      <c r="F520" t="s">
         <v>4786</v>
       </c>
-      <c r="E520" t="s">
+      <c r="G520" t="s">
         <v>4787</v>
       </c>
-      <c r="F520" t="s">
+      <c r="H520" t="s">
         <v>4788</v>
       </c>
-      <c r="G520" t="s">
+      <c r="I520" t="s">
         <v>4789</v>
       </c>
-      <c r="H520" t="s">
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>2466</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>2467</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
         <v>4790</v>
-      </c>
-[...19 lines deleted...]
-        <v>4792</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>65479</v>
+        <v>65105</v>
       </c>
       <c r="B521" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4792</v>
+      </c>
+      <c r="D521" t="s">
         <v>4793</v>
       </c>
-      <c r="C521" t="s">
+      <c r="E521" t="s">
         <v>4794</v>
       </c>
-      <c r="D521" t="s">
+      <c r="F521" t="s">
         <v>4795</v>
       </c>
-      <c r="E521" t="s">
+      <c r="G521" t="s">
         <v>4796</v>
       </c>
-      <c r="F521" t="s">
+      <c r="H521" t="s">
         <v>4797</v>
       </c>
-      <c r="G521" t="s">
+      <c r="I521" t="s">
         <v>4798</v>
       </c>
-      <c r="H521" t="s">
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>170</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>171</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
         <v>4799</v>
-      </c>
-[...19 lines deleted...]
-        <v>4801</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>65566</v>
+        <v>65107</v>
       </c>
       <c r="B522" t="s">
+        <v>4800</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4801</v>
+      </c>
+      <c r="D522" t="s">
         <v>4802</v>
       </c>
-      <c r="C522" t="s">
+      <c r="E522" t="s">
         <v>4803</v>
       </c>
-      <c r="D522" t="s">
+      <c r="F522" t="s">
         <v>4804</v>
       </c>
-      <c r="E522" t="s">
+      <c r="G522" t="s">
         <v>4805</v>
       </c>
-      <c r="F522" t="s">
+      <c r="H522" t="s">
         <v>4806</v>
       </c>
-      <c r="G522" t="s">
+      <c r="I522" t="s">
         <v>4807</v>
       </c>
-      <c r="H522" t="s">
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
         <v>4808</v>
       </c>
-      <c r="I522" t="s">
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
         <v>4809</v>
-      </c>
-[...16 lines deleted...]
-        <v>4810</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>65613</v>
+        <v>65116</v>
       </c>
       <c r="B523" t="s">
+        <v>4810</v>
+      </c>
+      <c r="C523" t="s">
         <v>4811</v>
       </c>
-      <c r="C523" t="s">
+      <c r="D523" t="s">
         <v>4812</v>
       </c>
-      <c r="D523" t="s">
+      <c r="E523" t="s">
         <v>4813</v>
       </c>
-      <c r="E523" t="s">
+      <c r="F523" t="s">
         <v>4814</v>
       </c>
-      <c r="F523" t="s">
+      <c r="G523" t="s">
         <v>4815</v>
       </c>
-      <c r="G523" t="s">
+      <c r="H523" t="s">
         <v>4816</v>
       </c>
-      <c r="H523" t="s">
+      <c r="I523" t="s">
         <v>4817</v>
       </c>
-      <c r="I523" t="s">
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>170</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>171</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
         <v>4818</v>
-      </c>
-[...10 lines deleted...]
-        <v>4820</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>65869</v>
+        <v>65124</v>
       </c>
       <c r="B524" t="s">
+        <v>4819</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4820</v>
+      </c>
+      <c r="D524" t="s">
         <v>4821</v>
       </c>
-      <c r="C524" t="s">
+      <c r="E524" t="s">
         <v>4822</v>
       </c>
-      <c r="D524" t="s">
+      <c r="F524" t="s">
         <v>4823</v>
       </c>
-      <c r="E524" t="s">
+      <c r="G524" t="s">
         <v>4824</v>
       </c>
-      <c r="F524" t="s">
+      <c r="H524" t="s">
         <v>4825</v>
       </c>
-      <c r="G524" t="s">
+      <c r="I524" t="s">
         <v>4826</v>
       </c>
-      <c r="H524" t="s">
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>25</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>27</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
         <v>4827</v>
-      </c>
-[...19 lines deleted...]
-        <v>4829</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66392</v>
+        <v>65479</v>
       </c>
       <c r="B525" t="s">
+        <v>4828</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4829</v>
+      </c>
+      <c r="D525" t="s">
         <v>4830</v>
       </c>
-      <c r="C525" t="s">
+      <c r="E525" t="s">
         <v>4831</v>
       </c>
-      <c r="D525" t="s">
+      <c r="F525" t="s">
         <v>4832</v>
       </c>
-      <c r="E525" t="s">
+      <c r="G525" t="s">
         <v>4833</v>
       </c>
-      <c r="F525" t="s">
+      <c r="H525" t="s">
         <v>4834</v>
       </c>
-      <c r="G525" t="s">
+      <c r="I525" t="s">
         <v>4835</v>
-      </c>
-[...4 lines deleted...]
-        <v>4837</v>
       </c>
       <c r="J525" t="s">
         <v>24</v>
       </c>
       <c r="K525" t="s">
         <v>25</v>
       </c>
       <c r="L525" t="s">
         <v>26</v>
       </c>
       <c r="M525" t="s">
         <v>27</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
+        <v>4836</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>65566</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4837</v>
+      </c>
+      <c r="C526" t="s">
         <v>4838</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4839</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4840</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4841</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4842</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4843</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4844</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>170</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>171</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>65613</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4846</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4847</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4848</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4849</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4850</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4851</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4852</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4853</v>
+      </c>
+      <c r="J527" t="s">
+        <v>4854</v>
+      </c>
+      <c r="K527" t="s">
+        <v>1649</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4855</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>65869</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4856</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4857</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4858</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4859</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4860</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4861</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4862</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4863</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4864</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>66392</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4865</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4866</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4867</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4868</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4869</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4870</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4871</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4872</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>25</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>27</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4873</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">