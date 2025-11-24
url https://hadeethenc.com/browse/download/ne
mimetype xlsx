--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4874">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5634">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: नेपाली
 # Source: https://hadeethenc.com/ne
-# Last update: 2025-10-30 18:53:00 (v1.32.0)
-# Check for updates: https://hadeethenc.com/en/check/ne/v1.32.0
+# Last update: 2025-11-20 21:57:14 (v1.37.0)
+# Check for updates: https://hadeethenc.com/en/check/ne/v1.37.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -72,77 +72,78 @@
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
-    <t>जब रमजान आउँछ, तिमीले उमराह गर्नु पर्छ । किनभने रमजानमा उमरह गर्नु हज बराबर हो ।</t>
+    <t>“जब रमजान आउँछ, तिमीले उम्राह गर। किनभने रमजानमा गरिएको उम्राह हजको बराबर हुन्छ।”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक अन्सारी महिलालाई सोध्नुभयो, (हदीस बयान गर्ने (रावी) ले भने) अब्दुल्लाह बिन अब्बासले उनको नाम भनेका थिए, तर मैले बिर्से: "तिमीलाई हामीसँग हज गर्नबाट के रोकियो?" उनले जवाफ दिइन्: हामीसँग दुईवटा ऊँट मात्र थिए । एउटामा मेरो श्रीमान र छोरा सवार भएर हज गरे र अर्को ऊँटलाई पानी ल्याउनको लागि छोडियो । यो सुनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जब रमजान आउँछ, तिमीले उमराह गर्नु पर्छ । किनभने रमजानमा उमरह गर्नु हज बराबर हो ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक अन्सारी महिला (हदीस वर्णनकर्ता अनुसार अब्दुल्लाह बिन अब्बासले उनको नाम भनेका थिए, तर वर्णन गर्नेले नै बिर्से) लाई सोध्नुभयो, : "तिमीलाई हामीसँग हज गर्नबाट के कुराले रोकेको छ?" उनले जवाफ दिइन्:
+“हामीसँग दुईवटा ऊँट मात्र थिए। तीमध्ये एउटामा मेरो श्रीमान् र छोरा सवार भएर हज गर्न गएका थिए, र अर्को ऊँटलाई सिँचाइका कामका निम्ति हाम्रो लागि  छोडेर गएका थिए।” यो सुनेर रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “जब रमजान आउँछ, तिमीले उम्राह गर। किनभने रमजानमा गरिएको उम्राह हजको बराबर हुन्छ।”</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
-    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) हज्ज्तुल-वदाअ (विदाई हज) बाट फर्कनुभयो, उहाँले आफूसँग हज नगर्ने एक अन्सारी महिलालाई भन्नुभयो: तपाईलाई हामीसँग हज गर्नबाट कुन कुराले रोक्यो?
-[...1 lines deleted...]
-तसर्थ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई रमजानमा उमराह गर्न भन्नुभयो; किनभने रमजानमा उमरह गर्नु हज बराबर हो ।</t>
+    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) हज्ज्तुल-वदाअ (अन्तिम हज) बाट फर्कनुभयो, उहाँले आफूसँग हज नगर्ने एक अन्सारी महिलालाई भन्नुभयो:तिमीलाई हामीसँग हज गर्नबाट के कुराले रोकेको थियो?
+उनले स्पष्टीकरण दिँदै उत्तर दिइन्: हामीसँग दुईवटा ऊँट मात्र थिए। तीमध्ये एउटामा मेरा श्रीमान् र छोरा सवार भएर हज गर्न गएका थिए, र अर्को ऊँटलाई घरमा कुवाबाट पानी पानी लिने कामका लागि छोडिएको थियो।
+यो सुनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई रमजानमा उमराह गर्न सल्लाह दिनुभयो; किनभने रमजानमा उमरह गर्नु हज बराबर हुन्छ ।</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
-    <t>रमजान महिनामा उमराहको सद्गुण ।
-[...1 lines deleted...]
-समयको श्रेष्ठताले गर्दा कर्मको प्रतिफल र इनाम पनि बढ्छ । यसको उदाहरण रमजान महिनामा गरिने कर्म हो ।</t>
+    <t>यस हदीसमा रमजान महिनामा उमराह गर्नुको सद्गुण बताइएको छ ।
+रमजान महिनामा गरिएको उमराहलाई हजको बराबरको सवाब (पुण्य) प्राप्त हुन्छ। तथापि, यसको अर्थ कदापि यो होइन कि यदि कसै माथि हज अनिवार्य भएको छ भने, रमजानको उमराहले त्यो अनिवार्य कर्तव्य पूरा गरिदिन्छ।
+समयको श्रेष्ठता र पवित्रताका कारण, त्यस अवधिमा गरिएका कर्महरूको प्रतिफल र इनाम पनि बहुगुणित हुन्छ। यसको स्पष्ट उदाहरण रमजान महिनामा गरिएका सत्कर्महरू हुन्, (जसका प्रतिफलहरू अन्य समयमा गरिएका कर्महरूभन्दा धेरै गुणा बढाइन्छन्)।</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[सही]</t>
   </si>
   <si>
     <t>[मुत्तफकुन अलैहि]</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2753</t>
   </si>
   <si>
     <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>जसले अल्लाहको लागि हज गर्यो, र (स्वास्नी सँग) सम्भोग गर्नु बाट र  अनैतिक कार्यहरूबाट टाढा रह्यो भने ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ" ।</t>
   </si>
@@ -152,78 +153,79 @@
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जसले अल्लाहको लागि हज गर्यो, र (स्वास्नी सँग) सम्भोग गर्नु बाट र  अनैतिक कार्यहरूबाट टाढा रह्यो भने ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ" ।</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, कि जसले अल्लाहको लागि हज गर्छ र 'रफस' बाट टाढा रहन्छ । 'रफस' भनेको यौन सम्बन्ध र यस सँग सम्बन्धित गतिविधिहरू हुन्, जस्तै: चुम्बन र सहवास,  'रफस' अभद्र बोलीलाई पनि भनिन्छ । र 'फिस्क' बाट टाढा रहनुको अर्थ: उसले पाप र खराब कामहरू गर्दैन । त्यसैगरी एहरामको अवस्थामा निषेधित कार्यहरूबाट पनि टाढा रह्यो भने ऊ आफ्नो हजबाट पापरहित फर्कन्छ, ऊ आमाको कोखबाट जन्मेको दिन झैं पवित्र हुन्छ ।</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>अनैतिकता र पापका कार्यहरू सबै परिस्थितिमा निषेध गरिएका छन्, तर हजको सम्मानले गर्दा हजको समयमा कडा रूपले प्रतिबन्धित छन्।
 मानिस पापमुक्त जन्मन्छ, र उसले अरूको पापको बोझ बोक्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2758</t>
   </si>
   <si>
     <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
-    <t>हे अल्लाहका रसूल! हामी जिहादलाई सबैभन्दा राम्रो कार्य मान्दछौं, त्यसोभए के हामीले जिहाद गर्नु हुँदैन? उहाँले जवाफ दिनुभयो: "होइन, तर सबैभन्दा राम्रो जिहाद (तिम्रो लागि) हज मबरुर (स्वीकृत हज) हो ।</t>
+    <t>हे अल्लाहका रसूल ! हामी जिहादलाई सर्वश्रेष्ठ कार्य मान्दछौँ, के हामीले जिहाद गरौँ त ?" उहाँले उत्तर दिनुभयो, "होइन, बरु (तिमीहरूका लागि) सर्वश्रेष्ठ जिहाद ‘हज मबरुर’ (स्वीकृत हज) हो।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
-    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छन्, उनले सोधिन्, हे अल्लाहका रसूल! हामी जिहादलाई सबैभन्दा राम्रो कार्य मान्दछौं, त्यसोभए के हामीले जिहाद गर्नु हुँदैन? उहाँले जवाफ दिनुभयो: "होइन, तर सबैभन्दा राम्रो जिहाद (तिम्रो लागि) हज मबरुर (स्वीकृत हज) हो ।"</t>
+    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छन्
+कि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सगँ सोधिन्, "हे अल्लाहका रसूल ! हामी जिहादलाई सर्वश्रेष्ठ कार्य मान्दछौँ, के हामीले जिहाद गरौँ त ?" उहाँले उत्तर दिनुभयो, "होइन, बरु (तिमीहरूका लागि) सर्वश्रेष्ठ जिहाद ‘हज मबरुर’ (स्वीकृत हज) हो।"</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
-    <t>सहाबा (रजियल्लाहु अन्हुम) ले अल्लाहको खातिर जिहाद गर्नु र शत्रुहरूसँग लड्नुलाई सबै भन्दा उत्तम कर्म मान्थे । त्यसैले आइशा (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई जिहादमा भाग लिन अनुरोध गरिन् ।
-उहाँले महिलाहरूको लागि सबैभन्दा राम्रो जिहाद हज मबरुर हो भनेर मार्गदर्शन गर्नुभयो । कुर्आन र सुन्नत अनुसार गरिएको र पाप तथा पाखंडबाट मुक्त रहेको हजलाई; हज मबरुर भनिन्छ ।</t>
+    <t>सहाबा (रजियल्लाहु अन्हुम) ले अल्लाहको निम्ति जिहाद गर्नु र शत्रुहरूसँग लड्नुलाई सबै भन्दा उत्तम कर्म मान्थे । त्यसैले आइशा (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) सगँ जिहादमा भाग लिन अनुरोध गरिन्।
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले महिलाहरूको लागि सबैभन्दा उत्तम जिहाद हज मबरुर हो भनेर मार्गदर्शन गर्नुभयो । कुर्आन र सुन्नत अनुसार गरिएको र पाप तथा पाखंडबाट मुक्त रहेको हजलाई; हज मबरुर भनिन्छ ।</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>जिहाद पुरुषहरूको लागि सर्वश्रेष्ठ कर्म हो ।
-हज महिलाहरुको लागि जिहाद भन्दा राम्रो हो । वास्तवमा, महिलाहरूको लागि सबैभन्दा राम्रो जिहाद हज मबरुर हो ।
-[...1 lines deleted...]
-हजलाई जिहाद भनिन्छ; किनभने यो आफू विरुद्धको जिहाद हो । यसमा धन र शक्तिको बलिदान पनि समावेश छ । त्यसैले यो अल्लाहको बाटोमा जिहाद जस्तै भौतिक र आर्थिक उपासना हो ।</t>
+हज महिलाहरुको लागि जिहाद भन्दा राम्रो हो । वास्तवमा, महिलाहरूको लागि सबैभन्दा उत्तम जिहाद  ‘हज मबरुर’ (स्वीकृत हज) हो।
+कर्महरूमा भिन्नता र श्रेणीगत अन्तर हुन्छ, त्यसैगरी ती कर्महरूको मूल्य एवं उत्कृष्टता कर्ताको आधारमा पनि भिन्न-भिन्न हुन्छ।
+हजलाई 'जिहाद' भनिएको छ, किनकि यो स्वयम् विरुद्ध गरिने एक प्रकारको जिहाद हो। यसमा धन खर्च हुन्छ र शारीरिक शक्तिको प्रयोग पनि हुन्छ। त्यसैले, यो शारीरिक र आर्थिक दुवै प्रकारको उपासनाअन्तर्गत पर्छ, जसरी अल्लाहको मार्गमा हुने जिहाद पनि शरीर र धन दुवैको प्रयोगमा आधारित हुन्छ।</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[बुखारीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2759</t>
   </si>
   <si>
     <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>हे अब्बास, अल्लाहका रसूलको काका, अल्लाहसँग यस संसार र परलोकमा शान्ति र कल्याणको लागि प्रार्थना गर्नुहोस् ।</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुराहरू सिकाउनुहोस्, जुन म अल्लाहसँग माग्न सकूँ । उहाँले भन्नुभयो: "अल्लाहसँग शान्ति र कल्याण माग्नुहोस् ।" उनले भने: म केही दिन बसें र फिर्ता आए र भने: हे अल्लाहको रसूल, मलाई केही यस्तो कुरा सिकाउनुहोस् जुन म अल्लाहसँग माग्न सकूँ । उहाँले भन्नुभयो: "हे अब्बास, अल्लाहका रसूलको काका, अल्लाहसँग यस संसार र परलोकमा शान्ति र कल्याणको लागि प्रार्थना गर्नुहोस् ।"</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
@@ -435,147 +437,147 @@
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कियामत (प्रलय) को दिन मानिसहरूबीचमा सर्वप्रथम रक्तपात (हत्या) को बारेमा फैसला गरिनेछ।"</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामत (प्रलय) को दिन मानिसहरूले एकअर्कालाई पुर्याएको अन्यायको हिसाब-किताब गर्दा, सबैभन्दा पहिले रक्तपात; हत्या र शारीरिक चोट पुर्याइएका विषयहरूमाथि न्याय गरिनेछ।</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>हदीसबाट प्रस्ट हुन्छ कि रक्तपातको मामिला धेरै नै महत्त्वपूर्ण छ। किनभने महत्त्वपूर्ण भएकोले (कयामत को दिन कर्म-हिसाबकिताबको)  शुरुवात त्यसै विषयबाट गरिन्छ ।
 पापहरू तिनले निम्त्याउने हानिको व्यापकताअनुसार ठूला हुन्छन्। निर्दोष आत्माको हत्या गर्नु सबैभन्दा ठूलो हानिकारक क्षतिकार्य हो, र यसभन्दा ठूलो पाप केवल अल्लाहप्रति कुफ्र (अविश्वास) र शिर्क (बहुदेववाद) गर्नु हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2962</t>
   </si>
   <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
-    <t>जो अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्छ, केवल ऊ मात्र अल्लाहको मार्गमा हुन्छ ।</t>
+    <t>जसले अल्लाहको वचन (तौहीद) सर्वोच्च होस् भन्ने लक्ष्य लिएर लड्छ, ऊ नै मात्र अल्लाहको मार्गमा लडिरहेको हुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
-    <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो, एक व्यक्ति आफ्नो बहादुरी प्रदर्शन गर्न लड्छ, अर्को महिमाको लागि लड्छ र एक व्यक्ति रियाकारी (देखावटी) को लागि लड्छ, तिनीहरूमध्ये कुन व्यक्ति अल्लाहको मार्गमा छ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जो अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्छ, केवल ऊ मात्र अल्लाहको मार्गमा हुन्छ ।"</t>
+    <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग (विभिन्न मनोवृत्ति साथ युद्धमा भाग लिनेबारे सोधियो): "कोही बहादुरी देखाउन लड्छ, कोही जातिवाद (हठ वा पक्षपात) का लागि लड्छ, अनि कोही देखावटी वा प्रशंसा पाउन लड्छ। यीमध्ये कुन अल्लाहको मार्गमा (गरिएको) युद्ध हो?" रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो:"जसले अल्लाहको वचन (तौहीद) सर्वोच्च होस् भन्ने लक्ष्य लिएर लड्छ, ऊ नै मात्र अल्लाहको मार्गमा लडिरहेको हुन्छ।"</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई विभिन्न उद्देश्यहरू बोकेर लड्नेहरू बारे सोधिएको थियो, कसैले बहादुरी प्रदर्शन गर्न लड्छ, कसैले महिमाको लागि लड्छ र कोही रियाकारी (देखावती) को लागि लड्छ, तिनीहरूमध्ये कुन व्यक्ति अल्लाहको मार्गमा छ? जवाफमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्ने व्यक्ति केवल अल्लाहको मार्गमा हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई विभिन्न उद्देश्य लिएर लड्नेहरू बारे सोधिएको थियो, कोही बहादुरी प्रदर्शन गर्न लड्छ, कोही पक्षपातको लागि लड्छ र कोही देखावती को लागि लड्छ, तिनीहरूमध्ये कुन व्यक्ति अल्लाहको मार्गमा हुन्छ? जवाफमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्ने व्यक्ति नै केवल अल्लाहको मार्गमा हुन्छ ।</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
-    <t>कर्म सही वा गलत हुने आधारभूत सिद्धान्त भनेको मानिसको नीयत र इमानदारीमा निर्भर हुन्छ ।
-[...2 lines deleted...]
-मुजाहिदीन (योद्धा) को बारेमा उल्लेख सद्गुण केवल अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्नेहरूका लागि हुन् ।</t>
+    <t>कर्म सही वा गलत हुने आधारभूत सिद्धान्त मानिसको नियत (मनसाय) र सत्यनिष्ठामा निर्भर रहन्छ।
+जिहादको मूल उद्देश्य अल्लाहको वचनको उच्चीकरण गर्नु हो। यस उद्देश्यसँगै युद्धबाट प्राप्त हुने गनीमत (धनसम्पत्ति) जस्ता वैध लाभहरू जोडिएका हुन सक्छन्, तर यस अतिरिक्त लक्ष्यले जिहादको मूल उद्देश्यलाई प्रभाव पार्दैन।
+मातृभूमि, पवित्र स्थल तथा इज्जतको रक्षा गर्न शत्रुहरूसँग लड्नु पनि अल्लाहको मार्गमा गरिने जिहाद अन्तर्गत पर्छ।
+मुजाहिदीन (योद्धा) का बारेमा उल्लेखित सद्गुणहरू केवल अल्लाहको वचन (तौहीद) लाई उच्च पार्न लड्नेहरूका लागि हुन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2969</t>
   </si>
   <si>
     <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सिङ्ग भएका दुईवटा ठूला भेडाहरूको कुर्बानी (बलिदान) दिनुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नो हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले सिङ्ग भएका दुईवटा ठूला भेडाहरूको कुर्बानी (बलिदान) दिनुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नो हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले ईदुल-अज्हाको दिन कालो र सेतो रङ्मग मिसिएको र सिङहरू भएका दुईवटा नर भेडाहरूको कुर्बानी गर्नुभयो । उहाँले दुवैको घाँटीको छेउमा खुट्टा राखेर बिस्मिल्लाह, अल्लाहु अकबर भनेर आफ्नै हातले जबह (वध) गर्नुभयो ।</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>कुर्बानी (बलिदान) को वैधानिकता र सम्पूर्ण मुस्लिमहरूको यसमा सर्वसम्मति रहेको छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले जुन जनावरको कुर्बानी दिनुभएको छ त्यसैको कुर्बानी गर्नु उत्कृष्ट हो; किनभने त्यो आकर्षक हुनुको साथ यसको बोसो र मासु राम्रो हुन्छ ।
 इमाम नववीले भने: आफ्नो कुर्बानी आफ्नो हातले जबह गर्नु मुस्तहब हो । तर कुनै जायज कारणले वकील बनाउनु अनुमति छ र यस्तो अवस्थामा त्यहाँ उपस्थित हुनुपर्छ वा कुनै मुस्लिमलाई नियुक्त गर्नु जायज हो र यसमा कुनै मतभेद छैन ।
 इब्ने हजरले भने: जबह (वध) गर्दा बिस्मिल्लाहको साथ "अल्लाहु अकबर" भन्नु र जनावरको दाहिने काँधमा खुट्टा राख्नु मुस्तहब हो । त्यसैले जनावरलाई भुइँमा बायाँ पट्टी राख्ने र आफ्नो खुट्टा उसको दाहिने छेउमा राख्नुपर्छ भन्नेमा सम्मति छ, ताकि जबह गर्नेलाई दायाँ हातले चक्कु समात्न र देब्रे हातले टाउको समात्न सजिलो होस् ।
 सिङ्ग भएको जनावरको कुर्बानी गर्नु मुस्तहब हो, तर सिङ्ग नभएको पनि गर्न पाइन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
-    <t>“रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनुहोस्, सुन र चाँदीको भाँडाहरूमा नपिउनुहोस् र तिनीहरूका थालहरूमा नखानुहोस् । किनभने यो तिनीहरूका लागि यस लोकमा हो र हाम्रो लागि परलोकमा हो ।</t>
+    <t>“तिमीहरु रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनु, तथा सुन र चाँदीका भाँडा र थालहरूमा खानपान नगर्नू। किनभने, यी वस्तुहरू तिनीहरू (अविश्वासीहरू) का लागि यस लोकमा हुन् र हाम्रो लागि परलोकमा हुन्।”</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
-    <t>अब्दुर रहमान बिन अबु लैलाले बयान गरेका छन्, उनीहरू हुजैफा (रजियल्लाहु अन्हु) सँग थिए । उनले पिउनको लागि पानी मागे, एउटा मजुसीले उनलाई पानी दियो । जब उसले उनको हातमा पानीको प्याला (कचौरा) राख्यो, उनले उसलाई त्यसैले हिर्काए र भने: मैले उसलाई एक दुई पटक निषेध नगरेको भए मैले यसो गर्ने थिइनँ । उनले के भन्न खोजे भने: मैले त्यत्तिकै त्यसो गरेको होइन । मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनेको छु, उहाँले भन्नुभयो: “रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनुहोस्, सुन र चाँदीको भाँडाहरूमा नपिउनुहोस् र तिनीहरूका थालहरूमा नखानुहोस् । किनभने यो तिनीहरूका लागि यस लोकमा हो र हाम्रो लागि परलोकमा हो ।"</t>
+    <t>अब्दुर्रहमान इब्न अबी लैला (रहिमहुल्लाह) बाट रिवायत छ कि उनीहरू हुजैफा (रज़ियल्लाहु अनहु) को संगतमा थिए। उहाँ (हुजैफा) ले पिउनका लागि पानी माग्नुभयो, तब एक जना मजूसी (अग्निपूजक) ले उहाँलाई (चाँदीको कचौरामा) पानी दियो। जब हुजैफाले गिलास आफ्नो हातमा लिनुभयो, उहाँले त्यो गिलास फ्याँकिदिनुभयो र भन्नुभयो: "यदि मैले उसलाई एक वा दुई पटकभन्दा बढी नरोकेको भए (म यस्तो गर्ने थिइनँ), तर मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसो भन्दै गरेको सुनेको छु, उहाँले भन्नुहुन्छ: “तिमीहरु रेशम र दिबाज (बाक्लो रेशमी वस्त्र) नलगाउनु, तथा सुन र चाँदीका भाँडा र थालहरूमा खानपान नगर्नू। किनभने, यी वस्तुहरू तिनीहरू (अविश्वासीहरू) का लागि यस लोकमा हुन् र हाम्रो लागि परलोकमा हुन्।”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुरुषहरुलाई सबै प्रकारको रेशमको लुगा लगाउन निषेध गर्नुभयो । जबकि उहाँले महिला र पुरुष दुवैलाई सुन चाँदीको भाँडामा खानपिन गर्न निषेध गर्नुभएको छ । अनि यी चीजहरू न्यायको दिनमा मुमिनहरूका लागि विशेष आशीर्वाद हुनेछन्; किनभने तिनीहरूले अल्लाहको आदेशको पालना गर्दै यस संसारमा त्यसबाट टाढिएका थिए । यसको विपरित, काफिरहरूले परलोकमा यी चीजहरू पाउने छैनन्; किनभने तिनीहरूले अल्लाहको आदेशको अवज्ञा गरेर सांसारिक जीवनमा यी कुराहरू भोगेका छन् ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुरुषहरुको लागि सबै प्रकारको रेशमको लुगा लगाउन निषेध गर्नुभएको छ । त्यसैगरी, उहाँले महिला तथा पुरुष दुवैका लागि सुन र चाँदीका भाँडामा खानपान गर्न निषेध गर्नुभएको छ। साथै नबी (सल्लल्लाहु अलैहि वसल्लम)  ती सबै वस्तुहरु परलोकमा केवल मोमिनहरूका लागि विशेष गरिएको छ भनेर सूचित गर्नुभएको छ; किनभने तिनीहरूले अल्लाहको आदेशको पालना गर्दै यस संसारमा त्यसबाट टाढिएका थिए । जहाँसम्म काफिरहरूको कुरा छ, तिनीहरूका लागि परलोकमा कुनै आनन्द सुख हुने छैन, किनकि तिनीहरूले सांसारिक जीवनमा आसक्त भएर र अल्लाहको आदेशको उल्लङ्घन गरेर आफ्ना सम्पूर्ण सुख-सुविधा र आनन्द यसै संसारमा भोगिसकेका हुन्छन्।</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
-    <t>रेशम र दिबाज (बाक्लो रेशम) को लुगा पुरुषहरूको लागि निषेधित छ र लगाउनेहरूलाई कडा धम्की दिइएको छ ।
-रेशम र दिबाज (बाक्लो रेशम) को लुगा लाउनु महिलाहरु को लागी हलाल हो ।
+    <t>रेशम र दिबाज (बाक्लो रेशम) को लुगा पुरुषहरूको लागि निषेधित छ र लगाउनेहरूलाई कडा यातनाको चेतावनी दिइएको छ ।
+रेशम र दिबाज (बाक्लो रेशम) को लुगा लाउनु महिलाहरु को लागी वैध छ।
 सुन र चाँदीको थाल र भाँडाहरूमा खान र पिउन महिला र पुरुष दुवैका लागि निषेध गरिएको छ ।
-हुजैफा (रजियल्लाहु अन्हु) ले उसलाई सुन र चाँदीका भाँडाहरू प्रयोग नगर्न बारम्बार मनाही गरे पनि उसले आफ्नो मनोवृत्ति परिवर्तन नगरेकोले उनले कठोर प्रतिक्रिया देखाए ।</t>
+हुजैफा (रजियल्लाहु अन्हु) ले उसलाई सुन र चाँदीका भाँडाहरू प्रयोग नगर्न बारम्बार मनाही गरे पनि उसले आफ्नो व्यवहार परिवर्तन नगरेकोले उनले कठोर प्रतिक्रिया देखाए ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2985</t>
   </si>
   <si>
     <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>जसले यस संसारमा रेशम लगाउँछ, उसले परलोकमा लगाउने छैन ।</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>उमर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले यस संसारमा रेशम लगाउँछ, उसले परलोकमा लगाउने छैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस संसारमा रेशमी कपडा लगाउने र तौबा (पश्चात्ताप) नगरी मर्ने पुरुषलाई परलोकमा सजायको रूपमा यो पहिरनबाट वञ्चित गरिने बताउनुभएको छ ।</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
@@ -608,79 +610,82 @@
   </si>
   <si>
     <t>मुस्लिमहरूलाई आतंकित गर्न वा लुटपाट गर्न हतियार उठाउने विरुद्ध रसूल (सल्लल्लाहु अलैहि वसल्लम) ले  चेतावनी दिनुभएको छ । जसले यो अन्यायपूर्ण काम गर्छ, उसले ठूलो अपराध र गम्भीर पाप गर्छ र यो कडा प्रतिज्ञाको हकदार हुन्छ ।</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>एक मुस्लिमले आफ्ना मुस्लिम दाजुभाइहरू विरुद्ध लड्ने बारे धेरै कडा चेतावनी ।
 धर्तीमा सबैभन्दा ठूलो निन्दनीय कार्य र ठूलो फसाद भनेको मुसलमानहरू विरुद्ध हतियार उठाउनु र हत्या गरेर फसाद फैलाउनु हो।
 उपरोक्त प्रतिज्ञाको दायरा भित्र विद्रोही र अराजकता फैलाउन उक्साउनेहरू विरुद्धको सही प्रकारको युद्ध समावेश छैन।
 उल्लेख गरिएको धम्कीमा न्यायसंगत युद्धलाई समेटिदैन, जस्तो कि विद्रोही र भ्रष्टाचार गर्नेहरू विरुद्धको युद्ध।
 हतियार आदि देखाएर मुस्लिमहरू लाई भयभीत र त्रसित गर्न पाइँदैन, चाहे त्यो मजाकको रूपमा नै किन होस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/2997</t>
   </si>
   <si>
     <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
-    <t>मैले तिमीहरूलाई शंका गरेकोले कसम खान भनेको होइन । तथ्य के हो भने जिब्रील (उच्च स्वर्गदूत) आएर मलाई भने, अल्लाहले स्वर्गदूतहरूको अगाडि तिमीहरूप्रति गर्व गर्दै हुनुहुन्छ ।</t>
+    <t>मैले तिमीहरूमाथि शंका गरेर कसम खुवाएको होइन, तर वास्तविकता यो हो कि म कहाँ जिब्रील (अलैहिस्सलाम) आउनुभयो र मलाई भन्नुभयो कि अल्लाहले फरिश्ताहरू (स्वर्गदूतहरू) को सामु (यसै सत्कर्मको कारणले) तपाईंहरूप्रति गर्व गरिरहनुभएको छन्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मुआविया (रजियल्लाहु अन्हु) मस्जिदमा मानिसहरूको एक समूहमा आए र सोधे: तपाईंहरू यहाँ किन बसिरहनुभएको छ? तिनीहरूले भने: हामी अल्लाहलाई याद (जिक्र) गर्न बसेका छौं । मुआविया (रजियल्लाहु अन्हु) ले भने: मलाई कसम खाएर भन्नुहोस्, तपाईंहरू केवल यसैको लागि बसिरहनुभएको छ? मानिसहरूले भने: अल्लाहको कसम, हामी यहाँ यसैको लागि बसेका छौं । मुआविया (रजियल्लाहु अन्हु) ले भने, म तपाइँहरूलाई झुटो ठान्छु र शंका गर्छु भनेर कसम खान भनेको होइन । म नबी (सल्लल्लाहु अलैहि वसल्लम) को नजिकको मान्छे भए तापनि उहाँबाट म भन्दा कम हदीसहरू उद्धृत गर्ने अरु कोही छैन होला: नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो सहाबा (साथी) हरूको समूहमा आए र सोधे: "तिमीहरू यहाँ किन बसिरहेका छौ?" साथीहरूले जवाफ दिए: हामी यहाँ अल्लाहलाई याद गर्न, उहाँको प्रशंसा गर्न बसेका छौं जसले हामीलाई इस्लामको मार्ग देखाउनुभएको छ र हामीलाई इस्लाम जस्तो धर्म दिनुभएको छ । उहाँले भन्नुभयो: "मलाई कसम खाएर भन, तिमीहरू यसैको लागि बसेकाछौं ?" तिनीहरूले भने: अल्लाहको कसम, हामी यसैको लागि बसेका छौं । उहाँले भन्नुभयो: "मैले तिमीहरूलाई शंका गरेकोले कसम खान भनेको होइन । तथ्य के हो भने जिब्रील (उच्च स्वर्गदूत) आएर मलाई भने, अल्लाहले स्वर्गदूतहरूको अगाडि तिमीहरूप्रति गर्व गर्दै हुनुहुन्छ ।"</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गर्नुभएको छ कि मुआविया (रजियल्लाहु अन्हु) मस्जिदमा मानिसहरूको एक समूहकहाँ आउनुभयो र सोध्नुभयो: "तपाईंहरू यहाँ किन बसिरहनुभएको छ?"
+उनीहरूले भने: "हामी अल्लाहको स्मरण (जिक्र) गर्न बसेका छौं।"
+मुआविया (रजियल्लाहु अन्हु) ले भन्नुभयो: "मलाई कसम खाएर भन्नुहोस्, के तपाईंहरू केवल जिक्रको लागि नै बसिरहनुभएको छ?"
+मानिसहरूले भने: "अल्लाहको कसम, हामी यहाँ अल्लाहको स्मरणकै लागि बसेका छौं।" मुआविया (रजियल्लाहु अन्हु) ले भन्नुभयो: "मैले तपाईंहरू माथि अविश्वास गरेर वा शंका गरेर कसम खान लगाएको होइन। नबी (सल्लल्लाहु अलैहि वसल्लम) सँग मेरो निकटता भए तापनि, उहाँबाट मभन्दा कम हदीसहरू वर्णन गर्ने अरू कोही छैन होला: नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्ना सहाबाहरू (साथीहरू) को समूहमा आउनुभयो र सोध्नुभयो: "तिमीहरू यहाँ किन बसिरहेका छौ?" सहाबाहरूले जवाफ दिए: "हामी यहाँ अल्लाहको स्मरण गर्न र उहाँको प्रशंसा गर्न बसेका हौँ, जसले हामीलाई इस्लामको मार्गदर्शन दिनुभयो र हामीलाई इस्लाम (जस्तो धर्म) प्रदान गर्नुभयो।" उहाँले भन्नुभयो: "कसम खाएर भन, के तिमीहरू साँच्चै यही उद्देश्यका लागि बसिरहेका छौ?" उनीहरूले भने: "अल्लाहको कसम, हामी यही उद्देश्यका लागि बसेका हौँ।" उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "मैले तिमीहरूमाथि शंका गरेर कसम खुवाएको होइन, तर वास्तविकता यो हो कि म कहाँ जिब्रील (अलैहिस्सलाम) आउनुभयो र मलाई भन्नुभयो कि अल्लाहले फरिश्ताहरू (स्वर्गदूतहरू) को सामु (यसै सत्कर्मको कारणले) तपाईंहरूप्रति गर्व गरिरहनुभएको छन्।"</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
-    <t>मुआविया बिन अबू सुफ्यान (रजियल्लाहु अन्हुमा) मस्जिदमा एक हल्का (समूह) मा आए र तपाईंहरू यहाँ किन बसिरहनुभएको छ? भनेर सोधे । तिनीहरूले भने: हामी अल्लाहलाई याद (जिक्र) गर्न बसेका छौं । त्यसैले उनले तिनीहरू अल्लाहलाई याद (जिक्र) गर्न बसिरहेका छन् भनेर कसम खान लगाए । तसर्थ, तिनीहरूले कसम खाए । त्यसपछि मुआविया (रजियल्लाहु अन्हु) ले भने, म तपाइँहरूको सत्यतामा शंका गरेर र झुटो ठानेर कसम खान भनेको होइन । अनि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) संग उनको जति घनिष्टता र पद अरु कसैको नभएको बताए; किनभने उनकी बहिनी उम्मे हबीबा (रजियल्लाहु अन्हा) नबी (सल्लल्लाहु अलैहि वसल्लम) की पत्नी थिइन् र उनी स्वयं वही (प्रकाशना) का लेखकहरूमध्ये एक थिए । यसका बाबजुद उनले धेरै कम हदीसहरू उद्धृत गरेका छन् । त्यसपछि उनले उनीहरूलाई भने, एक दिन नबी (सल्लल्लाहु अलैहि वसल्लम) घरबाट बाहिर निस्कनुभयो र उनीहरूलाई मस्जिदमा बसेर अल्लाहलाई सम्झिरहेको र इस्लामको मार्गदर्शन गर्नुभएकोमा उहाँको प्रशंसा गर्दै गरेको भेट्टाउनुभयो । तब उहाँले आफ्ना साथीहरुलाई त्यस्तै सोध्नुभयो र कसम लिनुभयो जसरी मुआविया (रजियल्लाहु अन्हु) ले सोधेका र कसम लिएका थिए । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूसित गरेको प्रश्न र कसम खान भन्ने कारण खुलाउदै बताउनुभयो । जिब्रील (अलैहिस्सलाम) म कहाँ आएर भने : अल्लाहले स्वर्गदूतहरूको अगाडि तिनीहरूको उत्कृष्टता व्यक्त गर्दै र तिनीहरूको राम्रो कामहरू देखाउँदै तिनीहरूप्रति गर्व गर्दै हुनुहुन्छ ।</t>
+    <t>मुआविया बिन अबी सुफयान (रजियल्लाहु अन्हुमा) मस्जिदमा एउटा हल्का (समूह) तिर आउनुभयो र तिनीहरूसँग सोध्नुभयोः तिमीहरू कुन कुराको लागि भेला भएका छौ ? तिनीहरूले भने: हामी अल्लाहलाई याद (जिक्र) गर्न बसेका छौं । उनले यो सुनेर तिनीहरू अल्लाहलाई याद (जिक्र) गर्न बसिरहेका छन् भन्ने कुराको लागि कसम खान लगाए । र तिनीहरूले त्यसकुरा प्रति कसम खाए । त्यसपछि मुआविया (रजियल्लाहु अन्हु) ले भन्नुभयो, "मैले तपाईंहरूको सत्यतामाथि शंका गरेर वा तपाईंहरूलाई झुटो ठानेर कसम खान भनेको होइन।" साथै, उहाँले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग उहाँको जस्तो घनिष्ठता र पद अरू कसैको नभएको बताउनुभयो; किनभने उहाँकी बहिनी उम्मे हबीबा (रजियल्लाहु अन्हा) नबी (सल्लल्लाहु अलैहि वसल्लम) की पत्नी हुनुहुन्थ्यो र उहाँ स्वयं 'वही' (ईश्वरीय प्रकाश) का लेखकहरूमध्ये एक हुनुहुन्थ्यो। यति हुँदाहुँदै पनि, उहाँले धेरै कम हदीसहरू वर्णन गर्नुभएको छ। त्यसपछि  मुआविया (रजियल्लाहु अन्हु) ले उनीहरूलाई बताउनुभयो कि "एक दिन नबी (सल्लल्लाहु अलैहि वसल्लम) घरबाट बाहिर निस्कनुभयो र उहाँहरूलाई (सहाबीहरूलाई) मस्जिदमा बसेर अल्लाहको स्मरण गरिरहेको र इस्लामको मार्गदर्शन प्रदान गर्नुभएकोमा अल्लाहको प्रशंसा गरिरहेको अवस्थामा भेट्टाउनुभयो। तब उहाँले आफ्ना सहाबीहरूलाई पनि त्यसरी नै सोध्नुभयो र कसम लिनुभयो, जसरी मुआविया (रजियल्लाहु अन्हु) ले सोध्नुभएको र कसम लिनुभएको थियो। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबीहरूसँग गर्नुभएको प्रश्न र कसम खान लगाउनुको कारण खुलाउँदै भन्नुभयो: जिब्रील (अलैहिस्सलाम) मकहाँ आएर भन्नुभयो: अल्लाहले स्वर्गदूतहरूको अगाडि ती सहाबीहरूको उत्कृष्टता बताउँदै र उनीहरूका असल कार्यहरू देखाउँदै उनीहरूप्रति गर्व गरिरहनुभएको छ।</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
-    <t>मुआविया (रजियल्लाहु अन्हु) को उत्कृष्टता र ज्ञान फैलाउने क्रममा नबी (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याउने उत्सुकता ।
-[...1 lines deleted...]
-जिक्र (सम्झना) र इल्म (ज्ञान)को जमघटको सद्गुण । अल्लाहले त्यस्ता भेलाहरूलाई मन पराउनुहुन्छ र स्वर्गदूतहरूको अगाडि उनीहरूको महिमा गर्नुहुन्छ।</t>
+    <t>यस हदीसबाट मुआविया (रजियल्लाहु अन्हु) को उत्कृष्टता र ज्ञान फैलाउने क्रममा नबी (सल्लल्लाहु अलैहि वसल्लम) को पाइला पछ्याउने उत्सुकता प्रस्ट हुन्छ ।
+यदि कसम खुवाउने उद्देश्य केवल उक्त समाचारको गम्भीरता र महत्त्वतर्फ ध्यानाकर्षण गराउनु मात्र हो भने, कुनै शङ्का वा आरोप बिना नै कसम खुवाउन जायज छ।
+यस हदीसमा ज्ञान र अल्लाहको स्मरण हुने सभाहरूको महान् गुण बताइएको छ, र यो पनि स्पष्ट हुन्छ कि अल्लाह ती सभाहरूलाई प्रेम गर्नुहुन्छ र ती सभाहरूको विषयमा आफ्ना फरिश्ताहरू समक्ष गर्व गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[मुस्लिमले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3007</t>
   </si>
   <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>निश्चय नै यी दुवैलाई सजाय दिइँदैछ तर उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैनन्, (सजाय भोगीरहेका कारण यो हो कि) तिनीहरूमध्ये एक पिसाबबाट बच्दैनथ्यो र अर्कोले चुक्ली गर्थ्यो</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) दुई चिहानहरूको नजिकबाट गुज्रनुभयो र भन्नुभयो: " निश्चय नै यी दुवैलाई सजाय दिइँदैछ तर उनीहरू कुनै ठूलो पापको कारणले दण्डित भइरहेको छैनन्, (सजाय भोगीरहेका कारण यो हो कि) तिनीहरूमध्ये एक पिसाबबाट बच्दैनथ्यो र अर्कोले चुक्ली गर्थ्यो  ।" त्यसपछि उहाँले खजुरको एउटा ताजा हाँगा लिनुभयो र त्यसलाई दुइभागमा च्यातेर प्रत्येक चिहानमा एक भाग गाड्नुभयो । साथीहरूले सोधे, हे अल्लाहका रसूल ! त्येस्तो किन गर्नुभएको ? उहाँले जवाफ दिनुभयो: "सायद यी दुई हाँगाहरू नओइलिएसम्म उनीहरूको पीडा हलुका हुनसक्छ ।"</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
@@ -779,51 +784,54 @@
     <t>यदि कुनै मानिसले आफ्नो भाइसँग माया गर्दछ भने, उसले बताऒस् कि ऊ सँग माया गर्दछ" ।</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>मिकदाम बिन माअ्दिकरिब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "यदि कुनै मानिसले आफ्नो भाइसँग माया गर्दछ भने, उसले बताऒस् कि ऊ सँग माया गर्दछ" ।</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आस्थावानहरू बीचको सम्बन्धलाई  बलियो बनाउन र तिनीहरू भित्र आपसी प्रेमको वातावरण सिर्जना गर्न एउटा कारण उल्लेख गर्नुभएको छ । त्यो के हो कि जब कोही व्यक्तिले कसैलाई माया गर्छ भने उसले उसलाई माया गर्छ भनेर बताउनुपर्छ ।</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>बिना कुनै सांसारिक स्वार्थ अल्लाहको लागि गरिएको शुद्ध प्रेमको श्रेष्ठटा  ।
 अल्लाहको लागि कुनै व्यक्तिसँग गरिएको माया बारे उसलाई बताउनु राम्रो कुरा हो, त्यस्ले प्रेम अझ प्रगाढ र बलियो हुनेछ ।
 मुस्लिम हरु बीच आपसी प्रेम प्रवर्द्धनले इस्लामिक भाइचारालाई बलियो बनाउँछ र समाजलाई विघटित हुनबाट बचाउँछ ।</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[अबू दाउद, तिर्मीजी र निसाईले कुब्रामा र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो जुत्ता लगाउदा, आफ्नो कपाल कोर्दा, वुजू गर्दा यहाँसम्म आफ्नो सबै मामिलाहरूमा दायाँतिरबाट आरम्भ गर्न मन पराउनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>उम्मुल-मुमिनीन (आस्थावानहरूकि आमा)आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो जुत्ता लगाउदा, आफ्नो कपाल कोर्दा, वुजू गर्दा यहाँसम्म आफ्नो सबै मामिलाहरूमा दायाँतिरबाट आरम्भ गर्न मन पराउनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दायाँ तर्फबाट सम्मानजनक कार्यहरू सुरु गर्न मन पराउनुहुन्थ्यो, जस्तैः जुत्ता लगाउँदा पहिले दाहिने खुट्टाबाट सुरु गर्ने, टाउको र दाह्रीको कपालमा तेल लगाउँदा र काईयो गर्दा दायाँबाट सुरु गर्ने, वुजू गर्दा दायाँ हात र दाहिने खुट्टालाई बायाँ हात र देब्रे खुट्टा भन्दा पहिला धुने इत्यादि ।</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -858,71 +866,71 @@
   </si>
   <si>
     <t>फातिमा बिन्ते अबू हुबैशले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधिन् कि उनको रजस्वला रोकिदैन र महिनावारी बाहेकका दिनहरूमा पनि रगत बगिरहन्छ, के यो रगतलाई महिनावारीको रगत मानिनेछ र के उहाँले नमाज छोड्न सक्छिन् ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : यो महिनावारीको रगत होइन, यो त इस्तिहाजा अर्थात् रोगजन्य रक्त हो, जुन पाठेघरको नसा फुट्दा निस्कन्छ । तसर्थ, इस्तैहाजाको (रोग) स्थिति उत्पन्न हुनुभन्दा पूर्व, तिम्रो सामान्य महिनावारीको अवधि जति दिनको थियो, त्यति दिनलाई नै महिनावारी मानेर नमाज, उपवास तथा महिनावारीका समयमा निषेध गरिएका सम्पूर्ण कार्यहरूबाट टाढा रहनु। त्यो समयावधि समाप्त हुनासाथ तिमी हैज (महिनावारी) बाट शुद्ध हुनेछौं। त्यसपछि महिनावारीबाट शुद्ध हुनको लागि रगत निस्कने ठाउँलाई राम्ररी सफा गर र पूर्ण रूपमा स्नान गर अनि त्यसपछि नमाज पढ्न शुरु गर ।</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>महिनावारी सकिएपछि महिलाले अनिवार्य रूपमा नुहाउनु पर्छ ।
 इस्तीहाजह (रोगजन्य रक्तस्राव)  भएकी महिलाले अनिवार्य रूपमा नमाज पढ्नु पर्छ ।
 महिनावारी (हैज) भनेको प्राकृतिक रूपमा निस्कने रगत हो जसमा वयस्क महिलाको पाठेघरबाट निश्चित दिनहरूमा योनीको माध्यमबाट रगत निस्कने गर्दछ।
 इस्तिहाजा भनेको पाठेघरको खाडलबाट नभई यसको माथिल्लो भागबाट असामयिक रगत बग्नु हो ।
 महिनावारीको रगत र इस्तीहाजाको रगतमा फरक के छ भने महिनावारीको रगत कालो, बाक्लो र दुर्गन्धित प्रकृतिको हुन्छ, जबकि इस्तीहाजाको रगत रातो, पातलो र गन्धरहित हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3029</t>
   </si>
   <si>
     <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
-    <t>आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सीधा गर्नु पूर्ण नामाजको एक भाग हो ।</t>
+    <t>नमाज पढ्दा सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सिधा गर्नु नमाजको पूर्णताको  एक भाग हो ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>अनस बिन् मालिक(रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आफ्ना सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सीधा गर्नु पूर्ण नामाजको एक भाग हो ।"</t>
+    <t>अनस बिन् मालिक(रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "नमाज पढ्दा सफ (पङ्क्ति) हरू सीधा गर्नुहोस्; किनकि सफ (पङ्क्ति) हरू सिधा गर्नु नमाजको पूर्णताको  एक भाग हो ।"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मोसल्ली (नमाज पढ्ने) हरूलाई आफ्ना पङ्क्तिहरू सीधा गर्न, पङ्क्तिमा उभिएको बेला एकअर्काको अगाडि वा पछि नभई सिधा उभिन आदेश दिँदै हुनुहुन्छ । पङ्क्तिहरू सिधा गर्नु नमाजको पूर्णताको एक हिस्सा हो र बाङ्गोपन प्रार्थनामा दोष र कमीको कारण हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मोसल्ली (नमाज पढ्ने) हरूलाई आफ्ना पङ्क्तिहरू सीधा गर्न, र पङ्क्तिमा उभिँदा अगाडि-पछाडि नभई, सीधा र बराबर उभिन आदेश दिनुभएको छ। पङ्क्तिहरू सीधा गर्नु नमाजको पूर्णताको एक हिस्सा हो र (पङ्क्तिको) बाङ्गोपन नमाजमा दोष र कमीको कारण हो।</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>नमाज लाई पूर्णता दिने र कमीबाट टाढा राख्ने सबै कुराहरूमा ध्यान दिनुपर्छ ।
-शिक्षामा नबी (सल्लल्लाहु अलैहि वसल्लम) को अद्भूत हिक्मत (बुद्धि) को प्रमाण, उहाँले आदेशसँगै यसको कारण पनि बताउनुभयो । जसले गर्दा आदेशको हिक्मत (कारण) स्पष्ट होस् र मानिसमा कार्यान्वयनको भावना जागृत होस् ।</t>
+यसमा शिक्षण कार्यमा नबी (सल्लल्लाहु अलैहि वसल्लम) को अद्भुत हिक्मत (प्रज्ञा) को स्पष्ट प्रमाण पाइन्छ, किनभने उहाँले आदेश दिनुका साथै त्यसको कारण पनि स्पष्ट पार्नुभएको छ, ताकि आदेशको तात्त्विक पक्ष बुझिन सकोस् र मानिसमा कार्यान्वयनको भावना उत्पन्न होस्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3031</t>
   </si>
   <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>“जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस्। जसले इस्तिन्जा (ढुंगाद्वारा शुद्धता प्राप्त गर्नु) गर्छ, उसले विजोर सङ्ख्यामा ढुंगा प्रयोग गरोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जब तिमीहरूमध्ये कसैले वुजू गर्छ, उसले नाकमा पानी हालेर राम्रोसँग सफा गरोस्। जसले इस्तिन्जा (ढुंगाद्वारा शुद्धता प्राप्त गर्नु) गर्छ, उसले विजोर सङ्ख्यामा ढुंगा प्रयोग गरोस्। तिमीहरूमध्ये कोही निद्राबाट ब्यूँझिन्छ भने, उसले भाँडोमा हात हाल्नु अघि आफ्नो हात तीन पटक धुनुपर्दछ, किनकि रातमा उसको हात कहाँ-कहाँ  गएको थियो उसलाई थाहा हुँदैन।” ।" सहीह मुस्लिमका शब्दहरू यस प्रकार छन्: "जब तिमीहरूमध्ये कोही निद्राबाट ब्यूँझन्छ, उसले आफ्नो हात तीन पटक नधोएसम्म भाँडामा डुबाउनु हुँदैन, किनकि उसलाई थाहा छैन कि सुत्ने बेला उसको हात कहाँ-कहाँ परेको थियो। ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तहारत (पवित्रता) का केही नियमहरुको व्याख्या गर्नुभएको छ, जस्तै: १- वुजू गर्ने व्यक्तिले श्वास तानेर नाकमा पानी लिनु पर्छ त्यसपछि अर्को श्वास फ्याँकेर पानी बाहिर निकाल्नुपर्छ। २- दिसापिसाबपश्चात् पानीबाहेक अन्य वस्तुहरू जस्तै ढुङ्गा आदिको प्रयोग गरी मलमूत्र सफा गर्न चाहने व्यक्तिले बिजोर संख्यामा ढुङ्गा आदिको प्रयोग गर्नुपर्छ। यसका लागि न्यूनतम संख्या तीन हो र अधिकतम संख्या जतिमा फोहर र स्थान पूर्ण रूपमा सफा हुन्छ, त्यति नै प्रयोग गर्न सकिन्छ। ३- राती सुतेर ब्युँझेपछि वुजु गर्नका लागि भाँडामा आफ्नो हात पसाउनुअघि हातलाई बाहिरै तीन पटक धुन उचित हुन्छ। यसको कारण के हो भने, रातभर सुत्दा हात कहाँ थियो भन्ने कुरा मानिसलाई थाहा हुँदैन। त्यसैले, हातमा कुनै अशुद्धता वा फोहोर लागेको हुन सक्छ। यसका अतिरिक्त, शैतानले हातसँग छेडछाड गरेको हुन सक्छ वा मानिसको लागि हानिकारक वा पानी दूषित गर्ने कुनै कुरा त्यसमा ल्याएको हुन सक्छ।</t>
@@ -1026,50 +1034,53 @@
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जिहादको सबैभन्दा ठूलो रूप भनेको अत्याचारी शासकको अगाडि न्यायको लागि बोल्नु हो ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक क्रूर र दमनकारी शासक वा हाकिमको अगाडि न्याय र सत्य बोल्नु भनेको अल्लाहको मार्गमा जिहाद गर्ने सबैभन्दा ठूलो र लाभदायक जिहाद मध्ये एक हो । किनभने यसमा पुण्य कर्मको उपदेश दिने र नराम्रो कामबाट रोक्ने  अनुष्ठानको अभ्यास हो, चाहे त्यो वचनद्वारा होस्, कलमद्वारा होस्, कर्मद्वारा होस् वा अन्य जुनसुकै तरिकाले होस्, जसबाट लाभ प्राप्त होस् र दुष्टताबाट बच्न सकोस् भनेर व्याख्या गर्नुभयो ।</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>पुण्य कर्म को उपदेश दिनु र नराम्रो कामबाट रोक्नु पनि जिहाद हो ।
 शासकलाई सल्लाह दिनु जिहादको सबैभन्दा ठूलो प्रकार हो, तर यो ज्ञान, बुद्धि र दृढताका साथ गर्नुपर्छ ।
 अल-खत्ताबी भन्छन्: यो सबैभन्दा राम्रो जिहाद हो; किनभने शत्रुसँग लड्दा हार वा जितको आशा र डर दुवै हुन्छ, तर शासकको अगाडि न्याय र सत्य बोल्नु, पुण्य कर्मको उपदेश दिनु र नराम्रो कामबाट मनाही गर्नु भनेको आफैंलाई बर्बादी र मृत्युको मुखमा धकेल्नु हो । त्यसैले डरको प्रभुत्वले गर्दा यसलाई उत्कृष्ट जिहाद भनिएको हो । अर्को तर्क के छ भने यदि शासकले उसको उपदेशलाई स्वीकार गर्यो भने ठूलो संख्यामा मानिसहरूको उद्धार हुन सक्छ र उसको उद्देश्य पुरा हुन्छ, त्यसैले यसलाई उत्कृष्ट जिहाद भनिएको हो ।</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[حسن لغيره]</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>निश्चय नै यो संसार मधुर र रमणीय छ। अल्लाहले तिमीहरूलाई यस संसारमा उत्तराधिकारी बनाउनुभएको छ र उहाँले हेर्नुहुन्छ कि तिमीहरू के कसरी कर्म गर्छौ। तसर्थ, संसार (को मोह माया) बाट सचेत रहनु र महिलाहरूबाट पनि सचेत रहनु</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै यो संसार मधुर र रमणीय छ। अल्लाहले तिमीहरूलाई यस संसारमा उत्तराधिकारी बनाउनुभएको छ र उहाँले हेर्नुहुन्छ कि तिमीहरू के कसरी कर्म गर्छौ। तसर्थ, संसार (को मोह माया) बाट सचेत रहनु र महिलाहरूबाट पनि सचेत रहनु, किनकि बनु-इस्राइलको पहिलो विपत्ति (फित्ना,परीक्षा ) महिला प्रलोभन सँग सम्बन्धित थियो।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
@@ -1228,164 +1239,164 @@
 मुखबाट दुर्गन्ध आउँदा मिस्वाक गर्ने प्रोत्साहन र यो आदेश अघिल्लो अर्थबाट लिइएको छ ।
 सामान्य रुपमा सरसफाई गर्ने प्रोत्साहन अनि यो नबी (सल्लल्लाहु अलैहि वसल्लम) को सुन्नत र इस्लामको उत्कृष्ट शिष्टाचार हो ।
 पूरा मुख माझ्दा दाँत, गिजा र जिब्रो समावेश हुन्छ ।
 पिलु नामी रूख वा अन्य कुनै झारबाट मिस्वाक बनाउन सकिन्छ, जसलाई मुख र दाँत सफा गर्न प्रयोग गरिन्छ । यसले मुख सफा गर्छ र गन्ध हटाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3063</t>
   </si>
   <si>
     <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>कुनै पनि मुमिन पुरुषले मुमिन महिलालाई घृणा गर्नु हुँदैन । यदि उसलाई उसको एउटा गुण मन पर्दैन भने अन्य बानी मन पर्नेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुनै पनि मुमिन पुरुषले मुमिन महिलालाई घृणा गर्नु हुँदैन । यदि उसलाई उसको एउटा गुण मन पर्दैन भने अन्य बानी मन पर्नेछ । " वा "अन्य" को सट्टा उहाँले "अर्को" शब्द भन्नुभयो ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पतिलाई आफ्नी पत्नीप्रति यस्तो घृणा नगर्न आदेश दिनुभएको छ, जसले अन्याय, परित्याग र सम्बन्ध विच्छेदलाई निम्त्याउँछ । किनभने हरेक मानिसमा जन्मजात केही न केही कमजोरी हुन्छन् । त्यसैले यदि उसलाई श्रीमतीको कुनै बानी मन पर्दैन भने अर्को बानी निश्चयनै मन पर्छ । यस्तो अवस्थामा आफूलाई मन पर्ने बानीमा खुशी हुनुहोस् र मन नपर्ने बानीमा धैर्य राख्नुहोस् । यसो गर्दा रमाइलो वातावरण सृजना हुनेछ र मन नपर्ने कुराहरू बिछोडको बिन्दुसम्म पुग्ने छैनन् ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पतिलाई आफ्नी पत्नीप्रति घृणा नगर्न आदेश दिनुभएको छ, जसले अन्याय, परित्याग र सम्बन्ध विच्छेदलाई निम्त्याउँछ । किनभने हरेक मानिसमा जन्मजात केही न केही कमजोरीहरू हुन्छन्। त्यसैले, यदि पतिलाई आफ्नी श्रीमतीको कुनै बानी मन पर्दैन भने, अर्को कुनै बानी निश्चय नै मन पर्न सक्छ। यस्तो अवस्थामा आफूलाई मन पर्ने बानीमा खुशी रहनुपर्छ र मन नपर्ने बानीमा धैर्य धारण गर्नुपर्छ। यसो गर्नाले सुमधुर वातावरण सिर्जना हुन्छ र मन नपर्ने कुराहरू सम्बन्ध विच्छेदको बिन्दुसम्म पुग्ने छैनन् ।</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
-    <t>यस हदीसमा मुमिनलाई निष्पक्ष र न्यायको साथ काम गर्न, आफ्नी पत्नीसँगको हरेक विवादमा तर्कको मध्यस्थता स्वीकार गर्न र अस्थायी भावनाहरूबाट प्रभावित कुनै काम नगर्न प्रोत्साहित गरिएको छ ।
-[...2 lines deleted...]
-ईमानले असल नैतिकतातर्फ आह्वान गर्छ, कुनै पनि आस्थावान पुरुष र आस्थावान महिला असल नैतिकता रहित हुँदैन । यदि ईमान छ भने त्यहाँ केही राम्रो गुणहरू हुनुपर्छ ।</t>
+    <t>यस हदीसमा मुमिनलाई निष्पक्ष र न्यायपूर्वक कार्य गर्न, आफ्नी पत्नीसँगको विवादमा तर्कपूर्ण मध्यस्थता स्वीकार गर्न तथा अस्थायी भावनाबाट प्रभावित भई कुनै कार्य नगर्न प्रोत्साहित गरिएको छ।
+कुनै मुमिन श्रीमान्ले कुनै मुमिन श्रीमतीप्रति घृणा गर्नु हुँदैन, जसले सम्बन्ध विच्छेदजस्तो अवस्था उत्पन्न होस्। बरु, आफूलाई मन नपर्ने पक्षहरूलाई बेवास्ता गरी मन पर्ने पक्षहरूतर्फ ध्यान दिनुपर्छ।
+यसमा पति-पत्नीलाई सुमधुर सम्बन्ध कायम राख्न प्रोत्साहन दिइएको छ।
+ईमानले असल नैतिकतातर्फ आह्वान गर्छ। कुनै पनि आस्थावान पुरुष वा आस्थावान महिला असल नैतिकताविहीन हुन सक्दैन। जहाँ ईमान हुन्छ, त्यहाँ निश्चय नै उत्तम गुणहरू अवश्यै पाइन्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3071</t>
   </si>
   <si>
     <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
-    <t>म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग उपस्थित थिएँ । उहाँ फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो</t>
+    <t>म नबी (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिएँ। उहाँ एक समुदायको फोहोरको थुप्रो नजिक पुग्नुभयो र उभिएर पिसाब गर्नुभयो।</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
-    <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, म रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग उपस्थित थिएँ । उहाँ फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो, त्यसैले म अलि टाढा गएँ । उहाँले भन्नुभयो: “यता आऊ” म उहाँको नजिक आएँ र उहाँको दुवै कुर्कुच्चोमा उभिएँ । उहाँले वुजू गर्नुभयो र आफ्नो दुवै मोजामाथि मसह गर्नुभयो ।</t>
+    <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि म नबी (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिएँ। उहाँ एक समुदायको फोहोरको थुप्रो नजिक पुग्नुभयो र उभिएर पिसाब गर्नुभयो। म केही टाढा सरेको थिएँ, उहाँले भन्नुभयोः “नजिक आऊ।” म नजिक गएँ र उहाँको कुर्कुच्चा (खुट्टाको पछाडि) को ठ्याक्कै पछाडि उभिएँ। त्यसपछि उहाँले वुजू गर्नुभयो र खुफ्फैन (मोजा) माथि मसह गर्नुभयो।”</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
-    <t>हुजैफा बिन अल-यमान (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा थिए । यसैबीच उहाँले पिसाब गर्ने निर्णय गर्नुभयो, त्यसैले उहाँ मानिसहरूले घर सफा गरेपछि जम्मा भएको धूलो र फोहोर फाल्ने ठाउँतिर जानुभयो र उभिएर पिसाब गर्नुभयो, यद्यपि यहाँ सामान्य रुपमा बसेर नै पिसाब फेर्नुहुन्थ्यो ।
-[...1 lines deleted...]
-त्यसपछि उहाँले वुजू गर्नुभयो र जब खुट्टा धुने समय आयो, उहाँले धुनुको सट्टा दुवै मोजाहरूमाथि मसह गर्नुभयो र मोजा फुकाल्नु भएन । दुवै खुट्टा ढाक्ने पातलो छाला आदिबाट बनेको वस्तुलाई खुफ भनिन्छ ।</t>
+    <t>हुजैफा बिन अल-यमान (रजियल्लाहु अन्हुमा) ले बयान गरेका छन् कि उनी नबी (सल्लल्लाहु अलैहि वसल्लम) सँगै थिएँ। नबी (सल्लल्लाहु अलैहि वसल्लम) लाई पिसाब फेर्न आवश्यकता भयो, त्यसैले उहाँ मानिसहरूले घरबाट बढारेको फोहोर-मैला फाल्ने ठाउँमा (जसलाई "सुबाता" भनिन्छ) जानुभयो। त्यहाँ पुगेर उहाँले उभिएरै पिसाब फेर्नुभयो, जबकि उहाँको सामान्य बानी बसेर पिसाब फेर्ने थियो।
+यो देखेर हुजैफा (रजियल्लाहु अन्हु) उहाँबाट अलिकति पर सर्नुभयो। तब नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई नजिक आउन भन्नुभयो । हुजैफा (रजियल्लाहु अन्हु) नजिक गएर उहाँको कुर्कुच्चाको ठीक पछाडि उभिनुभयो, ताकि त्यस अवस्थामा मानिसहरूको नजर उहाँमाथि नपरोस् र उहाँका लागि पर्दाको काम गरोस्। ।
+त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले वुजू गर्नुभयो र खुट्टा धुने पालोमा, धुनुको सट्टा दुवै मोजामाथि 'मसह' गर्नुभयो र मोजा फुकाल्नुभएन। खुट्टामा लगाइने र गोलीगाँठोसम्म ढाक्ने पातलो छाला वा त्यस्तै वस्तुबाट बनेको मोजालाई 'खुफ्फ' भनिन्छ।</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
-    <t>मोजामाथि मसह गर्नु जायज हो ।
-[...1 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) ले पिसाब फेर्न फोहोर फाल्ने ठाउँ रोज्नुभयो किनभने त्यो ठाउँ प्राय: नरम हुन्छ र पिसाब गर्ने व्यक्तिमा पिसाब छ्याप्ने डर हुँदैन ।</t>
+    <t>मोजामाथि मसह गर्नु जायज छ ।
+शरीर वा लुगामा पिसाब नलाग्ने शर्त सहित आवश्यकताअनुसार उभिएर पिसाब फेर्न अनुमति छ ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले पिसाब फेर्न फोहोर फाल्ने ठाउँ रोज्नुभयो किनकि त्यस्ता ठाउँहरू प्रायः नरम माटो भएका हुन्छन्, जहाँ पिसाबका थोपाहरू उछिट्टिएर व्यक्तिको (शरीर वा लुगामा) लाग्ने डर हुँदैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3075</t>
   </si>
   <si>
     <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
-    <t>जब तपाईं शौचालयमा जानुहुन्छ, तब किब्लातर्फ मुख वा पिठ्यूँ फर्काएर दिसापिसाब नगर्नुहोस्, बरु पूर्व वा पश्चिमतिर फर्केर गर्नुहोस् ।''</t>
+    <t>जब तिमीहरू दिशा-पिसाब गर्न जान्छौ, तब किब्लातर्फ न मुख गर, न त पिठ्यूँ फर्काऊ, बरु पूर्व वा पश्चिमतर्फ फर्केर शौच गर</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
-    <t>अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब तपाईं शौचालयमा जानुहुन्छ, तब किब्लातर्फ मुख वा पिठ्यूँ फर्काएर दिसापिसाब नगर्नुहोस्, बरु पूर्व वा पश्चिमतिर फर्केर गर्नुहोस् ।'' अबू अयुबले बयान गरे, जब हामी सिरिया गयौं, त्यहाँ काबाको दिशामा शौचालय बनाइएको देख्यौं । त्यसैले हामी अर्को दिशामा फर्केर दिसापिसाब गर्थ्यौं र अल्लाहसँग माफी माग्ने गर्दथ्यौं ।</t>
+    <t>अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब तिमीहरू दिशा-पिसाब गर्न जान्छौ, तब किब्लातर्फ न मुख गर, न त पिठ्यूँ फर्काऊ, बरु पूर्व वा पश्चिमतर्फ फर्केर शौच गर ।" अबू अय्यूब (रजियल्लाहु अन्हु) ले भन्नुहुन्छ कि, जब हामी सिरिया गयौं, त्यहाँ हामीले शौचालयहरू किब्लातर्फ फर्काएर बनाइएका पायौं। त्यसैले हामीले सकेसम्म अर्को दिशामा फर्केर शौच गर्ने गर्थ्यौं र अल्लाहसँग माफी माग्ने गर्दथ्यौं।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दिसापिसाब गर्न चाहने व्यक्तिलाई किब्ला र काबातिर आफ्नो अनुहार वा पिठ्यूँ फर्काउन निषेध गर्नुभएको छ । यदि उसको किब्ला मदीनाका मानिसहरूको किब्ला जस्तै हो भने उसले पूर्व वा पश्चिमतिर फर्केर बस्नु पर्छ । त्यसपछि अबू अय्यूब अल अन्सारी (रजियल्लाहु अन्हु) ले बयान गरे, जब उनीहरू सिरिया पुगे, त्यहाँ काबाको दिशामा शौचालय बनाइएको देखे । त्यसैले तिनीहरू आफ्नो शरीरलाई किब्लाबाट फर्काएर बस्थे र अझै पनि अल्लाहसँग माफी माग्ने गर्थे ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दिसापिसाब गर्ने व्यक्तिलाई किब्ला (काबा) तिर आफ्नो अनुहार वा पिठ्यूँ फर्काउन निषेध गर्नुभएको छ। यदि उसको किब्ला मदीनाका मानिसहरूको किब्ला जस्तै हो भने, उसले शौच गर्ने बेला पूर्व वा पश्चिमतिर फर्केर बस्नुपर्ने हुन्छ। त्यसपछि अबू अय्यूब (रजियल्लाहु अन्हु) ले बताउनुहुन्छ कि जब उहाँहरू शाम (सिरिया) जानुभयो, त्यहाँ उहाँहरूले शौच गर्न बनाइएका शौचालयहरू कअ्बातर्फ फर्काएर बनाइएका पाए। त्यसैले उहाँहरू आफ्नो शरीरलाई किब्लाको दिशाबाट सकेसम्म मोडेर बस्ने गर्थे, र तैपनि अल्लाहसँग क्षमायाचना गर्ने गर्थे।</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
-    <t>यसको पछाडि पवित्र काबाको सम्मान निहित छ ।
-[...1 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) एक उत्कृष्ट र अतुलनीय शिक्षक हुनुहुन्छ; किनभने उहाँले निषेधित कुराहरू उल्लेख गर्दा जायज कुराहरू पनि औंल्याउनु भयो ।</t>
+    <t>यस नियमको कारण पवित्र काबाको सम्मान र प्रतिष्ठा कायम रहोस् भन्ने कुरा हो ।
+शौचालयबाट निस्केपछि 'गुफ्रानक' (हे अल्लाह! म तिम्रो क्षमा याचना गर्छु)भन्नु पर्छ ।
+यसबाट नबी (सल्लल्लाहु अलैहि वसल्लम) को शिक्षाको सुन्दरता स्पष्ट हुन्छ; किनभने जब उहाँले कुनै कुरालाई निषेध गर्नुभयो, तब त्यसको जायज विकल्पतर्फ पनि मार्गदर्शन गर्नुभयो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3078</t>
   </si>
   <si>
     <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
-    <t>तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्य अंगलाई समात्नु हुँदैन, दिसा गरिसकेपछि दाहिने हातले शौच (सफाई) गर्नु हुँदैन र (पानी खाँदा) भाँडोमा सास फेर्नु हुँदैन ।</t>
+    <t>तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्यअंग नसमातोस्, न त शौचपछि दाहिने हातले इस्तिन्जा (पखाल्ने काम) गरोस्, र न त भाँडा (मा पानी पिउँदा) भाँडोभित्र सास फेरोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
-    <t>अबू-कतादह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्य अंगलाई समात्नु हुँदैन, दिसा गरिसकेपछि दाहिने हातले शौच (सफाई) गर्नु हुँदैन र (पानी खाँदा) भाँडोमा सास फेर्नु हुँदैन ।"</t>
+    <t>अबू-कतादह (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कसैले पनि पिसाब गर्दा दाहिने हातले आफ्नो गोप्यअंग नसमातोस्, न त शौचपछि दाहिने हातले इस्तिन्जा (पखाल्ने काम) गरोस्, र न त भाँडा (मा पानी पिउँदा) भाँडोभित्र सास फेरोस्।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
-    <t>यहाँ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले केही शिष्टाचारहरू व्याख्या गर्नुभएको छ; पिसाब गर्दा दाहिने हातले गोप्य भाग समात्न र दाहिने हातले मलद्वार सफा गर्न निषेध छ, किनभने दाहिने हात राम्रो कामको लागि दिइएको हो त । त्यसैगरी, जुन भाँडामा कुनै चीज पिइँदैछ त्यसमा सास फेर्न निषेध गरिएको छ ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले केही शिष्टाचारहरू बारे बताउनुभएको छ; पिसाब गर्दा दाहिने हातले गुप्ताङ्ग समात्न र दाहिने हातले (शौचपछि) मलद्वार वा मूत्रमार्ग सफा गर्न निषेध गरिएको छ, किनभने दाहिने हातलाई सम्मानजनक र पवित्र कामहरूका लागि बनाइएको छ। त्यसैगरी, मानिसले जुन भाँडोबाट पानी आदि पिउँछ, सोही भाँडोभित्र सास फेर्न पनि निषेध गरिएको छ।</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
-    <t>शिष्टाचार र सरसफाईमा इस्लाम श्रेष्ठ छ ।
-[...2 lines deleted...]
-इस्लामिक शरियत (विधिविधान) पूर्ण र यसका शिक्षाहरू समावेशी छन् ।</t>
+    <t>शिष्टाचार र सरसफाईको विषयमा इस्लाम धर्मको नियम सर्वश्रेष्ठ छ।
+फोहोर-मैला वस्तुहरूबाट टाढा रहनु अनिवार्य छ, र यदि बाध्यतावश तिनलाई छुनुपरेमा, बायाँ हातको मात्र प्रयोग गर्नुपर्छ।
+यस हदीसमा दाहिने हातको  विशेष मान र बायाँ हातमाथिको त्यसको श्रेष्ठतालाई स्पष्ट पारिएको छ।
+यसबाट इस्लामिक शरियत (विधिविधान) को परिपूर्णता र यसका शिक्षाहरूको व्यापकता स्पष्ट हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>के तिमीहरूमध्ये जसले (सज्दा वा रुकूअ् बाट उठ्दा) इमामभन्दा अगाडि आफ्नो टाउको उठाउँछ, उसलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गरिदिनुहुन्छ वा उसको रूपलाई गधाको रूपजस्तै बनाइदिनुहुन्छ भन्ने कुराको डर छैन?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तिमीहरूमध्ये जसले (सज्दा वा रुकूअ् बाट उठ्दा) इमामभन्दा अगाडि आफ्नो टाउको उठाउँछ, उसलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गरिदिनुहुन्छ वा उसको रूपलाई गधाको रूपजस्तै बनाइदिनुहुन्छ भन्ने कुराको डर छैन?"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इमामभान्द पहिले आफ्नो टाउको उठाउने व्यक्तिलाई अल्लाहले उसको टाउकोलाई गधाको टाउकोमा परिणत गर्न वा उसको रुपलाई गधा जस्तो बनाउन सक्ने कडा चेतावनी दिनुभएको छ ।</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
@@ -1459,85 +1470,85 @@
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "खानाको उपस्थितिमा वा कुनै व्यक्तिलाई दिसापिसाब लागेको छ भने नमाज पढ्नु हुँदैन ।"</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले खानाको उपस्थितिमा नमाज पढ्न निषेध गर्नुभयो, किनभने व्यक्तिको हृदय खानामा अल्झेको हुन्छ र पूर्ण एकाग्रताका साथ नमाज पढ्न सक्दैन ।
 त्यसैगरी, दिसा पिसाबले च्यापेको अवस्थामा पनि नमाज पढ्न निषेध गरिएको छ, किनभने व्यक्तिको ध्यान त्यसैमा अल्झेको हुन्छ ।</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>"व्यक्तिले नमाजमा प्रवेश गर्नु/ शुरू गर्नु अघि  एकाग्रता अपनाउन ध्यान भङ्ग गर्ने सबै कुराहरू हटाउनुपर्छ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
-    <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) (तकबीर) भनेर नमाज शुरु गर्नुहुन्थ्यो र जब रुकुको लागि तकबीर भन्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हातहरू काँध बराबर उठाउनु हुन्थ्यो ।</t>
+    <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) तकबीर भनी नमाज सुरु गर्नुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) (तकबीर) भनेर नमाज शुरु गर्नुहुन्थ्यो र जब रुकुको लागि तकबीर भन्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हातहरू काँध बराबर उठाउनु हुन्थ्यो । रुकुबाट टाउको उठाउँदा पनि उस्तै दुवै हात उठाउनु हुन्थ्यो र “समिअल्लाहु लिमन् हमिदह, रब्बना व लकल-हम्द” भन्नुहुन्थ्यो । जबकि सज्दामा यसो गर्नुभएन ।</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन् कि जब रसूल (सल्लल्लाहु अलैहि वसल्लम) तकबीर भनी नमाज सुरु गर्नुहुन्थ्यो र जब रुकुका लागि तकबीर भन्नुहुन्थ्यो, तब उहाँले आफ्ना दुवै हात काँधसम्म उठाउनुहुन्थ्यो। रुकुबाट टाउको उठाउँदा पनि त्यसैगरी दुवै हात उठाउनुहुन्थ्यो र “समिअल्लाहु लिमन् हमिदह, रब्बना व लकल-हम्द” भन्नुहुन्थ्यो। जबकि सज्दामा यसो गर्नुहुन्नथ्यो।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) नमाजमा तीन स्थानहरूमा 'रफउल-यदैन' अर्थात आफ्नो दुवै हात काँध बराबर वा विपरीत उठाउनुहुन्थ्यो ।
-[...3 lines deleted...]
-सज्दामा जाँदा र सज्दाबाट उठ्दा हात उठाउनु भएन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले नमाजमा तीन स्थानमा आफ्ना दुवै हात काँधको अगाडि वा सो बराबर (काँध अर्थात्, काँधको हड्डी र माथिल्लो बाहुको जोर्नी) सम्म उठाउनुहुन्थ्यो।
+पहिलो स्थान: जब नमाज़को सुरुमा तकबीर-ए-तहरीमा (अल्लाहु अक्बर) भन्दै नमाज़ आरम्भ गर्नुहुन्थ्यो।
+दोस्रो स्थान: जब रुकूमा जानेको लागि तकबीर (अल्लाहु अक्बर) भन्नुहुन्थ्यो।
+तेस्रो स्थान: जब रुकूबाट टाउको उठाउनुहुन्थ्यो र भन्नुहुन्थ्यो: "समीअल्लाहु लिमन् हमिदह, रब्बना व लकल हम्द" (अल्लाहले प्रशंसा गर्नेलाई सुन्नुहुन्छ, हे हाम्रा पालनकर्ता! सबै प्रशंसा तिम्रै लागि हो)।
+र उहाँले सज्दामा जाँदा र सज्दाबाट उठ्ने बेलामा हात उठाउनुहुन्थेन।</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
-    <t>दुबै हात उठाउनु भनेको नमाजको शोभा र अल्लाहको महिमा हो ।
-[...3 lines deleted...]
-रूकुबाट उठेपछि “रब्बना व लकल-हम्द” भन्ने चारवटा तरिका (शब्भद) हरू नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छन् । ती मध्ये एक यो हो र कहिले यो शब्द र कहिले अर्को पढेर सबै तरिकाहरूमाथि अमल गर्नु राम्रो हो ।</t>
+    <t>नमाजमा हात उठाउने कार्यको एउटा गहिरो तात्त्विक अर्थ यो हो कि यसले नमाजलाई सौन्दर्यपूर्ण बनाउँछ र यस माध्यमद्वारा अल्लाहप्रति आदर, नम्रता र श्रद्धा व्यक्त गरिन्छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) बाट चौथो स्थानमा पनि हात उठाउने कुरा प्रमाणित छ, त्यो स्थान हो— तीन वा चार रकअत भएको नमाजमा पहिलो तशह्हुदबाट उठ्दा। यो कुरा अबू दाऊद र अन्य ग्रन्थहरूमा अबू हमीद अस-साइदीको हदीसमा उल्लेख छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) बाट यो पनि प्रमाणित छ कि उहाँले आफ्नो हातहरू कानसम्म कानलाई नछोइकन उठाउनुहुन्थ्यो, जसरी सहीह बुखारी र मुस्लिममा मालिक बिन हुवैरिस (रजियल्लाहु अन्हु) को वर्णनमा आएको छ: "नबी (सल्लल्लाहु अलैहि वसल्लम) ले जब तकबीर भन्नुहुन्थ्यो, तब आफ्नो हातहरू कान बराबरको स्थानसम्म उठाउनुहुन्थ्यो।"
+इमाम र मुन्फरिद (एक्लै नमाज पढ्ने) ले “समिअल्लाहु लिमन हमिदह, रब्बना व लकल-हम्द” दुबै भन्नेछन् । मुक्तदी (इमाम पछाडि नमाज पढ्ने) ले "रब्बना व लकल-हम्द" मात्र भन्नेछ ।
+रुकुबाट उठेपछि "रब्बना व लकल-हम्द" भन्ने चारवटा वाक्य संरचनाहरू (पदहरू) नबी (सल्लल्लाहु अलैहि वसल्लम) बाट सहीह रूपमा प्रमाणित छन्, र माथि उल्लेखित शब्द तीमध्ये एक हो। सबैभन्दा उत्तम यो छ कि व्यक्तिले यी सबै शब्दाहरूलाई पालैपालो प्रयोग गरोस्—कहिले यो भनोस्, कहिले अर्को।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई 'तशह्हुद' सिकाउनु भयो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई 'तशह्हुद' सिकाउनु भयो जसरी उहाँले मलाई कुरानको सुरह सिकाउनुहुन्थ्यो । (त्यो सिक्ने क्रममा) मेरो हत्केला उहाँको दुवै हत्केलाहरूको बीचमा थियो :
  ‘अत्तहिय्यातु लिल्लाहि वस्सलवातु वत्तैयिबातु, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन्, अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह् ।’ 
 बुखारी र मुस्लिमको अर्को हदीसमा यसरी छ : "इन्न - ल्लाह हुवस्सालामु", 
 त्यसैले जब तिमीहरू मध्ये कोही तशह्हुदमा बस्छ, उसले यसरी भनोस्: 
 ‘अत्तहिय्यातु लिल्लाहि वस्सलवातु वत्तैयिबातु, अस्सलामु अलैक अय्युहन्नबिय्यु वरह्-मतुल्लाहि व बरकातुहु, अस्सलामु अलैना व अला इबादिल्ला हिस्सालिहीन् । ( भक्तको यो प्रार्थानाले आकाश र पृथ्वीमा रहेका हरेक सत्कर्मीलाई लाभ हुनेछ), 
  त्यस अगाडि यो पढ्ने: ‘अश्हदु अल्ला इलाह इल्लल्लाहु व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुह् ।’ त्यसपछि आफूले चाहेको दुआहरू गर्न सकिन्छ ।"</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
@@ -1610,142 +1621,142 @@
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>यो एक महत्त्वपूर्ण र व्यापक दुआ हो, किनभने यसमा यो संसार र परलोकको खराबीहरूबाट शरण खोजिएको छ ।
 यस हदीसमा कब्रमा हुने सजाय र त्यसको सत्यताको प्रमाण छ ।
 यस हदीसबाट फित्ना (परीक्षण) हरूको खतरा र तिनीहरूबाट बच्नको लागि अल्लाहको शरण खोज्नुपर्ने  कुराको महत्त्व स्पष्ट हुन्छ ।
 यो हदीसले दज्जालको आगमनको प्रमाण र उसको फित्ना (परीक्षण) हरू खतरनाक हुनेछन् भन्ने कुरा प्रस्ट पार्छ ।
 अन्तिम तशाहुद पछि माथि उल्लेखित दुआ गर्नु मुस्तहब (पुण्यदायी) हो ।
 राम्रो कामपछि दुआ गर्नु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3103</t>
   </si>
   <si>
     <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, तब किरात (अल्हम्दु..) गर्नु अघि केही बेर मौन रहनुहुन्थ्यो । मैले भने: हे अल्लाहका रसूल! मेरो आमाबुबा पनि हजुरको लागि बलिदान होस्! तपाईं तकबीर र (सूरह फातिहा) बीच मौनतामा के पढ्नुहुन्छ? उहाँले भन्नुभयो: "म भन्छु: "अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खता-याय, कमा युनक्क स्सौबुल्-अब्यजु मिनद्  दनस्, अल्लाहुम्-मग्सिल्नी मिन् खता-याय बिस्सल्जि वल्-माइ वल्-बरद् ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, तब सुरह फातिहा पढ्न शुरु गर्नुअघि केही बेर मौन रहनुहुन्थ्यो। मैले भने: हे अल्लाहका रसूल! तपाईंको लागि मेरा बुबा र आमा पनि अर्पण हुन्! तपाईं तकबीर र (सुरह फातिहा) बीच मौन रहँदा के पढ्नुहुन्छ? उहाँले भन्नुभयो: "म यो भन्छु: "अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खता-याय, कमा युनक्क स्सौबुल्-अब्यजु मिनद्  दनस्, अल्लाहुम्-मग्सिल्नी मिन् खता-याय बिष्षल्जि वल्-माइ वल्-बरद् ।"</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
-    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, सूरह फातिहा पढ्नु अघि केही बेर मौन रहनुहुन्थ्यो । यस अन्तरालमा उहाँले केही दुआ (प्रार्थना) हरूद्वारा आफ्नो नमाज सुरु गर्नुहुन्थ्यो । यी मध्ये एक हो: "अल्लाहुम्म बाइद् बैनी व बैन खता-याय, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खता-याय, कमा युनक्कस्सौबुल्-अब्यजु मिनद् दनस, अल्लाहुम्-मग्सिल्नी मिन् खता-याय बिस्सल्जि वल्-माइ वल्-बरद् ।" हे अल्लाह ! मलाई मेरा पापहरूबाट त्यत्तिकै टाढा राख्नुहोस् जसरी तपाईंले पूर्व र पश्चिमलाई टाढा राख्नुभएको छ । हे अल्लाह ! मलाई मेरो पापहरूबाट त्यसरी नै स्वच्छ र शुद्ध पार्नुहोस् जसरी सेतो कपडाबाट फोहर र दाग सफा गरिन्छ । हे अल्लाह ! मेरा पापहरूलाई हिउँ, पानी र असिनाले धोइदिनुहोस् ।</t>
+    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) नमाज आरम्भ गर्न तकबीर भन्नुहुन्थ्यो, सुरह फातिहा पढ्नुअघि केही बेर मौन रहनुहुन्थ्यो। यस अन्तरालमा उहाँले केही दुआ (प्रार्थना)हरू पढ्नुहुन्थ्यो र त्यसपछि आफ्नो नमाज सुरु गर्नुहुन्थ्यो। यी प्रार्थनाहरूमध्ये एक यो हो: "अल्लाहुम्म बाइद् बैनी व बैन खताया-य, कमा बाअत्त बैनल्-मश्रिकि वल्मग्रिब्, अल्लाहुम्म नक्किनी मिन् खताया-य, कमा युनक्कस्सौबुल्-अब्यजु मिनद् दनस, अल्लाहुम्मग्सिल्नी मिन् खताया-य बिष्षल्जि वल्-माइ वल्-बरद् ।" यो प्रार्थनामा व्यक्तिले यो भन्छ कि हे अल्लाह! मलाई मेरा पापहरूबाट त्यत्तिकै टाढा राख्नुहोस् जसरी तपाईंले पूर्व र पश्चिमलाई टाढा राख्नुभएको छ। हे अल्लाह! मलाई मेरा पापहरूबाट त्यसरी नै स्वच्छ र शुद्ध पार्नुहोस् जसरी सेतो कपडाबाट फोहोर र दाग सफा गरिन्छ। हे अल्लाह! मेरा पापहरूको जलन र तापलाई शुद्धि गर्ने चिसा कारकहरूद्वारा, जस्तै हिउँ, पानी र असिनाले शीतल पारिदिनुहोस्।</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
-    <t>इस्तिफ्ताह (नमाज प्रारम्भ) गर्ने दुआ बिस्तारै पढ्नुपर्छ, यद्यपि जहरी (ठूलो स्वरमा पढिने) नमाज भए पनि ।
-[...1 lines deleted...]
-इस्तिफ्ताह (नमाज प्रारम्भ) गर्ने दुआका अन्य रूपहरु पनि नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छन् । त्यसैले कहिले यो दुआ र कहिले अर्को पढेर प्रमाणित सबै तरिकाहरूमाथि अमल गर्नु राम्रो हो ।</t>
+    <t>नमाज सुरु गर्दा पढिने “इस्तिफ्ताह” को दूआ, जहरी (ठूलो स्वरले पढिने) नमाजमा पनि मन्द स्वरमै पढ्नुपर्छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) का सहाबाहरू (साथीहरू) उहाँको दिनचर्या, अवस्थाहरू, र उहाँले के गर्नुहुन्छ तथा के गर्नुहुन्न भन्ने बारे जान्न उत्सुक हुन्थे।
+इस्तिफ्ताह (नमाज प्रारम्भ) गर्ने दुआका अन्य शब्दहरू पनि नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित छन्। त्यसैले कहिले एउटा दुआ र कहिले अर्को दुआ भनेर सबै शब्दहरू पढ्नु उत्तम हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3104</t>
   </si>
   <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>इमामले शुक्रबारको दिन खुत्बा (उपदेश) दिइरहेको बेला यदि तिमीले आफ्नो 
 साथीलाई चुप लाग्न भन्यौ भने तिमीले पनि गलत (व्यर्थ) काम गरेको हुन्छौ।</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "इमामले शुक्रबारको दिन खुत्बा (उपदेश) दिइरहेको बेला यदि तिमीले आफ्नो 
 साथीलाई चुप लाग्न भन्यौ भने तिमीले पनि गलत (व्यर्थ) काम गरेको हुन्छौ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, शुक्रबारको खुत्बामा उपस्थित व्यक्तिहरूले चुपचाप र पूर्ण ध्यानका साथ खतीब (धर्मगुरु) को खुत्बा (उपदेश) लाई सुन्नु पर्छ, ताकि उहाँले यसमा मनन गर्न सकून् । जसले खुत्बा भइरहेको समयमा कसैलाई शान्त रहन वा ध्यान दिएर सुन्न इत्यादि सानो कुरा पनि भन्यो भने ऊ शुक्रबारको नमाजको पुण्यबाट वञ्चित भयो ।</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>जुमाको खुत्बा (उपदेश) सुन्दा कुरा गर्नु हराम/बाहिर वर्जित हो । त्यसैगरी कसैलाई गलत कामबाट रोक्नका लागि कुरा गर्नु, सलामको जवाफ दिनु र हाच्छ्युँ गर्नेलाई जवाफ दिन पनि निषेध गरिएको छ ।
 यदि कसैले इमामलाई केही भन्न सम्बोधन गर्छ वा इमामले कसैलाई सम्बोधन गर्छ भने यो अपवाद हो र निषेध भित्र पर्दैन ।
 आवश्यक पर्दा दुई खुत्बा बीच कुरा गर्न अनुमति छ ।
 खुत्बाको समयमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाम आउँछ भने उहाँमाथि विस्तारै दरुद पढ्नु र त्यसैगरी दुआ पछि पनि विस्तारै आमीन भन्नु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3107</t>
   </si>
   <si>
     <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
-    <t>के म तिमीहरूलाई दज्जालको बारेमा यस्ता कुराहरू नबताऊँ, जुन कुनै पनि नबीले आफ्नो अनुयायीलाई भनेनन्? ऊ कानो हुनेछ, उसले स्वर्ग र नरक जस्तै ल्याउनेछ</t>
+    <t>के म तिमीहरूलाई दज्जाल सम्बन्धी त्यस्ता कुराहरू नबताऊँ, जुन कुनै नबीले आफ्ना अनुयायीहरूलाई भनेका छैनन्? निश्चय नै ऊ एकआँखा भएको (कानो) हुनेछ। ऊ स्वर्ग र नरक जस्तै देखिने वस्तुहरू ल्याउनेछ। तर उसले जसलाई स्वर्ग भन्छ,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई दज्जालको बारेमा यस्ता कुराहरू नबताऊँ, जुन कुनै पनि नबीले आफ्नो अनुयायीलाई भनेनन्? ऊ कानो हुनेछ, उसले स्वर्ग र नरक जस्तै ल्याउनेछ, उसले जसलाई स्वर्ग भन्छ त्यो वास्तवमा नरक हुनेछ । म तिमीहरूलाई यसबाट सावधान गर्दछु, जसरी नूह (अलैहिस्सलाम) ले आफ्ना राष्ट्रलाई चेतावनी दिएका थिए ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई दज्जाल सम्बन्धी त्यस्ता कुराहरू नबताऊँ, जुन कुनै नबीले आफ्ना अनुयायीहरूलाई भनेका छैनन्? निश्चय नै ऊ एकआँखा भएको (कानो) हुनेछ। ऊ स्वर्ग र नरक जस्तै देखिने वस्तुहरू ल्याउनेछ। तर उसले जसलाई स्वर्ग भन्छ, वास्तवमा त्यो नरक हुनेछ। म तिमीहरूलाई दज्जालबाट त्यसरीनै सावधान गराउँछु, जसरी नूह (अलैहिस्सलाम) ले आफ्ना समुदायलाई चेतावनी दिएका थिए।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई दज्जालको पहिचान र चिन्हहरूको बारेमा बताउदै हुनुहुन्छ, जुन उहाँभन्दा अघि कुनै नबीले भनेनन्, जस्तै:
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबाहरूलाई दज्जालको पहिचान र चिन्हहरूको बारेमा बताउनुभयो, जुन कुरा उहाँभन्दा अघिका कुनै नबीले (आफ्नो समुदायलाई) बताएका थिएनन्, जस्तै:
 ऊ कानो हुनेछ ।
-अल्लाहले उसको साथमा दुईवटा चीज दिनुहुनेछ, जुन मानिसहरूको नजरमा स्वर्ग र नर्कजस्तै हुनेछ ।
-तर वास्तवमा उसको स्वर्ग नर्क हुनेछ र उसको नर्क स्वर्ग हुनेछ । जसले उसको आज्ञापालन गर्छ, उसलाई मानिसहरूको नजरमा स्वर्ग जस्तो देखिने ठाउँमा प्रवेश गर्नेछ, तर वास्तवमा त्यो नर्क हुनेछ । जसले उसको आज्ञापालन गर्दैन, उसलाई मानिसहरूको नजरमा नर्क जस्तो देखिने ठाउँमा प्रवेश गर्नेछ, जुन वास्तवमा स्वर्ग हुनेछ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई उसको फित्ना (प्रलोभन) विरुद्ध चेतावनी दिनुभयो, जसरी नूह (अलैहिस्सलाम) ले आफ्नो राष्ट्रलाई यसको बारेमा चेतावनी दिएका थिए ।</t>
+र अल्लाहले उसको साथमा स्वर्ग र नरक जस्तै वस्तुहरू बनाइदिनुभएको छ, जुन हेर्दा ठ्याक्कै स्वर्ग र नरक जस्तै देखिनेछन्।
+तर वास्तवमा उसको स्वर्ग नरक हुनेछ र उसको नरक स्वर्ग हुनेछ। जसले उसको आज्ञापालन गर्छ, दज्जालले उसलाई मानिसहरूको नजरमा स्वर्गजस्तो देखिने ठाउँमा प्रवेश गराउनेछ, तर वास्तवमा त्यो नरक हुनेछ। जसले उसको आज्ञापालन गर्दैन, दज्जालले उसलाई मानिसहरूको नजरमा नरकजस्तो देखिने ठाउँमा प्रवेश गराउनेछ, जुन वास्तवमा स्वर्ग हुनेछ। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई दज्जालद्वारा हुने मानिसको आस्थाको परीक्षाबारे चेतावनी दिनुभयो, जसरी नूह (अलैहिस्सलाम) ले आफ्ना समुदायलाई त्यस विषयमा चेतावनी दिएका थिए।</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
-    <t>दज्जालको फित्ना (प्रलोभन) ठूलो प्रलोभन हुनेछ ।
-[...1 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मतको मुक्तिका लागि धेरै उत्सुक हुनुहुन्थ्यो । तसर्थ, उहाँले मुस्लिमहरूलाई दज्जालका विशेषता र चिन्हहरू बताउनुभयो, जुन उहाँ अघि कुनै पैगम्बरले भनेका थिएनन् ।</t>
+    <t>दज्जाल द्वारा हुने फित्ना (प्रलोभन,परीक्षण) ठूलो फित्ना हुनेछ ।
+दज्जालको फित्ना (प्रलोभन वा परीक्षा) बाट मुक्ति पाउने उपाय भनेको साँचो आस्था राख्नु, अल्लाहप्रति पूर्ण समर्पण गर्नु, अन्तिम तशह्हुदमा दज्जालको फित्नाबाट अल्लाहको शरण खोज्नु, र सूरह कहफका सुरुका दश आयातहरू कण्ठ गर्नु हो ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मतको मुक्तिका लागि अत्यन्तै उत्सुक हुनुहुन्थ्यो। त्यसैले, उहाँले मुस्लिमहरूलाई दज्जालका पहिचान र चिन्हहरू बारे बताउनुभयो, जुन उहाँभन्दा अघि कुनै सन्देशवाहकले भनेका थिएनन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3110</t>
   </si>
   <si>
     <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>मानिस आफ्नो साथीको मार्गमा हुन्छ , त्यसैले प्रत्येकले सोचेर मात्र मित्रता गर्नु।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिस आफ्नो साथीको मार्गमा हुन्छ , त्यसैले प्रत्येकले सोचेर मात्र मित्रता गर्नु।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, मानिस आफ्नो व्यवहार र बानीमा आफ्नो निष्कपट मित्र र साथीसँग मिल्दोजुल्दो हुन्छ र मित्रताले नैतिकता, व्यवहार र कार्यहरूमा असर गर्छ । त्यसैले उहाँले असल साथी छनोट गर्न निर्देशन गर्नुभएको छ; किनभने यसले आफ्नो साथीलाई ईमान, मार्गदर्शन र भलाइको काममा मद्दत गर्दछ ।</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
@@ -1755,145 +1766,145 @@
   <si>
     <t>असल मानिसको संगत गर्ने र उनीहरुलाई छनोट गर्ने आदेश र खराब मानिसको संगत गर्न निषेध ।
 उहाँले आफन्तको सट्टा साथी रोज्नु भन्नुभएको छ; किनकि साथी रोज्न मानिसको हातमा छ, तर दाजुभाइ र आफन्तलाई रोज्ने अधिकार हामीसँग हुँदैन ।
 सोच र चाहनाले मात्र साथी रोज्न सकिन्छ ।
 एक व्यक्तिले आस्थावानको संगतमा आफ्नो धर्मलाई बलियो बनाउँछ र पापीहरूको संगतमा कमजोर बनाउँछ ।</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[हसन]</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3122</t>
   </si>
   <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
-    <t>असल साथी र नराम्रो साथीको उदाहरण अत्तर बिक्रेता र आगोको भट्टीमा फुक्ने लोहार जस्तै हो ।</t>
+    <t>असल साथीको उदाहरण अत्तर (सेन्ट) बेच्ने व्यक्तिसँग मिल्दोजुल्दो छ, भने नराम्रो साथीको उदाहरण आगोको भट्टीमा फुक्ने लोहार जस्तो हो</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
-    <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "असल साथी र नराम्रो साथीको उदाहरण अत्तर बिक्रेता र आगोको भट्टीमा फुक्ने लोहार जस्तै हो । अत्तर बिक्रेताले तपाईंलाई अत्तर उपहार दिनेछ वा तपाईंले किन्नुहुन्छ वा (कम्तीमा) तपाईंलाई मिठो बासना आउँछ, जबकि भट्टीमा फुक्ने लोहारले तपाईंको लुगा जलाउनेछ वा (कम्तीमा) तपाईंलाई नराम्रो गन्ध आउनेछ ।"</t>
+    <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "असल साथीको उदाहरण अत्तर (सेन्ट) बेच्ने व्यक्तिसँग मिल्दोजुल्दो छ, भने नराम्रो साथीको उदाहरण आगोको भट्टीमा फुक्ने लोहार जस्तो हो । अत्तर बेच्ने व्यक्तिले तपाईंलाई अत्तर उपहार दिन सक्छ, वा तपाईंले उसबाट किन्न सक्नुहुन्छ, वा (कम्तीमा) तपाईंलाई उसबाट मिठो बास्ना त आउँछ। तर भट्टीमा फुक्ने लोहारले तपाईंको लुगा जलाउन सक्छ, वा (कम्तीमा) तपाईंलाई त्यहाँबाट नराम्रो गन्ध आउनेछ।"</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुई प्रकारका मानिसहरूको उदाहरण दिनुभएको छ :
-[...1 lines deleted...]
-दोस्रो प्रकारः नराम्रो र खराब मित्र; जसले अल्लाहको बाटोबाट रोक्छ, पाप काममा सहयोग गर्छ, हरेक नराम्रो काममा संलग्न हुन्छ र उसले गर्दा उसका सबै साथीहरु लज्जित हुन्छन् । यस्तो साथीको उदाहरण भट्टीमा फुक्ने लोहार जस्तै हो; त्‍यसबाट उडिरहेको झिल्काले तपाईंको लुगा जलाउनेछ वा भट्टीको दुर्गन्धले आत्मालाई दुर्गन्धित तुल्याउनेछ ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुई प्रकारका मानिसहरूको उदाहरण दिनुभएको छ :
+पहिलो प्रकारः असल साथी र सच्चा मित्र, जसले अल्लाहको बाटोतर्फ  मार्गदर्शन गर्छ, उहाँको प्रसन्नता कसरी प्राप्त हुन्छ भनी सिकाउँछ र आज्ञापालनमा सहयोग गर्छ। त्यस्तो साथीको उदाहरण कस्तूरी अत्तर बेच्ने व्यापारी जस्तै हो—या त उसले तिमीलाई कस्तूरी दिनेछ, या त तिमी उसबाट अत्तर किन्नेछौ, या कम्तीमा पनि उसको नजिकै बसेर तिमीले सुगन्धित बासनाको अनुभव गर्नेछौ।
+दोस्रो प्रकारः नराम्रो र खराब मित्र; जसले अल्लाहको बाटोबाट रोक्छ, पाप काममा सहयोग गर्छ, हरेक नराम्रो काममा संलग्न हुन्छ र उसले गर्दा उसका सबै साथीहरु लज्जित हुन्छन् । यस्तो साथीको उदाहरण भट्टीमा फुक्ने लोहारजस्तै हो; कि त त्यसबाट उडिरहेको झिल्काले तिम्रो लुगा जलाउनेछ, या कम्तीमा पनि त्यहाँ नजिकै बसेर तिमीले खराब दुर्गन्धको अनुभव गर्नेछौ।</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
-    <t>श्रोताहरूलाई केही बुझाउनको लागि उदाहरण दिन अनुमति छ ।
-असल र धर्मी मानिसहरूसँग संगत गर्न र भ्रष्ट तथा खराब नैतिकता भएका मानिसहरूबाट टाढा रहन प्रोत्साहन ।</t>
+    <t>श्रोताहरूलाई केही बुझाउनको लागि उदाहरण दिन राम्रो हुन्छ ।
+यस हदीसमा असल र धर्मी मानिसहरूसँग संगत गर्न र भ्रष्ट तथा खराब नैतिकता भएका मानिसहरूबाट टाढा रहन प्रोत्साहन दिइएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3127</t>
   </si>
   <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>“विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह (नमाज) पढ्ने व्यक्ति सरह हो ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : “विधुवा, एकल महिला, गरीब र दीन-दु:खीहरूको हेरचाह र सेवा गर्ने व्यक्ति जिहाद (धर्म युद्ध) गर्ने वा दिउँसो ब्रत बस्ने र राती सलाह (नमाज) पढ्ने व्यक्ति सरह हो ।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले विधुवा असहाय महिलाको हितको ख्याल राख्छ, त्यसैगरी गरिब र दीन-दुःखीहरूको मद्दत र हेरचाह गर्छ, अल्लाहसँग ती कर्महरूको प्रतिफलको आशा राख्दै उनीहरूका लागि खर्च गर्छ भने अल्लाहले उसलाई जिहाद (धर्म युद्ध)  गर्ने वा नथाकी तहज्जुदको नमाज पढ्ने र लगातार उपवास बस्ने व्यक्तिसरह पुण्य दिनुहुनेछ।"</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>उक्त हदीसमा आपसी सहयोग, एकअर्काको मद्दत र कमजोरहरूको आवश्यकताहरू पूरा गर्न प्रोत्साहन दिइएको छ ।
 हरेक असल कार्य उपासना हो । विधवा र गरिबलाई सहयोग गर्नु पनि उपासना हो ।
 इब्न-ए-हुबैरा भन्छन्: यसको अर्थ भनेको अल्लाहले उसलाई एक साथ उपवास बस्ने, तहज्जुद पढ्ने र अल्लाहको मार्गमा युद्ध गर्ने व्यक्ति बराबर पुरस्कृत गर्नुहुन्छ; किनभने उसले पतिले गरे जस्तै विधवाहरूको हेरचाह गर्दछ, आफूमाथि खर्च गर्न नसक्ने गरिबहरूमा आफ्नो अतिरिक्त सम्पत्ति खर्च गर्दछ र आफ्नै श्रम परोपकारका लागि अर्पण गर्दछ। त्यसैले उसको प्रतिफल रोजा बस्ने, तहज्जुद पढ्ने र अल्लाहको मार्गमा जिहाद गर्ने व्यक्तिको पुण्य बराबर हुनेछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3135</t>
   </si>
   <si>
     <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
-    <t>अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षाहरू) आउनेछन्,</t>
+    <t>अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षा, प्रलोभन) आउनेछन्,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षाहरू) आउनेछन्,  त्यसैले सत्कर्म गर्न हतार गर्नुहोस्। यस्तो समय आउनेछ, जब बिहान एक मानिस मुमिन हुन्छ तर साँझसम्ममा काफिर बन्न पुग्छ, अथवा साँझ मुमिन हुन्छ तर बिहान काफिर बन्छ। त्यो मानिस थोरै सांसारिक लाभका लागि आफ्नो धर्म बेच्नेछ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अन्धकारमय रातका टुक्रा जस्ता फित्ना (परीक्षा, प्रलोभन) आउनेछन्,  त्यसैले सत्कर्म गर्न हतार गर। यस्तो समय आउनेछ, जब बिहान एक मानिस आस्थावान् हुन्छ तर साँझ हुँदा हुँदै काफिर बन्न पुग्छ, अथवा साँझ आस्थावान् हुन्छ तर बिहानसम्म काफिर बनिसक्छ। त्यस्तो व्यक्तिले थोरै सांसारिक लाभका लागि आफ्नो धर्म बेच्नेछ।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुमिन (आस्तिक) हरूलाई फित्ना (प्रलोभन) र शंकाहरूको आगमनबाट विचलित हुन अघि असल र राम्रा कर्महरू गर्न प्रोत्साहित गरिरहनु भएको छ । यी फित्ना (प्रलोभन) हरू अन्धकार रातिको रूपमा देखा पर्नेछ, जसमा सत्य र असत्य सही र गलत यसरी मिसिनेछ कि मानिसलाई यी दुईबीच छुट्याउन गाह्रो हुनेछ । अवस्था यति भयावह हुनेछ, व्यक्ति बिहान आस्तिक रहन्छ, बेलुका काफिर बन्छ । बेलुका आस्तिक रहन्छ, बिहान काफिर बन्छ । यस संसारको क्षणिक भोगले गर्दा आफ्नो दीन (धर्म) लाई दुनियाँको तुच्छ चीजको सट्टामा बेच्नेछ ।"</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मोमिनहरूलाई फित्ना र शंकाहरू (भ्रम र परीक्षाहरू) आउनुअघि नै असल कर्महरूमा हतार गर्न र तिनलाई बढी गर्न प्रेरित गर्नुभएको छ, किनकि ती फित्नाहरूले असल कर्म गर्नबाट रोक्छन् र मानिसलाई तिनबाट टाढा राख्छन्। ती फित्नाहरू रातका टुक्राजस्ता अन्धकारमय हुन्छन्, जसमा सत्य र असत्य मिश्रित हुन्छन्, र मानिसहरूका लागि तिनीहरू बीच भिन्नता छुट्याउन कठिन हुन्छ। तिनको जटिलताले मानिस यति भ्रमित हुनेछ कि द्विधामा बिहान मोमिन हुन्छ तर साँझ हुँदाहुँदै काफिर बन्न पुग्छ, र साँझ मोमिन हुन्छ तर बिहान काफिर बन्न पुग्छ, र दुनियाका क्षणिक सुख-सुविधाका निम्ति आफ्नो दीन त्यागिदिन्छ।</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
-    <t>बाधा अवरोध आउनुभन्दा पहिले धर्मलाई दृढतापूर्वक धारण गरेर धर्मकर्ममा तीब्र गतिमा अघि बढ्नुपर्छ ।
-[...4 lines deleted...]
-जसको सत्कर्म थोरै हुन्छ, प्रलोभनले उसलाई छिटो आफ्नो शिकार बनाउछ र जसको सत्कर्म धेरै छ, उसले आफूसँग भएको धर्मकर्मले धोका खानु हुँदैन, बरु अझै बढी सत्कर्म गर्नुपर्छ भनेर प्रोत्साहन ।</t>
+    <t>बाधा–अवरोध उत्पन्न हुनु अघि नै धर्मलाई दृढतापूर्वक अंगीकार गरी धर्मकर्ममा तीव्र गति साथ अग्रसर हुनुपर्छ।
+यसमा अन्त्यकालमा निरन्तर भ्रामक फित्ना (प्रलोभन, परीक्षा) देखा पर्ने संकेत गरिएको छ। एउटा प्रलोभनर परीक्षा समाप्त हुन नपाउँदै अर्को आइहाल्नेछ।
+यदि मानिसको धर्म दुर्बल भयो र उसले धन वा अन्य सांसारिक वस्तुहरूको लोभमा परी आफ्नो धर्म त्याग्यो भने, त्यसै कारण ऊ मार्गभ्रष्ट भई धर्म धर्म छोड्छ र उत्पात तथा प्रलोभनको मोहमा परेर बहकिन्छ।
+यस हदीसमा असल कर्महरू प्रलोभनबाट मुक्तिका कारण हुन् भन्ने कुराको प्रमाण छ।
+फित्ना (प्रलोभन र परीक्षाहरू) दुई प्रकारका हुन्छन्: शंका र भ्रमबाट उत्पन्न हुने फित्ना, जसको उपचार ज्ञान हो; र इच्छा–वासना तथा लोभबाट उत्पन्न हुने फित्ना, जसको उपचार आस्था र धैर्य  हो।
+जसका सत्कर्म कम छन्, प्रलोभनले उसलाई छिट्टै आफ्नो शिकार बनाउँछ। र जसका सत्कर्म धेरै छन्, उसले आफ्ना धर्मकर्ममा मात्र सन्तुष्ट नभई, अझ बढी सत्कर्म गर्नुपर्छ भन्ने प्रेरणा लिनुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3138</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः निम्न दुआ गर्नुहुन्थ्यो : ‘या मुकल्लिबल-कुलूब, सब्बित कल्बी अला दीनिक’ अर्थ : "हे हृदयहरू परिवर्तन गर्ने! मेरो हृदयलाई तपाईंको धर्ममा अडिग बनाउनुहोस् ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनी भन्छन्: रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः निम्न दुआ गर्नुहुन्थ्यो : ‘या मुकल्लिबल-कुलूब, सब्बित कल्बी अला दीनिक’ अर्थ : "हे हृदयहरू परिवर्तन गर्ने! मेरो हृदयलाई तपाईंको धर्ममा अडिग बनाउनुहोस् ।" मैले भने: हे अल्लाहका रसूल! हामीले तपाईं र तपाईंले ल्याउनुभएको धर्ममा विश्वास गरेका छौं । तैपनि तपाईं हाम्रो मामिलामा डराउनुहुन्छ? उहाँले भन्नुभयो: "हो, निस्सन्देह हृदयहरू अल्लाहका दुई औंलाहरू बीचमा छन् । उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ फेर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) प्रायः दीन (धर्म) र आज्ञाकारितामा अडिग रहन तथा पथभ्रष्ट र छलबाट टाढा राख्न दुआ (प्रार्थना) गर्नुहुन्थ्यो । अनस बिन मालिक (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो दुआ बारम्बार पढेको हेर्दा छक्क परे । त्यसैले नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो, मानिसहरूको हृदय अल्लाहका दुई औंलाहरू बीचमा हुन्छ । उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ फेर्नुहुन्छ । वास्तवमा, हृदय ईमान र कुफ्र (विश्वास र अविश्वास) दुवैको स्थान हो । यसको अत्यधिक परिवर्तनले गर्दा यसलाई हृदय भनिन्छ; उम्लिरहेको भाँडो भन्दा बढी पल्टिने खतरा यसमा हुन्छ । अल्लाहले जसलाई चाहनुहुन्छ, उसको हृदयलाई मार्गदर्शन र धर्ममा अडिग राख्नुहुन्छ र जसलाई चाहनुहुन्छ उसको हृदयलाई पथभ्रष्ट र भ्रामकतामा फर्काउनु हुन्छ ।</t>
   </si>
   <si>
@@ -2183,147 +2194,148 @@
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) बताउनुहुन्छ कि परीक्षाहरू र कष्टहरूले सधैं आस्थावान मानिसलाई घेरेका हुन्छन्। तिनको स्वास्थ्य र शरीरमा, सन्तानमा—रोग, मृत्यु, या अरू कुनै कठिनाइमा—र सम्पत्तिमा—गरिबी, व्यापारमा हानी, चोरी, र जीविकाको कठिनाईमा तिनीहरूलाई परखा गरिन्छ। यी कष्टहरूले उसको सम्पूर्ण पाप मेटिदिन्छन्, ताकि जब ऊ अल्लाहलाई भेट्छ, ऊ सम्पूर्ण पापबाट शुद्ध भएको हुन्छ।</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>आस्थावान भक्तहरूमाथि अल्लाहको कृपाको एउटा उदाहरण के छ भने उहाँले तिनीहरूबाट भएका पापहरूलाई सांसारिक समस्याहरू र विपत्तिहरू दिएर पखाल्नु हुन्छ ।
 आस्थावानलाई कुनै विपत्ति आउँछ भने यसले पापहरू क्षमा गर्छ र जब सेवक धैर्यवान छ र क्रोधित हुँदैन भने उसले पुण्य पाउनेछ ।
 मनपर्ने र नपर्ने सबै कुराहरूमा धैर्य गर्ने प्रेरित । अल्लाहको पुण्यको आशा गर्दै र उहाँको दण्डबाट भयभित हुँदै धैर्यताका साथ अल्लाहको आज्ञा पालन गर्नुपर्छ र उहाँले निषेधित गर्नुभएको कुराबाट टाढा बस्नु पर्छ ।
 उहाँको भनाइ: "मुमिन पुरुष र मुमिन महिला" यसमा "मुमिनह" शब्द थपेर नारीको महत्वलाई दर्शाइएको प्रमाण हो । किनभने "मुमिन" शब्द पुरुषहरूका लागि विशेष होइनन्; यसमा महिला पनि समावेश छन् । त्यसैले जसरी महिलालाई विपत्तिमा समावेश गरिएको छ त्यसरी तिनलाई पाप र कुकर्महरूबाट प्रायश्चित गर्दा समान इनामको प्रतिज्ञा गरिएको छ ।
 विपत्तिबाट प्राप्त हुने पुण्यले भक्तको पीडालाई विस्तारै सहज बनाउछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3159</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले आफ्ना दुवै हात (सजदाको अवस्थामा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले (सज्दाको अवस्थामा) आफ्ना दुवै हात (भुइँमा राख्दा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मालिक बिन बुहैना (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले आफ्ना दुवै हात (सजदाको अवस्थामा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो ।</t>
+    <t>अब्दुल्लाह बिन मालिक बिन बुहैना (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि रसूल (सल्लल्लाहु अलैहि वसल्लम) जब नमाज पढ्नुहुन्थ्यो, उहाँले (सज्दाको अवस्थामा) आफ्ना दुवै हात (भुइँमा राख्दा) यति फराकिलो पार्नुहुन्थ्यो कि उहाँको काखको सेतोपन देखिन्थ्यो।</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) जब सजदा गर्नुहुन्थ्यो, उहाँ सजदाको अवस्थामा आफ्नो दुवै हातलाई छेउ र पेटबाट यति टाढा राख्नुहुन्थ्यो कि उहाँको दुवै काखको छालाको सेतोपन देखिन्थ्यो; दुवै हातलाई आफ्ना दुवै छेउबाट टाढा राख्नमा यो अतिशयोक्ति हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) सज्दा गर्दा आफ्ना दुवै हातबीच फराकिलो दूरी राख्नुहुन्थ्यो, प्रत्येक हातलाई पखेटा फैलाएजस्तै गरेर आफ्नो काखीसँगैको तलको शरीरको भागबाट यति टाढा राख्नुहुन्थ्यो कि उहाँको काखीको छालाको रङ देखिन्थ्यो। यसले दुवै हातलाई त्यसरी फैलाउने र तिनीहरूलाई शरीरको छेउबाट टाढा राख्ने कार्यको अतिशयोक्तिलाई जनाउँछ।</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
-    <t>सज्दाको अवस्थामा दुवै हातलाई दुवै छेउबाट अलग राख्नु मुस्तहब हो ।
-[...1 lines deleted...]
-सज्दा गर्दा हातलाई छेउबाट अलग राख्नुको पछाडि धेरै हिक्मत र फाइदाहरू छन्, जस्तै : नमाजमा उत्साह र इच्छा देखाउनु । जब मानिसले सज्दाका सबै अंगहरू भुइँमा राख्छ, तब प्रत्येक अंग उपासनामा लीन हुन्छ । यो आसन नम्रतासँग धेरै मिल्दोजुल्दो छ, अनुहार र नाकलाई भुइँमा राख्न अझ प्रभावकारी छ र यसमा प्रत्येक अंगले आफ्नो छुट्टै स्थान पाएको छ भनेर भनिएको छ ।</t>
+    <t>सज्दाको अवस्थामा दुवै हातलाई दुवै छेउबाट अलग राख्नु मुस्तहब (पुणयदायी) हो ।
+तर यदि मुक्तदीले पाखुरा धेरै फैलाउँदा छेउमा रहेका व्यक्तिलाई कष्ट हुन्छ भने, त्यसो गर्नु हुँदैन।
+सज्दा गर्दा हातलाई छेउको शारीरको भागबाट अलग राख्ने (मुजाफात) अभ्यासमा धेरै तात्विक कारण र फाइदाहरू छन्। तीमध्ये केही यस प्रकार छन्: यसले नमाजप्रति उत्साह र लगनशीलता दर्शाउँछ; जब सज्दाका अंगहरूलाई यसरी प्रयोग गरिन्छ, तब प्रत्येक अंग आ-आफ्नो भागको उपासनामा लीन हुन्छन् । यसको अर्को बुद्धिमत्ता यो पनि बताइएको छ कि यसले विनयशीलता (नम्रता) दर्शाउँछ, निधार र नाकलाई जमिनमा राम्रोसँग राख्न मद्दत गर्दछ, र प्रत्येक अंगलाई आ-आफ्नो स्थानमा छुट्टाछुट्टै सक्रिय बनाउँछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3220</t>
   </si>
   <si>
     <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने अम्र बिन अबसह (रजियल्लाहु अन्हु) ले मलाई बताउनुभयो, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने: "अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ । यदि तिमी त्यस समयमा अल्लाहलाई सम्झनेहरूमा सामेल हुन सक्छौ भने, अवश्य त्यसो गर्नु ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : अल्लाह आफ्नो भक्तदेखि रातको अन्तिम तेस्रो प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ । यदि तपाईं त्यस समयमा अल्लाहको उपासना, दुआ, स्मरण र पश्चात्ताप गर्नेहरूमध्ये बन्न सक्षम हुनुहुन्छ भने त्यसको लागि प्रयास गर्नुहोस् ।</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>मुस्लिमलाई रातको अन्तिम प्रहरमा अल्लाहको जिक्र (सम्झना र स्तुति) गर्न प्रोत्साहन ।
 जिक्र (सम्झना र स्तुति), दुआ (प्रार्थना) र नमाजका लागि एक समय अर्को समय भन्दा फरक हुन्छ ।
 मीरक (शाह अल- हनफी) ले भने: यस हदीसमा भनिएको छ : "अल्लाह आफ्नो भक्तदेखि रातको अन्तिम प्रहरमा सबैभन्दा बढी नजिक हुनुहुन्छ ।" जबकि अर्को हदीसमा छ : "भक्त सजदा गर्दा आफ्नो परमेश्‍वर (अल्लाह) को सबैभन्दा धेरै नजिक हुन्छ" । यसको जवाफ के छ भने यस हदीसमा समयलाई संकेत गरिएको हो, जुन मध्यरात हो जबकि अर्को हदीसमा अवस्थालाई संकेत गरिएको हो, जुन सजदाको अवस्थामा हो ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[अबू दाउद, तिर्मीजी र निसाईले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3236</t>
   </si>
   <si>
     <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
-    <t>मानिसले खर्च गर्ने सबैभन्दा राम्रो दिनार (पैसा) त्यो हो जुन उसले आफ्नो घरपरिवारमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको मार्गमा जिहाद गर्न राखिएको जनावरमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको खातिर आफ्ना साथीभाइहरूमा खर्च गर्दछ ।</t>
+    <t>मानिसले खर्च गर्ने सबैभन्दा उत्तम दीनार (पैसा) त्यो हो जुन ऊ आफ्नो परिवारमाथि खर्च गर्छ, त्यसपछि त्यो पैसा जुन ऊ अल्लाहको मार्गमा आफ्नो सवारी (जनावर) माथि खर्च गर्छ, त्यसपछि त्यो पैसा जुन ऊ अल्लाहको मार्गमा आफ्ना साथीहरूमाथि खर्च गर्छ।</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
-    <t>सौबान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसले खर्च गर्ने सबैभन्दा राम्रो दिनार (पैसा) त्यो हो जुन उसले आफ्नो घरपरिवारमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको मार्गमा जिहाद गर्न राखिएको जनावरमा खर्च गर्छ । त्यसपछि त्यो दिनार हो जुन अल्लाहको खातिर आफ्ना साथीभाइहरूमा खर्च गर्दछ ।" अबु किलाबा भन्छन् : नबी (सल्लल्लाहु अलैहि वसल्लम) ले परिवारबाट सुरु गर्नुभएको हो । त्यसपछि अबु किलाबा भन्छन्, "त्यस मानिस भन्दा धेरै पुण्य अरु कसको हुन सक्छ जसले साना बच्चाहरूमा खर्च गर्दछ ताकि तिनीहरू कसैको अगाडि हात फैलाउन नपरोस्, अल्लाहले उनीहरूलाई यसबाट लाभान्वित गरून् र उनीहरूलाई निरपेक्ष बनाओस् ।</t>
+    <t>षौबान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसले खर्च गर्ने सबैभन्दा उत्तम दीनार (पैसा) त्यो हो जुन ऊ आफ्नो परिवारमाथि खर्च गर्छ, त्यसपछि त्यो पैसा जुन ऊ अल्लाहको मार्गमा आफ्नो सवारी (जनावर) माथि खर्च गर्छ, त्यसपछि त्यो पैसा जुन ऊ अल्लाहको मार्गमा आफ्ना साथीहरूमाथि खर्च गर्छ।"
+अबू किलाबाले भन्नुहुन्छ: "नबी (सल्लल्लाहु अलैहि वसल्लम) ले परिवारबाटै सुरु गर्नुभयो। त्यसपछि अबू किलाबाले भन्नुभयो: त्यस मानिस भन्दा धेरै पुण्य अरु कसको हुन सक्छ जसले आफ्ना साना बच्चाहरूमाथि खर्च गर्छ, जसद्वारा अल्लाहले तिनीहरूलाई अरूबाट माग्नबाट बनाउनुहुन्छ, तिनीहरूलाई लाभ पुऱ्याउनुहुन्छ र सम्पन्न बनाउनुहुन्छ।</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले खर्चका केही रूपहरू बयान गर्नुभएको छ र जब खर्चको धेरै बिन्दुहरू टकराउँछन् भने सबैभन्दा महत्त्वपूर्णबाट शुरु गर्नुपर्छ । मुस्लिमले खर्च गरेको सबैभन्दा पुण्य त्यो धनमा हो जसलाई - उसले ती व्यक्तिहरूमा खर्च जर्छ, जसको पालनपोषण उसमाथि अनिवार्य छ; जस्तै श्रीमती र छोराछोरी आदि । त्यसपछि अल्लाहको मार्गमा युद्धका लागि तयार सवारीमा खर्च । त्यसपछि अल्लाहको मार्गमा लडिरहेका आफ्ना साथीहरू र सहयात्रीहरूमाथि खर्च ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले खर्च गर्ने विभिन्न रूपहरू स्पष्ट रूपमा व्याख्या गर्नुभयो, र खर्चका स्थानहरू धेरै भए र तिनीहरूबीच प्राथमिकता निर्धारण गर्नुपर्ने अवस्था आएमा, सर्वप्रथम अनिवार्य र अत्यन्त महत्वपूर्ण स्थानबाट नै सुरु गर्नुपर्छ भनेर क्रम निर्देशित गर्नुभयो, अर्थात्, पहिले सबैभन्दा महत्वपूर्ण कार्यमा, तत्पश्चात् त्यसपछि आउने महत्त्वपूर्ण कार्यहरूमा खर्च गर्नुपर्छ; त्यसैले उहाँले बताउनुभयो कि सबैभन्दा बढी प्रतिफल प्राप्त हुने धन त्यही हो, जुन एक मुस्लिमले ती व्यक्तिहरूमाथि खर्च गर्छ जसमाथि खर्च गर्नु उसको लागि अनिवार्य छ, जस्तै: पत्नी र सन्तानहरू। त्यसपछि, अल्लाहको मार्गमा युद्धका लागि तयार पारिएको सवारीमाथि खर्च गर्नु, त्यसपछि अल्लाहको मार्गमा लडिरहेका आफ्ना साथीहरू र सहयात्रीहरूमाथि खर्च गर्नु।</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
-    <t>हदीसमा खर्च गर्दा प्राथमिकता कसलाई दिने भन्ने उल्लेख गरिएको छ, विशेषगरी खर्चको बिन्दुहरू टकराउँछन् भने यसलाई ध्यानमा राख्नुपर्छ ।
-[...2 lines deleted...]
-केही मानिसहरू भन्छन् : अल्लाहको मार्गको अर्थ भनेको आज्ञाकारिताको हरेक कार्य हो, जस्तै हज आदि ।</t>
+    <t>यस हदीसमा खर्च (नफ़क़ा) लाई प्राथमिकताको आधारमा क्रमबद्ध गर्ने तरीका वर्णन गरिएको छ। अर्थात्, जब विभिन्न स्थानहरूमा खर्च गर्ने आवश्यकता एकैसाथ देखा पर्छ, तब पहिले उच्च दर्जाको र बढी योग्य स्थानलाई प्राथमिकता दिनु आवश्यक हुन्छ। खर्चका विकल्पहरू एकैसाथ आइलागेको अवस्थामा यसै अनुसार ध्यानपूर्वक खर्च गर्नुपर्छ।
+आफ्नो घर-परिवारमा खर्च गर्नु अरूका लागि खर्च गर्नुभन्दा धेरै पुण्यदायी हुन्छ।
+अल्लाहको निम्ति जिहादको मार्गमा खर्च गर्नु सबैभन्दा उच्च र श्रेष्ठ खर्च मानिन्छ । यसमा जिहादका लागि आवश्यक हतियारको व्यवस्था गर्नु, मुजाहिदहरूलाई तयारी गराउनु र उनीहरूको सहयोगका लागि आवश्यक सामग्री उपलब्ध गराउनु आदि समावेश हुन्छन्।
+केही विद्वानहरूको भनाइअनुसार अल्लाहको मार्गमा संघर्ष अन्तर्गत हजआदीजस्ता सम्पूर्ण आज्ञाकारिताका कार्यहरू पर्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3267</t>
   </si>
   <si>
     <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>अल्लाहको कसम जसको कब्जा मा मोहम्मदको प्राण छ, यो समुदायको जो-कोही व्यक्तिले—चाहे त्यो यहूदी होस् वा इसाई—मेरो बारेमा सुनेर पनि ममार्फत पठाइएको सन्देशमा विश्वास नगरी मर्छ भने, ऊ निश्चित रूपमा नरकवासी हुनेछ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको कसम जसको कब्जा मा मोहम्मदको प्राण छ, यो समुदायको जो-कोही व्यक्तिले—चाहे त्यो यहूदी होस् वा इसाई—मेरो बारेमा सुनेर पनि ममार्फत पठाइएको सन्देशमा विश्वास नगरी मर्छ भने, ऊ निश्चित रूपमा नरकवासी हुनेछ ।"</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>यो हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको कसम खाएर भन्नु हुदैछ कि यहूदी , इसाई , वा अन्य कुनै समुदायको कुनै पनि व्यक्तिले जसले नबी (सल्लल्लाहु अलैहि वसल्लम) को सन्देश बारे खबर हुन्छ र त्यसमा विश्वास नगरी मर्छ, ऊ नरकका बासिन्दाहरूमध्ये हुनेछ र त्यहाँ सधैं रहनेछ।</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
@@ -2392,126 +2404,126 @@
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>सपनाका प्रकारहरू:
 १- सच्चा सपना: यो एउटा सत्य र शुभ सपना हो, जुन अल्लाहबाट प्राप्त हुन्छ, व्यक्ति आफैं देख्छ वा अरूले उसको लागि यस्तो सपना देख्छन्।
 2- मनको वार्ता: यो ती कुरा हुन्, जसबारे व्यक्तिले जागेको अवस्थामै सोचिरहेको हुन्छ, र त्यसकै प्रभावले सपना देखिन्छ।
 3- शैतानका प्रयासहरू हुन्, जसले आदमका सन्तानलाई दुःखित वा भयभीत बनाउने प्रयास गर्दछ।
 सच्चा सपना सम्बन्धी उल्लिखित तीन मुख्य बुँदाहरू यस्ता छन्: यसको लागि अल्लाहको प्रशंसा गर्नुपर्छ, यसलाई राम्रो संकेतका रूपमा लिनुपर्छ र यसको बारेमा केवल ती व्यक्तिहरूसँग कुरा गर्नुपर्छ जसले उसलाई माया गर्छन, घृणा गर्नेहरूसँग होइन।
 अप्रिय सपना सम्बन्धी पालना गर्नुपर्ने पाँचवटा कुराहरू यस्ता छन्: त्यसका दुष्प्रभाव  बाँच्न अल्लाहको शरण लिनुपर्छ, शैतानको दुष्टताबाट बाँच्न अल्लाहको शरण लिनुपर्छ, निद्राबाट ब्युँझेपछि बायाँतर्फ तीन पटक थुक्नुपर्छ, त्यस सपनाबारे कसैलाई पनि बताउनुपर्दैन, यदि उसले फेरि सुत्न चाहन्छ भने, उसले आफ्नो सुतिरहेको पोजिसन परिवर्तन गर्नुपर्छ , किनकि यसरी गरेमा सपनाले कुनै पनि हानि पुर्‍याउने छैन।
 इब्न हजरले भने: "यसमा बुद्धिमत्ता यो छ कि राम्रो सपना यदि यस्तो व्यक्तिलाई सुनाइयो जसलाई माया गरिँदैन, भने उसले या त घृणाले गर्दा वा ईर्ष्याले गर्दा त्यो सपनाको अप्रिय व्याख्या गर्न सक्छ, यसले या त सपनालाई त्यस्तै खराब रूपमा परिणत हुन सक्छ वा व्यक्तिले आफैँलाई त्यसबाट दुःख र निराशा अनुभव गर्न थाल्छ, त्यसैले, यस्तो व्यक्तिलाई सपना नसुनाउनु भनिएको छ।
 वरदान प्राप्त हुँदा अल्लाहको प्रशंसा गर्नु, यसले कृपा र आशीर्वादको निरन्तरता सुनिश्चित गर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3285</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
-    <t>मुमिन (आस्थावान) को मामिला कति अचम्मको छ । उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि होइन ।</t>
+    <t>मुमिन (आस्थावान) को मामिला कति अचम्मको छ। उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि छैन।</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
-    <t>सुहैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) को मामिला कति अचम्मको छ । उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि होइन । यदि उसले खुशी पाउँछ भने यसको लागि धन्यवाद दिन्छ र यो उसको लागि राम्रो हो । यदि उसले कठिनाइको सामना गर्छ भने धैर्य गर्छ र यो उसको लागि राम्रो हुन्छ ।</t>
+    <t>सुहैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) को मामिला कति अचम्मको छ। उसको सम्पूर्ण मामिलामा उसको लागि भलाइ छ र त्यो मुमिन बाहेक अरू कसैको लागि छैन। यदि उसलाई सुख प्राप्त हुन्छ भने ऊ (अल्लाहप्रति) कृतज्ञ हुन्छ, र त्यसमा पनि उसको हित हुन्छ। र यदि उसलाई दुःख-कष्ट आइपर्छ भने ऊ धैर्य धारण गर्छ र यसरी त्यसमा पनि उसका लागि भलाइ नै हुन्छ।"</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) मुमिनको मामिला र अवस्थालाई प्रशंसा गर्दै हुनुहुन्छ । किनभने उसका सबै अवस्थाहरू राम्रो छन् र यो मुमिन बाहेक अरू कसैलाई उपलब्ध छैन । यदि उसले खुसी पाउँछ भने अल्लाहलाई धन्यवाद दिन्छ अनि ऊ कृतज्ञताले पुरस्कृत हुन्छ । यदि उसलाई विपत्ति आइपर्छ भने ऊ धैर्य गर्छ र अल्लाहबाट इनाम खोज्छ र ऊ धैर्यताप्रति पुरस्कृत हुन्छ । यसरी उसले हरेक अवस्थामा इनाम पाउँछ ।</t>
+    <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले मोमिन (आस्थावान्) को अवस्थाप्रति प्रशंसा गर्दै आश्चर्य व्यक्त गर्नुभयो, किनभने उसका सबै अवस्थाहरू कल्याणकारी हुन्छन्, र यो विशेषता मोमिनबाहेक अरू कसैलाई प्राप्त हुँदैन; यदि उसलाई सुख प्राप्त भयो भने उसले अल्लाहप्रति कृतज्ञता प्रकट गर्दछ, फलस्वरूप कृतज्ञताद्वारा उसलाई पुण्य प्राप्त हुन्छ। र यदि उसलाई दुःख आइपर्छ भने उसले धैर्य गर्छ र अल्लाहसँग प्रतिफलको आशा राख्छ, फलस्वरूप धैर्यद्वारा पनि उसलाई प्रतिफल प्राप्त हुन्छ। यसरी ऊ हरेक अवस्थामा पुरस्कृत हुन्छ।</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
-    <t>खुशीमा कृतज्ञ हुनु र कठिनाइमा धैर्यताको सद्गुण । जसले यी दुवै काम गर्छ, उसले दुवै लोकको कल्याण प्राप्त गर्दछ । जो आशिषको लागि कृतज्ञ हुँदैन र विपत्तिमा धैर्य गर्दैन ऊ इनामबाट बञ्चित हुनेछ र पापको हकदार हुनेछ ।
-[...2 lines deleted...]
-कजा व कद्र (अल्लाहको फैसला र भाग्य) मा विश्वासले मानिसलाई सबै परिस्थितिहरूमा पूर्ण रूपमा सन्तुष्ट बनाउँछ । जबकि गैर-मुमिनहरूको अवस्था यो भन्दा बिल्कुल फरक हुन्छ । उसलाई हानि आउँदा निरन्तर क्रोधित हुन्छ र वरदान पायो भने नशामा डुबेर अल्लाहको उपासनाबाट विमुख भएर अवज्ञाकारी गर्न थाल्छ ।</t>
+    <t>यसबाट खुशीमा कृतज्ञता व्यक्त गर्नु र कठिनाइमा धैर्यधारण गर्नुको सद्गुण स्पष्ट हुन्छ। जसले यी दुवै कार्य गर्दछ, उसले दुवै लोकको कल्याण प्राप्त गर्दछ। जो आशिषका लागि कृतज्ञ हुँदैन र विपत्तिमा धैर्य गर्दैन, ऊ पुण्यफलबाट वञ्चित हुन्छ र पापको भागीदार बन्दछ।
+यसमा इमानको सद्गुण बताइएको छ र हरेक मामिलामा पुण्य केवल आस्थावानकै लागि हुन्छ।
+सुखमा कृतज्ञता व्यक्त गर्नु र संकटको समयमा धैर्य गर्नु आस्थावानहरूको मार्ग हो ।
+क़ज़ा र क़द्र (अल्लाहको निर्णय र भाग्य) मा विश्वासले मानिसलाई हरेक परिस्थितिमा पूर्ण सन्तोष र सन्तुलन प्रदान गर्छ। तर अविश्वासीको अवस्था यसको ठीक विपरीत हुन्छ, उसले कुनै हानि भोगेमा सधैँ असन्तुष्ट र क्रोधित रहन्छ, र जब महानतम् अल्लाहको कुनै वरदान प्राप्त गर्छ, त्यसमा यति मग्न हुन्छ कि अल्लाहको आज्ञापालनबाट टाढीन साथै त्यो वरदानलाई अवज्ञामै खर्च गर्न थाल्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3298</t>
   </si>
   <si>
     <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
-    <t>गुस्ल जनाबतको विधि</t>
+    <t>जनाबत (सम्भोग वा वीर्य निस्केपछि गरिने) स्नानको विधि</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
-    <t>मैमुनह (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, मैले नबी (सल्लल्लाहु अलैहि वसल्लम) को लागि नुहाउने पानी राखें र उहाँलाई कपडाले छोपें । उहाँले आफ्नो हातमा पानी खन्याएर दुवै हात धुनुभयो । त्यसपछि आफ्नो दाहिने हातले आफ्नो देब्रे हातमा पानी खन्याउनुभयो र आफ्नो गुप्तांग धुनुभयो । त्यसपछि आफ्नो हात माटोमा रगडेर राम्रोसँग धुनुभयो । त्यसपछि उहाँले मुख कुल्ला गर्नुभयो र आफ्नो नाकमा पानी हालेर सफा गर्नुभयो । अनि आफ्नो अनुहार र दुवै हात धुनुभयो । त्यसपछि उहाँले आफ्नो टाउकोमा पानी हाल्नुभयो र आफ्नो सम्पूर्ण शरीरमा पानी खन्याउनुभयो । त्यसपछि आफ्नो स्थानबाट अलि पर सरेर आफ्नो दुवै खुट्टा धुनुभयो । मैले उहाँलाई एउटा कपडा ल्याइदिएँ तर उहाँले नलिई हातले पानी पुछ्न थाल्नुभयो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) की श्रीमती मैमुनह (रजियल्लाहु अन्हा) ज्यूले बयान गरेकी छिन्, "मैले नबी (सल्लल्लाहु अलैहि वसल्लम) का लागि स्नानको पानी तयार गरिदिएँ, अनि एउटा कपडाले उहाँलाई छेकिदिएँ। उहाँले आफ्नो दुवै हातमाथि पानी खन्याएर तिनलाई धुनुभयो, त्यसपछि दाहिने हातले बायाँ हातमाथि पानी खन्याएर आफ्नो लज्जास्थान धुनुभयो, अनि आफ्नो हात जमिनमा दलेर त्यसलाई धुनुभयो। त्यसपछि कुल्ली गर्नुभयो, नाकमा पानी हाल्नुभयो, आफ्नो अनुहार र दुवै हात कुहिनासम्म धुनुभयो, त्यसपछि टाउकोमाथि पानी हालेर सम्पूर्ण शरीरमा खन्याउनुभयो, त्यसपछि आफ्नो स्थानबाट अलि पर सरेर आफ्नो दुवै खुट्टा धुनुभयो । मैले उहाँलाई एउटा कपडा ल्याइदिएँ तर उहाँले नलिई हातले पानी पुछ्न थाल्नुभयो । "</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
-    <t>आस्थावानहरु की आमा मैमुनह (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को गुस्ल जनाबतको विधि वर्णन गरेकि छिन् । उनले नबी (सल्लल्लाहु अलैहि वसल्लम) को लागि नुहाउने पानी राखिन् र उहाँलाई कपडाले छोपिदिईन्, त्यसपछि उहाँले निम्न तरिकाले नुहाउनु भयो :
+    <t>आस्थावानहरूकी आमा मैमुनह (रजियल्लाहु अन्हा) ले नबी (सल्लल्लाहु अलैहि वसल्लम) को गुस्ल जनाबतको विधि वर्णन गरेकी छिन्। उनले नबी (सल्लल्लाहु अलैहि वसल्लम) का लागि नुहाउने पानी राखिन् र उहाँलाई कपडाले छेकिदिइन्, त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) निम्न तरिकाले नुहाउनु भयो :
 १) उहाँले पानीको भाँडोमा हात हाल्नु अघि आफ्नो दुवै हातमा पानी खन्याएर धुनुभयो ।
-२) उहाँले आफ्नो दाहिने हातले देब्रे हातमा पानी खन्याएर आफ्नो गुप्तांग धुनुभयो; ताकि जनाबत (शारीरिक सम्बन्ध) पछिको फोहोर सफा होस् ।
+२) उहाँले आफ्नो दाहिने हातले देब्रे हातमा पानी खन्याएर आफ्नो गुप्तांग धुनुभयो; ताकि जनाबत (सम्भोग वा वीर्य निस्के) पछिको फोहोर सफा होस् ।
 ३) उहाँले आफ्नो हात भुइँमा रगडेर राम्रोसँग धुनुभयो, ताकि हातमा लागेको फोहोर सफा होस् ।
-४) आफ्नो मुख कुल्ला गर्नुभयो; अर्थात मुखमा पानी हालेर, यताउता घुमाएर बाहिर फ्याँकनु भयो । त्यसपछि नाक सफा गर्नुभयो; अर्थात्, साससँगै नाकमा पानी तान्नुभयो र त्यसलाई बाहिर निकाल्नु भयो ।
+४) आफ्नो मुख कुल्ला गर्नुभयो; अर्थात् मुखमा पानी हालेर, यताउता घुमाएर बाहिर फ्याँक्नुभयो। त्यसपछि नाक सफा गर्नुभयो; अर्थात्, साससँगै नाकमा पानी तान्नुभयो र त्यसलाई बाहिर फ्याँकेर नाक सफा गर्नुभयो।
 ५) आफ्नो अनुहार र दुवै हात (कुहिनो समेत) धुनुभयो ।
 ६) आफ्नो टाउकोमा पानी हाल्नुभयो ।
 ७) शरीरको बाँकी भागमा पानी खन्याउनुभयो ।
-८) उहाँ नुहाएको ठाउँबाट अर्को ठाउँमा सरेर नधोएको आफ्नो दुवै खुट्टालाई धुनुभयो  ।
-त्यसपछि मैमुनाले शरीर सुकाउनको लागि एउटा कपडा ल्याइन्, तर उहाँले लिनुभएन र हातले आफ्नो शरीरको पानी पुछ्न थाल्नुभयो ।</t>
+८) उहाँ नुहाएको ठाउँबाट अर्को ठाउँमा सर्नुभयो र खुट्टाहरू धुनुभयो, किनभने पहिले ती धुनुभएको थिएन। ।
+त्यसपछि मैमुना (रजियल्लाहु अन्हा) ले शरीर सुकाउनको लागि एउटा कपडा ल्याइन्, तर उहाँले लिनुभएन र हातले आफ्नो शरीरको पानी पुछ्न थाल्नुभयो ।</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को जीवनसँग सम्बन्धित सानो विवरण पनि उम्मतलाई सिकाउन उहाँका पवित्र पत्नीहरूको चासो ।
+    <t>यस हदीसबाट नबी (सल्लल्लाहु अलैहि वसल्लम) को जीवनसँग सम्बन्धित स-साना विवरणहरू पनि उम्मतलाई सिकाउने कुरामा उहाँका पवित्र पत्नीहरूको चासो स्पष्ट हुन्छ।
 जनाबत (सम्भोग) पछि नुहाउने र शुद्ध हुने नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित यो एक पूर्ण तरिका हो तर यदि कसैले मुख कुल्ला गर्छ, नाक सफा गर्छ र आफ्नो सम्पूर्ण शरीरमा पानी खन्याउछ भने काफी हुन्छ ।
-स्नान र वुजू गरेपछि कपडाले शरिर पुछ्नु वा कपडा प्रयोग नगर्नु दुवै जायज हो ।</t>
+स्नान र वुजू गरेपछि कपडाले शरिर पुछ्नु वा कपडा प्रयोग नगर्नु दुवै जायज छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले मेरो यो वुजु झैं वुजु गर्छ र केहि नबोलीकन दुई रकात नमाज पढ्छ, अल्लाहले उसका अघिल्लो पापहरू क्षमा गर्नुहुन्छ</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) का गुलाम हुमरानले बयान गरेका छन्, उनले उसमान लाई देखे कि उहाँ ले वुजु गर्नका लागि पानी मागे, भाँडोबाट पानी खन्याए र दुबै हातलाई तीन पटक धोए, त्यसपछि आफ्नो दाहिने हात पानीमा हाले । त्यसपछि मुख कुल्ला गरे, नाकमा पानी हालेर राम्रोसँग नाक सफा गरे, त्यसपछि आफ्नो अनुहार र दुबै हात कुहिनो सहित तीन पटक धोए । त्यसपछि आफ्नो टाउको मसह गरे (हत्केलाले पुछे), त्यसपछि दुवै खुट्टा तीन पटक धोए र भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मेरो यो वुजु जस्तै वुजु गरेको देखेको छु र त्यसपछि भने: " जसले मेरो यो वुजु झैं वुजु गर्छ र केहि नबोलीकन दुई रकात नमाज पढ्छ, अल्लाहले उसका अघिल्लो पापहरू क्षमा गर्नुहुन्छ  ।”</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) को वुजुको विधिलाई सजिलोसंग सम्झाउनका लागि व्यवहारिक रूपमा गरेर देखाए । उनले एउटा भाँडोमा पानी मगाए, त्यसपछि  पानी खन्याएर दुवै हातलाई तीन पटक सफा गरे, त्यसपछि आफ्नो दाहिने हात भाँडोमा राखे अनि पानी लिएर मुख कुल्ला गरे, मुख भित्र-बाहिर पानी घुमाए र त्यसपछि नाकभित्र पानी तानेर राम्रोसँग सफा गरे, त्यसपछि उनले आफ्नो अनुहार तीन पटक धोए, त्यसपछि आफ्नो दुवै हात कुहिनो सहित तीन पटक धोए, त्यसपछि पानीले भिजेका हातहरूले आफ्नो टाउकोमा एक पटक घसे, त्यसपछि आफ्नो गोलिगाँठोसमेत दुवै खुट्टाहरू तीन पटक धुए ।
 उनले वुजु गरिसकेपछि भने, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मेरो यो वुजु जस्तै वुजु गरेको देखेको छु र त्यसपछि उनले शुभ समाचार दिदै भने जसले मेरो यो वुजु झैं वुजु गर्छ, र त्यसपछि नम्रता र एकाग्रताका साथ अल्लाहको लागि दुई रकात नमाज पढ्छ, अल्लाहले उसका विगतका पापहरू क्षमा गर्नुहुनेछ ।</t>
   </si>
   <si>
@@ -2552,76 +2564,76 @@
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले  जनाबत (सम्भोगको कारणले हुने अशुद्धि) को  स्नान गर्दा पहिले आफ्ना दुवै हात धुनुहुन्थ्यो । त्यसपछि उहाँले नमाजको लागि वुजू गरे झैं वुजू गर्नुहुन्थ्यो । त्यसपछि आफ्नो शरीरमा पानी हाल्नुहुन्थ्यो। त्यसपछि आफ्नो दुवै हातले आफ्नो कपाललाई राम्ररी मलेर भित्रसम्म पानी पुर्याउनु हुन्थ्यो । कपालको जरासम्म पानी पुगेको र टाउको भिजेको महसुस हुँदा आफ्नो टाउकोमा तीन पटक पानी हालेर शरीरको बाँकी भाग धुनुहुन्थ्यो । उहाँका श्रीमती आइशा (रजियल्लाहु अन्हा) ले भन्छिन्: म र अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) एउटै भाँडोबाट पानी लिन्थ्यौं र सँगै नुहाउने गर्दथ्यौं ।</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>स्नान दुई प्रकारको हुन्छ: एक, पर्याप्त हुने र अर्को, पूर्ण। पर्याप्त स्नानमा व्यक्तिले पवित्रताको नीयत गर्दछ, अनि मुख कुल्ला गर्ने र नाकमा पानी हालेर सफा गर्न साथ शरीरभरि पानी पुर्याउँछ। तर, पूर्ण स्नान त्यो तरिकाले गरिन्छ, जुन तरिकाले यस हदीसमा रसुल (सल्लल्लाहु अलैहि व सल्लम) ले गर्नुभयो।
 जनाबत (अशुद्धता) भनिने अवस्था हरेक ती व्यक्तिमा लागू हुन्छ, जसको वीर्य निस्केको छ वा जसले सम्भोग कार्य गरेको छ,  सम्भोग गर्दा वीर्य ननिस्के पनि जनाबतको अवस्थामा भएको मानिन्छ  ।
 पति पत्नीले एकअर्काको गोप्य अंगहरू हेर्नु र एउटै भाँडोमा नुहाउनु जायज छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3316</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
-    <t>जब पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई आच्छ्यूँ आउँथ्यो, उहाँले आफ्नो हात -या आफ्नो कपडा- आफ्नो मुखमा राख्नुहुन्थ्यो र यसैसँग आफ्नो आवाजलाई दबाउनुहुन्थ्यो।”</t>
+    <t>”जब नबी (सल्लल्लाहु अलैहि व सल्लम) लाई हाच्छ्युँ आउँथ्यो, तब आफ्नो हात वा कपडा मुखमाथि राख्नुहुन्थ्यो र त्यसैद्वारा आफ्नो आवाजलाई मधुरो वा कम गर्नुहुन्थ्यो।”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : जब पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) लाई आच्छ्यूँ आउँथ्यो, उहाँले आफ्नो हात -या आफ्नो कपडा- आफ्नो मुखमा राख्नुहुन्थ्यो र यसैसँग आफ्नो आवाजलाई दबाउनुहुन्थ्यो।”</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन् : ”जब नबी (सल्लल्लाहु अलैहि व सल्लम) लाई हाच्छ्युँ आउँथ्यो, तब आफ्नो हात वा कपडा मुखमाथि राख्नुहुन्थ्यो र त्यसैद्वारा आफ्नो आवाजलाई मधुरो वा कम गर्नुहुन्थ्यो।”</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) लाई आच्छ्यूँ आउँथ्यो :
 पहिले: उहाँ आफ्नो हात वा कपडा आफ्नो मुखमा राख्नुहुन्थ्यो; ताकि उहाँसँग बसेकाहरूलाई नराम्रो लाग्ने केही फोहोर मुख वा नाकबाट ननिस्कियोस् ।
 दोस्रो: उहाँ आफ्नो आवाज कम गर्नुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को आच्छ्यूँ गर्ने तरिका र त्यसमा उहाँको अनुसरणको वर्णन ।
-हाछ्युँ गर्दा मुख र नाकमा कपडा वा रुमाल राख्न मुस्तहब हो, ताकि यसको छेउमा बसेको व्यक्तिलाई हानि पुऱ्याउने कुरा बाहिर ननिस्कियोस् ।
+    <t>यसमा नबी (सल्लल्लाहु अलैहि वसल्लम) को हाच्छ्युँ गर्ने तरिका र त्यस कुरामा उहाँको अनुसरण गर्ने कुरा वर्णित छ।
+हाछ्युँ गर्दा मुख र नाकमा कपडा वा रुमाल राख्नु पुण्यकारी हो, ताकि छेउमा बसेको व्यक्तिलाई हानि पुऱ्याउने कुरा बाहिर ननिस्कियोस्।
 हाछ्युँ गर्दा आवाज कम गर्नुपर्छ; किनभने यो पूर्ण शिष्टाचार र असल नैतिकताको पहिचान हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>अल्लाहको श्राप होस्, यहूदी र ईसाईहरूमाथि, तिनीहरूले आफ्ना नबीहरूको कब्रलाई (चिहान) मस्जिद बनाए</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>आइशा र अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनीहरूले भने : जब रसूल (सल्लल्लाहु अलैहि वसल्लम) को देहावसान को समय नजिक आयो, उहाँले आफ्नो अनुहारमा चादर राख्नुभयो र जब सांस फुल्न थाल्यो उहाँले त्यो चादरलाई हटाएर भन्नुभयो: " अल्लाहको श्राप होस्, यहूदी र ईसाईहरूमाथि, तिनीहरूले आफ्ना नबीहरूको कब्रलाई (चिहान) मस्जिद बनाए ।" उहाँले यहूदी र ईसाईहरू जस्तै नगर्न आफ्नो अनुयायीहरु लाई चेतावनी दिनुभयो ।</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>आइशा र अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) को देहावसानको समय नजिक आयो, उहाँले आफ्नो अनुहारमा कपडाको एउटा टुक्रा राख्नुभयो र पीडाले सास फेर्न गाह्रो भएपछि त्यो टुक्रा हटाउनुभयो र यही कठिन परिस्थितिमा भन्नुभयो: यहूदी र ईसाईहरूमाथि अल्लाहको श्राप होस् । अर्थात्, अल्लाहले तिनीहरूलाई आफ्नो दयाबाट टाढा राखून् । किनभने तिनीहरूले आफ्ना नबीहरूको चिहानमाथि मस्जिदहरू बनाएका थिए । याद रहोस्, चिहानमाथि मस्जिद बनाउने विषय गम्भीर नभएको भए यो कठिन समयमा उहाँले उल्लेख गर्नुहुने थिएन । यो समस्याको गम्भीरता देखेर उहाँले आफ्नो उम्मतलाई यहूदी र इसाईहरूको  जस्तो काम गर्न निषेध गर्नुभएको छ । यस कार्यलाई निषेध गर्नुको अर्को कारण यो हो कि यसले शिर्कको ढोका खोल्छ ।</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
@@ -3023,69 +3035,70 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तवमा अल्लाहले गैरत (अर्थात् उहाँलाई आफ्नो सम्मान, आदेश र हराम कुराहरूको उल्लङ्घन प्रिय हुँदैन) गर्नुहुन्छ, घृणा गर्नुहुन्छ र केही कुरालाई मन पराउनु हुन्न, जसरी एक मुमिनले गैरत (आत्म-सम्मान) गर्छ, घृणा गर्छ र केही कुरालाई मन पराउदैन । जब कुनै मुमिनले अल्लाहले हराम गर्नुभएको कुरा जस्तै व्यभिचार, समलैंगिकता, चोरी र रक्सी पिउने जस्ता पापहरू गर्छ, तब अल्लाहको गैरत प्रकट हुन्छ।</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>यस हदीसमा अल्लाहले निषेध गर्नुभएका कुराहरूलाई उल्लङ्घन गर्दा उहाँको क्रोध र दण्डको भयबाट सजग गराइएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3354</t>
   </si>
   <si>
     <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>तिमीहरू पक्कै पनि आफ्नो अगाडिका समुदायहरूलाई पछ्याउनेछौ, बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्नेछौ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
-    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिमीहरू पक्कै पनि आफ्नो अगाडिका समुदायहरूलाई पछ्याउनेछौ, बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्नेछौ । यदि तिनीहरू छेपारो (सांडा) को प्वालमा प्रवेश गरेका थिए भने तिमीहरू पनि यसमा प्रवेश गर्नेछौ ।” हामीले भन्यौं: हे अल्लाहको रसूल, के तपाईंको मतलब यहूदी र ईसाई हो?  उहाँले भन्नुभयो: अरू को त?"</t>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिमीहरू पक्कै पनि आफ्नो अगाडिका समुदायहरूलाई पछ्याउनेछौ, बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्नेछौ । यदि तिनीहरू छेपारो जस्तै जन्तु (मरुभूमि स्थलिय सरीसृप) को प्वालमा प्रवेश गरेका थिए भने तिमीहरू पनि त्यसमा प्रवेश गर्नेछौ ।” हामीले भन्यौं: “हे अल्लाहका रसूल, के तपाईंको मतलब यहूदी र ईसाईहरू हुन्?” उहाँले भन्नुभयो: “अनि अरू को हुन् त?”</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफूपछि उहाँका केही अनुयायीहरूको अवस्था कस्तो हुनेछ भनेर बताउनु हुन्छ; त्यो के हो भने उनीहरूले यहूदी र इसाईहरूको आस्था, कार्य, चलन र परम्पराहरूलाई बित्ता-बित्ता र हाथ-हाथ पूर्ण अनुसरण गर्ने छन् । यदि तिनीहरू छेपारो (सांडा) को प्वालमा पसे भने तिनीहरू तिनीहरूको पछि पस्नेछन् ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा आफूपछि उहाँका केही अनुयायीहरूको अवस्था कस्तो हुनेछ भनेर बताउनुभएको छ कि उनीहरूले यहूदी र इसाईहरूको आस्था, कार्य, चलन र परम्पराहरूलाई बित्ता-बित्ता र हात-हात पूर्ण अनुसरण गर्नेछन्। यदि तिनीहरू छेपारो जस्तै जन्तु (मरुभूमि स्थलीय सरीसृप) को प्वालमा पसेका थिए भने, तिनीहरू पनि यहूदी र इसाईहरूको अनुसरणमा त्यसै गरी पस्नेछन्।</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
-    <t>उहाँले भविष्यमा हुने कुराको बारेमा हुनु अघि खबर दिनुभयो र उहाँले भनिएझैँ भयो ।
-[...2 lines deleted...]
-अरबिक शब्द; 'दब्ब' को अर्थ : छेपारो (सांडा) हो, जुन मरुभूमिमा प्रचुर मात्रामा पाइने एक जनावर हो । जुन प्वालमा यो बस्दछ त्यो अति अन्धकार, साँघुरो र कडा गन्ध हुन्छ । यसका बावजुद यदि तिनीहरू छेपारोको प्वालमा प्रवेश गर्छन् भने मुस्लिमहरुले तिनीहरूका मार्गहरू पछ्याउने छन् ।</t>
+    <t>यो हदीस उहाँको नबुवत (दुतत्व) को सत्यताको एउटा प्रमाण हो, किनभने उहाँले यो घटना घट्नुभन्दा पहिले नै यसको सूचना दिनुभएको थियो र ठ्याक्कै उहाँले बताउनुभएजस्तै घट्यो।
+मुस्लिमहरूको लागि काफिरहरूको आस्था, उपासना, चाडपर्व र तिनीहरूको धार्मिक पोशाक आदिमा नक्कल गर्न निषेध गरिएको छ।
+अभौतिक वा मानसिक अवधारणाहरूलाई भौतिक उदाहरण द्वारा स्पष्ट पार्नु इस्लामिक शिक्षणको एक तरिका हो ।
+अरबी शब्द 'ज़ब्ब' भनेको एउटा यस्तो जनावर हो, जसको बस्ने प्वाल अत्यन्त अन्धकारमय र दुर्गन्धित हुन्छ। यो घस्रने प्राणीहरू (सरीसृप) को श्रेणीमा पर्छ र मरुभूमिमा प्रशस्त पाइन्छ। 'ज़ब्ब' को प्वाललाई विशेष रूपमा उल्लेख गर्नुको कारण यसको अत्यन्त साँघुरोपन र नराम्रोपन बताउनु हो, त्यसतो हुँदाहुँदै पनि यदि यहूदी र इसाईहरू त्यस जनावरको प्वालमा पसेका थिए भने, मुस्लिम समुदायका केही समुहहरू पनि पक्कै यहूदी र इसाईहरूका पाइलाहरू पछ्याउँदै र तिनका बाटाहरूको अनुसरण गर्दै त्यसै गर्नेछन्!
+(अल्लाहसँग नै सहायता मागिन्छ।)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>जसले गैरुल्लाह (अल्लाह बाहेक अरू कसै) को कसम खान्छ, उसले कुफ्र वा शिर्क गर्दछ ।</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, मैले एक व्यक्तिलाई यसो भन्दै गरेको सुने, "होइन, म काबाको कसम खान्छु," उनले भने: अल्लाह बाहेक अरू कसैको कसम खानु हुँदैन, किनकि मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई भन्दै गरेको सुनें  छु कि : "जसले गैरुल्लाह (अल्लाह बाहेक अरू कसै) को कसम खान्छ, उसले कुफ्र वा शिर्क गर्दछ ।"</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो, जसले अल्लाहको  नाम र विशेषताहरू बाहेक अरू कुनै सृष्टिको कसम खान्छ, उसले कुफ्र वा शिर्क गर्छ; किनभने कसम खाँदा कसम खाने व्यक्तिको महिमा  आवश्य नै हुन्छ जबकि महिमा योग्य केवल अल्लाह हुनुहुन्छ । त्यसैले केवल उहाँको नाम र गुणहरूको कसम खानुपर्छ, उहाँ हरेक कमीकमजोरीबाट पवित्र हुनुहुन्छ । अल्लाह बाहेक अरू कसैको कसम खानु सानो शिर्क हो । तर कसम खाने व्यक्तिले कसम खाने कुरालाई अल्लाहको समान वा सोभन्दा बढी सम्मान दियो भने त्यो ठूलो शिर्क हुनेछ ।</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
@@ -3241,51 +3254,51 @@
     <t>कर्महरूको आपसी भिन्नता र मूल्य अल्लाहलाई तिनीहरू कत्तिको प्रिय छन् भन्ने कुरामा आधारित हुन्छ।
 मुस्लिमलाई क्रमशः उत्कृष्ट कर्महरू गर्न प्रोत्साहित गरिएको छ ।
 सबैभन्दा राम्रो कार्य के हो ? यस प्रश्नको जवाफमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले व्यक्ति, परिस्थिति र प्रश्नकर्ताका लागि जुन कर्म सबैभन्दा बढी लाभदायक थियो उसलाई त्यही जवाफ दिनुहुन्थ्यो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>वास्तवमा, मुनाफिक (पाखंडी) हरूका लागि सबैभन्दा कठिन नमाज ईशा र फजरका नमाज हुन् । यदि तिनीहरूले यी नमाजहरूको महत्व थाहा पाएको भए घस्रेर भए पनि (मस्जिद) आउने थिए</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, मुनाफिक (पाखंडी) हरूका लागि सबैभन्दा कठिन नमाज ईशा र फजरका नमाज हुन् । यदि तिनीहरूले यी नमाजहरूको महत्व थाहा पाएको भए घस्रेर भए पनि (मस्जिद) आउने थिए । मैले (एक पटक) संकल्प गरेको थिएँ कि एक जना लाई अजान दिन र अर्को एकजनालाई नमाज पढाउन आदेश दिउँ र आफैं दाउरा बोकेका केही केटाहरू साथमा लिएर नमाजका लागि (मस्जिद) नआएका मानिसहरूको घरमा आगो लगाउन हुकुम दिउँ।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) मुनाफिक (पाखण्डि) हरू र नमाजमा उनीहरूको आलस्यको बारेमा कुरा गर्दै हुनुहुन्छ, विशेषगरी इशा र फजरको नमाजमा। यदि पाखण्डीहरूलाई मुस्लिमहरूसँग जमातका साथ यी दुई नमाजहरू पढ्दा कति पुण्य र इनाम छ भन्ने थाहा भएको भए तिनीहरूले बच्चाले जस्तै भए पनि हात र घुँडा टेकेर र घिस्रेर आउने थिए ।
-रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक पटक नमाज कायम गर्न र आफ्नो स्थानमा कसैलाई नमाज पढाउन आदेश दिने निर्णय गर्नुभएको थियो । त्यसपछि केही मानिसहरूका साथमा दाउरा बोकेर नमाजमा नआएका मानिसहरूको घरमा आगो लगाउन निर्णय गर्नुभएको थियो । किनभने जमातका साथ नमाज नपढ़नु धेरै ठूलो अपराध हो । तर उहाँले त्यसो गर्नुभएन, किनकि घरहरूमा निर्दोष महिला, बालबालिका र अपाङ्गता भएका व्यक्तिहरू हुन्छन्, जसको कुनै अपराध  छैन । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक पटक नमाज कायम गर्न र आफ्नो स्थानमा कसैलाई नमाज पढाउन आदेश दिने निर्णय गर्नुभएको थियो । त्यसपछि केही मानिसहरूका साथमा दाउरा बोकेर नमाजमा नआएका मानिसहरूको घरमा आगो लगाउन निर्णय गर्नुभएको थियो । किनभने जमातका साथ नमाज नपढ़नु धेरै ठूलो अपराध हो । तर उहाँले त्यसो गर्नुभएन, किनकि घरहरूमा निर्दोष महिला, बालबालिका र अपाङ्गता भएका व्यक्तिहरू हुन्छन्, जसको कुनै अपराध  छैन ।</t>
+रसूल (सल्लल्लाहु अलैहि वसल्लम) ले एक पटक नमाज कायम गर्न र आफ्नो स्थानमा कसैलाई नमाज पढाउन आदेश दिने निर्णय गर्नुभएको थियो । त्यसपछि केही मानिसहरूका साथमा दाउरा बोकेर नमाजमा नआएका मानिसहरूको घरमा आगो लगाउन निर्णय गर्नुभएको थियो । किनभने जमातका साथ नमाज नपढ़नु धेरै ठूलो अपराध हो । तर उहाँले त्यसो गर्नुभएन, किनकि घरहरूमा निर्दोष महिला, बालबालिका र अपाङ्गता भएका व्यक्तिहरू हुन्छन्, जसको कुनै अपराध  छैन ।</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>मस्जिदमा उपस्थित भई जमातका साथ नमाज नपढ्नु गम्भीर अपराध हो ।
 पाखण्डीहरू देखाउन र प्रख्यात हुनका लागि मात्र उपासना गर्छन् ।  त्यसैले मानिसहरुले देख्ने समयमा मात्र मस्जिद जान्छन् ।
 जमातका साथ इशा र फजरको नमाज पढ्नुमा ठूलो पुण्य छ र यी दुई नमाजमा मानिस घुँडा टेकेर हिँड्नु परे पनि आउनु पर्छ ।
 ईशा र फजरको नमाजको पालना गर्नु भनेको पाखंडबाट सुरक्षाको प्रमाण हो र यी दुई नमाजमा नआउनु मुनाफिक/पाखण्डीको लक्षण हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>यो एउटा ढुङ्गा (को आवाज) हो, जुन सत्तरी वर्षअघि नर्कमा फ्याँकिएको थियो र निरन्तर नरकमा झरिरहेको थियो र अहिले तल्लो तहमा पुगेको छ ।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -3669,137 +3682,144 @@
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो प्रशंसामा शरियतले तोकिएको सीमाभन्दा बाहिर गएर बढाइचढाइ गर्ने, अल्लाहका लागि प्रमाणित विशेषताहरू उहाँको लागि प्रमाणित गर्ने, वा उहाँ गैब (अदृश्य) का कुराहरू जान्नुहुन्छ भनेर दाबी गर्ने र अल्लाह जस्तै उहाँसंग प्रार्थना गर्ने इत्यादि निषेध गर्नुभएको छ । जसरी ईसाईहरूले ईसा पुत्र मरियम ( उहाँ माथि शान्ति होस्) सँग गरे। त्यसपछि उहाँले भन्नुभयो, म अल्लाहको दासहरू मध्ये एक दास हुँ  । त्यसैले उहाँले हामीलाई आदेश दिनुभयो कि  हामी उहाँलाई अल्लाहको भक्त र उहाँको रसूल भनौँ  ।</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>सम्मान तथा प्रशंसा गर्दा शरियतले तोकिएको सीमाभन्दा बाहिर जान निषेध गरिएको छ; किनकि यसले शिर्कलाई निम्त्याउँछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सचेत गर्नुभएको कुरा आज यो समुदायमा प्रशस्तै देखिन्छ । एक समूहले अल्लाहको रसूलको बारेमा बढाइचढाइ गरे, अर्को समूहले आले-बैत (उहाँको परिवार) को बारेमा बढाइचढाइ गरे र केही मानिसहरूले औलिया (अल्लाहका सत्कर्मी भक्तहरू) को बारेमा बढाइचढाइ गरे र यसरी यी सबै मानिसहरू शिर्कमा परे ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफूलाई अल्लाहको भक्तको रूपमा वर्णन गर्नुभएको छ; ताकि यो स्पष्ट होस्, कि उहाँ अल्लाहको भक्त हुनुहुन्छ र उहाँका सबै आवश्यकताहरू अल्लाहद्वारा पूरा हुन्छन् र उहाँलाई अल्लाहको कुनै पनि गुण समान गुणी मान्न वर्जित छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफूलाई अल्लाहको रसूल (सन्देशवाहक) बताउनु भयो; ताकि यो स्पष्ट होस्, कि उहाँ अल्लाहद्वारा पठाइएका हुन्, त्यसैले उहाँको पुष्टि र अनुसरण गर्न अनिवार्य छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3406</t>
   </si>
   <si>
     <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
-    <t>कुनै (रोग) संक्रामक हुँदैन र कुनै चरा अशुभ छैन । उल्लू र सफर महिनाको कुनै दोष छैन । कुष्ठ रोगीबाट त्यसरी नै भाग, जसरी तिमी बाघबाट भाग्छौ ।</t>
+    <t>न त रोग आफैँ सर्छ, न कुनै अशुभ शकुन हुन्छ, न 'हामा' (उल्लू अशुभ हुने विश्वास) को कुनै प्रभाव हुन्छ, न 'सफर' महिना अशुभ हुन्छ, र कुष्ठरोगीबाट यसरी टाढा भाग जसरी सिंहबाट भाग्छौ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कुनै (रोग) संक्रामक हुँदैन र कुनै चरा अशुभ छैन । उल्लू र सफर महिनाको कुनै दोष छैन । कुष्ठ रोगीबाट त्यसरी नै भाग, जसरी तिमी बाघबाट भाग्छौ ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "न त रोग आफैँ सर्छ, न कुनै अशुभ शकुन हुन्छ, न 'हामा' (उल्लू अशुभ हुने विश्वास) को कुनै प्रभाव हुन्छ, न 'सफर' महिना अशुभ हुन्छ, र कुष्ठरोगीबाट यसरी टाढा भाग जसरी सिंहबाट भाग्छौ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम पूर्वका केही गलत कुराहरू विरुद्ध चेतावनी दिनुभएको छ, किनभने हरेक कुरा अल्लाहको हातमा छ र उहाँको आदेश र मर्जी बिना केही हुँदैन र ती निम्न हुन्:
-पहिलो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरूले रोग आफैंमा संक्रामक हुन्छ भन्ने विश्वास गर्थे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुनैपनि रोग एक बिरामीबाट अरूलाई आफैंले संक्रामक हुन्छ भन्ने विश्वासलाई निर्मुल पार्नुभयो । किनभने ब्रह्माण्डको व्यवस्थापन गर्ने अल्लाह हुनुहुन्छ; उहाँको मर्जीले रोग हुन्छ र उहाँले नै निको पार्नुहुन्छ र यो उहाँको इच्छा र आदेश बिना केही हुँदैन ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लामपूर्वका केही गलत कुराहरूविरुद्ध चेतावनी दिनुभएको छ, किनकि हरेक कुरा अल्लाहको हातमा छ र उहाँको आदेश र इच्छा बिना केही हुँदैन। ती कुराहरू निम्न छन्:
+पहिलो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू रोग आफैँ संक्रामक हुन्छ भन्ने विश्वास गर्थे। नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुनै पनि रोग एक बिरामीबाट अर्कोमा आफैँ सर्छ भन्ने विश्वासलाई निर्मूल पार्नुभयो। किनभने ब्रह्माण्डको व्यवस्थापन गर्ने अल्लाह हुनुहुन्छ; उहाँको आदेशले रोग लाग्छ र उहाँले नै निको पार्नुहुन्छ, र  उहाँको इच्छा र आदेश बिना केही हुँदैन।
 दोस्रो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू यात्रा वा व्यापारको लागि निस्कदा चरालाई उडाउने गर्दथे । यदि चरा दायाँ तिर उड्यो भने शुभ ठानेर त्यो काम गर्थे र यदि बायाँतिर उड्यो भने अशुभ ठानेर फर्कने गर्थे । नबी (सल्लल्लाहु अलैहि वसल्लम) ले चराहरूबाट लिएको यो अशुभ मान्ने आस्थालाई निषेध गर्नुभयो र यो मिथ्या विश्वास हो भनेर स्पष्ट पार्नुभयो ।
-तेस्रो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू भन्थे: यदि कसैको घरमा  उल्लू चरा आएर बस्छ भने उसको लागि विपत्ति हुनेछ; नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो अशुभ आस्थालाई निषेध गर्नुभयो ।
-[...1 lines deleted...]
-पाँचौं: उहाँले कुष्ठ रोग लागेको व्यक्तिबाट टाढै बस्नु भनेको अल्लाहले आदेश दिनुभएको सुरक्षा खोज्नु र आफूलाई बचाउनु हो । कुष्ठ रोग: मानव अंगहरू नष्ट गर्ने र क्षतविक्षत हुने रोग हो ।</t>
+तेस्रो: जाहिलीयत (इस्लाम पूर्व) का मानिसहरू भन्थे: यदि कुनै घरमा  उल्लू चरा आएर बस्छ भने घरका बासिन्दाहरूलाई विपत्ति आइलाग्नेछ; नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो अशुभ आस्थालाई निषेध गर्नुभयो ।
+चौथोः नबी (सल्लल्लाहु अलैहि वसल्लम) ले हिजरी महिनाको दोस्रो महिना "सफर" लाई अशुभ मान्ने कुरा प्रति रोक लगाउनुभयो। केही विद्वानहरू अनुसार 'सफर' भनेको पेटमा हुने एक प्रकारको सर्प हो, जसबाट पशुधन र मानिसहरू संक्रमित हुन्छन्, र तिनीहरूको मान्यताअनुसार यो 'जरब' (लुतो) भन्दा पनि बढी सङ्क्रामक हुन्छ; नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस प्रकारका विश्वास र आस्थाहरूको खण्डन गर्दै यिनलाई अमान्य ठहर गर्नुभयो।
+पाँचौँ, उहाँले कुष्ठरोग लागेका व्यक्तिबाट सिंहबाट भागेजस्तै टाढा रहन आदेश दिनुभयो। यसो गर्नु आफ्नो सुरक्षाप्रति सावधानी, आफ्नो रक्षा र अल्लाहले आदेश दिनुभएका माध्यमहरूलाई अपनाउनु हो। कुष्ठरोग भनेको यस्तो रोग हो जसले मानिसका अङ्गहरूलाई खाइदिन्छ।</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
-    <t>अल्लाहमा भरोसा गर्ने र वैध साधनहरू अपनाउने ।
-[...2 lines deleted...]
-कुष्ठरोगी र संक्रामक रोग लागेका व्यक्तिहरुको नजिक नजानु भनेको सुरक्षा र बचाउको लागि अल्लाहले दिनुभएको एक साधन हो; किनभने रोगहरू आफैंमा संक्रामक हुँदैन, बरु यो अल्लाहको आदेश अनुसार हुन्छ । यदि उहाँले त्यसको शक्ति खोस्नु भयो भने उसले केही असर गर्दैन र यदि उहाँले त्यसको शक्ति खोस्नु भएन भने असर गर्छ ।</t>
+    <t>अल्लाहमा पूर्ण भरोसा राख्नुका साथै वैध माध्यमहरू प्रयोग गर्नु अनिवार्य छ।
+अल्लाहको निर्णय र उहाँले तोक्नुभएको भाग्यमा विश्वास गर्नु साथै सबै कारणहरू उहाँकै हातमा छन् र उहाँले नै तिनलाई सञ्चालन गर्नुहुन्छ वा तिनको प्रभाव हटाइदिनुहुन्छ भन्ने तथ्यप्रति आस्था राख्नु अनिवार्य छ।
+यसमा, केही मानिसहरूले कालो वा रातो रङ, विशेष अङ्कहरू, नामहरू, व्यक्तिहरू वा शारीरिक रूपमा अशक्त मानिसहरूलाई अशुभ मानेर गरिने अपशगुनका कार्यहरूको खण्डन गरिएको छ।
+कुष्ठरोग वा त्यस्तै अन्य संक्रामक रोग भएका व्यक्तिहरूको नजिक जानु नहुने भन्ने निषेधको कारण यो हो कि, रोग सर्ने सामान्य कार्य-कारणको क्रमलाई अल्लाहले यस सृष्टिमा चलन (प्रकृति) को रूपमा जारी राख्नुभएको छ। तथापि, यस्ता कारणहरू आफैँमा स्वतन्त्र रूपमा प्रभावकारी हुँदैनन्; प्रभाव पार्ने वा नपार्ने सम्पूर्ण अधिकार र शक्ति केवल अल्लाहकै हो। उहाँले इच्छा अनुसार ती कारणहरूबाट शक्ति खोस्नुभयो भने ती कारणहरूले कुनै असर गर्ने छैनन्, र यदि उहाँले इच्छा गर्नुभयो भने ती शक्तिहरू कायम रहन्छन् र तिनीहरूले प्रभाव पार्छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3407</t>
   </si>
   <si>
     <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
-    <t>अल्लाहको कसम, यदि अल्लाह तिम्रो माध्यमबाट एक जनालाई सही मार्गमा ल्याउनुभयो भने, त्यो तिमीलाई संसारकै उत्कृष्ट सम्पत्तिभन्दा पनि उत्तम हुनेछ।</t>
+    <t>“अल्लाहको कसम! यदि अल्लाहले तिम्रो माध्यमबाट एक जना मात्र व्यक्तिलाई पनि सही मार्ग (हिदायत) मा ल्याइदिनुभयो भने, त्यो तिम्रा लागि राता-राता ऊँटहरू (त्यस समयको सबैभन्दा मूल्यवान् सम्पत्ति) प्राप्त गर्नुभन्दा धेरै उत्तम हुनेछ।</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
-    <t>सहल बिन साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "भोलि मैले यो झण्डा यस्तो मानिसलाई दिनेछु जसको हातमा अल्लाहले विजय दिनुहुनेछ, जसले अल्लाह र उहाँका रसूललाई प्रेम गर्दछ र अल्लाह र उहाँका रसूलले पनि उसलाई प्रेम गर्नुहुन्छ ।" झण्डा कसलाई दिइनेछ भनेर मानिसहरूले छलफल र अड्कलबाजी गर्दै रात बिताए । बिहान सबैजना रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पुगे । सबैले झण्डा पाउने आशा गरेका थिए । उहाँले सोध्नुभयो: "अली बिन अबी तालिब कहाँ छन्?" भनियो : हे अल्लाहका रसूल ! उनको आँखा दुखिरहेको छ । उहाँले भन्नुभयो: "उसलाई बोलाऊ ।" जब उनलाई बोलाइयो, उहाँले उनको आँखामा आफ्नो लार (थुक) लगाई दिनुभयो र उनको लागि दुआ (प्रार्थना) गर्नुभयो । फलस्वरूप उनको आँखा कुनै रोग नभए जस्तो निको भयो । उहाँले उनलाई झण्डा दिनुभयो । अली (रजियल्लाहु अन्हु)ले सोधे: हे अल्लाहको रसूल! के तिनीहरू हामी जस्तै (मुस्लिम) नभएसम्म तिनीहरूसँग लड्नुपर्छ? उहाँले भन्नुभयो: "तिमी आफ्नै गति अनुसार अघि बढ र जब उनीहरूको क्षेत्रमा पुग्छौ, तब इस्लामतर्फ आमन्त्रण गर। अनि उनीहरूलाई अल्लाहको अधिकार सम्बन्धी उनीहरूको कर्तव्यहरू बताऊ।"
- "अल्लाहको कसम, यदि अल्लाह तिम्रो माध्यमबाट एक जनालाई सही मार्गमा ल्याउनुभयो भने, त्यो तिमीलाई संसारकै उत्कृष्ट सम्पत्तिभन्दा पनि उत्तम हुनेछ।"</t>
+    <t>सहल बिन साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "भोलि म यो झण्डा यस्तो व्यक्तित्वलाई प्रदान गर्नेछु, जसको हातद्वारा अल्लाहले विजय प्रदान गर्नुहुनेछ। जसले अल्लाह र उहाँका रसूललाई प्रेम गर्छ र अल्लाह र उहाँका रसूलले पनि उनलाई प्रेम गर्नुहुन्छ।"
+यो सुनेर मानिसहरूले रातभरि झण्डा कसले पाउने हो भनेर आपसमा छलफल र अड्कलबाजी गर्दै बिताए।
+बिहान सबैजना अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष उपस्थित भए। सबैले झण्डा पाउने आशा गरेका थिए। उहाँले सोध्नुभयो: "अली बिन अबी तालिब कहाँ छन्?"
+मानिसहरूले भने: "हे अल्लाहका रसूल! उनको आँखा दुखिरहेको छ।"
+उहाँले भन्नुभयो: "उनलाई बोलाऊ।"
+जब अली (रजियल्लाहु अन्हु) लाई बोलाइयो, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनको आँखामा आफ्नो राल (थुक) लगाइदिनुभयो र उनको लागि दुआ (प्रार्थना) गर्नुभयो। फलस्वरूप उनको आँखा कुनै रोग नभएजस्तै गरी तुरुन्तै निको भयो।
+त्यसपछि उहाँले अली (रजियल्लाहु अन्हु) लाई झण्डा प्रदान गर्नुभयो।
+अली (रजियल्लाहु अन्हु) ले सोधे: "हे अल्लाहका रसूल! के तिनीहरू हामीजस्तै (मुस्लिम) नभएसम्म उनीहरूसँग युद्ध जारी रहनेछ?"
+उहाँले भन्नुभयो: "तिमी आफ्नै गतिअनुसार अघि बढ र जब उनीहरूको क्षेत्रमा पुग्छौ, तब उनीहरूलाई इस्लामतर्फ आमन्त्रण गर। अनि उनीहरूलाई अल्लाहको अधिकारसम्बन्धी उनीहरूको कर्तव्यहरू बताऊ। “अल्लाहको कसम! यदि अल्लाहले तिम्रो माध्यमबाट एक जना मात्र व्यक्तिलाई पनि सही मार्ग (हिदायत) मा ल्याइदिनुभयो भने, त्यो तिम्रा लागि राता-राता ऊँटहरू (त्यस समयको सबैभन्दा मूल्यवान् सम्पत्ति) प्राप्त गर्नुभन्दा धेरै उत्तम हुनेछ।"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमहरूले भोलि खैबरका यहूदीहरूमाथि विजय प्राप्त गर्ने छन् भनेर सहाबाहरूलाई जानकारी दिनुभयो । त्यो पनि एउटा यस्तो व्यक्तिको हातबाट जसलाई उहाँले झण्डा सुम्पिनु हुनेछ । सेनाले प्रयोग गर्ने प्रतीकलाई झण्डा भनिन्छ । यो मानिसको विशेषता भनेको उसले अल्लाह र उहाँका रसूललाई प्रेम गर्दछ र अल्लाह र उहाँका रसूलले उसलाई प्रेम गर्नुहुन्छ । यो महान सम्मानको आशा गर्दै सहाबाहरूले झण्डा कसलाई दिइनेछ भनेर छलफल र अड्कलबाजी गर्दै रात बिताए! जब बिहान उनीहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ पुगे, यो सम्मान मैले नै पाउनेछु भनेर सबैले आशा गरेका थिए ।
-रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अली कहाँ छन् सोध्नुभयो ?
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सहाबाहरूलाई जानकारी दिनुभयो कि मुस्लिमहरूले भोलिपल्ट खैबरका यहूदीहरूमाथि विजय प्राप्त गर्ने छन्। त्यो विजय एक यस्तो व्यक्तिको नेतृत्वमा हुनेछ जसलाई उहाँले झण्डा (सेनाले प्रयोग गर्ने प्रतीक) सुम्पिनु हुनेछ। यस व्यक्तिको गुण यो हो कि ऊ अल्लाह र उहाँका रसूलप्रति प्रेम राख्दछ, र अल्लाह र उहाँका रसूलले पनि उसलाई प्रेम गर्नुहुन्छ। यो महान सम्मानको आशा गर्दै सहाबाहरूले झण्डा कसलाई दिइनेछ भनेर छलफल र अड्कलबाजी गर्दै रात बिताए! भोलिपल्ट बिहान जब उनीहरू रसूल (सल्लल्लाहु अलैहि वसल्लम) को सेवामा उपस्थित भए, सबैले यो सम्मान आफूले नै पाउने आशा गरेका थिए।
+(जब सबैजना भेला भइसके) रसूल (सल्लल्लाहु अलैहि वसल्लम) ले "अली कहाँ छन्?" भनी सोध्नुभयो।
 भनियो : उनी बिरामी छन्; उनको आँखा दुखिरहेको छ ।
-नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई बोलाउन मान्छे पठाउनुभयो र आएपछि उहाँले उनको आँखामा आफ्नो पवित्र लार (थुक) लगाई दिनुभयो र उनको लागि दुआ (प्रार्थना) गर्नुभयो । फलस्वरूप उनको आँखा कुनै रोग नभए जस्तो निको भयो । त्यसपछि उनलाई झण्डा दिएर शत्रुको किल्लामा नपुगेसम्म नम्रतापूर्वक अगाडि बढ्न र त्यहाँ पुगेपछि उनीहरूलाई इस्लाम स्वीकार गर्न आमन्त्रित गर्न र यदि उनीहरू इस्लाममा प्रवेश गर्छन् भने उनीहरूमाथि अल्लाहको अधिकारको बारेमा जानकारी दिन आदेश दिनुभयो ।
-त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले अली (रजियल्लाहु अन्हु) लाई अल्लाहको धर्म; इस्लामतर्फ आह्वान गर्नुको सद्गुण व्याख्या गर्नुभयो । यदि दाई (धर्म प्रचारक) को मार्गदर्शनले गर्दा एक जना व्यक्तिले पनि इस्लाम स्वीकार गर्छ भने यो उसको लागि रातो ऊँटहरू हुनुभन्दा राम्रो हो । अरबहरूको सबैभन्दा बहुमूल्य सम्पत्ति रातो ऊँट थियो । अतः उ ऊँटहरूको मालिक बन्नेछ वा तिनीहरूलाई दानमा दिनेछ ।</t>
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई बोलाउनका लागि मानिस पठाउनुभयो। उनी उपस्थित भएपछि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनको आँखामा आफ्नो पवित्र राल (थुक) लगाई दिनुभयो र उनको लागि दुआ (प्रार्थना) गर्नुभयो। फलस्वरूप, उनको आँखा कुनै रोग नभए झैँ पूर्ण रूपमा निको भयो।
+त्यसपछि, उहाँले उनलाई झण्डा सुम्पेर शत्रुको किल्लामा नपुगुन्जेल नम्रतापूर्वक अगाडि बढ्न र त्यहाँ पुगेपछि उनीहरूलाई इस्लाम धर्म स्वीकार गर्न आमन्त्रित गर्न आदेश दिनुभयो। यदि उनीहरू इस्लाममा प्रवेश गर्छन् भने, उनीहरूलाई अल्लाहका अधिकारहरू (इस्लामी दायित्वहरू) का बारेमा जानकारी दिन निर्देशन दिनुभयो।
+त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले अली (रजियल्लाहु अन्हु) समक्ष अल्लाहको धर्म अर्थात् इस्लामको मार्गमा मानिसहरूलाई आह्वान गर्ने सद्गुण (महिमा) बारे बताउनुभयो। उहाँले भन्नुभयो कि यदि कुनै धर्म प्रचारकको मार्गदर्शनले गर्दा एकजना व्यक्तिले पनि इस्लाम स्वीकार गर्छ भने, यो उपलब्धि उसका लागि रातो ऊँटहरू प्राप्त गर्नुभन्दा पनि उत्तम हुन्छ। जसको मालिक भएपछि मानिस चाहे तिनलाई आफ्नो उपयोगका लागि राखोस् वा चाहेको भए दान गरिदेओस्। यो कुरा स्पष्ट रहोस् कि रातो ऊँटहरू अरब समाजमा अत्यन्तै बहुमूल्य र प्रतिष्ठित सम्पत्तिमा गनिन्थे।</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
-    <t>अली (रजियल्लाहु अन्हु) को सद्गुण र उनले अल्लाह र उहाँका रसूललाई प्रेम गर्दछन् र अल्लाह र उहाँका रसूलले पनि उनलाई प्रेम गर्नुहुन्छ भन्ने कुराको नबीको गवाही ।
-[...6 lines deleted...]
-इस्लाम तर्फ आह्वान गर्नुको सद्गुण, यसमा आह्वानकर्ता र आमन्त्रित दुवैलाई फायदा छ । आमन्त्रित व्यक्तिले सत्य मार्ग ग्रहण गर्नेछ भने आह्वानकर्ता (दाई) ले ठूलो पुण्य पाउनेछ ।</t>
+    <t>यसमा अली बिन अबी तालिब (रजियल्लाहु अन्हु) को श्रेष्ठता बताइएको छ, र रसूल(सल्लल्लाहु अलैहि वसल्लम) ले उहाँको लागि दिनुभएको गवाही छ कि अल्लाह र उहाँका रसूलले उहाँलाई माया गर्नुहुन्छ, र उहाँले पनि अल्लाह र उहाँको रसूल प्रति प्रेम राख्नुहुन्छ।
+यसबाट स्पष्ट हुन्छ कि सहाबाहरू (अल्लाह उनीहरूसँग प्रसन्न हुनुहोस्) असल कार्य गर्न र त्यसमा एक-अर्काभन्दा अगाडि बढ्न निकै उत्सुक थिए ।
+युद्ध वा लडाइँको समयमा पनि शिष्टाचारको पालन गर्नु, तथा अनावश्यक हतारो, कर्कश र कष्टप्रद आवाजहरूबाट टाढा रहनु शरिया (धर्मशास्त्र) द्वारा आदेशित छ।
+यहूदीहरूमाथि मुस्लिमहरूको विजयको पूर्व सूचना र अली (रजियल्लाहु अन्हु) को आँखालाई निको पारिदिनु, यी दुवै घटना नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो दूत (रसूल) हुनुहुन्छ भन्ने कुराको स्पष्ट प्रमाण हुन्।
+जिहादको सबैभन्दा मुख्य लक्ष्य भनेको मानिसहरूलाई इस्लामको मार्गमा ल्याउनु हो।
+इस्लामको आह्वान (दा'वा) क्रमशः गर्नुपर्छ। सर्वप्रथम, दुवै कलिमा (शहादत) उच्चारण गरेर इस्लाम धर्मलाई आत्मसात् गर्न आह्वान गरिनेछ र तत्पश्चात् इस्लामका अनिवार्य कर्तव्यहरू (फर्जहरू) पूरा गर्ने आदेश दिइनेछ।
+इस्लामको मार्गमा आह्वान (दावत) गर्नु अत्यन्त पुण्यको काम हो, जसले आह्वान गर्ने र आमन्त्रित हुने दुवै पक्षलाई फाइदा पुर्‍याउँछ। आमन्त्रित व्यक्तिले सत्य मार्ग ग्रहण गर्नेछ भने आह्वानकर्ता  ले ठूलो पुण्य पाउनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3409</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>”हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म अल्लाहको दरबारमा यसलाई तपाईको लागि प्रमाणको रूपमा पेश गर्नेछु ।</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>सईद बिन मुसैयबले आफ्नो बुबाबाट बयान गरेका छन्, उनले भन्नुहुन्छ : जब अबु तालिबको मृत्युको समय नजिक आयो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) उनीकहाँ जानुभयो । त्यहाँ अबु जहल र अब्दुल्लाह बिन अबु उमैया बिन मुगिरा पहिलादेखि उपस्थित थिए । उहाँले  अबु तालिब सगँ भन्नुभयो: ”हे काका, तपाईं 'ला इलाहा इल्लाल्लाह' भन्नुहोस्, म अल्लाहको दरबारमा यसलाई तपाईको लागि प्रमाणको रूपमा पेश गर्नेछु ।" यो सुनेर अबु जहल र अब्दुल्लाह बिन अबु उमैयाले भने: के तपाईं अब्दुल मुत्तलिबको धर्मलाई छोड्नु हुन्छ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले बारम्बार कल्मा (ला इलाहा इल्लाल्लाह) पढ्न अनुरोध गरिरहनु भयो र यी दुवैले उनलाई रोक्न खोजिरहे । अन्ततः अबु तालिबले म अब्दुल मुतालिबको धर्ममा अडिग रहनेछु भनेर घोषणा गरे र ‘ला इलाह इल्लल्लाह’ लाई भन्न अस्वीकार गर्नुभयो। हदीस वाचकले भन्छन्:  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले (काकाको जवाफ सुनेर) भन्नुभयो: "अल्लाहको कसम मलाई मनाही नगरिएसम्म म तपाईंको लागि क्षमा माग्नेछु।”  तब अल्लाहले यो आयत अवतरण गर्नुभयो: “नबी र आस्थावानहरूले बहुदेववादीहरूका लागि  क्षमा माग्नु उपयुक्त छैन,चाहे तिनीहरू आफ्ना नजिकका आफन्त नै किन नहुन् ।” [अत-तौबा: ११३], र अल्लाहले अबु तालिबको बारेमा यो आयत अवतरण गर्नुभयो: “तिमी जसलाई माया गर्छौ, उसलाई मार्गदर्शन गर्न सक्दैनौ, तर अल्लाह जसलाई चाहनुहुन्छ मार्गदर्शन गर्नुहुन्छ ।” [अल कसस: ५६]</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
@@ -4349,84 +4369,81 @@
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>पति पत्नीले एउटै भाँडोबाट नुहाउन जायज छ ।
 महिनावारी भएकी महिलासँग योनिमार्गीय सम्भोगबाहेक अन्य शारीरिक सम्पर्कका क्रियाकलापहरू गर्न सकिन्छ, किनभने उनको शरीर त पवित्र नै हुन्छ।
 महिनावारी भएकी महिलाले सम्भोगबाहेक अन्य शारीरिक सम्पर्कका क्रियाकलापहरू गर्दा आफ्नो गुप्तांगमा कपडा बाँधेर बस्नु पुण्यकारी हो।
 हराम (वर्जित) कार्यहरूमा पर्नुबाट जोगिनको लागि उपायहरू अपनाउनु पर्छ ।
 महिनावारी भएकी महिलालाई मस्जिदमा बस्न अनुमति छैन।
 महिनावारी भएकी महिलाले भिजेका र सुक्खा वस्तुहरू छुन सक्छिन्, जस्तै कपाल धुनु र कैंयोले कपाल मिलाउनु आदि। (अर्थात् महिनावारीको समयमा महिलालाई सामान्य दैनिक कार्यहरू गर्न कुनै प्रतिबन्ध हुँदैन।)
 यसबाट आफ्नो परिवारप्रति नबी (सल्लल्लाहु अलैहि वसल्लम) को राम्रो व्यवहार स्पष्ट हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3476</t>
   </si>
   <si>
     <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
-    <t>मेरो अघि अल्लाहले जुनसुकै उम्मतमा कुनै नबी पठाउनुभएको थियो, ती नबीलाई आफ्ना उम्मतबाट सहयोगी (حواريون) र साथीहरू प्रदान गरिन्थ्यो। ती मानिसहरू नबीको सुन्नतलाई पालन गर्थे र उहाँका आदेशहरूको अनुसरण गर्थे।</t>
+    <t>मभन्दा पहिले अल्लाहले पठाएका सबै नबीहरूका आफ्ना अनुयायीहरूबाट नै चेला, सहयोगी र साथीहरू थिए जसले उनीहरूको सुन्नतलाई पछ्याएका थिए र उनीहरूको  आदेशहरूको अनुसरण गर्थे</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
-    <t>हदीस : हज्रत अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) द्वारा बयान गरिएको छ कि अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "मेरो अघि अल्लाहले जुनसुकै उम्मतमा कुनै नबी पठाउनुभएको थियो, ती नबीलाई आफ्ना उम्मतबाट सहयोगी (حواريون) र साथीहरू प्रदान गरिन्थ्यो। ती मानिसहरू नबीको सुन्नतलाई पालन गर्थे र उहाँका आदेशहरूको अनुसरण गर्थे।
-तर तिनको पछि यस्तो पुस्ता आउँछ, जसले भन्ने कुरा आफू गर्दैनन् र गर्ने कुरा आदेशबमोजिम हुँदैन। जसले उनीहरूविरुद्ध आफ्नो हातले संघर्ष गर्छ, ऊ विश्वासी हो। जसले आफ्नो जिब्रोले उनीहरूविरुद्ध संघर्ष गर्छ, ऊ पनि विश्वासी हो। र जसले आफ्नो हृदयले उनीहरूलाई गलत ठान्छ, ऊ पनि विश्वासी हो। तर यसबाहेक इमानको तौलमा सरसोंको दाना बराबर पनि केही बाँकी हुँदैन।"</t>
+    <t>हदीस : अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: "मभन्दा पहिले अल्लाहले पठाएका सबै नबीहरूका आफ्ना अनुयायीहरूबाट नै चेला, सहयोगी र साथीहरू थिए जसले उनीहरूको सुन्नतलाई पछ्याएका थिए र उनीहरूको  आदेशहरूको अनुसरण गर्थे। त्यसपछि यस्ता मानिसहरू देखा परे जो आफ्नो इमानमा सत्य थिएनन्, जसले ती कुराहरू भने जुन उनीहरूले गर्दैनथे र ती कामहरू गर्थे जुन उनीहरूलाई गर्न आदेश दिइएको थिएन। त्यसैले जसले आफ्नो हातले तिनीहरूसँग लड्छ त्यो आस्थावान हो, जसले आफ्नो जिब्रोले तिनीहरूसँग लड्छ त्यो आस्थावान हो र  जसले आफ्नो हृदयले तिनीहरूसँग लड्छ त्यो आस्थावान हो र यसभन्दा पर रायोको दाना जत्रो पनि विश्वास छैन।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि उहाँ भन्दा पहिला अल्लाह तआलाले जुन समुदायमा कुनै नबी( सन्देष्टा) पठाउनु भएता पनि उनका आफ्ना अनुयायीहरू मध्ये विशुद्ध , सहयोगी, र मुजाहिद( जिहाद गर्ने वाला एवं अति नै सङ्घर्ष गर्ने वाला ) र  नि:स्वार्थहरू हुने गर्थे । जो उन पछि खिलाफत ( नबी पछिको कार्यभार)  ठीक राख्थे । उनका तरिकाहरू समातेका हुन्थे ।  उनको हुकुम मानेका हुन्थे । फेरि ती बितेका सत्कर्मी सपुतहरू पछि यस्ता मानिसहरू आए जसमा कुनै भलाइ थिएन ।  उनीहरू जे भन्थे, त्यो गर्दैन थिए ।   जे गर्न भनिएको हुन्थेन, त्यो गर्थे ।  सो जसले उनीहरूसित  हातले जिहाद गर्यो, त्यो इमानवाला हो र जसले उनीहरूसित मुखले जिहाद गर्यो त्यो इमान वाला हो र जसले उनीहरूसित हृदयले जिहाद गर्यो त्यो इमान वाला हो । र यो पछि रायोको दाना जती पनि इमान हुँदैन  ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, अल्लाहले कुनै पनि राष्ट्रमा रसूल पठाउनुभन्दा पहिले, उस जातिका केही चुनिएका, सहयोगी, योद्धा र इमान्दार व्यक्तिहरू नि:स्वार्थहरू हुने गर्थे, जो उनको उत्तराधिकारी हुन योग्य थिए, उनको सुन्नतलाई पालना गर्थे र उनको आदेशहरू पालना गर्थे। तर यी धर्मी पूर्वजहरूपछि, यस्ता बेकार मानिसहरू आउनेछन्, जसले ती कुराहरू भन्नेछन् जुन उनीहरूले अभ्यास गर्दैनथे र ती कामहरू गर्नेछन् जुन उनीहरूलाई गर्न आज्ञा दिइएको थिएन; त्यसकारण, जसले यस्ता मानिसहरूसँग आफ्नो हातले लड्छ, त्यो आस्थावान हो।  जसले तिनीहरूसँग आफ्नो जिब्रोले लड्छ, त्यो आस्थावान हो। जसले तिनीहरूसँग आफ्नो हृदयले लड्छ, त्यो आस्थावान हो। यसभन्दा बाहिर, रायोको दाना बराबर पनि कुनै आस्था हुँदैन।</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
-    <t>हदीसको अर्थ :
-[...7 lines deleted...]
-अम्र बिल मारूफ ( सत्कर्महरूको आदेशको अनिवार्यता) र नह्यी अनि मुन्कर ( नराम्रा कर्महरूको इन्कार) ।</t>
+    <t>शरीअत विरोधी विरुद्ध आफ्नो वचन र कार्यद्वारा रोक्न आग्रह ।
+खराब काम गर्दा पनि मनले निन्दा नगर्नु भनेको कमजोर विश्वास वा यसको लोपको प्रमाण हो।
+अल्लाहले आफ्ना नबीहरूलाई यस्ता मानिसहरू सहज पार्नुहुन्छ, जसले उनीहरूपछि उनीहरूको सन्देश बोकेर आउनेहरूलाई सुनाउँछन्।
+जसले मुक्ति चाहन्छ, उसले नबीहरूको मार्ग पछ्याउनु पर्छ; किनकि तिनीहरूको तरिका बाहेक अरू सबै मार्ग विनाश र पथभ्रष्टता हो।
+नबी (सल्लल्लाहु अलैहि व सल्ल) मा र उहाँका सहाबी (साथी) हरू देखि जति जमाना टाढा हुँदै गयो, त्यति नै उनीहरूले सुन्नतलाई छोडे, इच्छाहरूको अनुसरण गर्न थाले र नौला कुराहरू शुरु गरे।
+जिहादका चरणहरूको विवरण: जसले हातले रोक्न सक्छ, उसले हातले गर्नुपर्छ, जस्तैः अभिभावक, शासक र राजकुमारहरू । बोली मार्फत जिहाद भनेको सत्यताका साथ काम गर्नु र त्यसको लागि आह्वान गर्नु हो। जबकि हृदय मार्फत जिहाद भनेको गलतलाई गलत ठान्नु, मन नपराउनु र त्यसमा सन्तुष्ट नहुनु हो।
+राम्रो कामको आदेश दिने र नराम्रो कामबाट रोक्ने दायित्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3480</t>
   </si>
   <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>भविष्यमा त्यस्ता शासकहरू आउनेछन्, जसका केही कार्यहरू तिमीहरूलाई राम्रा लाग्नेछन् र केही नराम्रा। यस्तो अवस्थामा जसले तिनीहरूका (नराम्रा कार्यहरूलाई) नराम्रो मान्नेछ, उ पापबाट मुक्त हुनेछ। र जसले तिनीहरूका नराम्रा कामहरूलाई नराम्रो भनेर इन्कार गर्नेछ, ऊ सुरक्षित रहनेछ। तर जो (तिनीहरूका नराम्रा कामहरूबाट) सन्तुष्ट रहनेछ र तिनीहरूको अनुसरण गर्नेछ, (ऊ दोषी ठहरिनेछ)।</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>मुस्लिमहरूको  आमा उम्मे सलमाले बयान गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "भविष्यमा त्यस्ता शासकहरू आउनेछन्, जसका केही कार्यहरू तिमीहरूलाई राम्रा लाग्नेछन् र केही नराम्रा। यस्तो अवस्थामा जसले तिनीहरूका (नराम्रा कार्यहरूलाई) नराम्रो मान्नेछ, उ पापबाट मुक्त हुनेछ। र जसले तिनीहरूका नराम्रा कामहरूलाई नराम्रो भनेर इन्कार गर्नेछ, ऊ सुरक्षित रहनेछ। तर जो (तिनीहरूका नराम्रा कामहरूबाट) सन्तुष्ट रहनेछ र तिनीहरूको अनुसरण गर्नेछ, (ऊ दोषी ठहरिनेछ)।"
 साथीहरूले सोधे, "के हामी उनीहरूसँग युद्ध गरौं?"
 उहाँले भने,  "होइन, जबसम्म उनीहरू नमाज पढिरहन्छन् (तबसम्म युद्ध नगर्नु) ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
@@ -4434,158 +4451,161 @@
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : हामीमाथि यस्ता हाकिमहरू नियुक्त हुनेछन्, जसका केही कार्यहरू हामीले शरीअत इस्लामी कानुन)  सँग मेल खाने भएकोले स्वीकार गर्नेछौं, र केही कार्यहरू हामीले शरीअतको उल्लङ्घन भएकोले अस्वीकार गर्नेछौं। यस्तो अवस्थामा, यदि कुनै व्यक्ति मुन्कर (गलत कार्य) लाई प्रत्यक्ष रूपमा इन्कार गर्न असमर्थ छ र उसले त्यसलाई आफ्नो हृदयदेखि नै नराम्रो ठान्छ भने, त्यो व्यक्ति पाप र पाखण्डबाट मुक्त मानिन्छ । त्यसैगरी जो व्यक्ति हात वा वचनद्वारा गलत कामलाई रोक्ने सामर्थ्य राख्छ र त्यसलाई अस्वीकार गर्छ, ऊ पाप र त्यसमा सहभागी हुने अवस्थाबाट सुरक्षित रहन्छ। तर जसले उनीहरूको गलत कर्मलाई मनपराउँछ र त्यसमा उनीहरूको अनुसरण गर्छ, ऊ पनि उनीहरूजस्तै विनाश हुनेछ।
 तब सहाबाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, 'के हामीले त्यस्ता शासकहरूसँग युद्ध गर्नु हुँदैन?'
 उहाँले उनीहरूलाई त्यसो गर्नबाट रोक्दै भन्नुभयो, 'होइन, जबसम्म उनीहरूले नमाजको स्थापना गर्छन्, तबसम्म युद्ध नगर्नु।'</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सत्य रसूल हुनुहुन्छ भन्ने कुराको एउटा प्रमाण के हो भने उहाँले भविष्यमा हुने केही घटनाहरूको भविष्यवाणी गर्नुभएको थियो र पछि त्यो उहाँले भविष्यवाणी गरेझैं प्रकट भयो ।
 गलत कार्यप्रति सहमति जनाउनु वा त्यसमा सहभागी हुनु शरियतमा अनुमत छैन; बरु, त्यसको खण्डन गर्नु अनिवार्य ठहरिएको छ।
 यदि शासकहरूले शरीयत विपरित काम गर्न थाल्छन् भने त्यस्ता कुरामा उनीहरूको आज्ञापालन गर्नु जायज हुँदैन।
 मुस्लिम शासकहरू विरुद्ध विद्रोह गर्ने अनुमति छैन, किनभने यसले दंगा, अराजकता, रक्तपात र अशान्ति उत्पन्न गराउँछ। त्यसैले, अवज्ञाकारी शासकहरूको अन्याय सहनु र उनीहरूले दिने कष्टमा धैर्य गर्नु, (विद्रोह गरेर समाजलाई ठूलो संकटमा पार्नुभन्दा) धेरै सहज र उपयुक्त ठहरिन्छ।
 सलाह (नमाज) इस्लाममा अत्यन्त महत्त्वपूर्ण कर्म हो। वास्तवमै, सलाह नै कुफ्र र इस्लाम बीचको सीमारेखा हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3481</t>
   </si>
   <si>
     <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
-    <t>मलाई पाँच वटा कुरा प्रदान भए जो म भन्दा पहिला कसैलाई दिइएन</t>
+    <t>मलाई पाँचवटा कुराहरू दिइएको छ जुन मभन्दा पहिले कुनै पनि अगमवक्तालाई दिइएको थिएन</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
-    <t>हजरत जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "मलाई पाँच वटा कुरा प्रदान भए जो म भन्दा पहिला कसैलाई दिइएन  । एक महिनाको यात्रा जति पर सम्म त्रासद्वारा मेरो मद्दत गरियो । अनि सारा धरती मेरो लागि मस्जिद र पवित्रता प्राप्त गर्न मिल्ने बनाइयो । अत: मेरा अनुयायीहरू मध्येको कसैलाई नमाजको समयले भेटायो भने नमाज पढोस् । यसरी नै मेरा निमित्त युद्धधन वैध गरियो , जब कि मभन्दा पहिला कसैका लागि वैध थिएन र मलाई सिफारिसको अधिकार प्रदान गरियो । अनि  नबीहरू आफ्नो समुदायको लागि खास गरेर पठाइएका हुन्थे जब कि म सारा मानव समुदायका लागि नबी बनाएर पठाइएको हुँ ।"</t>
+    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले  भन्नुभयो: "मलाई पाँचवटा कुराहरू दिइएको छ जुन मभन्दा पहिले कुनै पनि अगमवक्तालाई दिइएको थिएन : मलाई एक महिनाको दूरीसम्म डरले सहयोग गरिएको छ। सम्पूर्ण पृथ्वीलाई मेरो लागि पूजास्थल र पवित्रताको माध्यम बनाइएको छ, त्यसैले मेरो उम्मतमध्ये जसले जहाँ पनि नमाजको समय पाउँछ, उसले त्यहाँ नमाज पढोस्। युद्धको धन मेरो लागि वैध गरिएको छ र मभन्दा पहिले कसैको लागि वैध थिएन। मलाई मध्यस्थता प्रदान गरिएको छ। अन्य  नबीहरू आफ्नो समुदायको लागि खास गरेर पठाइएको थियो, तर मलाई सम्पूर्ण मानवजातिको लागि पैगम्बरको रूपमा पठाइएको छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
-    <t>हदीसको व्याख्या : नबी (सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि अल्लाह तआलाले उहाँलाई पाँच वटा खुबीहरू प्रदान गर्नु भयो जो उहाँ भन्दा पहिलेका नबीहरू मध्ये कसैलाई प्रदान भएको थिएन ।
-[...4 lines deleted...]
-पाँचौ : म समस्त सृष्टि मानव जात र जिन्नहरू सबैका निमित्त (रसूल) सन्देश वाहक बनाएर पठाइएको हुँ । उहाँ भन्दा पहिलाका अरू नबीहरू विपरीत , उनीहरू केवल आफ्नो समुदायका लागि पठाइएका हुन्थे ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले बताउनु भयो, अल्लाह तआलाले उहाँलाई पाँचवटा चीजहरू दिनुभएको छ जुन उहाँ भन्दा पहिले कुनै पनि पैगम्बरलाई प्रदान भएको थिएन ।
+पहिलो : मलाई त्रासद्वारा सहायता दिइएको छ, जुन मेरा शत्रुहरूको हृदयमा हालिदिएको छ, चाहे तिनीहरू र मेरो बीचमा एक महिनाको दूरी नै किन नहोस्।
+दोस्रो : सम्पूर्ण पृथ्वीलाई हाम्रो लागि मस्जिद बनाइएको छ ताकि हामी जहाँ चाहन्छौं त्यहाँ प्रार्थना गर्न सकौं। त्यसैगरी, पानी पाउन नसकेको अवस्थामा माटोद्वारा पवित्रता प्राप्त गर्छौं।
+तेस्रो : युद्धको धनमाल हाम्रो लागि वैध गरिएको छ, जुन मुस्लिमहरूले काफिरहरूसँगको युद्धमा लिन्छन्।
+चौथो : मलाई न्यायको दिनको भयावहबाट मानिसहरूलाई राहत दिनको लागि ठूलो मध्यस्थता (सिफारिसको हक) प्रदान गरिएको छ।
+पाँचौ : मलाई सबै जिन्न र मानवहरूको लागि पैगम्बरको रूपमा पठाइएको छ, जबकि मभन्दा पहिलेका पैगम्बरहरूलाई आफ्नै राष्ट्रहरूको लागि पैगम्बरको रूपमा पठाइएको थियो।</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
-    <t>हदीसको निचोड : मान्छेले आफूमाथि भएका अल्लाहका वरदानहरू कसैलाई बताउन र अल्लाहको आभार व्यक्त गर्नका लागि गन्ती गराउन सक्छ ।
-[...3 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम)का खुबीहरू धेरै छन् जो यो हदीसमा बताइएका छैनन् । ती मध्ये संक्षिप्त वाक्यहरू प्रदान गरियो र नबीहरूको सिलसिला म मा अन्त्य गरियो र हाम्रो (नमाजको लागि लगाइने ) पंक्ति फरिश्ताहरूको पंक्ति जस्तो बनाइयो । यस बाहेक अरू पनि खुवी हरू ।</t>
+    <t>कसैलाई भन्न वा अल्लाहलाई धन्यवाद दिनको लागि व्यक्तिले अल्लाहको वरदान बताउन सक्छ।
+अल्लाहले यस राष्ट्र र यसका पैगम्बरलाई यी गुणहरूले कृपा गर्नुभएको छ।
+सबै परिस्थितिमा समयमै नमाज पढ्नु अनिवार्य छ। नमाजका बाँकी शर्तहरू र त्यसका आधार एवं त्यसका वाजिब (गर्नै पर्ने कुरा) हरू सकेसम्म पुरा गर्ने ।
+नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) लाई विशेष रूपमा दिइएको  (शिफाअत) मध्यस्थता धेरै प्रकारका छन्; जस्तैः सेवकहरू बीच हिसाबकिताब आरम्भ गर्न मध्यस्थता, स्वर्गवासीहरूलाई स्वर्गमा प्रवेश गराउनको लागि मध्यस्थता। त्यसैगरी आफ्नो काका अबु तालिबको सजाय कम गर्न मध्यस्थता । याद राख्नुहोस्, अबु तालिबलाई नर्कबाट निकाल्नको लागि तपाईं मध्यस्थता गर्नुहुन्न, किनकि उनको निधन कुफ्र (अविश्वास) को अवस्थामा भएको थियो ।
+अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) का धेरै विशेषताहरू छन्, जुन यस हदीसमा उल्लेख गरिएका छैनन्, जस्तै सबैभन्दा छोटो शब्दमा  व्यापक कुरा बोल्ने क्षमता, उहाँ सम्पूर्ण दूतहरूको समापक हुनुहुन्छ र हाम्रो (नमाजको लागि लगाइने) पंक्ति फरिश्ताहरूको पंक्ति जस्तो बनाइयो र अन्य विशेषताहरू।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3503</t>
   </si>
   <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग बैअत (प्रतिज्ञा) गरेँ कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भनी गवाही दिनेछु, नमाज कायम गर्नेछु, जकात तिर्नेछु, शासकप्रति वफादार रहनेछु र हरेक मुस्लिमको हित र कल्याण गर्नेछु।</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग बैअत (प्रतिज्ञा) गरेँ कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुनुहुन्छ भनी गवाही दिनेछु, नमाज कायम गर्नेछु, जकात तिर्नेछु, शासकप्रति वफादार रहनेछु र हरेक मुस्लिमको हित र कल्याण गर्नेछु।</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>सहाबी हजरत जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन् कि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग निम्न कुराहरूप्रति वचनबद्धता जनाउँदै प्रतिज्ञा गरे:
 अल्लाहको तौहीदको (एकेश्वरवादको) सिद्धान्तलाई दृढतापूर्वक पालना गर्नुहुनेछ; दिन-रातमा पाँच अनिवार्य नमाजहरूलाई तिनीहरूका अर्कान (स्तम्भहरू), शर्त (सर्तहरू), वाजिब (अनिवार्य कार्यहरू) र सुन्नत अनुसार नियमित रूपमा सम्पन्न गर्नुहुनेछ; त्यसैगरी निर्धारित जकात (यो एक अनिवार्य आर्थिक उपासना हो जुन धनी व्यक्तिहरूबाट सङ्कलन गरी गरिब तथा अन्य योग्य व्यक्तिहरूलाई वितरण गरिन्छ) प्रदान गर्नुहुनेछ; शासक र सरोकारवालाहरूको आज्ञापालन गर्नुहुनेछ; र प्रत्येक मुस्लिमको कल्याणको कामना गर्दै उनीहरूको हितका लागि तत्पर रहनुहुनेछ, उनीहरूलाई लाभ पुर्याउनुहुनेछ, र वचन तथा कर्म दुवैबाट उनीहरूलाई हानि नहुने कुरा सुनिश्चित गर्नुहुनेछ।</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>सलाह (नमाज) र जकातको महत्व र यी दुवै इस्लामका स्तम्भहरू हुन् भन्ने कुरा स्पष्ट हुन्छ ।
 मुस्लिमहरूबीच धार्मिक तथा सांसारिक दुवै तहमा पारस्परिक र अपारस्परिक कल्याणकारी कार्यहरू प्रवर्द्धन गर्ने र हानिकारक कुराबाट जोगिने विषय अत्यन्त महत्वपूर्ण ठहरिन्छ। यही महत्त्वलाई मध्येनजर गर्दै रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सहाबा (रजियल्लाहु अन्हुम) हरू सगँ ती कुराहरू प्रति वचनबद्धताको प्रतिज्ञा लिनुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3512</t>
   </si>
   <si>
     <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
-    <t>कि हरेक फर्ज नमाज पछि यो पढ्न न छोड्नु , " अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक " (अनुवाद ; हे अल्लाह ! मेरो मद्दत गरि दिनुहोस् तपाईँको जिक्रमा र तपाइँको आभारमा र तपाईँको उत्तम उपासनामा )</t>
+    <t>! म तिमीलाई हरेक नमाजपछि यो दुआ पढ्न नछोड्न सल्लाह दिन्छु: "अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक।" हे अल्लाह, मलाई तपाईंको जिक्र (स्तुति) गर्न, तपाईंको कृतज्ञता व्यक्त गर्न र उत्तम तरिकाले तपाईंको पूजा गर्न मद्दत गर्नुहोस्।</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
-    <t>हजरत मुआज बिन जबल ( रजियल्लाहु अन्हु) द्वारा बयान छ ; अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उहाँको हात समात्नु भयो र भन्नु भयो; " हे मुआज ! अल्लाह कसम ! म तिमीलाई माया गर्छु ।  " हे मुआज म तिमीलाई अर्ती दिँदैछु  कि हरेक फर्ज नमाज पछि यो पढ्न न छोड्नु , " अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक " (अनुवाद ; हे अल्लाह ! मेरो मद्दत गरि दिनुहोस् तपाईँको जिक्रमा र तपाइँको आभारमा र तपाईँको उत्तम उपासनामा )</t>
+    <t>मुआज बिन जबल (रजियल्लाहु अन्हु) ले बयान गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनको हात समातेर भन्नुभयो: "हे मुआद! अल्लाहको कसम, म तिमीलाई माया गर्छु।" उहाँले अगाडि भन्नुभयो: "हे मुआद! म तिमीलाई हरेक नमाजपछि यो दुआ पढ्न नछोड्न सल्लाह दिन्छु: "अल्लाहुम्म अइन्नी अला जिक्रिक व शुक्रिक व हुस्नि इबादतिक।" हे अल्लाह, मलाई तपाईंको जिक्र (स्तुति) गर्न, तपाईंको कृतज्ञता व्यक्त गर्न र उत्तम तरिकाले तपाईंको पूजा गर्न मद्दत गर्नुहोस्।</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले मुआज (रजियल्लाहु अन्हु)को हात समात्नु भयो र उहाँसित भन्नु भयो :  अल्लाह कसम ! मलाई तिम्रो माया लाग्छ । त्यसैले तिमीले हरेक फर्ज नमाज पछि ( निम्न वाक्यहरू) भन्न न छोड्ने अर्ती दिन्छु । (अल्लाहुम्म अइन्नी अला जिक्रिक... ) हरेक बोल र कर्मले आज्ञा पालना तर्फ ल्याउँछ । ( व शुक्रिक ) वरदानहरू प्राप्त गरेर र सजायलाइ हटाएर । ( व हुस्नि इबादतिक) अल्लाहका लगि खास गरेर र नबी (सल्लल्लाहु अलैहि वसल्लम)को अनुसरण गर्दै ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुआद इब्न जबल (रजि.) को हात समातेर भन्नुभयो: "हे मुआद! म तिमीलाई माया गर्छु र तिमीलाई सल्लाह दिन्छु, हरेक नमाज पछि यो दुआ पढ्न नछोड: (अल्लाहुम्म अइन्नी अला जिक्रिक... ) को अर्थ : हे अल्लाह! मलाई प्रत्येक वचन र कर्मले तपाईंलाई सम्झन मद्दत गर्नुहोस्। (व शुक्रिक) आशीर्वाद प्राप्ति र विपत्तिहरूबाट बचेकोले तपाईंको कृतज्ञता व्यक्त गर्न मद्दत गर्नुहोस्। (व हुस्नि इबादतिक) इमानदारीपूर्वक र पैगम्बरको अनुसरण गर्दै अल्लाहको उपासना गर्न मद्दत गर्नुहोस् ।</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
-    <t>मान्छेसित अल्लाहका लागि माया भए बताउने अनुमति
-[...3 lines deleted...]
-तैयबी भन्नु हुन्छ : अल्लाहको जिक्र ( जप) छाती ( मन ) प्रफुल्ल हुन थाल्नु हो । अनि उहाँको आभार वरदानहरू हासिल गर्ने एउटा तरिका हो । फलत:  उत्तम उपासना ती कुराहरूबाट बचाउने एउटा तरिका हो जो कुराहरू अल्लाह देखि हटाउने हुन्छन् ।</t>
+    <t>कसैलाई अल्लाहको लागि माया गर्छु भनेर भन्नु जायज छ।
+प्रत्येक फर्ज र नफ्ल नमाजहरू पछि यो प्रार्थना पढ्न मुस्तहब हो।
+यी सानो दुआले यस संसार र परलोकका सबै आवश्यकताहरूलाई समेटेको छ ।
+जब प्रेम अल्लाहको लागि हुन्छ, तब मानिसहरूले सही काम गर्न, भलाइको कामना गर्न र धार्मिक कार्यहरूमा एकअर्कालाई मद्दत गर्न सल्लाह दिन्छन्।
+अल-तीबी भन्छन्: अल्लाहको सम्झना (जिक्र) मनको शान्तिको भूमिका हो र उहाँप्रति कृतज्ञता भनेको अझै बढी आशीर्वाद प्राप्त गर्ने कारण हो। राम्रो उपासनाको लागि त्यस्ता सबै चीजहरूबाट टाढा रहनु हो जसले अल्लाहको सम्झनाबाट टाढा गर्छ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा अनिवार्य हुने जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, यसो गरेमा, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले 'हज्जतुल-वदाअ' ( उहाँको जिवनको अन्तिम हज्ज) को खुत्बा (उपदेश) मा भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहसँग डराउनु, जो तिमीहरूको पालनकर्ता हुन्, दिनको पाँच पटक नमाज पढ्नु, रमजान महिनाको रोजा राख्नु, आफ्नो धनसम्पत्तिमा अनिवार्य हुने जकात दिनु र आफ्नो हाकिमको आज्ञापालन गर्नु, यसो गरेमा, तिमी आफ्नो परमेश्‍वर को स्वर्गमा प्रवेश गर्नेछौ ।"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
@@ -4612,132 +4632,132 @@
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरू मध्ये कसैको वुजू भङ्ग भएमा, पुनः वुजू नगरेसम्म अल्लाहले उसको नमाज स्वीकार गर्नुहुन्न।"</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि नमाज सही हुने सर्तहरू मध्ये एक तहारत (शुद्धता,वुजू) हो । तसर्थ, जसको वुजू पिसाब, दिसा, निद्रा आदि कारणले भङ्ग भएको छ र नमाज पढ्न चाहन्छ भने उसले अनिवार्य रुपमा पुनः वुजू गर्नुपर्दछ ।</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>अपवित्र भएको अवस्थामा नमाज स्वीकृत हुँदैन, (वीर्य स्खलन वा सम्भोगको कारणले हुने ) ठूलो अपवित्रतामा नुहाउनु पर्छ र (पिसाब, दिसा, निद्रा आदि कारणले हुने ) सानो अपवित्रतामा वुजू गर्नुपर्दछ।
 वुजू  मुखमा पानी हालेर मुख भित्र घुमाउने र बाहिर फाल्ने (कुल्ला गर्ने) , त्यसपछि नाक भित्र पानी तानेर बाहिर फाल्ने र नाक सफा गर्ने, त्यसपछि आफ्नो अनुहार तीन पटक धुने, त्यसपछि दुवै हात कुहुनो सहित तीन पटक धुने, त्यसपछि पूरै टाउको एक पटक मसह गर्ने (हत्केला भिजाएर पुछ्ने) र अन्तमा दुवै खुट्टा गोलीगाँठो सहित तीन पटक धुने कार्यलाई भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3534</t>
   </si>
   <si>
     <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
-    <t>अल्लाह तआला भन्नु हुन्छ:  आदमको पुत्रको हरेक काम उसका लागि हो , (रोजा) उपवास बाहेक । साँच्ची नै त्यो यो मेरो लागि हो र म यसको प्रतिफल दिनेछु</t>
+    <t>अल्लाह भन्नुहुन्छ: आदमको सन्तानको हरेक कर्म उसको लागि हो, (रोजा) उपवास बाहेक, किनकि यो केवल मेरो लागि हो र म यसको प्रतिफल दिनेछु</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
-    <t>अबू हुरैरह (रजियल्लाहु अन्हु)ले बयान गर्नुभएको छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) ले  भन्नु भयो: अल्लाह तआला भन्नु हुन्छ:  आदमको पुत्रको हरेक काम उसका लागि हो , (रोजा) उपवास बाहेक । साँच्ची नै त्यो यो मेरो लागि हो र म यसको प्रतिफल दिनेछु  र उपवास ढाल हो र यदि यो तिमीहरू मध्ये कसैले रोजा बसेको छ भने, तब उसले नराम्रो काम नगरोस्, यदि कसैले उसलाई गाली गर्छ वा झगडा गर्छ भने, उसले भन्नु पर्छ, "म रोजा बसेको व्यक्ति हुँ " ( अल्लाह कसम) जसको हातमा मुहम्मद(सल्लल्लाहु अलैहि वसल्लम)को प्राण छ - अल्लाहका सामु रोजा बसेको मान्छेको मुखको  गन्ध कस्तुरीको सुगन्ध भन्दा राम्रो हुन्छ : रोजादारका लागि दुई वटा वरदान छन् जसबाट ऊ रमाएको हुन्छ । जब उसले अफ्तार गर्छ रमाएको हुन्छ र जब  ऊ आफ्नो पालनकर्तासित भेट्नेछ आफ्नो रोजाका कारण रमाएको हुन्छ ।‎</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाह भन्नुहुन्छ: आदमको सन्तानको हरेक कर्म उसको लागि हो, (रोजा) उपवास बाहेक, किनकि यो केवल मेरो लागि हो र म यसको प्रतिफल दिनेछु । उपवास ढाल हो । जब तिमीहरू मध्ये कोही उपवासमा हुन्छ, उसले अश्लील कुरा नगरोस् वा हल्ला नगरोस्। यदि कसैले उसलाई गाली गर्छ वा बहस गर्छ भने, उसले भनोस्, "म उपवासमा छु।" अल्लाहको कसम, जसको हातमा मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को प्राण छ, रोजा राख्ने व्यक्तिको मुखको गन्ध अल्लाहको दृष्टिमा कस्तुरीको सुगन्धभन्दा पनि पवित्र हुन्छ। रोजा राख्ने व्यक्तिको लागि दुई खुशीका अवसरहरू छन् जसमा ऊ खुशी हुन्छ: जब उसले आफ्नो रोजा तोड्छ, ऊ खुशी हुन्छ र जब उसले आफ्नो प्रभुलाई भेट्नेछ आफ्नो रोजाको कारण खुशी हुन्छ ।‎</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो कि अल्लाहﷻ हदीसे कुदसीमा भन्नु हुन्छ :
-[...7 lines deleted...]
-(र दोस्रो - जब आफ्नो रब ( पालनकर्ता) सित भेट हुनेछ,) रोजाको बदला र सवाब ( प्रतिफल ) देखेर खुसी हुनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भयो, अल्लाहले हदीसे कुदसीमा भन्नु हुन्छ :
+आदमका सन्तानको हरेक कर्म दश गुणादेखि सात सय गुणासम्म बढाइन्छ; उपवास बाहेक। किनकि उपवास मेरो लागि हो। यसमा कुनै कपट छैन। म यसको प्रतिफल दिनेछु र मलाई मात्र थाहा छ यसले कति प्रतिफल पाउनेछ र यसको असल कर्म कति गुणा बढाइनेछ।
+त्यसपछि उहाँले भन्नुभयो: "उपवास ढाल हो।" अर्थात्, यो नर्कको आगोबाट सुरक्षाको साधन, आवरण र बलियो किल्ला हो। किनभने उपवासले व्यक्तिलाई इच्छाहरूको शिकार हुन र पापमा फस्नबाट रोक्छ। जबकि नर्क इच्छाहरूले घेरिएको छ।
+(जब तिमीहरूमध्ये कोही व्रत बसेको छ, उसले अश्लील कुरा गर्नु हुँदैन) अर्थात्, उसले यौनसम्पर्क, यौनका कुराहरु र अरू कुनै अश्लील भाषा बोल्नु हुँदैन।
+(हल्ला नगर्नुहोस्) : झगडा गर्नु वा कराउनु हुँदैन।
+(यदि कसैले उसलाई दुर्व्यवहार गर्छ वा ऊसँग लड्न तयार छ) अर्थात्, रमजानको महिनामा, उसले म रोजा राखेको छु भनेर जवाफ दिनुपर्छ, सायद उसले यो गर्न छोड्नेछ कि, तर यदि ऊ कुनै पनि अवस्थामा लड्न तयार छ भने, उसले सकेसम्म कम बल प्रयोग गरेर उबाट भाग्नु पर्छ।
+अनि पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले त्यस ईश्वरको कसम खानुभयो जसको हातमा उनको जीवन थियो, रोजा राख्ने व्यक्तिको मुखको बदलिएको गन्ध अल्लाहको दृष्टिमा कस्तुरीको गन्धभन्दा बढी पवित्र छ। त्यसैगरी, यो गन्ध शुक्रबार र जिक्र जमघटमा कस्तुरी लगाएर पाउने इनामभन्दा बढी पुण्यदायी छ।
+रोजा राख्ने व्यक्तिको लागि खुशीका दुई अवसरहरू छन्: रोजा तोड्ने समय; रोजा तोड्नुको खुशी भनेको भोक र तिर्खा मेट्नु, रोजा पूरा हुनु, पूजा पूरा हुनु र यस मार्फत अल्लाहले भोलिपल्ट फेरि रोजा राख्न सजिलो बनाएको छ।
+(जब ऊ आफ्नो प्रभुलाई भेट्छ, ऊ आफ्नो उपवासबाट खुसी हुनेछ) अल्लाहबाट पाउने प्रतिफल र पुण्य देखेर।</t>
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
-    <t>रोजाको सदगुण भनेको यसलोकमा रोजादारलाई कामवासनाबाट रोक्छ भने परलोकमा नरकबाट जोगाउने छ ।
-[...6 lines deleted...]
-यो हदीस जसलाई नबी(सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो पालनकर्तासित वर्णन गरेर भन्नु भएको छ यसलाई " हदीसे कुद्सी वा हदीसे इलाही" भनिन्छ । यो भनेको यसका शब्द र अर्थ दुवै अल्लाहको तर्फबाट हो । तर यसमा तिन विशेषताहरू समावेश छैनन् जसले क़ुरआनलाई अरू सबैभन्दा विशिष्ट बनाएको छ, जस्तै: यसको पाठ (तिलावत) द्वारा उपासनाको विशेषता, पवित्रताको आवश्यकता, चुनौती प्रस्तुत गर्न सक्ने योग्यता, र यसको अलौकिक चमत्कार (इ'जाज), साथै अन्य विशिष्टताहरू।</t>
+    <t>रोजाको सदगुण भनेको यस लोकमा रोजादारलाई कामवासनाबाट रोक्छ भने परलोकमा नरकबाट जोगाउने छ ।
+उपवासको शिष्टाचारमा अश्लीलता र व्यर्थ कुराबाट बच्नु, मानिसहरूले दुःख दिँदा धैर्य गर्नु र दयाका साथ दुष्टताको सामना गर्नु समावेश छ।
+जब कुनै व्रत बस्ने व्यक्ति वा उपासक आफ्नो उपासना पूर्ण भएकोमा खुसी हुन्छ भने, यसले परलोकमा उसको प्रतिफललाई कम गर्दैन।
+मानिसले अल्लाहलाई भेट्दा पूर्ण खुशी प्राप्त गर्नेछ, जब धैर्य गर्ने र उपवास बस्नेहरूलाई बिना हिसाब पुरस्कृत गरिनेछ।
+आवश्यकताको समयमा वा कुनै उचित कारणले गर्दा आफ्नो उपासनाको बारेमा जानकारी दिनु रिया (पाखण्ड) मानिने छैन, किनकि यस हदीसमा उहाँले "म उपवास बसिरहेको छु" भन्न आदेश दिनुभएको छ।
+पूर्ण उपवास राख्ने व्यक्ति त्यो हो जसको अंगहरू पापबाट जोगाउँछ, जसको जिब्रो झूट र अश्लीलताबाट मुक्त हुन्छ र जसको पेट खाना र पेय पदार्थबाट मुक्त हुन्छ।
+व्रत नरहनेहरूका लागि पनि चिच्याउनु, कराउनु, झगडा गर्नु र बहस गर्नु निषेध गरिएको छ, तर व्रत रहनेहरूका लागि भने यो निषेध दोब्बर गरिएको छ।
+यो हदीस अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो प्रभुबाट वर्णन गर्नुभएको हदीसहरू मध्ये एक हो। यस्तो हदीसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसले त्यस्तो हदीसलाई जनाउँछ जसको शब्द र अर्थ दुवै अल्लाहबाट आएको हो। यद्यपि, यसमा कुरानको विशेषताहरू समावेश छैनन्, जस्तै  यसको तिलावत गर्नु, यसको लागि तहारत (शरीरको पवित्रता) प्राप्त गर्नु, उपासना र चमत्कार आदि।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3546</t>
   </si>
   <si>
     <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
-    <t>यदि तिमीहरू मध्ये कसैको  आफ्नो भाइसित भेट भयो भने उसलाई सलाम गरोस् । फेरि यदि उनीहरूको बीचमा कुनै रुख वा गारो वा ढुङ्गाले छेक्यो र पुनः भेट भयो उसलाई सलाम गरोस् ।</t>
+    <t>जब तिमीहरूमध्ये कोही आफ्नो भाइलाई भेट्छौ भने, उसलाई सलाम (अभिवादन) गरोस्। अनि यदि तिनीहरूको बीचमा कुनै रूख, पर्खाल वा ढुङ्गा आउँछ र ऊ उसलाई (फेरि) भेट्छ भने, उसलाई पुन: अभिवादन गरोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : यदि तिमीहरू मध्ये कसैको  आफ्नो भाइसित भेट भयो भने उसलाई सलाम गरोस् । फेरि यदि उनीहरूको बीचमा कुनै रुख वा गारो वा ढुङ्गाले छेक्यो र पुनः भेट भयो उसलाई सलाम गरोस् ।</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जब तिमीहरूमध्ये कोही आफ्नो भाइलाई भेट्छौ भने, उसलाई सलाम (अभिवादन) गरोस्। अनि यदि तिनीहरूको बीचमा कुनै रूख, पर्खाल वा ढुङ्गा आउँछ र ऊ उसलाई (फेरि) भेट्छ भने, उसलाई पुन: अभिवादन गरोस्।"</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले मुसलमानले आफ्नो मुस्लिम भाइसित जब जब भेट भए पनि सलाम गर्नु पर्छ भनेर प्रोत्साहन दिँदै हुनुहुन्छ ।  यहाँ सम्म कि दुवै जना संगै हिँड्दै छन् र उनीहरू दुवैलाई बीचमा कुनै कुरा आएर छुट्याइ दियो जस्तै ; कुनै रुख, वा गारो अथवा ठूलो ढुङ्गा र फेरि पछि उसको भेट भयो भने अर्को पटक सलाम गर्नुपर्छ ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले एक मुस्लिमलाई आफ्नो भाइलाई भेट्दा अभिवादन गर्न प्रोत्साहित गर्नुभयो। यदि ती दुई जना सँगै हिंडिरहेका छन् र बीचमा रूख, पर्खाल वा ठूलो ढुङ्गा आयो भने फेरि भेट्दा अभिवादन गर्नुपर्छ।</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
-    <t>सलाम फैलाउनु ( मुस्तहब ) राम्रो मानिएको हो , चाहे हाल बदलिनाले बारम्बार नै किन न गर्नु पर्ने होस्  ।
-[...2 lines deleted...]
-सलाम दुआ हो र मुसलमानहरू एकले अर्कोलाई दुआ दिनु आवश्यक छ, चाहे यो बारम्बार नै किन न होस् ।</t>
+    <t>सलाम फैलाउनु (मुस्तहब) हो, प्रत्येक पटक भेट्दा सलाम गर्नु ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) कडा रुपमा सलाम फैलाउन प्रयास गर्नुहुन्थ्यो, किनकि यसले मुस्लिमहरूमाझ प्रेम र एकता सिर्जना गर्दछ।
+सलाम (अभिवादन) भनेको "अस्-सलामु अलैकुम" वा "अस्-सलामु अलैकुम वा रहमतुल्लाही वा बरकातुहु" भन्नु हो। यसमा हात मिलाउनु (मुसाफह) समावेश छैन, जुन पहिलो पटक भेट्दा गरिन्छ।
+सलाम दुआ हो र मुस्लिमहरू एक अर्कोलाई दुआ दिनु आवश्यक छ, चाहे यो बारम्बार नै किन नहोस् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3552</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>जब कुनै भक्त बिरामी हुन्छ वा यात्रा गर्दछ भने, उसको लागि घरमा बसेको बेला र स्वस्थ हुँदा गरेको उपासना बराबर प्रतिफल लेखिन्छ ।</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जब कुनै भक्त बिरामी हुन्छ वा यात्रा गर्दछ भने, उसको लागि घरमा बसेको बेला र स्वस्थ हुँदा गरेको उपासना बराबर प्रतिफल लेखिन्छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको कृपा र दयाको व्याख्या गर्दै भन्नु भयो कि यदि कुनै मुस्लिम लाई स्वस्थ हुँदा र घरमा बस्ने अवस्थामा नियमित रूपले कुनै पुण्य कर्म गर्ने बानी छ, र पछि  बिरामीले गर्दा वा यात्रामा व्यस्त भएकाले वा अन्य कुनै कारणले त्यो पुण्य कर्म गर्न नसकेमा, उसलाई स्वस्थ हुँदा र घरमा बस्ने अवस्थामा गरेको पुण्य कर्म को प्रतिफल बराबर नै प्रतिफल प्रदान गरिनेछ ।</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
@@ -4907,52 +4927,52 @@
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>के म तिमीहरूलाई तिम्रो सबैभन्दा राम्रो कर्म, पालनकर्ताको नजरमा सबैभन्दा प्रशंसनीय, तिम्रो दर्जालाई उच्च पार्ने</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के म तिमीहरूलाई तिम्रो सबैभन्दा राम्रो कर्म, पालनकर्ताको नजरमा सबैभन्दा प्रशंसनीय, तिम्रो दर्जालाई उच्च पार्ने, सुन र चाँदी दान गर्नु भन्दा उत्तम र शत्रुलाई भेट्नु र तिमीहरूले तिनीहरूको घाँटीमा र तिनीहरूले तिमीहरूको घाँटीमा प्रहार गर्नु भन्दा उत्कृष्ट कर्मको बारेमा नभनुं? सहाबाले भने, "(अवश्य नै) भन्नुहोस्।" उहाँले भन्नुभयो : "अल्लाहको अत्याधिक जिक्र (स्मरण) गर्नु ।"</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो: م: 3575
-के तिमीहरूलाई अल्लाहको नजरमा सबैभन्दा राम्रो, सबैभन्दा सम्मानजनक, सबैभन्दा फलदायी, सबैभन्दा पवित्र र शुद्ध कार्यहरूको बारेमा जान्न चाहन्छौ ? 3575
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो:
+के तिमीहरूलाई अल्लाहको नजरमा सबैभन्दा राम्रो, सबैभन्दा सम्मानजनक, सबैभन्दा फलदायी, सबैभन्दा पवित्र र शुद्ध कार्यहरूको बारेमा जान्न चाहन्छौ ?
 जसले जन्नतमा तिम्रो दर्जालाई उच्च पार्ने छ ?
 यो तिम्रो लागि सुन चाँदी दान दिनु भन्दा राम्रो हो?
 काफिरहरूसँग लड्न र तिमीहरूले तिनीहरूको र तिनीहरूले तिमीहरूको घाँटीमा प्रहार गर्नु भन्दा उत्कृष्ट हो?
 सहाबाले भने : हो, हामी जान्न चाहन्छौं ।
 उहाँले भन्नुभयो: हरेक समय, हरेक अवस्था र परिस्थितिहरूमा अल्लाहको जिक्र (स्मरण) गर्नु र सम्झनु ।</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>वाह्य तथा आन्तरिक रुपमा अल्लाहको निरन्तर जिक्र (स्मरण) गर्नु उहाँको निकटता प्राप्त गर्ने सबैभन्दा ठूलो कर्म र लाभदायक रूप हो ।
 अल्लाहको जिक्र (स्मरण) स्थापित गर्नको लागि सबै कर्महरू निर्धारित गरिएको हो । अल्लाहले भन्नुभयो: "मेरो जिक्र (स्मरण) को लागि नमाज स्थापना गर ।" नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: " 'काबा' को तवाफ र ‘सफा-मारवाह’ बीचमा परिक्रमा गर्नु र ‘जमरात’ मा ढुङ्गा हान्नु भनेको सर्वशक्तिमान अल्लाहको जिक्र (स्मरण) स्थापित गर्नको लागि हो । (अबू दाउद र तिर्मिजी)
 अल-इज् बिन अब्दुस्सलामले आफ्नो पुस्तक ‘कवाइद’ मा भनेका छन्: "यो हदीसले देखाउँछ कि सम्पूर्ण उपासनाहरूमा थकान वा कठिनाइको आधारमा मात्र पुरस्कार मिल्दैन। बरु, अल्लाहले साना कामहरूमा कहिलेकाहीँ ठूलो कामभन्दा पनि धेरै प्रतिफल दिनुहुन्छ। किनकि पुरस्कारको आधार सम्मानमा रहेको फरकमा निर्भर हुन्छ।"
 अल-मोनावीले 'फैजुल-कदीर' मा भनेका छन्:  "यो हदीसलाई यस्तो अर्थमा बुझ्नुपर्छ कि त्यस समयको व्यक्तिहरूका लागि स्मरण (अल्लाहको जिक्र) सबैभन्दा उत्तम ठहरियो। तर, यदि यो एक साहसी र बहादुर व्यक्तिलाई सम्बोधन गरिएको भए जसले इस्लामलाई युद्धमा फाइदा पुर्‍याउँछ, भने उसलाई जिहाद गर्न भनिन्थ्यो। धनीलाई, जसको धनले गरिबहरूलाई लाभ पुर्याउँछ, सद्काका लागि भनिन्थ्यो। जो हज गर्न सक्षम छ, उसलाई हज गर्न भनिन्थ्यो। जसका माता-पिता छन्, उसलाई ती दुईको सेवा गर्न भनिन्थ्यो। यसरी विभिन्न हदीसहरूमा भएका सन्देशहरूलाई मिलाउन सकिन्छ।"
 सबै भन्दा राम्रो जिक्र त्यो हो जसमा जिब्रो र हृदय दुवै मिलेको हुन्छ । त्यसपछि त्यो हो जो हृदयले मात्र गरेको हुन्छ, जस्तै चिन्तन । त्यसपछि त्यो हो जो जिब्रोले मात्र गरेको हुन्छ र प्रत्येकमा पुण्य निहित छ ।
 यदि मुस्लिमले बिहान र बेलुकाको जिक्र (सम्झना), मस्जिद, घर र शौचालयमा प्रवेश गर्ने र बाहिर निस्कने र अन्य दुआहरू पाबन्दीका साथ गर्छ भने ऊ अल्लाहलाई अत्याधिक जिक्र गर्नेहरू मध्ये हुन्छ ।</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
@@ -5670,99 +5690,92 @@
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहलाई धेरै जिक्र (याद) गर्नेहरूको स्थान स्पष्ट पार्नुभएको छ । तिनीहरू स्वर्ग बगैंचामा उच्च स्थानहरू प्राप्त गर्नमा अरूभन्दा अगाडि र अद्वितीय छन् । उहाँले तिनीहरूलाई जुमदान पर्वतसँग तुलना गर्नुभयो जुन अन्य पहाडहरु भन्दा पृथक छ ।</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>अत्यधिक जिक्र गर्नु र त्यसमा व्यस्त रहनु मुस्तहब हो, किनकि परलोकमा केवल इख्लास (इमान्दारिता) र आज्ञाकारिताले उच्च स्थान प्राप्त गर्न सकिन्छ ।
 अल्लाहको जिक्र जिब्रोले मात्र हुनसक्छ वा हृदयले मात्र हुनसक्छ वा जिब्रो र हृदय दुवैले एकसाथ गर्न सकिन्छ र यो उच्च दर्जा हो ।
 केही जिक्रहरू समयसँग जोडिएका छन् , जस्तैः बिहान र बेलुकाको अज्कार र फर्ज नमाजपछिको अज्कार इत्यादि ।
 इमाम नववी (रहिमहुल्लाहु) ले भनेका छन्: तस्बीह (सुब्हानल्लाह), तहलील (ला इलाह इल्लल्लाह), तहमीद (अल्हम्दु लिल्लाह) र तक्बीर (अल्लाहु अकबर) भन्नु र यस्तै कुरामा सीमित छैन, बरु प्रत्येक उपासना र आज्ञाकारीता अल्लाहको जिक्र हो ।
 अल्लाहको जिक्र (स्मरण) दृढता र अडिग रहनका लागि सबैभन्दा ठूलो कारण हो, अल्लाहले भन्नुभएको छ : "हे मोमिनहरू हो ! काफिरहरूको समूहसँग भीडन्त हुँदा अडिग रहने गर, अल्लाहलाई धेरै याद गर, ताकि तिमीहरू सफल हुनेछौ ।" [अल-अन्फाल: ४५]
 अल्लाहको जिक्र (स्मरण) गर्नेहरू र जुम्दान पर्वत बीचको तुलना अलग कुरा हो; जुम्दान पर्वत सम्पूर्ण पहाडहरूबाट अलग छ, त्यसैगरी अल्लाहको जिक्र (स्मरण) गर्नेहरू सबै मानिसहरू भन्दा अलग हुन्छन् । किनभने ऊ मानिसहरूको बीचमा भएपनि उसको हृदय र जिब्रोले अल्लाहको जिक्र गर्छ र मानिसहरूको भीडभाडबाट अलग भइ एकान्तमा बस्न रुचाउँछ । अर्को भनाइ के छ भने अल्लाहको जिक्र (स्मरण) नै धर्ममा दृढताको कारण हो जसरी पहाडहरू पृथ्वीको दृढताको कारण हुन् । वा यसको अर्थ भनेको दुनियाँ र आखिरतमा सत्कर्ममा अघि बढ्नु हो, जसरी मदिनाबाट मक्का जाने यात्री जुम्दान आइपुग्यो भने ऊ मक्का पुग्ने संकेत हो, त्यसैगरी जसले अल्लाहको जिक्र (स्मरण) गर्छ, ऊ अल्लाहको बारम्बार सम्झनाद्वारा अरू भन्दा अगाडि बढ्छ । वल्लाहु आअलम् (अल्लाह राम्रो जान्दछन्)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
-    <t>शैतान तिमीहरू मध्ये कसैको गुद्दीमा ऊ सुतेको बेलामा तीन गाँठो लगाइ दिन्छ र हरेक गाँठोमा "अहिले रात लामो छ , सुत" भनेर गाँठो पार्छ ।</t>
+    <t>तिमीहरूमध्ये प्रत्येक मानिस राति सुत्दा शैतानले उसको टाउको पछाडि तीनवटा गाँठो बाँध्छ र प्रत्येक गाँठोमा फुँक्छ र भन्छ, 'सुत, अझै धेरै रात बाँकी छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गर्नु भएको छ, 
-अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "शैतान तिमीहरू मध्ये कसैको गुद्दीमा ऊ सुतेको बेलामा तीन गाँठो लगाइ दिन्छ र हरेक गाँठोमा "अहिले रात लामो छ , सुत" भनेर गाँठो पार्छ । यदि उसले जागेर अल्लाहको जिक्र ( नाम लियो भने  एउटा गाँठो खुल्छ । यदि उसले  वजू गर्यो एउटा गाँठो खुल्छ र यदि उसले नमाज पढ्यो  भने एउटा गाँठो खुल्छ । फलतः ऊ चुस्त र खुसी मनको हुन्छ नत्र ऊ खराब मन सुस्त हुन्छ । "</t>
+अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूमध्ये प्रत्येक मानिस राति सुत्दा शैतानले उसको टाउको पछाडि तीनवटा गाँठो बाँध्छ र प्रत्येक गाँठोमा फुँक्छ र भन्छ, 'सुत, अझै धेरै रात बाँकी छ। यदि कोही उठेर अल्लाहलाई सम्झन्छ भने, एउटा गाँठो खुल्छ। यदि उसले वुजू गर्छ भने, अर्को गाँठो खुल्छ। यदि उसले प्रार्थना गर्छ भने, अर्को गाँठो पनि खुल्छ। यसरी, ऊ ऊर्जावान र राम्रो स्वभावको रहन्छ। अन्यथा, ऊ दुःखी र सुस्त रहन्छ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम) ले तहज्जुद वा फजरको नमाजका लागि मान्छे उठन खोज्यो भने शैतानको झगडा र उसको हालतका बारेमा बताउनु भयो।
-[...3 lines deleted...]
-र यदि खडा भएर नमाज पढ्छ भने तेस्रो गाँठो खुल्छ र ऊ फ़ुर्तिलो र मन रमाएको हुन्छ । अल्लाहले आफ्नो आदेश पालनको जुन अवसर प्रदान गर्नु भयो, त्यसका कारण। अल्लाह तआलाले जुन प्रतिफल र क्षमा प्रदानको वाचा गर्नु भएको छ, त्यसका कारण ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले तहज्जुद वा फज्रको नमाजको लागि उठ्न चाहने व्यक्तिलाई शैतानले कसरी रोक्न खोज्छ भनेर व्याख्या गर्दै हुनुहुन्छ।
+जब मोमिन सुत्न जान्छ, शैतानले उसको टाउकोको पछाडि तीनवटा गाँठो बाँध्छ।
+जब ऊ उठ्छ अनि अल्लाहको नाम लिन्छ र शैतानको वस्वसा (फुसफुस) बाट विचलित हुँदैन भने एउटा गाँठो खुल्छ।
+त्यसपछि, यदि उसले वुजू गर्छ भने, दोस्रो गाँठो खुल्छ ।
+त्यसपछि, यदि उसले उठेर प्रार्थना गर्छ भने तेस्रो गाँठो पनि खुल्छ र ऊ ऊर्जावान र प्रसन्न अवस्थामा उठ्छ। किनभने ऊ आज्ञाकारिताको लागि ईश्वरीय मार्गदर्शन प्राप्त गरेकोमा खुसी हुन्छ। साथै उसलाई अल्लाहले वाचा गरेको इनाम र माफीको लागि आशा हुन्छ र ऊ शैतानको चाल असफल भएकोमा पनि खुसी हुन्छ। यसको विपरीत, यदि ऊ पूजाको लागि उठ्दैन भने, दुष्ट स्वभावको, दुःखी हृदयको र असल र धार्मिक कामहरूमा अल्छी हुन्छ, किनभने ऊ शैतानको साङ्लोले बाँधिएको हुन्छ र परम दयालुको निकटताबाट टाढा राखिन्छ।</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
-    <t>शैतान निरन्तर हरेक  बाटोमा मान्छेका लागि उसको र अल्लाहको अनुसरणको बीचमा आउने कोसिसमा हुन्छ । मान्छेले शैतानसित बच्न अल्लाहसित शरण न मागि र बच्ने र जोगिने माध्यम न अपनाइ हुँदैन ।
-[...13 lines deleted...]
-त्यसपछि यदि ऊ भन्छ: हे अल्लाह, मलाई क्षमा गर, वा कुनै प्रार्थना (दुआ) गर्छ भने, त्यो स्वीकार गरिन्छ। र यदि ऊ वुजू गर्छ भने, उसको नमाज स्वीकार गरिन्छ।' (यो हदीस बुखारीले वर्णन गरेका छन्।)"</t>
+    <t>शैतानले सधैं अल्लाहको उपासना गर्ने बाटोमा बाधाहरू सिर्जना गर्ने प्रयास गर्छ। अल्लाहको मद्दत खोजेर र सुरक्षात्मक साधनहरू अपनाएर मात्र शैतानको चालबाट बच्न सकिन्छ।
+अल्लाहको जिक्र र उहाँको उपासनाले व्यक्तिमा जोश र जाँगर ल्याउँछ। उसलाई हृदयको आनन्द दिन्छ र आलस्य हटाउँछ। चिन्ता र आक्रोश हटाउँछ। किनभने यसले शैतानलाई भगाउँछ र यो शैतानको वस्वसाले हुन्छ ।
+मुमिन अल्लाहबाट पूजा गर्ने अवसर पाउँदा खुसी हुन्छ, सद्गुण र पूर्णता प्राप्त गर्नमा आफ्नो कमजोरीका कारण दुःखी हुन्छ।
+असल कामहरूबाट आफूलाई टाढा राख्नु र त्यसबाट अनभिज्ञ हुनुमा शैतानको हात छ।
+यी तीन चीजहरू (अल्लाहको जिक्र, वुजू र नमाज) ले शैतानलाई भगाउँछन्।
+शैतानले टाउकोको पछाडि गाँठो बाँध्छ किनभने यो सबै शक्तिको केन्द्रविन्दु हो र सम्पूर्ण शरीरको प्रणाली त्यहाँबाट चल्छ। त्यसैले त्यहाँ गाँठो बाँधेपछि मानिसको आत्मालाई नियन्त्रणमा लिन र सुताउन सजिलो हुन्छ।
+इब्न हजर अस्कालानी भन्छन्: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) को भनाइ "अलैक लैल" मा रातको उल्लेखले यो विशेष गरी रातको निद्रासँग सम्बन्धित छ भन्ने संकेत गर्छ।
+इब्न हजर अल-असकलानी भन्छन्: अल्लाहको जिक्र (स्तुति) गर्नको लागि कुनै खास कुरा तोकिएको छैन । बरु जुनसुकै तरिकाले जिक्र गरियो भने त्यो पर्याप्त हुन्छ, जस्तैः कुरानको तिलावत गर्नु, पैगम्बरको हदीस पढ्नु र धार्मिक ज्ञानमा संलग्न हुनु आदि । यद्यपि, सबैभन्दा राम्रो जिक्र भनेको पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को यो वचन हो: जो कोही रातमा उठ्छ र भन्छ: ‘ला इलाहा इल्लाल्लाहु वह्दहु ला शरीक लह, लहुल मुल्कु वलहुल हम्दु वहुवा अला कुल्लि शयइन क़दीर, अल्हम्दु लिल्लाह, व सुब्हानल्लाह, वला इलाहा इल्लाल्लाह, वल्लाहु अकबर, वला हौला वला क़ुव्वता इल्ला बिल्लाह।’ त्यसपछि उसले भन्छ: हे अल्लाह! मलाई माफ गर, वा कसैले प्रार्थना गर्छ भने उसको प्रार्थना स्वीकार गरिन्छ। त्यसपछि यदि उसले वुजू गर्छ (र प्रार्थना गर्छ), उसको सलाह पनि स्वीकार गरिन्छ। (सही बुखारी)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3731</t>
   </si>
   <si>
     <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>''अल्लाहको लागि अत्याधिक सज्दा गर्नु, किनकि तिमीले गरेको हरेक सज्दाले अल्लाह ले तिम्रो एक स्तर बढाउनुहुन्छ र एक पाप मेटाउनुहुन्छ ।''</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>मादान बिन अबू तल्हा यामुरीले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आजाद गरिएको दास सौबानलाई भेटें र भने: मलाई एउटा यस्तो काम बताउनुहोस्, जुन मैले गरे भने अल्लाहले मलाई स्वर्गमा प्रवेश गर्नुहुन्छ । वा मैले भने: अल्लाहको नजरमा सबैभन्दा प्यारो कामबारे मलाई भन्नुहोस् । उनी चुप लागे । मैले फेरि प्रश्न सोध्दा उनी मौन बसे । जब मैले तेस्रो पटक प्रश्न दोहोर्याएँ, उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम)लाई यसबारे सोधेको थिएँ र उहाँले भन्नुभयो: ''अल्लाहको लागि अत्याधिक सज्दा गर्नु, किनकि तिमीले गरेको हरेक सज्दाले अल्लाह ले तिम्रो एक स्तर बढाउनुहुन्छ र एक पाप मेटाउनुहुन्छ ।'' मादानले भने: त्यसपछि मैले अबू-दर्दा (रजियल्लाहु अन्हु) लाई भेटें र त्यही प्रश्न सोध्दा उनले पनि सौबानले भने जस्तै जवाफ दिए ।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधियो : कुन काम गर्दा स्वर्गमा प्रवेश गर्न सकिन्छ वा अल्लाहलाई सबैभन्दा बढी मनपर्ने कुन काम हो ?
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रश्नकर्तालाई भन्नुभयो: नमाजमा अत्यधिक सज्दा गर्नु, किनकि अल्लाहले तिम्रो हरेक सज्दा ले एक दर्जा बढाउनुहुन्छ र पाप क्षमा गर्नुहुन्छ ।</t>
   </si>
   <si>
@@ -5922,76 +5935,75 @@
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले एक मुस्लिमलाई यो सल्लाह दिनुभयो कि उसको यस्तो अवस्थामा मृत्यु होस्, जब ऊ अल्लाहप्रति राम्रो आशा राख्छ। मृत्युको क्षणमा, अल्लाहको दया र क्षमामा विश्वास गर्दै, आशाको पक्षलाई प्राथमिकता दिनुपर्छ। किनभने डरले कर्म सुधार्न आवश्यक हुन्छ, तर मृत्युको क्षण कर्म गर्ने समय होइन। त्यस बेला, अल्लाहप्रतिको आशा प्रमुख हुनुपर्छ।</t>
   </si>
   <si>
     <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
 قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
 أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
 ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो उम्मतलाई मार्गदर्शन देखाउनुमा उत्साह र उहाँको गहिरो दयालुता स्पष्ट देखिन्छ। उहाँले आफ्नो जीवनका सबै अवस्थाहरूमा, यहाँसम्म कि आफ्नो अन्तिम रोगको समयमा पनि, उम्मतलाई सल्लाह दिनुभयो र उनीहरूलाई उद्धारका मार्गतर्फ डोर्याउनुभयो।
 आफ्ना कर्महरू अहिले सुधार्नुहोस् ताकि मृत्युको बेला तपाईंको अल्लाहप्रतिको विश्वास राम्रो रहोस्। किनभने जसले मृत्युअघि खराब कर्म गर्दछ, उसको मृत्युको बेला अल्लाहप्रतिको आशा खराब हुन्छ।
 मानिसको लागि सबैभन्दा उपयुक्त अवस्था भनेको आशा र डरको सन्तुलन राख्नु हो, र प्रेमलाई प्रमुखता दिनु हो। प्रेम नै यात्रीको साधन हो, आशा मार्गदर्शक हो, र डर चालक हो। अल्लाह तआलाले आफ्ना कृपा र करमले उनलाई गन्तव्यसम्म पुर्याउँछन्।
 मृत्यु हुने मानिसको वरिपरि भएको मानिसहरुको लागि जरुरी छ कि उसले अल्लाहप्रति आशा र राम्रो विश्वास राख्नु पर्नेछ भन्ने  कुरामा जोर दिनु पर्छ। यस हदीसमा, नबी  (सल्लल्लाहु अलैहि वसल्लम)ले आफ्नो मृत्युको तीन दिन अघि यस विषयमा भनेका थिए।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3779</t>
   </si>
   <si>
     <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
-    <t>मैले मेराजको रातमा हजरत इब्राहिम (अलैहिस्सलाम)लाई भेटेँ । सो उहाँले भन्नु भयो: हे मुहम्मद ! तपाईंले आफ्नो उम्मत (अनुयायीहरू) लाई मेरो सलाम भनि दिनु होला र तिनीहरूलाई भन्नु होला कि जन्नतमा राम्रो माटो र ताजा पानी छ</t>
+    <t>जुन रात मलाई मेराज (स्वर्ग) मा लगियो, मैले इब्राहिम (अलैहिस्सलाम) लाई भेटें, उहाँले भन्नुभयो: हे मुहम्मद! आफ्नो उम्मतलाई मेरो सलाम सुनाउनुहोस् र तिनीहरूलाई भन्नुहोस्, स्वर्गको माटो धेरै राम्रो र यसको पानी धेरै मीठो छ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु)द्वारा वर्णन छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले , भन्नु भयो: "मैले मेराजको रातमा हजरत इब्राहिम (अलैहिस्सलाम)लाई भेटेँ । सो उहाँले भन्नु भयो: हे मुहम्मद ! तपाईंले आफ्नो उम्मत (अनुयायीहरू) लाई मेरो सलाम भनि दिनु होला र तिनीहरूलाई भन्नु होला कि जन्नतमा राम्रो माटो र ताजा पानी छ" तर यो खाली छ: यसका बिरूवाहरू "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" अनि "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर" हुन् ।"</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जुन रात मलाई मेराज (स्वर्ग) मा लगियो, मैले इब्राहिम (अलैहिस्सलाम) लाई भेटें, उहाँले भन्नुभयो: हे मुहम्मद! आफ्नो उम्मतलाई मेरो सलाम सुनाउनुहोस् र तिनीहरूलाई भन्नुहोस्, स्वर्गको माटो धेरै राम्रो र यसको पानी धेरै मीठो छ।" तर यो खाली छ र यसका बिरूवाहरू "सुब्हानल्लाह", "अल्हम्दुलिल्लाह", "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर" हुन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो  कि उहाँले  हजरत इब्राहिम अल-खलील  सित इस्राको यात्रा र मेराजको रातमा भेट्नु भयो । अनि उहाँले नबी(सल्लल्लाहु अलैहि वसल्लम)लाई भन्नु भयो: हे मुहम्मद ! हजुरले आफ्ना अनुयायीहरूलाई मेरो सलाम पुर्याइ दिनु होला र उनीहरूलाई बताउनु होला कि जन्नतमा माटो राम्रो छ । पानी मिठो छ, नुनिलो छैन, र त्यो जन्नत फराकिलो र सम्म छ , रूखहरू छैनन् ।  त्यसका रुखहरू पवित्र वाक्यहरू हुन् र यिनै सदैव रहने वाला सत्कर्महरू हुन्: "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" अनि "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर"
- जब जब कुनै मुसलमानले यिनलाई भन्छ र यिनलाई दोहोर्याउँछ, उसको लागि जन्नत (स्वर्ग)मा एउटा रुख रोपिन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भयो, जुन रात मलाई मेराज (स्वर्ग) मा लगियो, मैले अल्लाहका मित्र इब्राहिम (अलैहिस्सलाम) लाई भेटें, उहाँले भन्नुभयो: हे मुहम्मद! आफ्नो उम्मतलाई मेरो सलाम सुनाउनुहोस् र तिनीहरूलाई भन्नुहोस्, यसको माटो धेरै राम्रो छ र यसको पानी धेरै मीठो छ, त्यसमा अलिकति पनि नुनिलोपन छैन। स्वर्ग एउटा समतल, रूखविहीन र विशाल भूमि हो। यसमा रूख रोप्ने काम शुद्ध शब्दहरू मार्फत पूरा हुन्छ। यी शुद्ध शब्दहरूलाई बाँकी रहने सत्कर्म पनि भनिन्छ। यी शब्दहरू हुन् : "सुब्हानल्लाह", "अल्हम्दुलिल्लाह", "ला इलाह इल्लल्लाह" र "अल्लाहु अक्बर" । जब एक मुस्लिमले ती शब्दहरू उच्चारण गर्छ, उसको लागि जन्नत (स्वर्ग) मा एउटा रुख रोपिन्छ ।</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
-    <t>जन्नतमा धेरै भन्दा धेरै रुखहरू लगाउनका लागि जिक्रमा निरन्तरता दिनका लागि प्रोत्साहन ।
-[...2 lines deleted...]
-तैबी (रहिमहुल्लाह) भन्नु हुन्छ: स्वर्ग खाली मैदान हो, र अल्लाह ले आफ्नो अनुग्रहद्वारा अमल ( कर्म) गर्ने वालाहरूका लागि उनीहरूको कर्म अनुसार रूखहरू र महलहरू सिर्जना गर्नु हुन्छ ।  हरेक अमल (काम) गर्ने वालालाई उसको कामको अनुसार उसलाई दिइने छन् र त्यसपछि फेरि अल्लाह तआला हरेक मान्छेलाई त्यो कामको अवसर प्रदान गर्नु हुन्छ जसका लागि उसको सृष्टि भएको छ  । यस उद्देश्यले कि उसले त्यो सवाब पाउन् सकोस्, जसरी कि मानौँ साँच्चि नै उसले रुख रोपे जसरी ।</t>
+    <t>जन्नतमा प्रशस्त मात्रामा रुखहरू लगाउनका लागि सधैं जिक्र गर्न प्रोत्साहन।
+इस्लामी उम्मतको उत्कृष्टता; इब्राहीम (अल्लाह अलैहि वसल्लम) ले यो राष्ट्रलाई अभिवादन गर्नुभयो।
+मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) को उम्मतलाई अल्लाहलाई बारम्बार सम्झन इब्राहीम (अलैहिस्सलाम) को प्रोत्साहन।
+तीबी भन्छन्: स्वर्ग एउटा समतल मैदान हो। यसमा, अल्लाहले आफ्नो अनुग्रह र दयाले आफ्ना सेवकहरूको कर्म अनुसार रूखहरू र दरबारहरू रोपेका छन्; प्रत्येक सेवकले उसको कर्म अनुसार दुवै पाउनेछ। त्यसपछि अल्लाहले प्रत्येक सेवकलाई ती कर्महरू गर्ने क्षमता प्रदान गर्दछ जसको लागि उसलाई सृष्टि गरिएको थियो, ताकि उसले त्यसको प्रतिफल प्राप्त गर्न सकोस्। मानौं उसले वास्तवमा रूखहरू रोपेको हो।</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[शवाहिद (गवाहहरु) ले गर्दा हसन हो]</t>
   </si>
   <si>
     <t>[तिर्मीजीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/3791</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>सम्बन्ध कायम राख्ने त्यो होइन जसले बदलामा सम्बन्ध कायम गर्छ, तर वास्तवमा सम्बन्धलाई जोगाउने त्यो हो जसले अरुले तोडे पनि उसले जोड्दछ ।</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
@@ -6495,71 +6507,122 @@
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>कब्रमा प्रश्न सत्य हो ।
 अल्लाहले आफ्ना मुमिन दासहरूलाई यस संसार र परलोकमा दृढता प्रदान गरेको अनुग्रह ।
 एकेश्वरवादको गवाहीको र त्यसै अवस्थामा मृत्यु भएको श्रेष्ठता ।
 अल्लाहले मुमिनलाई दुनियाँ इमानमा अडिग रहन, सीधा बाटोमा हिँड्न, एकेश्वरवादमा मृत्यु हुन र कब्रमा दुई स्वर्गदूतहरूले सोध्दा दृढता प्रदान गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4206</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>मलाई मानिसहरूसँग लड्न आदेश दिइएको छ जबसम्म तिनीहरूले अल्लाह बाहेक कोही ईश्वर छैन र मुहम्मद अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन्</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “ "मलाई मानिसहरूसँग लड्न आदेश दिइएको छ जबसम्म तिनीहरूले अल्लाह बाहेक कोही ईश्वर छैन र मुहम्मद अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन् । यदि तिनीहरूले त्यसो गरे भने, तिनीहरूको रगत र तिनीहरूको सम्पत्ति मबाट सुरक्षित हुनेछ, इस्लामको हक बाहेक र तिनीहरूको हिसाब अल्लाहसँग छ ।"</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मलाई मानिसहरूसँग लड्न आदेश दिइएको छ जबसम्म तिनीहरूले अल्लाह बाहेक कोही ईश्वर छैन र मुहम्मद अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन् । यदि तिनीहरूले त्यसो गरे भने, इस्लामको हक बाहेक तिनीहरूको रगत र सम्पत्ति मबाट सुरक्षित हुनेछ र तिनीहरूको हिसाब अल्लाहसँग छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जबसम्म बहुदेववादीहरूले अल्लाह बाहेक कोही ईश्वर छैन, उहाँको कोही साझेदार छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन्, अल्लाहले मलाई लड्न आदेश दिनुभएको छ । यदि तिनीहरूले यी कामहरू गर्छन् भने, इस्लामले तिनीहरूको रगत र तिनीहरूको सम्पत्तिको रक्षा गर्दछ । त्यसैले तिनीहरूलाई मार्नु अनुमति छैन । यदि तिनीहरूले कुनै अपराध वा हत्या गर्छन् भने तिनीहरूलाई इस्लामको प्रावधान र विधान अनुसार दण्ड दिइने छन् । त्यसपछि अल्लाहले कयामतको दिन तिनीहरूको हिसाब-किताब लिनुहुनेछ किनकि उहाँ तिनीहरूका गोप्य कुराहरू जान्नुहुन्छ ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जबसम्म बहुदेववादीहरूले अल्लाह बाहेक कोही ईश्वर छैन, उहाँको कोही साझेदार छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका दूत हुन् भन्ने गवाही दिँदैनन्, नमाज पढ्दैनन् र जकात दिंदैनन्, अल्लाहले मलाई लड्न आदेश दिनुभएको छ । यदि तिनीहरूले यी कामहरू गर्छन् भने, इस्लामले तिनीहरूको रगत र सम्पत्तिको रक्षा गर्दछ । त्यसैले तिनीहरूलाई मार्नु अनुमति छैन । यदि तिनीहरूले कुनै अपराध वा हत्या गर्छन् भने तिनीहरूलाई इस्लामको प्रावधान र विधान अनुसार दण्ड दिइने छन् । त्यसपछि अल्लाहले कयामतको दिन तिनीहरूको हिसाब-किताब लिनुहुनेछ किनकि उहाँ तिनीहरूका गोप्य कुराहरू जान्नुहुन्छ ।</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>फैसला बाहिरी रूप अनुसार हुन्छ र गोप्य कुराहरू अल्लाहले मात्र जान्नुहुन्छ ।
 तौहीद (एकेश्वरवाद) तर्फ आह्वानको महत्त्व र सबै भन्दा पहिला तौहीदबाट सुरु गर्नुपर्छ ।
 यस हदीसको मतलब बहुदेववादीहरूलाई इस्लाममा प्रवेश गर्न बाध्य पारिएको कदापी होइन, बरु उनीहरूलाई इस्लाममा प्रवेश गर्ने वा कर तिर्ने विकल्प दिइएको छ । यदि तिनीहरूले यसलाई अस्वीकार गर्छन् भने, इस्लामको प्रावधान अनुसार युद्ध गर्न सकिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>अल्लाहले मेरो उम्मत (समुदाय) का लागि अज्ञानता र बिर्सिएर गरिएका गल्तीहरू तथा जोर-जबरजस्ती गरेर गर्न लगाइएका निषेध कार्यहरू क्षमा गरिदिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>इब्न अब्बास (रदियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "अल्लाहले मेरो उम्मत (समुदाय) का लागि अज्ञानता र बिर्सिएर गरिएका गल्तीहरू तथा जोर-जबरजस्ती गरेर गर्न लगाइएका निषेध कार्यहरू क्षमा गरिदिनुभएको छ।"</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभयो, अल्लाहले उहाँको उम्मतलाई तीन अवस्थाका कार्यहरु माफ गरिदिनुभएको छ: १- गल्ती (खता): यो अन्जानमा गरिएको कार्य हो। जस्तै: मुस्लिमले कुनै कुरा गर्न इच्छा गर्छ, तर उसको कार्यले अपेक्षित नतिजा भन्दा फरक परिणाम दिन्छ, यस्तो अवस्थामा पाप लाग्दैन। २- बिर्सनु (निस्यान): जस्तै मुस्लिमले कुनै कुरा गर्न याद गरेको हुन्छ, तर कार्य गर्दा बिर्सिन्छ, त्यसमा पनि कुनै पाप लाग्दैन। ३- जबरजस्ती (इक्राह) हो। दासलाई उसले नचाहेको काम गर्न बाध्य पार्न सकिन्छ र ऊ जबरजस्तीको प्रतिरोध गर्न असमर्थ हुन्छ। त्यस अवस्थामा, उसलाई कुनै पाप वा गलत कार्य गरेमा कुनै पाप वा दोष लाग्दैन। तर, ध्यान दिनुपर्ने कुरा के हो भने, यो हदीस अल्लाह र व्यक्ति बीचको मामिलामा लागू हुन्छ — अर्थात्, यदि गल्ती, बिर्सिँदा वा जबर्जस्तीमा कुनै निषेध कार्य हुन गएमा अल्लाहले क्षमा गर्नुहुन्छ।
+तर, आदेशित कार्यहरू (जस्तै नमाज, रोजा आदि) बिर्सेर नगर्दा उक्त कर्तव्य क्षमा हुँदैन बरु गर्नैपर्ने हुन्छ।
+त्यसैगरी, यदि गल्ती वा बिर्सिएर कसैको अधिकारमा हानि पुग्न गएमा, त्यो क्षम्य हुँदैन — उदाहरणका लागि, यदि कसैद्वारा गल्तीले कसैको हत्या भएमा उसमाथि 'दियत' (रक्तमूल्य) अनिवार्य हुन्छ, त्यसैगरी कसैले गल्तीले अरूको गाडी बिगारेमा त्यसको क्षतिपूर्ति तिर्नुपर्दछ।</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>आफ्ना सेवकहरूप्रति सर्वशक्तिमान अल्लाहको दया विशाल छ, किनकि यदि तिनीहरूले यी तीन परिस्थितिहरूमा अपराध गरे भने उहाँले तिनीहरूबाट पाप हटाइदिनुहुन्छ।
+रसुल मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) र उहाँको उम्मतमाथि अल्लाहको विशेष कृपा।
+पाप हटाउनुको अर्थ फैसला वा ग्यारेन्टी हटाउनु होइन। उदाहरणका लागि, यदि कसैले वुजू गर्न बिर्सन्छ र आफू शुद्ध भएको सोचेर प्रार्थना गर्छ भने, त्यसमा उसलाई कुनै पाप छैन, तर उसले वुजु गरेर पुनः नमाज पढ्नुपर्ने हुन्छ।
+जबरजस्तीका कारण भएको पाप क्षम्य हुनका लागि निश्चित सर्तहरू पूरा हुनु आवश्यक छ। जस्तै कि जबरजस्ती गर्ने व्यक्तिले साँच्चिकै दिएको धम्की पूरा गर्न सक्षम छ भन्ने कुरा स्पष्ट हुनुपर्छ।</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4216</t>
   </si>
   <si>
     <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
   </si>
   <si>
     <t>नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसका खुट्टामा आगोले बनेका दुई जुत्ता र पट्टी हुनेछ। जसबाट उसको दिमाग कढाई उम्लिएझैं उम्लिन्छ। उसले सोच्नेछ कि कुनै पनि व्यक्ति उसभन्दा कठोर सजायमा छैन, तर वास्तवमा उसलाई सबैभन्दा कम सजा मिल्नेछ।</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ: नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसका खुट्टामा आगोले बनेका दुई जुत्ता र पट्टी हुनेछ। जसबाट उसको दिमाग कढाई उम्लिएझैं उम्लिन्छ। उसले सोच्नेछ कि कुनै पनि व्यक्ति उसभन्दा कठोर सजायमा छैन, तर वास्तवमा उसलाई सबैभन्दा कम सजा मिल्नेछ।</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले बताउनुभयो कि क़ियामतको दिन नरकका सबैभन्दा हल्का यातना भोग्ने व्यक्ति त्यो हुनेछ जसको जुत्ता र जुर्रा आगोबाट बनेका हुनेछन्, जसको गर्मीले गर्दा उसको दिमाग तामाको कढाई उम्लिएझैं उम्लिन्छ। ऊ आफूलाई सबैभन्दा बढी यातना भोग्ने मान्छ, जबकि वास्तवमा ऊ नरकमा सबैभन्दा हल्का यातना भोग्ने व्यक्ति हुनेछ, र यसले शारीरिक र मानसिक दुःखद यातनालाई एकसाथ एकत्र गर्दछ।</t>
   </si>
   <si>
     <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
 اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
  شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
   </si>
   <si>
@@ -6658,394 +6721,517 @@
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>अली बिन अबू तालिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो दाहिने हातमा रेशम र देब्रे हातमा सुन लिनुभयो अनि त्यसपछि त्यसलाई माथि उठाएर भन्नुभयो: "यी दुई चीजहरू मेरो उम्मतका पुरुषहरूका लागि हराम छन् र महिलाहरुको लागी हलाल ।"</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो देब्रे हातमा रेशमको लुगा वा यसको टुक्रा र आफ्नो दाहिने हातमा सुनको गहना वा यस्तै केही लिनुभयो र त्यसपछि भन्नुभयो: वास्तवमा, रेशम र सुन पुरुषहरूलाई लगाउन निषेध गरिएको छ, तर महिलाहरूको लागि अनुमति छ ।</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>सिन्धीले भने: (हराम): र्अथात लगाउन हराम गरिएको हो; तर यसलाई खर्च गर्न र किनबेच गर्न अनुमति छ । सुनको भाँडाकुँडा बनाउनु र त्यसलाई प्रयोग गर्नु सबैका लागि हराम छन् ।
 इस्लामले महिलाहरूको श्रृंगारको लागि जायज गरेको छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>मैले तिमीहरूलाई नभनेको (अनावश्यक) कुराहरूलाई बेवास्ता गर । किनकि तिमीभन्दा अघिका राष्ट्रहरू (अनावश्यक) प्रश्न सोध्ने र आफ्ना नबीहरूसँग मतभेद गरेको कारणले नष्ट भएका थिए</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मैले तिमीहरूलाई नभनेको (अनावश्यक) कुराहरूलाई बेवास्ता गर । किनकि तिमीभन्दा अघिका राष्ट्रहरू (अनावश्यक) प्रश्न सोध्ने र आफ्ना नबीहरूसँग मतभेद गरेको कारणले नष्ट भएका थिए । जब म तिमीहरूलाई कुनै कुराबाट रोक्छु, त्यसबाट टाढै बस र जब कुनै कुरा गर्न आदेश दिन्छु, त्यसमा जति सक्दो प्रयास गर ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मैले तिमीहरूलाई नभनेको (अनावश्यक) कुराहरूलाई बेवास्ता गर । किनकि तिमीभन्दा अघिका राष्ट्रहरू (अनावश्यक) प्रश्न सोध्ने र आफ्ना नबीहरूसँग मतभेद गरेको कारणले नष्ट भएका थिए । जब म तिमीहरूलाई कुनै कुराबाट रोक्छु, त्यसबाट टाढै बस र जब कुनै कुरा गर्न आदेश दिन्छु, सकेसम्म त्यसलाई गर ।"</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लामिक नियमहरूका तीन किसिमहरू उल्लेख गर्नुभएको छ : जसको बारेमा शरियत मौन छ, निषेधहरू र आदेशहरू ।
-पहिलो: जसको बारेमा शरियत मौन छ, त्यसको कुनै आदेश हुँदैन र यस्ता चीजहरूको बारेमा आधारभूत सिद्धान्त भनेको जायज र हलाल हो; नबी (सल्लल्लाहु अलैहि वसल्लम)को समयमा यस्तो कुराबारे प्रश्न गर्नबाट बच्नुपर्थ्यो, जुन घटेको थिएन। यो यसकारण थियो कि प्रश्नले कुनै चीजलाई अनिवार्य वा निषेध गर्नुपर्ने आदेश निम्त्याउन सक्थ्यो। अल्लाहले आफ्ना भक्तहरूप्रति दया देखाउँदै त्यस्ता कुरालाई खुला नै छोड्नुभएको थियो।" "तर उहाँ (सल्लल्लाहु अलैहि व सल्लम) को देहान्तपछि, यदि प्रश्न आवश्यक धार्मिक ज्ञानका लागि मार्गदर्शन वा सिकाइको उद्देश्यले सोधिएको हो भने, त्यसो गर्नु अनुमति गरिएको छ, बरु त्यसलाई प्रोत्साहित नै गरिएको छ। तर यदि प्रश्न अनावश्यक जिद्दी वा दिखावटी उद्देश्यले सोधिएको हो भने, यो हदीसमा प्रश्न गर्नबाट टाढा रहन भनिएको जस्तै हो। किनभने यसले इस्राएलीहरूलाई झैं अवस्थालाई जटिल बनाउन सक्छ। उनलाई गाई बली चढाउन आदेश दिइएको थियो, र यदि उनीहरूले कुनै पनि गाई चढाएका भए, आदेश पूरा हुने थियो। तर उनीहरूले जटिलता खोजे, र तिनका लागि आदेश झन् कडा बनाइयो।"
+पहिलो: जसको बारेमा शरियत मौन छ, त्यसको कुनै आदेश हुँदैन र यस्ता चीजहरूको बारेमा आधारभूत सिद्धान्त भनेको जायज र हलाल हो; नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा यस्तो कुराबारे प्रश्न गर्नबाट बच्नुपर्थ्यो, जुन घटेको थिएन। किनभने प्रश्नले कुनै चीजलाई अनिवार्य वा निषेध गर्नुपर्ने आदेश निम्त्याउन सक्थ्यो। अल्लाहले आफ्ना भक्तहरूप्रति दया देखाउँदै त्यस्ता कुरालाई खुला नै छोड्नुभएको थियो।" "तर उहाँ (सल्लल्लाहु अलैहि व सल्लम) को देहान्तपछि, यदि प्रश्न आवश्यक धार्मिक ज्ञानका लागि मार्गदर्शन वा तालिमको उद्देश्यले सोधिएको हो भने, त्यसो गर्नु अनुमति छ, बरु त्यसलाई प्रोत्साहित नै गरिएको छ। तर यदि प्रश्न अनावश्यक जिद्दी वा दिखावटी उद्देश्यले सोधिएको हो भने, यो हदीसमा प्रश्न गर्नबाट टाढा रहन भनिएको जस्तै हो। किनभने यसले बनु इस्राएल झैं अवस्थालाई जटिल बनाउन सक्छ। उनलाई गाई बली चढाउन आदेश दिइएको थियो र यदि उनीहरूले कुनै पनि गाई वध गरेका भए, आदेश पूरा हुने थियो। तर उनीहरूले जटिलता खोजे र तिनका लागि आदेश झन् कडा बनाइयो।"
 दोस्रो: निषेध (हराम) हरू; अर्थात ती कुराहरू, जुन परित्याग गर्दा पुण्य पाइन्छ र गर्नेलाई दण्ड दिइन्छ, त्यसैले ती सबैबाट बच्नुपर्छ ।
 तेस्रो: आदेश; अर्थात ती कुराहरू हुन्, जुन गर्दा पुण्य पाइन्छ र नगर्दा दण्ड दिइन्छ, त्यसैले यो सकेसम्म गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>हामीले सबैभन्दा महत्त्वपूर्ण कुरामा ध्यान केन्द्रित गर्नुपर्छ अनि नचाहिने कुरालाई तुरुन्तै छोड्नुपर्छ र नघटेको पछि लाग्नु हुँदैन ।
 समस्याहरूलाई जटिल बनाउने, शंकाहरूको ढोका खोल्ने र धेरै मतभेद निम्त्याउने प्रश्नहरू सोध्न निषेध गरिएको छ ।
-सम्पूर्ण निषेध (हराम) कुराहरू त्याग्न आदेश; किनभने यसलाई त्याग्न कुनै कठिनाइ छैन र त्यसैले यो सामान्य रूपमा निषेध गरिएको छ ।
+सम्पूर्ण निषेध (हराम) कुराहरू त्याग्न आदेश; किनभने यसलाई त्याग्न कुनै कठिनाइ छैन र त्यसैले यो समन्य रूपमा निषेध गरिएको छ ।
 आदेशलाई सकेसम्म पुरा गर्नुपर्छ; किनभने आदेशको पालना गर्न गाह्रो हुन सक्छ वा कहिले असक्षम पनि; त्यसैले सकेसम्म भनिएको छ ।
-धेरै प्रश्न गर्न निषेध गरिएको छ । उलमा(विद्वानहरू)ले प्रश्नलाई दुई भागमा विभाजन गरेका छन्: एउटा धर्म सिक्न र सिकाउने उद्देश्यले प्रश्न गर्नु र यो जायज हो अनि सहाबीले सोध्ने प्रश्न यसै अन्तर्गत पर्दछ । दोस्रो हठ, अहंकार, शंकास्पद र फाइदा नभएको प्रश्न गर्नु, जुन निषेध गरिएको छ ।
-यस राष्ट्रलाई आफ्नो रसूल विरुद्धबाट चेतावनी दिइएको छ, ताकि अघिका राष्ट्रहरू झैं यसको हालत नहोस् ।
+धेरै प्रश्न गर्न निषेध गरिएको छ । उलमा (विद्वानहरू) ले प्रश्नलाई दुई भागमा विभाजन गरेका छन्: एउटा धर्म सिक्न र सिकाउने उद्देश्यले प्रश्न गर्नु र यो जायज हो अनि सहाबीले सोध्ने प्रश्न यसै अन्तर्गत पर्दछ । दोस्रो हठ, अहंकार, शंकास्पद र फाइदा नभएको प्रश्न गर्नु, जुन निषेध गरिएको छ ।
+यस राष्ट्रलाई आफ्नो रसूलको अवज्ञा विरुद्ध चेतावनी दिइएको छ, ताकि अघिका राष्ट्रहरू झैं यसको हालत नहोस् ।
 अनावश्यक प्रश्नहरू सोध्नु र नबीहरूसँग मतभेद गर्नु विनाश र बर्बादीको कारण हो, विशेषगरी जान्न नसकिने मामिलाहरू, जस्तै: गैबका कुराहरू र कयामतको दिनको अवस्थाहरू, जुन अल्लाह बाहेक कसैलाई थाहा छैन ।
 कठिन मामिलामा प्रश्न सोध्न निषेध । औजाईले भनेका छन्: जब ईश्वरले आफ्नो सेवकलाई ज्ञानको आशीर्वादबाट वञ्चित गर्न चाहनुहुन्छ तब उसको जिब्रोमा गलत कुराहरू मिसाई दिनुहुन्छ र मैले उनीहरूलाई सबैभन्दा कम ज्ञानी व्यक्तिको रूपमा देखें । इब्ने वहबले भनेका छन्: मैले इमाम मलिकलाई भन्दै गरेको सुनेको छु: ज्ञानको पाखण्डले मानिसको हृदयबाट ज्ञानको ज्योतिलाई हटाउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4295</t>
   </si>
   <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>तिमी जहाँ भए पनि अल्लाहसँग डराऊ, नराम्रो काम गरेपछि राम्रो काम गर्ने गर ताकि त्यो मेटियोस् र मानिसहरूसँग राम्रो व्यवहार गर।</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>अबू जर्र; जुनदुब बिन जुनादा र अबू अब्दुर्रहमान; मुआज बिन जबल (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमी जहाँ भए पनि अल्लाहसँग डराऊ, नराम्रो काम गरेपछि राम्रो काम गर्ने गर ताकि त्यो मेटियोस् र मानिसहरूसँग राम्रो व्यवहार गर।"</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तीन कुराको आदेश दिनुभएको छ: पहिलो: हरेक स्थान, समय, परिस्थिति, गोप्य र सार्वजनिक रूप, कल्याण र कठिनाइको समयमा अल्लाहसँग डराउनु र यो अनिवार्य कार्यहरू गरेर र निषेधित कार्यहरूबाट टाढा रहेर प्राप्त हुन्छ। दोस्रो: यदि कुनै दुष्कर्ममा लिप्त भइयो भने, त्यसलगत्तै नमाज, दान, भलाइ, नातेदारी जोड्ने, तौबा (पश्चात्ताप) वा यस्तै अन्य कुनै असल कार्य गर्नु, किनकि असल कार्यले नराम्रो कार्यलाई मेटाइदिन्छ। तेस्रो: मानिसहरूसँग असल आचरण र उत्कृष्ट चरित्रका साथ व्यवहार गर्नु, जसमा मुस्कुराएर भेट्नु, नरम व्यवहार, नम्रता, भलाइ फैलाउनु र कसैलाई हानि नपुऱ्याउनु जस्ता कुराहरू समावेश छन्।</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>यसमा अल्लाहको आफ्ना भक्तहरूप्रतिको दया, माफी, क्षमाशीलता तथा कृपाको व्याख्या गरिएको छ।
+हदीसले तीन प्रकारका अधिकारहरू समेटेको छ:
+अल्लाहको अधिकार — तक्वा (धार्मिक भय) द्वारा,
+आफ्नो आत्माको अधिकार — पापपछि राम्रो काम गरेर,
+र मानिसहरूको अधिकार — सुसंस्कार र राम्रो व्यवहारद्वारा।
+खराब कार्यपछि असल कार्य गर्न प्रोत्साहन गर्नु र राम्रो चरित्र अपनाउनु तक्वा (धर्मपरायणता) को विशेषताहरूमध्ये पर्दछन्, तर यसको स्पष्ट व्याख्या आवश्यक भएकाले यसलाई अलग्गै उल्लेख गरिएको हो।</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4302</t>
+  </si>
+  <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
-    <t>“तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ  र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ ।</t>
+    <t>“तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ ।</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
-    <t>हजरत मुआज बिन जबल (रजियल्लाहु अन्हु)द्वारा भनिएको छ: एउटा यात्रामा म अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम)को साथमा थिएँ ।  हिँड्दा हिँड्दा एक दिन म उहाँको नजिक भएँ, अनि मैंने भनेँ : हे अल्लाहका रसूल ! मलाई यस्तो  काम बताइ दिनु होस् जसले मलाई  जन्नतमा प्रवेश गरा‍‍ओस् र जहन्नमदेखि टाढा गरि दिओस् । उहाँ (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : “तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ  र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ ।  अल्लाहको  उपासना गर र उहाँका साथमा कसैलाई साझी न बनाऊ । नमाज़ कायम गर । जकात देऊ, रमजानको महिनाका रोजा( ब्रत) बस र अल्लाहको घरको  हज गर।" फेरि उहाँ(सल्लल्लाहु अलैहि व सल्लम) ने भन्नु भयो : "के म तिमीलाई भलाई (कल्याण)का ढोकाहरूको बारेमा न बताऊँ ? रोज़ा ढाल हो, र दानले पापहरू निभाइ दिन्छ, जसरी पानीले आगोलाई निभाएको हुन्छ । , तथा मान्छेको रातिमा पढेको नमाज (पनि कल्याणका ढोकाहरूमा एउटा हो)।" तत्पश्चात् उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले यो आयत पढ्नु भयो :
-[...1 lines deleted...]
-फिर उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले भन्नु भयो : " के म तिमीलाई दीन (इस्लाम)को आधार र उसको स्तम्भ र उसको शिर न बताइ दिऊँ ?  मैंले भनेँ : अवश्य, बताइ दिनु होस् हे अल्लाहका रसूल ! उहाँले भन्नु भयो : दीनको आधार इस्लाम हो, यसका स्तम्भ नमाज हो र यसको शिर जिहाद हो।" त्यसपछि उहाँ (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "के म तिमीलाई यसको सार न बताऊँ ?" मैँले भनेँ : अवश्य, बताइ दिनु होस् हे  अल्लाहका रसूल ! उहाँले आफ्नो जिब्रो समातेर भन्नु भयो:  "यसलाई थामेर राख" मैले भनेँ : हे अल्लाहका नबी ! के हामीले जो बोलेका हुन्छौँ, त्यसमा पनि हाम्रो पकड़ होला ? उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "मआज! तिम्रो आमाले तिमीलाई हराओस् ! ( वा तिम्रो आमालाई तिमीमाथि रुन परोस् । ) मान्छेहरूलाई उनीहरूको मुख घोप्ट्याएर उनीहरूको नाक घोप्ट्यार  आगोमा फाल्ने उनीहरूको जिब्रोका कारणले नै त हो ।</t>
+    <t>मुआज बिन जबल (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एउटा यात्रामा म अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) को साथमा थिएँ । हिँड्दा हिँड्दा एक दिन म उहाँको नजिक भएँ, अनि मैले भनेँ : हे अल्लाहका रसूल ! मलाई जन्नतमा प्रवेश गर्ने र जहन्नमदेखि टाढा राख्ने कर्म बताइ दिनु होस् । उहाँले भन्नुभयो : “तिमीले मसित एउटा गंभीर प्रश्न सोध्यौ र यो उसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाह सजिलो बनाइ दिनु हुन्छ । अल्लाहको  उपासना गर र उहाँका साथमा कसैलाई साझी न बनाऊ । नमाज़ कायम गर । जकात देऊ, रमजानको महिनाका रोजा ( ब्रत) बस र अल्लाहको घरको  हज गर।" फेरि उहाँले भन्नुभयो : "के म तिमीलाई भलाई (कल्याण) का ढोकाहरूको बारेमा न बताऊँ ? रोज़ा ढाल हो र दानले पापहरू निभाइ दिन्छ, जसरी पानीले आगोलाई निभाउछ र मान्छेको रातिमा पढेको नमाज ।" तत्पश्चात् उहाँले यो आयत पढ्नु भयो :
+"तिनीहरू आफ्नो ओछ्यानबाट अलग्गै रहन्छन्। तिनीहरू आफ्ना रबलाई भय एवं आशाका साथ पुकार्ने गर्छन् र हामीले प्रदान गरेका चिजहरूबाट खर्च गर्ने गर्छन् र, कसैलाई उनीहरूले गर्ने गरेको कर्मको प्रतिदानस्वरूप उनीहरूका लागि कस्तो नेत्र–शीतलता गोप्य राखिएको छ भन्ने कुरा थाहा छैन ।" 
+फिरि उहाँले भन्नुभयो : " के म तिमीलाई दीन (इस्लाम) को आधार र उसको स्तम्भ र उसको शिर न बताइ दिऊँ ?  मैंले भनेँ : अवश्य, बताइ दिनु होस् हे अल्लाहका रसूल ! उहाँले भन्नुभयो : दीनको आधार इस्लाम हो, यसका स्तम्भ नमाज हो र यसको शिर जिहाद हो।" त्यसपछि उहाँले भन्नुभयो : "के म तिमीलाई यसको सार न बताऊँ ?" मैँले भनेँ : अवश्य, बताइ दिनु होस् हे  अल्लाहका रसूल ! उहाँले आफ्नो जिब्रो समातेर भन्नुभयो:  "यसलाई थामेर राख" मैले भनेँ : हे अल्लाहका नबी ! के हामीले जो बोलेका हुन्छौँ, त्यसमा पनि हाम्रो पकड़ होला ? उहाँले भन्नुभयो : "मुआज! तिम्रो आमाले तिमीलाई हराओस् ! (वा तिम्रो आमालाई तिमीमाथि रुन परोस्) मान्छेहरूलाई उनीहरूको मुख घोप्ट्याएर वा उनीहरूको नाक घोप्ट्यार आगोमा फाल्ने उनीहरूको जिब्रोका कारणले नै त हो ।</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
 وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
 ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
 قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
 قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
   </si>
   <si>
-    <t>हजरत मुआज (रजियल्लाहु अन्हु)ले भन्नु भयो: एक यात्रामा,म नबी(सल्लल्लाहु अलैहि व सल्लम)को साथमा थिएँ, र एक दिन म उहाँसँग नजिक भएँ जब हामी हिँडि रहेका थियौं । अत: मैले भनेँ: हे अल्लाहका रसूल ! मलाई जन्नत (स्वर्ग) लैजाने र नरकबाट टाढा राख्ने कुरा बताइ दिनुहोस् । भन्नु भयो : तिमीले मसित एउटा महान् कामका बारेमा सोध्यौ जो मन लागि भारी हुन्छ ।  तर अल्लाहले साथ दिनु भयो भने सजिलो पनि हुन्छ । इस्लामका फराइज ( अनिवार्य कर्म)हरू पुरा गर ।
-[...13 lines deleted...]
-उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो : " तिमीलाई तिम्रो आमाले हराओस् ।" यो वाक्यले श्राप दिएको भनिदैन । अरबहरू यस्तो शब्दको प्रयोग कुनै यस्तो कुरालाई जसबाट सावधान हुनु पर्ने थियो तर सावधान नभए र वा थाहा पाउने पर्ने तर थाहा नभएको रहेछ भने भन्ने गर्छन् । फेरि उहाँ (सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो : मान्छेहरूलाई मुख घोप्ट्याएर जहन्नम ( नरक) मा फ्यालिने कारण यही हो कि उनीहरू आफ्नो मुखले कुफ्रका वाक्यहरू बोल्ने गर्थे । गाली गलौच, कुरा काट्नु ,कुरा लगाउनु र लाञ्छना लगाउनु , आदी गर्ने गर्छन् ।</t>
+    <t>मुआज (रजियल्लाहु अन्हु) ले भन्नुभयो: एक यात्रामा म नबी (सल्लल्लाहु अलैहि व सल्लम) को साथमा थिएँ र एक दिन म उहाँसँग नजिक भएँ जब हामी हिँडि रहेका थियौं । अत: मैले भनेँ: हे अल्लाहका रसूल ! मलाई जन्नत (स्वर्ग) लैजाने र नरकबाट टाढा राख्ने कुरा बताइ दिनुहोस् । उहाँले भन्नुभयो : तिमीले मसित एउटा महान् कामका बारेमा सोध्यौ जो मनको लागि भारी हुन्छ । तर अल्लाहले साथ दिनु भयो भने सजिलो पनि हुन्छ । इस्लामका फराइज (अनिवार्य कर्म) हरू पुरा गर ।
+अल्लाहको उपासना गर र उहाँका साथमा कसैलाई साझी न बनाऊ ।
+दोस्रो : तिमीले दिन रातमा अनिवार्य गरिएका नमाज़ कायम गर । फजर, जोहर, असर, मग्रिब र इशा तिनका शर्त र आधार एवं वाजिबहरूका साथ।"
+तेस्रो: तिमीले अनिवार्य जकात निकाल, जुन इस्लामिक कानूनमा निश्चित मात्रामा पुग्ने सबै सम्पत्तिमा अनिवार्य हुन्छ र यो यसको हकदारहरूलाई दिइन्छ।
+चौथो: रमजानको रोजा राख, रोजा भनेको उपासनाको मनसायले खानु पिउनु र यस बाहेक रोजा तोड्ने अन्य चीजहरूबाट बिहान सूर्योदय देखि सूर्यास्तसम्म रोकिनु हो ।
+पाँचौं: तपाईंले अल्लाहको उपासनाका लागि अल्लाहको घर मक्का जानु र हजका अर्कान ( गर्नु पर्ने अनिवार्य कामहरू) पूरा गर्नु ।
+फेरि उहाँले भन्नुभयो: के म तिमीलाई भलाइको ढोकामा पुर्‍याउने माध्यमहरूको बारेमा न बताउँ ? यो ती फर्जहरू र नफ्लहरू पुरा गरेर हुन्छ :
+पहिलो: स्वैच्छिक (नफ्ल) उपवास, यसले मनोकांक्षाहरू र शक्तिलाई कमजोर बनाएर पापहरूमा पर्नबाट रोक्छ ।
+दोस्रो: स्वैच्छिक दान यसले पाप गरि सकेपछि त्यसलाई हटाउँछ र यसको प्रभावलाई मेटाउँछ।
+तेस्रो: रातको अन्तिम तिहाइमा तहज्जुदको नमाज पढ, त्यसपछि उहाँले, अल्लाह तआलाको यो कथन पढ्नु भयो: {तिनीहरू आफ्नो ओछ्यानबाट अलग्गै रहन्छन् } अर्थात्, तिनीहरूले आफूलाई {ओछ्यानबाट} टाढा राख्ने गर्छन् । आराम गर्ने ठाउँहरूबाट, {उनीहरूले पुकारेका हुन्छन् आफ्ना पालनकर्तालाई} नमाज र दुआ जिक्र र कुरआन पढेर  {डर र आशाका साथ र हामीले उनीहरूलाई दिएका कुराहरूबाट खर्च गर्दछन्, त्यसैले कसैलाई थाहा छैन तिनीहरूको आँखामा शितलताका लागि के लुकाएर राखिएको छ} अर्थात् यस्ता चिजहरू जसले उनीहरूको आँखा शितल होलान् कयामतका दिन सदा रहने वाला जन्नतमा । {बदलाको रुपमा उनीहरूका कर्महरूको जो उनीहरूले गरेका हुन् ।}
+तब उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: के म तिमीलाई {दीन} धर्मको असल बारेमा बताइदिउँ र त्यसको स्तम्भ जसमा यो निर्भर छ ? अनि यसको शिरका बारेमा न बताइदिउँ ?
+मुआज (रजियल्लाहु अन्हु) ले भन्नुभयो :  (जरूर) बताउनुहोस् , हे अल्लाहका रसूल !
+नबी, (सल्लल्लाहु अलैहि व सल्लम) ले, भन्नुभयो: कार्यको मूल आधार इस्लाम हो, जुन शाहदतैन (दुई कलिमा) मा समेटिएको छ। यी दुई कलिमाको माध्यमबाट व्यक्तिसँग धर्मको मूल सार रहन्छ। त्यसको स्तम्भ : नमाज हो । नमाज नभए इस्लाम हुँदैन । जसरी स्तम्भ बिना घरको कल्पना गर्न सकिदैन । अत: जसले नमाज पढ्छ उसको दीन (धर्म) दर्हो हुन्छ र उच्च हुन्छ । यसरी नै यसको जुरोको टुप्पो र यसको उच्चता अल्लाहको बोल उच्च गर्नका निमित्त अल्लाहका शत्रुहरूका साथमा जिहादद्वारा हुन्छ ।
+त्यसपछि (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : के म तिमीलाई बितेका कुराहरूको बुद्धिमत्ता र पूर्णताको बारेमा नभनूँ?  उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो जिब्रो समात्नु भयो र भन्नुभयो : यसलाई रोकेर राख र तिम्रो सरोकार नभएको कुरा न बोल । मुआज (रजियल्लाहु अन्हु) ले भन्नुभयो : के हामीले बोलेका हरेक कुरामा हामीलाई हाम्रा रब (पालनकर्ता ) ले पकड गर्नु हुन्छ र हिसाब लिनु हुन्छ र सजाय दिनु हुन्छ ?।
+उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "तिमीलाई तिम्रो आमाले हराओस् ।" यो वाक्यले श्राप दिएको भनिदैन । अरबहरू यस्तो शब्दको प्रयोग कुनै यस्तो कुरालाई जसबाट सावधान हुनु पर्ने थियो तर सावधान नभए र वा थाहा पाउने पर्ने तर थाहा नभएको रहेछ भने भन्ने गर्छन् । फेरि उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : मान्छेहरूलाई मुख घोप्ट्याएर जहन्नम (नरक) मा फ्यालिने कारण यही हो कि उनीहरू आफ्नो मुखले कुफ्रका वाक्यहरू बोल्ने गर्थे । गाली गलौच, कुरा काट्नु, कुरा लगाउनु र लाञ्छना लगाउनु आदि गर्ने गर्छन् ।</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
-    <t>सहाबीहरूको ज्ञान आर्जनका बारेमा जिज्ञासा, यसैका कारण उनीहरूले नबी(सल्लल्लाहु अलैहि वसल्लम) सित बारम्बार सोध्ने गर्थे ।
-[...5 lines deleted...]
-फर्ज ( अनिवार्य आदेश)हरू पूरा गरिए पछि नवाफिल ( थप कर्महरू)को माध्यमबाट अल्लाहको निकटता एवं सानिध्धय हासिल गर्ने विशेषता:
+    <t>सहाबीहरूको ज्ञान आर्जनका बारेमा जिज्ञासा, यसैका कारण उनीहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) सित बारम्बार सोध्ने गर्थे ।
+सहाबीहरूको फिक्ह (ज्ञानलाई बुझ्नु) : किनभने उनीहरूलाई यो कुराका बारेका थाहा थियो कि आमाल (कर्महरू) नै जन्नत (स्वर्ग) मा प्रवेश गराउने माध्यम हुन् ।
+मुआज (रजियल्लाहु अन्हु) द्वारा गरिएको प्रश्न अति नै महान् प्रश्न हो । किनभने यो जीवनको भेद हो । त्यसैले यो संसारमा भएका चाहे मानव जात हुन् वा जिन्न, उनीहरूको अन्तिम नतिजा भनेको या त जन्नत हो वा आगो (नर्क) । त्यसैले यो प्रश्न महत्वपूर्ण हो ।
+इस्लामका पाँच आधारभूत कुराहरूको पालनाको प्रतिफल भनेको जन्नतमा प्रवेशको सौभाग्य प्राप्त हुनु हो । यी पाँच आधारहरू यी हुन् । दुइ गवाही (शहादतैन), नमाज, जकात ,रोजा र हज ।
+धर्मको मूल, सबैभन्दा मूल्यवान कार्य र उच्चतम कर्तव्य अल्लाहको एकता (तौहीद) हो, जसमा केवल उहाँको उपासना गरिन्छ र उहाँसँग कुनै साझेदार मानिंदैन।
+आफ्ना सेवकहरूप्रति अल्लाहको दया यो हो कि उहाँले तिनीहरूका लागि भलाइका ढोकाहरू खोल्नुभएको छ ताकि तिनीहरूले इनाम र पापहरूको क्षमा प्राप्त गर्न सकून्।
+फर्ज पूरा गरेपछि नवाफिल (अतिरिक्त कर्महरू) द्वारा अल्लाहको निकटता हासिल गर्ने महत्व ।
 नमाज इस्लाममा त्यस्तै स्थान राख्छ जस्तो स्तम्भले पाललाई थाम्छ। यदि नमाज हरायो भने इस्लाम समाप्त हुन्छ, जसरी स्तम्भ ढलेपछि पाल लड्छ।
-धर्म (इस्लाम)लाई नोक्सान पुर्याउने वाला हरेक कुराबाट मुख जोगाउनु पर्ने आवश्यकता ।
+धर्म (इस्लाम) लाई नोक्सान पुर्याउने हरेक कुराबाट मुख जोगाउनु पर्ने आवश्यकता ।
 मुख जोगाउनु हरेक कल्याणको जरो हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>जब दुई मुसलमानहरू एकअर्काको विरुद्ध तरवार उठाएर खडा हुन्छन्, हत्यारा र पीडित दुवै नरकको भागीदार हुनेछन्</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>अबू-बकरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जब दुई मुसलमानहरू एकअर्काको विरुद्ध तरवार उठाएर खडा हुन्छन्, हत्यारा र पीडित दुवै नरकको भागीदार हुनेछन्।" मैले प्रश्न गरेँ, "हे अल्लाहका रसूल! एक व्यक्ति हत्यारा भएकाले नरकमा गयो तर पीडितको के दोष?"  तब नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "उसको मनसाय पनि त हत्या गर्नु नै थियो।"</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, जब दुई मुस्लिम हातमा तरवार  लिएर लड्छन् र एक अर्काको ज्यान लिन चाहन्छन्, त्यस अवस्थामा हत्यारा आफ्नो साथीको हत्याको कारण नरकमा जान्छ । तर मृतक पनि किन नरकमा जान्छ?" यो कुरा सहाबाहरूले स्पष्ट रूपमा बुझ्न सकेनन्, त्यसैले उहाँसामु जिज्ञासा राखे। त्यसको उत्तरमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, ऊ पनि नरकमा जान्छ, किनभने उसले पनि अर्को व्यक्तिलाई मार्ने इच्छा राखेको थियो, तर आफ्नो उद्देश्यमा सफल हुन सकेन, किनभने उसको प्रतिद्वन्द्वीले उसलाई पहिले नै मार दियो ।</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>यसबाट स्पष्ट हुन्छ कि जो व्यक्ति आफ्नो मनबाट पाप गर्न दृढ संकल्प गर्दछ र त्यसका लागि  साधन प्रयोग गर्दछ, ऊ दण्डको हकदार हुन्छ।
 यस हदीसमा मुसलमानहरूलाई आपसमा लडाई [वा मारकाट] नगर्न कडा चेतावनी दिइएको छ र लडाइँ गर्नेहरूलाई नरकको सजाय  हुने धम्की दिइएको छ।
 मुसलमानहरू बीचको जायज लडाइँ, जस्तै विद्रोही र भ्रष्टहरू विरुद्धको लडाइँ, यस चेतावनीमा पर्दैन।
 ठूलो पाप गर्ने व्यक्तिलाई केवल पाप गर्नाले काफिर मानिने छैन, किनकि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले आपसमा लडाईँ गर्ने दुई व्यक्तिलाई  मुस्लिम भन्नुभएको छ1।
 जब दुई मुस्लिमहरू मार्न सक्ने कुनै पनि उपकरणको साथ आमनेसामने हुन्छन् र तीमध्ये एकले अर्कोको ज्यान लिन्छ, तब हत्यारा र मारिएका दुवै नरकको भागीदार हुनेछन्। यस हदीसमा तरवारलाई उदाहरणको रूपमा मात्र प्रस्तुत गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>संसारलाई त्याग र अल्लाहले तिमीलाई माया गर्नुहुनेछ र मानिसहरूसँग भएका कुराहरू त्याग, मानिसहरूले तिमीलाई माया गर्नेछन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>अबु अल-अब्बास सहल बिन सअद अस-सा’इदी (रज़ियल्लाहु अन्हु) ले बयान गरेका छन्, एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आएर भने, "हे अल्लाहका रसूल! मलाई यस्तो कर्म बताइदिनुहोस्, जसलाई मैले गरेँ भने अल्लाहले मलाई प्रेम गर्नुहुनेछ र मानिसहरूले पनि मलाई प्रेम गर्नेछन्।" तब उहाँले भन्नुभयो: "संसारलाई त्याग र अल्लाहले तिमीलाई माया गर्नुहुनेछ र मानिसहरूसँग भएका कुराहरू त्याग, मानिसहरूले तिमीलाई माया गर्नेछन्।"</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>एक व्यक्तिले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, "मलाई यस्तो कार्यको मार्गदर्शन गरिदिनुहोस्, जुन गरेमा अल्लाहले मलाई प्रेम गर्नुहुनेछ र मानिसहरूले पनि मलाई प्रेम गर्नेछन्।" तब उहाँले भन्नुभयो: " यदि तिमीले संसारमा आवश्यकता भन्दा अतिरिक्त र परलोकमा लाभ नहुने कुरा त्याग्यौ, र आफ्नो दीन (धर्म) मा हानि पुर्‍याउन सक्ने कुरा छोड्यौ भने अल्लाहले तिमीलाई प्रेम गर्नुहुनेछ। यदि तिमी मानिसहरू सगँ भएको सांसारिक सम्पत्तिप्रति आसक्त भएनौ भने मानिसहरूले तिमीलाई प्रेम गर्नेछन् । किनभने तिनीहरू स्वभावतः संसारलाई प्रेम गर्दछन् र जसले तिनीहरूसँग त्यसमा प्रतिस्पर्धा गर्दछ, तिनीहरूले उससँग घृणा गर्दछन्। तर जसले त्यसलाई तिनीहरूको निम्ति छोडिदिन्छ, तिनीहरूले उसलाई प्रेम गर्दछन्।"</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>यसमा संसारलाई त्याग्ने गुणको उत्कृष्टता स्पष्ट गरिएको छ र अनासक्ति भनेको ती सबै कुराहरू त्याग्नु हो, जसको परलोकमा कुनै लाभ हुँदैन।
+अनासक्ति (जुह्द) को दर्जा 'वरअ' (सावधानी) भन्दा उच्च हुन्छ। 'वरअ' भनेको हानि हुन सक्ने कुरालाई त्याग्नु हो भने जुह्द भनेको परलोकमा लाभ नहुने कुरालाई त्याग्नु हो।
+अस-सिन्दीले भन्नुभएको छ: “संसार मानिसहरूलाई प्रिय छ। जो व्यक्ति यसका लागि उनीहरूसँग प्रतिस्पर्धा गर्छ, त्यो उनीहरूको नजरमा उत्तिकै घृणित हुन्छ र जसले उनीहरू र उनीहरूको प्रिय वस्तुलाई त्यागिदिन्छ, त्यो उनीहरूको हृदयमा उति नै प्रिय बन्छ।”</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
-    <t>पुण्य  भनेको सुन्दर व्यवहार हो। र पाप भनेको  जुन कुरा  तिम्रो मनमा सङ्का पैदा गर्छ, र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
+    <t>पुण्य भनेको उच्च व्यवहार हो र पाप भनेको जुन कुरा तिम्रो मनमा सङ्का पैदा गर्छ र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
-    <t>नव्वास बिन सिमआन अल-अन्सारी (रजियल्लाहु अन्हु)ले बयान गरेका छन्
-: मैले रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम)लाई भलाइ (पुण्य) र पापको बारेमा सोधेँ। उहाँले भन्नुभयो: «पुण्य  भनेको सुन्दर व्यवहार हो। र पाप भनेको  जुन कुरा  तिम्रो मनमा सङ्का पैदा गर्छ, र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
+    <t>नव्वास बिन सिमआन अल-अन्सारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्: मैले रसूलल्लाह (सल्लल्लाहु अलैहि वसल्लम) लाई भलाइ (पुण्य) र पापको बारेमा सोधेँ। उहाँले भन्नुभयो: «पुण्य भनेको उच्च व्यवहार हो र पाप भनेको जुन कुरा तिम्रो मनमा सङ्का पैदा गर्छ र  तिमी चाहँदैनौ कि मानिसहरूले त्यसलाई थाहा पाउन»।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम)लाई पुण्य र पापको बारेमा सोधियो, उहाँले भन्नुभयो:
-[...1 lines deleted...]
-पाप भनेको, जुन मनभित्र शङ्कास्पद कुराहरूको रूपमा उत्पन्न हुन्छ र जसमा आत्मा निश्चिन्त हुन सक्दैन। मनमा त्यसबाट शङ्का उत्पन्न हुन्छ र त्यसलाई पाप हो कि भन्ने डर रहन्छ। आत्माले यो पापलाई प्रकट गर्न चाहँदैन, किनकि यो प्रतिष्ठित र आदर्श व्यक्तिहरूको नजरमा कुरूप देखिन्छ। यो यसकारण हो कि आत्मा स्वाभाविक रूपमा आफ्नो राम्रो पक्ष अरूलाई देखाउन चाहन्छ। यदि आत्माले आफ्नो केही कर्म अरूले थाहा पाउन मन पराउँदैन भने, त्यो पाप हो, जसमा कुनै भलाई हुदैन।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) लाई पुण्य र पापको बारेमा सोधियो, उहाँले भन्नुभयो:
+अल्लाहसँग तक्वाको साथ राम्रो स्वभाव देखाउनु नै सबैभन्दा ठूलो गुण हो। मानिसहरूसँग सहनशीलता, क्रोधलाई कम गर्नु, हँसिलो अनुहार, मधुर बोली, सम्बन्ध जोड्नु, आज्ञापालन, दयालुता, परोपकार, राम्रो संगत र मेलमिलापपूर्ण बसोबास गर्नु हो।
+पाप भनेको, जुन मनभित्र शङ्कास्पद कुराहरूको रूपमा उत्पन्न हुन्छ र जसमा आत्मा निश्चिन्त हुन सक्दैन। मनमा त्यसबाट शङ्का उत्पन्न हुन्छ र त्यसलाई पाप हो कि भन्ने डर रहन्छ। आत्माले यो पापलाई प्रकट गर्न चाहँदैन, किनकि यो प्रतिष्ठित र आदर्श व्यक्तिहरूको नजरमा कुरूप देखिन्छ। यो यस कारण हो कि आत्मा स्वाभाविक रूपमा आफ्नो राम्रो पक्ष अरूलाई देखाउन चाहन्छ। यदि आत्माले आफ्नो केही कर्म अरूले थाहा पाउन मन पराउँदैन भने, त्यो पाप हो, जसमा कुनै भलाई हुँदैन।</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>राम्रो नैतिकताको लागि प्रोत्साहन; किनभने राम्रो चरित्र पुण्यका सबैभन्दा महान गुण हो।
 सत्य र असत्यले मोमिनलाई भ्रमित गर्दैन, बरु ऊ आफ्नो हृदयमा रहेको प्रकाशद्वारा सत्यलाई चिन्छ र असत्यबाट टाढा रहन्छ तथा त्यसलाई अस्वीकार गर्छ।
-पापको चिन्हहरू मध्ये मनको बेचैनी र अशान्ति, र मानिसहरूले त्यसको बारेमा थाहा पाउने असहजता।
-सिंदीले भने: यो ती शङ्कास्पद कुरा सम्बन्धी हो जसमा मानिसहरूले कुनै एक पक्षको निश्चितता थाहा पाउँदैनन्; अन्यथा, शरियतमा बताइएको कुराहरूलाई अनदेखा नगरी कुनै पक्षको प्रमाण नभइ त्यस्तै पुण्य र पापको कुरा हुन्छ, र यस्ता कुराहरूमा हृदयको सोधपुछ र शान्तिको आवश्यकता हुँदैन।
+पापको चिन्हहरू मध्ये मनको बेचैनी र अशान्ति र मानिसहरूले त्यसको बारेमा थाहा पाउने असहजता।
+सिंदीले भने: यो ती शङ्कास्पद कुरा सम्बन्धी हो जसमा मानिसहरूले कुनै एक पक्षको निश्चितता थाहा पाउँदैनन्; अन्यथा, शरियतमा बताइएको कुराहरूलाई अनदेखा नगरी कुनै पक्षको प्रमाण नभइ त्यस्तै पुण्य र पापको कुरा हुन्छ र यस्ता कुराहरूमा हृदयको सोधपुछ र शान्तिको आवश्यकता हुँदैन।
 यस हदीसमा सम्बोधित गरिएका व्यक्तिहरू स्वच्छ प्रकृति भएका मानिसहरू हुन्, न कि ती जसका हृदय विकृत छन्। जो केवल आफ्नो इच्छाअनुसार राम्रोलाई चिन्ने र नराम्रोलाई अस्वीकार गर्ने गर्छन्।
-तैइबीले भने: हदीसमा पुण्यलाई विभिन्न अर्थमा व्याख्या गरिएको छ। यसलाई एक स्थानमा त्यसरी व्याख्या गरिएको छ जसले हृदयलाई शान्त पार्छ र मनलाई समर्पित बनाउँछ। अर्को स्थानमा यसलाई ईमानको रूपमा व्याख्या गरिएको छ, र एउटा स्थानमा यसलाई, जसले तपाईंलाई अल्लाहको नजिक पुर्याउँछ भनिएको छ र यहाँ यसलाई असल आचरणको रूपमा व्याख्या गरिएको छ। र असल आचरणलाई यसरी व्याख्या गरिएको छ: दुख सहन गर्नु, क्रोध नगर्नु, मुखमा हाँसो ल्याउनु, र मीठा शब्द बोल्नु, र यी सबै अर्थमा समान छन्।</t>
+तैइबीले भने: हदीसमा पुण्यलाई विभिन्न अर्थमा व्याख्या गरिएको छ। यसलाई एक स्थानमा त्यसरी व्याख्या गरिएको छ जसले हृदयलाई शान्त पार्छ र मनलाई समर्पित बनाउँछ। अर्को स्थानमा यसलाई ईमानको रूपमा व्याख्या गरिएको छ र एउटा स्थानमा यसलाई जसले तपाईंलाई अल्लाहको नजिक पुर्याउँछ भनिएको छ र यहाँ यसलाई असल आचरणको रूपमा व्याख्या गरिएको छ। असल आचरणलाई यसरी व्याख्या गरिएको छ: दुख सहन गर्नु, क्रोध नगर्नु, मुखमा हाँसो ल्याउनु र मीठा शब्द बोल्नु र यी सबै अर्थमा समान छन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>धर्म भनेको निष्ठा हो</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>तमीम अल-दारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "धर्म भनेको निष्ठा हो," हामीले सोध्यौं, "कसप्रति?" उहाँले उत्तर दिनुभयो, "अल्लाहप्रति, उहाँको किताबप्रति, उहाँका रसूलप्रति, मुस्लिम शासकहरू प्रति, र सम्पूर्ण मुसलमानहरूप्रति।"</t>
+    <t>तमीम अल-दारी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "धर्म भनेको निष्ठा हो," हामीले सोध्यौं, "कसको लागि ?" उहाँले उत्तर दिनुभयो, "अल्लाहप्रति, उहाँको किताबप्रति, उहाँका रसूलप्रति, मुस्लिम शासकहरू प्रति र सम्पूर्ण मुस्लिमहरूप्रति।"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो कि, धर्म इमानदारी र सत्यतामा आधारित छ त्यसैले यसलाई अल्लाहले तोके अनुसार पूर्ण रूपले, कुनै कमी वा छलकपट नगरी पालन गर्नुपर्छ।
-[...2 lines deleted...]
-२) पवित्र कुर्आन प्रति निष्ठा: यसको अर्थ कुर्आन अल्लाहको वचन हो भन्ने कुरा विश्वास गर्नु हो। यो अन्तिम धार्मिक ग्रन्थ हो जुन अल्लाहले पठाउनु भएको हो र यसले अघिल्ला सबै धार्मिक कानूनहरूलाई खारेज गरेको छ भन्ने कुरामा विश्वास गर्नु हो। यस पवित्र ग्रन्थको सम्मान गर्नु, यसलाई ध्यानपूर्वक पढ्नु, यसका मुहकम (स्पष्ट अर्थ) श्लोकहरूको पालना गर्नु र मुताशबिह (अनेकार्थी वा अस्पष्ट) श्लोकहरूलाई पनि स्वीकार गर्नु निष्ठाको महत्वपूर्ण पक्ष हो। कुर्आनको अर्थलाई तोडमोड गर्ने वा गलत व्याख्या गर्नेहरूको खण्डन गर्नु पनि आवश्यक छ। यसबाट ज्ञान प्राप्त गर्नु, यसका शिक्षालाई सबैतिर फैलाउनु र मानिसहरूलाई यसलाई स्वीकार गर्न प्रोत्साहित गर्नु हरेक विश्वासीको कर्तव्य हो।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो कि, धर्म इमानदारी र सत्यतामा आधारित छ त्यसैले यसलाई अल्लाहले तोके अनुसार पूर्ण रूपले कुनै कमी वा छलकपट नगरी पालन गर्नुपर्छ।
+भलाई र निष्ठा कसप्रति हुन्छ भनेर सोधिएको प्रसंगमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस कुरालाई स्पष्ट गर्दै भन्नु भयो :
+१) अल्लाह प्रति निष्ठा : अल्लाहप्रतिको निष्ठा भन्नाले उहाँको सन्तुष्टि प्राप्त गर्ने उद्देश्यले निष्कपट र विशुद्ध रूपमा उपासना गर्नु, उहाँसँग कसैलाई साझेदार नठहर्‍याउनु, उहाँको प्रभुत्व, पूजनीयता र उहाँको नाम र गुणहरूमा आस्था राख्नु, उहाँका आदेशहरूको आदर गर्नु, उहाँमाथि दृढ आस्था राख्न र उहाँमाथि ईमान ल्याउन आह्वान गर्नु।
+२) पवित्र कुर्आनप्रति निष्ठा: यसको अर्थ कुर्आन अल्लाहको वचन हो भन्ने विश्वास गर्नु हो। यो अन्तिम धार्मिक ग्रन्थ हो र यसले अघिल्ला सबै धार्मिक कानूनहरूलाई खारेज गरेको छ भन्ने कुरामा विश्वास गर्नु हो। यस पवित्र ग्रन्थको सम्मान गर्नु, यसलाई ध्यानपूर्वक पढ्नु, यसका मुहकम (स्पष्ट अर्थ) श्लोकहरूको पालना गर्नु र मुताशबिह (अनेकार्थी वा अस्पष्ट) श्लोकहरूलाई पनि स्वीकार गर्नु निष्ठाको महत्वपूर्ण पक्ष हो। कुर्आनको अर्थलाई तोडमोड गर्ने वा गलत व्याख्या गर्नेहरूको खण्डन गर्नु पनि आवश्यक छ। यसबाट ज्ञान प्राप्त गर्नु, यसका शिक्षालाई सबैतिर फैलाउनु र मानिसहरूलाई यसलाई स्वीकार गर्न प्रोत्साहित गर्नु हरेक विश्वासीको कर्तव्य हो।
 ३) रसूल मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) प्रति निष्ठा : उहाँ प्रति निष्ठा भनेको उहाँ अन्तिम  सन्देशवाहक हुनुहुन्छ भन्ने तथ्यमा विश्वास गर्नु, उहाँले ल्याउनुभएको शिक्षालाई सत्य मान्नु, उहाँका आदेशहरूको पालना गर्नु, उहाँले निषेध गरेका कुराबाट टाढा रहनु, उहाँले निर्धारित गरेको विधिअनुसार मात्र अल्लाहको  उपासना गर्नु हो । साथै, उहाँको अधिकारको सम्मान र उहाँको आदर कदर गर्नु, उहाँको सन्देशलाई विश्वव्यापी रूपमा फैलाउनु, उहाँको "शरिया"को प्रचारप्रसार गर्नु र उहाँमाथि लगाइएका झूटा आरोपहरूको खण्डन गर्नु पनि निष्ठाको अभिन्न पक्ष हो।
 ४) मुस्लिम शासकहरूप्रति सद्भाव : यसको अर्थ उनीहरूलाई सही काममा सहयोग गर्नु, उनीहरू विरुद्ध विद्रोह नगर्नु र जबसम्म उनीहरू अल्लाहका आदेशानुसार कार्यरत रहन्छन् तबसम्म उनीहरूको आदेश मान्नु र आज्ञापालन गर्नु हो ।
-५) आम मुस्लिमहरूप्रति सद्भाव (भलाई): यसको अर्थ मुस्लिमहरूसँग राम्रो व्यवहार गर्नु, उनीहरूलाई उनीहरूलाई सत्कर्मका लागि प्रेरित गर्नु, कठिनाइ पर्दा सहायता गर्नु, उनीहरूको कल्याणको कामना गर्नु र पुण्यकर्म र धार्मिक कर्तव्यमा सहयोग पुर्‍याउनु हो।</t>
+५) आम मुस्लिमहरूप्रति सद्भाव (भलाई): यसको अर्थ मुस्लिमहरूसँग राम्रो व्यवहार गर्नु, उनीहरूलाई सत्कर्मका लागि प्रेरित गर्नु, कठिनाइ पर्दा सहायता गर्नु, उनीहरूको कल्याणको कामना गर्नु र पुण्यकर्म र धार्मिक कर्तव्यमा सहयोग पुर्‍याउनु हो।</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>यस हदीसमा सबैप्रति निष्ठा राख्न, सद्भाव र भलाई गर्न आदेश दिइएको छ ।
 इस्लाम धर्ममा निष्ठा, परोपकार, सद्भाव र भलाई को ठूलो स्थान छ ।
-धर्म आस्था, वचन र कर्मको अन्तरसम्बन्धमा आधारित हुन्छ।
-[...1 lines deleted...]
-रसूल (सल्लल्लाहु अलैहि वसल्लम) को  सिकाउने विशेष तरिका भनेको पहिले कुनै कुरालाई संक्षिप्त रूपमा बयान गर्नु र त्यसपछि व्याख्या गर्नु हो ।
+धर्म भनेको आस्था, वचन र कर्ममा आधारित हुन्छ।
+परोपकार र नसीहत गर्दा आफूलाई छल इत्यादिबाट शुद्ध पार्नुपर्छ र साथै कल्याणको मनसाय हुनुपर्दछ ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) को सिकाउने विशेष तरिका भनेको पहिले कुनै कुरालाई संक्षिप्त रूपमा बयान गर्नु र त्यसपछि व्याख्या गर्नु हो ।
 कुनै कुराको वर्णन गर्दा तिनको महत्वलाई ध्यानमा राखेर सबैभन्दा महत्त्वपूर्णबाट सुरुवात गर्नुपर्छ । त्यसैले  रसूल (सल्लल्लाहु अलैहि वसल्लम) ले पहिले अल्लाहका बारेमा नसीहत गर्नुभयो, त्यसपछि अल्लाहको पुस्तकको नसीहत, त्यसपछि अल्लाहको दूतको नसीहत, त्यसपछि मुस्लिम शासकहरूको लागी सद्भाव र त्यसपछि आम मुस्लिमहरूको सद्भावको नसीहत गर्नुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4309</t>
   </si>
   <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>स्तनपानले ती नाताहरूलाई हराम (निषेध) बनाउँछ, जुन जन्मद्वारा (रगतको सम्बन्धले) हराम हुन्छन्।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>आमा आइशा (रजियल्लाहु अन्हा) बाट वर्णन गरिएको छ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "स्तनपानले ती नाताहरूलाई हराम (निषेध) बनाउँछ, जुन जन्मद्वारा (रगतको सम्बन्धले) हराम हुन्छन्।"</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभएको छ, जुन नाताहरू जन्म र रगतको सम्बन्धले निषेध गर्छ—जस्तै मामा, काका, भाइ— स्तनपान (रजाअत) ले पनि त्यसैलाई निषेध गर्दछ। जुन कुराहरू जन्मको सम्बन्धले वैध हुन्छन्, स्तनपान (रजाअत) को सम्बन्धले पनि ती कुराहरू वैध हुन्छन्।</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>यो हदीस आमाको दूधपान (रजाअत) सम्बन्धी नियमहरूको आधारभूत सिद्धान्त हो।
+इब्न हजरले भनेका छन्: नबी (सल्लल्लाहु अलैहि वसल्लम) को वचन "स्तनपानले ती नाताहरूलाई हराम (निषेध) बनाउँछ, जुन जन्मद्वारा (रगतको सम्बन्धले) हराम हुन्छन्" को अर्थ यो पनि हो कि जुन कुराहरू जन्मको सम्बन्धले अनुमत हुन्छन्, स्तनपान (रजाअत) को सम्बन्धले पनि ती कुराहरू अनुमत हुन्छन्। यो कुरा सर्वसम्मति (इज्मा) अनुसार विवाह र त्यससँग सम्बद्ध नियमहरूमा लागू हुन्छ — जस्तैः स्तनपान गर्ने शिशु र स्तनपान गराउने महिलाका सन्तानहरूबीच विवाह हराम (निषेध) हुन्छ र उनीहरू सबैलाई आपसी सम्बन्धमा साक्खै आफन्त (मह्रम) को दर्जा दिइन्छ — जसकारण एक-अर्कालाई हेर्न, एकान्तमा बस्न र यात्रामा सँगै जान अनुमति प्राप्त हुन्छ।
+तर यस नाताबाट जन्म दिने आमालाई जस्तै सम्पूर्ण कानुनी अधिकारहरू प्राप्त हुँदैनन्; जस्तैः पैतृक सम्पत्ति पाउने अधिकार, पालन–पोषणको खर्चको अनिवार्यता, (इत्क बिल-मिल्क) अर्थात्, कुनै दास आफ्नो साक्खै नातेदारको स्वामित्वमा आउनासाथ स्वतः स्वतन्त्र हुनु। साक्षी (शहादत) र रक्तमूल्य (दिया) को जिम्मेवारी र किसास (प्रतिशोधात्मक दण्ड ) हट्नु — यी कुराहरू स्तनपानमा आधारित सम्बन्धमा लागू हुँदैनन्।
+आमाको दूधपान (रजाअत) द्वारा वैवाहिक सम्बन्धमा हराम (निषेध) हुने नातासम्बन्धी नियम स्थायी रूपमा सधैंको लागि कायम रहन्छ।
+अन्य हदीसहरूले संकेत गर्छन्, स्तनपानको कारणले विवाह निषेध ठहरिने नियम तब मात्र स्थापित हुन्छ, जब शिशुलाई पाँच पटक स्तनपान गराइएको हुनुपर्छ र यी पहिलो दुई वर्ष भित्र हुनुपर्छ।
+नाताका कारणले विवाहका लागि हराम (निषेध) ठहरिने स्त्रीहरू  निम्नानुसार छन्:
+१- आमाहरू: यसमा हजुरआमाहरू (आमा तर्फका वा बुबा तर्फका) र सोभन्दा माथि पुस्ताका पनि पर्दछन्।
+२- छोरीहरू: यसमा नातिनीहरू, पनातिनीहरू (छोरा वा छोरी तर्फका) र सोभन्दा तलका सन्ततिहरू समावेश हुन्छन्।
+३- दिदीबहिनीहरू : चाहे ती सहोदर (एउटै आमाबुबाका) हुन्, वा केवल एक तर्फका (सौतेनी आमा वा बुबा तर्फबाट) हुन्।
+४- फुपूहरू: यसमा बुबाका दिदीबहिनीहरू (सहोदर वा सौतेनी) र त्यसैगरी हजुरबुबाहरूका दिदीबहिनीहरू र सोभन्दा माथिका पुस्ताका पनि पर्दछन्।
+५- सानीआमा/ठूलीआमाहरू : यसमा आमाका दिदीबहिनीहरू (सहोदर वा सौतेनी) र त्यसैगरी हजुरआमाहरूका दिदीबहिनीहरू (आमा तर्फका वा बुबा तर्फका) र सोभन्दा माथिका पुस्ताका पनि पर्छन्।
+६- भाइका छोरीहरू र दिदीबहिनीका छोरीहरू: यसमा भतिजीहरू, भान्जीहरू, र तिनीहरूका छोरीहरू (र सोभन्दा तलका सन्ततिहरू) पर्दछन्।
+दूधपान (रजाअत) का कारणले हराम ठहरिने स्त्रीहरू:
+स्तनपान (रजाअत) को सम्बन्धबाट पनि तिनै नाताहरू हराम (निषेध) हुन्छन्, जुन रक्त-नाताका कारणले हराम हुन्छन्। अर्थात्, जो स्त्री नाताका कारणले विवाहका लागि हराम ठहरिन्छिन्, त्यस्तै स्त्री स्तनपानको सम्बन्धबाट पनि हराम ठहरिन्छिन्।
+तर, यसमा अपवाद छ, यदि दुईजना भाइमध्ये कुनै एकलाई कुनै महिलाले स्तनपान गराएकी छिन् भने स्तनपान नगरेको भाइले ती महिलासँग विवाह गर्न सक्छ। त्यसैगरी, यदि कुनै व्यक्तिले शिशुकालमा कुनै महिलाको स्तनपान गरेको छ भने ती महिलाका श्रीमान्ले त्यस व्यक्तिका स्तनपान नगरेका दिदीबहिनीसँग विवाह गर्न सक्छन्, किनकि उनीहरूले ती महिलाको स्तनपान गरेका छैनन्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4311</t>
+  </si>
+  <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, (यो भनिरहँदा नोअ्मानले आफ्ना दुई औंलाहरू आफ्नो कानतिर उठाए): "हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ र यी दुवैको बीचमा केही शंकास्पद र संदिग्ध कुराहरू छन्, जुन धेरै मानिसहरूलाई थाहा छैन । तसर्थ, जसले आफूलाई शंकास्पद कुराहरूबाट जोगाउँछ उसले आफ्नो धर्म र इज्जतलाई जोगायो र जसले शंकास्पद कुराहरूलाई पछ्याउने गर्छ, त्यो निषेधित कुराहरूमा फस्नेछ । यसको उदाहरण एक गोठालो सरह हो, जसले निषेधित क्षेत्र (खेत) को वरिपरि जनावरहरू चराउँछ र उसको जनावर त्यसमा चर्ने सम्भावना हुन्छ । सुन्नुहोस्! हरेक राजाको केही निषेधित क्षेत्र हुन्छन् (जसमा कसैलाई प्रवेश गर्न अनुमति छैन) र अल्लाहको निषेधित क्षेत्र भनेको हराम (निषेधित) कुराहरू हुन् । सावधान होउ, शरीरमा मासुको एउटा टुक्रा छ, जब यो सही [सन्तुलित] हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।"</t>
+    <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, (यो भनिरहँदा नोअ्मानले आफ्ना दुई औंलाहरू आफ्नो कानतिर उठाए): "हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ र यी दुवैको बीचमा केही शंकास्पद र संदिग्ध कुराहरू छन्, जुन धेरै मानिसहरूलाई थाहा छैन ।तसर्थ, जसले आफूलाई शंकास्पद कुराहरूबाट जोगाउँछ उसले आफ्नो धर्म र इज्जतलाई जोगायो र जसले शंकास्पद कुराहरूलाई पछ्याउने गर्छ, त्यो निषेधित कुराहरूमा फस्नेछ । यसको उदाहरण एक गोठालो सरह हो, जसले निषेधित क्षेत्र (खेत) को वरिपरि जनावरहरू चराउँछ र उसको जनावर त्यसमा चर्ने सम्भावना हुन्छ । सुन्नुहोस्! हरेक राजाको केही निषेधित क्षेत्र हुन्छन् (जसमा कसैलाई प्रवेश गर्न अनुमति छैन) र अल्लाहको निषेधित क्षेत्र भनेको हराम (निषेधित) कुराहरू हुन् । सावधान होउ, शरीरमा मासुको एउटा टुक्रा छ, जब यो सही हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) चीजहरूको बारेमा एक सरल सिद्धान्त र सामान्य नियम बताउदै हुनुहुन्छ । शरियतमा तीन प्रकारका चीजहरू छन्; स्पष्ट रूपमा हलाल चीजहरू, स्पष्ट रूपमा हराम चीजहरू र  संदिग्ध चीजहरू; जसको हलाल वा हराम स्पष्ट छैन र धेरै मानिसहरूलाई यसको नियम बारे थाहा छैन ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) चीजहरूको बारेमा एक सरल सिद्धान्त र नियम बताउनु भएको छ । शरियतमा तीन प्रकारका चीजहरू छन्; स्पष्ट रूपमा हलाल चीजहरू, स्पष्ट रूपमा हराम चीजहरू र  संदिग्ध चीजहरू; जसको हलाल वा हराम स्पष्ट छैन र धेरै मानिसहरूलाई यसको नियम बारे थाहा छैन ।
 यस्तो अवस्थामा जसले यी संदिग्ध र अस्पष्ट चीजहरूलाई त्याग्छ, उसको धर्म निषेधित चीजहरूमा पर्नबाट सुरक्षित हुनेछ र यस शंकास्पद कुरामा संलग्न भएको कारणले उसको इज्जत र प्रतिष्ठा पनि मानिसहरूको आलोचनाबाट सुरक्षित हुनेछ । बरु, जो यी संदिग्ध र अस्पष्ट कुराहरूबाट टाढा रहँदैन, उसले या त निषेधित कुरामा फस्न वा मानिसहरूको आलोचनाको सामना गर्न आफूलाई अगाडि बढायो । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले संदिग्ध कार्य गर्नेहरूको अवस्था व्याख्या गर्न एउटा उदाहरण दिनुभयो र भन्नुभयो, यस्तो व्यक्तिको उदाहरण गोठालो जस्तै हो जसले कसैको संरक्षित चरन नजिक आफ्नो  गाईवस्तु  चराउने गर्छ । यस्तो अवस्थामा संरक्षित चरन नजिकै चर्ने भएकाले उनको जनावर सुरक्षित चरनमा गएर चर्न थाल्ने सम्भावना छ । त्यसैगरी शंकास्पद कार्य गर्ने व्यक्ति आफ्नो कर्मको कारणले हरामको नजिक हुँदै जान्छ र उसलाई हराममा पर्ने  सम्भावना हुन्छ । त्यस पछि, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो,  मानव शरीरमा मासुको एउटा टुक्रा छ, जब यो सही हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>अस्पष्ट चीज र शंकास्पद वस्तुहरू त्याग्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4314</t>
   </si>
   <si>
     <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
-    <t>हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो।</t>
+    <t>हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
-    <t>अबू हुरैराह (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो। उहाँले भन्नुभयो:
-[...2 lines deleted...]
-त्यसपछि उहाँले एक व्यक्तिको बारेमा उल्लेख गर्नुभयो, जो लामो यात्रामा हुन्छ, उसका कपाल अस्तव्यस्त र शरीर धूलोले भरिएको हुन्छ। ऊ आकाशतर्फ हात उठाएर भन्छ: "हे मेरो प्रभु, हे मेरो प्रभु!" तर उसको खानपान हराम छ, उसको पिउने चीज हराम छ, उसको लुगा हराम छ, र उसको शरीर हरामबाट पोषित छ। यस्तो अवस्थामा, कसरी उसको दुआ स्वीकार गरिन सक्छ?</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो। उहाँले भन्नुभयो:
+{हे रसूल (सन्देष्टाहरू) हो, पवित्र चिजहरू खाऊ र सत्कर्म गर, निस्सन्देह, तपाईँहरू जे गर्नु हुन्छ म सबै जान्दछु।} (अल-मुमिनुन: ५१)
+उहाँले भन्नुभयो: {हे इमान वालाहरू हो, हामीले तिमीहरूलाई प्रदान गरेका पवित्र कुराहरू मध्ये खाऊ। [अल-बकारा:  172] 
+त्यसपछि उहाँले एक व्यक्तिको बारेमा उल्लेख गर्नुभयो, जो लामो यात्रामा हुन्छ, उसका कपाल अस्तव्यस्त र शरीर धूलोले भरिएको हुन्छ। ऊ आकाशतर्फ हात उठाएर भन्छ: "हे मेरो प्रभु, हे मेरो प्रभु!" तर उसको खानपान हराम छ, उसको पिउने चीज हराम छ, उसको लुगा हराम छ र उसको शरीर हरामबाट पोषित छ। यस्तो अवस्थामा, उसको दुआ कसरी स्वीकार गरिन्छ ?</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
-    <t>नबीले (सल्लल्लाहु अलैहि वसल्लम)  बताउनु भयो कि अल्लाह पवित्र, त्रुटि र दोषरहित हुनुहुन्छ र पूर्णताद्वारा विशिष्ट हुनुहुन्छ र उहाँले कर्म, बोल वा निष्ठा पनि पवित्र नै स्वीकार गर्नु हुन्छ र जो अल्लाहको प्रशन्नता र  नबीको(सल्लल्लाहु अलैहि वसल्लम) सुन्नत अनुसार गरिएका हुन्छन् र , अल्लाहको निकटता यस्तै प्रकारका कर्महरूबाट नै गर्न सकिन्छ, याद रहोस कि कर्महरूको पवित्र हुनका लागि सबैभन्दा ठूलो कुरा हो उसको खाना हो, र यो वैध(हलाल)मध्ये होस् । हलाल (वैध) खानाले मान्छेको कर्म पवित्र हुन्छ । यही भएकाले जसरी अल्लाह तआलाले नबीहरूलाई हलाल खान र राम्रा कामहरू गर्नका लागि भन्नु भएको छ, त्यसरी नै इमान वालाहरूका लागि पनि भन्नु भएको छ र  अल्लाह तआलाले भन्नु भएको छ:
-[...5 lines deleted...]
-१. कुनै सत्कर्म जस्तै हज र जिहाद एवं नाता जोड्नका आदीका  निमित्त  लामो यात्रा गर्नु ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भयो, अल्लाह पवित्र, त्रुटि र दोषरहित हुनुहुन्छ र पूर्णताद्वारा विशिष्ट हुनुहुन्छ र उहाँले कर्म, वचन र आस्था पनि पवित्र नै स्वीकार गर्नु हुन्छ र जो अल्लाहको खुशी र नबी (सल्लल्लाहु अलैहि वसल्लम) को सुन्नत अनुसार गरिएका हुन्छन् । अल्लाहको निकटता यस्तै प्रकारका कर्महरूबाट नै गर्न सकिन्छ, याद रहोस, कर्महरूको पवित्र हुनका लागि सबैभन्दा ठूलो कुरा हो उसको खाना हो र यो वैध (हलाल) होस् । हलाल (वैध) खानाले मान्छेको कर्म पवित्र हुन्छ । यही भएकाले जसरी अल्लाह तआलाले नबीहरूलाई हलाल खानपिन र राम्रा कामहरू गर्नका लागि भन्नु भएको छ, त्यसरी नै इमान वालाहरूका लागि पनि भन्नु भएको छ र  अल्लाह तआलाले भन्नु भएको छ: "हे नबी (सन्देष्टाहरू ) हो ! हलाल (वैध) चीजहरू खानु होस् र सत्कर्म गर्नु होस् ।" फेरि भन्नुभयो : "हे इमान वाला हो ! जो पवित्र चिजहरू हामीले तिमीहरूलाई प्रदान गरेका छौँ त्यो खाऊ ।"
+फेरि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले निषेधित चीजहरू खानबाट सावधान गराउनु भएको छ । किनकि हराम खानाले कर्महरूलाई बिगारि दिन्छ र अल्लाहको दरवारमा त्यसलाई स्वीकृत हुनबाट रोक्छ, चाहे जतिसुकै स्वीकृतिको स्पष्ट कारणहरू भेटिऊन् । जस्तै:
+१. कुनै सत्कर्म जस्तै हज र जिहाद एवं नाता जोड्नका आदिका निमित्त  लामो यात्रा गर्नु ।
 २.मान्छे व्याकुल हुनु , जस्तै उसको कपाल छरिएको होस् र धुलो मैलो लागोको होस् , जसका कारण उसको शरिर र कपडाको रङ्ग बदलेको होस् । यो सबै कुरा यसको सबूत हो कि यस्तो मान्छे हैरान र व्याकुल भएको हुन्छ ।
 ३.दुआका लागि आकाश तिर आफ्ना हातहरू उठाउनु ।
-४.अल्लाहका नामहरूलाई माध्यम बनाएर अलाप विलाप गर्दै दुआ गर्नु, जस्तै, या रब, या रब ! ( मेरा पालनकर्ता , हे मेरा प्रतिपालक ! ) भन्नु ।
-स्वीकारका उपरोक्त कारणहरू पाइएता पनि मान्छेको दुआ ( प्रार्थाना) कबूल हुँदैन । किन भने उसको खाना हराम ( अवैध), उसको पिउनु हराम( अवैध) ,उसको कपडा हराम( अवैध)को हुन्छ र उसको पोषण पनि हराम अपवित्र कुराबाट भएको हुन्छ । त्यसैका कारण उसको दुआ कबूल हुन नै सक्दैन ।</t>
+४.अल्लाहका नामहरूलाई माध्यम (वसीला) बनाएर अलाप विलाप गर्दै दुआ गर्नु, जस्तै, या रब, या रब ! (मेरा पालनकर्ता , हे मेरा प्रतिपालक ! ) भन्नु ।
+स्वीकारका कारणहरू पाइएता पनि मान्छेको दुआ (प्रार्थाना) कबूल हुँदैन । किनभने उसको खाना हराम (अवैध), उसको पिउनु हराम (अवैध), उसको कपडा हराम (अवैध) को हुन्छ र उसको पोषण पनि हराम अपवित्र कुराबाट भएको हुन्छ । त्यसैका कारण उसको दुआ कबूल हुन नै सक्दैन ।</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>अल्लाह तआला आफ्नो अस्तित्व, आफ्ना गुणहरू र आफ्ना कामहरू एवं रूपले आदेशहरूमा पूर्ण हुनु हुन्छ ।
-केवल अल्लाहको प्रशन्नता र उहाँका नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भएको तरिका अनुसार कर्महरू गर्ने आदेश ,
-[...4 lines deleted...]
-दुआ कबुल हुने पाँच चिजहरू छन् । पहिलो: लामो यात्रा गर्नु, किन कि यसमा नम्रता आउँछ जो कबूल हुने ठूलो कारण मध्ये हो । दोस्रो : व्याकुलता । तेस्रो: दुवै हातहरू आकाश तर्फ उठाउनु । चौथो : अल्लाहको पालनकर्ता हुनु हुन्छ भन्ने नामलाई बारम्बार दोह्र्याएर माग्नमा लीन हुनु । दुआ कबुल हुनका लागि यो कुरा  सबै भन्दा बढी माग भएको छ । पाँचौ: पवित्र खानु र पिउनु ।
+केवल अल्लाहको प्रशन्नता र उहाँका नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भएको तरिका अनुसार कर्महरू गर्ने आदेश ।
+यस्ता कारक तत्त्वहरू अपनाउनु जसले कर्महरू गर्नमा हौसला प्रदान गर्दछ।  यसको प्रमाण नबी (सल्लल्लाहु अलैहि वसल्लम) को यो कथन हो : 
+अर्थात; "वास्तवमा अल्लाह तआलाले इमान वालाहरूलाई पनि त्यही कुराको आदेश दिनु भएको छ जो कुराको आदेश उहाँले रसूलहरूलाई दिनु भएको छ ।" जब इमान वालालाई यो कुरा थाहा हुन्छ, जो काम उसलाई  गर्नका लागि भनिएको छ त्यही काम रसूल (सन्देष्टा) हरूलाई पनि गर्नका लागि भनिएको थियो भने उसभित्र रसूल (सन्देष्टा) हरूको पदचिन्ह पछ्याउँदै कर्म गर्ने भावना पैदा हुन्छ ।
+दुआ कबूल हुनबाट रोक्ने कुराहरूमध्ये एउटा हराम (अवैध/अपवित्र) चीज खानु हो ।
+दुआ कबुल हुने पाँच चिजहरू छन् । पहिलो: लामो यात्रा गर्नु, किनकि यसमा नम्रता आउँछ जो कबूल हुने ठूलो कारण मध्ये हो । दोस्रो : व्याकुलता । तेस्रो: दुवै हातहरू आकाश तर्फ उठाउनु । चौथो : अल्लाह पालनकर्ता हुनुहुन्छ भन्ने नामलाई बारम्बार दोह्र्याएर माग्नमा लीन हुनु । दुआ कबुल हुनका लागि यो कुरा  सबै भन्दा बढी माग भएको छ । पाँचौ: पवित्र खानु र पिउनु ।
 हलाल खानु भनेको सत्कर्महरू गर्नका लागि सहयोगी हुने कारक हो ।
-काजी (रहिमहुल्लाह) भन्नु हुन्छ: चोखो भनेको फोहोरको विपरीत हो । जब अल्लाह तआलाले यसको खुबी बताउनु भयो भने यो खोटबाट र समस्याहरूबाट बचेको हुनु पर्छ र यदि यो खुबीलाई भक्तका साथ जोडिएको खण्डमा खराब गुण र घिनलाग्दा कामहरूबाट बचेको र त्यसको विपरीत गुणहरूको साथ सजिएको हुनु पर्छ, र यदि यसलाई धनसँग सम्बन्धित रूपमा वर्णन गरिएको छ भने यसले (हलाल) चोखो धन जनाउँछ। "</t>
+काजी (रहिमहुल्लाह) भन्नु हुन्छ: चोखो भनेको फोहोरको विपरीत हो । जब अल्लाह तआलाले यसको खुबी बताउनु भयो भने यो खोटबाट र समस्याहरूबाट बचेको हुनु पर्छ र यदि यो खुबीलाई भक्तका साथ जोडिएको खण्डमा खराब गुण र घिनलाग्दा कामहरूबाट बचेको र त्यसको विपरीत गुणहरूको साथ सजिएको हुनु पर्छ र यदि यसलाई धनसँग सम्बन्धित रूपमा वर्णन गरिएको छ भने यसले (हलाल) चोखो धन जनाउँछ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4316</t>
   </si>
   <si>
     <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>अल्लाहले रातमा आफ्नो हात फैलाउनुहुन्छ, ताकि दिनमा पाप गर्नेले पश्चात्ताप गरून् र दिनमा आफ्नो हात फैलाउनुहुन्छ, ताकि रातमा पाप गर्नेले पश्चात्ताप गरून्, जबसम्म सूर्य पश्चिमबाट उदाउछँ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले रातमा आफ्नो हात फैलाउनुहुन्छ, ताकि दिनमा पाप गर्नेले पश्चात्ताप गरून् र दिनमा आफ्नो हात फैलाउनुहुन्छ, ताकि रातमा पाप गर्नेले पश्चात्ताप गरून्, जबसम्म सूर्य पश्चिमबाट उदाउछँ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : अल्लाहले आफ्नो दासको तौबा (पश्चात्ताप) स्वीकार गर्नुहुन्छ । यदि कुनै दासले दिनमा पाप गर्छ र रातमा पश्चात्ताप गर्छ भने अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ र यदि उसले रातमा पाप गर्छ र दिनमा पश्चात्ताप गर्छ भने अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ । उहाँ तौबा (पश्चात्ताप) स्वीकार गर्न खुशीका साथ आफ्नो हात फैलाउनुहुन्छ । जबसम्म सूर्य पश्चिमबाट उठाउँदैन, तबसम्म पश्चात्तापको ढोका खुला रहनेछ, किनभने पश्चिमबाट सूर्य उदाउनु भनेको पश्चातापको ढोका बन्द हुनु र संसारको अन्त्य हुनुको संकेत हो ।</t>
   </si>
   <si>
@@ -7059,185 +7245,669 @@
 पश्चात्तापका लागि शर्तहरू: पहिलो: पाप त्याग्नु, दोस्रो: पाप गरेपछि पछुताउनु र तेस्रो: फेरि पाप नगर्ने संकल्प गर्नु । यो यदि सर्वशक्तिमान ईश्वरको अधिकारसँग सम्बन्धित छ भने, तर जनताको अधिकारसँग सम्बन्धित छ भने त्यो अधिकार मालिकलाई फिर्ता गर्नुपर्छ वा अधिकारको मालिकले माफी दिनु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>शद्दाद बिन औस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट दुइटा कुरा सिकेर सुरक्षित राखेको छु : "अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ। त्यसैले जब तिमीले कसैलाई मार्छौ (मृत्युदण्ड आदिको लागि) तब त्यसलाई राम्रो तरिकाले मार र जब तिमी (पशु) वध गर्छौ, तब राम्रो तरिकाले वध गर र जनावरलाई वध गर्दा पहिला आफ्नो चक्कु धारिलो बनाउनुपर्छ र मारिने जनावरलाई राहत दिनुपर्छ ।"</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले हर काममा राम्रो व्यवहार गर्न अनिवार्य गर्नुभएको छ। इहसान (परोपकार) भनेको तपाईंले गर्नुहुने हरेक काममा अल्लाहलाई सधैं मनमा राख्नु हो । अल्लाहको उपासना गर्दा, पुण्य कर्म गर्दा र मानिसहरूलाई दुःखबाट बचाउँदा पनि । त्यसैगरी यसमा हत्या र वध गर्दा समेत दयालु हुनु पनि समावेश छ ।
 किसास (बदला) को रुपमा हत्या गर्दा दयालु हुनु भनेको हत्याको लागि सबैभन्दा सजिलो, हल्का र छिटो बाटो रोज्नु हो ।
-वध गर्दा पशुप्रति दयालु हुनु भनेको हतियार धारिलो बनाउनु, जनावरको आँखा अगाडि हतियारको धार नलगाउनु  र एउटा पशुलाई अर्को जनावरको अगाडि नमार्नु हो ।</t>
+वध गर्दा पशुप्रति दयालु हुनु भनेको हतियार धारिलो बनाउनु, जनावरको आँखा अगाडि हतियारको धार नलगाउनु  र एउटा पशुलाई अर्को जनावरको अगाडि वध न गर्नु हो ।</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>सृष्टिप्रति अल्लाहको कृपा र दया ।
 मृत्युदण्ड दिँदा वा पशु वध गर्दा शरीयतले तोकेको तरिका अनुसार गर्नु नै सदव्यवहार हो ।
 इस्लामी शरियत एक सम्पूर्ण जीवन व्यवस्था हो र यसमा सबै प्रकारका भलाइहरू समावेश गरिएका छन्, जसको उदाहरण जनावरप्रति दया हो ।
 मानिसको हत्या गरेपछि शरीरका अंग टुक्रा-टुक्रा गरी विच्छेदन गर्न निषेध गरिएको छ ।
 जनावरलाई यातना दिने हरेक काम हराम हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
-    <t>साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ  र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।</t>
+    <t>साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट अनि उहाँ अल्लाहबाट कथन गर्दै भन्नुहुन्छ : " साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ  र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।"</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट अनि उहाँ अल्लाहबाट कथन गर्दै भन्नुहुन्छ : " साँच्चै, अल्लाहले पुण्य कर्महरू र पापहरू लेखिदिनुभएको छ र यसलाई स्पष्ट रूपमा प्रष्ट पार्नु भएको छ: जसले कुनै पुण्य कर्म गर्ने संकल्प राख्दछ र त्यो गर्न असमर्थ हुन्छ, अल्लाहले उसको खातामा एक नेकी [पुण्य] लेखिदिनुहुन्छ । यदि कसैले असल मनसाय अनुसार सत्कर्म गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी पुण्य लेखिदिनुहुन्छ । अर्कोतर्फ, जसले कुनै नराम्रो काम गर्न चाहन्छ, तर उसले गरेन भने अल्लाहले त्यसको स्थानमा एक पुण्य लेखिदिनुहुन्छ र यदि गलत मनसाय अनुसार नै गलत कार्य गर्यो भने, अल्लाहले त्यसको सट्टामा एउटा मात्र पाप लेख्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) स्पष्ट पार्दै हुनुहुन्छ, अल्लाहले पुण्य कर्महरू र दुष्ट कर्महरू निर्धारण गर्नुभएको छ र त्यसपछि ती कसरी लेख्ने भनेर दुवै फरिशता (स्वर्गदूत) हरूलाई निर्देशन दिनुभएको छ :
 जसले पुण्य कर्म गर्ने मनसाय र संकल्प गर्यो, तर गर्न सकेन भने पनि उसको लागि एक नेकी (पुण्य) लेखिन्छ । यदि उसले मनसाय अनुसार राम्रो काम गर्यो भने उसको लागि दशदेखि सात सय गुणासम्म वा अझ बढी हृदयमा रहेको इमान्दारिता र यस कार्यबाट अरूलाई हुने लाभको आधारमा नेकी (पुण्य) लेखिन्छ ।
-जसले दुष्ट कर्म गर्ने दृढतापूर्वक मनसाय राख्यो तर अल्लाहको लागि छोड्यो, उसको लागि एक नेकी (पुण्य) लेखिन्छ । तर यदि उसले इच्छाएको गलत कार्य गर्ने चासो नभएर वा त्यसो गर्ने स्रोतसाधनलाई पनि बेवास्ता गर्यो भने केही लेखिने छैन । तर  पापको कार्य गर्ने सामर्थ्य नभई दुष्कर्म छोड्छ भने उसको मनसाय विरुद्ध लेखिन्छ र यदि उसले गर्छ भने, उसको खातामा एक पाप लेखिन्छ ।</t>
+जसले दुष्ट कर्म गर्ने दृढतापूर्वक मनसाय राख्यो तर अल्लाहको लागि छोड्यो, उसको लागि एक नेकी (पुण्य) लेखिन्छ । तर यदि उसले इच्छाएको गलत कार्य गर्ने चासो नभएर वा त्यसो गर्ने स्रोतसाधनलाई पनि बेवास्ता गर्यो भने केही लेखिने छैन । तर पापको कार्य गर्ने सामर्थ्य नभई दुष्कर्म छोड्छ भने उसको मनसाय विरुद्ध लेखिन्छ र यदि उसले गर्छ भने, उसको खातामा एक पाप लेखिन्छ ।</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
-    <t>यस उम्मत (समुदाय) प्रति अल्लाहको ठूलो आशीर्वाद, उहाँले पुण्य कर्म र दुष्ट कर्मको प्रचुर मात्रामा बढाएर इनाम दिनुहुन्छ र यसलाई आफ्नो अभिलेखमा रेकर्ड गर्नुहुन्छ । तर नराम्रो कर्मको बदला बढाएर लेख्नुहुन्न ।
+    <t>यस उम्मत (समुदाय) प्रति अल्लाहको ठूलो आशीर्वाद, उहाँले पुण्य कर्मको प्रचुर मात्रामा बढाएर इनाम दिनुहुन्छ र यसलाई आफ्नो अभिलेखमा रेकर्ड गर्नुहुन्छ । तर नराम्रो कर्मको बदला बढाएर लेख्नुहुन्न ।
 कर्महरूमा नियतको महत्त्व र त्यसको प्रभाव ।
 यो अल्लाहको कृपा र अनुग्रह हो, जसले राम्रो कर्म गर्ने संकल्प गर्यो, तर गर्न सकेन तैपनि उसको लागि एक नेकी (पुण्य) लेखिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4322</t>
   </si>
   <si>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
+  </si>
+  <si>
+    <t>जो अल्लाहको बाटोमा एक दिनको लागि रोजा बस्छ, अल्लाहले उसको अनुहारलाई (नर्कको) आगोबाट सत्तरी वर्षको दूरी जति टाढा राख्नुहुन्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
+  </si>
+  <si>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनें, उहाँले भन्नुभयो: "जो अल्लाहको बाटोमा एक दिनको लागि रोजा बस्छ, अल्लाहले उसको अनुहारलाई (नर्कको) आगोबाट सत्तरी वर्षको दूरी जति टाढा राख्नुहुन्छ।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले अल्लाहको निष्टा पूर्वक पुण्य र प्रतिफल प्राप्त गर्नको लागि जिहादको समयमा वा केही मानिसहरूका अनुसार अन्य दिनहरूमा एक दिनको लागि उपवास बस्छ; भने अल्लाहले आफ्नो अनुग्रहले उसको र नर्कको बीचमा सत्तरी वर्षको दूरी सिर्जना गर्नुहुनेछ।</t>
+  </si>
+  <si>
+    <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
+الحث والترغيب على صيام التطوع.
+وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
+قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
+قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
+  </si>
+  <si>
+    <t>नववी भन्छन्: यो हदीसले जिहादको समयमा उपवासको महत्व प्रमाणित गर्दछ। यद्यपि, यो सद्गुण त्यस व्यक्तिको लागि हो जो व्रतको कारण कमजोर हुँदैन, युद्ध वा कसैको अधिकार वा आफूलाई तोकिएको कुनै पनि युद्धको  काममा कुनै बाधाको सामना गर्नु न परोस्।
+यसमा नफल व्रत राख्न प्रेरणा छ।
+उपवासको एक मात्र उद्देश्य निष्ठा र अल्लाहलाई खुसी पार्नु हो, देखावटी गर्नु, प्रतिष्ठा वा अन्य उद्देश्यका लागि उपवास बस्नु होइन।
+सिन्धी भन्छन्: "फी सबिलील्लाह" (अल्लाहको बाटोमा)को अर्थ आफ्नो मनसाय शुद्ध गर्ने एउटा तरिका हुन सक्छ, जबकि अर्को अर्थ युद्धको समयमा उपवास राखिनुको हुन सक्छ।  र दोस्रो अर्थ नै अझ स्पष्ट छ।
+इब्न-ए-हजर भन्छन्: जहाँसम्म हदीसमा "सब-इन खरिफन"(सत्तरी शरद ऋतु) को भनिएको छ, तसर्थ "खरिफ" वर्षको एक विशेष मौसम हो, तर यहाँ वर्षका अन्य ऋतुहरू जस्तै गर्मी, जाडो र वसन्त आदिलाई छोडेर खरिफ(शरद) ऋतुको विशेष रूपमा उल्लेख गरिएको छ, किनभने यो  सबैभन्दा राम्रो मौसम हो र यसै खरिफमा फलफूल काट्ने गरिन्छ ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4436</t>
+  </si>
+  <si>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
+  </si>
+  <si>
+    <t>जबसम्म मानिसहरू ब्रत तोड्नमा हतार गर्छन् तबसम्म कल्याणमा रहनेछन्।</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
+  </si>
+  <si>
+    <t>सह्ल बिन साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जबसम्म मानिसहरू ब्रत तोड्नमा हतार गर्छन् तबसम्म कल्याणमा रहनेछन्।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, मानिसहरू तबसम्म कल्याणमा रहनेछन् जबसम्म उनीहरू सूर्यास्त भएको निश्चित हुने बित्तिकै रोजा तोड्छन्। त्यसो गर्नु भनेको सुन्नतको पालना गर्नु र त्यसले तोकेको सीमामा रोकिनुको संकेत हो।</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
+بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
+مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
+قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
+قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
+  </si>
+  <si>
+    <t>नववी भन्छन्: यस हदीसमा सूर्य अस्ताएको निश्चित भएपछि चांडो रोजा तोड्न प्रोत्साहन गरिएको छ। अर्थात् यस उम्मत भित्र अनुशासन कायम रहनेछ र जबसम्म यस उम्मतका मानिसहरूले यो सुन्नतको पालना गरिरहनेछन्, उनीहरूले भलाइ र आशीर्वादबाट लाभ उठाइरहनेछन्। ढिलो गरी व्रत तोड्नु भनेको दुष्टताको बाटोमा हिँड्न थालेको संकेत हुनेछ।
+सुन्नतको पालना गरेर मात्र मानिसहरू भित्र भलाइ रहनेछ। सुन्नतसँग खेलवाड गर्ने बित्तिकै खराबीको बाटो खुल्नेछ।
+यसमा अघिल्लो किताबका बोकेका (इसाई)हरू र ढिलो गरी व्रत तोड्ने विदअतीहरूको विरोध छ।
+इब्न अल-हजर भन्छन्: यो हदीसले व्रत तोड्न ढिलाइ नगर्नुको कारण बताउँछ। मुहल्लब भन्छन्: यसको पछाडिको बुद्धिमत्ता दिनलाई रातमा न मिसाउनु हो। यो उपवास बस्ने व्यक्तिको लागि बढी सहज हुन्छ र यसबाट उसको भित्र उपासना गर्ने शक्ति अझ बढ्छ।  तर यसका साथै, विद्वानहरू यो कुरामा पनि सहमत छन्, आफ्नै आँखाले देखेर वा दुई भरपर्दो व्यक्तिहरूको गवाहीबाट सूर्य अस्ताएको पुष्टि भएपछि मात्र व्रत खोल्नु पर्छ। यद्यपि, अधिक बलियो राय अनुसार, एक भरपर्दो व्यक्तिको गवाही पनि पर्याप्त हुनेछ।
+इब्न-ए-हजर यहाँ एउटा चेतावनी दिएका छन्ःभन्छन्: आज प्रचलित भएको केही विदअत (धर्ममा नयाँ कुरा) अत्यन्तै निन्दनीय छ, कि रमजानमा फज्रभन्दा करिब २० मिनेट अगाडि दोस्रो अजान दिनु, र बत्तीहरू निभाउनु जसलाई ब्रत बस्नेहरूको लागि खाना-पानी निषेध(हराम)को संकेत मानिन्छ। यसलाई सुरु गर्नेहरूले यसलाई "उपासनामा सावधानी" भनेर दाबी गरे, तर वास्तवमा धेरै मानिसहरूलाई थाहा नै हुँदैन। यस प्रथाले मानिसहरूलाई सूर्यास्तपछि केहि दर्जा मात्र अजान दिनतर्फ धकेल्यो, ताकि "समय सुरक्षित" होस् भन्ने दाबी गरियो। यसरी उनीहरूले रोजा तोड्न ढिलाइ गरे (इफ्तार ढिलो भयो) र सेहरी चाँडै गरे। यसरी सुन्नतको उल्लंघन गरे। परिणामस्वरूप, उनीहरूमा भलाइ (खैर) कम भयो र दुष्टता (शर) बढ्यो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4438</t>
+  </si>
+  <si>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
+  </si>
+  <si>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा, हामी (सहाबाहरू) जकातुल् फित्र प्रत्येक व्यक्तिको तर्फबाट निकाल्थौं—साना वा ठूला, स्वतन्त्र वा दास।  एक साअ् खाद्य पदार्थ, जस्तैः  एक साअ् चीज, वा एक साअ् जौ, वा एक साअ् खजूर, वा एक साअ् किसमिस होस्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
+  </si>
+  <si>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा, हामी (सहाबाहरू) जकातुल् फित्र प्रत्येक व्यक्तिको तर्फबाट निकाल्थौं—साना वा ठूला, स्वतन्त्र वा दास।  एक साअ् खाद्य पदार्थ, जस्तैः  एक साअ् चीज, वा एक साअ् जौ, वा एक साअ् खजूर, वा एक साअ् किसमिस होस्।  यो तबसम्म जारी रह्यो जबसम्म मुआविया इब्न अबू सुफियान (रजियल्लाहु अन्हु) हज वा उमरा गर्ने मनसायले हामीकहाँ आए र मिम्बरमा बसेर मानिसहरूलाई उपदेश दिए । उनले यो पनि भने: मलाई लाग्छ कि दुई मुद शामी गहुँ एक साअ्' खजूर बराबर हुन्छ। त्यसैले मानिसहरूले यसलाई पछ्याउन थाले। तर अबू सईद (रजियल्लाहु अन्हु) ले भने: मेरो हकमा, जबसम्म म बाँच्छु, म नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा जति मात्रामा जकात-उल-फित्र दिने गर्थें, त्यति नै मात्रामा जकात-उल-फित्र दिनेछु।</t>
+  </si>
+  <si>
+    <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
+وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
+ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
+فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
+قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) र उहाँपछि उहाँका धर्मी खलीफाहरूको समयमा, मुस्लिमहरूले साना र ठूला प्रत्येक व्यक्तिको तर्फ बाट एक साअ खाद्य पदार्थ जकात-ए-फित्रको रूपमा दिने गर्थे। त्यसबेला उनीहरूको खानामा जौ, किसमिस, चीज र खजूर थिए। यहाँ यो कुरा याद राख्नु पर्छ, एक साअ बराबर चार मुद हुन्छ र एक मुद बराबर एक  अवसत शरीर भएको व्यक्तिको एक अँजुली हुन्छ। तर जब मुआविया (रजियल्लाहु अन्हु) खलीफाको हैसियतले मदीना आए र शामको गहुँ प्रशस्त भयो, उनले एक उपदेश दिए र भने: मलाई लाग्छ शामको दुई मुद (आधा साअ) गहुँ एक साअ खजूर बराबर हुन्छ। त्यसैले मानिसहरूले उनको सल्लाह अनुसार काम गर्न थाले। तर अबू सईद खुदरी (रजियल्लाहु अन्हु) ले भन्नुभयो: म जीवनभर त्यसरी नै निकाल्नेछु जसरी म नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा निकाल्थें।</t>
+  </si>
+  <si>
+    <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
+كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
+إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
+قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
+قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
+  </si>
+  <si>
+    <t>यो हदीसले नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा दिइने सदका अल-फित्रको मात्रालाई व्याख्या गर्दछ। वास्तवमा, उनको समयमा, प्रत्येक खाद्य वस्तुको लागि उही मात्रा दिइन्थ्यो, चाहे त्यो वस्तु वा त्यसको मूल्य जेसुकै होस्।
+कुनै पनि खाद्य वस्तु फित्राको रूपमा दिन सकिन्छ। तर चार प्रकारका खाद्य पदार्थहरूलाई विशेष रूपमा उल्लेख गरिएको छ, किनभने यी वस्तुहरू नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा खानाको रूपमा प्रयोग गरिन्थ्यो।
+फित्रामा खाद्य पदार्थको सट्टा पैसा वा नगद दिनु पर्याप्त हुँदैन।
+नववीले मुस्लिमको व्यख्यामा भनेका छन्: जब सहाबा (रसूलका साथी) हरू बीच मतभेद हुन्छ, तिनीहरूमध्ये एकको राय अर्कोको भन्दा श्रेष्ठ मान्नु हुँदैन । यस्तो अवस्थामा, हामीले अन्य प्रमाणहरू खोज्नु पर्छ। हामीले देख्यौं कि हदीसहरूको स्पष्टता र कियास (तर्कसंगत तुलना) दुवै गहुँमा पनि अन्य खाद्य पदार्थ जस्तै एक साअ अनिवार्य ठहरिन्छ भन्नेमा सहमत छन्। त्यसैले यसलाई नै अपनाउनु आवश्यक हुन्छ।
+इब्न-ए-हजर भन्छन्: अबू सईद अल-खुदरी (रजियल्लाहु अन्हु) को यो हदीसले उनी सुन्नतको पालना गर्ने, हदीसहरूलाई दृढतापूर्वक समात्ने र 'नस' (प्रमाण) हुँदाहुँदै इज्तिहादबाट बच्ने कुरामा कति दृढ थिए भनेर देखाउँछ। तर मुआविया (रजियल्लाहु अन्हु) को कार्य र मानिसहरूको सहमति भनेको इज्तिहाद जायज हो भन्ने कुराको प्रमाण हो। जुन प्रशंसनीय हो। तर 'नस' अर्थात कुरआन र हदीसबाट स्पष्ट (प्रमाण) हुँदाहुँदै यसको कुनै वैधता छैन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4454</t>
+  </si>
+  <si>
+    <t>تسحرنا مع النبي صلى الله عليه وسلم، ثم قام إلى الصلاة، قلت: كم كان بين الأذان والسحور؟ قال: قدر خمسين آية</t>
+  </si>
+  <si>
+    <t>हामीले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग सेहरी खाना खायौं, त्यसपछि नमाज पढ्न गयौं। अनसले भने: मैले उहाँलाई सोधें: अजान र सेहरी नमाजको बीचमा कति समय थियो? उहाँले जवाफ दिनुभयो: पचास आयतहरू पढ्ने बराबर समय।</t>
+  </si>
+  <si>
+    <t>عَنْ زَيْدِ بْنِ ثَابِتٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً.</t>
+  </si>
+  <si>
+    <t>जैद बिन साबित (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, "हामीले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग सेहरी खाना खायौं, त्यसपछि नमाज पढ्न गयौं। अनसले भने: मैले उहाँलाई सोधें: अजान र सेहरी नमाजको बीचमा कति समय थियो? उहाँले जवाफ दिनुभयो: पचास आयतहरू पढ्ने बराबर समय।"</t>
+  </si>
+  <si>
+    <t>تَسَحَّرَ بعضُ الصحابة رضي الله عنهم مع النبيِّ صلى الله عليه وسلم، ثم قام صلى الله عليه وسلم إلى صلاة الفجر.
+فقال أنس لزيد بن ثابت رضي الله عنه: كم كان مِقدار الوقت بين الأذان والانتهاء من السحور؟ 
+فقال زيد رضي الله عنه: مقدار قراءة خمسين آية متوسطة، لا طويلة ولا قصيرة، ولا قراءة سريعة ولا بطيئة.</t>
+  </si>
+  <si>
+    <t>केही साथीहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग सेहरी गरे र त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) नमाजको लागि उभिनुभयो। अनसले जैद इब्न सबित (रजियल्लाहु अन्हु) लाई सोधे: अजान र सेहरी समाप्त हुने बीचमा कति समय थियो? जैद (रजियल्लाहु अन्हु) ले जवाफ दिए: कुरानका पचास मध्यम आयतहरू, न लामो न छोटो, तिनीहरूलाई पढ्न लाग्ने समय बराबर। पढ्ने शैली न त धेरै ढिलो हुनुपर्छ न धेरै छिटो।</t>
+  </si>
+  <si>
+    <t>أفضلية تأخير السحور إلى قبيل الفجر؛ لأنه إذا أخَّر كانت منفعة البدن منه أعظم وكان نفعه له في اليوم أكثر.
+حرص الصحابة بالاجتماع بالنبي صلى الله عليه وسلم ليتعلَّموا منه.
+حسن عشرة النبي صلى الله عليه وسلم لأصحابه، حيث كان يأكل معهم.
+وقت الإمساك هو طلوع الفجر.
+قوله: "كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ"،  المراد بين السحور والإقامة؛ لقوله في الحديث الأخر: "كم بين فراغهما من سحورهما ودخولهما في الصلاة"، والأحاديث يفسر بعضها بعضًا.
+قال المُهَلّب: فيه تقدير الأوقات بأعمال البدن، وكانت العرب تُقَدِّر الأوقات بالأعمال كقولهم: قَدْرَ حَلْبِ شاة، وقَدْر نَحْرِ جَزُور، فَعَدَلَ زيد بن ثابت رضي الله عنه عن ذلك إلى التقدير بالقراءة؛ إشارة إلى أن ذلك الوقت كان وقت العبادة بالتلاوة، ولو كانوا يُقَدِّرون بغير العمل لقال مثلًا: قَدْر دَرَجة، أو ثُلُث خُمُس ساعة.
+قال ابن أبي جمرة: كان صلى الله عليه وسلم يَنظر ما هو الأَرْفَق بأمته فيفعله؛ لأنه لو لم يَتَسَحَّر لاتّبعوه فيَشقّ على بعضهم، ولو تَسَحَّرَ في جوف الليل لشق أيضًا على بعضهم ممن يَغْلِب عليه النوم فقد يُفضي إلى ترك الصبح أو يحتاج إلى المجاهدة بالسَّهَر.</t>
+  </si>
+  <si>
+    <t>फज्रको नमाजभन्दा अलि अगाडिसम्म सेहरी खानु राम्रो हो, किनकि यो शरीरको लागि बढी फाइदाजनक हुन्छ र दिनको लागि बढी उपयोगी हुन्छ।
+सहाबाहरू सधैं नबी (सल्लल्लाहु अलैहि वसल्लम) सँग बस्न प्रयास गर्थे ताकि उनीहरूले उहाँबाट ज्ञान प्राप्त गर्न सकून्।
+नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरूसंग उत्कृष्ट व्यवहार गर्नुहुन्थ्यो र उनीहरूसँगै खाना खानुहुन्थ्यो।
+व्रत तोड्ने कुराहरू त्याग्ने (व्रत सुरु गर्ने) समय फज्र देखा परेसँगै सुरु हुन्छ।
+"सेहरी र अजानको बीचमा कति समयको अन्तराल थियो?" भन्ने हदीसका शब्दहरूले सेहरी र इकामाको बीचको समयलाई जनाउँछ। किनभने अर्को हदीसमा भनिएको छ: "सुहूर समाप्त गर्ने र नमाजमा प्रवेश गर्ने बीच कति अन्तराल थियो?" किनभने एक हदीसले अर्को हदीसको व्याख्या गर्दछ (त्यसैले यहाँ अजानको अर्थ इकामत हो)।
+मुहल्लब भन्छन्: यस हदीसमा समयको मापन शारीरिक कार्यहरू मार्फत गरिएको छ। यो अरबहरूमाझ प्रचलित थियो। तिनीहरू भन्थे: बाख्राको दूध दुहुने समय जति र ऊँट काट्ने समय जति । जैद बिन सबितले यस हदीसमा कुरान पढेर समय नापेका छन्, जसले यो कुरान पढ्ने समय भएको संकेत गर्छ। यदि समयलाई काम बाहेक अरू कुनै कुराले मापन गरिएको भए, उदाहरणका लागि, यो भनिने थियो: एक डिग्री जस्तै वा एक घण्टाको तेस्रो वा पाँचौं भाग जस्तै।
+इब्ने अबू जमरा भन्छन्: नबी (सल्लल्लाहु अलैहि वसल्लम) आफ्नो उम्मतको लागि कुन कुरा सजिलो छ हेर्नुहुन्थ्यो र त्यही गर्नुहुन्थ्यो। किनभने यदि उहाँले सेहरी खानुभएन भने उहाँलाई पछ्याउने मानिसहरूले पनि सेहरी नखाएर समस्यामा पर्नेथिए । त्यसैगरी, यदि उहाँले मध्यरातमा सेहरी गर्नुभएको भए, निद्राले घेरिएका मानिसहरूलाई पनि कठिनाइ हुने थियो, किनकि सम्भवतः यसको कारणले गर्दा उनीहरूले फज्रको नमाज छुटाउने थिए वा रातभर जागा बस्नु पर्ने पीडा सहनुपर्थ्यो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4457</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो मृत्युसम्म रमजानको अन्तिम दश दिनमा इतिकाफ बस्नुभयो। त्यसपछि उहाँका पत्नीहरूले पनि इतिकाफ गर्नुभयो।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
+  </si>
+  <si>
+    <t>सम्पूर्ण मुमिनहरूको आमा; नबी (सल्लल्लाहु अलैहि वसल्लम) की पत्नी आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो मृत्युसम्म रमजानको अन्तिम दश दिनमा इतिकाफ बस्नुभयो। त्यसपछि उहाँका पत्नीहरूले पनि इतिकाफ गर्नुभयो।</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
+  </si>
+  <si>
+    <t>मुमिनहरूको आमा; आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्,नबी (सल्लल्लाहु अलैहि वसल्लम) ले रमजानको अन्तिम दश दिनमा लैलातुल कद्र (सबैभन्दा पवित्र रात) को खोजीमा इतिकाफ गर्नुहुन्थ्यो। उहाँले आफ्नो मृत्युसम्म त्यसो गरिरहनुभयो। उहाँपछि उहाँका पत्नीहरूले पनि इतिकाफ गर्नुभयो।</t>
+  </si>
+  <si>
+    <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
+يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
+الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
+  </si>
+  <si>
+    <t>मस्जिदहरूमा इतिकाफको वैधता। महिलाहरू शरिया नियम अनुसार मस्जिदमा इतिकाफमा बस्न सक्छन्। तर शर्त के हो भने फतनाको जोखिम नहोस्।
+नबी (सल्लल्लाहु अलैहि वसल्लम) कडाईका साथ इतिकाफ गर्नुहुन्थ्यो, त्यसैले रमजानको अन्तिम दश दिनमा इतिकाफ गर्नु सुन्नत हो।
+इतिकाफ एक निरन्तर सुन्नत हो जुन रद्द गरिएको छैन, किनकि नबी (सल्लल्लाहु अलैहि वसल्लम) पछि उहाँका पत्नीहरूले पनि इतिकाफ गरे।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4495</t>
+  </si>
+  <si>
+    <t>تسحروا، فإن في السحور بركة</t>
+  </si>
+  <si>
+    <t>तिमीहरूले सेहरी खानुपर्छ, किनकि सेहरीमा बर्कत (आशिर्वाद) हुन्छ।</t>
+  </si>
+  <si>
+    <t>عن أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً».</t>
+  </si>
+  <si>
+    <t>अनस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूले सेहरी खानुपर्छ, किनकि सेहरीमा बर्कत (आशिर्वाद) हुन्छ।"</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على السَّحُور وهو الأكل آخِر الليل استعدادًا للصيام؛ لأن فيه (بركة) خيرًا كثيرًا مِن الأجر والثواب، والقيام في وقت آخر الليل للدعاء، والتَّقَوِّي على الصوم، والتَّنَشُّط له، وتخفيف مشقَّته.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सहरीको अभ्यासलाई प्रोत्साहन गर्नुभयो। सहरी भनेको रातको अन्तिम भागमा उपवासको तयारीको लागि खाइने खाना हो।  यसमा ठूलो इनाम र आशीर्वादहरू छन्, जस्तै रातको अन्तिम भागमा प्रार्थना गर्न उठ्नु, उपवास गर्ने शक्ति प्राप्त गर्नु, उपवास गर्ने इच्छाशक्ति विकास गर्नु र उपवासको कठिनाइ कम गर्नु।</t>
+  </si>
+  <si>
+    <t>استحباب السَّحُورِ وامتثال الأمر الشرعي بفعله.
+قال ابن حجر في فتح الباري: البركة في السحور تحصل بجهات متعددة، وهي اتباع السنة، ومخالفة أهل الكتاب، والتقوِّي به على العبادة، والزيادة في النشاط، ومدافعة سوء الخُلُق الذي يُثيره الجوع، والتسبُّب بالصدقة على مَن يسأل إذ ذاك أو يجتمع معه على الأكل، والتسبب للذِّكْر والدعاء وقت مظنة الإجابة، وتَدَارُك نية الصوم لمن أغفلها قبل أن ينام.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَقْرِن الحُكْم بالحكمة؛ لينشرح به الصدر، ويُعرف به سموُّ الشريعة.
+قال ابن حجر: يحصل السحور بأقل ما يتناوله المرء من مأكول ومشروب.</t>
+  </si>
+  <si>
+    <t>शरियाको निर्देशन पालन गर्दै सेहरी गर्नु मुस्तहब हो।
+इब्न-ए-हजरले फतह अल-बारी मा लेख्छन्: सेहरीको आशिर्वाद विभिन्न दिशाबाट आउँछ। सेहरी गर्नु सुन्नत हो र साथै अहले-किताबको विरुद्ध हो। यसले तपाईंलाई प्रार्थना गर्ने शक्ति दिन्छ, शरीरमा फुर्ति ल्याउँछ, भोकका कारण हुने दुष्कर्महरू हटाउँछ र सेहरीको समयमा भिक्षा माग्ने वा तपाईंसँग खाना खान आउनेहरूलाई दान दिन प्रेरित गर्छ। दुआको स्वीकृत हुने समय हो र सुत्नु अघि उपवास बस्ने नियत नगरेको व्यक्तिलाई नियत गर्ने अवसर प्रदान गर्दछ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) सुन्दर ढंगले सिकाउनुहुन्थ्यो, उहाँ आदेशहरूसँगै तिनीहरूको बुद्धिमत्ता पनि व्याख्या गर्नुहुन्थ्यो, ताकि हृदय सन्तुष्ट होस् र शरीयतको महानता बुझ्न सकियोस्।
+इब्न-ए-हजर भन्छन्: कुनै पनि खाद्य पदार्थ थोरै मात्रा खानु वा पिउनु सेहरी हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4498</t>
+  </si>
+  <si>
+    <t>لا تقدموا رمضان بصوم يوم ولا يومين إلا رجل كان يصوم صوما فليصمه</t>
+  </si>
+  <si>
+    <t>रमजानभन्दा एक वा दुई दिन अगाडि उपवास नबस, तर जो पहिले देखि नै उपवास बसेको छ उसले त्यसो गर्न सक्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقَدَّمُوا رَمَضَانَ بِصَوْمِ يَوْمٍ وَلَا يَوْمَيْنِ إِلَّا رَجُلٌ كَانَ يَصُومُ صَوْمًا فَلْيَصُمْهُ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "रमजानभन्दा एक वा दुई दिन अगाडि उपवास नबस, तर जो पहिले देखि नै उपवास बसेको छ उसले त्यसो गर्न सक्छ।"</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يصوم المسلم قبل رمضان بيوم أو يومين على نية الاحتياط لرمضان؛ لأنّ وجوبَ صيام رمضان عُلِّق برؤية الهلال، ولا حاجة للتكلُّف، إلا أحد كان يصوم صومًا اعتاد عليه كصوم يوم وفطر يوم، أو يوم الاثنين أو الخميس فصادفه فليصمْه؛ وليس ذلك من استقبال رمضان في شيء، ويلحق بذلك ما كان صيامًا واجبًا كالقضاء والنَّذْر.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सावधानीका रूपमा रमजानभन्दा एक वा दुई दिन अगाडि रोजा सुरु गर्न निषेध गर्नुभएको छ। किनभने रमजानको रोजा चन्द्रमा देख्नुसँग जोडिएको छ र यसमा कुनै औपचारिकताको आवश्यकता छैन। यद्यपि, यदि कसैले पहिले नै उपवास बस्ने बानी बसाइसकेको छ, जस्तै एक दिन उपवास राख्ने र अर्को दिन उपवास नराख्ने, वा सोमबार वा बिहीबार उपवास राख्ने र बानी परेको दिन रमजानको एक वा दुई दिन अगाडि पर्छ भने, उसले त्यो दिन उपवास राख्न सक्छ। किनभने यसले रमजानलाई स्वागत गरेको नियतले राखेको होइन। त्यसैगरी, कदा र भाकल गरिएका व्रत जस्ता अनिवार्य व्रतहरू पनि रमजानको एक वा दुई दिन अगाडि राख्न सकिन्छ।</t>
+  </si>
+  <si>
+    <t>النهي عن التكلف، ووجوب المحافظة على العبادة كما شُرعت بدون زيادة أو نقص.
+من حكمة ذلك -والله أعلم- تمييز فرائض العبادات من نوافلها، والاستعداد لرمضان بنشاط ورغبة، وليكون الصيام شعار ذلك الشهر الفاضل المميز به.</t>
+  </si>
+  <si>
+    <t>अत्यधिक उपासना गर्न निषेध र कुनै थप वा घट नगरी तोकिएको उपासना गर्न अनिवार्य।
+यसको हिक्मत (अल्लाहलाई राम्ररी थाहा छ) भनेको अनिवार्य उपासनालाई ऐच्छिक उपासनाबाट अलग गर्नु, उत्साह र हौसलाका साथ रमजानको तयारी गर्नु र यस पवित्र महिनामा यसलाई एक विशिष्ट उपासना मानिनु हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4508</t>
+  </si>
+  <si>
+    <t>فرض رسول الله صلى الله عليه وسلم زكاة الفطر صاعا من تمر، أو صاعا من شعير، على العبد والحر، والذكر والأنثى، والصغير والكبير من المسلمين، وأمر بها أن تؤدى قبل خروج الناس إلى الصلاة</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले जकातुल् फित्र प्रत्येक मुस्लिम, दास र स्वतन्त्र, पुरुष र महिला, साना र वृद्धमाथि अनिवार्य गर्नुभएको छ र मानिसहरूलाई नमाजको लागि निस्कनु अघि नै दिन आदेश दिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: فَرَضَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الفِطْرِ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، عَلَى العَبْدِ وَالحُرِّ، وَالذَّكَرِ وَالأُنْثَى، وَالصَّغِيرِ وَالكَبِيرِ مِنَ المُسْلِمِينَ، وَأَمَرَ بِهَا أَنْ تُؤَدَّى قَبْلَ خُرُوجِ النَّاسِ إِلَى الصَّلاَةِ.</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले जकातुल् फित्र प्रत्येक मुस्लिम, दास र स्वतन्त्र, पुरुष र महिला, साना र वृद्धमाथि अनिवार्य गर्नुभएको छ र मानिसहरूलाई नमाजको लागि निस्कनु अघि नै दिन आदेश दिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>أَوْجَبَ النبيُّ صلى الله عليه وسلم زكاةَ الفطر بعد رمضان، وهي بمِقْدار صاعٍ يَبلغ وزنه أربعة أمداد. 
+والمُدُّ: مِلْء كَفَّي الرجُل المتوسّط، مِن تمر أو شعير على كل مسلم؛ الحر والعبد، الذكر والأنثى، الصغير والكبير، وذلك لمن عنده ما يَفيض عن قوت يومه وليلته، عن نفسه وعمّن يَعولهم. 
+وأَمَرَ أن تُؤدّى قبل خروج الناس إلى صلاة العيد.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले रमजान पछि जकात उल फित्र अनिवार्य गर्नुभयो, जसको मात्रा एक साअ' हो, अर्थात् चार मुद खजूर वा जौ आदि। मुद : वास्तवमा एक औसत व्यक्तिको एक लापा हुन्छ। जकात उल फित्र प्रत्येक मुस्लिममाथि अनिवार्य छ जससँग एक दिन र एक रातको लागि पर्याप्त खाना छ। चाहे त्यो स्वतन्त्र होस् वा दास, पुरुष होस् वा महिला, जवान होस् वा वृद्ध। एक व्यक्तिले आफ्नो र आफ्ना घरपरिवारहरूको तर्फबाट जकात उल फित्र तिर्नेछ। उहाँले ईदको नमाजको लागि बाहिर निस्कनु अघि नै जकात उल फित्र तिर्न आदेश दिनुभयो।</t>
+  </si>
+  <si>
+    <t>زكاة الفطر مِن رمضان يجب أن تُؤدّى عن الصغير والكبير، والحر والمملوك، ويُخاطَب بها الوليّ والسِّيِّد، ويُخْرِجُها الرَّجل عنه وعن أولاده ومَن تَجِب عليه نَفَقتُهم.
+لا تجب زكاة الفطر عن الجَنين، بل تُستحب.
+بيان ما يُخرَج في زكاة الفطر، وأنه قوت الناس المعتاد.
+وجوب إخراجها قبل صلاة العيد، والأفضل أن تكون في صباح العيد، ويجوز إخراجها قبل العيد بيوم أو يومين.</t>
+  </si>
+  <si>
+    <t>जकात उल फित्र प्रत्येक मुस्लिम, युवा र वृद्ध, स्वतन्त्र र दासमाथि अनिवार्य छ। यो दिने काम अभिभावक वा मालिकले गर्नुपर्छ। व्यक्तिले आफ्नो, आफ्ना सन्तान र पालनपोषण अनिवार्य भएका सबैको तर्फबाट जकात उल फित्र तिर्नेछ।
+भ्रूणको तर्फबाट जकात अल-फित्र तिर्नु अनिवार्य छैन, तर मुस्तहब हो।
+जकात अल-फित्र कुन वस्तुहरूबाट दिइने कुराको जवाफ के छ भने  मानिसहरूले उपभोग गर्ने आधारभूत खाद्य पदार्थहरूबाट दिनुपर्छ।
+ईदको नमाजभन्दा पहिले जकात उल फित्र तिर्न अनिवार्य छ। ईदको बिहान तिर्न राम्रो हुन्छ। एक वा दुई दिन अगाडि पनि तिर्न सकिन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4520</t>
+  </si>
+  <si>
+    <t>لا يحل لامرأة مسلمة تسافر مسيرة ليلة إلا ومعها رجل ذو حرمة منها</t>
+  </si>
+  <si>
+    <t>मुस्लिम महिलालाई महरम बिना एक दिन र एक रात जति दुरी यात्रा गर्नु अनुमति छैन।</t>
+  </si>
+  <si>
+    <t>عن أبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ لِامْرَأَةٍ مُسْلِمَةٍ تُسَافِرُ مَسِيرَةَ لَيْلَةٍ إِلَّا وَمَعَهَا رَجُلٌ ذُو حُرْمَةٍ مِنْهَا».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुस्लिम महिलालाई महरम बिना एक दिन र एक रात जति दुरी यात्रा गर्नु अनुमति छैन।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَحْرُم على المرأة المسلمة أن تسافر مسيرة ليلة إلا أن يكون معها رجل مِن محارمِها.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, एक मुस्लिम महिलालाई महरम बिना एक रात जति दुरीको यात्रा गर्नु निषेध गरिएको छ।</t>
+  </si>
+  <si>
+    <t>قال ابن حجر: عدم جواز السفر للمرأة بلا مَحرَم، وهو إجماع في غير الحج والعمرة، والخروج مِن دار الشرك، ومنهم من جعل ذلك مِن شرائط الحج.
+كمال الشريعة الإسلامية، وحرصها على صَوْن المرأة وحمايتها.
+الإيمان بالله واليوم الآخر يَستلزم الخضوع لشرع الله، والوقوف عند حدودِه.
+مَحْرَم المرأة هو زوجها أو مَن يَحرُم عليها بالتأبيد بسبب قرابة، أو رضاع، أو مصاهرة، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا؛ فإنَّ المقصود من المحرم حماية المرأة وصيانتها والقيام بشأنها.
+قال البيهقي عن الروايات الواردة في مُدَّة السفر الذي لا تسافر فيها المرأة إلا مع ذي مَحرم: والحاصل أنّ كل ما يُسمّى سفرًا تنهى عنه المرأة بغير زوج أو محرم سواء كان ثلاثة أيام أو يومين أو يومًا أو بَريدًا أو غير ذلك؛ لرواية ابن عباس المُطلَقة، وهي آخر روايات مسلم السابقة: {لا تسافر امرأة إلا مع ذي محرم} وهذا يتناول جميع ما يسمى سفرًا. انتهى، وهذا الحديث كان بحسب حال السائل وموطنه.</t>
+  </si>
+  <si>
+    <t>इब्न-ए-हजर भन्छन्: महिलालाई महरम बिना यात्रा गर्नु अनुमति छैन। यस कुरामा सम्पूर्ण उम्माह एकमत छन्। यद्यपि, हज र उमराहको लागि यात्रा र हिजरत (शिर्क प्रचलित ठाउँ छोड्ने) यात्रा फरक छन्। कतिपयले यसलाई हजको लागि शर्त मान्छन्।
+इस्लामिक कानून एक पूर्ण कानून हो। यसले महिलाहरूलाई पूर्ण सुरक्षा प्रदान गरेको छ।
+अल्लाह र अन्तिम दिनमा विश्वास गर्नको अर्थ अल्लाहको कानूनको अधीनमा बस्नु र यसको सीमाहरूको पालना गर्नु आवश्यक छ।
+महिलाको महरम भनेको उनको पति वा त्यस्तो व्यक्ति हो जससँग रगतको सम्बन्ध, स्तनपान (रिजाअत) को सम्बन्ध वा सासु-ससुराको सम्बन्धको कारणले विवाह सधैं निषेध गरिएको हुन्छ र ऊ मुस्लिम, वयस्क, समझदार तथा विश्वसनीय हुनुपर्छ। किनभने महरमको काम महिलाको सुरक्षा र हेरचाह गर्नु हो।
+महरमको साथ बिना यात्रा गर्न नसक्ने महिलाको अवधिको बारेमा बेहाकी भन्छन्: "छोटकरीमा, यात्रा भनिने जतिसुकै दूरी भए पनि, महिलाको लागि आफ्नो पति वा महरम बिना यात्रा गर्नु निषेध गरिएको छ। चाहे त्यो दूरी तीन दिन होस्, दुई दिन होस्, एक दिन होस् वा आदि। यसको प्रमाण अब्दुल्लाह इब्न अब्बास (रजियल्लाहु अन्हुमा) को पूर्ण वर्णन हो, जुन सही मुस्लिममा अघिल्ला वर्णनहरू मध्ये अन्तिम हो र जसका शब्दहरू यस प्रकार छन्: (कुनै पनि महिलाले महरम बिना यात्रा गर्नु हुँदैन)। यसमा यात्रा भन्न सकिने कुनै पनि दूरी पार गर्नु समावेश छ। अहिले हाम्रो अगाडि रहेको हदीस वास्तवमा प्रश्नकर्ता र उसको परिस्थिति अनुसार वर्णन गरिएको हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4521</t>
+  </si>
+  <si>
+    <t>من نسي وهو صائم، فأكل أو شرب، فليتم صومه، فإنما أطعمه الله وسقاه</t>
+  </si>
+  <si>
+    <t>जसले बिर्सेर खायो वा पियो भने, उसले आफ्नो रोजा पूरा गरोस्। किनकि अल्लाहले उसलाई खुवाएको छ र पिउन दिएको छ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَسِيَ وَهُوَ صَائِمٌ، فَأَكَلَ أَوْ شَرِبَ، فَلْيُتِمَّ صَوْمَهُ، فَإِنَّمَا أَطْعَمَهُ اللهُ وَسَقَاهُ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले बिर्सेर खायो वा पियो भने, उसले आफ्नो रोजा पूरा गरोस्। किनकि अल्लाहले उसलाई खुवाएको छ र पिउन दिएको छ।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَكَلَ أو شرب ناسيًا وهو في صوم فريضة أو تطوّع فلْيُتمّ صومَه ولا يُفطر؛ لأنه لم يَتَقَصَّد الفطر، وإنما هو رِزْقٌ ساقَه الله إليه وأطعمه وسَقَاه.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जो कोहीले रोजा राखेको बेला बिर्सेर केही खानपिन गर्छ, चाहे त्यो अनिवार्य होस् वा ऐच्छिक, उसले आफ्नो रोजा पूरा गर्नुपर्छ। उसले त्यो तोड्नु हुँदैन। किनकि उसले जानाजानी खाएन वा पिएन। बरु, अल्लाह आफैंले उसलाई खुवाउनुभएको छ र पिउन दिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>صحة صوم من أكل أو شرب ناسيًا.
+ليس على من أكل أو شرب ناسيًا إثم؛ لأنه ليس باختياره.
+لُطْفُ الله بعباده والتيسير عليهم ورَفْع المشقّة والحَرَج عنهم.
+لا يُفطِر الصائم بشيء من المفطِّرات إلا إذا توافرت ثلاثة شروط: الأول: أن يكون عالمًا، فإن كان جاهلًا لم يفطر، الثاني: أن يكون ذاكرًا، فإن كان ناسيًا، فصيامه صحيح ولا قضاء عليه،  الثالث: أن يكون مختارًا لا مُكرَهًا بأن يتناول المفطِّر باختياره.</t>
+  </si>
+  <si>
+    <t>यदि कुनै व्यक्तिले बिर्सेर खायो वा पियो भने उसको व्रत मान्य हुन्छ।
+बिर्सेर खायो वा पियो भने कुनै पाप छैन, किनकि त्यसमाथि उसको कुनै नियन्त्रण हुँदैन।
+आफ्ना सेवकहरूप्रति अल्लाहको दया, उनीहरूका लागि चीजहरू सजिलो बनाउने, उनीहरूबाट कठिनाइ र समस्या हटाउने।
+तीनवटा सर्तहरू पूरा नभएसम्म रोजा तोड्ने कुनै पनि चीजले रोजा भङ्ग हुँदैन: १- ज्ञान हुँदाहुँदै रोजा तोड्ने काम गर्यो। यदि उसलाई ज्ञान थिएन भने, रोजा तोडिने छैन। २- सम्झेर तोड्ने काम गर्यो। यदि उसले बिर्सेर गर्यो भने, उसको रोजा मान्य हुनेछ र छुटेका रोजाहरूको कजा गर्नु पर्ने छैन। ३- आफ्नै स्वेच्छाले व्रत तोड्ने काम गरेको हुनुपर्छ। उसलाई कुनै दबाब थिएन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4525</t>
+  </si>
+  <si>
+    <t>شهدت العيد مع عمر بن الخطاب رضي الله عنه، فقال: هذان يومان نهى رسول الله صلى الله عليه وسلم عن صيامهما: يوم فطركم من صيامكم، واليوم الآخر تأكلون فيه من نسككم</t>
+  </si>
+  <si>
+    <t>मैले उमर इब्न खट्टाब (रजियल्लाहु अन्हु) सँग ईदको नमाज पढेँ। उनले भने, "यी दुई दिनहरू हुन् जसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले उपवास राख्न निषेध गर्नुभएको छ।" एउटा (रमजानको) व्रत पछि ईद उल फित्र र अर्को त्यो दिन, जब तपाईंले आफ्नो बलिदान (कुर्बानी) को मासु खानुहुन्छ (अर्थात् ईद उल अधाको दिन)।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عُبَيْدٍ، مَوْلَى ابْنِ أَزْهَرَ، قَالَ: شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ.</t>
+  </si>
+  <si>
+    <t>इब्न अजहरका मुक्त दास अबू उबैदले भनेका छन्: मैले उमर इब्न खट्टाब (रजियल्लाहु अन्हु) सँग ईदको नमाज पढेँ। उनले भने, "यी दुई दिनहरू हुन् जसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले उपवास राख्न निषेध गर्नुभएको छ।" एउटा (रमजानको) व्रत पछि ईद उल फित्र र अर्को त्यो दिन, जब तपाईंले आफ्नो बलिदान (कुर्बानी) को मासु खानुहुन्छ (अर्थात् ईद उल अधाको दिन)।</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن صيام يوم عيد الفطر وعيد الأضحى؛ فأما عيد الفطر فيوم الفطر من صيام شهر رمضان، وأما يوم عيد الأضحى فيوم الأكل من الأضاحي.</t>
+  </si>
+  <si>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले ईद उल फित्र र ईद उल अधाका दिनहरूमा उपवास राख्न निषेध गर्नुभएको छ। ईद उल फित्रको दिनमा निषेध गर्नुको कारण भनेको रमजानको सम्पूर्ण महिनाको उपवास पछि उपवास तोड्ने दिन हो। जबकि ईद उल अधाको दिनमा निषेध गर्नुको कारण भनेको यो बलिदानको मासु खाने दिन हो।</t>
+  </si>
+  <si>
+    <t>تحريم صوم يَوْمَيْ عيد الفطر والأضحى وأيام التشريق؛ لأنها تابعة ليوم الأضحى إلا مَن لم يجدِ الهديَ فيجوز له صيام أيام التشريق.
+قال ابن حجر: قيل: وفائدة وصف اليومين الإشارة إلى العلة في وجوب فطرهما، وهو الفَصْل من الصوم، وإظهار تمامه وحده بفطر ما بعده، والآخر لأجل النسك المتقرب بذبحه ليؤكل منه.
+يستحب للخطيب أن يذكر في خطبته ما يتعلق بوقته من الأحكام ويتحرى المناسبات.
+مشروعية الأكل من النُّسك.</t>
+  </si>
+  <si>
+    <t>ईद उल फित्र, ईद उल अधा र तशरिकका दिनहरूमा उपवास राख्न निषेध गरिएको छ। किनभने तशरिकका दिनहरू ईद उल अधाको दिनको अधीनमा छन्। यद्यपि, यदि कसैसँग बलिदान (ह्दय) को लागि जनावर छैन भने, उसले तशरिकका दिनहरूमा उपवास राख्न सक्छ।
+इब्न हजरले भने: भनिएको छ: दुई दिन उल्लेख गर्नुको उद्देश्य वास्तवमा यी दुई दिनमा उपवास नगर्नुको कारण औंल्याउनु हो। पहिलो दिन उपवास निषेध गर्नुको कारण रमजानको उपवास समाप्त भएको संकेत गर्नु हो, जबकि दोस्रो दिन उपवास निषेध गर्नुको कारण बलिदान गर्नु हो, जुन एक उपासना हो र जसको मासु खाइन्छ।
+खतीब (उपदेशक) ले समय र परिस्थिति अनुसार आफ्नो उपदेशमा नियमहरू उल्लेख गर्नु र परिस्थितिलाई ध्यान दिनु राम्रो हो।
+कुर्बानी (बलिदान) को मासु खानुको वैधता।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4527</t>
+  </si>
+  <si>
+    <t>أن تلبية رسول الله صلى الله عليه وسلم: لبيك اللهم، لبيك، لبيك لا شريك لك لبيك، إن الحمد والنعمة لك والملك لا شريك لك</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) का तल्बिया यस प्रकार थिए: 'लब्बैक अल्लाहुम्म लब्बैक्, लब्बैक ला शरीक ल क लब्बैक्, इन्नल् हम्द वन्निअमत ल क वल् मुल्क्, ला शरीक लक् ।'</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رَضِيَ اللهُ عَنْهُمَا: أَنَّ تَلْبِيَةَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَبَّيْكَ اللهُمَّ، لَبَّيْكَ، لَبَّيْكَ لَا شَرِيكَ لَكَ لَبَّيْكَ، إِنَّ الْحَمْدَ وَالنِّعْمَةَ لَكَ وَالْمُلْكَ لَا شَرِيكَ لَكَ» قَالَ: وَكَانَ عَبْدُ اللهِ بْنُ عُمَرَ رَضِيَ اللهُ عَنْهُمَا يَزِيدُ فِيهَا: لَبَّيْكَ لَبَّيْكَ، وَسَعْدَيْكَ، وَالْخَيْرُ بِيَدَيْكَ، لَبَّيْكَ وَالرَّغْبَاءُ إِلَيْكَ وَالْعَمَلُ.</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन उमर रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) का तल्बिया यस प्रकार थिए: 'लब्बैक अल्लाहुम्म लब्बैक्, लब्बैक ला शरीक ल क लब्बैक्, इन्नल् हम्द वन्निअमत ल क वल् मुल्क्, ला शरीक लक् ।' अर्थ : हे अल्लाह, म तिम्रै निम्ति हाजिर छु, तिम्रो कोही साझेदार छैन । सम्पूर्ण प्रकारको प्रशंसा, वरदान र राज्य सबै तिम्रै हो । वास्तवमा, तिम्रो कोही साझेदार छैन । रावी (कथावाचक) भन्छन् अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हु) यसमा यी शब्दहरू थप्थे: (म यहाँ छु, तपाईंको सेवामा, म तपाईंको सामु आउन पाउँदा भाग्यशाली छु, कल्याण तपाईंको हातमा छ, इच्छा तपाईंतर्फ छ र कर्म पनि तपाईंको लागि हो।</t>
+  </si>
+  <si>
+    <t>كانت تَلْبِيَةُ النبيِّ صلى الله عليه وسلم إذا أراد الدخول في نسك الحج أو العمرة أن يقول: 
+(لبيك اللهم لبيك) إجابة لازمة لك بعد إجابة فيما دعوتَنا من الإخلاص والتوحيد والحج وغيرها، (لبيك لا شريك لك لبيك) فأنت وحدك المُستحِق للعبادة لا شريك لك في ربوبيتك وألوهيتك وأسمائك وصفاتك، (إن الحمد) والشكر والثناء (والنعمة) منك وأنت معطيها (لك) تُصْرَف على كل حال، (والملك) كذلك لك، (لا شريك لك) فكلها لك وحدك. 
+وكان ابن عمر رضي الله عنهما يزيد فيها: 
+(لبيك لبيك وسعديك) أسعدني إسعادًا بعد إسعاد، (والخير بيديك) كلُّه ومِن فضلِك، (لبيك والرغباء إليك) والطلب والمسألة إلى مَن بيده الخير، (والعمل) لك فأنت المستحق للعبادة.</t>
+  </si>
+  <si>
+    <t>जब नबी (सल्लल्लाहु अलैहि वसल्लम) हज वा उमरामा प्रवेश गर्न चाहनुहुन्थ्यो, उहाँले यो तल्बिया भन्नुहुन्थ्यो: (लब्बैक अल्लाहुम्मा लब्बैक) हे अल्लाह! म इमानदारी, एकेश्वरवाद, हज आदिको हरेक निमन्त्रणामा उपस्थित छु (लब्बैक ला शरीक लब्बैक) किनकि तपाईं मात्र उपासनाको योग्य हुनुहुन्छ। तपाईंको पालनकर्तात्व, पुज्य हुनु र गुणहरूमा तपाईंको कुनै साझेदार छैन। (इन्नल-हम्द) वास्तवमा, प्रशंसा, र धन्यवाद तपाईंको लागि मात्र हो। (वन्निअमत) आशीर्वाद तपाईंबाटै हो र तपाईं मात्र यी चीजहरू प्रदान गर्नुहुन्छ। (लक) यी सबै चीजहरू तपाईंको लागि हरेक परिस्थितिमा गरिनेछ। (वल् मुल्क्) राज्य तपाईंको हो। (ला शरीक लक्) तपाईंको कुनै साझेदार छैन, त्यसैले यी सबै चीजहरू तपाईंको लागि मात्र गरिनेछ। अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) यी शब्दहरू थप्थे: (लबैक लबैक वा सादिक) म तपाईंको सेवामा छु। मलाई बारम्बार खुशीले फलदायी बनाउनुहोस्। (वल-खैरो बियदैक) सबै भलाइ तपाईंको हातमा छ र तपाईंको अनुग्रहबाट मात्र आउँछ। (लबैक वर्रगबा ओ इलाइक) म तपाईंको सेवामा छु। अनुरोध र प्रश्न उहाँलाई गरिनेछ जसको हातमा भलाइ छ। (वल-आमलु) र कर्म पनि तपाईंको लागि हो। किनकि तपाईं मात्र उपासनाको योग्य हुनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>مشروعية التلبية في الحج والعمرة، وتأكُّدُها فيه؛ لأنها شعاره الخاص، كالتكبير شِعَار الصلاة.
+قال ابن المنير: وفي مشروعية التلبية تنبيهٌ على إكرام الله تعالى لعباده بأنَّ وفودَهم على بيته إنما كان باستدعاء منه سبحانه وتعالى.
+الأفضل ملازمة تلبية النبي صلى الله عليه وسلم، ولا بأس بالزيادة لإقرار النبي عليه الصلاة والسلام له، قال ابن حجر: وهذا أعْدل الوجوه، فيفرد ما جاء مرفوعًا، وإذا اختار قول ما جاء موقوفًا أو أنشأه هو من قِبَل نفسِه مما يليق قاله على انفراده حتى لا يَختلط بالمرفوع، وهو شبيه بحال الدعاء في التشهد، فإنه قال فيه: ثم لِيَتَخَيَّر مِن المسألة والثناء ما شاء: أي بعد أن يَفْرُغ من المرفوع.
+استحباب رفع الصوت بالتلبية، وهذا في حقِّ الرجل، أما المرأة فتَخفض صوتها خشية الفتنة.</t>
+  </si>
+  <si>
+    <t>हज र उमराहको समयमा तल्बिया पढ्नु र यो कुरामा जोड दिइएको छ किनकि यो हज र उमराहको विशेष प्रतीक हो, जसरी तकबीर प्रार्थनाको विशेष प्रतीक हो।
+इब्न मुनिर भन्छन्: तल्बियाको वैधताले संकेत गर्छ, उनको घरमा पुगेका सेवकहरू वास्तवमा अल्लाहको आह्वानमा आएका हुन्।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सिकाउनु भएको तल्बिया पढ्नु राम्रो हो। तर केही थप्नमा कुनै हानि छैन, किनकि रसूल (सल्लल्लाहु अलैहि वसल्लम) यसमा मौन थिए। इब्न हजरले भने: यो तत्बीक (कार्यान्वयन) को उत्तम रूप हो। प्रमाणित शब्दहरू छुट्टाछुट्टै पढ्नुपर्छ। त्यसपछि, यदि उसले समावेश गरिएका शब्दहरू पढ्न चाहन्छ वा आफैंले केही उपयुक्त शब्दहरू छनौट गर्छ भने, उसले तिनीहरूलाई छुट्टै पढ्नुपर्छ, ताकि तिनीहरू उल्लेख गरिएका शब्दहरूसँग मिसिन नपरोस्। यो वास्तवमा तशहहुदको प्रार्थना जस्तै हो। नबी (सल्लल्लाहु अलैहि वसल्लम) ले यसको बारेमा भन्नुभयो: त्यसपछि, उसले प्रशंसा र धन्यवादका जुनसुकै शब्दहरू चाहन्छ त्यो छनौट गर्नुपर्छ। अर्थात्, उल्लेख गरिएका शब्दहरू समाप्त गरेपछि।
+पुरुषहरूले ठूलो स्वरमा तल्बिया पढ्नु मुस्तहब हो, तर महिलाहरूले फितना नहोस् भनेर यसलाई बिस्तारै पढ्नु पर्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4535</t>
+  </si>
+  <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
-    <t>मेरा परममित्र(सल्लल्लाहु अलैहि वसल्लम)ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने बारे , चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्न ।</t>
+    <t>मेरा परममित्र (सल्लल्लाहु अलैहि वसल्लम) ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने, चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्ने ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ: मेरा परममित्र(सल्लल्लाहु अलैहि वसल्लम)ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने बारे , चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्न ।</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्: मेरा परममित्र (सल्लल्लाहु अलैहि वसल्लम) ले मलाई तीन चिजका बारेमा अर्ती दिनु भयो: हरेक महिनामा तीन दिन रोजा राख्ने, चाश्तको समयमा दुइ रक्अत नमाज र सुत्नु भन्दा पहिला वित्र पढ्ने ।</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) बताउनु हुन्छ कि उहाँका प्यारा र मित्र नबी (सल्लल्लाहु अलैहि वसल्लम)ले उहाँलाई तीन कुराका बारेमा अर्ती दिनु भयो र उहाँलाई तीन कुराका बारेमा जिम्मेदार बनाउनु भयो ।
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) बताउनु हुन्छ, उहाँका प्यारा र मित्र नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई तीनवटा कुराहरू गर्न प्रेरित गर्नुभयो :
 पहिलो: हरेक महिनामा तीन दिन रोजा बस्ने।
 दोस्रो: हरेक दिन चाश्तको बेलामा दुई रक्अत (नफ्ल) नमाज पढ्ने ।
-तेस्रो: सुत्नु अगाडि वित्र नमाज पढ्ने । यो त्यसका लागि हो जो रातको अन्तिम प्रहरमा उठ्न सक्दैन ।</t>
+तेस्रो: सुत्नुअघि वित्रको नमाज पढ्नु। यो सल्लाह विशेष गरी ती व्यक्तिको लागि हो जसलाई रातको अन्तिम प्रहरमा उठ्न नसक्ने डर छ।</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)का अर्तीहरू उहाँका साथीहरूका निमित्त भिन्न भिन्ने हुने गर्थे, यो कुरा उहाँको ज्ञानद्वारा उहाँका साथीहरूलाई उनीहरूको अवस्था अनुसार र उनीहरू सबैका लागि उपयुक्त हुन्छ भन्ने कुरामा आधारित हुन्थ्यो। अत: बलवानका लागि  जिहाद, उपासकका  लागि उपासना , ज्ञानीका लागि ज्ञान, इत्यादि ।
-[...5 lines deleted...]
-वित्रको समय: इशाको नमाज पछि देखि बिहानको मिर्मिरे सम्म, यसको थोरैमा एक रकअत हो भने  धेरैमा  एघार रकअत हुन् ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना विभिन्न साथीहरूलाई विभिन्न प्रकारका सल्लाह दिनुभयो किनभने उहाँ तिनीहरूको परिस्थितिसँग परिचित हुनुहुन्थ्यो र कसको लागि के उपयुक्त छ भनेर जान्नुभएको थियो। अत: बलवानका लागि  जिहाद, उपासकका लागि उपासना र विद्वानको लागि ज्ञान इत्यादि ।
+इब्न हजार असकालानीले हरेक महिना तीन दिन उपवास राख्ने सिफारिसको बारेमा भन्छन्: यी उपवासहरूले 'अैयमुल-बीज' अर्थात् हिजरी महिनाको तेह्रौं, चौधौं र पन्ध्रौं दिनलाई जनाउँछन्।
+इब्न हजार असकालानी भन्छन्: यो हदीसले सुत्नु अघि वित्रको नमाज पढ्न सिफारिस गरिएको देखाउँछ, तर यो त्यस्तो व्यक्तिको लागि हो जसलाई उठ्ने आत्मविश्वास छैन।
+यी तीन कार्यहरूको महत्त्व; किनकि नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना कैयौँ साथीहरूलाई यी कार्यहरू गर्न सल्लाह दिनुभएको थियो।
+इब्न दकीक अल-इदले चाश्तकाको नमाजको दुई रकातको बारेमा भन्छन्: "सायद उहाँले जोड दिइएको न्यूनतम रकात संख्या उल्लेख गर्नुभएको छ।" यो हदीसले चाश्तकाको नमाज सिफारिस गरिएको छ र यसको न्यूनतम रकात संख्या दुई छ भनेर देखाउँछ।
+जुहा (चाश्त) को नमाजको समय: सूर्योदय पछि लगभग पन्ध्र मिनेट पछि सुरु हुन्छ र जुहरको नमाज हुनुभन्दा लगभग दस मिनेट अगाडिसम्म रहन्छ। यसको संख्या: यो नमाज कम्तिमा दुई रकात हो। अधिकतम कति रकात पढ्न सकिन्छ भन्ने बारेमा मतभेद भए पनि, केही मानिसहरूले आठ रकात भनेका छन् भने अरूले अधिकतमको कुनै सीमा छैन भनेका छन्।
+वित्रको समय: इशाको नमाज पछिदेखि बिहान (फज्र) को उदयसम्म हुन्छ। यो नमाज कम्तिमा एक रकात र अधिकतम एघार रकातको हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4538</t>
   </si>
   <si>
+    <t>تحروا ليلة القدر في الوتر من العشر الأواخر من رمضان</t>
+  </si>
+  <si>
+    <t>रमजानको अन्तिम दश दिनको बिजोर रातहरूमा शब-ए-कद्र खोज।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَحَرَّوْا لَيْلَةَ القَدْرِ فِي الوِتْرِ مِنَ العَشْرِ الأَوَاخِرِ مِنْ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "रमजानको अन्तिम दश दिनको बिजोर रातहरूमा शब-ए-कद्र खोज।"</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الاجتهاد في التماس وتَحرِّي وطلب ليلة القدر بالإكثار من العمل الصالح، وهي أرجى أن تكون في الليالي الوترية من العشر الأواخر من رمضان كل عام، وهي: الحادية والعشرون، والثالثة والعشرون، والخامسة والعشرون، والسابعة والعشرون، والتاسعة والعشرون.</t>
+  </si>
+  <si>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले सकेसम्म धेरै असल कामहरू गरेर लैलत अल-कद्र खोज्न प्रयास गर्न प्रेरित गर्नुभयो। लैलत अल-कद्र रमजानको अन्तिम दश दिनको बिजोर रातहरूमध्ये एकमा पर्छ, अयी हुन्: एक्काइसौं, तेइसौं, पच्चीसौं, सत्ताइसौं र उनन्तीसौं रतहरू।</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحثّ على تَحَرِّيها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي الأوتار منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف، فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>शब-ए-कद्रको पुण्य र यसलाई खोज्ने प्रेरणा।
+अल्लाहको बुद्धिमत्ता र दयाले यो रातलाई लुकाएर राखियोस्, ताकि मानिसहरूले यसको खोजीमा लगनशीलतापूर्वक उहाँको उपासना गर्न सकून् र ठूलो इनाम प्राप्त गर्न सकून्।
+शब-ए-कद्र रमजानको अन्तिम दश रातहरू मध्ये एकमा पर्छ। अन्तिम दश रातहरू मध्ये एक बिजोर रात हुने सम्भावना बढी हुन्छ।
+रमजानको अन्तिम दश रातहरू मध्ये एक कदरको रात हो। यो त्यो रात हो जुन दिन अल्लाहले आफ्ना नबी मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) माथि कुरान अवतरित गर्नुभयो र यसलाई आशीर्वाद, प्रकाश र त्यसमा गरिएका सत्कर्महरूको प्रभावको हिसाबले हजर रातहरू भन्दा उत्तम घोषित गर्नुभएको छ।
+यस रातलाई लैलतुल-कद्र भनिन्छ या त यसको सद्गुण र सम्मानको कारणले। अरबीमा भनिएको छ: "फलाना ठूलो सम्मान र हैसियत भएको व्यक्ति हो।" अल्लाहले भन्नुभएको छ : "वास्तवमा, हामीले यसलाई एक धन्य रातमा अवतरण गर्यौं।" [सूरह अद-दुखान: ३] अर्थात्, हामीले यसलाई एउटा पवित्र रातमा अवतरण गर्यौं। अर्थात्, यो त्यस्तो रात हो जसमा वर्षभरि हुने सबै मामिलाहरूको निर्णय गरिन्छ। सर्वशक्तिमानले भन्नुहुन्छ: "यसमा हरेक मामिला बुद्धिमानीद्वारा निर्णय गरिन्छ" [सूरह अद-दुखान: ४] अर्थात्, हरेक महत्त्वपूर्ण कार्यको निर्णय यस रातमा गरिन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4540</t>
+  </si>
+  <si>
+    <t>أرى رؤياكم قد تواطأت في السبع الأواخر، فمن كان متحريها فليتحرها في السبع الأواخر</t>
+  </si>
+  <si>
+    <t>तिमीहरूका सबै सपनाहरू अन्तिम सात दिनमा सहमत भएका छन्। त्यसैले जसले यसलाई (कदरको रात) खोज्छ, उसले यसलाई अन्तिम सात रातहरूमा खोजोस्।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رِجَالًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُرُوا لَيْلَةَ القَدْرِ فِي المَنَامِ فِي السَّبْعِ الأَوَاخِرِ، فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرَى رُؤْيَاكُمْ قَدْ تَوَاطَأَتْ فِي السَّبْعِ الأَوَاخِرِ، فَمَنْ كَانَ مُتَحَرِّيهَا فَلْيَتَحَرَّهَا فِي السَّبْعِ الأَوَاخِرِ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, कदरको रात (रमजानको) अन्तिम सात दिनमा हो भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) का केही साथीहरूले सपनामा देखे। यसपछि, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीहरूका सबै सपनाहरू अन्तिम सात दिनमा सहमत भएका छन्। त्यसैले जसले यसलाई (कदरको रात) खोज्छ, उसले यसलाई अन्तिम सात रातहरूमा खोजोस्।"</t>
+  </si>
+  <si>
+    <t>رَأى رجالٌ من أصحاب النبيِّ صلى الله عليه وسلم في المنام أنّ ليلة القدر تكون في آخر سبع ليال من رمضان.
+فقال صلى الله عليه وسلم: أرى رؤياكم قد توافقت في السبع الأواخر من رمضان، فمن كان قاصدًا لها، حريصًا على طلبها، فليجتهد في تَحَرِّيها وطلبها بالإكثار من العمل الصالح فهي أرجى أن تكون في السبع الأواخر، وهي تبدأ من ليلة أربع وعشرين إذا كان شهر رمضان ثلاثين يومًا، وتبدأ ليلة ثلاث وعشرين إذا كان الشهر تسعة وعشرين يومًا.</t>
+  </si>
+  <si>
+    <t>कदरको रात (रमजानको) अन्तिम सात रातमा हो भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) का केही साथीहरूले सपनामा देखे। रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: म देख्छु, तिमीहरूका सबै सपनाहरू रमजानको अन्तिम सात तिथिको सम्बन्धमा सहमत छन्। त्यसकारण, जसको यो रात खोज्ने मनसाय र इच्छा छ, उसले सकेसम्म धेरै पुण्यकर्महरू गरेर यसलाई खोज्ने प्रयास गर्नुपर्छ। किनभने यो अन्तिम सात दिन भित्र हुने सम्भावना बढी हुन्छ। यदि रमजानको महिना तीस दिनको हो भने चौबीसौं रातमा अन्तिम सात रातहरू सुरु हुन्छन् र यदि उनान्तीस दिनको हो भने तेईसौं रातमा।</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحث على تحريها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي السبع الأواخر منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>शब-ए-कद्रको पुण्य र यसलाई खोज्ने प्रेरणा।
+अल्लाहको बुद्धिमत्ता र दयाले यो रातलाई लुकाएर राखियो, ताकि मानिसहरूले यसको खोजीमा लगनशीलतापूर्वक उहाँको उपासना गर्न सकून् र ठूलो इनाम प्राप्त गर्न सकून्।
+कदरको रात सामान्यतया रमजानको अन्तिम दश रातहरू मध्ये एकमा पर्छ। तर अन्तिम सातों रातमा पर्ने सम्भावना धेरै हुन्छ।
+रमजानको अन्तिम दश रातहरू मध्ये एक कदरको रात हो। यो त्यो रात हो जुन दिन अल्लाहले आफ्ना रसूल (सल्लल्लाहु अलैहि वसल्लम) माथि कुरान अवतरित गर्नुभयो र यसलाई आशीर्वाद, भाग्य, प्रकाश र त्यसमा गरिएका सत्कर्महरूको प्रभावको हिसाबले हजर रातहरू भन्दा उत्तम घोषित गर्नुभएको छ।
+यस रातलाई लैलतुल-कद्र भनिन्छ या त यसको सद्गुण र सम्मानको कारणले। अरबीमा भनिएको छ: "फलाना ठूलो सम्मान र हैसियत भएको व्यक्ति हो।" अल्लाहले भन्नुभएको छ : "वास्तवमा, हामीले यसलाई एक धन्य रातमा अवतरण गर्यौं।" [सूरह अद-दुखान: ३] अर्थात्, हामीले यसलाई एउटा पवित्र रातमा अवतरण गर्यौं। अर्थात्, यो त्यस्तो रात हो जसमा वर्षभरि हुने सबै मामिलाहरूको निर्णय गरिन्छ। सर्वशक्तिमानले भन्नुहुन्छ: "यसमा हरेक मामिला बुद्धिमानीद्वारा निर्णय गरिन्छ" [सूरह अद-दुखान: ४] अर्थात्, हरेक महत्त्वपूर्ण कार्यको निर्णय यस रातमा गरिन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4545</t>
+  </si>
+  <si>
     <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
-    <t>जब तिमीहरूले (रमजान को महिनाको ) 
- चन्द्रमा देख्छौ, रोजा (उपवास) राख, जब तिमीहरूले (शव्वाल महिनाको) चन्द्रमा देख्छौ, रोजा बस्न छोडिदेऊ, र यदि  बादल लागेको छ भने, महिनाको अनुमान लगाऊ ( अर्थात् महिनाका तीस दिनहरू पूरा गर) ।</t>
+    <t>जब तिमीहरूले (रमजानको) चन्द्रमा देख्छौ, तब रोजा राख र जब तिमीहरू (शव्वालको) चन्द्रमा देख्छौ, तब रोजा बस्न छोडिदेऊ । यदि आकाशमा बादल लागेको छ भने अनुमान गर (अर्थात् महिनाको तीस दिन पूरा गर)।</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
-    <t>इब्न उमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ: उहाँले भन्नुभयो: मैले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भएको सुनें: जब तिमीहरूले (रमजान को महिनाको ) 
- चन्द्रमा देख्छौ, रोजा (उपवास) राख, जब तिमीहरूले (शव्वाल महिनाको) चन्द्रमा देख्छौ, रोजा बस्न छोडिदेऊ, र यदि  बादल लागेको छ भने, महिनाको अनुमान लगाऊ ( अर्थात् महिनाका तीस दिनहरू पूरा गर) ।</t>
+    <t>इब्न उमर (रजियल्लाहु अन्हुमा)  ले वर्णन गरेका छन्: उनले भने : मैले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "जब तिमीहरूले (रमजानको) चन्द्रमा देख्छौ, तब रोजा राख र जब तिमीहरू (शव्वालको) चन्द्रमा देख्छौ, तब रोजा बस्न छोडिदेऊ । यदि आकाशमा बादल लागेको छ भने अनुमान गर (अर्थात् महिनाको तीस दिन पूरा गर)।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी( सल्लल्लाहु अलैहि व सल्लम)ले रमजान महिनाको शुरुवात र अन्त्यको संकेत बताउनु भयो र भन्नु भयो : यदि तिमीहरूले रमजानको चन्द्रमा देख्यौ भने, रोजा (व्रत) बस, र यदि तिमीहरू र यस (चन्द्रमा) को बीचमा बादल आएर ढाक्यो भने शाबान महिनाको लागि तीस दिनहरू गणना गर, र जब तिमीहरूले शव्वालको चन्द्रमा देख्छौ, आफ्नो व्रत छोड यदि तिमीहरू र यस (चन्द्रमा) को बीचमा बादल आएर ढाक्यो भने रमजानको महिनाका तीस दिन गनेर पुर्याऊ ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले रमजान महिनाको सुरुवात र अन्त्यको संकेतहरू वर्णन गर्दै भन्नुभयो: जब तिमीहरू रमजान महिनाको अर्धचन्द्र देख्छौ, तब उपवास बस। यदि बादल लागेको कारणले वा कुनै अवरोधका कारण चन्द्रमा देख्न सकिएन भने, शाबान महिनाको तीस दिन पूरा गर्नुहोस्। त्यसैगरी, जब तपाईंले शव्वालको चन्द्रमा देखियो भने उपवास छोड्नुहोस्। यदि बादल लागेको कारणले वा कुनै अवरोधका कारण चन्द्रमा देख्न सकिएन भने, रमजान महिनाको तीस दिन पूरा गर्नुहोस्।</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
-    <t>महिनाको शुरुवात प्रमाणित गर्नको लागि भर चन्द्रमा देखिनुमा गरिन्छ हिसाबमा होइन ।
-[...3 lines deleted...]
-यदि बादल वा यस्तै अरू कारणले शव्वालको चन्द्रमा देखिएन भने रमजानको महिनाका तीस दिन पूरा गर्नु अनिवार्य छ ।
+    <t>महिनाको सुरुवात प्रमाणित गर्न चन्द्रमा देखिनुमा भर पर्नेछ, गणनामा होइन।
+इब्ने मुन्जिरले चन्द्रमा नदेखिएमा, केवल गणनाको आधारमा उपवास राख्नु अनिवार्य छैन भन्ने कुरामा सर्वसम्मति रहेको बताएका छन्।
+बादल आदि कारणले चन्द्रमा देखिएन भने शाबानको तीस दिन पूरा गर्नु आवश्यक छ।
+चन्द्रमाको महिना केवल २९ वा ३० दिनको हुन्छ।
+बादल लागेको मौसम आदि कारणले शव्वालको चन्द्रमा देखिन सकेन भने रमजानको तीस दिन पूरा गर्नु अनिवार्य छ।
 जो कोही त्यस्तो ठाउँमा छ जहाँ मुस्लिमहरूलाई रोजाको बारेमा सूचना दिने मान्छे कोही छैन वा यसका बारेमा कसैलाई कुनै पर्वाह छैन भने आफै जागरुक हुनु पर्छ र आफु वा कुनै भरोसाको लायक मान्छेले चन्द्रमा देखेमा मात्र रोजा राख्न थाल्नु वा छोडि दिने गर्नु पर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4549</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>अल्लाहले तिम्रो रूप र धनलाई हेर्नुहुन्न, तर तिम्रो हृदय र कर्महरूलाई हेर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले तिम्रो रूप र धनलाई हेर्नुहुन्न, तर तिम्रो हृदय र कर्महरूलाई हेर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले मानिसहरुको रूप, रंग र शरीरको आकारलाई अथवा तिनीहरू सुन्दर छन्  वा कुरूप छन्, स्वस्थ वा बिरामी छन् आदि भनेर हेर्नुहुन्न । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले उनीहरुको धनसम्पत्ति धेरै छ वा थोरै छ भनेर हेर्नुहुन्न ? अल्लाहले यी चीजहरू प्रदान गर्नु हुन्छ र यी चीजहरूमा तिनीहरूको अन्तरको आधारमा हिसाब लिनुहुन्न । यधपी अल्लाहले तिनीहरूको हृदयमा रहेको धार्मिकता, विश्वास, सत्यता, इमानदारीता वा कपट र प्रसिद्धि हुने मनसाय हेर्नुहुन्छ । त्यसैगरी उहाँले तिनीहरूको कार्य सही वा गलत हो भनेर हेर्नुहुन्छ र त्यसको आधारमा इनाम वा दण्ड दिनुहुन्छ ।</t>
   </si>
   <si>
@@ -7259,1044 +7929,1290 @@
     <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>निस्सन्देह अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्कामाथि विजयको वर्ष उहाँ मक्कामा हुँदा भन्दै गरेको सुनें, उहाँले भन्नुभयो : "निस्सन्देह अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू निषेध गर्नुभएको छ ।" सोधियो : हे अल्लाहका रसूल! मरेका जनावरको बोसोलाई मानिसहरूले डुङ्गामा लगाउँछन्, छालामा लगाउँछन् र मानिसहरूले दियो बाल्न प्रयोग गर्छन् । त्यसको बारेमा हजुर के भन्नुहुन्छ? उहाँले भन्नुभयो: "होइन, त्यो पनि हराम हो ।" त्यस समयमा उहाँले भन्नुभयो: "अल्लाहले यहूदीहरूलाई नष्ट गरून्, जब अल्लाहले उनीहरूका लागि बोसोलाई निषेध गर्नुभयो, तब तिनीहरूले यसलाई पगाले, त्यसपछि बेचे र त्यसको पैसा खाए ।"</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मक्कामाथि विजयको वर्ष मक्कामा भन्दै गरेको सुनें, उहाँले भन्नुभयो : अल्लाह र उहाँका रसूलले मदिरा, मृत जनावर, सुँगुर र मूर्तिहरू बिक्री गर्न निषेध गर्नुभएको छ । कसैले सोधे: हे अल्लाहका रसूल! के हामीलाई मृत जनावरहरूको बोसो बेच्न अनुमति छ? किनभने मानिसहरूले यसलाई डुङ्गाहरू रंग्न, छालालाई शुद्ध पार्न र दियो बाल्न प्रयोग गर्छन् । उहाँले भन्नुभयो: होइन, यसलाई किनबेच गर्न पनि निषेध गरिएको छ । उहाँले भन्नुभयो: अल्लाहले यहूदीहरूलाई नष्ट गरून्, जब अल्लाहले उनीहरूका लागि पशुहरूको बोसो निषेध गर्नुभयो, तब तिनीहरूले यसलाई पगाले, त्यसपछि बोसो बेचे र यसको मूल्य खाए ।</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
-    <t>इमाम नववी भन्छन्: मुस्लिमहरूको सहमतिद्वारा मृत जनावर, मदिरा र सुँगुरहरूको खरिद बिक्री निषेध गरिएको छ ।
+    <t>इमाम नववी भन्छन्: मृत जनावर, मदिरा र सुँगुरहरूको खरिद बिक्री निषेध हो भन्ने कुरामा मुस्लिमहरूको सम्मति (इजमा) रहेको छ ।
 काजीले भने: जुन कुरालाई खान वा फाइदा उठाउन जायज छैन, त्यसलाई किनबेच गर्न र त्यसको मूल्य खान अनुमति छैन भन्ने कुरा यस हदीस मा समावेश छ ।
 इब्ने हजरले भने: हदीसमा उल्लेखित "निषेधित" को अर्थ बिक्री गर्नु हो, प्रयोग होइन ।
 हराम (निषेधित) लाई हलाल बनाउने हरेक चाल अमान्य छ ।
-इमाम नववी भन्छन्: उलमा(विद्वानहरू)ले भनेका छन् : मृत जनावरहरू बेच्न निषेध हो । यदि हामीले कुनै काफिरलाई मार्छौं र काफिरहरूले उसको शवलाई लिन पैसा दिन्छ भने त्यो निषेध हो । हदीसमा छ: नौफल बिन अब्दुल्लाह अल-मख्जुमीलाई खनदकको युद्धमा मुस्लिमहरूले मारेका थिए, काफिरहरूले उनको मृत शरीर लिन दश हजार दिरहम दिने प्रस्ताव राखे, तर नबी (सल्लल्लाहु अलैहि वसल्लम) ले पैसा लिनुभएन र तिनीहरूलाई लाश दिनुभयो ।</t>
+इमाम नववी भन्छन्: उलमा(विद्वानहरू) ले भनेका छन् : मृत जनावरहरू बेच्न निषेध हो । यदि हामीले कुनै काफिरलाई मार्छौं र काफिरहरूले उसको शवलाई लिन पैसा दिन्छ भने त्यो निषेध हो । हदीसमा छ: नौफल बिन अब्दुल्लाह अल-मख्जुमीलाई खनदकको युद्धमा मुस्लिमहरूले मारेका थिए, काफिरहरूले उनको मृत शरीर लिन दश हजार दिरहम दिने प्रस्ताव राखे, तर नबी (सल्लल्लाहु अलैहि वसल्लम) ले पैसा लिनुभएन र तिनीहरूलाई लाश दिनुभयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4556</t>
   </si>
   <si>
     <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
   </si>
   <si>
-    <t>“के अल्लाहले तिमीहरूलाई दान गर्ने (अवसर) दिइनुभएको छैन र? हरेक ‘सुब्हानल्लाह’ भन्नु (तस्बीह) दान हो, हरेक ‘अल्लाहु अकबर’ भन्नु (तकबीर) दान हो, हरेक ‘अल्हम्दुलिल्लाह’ भन्नु (तह्मीद) दान हो, हरेक ‘ला इलााह इल्लल्लाह’ भन्नु (तहलील) दान हो, भलाइको आदेश दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अनि तिमीहरू मध्ये कसैले आफ्नो दम्पतिसँग शारीरिक सम्बन्ध राख्दछ भने   त्यो पनि दान हो।”</t>
+    <t>“के अल्लाहले तिमीहरूलाई दान गर्ने (अवसर) दिनुभएको छैन र? ‘सुब्हानल्लाह’ भन्नु (तस्बीह) दान हो, ‘अल्लाहु अकबर’ भन्नु (तकबीर) दान हो, ‘अल्हम्दुलिल्लाह’ भन्नु (तह्मीद) दान हो, ‘ला इलााह इल्लल्लाह’ भन्नु (तहलील) दान हो, भलाइको आदेश दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अनि तिमीहरू मध्ये कसैले आफ्नो दम्पतिसँग शारीरिक सम्बन्ध राख्दछ भने त्यो पनि दान हो।”</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
   </si>
   <si>
-    <t>अबु जर रजियल्लाहु अन्हु द्वारा कथन गरिएको छ: नबी (सल्लल्लाहु अलैहि वसल्लम) का केही सहाबाहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई भनेः
-[...6 lines deleted...]
-“तिमीहरू के भन्छौ, यदि उसले त्यो इच्छा हराम (अवैध) तरिका बाट पूरा गरेको भए, के उसमाथि पाप हुँदैनथ्यो? ठीक त्यसैगरी जब उसले यसलाई हलाल (वैध) बाट पूरा गर्छ, उसलाई त्यसमा पुण्य मिल्छ।”</t>
+    <t>अबु जर रजियल्लाहु अन्हुले वर्णन गरेका छन् : नबी (सल्लल्लाहु अलैहि वसल्लम) का केही सहाबाहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई भनेः “हे अल्लाहका रसूल! धनी मानिसहरूले त पुण्यका सबै अवसरहरूमा अघि बढिसके। उनीहरूले पनि हामीले जस्तै नमाज पढ्छन्, हामीले जस्तै रोजा राख्छन्, तर उनीहरू आफ्ना अतिरिक्त सम्पत्तिबाट दान पनि गर्छन्।” नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः “के अल्लाहले तिमीहरूलाई दान गर्ने (अवसर) दिनुभएको छैन र? ‘सुब्हानल्लाह’ भन्नु (तस्बीह) दान हो, ‘अल्लाहु अकबर’ भन्नु (तकबीर) दान हो, ‘अल्हम्दुलिल्लाह’ भन्नु (तह्मीद) दान हो, ‘ला इलााह इल्लल्लाह’ भन्नु (तहलील) दान हो, भलाइको आदेश दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अनि तिमीहरू मध्ये कसैले आफ्नो दम्पतिसँग शारीरिक सम्बन्ध राख्दछ भने त्यो पनि दान हो।” सहाबाहरूले भनेः “हे अल्लाहका दूत! हामीमध्ये कसैले आफ्नो इच्छा (कामवासना) पूरा गर्दा पनि उसलाई पुण्य मिल्छ र?” नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः “तिमीहरू के भन्छौ, यदि उसले त्यो इच्छा हराम (अवैध) तरिका बाट पूरा गरेको भए, के उसमाथि पाप हुन्छ ? ठीक त्यसैगरी जब उसले यसलाई हलाल (वैध) बाट पूरा गर्छ, उसलाई त्यसमा पुण्य मिल्छ।”</t>
   </si>
   <si>
     <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
 فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
 أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
 فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
 قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
   </si>
   <si>
-    <t>केही गरीब सहाबाहरूले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष आफ्नो कठिनाइ, गरिबी र धनी भाइहरूझैँ सम्पत्ति दान गरेर ठूलो पुण्य र प्रतिफल हासिल गर्न नसकेको, साथै नेकी (पुण्य)का कामहरूमा उनीहरू सरह अगाडि बढ्न नसकेको गुनासो गर्दै यसरी भनेः
-[...2 lines deleted...]
-“भन त, यदि कसैले आफ्नो वासना हराम स्थानमा पूरा गर्‍यो भने – जस्तै व्यभिचार आदिमा संलग्न भयो भने – के उसलाई पाप हुने छैन र? त्यसैगरी जब उसले आफ्नो वासना हलाल मार्गबाट पूरा गर्छ, तब उसलाई पुण्य र प्रतिफल अवश्य नै मिल्छ।”</t>
+    <t>केही गरीब सहाबाहरूले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष आफ्नो कठिनाइ, गरिबी र धनी भाइहरूझैँ सम्पत्ति दान गरेर ठूलो पुण्य र प्रतिफल हासिल गर्न नसकेको, साथै नेकी (पुण्य) का कामहरूमा उनीहरू सरह अगाडि बढ्न नसकेको गुनासो गर्दै यसरी भनेः
+“हामी नमाज पढ्छौँ भने उनीहरू पनि नमाज पढ्छन्, हामी रोजा राख्छौँ भने उनीहरू पनि रोजा राख्छन्। तर उनीहरूले आफ्ना अतिरिक्त धनबाट दान–खैरात गरेर हामीभन्दा अघि बढ्छन्, तर हाम्रो हातमा दान गर्न केही पनि हुँदैन।” त्यसैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तिनीहरूलाई दान–खैरात गर्ने केही त्यस्ता उपायहरू बताइदिनुभयो, जुन उनीहरूले पनि गर्न सक्थे। उहाँले भन्नुभयो: के अल्लाहले तिमीहरूका लागि दान–खैरात गर्ने बाटाहरू खोलिदिनु भएको छैन र? ‘सुब्हानल्लाह’ को जप गर्नु तिमीहरूका लागि दान हो, ‘अल्लाहु अकबर’ भन्नु दान हो, ‘अल्हम्दुलिल्लाह’ भन्नु दान हो, ‘ला इलााह इल्लल्लाह’ भन्नु दान हो, भलाइको हुकुम दिनु दान हो, नराम्रो कामबाट रोक्नु दान हो, अँझ आफ्नो पत्नीसँग शारीरिक सम्बन्ध राख्नु पनि दान हो। सहाबाहरू यस कुरामा धेरै अचम्म मानेर भनेः “हे अल्लाहका रसूल! के हाम्रो वासना पूरा गर्नेमा समेत पुण्य र प्रतिफल मिल्छ र?” उहाँ (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: “भन त, यदि कसैले आफ्नो वासना हराम स्थानमा पूरा गर्‍यो भने – जस्तै व्यभिचार आदिमा संलग्न भयो भने – के उसलाई पाप हुने छैन र? त्यसैगरी जब उसले आफ्नो वासना हलाल मार्गबाट पूरा गर्छ, तब उसलाई पुण्य र प्रतिफल अवश्य नै मिल्छ।”</t>
   </si>
   <si>
     <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
 كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
 يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
 قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
 ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
   </si>
   <si>
-    <t>सहाबाहरुको नेकीका कामहरूमा एक–अर्काभन्दा अघि बढ्न प्रतिष्पर्धा र प्रयास गर्थे र अल्लाहबाट ठूलो पुण्य र अनन्त कृपा प्राप्त गर्न अत्यन्तै आतुर रहन्थे।
-[...2 lines deleted...]
-इमाम नववी भन्नुहुन्छः यो हदिस यस कुराको दलील हो कि यदि नीयत सच्चा भयो भने सामान्य वैध (मुबाह) कामहरू पनि नेकी अर्थात् पुण्यका काम बन्छन्। यदि नीयत पत्नीको अधिकार पूरा गर्नु, अल्लाहको आदेशअनुसार उसको साथ राम्रो जीवन बिताउनु, असल सन्तानको चाहना गर्नु, आफूलाई वा पत्नीलाई पाक–दामन राख्नु, हरामतर्फ नजर नपुर्‍याउनु, हराम कुरा सोच्न वा हराम कार्य गर्ने इरादाबाट जोगिनु तथा यस्ता अन्य राम्रा उद्देश्यहरू मनमा राखिन्छ भने, सहवास पनि इबादत बन्छ।
+    <t>सहाबाहरुको नेकीका कामहरूमा एक–अर्काभन्दा अघि बढ्न प्रतिस्पर्धा र प्रयास गर्थे र अल्लाहबाट ठूलो पुण्य र अनन्त कृपा प्राप्त गर्न अत्यन्तै आतुर रहन्थे।
+भलाइका कामहरूको धेरै रूपहरू हुन्छन्। कुनै मुस्लिमले सच्चा नीयत र राम्रो उद्देश्यका साथ गरेको हरेक कार्य भलाइको कार्य हो।
+इस्लाम एक सरल र सहज धर्म हो। त्यसैले प्रत्येक मुस्लिमले आफ्नो सामर्थ्य अनुसार त्यस्तो काम गर्न सक्छ, जसले अल्लाहको आज्ञापालन पूरा हुन्छ।
+इमाम नववी भन्नुहुन्छः यो हदीस यस कुराको दलील हो कि यदि नीयत सच्चा भयो भने वैध (मुबाह) कामहरू पनि नेकी अर्थात् पुण्यका काम बन्छन्। यदि नीयत पत्नीको अधिकार पूरा गर्नु, अल्लाहको आदेशअनुसार उसको साथ राम्रो जीवन बिताउनु, असल सन्तानको चाहना गर्नु, आफूलाई वा पत्नीलाई पाक–दामन राख्नु, हरामतर्फ नजर नपुर्‍याउनु, हराम कुरा सोच्न वा हराम कार्य गर्ने इरादाबाट जोगिनु तथा यस्ता अन्य राम्रा उद्देश्यहरू मनमा राखिन्छ भने, सहवास पनि इबादत बन्छ।
 श्रोतालाई कुरा अझ राम्रोसँग बुझियोस् र उसको हृदयमा गहिरोसँग बसोस् भन्ने उद्देश्यले उदाहरण दिनु र कुनै भलाइमा तुलना गर्नु नबी (सल्लल्लाहु अलैहि वसल्लम) को तरिका हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4558</t>
   </si>
   <si>
     <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
-    <t>पहिलाका अम्बिया ( सन्देष्टाहरू)सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) कि तिमीलाई लाज नभए जे मन लाग्छ गर ।</t>
+    <t>पहिलाका अम्बिया (सन्देष्टाहरू) सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) : "यदि तिमीलाई लाज छैन भने, जे मन लाग्छ गर।</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
-    <t>हजरत अबू मस्वूद (रजियल्लाहु अन्हु)द्वारा वर्णन छ, भन्नु हुन्छ : नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो; पहिलाका अम्बिया ( सन्देष्टाहरू)सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) कि तिमीलाई लाज नभए जे मन लाग्छ गर ।</t>
+    <t>अबू मस्ऊद मस्वूद (रजियल्लाहु अन्हु) द्वारा वर्णन छ, भन्नु हुन्छ : नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो; पहिलाका अम्बिया (सन्देष्टाहरू) सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) : "यदि तिमीलाई लाज छैन भने, जे मन लाग्छ गर।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले हामीलाई भन्नु भयो:  कि अघिल्ला समयका सन्देष्टाहरूले गरेका अर्ती र उपदेशहरू जो  मानिसहरू बीचमा फैलिएका छन् र सन्तान दर सन्तान हस्तान्तरण हुँदै यो समुदायका पहिलो वंशज सम्म आइ पुगे , तिमध्ये यो पनि हो कि जुन काम तपाईं गर्न लाग्नु भएको छ त्यसलाई हेर्नु होस्, यदि त्यो काम गर्नका लागि कुनै  लाज छैन भने त्यो काम गरि हाल्नुस् , र यदि त्यो  काममा तपाईंलाई लाज मान्नु पर्ने छ भने , त्यसलाई छोडि दिनु होस् ;  नराम्रो कर्मको बाधक भनेको लाज लाग्नु हो र जसलाई लाज हुँदैन ऊ हरेक प्रकारका अनैतिक र निन्दनीय कामहरूमा लिप्त हुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई भन्नुभयो:  अघिल्ला समयका सन्देष्टाहरूले गरेका उपदेशहरू जो  मानिसहरू बीचमा फैलिएका छन् र सन्तान दर सन्तान हस्तान्तरण हुँदै यो समुदायका पहिलो वंशज सम्म आइ पुगे, तीमध्ये यो पनि हो कि जुन काम तपाईं गर्न लाग्नु भएको छ त्यसलाई हेर्नु होस्, यदि त्यो काम गर्नका लागि कुनै लाज छैन भने त्यो काम गरि हाल्नुस् र यदि त्यो काममा तपाईंलाई लाज मान्नु पर्ने छ भने , त्यसलाई छोडिदिनुहोस्;  नराम्रो कर्मको बाधक भनेको लाज लाग्नु हो र जसलाई लाज हुँदैन ऊ हरेक प्रकारका अनैतिक र निन्दनीय कामहरूमा लिप्त हुन्छ ।</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
-    <t>लजाउनु  उच्चाचरणको जरो हो ।
-[...2 lines deleted...]
-इमाम नववी (रहिमहुल्लाह)ले भन्नु भएको छ : यसमा आदेश अनुमतिमा आधारित छ । यसको अर्थ: यदि तपाइँ केही गर्न खोज्दै हुनु हुन्छ र यदि त्यो काममा तपाइँलाई अल्लाह तआला र मानिसहरूबाट गर्न लाज मान्नु पर्ने छैन भने, त्यो काम गर्न फरक परेन । अन्यथा, नगर्नु होस्, र यसैमा इस्लामको आधार रहेको छ, यसलाई यसरी बुझ्नु होस् कि जो वाजिब र मुस्तहब काम गर्न आदेश र नसीहत गरिएको छ त्यसलाई नगर्दा लाज लाग्नु पर्छ र जो कुरा अवैध र निषेध (हराम) गरिएको छ त्यसलाई गर्नमा लाज मान्नु पर्छ । जो कामहरू गर्न जायज छन्, तिनमा गर्नमा लजाउन पनि जायज छ र न गर्नमा लजाउन पनि मिल्छ । यसरी यो हदीसको दायरामा पाँचै हकुमहरू समावेश भए, केही  मानिसहरूको भनाइ अनुसार यो हदीसमा दिइएको आदेश धम्कीपुर्ण पनि छ कि यदि तिमीमा लाज भएन भने, तिमीले जे जे मन लाग्छ गरे हुन्छ ;  अल्लाहले तिमीलाई यसमा अवश्य सजाय दिनु हुनेछ, र केही को यो भनाइ पनि छ कि : यो हदीसमा "आदेश" खबर दिनका लागि हो । अर्थात् जसलाई लाज बाधक बनेन त्यो जे मनमा लाग्छ गर्दै हिँड्छ ।</t>
+    <t>लाज, उच्च आचरणको जरो हो ।
+लजाउनु सन्देष्टाहरूको (उनी माथि शान्ति होस) विशेषताहरू मध्ये एक हो र यो उनीहरूको भनाइहरू मध्ये हो ।
+लाजले नै मुस्लिमलाई सुन्दर र सजाउने काम गर्न र अपवित्र र लज्जास्पद काम त्याग्न प्रेरित गर्छ।
+इमाम नववी (रहिमहुल्लाह) ले भन्नु भएको छ : यसमा आदेश अनुमतिमा आधारित छ । यसको अर्थ: यदि तपाइँ केही गर्न खोज्दै हुनु हुन्छ र यदि त्यो काममा तपाइँलाई अल्लाह तआला र मानिसहरूबाट गर्न लाज मान्नु पर्ने छैन भने, त्यो काम गर्नुहोस् । अन्यथा, नगर्नु होस् र यसैमा इस्लामको आधार रहेको छ, यसलाई यसरी बुझ्नु होस् कि जो वाजिब र मुस्तहब काम गर्न आदेश र नसीहत गरिएको छ त्यसलाई नगर्दा लाज लाग्नु पर्छ र जो कुरा अवैध र निषेध (हराम) गरिएको छ त्यसलाई गर्नमा लाज मान्नु पर्छ । जो कामहरू गर्न जायज छन्, तिनमा गर्नमा लजाउन पनि जायज छ र न गर्नमा लजाउन पनि मिल्छ । यसरी यो हदीसको दायरामा पाँचै हकुमहरू समावेश भए, केही  मानिसहरूको भनाइ अनुसार यो हदीसमा दिइएको आदेश धम्कीपुर्ण पनि छ, यदि तिमीमा लाज भएन भने, तिमीले जे जे मन लाग्छ गरे हुन्छ; अल्लाहले तिमीलाई यसमा अवश्य सजाय दिनु हुनेछ र केहीको यो भनाइ पनि छ : यो हदीसमा "आदेश" खबर दिनका लागि हो । अर्थात् जसलाई लाज बाधक बनेन त्यो जे मनमा लाग्छ गर्दै हिँड्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>सबै कार्यहरू नियतीमा आधारित हुन्छन् र प्रत्येक व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
-    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सबै कर्महरू नियतमा (मनसाय) आधारित छन् र व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ। त्यसैले, जसको हिजरत (प्रवास/बसाईं सराई) अल्लाह र उहाँका रसूलको लागि हो, उसको हिजरत अल्लाह र उहाँका रसूलको लागि [मान्य] हुनेछ । र जसले संसार प्राप्ति वा कुनै महिलासँग विवाह गर्नको लागि हिजरत (प्रवास) गर्दछ, उसको हिजरत त्यहि उदेश्य अनुरुप हुनेछ ।" सही बुखारीमा यसरी उल्लेख छ: "सबै कार्यहरू नियतीमा आधारित हुन्छन् र प्रत्येक व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ ।"</t>
+    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "सबै कर्महरू नियत (मनसाय) मा आधारित छन् र व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ। त्यसैले, जसको हिजरत (प्रवास/बसाईं सराई) अल्लाह र उहाँका रसूलको लागि हो, उसको हिजरत अल्लाह र उहाँका रसूलको लागि [मान्य] हुनेछ र जसले संसार प्राप्ति वा कुनै महिलासँग विवाह गर्नको लागि हिजरत (प्रवास) गर्दछ, उसको हिजरत त्यहि उदेश्य अनुरुप हुनेछ ।" सही बुखारीमा यसरी उल्लेख छ: "सबै कार्यहरू नियतीमा आधारित हुन्छन् र प्रत्येक व्यक्तिलाई उसको नियत अनुसार इनाम दिइनेछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, सबै कार्यहरू नीयतमा निर्भर हुन्छन् । यो हुकुम सबै कर्म र मामिलाहरूको लागि लागु हुन्छ । जसले आफ्नो कर्मबाट केही लाभ प्राप्त गर्न चाहन्छ उसले त्यो लाभ मात्र पाउँछ, पुण्य पाउँदैन । यसको विपरित, जसले आफ्नो कर्मद्वारा अल्लाहको निकटता र प्रशन्नता प्राप्त गर्न चाहन्छ उसलाई उसको कर्मको प्रतिफल दिइन्छ, चाहे त्यो कार्य खाने र पिउने जस्तो साधारण कार्य नै किन नहोस् ।
-त्यसपछि  नबी (सल्लल्लाहु अलैहि वसल्लम) ले कार्यहरूमा  नीयतको प्रभावलाई व्याख्या गर्न एउटा उदाहरण दिनुभयो, जसमा हामी देख्छौं, कार्यको बाहिरी रूप  एउटै भए पनि परिणाम फरक हुन्छ । जसले अल्लाहको खुशी प्राप्त गर्न आफ्नो देश छोड्ने मनसाय राखेको छ, उसको प्रवास एक धार्मिक प्रवास हो र उसलाई उसको सही नियतको प्रतिफल दिइनेछ । तर जो व्यक्ति प्रवास गर्दा धन, पद, व्यापार र विवाह आदि जस्ता  सांसारिक लाभलाई प्राप्त गर्ने उद्देश्य राख्छ, उसले प्राप्त गर्न चाहेको लाभ मात्र प्राप्त हुन्छ । पुण्य र भलाइ उसलाई प्राप्त हुँदैन ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) स्पष्ट पार्दै हुनुहुन्छ, सबै कार्यहरू नीयतमा निर्भर हुन्छन् । यो हुकुम सबै कर्म र मामिलाहरूको लागि लागु हुन्छ । जसले आफ्नो कर्मबाट केही लाभ प्राप्त गर्न चाहन्छ उसले त्यो लाभ मात्र पाउँछ, पुण्य पाउँदैन । यसको विपरित, जसले आफ्नो कर्मद्वारा अल्लाहको निकटता र प्रशन्नता प्राप्त गर्न चाहन्छ उसलाई उसको कर्मको प्रतिफल दिइन्छ, चाहे त्यो कार्य खाने र पिउने जस्तो साधारण कार्य नै किन नहोस् ।
+त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले कार्यहरूमा नीयतको प्रभावलाई व्याख्या गर्न एउटा उदाहरण दिनुभयो, जसमा हामी देख्छौं, कार्यको बाहिरी रूप एउटै भए पनि परिणाम फरक हुन्छ । जसले अल्लाहको खुशी प्राप्त गर्न आफ्नो देश छोड्ने मनसाय राखेको छ, उसको प्रवास एक धार्मिक प्रवास हो र उसलाई उसको सही नियतको प्रतिफल दिइनेछ । तर जो व्यक्ति प्रवास गर्दा धन, पद, व्यापार र विवाह आदि जस्ता सांसारिक लाभलाई प्राप्त गर्ने उद्देश्य राख्छ, उसले प्राप्त गर्न चाहेको लाभ मात्र प्राप्त हुन्छ । पुण्य र भलाइ उसलाई प्राप्त हुँदैन ।</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
-    <t>इखलास [निष्ठा] अनुशरण गर्नु को प्रेरणा, किनकि अल्लाहले केवल ती कार्यहरू स्वीकार गर्नुहुन्छ जुन उहाँको खुशी प्राप्त गर्ने उद्देश्यले गरिन्छ ।
+    <t>इखलास [निष्ठा] अनुशरण गर्ने प्रेरणा, किनकि अल्लाहले केवल ती कार्यहरू स्वीकार गर्नुहुन्छ जुन उहाँको खुशी प्राप्त गर्ने उद्देश्यले गरिन्छ ।
 यदि कुनै व्यक्तिले अल्लाहको निकटता प्राप्त गर्ने कार्यहरू केवल आदतको रूपमा गर्छ भने, उसले कुनै प्रतिफल प्राप्त गर्दैन । जबसम्म उसले अल्लाहको निकटता प्राप्त गर्ने नीयत गर्दैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
-    <t>इस्लाम भनेको यो गवाही दिनु कि अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो</t>
+    <t>अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो भनेर गवाही दिनु</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : "एक दिन हामी अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा बसिरहेका थियौं, अचानक एक जना मानिस देखा परे, उनको लुगा धेरै सुकिलो सेतो र कपाल धेरै कालो थियो । उनको शरीरमा यात्राको कुनै प्रभाव देखिएको थिएन र हामी मध्ये कसैले पनि उनलाई चिन्न सकेनौं । उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि बसे र आफ्नो घुँडालाई उहाँको घुँडामा जोडेर आफ्नो दुवै हत्केला उहाँको तिघ्रामा राखे र प्रश्न सोधे: ए मुहम्मद! मलाई इस्लामको बारेमा बताउनुहोस् ? तब अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : “इस्लाम भनेको यो गवाही दिनु कि अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो ।” उनले भने : हजुरले सही जवाफ दिनु भयो । हामी आश्चार्य चकित भयौं, यो कस्तो प्रकारको व्यक्ति हो, प्रश्न पनि सोध्छ र उत्तर पनि सही हो भन्छ । उनले फेरि सोधे : मलाई ईमानको बारेमा बताउनुहोस् ?  उहाँले जवाफ दिनुभयो: “अल्लाह, उहाँका फरिश्ता (स्वर्गसन्देष्टा) हरू, उहाँका पुस्तकहरू, उहाँका रसूल (सन्देशवाहक) हरू र अन्तिम दिनमा विश्वास गर्नु तथा राम्रो नराम्रो भाग्य (तकदीर) मा विश्वास गर्नु भनेको ईमान हो ।” उनले भने : हजुरले सही जवाफ दिनु भयो । उनले फेरि सोधे : मलाई एहसानको बारेमा बताउनुहोस् ? तब उहाँले ले जवाफ दिनुभयो: "अल्लाहको आराधना यसरी गर, मानौं तिमी उहाँलाई देख्दैछौ । यदि तिमी अल्लाहलाई देखेको कल्पना गर्न सक्दैनौ भने उहाँले तिमीलाई देखिरहनुभएको छ ।" उनले फेरि सोधे : कयामत कहिले आउँछ? उहाँले ले जवाफ दिनुभयो: “जोसँग प्रश्न सोधिएकोछ उ सोध्ने व्यक्ति भन्दा बढी जान्दैन ।” फेरि उनले सोधे : त्यसो भए कयामतको संकेतको बारेमा बताउनुहोस् ? उहाँले ले जवाफ दिनुभयो: “दासीले आफ्ना मालकिनहरूलाई जन्म दिन थाल्नेछन्, खाली खुट्टा, नाङ्गो शरीर गरिब र बाख्राका गोठालाहरू अग्लो-अग्लो महलहरू निर्माण गर्नमा गर्व गर्नेछन् ।” त्यसपछि ती व्यक्ति प्रस्थान गरे । केही क्षणपछि पगम्बर स. ले मलाई सोध्नुभयो: ए उमर ! “तिमीलाई थाहा छ यो प्रश्न सोध्ने व्यक्ति को थिए?" मैले भने अल्लाह र उहाँको रसूल राम्ररी जान्नुहुन्छ । उहाँले ले भन्नुभयो : उनी जिब्रील थिए, तिमीहरूलाई तिम्रो धर्म सिकाउन आएका थिए ।”</t>
+    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : "एक दिन हामी अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को साथमा बसिरहेका थियौं, अचानक एक जना मानिस देखा परे, उनको लुगा धेरै सेतो र कपाल धेरै कालो थियो । उनको शरीरमा यात्राको कुनै प्रभाव देखिएको थिएन र हामी मध्ये कसैले पनि उनलाई चिन्न सकेनौं । उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि बसे र आफ्नो घुँडालाई उहाँको घुँडामा जोडेर आफ्नो दुवै हत्केला उहाँको तिघ्रामा राखे र प्रश्न सोधे: ए मुहम्मद! मलाई इस्लामको बारेमा बताउनुहोस् ? तब अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो : “अल्लाह बाहेक कोही सत्य पूज्य छैन र मुहम्मद अल्लाहका सन्देष्टा हुनुहुन्छ, सलाह (नमाज) कायम गर्नु, जकात दिनु, रमजानको रोजा राख्नु र सक्षम व्यक्तिले अल्लाहको घरसम्म हज गर्नु हो भनेर गवाही दिनु।” उनले भने : हजुरले सही जवाफ दिनु भयो । हामी आश्चार्य चकित भयौं, यो कस्तो प्रकारको व्यक्ति हो, प्रश्न पनि सोध्छ र उत्तर पनि सही हो भन्छ । उनले फेरि सोधे : मलाई ईमानको बारेमा बताउनुहोस् ?  उहाँले जवाफ दिनुभयो: “अल्लाह, उहाँका फरिश्ता (स्वर्गसन्देष्टा) हरू, उहाँका पुस्तकहरू, उहाँका रसूल (सन्देशवाहक) हरू र अन्तिम दिनमा विश्वास गर्नु तथा राम्रो नराम्रो भाग्य (तकदीर) मा विश्वास गर्नु भनेको ईमान हो ।” उनले भने : हजुरले सही जवाफ दिनु भयो । उनले फेरि सोधे : मलाई एहसानको बारेमा बताउनुहोस् ? तब उहाँले ले जवाफ दिनुभयो: "अल्लाहको आराधना यसरी गर, मानौं तिमी उहाँलाई देख्दैछौ । यदि तिमी अल्लाहलाई देखेको कल्पना गर्न सक्दैनौ भने उहाँले तिमीलाई देखिरहनुभएको छ ।" उनले फेरि सोधे : कयामत कहिले आउँछ? उहाँले ले जवाफ दिनुभयो: “जोसँग प्रश्न सोधिएकोछ उ सोध्ने व्यक्ति भन्दा बढी जान्दैन ।” फेरि उनले सोधे : त्यसो भए कयामतको संकेतको बारेमा बताउनुहोस् ? उहाँले ले जवाफ दिनुभयो: “दासीले आफ्ना मालकिनहरूलाई जन्म दिन थाल्नेछन्, खाली खुट्टा, नाङ्गो शरीर गरिब र बाख्राका गोठालाहरू अग्लो-अग्लो महलहरू निर्माण गर्नमा गर्व गर्नेछन् ।” त्यसपछि ती व्यक्ति प्रस्थान गरे । केही क्षणपछि पगम्बर स. ले मलाई सोध्नुभयो: ए उमर ! “तिमीलाई थाहा छ यो प्रश्न सोध्ने व्यक्ति को थिए?" मैले भने अल्लाह र उहाँको रसूल राम्ररी जान्नुहुन्छ । उहाँले ले भन्नुभयो : उनी जिब्रील थिए, तिमीहरूलाई तिम्रो धर्म सिकाउन आएका थिए ।”</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
-    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, जिब्रील (अलैहिस्सलाम) एक अपरिचित व्यक्तिको रूपमा सहाबा (पैगम्बरका साथी) हरू कहाँ आए । उनका केही विशेषताहरू यस प्रकार थियो: उनको लुगा अत्यन्त सुकिलो र सेतो थियो र कपाल धेरै कालो थियो । उनको शरीरमा थकान, धुलो छरिएको मैलो कपाल र फोहोर लुगा जस्ता यात्राको कुनै प्रभाव देखिएन । त्यहाँ उपस्थित कसैले पनि उनलाई चिन्न सकेनन् । त्यतिबेला सहाबा (पैगम्बरका साथी) हरू अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को छेउमा बसिरहेका थिए । उनी  एक विद्यार्थी जस्तै उहाँको अगाडि बसे र त्यसपछि इस्लामको बारेमा प्रश्न गरे अनि उहाँले इस्लामको पाँच स्तम्भ; शहादह (दुवै गवाही), दैनिक पाँच सलाह (नमाज) को स्थापना, हकदार व्यक्तिहरूलाई जकात दिने, रमजान महिनाको रोजा राख्ने र सक्षम व्यक्तिले हज गर्ने जवाफ दिए।
+    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, जिब्रील (अलैहिस्सलाम) एक अपरिचित व्यक्तिको रूपमा सहाबा (पैगम्बरका साथी) हरू कहाँ आए । उनका केही विशेषताहरू यस प्रकार थियो: उनको लुगा अत्यन्त सुकिलो र सेतो थियो र कपाल धेरै कालो थियो । उनको शरीरमा थकान, धुलो छरिएको मैलो कपाल र फोहोर लुगा जस्ता यात्राको कुनै प्रभाव देखिएन । त्यहाँ उपस्थित कसैले पनि उनलाई चिन्न सकेनन् । त्यतिबेला सहाबा (पैगम्बरका साथी) हरू अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) को छेउमा बसिरहेका थिए । उनी एक विद्यार्थी जस्तै उहाँको अगाडि बसे र त्यसपछि इस्लामको बारेमा प्रश्न गरे अनि उहाँले इस्लामको पाँच स्तम्भ; शहादह (दुवै गवाही), दैनिक पाँच सलाह (नमाज) को स्थापना, हकदार व्यक्तिहरूलाई जकात दिने, रमजान महिनाको रोजा राख्ने र सक्षम व्यक्तिले हज गर्ने जवाफ दिए।
 जवाफ सुनेपछि प्रश्नकर्ताले भने: तपाईंले सत्य बोल्नुभयो । यो देखेर सहाबा (पैगम्बरका साथी) हरू आश्चर्यचकित भए, उनले सोध्दा त्यसको जवाफ बारे अनभिज्ञ भए झैं सोध्दै थिए , तर जवाफ सुने पछी त्यसको जवाफ सहि भएको पुष्टि पनि गर्दै थिए  ।
 त्यसपछि उनले उहाँलाई ईमानको बारेमा सोधे, उहाँले ईमानका छ वटा निम्न स्तम्भहरूको बारेमा जवाफ दिनुभयो; अल्लाहको अस्तित्व र उहाँका गुणहरूमा विश्वास गर्नु, उहाँ सृष्टि लगायत हरेक कामहरूमा एक्लै हुनुहुन्छ र उहाँको मात्र उपासना गर्नु । अल्लाहले प्रकाशबाट सृष्टि गर्नुभएको फरिश्ता (स्वर्गदूत) हरू उहाँका आदरणीय सेवकहरू हुन्, जसले अल्लाहको अवज्ञा गर्दैनन् र उहाँका आदेशहरू पालना गर्छन् भनी विश्वास गर्नु । अल्लाहको तर्फ बाट पैगम्बरहरूका लागि पठाइएका आकाशीय ग्रन्थहरू जस्तै कुर्आन, तोराह र इन्जिल आदिमा आस्था राख्नु । त्यसैगरी सम्पूर्ण दूतहरूमा आस्था राख्नु, जस्तैः नूह, इब्राहीम (अब्राहाम), मोशा, येशू तथा अन्य दूतहरू र अन्तिम दूत मुहम्मद (सल्लल्लाहु अलैहि वा सल्लम) मा विश्वास राख्नु। अन्तिम दिनमा विश्वास गर्नु, जसमा मृत्यु पछि बर्जख (चिहान) को जीवनमा विश्वास, साथै मृत्युपछि मानिसहरुको पुनरुत्थान हुनेछ र तिनीहरुको लेखाजोखा हुनेछ र कर्म अनुसार वासस्थान; स्वर्ग वा नर्क को अस्तित्व रहेको कुरामा विश्वास गर्नु । अल्लाहले आफ्नो पूर्व ज्ञान र बुद्धि अनुसार सबै चीजहरू अघि नै लेख्नुभएको छ र पछि ती सबै चीजहरू उहाँको मनसाय र उहाँको भविष्यवाणी अनुसार हुन्छन् भन्ने तथ्यमा विश्वास राख्नु । त्यसपछि उनले एहसानको बारेमा सोधे, अनि उहाँले भन्नुभयो, एहसान भनेको अल्लाहलाई देखेको जस्तो गरी उपासना गर्नु, यदि यो ध्यान पुग्न सकिँदैन भने, अल्लाहले उसलाई हेर्दै हुनुहुन्छ सोचेर अल्लाहको उपासना गर्नु । यहाँ पहिलो स्थान दर्शन हो, जुन उच्च छ र दोस्रो स्थान मनमा ध्यान हो ।
 त्यसपछि उनले कयामत कहिले आउँछ, सोधे ? अनि उहाँले जवाफमा भन्नुभयो, कयामतको ज्ञान ती चीजहरू मध्ये एक हो जसको ज्ञान  अल्लाहले आँफुमा सुरक्षित राख्नुभएको छ । त्यसैले यसको बारेमा कसैलाई थाहा छैन । नत प्रश्न सोध्नेलाई, नत जवाफ दिनेलाई ।
 त्यसपछि उनले कयामतका संकेतहरूका बारे सोधे, अनि उहाँले  जवाफ दिनुभयो, दासी र तिनीहरूको गर्भबाट जन्मिने बच्चाहरू धेरै हुनेछन र धेरै छोराछोरीले आमाका अनाज्ञाकारी हुन्छन् र दास जस्तै व्यवहार गर्छन् । अर्को चिन्ह: अन्तिम दिनहरूमा बाख्रा चराउने गोठाला र भिखारीहरूलाई ठूलो मात्रामा सम्पत्ति दिइनेछ र तिनीहरूले एकअर्कासगँ आफ्ना सुन्दर र अग्ला भवनहरूको बारेमा घमण्ड गर्नेछन् ।
 अन्तमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, प्रश्न सोध्ने व्यक्ति जिबरील थिए, जो सहाबाहरूलाई इस्लाम सिकाउन आएका थिए ।</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को आदर्श जीवनको बयान, र उहाँ आफ्ना साथीहरू सँगै घुलमिल भएर बस्नुहुन्थ्यो र उनीहरु पनि उहाँ नजिक बस्ने गर्थे ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) को आदर्श जीवनको बयान र उहाँ आफ्ना साथीहरू सँगै घुलमिल भएर बस्नुहुन्थ्यो र उनीहरु पनि उहाँ नजिक बस्ने गर्थे ।
 प्रश्नकर्तासँग नम्रतापूर्वक व्यवहार गर्नुपर्छ र उसलाई आफ्नो नजिक बस्न दिने प्रेरणा, ताकि उसले बिना कुनै डर र हिचकिचाहट सोध्न सकोस् ।
 शिक्षकसँग शिष्ट व्यवहार गर्नुपर्छ, जसरी जिबरील रसूल (सल्लल्लाहु अलैहि वसल्लम) को अगाडि आदरपूर्वक बसेका थिए, ताकि उनी उहाँबाट ज्ञान प्राप्त गर्न सकून् ।
 इस्लामका पाँच स्तम्भहरू र ईमानका छ वटा आधारहरू छन् ।
-जब इस्लाम र इमान दुबै शब्दहरू एकसाथ आउँछन्, तब इस्लामलाई बाह्य चीजहरूको सन्दर्भमा व्याख्या गरिनेछ र इमानलाई आन्तरिक चीजहरूको सन्दर्भमा व्याख्या गरिनेछ ।
-दीन (धर्म) का फरक-फरक स्तरहरू छन् । पहिलो : इस्लाम, दोस्रो : ईमान र तेस्रो : इहसान, जुन उच्चतम हो ।
+जब इस्लाम र इमान दुबै शब्दहरू एकसाथ आउँछन्, तब इस्लामलाई बाह्य चीजहरूको सन्दर्भमा र इमानलाई आन्तरिक चीजहरूको सन्दर्भमा व्याख्या गरिनेछ ।
+दीन (धर्म) का फरक-फरक स्तरहरू छन् । पहिलो : इस्लाम, दोस्रो : ईमान र तेस्रो : इहसान र यो उत्कृष्ट श्रेणी हो ।
 प्रश्न सोध्नेलाई ज्ञान हुँदैन र अज्ञानताका कारण प्रश्न सोध्नु स्वभाविक कुरा हो । त्यसैले उनको प्रश्न र उत्तरको पुष्टिले गर्दा सहाबाहरु छक्क परेका थिए  ।
 कुनै पनि कुराहरू वर्णन गर्दा सबैभन्दा महत्त्वपूर्णबाट सुरु गर्नुपर्छ । त्यसैले इस्लामको व्याख्या गर्दा दुवै गवाहीबाट सुरु गरिएको थियो र आस्थाको व्याख्या गर्दा अल्लाहमाथिको आस्थाबाट सुरु गरिएको थियो ।
 धर्मगुरु र विद्वानसँग यस्ता कुराहरू सोध्न सकिन्छ, जुन प्रश्नकर्तालाई थाहा छ, ताकि अरूलाई पनि थाहा होस् ।
-कयामत कहिले आउँछ भन्ने जानकारी अल्लाहले आफैसँग सुरक्षित राख्नु भएको छ ।</t>
+कयामत कहिले आउँछ भन्ने जानकारी अल्लाहले आफैसँग सुरक्षित राख्नु भएको हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4563</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
-    <t>जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किन भने  इमानदारी भनेको ढुक्क हुनु हो, र झूट भनेको शंका हो।</t>
+    <t>जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किनभने  इमानदारी भनेको ढुक्क हुनु हो र झूट भनेको शंका हो।</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
-    <t>हजरत अबू हौरा सअदी (रहिमहुल्लाह)द्वारा वर्णन छ: मैले हसन बिन अली (रजियल्लाहु अनहुमा)सित सोधेँ: तपाईँले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)को के कुरा याद राख्नु भएको छ ? उहाँले भन्नु भयो : मैले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित यो याद राखेको छु : "जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किन भने  इमानदारी भनेको ढुक्क हुनु हो, र झूट भनेको शंका हो।"</t>
+    <t>अबू हौरा सअदी (रहिमहुल्लाह) द्वारा वर्णन छ: मैले हसन बिन अली (रजियल्लाहु अनहुमा) सित सोधेँ: तपाईँले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) को के कुरा याद राख्नु भएको छ ? उहाँले भन्नुभयो : मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सित यो याद राखेको छु : "जुन कुराले तिमीलाई शंकामा हाल्छ त्यो कुरा छोडेर त्यसलाई अपनाउनुपर्छ जसमा तिमी शंकामा पर्दैनौ । किनभने  इमानदारी भनेको ढुक्क हुनु हो र झूट भनेको शंका हो।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस्ता कथन र कर्महरूबाट टाढा रहने आदेश दिनु भएको छ जसका बारेमा शंका लाग्छ कि निषेधित छन् कि छैनन् ? हलाल हुन् वा हराम ? जबसम्म तिनीहरूको बारेमा कुनै शंका छैन । यस्तो कुरा अपनाउनु पर्छ  जसको बारेमा तपाई यो राम्रो हो र हलाल हो भनेर निश्चित हुनुहुन्छ ।  किन कि हृदय यिनीहरूबाट ढुक्क रहन्छ र शान्त हुन्छ, र जुन कुरामा शंका छ त्यसले हृदयलाई चिन्तित र विचलित बनाउँछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस्ता कथन र कर्महरूबाट टाढा रहने आदेश दिनु भएको छ जसका बारेमा शंका लाग्छ, निषेधित छन् कि छैनन् ? हलाल हुन् वा हराम ? जबसम्म तिनीहरूको बारेमा कुनै शंका छैन । यस्तो कुरा अपनाउनु पर्छ जसको बारेमा तपाई यो राम्रो हो र हलाल हो भनेर निश्चित हुनुहुन्छ । किनकि हृदय यिनीहरूबाट ढुक्क रहन्छ र शान्त हुन्छ र जुन कुरामा शंका छ त्यसले हृदयलाई चिन्तित र विचलित बनाउँछ ।</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
-    <t>एउटा मुस्लिमका आफ्ना मामिलाहरू निश्चिततामा आधारित हुनु पर्छ र शंकास्पदहरूलाई त्यागिनु पर्छ, र उसको आफ्नो धर्ममा अन्तरदृष्टिमा आधारित हुनु पर्छ ।
+    <t>एउटा मुस्लिमका आफ्ना मामिलाहरू निश्चिततामा आधारित हुनु पर्छ र शंकास्पदहरूलाई त्यागिनु पर्छ र उसको आफ्नो धर्ममा अन्तरदृष्टिमा आधारित हुनु पर्छ ।
 शंकामा पर्नबाट मनाहि ।
 यदि तपाईं ढुक्क र आनन्दित हुन चाहनुहुन्छ भने, शंका भएका कुराहरू छोड्नु होस् र त्यसलाई एक पट्टीबाट मिल्काइ दिनु होस् ।
 अल्लाह तआला आफ्ना भक्तहरू प्रति कृपालु र दयालु हुनु हुन्छ । यस प्रकार कि उहाँले मानिसहरूलाई यस्ता कामहरू गर्ने आदेश दिनु भएको छ जसबाट मन र आत्मालाई शान्ति मिल्छ र यस्ता कामहरूबाट रोक्नु भएको छ जसमा छट्पटी र व्याकुलता हुन्छ ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>समुहका साथ पढिएको नमाज (को पुण्य र श्रेष्ठता) बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "समुहका साथ पढिएको नमाज (को पुण्य र श्रेष्ठता) बजार वा घरमा पढिएको नमाज भन्दा बीस दर्जा बढी हुन्छ । तिमीहरूमध्ये जब कसैले वुजू गर्छ अनि राम्रो तरिकाले वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने मस्जिद नपुगेसम्म उसले चालेको हरेक पाइलाको बदलामा उसले एक पुण्य पाउँछ र उसको एउटा पाप क्षमा हुन्छ । मस्जिदमा प्रवेश गरिसकेपछि नमाजको लागि पर्खन्छ र जबसम्म नमाज पढ्ने समयलाई पर्खि बस्छ, ऊ उपासनाको अवस्थामा मानिन्छ। त्यसैगरी, यदि कुनै व्यक्ति नमाज पढेर आफ्नो स्थानमा बसिरहन्छ, जबसम्म उसले कसैलाई दुःख दिँदैन वा उसको वुजु भङ्ग हुँदैन, तबसम्म फरिश्ता (स्वर्गदूत) हरूले उसको लागि अल्लाहसँग यस्तो प्रार्थना गरिरहन्छन्: “हे अल्लाह! उमाथि दया गर्नुहोस्। हे अल्लाह! उसलाई माफ गरिदिनुहोस्। हे अल्लाह! उसको पश्चात्ताप स्वीकार गर्नुहोस्।”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई भन्नुभएको छ, यदि एक मुस्लिमले समुहका साथ नमाज पढ्छ भने, त्यो उसको घर वा बजारमा पढिएको नमाज भन्दा बीस गुणा राम्रो र पुण्यदायक हुन्छ । त्यसपछि उहाँले त्यसको कारण बताउनुभयो: यदि कुनै व्यक्तिले वुजू गर्छ र राम्रोसँग वुजू गर्छ अनि नमाज पढ्ने मनसायले मस्जिद जान्छ भने उसले चालेको हरेक कदमको बदलामा एउटा पुण्य पाउँछ र उसको एउटा पाप मेटाइन्छ । मस्जिदमा प्रवेश गरेपछि ऊ नमाजको लागि जबसम्म पर्खन्छ, उसले नमाजको पुण्य पाउनेछ र नमाज पढेर आफ्नो ठाउँमा जबसम्म बसिरहन्छ, फरिश्ता (स्वर्गदूत) हरूले उसको लागि यसरी प्रार्थना गरिरहन्छन् : "हे अल्लाह, उसलाई माफ गर्नुहोस्, हे अल्लाह, ऊ माथि कृपा गर्नुहोस्, हे अल्लाह, उसको पश्चात्ताप स्वीकार गर्नुहोस् ।" जबसम्म उसको  वुजु भङ्ग हुदैन वा उसले मानिसहरू वा स्वर्गदूतहरूलाई हानि पुर्‍याउने कुनै काम गर्दैन (तबसम्म फरिश्ताहरूले उसको लागि प्रार्थना गरिरहन्छन् ) ।</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>व्यक्तिगत रूपमा घर वा बजारमा नमाज पढ्न जायज छ, तर कुनै वैध कारणबिना जमात (सामूहिक नमाज) छोड्दा व्यक्ति पापी हुन्छ ।
 मस्जिदमा जमातका साथ नमाज पढ्नु एक्लै पढ्नु भन्दा २५ वा २६ वा २७ दर्जा उत्तम हो ।
 फरिश्ता (स्वर्गदूत) हरूको कार्यहरु मध्ये एउटा कार्य भनेको मुमिनहरूको लागि दुआ (प्रार्थना) गर्नु हो ।
 यो हदीसले मस्जिदमा वुजू गरेर जानु कति पुण्यदायक कार्य हो भन्ने कुरा प्रस्ट पार्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4566</t>
   </si>
   <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
-    <t>मानिसको शरीरको हरेक जोर्नीमा एक प्रकारको दानको हक लाग्छ।</t>
+    <t>मानिसको शरीरको हरेक जोर्नीमा एक दानको हक लाग्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसको शरीरको हरेक जोर्नीमा एक प्रकारको दानको हक लाग्छ। प्रत्येक दिन, जब सूर्य उदाउँछ, दुई जनाबीच न्याय गर्नुले दानको रूपमा गनिन्छ। कुनै मानिसलाई उसको सवारीमा चढ्न मद्दत गर्नु, या उसलाई सामान उठाएर राख्न सहयोग गर्नु पनि दान हो। राम्रो शब्द बोल्नु दान हो। नमाजतर्फ उठाइएको हरेक पाइला दान हो। अनि बाटोबाट हानिकारक चीज हटाउनु पनि दान हो।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मानिसको शरीरको हरेक जोर्नीमा एक दानको हक लाग्छ। प्रत्येक दिन, जब सूर्य उदाउँछ, दुई जनाबीच न्याय गर्नुले दानको रूपमा गनिन्छ। कुनै मानिसलाई उसको सवारीमा चढ्न मद्दत गर्नु या उसलाई सामान उठाएर राख्न सहयोग गर्नु पनि दान हो। राम्रो शब्द बोल्नु दान हो। नमाजतर्फ उठाइएको हरेक पाइला दान हो। अनि बाटोबाट हानिकारक चीज हटाउनु पनि दान हो।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले व्याख्या गर्नुभएको छ, प्रत्येक मुस्लिमले प्रत्येक दिन आफ्नो हड्डीको हरेक जोर्नीप्रति अल्लाहले गर्नुभएको उपकार र कल्याणका लागि धन्यवाद दिनुपर्छ । उहाँले मानिसको हड्डीमा जोर्नीहरू बनाउनुभएको छ, जसले गर्दा ऊ त्यसलाई संकुचित गर्न र फैलाउन सक्षम छ । सद्का (दान) सबै असल कामहरूद्वारा गरिन्छ, त्यो पैसामा मात्र निर्भर छैन, जस्तैः दुई झगडा गर्नेहरू बीच न्याय र मेलमिलाप गर्नु सदका हो । आफ्नो जनावर (सवारी) माथि बस्न नसक्नेलाई सवारीमाथि चढाउन मद्दत गर्नु वा सामान लाद्न सहयोग गर्नु सदका हो । जिक्र, दुआ र सलाम जस्ता राम्रा कुरा सदका हो । नमाज पढ्न तपाईंले चाल्नु भएको प्रत्येक पाइला सदका हो । बाटोघाटोबाट हानिकारक चीजहरू हटाउनु सदका हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले व्याख्या गर्नुभएको छ, प्रत्येक मुस्लिमले प्रत्येक दिन आफ्नो हड्डीको हरेक जोर्नीप्रति अल्लाहले गर्नुभएको उपकार र कल्याणका लागि धन्यवाद दिनुपर्छ । उहाँले मानिसको हड्डीमा जोर्नीहरू बनाउनुभएको छ, जसले गर्दा ऊ त्यसलाई संकुचित गर्न र फैलाउन सक्षम छ । सबै असल कर्महरू सद्का (दान) हुन्, त्यो पैसामा मात्र निर्भर छैन, जस्तैः दुई झगडा गर्नेहरू बीच न्याय र मेलमिलाप गर्नु सदका हो । आफ्नो जनावर (सवारी) माथि बस्न नसक्नेलाई सवारीमाथि चढाउन मद्दत गर्नु वा सामान लाद्न सहयोग गर्नु सदका हो । जिक्र, दुआ र सलाम जस्ता राम्रा कुरा सदका हो । नमाज पढ्न तपाईंले चाल्नु भएको प्रत्येक पाइला सदका हो । बाटोघाटोबाट हानिकारक चीजहरू हटाउनु सदका हो ।</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>मानव हड्डीहरूको संरचना र अखण्डता अल्लाहको सबैभन्दा ठूलो वरदान हो, त्यसैले प्रत्येक हड्डीप्रति दान दिन आवश्यक छ, ताकि उहाँको आशीर्वादको हक अदा गर्न सकियोस् ।
 यी आशिषहरूको निरन्तरताका लागि हरेक दिन कृतज्ञता नवीकरण गर्न प्रोत्साहन ।
 हरेक दिन नफल (अतिरिक्त नमाज) पढ्न र स्वैच्छिक दान दिन प्रोत्साहन ।
 मानिसहरू माझ न्याय र मेलमिलाप गर्नुको सद्गुण ।
 एक व्यक्तिलाई आफ्नो भाइलाई मद्दत गर्न आग्रह; किनभने उसलाई सहयोग गर्नु सद्का हो ।
 मस्जिदहरूमा जमातका साथ नमाज पढ्न पाइला चाल्न प्रोत्साहित ।
 मुस्लिमहरूको बाटोलाई सम्मान गर्न आवश्यक छ, त्यसैले उनीहरूलाई हानि पुऱ्याउने कुनै पनि कुरा बाटोमा फाल्नु हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4568</t>
   </si>
   <si>
     <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>दुनियाँमा यसरी रहनु जसरी एउटा अपरिचित मान्छे वा बटुवा रहन्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ: भन्नु हुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)ले मेरा दुवै कुमहरू समात्नु भयो अनि भन्नु भयो: "दुनियाँमा यसरी रहनु जसरी एउटा अपरिचित मान्छे वा बटुवा रहन्छ ।" हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) भन्ने गर्नु हुन्थ्यो " साँझ भयो भने बिहानको पर्खाइमा नबस र यदि बिहान भयो भने तिमीले साँझ पर्ने प्रतीक्षा नगर । आफ्नो स्वास्थयबाट बिमारीको र आफ्नो जिन्दगीबाट मृत्युका लागि तयारी गरेर राख ।"</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ, भन्नु हुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मेरा दुवै काँध समातेर भन्नुभयो : "दुनियाँमा यसरी रहनु जसरी एउटा अपरिचित मान्छे वा बटुवा रहन्छ ।"  अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) भन्ने गर्नु हुन्थ्यो " साँझ भयो भने बिहानको पर्खाइमा नबस र यदि बिहान भयो भने साँझ पर्ने प्रतीक्षा नगर । आफ्नो स्वास्थयबाट बिमारीको र आफ्नो जिन्दगीबाट मृत्युका लागि तयारी गरेर राख ।"</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
-    <t>हजरत इब्ने उमर (रजियल्लाहु अन्हुमा) बताउनु भयो कि नबी (सल्लल्लाहु अलैहि वसल्लम)ले उहाँका दुवै कुम ( भनेको माथिल्लो पाखुरा र काँधको जोड हो )हरू समात्नु भयो  र उहाँलाई भन्नु भयो : यो संसारमा, त्यो मान्छे जसरी रहनु जो परदेशी हुन्छ, उसलाई आश्रय दिने घर हुँदैन, उसलाई मन लाग्नका लागि साथ दिने कुनै बासिन्दा हुँदैन । परिवार, आश्रित र सम्बन्धविहीन हुन्छ । यी सबै कारण हुन् सृष्टिकर्ताबाट टाढा गर्ने । यो भन्दा अझ बाटो हिँड्ने अपरिचित व्यक्ति भन्दा झनै बढी हुनु , जो आफ्नो मातृभूमि जानका लागि बाटो लागी रहेको हुन्छ । अपरिचित मान्छे त कहिल्यै कहिल्यै कुनै न चिनेको ठाउँमा रोकिन्छ पनि , तर आफ्नो शहरका लागि हिँडेको मान्छे, हिँडेको हिँड्यै गर्छ , कतै रोकिन्न, उसको नजरमा केवल गन्तव्य हुन्छ । त्यसैले एउटा यात्रुले जसरी उसलाई गन्तव्य सम्म पुर्याउन आवश्यक पर्ने कुराहरू मात्र लिन खोज्छ त्यसरी नै एउटा इमान वालाका लागि पनि सांसारिक कुराहरूबाट त्यत्ति नै कुराहरू जम्मा गर्नु जरुरी जान्नु पर्छ जतिले ऊ आफ्नो गन्तव्य ( जन्नत) सम्म पुग्छ ।
-सो हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)ले यो उपदेशलाई पूरा पूरा व्यवहारमा ल्याउनु भयो । उहाँ भन्ने गर्नु हुन्थ्यो :बिहान भए रात आउने प्रतिक्षा नगर र रात परे बिहान हुन्छ भनेर नपर्ख । आफूलाई कब्र (समाधि)मा पुरिएका मान्छेहरू मध्ये गणना गर । किन भने मान्छेको जिन्दगी स्वास्थ्य र बिमारीबाट खाली हुँदैन । त्यसैले बिरामी पर्नु भन्दा पहिला स्वास्थ्य भएको बेलामा पुण्यका कामहरू गरि हाल । सन्चो भएको बेलामा पुण्यका कामहरू गर्दै जाऊ , कतै रोग लागेर बाटो नछेकियोस् । यस लोकको जीवनलाई सुनौलो अवसर मानेर यस्ता कुराहरू जम्मा गर जो मरे पछि काम लागून् ।</t>
+    <t>इब्न उमर (रजियल्लाहु अन्हुमा) ले उल्लेख गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनको काँध समात्नुभयो -जुन माथिल्लो पाखुरा र काँधको जोड हो- र उनलाई भन्नुभयो: यस संसारमा यसरी बस, मानौं तिमी एक अपरिचित छौ जो त्यस्तो भूमिमा आएको छ जहाँ उसलाई आश्रय दिने कुनै बासस्थान छैन, न त उसलाई सान्त्वना दिने कुनै साथी, परिवार छन्, यी सबै कारण हुन् सृष्टिकर्ताबाट टाढा गर्ने । यो भन्दा अझ बाटो हिँड्ने अपरिचित व्यक्ति भन्दा झनै बढी हुनु , जो आफ्नो मातृभूमि जानका लागि बाटो लागी रहेको हुन्छ । अपरिचित मान्छे त कहिल्यै कुनै न चिनेको ठाउँमा रोकिन्छ पनि , तर आफ्नो शहरका लागि हिँडेको मान्छे, हिँडेको हिँड्यै गर्छ, कतै रोकिन्न, उसको नजरमा केवल गन्तव्य हुन्छ । त्यसैले एउटा यात्रुले जसरी उसलाई गन्तव्य सम्म पुर्याउन आवश्यक पर्ने कुराहरू मात्र लिन खोज्छ त्यसरी नै एउटा इमान वालाका लागि पनि सांसारिक कुराहरूबाट त्यत्ति नै कुराहरू जम्मा गर्नु जरुरी जान्नु पर्छ जतिले ऊ आफ्नो गन्तव्य (जन्नत) सम्म पुग्छ ।
+अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले यो उपदेशलाई पूरा पूरा व्यवहारमा ल्याउनु भयो । उहाँ भन्ने गर्नुहुन्थ्यो :बिहान भए रात आउने प्रतिक्षा नगर र रात परे बिहान हुन्छ भनेर नपर्ख । आफूलाई कब्र (समाधि) मा पुरिएका मान्छेहरू मध्ये गणना गर । किनभने मान्छेको जिन्दगी स्वास्थ्य र बिमारीबाट खाली हुँदैन । त्यसैले बिरामी पर्नु भन्दा पहिला स्वास्थ्य भएको बेलामा पुण्यका कामहरू गरि हाल । सन्चो भएको बेलामा पुण्यका कामहरू गर्दै जाऊ , कतै रोग लागेर बाटो नछेकियोस् । यस लोकको जीवनलाई सुनौलो अवसर मानेर यस्ता कुराहरू जम्मा गर जो मरे पछि काम लागून् ।</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>प्रशिक्षणको समयमा आफूसित आत्मियता बढाउन र ध्यानाकर्षणका लागि गुरुले शिष्यको कुम समात्न सक्छ ।
-माग बिना पनि कसैको उपकार र मार्ग दर्शन गर्न सकिन्छ ।
-[...1 lines deleted...]
-परलोकको यात्रामा हिँडेका मान्छेहरूको दर्जाहरू बेग्ला बेग्लै हुन्छन् । त्यागको मामिलामा यात्रीको दर्जा नौलो मान्छेको दर्जा भन्दा उच्च हुन्छ ।
+माग बिना पनि कसैको उपकार र मार्गदर्शन गर्न सकिन्छ ।
+अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) को तालिमको तरिकाको एउटा राम्रो पक्ष भनेको उहाँ मन ढुक्क हुने उदाहरण प्रस्तुत गर्नुहुन्थ्यो । जस्तै: यहाँ भन्नुभयो: "यस संसारमा यसरी रहनु मानौं तपाईं अपरिचित वा यात्री हुनुहुन्छ।"
+परलोकको यात्रामा हिँडेका मान्छेहरूको दर्जाहरू बेग्ला बेग्लै हुन्छन् । त्यागको मामिलामा यात्रीको दर्जा विदेशी मान्छेको दर्जा भन्दा उच्च हुन्छ ।
 आशाहरू कम गर्ने र मृत्युको तयारी गर्ने बारे वर्णन।
-यो हदीसले आर्थिक बाटोहरू र सांसारिक लाभहरुलाई हराम ( अवैध) हुने बारेमा भनेको होइन । यसले केवल सांसारिक मायाजालका पछि आँखा चिम्लेर भाग्नबाट बचाउनका लागि प्रोत्साहित गर्नका लागि हो ।
-[...2 lines deleted...]
-इमान वालाको घर भनेको जन्नत हो । त्यसैले ऊ यो संसारमा अपरिचित हो । ऊ परलोकको यात्रामा गइ रहेको छ । अपरिचित जसरी शहरको कुनै कुरामा मन लगाउँदैन र उसको मन आफ्नो घरमा झुन्डिएको हुन्छ । संसारमा रहेको भनेको उसका आवश्यकताहरू पूरा होऊन् भनेर मात्र हो । आवश्यकता पूरा भए पछि ऊ आफ्नो घर जाने तयारी गरोस् ।</t>
+हदीसले जीविकोपार्जन त्याग्ने र सांसारिक सुखहरू निषेध गर्ने संकेत गर्दैन; बरु, यसले तपस्यालाई प्रोत्साहन गर्ने र त्यसको आनन्द कम गर्ने प्रोत्साहित गर्दछ।
+असल काम गर्न असमर्थ हुनुभन्दा पहिले नै हतार गर्नु पर्छ । कतै बिमारी र कालले बाटो नरोकोस् ।
+अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) को सद्गुण, किनकि उनी अल्लाहका रसूलको यो उपदेशबाट प्रभावित भएका थिए ।
+इमान वालाको घर भनेको जन्नत हो । त्यसैले ऊ यो संसारमा अपरिचित हो । ऊ परलोकको यात्रामा गइ रहेको छ । अपरिचित जसरी शहरको कुनै कुरामा मन लगाउँदैन र उसको मन आफ्नो घरमा झुन्डिएको हुन्छ । यस संसारमा उसको बसाइ भनेको उसको आवश्यकताहरू पूरा गर्नु र आफ्नो मातृभूमि फर्कने तयारी गर्नु हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4704</t>
   </si>
   <si>
     <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
   </si>
   <si>
-    <t>“एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट (वा अनावश्यक मूल्यवृद्धि) नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस्, र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी भाइबहिनीझैं हुनुहोस्</t>
+    <t>“एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस् र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी दाजुभाइझैं हुनुहोस्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
   </si>
   <si>
-    <t>अबु हुरैरा (रजि.) बाट कथन गरिएको छ: उहाँले भन्नुभयो कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट (वा अनावश्यक मूल्यवृद्धि) नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस्, र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी भाइबहिनीझैं हुनुहोस्। मुसलमान मुसलमानको दाजुभाई हो; उसले उसमाथि अन्याय गर्दैन, बेसाहारा छोड्दैन र तुच्छ ठान्दैन। र (रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो छातीतिर तीन पटक इशारा गर्दै भन्नुभयो) तक्वा अर्थात् ईशभय/निष्ठा यहाँ हुन्छ। कुनै पनि व्यक्तिलाई खराब हुनका लागि यति नै पर्याप्त छ कि उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठानोस्। हरेक मुसलमानको रगत, सम्पत्ति र इज्जत अर्को मुसलमानमाथि पूर्ण रूपमा निषेधित/ हराम छ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “एकअर्कालाई ईर्ष्या नगर्नुहोस्, छलकपट नगर्नुहोस्, घृणा नगर्नुहोस्, एकआपसमा पिठ्यूँ नफर्काउनुहोस् र एकअर्काको व्यापारमा छल नगर्नुहोस् (वा एउटाको किनबेचमा माथी अर्को किनबेच नगर्नुहोस्। सबैजना अल्लाहका भक्त बनी दाजुभाइझैं हुनुहोस्। मुस्लिम मुस्लिमको दाजुभाई हो; उसले उसमाथि अन्याय गर्दैन, बेसाहारा छोड्दैन र तुच्छ ठान्दैन। उहाँले आफ्नो छातीतिर तीन पटक इशारा गर्दै भन्नुभयो : तक्वा अर्थात् ईशभय/निष्ठा यहाँ हुन्छ। कुनै पनि व्यक्तिलाई खराब हुनका लागि यति नै पर्याप्त छ, उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठानोस्। हरेक मुस्लिमको रगत, सम्पत्ति र इज्जत अर्को मुस्लिममाथि पूर्ण रूपमा निषेधित/ हराम छ।"</t>
   </si>
   <si>
     <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
 الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
 الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
 الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
 الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
 الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
 ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
 ومن مقتضيات هذه الأخوة: 
 ألّا يَظلم أخاه المسلم ويعتدي عليه. 
 وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
 وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
 ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
 ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुसलमानलाई उसको मुस्लिम भाइसँग भलाइ गर्ने सल्लाह दिनुभएको छ र उसप्रति केही जिम्मेवारीहरू र शिष्टाचारहरू स्पष्ट गर्नुभएको छ। उदाहरणका लागि: पहिलो सल्लाह: एकअर्काप्रति ईर्ष्या नगर्नुहोस्, अर्थात् एकअर्काको उपलब्धि वा वरदान गुम्ने चाहना वा भावना नराख्नुहोस्। दोश्रो सल्लाह: यदि कसैले केही किन्ने योजना बनाएको छैन भने, बेच्ने व्यक्तिको नाफा बढाउन वा किन्नेलाई नोक्सान पुर्‍याउनको लागि मूल्य नबढाओस्। तेश्रो सल्लाह: एकअर्काप्रति घृणा नराख्नुहोस्। घृणा भन्नाले कसैलाई हानि पुर्‍याउने सोच राख्नु हो। घृणा प्रेमको विपरीत हो। तर, अल्लाहको मार्गमा घृणा राख्नु भने यसमा समावेश छैन; अल्लाहको लागि घृणा राख्नु आवश्यक छ। चौथो सल्लाह: एकअर्काप्रति पिठ्यूँ नफर्काउनहोस्  जसले गर्दा हरेकले आफ्नो मुस्लिम भाईलाई नजरअन्दाज गरोस् वा टाढा बसोस्। पाँचौं सल्लाह: तपाईंमध्ये कसैले पनि अर्को व्यक्तिको बिक्रीमा छलकपट नगर्नुहोस्, जस्तो कि खरिदकर्तालाई भन्नु — “मेरो यहाँ यस्तै सामान छ, तर कम मूल्यमा वा गुणस्तरीय राम्रो छ।” त्यसपछि, उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले एउटा समग्र सल्लाह दिनुभयो र भन्नुभयो: “तपाईंहरू भाइझैं हुनुहोस् — माथि उल्लेखित निषेधहरू कार्यहरु त्यागेर, माया, कोमलता, करुणा, मिलनसारिता र भलाइमा सहयोग प्रदर्शन गरेर, हृदय सफा राख्दै र हरेक अवस्थामा सल्लाह दिँदै रहनुहोस्।” र यस भाइचारा आवश्यक तत्वहरू मध्ये छन्: कि उसले आफ्नो मुस्लिम भाइमाथि अन्याय नगरोस् र उसलाई हानी नपुर्‍याओस्। र आफ्नो मुस्लिम भाई अन्यायमा परेको अवस्थामा त्यहाँ उसलाई छोडेर नजाओस् जहाँ उसले उसको पक्ष लिन सक्थ्यो र अन्याय हटाउन सक्थ्यो। र उसले आफ्नो मुस्लिम भाइलाई तुच्छ ठान्दैन, उसको अपमान गर्दैन र अवहेलना गर्दैन वा घृणाको नजरले हेर्दैन; यस्तो नकारात्मक व्यवहार हृदयमा अहंकारको परिणाम हुनेगर्दछ। यसपछि, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तीन पटक भन्नुभयो कि ईशभय (ताक्वा) हृदयमा हुन्छ। जसको हृदयमा तक्वा हुन्छ र राम्रो चरित्रको पालन गर्दै अल्लाहको भय तथा उसको सतर्कता आवश्यक ठान्छ भने उसले कुनै मुसलमानलाई तुच्छ ठान्न सक्दैन। कुनै व्यक्तिको खराब वा नराम्रो चरित्र हुनुको लागि यति नै पर्याप्त छ कि उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठान्छ, जुन हृदयमा रहेको अहंकार र घमण्डको परिणाम हो। तत्पश्चात्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले पहिले बताइएको कुरा पुनः पुष्टि गर्नुभयो कि प्रत्येक मुसलमान माथि अर्को मुसलमानका निम्न h कुरा हराम (वर्जित)छन:
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमलाई उसको मुस्लिम भाइसँग भलाइ गर्ने सल्लाह दिनुभएको छ र उसप्रति केही जिम्मेवारीहरू र शिष्टाचारहरू स्पष्ट गर्नुभएको छ। उदाहरणका लागि: पहिलो सल्लाह: एकअर्काप्रति ईर्ष्या नगर्नुहोस्, अर्थात् एकअर्काको उपलब्धि वा वरदान गुम्ने चाहना वा भावना नराख्नुहोस्। दोश्रो सल्लाह: यदि कसैले केही किन्ने योजना बनाएको छैन भने, बेच्ने व्यक्तिको नाफा बढाउन वा किन्नेलाई नोक्सान पुर्‍याउनको लागि मूल्य नबढाओस्। तेश्रो सल्लाह: एकअर्काप्रति घृणा नराख्नुहोस्। घृणा भन्नाले कसैलाई हानि पुर्‍याउने सोच राख्नु हो। घृणा प्रेमको विपरीत हो। तर, अल्लाहको मार्गमा घृणा राख्नु भने यसमा समावेश छैन; अल्लाहको लागि घृणा राख्नु आवश्यक छ। चौथो सल्लाह: एकअर्काप्रति पिठ्यूँ नफर्काउनहोस्  जसले गर्दा हरेकले आफ्नो मुस्लिम भाईलाई नजरअन्दाज गरोस् वा टाढा बसोस्। पाँचौं सल्लाह: तपाईंमध्ये कसैले पनि अर्को व्यक्तिको बिक्रीमा छलकपट नगर्नुहोस्, जस्तो कि खरिदकर्तालाई भन्नु — “मेरो यहाँ यस्तै सामान छ, तर कम मूल्यमा वा गुणस्तरीय राम्रो छ।” त्यसपछि, उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले एउटा समग्र सल्लाह दिनुभयो र भन्नुभयो: “तपाईंहरू भाइझैं हुनुहोस् — माथि उल्लेखित निषेधहरू कार्यहरु त्यागेर, माया, कोमलता, करुणा, मिलनसारिता र भलाइमा सहयोग प्रदर्शन गरेर, हृदय सफा राख्दै र हरेक अवस्थामा सल्लाह दिँदै रहनुहोस्।” यस भाइचाराका आवश्यक तत्वहरू मध्ये छन्: उसले आफ्नो मुस्लिम भाइमाथि अन्याय नगरोस् र उसलाई हानी नपुर्‍याओस्। आफ्नो मुस्लिम भाई अन्यायमा परेको अवस्थामा त्यहाँ उसलाई छोडेर नजाओस् जहाँ उसले उसको पक्ष लिन सक्थ्यो र अन्याय हटाउन सक्थ्यो। उसले आफ्नो मुस्लिम भाइलाई तुच्छ ठान्दैन, उसको अपमान गर्दैन र अवहेलना गर्दैन वा घृणाको नजरले हेर्दैन; यस्तो नकारात्मक व्यवहार हृदयमा अहंकारको परिणाम हुनेगर्दछ। यसपछि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले तीन पटक भन्नुभयो ईशभय (ताक्वा) हृदयमा हुन्छ। जसको हृदयमा तक्वा हुन्छ र राम्रो चरित्रको पालन गर्दै अल्लाहको भय तथा उसको सतर्कता आवश्यक ठान्छ भने उसले कुनै मुस्लिमलाई तुच्छ ठान्न सक्दैन। कुनै व्यक्तिको खराब वा नराम्रो चरित्र हुनुको लागि यति नै पर्याप्त छ, उसले आफ्ना मुस्लिम भाइलाई तुच्छ ठान्छ, जुन हृदयमा रहेको अहंकार र घमण्डको परिणाम हो। तत्पश्चात्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले पहिले बताइएको कुरा पुनः पुष्टि गर्नुभयो कि प्रत्येक मुस्लिम माथि अर्को मुस्लिमका निम्न कुरा हराम (वर्जित) छन:
 उसको रगत: उसमाथि आक्रमण गर्नु, हत्या गर्नु वा ज्यानमाथिको अन्य हानिकारक कार्य जस्तै घाउ चोट पुर्‍याउनु वा हिर्काउनु।
-उसको सम्पत्ति: उसको अधिकारविपरीत वा अनाहक कुनै कुरा लिनु।
+उसको सम्पत्ति: उसको अधिकार विपरीत वा अनाहक कुनै कुरा लिनु।
 उसको इज्जत: उसको व्यक्तित्व वा वंशजगतप्रति अपमानजनक वा अशोभनीय भाषा प्रयोग गर्नु।</t>
   </si>
   <si>
     <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
 عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
 الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
 النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
 ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
 الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
 ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
 ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
 ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
   </si>
   <si>
-    <t>ईमानी भाइचाराले जस–जस कुराको माग गर्छ, ती सबै गर्न आदेश गरिएको छ, र जस–जस कुराले त्यसको विरोध गर्छ — ती कुराहरू (बोली वा काम दुवै) बाट रोकिन आदेश गरिएको छ।
-[...3 lines deleted...]
-यदि कुनै मुसलमानले अर्को व्यक्तिजस्तै बन्ने इच्छा गर्छ, तर त्यसमा उसको वरदान खोसियोस् वा हराइयोस् भन्ने चाहना समावेश छैन भने, यो ईर्ष्याको दायरामा पर्दैन। अर्को व्यक्तिजस्तै बन्ने यो चाहनालाई “रश्क”  अर्थात् प्रेरणादायी इच्छा भनिन्छ, जुन जायज (वैध) हो र यसले मानिसलाई सत्कर्म र भलाइका काममा एकअर्काभन्दा अगाडि बढ्ने प्रेरणा दिन्छ।
+    <t>ईमानी भाइचाराले जस–जस कुराको माग गर्छ, ती सबै गर्न आदेश र जस–जस कुराले त्यसको विरोध गर्छ — ती कुराहरू (बोली वा काम दुवै) बाट रोकिन आदेश ।
+ईशभय (ताक्वा) को मुल आधार हृदयमा रहेको अल्लाहको पहिचान, उहाँप्रतिको भय र उहाँको निगरानीको भावना हो। यही ताक्वाबाट नै सत्कर्महरु उत्पन्न हुन्छन्।
+बाह्य (देखिने) विकृति वा बिग्रिएको आचरण हृदयमा रहेको ताक्वा (परहेज) को कमजोरीको प्रमाण हो।
+मुस्लिमलाई कुनै पनि रूपमा — बोलीद्वारा होस् वा व्यवहारद्वारा — दुःख दिने कामबाट रोकिन आदेश ।
+यदि कुनै मुस्लिमले अर्को व्यक्ति जस्तै बन्ने इच्छा गर्छ, तर त्यसमा उसको वरदान खोसियोस् वा हराइयोस् भन्ने चाहना समावेश छैन भने, यो ईर्ष्याको दायरामा पर्दैन। अर्को व्यक्तिजस्तै बन्ने यो चाहनालाई “रश्क” अर्थात् प्रेरणादायी इच्छा भनिन्छ, जुन जायज (वैध) हो र यसले मानिसलाई सत्कर्म र भलाइका काममा एकअर्काभन्दा अगाडि बढ्ने प्रेरणा दिन्छ।
 मानव स्वभावले स्वभावतः चाहँदैन कि कुनै राम्रो गुण वा सद्गुणमा ऊभन्दा अघि कोही अरु बढोस्। यदि उसले अरूको त्यो वरदान वा सद्गुण हराइदियोस् भन्ने इच्छा गर्छ भने, त्यो निन्दनीय ईर्ष्या (हसद) हो। तर यदि उसले केवल भलाइमा प्रतिस्पर्धा गर्न चाहन्छ भने, त्यो गिब्ता (सकारात्मक ईर्ष्या) हो, जुन जायज छ।
-यदि कुनै मुसलमानले आफ्नो भाइको खरिदबिक्रीमा हस्तक्षेप नगरी, खरिदकर्तालाई केवल यो जानकारी दिन्छ कि उसलाई सामान किन्दा ठूलो ठगी गरिएको छ भने यो सन्दर्भ“अर्कोको बिक्रीमा बिक्री गर्नु” को श्रेणीमा पर्दैन। यो त सच्चा सल्लाह (नसिहत)को हिस्सा हो — तर सर्त यो हो कि उसको नीयत खरिदकर्तालाई सल्लाह दिने होस्, बेच्नेलाई नोक्सान पुर्‍याउने होइन। किनभने कामहरू नीयत अनुसार नै मूल्यांकन गरिन्छ।
-[...1 lines deleted...]
-हदीसमा निषेध गरिएको घृणा (तनाव वा बैर) मा अल्लाहको मार्गमा घृणा समावेश हुँदैन; यो आवश्यक छ र विश्वास (इमान)को सबभन्दा मजबुत सम्बन्धहरूमा पर्दछ।</t>
+यदि कुनै मुस्लिमले आफ्नो भाइको खरिदबिक्रीमा हस्तक्षेप नगरी, खरिदकर्तालाई केवल यो जानकारी दिन्छ, उसलाई सामान किन्दा ठूलो ठगी गरिएको छ भने यो सन्दर्भ “अर्कोको बिक्रीमा बिक्री गर्नु” को श्रेणीमा पर्दैन। यो त सच्चा सल्लाह (नसिहत) को हिस्सा हो — तर सर्त यो हो कि उसको नीयत खरिदकर्तालाई सल्लाह दिने होस्, बेच्नेलाई नोक्सान पुर्‍याउने होइन। किनभने कामहरू नीयत अनुसार नै मूल्यांकन गरिन्छ।
+यदि बेच्ने दुवै पक्ष सहमत छैनन् र मूल्य तय भएको छैन भने, कुनै मुस्लिमले आफ्नो भाइको बिक्रीमा हस्तक्षेप गर्नु “अर्कोको बिक्रीमा बिक्री गर्नु” मा पर्दैन।
+हदीसमा निषेध गरिएको घृणामा अल्लाहको मार्गमा घृणा समावेश हुँदैन; यो आवश्यक छ र विश्वास (इमान) को सबभन्दा मजबुत सम्बन्धहरूमा पर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4706</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>रिसाउनु हुँदैन</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट केही वसीयत (सल्लाह दिन) आग्रह गरे र उहाँले भन्नुभयो: "रिसाउनु हुँदैन ।"  उनले यो प्रश्न बारम्बार दोहोर्‍याए तर उहाँले हरेक पटक रिसाउनु हुदैन भनिरहनुभयो ।</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट केही वसीयत (उपदेश दिन) आग्रह गरे र उहाँले भन्नुभयो: "रिसाउनु हुँदैन ।" उनले यो प्रश्न बारम्बार दोहोर्‍याए तर उहाँले हरेक पटक रिसाउनु हुदैन भनिरहनुभयो ।</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>एक जना सहाबा मध्ये अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई केही लाभदायक कुरा बताउन आग्रह गरे र उहाँले रिसाउनु हुँदैन भन्नुभयो । अर्थात्, पहिले तपाईं रिस उठ्ने कुराबाट टाढा रहनुहोस् र यदि रिस उठ्यो भने आफूलाई नियन्त्रण गर्नुहोस् र क्रोधित भएको बेला हत्या, हिंसा र गालीगलौज इत्यादिबाट जोगिनुहोस् ।
 उनले वसीयत गर्न बारम्बार दोहोर्‍याए तर उहाँले हरेक पटक रिसाउनु हुदैन भनिरहनुभयो ।</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>यस हदीसमा, रिस र क्रोधलाई निम्त्याउने चीजहरू बाट जोगिन चेतावनी  दिइएको छ । किनभने क्रोध सबै खराबीको जरो हो र यसबाट स्वयंलाई पर राख्नु नै सबै भलाईको स्रोत हो ।
 अल्लाहका लागि रिसाउनु, जस्तै निषेधित कार्यहरूको अवज्ञा गर्दा क्रोधित हुनु, एक प्रशंसनीय कुरा हो ।
 आवश्यक परेमा कुरा दोहोर्‍याउनु पर्छ, ताकि श्रोताले राम्रोसँग बुझोस् र कुराको महत्त्व उसको मनमस्तिष्कमा बसोस् ।
 विद्वान व्यक्तिसित वसीयत (सल्लाह) माग्नुको फाइदा।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन । जसले कसैलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई दुःख दिन्छ, अल्लाहले उसलाई कष्ट दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन । जसले कसैलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई दुःख दिन्छ, अल्लाहले उसलाई कष्ट दिनुहुनेछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसैलाई पनि हानि नपुर्याउनु आदेश दिनुभएको छ । त्यसैले नत आफुलाई यातना दिन पाइन्छ, नत अरुलाई दुःख दिन पाइन्छ । दुवै कुरा उत्तिकै अवैध हुन् ।
-हानिको बदलामा हानि गर्न अनुमति छैन; किनकि हानिको क्षतिपूर्ति हानिको माध्यमबाट हुँदैन, र बदला लिने खण्डमा किसास (प्रतिशोध) बाहेक अन्य कुनै किसिमको कार्यको अनुमति छैन, त्यो पनि अतिक्रमण नगरिकन ।
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसैलाई पनि हानि नपुर्याउनु आदेश दिनुभएको छ। त्यसैले नत आफुलाई यातना दिन पाइन्छ, नत अरुलाई दुःख दिन पाइन्छ । दुवै कुरा उत्तिकै अवैध हुन् ।
+हानिको बदलामा हानि गर्न अनुमति छैन; किनकि हानिको क्षतिपूर्ति हानिले हुँदैन । किसास (ज्यानको बदला ज्यान) लिदा पनि ज्यादती गर्ने अनुमति छैन।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले जसले मानिसहरूलाई हानि पुर्‍याउँछ, उसले आफैलाई हानि गर्नेछ र जसले मानिसहरूलाई कठिनाइमा पार्छ, उसले आफैलाई कठिनाइहरू भोग्नेछ भनेर चेतावनी दिनुभयो ।</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>जति नोक्सानी भएको छ, त्यो भन्दा बढी बदला लिन निषेधित गरिएको छ ।
 अल्लाहले आफ्ना सेवकहरूलाई हानि पुऱ्याउने कुनै पनि काम गर्न आदेश दिनुभएको छैन ।
-आफ्नो बोली वा कर्मबाट वा कुनै काम गरेर वा छोडेर कसैलाई हानि पुर्‍याउन अनुमति छैन, न त बदला लिँदा बखत हानि पुर्‍याउन अनुमति छ।
+वचन, कर्म वा छोडेर हानि वा चोट पुर्‍याउन निषेध।
 मानिसलाई उसको कर्म अनुसार बदला दिइन्छ । तसर्थ, जसले अरूलाई हानि पुर्‍याउँछ, अल्लाहले उसलाई हानि पुर्‍याउनु हुन्छ र जसले अरूलाई कष्टमा पार्छ, अल्लाहले उसलाई कष्टमा पार्नुहुन्छ ।
-शरियतको एउटा सिद्धान्त छ "हानी लाई निष्काशित पार्नु पर्छ ।"  शरियतले हानिलाई स्वीकार गर्दैन, बरु हानिको अन्त्य गर्दछ ।</t>
+शरियतको एउटा सिद्धान्त छ "हानी लाई समाप्त पार्नु पर्छ ।"  शरियतले हानिलाई स्वीकार गर्दैन, बरु हानिको अन्त्य गर्दछ ।</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[शवाहिद (गवाहहरु) ले गर्दा सही हो]</t>
   </si>
   <si>
     <t>[दार कुतनीले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>कुनै मुस्लिम व्यक्तिको रगत वैध हुदैन, अर्थात् उसको हत्या गर्न अनुमति छैन, सिवाय तीन अवस्थाहरूमा</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>इब्न मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "कुनै मुस्लिम व्यक्तिको रगत वैध हुदैन, अर्थात् उसको हत्या गर्न अनुमति छैन, सिवाय तीन अवस्थाहरूमा। पहिलो, विवाहित भएर व्यभिचार गर्ने व्यक्ति; दोस्रो, जसले कुनै निर्दोष मानिसको हत्या गर्छ (किसास); र तेस्रो, जसले आफ्नो धर्म त्याग्छ र मुस्लिम समुदायबाट अलग हुन्छ।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभएको छ, मुस्लिमको रगत (ज्यान) तीन विशेष अवस्थाहरूमा बाहेक हराम (अवैध) छ: पहिलो: जसले वैध रूपमा विवाहपछि व्यभिचार गरेको छ, उसलाई ढुङ्गाले हानेर मार्ने विधान छ। दोस्रो: जसले जानाजानी र नाजायज रूपमा कुनै निर्दोष व्यक्तिको हत्या गरेको छ; शर्तहरू पूरा भएमा उसलाई पनि मारिनेछ। तेस्रो: मुस्लिम समुदायबाट बाहिरिने व्यक्ति — चाहे उसले धर्मत्याग गरेर पूरा इस्लाम त्यागेको होस्, वा धर्मत्याग नगरी यसको केही अंश त्यागेको होस्, जस्तै — विद्रोहीहरू, बाटो काट्ने डाकुहरू र खवारिज जस्ता लडाकुहरू।</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>यी तीन कार्यहरू गर्नु वर्जित छ र जसले यीमध्ये कुनै एक गर्दछ, ऊ मृत्युदण्डको योग्य हुन्छ: या त कुफ्र (अविश्वास) को कारणले, जब व्यक्ति धर्मत्यागी (मुर्तद) हुन्छ; वा 'हद' (शरीअतद्वारा निर्धारित दण्ड) को कारणले, चाहे त्यो विवाहित व्यभिचारीको दोष होस्, वा जानाजानी हत्या गर्ने अपराध होस्।
+इज्जत र सम्मानको संरक्षण र यसको शुद्धता कायम राख्नु अनिवार्य छ।
+मुस्लिमको सम्मान अनिवार्य र उसको (ज्यान) सुरक्षित छ।
+यस हदीसमा मुस्लिम समुदाय (जमाअत) सँग एकजुट रहन र उनीहरूबाट अलग नहुन प्रोत्साहन दिइएको छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) को शिक्षण उत्कृष्ट थियो, किनकि उहाँका शब्दहरू कहिलेकाहीं विभाजनको रूपमा आउँथे; किनभने विभाजनले मुद्दाहरूलाई सीमित र संयोजन गर्दछ र स्मरण गर्न सहज बनाउँछ।
+अपराधीहरूलाई निरुत्साहित गर्न, समाजलाई अपराधबाट जोगाउन र संरक्षण गर्न अल्लाहले हद (दण्ड) तोक्नुभएको छ।
+यी हद (सजाय) हरूको कार्यान्वयन शासक (वली अल-अम्र) को विशेष अधिकार परिधि भित्र पर्दछ।
+मृत्युदण्डका  कारणहरू धेरै छन्, तर ती सबै अन्ततः उक्त तीन उल्लेखित सीमाभित्रै रहन्छन्। इमाम इब्नुल-अरबी अल-मालिकीले भन्नुभएको छ, (ज्यान मार्ने सजाय) कुनै पनि अवस्थामा यी तीन कारणहरूबाट बाहिर जान सक्दैन । जसले जादू गर्छ वा अल्लाहका कुनै पनि सन्देशवाहकको अपमान गर्छ, उसले वास्तवमा "कुफ्र" गरेको हुन्छ; त्यसकारण ऊ "धर्म त्याग्ने" श्रेणीमा पर्छ।'</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
-    <t>सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र ( जपन/ ध्यान)मा लागेको होस् ।</t>
+    <t>सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र (जपन/ ध्यान) मा लागेको होस् ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन बुस्र (रजियल्लाहु अन्हु)द्वारा वर्णन छ: एक जना मान्छेले भन्यो : हे अल्लाहका रसूल ! इस्लामका आदेशहरू धेरै भएकाले मलाई गार्हो भयो । तसर्थ मलाई कुनै यस्तो कुरा बताइ दिनु होस् कि जो म सजिलोगरि समात्न सकूँ । उहाँले भन्नु भयो : "सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र ( जपन/ ध्यान)मा लागेको होस् ।"</t>
+    <t>अब्दुल्लाह बिन बुस्र (रजियल्लाहु अन्हु) द्वारा वर्णन छ: एक जना मान्छेले भन्यो : हे अल्लाहका रसूल ! इस्लामका आदेशहरू धेरै भएकाले मलाई गार्हो भयो । तसर्थ मलाई कुनै यस्तो कुरा बताइ दिनुहोस्, जसलाई म सजिलोसँग समात्न सकूँ । उहाँले भन्नुभयो : "सदैव तिम्रो जिब्रो (मुख) अल्लाहको जिक्र (जपन/ ध्यान) मा लागेको होस् ।"</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
-    <t>एक जना मान्छेले नबी (सल्लल्लाहु अलैहि वसल्लम)सित गुनासो गर्यो कि उसलाई नफ्ली उपासनाहरू यति धेरै लाग्छन् कि कमजोरीका कारण पूरा गर्न सक्दैन । त्यस पछि उसले अनुरोध गर्यो कि कुनै सानो यस्तो काम बताइ दिनु पर्यो जसले धेरै सवाब ( प्रतिफल) मिलोस् र उसले त्यसलाई बलियोसित समात्न पनि सकोस् ।
-सो अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले उसलाई यसको तरिका बताउनु भयो कि निरन्तर उसको मुखमा अल्लाह जिक्र होस् र हरेक अवस्था र हालतमा अल्लाहको याद होस् । जिक्रमा सुब्हानल्लाह, अल्हम्दुदिल्लाह,अस्तग्फिरुल्लाह आदी दुआहरू सम्मिलित छन् ।</t>
+    <t>एक जना मान्छेले नबी (सल्लल्लाहु अलैहि वसल्लम) सित गुनासो गर्यो, नफ्ली (ऐच्छिक) उपासनाहरूको संख्या धेरै भएको अनि आफु कमजोर भएकोले त्कायसलाई पुरा गर्न असमर्थ छु। त्यसपछि उनले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई एउटा सजिलो कामको लागि मार्गदर्शन गर्न आग्रह गरे जसले ठूलो प्रतिफल ल्याउनेछ, जुन उसले पालन गर्न र दृढतापूर्वक समात्न सक्नेछ।
+सो अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई यसको तरिका बताउनु भयो, निरन्तर मुखमा अल्लाह जिक्र होस् र हरेक अवस्था र हालतमा अल्लाहको याद होस्; जिक्रमा सुब्हानल्लाह, अल्हम्दुदिल्लाह, अस्तग्फिरुल्लाह आदि दुआहरू ।</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
-    <t>अल्लाहको जिक्रमा निरन्तरता दिने विशिष्टता
-[...3 lines deleted...]
-उहाँले(सल्लल्लाहु अलैहि वसल्लम), प्रश्नकर्तालाई  उसलाई उपयुक्त हुने कुरा ध्यानमा राखेर जवाफ दिनु ।</t>
+    <t>अल्लाहलाई निरन्तर सम्झनुको सद्गुण।
+इनाम र कल्याण (भलो)  कमाउने माध्यमहरू सहज बनाउनु अल्लाहको ठूलो आशीर्वाद हो।
+भलाई र पुण्यका कामहरूमा मानिसहरू फरक-फरक हुन्छन्।
+धेरै भन्दा धेरै र मन लगाएर  सुब्हानल्लाह, अल्हम्दुदिल्लाह, ला इलाह इल्लाल्लाह, अल्लाहु अक्बर आदि भन्नु कैयौँ नफील उपासनाहरू भन्दा उत्तम हुन्छ ।
+उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले प्रश्नकर्तालाई उपयुक्त हुने कुरा ध्यानमा राखेर जवाफ दिनु ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4716</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
-    <t>तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागि पराउछ ।</t>
+    <t>तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागिमन पराउछ ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
-    <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागि पराउछ ।"</t>
+    <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागिमन पराउछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जबसम्म कुनै मुस्लिमले आफ्नो भाइको लागि आफूलाई मन पर्ने आज्ञाकारिता अनि दीन र दुनियाँका राम्रा कुराहरू मन पराउँदैन र आफुले घृणा गर्ने कुरा उसको लागि घृणा गर्दैन, तबसम्म उसको ईमान पूर्ण हुन सक्दैन । यदि उसले कुनै मुस्लिम भाइमा धार्मिक कुराहरूमा केही कमीकमजोरी देख्छ भने उसले त्यसलाई सुधार्ने प्रयास गर्नुपर्छ । यदि उसमा कुनै भलाई देख्छ भने त्यसमा उसको मद्दत गर्नुपर्छ । दीन र दुनियाँका कुराहरूमा राम्रो सल्लाह दिनुपर्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जबसम्म कुनै मुस्लिमले आफ्नो भाइको लागि आफूलाई मन पर्ने आज्ञाकारिता अनि दीन र दुनियाँका राम्रा कुराहरू मन पराउँदैन र आफुले घृणा गर्ने कुरा उसको लागि घृणा गर्दैन, तबसम्म उसको ईमान पूर्ण हुन सक्दैन । यदि उसले कुनै मुस्लिम भाइमा धार्मिक कुराहरूमा केही कमीकमजोरी देख्छ भने उसले त्यसलाई सुधार्ने प्रयास गर्नुपर्छ । यदि उसमा कुनै भलाई देख्छ भने त्यसमा उसको साथ र सहयोग गर्नुपर्छ । दीन र दुनियाँका कुराहरूमा राम्रो सल्लाह दिनुपर्छ ।</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>मुस्लिमले आफ्नो भाइको लागि त्यही रोज्नु अनिवार्य हो, जुन उसले आफ्नो लागि रोजेको छ । किनभने आफ्नो लागि मन पर्ने कुरा आफ्नो भाइलाई मन नपराउने व्यक्ति मुमिन हुन सक्दैन भनिएको छ ।
 इस्लामिक दाजुभाइको भाइचारा वंशको दाजुभाइ भन्दा माथि छ, त्यसैले यसको हक धेरै छ ।
 यस प्रेम विपरीत सबै कार्यहरू निषेध छन्, जस्तै धोखा, गीबत (चुक्ली), ईर्ष्या र मुस्लिमको जीउधन र इज्जतमाथि आक्रमण गर्नु ।
 "केही शब्दहरूको प्रयोगले कार्यप्रतिको प्रेरणा बढाउँछ; जस्तै 'आफ्नो भाइका लागि' भन्ने प्रयोगले स्नेह र उत्तरदायित्वको भावना उत्पन्न गर्छ।"
 अल-किरमानीले भनेका छन्: आफुले घृणा गर्ने कुरा आफ्नो भाइको लागि पनि घृणा गर्नु ईमानको अंश हो, तर यसलाई उल्लेख गरिएन; किनकि कुनै चीजलाई माया गर्दा उसको विपरीतलाई घृणा स्वतः हुन्छ, त्यसैले यसलाई उल्लेख गरिएन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
-    <t>यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी [सहज तरिकाले] जीविका दिनुहुनेछ जसरी  चरा लाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
+    <t>यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी जीविका दिनुहुनेछ जसरी चरालाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
-    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी [सहज तरिकाले] जीविका दिनुहुनेछ जसरी  चरा लाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
+    <t>उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "यदि तिमीहरु अल्लाहप्रति त्यसरी भरोसा गर्छौ जसरी भरोसा गर्ने हक छ, उहाँले तिमीहरुलाई त्यसै गरी जीविका दिनुहुनेछ जसरी चरालाई दिनुहुन्छ। ती चराहरु बिहान खाली पेट निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् ।”</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीलाई  सम्पूर्ण मामिलाहरुमा अल्लाहमा भरोसा गर्न प्रेरित गर्दै हुनुहुन्छ चाहे सांसारिक मामिला होस् वा धार्मिक मामिला साथै त्यो लाभ प्राप्तिको होस् वा हानिबाट बच्नको लागि । किनकि प्रदान गर्ने वाला र रोक्ने वाला, हानि गर्ने र फाइदा दिने वाला एक अल्लाह मात्र हुनुहुन्छ । हामीले अल्लाहमा इमान्दारीपूर्वक भरोसा राखेर फाइदा पुर्‍याउने र हानिबाट जोगाउने कामहरू गर्नुपर्दछ । जब हामी यसो गर्छौं, अल्लाहले हामीलाई भोकाएका पंक्षीहरू जस्तै जीविकोपार्जन दिनुहुन्छ, जो बिहान भोकै बाहिर निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् । वास्तवमा,  चराहरूको यो कार्य निर्भरता र आलस्य बिना जीविका खोज्ने एक प्रयास हो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) हामीलाई सम्पूर्ण मामिलाहरुमा अल्लाहमा भरोसा गर्न प्रेरित गर्दै हुनुहुन्छ चाहे सांसारिक मामिला होस् वा धार्मिक मामिला साथै त्यो लाभ प्राप्तिको होस् वा हानिबाट बच्नको लागि । किनकि प्रदान गर्ने वाला र रोक्ने वाला, हानि गर्ने र फाइदा दिने वाला एक अल्लाह मात्र हुनुहुन्छ । हामीले अल्लाहमा इमान्दारीपूर्वक भरोसा राखेर फाइदा पुर्‍याउने र हानिबाट जोगाउने कामहरू गर्नुपर्दछ । जब हामी यसो गर्छौं, अल्लाहले हामीलाई भोकाएका पंक्षीहरू जस्तै जीविकोपार्जन दिनुहुन्छ, जो बिहान भोकै बाहिर निस्कन्छन् र बेलुका पेट भरेर फर्कन्छन् । वास्तवमा,  चराहरूको यो कार्य निर्भरता र आलस्य बिना जीविका खोज्ने एक प्रयास हो ।</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>अल्लाहमा भरोसा गर्ने सद्गुण र अल्लाहमा भरोसा गर्नु नै जीविका प्राप्तिको प्रमुख कारण हो ।
-आफैले उपाय लाउनु र साधन अपनाउनु अल्लाहमाथि भरोसाको विरुद्ध होइन, किनकि जीविकाको खोजीमा बिहान र बेलुका बाहिर निस्कनु अल्लाहमाथिको वास्तविक भरोसाको हो भनेर उहाँले  उल्लेख गर्नुभएको छ ।
+साधन अपनाउनु अल्लाहमाथि भरोसाको विरुद्ध होइन, किनकि जीविकाको खोजीमा बिहान र बेलुका बाहिर निस्कनु अल्लाहमाथिको वास्तविक भरोसा हो भनेर उहाँले उल्लेख गर्नुभएको छ ।
 शरीयतले हृदयको नियती तर्फ पनि ध्यान केन्द्रित गर्दछ, किनकि अल्लाहमा भरोसा गर्नु हृदयको नियती हो ।
 साधनमा मात्र भर पर्नुको अर्थ व्यक्तिमा धार्मिकताको कमी दर्शाउछ भने अल्लाहमा भरोसा गर्ने नाममा साधनलाई त्याग्नुको अर्थ व्यक्तिमा विवेकको  कमीलाई झल्काउँछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4721</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>यदि मानिसहरूलाई उनीहरूको दाबीको आधारमा दिइयो भने कतिपयले जनताको सम्पत्ति र रगतको दाबी गर्नेछन् । तसर्थ, दाबी गर्नेले प्रमाण दिनुपर्छ र अस्वीकार गर्नेले कसम खानुपर्छ ।</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यदि मानिसहरूलाई उनीहरूको दाबीको आधारमा दिइयो भने कतिपयले जनताको सम्पत्ति र रगतको दाबी गर्नेछन् । तसर्थ, दाबी गर्नेले प्रमाण दिनुपर्छ र अस्वीकार गर्नेले कसम खानुपर्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, यदि मानिसहरूलाई बिना प्रमाण तिनीहरूको दावीको आधारमा मात्र क्षतिपूर्ति दिइने हो भने मानिसहरूले जनताको सम्पत्ति र रगतको दाबीसमेत गर्नेछन् । त्यसैले दावीकर्ताले आफूले माग गरेको कुराको प्रमाण उपलब्ध गराउनुपर्छ । यदि उनीसँग प्रमाण छैन भने मुद्दा प्रतिवादी समक्ष पेश गरिनेछ र यदि उसले अस्वीकार गर्यो भने शपथ खाई निर्दोष हुनुपर्दछ ।</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
-    <t>इब्न दकीक अल-इदले भने: यो हदीस अह्काम (नियमहरू) को आधारहरूमध्ये एक अहम आधार हो । विशेषगरी विवाद र असहमतिको समयमा सबैभन्दा ठूलो सन्दर्भ हो ।
+    <t>इब्न दकीक अल-इदले भने: यो हदीस अह्काम (नियमहरू) को आधारहरूमध्ये एक अहम आधार हो । विशेषगरी विवाद र असहमतिको समयमा सबैभन्दा ठूलो श्रोत हो ।
 शरियतको उद्देश्य भनेको जनताको सम्पत्ति र रगतलाई हेरफेरबाट जोगाउनु हो ।
 काजी (न्यायाधीश) ले आफ्नो ज्ञानको आधारमा फैसला गर्नुहुँदैन, बरु प्रमाणको आधारमा गर्नुपर्छ ।
-कुनै पनि व्यक्तिले बिना प्रमाण दाबी गर्छ भने त्यो अमान्य हो, चाहे त्यो अधिकार, लेनदेन, ईमान र विज्ञानको बारेमा किन नहोस् ।</t>
+कुनै पनि व्यक्तिले बिना प्रमाण दाबी गर्छ भने त्यो अस्वीकार हो, चाहे त्यो अधिकार, लेनदेन, ईमान र विज्ञानको बारेमा किन नहोस् ।</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>आदमको सन्तानले आफ्नो पेटभन्दा खराब कुनै भाँडो भर्दैन। मानिसलाई आफ्नो ढाड सोझो राख्न (अर्थात् जीवित रहन) केही गाँस खाना नै पर्याप्त हुन्छ। यदि उसले (पेट) भर्नै पर्ने भएमा, एक तिहाइ भाग खानाको लागि, एक तिहाइ पिउनेको लागि र एक तिहाइ भाग सासको लागि (छोड्नुपर्छ)।</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>मिक्दाम बिन मअदीकरिब (रजियल्लाहु अन्हु) ले बयान गर्छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भन्दै गरेको सुनेँ: "आदमको सन्तानले आफ्नो पेटभन्दा खराब कुनै भाँडो भर्दैन। मानिसलाई आफ्नो ढाड सोझो राख्न (अर्थात् जीवित रहन) केही गाँस खाना नै पर्याप्त हुन्छ। यदि उसले (पेट) भर्नै पर्ने भएमा, एक तिहाइ भाग खानाको लागि, एक तिहाइ पिउनेको लागि र एक तिहाइ भाग सासको लागि (छोड्नुपर्छ)।"</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई चिकित्सा विज्ञानको एक मूल सिद्धान्त, अर्थात् रोग रोकथामतर्फ मार्गदर्शन गर्नुभएको छ, जस अनुसार मानिसले आफ्नो स्वास्थ्यको रक्षा गर्न आफ्नो आहारलाई नियन्त्रित गर्नुपर्छ। उसले ग्रहण गर्ने भोजन केवल भोकलाई शान्त गर्न र आवश्यक कार्य सम्पादनका लागि शक्ति प्राप्त गर्न मात्र हुनुपर्छ। मानिसले भर्ने भाँडोहरूमध्ये सबैभन्दा खराब पेट हो, किनकि अत्यधिक भोजनले तत्काल वा पछि गएर आन्तरिक एवं बाह्य रूपमा गम्भीर तथा अनेकौं रोगहरू निम्त्याउँछ। त्यसपछि, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यदि मानिसलाई पेट भर्नै पर्ने भएमा, उसले आफ्नो पेटलाई तीन भागमा बाँड्नुपर्छ: एक तिहाइ खानाको लागि, एक तिहाइ पिउनको लागि र एक तिहाइ सासको लागि। यसो गर्दा उसलाई कुनै कष्ट वा हानि हुँदैन र आलस्य पनि उत्पन्न हुँदैन, जसकारण उसले अल्लाहद्वारा (धर्म वा संसारको मामिलामा) अनिवार्य गरिएका कर्तव्यहरू पूरा गर्न सक्छ।"</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>अत्यधिक खानपिन गर्नु हुँदैन—यो चिकित्सा विज्ञानका आधारभूत सिद्धान्त हो, किनकि धेरै खानपानबाट हुने रोग र ज्वरोहरू हुन्छन्।
+खानपानको उद्देश्य स्वास्थ्य र शक्तिको संरक्षण हो र यी दुवैले जीवनको सुरक्षा सुनिश्चित गर्दछन्।
+पेटभरि खानाले शारीरिक र धार्मिक दुवै प्रकारका हानिहरू हुन्छन्। उमर (रजियल्लाहु अन्हु) ले भन्नुभयो: "तिमीहरू अत्यधिक पेटभरेर खानाबाट बच्नु। किनकि यो शरीरको लागि हानिकारक छ र नमाजमा आलस्य ल्याउँछ।"
+खानालाई शरई हुकुमको दृष्टिले पाँच भागमा विभाजन गरिएको छ:
+फर्ज (अनिवार्य): त्यो खाना जसले जीवन संरक्षण गर्छ र जसलाई नखाँदा हानि वा मृत्युको डर हुन्छ।
+जायज (अनुमत): त्यो खाना जुन आवश्यक मात्राभन्दा बढी हो, तर हानिको भय छैन।
+मकरूह (मन नपराएको): त्यो खाना जसबाट हानि हुने सम्भावना हुन्छ।
+हराम (वर्जित): त्यो खाना जसको हानि निश्चित रूपमा थाहा छ।
+मुस्तहब (पुण्यकारी): त्यो खाना जुन अल्लाहको इबादत र आज्ञापालनमा मद्दत पुर्‍याउने उद्देश्यले खाइन्छ।
+यी सबै कुराहरूलाई हदीसमा तीन तहमा संक्षेपमा प्रस्तुत गरिएको छ:
+१. पहिलो: पेट पूरा भरेर खानु। २. दोस्रो: जिउनको लागि केही गाँस वा थोरै खानु। ३. तेस्रो: रसूल (सल्लल्लाहु अलैहि वसल्लम) को वचन: “एक तिहाइ खानाको लागि, एक तिहाइ पिउनको लागि र एक तिहाइ सासको लागि” यी सबै नियमहरू खाना हलाल भएको अवस्थामा मात्र लागू हुन्छन्।
+यो हदीस चिकित्सा विज्ञानको एक मूल नियम हो। चिकित्सा विज्ञान तीन मूल सिद्धान्तमा आधारित छ: १- शक्तिको संरक्षण (हिफ्ज़ अल-कुव्वत)। २- खानपानमा सन्तुलन (हिम्या)। ३- शरीरको शुद्धीकरण (इस्तिफ्राग़)।
+हदीसले पहिलो दुई सिद्धान्तलाई समेट्छ, जसको पुष्टि अल्लाहको यो वचनले पनि गर्छ: "खाऊ र पिऊ, तर फजुल खर्ची नगर। निश्चय नै उहाँ फजुल खर्ची गर्नेहरूलाई मन पराउनुहुन्न।" [सूरह अल-अराफ: ३१]
+यो हदीस शरीअतको पूर्णताको प्रमाण हो, किनभने यसले मानिसको धर्म र संसार दुवैको हितलाई समेटेको छ।
+शरीअतको ज्ञानमा चिकित्साशास्त्रका मूल सिद्धान्तहरू र त्यसका केही प्रकारहरू पनि समावेश छन्—जसरी मह (मधु) र मुग्रेलो (हब्बा सउदा) सम्बन्धी शिक्षाहरूमा उल्लेख गरिएको छ।
+शरीअतका नियमहरूमा गहिरो बुद्धिमत्ता र उच्च उद्देश्य निहित रहेका छन्। ती नियमहरू हानि हटाउने र लाभ पुर्‍याउने सिद्धान्तमा आधारित छन्।</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>जसले हाम्रो यो धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ, जुन हाम्रो धर्ममा छैन, त्यो स्वीकार्य हुँदैन</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले हाम्रो यो धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ, जुन हाम्रो धर्ममा छैन, त्यो स्वीकार्य हुँदैन।" (बुखरी र मुस्लिम) मुस्लिममा अर्को हदीस छ: "जसले कुनै यस्तो काम गर्छ, जुन हाम्रो तरिका अनुसार छैन, त्यो स्वीकार्य छैन ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले धर्ममा कुनै नयाँ कुरा आविष्कार गर्छ वा कुरआन र हदीसबाट प्रमाणित नभएको कुरा गर्छ भने त्यसलाई उसै तर्फ फर्काइनेछ र त्यो अल्लाहको नजरमा स्वीकार्य छैन ।</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>ईबादत (उपासना) को आधार कुरान र हदीस हो । तसर्थ, हामी कुरान र हदीसमा उल्लेख गरिएको तरिका अनुसार अल्लाहको उपासना गर्नेछौं । 
 तसर्थ, नयाँ उपासना वा उपासनाका नयाँ रूपहरूबाट सधैं टाढा रहनुहोस् ।
-धर्म - विचार र राम्रा भावनामा आधारित हैन । यो त रसूल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरणमा आधारित छ ।
+धर्म - विचार र राम्रा भावनामा आधारित छैन । यो त रसूल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरणमा आधारित छ ।
 यो हदीस धर्मको पूर्णताको प्रमाण हो ।
-बिदअत भनेको त्यो प्रत्येक आस्था, कथन वा कार्य हो जुन धर्मको एक भागको रूपमा आविष्कार गरिएको हो र यो रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका साथीहरूको समयमा अवस्थित थिएन ।
+बिदअत भनेको त्यो प्रत्येक आस्था, कथन वा कार्य हो जुन धर्मको रूपमा आविष्कार गरिएको हो र यो रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका साथीहरूको समयमा थिएन ।
 यस हदीसले इस्लामको आधारहरुमध्ये एक महत्वपूर्ण सिद्धान्त र इबादतको लागि यो एक मापदण्ड प्रस्तुत गर्दछ । जसरी कुनै कार्यमा इख्लास (अल्लाहको प्रसन्नता) छैन भने गर्ने व्यक्तिले त्यसको कुनै प्रतिफल पाउँदैन, त्यसैगरी यदि इबादत रसूल (सल्लल्लाहु अलैहि वसल्लम) को तरिका अनुसार छैन भने गर्ने व्यक्ति तर्फ फर्काइनेछ ।
 धर्मसँग सम्बन्धित नयाँ चीजहरू आविष्कार गर्न मात्र निषेध गरिएको छ, संसारसँग सम्बन्धित कुरा होइन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4792</t>
   </si>
   <si>
     <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
   </si>
   <si>
-    <t>जो कसैले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ</t>
+    <t>जसले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
   </si>
   <si>
-    <t>अबु हुरैरह् (रजिअल्लाहु अनहु) बाट वर्णन छ कि उहाँ भन्नुहुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः "जो कसैले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ ।
-[...2 lines deleted...]
-र अल्लाह मानिसको सहायता गरिरहनुहुन्छ जबसम्म त्यो मानिस आफ्ना भाइहरूको सहायता गर्दै जान्छ।
+    <t>अबु हुरैरह् (रजिअल्लाहु अनहु) बाट वर्णन छ, उहाँ भन्नुहुन्छ: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयोः "जसले कुनै मोमिनको संसारिक समस्याबाट कुनै समस्या हटाउँछ, अल्लाहले कायमतको दिन उसको एक समस्या हटाउनु हुनेछ ।
+जसले कुनै गरिबको दुःखमा सहजता ल्याउँछ, अल्लाहले उसलाई संसार र परलोकमा सहजता दिनेछन् ।
+जसले कुनै मुस्लिमको गल्तीलाई ढाकछोप गर्दछ, अल्लाहले संसार र परलोकमा उसको गल्तीलाई ढाकछोप गर्नुहुन्छ।
+अल्लाह मानिसको सहायता गरिरहनुहुन्छ जबसम्म त्यो मानिस आफ्ना भाइहरूको सहायता गर्दै जान्छ।
 जो व्यक्ति ज्ञानको खोजीमा कुनै मार्गमा लाग्छ, अल्लाहले त्यसको निम्ती उसका लागि स्वर्गको बाटो सजिलो बनाउनेछन्।
-जब केही मानिसहरू अल्लाहको कुनै घरमा भेला भएर अल्लाहको किताब (कुरआन)को पाठ गर्छन् र एकअर्कालाई सिकाई रहन्छन्, तब उनीहरूमा शान्ति अवतरण हुन्छ, अल्लाहको कृपा उनीहरूलाई ढाक्छ र अल्लाहले आफ्ना फरिश्ताहरू माँझ उसको चर्चा गर्नुहुन्छ।
-र जसको कर्मले उसलाई पछाडि पार्छ भने उसको वंशले उसलाई अघि बढाउन सक्दैन।"</t>
+जब केही मानिसहरू अल्लाहको कुनै घरमा भेला भएर अल्लाहको किताब (कुरआन) को पाठ गर्छन् र एकअर्कालाई सिकाई रहन्छन्, तब उनीहरूमा शान्ति अवतरण हुन्छ, अल्लाहको कृपा उनीहरूलाई ढाक्छ र अल्लाहले आफ्ना फरिश्ताहरू माँझ उसको चर्चा गर्नुहुन्छ।
+जसको कर्मले उसलाई पछाडि पार्छ भने उसको वंशले उसलाई अघि बढाउन सक्दैन।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
 ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
 ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
 والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
 ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
 وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
 ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रष्ट पार्नुभयो कि अल्लाहको नजरमा मुस्लिमलाई त्यही किसिमको पुण्य र प्रतिफल प्राप्त हुन्छ, जुन उसले अरू मुसलमानहरूसँग व्यवहार गर्छ। जसले कुनै मुसलमानबाट दुनियाको कुनै कठिनाइ वा पीडा हटाउँदछ भने अल्लाह तआलाले त्यसको बदलामा उसलाई कयामतको दिनका कठिनाइहरू र कष्टहरू मध्ये कुनै एक कठिनाइबाट मुक्ति दिनुहुनेछ। र जसले कुनै कठिनाइमा परेका (ऋणी वा पीडित) व्यक्तिलाई सजिलो बनायो, उसमाथिको कठिनाइ हटायो र उसको बोझ हल्का गर्‍यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा सजिलो र राहत प्रदान गर्नुहुनेछ। र जसले कुनै मुसलमानको कमजोरी वा गल्ती (जसको भेद खुल्न उचित हुँदैन) लुकायो र उसको इज्जत ढाक्यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा ढाक्नुहुनेछ (अर्थात् उसको त्रुटिहरू लुकाउनुहुनेछ र इज्जत कायम राख्नुहुनेछ)। र अल्लाह आफ्नो भक्त (मोमिन) को सहयोगी रही रहनुहुन्छ, जबसम्म त्यो भक्त (मोमिन) आफ्ना धार्मिक र सांसारिक कामहरूमा आफ्ना भाइ (मुसलमान) को मद्दत गर्न लागिपरेको हुन्छ। यो मद्दत दुआद्वारा, भौतिक सहयोगद्वारा, आर्थिक सहयोगद्वारा वा अन्य कुनै तरिकाबाट हुन सक्छ। र जसले अल्लाहको खुशी/प्रशन्नता प्राप्तिको नीयतले धार्मिक ज्ञान हासिल गर्नको लागि यात्रा गर्‍यो (वा प्रयास गर्‍यो), अल्लाह तआला उसलाई त्यस ज्ञानको कारण स्वर्गतर्फ जाने बाटो सजिलो बनाइदिनुहुन्छ। र जब कुनै समूह अल्लाहका घरहरूमध्ये (मस्जिद) कुनै घरमा भेला हुन्छन् र अल्लाहको किताब (कुरआन) तिलावत गर्छन् र आपसमा त्यसको अध्ययन गर्छन्, तब उनीहरूमा अमन र शान्तिको अवतरण हुन्छ, सम्मान र गम्भीरता (वकार)ले तिनीहरूलाई ढाक्छ, अल्लाहको रहमतले उनीहरूलाई घेर्छ, फरिश्ताहरूले तिनीहरूलाई घेर्छन्, र अल्लाह तआला आफ्ना नजिकका फरिश्ताहरूको बीचमा उनीहरूको प्रशंसा गर्नुहुन्छ। र यसभन्दा ठूलो सम्मान के हुन सक्छ कि अल्लाह स्वयं आफ्नो भक्तको नाम उच्च सभामा लिनुहुन्छ। र जसको कर्म (अमल) अधूरो हुन्छ, उसलाई राम्रो काम गर्नेहरूको दर्जासम्म पुग्न दिइँदैन। त्यसैले कसैले पनि आफ्नो वंशको इज्जत र पूर्वजहरूको महानताको भरमा मात्र निर्भर गरेर काममा लापरबाही गर्नु हुँदैन।</t>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रष्ट पार्नुभयो कि अल्लाहको नजरमा मुस्लिमलाई त्यही किसिमको पुण्य र प्रतिफल प्राप्त हुन्छ, जुन उसले अरू मुस्लिमहरूसँग व्यवहार गर्छ। जसले कुनै मुस्लिमबाट दुनियाको कुनै कठिनाइ वा पीडा हटाउँदछ भने अल्लाह तआलाले त्यसको बदलामा उसलाई कयामतको दिनका कठिनाइहरू र कष्टहरू मध्ये कुनै एक कठिनाइबाट मुक्ति दिनुहुनेछ। जसले कुनै कठिनाइमा परेका (ऋणी वा पीडित) व्यक्तिलाई सजिलो बनायो, उसमाथिको कठिनाइ हटायो र उसको बोझ हल्का गर्‍यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा सजिलो र राहत प्रदान गर्नुहुनेछ। जसले कुनै मुस्लिमको कमजोरी वा गल्ती (जसको भेद खुल्न उचित हुँदैन) लुकायो र उसको इज्जत ढाक्यो, अल्लाह तआला उसलाई पनि दुनियाँ र आखिरत दुबैमा ढाक्नुहुनेछ । अल्लाह आफ्नो भक्त (मोमिन) को सहयोगी रही रहनुहुन्छ, जबसम्म त्यो भक्त (मोमिन) आफ्ना धार्मिक र सांसारिक कामहरूमा आफ्ना भाइ (मुस्लिम) को मद्दत गर्न लागिपरेको हुन्छ। यो मद्दत दुआद्वारा, भौतिक सहयोगद्वारा, आर्थिक सहयोगद्वारा वा अन्य कुनै तरिकाबाट हुन सक्छ। जसले अल्लाहको खुशी/प्रशन्नता प्राप्तिको नीयतले धार्मिक ज्ञान हासिल गर्नको लागि यात्रा गर्‍यो (वा प्रयास गर्‍यो), अल्लाह तआला उसलाई त्यस ज्ञानको कारण स्वर्गतर्फ जाने बाटो सजिलो बनाइदिनुहुन्छ। जब कुनै समूह अल्लाहका घरहरूमध्ये (मस्जिद) कुनै घरमा भेला हुन्छन् र अल्लाहको किताब (कुरआन) तिलावत गर्छन् र आपसमा त्यसको अध्ययन गर्छन्, तब उनीहरूमा अमन र शान्ति अवतरण हुन्छ, सम्मान र गम्भीरता (वकार) ले तिनीहरूलाई ढाक्छ, अल्लाहको रहमतले उनीहरूलाई घेर्छ, फरिश्ताहरूले तिनीहरूलाई घेर्छन् र अल्लाह तआला आफ्ना नजिकका फरिश्ताहरूको बीचमा उनीहरूको प्रशंसा गर्नुहुन्छ। यसभन्दा ठूलो सम्मान के हुन सक्छ, अल्लाह स्वयं आफ्नो भक्तको नाम उच्च सभामा लिनुहुन्छ। जसको कर्म (अमल) अधूरो हुन्छ, उसलाई राम्रो काम गर्नेहरूको दर्जासम्म पुग्न दिइँदैन। त्यसैले कसैले पनि आफ्नो वंशको इज्जत र पूर्वजहरूको महानताको भरमा मात्र निर्भर गरेर काममा लापरबाही गर्नु हुँदैन।</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
-    <t>इब्न दकीक अल्ईदले भन्नुभयो: यो हदीस अत्यन्त महान् छ, यसमा विभिन्न प्रकारका ज्ञान, सिद्धान्त र शिष्टाचार/ आचरणहरू समेटिएका छन्। यस हदीसमा मुसलमानहरूको आवश्यकता पूरा गर्ने, तिनीहरूलाई लाभ पुर्‍याउने, चाहे त्यो ज्ञानद्वारा होस्, धनद्वारा, सहयोगद्वारा, हितकारी सल्लाहद्वारा, वा राम्रो सुझाव वा परामर्शद्वारा — सबैको ठूलो प्रतिफल (सवाब) उल्लेख गरिएको छ।
-[...4 lines deleted...]
-ज्ञानको हासिल गर्न, कुरआन पढ्न र आपसमा अध्ययन गर्न प्रोत्साहन।
+    <t>इब्न दकीक अल्ईदले भन्नुभयो: यो महान हदीस हो, यसमा विभिन्न प्रकारका ज्ञान, सिद्धान्त र शिष्टाचार/ आचरणहरू समेटिएका छन्। यस हदीसमा मुस्लिमहरूको आवश्यकता पूरा गर्ने, तिनीहरूलाई लाभ पुर्‍याउने, चाहे त्यो ज्ञानद्वारा होस्, धनद्वारा, सहयोगद्वारा, हितकारी सल्लाहद्वारा, वा राम्रो सुझाव वा परामर्शद्वारा — सबैको ठूलो प्रतिफल (सवाब) उल्लेख गरिएको छ।
+आर्थिक कठिनाइमा परेकाहरूका लागि सजिलो बनाउन प्रोत्साहन।
+मुस्लिमलाई मद्दत गर्न प्रोत्साहन र यो शिक्षा कि जसले आफ्ना मुस्लिम भाइलाई मद्दत गर्छ, अल्लाह तआलाले त्यसको अनुरूप स्वयम् उसलाई मद्दत गर्नुहुन्छ।
+मुस्लिमको त्रुटि ढाक्ने एक तरिका यो पनि हो कि उसको कमजोरी र गल्तीहरू खोज्ने प्रयास नगर्नु। सलफ ए सालिहीन् मध्येका केही विद्वानहरूले भनेका छन्: “मैले केही मानिसहरूलाई यस्तो पाएको थिएँ कि जब उनीहरूमा कुनै दोष/गल्तीहरू थिएनन्, तर जब उनीहरूले अरूको दोष/गल्ती हरूको चर्चा गर्न थाले, तब मानिसहरूले पनि उनीहरूका कमजोरीहरू खोज्न थाले। अनि मैले त्यसको विपरीत केही मानिसहरू यस्तो पनि पाएको थिएँ कि जब उनीहरूको आफ्नै कमजोरी र गल्तीहरू थिए, तर उनीहरूले अरूको गल्तीहरूको कुरा गरेनन्, फलस्वरूप उनीहरूको गल्ती र कमजोरीहरू पनि अरु मानिसहरूले बिर्सिए।”
+मानिसहरूको गल्ती र कमजोरी ढाक्नुको अर्थ यो होइन कि गल्ती देख्दा त्यसलाई परिवर्तन नगर्ने र त्यसै छोडिदिने। बरु, दोष/गल्तीलाई सुधार्ने प्रयास गर्न सकिन्छ र त्यसलाई मर्यादापूर्वक ढाक्न पनि सकिन्छ। यो त्यस्ता व्यक्तिहरूको लागि हो जसलाई भ्रष्टाचार वा अत्याचारमा संलग्न भनेर चिनिएको छैन। तर जो व्यक्तिको कुरा भ्रष्टाचार वा अत्याचारमा कुख्यात वा परिचित छ, उसमा ढाक्ने काम लाई प्रेरित गरिँदैन। यस्तो अवस्थामा उसको विषयलाई अख्तियारवाला अधिकारीसम्म पुर्‍याउनु पर्छ, जबसम्म त्यसबाट अन्य ठूलो समस्या नहोस्। यसको कारण के हो भने, उसलाई ढाक्नु उसको भ्रष्टाचारमा प्रोत्साहन दिन्छ, अरू मानिसहरूलाई पनि नोक्सान पुर्‍याउन हिम्मत दिन्छ र अन्य दुष्ट र हठी मानिसहरूलाई पनि उक्साउँछ।
+ज्ञान हासिल गर्न, कुरआन पढ्न र एकअर्कालाई सुनाउन प्रोत्साहन।
 इमाम अन-नववीले भन्नुहुन्छ: यसमा मस्जिदमा कुरआन पढ्न भेला हुनेको फजीलतको प्रमाण छ। यदि अल्लाहको इच्छा भए, यस फजीलतमा मस्जिदको सट्टा विद्यालय, रबात (धार्मिक केन्द्र) वा यस्तै अन्य स्थानमा भेला भएर अध्ययन गर्नु पनि समावेश हुन्छ।
 प्रतिफल (सवाब) केवल सत्कर्महरूमा निर्भर हुन्छ, वंश वा परिवारको उपर निर्भर हुँदैन।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4801</t>
   </si>
   <si>
+    <t>يا أيها الناس توبوا إلى الله، فإني أتوب في اليوم إليه مائة مرة</t>
+  </si>
+  <si>
+    <t>हे मानिसहरू! अल्लाहसामु पश्चात्ताप गर र उहाँसँग क्षमा माग, किनकि म आफैं पनि दिनमा सय पटक पश्चात्ताप गर्छु।</t>
+  </si>
+  <si>
+    <t>عن الْأَغَرِّ رضي الله عنه، وَكَانَ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَيُّهَا النَّاسُ تُوبُوا إِلَى اللهِ، فَإِنِّي أَتُوبُ فِي الْيَوْمِ إِلَيْهِ مِائَةَ مَرَّةٍ».</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) का एक साथी अगर्र (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हे मानिसहरू! अल्लाहसामु पश्चात्ताप गर र उहाँसँग क्षमा माग, किनकि म आफैं पनि दिनमा सय पटक पश्चात्ताप गर्छु।"</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم الناسَ بالإكثار مِن التوبة والاستغفار، ويُخْبِرُ عن نفسه أنه يتوب إلى الله تعالى ويستغفره في اليوم أكثر من مائة مرة، وقد غُفِر له ما تقدم من ذنبه وما تأخر، وفي ذلك كمال الذُّلِّ والتعبد لله جل وعلا.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूलाई धेरै भन्दा धेरै पश्चात्ताप गर्न र क्षमा माग्न आदेश दिइरहनुभएको छ । साथै उहाँ आफ्नो बारेमा बताइरहनुभएको छ, उहाँ दिनमा सय पटक भन्दा बढी पश्चात्ताप गर्नुहुन्छ र अल्लाहसामु क्षमा माग्नुहुन्छ। जबकि उहाँका विगत र भविष्यका पापहरू क्षमा गरिएको छ। यो वास्तवमा अल्लाहसामु दासता र नम्रता व्यक्त गर्ने पूर्णता हो।</t>
+  </si>
+  <si>
+    <t>كلُّ أحدٍ مهما كانت مرتبته ودرجته في الإيمان، فإنَّه يحتاج إلى الرجوع إلى الله تبارك وتعالى، وتكميل نفسه بالتوبة، وأنَّ كلَّ أحدٍ لا يخلو من تقصيرٍ في القيام بحقِّ الله تبارك وتعالى: (وَتُوبُوا إِلَى اللَّهِ جَمِيعًا أَيُّهَ الْمُؤْمِنُونَ). 
+التوبة عامة سواء من فعل المحرّمات والذنوب أو من التقصير في فعل الواجبات.
+الإخلاص في التوبة شرط في قبولها، فمن ترك ذنبًا لغير الله لا يكون تائبًا.
+قال النووي: للتوبة ثلاثة شروط: أن يُقْلِع عن المعصية، وأن يَندم على فعلها، وأن يَعزم عزمًا جازمًا ألَّا يعود إلى مثلها أبدًا، فإن كانت المعصية تتعلق بآدمي فلها شرط رابع، وهو: رَدُّ الظلامة إلى صاحبها، أو تحصيل البراءة منه.
+التنبيه على أن استغفار النبي صلى الله عليه وسلم لا يلزم أن يكون لذنوب ارتكبها، ولكن ذلك لكمال عبوديته وتعلقه بذكره سبحانه، واستشعاره عظم حق الله تعالى وتقصير العبد مهما عمل في شكر نعمه، وهو من باب التشريع للأمة من بعده، إلى غير ذلك من الحكم.</t>
+  </si>
+  <si>
+    <t>प्रत्येक व्यक्ति, उसको आस्था र दर्जा जतिसुकै बलियो भए पनि, अल्लाहतिर फर्कनु र पश्चात्ताप मार्फत आफूलाई पूर्ण गर्नु आवश्यक छ। प्रत्येक व्यक्ति अल्लाहको अधिकार पूरा गर्नमा लापरवाही गर्दछ। अल्लाहले भन्नुभएको छ: "हे आस्थावानहरू! तिमीहरू सबै अल्लाहतिर पश्चात्ताप गर।"
+पश्चात्ताप भनेको निषेधित कार्य र पाप वा दायित्व पूरा गर्न बेवास्ता गरेकोमा गर्ने हो।
+पश्चात्ताप स्वीकार गर्नको लागि इमानदारी पहिलो शर्त हो। त्यसैले, अल्लाह बाहेक अरूको लागि पाप त्याग्ने जो कोहीलाई पनि सर्वसम्मतिले पश्चात्तापी भनिने छैन।
+नववी भन्छन्: पश्चात्तापको लागि तीन सर्तहरू छन्: १- पापबाट अलग रहनु। २- पाप गरेकोमा पछुतो र लज्जित महसुस गर्नु। ३- फेरि पाप नगर्ने दृढ संकल्प गर्नु। यदि पाप सेवकहरूको अधिकारसँग सम्बन्धित छ भने, पश्चात्ताप मान्य हुनको लागि, मालिकलाई उसको हक फिर्ता गर्नु वा हकको मालिकबाट क्षमा पाउनु आवश्यक छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले क्षमा माग्नुको अर्थ यो होइन कि उहाँले पाप गरेको कारणले क्षमा माग्नुभएको थियो, बरु उहाँले दासत्वको पूर्णता प्राप्त गर्नुभएको थियो, अल्लाहको स्मरणमा मग्न हुनुहुन्थ्यो, अल्लाहको महान अधिकारको बारेमा सचेत हुनुहुन्थ्यो र सेवकले गर्न सक्ने कमजोरीहरूको बारेमा सचेत हुनुहुन्थ्यो। उनले अल्लाहको वरदानको लागि जति नै धन्यवाद दिए पनि, उनको उद्देश्य यो अभ्यासलाई उनीपछि आफ्नो उम्मतलाई मार्गदर्शन गर्नु थियो। यस बाहेक अरु कारणहरू छन्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4809</t>
+  </si>
+  <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>हे मेरा सेवकहरू! मैले आफूमाथि अन्याय र अत्याचार हराम (निषेध) गरेको छु र यसलाई तिमीहरूका लागि पनि हराम गरेको छु, त्यसैले तिमीहरू एकार्कामाथि अन्याय नगर</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
-    <t>अबू-जर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सीमा भन्नुभएको छ : अल्लाह भन्नुहुन्छ : "हे मेरा सेवकहरू! मैले आफूमाथि अन्याय र अत्याचार हराम (निषेध) गरेको छु र यसलाई तिमीहरूका लागि पनि हराम गरेको छु, त्यसैले तिमीहरू एकार्कामाथि अन्याय नगर । हे मेरा सेवकहरू! मैले मार्गनिर्देशन गरेका बाहेक तिमीहरू सबैजना पथभ्रष्ट छौ, त्यसैले मसँग मार्गदर्शन माग, म तिमीहरूलाई सीधा बाटो देखाउनेछु । हे मेरा सेवकहरू! मैले खुवाउनेहरू बाहेक तिमीहरू सबैजना भोका छौ, त्यसैले मसँग जीविका माग, म तिमीहरूलाई जीविका दिनेछु । हे मेरा सेवकहरू! जसलाई मैले लुगा प्रदान गरेको छु त्यो बाहेक तिमीहरू सबैजना नाङ्गै छौ, त्यसैले मसँग लुगा माग, म तिमीहरूलाई लुगा दिनेछु । हे मेरा सेवकहरू! तिमी दिनरात गल्ती गर्छौ र म  तिमीहरूका सबै पापहरू माफ गर्छु, त्यसैले मसँग माफी माग, म तिमीहरूलाई क्षमा गर्नेछु । हे मेरा सेवकहरू! तिमीहरू सबैजना नत मलाई हानि पुर्याउन सक्छौ नत कुनै फाइदा नै । यदि तिमीहरू मध्येको पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू, सबै भन्दा आज्ञाकारी व्यक्ति झैं भए पनि  तिनीहरूको धार्मिकताले मेरो राज्यमा अलिकति पनि वृद्धि गर्ने छैन । हे मेरा सेवकहरू! यदि तिमीहरू मध्ये पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू सबै भन्दा पापी व्यक्तिको झैं भए पनि यसले मेरो राज्यमाथी कुनै ह्रास ल्याउँदैन । हे मेरा सेवकहरू, यदि तिमीहरूमध्ये पहिलो र अन्तिम व्यक्ति, तिमीहरूमध्येका मानव र जिन्न एकै ठाउँमा उभिएर मसँग माग्ने हो र मैले हरेक मानिसलाई उसले मागेको कुरा दिएँ भने त्यसो गर्दा मेरो सम्पत्तिबाट केही घट्ने छैन,  जस्तै समुद्रमा सियो हालेर [निकाले पछी सियोमा टाँसीएको पानी ] ले समुन्द्रको पानीमा केही कमी हुँदैन  । हे मेरा सेवकहरू! यो तिम्रा कर्महरू हुन् जसलाई म गणना गर्छु र त्यसको प्रतिफल दिन्छु । तसर्थ, जसले राम्रो पाउँछ, उसले अल्लाहको प्रशंसा गरोस् र जसले अरू केही पायो, उसले आफूलाई मात्र दोष दिओस् ।"</t>
+    <t>अबू-जर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सीमा भन्नुभएको छ : अल्लाह भन्नुहुन्छ : "हे मेरा सेवकहरू! मैले आफूमाथि अन्याय र अत्याचार हराम (निषेध) गरेको छु र यसलाई तिमीहरूका लागि पनि हराम गरेको छु, त्यसैले तिमीहरू एकार्कामाथि अन्याय नगर । हे मेरा सेवकहरू! मैले मार्गनिर्देशन गरेका बाहेक तिमीहरू सबैजना पथभ्रष्ट छौ, त्यसैले मसँग मार्गदर्शन माग, म तिमीहरूलाई सीधा बाटो देखाउनेछु । हे मेरा सेवकहरू! मैले खुवाउनेहरू बाहेक तिमीहरू सबैजना भोका छौ, त्यसैले मसँग जीविका माग, म तिमीहरूलाई जीविका दिनेछु । हे मेरा सेवकहरू! जसलाई मैले लुगा प्रदान गरेको छु त्यो बाहेक तिमीहरू सबैजना नाङ्गै छौ, त्यसैले मसँग लुगा माग, म तिमीहरूलाई लुगा दिनेछु । हे मेरा सेवकहरू! तिमी दिनरात गल्ती गर्छौ र म  तिमीहरूका सबै पापहरू माफ गर्छु, त्यसैले मसँग माफी माग, म तिमीहरूलाई क्षमा गर्नेछु । हे मेरा सेवकहरू! तिमीहरू सबैजना नत मलाई हानि पुर्याउन सक्छौ नत कुनै फाइदा नै । यदि तिमीहरू मध्येको पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू, सबै भन्दा आज्ञाकारी व्यक्ति झैं भए पनि  तिनीहरूको धार्मिकताले मेरो राज्यमा अलिकति पनि वृद्धि गर्ने छैन । हे मेरा सेवकहरू! यदि तिमीहरू मध्ये पहिलो र अन्तिम व्यक्ति, सम्पूर्ण मानव र जिन्नहरू सबै भन्दा पापी व्यक्तिको झैं भए पनि यसले मेरो राज्यमाथी कुनै कमी हुने छैन । हे मेरा सेवकहरू, यदि तिमीहरूमध्ये पहिलो र अन्तिम व्यक्ति, तिमीहरूमध्येका मानव र जिन्न एकै ठाउँमा उभिएर मसँग माग्ने हो र मैले हरेक मानिसलाई उसले मागेको कुरा दिएँ भने त्यसो गर्दा मेरो सम्पत्तिबाट केही घट्ने छैन,  जस्तै समुद्रमा सियो हालेर [निकाले पछी सियोमा टाँसीएको पानी ] ले समुन्द्रको पानीमा केही कमी हुँदैन । हे मेरा सेवकहरू! यो तिम्रा कर्महरू हुन् जसलाई म गणना गर्छु र त्यसको प्रतिफल दिन्छु । तसर्थ, जसले राम्रो पाउँछ, उसले अल्लाहको प्रशंसा गरोस् र जसले अरू केही पायो, उसले आफूलाई मात्र दोष दिओस् ।"</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गरेका छन्, अल्लाहले भन्नुभएको छ, उहाँले आफ्नो लागि उत्पीडन निषेध गर्नुभएको छ र आफ्नो सृष्टिहरूका लागि पनि निषेध गर्नुभएको छ, त्यसैले कसैले कसैलाई दमन गर्नु हुँदैन । अल्लाहले सत्यको मार्ग देखाउने बाहेक सबै मानव जाति सत्यको मार्गबाट विचलित भएको बताउनु भएको छ । जसले अल्लाहसँग सत्यको मार्गमा हिँड्ने बिन्ती गर्छ, अल्लाहले उसलाई यो अवसर प्रदान गर्नुहुन्छ । सबै मानवहरू आफ्ना सबै आवश्यकताहरूका लागि अल्लाहमा निर्भर छन् र जसले अल्लाहसँग प्रार्थना गर्दछ, उहाँले उसको आवश्यकता पूरा गर्नुहुन्छ र उसको लागि पर्याप्त हुनुहुन्छ । सबै मानिसहरू दिनरात पापहरू गर्छन् र अल्लाहले तिनीहरूका पापलाई ढाक्नुहुन्छ र तिनीहरूले माफी माग्दा क्षमा दिनुहुन्छ । मानिसले अल्लाहलाई नत हानि गर्न सक्छ नत फाइदा नै । सबै मानिसहरू सबैभन्दा आज्ञाकारी व्यक्ति झैं भए पनि तिनीहरूको धार्मिकताले अल्लाहको राज्यमा केही थपिने छैन । यसको विपरित, यदि सबै मनुष्यहरू सबैभन्दा पापी व्यक्ति जस्तै बन्छन् भने, तिनीहरूको यो पापमा संलग्नताले अल्लाहको राज्यमा कुनै कमी हुनेछैन । किनभने मानिस कमजोर र हरेक परिस्थिति, हरेक समय र हरेक ठाउँमा अल्लाहमा आश्रित हुन्छ, जबकि अल्लाह पवित्र, निर्दोष र नि:स्वार्थ हुनुहुन्छ । यदि पहिले र पछिका सबै मानव र सबै जिनहरू एक ठाउँमा जम्मा भएर अल्लाहसँग आफ्नो इच्छा माग्छन् र अल्लाहले सबैको कामना पूरा गरिदिन्छन भने अल्लाहको खजानामा कुनै कमी आउने छैन । जसरी समुन्द्रमा सुई हालेर बाहिर निकाल्दा समुन्द्रको पानी घट्दैन । किनभने उहाँ सम्पन्न हुनुहुन्छ ।
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बयान गरेका छन्, अल्लाहले भन्नुभएको छ, उहाँले आफ्नो लागि अन्याय निषेध गर्नुभएको छ र आफ्नो सृष्टिहरूका लागि पनि निषेध गर्नुभएको छ, त्यसैले कसैले कसैलाई दमन गर्नु हुँदैन । अल्लाहले सत्यको मार्ग देखाउने बाहेक सबै मानवजाति सत्य मार्गबाट विचलित भएको बताउनु भएको छ । जसले अल्लाहसँग सत्य मार्गमा हिँड्ने बिन्ती गर्छ, अल्लाहले उसलाई यो अवसर प्रदान गर्नुहुन्छ । सबै मानवहरू आफ्ना सबै आवश्यकताहरूका लागि अल्लाहमा निर्भर छन् र जसले अल्लाहसँग प्रार्थना गर्दछ, उहाँले उसको आवश्यकता पूरा गर्नुहुन्छ र उसको लागि पर्याप्त हुनुहुन्छ । सबै मानिसहरू दिनरात पापहरू गर्छन् र अल्लाहले तिनीहरूका पापलाई ढाक्नुहुन्छ र तिनीहरूले माफी माग्दा क्षमा दिनुहुन्छ । मानिसले अल्लाहलाई नत हानि गर्न सक्छ नत फाइदा नै । सबै मानिसहरू सबैभन्दा आज्ञाकारी व्यक्ति झैं भए पनि तिनीहरूको धार्मिकताले अल्लाहको राज्यमा केही थपिने छैन । यसको विपरित, यदि सबै मनुष्यहरू सबैभन्दा पापी व्यक्ति जस्तै बन्छन् भने, तिनीहरूको यो पापमा संलग्नताले अल्लाहको राज्यमा कुनै कमी हुनेछैन । किनभने मानिस कमजोर र हरेक परिस्थिति, हरेक समय र हरेक ठाउँमा अल्लाहमा आश्रित हुन्छ, जबकि अल्लाह पवित्र र निरपेक्ष हुनुहुन्छ । यदि पहिले र पछिका सबै मानव र सबै जिनहरू एक ठाउँमा जम्मा भएर अल्लाहसँग आफ्नो इच्छा माग्छन् र अल्लाहले सबैको कामना पूरा गरिदिन्छन भने अल्लाहको खजानामा कुनै कमी आउने छैन । जसरी समुन्द्रमा सियो (सुई) हालेर बाहिर निकाल्दा समुन्द्रको पानी घट्दैन । किनभने उहाँ सम्पन्न हुनुहुन्छ ।
 अल्लाहले आफ्ना सेवकहरूको कर्महरू सुरक्षित राख्नुहुन्छ, तिनीहरूको लागि गणना गर्नुहुन्छ र न्यायको दिनमा तिनीहरूको कर्मको प्रतिफल दिनुहुनेछ । यस्तो अवस्थामा, जसले आफ्नो कर्मको राम्रो प्रतिफल पाउँछ, उसले राम्रो काम गर्ने अवसर प्राप्तिमा अल्लाहलाई  धन्यवाद दिनुपर्छ र जसले आफ्नो कर्मको प्रतिफल भिन्न पाउँछ, उसले आफूलाई मात्र दोष दिनुपर्दछ । जसले उसलाई बर्बाद पार्यो ।</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>यो हदीसलाई अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको छ, जसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । अर्थात यसको शब्द र अर्थ दुबै अल्लाहको हो । तर, यसमा कुरआनका विशेषताहरू पाइँदैन, जस्तै: यसको पठनको लागि तहारत (शुद्धि) प्राप्त गर्नु आदि ।
-मानिसले जे पनि ज्ञान र मार्गदर्शन प्राप्त गर्दछ, त्यो अल्लाहको कृपाले प्राप्त हुन्छ।
-मानिसले पाउने भलाई त्यो अल्लाहको कृपाले हो र उसले पाउने खराबी र अप्रिय त्यो उसको आत्मा र इच्छाले हो ।
+मानिसले जे ज्ञान र मार्गदर्शन प्राप्त गर्दछ, त्यो अल्लाहको कृपाले प्राप्त हुन्छ।
+मानिसले पाउने भलाई त्यो अल्लाहको कृपाले हो र उसले पाउने खराबी त्यो उसको आत्मा र इच्छाले हो ।
 जसले राम्रो काम गर्यो, उसले अल्लाहको सहायताले गरेको हो र उसको इनाम वास्तवमा अल्लाहको कृपा र अनुग्रह हो, त्यसैले सबै प्रशंसा अल्लाहको लागि हो । जसले नराम्रो काम गरेको छ, उसले आफूलाई मात्र श्राप्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>हे बालक ! म तिमीलाई केही कुराहरू सिकाउँदैछु । अल्लाहलाई याद राख, अल्लाहले तिम्रो रक्षा गर्नुहुनेछ । अल्लाहलाई याद राख, तिमी उहाँलाई आफ्नो सामु भेट्टाउनेछौ । जब माग्नुछ भने अल्लाहसँग मात्र माग्नु र जब मद्दत माग्नुछ भने अल्लाहसँग मात्र सहायता माग्नु</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक दिन म रसूल (सल्लल्लाहु अलैहि वसल्लम) को पछाडी सवार थिएँ, जब उहाँले भन्नुभयो: "हे बालक ! म तिमीलाई केही कुराहरू सिकाउँदैछु । अल्लाहलाई याद राख, अल्लाहले तिम्रो रक्षा गर्नुहुनेछ । अल्लाहलाई याद राख, तिमी उहाँलाई आफ्नो सामु भेट्टाउनेछौ । जब माग्नुछ भने अल्लाहसँग मात्र माग्नु र जब मद्दत माग्नुछ भने अल्लाहसँग मात्र सहायता माग्नु । सुन, यदि सम्पूर्ण समुदायले तिमीलाई फाइदा पुर्‍याउन एकजुट भए भने, तब तिनीहरुले तिमीलाई त्यति नै फाइदा पुर्याउन सक्छन् जति अल्लाहले तिम्रो भाग्यमा लेख्नुभएको छ र यदि सबैले तिमीलाई हानि पुर्‍याउन चाहन्छन् भने पनि अल्लाहले तिम्रो भाग्यमा लेखेको भन्दा बढी हानि गर्न सक्दैनन् । भाग्यका कलमहरू उठाइए र  [तकदीरको] किताब [हरूका हरफ] सुकाई सकिएका छन् ।”</t>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, एक दिन म रसूल (सल्लल्लाहु अलैहि वसल्लम) को पछाडी सवार थिएँ, जब उहाँले भन्नुभयो: "हे बालक ! म तिमीलाई केही कुराहरू सिकाउँदैछु । अल्लाहलाई याद राख, अल्लाहले तिम्रो रक्षा गर्नुहुनेछ । अल्लाहलाई याद राख, तिमी उहाँलाई आफ्नो सामु भेट्टाउनेछौ । जब माग्नुछ भने अल्लाहसँग मात्र माग्नु र जब मद्दत माग्नुछ भने अल्लाहसँग मात्र सहायता माग्नु । सुन, यदि सम्पूर्ण समुदायले तिमीलाई फाइदा पुर्‍याउन एकजुट भए भने, तब तिनीहरुले तिमीलाई त्यति नै फाइदा पुर्याउन सक्छन् जति अल्लाहले तिम्रो भाग्यमा लेख्नुभएको छ र यदि सबैले तिमीलाई हानि पुर्‍याउन चाहन्छन् भने पनि अल्लाहले तिम्रो भाग्यमा लेखेको भन्दा बढी हानि गर्न सक्दैनन् । भाग्यका कलमहरू उठाइए र [तकदीरको] किताब [हरूका हरफ] सुकाई सकिएका छन् ।”</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) बताउँछन्, एक दिन उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) को पछाडि सवार थिए जब उहाँले भन्नुभयो : म तिमीलाई केही कुराहरू सिकाउनेछु जुनबाट अल्लाहले तिमीलाई फाइदा पुर्याउनु हुनेछ:
 अल्लाहको आदेशहरूको पालन गरेर र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहँदै अल्लाहलाई याद राख। अल्लाहको नजिक ल्याउने पुण्य कर्ममा संलग्न रहेर र उहाँको अवज्ञा र पापहरूबाट बच्ने प्रयास गर। यदि तिमीले यसो गर्यौ भने, बदलामा अल्लाहले तिमीलाई संसार र परलोकको अप्रिय चीजहरूबाट बचाउनुहुनेछ र तिमीलाई जहाँ भए पनि उहाँले मद्दत गर्नुहुनेछ ।
 जब केही माग्न चाहन्छौ भने अल्लाह बाहेक अरु कसैसँग नमाग । किनभने उहाँले मात्र माग्नेहरूको इच्छा र मनोकामना पूरा गर्नुहुन्छ ।
 जब मद्दत चाहिन्छ भने अल्लाह बाहेक अरु कसैसँग नखोज ।
 तिम्रो मनमा दृढ विश्वास हुनुपर्छ, यदि पृथ्वीका सबै मानिसहरूले तिम्रो भलो गर्न चाहन्छन् भने अल्लाहले तिम्रो भाग्यमा जति लेखेको छ, त्यति मात्र गर्न सक्छन् र पृथ्वीमा बस्ने सबै मानिसले तिमीलाई नराम्रो गर्न चाहन्छन् भने पनि अल्लाहले तिम्रो भाग्यमा लेखेको भन्दा बढी गर्न सक्दैनन् ।
 अल्लाहले यी सबै कुराहरू आफ्नो बुद्धि र अग्रिम ज्ञान अनुसार लेख्नुभएको छ र अल्लाहले लेख्नुभएको कुराहरूमा कुनै परिवर्तन सम्भव छैन ।</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>साना बच्चाहरूलाई तौहीद (एक इश्वरवाद), आचरण र धर्मका अन्य पक्षहरू सिकाउने प्रोत्साहन ।
 मानिसलाई उसको कर्मको प्रकृति अनुसार इनाम दिइनेछ।
 केवल अल्लाहमा भरोसा गर्ने र उहाँ बाहेक अरु कसैमा नगर्ने आदेश, किनकि उहाँ सर्वोत्कृष्ट व्यवस्था गर्नुहुन्छ ।
 अल्लाहको निर्णय र भाग्यमा आस्था राख्नु र त्यसमा सन्तुष्ट हुनु, किनभने अल्लाहले सबै कुरालाई पूर्वनिर्धारित गर्नुभएको छ ।
 जसले अल्लाहको आदेशलाई बेवास्ता गर्छ, अल्लाहले उसलाई नष्ट गर्नुहुन्छ र उसको रक्षा गर्नुहुने छैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4811</t>
   </si>
   <si>
     <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
   </si>
   <si>
-    <t>उसलाई नमार ।" किन कि यदि तिमीले उसलाई मार्यौ भने, उसलाई मार्नु अघि तिमी जस्तो स्थितिमा थियौ ऊ त्यो स्थितिमा हुनेछ र उसले  त्यो शब्द बोले पछि तिमी त्यो स्थितिमा हुने छौ जसमा बोल्नु भन्दा पहिला ऊ थियो ।</t>
+    <t>उसलाई नमार। यदि तिमीले उसलाई मार्यौ भने, ऊ तिमीले उसलाई मार्न अघिको स्थितिमा फर्किनेछ र तिमी यो वाक्य उच्चारण गर्नु अघिको स्थितिमा फर्किनेछौ।</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
-    <t>हजरत मिक्दाद बिन अम्रर अल् किन्दी (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ: उहाँले अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)लाई भन्नुभयो:  तपाईँलाई के लाग्छ, यदि काफिरहरू मध्ये कुनै व्यक्तिलाई मैले भेटेँ र हामी लड्यौ, सो उसले मेरो एउटा हातलाई तरवारले प्रहार गर्यो र त्यसलाई काटि दियो । ऊ मबाट भागेर एउटा रूखको आडमा लुक्छ र "मैले अल्लाहका लागि इस्लाम कबुल गरेको छु" भन्छ भने, के मैले उसलाई मारि दिऊ हे अल्लाहका रसूल ? अत: अल्लाहका रसूलले भन्नु भयो:  " त्यसलाई नमार ।" हे अल्लाहका रसूल ! उसले मेरो एउटा हात काटेको छ र उसले यो कुरा मेरो हात काटे पछि भनेको हो ।  तब अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नुभयो :  "उसलाई नमार ।" किन कि यदि तिमीले उसलाई मार्यौ भने, उसलाई मार्नु अघि तिमी जस्तो स्थितिमा थियौ ऊ त्यो स्थितिमा हुनेछ र उसले  त्यो शब्द बोले पछि तिमी त्यो स्थितिमा हुने छौ जसमा बोल्नु भन्दा पहिला ऊ थियो ।</t>
+    <t>मिक्दाद बिन अम्रर अल् किन्दी (रजियल्लाहु अन्हु) द्वारा वर्णन गरिएको छ: उनले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई भने: "हे अल्लाहका रसूल! यदि म कुनै काफिरसँग भेट गर्छु र हामी एकअर्कासँग लड्न थाल्छौं र उसले आफ्नो तरवारले मेरो एउटा हातमा प्रहार गर्छ र त्यसलाई काट्छ अनि मबाट बच्नको लागि उसले रूखको पछाडि लुक्छ र भन्छ, "मैले अल्लाहको लागि इस्लाम स्वीकार गरेको छु।" के मैले त्यसो भनेपछि पनि उसलाई मार्नु पर्छ? उहाँले भन्नुभयो, "उसलाई नमार।" मैले भने, "हे अल्लाहका रसूल! उसले मेरो एउटा हात काटेको छ र उसले यो कुरा मेरो हात काटे पछि भनेको हो । (के मैले उसलाई मार्नु हुँदैन?) उहाँले भन्नुभयो "उसलाई नमार। यदि तिमीले उसलाई मार्यौ भने, ऊ तिमीले उसलाई मार्न अघिको स्थितिमा फर्किनेछ र तिमी यो वाक्य उच्चारण गर्नु अघिको स्थितिमा फर्किनेछौ।"</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
-    <t>हजरत मिक्दाद बिन अस्वद (रजियल्लाहु अन्हु) ले नबी(सल्लल्लाहु अलैहि वसल्लम)लाई सोध्नु भयो, यदि युद्धमा मेरो एउटा काफिरसित सामना भयो र दुवैले तरवारले हानाहान गरे । काफिरको तलवारले उनको एउटा हात काट्यो, तब इन्कारीले उहाँबाट भागेर एउटा रुखमा शरण लियो, र "ला इलाह इल्लल्लाह" (अल्लाह बाहेक कोहि पूज्नीय छैन ) भन्यो:  के मेरो हात काटे पछि उसलाई  मार्नु जायज छ ?
-[...2 lines deleted...]
-उहाँले (सल्लल्लाहु अलैहि वसल्लम)भन्नुभयो : उसलाई नमार । किन भने उसको रगत बगाउन निषेधित भइ सकेको छ। यदि तिमीले उसलाई इस्लाम स्वीकार गरे पछि मार्यौ भने ऊ इस्लामका कारण रगत बगाउन नमिल्ने स्थानमा र तिमी उसलाई मारेर उसको बदलामा रगत बगाउन मिल्ने स्थानमा हुन्छौ ।</t>
+    <t>मिक्दाद बिन अस्वद (रजियल्लाहु अन्हु) ले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, जब युद्धभूमिमा कुनै काफिरसँग भेट्छन्, प्रत्येकले आफ्नो तरवार लिएर एकअर्कासँग हानाहान गर्छ। यदि काफिरले तलवारले मेरो एउटा हात काट्छ, अनि भागेर एउटा रूखको पछाडि शरण लिन्छ र भन्छ, "ला इलाह इल्लल्लाह" (अल्लाह बाहेक कोहि पूज्नीय छैन) ।" के उसलाई मार्न मेरो लागि वैध छ, जबकि उसले मेरो हात काटिसकेको छ?
+नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो: त्यसलाई नमार।
+जवाफ सुनेपछि उसले भन्यो: हे अल्लाहका रसूल! उसले मेरो एउटा हात काटिदियो, यसका बाबजूद मैले उसलाई नमार्ने ?
+उहाँले भन्नुभयो : उसलाई नमार, किनकि अब उसलाई मार्न निषेध गरिएको छ। यदि तपाईंले उसलाई मुस्लिम भइसकेपछि पनि मार्नुहुन्छ भने, उसलाई निर्दोष मानिनेछ किनभने ऊ मुस्लिम भइसकेको छ, जबकि उसलाई मार्दा किसास अनुसार तपाईंको आफ्नै रगत हलाल हुन्छ।</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
-    <t>जो मान्छेद्वारा इस्लाममा प्रवेश भएको संकेत गर्ने वाला  कुनै शब्द वा कर्म देखियो भने उसलाई मार्नु  हराम (अवैध ) छ ।
-[...2 lines deleted...]
-इब्ने हज्र (रहिमहुल्लाह) भन्नु हुन्छ : " यो हदीसमा जो कुरा घटित भएको थिएन त्यसका बारेमा सोधिएको हो भन्ने कुरालाई ग्राह्यता दिँदै यो हदीसबाट यो कुराको प्रमाण दिइन्छ कि कुनै कुरा हुनु भन्दा पहिला त्यसका बारेमा सोध्न सकिन्छ । केही सलफ (विगतका उलमा)ले यो कुरालाई मन नपराउनु यस्ता कुराहरूका बारेमा सोधेमा भनेर भनिएको छ जो एकदमै कम हुने गर्छन्, जो प्राय:जसो असम्भव हुन्छ। तिनका बारेमा तिनको आदेश जान्नका लागि सोध्न मिल्छ ।</t>
+    <t>जसको कार्य वा भनाइले इस्लाम स्वीकार गरेको संकेत गर्छ, त्यस व्यक्तिलाई मार्न निषेध गरिएको छ।
+जब कुनै काफिरले युद्धको समयमा इस्लाम धर्म अपनाउँछ, उसको रगत सुरक्षित हुन्छ र उसलाई मार्नबाट बच्नु आवश्यक हुन्छ। तर यदि मामिला विपरीत छ भने, त्यो फरक कुरा हो।
+मुस्लिमले आफ्नो इच्छालाई शरियाको अधीनमा राख्नु अनिवार्य छ, घृणा र प्रतिशोध राख्नु हुँदैन ।
+इब्न हजार भन्छन्: नघटेको घटनाबारे शरियाको फैसला सोध्न अनुमति छ भन्ने तर्क दिइएको छ। केही सलफ (धर्मी पुर्खा) हरूद्वारा यसलाई मन नपराउनुको अर्थ भनेको यो विरलै हुने कुरामा आधारित छ। तर सामान्य रूपमा हुने घटनाहरूबारे शरियाको दृष्टिकोण जान्नको लागि सोध्न सकिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4815</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>एक व्यक्तिले पाप गर्यो र भन्यो:  हे अल्लाह! मेरो पापलाई क्षमा गर्नुहोस्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सीमा भन्नुभएको छ : अल्लाह भन्नुहुन्छ : "एक व्यक्तिले पाप गर्यो र भन्यो:  हे अल्लाह! मेरो पापलाई क्षमा गर्नुहोस्, तब अल्लाहले भन्नुभयो: मेरो दासले पाप गर्यो र त्यसपछि उसले महसुस गर्यो, उसको एक पालनकर्ता छ, जसले उसको पापलाई क्षमा गर्नुहुन्छ र सजाय पनि दिनुहुन्छ । त्यसपछि उसले फेरि पाप गर्यो र भन्यो: हे मेरो पालनकर्ता, मेरो पापहरू क्षमा गर्नुहोस्!  तब अल्लाहले भन्नुभयो: मेरो दासले पाप गर्यो र त्यसपछि उसले महसुस गर्यो, उसको एक पालनकर्ता छ, जसले उसको पापलाई क्षमा गर्नुहुन्छ र सजाय पनि दिनुहुन्छ । [हे मेरा उपासक] तिमी जे चाहन्छौ गर, मैले  तिमीलाई क्षमा गरें ।”</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्नो पालनकर्ता का  बारेमा बयान गर्नुहुन्छ, जब एक व्यक्तिले पाप गर्छ र त्यसपछि भन्छ, "हे अल्लाह!" मलाई माफ गर्नुहोस्! तब अल्लाह भन्नुहुन्छ: मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । त्यसपछि जब व्यक्तिले फेरि पाप गर्छ र भन्छ, हे मेरो अल्लाह! मलाई माफ गर्नुहोस्, तब अल्लाह भन्नुहुन्छ, मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । त्यसपछि जब व्यक्तिले फेरि पाप गर्छ र भन्छ, हे मेरो अल्लाह! मलाई माफ गर्नुहोस्, तब अल्लाह भन्नुहुन्छ, मेरो दासले पाप गरेको छ र उसलाई विश्वास छ, उसलाई माफ गर्ने वा सजाय दिने उसको एक पालनकर्ता हुनुहुन्छ । त्यसैले मैले उसलाई माफ गरें । जबसम्म परिस्थिति यस्तो छ, उसले हरेक पटक पाप गरेपछि तुरुन्तै पाप गर्न छोड्छ, लज्जित हुन्छ र फेरि पाप नगर्ने संकल्प गर्छ, तर स्वार्थको मोहमा परेर फेरि पाप गर्छ । जबसम्म यो अवस्था रहन्छ, अर्थात् उसले पाप गर्छ र पश्चात्ताप गर्छ, तबसम्म म उसलाई क्षमा गरिरहनेछु । किनभने पश्चात्तापले पहिलेका पापहरू मेटाउँछ ।</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>सेवकहरूमाथि अल्लाहको अपार कृपा, मानिसले जुनसुकै पाप गरे पनि यदि उसले पश्चात्ताप गर्छ र उहाँतिर फर्कन्छ भने, अल्लाहले उसको पश्चात्ताप स्वीकार गर्नुहुन्छ ।
 अल्लाहमा विश्वास गर्ने व्यक्ति उहाँको क्षमाको आशा गर्दछ र उहाँको सजायबाट डराउँछ, त्यसैले उसले तुरुन्तै पश्चात्ताप गर्छ र पापमा लिप्त हुँदैन ।
 साँचो पश्चात्तापका लागि शर्तहरू: पापलाई त्याग्नु, पापप्रति लज्जित हुनु र आइन्दा नगर्ने दृढ संकल्प गर्नु । यदि पश्चात्ताप कुनै व्यक्तिको हकअधिकारसँग सम्बन्धित छ जस्तै उसले कसैको सम्पत्ति हडपेको छ वा उसलाई मारेको छ वा उसलाई बेइज्जत गरेको छ भने चौथो शर्त थपिन्छ; त्यो शर्त हकदार व्यक्तिलाई उसको हक फिर्ता गर्ने वा  क्षतिपूर्ति दिने वा ऊ बाट माफी माग्नुपर्ने हो ।
 अल्लाहको (विशेषताहरूको)ज्ञान हुनुको महत्त्व, जसले भक्तलाई धार्मिक मामिलाबारे सचेत गराउँछ, फलस्वरूप भक्तले प्रत्येक पटक गल्ती गर्दा पश्चात्ताप गर्छ । न त अल्लाहको दयाबाट निराश हुन्छ न त पापमा लिप्त हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4817</t>
   </si>
   <si>
+    <t>إن رسول الله صلى الله عليه وسلم برئ من الصالقة والحالقة والشاقة</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुःखको समयमा कराउने, कपाल खौरने र लुगा च्यात्ने महिलाहरूको बारेमा आफ्नो अस्वीकृति व्यक्त गर्नुभएको छ।</t>
+  </si>
+  <si>
+    <t>عَن أَبِي بُرْدَةَ بْنِ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: وَجِعَ أَبُو مُوسَى وَجَعًا شَدِيدًا، فَغُشِيَ عَلَيْهِ وَرَأْسُهُ فِي حَجْرِ امْرَأَةٍ مِنْ أَهْلِهِ، فَلَمْ يَسْتَطِعْ أَنْ يَرُدَّ عَلَيْهَا شَيْئًا، فَلَمَّا أَفَاقَ، قَالَ: أَنَا بَرِيءٌ مِمَّنْ بَرِئَ مِنْهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَرِئَ مِنَ الصَّالِقَةِ وَالحَالِقَةِ وَالشَّاقَّةِ.</t>
+  </si>
+  <si>
+    <t>अबू बुरदा बिन अबू मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, अबू मुसा अल-अशअरी रजियल्लाहु अन्हु) धेरै बिरामी परे। (रोग यति गम्भीर थियो कि) उनी बेहोस भए। उनको टाउको उनको घरकी एक महिलाको काखमा थियो, (जो ठूलो स्वरले रोइरहेकी थिइन्) र उनी (बेहोस भएको कारणले) उनलाई जवाफ दिन सकेनन्। त्यसैले जब उनी होशमा आए, उनले भने: म ती सबैबाट सम्बन्ध नरहेको घोषणा गर्दछु जसलाई नबी (सल्लल्लाहु अलैहि वसल्लम) ले सम्बन्ध नरहेको घोषणा गर्नुभएको छ। नबी (सल्लल्लाहु अलैहि वसल्लम) ले दुःखको समयमा कराउने, कपाल खौरने र लुगा च्यात्ने महिलाहरूको बारेमा आफ्नो अस्वीकृति व्यक्त गर्नुभएको छ।</t>
+  </si>
+  <si>
+    <t>حَكَى أبو بردة رضي الله عنه أنّ أباه أبا موسى الأشعري رضي الله عنه مَرض مرضًا شديدًا فأغمي عليه، وكانت رأسه في حِجْر امرأةٍ من أهله، فصاحت ونَدَبَتْه، فلم يستطع أن يَرُدَّ عليها شيئًا بسبب إغمائه.
+فلما أفاق قال: إنه بريءٌ ممن بَرِئَ منه رسول الله صلى الله عليه وسلم، وإنه صلى الله عليه وسلم قد بَرِئَ من:
+الصالقة: وهي الرافعة صوتها عند المصيبة. 
+والحالقة: وهي التي تَحلق شعرها عند المصيبة.
+والشاقة: وهي التي تَشقُّ ثوبها عند المصيبة. 
+لأنها من أمور الجاهلية، بل أمر بالصبر عند المصائب، واحتساب أجرها على الله.</t>
+  </si>
+  <si>
+    <t>अबू बुर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, अबू मुसा (रजियल्लाहु अन्हु) एक पटक धेरै बिरामी परे। रोग यति गम्भीर थियो कि उहाँले होस गुमाउनुभयो। त्यस समयमा, उनको टाउको उनको घरमा एक महिलाको काखमा थियो, जसले उनको रोग देखेर रुन र विलाप गर्न थालिन्। तर बेहोशीको कारणले गर्दा उनी जवाफ दिन सकेनन्। त्यसैले जब उनी होशमा आए, उनले भने: म ती सबैबाट निर्दोष छु जसलाई नबी (सल्लल्लाहु अलैहि वसल्लम) ले निर्दोष घोषित गर्नुभएको छ। नबी (सल्लल्लाहु अलैहि वसल्लम) ले निम्न महिलाहरूबाट निर्दोष छु भनेर घोषणा गर्नुभएको छ: सालिका: दुःखको समयमा कराउने महिला। हालिका: समस्याको समयमा आफ्नो कपाल खौरने महिला। शाक्का: दुःखको समयमा आफ्नो लुगा च्यात्ने महिला। किनभने यी अज्ञानताको युगका कुरा हुन्। इस्लामले हामीलाई कठिनाइको समयमा धैर्य गर्न र अल्लाहबाट प्रतिफलको आशा गर्न आदेश दिन्छ।</t>
+  </si>
+  <si>
+    <t>النهي عن شَقِّ الثوب، وحَلْق الشعر، ورفع الصوت عند وقوع المصائب، وأن ذلك من كبائر الذنوب.
+الحزن والبكاء دون نياحةٍ ورَفْعِ صوتٍ ليس محرّمًا، فهو لا ينافي الصبر على قضاء الله، وإنما هو رحمة.
+تحريم التسخُّط من أقدار الله المؤلمة بالقول أو الفعل.
+وجوب الصبر عند وقوع المصائب.</t>
+  </si>
+  <si>
+    <t>दुःखको समयमा लुगा च्यात्नु, कपाल खौरनु र ठूलो स्वरले रुनु निषेध। यो ठूलो पाप हो।
+विलाप नगरी वा आवाज नउठाइकन शोक गर्नु र रुनु निषेधित छैन, किनकि यो धैर्यताको विपरीत छैन, बरु यो दयाको अभिव्यक्ति हो।
+अल्लाहको पीडादायी निर्णयहरूप्रति असन्तुष्टि व्यक्त गर्न निषेध गरिएको छ, चाहे त्यो शब्द वा कार्यद्वारा होस्।
+विपत्ति आउँदा धैर्य गर्नु अनिवार्य छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4849</t>
+  </si>
+  <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
-    <t>जसले लसुन वा प्याज खाएको छ, ऊ हामीदेखि  परै रहोस्" वा उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो : "ऊ हाम्रो मस्जिद भन्दा टाढै रहोस् र ऊ आफ्नै घरमा बसोस् ।</t>
+    <t>जसले लसुन वा प्याज खाएको छ, ऊ हामीबाट टाढा रहोस् - वा उहाँले भन्नुभयो: हाम्रो मस्जिदबाट टाढा रहोस् र आफ्नो घरमा बसोस्।</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
-    <t>हजरत जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ : नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "जसले लसुन वा प्याज खाएको छ, ऊ हामीदेखि  परै रहोस्" वा उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो : "ऊ हाम्रो मस्जिद भन्दा टाढै रहोस् र ऊ आफ्नै घरमा बसोस् ।"  र नबी (सल्लल्लाहु अलैहि वसल्लम) सामु एउटा भाँडा ल्याइयो, जसमा हरियो तरकारी थियो, र उहाँलाई त्यसको गन्ध आयो, उहाँले सोध्नु भयो र उहाँलाई त्यसमा के छ भनेर भनियो ।  उहाँले भन्नुभयो :  यसलाई मेरा कुनै साथी नजिक गरि देऊ, जो संगै थिए । जब उनले त्यसलाई देखे, उनले त्यसलाई खान मन पराएनन्, उहाँले (सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो: 
- "तिमी खाऊ, किन कि म उनीसित (फरिश्ताहरू) कुरा गर्छु, जससित तिमी कुरा गर्दैनौ ।"</t>
+    <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन् : नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जसले लसुन वा प्याज खाएको छ, ऊ हामीबाट टाढा रहोस् - वा उहाँले भन्नुभयो: हाम्रो मस्जिदबाट टाढा रहोस् र आफ्नो घरमा बसोस्।" नबी (सल्लल्लाहु अलैहि वसल्लम) सामु एउटा भाँडा ल्याइयो, जसमा हरियो तरकारी थियो र उहाँलाई त्यसको गन्ध आयो, उहाँले त्यसमा के छ भनेर सोध्नु भयो र उहाँलाई जवाफ दिइयो । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: यसलाई मेरो साथीलाई देऊ । जब त्यो साथीले यो देख्यो, उसलाई पनि खान मन परेन। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमी खाऊ, किनकि म जोससँग कानेखुसी गर्छु तिमी गर्दैनौ।"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले जसले लसुन वा प्याज खाएको छ, उनलाई मस्जिदमा नआउने आदेश दिनु भएको छ । कतै उसले जमातको नमाजमा उपस्थित भएका भाइहरूलाई उसको दुर्गन्धले कष्ट नहोस् । यो मनाही  मस्जिदमा आउनका निमित्त (तन्जिही) मनाही हो । यी खान हुँदैन भनेर होइन । किन कि ती खानेकुराहरू वैध हुन् । उहाँ(सल्लल्लाहु अलैहि वसल्लम) निर एउटा भाँडो ल्याइयो जसमा तरकारी थियो । तर जब उहाँले त्यसमा दुर्गन्ध महसुस गर्नुभयो र त्यसमा यो छ भनेर बताइयो, उहाँले आफूले खानु नभएर खुवाउन उहाँका एक जना साथी तिर बढाइ दिनु भयो । उनले त्यसैले उहाँको अनुकरण गर्दै खाना मन पराएनन् , तर उहाँले (सल्लल्लाहु अलैहि वसल्लम)उनलाई (नखाएको) देखेर भन्नु भयो : तिमी त खाऊ ; म चाहिँ वह्यी ल्याउने वाला फरिश्तासँग कुराकानी गर्छु । ( त्यसैले म खान्न )
-उहाँले बताउनु भयो कि गन्हाउने बस्तुबाट फरिश्ताहरूलाई पनि यसरी नै कष्ट हुन्छ जसरी मान्छेहरुलाई हुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्याज वा लसुन खाएको व्यक्तिलाई मस्जिदमा आउन निषेध गर्नुभएको छ, ताकि यी दुई चीजहरूको दुर्गन्धले मस्जिदमा जम्मा भएर प्रार्थना गर्न आउने अन्य भाइहरूलाई असुविधा नहोस्। यो निषेध वास्तवमा मस्जिदमा आउन निषेध हो। यी दुई चीजहरू खान निषेध होइन। किनभने ती खानेकुराहरू वैध हुन् । एक पटक, पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को अगाडि तरकारीको भाँडो ल्याइयो। तर जब उनले त्यसको गन्ध महसुस गरें र त्यसमा के छ भनेर बताइयो, उहाँले आफैं खानुको सट्टा आफ्ना एक साथीलाई दिए। उनले उहाँको अनुकरण गर्दै खाना मन पराएनन्, उहाँले भन्नुभयो: तिमी खाऊ । म वह्यी ल्याउने फरिश्ता (स्वर्गदूत) हरूसँग कुरा गर्छु।
+उहाँले बताउनु भयो, मानिसहरू जस्तै स्वर्गदूतहरूलाई पनि दुर्गन्धित चीजहरूले सताउँछ।</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
-    <t>त्यो मान्छेलाई मस्जिद आउन रोकिएको छ जसले लसुन वा प्याज अथवा प्याजको पात (जस्तै प्रकारको एक किसिमको साग ) खाएको छ ।
-[...6 lines deleted...]
-उलमाहरू भन्छन् : लसुन खाएको मान्छेलाई मस्जिद पस्नमा पनि रोक लगाइनेछ । किन कि मस्जिदमा फरिश्ताहरू हुन्छन् । साथै हदीसको आम अर्थको माग पनि यही हो ।</t>
+    <t>लसुन, प्याज वा स्क्यालियन खाएको व्यक्तिलाई मस्जिदमा प्रवेश गर्न निषेध।
+यी चीजहरूमा पूजा गर्नेहरूलाई असुविधा दिने सबै दुर्गन्धित चीजहरू समावेश हुनेछन्, जस्तै चुरोट र सुर्तीजन्य पदार्थ आदि।
+निषेधको कारण नराम्रो गन्ध हो। यदि धेरै पकाएर नराम्रो गन्ध हटाइयो भने, निषेध हट्नेछ।
+मस्जिदमा आएर नमाज पढ्न चाहने व्यक्तिले मस्जिदमा सामूहिक नमाज नछुटोस् भनेर यी चीजहरू खानु मकरुह हो। तर, यदि उसले उपस्थित हुनबाट बच्नको लागि यी चीजहरू खान्छ भने, उसको लागि यी चीजहरू खानु हराम हुनेछ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) यी कुराहरू हराम भएकोले नखाएको होइन । बरु उहाँ जिब्रिल (अलैहिस्सलाम) सँग कुराकानी गर्नुहुन्थ्यो।
+नबी (सल्लल्लाहु अलैहि वसल्लम) को उत्कृष्ट शिक्षण शैली, उहाँले आदेशको कारण पनि व्याख्या गर्नुहुन्थ्यो, ताकि श्रोताले बुद्धिमत्ता बुझोस् र सहज महसुस गरोस्।
+काजी (रहिमहुल्लाह) भन्छन्: विद्वानहरूले ईदगाह र कब्रिस्तान जस्ता अन्य प्रार्थना स्थलहरूलाई पनि यसैमा सामेल गरेका छन् । त्यस्तै ज्ञान, जिक्र र वलीमाका लागि भेलाहरूलाई पनि योसँग तुलना गरिनेछ। तर बजार आदिसँग होइन।
+उलमाहरू भन्छन् : लसुन खाएको मान्छेलाई खाली मस्जिदमा पस्न पनि रोक लगाइनेछ । किनकि मस्जिदमा फरिश्ताहरू हुन्छन् । साथै हदीसको आम अर्थको माग पनि यही हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4850</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>वास्तवमा, आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरूमाथी न्याय गर्ने  न्यायाधीशहरू अल्लाहको दाहिने हाततिर उज्यालो मञ्चमा विराजमान हुनेछन् । उहाँका दुवै हातहरू दाहिने हुन्</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरूमाथी न्याय गर्ने  न्यायाधीशहरू अल्लाहको दाहिने हाततिर उज्यालो मञ्चमा विराजमान हुनेछन् । उहाँका दुवै हातहरू दाहिने हुन् ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले आफ्नो घरपरिवार, प्रजा र मातहतमा रहेकाहरू माथी न्याय र सत्यताका साथ फैसला गर्छन्, उनीहरु न्यायको दिन प्रकाशबाट निर्माण गरिएका उच्च स्थानमा विराजमान हुनेछन् । यी स्थानहरू उनीहरूलाई सम्मान स्वरुप  दिइनेछ । यी उच्च स्थानहरू दयालु अल्लाहको दाहिने तर्फ हुनेछन् । स्मरण रहोस, अल्लाहका दुवै हातहरू दाहिने छन् ।</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>न्यायको सद्गुण र न्याय गर्ने प्रेरणा ।
 न्याय एक व्यापक शब्द हो, जसमा सबै प्रकारका शासन, मानिसहरू, पत्नी र छोराछोरीहरू बीच गरिएका निर्णयहरू आदि समावेश छन् ।
 न्यायको दिनमा न्यायाधीशहरूको स्थानको विवरण ।
 न्यायको दिनमा आस्थावानहरूले पाउने स्थानहरू कर्म अनुसार फरक हुनेछन्  ।
 प्रेरणा र प्रोत्साहन गर्ने विधि दावत [आह्वान] गर्ने एक शैली हो, जसले सम्बोधित श्रोतालाई राम्रो काम गर्न प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4935</t>
   </si>
   <si>
+    <t>كانت بنو إسرائيل تسوسهم الأنبياء، كلما هلك نبي خلفه نبي، وإنه لا نبي بعدي، وسيكون خلفاء فيكثرون</t>
+  </si>
+  <si>
+    <t>इस्राएलका सन्तानहरू नबीहरूद्वारा निर्देशित थिए। जब ​​कुनै नबीको मृत्यु हुन्थ्यो, तब अर्को नबी उनको उत्तराधिकारी हुन्थे। तर म पछि कोही नबी हुनेछैन। यद्यपि, म पछि खलीफाहरू हुनेछन् र तिनीहरू असंख्य हुनेछन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَازِمٍ قَالَ: قَاعَدْتُ أَبَا هُرَيْرَةَ رضي الله عنه خَمْسَ سِنِينَ، فَسَمِعْتُهُ يُحَدِّثُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «كَانَتْ بَنُو إِسْرَائِيلَ تَسُوسُهُمُ الأَنْبِيَاءُ، كُلَّمَا هَلَكَ نَبِيٌّ خَلَفَهُ نَبِيٌّ، وَإِنَّهُ لاَ نَبِيَّ بَعْدِي، وَسَيَكُونُ خُلَفَاءُ فَيَكْثُرُونَ» قَالُوا: فَمَا تَأْمُرُنَا؟ قَالَ: «فُوا بِبَيْعَةِ الأَوَّلِ فَالأَوَّلِ، أَعْطُوهُمْ حَقَّهُمْ، فَإِنَّ اللَّهَ سَائِلُهُمْ عَمَّا اسْتَرْعَاهُمْ».</t>
+  </si>
+  <si>
+    <t>अबू हाजिम बताउँछन्: मलाई पाँच वर्षसम्म अबू हुरैरा (रजियल्लाहु अन्हु)  सँग बस्ने मौका मिल्यो। मैले उनीबाट सुनेको थिएँ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "इस्राएलका सन्तानहरू नबीहरूद्वारा निर्देशित थिए। जब ​​कुनै नबीको मृत्यु हुन्थ्यो, तब अर्को नबी उनको उत्तराधिकारी हुन्थे। तर म पछि कोही नबी हुनेछैन। यद्यपि, म पछि खलीफाहरू हुनेछन् र तिनीहरू असंख्य हुनेछन्।" साथीहरूले सोधे: हे नबी (सल्लल्लाहु अलैहि वसल्लम) ! तिनीहरूको बारेमा तपाईं हामीलाई के आदेश दिनुहुन्छ? उहाँले भन्नुभयो: "जसको पहिला तिमीले प्रतिज्ञा गर्छौ, उसको प्रतिज्ञा पूरा गर, त्यसपछि उसपछिको प्रतिज्ञा गर। त्यसपछि तिनीहरूलाई उनीहरूको हक देऊ। अल्लाहसँग आफ्नो अधिकार माग । किनकि अल्लाहले ती व्यक्तिहरूको बारेमा सोध्नेछन् जसमाथि उनले तिनीहरूलाई संरक्षक बनाएका छन्।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ بني إسرائيل كانت تسوسهم الأنبياء، ويَتَولَّون أمورهم كما تفعل الأمراء والولاة بالرَّعِيّة، وكلما ظهر فيهم فسادٌ بَعَث الله لهم نبيًا لهم يقيم أمرهم ويزيل ما غيّروا من أحكام.
+وإنه لا نبي بعدي فيَفْعَل ما كان أولئك يفعلون، وسيكون بعدي خلفاء فيَكْثرون ويحصل بينهم التنازع والخلاف. 
+فسأل الصحابة رضي الله عنهم رسول الله صلى الله عليه وسلم: فما تأمرنا؟ 
+فقال: فإذا بُويع الخليفةُ بعد خَليفة؛ فبيعة الأول صحيحة يجب الوفاء بها، وبيعة الثاني باطلة ويَحْرُم عليه طلبُها، وأعطوهم حقّهم، وأطيعوهم وعاشروهم بالسمع والطاعة في غير المعصية، فإن الله يسألهم ويحاسبهم على ما يفعلونه بكم.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, इस्राएलका सन्तानहरूको नेतृत्व नबीहरूले गर्थे। नबीहरूले आफ्नो सबै काम त्यसरी नै गर्थे जसरी शासक र राजाहरूले आफ्ना प्रजाहरूको काम गर्छन्। जब पनि इस्राएलका सन्तानहरूमा कुनै भ्रष्टाचार हुन्थ्यो, अल्लाहले एक नबी पठाउनुहुन्थ्यो जसले त्यो भ्रष्टाचारलाई सच्याउँथे। तर मेरो उम्मत (अनुयायी) मा यो काम गर्ने म पछि कोही नबी हुनेछैन। म पछि खलीफाहरू हुनेछन्, जो ठूलो संख्यामा हुनेछन् र तिनीहरूको मतभेद र विवाद पनि देखा पर्नेछ। त्यसैले साथीहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे: यस्तो अवस्थामा तपाईं हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले जवाफ दिनुभयो: जब एक खलीफा पछि अर्को खलीफाको शपथ लिइन्छ, तब पहिलो खलीफाप्रति वफादारीको शपथ मान्य हुन्छ र यसलाई पूरा गर्नुपर्छ, जबकि दोस्रो खलीफाप्रति वफादारीको शपथ अमान्य हुन्छ र यस्तो शपथ लिन निषेध गरिएको छ। हेर, खलीफाहरूलाई उनीहरूको अधिकार देऊ, उनीहरूको आज्ञा पालन गर र पाप बाहेक सबै कुरामा उनीहरूको कुरा मान । किनकि अल्लाहले  उनीहरूलाई प्रश्न गर्नुहुनेछ र तपाईंलाई गरेको कामप्रति उनीहरूलाई जवाफदेही बनाउनुहुनेछ।</t>
+  </si>
+  <si>
+    <t>أنه لا بد للرعية من نبي أو خليفة يقوم بأمرها، ويحملها على الطريق المستقيم.
+أنه لا نبي بعد نبينا محمد صلى الله عليه وسلم.
+التحذير من الخروج على من ثَبَتَتْ ولايته بطريقة شرعية.
+أنه لا يجوز عقد البيعة لخليفتين في آنٍ واحد.
+عِظَم مسؤولية الإمام، فإن الله تعالى سيسأله عن رعيته.
+قال ابن حجر: تقديم أمر الدين على أمر الدنيا؛ لأنه صلى الله عليه وسلم أَمَرَ بتوفية حق السلطان لما فيه من إعلاء كلمة الدين وكف الفتنة والشر؛ وتأخير أمر المطالبة بحقه لا يُسقِطه، وقد وعده الله أنه يُخَلِّصه ويُوَفِّيه إياه ولو في الدار الآخرة.
+علامة من علامات نبوته صلى الله عليه وسلم، فقد كثر الخلفاء بعده صلى الله عليه وسلم، وتوالى على الأمة المصلحون منهم والمسيؤون.</t>
+  </si>
+  <si>
+    <t>मानिसहरूको लागि एक जना नबी वा खलीफा हुनु महत्त्वपूर्ण हो, जसले उनीहरूको मामिला सम्हाल्न र तिनीहरूलाई सही बाटो देखाउन सकोस्।
+हाम्रा नबी मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) पछि कोही नबी हुनेछैनन्।
+यो हदीसले शरिया कानून मार्फत प्रमाणित भएको व्यक्तिको विरुद्धमा विद्रोह नगर्न चेतावनी दिन्छ।
+एकै समयमा दुई खलीफाहरूप्रति वफादारीको प्रतिज्ञा गर्नु अनुमति छैन।
+इमाम र शासकको ठूलो जिम्मेवारी, किनकि अल्लाहले उनलाई उनका प्रजाहरूको बारेमा सोधपुछ गर्नेछन्।
+इब्न हजर भन्छन्: धार्मिक मामिलाहरूलाई सांसारिक मामिलाहरू भन्दा प्राथमिकता दिइनेछ; किनकि नबी (सल्लल्लाहु अलैहि वसल्लम) ले शासकको अधिकार पूरा गर्न आदेश दिनुभएको छ, किनभने यसमा धर्मलाई उच्च गर्नु र विद्रोह रोक्नु समावेश छ। यहाँ यो कुरा याद राख्नु पर्छ, हकको मागलाई स्थगित गर्नुको अर्थ त्यो हक गुमाउनु होइन, किनकि अल्लाह आफैंले उसलाई परलोकमा उसको पूर्ण हक दिने वाचा गर्नुभएको छ।
+यो हदीस मुहम्मद अरब (सल्लल्लाहु अलैहि वसल्लम) एक साँचो नबी हुनुको एक महान प्रमाण हो, किनकि उहाँ पछि अनगिन्ती खलीफाहरू थिए, धेरै राम्रा र धेरै नराम्रा।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4936</t>
+  </si>
+  <si>
     <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>जो नम्रताबाट वञ्चित छ, त्यो सबै भलाइबाट वञ्चित छ ।</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>जरीर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो नम्रताबाट वञ्चित छ, त्यो सबै भलाइबाट वञ्चित छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जो कोही नम्रता र दयाबाट वञ्चित छ, ऊ धार्मिक र सांसारिक मामिलामा सफल हुँदैन । अनि आफू वा अरूसँग गर्ने मामिलामा सबै भलाइबाट वञ्चित हुन्छ ।</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>नम्रताको महत्व, आफूमा यो आचरण सृजना गर्न प्रोत्साहन र हिंसाको निन्दा ।
 दया भनेको दुवै संसारको अत्याधिक भलाइ सुनिश्चित गर्नु र हिंसा यसको विपरीत हो ।
 उच्च आचरण र उत्कृष्ट व्यवहारले नम्रता आउँछ, जबकि क्रोध, क्रूरता र असभ्यताबाट हिंसा उत्पन्न हुन्छ, त्यसैले अल्लाहले नबी (सल्लल्लाहु अलैहि वसल्लम) को दयाको प्रशंसा गर्नुभएको हो ।
 सुफयान अस्-सौरीले आफ्ना साथीहरूलाई सोधे : के तपाईंहरूलाई थाहा छ दया र नम्रता के हो? हरेक वस्तुलाई त्यसको उचित स्थानमा राख्नु नम्रता हो । कठोरता उपयुक्त ठाउँमा, कोमलता उपयुक्त ठाउँमा, तरवार उपयुक्त ठाउँमा र कोर्रा उपयुक्त ठाउँमा ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4939</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا دخل العشر أحيا الليل، وأيقظ أهله، وجد وشد المئزر</t>
+  </si>
+  <si>
+    <t>जब रमजानको अन्तिम दश दिन आउँथ्यो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) रातभर जागा बस्नुहुन्थ्यो, आफ्नो परिवारलाई जगाउनुहुन्थ्यो, परिश्रम गर्नुहुन्थ्यो र आफ्नो कम्मर कस्नुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللهُ عَنْهَا قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الْعَشْرُ أَحْيَا اللَّيْلَ، وَأَيْقَظَ أَهْلَهُ، وَجَدَّ وَشَدَّ الْمِئْزَرَ.</t>
+  </si>
+  <si>
+    <t>सम्पूर्ण मुमिनहरूको आमा आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, जब रमजानको अन्तिम दश दिन आउँथ्यो, तब नबी (सल्लल्लाहु अलैहि वसल्लम) रातभर जागा बस्नुहुन्थ्यो, आफ्नो परिवारलाई जगाउनुहुन्थ्यो, परिश्रम गर्नुहुन्थ्यो र आफ्नो कम्मर कस्नुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دخل العشر الأواخر من رمضان أحيا الليل كلَّه بأنواع الطاعات، وأيقظ أهلَه للصلاة، واجتهد في العبادة زيادة على عادته، وتَفَرَّغ لها واعتزل نساءه.</t>
+  </si>
+  <si>
+    <t>जब रमजानको अन्तिम दश रातहरू आउँथे, नबी (सल्लल्लाहु अलैहि वसल्लम) ले रातभरि विभिन्न प्रकारका उपासनाहरू गर्नुहुन्थ्यो र आफ्नो परिवारलाई पनि प्रार्थनाको लागि उठाउनुहुन्थ्यो। उहाँ उपासनामा सामान्य भन्दा बढी मेहनत गर्नुहुन्थ्यो र त्यसमा समर्पित हुनुहुन्थ्यो र आफ्ना पत्नीहरूबाट टाढा रहनुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>الترغيب باغتنام الأوقات الفاضلة بالأعمال الصالحة.
+قال النووي: ففي هذا الحديث: أنه يستحب أنْ يُزاد من العبادات في العشر الأواخر من رمضان، واستحباب إحياء لياليه بالعبادات.
+ينبغي على العبد أن يكون حريصًا على أهلِه بأمرِهم بالعبادة، ويَصْطَبِر عليهم.
+فعل الخيرات يحتاج إلى حَزْم وصبر ومصابرة.
+قال النووي: اختلف العلماء في معنى (شدّ المِئزر) فقيل: هو الاجتهاد في العبادات زيادة على عادته صلى الله عليه وسلم في غيره، ومعناه: التشمير في العبادات، يقال: شَدَدْتُ لهذا الأمر مِئزري، أي: تَشَمَّرتُ له وتَفَرّغت، وقيل: هو كناية عن اعتزال النساء للاشتغال بالعبادات.</t>
+  </si>
+  <si>
+    <t>असल काम र पुण्य गरेर समयलाई सदुपयोग गर्न प्रोत्साहन।
+नववी भन्छन्: यो हदीसले रमजानको अन्तिम दिनहरूमा बढी उपासना गर्न र ती रातहरूमा उपासनामा बिताउन मुस्तहब भन्ने संकेत गर्दछ।
+सेवकले आफ्नो परिवारको चिन्ता, उनीहरूलाई उपासना गर्न आदेश दिनु र उनीहरूको पूर्ण हेरचाह गर्नुपर्छ।
+असल काम गर्न दृढ संकल्प, धैर्य र लगनशीलता चाहिन्छ।
+नववीले भने: यस हदीसमा "शद्दल-मेजर" शब्दहरूको अर्थको बारेमा विद्वानहरूमाझ मतभेद छ। कसैले भने: यसले नबी (सल्लल्लाहु अलैहि वसल्लम) को सामान्य अभ्यास र अन्य दिनहरू भन्दा बढी उपासना गर्ने कुरालाई जनाउँछ। यसरी यसको अर्थ हो: उपासनाको लागि आफ्नो कम्मर कस्नु। अरबीमा भनिएको छ: मैले यस कामको लागि आफ्नो कम्मर कसेको छु । अर्को भनाइ : यी शब्दहरू उपासनामा संलग्न हुनको लागि महिलाहरूबाट अलग हुने संकेत हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/4944</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक ।" सोधियो: हे अल्लाहका रसूल! इन्कार गर्नेहरू को हुनेछन्? उहाँले भन्नुभयो: "जसले मेरो आदेशको पालना गर्छ उसले स्वर्गमा प्रवेश गर्नेछ र जसले मेरो आज्ञा पालन गर्दैन उसले इन्कार गर्यो ।”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) बताउँदै हुनुहुन्छ, मेरा समस्त अनुयायीहरू स्वर्गमा प्रवेश गर्नेछन्, इन्कार गर्नेहरू बाहेक !
 सहाबाहरूले सोधे: हे अल्लाहको रसूल! स्वर्ग जान कसले इन्कार गर्छ र ?!
 उहाँले जवाफ दिनुभयो, जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आज्ञापालन र अनुसरण गर्यो उ स्वर्गमा प्रवेश गर्नेछ र जसले आज्ञा पालन गरेन र शरियतको पालना गरेन उसले वास्तवमा आफ्नो खराब कर्महरूले गर्दा स्वर्गमा प्रवेश गर्न अस्वीकार गर्यो ।</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
@@ -8334,97 +9250,95 @@
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, कयामतको दिन, कुनै पनि व्यक्तिले हिसाबकिताबको मैदानबाट स्वर्ग वा नरकमा जानेछैन जबसम्म उसलाई यी कुराहररूको बारेमा सोधिदैन:
 पहिलो: उसको उमेरको बारेमा, उसले आफ्नो जीवन कसरी बितायो र जिवनको समय कहाँ खर्च गर्यो ?
 दोस्रो: उसको ज्ञानको बारेमा सोधपुछ हुनेछ कि उसले अल्लाहका लागि ज्ञान सिकेको थियो (वा अन्य कुनै उद्देश्यले)? के उसले आफ्नो ज्ञानअनुसार अभ्यास र कर्म गर्यो? अनि के उसले त्यो ज्ञान अरू मानिससम्म पुर्यायो?
 तेस्रो: उसको सम्पत्तिको बारेमा सोधिनेछ कि उसले कमाएको पैसा वैद्य थियो कि अवैध? अनि उसले केमा खर्च गर्यो, अल्लाहलाई प्रसन्न पर्ने कुरामा वा मन नपर्ने कुरामा ?
 चौथो: उसको शरीर, उसको शक्ति, उसको स्वास्थ्य र उसको युवावस्थालाई उसले कसरी प्रयोग गर्यो र कहाँ खर्च गर्यो भनेर सोधिने छ?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>यस हदीसमा अल्लाहलाई प्रसन्न तुल्याउने तरिकामा जीवन बिताउन प्रोत्साहन दिइएको छ।
 अल्लाहले आफ्ना भक्तहरूलाई अनगिनत वरदानहरू दिनुभएको छ र उहाँले त्यसको बारेमा सोध्नुहुनेछ । त्यसैले अल्लाहलाई प्रसन्न गर्ने कामहरु गर्नुपर्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4950</t>
   </si>
   <si>
     <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
-    <t>अवश्य म यो झण्डा यस्तो मान्छेलाई दिनेछु जो अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई माया गर्छ, अल्लाह उनको माध्यमबाट विजय प्रदान गर्नु हुनेछ ।</t>
+    <t>म यो झण्डा त्यसलाई दिनेछु जसले अल्लाह र उहाँका रसूललाई माया गर्छ र अल्लाहले उसको हातमा विजय प्रदान गर्नु हुनेछ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ : अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले खैबरका दिन भन्नु भयो : "अवश्य म यो झण्डा यस्तो मान्छेलाई दिनेछु जो अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई माया गर्छ, अल्लाह उनको माध्यमबाट विजय प्रदान गर्नु हुनेछ ।" उमर इब्न अल-खत्ताब (रजियल्लाहु अन्हु)ले भन्नु भयो: मलाई त्यो दिन बाहेक जिम्मेवारी कहिल्यै चाहिएको थिएन । अत: मलाई यसका लागि बोलाइन्छ कि भनेर आशा लगाउँदै अघि बढेँ । उहाँ ( हजरत उमर 
-रजियल्लाहु अन्हु) थप भन्नु हुन्छ :  रसूलुल्लाह (सल्लल्लाहु अलैहि व सल्लम)ले अली इब्ने अबू तालिबलाई बोलाउनु भयो र  उहाँलाई झण्डा दिनु भयो र भन्नु भयो: "जाऊ, र पछाडि फर्केर न हेर्नु, जबसम्म अल्लाह तआलाले तिमीलाई विजय दिनु हुन्न ।" हजरत उमर (रजियल्लाहु अन्हु ) भन्नु हुन्छ: हजरत अली (रजियल्लाहु अन्हु) केही पर गएर पछि नफर्कि, उच्च स्वरमा भन्नु लाग्नु भयो:  « या रसूलुल्लाह ! के का लागि म मानिसहरूसँग युद्ध गरूँ ?» उहाँले(सल्लल्लाहु अलैहि वसल्लम) भन्नु भयो: « मान्छेहरूसित यो कुरामा युद्ध गर कि उनीहरूले गवाही दिऊन् - अल्लाह बाहेक अरू कोही उपासनाको लायक छैन र मुहम्मद उहाँका रसूल हुन् । " र यदि तिनीहरूले यसो गरे भने, उनीहरूले आफ्नो ज्यान र धन तिमीबाट जोगाए । तर यदि कुनै कारण भयो भने (यो बेग्लै कुरा हो) र तिनीहरूको हिसाब अल्लाहको जिम्मामा हुनेछ।»</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले खैबरको दिन भन्नुभयो: "म यो झण्डा त्यसलाई दिनेछु जसले अल्लाह र उहाँका रसूललाई माया गर्छ र अल्लाहले उसको हातमा विजय प्रदान गर्नु हुनेछ।" उमर (रजियल्लाहु अन्हु) ले भने: मैले त्यो दिन बाहेक कहिल्यै पदको चाहना गरेको छैन। उनले थपे: मलाई बोलाइनेछ भन्ने आशामा मैले टाउको उठाएँ। उनी अझै भन्छन्: तर, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले अली इब्न अबी तालिबलाई बोलाउनुभयो, उनलाई झण्डा दिनुभयो र भन्नुभयो: "जाऊ, अल्लाहले तिमीलाई विजय नदिउन्जेल पछाडि नहेर।" उमर (रजियल्लाहु अन्हु) भन्छन्: अली (रजियल्लाहु अन्हु) अलि टाढा गए, त्यसपछि रोकिए, पछाडि नफर्केर ठूलो स्वरमा कराए: हे अल्लाहका रसूल! म मानिसहरूसँग के कुरामा लड्नु पर्छ? उहाँले  भन्नुभयो: "अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुन् भनेर साक्षी नदिएसम्म युद्ध गर।" यदि तिनीहरूले त्यसो गर्छन् भने, तिनीहरूले आफ्नो ज्यान र सम्पत्ति तिमीहरूबाट जोगाए। हो, यदि तिनीहरूको कुनै अधिकार छ भने, त्यो फरक कुरा हो। तिनीहरूको हिसाब अल्लाहसँग हुनेछ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले सहाबीहरूलाई बताउनु भयो कि भोलि खैबरका यहूदीहरू 
-[...4 lines deleted...]
-उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : "उनीहरूसित युद्ध गर्नुहोस् जबसम्म उनीहरूले गवाही दिँदैनन् कि अल्लाह बाहेक कोही उपास्य छैन र मुहम्मद उहाँका रसूल हुन् । यदि उनीहरूले कबुल गरे र इस्लाममा प्रवेश गरे भने उनीहरूले आफ्नो ज्यान र धन तिमीबाट जोगाए , तर ! यदि कुनै अपराध गरे भने  इस्लामको नियम अनुसार उनीहरूलाई मृत्युको सजाय भए यो बेग्लै कुरा होला, र उनीहरूको हिसाब अल्लाहको जिम्मामा छ। "</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सहाबीहरूलाई बताउनु भयो, भोलि खैबरका यहूदीहरू माथि मुस्लिमहरू विजय पाउने छन्, जो मदीना नजिकै थियो । यो विजय एक जना मानिसको हातमा हुनेछ जसलाई उहाँले झण्डा दिनुहुनेछ, जुन सेनाको झण्डा हो। यस मानिसको एउटा विशेषता यो हुनेछ, उसले अल्लाह र उनका रसूललाई माया गर्छ र अल्लाह र उनका रसूलले पनि उसलाई माया गर्छन्।
+उमर बिन खत्ताब (रजियल्लाहु अन्हु) बताउँछन्, त्यो एक दिन बाहेक कहिल्यै पदको चाहना गरेको छैन। उहाँको हृदयमा बोलाइने इच्छा जागृत भयो, यस आशामा कि उनलाई अल्लाह र उहाँको रसूलको प्रेमले आशीर्वाद मिल्नेछ जुन पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले वर्णन गर्नुभएको थियो। उनले आफ्नो शरीर तन्काए र आफ्नो उचाइ अलिकति बढाउन थाले ताकि अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई देख्न सकून् र उनले झन्डा प्राप्त गर्न सकून्।
+यद्यपि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले अली बिन अबू तालिब (रजियल्लाहु अन्हु) लाई बोलाउनु भयो र उहाँलाई  झण्डा दिनु भयो । नबी (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई झण्डा दिनुभयो र सेनासँगै मार्च गर्न र शत्रुसँग युद्ध गरेपछि किल्लाहरू नजितेसम्म राहत वा शान्तिको खोजीमा युद्ध नत्याग्न आदेश दिनुभयो।
+त्यसैले अली  (रजियल्लाहु अन्हु) निस्कनुभयो। एक पटक रोकिए पनि, नबी (सल्लल्लाहु अलैहि वसल्लम) को आदेशको अवज्ञा गर्नबाट बच्न उनी पछाडि फर्केनन्। उनी खैबरतिर फर्किए र ठूलो स्वरमा सोधे: "हे अल्लाहका रसूल! म मानिसहरूसँग केको लागि लड्नु पर्छ?"
+अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो: जबसम्म उनीहरूले अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका रसूल हुन् साक्षी दिँदैनन् तबसम्म उनीहरूसँग लड। यदि तिनीहरूले तपाईंको निमन्त्रणा स्वीकार गर्छन् र इस्लाम धर्म अँगाल्छन् भने, तिनीहरूले आफ्नो रगत र सम्पत्ति तपाईंबाट सुरक्षित राखेका छन्। हो, यदि कुनै अपराध गरे भने  इस्लामको नियम अनुसार उनीहरूलाई मृत्युको सजाय भए यो बेग्लै कुरा हो। बाँकी उनीहरूको हिसाब अल्लाहको जिम्मामा छ।</t>
   </si>
   <si>
     <t>الصحابة كانوا يَكرهون الإمارة لما فيها من عِظَم المسؤولية.
 جواز التطلُّع والاستشراف لأمر تأكَّد خيرُه.
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
-    <t>सहाबीहरू हाकिम बन्न मन पराउनु हुन्थेन, किन भने यसमा ठूलो उत्तरादायित्त्व हुन्छ ।
-[...8 lines deleted...]
-जिहादको सबैभन्दा ठुलो उद्देश्य मानिसहरू इस्लाममा प्रवेश गरून् भन्ने हो ।</t>
+    <t>सहाबीहरूलाई नेतृत्व मन पर्दैनथ्यो, किनकि यसमा ठूलो जिम्मेवारी हुन्छ।
+जुन कार्यमा भलाइ सुनिश्चित छ, त्यसको इच्छा र चाहना व्यक्त गर्नु जायज छ।
+युद्धभूमिमा अपनाउने रणनीतिको बारेमा शासकले सेनापतिलाई निर्देशन दिनु।
+रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) का साथीहरू उहाँका उपदेशहरूलाई ग्रहण गर्थे र त्यसलाई व्यवहारमा व्यवहारमा उतार्न अग्रसर हुन्थे ।
+यदि कसैलाई केहि गर्न भनियो र उसले त्यो बुझेन भने, उसले सोध्नु पर्छ।
+मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका पैगम्बर हुनुका धेरै तर्कहरू मध्ये यो हो, उहाँले यहूदीहरू माथि  खैबरमा विजय मिल्ने भविष्यवाणी गर्नु भयो र त्यस्तो नै भयो।
+रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) को आदेशमा तुरुन्तै कार्य गर्न प्रोत्साहन।
+दुवै गवाही स्वीकार गर्ने व्यक्तिलाई मार्न अनुमति छैन, यदि उसले त्यस्तो कार्य गरेको छ जसको कारणले हत्या गर्नु आवश्यक छ त्यो अलग कुरा हो।
+इस्लामिक आदेशहरू मानिसहरूको बाहिरी कर्महरूको आधारमा लागु हुन्छ । अल्लाह तिनीहरू भित्र लुकेका रहस्यहरूको मालिक हुनुहुन्छ।
+जिहादको अन्तिम लक्ष्य भनेको मानिसहरूलाई इस्लाम धर्ममा रूपान्तरण गर्नु हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4958</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>जिब्रीलले मलाई छिमेकीप्रति निरन्तर वसीयत गरीरहे यहाँसम्म कि मैले ख्याल गरे अब उनले छिटै छिमेकीलाई वारिस (उत्तराधिकारी) पनि बनाउने आदेश ल्याउनेछन्।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जिब्रीलले मलाई छिमेकीप्रति निरन्तर वसीयत गरीरहे यहाँसम्म कि मैले ख्याल गरे अब उनले छिटै छिमेकीलाई वारिस (उत्तराधिकारी) पनि बनाउने आदेश ल्याउनेछन्।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) बताउँदै हुनुहुन्छ, जिब्रीलले छिमेकीको हेरचाह गर्नुपर्छ भनेर बारम्बार आदेश दिनुभयो । ध्यान राख्नुहोस्, छिमेकी त्यो व्यक्ति हो जसको ढोका तपाईंको ढोका नजिक हुन्छ , चाहे त्यो मुस्लिम होस् वा गैर-मुस्लिम, आफन्त होस् वा पराई । छिमेकीको हेरचाह गर्नु भनेको उसको अधिकारको रक्षा गर्नु, उसलाई दु:ख नदिनु, राम्रो व्यवहार गर्नु र उसले दिएको दु:खमा धैर्य गर्नु हो । जिब्रिलले छिमेकीको अधिकारलाई दिएको महत्त्व र उनको बारम्बार आदेशले रसूल (सल्लल्लाहु अलैहि वसल्लम) सोच्न थाले, शायद मृत्यु पछि छिमेकीले पनि धनसम्पत्तिमा हिस्सा पाउनेछ ।</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
@@ -8477,83 +9391,223 @@
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आस्थावानहरूको आपसी प्रेम र एकअर्काप्रतिको करुणाको उदाहरण एउटा शरीर जस्तै हो, जसको कुनै अंग दुख्दा पूरै शरीरले पीडा महसुस गर्छ, निन्द्रासमेत उड्छ र पूरै शरीरलाई ज्वरो आउँछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभयो कि मुस्लिमहरूको आपसी सम्बन्ध कल्याण, दया, सहयोग र एकअर्काको पीडाप्रति संवेदनशीलतामा आधारित हुनुपर्छ, जस्तो कि एउटै शरीरको अवस्था हुन्छ —जब शरीरको कुनै एक अंगमा पीडा हुन्छ, तब सम्पूर्ण शरीर नै अनिद्रा र ज्वरोले प्रभावित हुन्छ।</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>मुस्लिमहरूले एकअर्काप्रतिको अधिकारको सम्मान गर्दै, पारस्परिक सहयोग र करुणालाई बढावा दिनुपर्छ।
 आस्थावानहरूबीच प्रेम र समर्थन कायम रहनुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/4969</t>
   </si>
   <si>
+    <t>العبادة في الهرج كهجرة إلي</t>
+  </si>
+  <si>
+    <t>कलह, भ्रष्टाचार र द्वन्दको समयमा उपासना गर्नु भनेको मतिर हिज्रत गर्नु जस्तै हो।</t>
+  </si>
+  <si>
+    <t>عَنْ مَعْقِلِ بْنِ يَسَارٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْعِبَادَةُ فِي الْهَرْجِ كَهِجْرَةٍ إِلَيَّ».</t>
+  </si>
+  <si>
+    <t>माकिल बिन यासर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "कलह, भ्रष्टाचार र द्वन्दको समयमा उपासना गर्नु भनेको मतिर हिज्रत गर्नु जस्तै हो।"</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم في زمن الهَرْج والفتنة والقتل واختلاط أمور الناس إلى العبادة والتمسك بها، وأنّ أجرها كهجرة إلى النبي صلى الله عليه وسلم، وذلك لأن الناس يغفلون عنها، ويشتغلون عنها، ولا يتفرغ لها إلا أفراد.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई कलह, भ्रष्टाचार, हत्या, विनाश र अराजकताको समयमा अल्लाहको उपासनामा समर्पित हुन निर्देशन दिनुभएको छ र यसको प्रतिफल नबी (सल्लल्लाहु अलैहि वसल्लम) तिर हिजरत गर्ने प्रतिफल बराबर भएको बताउनुभएको छ। किनभने प्रायः मानिसहरू यसलाई बेवास्ता गर्छन् र आफूलाई अन्य कुराहरूमा व्यस्त राख्छन् र थोरै मानिसहरू मात्र त्यसो गर्न सक्षम हुन्छन्।</t>
+  </si>
+  <si>
+    <t>الحث على العبادة والإقبال على الله تعالى أيام الفتن؛ تَحَصُّنًا من الفتن، وحِفْظًا من الفساد.
+بيان فضل العبادة في الفتن وأوقات الغفلة.
+ينبغي للمسلم اعتزال مواطن الفتن والغفلة.</t>
+  </si>
+  <si>
+    <t>भ्रष्टाचार, हत्या र अराजकताको समयमा प्रलोभन र भ्रष्टाचारबाट सुरक्षित रहनको लागि उपासनामा संलग्न हुन र अल्लाहतिर फर्कन प्रोत्साहन।
+प्रलोभन र लापरवाहीको समयमा उपासना गर्ने सद्गुण ।
+एक मुस्लिमले प्रलोभन र लापरवाहीको ठाउँबाट टाढा रहनु पर्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5020</t>
+  </si>
+  <si>
     <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
-    <t>सुन र मान । उसमाथि त्यो उत्तरादायित्व छ जो उस माथि हालिएको छ र तिमी माथि त्यो कुराको उत्तरादायित्व छ जो तिमी माथि हालिएको छ ।</t>
+    <t>उनीहरुको कुरा सुन र आज्ञापालन गर। उनीहरूमाथि जे छ त्यसको लागि उनीहरू जिम्मेवार छन् र तपाईंमाथि जे छ त्यसको लागि तपाईंहरू जिम्मेवार हुनुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
-    <t>हजरत वाइल बिन हज्रमीद्वारा वर्णन छ: हजरत सल्मा बिन यजीद जुअ्फी (रजियल्लाहु अन्हु)ले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)सित सोध्नु भयो : हे अल्लाहका नबी ! यदि हामी माथि यस्ता हाकिम नियुक्त भए जसले आफ्नो हक त मागे तर हाम्रा अधिकार दिएनन् भने तपाईँ यसका बारेमा के आदेश दिनु हुन्छ ? उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले उनको कुरामा ध्यान दिनु भएन । उनले फेरि सोधे: र पनि उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले उनको कुरा सुनेको नसुन्यै गर्नु भयो । उनले फेरि दोस्रो पटक वा तेस्रो पटक सोधे। अत: हजरत अश्अष बिन कैस (रजियल्लाहु अन्हु)ले उनलाई तान्नु भयो र भन्नु भयो : "सुन र मान । उसमाथि त्यो उत्तरादायित्व छ जो उस माथि हालिएको छ र तिमी माथि त्यो कुराको उत्तरादायित्व छ जो तिमी माथि हालिएको छ । "</t>
+    <t>वाइल बिन हज्रमी ले वर्णन गरेका छन्: सल्मा बिन यजीद जुअ्फी (रजियल्लाहु अन्हु) ले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) सित सोध्नु भयो : हे अल्लाहका पैगम्बर! यदि यस्ता शासकहरूले हामीमाथि शासन गरे, जसले हामीबाट आफ्नो अधिकार खोस्नेछ तर हाम्रो अधिकार दिनेछैन, यस विषयमा तपाईं हामीलाई के गर्न आदेश दिनुहुन्छ? उहाँले उनको कुरामा ध्यान दिनु भएन । उनले फेरि सोधे, तर उहाँले उनको कुरामा ध्यान दिनु भएन । उनले दोस्रो वा तेस्रो पटक सोधेपछि अश्अष बिन कैस (रजियल्लाहु अन्हु) ले उनलाई ताने र उहाँले भन्नुभयो: "उनीहरुको कुरा सुन र आज्ञापालन गर। उनीहरूमाथि जे छ त्यसको लागि उनीहरू जिम्मेवार छन् र तपाईंमाथि जे छ त्यसको लागि तपाईंहरू जिम्मेवार हुनुहुन्छ।"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम)सित यस्ता हाकिमहरूका बारेमा सोधियो - जो मान्छेहरूसित त आफ्नो कुरा मान्न र आज्ञापालन गर्नका लागि त भन्छन् तर इन्साफ गर्ने र युद्धधन दिने,अन्यायबाट बचाउने र समानताको व्यवहार गर्ने जस्ता उनीहरूले गर्नु पर्ने कामहरू गर्दैनन् भने तपाईँले उनीहरूका साथ  हामीले कस्तो व्यवहार गर्नु पर्छ भन्ने आदेश दिनु हुन्छ ?
-[...1 lines deleted...]
-सो नबी(सल्लल्लाहु अलैहि व सल्लम)ले प्रश्नको जवाफ दिनु भयो र भन्नु भयो : उनीहरूले भनेको सुन र उनीहरूको आदेश पालना गर । किन भने उनीहरूलाई न्याय, निसाफ र प्रजाहरूलाई उनीहरूको हक दिने जस्ता जिम्मेवारीहरूको जवाफ दिनु पर्ला जो उनीहरूको जिम्मा लगाइएको छ  र तिमीहरूलाई अनुसरण, परीक्षाको समयमा धैर्य जस्ता यो जिम्मेवारीहरूको बारेमा जवाफ दिनु पर्ला जो तिमीहरूको काँधमा राखिएका छन् ।</t>
+    <t>पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) लाई त्यस्ता शासकहरूको बारेमा सोधियो, जसले जनतालाई हाम्रो कुरा सुन र अनुसरण गर भन्छन्, तर जनतालाई न्याय गर्ने, युद्धबाट प्राप्त धनमाल दिने, उनीहरूलाई अत्याचारबाट बचाउने र उनीहरूसँग समान व्यवहार गर्ने जस्ता अधिकारहरू पूरा गर्दैनन्। यस्तो अवस्थामा उनीहरूसँग कस्तो व्यवहार गर्नुपर्छ?
+यो प्रश्न सुनेपछि, अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले प्रश्नकर्ताबाट मुख फेर्नुभयो, मानौ उनलाई यो प्रश्न मन परेन। तर प्रश्नकर्ताले दोस्रो र तेस्रो पटक आफ्नो प्रश्न दोहोर्‍याइरहे। यो देखेर, अशअस बिन कैस (रजियल्लाहु अन्हु) ले प्रश्नकर्तालाई चुप लगाउन आफुतिर ताने।
+त्यसकारण, अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले प्रश्नको जवाफ दिनुभयो। उहाँले भन्नुभयो: तपाईंले उनीहरूको कुरा सुन्नु पर्छ र उनीहरूको आदेश पालना गर्नु पर्छ। किनभने उनीहरूले आफुमाथि राखिएको जिम्मेवारीहरूको जवाफ दिनुपर्छ, जस्तै न्याय गर्नु र मानिसहरूलाई उनीहरूको अधिकार दिनु। अनि तपाईंले आफूमाथि सुम्पिएका जिम्मेवारीहरू, जस्तै आज्ञाकारिता, अधिकारको पूर्ति र परीक्षाको समयमा धैर्यताको लागि जवाफदेही हुनुपर्छ।</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
-    <t>अल्लाह तआलाको प्रसन्नताका कामहरूमा शासकहरूको कुरा सुन्नु, र उनीहरूले प्रजाको हक पुरा गरे पनि या नगरे पनि उनीहरूको आज्ञा पालना गर्नुपर्छ ।
-[...1 lines deleted...]
-दीन (धर्म)को आधार जस्तालाई त्यस्तैमा आधारित छैन । आफ्ना जिम्मेवारीहरू पूरा गर्नुपर्दछ । चाहे अरूले जिम्मेवारी पूरा गर्नमा कमी गरेको होस् । जसरी कि यो हदीसमा बताइएको छ ।</t>
+    <t>शासकहरूले प्रजाको अधिकार पूरा नगरे पनि, प्रजाले अल्लाहको खुशी खोज्ने मामिला र सबै परिस्थितिमा उनीहरूको कुरा सुन्नुपर्छ र आज्ञा पालना गर्नुपर्छ ।
+शासकहरूको तर्फबाट उनीहरूका उत्तरादायित्त्वहरूमा हुने कमीले यो कुराको अनुमति दिँदैन कि जनताले पनि आफ्ना जिम्मेवारीहरू पुरा गर्नमा कमी गरून् । किनकि प्रत्येक व्यक्तिलाई उसको आफ्नै कार्यको बारेमा सोधपुछ गरिनेछ र उसको आफ्नै लापरवाहीको लागि जवाफदेही बनाइनेछ।
+दीन (धर्म) को आधार जस्तालाई त्यस्तैमा आधारित छैन । यो आफ्नो जिम्मेवारी पूरा गर्ने कुरामा आधारित छ, चाहे तपाईंको अगाडिको व्यक्तिले आफ्नो जिम्मेवारी पूरा गर्न बेवास्ता गरे पनि। जसरी यो हदीसमा बताइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5037</t>
+  </si>
+  <si>
+    <t>ما من مسلم يدعو بدعوة ليس فيها إثم، ولا قطيعة رحم، إلا أعطاه الله بها إحدى ثلاث: إما أن تعجل له دعوته، وإما أن يدخرها له في الآخرة، وإما أن يصرف عنه من السوء مثلها قالوا: إذن نكثر، قال: الله أكثر</t>
+  </si>
+  <si>
+    <t>जब कुनै मुस्लिमले पाप वा नाता सम्बन्ध तोड्ने काम नगरी कुनै दुआ गर्छ, अल्लाहले उसलाई तीन चीजहरू मध्ये एउटा निश्चित रूपमा प्रदान गर्नुहुन्छ: कि त सको दुआ स्वीकार गर्नुहुन्छ, वा उसको दुआलाई परलोकको लागि भण्डारण गर्नुहुन्छ वा उसलाई कुनै घटनाबाट जोगाई दिनुहुन्छ।" साथीहरूले सोधे: "त्यसो भए हामी अत्यधिक दुआ गर्छौं " नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाह धेरै उदार हुनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ مُسْلِمٍ يَدْعُو بِدَعْوَةٍ لَيْسَ فِيهَا إِثْمٌ، وَلَا قَطِيعَةُ رَحِمٍ، إِلَّا أَعْطَاهُ اللهُ بِهَا إِحْدَى ثَلَاثٍ: إِمَّا أَنْ تُعَجَّلَ لَهُ دَعْوَتُهُ، وَإِمَّا أَنْ يَدَّخِرَهَا لَهُ فِي الْآخِرَةِ، وَإِمَّا أَنْ يَصْرِفَ عَنْهُ مِنَ السُّوءِ مِثْلَهَا» قَالُوا: إِذنْ نُكْثِرُ، قَالَ: «اللهُ أَكْثَرُ».</t>
+  </si>
+  <si>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब कुनै मुस्लिमले पाप वा नाता सम्बन्ध तोड्ने काम नगरी कुनै दुआ गर्छ, अल्लाहले उसलाई तीन चीजहरू मध्ये एउटा निश्चित रूपमा प्रदान गर्नुहुन्छ: कि त सको दुआ स्वीकार गर्नुहुन्छ, वा उसको दुआलाई परलोकको लागि भण्डारण गर्नुहुन्छ वा उसलाई कुनै घटनाबाट जोगाई दिनुहुन्छ।" साथीहरूले सोधे: "त्यसो भए हामी अत्यधिक दुआ गर्छौं " नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाह धेरै उदार हुनुहुन्छ।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنّ المسلم إذا دعا الله وسأله مسألة ليست بإثم كأنْ يدعوَه بتيسير المعصية والظلم، ولا دَعا بقطيعة رحم؛ كأن يدعوَ على أولاده وقرابته، إلا أعطاه الله بدعائه أحدَ ثلاثة أمور: 
+إما أنْ يعجّل له دعوته ويعطيه ما سأل.
+وإما أنْ يؤخِّرها الله عز وجل أجرًا له يوم القيامة بعلو في الدرجات، أو رحمة ومغفرة من السيئات.
+وإما أن يدفع عنه في دنياه من السوء مثلها بقدر الدعاء. 
+فقال الصحابة للنبي صلى الله عليه وسلم: إذن نكثر من الدعاء؛ لننال أحد هذه الفضائل؟
+فقال صلى الله عليه وسلم: أن ما عند الله أكثر وأعظم مما تسألون، فعطاؤه لا ينفد، ولا ينتهي.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जब कुनै मुस्लिमले प्रार्थना गर्छ र अल्लाहसँग त्यस्तो कुरा माग्छ जुन पाप होइन, जस्तै पाप वा अन्यायको लागि दुआ वा नाता सम्बन्ध तोड्ने कुरामा आधारित छैन भने, जस्तै आफ्ना छोराछोरी र आफन्तहरूको विरुद्धमा प्रार्थना गर्दैन भने, अल्लाहले उसलाई तीन चीजहरू मध्ये एक निश्चित रूपमा प्रदान गर्नेछ: या त उहाँले तुरुन्तै उसको प्रार्थना सुन्नुहुन्छ र उसले मागेको कुरा दिनुहुन्छ। अथवा अल्लाहले कयामतको दिनमा उसको लागि इनामको रूपमा, उसको पद बढाएर वा दया र पापहरूको क्षमा स्वरूप यसलाई ढिलाइ गर्न सक्नुहुन्छ। अथवा उहाँले यस संसारमा उसलाई त्यस बराबरको खराबीबाट बचाउन सक्नुहुन्छ, प्रार्थनाको अनुपातमा। त्यसैले साथीहरूले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई भने: त्यसो भए हामीले यी मध्ये एउटा चीज प्राप्त गर्नको लागि अत्यधिक दुआ गर्छौं ? जवाफमा, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिमीले जे माग्छौ, अल्लाहसँग त्यो भन्दा धेरै र ठूला कुराहरू छन्। अल्लाहको आशीर्वाद कहिल्यै समाप्त हुँदैन।"</t>
+  </si>
+  <si>
+    <t>دعوة المسلم مستجابة لا تُرَدّ لكن بشروطها وآدابها؛ لذلك ينبغي على العبد أن يكثر من الدعاء ولا يستعجل بالإجابة.
+الاستجابة للدعاء غير مقيَّدة بحصول المطلوب؛ فقد يُكَفِّر عنه بدعوته، أو يَدَّخِر له في الآخرة.
+قال ابن باز: الإلحاح، وحسن الظن بالله، وعدم اليأس، من أعظم أسباب الإجابة، فعلى المرء أن يُلِحَّ في الدعاء، ويحسن الظن بالله عز وجل، ويَعلم أنه حكيم عليم، قد يُعجِّل الإجابة لحكمة، وقد يؤخرها لحكمة، وقد يعطي السائل خيرًا مما سأل.</t>
+  </si>
+  <si>
+    <t>दुआको शिष्टाचार र सर्तहरू पूरा भएको छ भने मुस्लिमको प्रार्थना स्वीकार गरिन्छ; अस्वीकार गरिँदैन। त्यसैले, सेवकले सकेसम्म धेरै प्रार्थना गर्नुपर्छ र जवाफको आशामा हतार गर्नु हुँदैन।
+प्रार्थना स्वीकार गर्नुको अर्थ लक्ष्य प्राप्ति नै हो भन्ने होइन। प्रार्थनाले पापहरूको क्षमा पनि दिन सक्छ वा यसलाई परलोकको लागि भण्डारण गर्न सकिन्छ।
+इब्न बाज भन्छन्: दुआमा लगातार बिन्ती गर्नु, अल्लाहसंग राम्रो आशा राख्नु र निराश नहुनु प्रार्थना स्वीकार हुने सबैभन्दा ठूला कारणहरू हुन्। त्यसकारण, प्रार्थना गर्दा, व्यक्तिले लगातार बिन्ती गर्नुपर्छ, अल्लाहमा राम्रो विश्वास राख्नुपर्छ र आफ्नो हृदयमा विश्वास राख्नुपर्छ अल्लाह बुद्धिमान हुनुहुन्छ र सबै कुरा जान्नुहुन्छ। कहिलेकाहीँ, केही बुद्धिमत्ताको कारण, उहाँले तुरुन्तै प्रार्थना स्वीकार गर्नुहुन्छ। कहिलेकाहीँ उहाँले बुद्धिको भावले पछि स्वीकार गर्नुहुन्छ र कहिलेकाहीँ उहाँले प्रार्थना गर्नेलाई उसले मागेको भन्दा राम्रो कुरा दिनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5100</t>
+  </si>
+  <si>
+    <t>أن نبي الله صلى الله عليه وسلم كان يقول عند الكرب: لا إله إلا الله العظيم الحليم، لا إله إلا الله رب العرش العظيم، لا إله إلا الله رب السماوات ورب الأرض ورب العرش الكريم</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) दुःख पर्दा भन्नुहुन्थ्यो: "ला इलाह इल-लल्लाहुल-अजीमुल हलीम, ला इलाह इल-लल्लाहुल-रब्बुल-अर्शल-अजीम, ला इलाह इल-लल्लाहु रब्बुस्समावाति व रब्बुल-अर्दी वा रब्बुल-अर्शील-करीम।" अर्थ: अल्लाह बाहेक अरु कोही अल्लाह छैन। महान सिंहासनको स्वामी अल्लाह बाहेक अरु कोही अल्लाह छैन। आकाश, पृथ्वी र महान सिंहासनको स्वामी अल्लाह बाहेक अरु कोही अल्लाह छैन।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ نَبِيَّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ عِنْدَ الْكَرْبِ: «لَا إِلَهَ إِلَّا اللهُ الْعَظِيمُ الْحَلِيمُ، لَا إِلَهَ إِلَّا اللهُ رَبُّ الْعَرْشِ الْعَظِيمِ، لَا إِلَهَ إِلَّا اللهُ رَبُّ السَّمَاوَاتِ وَرَبُّ الْأَرْضِ وَرَبُّ الْعَرْشِ الْكَرِيمِ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हु) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) दुःख पर्दा भन्नुहुन्थ्यो: "ला इलाह इल-लल्लाहुल-अजीमुल हलीम, ला इलाह इल-लल्लाहुल-रब्बुल-अर्शल-अजीम, ला इलाह इल-लल्लाहु रब्बुस्समावाति व रब्बुल-अर्दी वा रब्बुल-अर्शील-करीम।" अर्थ: अल्लाह बाहेक अरु कोही अल्लाह छैन। महान सिंहासनको स्वामी अल्लाह बाहेक अरु कोही अल्लाह छैन। आकाश, पृथ्वी र महान सिंहासनको स्वामी अल्लाह बाहेक अरु कोही अल्लाह छैन।</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يقول عند اشتداد الكَرْب والغَمِّ عليه: 
+«لا إله إلا الله» لا معبودَ بحق إلا الله، «العظيم» القَدْرِ، الجليل الشأن، في ذاته وصفاته وأفعاله، «الحليم» الذي لا يُعَاجِل العاصي بالعقوبة بل يُؤخّرها، وقد يعفو عنه مع القدرة عليه، فهو القادر سبحانه على كل شيء.
+«لا إله إلا الله رب العرش العظيم» خالق العرش العظيم، «لا إله إلا الله رب السموات والأرض» وخالق السموات والأرض، وخالق كل شيء فيهما ومالكه ومُصْلِحُه، والمُتصرِّف فيه كيف ما شاء، «رب العرش الكريم» خالق العرش الكريم.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ठूलो संकट र कष्टको समयमा यो दुआ पढ्नुहुन्थ्यो: "ला इलाह इल-लल्लाहुल" (अल्लाह बाहेक कोही अल्लाह छैन), "अल-अजीम" (आफ्नो अस्तित्व, गुण र कार्यहरूमा उच्च), "अल-हलीम" (जसले अवज्ञाकारी सेवकलाई तुरुन्तै दण्ड दिँदैन, बरु ढिलो गर्नुहुन्छ । कहिलेकाहीं उसले क्षमा पनि गर्नुहुन्छ। जबकि उसलाई दण्ड दिने पूर्ण शक्ति छ। किनभने ऊसँग सबै कुरा गर्ने शक्ति छ) । “ला इलाह इल-लल्लाहुल-रब्बुल-अर्शल-अजीम" (अल्लाह बाहेक अरू कुनै साँचो अल्लाह छैन, जो भव्य सिंहासनको मालिक हो), "ला इलाह इल-लल्लाहु रब्बुस्समावाति व रब्बुल-अर्दी” (स्वर्ग र पृथ्वीको पालनकर्ता र सृष्टिकर्ता । तिनीहरूमा भएका सबै कुराको सृष्टिकर्ता, मालिक, पालनकर्ता र व्यवस्थापन गर्ने अल्लाह बाहेक अरू कुनै साँचो अल्लाह छैन), "रब्बुल-अर्शील-करीम" (महान सिंहासनको मालिक र भव्य सिंहासनको निर्माता।</t>
+  </si>
+  <si>
+    <t>وجوب الفزع إلى الله بالدُّعَاء عند نزول المصائب والكُرُوْب.
+استحباب الدعاء بهذا الذِّكْر عند الكرب.
+عرش الرحمن الذي استوى عليه جل جلاله هو أعلى المخلوقات وأكبرُها وأعظمُها، وقد وصفه النبي صلى الله عليه وسلم بأنه عظيم وبأنه كريم.
+خص السموات والأرض بالذكر؛ لأنهما من أعظم المخلوقات المشاهدة.
+قال الطيبي: صَدَّرَ هذا الثناءَ بذكر الرب لِيناسب كَشْفِ الكرب؛ لأنه مقتضى التربية، وفيه التهليل المشتمل على التوحيد وهو أصل التنزيهات الجلالية، والعظمة التي تدل على تمام القدرة، والحلم الذي يدل على العلم، إذ الجاهل لا يُتَصَوّر منه حِلْم ولا كرم وهما أصل الأوصاف الإكرامية.</t>
+  </si>
+  <si>
+    <t>विपत्ति र संकट आइपर्दा प्रार्थनाद्वारा अल्लाहतर्फ फर्कनु पर्ने ।
+संकट पर्दा यो प्रार्थना गर्न मुस्तहब।
+परम दयालुको सिंहासन, जसमाथि उहाँ मुस्तवी (उच्च) हुनुहुन्छ, त्यो सबै सृष्टिहरूमध्ये सर्वोच्च, महान र सबैभन्दा भव्य छ। रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यसलाई भव्य र महानको रूपमा वर्णन गर्नुभयो।
+आकाश र पृथ्वीलाई अवलोकन गर्दा सबैभन्दा महान् सृष्टिहरू मध्ये एक भएकोले उल्लेख गरिएका हुन्।
+तीबीले भने: दुःख हटाउनको लागि प्रशंसाको सुरुवात अल्लाहको नामले गरिएको छ, किनकि यो पालनपोषण र एकेश्वरवाद समावेश गर्ने महिमा समावेश छ, जुन पारलौकिकताको उत्पत्ति हो । शक्तिको पूर्णतालाई जनाउने महानता र ज्ञानलाई जनाउने सहनशीलता छ, किनकि अज्ञानीहरूलाई सहनशीलता वा उदारता भएको कल्पना गर्न सकिँदैन र यी सम्मानजनक गुणहरूको उत्पत्ति हुन्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5141</t>
+  </si>
+  <si>
+    <t>ما صلى النبي صلى الله عليه وسلم صلاة بعد أن نزلت عليه: إذا جاء نصر الله والفتح النصر:  إلا يقول فيها: سبحانك ربنا وبحمدك اللهم اغفر لي</t>
+  </si>
+  <si>
+    <t>सुरा नस्रको अवतरण पछि जब पनि नबी (सल्लल्लाहु अलैहि वसल्लम) ले सलाह पढ्नुहुन्थ्यो तब यो दुआ पढ्नुहुन्थ्यो: "सुब्हान कल्लाहम्म रब्बना व बिहम्दिक अल्लाहुम्मग्फिरली" (हे अल्लाह, हाम्रा पालनकर्ता, तपाईं आफ्नो प्रशंसाबाट पवित्र हुनुहुन्छ। हे अल्लाह, मलाई क्षमा गर्नुहोस्।)</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا قَالَتْ: مَا صَلَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلاَةً بَعْدَ أَنْ نَزَلَتْ عَلَيْهِ: {إِذَا جَاءَ نَصْرُ اللَّهِ وَالفَتْحُ} [النصر: 1] إِلَّا يَقُولُ فِيهَا: «سُبْحَانَكَ رَبَّنَا وَبِحَمْدِكَ اللَّهُمَّ اغْفِرْ لِي».
+وعَنْها قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ فِي رُكُوعِهِ وَسُجُودِهِ: «سُبْحَانَكَ اللهُمَّ رَبَّنَا وَبِحَمْدِكَ، اللهُمَّ اغْفِرْ لِي» يَتَأَوَّلُ الْقُرْآنَ.</t>
+  </si>
+  <si>
+    <t>सम्पूर्ण मुमिनहरूको आमा आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकि छिन्, सुरा नस्रको अवतरण पछि जब पनि नबी (सल्लल्लाहु अलैहि वसल्लम) ले सलाह पढ्नुहुन्थ्यो तब यो दुआ पढ्नुहुन्थ्यो: "सुब्हान कल्लाहम्म रब्बना व बिहम्दिक अल्लाहुम्मग्फिरली" (हे अल्लाह, हाम्रा पालनकर्ता, तपाईं आफ्नो प्रशंसाबाट पवित्र हुनुहुन्छ। हे अल्लाह, मलाई क्षमा गर्नुहोस्।)</t>
+  </si>
+  <si>
+    <t>تُخْبِرُ أمُّ المؤمنين عائشةُ رضي الله عنها أن النبي صلى الله عليه وسلم لما أُنزِل عليه: {إذا جاء نصر الله والفتح} تَأَوَّلَ القرآنَ وبَادَرَ إلى امتثال أَمْرِ الله تعالى في قوله: {فسبح بحمد ربك واستغفره}، فكان يكثر أن يقول في حال ركوعه وسجوده أثناء الصلاة: «سبحانك» وتنزيهًا لك من كلِّ نقص عما لا يليق بك، «اللهم ربنا وبحمدك» بالثناء المحمود عليك لكمال ذاتك وصفاتك وأفعالك، «اللهم اغفر لي» وامْحُ عني ذنبي وتجاوز عنه.</t>
+  </si>
+  <si>
+    <t>आइशा (रजियल्लाहु अन्हा) यस हदीसमा वर्णन गर्छिन्, जब अल्लाहले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई "इजा जाअ नसरुल्लाह" अवतरण गर्नु भयो, उहाँले तुरुन्तै अल्लाहको आदेश पालना गर्न थाल्नुभयो। त्यसकारण, उहाँ प्रार्थनामा रुकु र सज्दा गर्दा बारम्बार "सुब्हान कल्लाहम्म रब्बना व बिहम्दिक अल्लाहुम्मग्फिरली" पढ्नुहुन्थ्यो। "सुबहानाक" अर्थात अल्लाह सबै कमजोरीहरूबाट मुक्त हुनुहुन्छ। "अल्लाहुम्मा रब्बाना वा बिहम्दिक" अल्लाह आफ्नो अस्तित्व, गुणहरू र कार्यहरूमा पवित्र हुनुहुन्छ र "अल्लाहुम्मग्फिरली" भनेको पापहरूको क्षमाको लागि अल्लाहलाई प्रार्थना गर्नु हो।</t>
+  </si>
+  <si>
+    <t>استحباب الإكثار من هذا الدعاء في الركوع والسجود.
+الاستغفار في آخر العُمْر فيه تَنبيهٌ أنْ تَخْتِمَ العبادات كذلك -وخصوصًا الصلاة- بالاستغفار، ليتدارك ما حصل فيها من النقص.
+أحسن ما يُتَوَسَّل به إلى الله في قبول الدعاء هو ذِكْرُ مَحامده وتسبيحه وتنزيهه عن النقائص والعيوب.
+فضيلة الاستغفار، وطلبه في كل حال.
+كمال عبودية النبي صلى الله عليه وسلم وامتثاله لأمر الله.</t>
+  </si>
+  <si>
+    <t>रुकु र स्ज्दा गर्दा यो प्रार्थना बारम्बार पढ्नु मुस्तहब हो ।
+जीवनको अन्त्यमा क्षमा माग्नुको रहस्य भनेको उपासना, विशेष गरी प्रार्थना, क्षमा माग्दै अन्त्य हुनुपर्छ, ताकि त्यस भित्र रहेका कुनै पनि कमजोरीहरूलाई सुधार गर्न सकियोस्।
+अल्लाहको सामु प्रार्थना स्वीकार गर्ने सबैभन्दा राम्रो तरिका भनेको उहाँको प्रशंसा गर्नु र दोष र अपूर्णताबाट उहाँको पवित्रताको घोषणा गर्नु हो।
+क्षमा खोज्नुको सद्गुण र हरेक परिस्थितिमा क्षमा माग्ने ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको उपासना र आदेशहरू पालनामा पूर्णताको शिखरमा हुनुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5212</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>आफ्ना छोराछोरीहरू सात वर्षको हुँदा सलाह (नमाज) पढ्न आदेश दिनु र दस वर्षको हुँदा तिनीहरूलाई (नमाज नपढे) पिट्नु र उनीहरूको ओछ्यान अलग गर्दिनु ।</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>अम्र बिन शुऐबले आफ्नो बुबाद्वारा आफ्नो हजुरबुवाबाट नकल गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "आफ्ना छोराछोरीहरू सात वर्षको हुँदा सलाह (नमाज) पढ्न आदेश दिनु र दस वर्षको हुँदा तिनीहरूलाई (नमाज नपढे) पिट्नु र उनीहरूको ओछ्यान अलग गर्दिनु ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, बुबाले आफ्नो सन्तान (छोराछोरी) लाई सात वर्षको हुँदा नमाज पढ्न आदेश दिनुपर्छ र उनीहरूलाई नमाज कायम गर्न आवश्यक कुराहरू सिकाउनुपर्छ। तिनीहरू दस वर्ष पुगेपछि लापरवाही गर्छन् भने पिट्न भनिएको छ र उनीहरूको ओछ्यान पनि अलग गर्न आदेश दिइएको छ ।</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
@@ -8596,50 +9650,81 @@
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>तौहीद (एक इश्वरवाद) र अकिदालाई दूषित गर्ने सबै चीजहरूबाट जोगिनु  पर्छ ।
 बहुदेववादी रुक्या (झाडफूँक), ताबीज र  टुनामुना निषेधित  गरिएको छ ।
 यी तीन कुरालाई साधनको रूपमा लिनु शिर्कको सानो रूप (शिर्क असगर) हो; किनभने उसले कुनै कारण नभएको कुरालाई साधन बनाउँछ । तर यदि यिनलाई आफैंमा लाभदायक र हानिकारक मानिन्छन् भने त्यो ठूलो शिर्क (शिर्क अकबर) हो ।
 शिर्क र हराममा आधारित माध्यमहरू नअपनाउन चेतावनी ।
 शरियतद्वारा अनुमति दिइएको रुक्या बाहेक अन्य मन्त्रहरू पढ्नु र झाडफूँक गर्नु पनि शिर्क र हराम हो ।
 हृदयको सम्बन्ध अल्लाहसँग मात्र हुनुपर्छ । नाफा नोक्सानको मालिक उहाँ नै हुनुहुन्छ । उहाँका कोही साझेदार छैन भन्ने हृदयमा दृढ विश्वास हुनुपर्छ । जुनसुकै भलाई भएपनि अल्लाहले दिनुहुन्छ र केवल उहाँले हामीलाई खराबीबाट बचाउनु हुन्छ ।
 जायज रुक्या (झाडफूँक) का तीन सर्तहरू छन् : १) यो विश्वास राख्नु कि यो झारफुक केवल  एक माध्यम हो र अल्लाहको अनुमति बिना लाभदायक छैन । २) झारफुक कुर्आनद्वारा, अल्लाहका नामहरू, उहाँका गुणहरू, अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) द्वारा सिकाइएका दुआ (प्रार्थना) हरूबाट हुनुपर्छ । ३) बुझ्ने खाले भाषामा हुनुपर्छ, कुनै तन्त्र मन्त्र र जादु हुनु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5273</t>
+  </si>
+  <si>
+    <t>إذا تثاءب أحدكم فليمسك بيده على فيه، فإن الشيطان يدخل</t>
+  </si>
+  <si>
+    <t>जब तिमीहरूमध्ये कोही हाई निकाल्छ, उसले आफ्नो हातले मुख छोपेर त्यसलाई रोकोस, किनकि शैतान भित्र पस्छ।</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ».</t>
+  </si>
+  <si>
+    <t>अबू-सईद अल्-खुदरी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब तिमीहरूमध्ये कोही हाई निकाल्छ, उसले आफ्नो हातले मुख छोपेर त्यसलाई रोकोस, किनकि शैतान भित्र पस्छ।"</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن تَثاءبَ بأن فتح فمه بسبب الكسل أو الامتلاء ونحو ذلك؛ بأنْ يضع يدَه على فَمِه فيُغْلِقه بها؛ وذلك لأن الشيطان يدخل فيه إذا تركه مفتوحًا، فوَضْعُ اليد يكون مانعًا من دخوله.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आलस्य, पूर्णता आदि कारणले मुख खोलेर हाई निकाल्ने व्यक्तिलाई आफ्नो हात मुखमा राख्न र त्यसले बन्द गर्न उपदेश दिनुभयो। किनभने यदि यसलाई खुला छोडियो भने शैतान भित्र पस्छ, त्यसैले हात माथि राख्नाले उसलाई भित्र पस्नबाट रोक्छ।</t>
+  </si>
+  <si>
+    <t>إذا أراد الإنسان أن يتثاءب فعليه أنْ يَكْظِمَ ما استطاع، بأنْ يُمْسِكَ على فِيه، فيُبقيه مُغلقًا بحيث لا ينفتح، فإن لم يستطع إبقاء فمِهِ مغلقًا فليضع يدَه على فيه، فيُغَطِّي فاه بيده.
+التزام آداب الإسلام في جميع الحالات؛ لأنها عنوان الكمال والأخلاق.
+الحذر من كل مَدَاخِل الشيطان على الإنسان.</t>
+  </si>
+  <si>
+    <t>यदि कुनै व्यक्तिले हाई निकाल्न मन छ भने, उसले सकेसम्म आफ्नो मुखलाई बन्द गरेर दबाउने प्रयास गर्नुपर्छ। यदि उसले आफ्नो मुख बन्द राख्न सक्दैन भने, आफ्नो हात मुखमा राखेर हातले छोप्नुपर्छ।
+इस्लामिक शिष्टाचारलाई सबै परिस्थितिमा अपनाउनु पर्छ, किनकि यो पूर्णता र नैतिकताको प्रतीक हो।
+शैतानले मानिसलाई प्रभाव पार्न सक्ने सबै तरिकाहरूबाट सावधान रहनुहोस्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5280</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>तिमीहरूलाई थाहा छ गीबत [चुक्ली] भनेको के हो?" साथीहरूले भने: अल्लाह र उनका रसूल राम्ररी जान्दछन् । उहाँले भन्नुभयो: "तिमीले आफ्नो भाइको बारेमा उसलाई मन नपर्ने कुरा गर्नु</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूलाई थाहा छ गीबत [चुक्ली] भनेको के हो?" साथीहरूले भने: अल्लाह र उनका रसूल राम्ररी जान्दछन् । उहाँले भन्नुभयो: "तिमीले आफ्नो भाइको बारेमा उसलाई मन नपर्ने कुरा गर्नु।" साहबाले सोधे: हामीले भनेको कुरा यदि साँचो हो भने के त्यो पनि चुक्ली हुन्छ? उहाँले भन्नुभयो: "तिमीले भनेको कुरा यदि साँचो हो भने तिमीले उसको गीबत (चुक्ली) गर्यौ र यदि यो नभएको कुरा काट्येउ भने तिमीले उसलाई झुटो आरोप लगायौ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले निषेधित गीबतको व्याख्या यसरी गर्नुभएको छ : मुस्लिमको अनुपस्थितिमा उसलाई मन नपर्ने कुरा भन्नु ।  चाहे त्यो कुरा उसको शारीरिक संरचनासँग सम्बन्धित होस् वा उसको बानी र नैतिकतासँग, जस्तै : अन्धो, धोखेबाज र झूटो आदि त्यो गुण उसमा भए पनि ।
 यदि त्यो गुण उसमा छैन भने, यो एक झूटा आरोप हो, जुन गीबत [चुक्ली] भन्दा ठूलो अपराध हो ।</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
@@ -8753,185 +9838,229 @@
 ’अत्-तजस्सुस’ : यो गोप्य कुराहरूको खोजी गर्नलाई भनिन्छ, र यो प्रायः दुष्ट कुराहरूको सन्दर्भमा भनिन्छ।
 'अल-हसद'(डाह वा ईर्ष्या) भन्नाले अरू व्यक्तिले पाएको सौभाग्य वा सुखसयल मन नपराउनु र त्यसप्रति असन्तोष हुनु हो। ।
 'अत्-तदाबुर' भनेको एक-अर्काबाट टाढा हुनु, एक-अर्कालाई सलाम नगर्नु र आफ्ना मुस्लिम भाइसँग भेटघाट नगर्नु हो।
 'अत-तबागुज' : एक-अर्कालाई मन नपराउने र घृणा गर्ने, जस्तै अरूलाई दुःख कष्ट दिने, ठुस्स परेर बस्ने र मानिसहरूसँग भेट हुँदा राम्रो व्यवहार नगर्ने ।
 अन्तमा, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो अर्थपूर्ण कुरा भन्नुभयो, जसले मुस्लिमहरू बीच आपसी सम्बन्ध सुधार गर्न सक्छ । उहाँले भन्नुभयो: "हे अल्लाहका भक्तहरु! आपसमा दाजुभाइ जस्तै भएर बस्नु ।" र वास्तवमा भाइचारा यस्तो सम्बन्ध हो, जसले मानिसहरूबीचको सम्बन्ध सुधार्दै  प्रेम तथा स्नेह जस्ता भावहरु बढाउँछ।</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>कसैमा खराब आचरण वा लक्षणहरू देखा परेको खण्डमा शङ्का गर्नु पाप मानिँदैन । मुमिनले दुष्ट र पापी मानिसहरूको छल र धोकाबाट बच्नका लागि सदैव सचेत र सावधान रहनुपर्छ।
 हदीसमा उल्लेख गरिएको ‘सन्देह’ (गुमान) भन्नाले मनमा दृढ रूपमा जम्ने गलत अनुमान वा आरोपलाई बुझाउँछ, जसबाट बच्न आवश्यक ठहरिन्छ, र यसमा अडिग रहनु वर्जित गरिएको छ। तर, व्यक्तिको मनमा उत्पन्न हुने र स्थिर नरहने विचारहरूका लागि भने व्यक्ति जिम्मेवार हुँदैन।
 मुस्लिम समाजका सदस्यहरू बीच घृणा र विभेद सृजना गर्ने ईर्ष्या र अरूको कुरा पत्ता लगाउने जस्ता सबै कुराहरू हराम छन् ।
 यस हदीसमा मुसलमानसँग दाजुभाइ सरह सम्बन्ध राख्न, व्यवहार गर्न, सल्लाह सुझाउमा सत्यता र प्रेममा आत्मीयता कायम गर्न आदेश दिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5332</t>
   </si>
   <si>
     <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
-    <t>मुसलमानलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
+    <t>मुस्लिमलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु)द्वारा वर्णन छ: नबी(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : मुसलमानलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
+    <t>अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्: नबी (सल्लल्लाहु अलैहि व सल्लम) ले  भन्नुभयो: मुस्लिमलाई गाली गर्नु घोर पाप हो र झगडा गर्नु कुफ्र हो ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले मुसलमानले आफ्नो मुसलमान भाइलाई गाली गर्न र श्राप्न मनाहि गर्नु भएको छ । र यो फसुक(अवज्ञा) को एक प्रकार हो जसले अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि व सल्लम) को आज्ञाको उल्लंघन हुन्छ । मुसलमानले आफ्नो मुसलमान भाइसित काटमार गर्नु कुफ्र हो, तर यो कुफ्रे अस्गर ( सानो कुफ्र ) हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले मुस्लिमले आफ्नो मुस्लिम भाइलाई गाली गर्न र श्राप्न मनाहि गर्नु भएको छ; र यो फिस्क (अवज्ञा) हो, अर्थात् अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि व सल्लम) को आज्ञाको उल्लंघन गर्नु हो । मुस्लिमले आफ्नो मुस्लिम भाइसित काटमार गर्नु कुफ्र हो, तर यो कुफ्रे अस्गर (सानो कुफ्र) हो ।</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
-    <t>मुसलमानको खुन र उसको इज्जत र सम्मानको कदर वाजिब (अनिवार्य) छ ।
-[...3 lines deleted...]
-यहाँ कुफ्रबाट तात्पर्य सानो कुफ्र (कुफ्रे असगर) हो, जसले व्यक्तिलाई इस्लामबाट बाहिर ल्याउँदैन भन्नेमा अहले सुन्नतको सहमति छ। किनभने अल्लाहले लडाइँ र विवादको अवस्थामा पनि आस्थावानहरूबीचको इमानको भाइचारा कायम भएको प्रमाणित गर्नुभएको छ। उहाँले भन्नुभएको छ: "र यदि आस्थावानहरूको दुई समूह लड्छन् भने तिनीहरूबीच सुलह गराओ" र भन्नुभएको छ: "निश्चय नै आस्थावानहरू दाजुभाइ हुन्।"</t>
+    <t>मुस्लिमको खुन र उसको इज्जत र सम्मानको कदर वाजिब (अनिवार्य) छ ।
+मुस्लिमलाई अन्यायपूर्ण रूपमा दुर्व्यवहार गर्ने व्यक्तिको भयानक परिणाम; किनभने अन्यायपूर्वक गाली दिने व्यक्ति पापी (फासिक) हुन्छ।
+कुनै मुस्लिमलाई गाली दिनु र उससित झगडा गर्नुले इमानलाई कमजोर र अधुरो बनाइ दिन्छ ।
+केही कामहरूलाई कुफ्र भनिएको छ, तर त्यो इस्मालबाट निकालि दिने कुफ्रे अक्बर (ठूलोकुफ्र) होइनन् ।
+यहाँ कुफ्रको तात्पर्य सानो कुफ्र हो, जसले व्यक्तिलाई इस्लामबाट बाहिर ल्याउँदैन भन्नेमा अहले सुन्नतको सहमति छ। किनभने अल्लाहले लडाइँ र विवादको अवस्थामा पनि आस्थावानहरूको इमान र भाइचारा कायम भएको प्रमाणित गर्नुभएको छ। उहाँले भन्नुभएको छ: "यदि मुस्लिमहरूका दुई समूह झगडा गर्छन् भने उनीहरूलाई मिलाइदिनु।" उहाँले भन्नुभएको छ: "निश्चय नै आस्थावानहरू दाजुभाइ हुन्।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5333</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>अल्लाहले जसलाई जनताको सेवा गर्ने जिम्मेवारी सुम्पिनु हुन्छ र उसले आफ्नो प्रजालाई धोका दिइरहेको अवस्थामा जब ऊ मर्छ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>मालिक बिन यासर मुजनी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले जसलाई जनताको सेवा गर्ने जिम्मेवारी सुम्पिनु हुन्छ र उसले आफ्नो प्रजालाई धोका दिइरहेको अवस्थामा जब ऊ मर्छ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, प्रत्येक व्यक्ति जसलाई अल्लाहले शासकको रूपमा नियुक्त गर्नुभएको छ र जसलाई मातहतको जिम्मेवारी दिइएको छ, चाहे यो एक राजा जस्तै सरकारी जिम्मेवारी होस् वा घरमा पुरुष वा महिला जस्तै विशेष जिम्मेवारी होस् । यदि उनीहरुले आफ्नो प्रजा र मातहतमा रहेकाहरूको सांसारिक र धार्मिक अधिकारलाई बेवास्ता गर्छन् र धोका दिन्छन् भने तिनीहरु यो कठोर सजायका पात्र हुन् ।</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>यो चेतावनी इस्लामिक राज्यको सर्वोच्च शासक र तिनका प्रतिनिधिहरूका लागि मात्र होइन, बरू, जिम्मेवारी सुम्पिएको प्रत्येक व्यक्ति र हाकिमहरू यसमा समावेश छन् ।
 मुस्लिमप्रति कुनै पनि उत्तरदायित्व सम्हाल्ने प्रत्येक व्यक्तिले आफ्नो जनताप्रति इमान्दार हुनुपर्छ, उनीहरुको भलो गर्नुपर्छ र विश्वासघातबाट सावधान रहनुपर्छ ।
 सार्वजनिक वा निजी, ठूलो वा सानो कुनै पनि जिम्मेवारी वहन गर्ने व्यक्तिको जिम्मेवारीको महत्त्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5335</t>
   </si>
   <si>
+    <t>حق المسلم على المسلم ست قيل: ما هن يا رسول الله؟، قال: إذا لقيته فسلم عليه، وإذا دعاك فأجبه، وإذا استنصحك فانصح له، وإذا عطس فحمد الله فسمته، وإذا مرض فعده وإذا مات فاتبعه</t>
+  </si>
+  <si>
+    <t>एक मुस्लिमको अर्को मुस्लिममाथि छ वटा अधिकार हुन्छन्।" सोधियो: हे नबी! यी अधिकारहरू के हुन्? उहाँले भन्नुभयो: "जब तिमी उसलाई भेट्छौ, उसलाई सलाम (अभिवादन) गर, जब उसले तिमीलाई निम्तो दिन्छ, उसको निम्तो स्वीकार गर, जब उसले तिमीसँग सल्लाह माग्छ, उसलाई राम्रो सल्लाह देऊ, जब उसले हाच्छिउँ गर्छ र "अलहम्दुलिल्लाह" भन्छ, उसको जवाफ देऊ (यरहमुकल्लाह) भन, जब ऊ बिरामी हुन्छ, उसलाई भेट्न जाऊ र जब उसको निधन हुन्छ, उसको जनाजामा साथ देऊ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ سِتٌّ» قِيلَ: مَا هُنَّ يَا رَسُولَ اللهِ؟، قَالَ: «إِذَا لَقِيتَهُ فَسَلِّمْ عَلَيْهِ، وَإِذَا دَعَاكَ فَأَجِبْهُ، وَإِذَا اسْتَنْصَحَكَ فَانْصَحْ لَهُ، وَإِذَا عَطَسَ فَحَمِدَ اللهَ فَسَمِّتْهُ، وَإِذَا مَرِضَ فَعُدْهُ وَإِذَا مَاتَ فَاتَّبِعْهُ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "एक मुस्लिमको अर्को मुस्लिममाथि छ वटा अधिकार हुन्छन्।" सोधियो: हे नबी! यी अधिकारहरू के हुन्? उहाँले भन्नुभयो: "जब तिमी उसलाई भेट्छौ, उसलाई सलाम (अभिवादन) गर, जब उसले तिमीलाई निम्तो दिन्छ, उसको निम्तो स्वीकार गर, जब उसले तिमीसँग सल्लाह माग्छ, उसलाई राम्रो सल्लाह देऊ, जब उसले हाच्छिउँ गर्छ र "अलहम्दुलिल्लाह" भन्छ, उसको जवाफ देऊ (यरहमुकल्लाह) भन, जब ऊ बिरामी हुन्छ, उसलाई भेट्न जाऊ र जब उसको निधन हुन्छ, उसको जनाजामा साथ देऊ।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن حق المسلم على أخيه المسلم سِتُّ خِصَال:
+الأولى: يسلم عليه إذا لقِيه بقول: السلام عليكم، وهو يردُّ السلام بقوله: وعليكم السلام. 
+الثانية: إجابة دعوته إذا دعاه لِوَلِيْمَة وغيرِها. 
+الثالثة: النصيحة له إذا طلبها، ولا تُدَاهِنه أو تَغُشّه. 
+الرابعة: إذا عطس فقال: الحمد لله، فشَمِّتْه بقول: يرحمك الله، وهو يردُّ قائلًا: يَهديكم الله ويُصلح بالكم. 
+الخامسة: يعوده ويزوره إذا مرض. 
+السادسة: يُصلِّي عليه إذا مات، ويتبع جنازته حتى تُدْفَن.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, एक मुस्लिमको अर्को मुस्लिममाथि छ वटा अधिकारहरू छन्: १- कसैलाई भेट्दा "अस्सालामु अलैकुम" भनेर अभिवादन गर्नुहोस्। जवाफमा उसले "व अलैकुमुस्सलाम" भन्नेछ। २- वलीमा (विवाह भोज) आदिमा निम्तो दियो भने उसको निमन्त्रणा स्वीकार गर्ने। ३- यदि उसले सल्लाह माग्यो भने राम्रो सल्लाह दिने अनि चापलुसी वा छलबाट बच्ने। ४- जब कसैले हाच्छिउँ गर्छ र अलहम्दुलिल्लाह भन्छ, तब जवाफमा "यरहमुकल्लाह" भन्नुहोस्। त्यसपछि हाच्छिउँ गर्ने व्यक्तिले जवाफमा "याहदिको मुल्लाह" भन्नुपर्छ। ५- बिरामी हुँदा उसलाई भेट्न जानु। ६- मृतकको जनाजा (अन्त्येष्टि) को नमाज पढ्ने र उसलाई गाडिएसम्म उसैसँगै बस्ने।</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: والمراد بقوله: (حق المسلم) أنه لا ينبغي تركه ويكون فعله إما واجبًا أو مندوبًا ندبًا مؤكَّدًا شبيهًا بالواجب الذي لا ينبغي تركه.
+ردُّ السلام فَرْض عيْن إذا كان المسلَّم عليه فردًا، ويكفي عن الجماعة أحدُهم، أما ابتداء السلام فالأصل فيه أنه سنة.
+زيارة المريض من حقوقه على إخوانه المسلمين؛ لأنها تُدْخِل المَسَرَّة والأُنس على قلبه، وهي فرض كفاية.
+وجوب إجابة الدعوة ما لم يكن فيها إثم؛ ،فإن كانت إلى وَلِيْمةِ عُرْسٍ فالجمهور على وجوب إجابتها إلا لعذر شرعي، أما إن كانت لغير وليمة العرس فالجمهور على أنها مستحبة.
+تشميت العاطس واجب على من سَمِعَ حَمْدَ العاطِس لله.
+كمال الشريعة وحرصها  في توثيق عرى المجتمع والإيمان وأواصِر المحبة بين أفراده.
+(فَسَمِّتْهُ) وفي بعض النسخ: "فشمّته"، بالسين المهملة والشين المعجمة: الدعاء بالخير والبركة، التشميت قيل معناه: أبعدك الله عن الشَّمَاتة، وجَنّبك ما يَشْمِت به عدوُّك، والتسميت معناه: هداك الله إلى السَّمْتِ المستقيم.</t>
+  </si>
+  <si>
+    <t>शौकानीले भने: "मुस्लिमको अधिकार" को अर्थ: यसलाई बेवास्ता गर्नु हुँदैन। यसलाई पालना गर्नु या त अनिवार्य छ या कडा सिफारिश गरिएको छ, यो वाजिब जस्तै हो ।
+यदि सलाम गरिएको व्यक्ति एक्लै हो भने उसले सलामको जाफ दिनु अनिवार्य हो र समूहमा छ भने एक व्यक्तिले जाफ दिनु पर्याप्त हुन्छ। तर सलाम गर्नु सुन्नत हो, किनभने यो आधारभूत सिद्धान्त हो।
+बिरामीलाई भेट्नु मुस्लिम दाजुभाइहरूमाथिको अधिकार हो, किनकि यसले उसको हृदयमा आनन्द र सान्त्वना ल्याउँछ र यो सामूहिक दायित्व हो।
+त्यो कार्यक्रममा पाप समावेश नभएसम्म निमन्त्रणा स्वीकार गर्नु वाजिब हो। यदि वलीमा (विवाह भोज) को लागि हो भने, वैध बहाना नभएसम्म यसलाई स्वीकार गर्नु अनिवार्य हो र यो नै अधिकांश विद्वानहरूको सम्मति हो। यद्यपि, यदि यो विवाह भोजको लागि होइन भने, अधिकांश विद्वानहरू सहमत छन् कि यो राम्रो हो।
+हाच्छिउँ गर्ने व्यक्तिले 'अल्हम्दु लिल्लाह' भनेपछि सुन्नेले "यार्हमु क्ल्लाह" भन्नु अनिवार्य हो।
+इस्लामिक कानूनको पूर्णता र यसका सदस्यहरू बीच समाज, विश्वास र प्रेमको बन्धनलाई बलियो बनाउन प्रोत्साहन।
+कुनै संस्करणमा (फसम्मित्हू) र अर्कोमा (फशम्मितहु) भनिएको छः यसको अर्थ बर्कत र आशिर्वाद हो। अर्को अर्थ : अल्लाहले तपाईंलाई दुश्मनको खुशी हुनबाट टाढा राखून्। "सम्मित्" को अर्थ हो: अल्लाहले तपाईंलाई सोझो बाटोमा डोऱ्याओस्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5343</t>
+  </si>
+  <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>हर भलाइ र उपकार दान हो ।</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>जाबिर बिन अब्दुल्लाह (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हर भलाइ र उपकार दान हो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अरूलाई फाइदा पुर्‍याउने हरेक प्रकारको उपकार र प्रयास, चाहे त्यो वचनले होस् वा कुनै कर्म गरेर होस्, त्यो दान हो र यसमा पुण्य छ ।</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>सदका [दान] भनेको कुनै व्यक्तिले आफ्नो पैसाबाट दिएको कुरामा मात्र सीमित होइन, बरु व्यक्तिले अरुलाई गरेको वा बोलेको हरेक राम्रो कुरा र लाभ परोपकारको दायराभित्र आउँछ ।
 यस हदीसमा, पुण्य कर्म र अरूलाई फाइदा हुने काम गर्न प्रेरणा दिइएको छ ।
 कुनै पनि पुण्य कर्मलाई सानो भए पनि तुच्छ ठान्नु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[बुखारीले जाबिरको हदीसबाट र मुस्लिमले हजैफहको हदीसबाट वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
-    <t>यहूदी र इसायीहरूलाई पहिला सलाम नगर । र यदि तिमी बाटोमा उनीहरूमध्ये कसैलाई भेट्छौ भने, तिनीहरूलाई साँघुरो ठाउँतर्फ जान बाध्य बनाऊ।</t>
+    <t>यहूदी र ईसाईहरूलाई पहिले सलाम नगर र जब तपाईं नीहरूमध्ये कसैलाई बाटोमा भेट्नुहुन्छ, तिनीहरूलाई साँघुरो बाटो लिन बाध्य पार्नुहोस्।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) वर्णन गर्नुहुन्छ अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "यहूदी र इसायीहरूलाई पहिला सलाम नगर । र यदि तिमी बाटोमा उनीहरूमध्ये कसैलाई भेट्छौ भने, तिनीहरूलाई साँघुरो ठाउँतर्फ जान बाध्य बनाऊ। "</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) वर्णन गर्नुहुन्छ, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: "यहूदी र ईसाईहरूलाई पहिले सलाम नगर र जब तपाईं नीहरूमध्ये कसैलाई बाटोमा भेट्नुहुन्छ, तिनीहरूलाई साँघुरो बाटो लिन बाध्य पार्नुहोस्।"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम) यहुदी र इसायीहरूलाई  सलाम गर्नमा पहल गर्न मनाहि गर्दै हुनुहुन्छ, चाहे उनीहरू जिम्मी(अधिकार प्राप्त नागरिक) नै हुन्, अरु काफिरहरूको त कुरा नै नगरौं। उहाँ(सल्लल्लाहु अलैहि व सल्लम)ले बताउनु भयो कि जब बाटोमा कुनै यहुदी वा इसायी 
-सित भेट भयो भने उनीहरूलाई साँधुरो बाटोमा हिँड्नका लागि बाध्य बनाउनु। बीच बाटोबाट मुमिन हिँडोस् र काफिर छेउछेउ बाट हिँडोस् ।  एउटा इमान वाला कुनै पनि हालतमा अपमानित हुन हँदैन ।</t>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) यहुदी र इसायीहरूलाई  सलाम गर्नमा पहल गर्न मनाहि गर्दै हुनुहुन्छ, चाहे उनीहरू जिम्मी (अधिकार प्राप्त नागरिक) नै हुन्, अरु काफिरहरूको त कुरा नै नगरौं। उहाँ (सल्लल्लाहु अलैहि व सल्लम) ले बताउनु भयो, जब बाटोमा कुनै यहुदी वा इसायी सित भेट भयो भने उनीहरूलाई साँधुरो बाटोमा हिँड्नका लागि बाध्य बनाउनु। बीच बाटोबाट मुमिन हिँडोस् र काफिर छेउछेउ बाट हिँडोस् ।  एउटा इमान वाला कुनै पनि हालतमा अपमानित हँदैन ।</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
-    <t>एक इमानवालाको लागि यहुदी वा इसायी अथवा अन्य कुनै काफिरलाई सलाम गर्नमा पहल गर्न (जायज) उचित हैन ।
-[...5 lines deleted...]
-इमाम तैबी (रहिमहुल्लाह) भन्नु हुन्छ : " चयन गरेका मस्ला मध्ये बिद्अतीलाई (धर्ममा अनावश्यक आविष्कार गर्ने) पनि सलाममा आफूले पहल नगर्नु हो । यदि कसैले नचिनेको मान्छेलाई सलाम गर्यो र पछि थाहा भयो कि त्यो जिम्मी रहेछ वा बिद्अती रहेछ भने उसको अपमानका लागि "मैले मेरो सलाम वापस लिएँ" भनेर भन्ने ।</t>
+    <t>कुनै पनि मुस्लिमले यहूदी, ईसाई वा अन्य कुनै पनि गैर-मुस्लिमलाई सलाम गर्नमा पहल गर्न (जायज) उचित हैन ।
+यदि उनीहरूले सलाम गरि हाले भने उनीहरूको जवाफ "व अलैकुम" मात्र भन्नु पर्छ ।
+कुनै मुस्लिमले जानीजानी कुनै काफिरलाई व्यर्थमा सास्ति दिनका लागि बाटो साँधुरो बनाउनु जायज छैन । तर यदि बाटो साँधुरो छ वा धेरै भिडभाड छ भने बाटो हिँड्ने अधिकार बढी मुस्लिमको छ । यस्तोमा काफिर आफै छेउ लाग्नुपर्छ ।
+क्रूरता वा अश्लील भाषा बिना मुस्लिमहरूको सम्मान र अरूको अपमान प्रकट गर्नु।
+अल्लाहमाथिको अविश्वासको कारणले काफिरहरूलाई सताउनु नै उनीहरूको मुस्लिम हुनुको कारण हुन सक्छ। त्यसैले कारण थाहा पाएपछि उनीहरूलाई नर्कबाट बचाउनु पर्छ।
+आवश्यक परेमा, गैर-मुस्लिमलाई कस्तो हुनुहुन्छ, तपाईंको बिहान कस्तो भयो, तपाईंको साँझ कस्तो भयो जस्ता प्रश्नहरू सोध्न पहल गर्नुमा कुनै हानि छैन, किनकि निषेध केवल अभिवादनमा मात्र छ।
+तिबी भन्छन्: "बिद्अतीलाई अभिवादनमा पहल नगर्नु । यदि तपाईंले कुनै अपरिचित व्यक्तिलाई अभिवादन गर्नुभयो र त्यसपछि थाहा पाउनुभयो कि ऊ बिद्अती वा जिम्मी हो भने, तपाईंले उसलाई अनादर देखाउन भन्नु पर्छ, 'म मेरो अभिवादन फिर्ता लिन्छु।'"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5347</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>कुनै पनि राम्रो कामलाई कहिले पनि तुच्छ नठान्नु, चाहे त्यो आफ्नो भाइलाई मुसुक्क हाँसेर भेट्नु नै किन नहोस ।</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>अबू-जर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "कुनै पनि राम्रो कामलाई कहिले पनि तुच्छ नठान्नु, चाहे त्यो आफ्नो भाइलाई मुसुक्क हाँसेर भेट्नु नै किन नहोस ।"</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुण्य कर्म गर्न र थोरै वा सानो भए पनि राम्रो कामलाई तुच्छ ठान्नु हुँदैन भनेर प्रोत्साहन दिनुभयो, जस्तैः भेट्दा मुस्कुराउनु । तसर्थ, प्रत्येक मुस्लिमले यसमा ध्यान दिनुपर्छ, किनभने यसले प्रेमको भावना र खुशी सृजना गर्छ ।</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
@@ -9199,50 +10328,89 @@
   <si>
     <t>दुइ मुखे (चुगली गर्ने) व्यक्ति स्वर्गमा प्रवेश गर्नेछैन ।</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>हुजैफा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "दुइ मुखे (चुगली गर्ने) व्यक्ति स्वर्गमा प्रवेश गर्नेछैन ।"</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले मानिसहरूबीच सम्बन्ध बिगार्ने नियतले एक व्यक्तिको कुरालाई अर्को व्यक्तिमा फैलाउँछ, ऊ स्वर्गमा प्रवेश गर्ने हकदार रहँदैन  ।</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>एक व्यक्तिको कुरालाई अर्को व्यक्तिमा फैलाउनु ठूलो पाप हो ।
 दुइ मुखी प्रवृत्ति निषेधित छ, किनकि यसले सम्बन्ध बिगार्छ साथै व्यक्ति र समाजका लागि धेरै हानिकारक हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5368</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى من جر ثوبه خيلاء</t>
+  </si>
+  <si>
+    <t>अल्लाहले त्यो व्यक्तिलाई हेर्नुहुनेछैन जसले अहंकार र घमण्डले आफ्नो लुगा भुइँमा तानेर राख्छ।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يَنْظُرُ اللَّهُ إِلَى مَنْ جَرَّ ثَوْبَهُ خُيَلاَءَ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहले त्यो व्यक्तिलाई हेर्नुहुनेछैन जसले अहंकार र घमण्डले आफ्नो लुगा भुइँमा तानेर राख्छ।"</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إِرْخَاءِ الثوب أو الإزَارِ أَسفل الكعبين عُجبًا وكبرًا، وأنّ مَن فعل ذلك كان مُستحِقًّا للوعيد الشديد بأن لا ينظر الله إليه يوم القيامة نَظَرَ رَحمة.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अहंकारले गर्दा आफ्नो लुगा वा धोती गोलीगाँठो मुनि झुण्ड्याउन विरुद्ध चेतावनी दिनुभयो र भन्नुभयो, जसले त्यसो गर्छ उसलाई यो कडा चेतावनीको हकदार छ, अल्लाहले न्यायको दिनमा उसलाई दयाको दृष्टिले हेर्नुहुनेछैन।</t>
+  </si>
+  <si>
+    <t>الثوب يَشمل كلَّ ما يَستُر أسفل البدن من سروال وثوب وإزار وغيرها.
+النهي عن الإسبال خاصٌّ بالرجال، قال النووي: وأجمع العلماء على جواز الإسبال للنساء، وقد صح عن النبي صلى الله عليه وسلم الإذنُ لهنَّ في إرخاء ذُيُولِهنّ ذراعًا.
+قال ابن باز: الإسبال ممنوع ومحرم لعموم الأحاديث، وأما العقوبة فهي متفاوتة ولا يلزم أن تكون مُتساوية، فإنه ليس مَن قَصَدَ الخيلاء كمن لم يَقصد.
+قال ابن باز: المرأة عورة فلا مانع من إرخائها شِبْرًا، فإن لم يَكفِها أَرْخَتْ ذِراعًا ابتداءً من الكَعْب.
+قال القاضي: قال العلماء: وبالجملة يكره كل ما زاد على الحاجة والمعتاد في اللباس من الطول والسعة، والله أعلم.
+قال النووي: القَدْر المستحب فيما يَنزل إليه طرف القميص والإزار فنصف الساقين، ولا جناح عليه فيما بينه وبين الكعبين، وما أسفل من ذلك فهو في النار، فالمستحب نصف الساقين، والجائز بلا كراهة ما تحته إلى الكعبين، فما نزل عن الكعبين فهو ممنوع.
+قال ابن عثيمين على قوله: (لا ينظر الله إليه) أي نَظَرَ رَحمةٍ ورَأْفَة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء، لكن المراد نظر الرحمة والرأفة.</t>
+  </si>
+  <si>
+    <t>हदीसमा उल्लेख गरिएको "सौब" शब्दले शरीरको तल्लो भागमा लगाइने सबै लुगाहरू समावेश गर्दछ, जस्तै पेजमा, पेन्ट र धोति, लुंगी आदि।
+गोलीगाँठो मुनि आफ्नो लुगा झुण्ड्याउन पुरुषहरूको लागि मात्र निषेध गरिएको हो। अल-नववीले भने: महिलाहरूलाई आफ्नो लुगा झुण्ड्याउन अनुमति दिइएको कुरामा विद्वानहरूको सर्वसम्मति रहेको छ । साथै रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनीहरूलाई आफ्नो लुगा एक हात तल झुण्ड्याउन अनुमति दिनुभएको छ।
+इब्न बाजले भने: "हदीसहरूको सामान्यताको कारणले गर्दा आफ्नो लुगा तल झुन्ड्याउने कार्य निषेधित छ। सजायको सन्दर्भमा, यो फरक-फरक हुन्छ, किनकि देखाउने मनसाय राख्ने र नदेखाउने व्यक्ति एउटै हुँदैन।"
+इब्न बाजले भने: महिलाको अर्थ गोप्य हो, त्यसैले उनको लुगा एक हात तल झुण्ड्याउन कुनै आपत्ति छैन। यदि त्यो पर्याप्त छैन भने, उनले यसलाई गोलीगाँठोबाट सुरु गरेर एक हात तल झुण्ड्याउन दिनुपर्छ।
+काजीले भने: विद्वानहरूले भने: सामान्यतया, लम्बाइ र चौडाइको हिसाबले लुगामा आवश्यक र चलनभन्दा बढी हुने कुनै पनि कुरा मन पर्दैन (वल्लाहू आअलम्) अल्लालाहई राम्ररी थाहा छ।
+अल-नववीले भने: कमिज र तल्लो लुगाको लम्बाइको मात्रा आधा पिन्डलीसम्म हुनुपर्छ। गोलीगाँठोसम्म छ भने कुनै हानि छैन। तर त्यसभन्दा तल झुण्डिएको छ भने त्यो आगोमा हुन्छ। त्यसैले आधा पिन्डलीसम्म मुस्तहब हो र गोलीगाँठोसम्म जायज हो । खुट्टा मुनि निषेध गरिएको छ।
+इब्न उथैमीनले भने: "अल्लाहले उसलाई हेर्नुहुन्न" को अर्थ : दया र करुणाको नजरले हेर्नुहुन्न हो, तर सामान्य नजरले हेर्नुहुन्छ; किनकि अल्लाह कुनै पनि कुराबाट अनभिज्ञ हुनुहुन्न र उहाँको नजरबाट केही पनि लुकेको छैन, तर यसको अर्थ दया र करुणाको नजर हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5370</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>कयामतको  दिनमा (कर्म जोख्ने बखत) तराजुमा असल व्यवहार भन्दा गरुङ्गो (भारी) कुनै पनि चीज हुनेछैन। निश्चय नै, अल्लाह अश्लील र अभद्र व्यक्तिसँग घृणा गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कयामतको  दिनमा (कर्म जोख्ने बखत) तराजुमा असल व्यवहार भन्दा गरुङ्गो (भारी) कुनै पनि चीज हुनेछैन। निश्चय नै, अल्लाह अश्लील र अभद्र व्यक्तिसँग घृणा गर्नुहुन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, कयामतको दिनमा विश्वासीहरूको कर्म तौलँ गर्दा तराजुमा सबैभन्दा भारी सत्कर्म उत्तम आचरण हुनेछ, जस्तैः अनुहारमा मुस्कान, कसैलाई दुःख नदिनु र राम्रा कार्यहरू गर्नु। अल्लाहले कर्म र बोली दुवैमा अश्लील र अभद्र कुरालाई घृणा गर्नुहुन्छ, र मुखले बोल्ने अश्लील वचनलाई मन पराउनुहुन्न।</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>यसबाट उत्कृष्ट व्यवहारको सद्गुण स्पष्ट हुन्छ, किनकि उत्तम आचरणले अल्लाह र उहाँका भक्तहरूको प्रेम प्राप्त हुन्छ र त्यो कयामतको दिन तराजुमा सबैभन्दा वजनदार तौल भएको कर्म पनि हुनेछ ।</t>
@@ -9372,83 +10540,83 @@
     <t>उबादह बिन सामित (रजियल्लाहु अन्हु) ले बयान गरेका छन्,	रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले नमाजमा सूरह फातिहा पढ्दैन, उसको नमाज मान्य हुँदैन।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ कि सूरह फातिहा बिना नमाज सही हुँदैन । प्रत्येक रकाअतमा सूरह फातिहा पढ्नु नमाजको आधारभूत स्तम्भ हो ।</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>यदि व्यक्तिलाई सूरह फातिहा पढ्न आउँछ भने त्यसको सट्टामा अरू केही पढ्नु पर्याप्त हुँदैन।
 यदि कुनै रकाअतमा सूरह फातिहा पढिएन भने त्यो रकाअत अमान्य हुन्छ, चाहे त्यो जानाजानी, अज्ञानता वा बिर्सेर होस्, किनभने यो नमाजको एउटा रुक्न (स्तम्भ) हो र रुक्नलाई कदापी छोड्न सकिदैन ।
 यदि मुक्तदीले इमामलाई रुकुको अवस्थामा भेट्टाउँछ भने त्यस व्यक्तिले सूरह अल-फातिहा पढ्नु अनिवार्य हुँदैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5378</t>
   </si>
   <si>
     <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
-    <t>त्यो मान्छे हामीहरूमध्ये होइन जो गालामा थप्पड हान्छ, (अनावश्यक)  लुगा च्यात्छ र जाहिलियत (अज्ञान कालिन समय)को जस्तो कुनै शब्द बोल्छ ।</t>
+    <t>त्यो मान्छे हामीमध्ये होइन, जो गालामा थप्पड हान्छ, लुगा च्यात्छ र जाहिलियत (अज्ञानताको समय) जस्तै गाली गर्छ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु) भन्नु हुन्छ: नबी(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : त्यो मान्छे हामीहरूमध्ये होइन जो गालामा थप्पड हान्छ, (अनावश्यक)  लुगा च्यात्छ र जाहिलियत (अज्ञान कालिन समय)को जस्तो कुनै शब्द बोल्छ ।</t>
+    <t>अब्दुल्लाह बिन मस्ऊद (रजियल्लाहु अन्हु) भन्नु हुन्छ: नबी (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: त्यो मान्छे हामीमध्ये होइन, जो गालामा थप्पड हान्छ, लुगा च्यात्छ र जाहिलियत (अज्ञानताको समय) जस्तै गाली गर्छ।</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि व सल्लम)ले जाहिलियत (अज्ञान कालिन समय)का केही काम र बोलहरूबाट मनाहि गर्नु भएर भन्नु भएको छ : त्यो मान्छे हामीहरूमध्ये को होइन  :
-[...2 lines deleted...]
-३.जाहिलियत (अज्ञान कालिन समय)को मान्छेहरूले बोले जस्तो बोल बोल्छ : जस्तै हाइ हाइ र बर्बाद भयो भनेर विलाप गर्नु वा (छाती पिटेर) शोक व्यक्त गर्यो, आदी।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले जाहिलियत (अज्ञानताको समय) का केही कामहरूबाट सचेत गर्नु भएको छ : उहाँले भन्नुभयो: यीनीहरु हामीहरूमध्ये होइनन् :
+१- गालामा थप्पड हान्नेहरू, उहाँले विशेष गरी गालाको थप्पडको बारेमा उल्लेख गर्नुभयो किनभने यस्ता अवसरहरूमा सामान्यतया गालामा थप्पड हानिन्छ। अन्यथा, अनुहारको बाँकी भागमा हिर्काउनु पनि निषेध गरिएको छ।
+२- रिसाएको बेला आफ्नो कलर र गला च्यात्ने व्यक्ति।
+३- अज्ञानता युगका मानिसहरू जस्तै हाइ हाइ र बर्बाद भयो भनेर विलाप गर्नु वा (छाती पिटेर) शोक व्यक्त गर्नु आदि।</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
-    <t>यो हदीसमा दिइएको चेतावनीले बताउँछ कि यी कामहरू महापापमा सम्मिलित छन् ।
-[...3 lines deleted...]
-अल्लाहको फैसलामा राजी रहनु मुसलमानको जिम्मेवारी हो । यदि राजी हुन सकेन भने धैर्य गर्नु चाहिँ अनिवार्य हुन्छ ।</t>
+    <t>यस हदीसमा दिइएको चेतावनीले यी कार्यहरू ठूला पापहरूमध्ये हुन् भन्ने संकेत गर्छ।
+दुःखमा धैर्य गर्नु अनिवार्य छ। अल्लाहको पीडादायी फैसलामा रिसाउनु र रूएर, कपाल खौरिएर, लुगा च्यातेर वा यस्तै क्रियाकलाप गरेर अल्लाहको फैसलाप्रति अप्रसन्नता व्यक्त गर्नु निषेध गरिएको छ।
+शरियाले समर्थन नगरेको इस्लाम पूर्वका अभ्यासहरूको अनुसरण गर्न निषेध गरिएको छ।
+दुःखी हुनु र रुनुमा कुनै गल्ती छैन। यो अल्लाहको निर्णयप्रति धैर्य गर्नुको विपरीत पनि होइन। बरु, यो अल्लाहले आफन्त र साथीभाइको हृदयमा सिर्जना गरेको दया र माया हो।
+अल्लाहको निर्णयमा सन्तुष्ट हुनु मुस्लिमको जिम्मेवारी हो। यदि ऊ सन्तुष्ट हुन सक्दैन भने, उसले कम्तिमा धैर्य गर्नुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5380</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>मानिस आफ्नो ईश्वर  देखि सबैभन्दा नजिक सजदा गर्दाको हालतमा हुँदा हुन्छ । त्यसैले (सजदामा) धेरै प्रार्थना गर्नु।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " मानिस आफ्नो ईश्वर  देखि सबैभन्दा नजिक सजदा गर्दाको हालतमा हुँदा हुन्छ । त्यसैले (सजदामा) धेरै प्रार्थना गर्नु।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, सेवक जब सजदामा हुन्छ, तब ऊ आफ्नो परमेश्‍वर को सबैभन्दा नजिक हुन्छ, किनभने  सेवकले आफ्नो शरीरको सबैभन्दा उच्च र सम्मानजनक भागलाई भुइँमा राख्छ र अल्लाहको अगाडि नम्रता व्यक्त गर्दछ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सज्दाको अवस्थामा सकेसम्म धेरै भन्दा धेरै प्रार्थना गर्न आदेश दिनुभएको छ, ताकि  व्यक्तिले अल्लाहसामु शब्द र कार्य दुवै मार्फत आफ्नो नम्रता व्यक्त गरोस् ।</t>
   </si>
   <si>
@@ -9494,123 +10662,163 @@
 जब इमाम खुत्बा (उपदेश) दिन आउनु हुन्छ; ढोकामा बसेका स्वर्गदूतहरूले मस्जिदमा आउनेहरूलाई क्रमशः लेख्ने कार्य छोडेर जिक्र र खुत्बा सुन्न थाल्छन् ।</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>जुमाको नमाज पढ्न जानु अघि नुहाउन प्रोत्साहन ।
 जुमाको नमाज पढ्न पहिलो प्रहरमा चाँडै आइपुग्नुको श्रेष्ठता ।
 राम्रो काम गर्न पहल गर्न प्रोत्साहन ।
 फरिश्ता (स्वर्गदूत) हरू जुमाको नमाज उपस्थित हुन्छन् र उपदेश सुन्न्छन् ।
 फरिश्ता (स्वर्गदूत) हरू मस्जिदहरूको ढोकामा हुन्छन् र जुमाको नमाज लागि आउनेहरूलाई क्रमशः लेख्छन् ।
 इब्न रजबले भने: उहाँको भनाइ: "जसले शुक्रबारको दिन नुहाउँछ र त्यसपछि मस्जिद जान्छ" ले शुक्रबारको लागि मुस्तहब स्नान सूर्योदयदेखि सुरु हुन्छ र जुमाको लागि प्रस्थान गर्दा समाप्त हुन्छ भनेर प्रमाणित हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5393</t>
   </si>
   <si>
     <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
-    <t>तिमीहरूमध्येको कोही जुमाको (शुक्रबार) नमाजका लागि आउँछ भने उसले नुहाएर आउनु ।</t>
+    <t>तिमीहरूमध्ये जो कोही शुक्रबारको नमाज पढ्न आउँछ उसले स्नान गर्नुपर्छ।</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन अमर (रजियल्लाहु अन्हुमा) द्वारा वर्णन छ, उहाँ भन्नु हुन्छ कि मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्दै गर्नु
- भएको सुनेँ : " तिमीहरूमध्येको कोही जुमाको (शुक्रबार) नमाजका लागि आउँछ भने उसले नुहाएर आउनु । "</t>
+    <t>अब्दुल्लाह बिन अमर (रजियल्लाहु अन्हुमा)  ले वर्णन गरेका छन्, उहाँ भन्नु हुन्छ, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्दै गरेको
+सुनेँ, उहाँले भन्नुभयो : "तिमीहरूमध्ये जो कोही शुक्रबारको नमाज पढ्न आउँछ उसले स्नान गर्नुपर्छ।"</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी(सल्लल्लाहु अलैहि वसल्लम) ताकिदका साथ भन्दै हुनु हुन्छ कि यदि तिमीहरूमध्ये कोही मान्छे जुमाको नमाजका लागि आउन चाहान्छ भने जनाबतको गुस्ल (पवित्रताको लागि गरिएको स्नान) जसरी नै नुहाएर आएको राम्रो हुन्छ ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले जोड दिनुभयो, जो कोही शुक्रबारको नमाज पढ्न आउन चाहन्छ उसले जनाबतको स्नान जस्तै स्नान गर्नु मुस्तहब हो।</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
-    <t>जुमाको दिन स्नान गर्ने ताकिद : इमान वालाका लागि जुमाको दिन नुहाउनु सुन्नत हो र नमाजका लागि जान लाग्दा नुहाएर जानु उत्तम हो ।
-[...2 lines deleted...]
-जो व्यक्ति जुमाको(शुक्रवारको) नमाजका लागि जान्छ, उसलाई स्वच्छ हुनु मुस्तहब (उत्तम) मानिन्छ, त्यसैले उसले स्नान गर्नुपर्छ ताकि शरीरका गन्धहरू हटून, र खुशबू लगाउनुपर्छ। तर कसैले वजू मात्र गर्यो भने पनि  काफी हुन्छ ।</t>
+    <t>जुमाको दिन स्नान गर्नुको महत्व : आस्थावानले जुमाको दिन नुहाउनु सुन्नत हो र नमाजका लागि जान लाग्दा नुहाएर जानु उत्तम हो ।
+सरसफाइ कायम राख्नु र अत्तर लगाउनु मुस्लिमको शिष्टाचार हो। विशेष गरी मानिसहरूलाई भेट्दा, अन्तरक्रिया गर्दा, जमघट र समूहहरूमा जाँदा यो अझ महत्त्वपूर्ण हुन्छ।
+हदीसले ती मानिसहरूलाई सम्बोधन गर्दछ जसमाथि शुक्रबारको प्रार्थना अनिवार्य छ; किनकि तिनीहरू नै यसमा भाग लिनेहरू हुन्।
+शुक्रबारको प्रार्थनामा उपस्थित हुने व्यक्तिका लागि सफा रहन सिफारिस गरिन्छ। शरीरबाट नराम्रो गन्ध नआओस् भनेर नुहाउनु पर्छ। राम्रो अत्तर लगाउनु पर्छ। तर यदि कसैले केवल वुजू गरेको छ भने, त्यो पर्याप्त हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5394</t>
   </si>
   <si>
     <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
-    <t>स्वार्थी त्यो हो जसका सामु मेरो नाम लिइयो र उसले म माथि दरूद पढेन ।</t>
+    <t>कञ्जूस त्यो हो जसको अगाडि मेरो नाम लिइन्छ तर उसले ममाथि दया (दरुद) पठाउदैन।</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
-    <t>हजरत हुसैन बिन अली बिन अबू तालिब (रजियल्लाहु अन्हुमा)को वर्णन छ, उहाँ भन्नु हुन्छ :  अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : स्वार्थी त्यो हो जसका सामु मेरो नाम लिइयो र उसले म माथि दरूद पढेन ।</t>
+    <t>हुसैन बिन अली बिन अबू तालिब (रजियल्लाहु अन्हुमा) को वर्णन छ, उहाँ भन्नु हुन्छ : अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: "कञ्जूस त्यो हो जसको अगाडि मेरो नाम लिइन्छ तर उसले ममाथि दया (दरुद) पठाउदैन।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो नाम, उपनाम, वा विशेषता सुनेको बेला उनमाथि दुआ नपढ्नुको बारेमा चेतावनी दिनुभयो, र भन्नुभयो: "सबभन्दा कन्जूस व्यक्ति त्यो हो जसको अगाडि मेरो नाम आउँछ र उसले दरूद पढ्दैन।" यसका कैयौँ कारणहरू छन् :
-[...2 lines deleted...]
-तेस्रो : नबी(सल्लल्लाहु अलैहि व सल्लम)माथि दरूद पढ्नु उहाँका हामी माथि भएका हकहरू पुरा गर्ने विभिन्न तरिकाहरू मध्ये एक हो: किन कि उहाँले हामीलाई तालिम दिनु भएको छ, हाम्रो मार्ग दर्शन गर्नु भयो, उहाँले नै हामीलाई अल्लाह तआलातर्फ बोलाउनु भयो, उहाँले नै हामीहरूतर्फ यो वही (प्रकाशना) लिएर आउनु भयो र यो शरीअत ( नीति शास्त्र) पनि । अल्लाह तआला पछि उहाँ नै हामीहरूको मार्ग दर्शनका माध्यम हुनु हुन्छ । तसर्थ उहाँ माथि दरूद न पढ्ने वाला स्वयम् आफ्ना लागि र आफ्नो नबी (सल्लल्लाहु अलैहि व सल्लम)को एउटा सानो हक पुरा गर्नमा पनि कन्जुस्याइँ गर्ने वाला हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो नाम, उपनाम वा विशेषता सुनेको बेला उनमाथि दरुद नपढ्नुको बारेमा चेतावनी दिनुभयो, र भन्नुभयो: "सबभन्दा कन्जूस व्यक्ति त्यो हो जसको अगाडि मेरो नाम आउँछ र उसले दरूद पढ्दैन।" यसका कैयौँ कारणहरू छन् :
+१- उसले कुनै पनि नोक्सान नभएको कुरामा खर्च गर्दा कन्जुस्याइँ देखायो। यसको लागि कुनै पैसा वा प्रयासको आवश्यकता पर्दैन।
+२- उसले आफूलाई अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद पढ्ने विशिष्टताबाट वञ्चित राख्यो; उसले यस सम्बन्धमा प्राप्त आदेशको पालना गर्न र इनाम प्राप्त गर्न पूरा गर्नुपर्ने कर्तव्यमा कन्जुस्याइँ देखायो।
+३- नबी (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद पढ्नु उहाँका हामी माथि भएका हकहरू पुरा गर्ने विभिन्न तरिकाहरू मध्ये एक हो; किनकि उहाँले हामीलाई तालिम दिनु भएको छ, हाम्रो मार्ग दर्शन गर्नु भयो, उहाँले नै हामीलाई अल्लाहतर्फ बोलाउनु भयो, उहाँले नै हामीहरूतर्फ यो वही (प्रकाशना) लिएर आउनु भयो र यो शरीअत पनि । अल्लाह तआला पछि उहाँ नै हामीहरूको मार्गदर्शनका माध्यम हुनु हुन्छ । तसर्थ उहाँ माथि दरूद न पढ्ने वाला स्वयम् आफ्ना लागि र आफ्नो नबी (सल्लल्लाहु अलैहि व सल्लम) को एउटा सानो हक पुरा गर्नमा पनि कन्जुस्याइँ गर्ने वाला हो ।</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद नपढ्नु कन्जुसीको प्रतीक हो ।
-[...3 lines deleted...]
-हलीमी (रहिमहुल्लाह) भन्नु हुन्छ : "अल्लाहुम्म सल्लि अला मुहम्मद" को अर्थ हो: हे अल्लाह !  यो संसारमा उहाँको जिक्र (चर्चा)लाई उच्च पारेर, उहाँको धर्मलाई फैलाएर, उहाँको शरीअतको संरक्षण गरेर उहाँलाई महान् बनाइ दिनु होस्, र परलोकमा, उहाँको सिफारिसलाई उहाँका अनुयायीहरूको हकमा कबूल गरेर , उहाँको प्रतिफल र पुण्यलाई बढाएर र अधिल्ला पछिल्ला सबै मानिस मध्ये मकामे महमूदद्वारा उहाँको विशेषता दर्शाएर र भएका सबै सानिध्य प्राप्त व्यक्तित्वहरूमा उहाँलाई प्राथमिकता दिएर उहाँलाई महान् बनाइ दिनु होस् ।</t>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद नपढ्नु कन्जुस्याइँको प्रतीक हो ।
+नबी (सल्लल्लाहु अलैहि व सल्लम) माथि हरेक समयमा दरूद पढ्नु उत्तम पुण्य हो । तर जब उहाँको नाम लिइन्छ तब यसको जोड दोब्बर हुन्छ।
+इमान नववी (रहिमहुल्लाह) भन्नु हुन्छ : नबी (सल्लल्लाहु अलैहि व सल्लम) माथि दरूद पढ्ने बेलामा दरूद र सलाम एकै साथ पढ्नु पर्छ, आफूलाई एउटामा सीमित नगर्नुहोस्। केवल "सल्लल्लाहु अलैहि" वा केवल "अलैहिस्सलाम" नभन्नुहोस्।
+अबू आलियाले अल्लाह तआलाको कथन {अल्लाह एवं उनका फरिश्ताहरू नबीमाथि ‘दरूद पठाउने गर्छन्} को बारेमा भन्नु हुन्छ : "सलात" को शब्द यदि अल्लाहको तर्फबाट नबी (सल्लल्लाहु अलैहि व सल्लम) का हकमा प्रयोग भयो भने यसको अर्थ प्रशंसा गर्नु हुन्छ । यदि फरिश्ता र मानिसहरूको तर्फबाट प्रयोग भएको छ भने यसको अर्थ "दुआ गर्नु " हुन्छ ।
+हलीमी (रहिमहुल्लाह) भन्नु हुन्छ : "अल्लाहुम्म सल्लि अला मुहम्मद" को अर्थ हो: हे अल्लाह ! यो संसारमा उहाँको जिक्र (चर्चा) लाई उच्च पारेर, उहाँको धर्मलाई फैलाएर, उहाँको शरीअतको संरक्षण गरेर उहाँलाई महान् बनाइ दिनुहोस् । परलोकमा, उहाँको सिफारिसलाई उहाँका अनुयायीहरूको हकमा कबूल गरेर, उहाँको प्रतिफल र पुण्यलाई बढाएर र अधिल्ला पछिल्ला सबै मानिसहरूमध्ये मकामे महमूदद्वारा उहाँको विशेषता दर्शाएर र भएका सबै निकटतम व्यक्तित्वहरूमा प्राथमिकता दिएर उहाँलाई महान् बनाइ दिनुहोस् ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5403</t>
+  </si>
+  <si>
+    <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
+  </si>
+  <si>
+    <t>“जसले झूटो कसम खाएर मुस्लिमको अधिकार हनन गर्छ, अल्लाहले उसको लागि नर्क अनिवार्य र स्वर्गलाई हराम गरेको छ।” एक व्यक्तिले सोध्यो: हे नबी! यदि त्यो सानो कुरा नै किन नहोस्? उहाँले भन्नुभयो: "चाहे त्यो पिलु (दतिवन) रूखको सानो हाँगा नै किन नहोस्।</t>
+  </si>
+  <si>
+    <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
+  </si>
+  <si>
+    <t>अबू उमामा इयास बिन सालबा हारिसी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : “जसले झूटो कसम खाएर मुस्लिमको अधिकार हनन गर्छ, अल्लाहले उसको लागि नर्क अनिवार्य र स्वर्गलाई हराम गरेको छ।” एक व्यक्तिले सोध्यो: हे नबी! यदि त्यो सानो कुरा नै किन नहोस्? उहाँले भन्नुभयो: "चाहे त्यो पिलु (दतिवन) रूखको सानो हाँगा नै किन नहोस्।"</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
+فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
+فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मुस्लिमलाई उसको अधिकारबाट वञ्चित गर्न जानाजानी अल्लाहको नाममा झूटो कसम खान निषेध गर्नुभएको छ र यसले व्यक्तिलाई नर्कको योग्य बनाउँछ र उसलाई स्वर्गबाट ​​वञ्चित गर्छ भनी बताउनुभएको छ। यो वास्तवमा ठूलो पाप हो। एक व्यक्तिले सोध्यो, "हे नबी! शपथ लिइएको कुरा सानो भए पनि, के सजाय उस्तै छ?" नबी (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो: यदि त्यो मिस्वाकको लागि प्रयोग गरिने पिलु रूखको काठको टुक्रा हो भने पनि, सजाय उस्तै हो।</t>
+  </si>
+  <si>
+    <t>الحذر من أخذ حقوق الآخرين، والحرص على أدائها لأصحابها مهما قَلَّتْ، وأنَّ حكم الحاكم بالخطأ لا يُبيح للإنسان ما لم يكن له.
+قال النووي: غلظ تحريم حقوق المسلمين، وأنه لا فرق بين قليل الحق وكثيره؛ لقوله صلى الله عليه وسلم: "وإن قضيبًا من أراك".
+قال النووي: هذه العقوبة لمن اقتطع حق المسلم ومات قبل التوبة، أما من تاب فندم على فعله وردَّ الحق إلى صاحبه وتَحَلَّل منه وعزم على أن لا يعود فقد سقط عنه الإثم.
+قال القاضي: تخصيص المسلم لكونهم المخاطبين وعامة المتعاملين في الشريعة، لا أنَّ غير المسلم بخلافه، بل حُكمُه حُكمُه في ذلك.
+قال النووي: الكذب هو الإخبار عن الشيء على خلاف ما هو، عمدًا كان أو سهوًا، سواء كان الإخبار عن ماض أو مستقبل.</t>
+  </si>
+  <si>
+    <t>अरूको अधिकार हनन गर्नबाट सावधान रहनुहोस्, त्यो जतिसुकै सानो भए पनि ती अधिकारहरू तिनीहरूका मालिकहरूलाई फिर्ता गर्न प्रोत्साहन। यदि त्यो तपाईंको होइन भने न्यायाधीशको गलत फैसलाले त्यो वैध हुनसक्दैन।
+अल-नववीले भने: मुस्लिमहरूको अधिकारलाई कडाइका साथ निषेध गरिएको छ । थोरै र धेरै अधिकारमा कुनै भिन्नता छैन, किनकि नबी, (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अराक काठको हाँगा पनि।"
+नववीले भने: यो सजाय त्यो व्यक्तिको लागि हो जसले मुस्लिमको हक लिन्छ र पश्चात्ताप गर्नु अघि नै मर्छ। जहाँसम्म पश्चात्ताप गर्ने, आफ्नो कर्मप्रति लज्जित हुने, मालिकलाई हक फिर्ता गर्ने, उसबाट क्षमा माग्ने र फेरि त्यस्तो नगर्ने संकल्प गर्ने व्यक्तिबाट पाप हटाइन्छ।
+काजीले भने: मुस्लिमलाई सम्बोधन गरिएको छ, किनभने उनीहरू शरिया लागु गर्ने आम जनता हुन्, गैर-मुस्लिम उनीभन्दा फरक छैन, तर उनको हुकुम पनि त्यस्तै हो।
+अल-नववीले भने: झूट बोल्नु भनेको जे छ त्यसको विपरीत कुरा गर्नु हो, चाहे जानाजानी होस् वा अनजानमा, विगतको बारेमा होस् वा भविष्यको बारेमा।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5430</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>जसले खाना खाएपछि भन्छ: 'अल्हम्दु लिल्ला हिल्लजी अत्अमनी हाजा व र ज कनीहि मिन् गैरि हौलिम्मिन्नी वला कुव्वह्’ (सम्पूर्ण प्रशंसाहरू अल्लाहकै लागि हुन्, जसले मलाई यो खुवाउनुभयो र बिना कुनै मिहिनेत प्रदान गर्नुभयो), उसका अघिल्ला पापहरू क्षमा हुनेछन् ।</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>सह्ल बिन मुआजले भने, उनको बुबा; अनस ले भने, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले खाना खाएपछि भन्छ: 'अल्हम्दु लिल्ला हिल्लजी अत्अमनी हाजा व र ज कनीहि मिन् गैरि हौलिम्मिन्नी वला कुव्वह्’ (सम्पूर्ण प्रशंसाहरू अल्लाहकै लागि हुन्, जसले मलाई यो खुवाउनुभयो र बिना कुनै मिहिनेत प्रदान गर्नुभयो), उसका अघिल्ला पापहरू क्षमा हुनेछन् ।"</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले खाना खाने व्यक्तिलाई आफ्नो पालनकर्तालाई धन्यवाद दिन प्रेरित गर्नुभएको हो, किनकि उहाँको सहयोग बिना नत खाना ल्याउने क्षमता छ नत खाने नै । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो दुआ पढ्ने व्यक्तिका अघिल्ला पापहरू क्षमा हुनेछन् भनेर सुसमाचार दिनुभयो ।</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
@@ -9672,188 +10880,257 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भनिरहनु भएको छ, जसले फजरको नमाज पढ्छ, ऊ अल्लाहको सुरक्षा र निगरानीमा हुन्छ । अल्लाहले उसको रक्षा गर्नुहुन्छ, उसको लागि बदला लिनुहुन्छ र सहायता गर्नुहुन्छ ।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो सुरक्षा उल्लङ्घन नगर्न चेतावनी दिनुभयो । यो सुरक्षा तोड्ने एउटा रूप फजर नमाज छोड्नु हो र अर्को रूप फजर नमाज पढ्ने व्यक्तिसँग दुर्व्यवहार हो । जसले यसो गर्दछ, उसले यस संरक्षणको पर्खाललाई भत्कायो र अधिकार बेवास्ता गरेकोमा अल्लाहले उसलाई आफ्नो सामु उपस्थित गराउनु हुनेछ र जसलाई अल्लाहले  आफ्नो सामु हाजिर गराउनु हुनेछ, त्यसलाई उसको अनुहार घिसार्दै नरकमा फालिदिनु हुनेछ ।</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>फजर नमाजको सद्गुण र महत्व ।
 फजर नमाज पढ्ने व्यक्तिलाई दुर्व्यवहार गर्ने विरुद्ध कडा चेतावनी ।
 अल्लाहले आफ्नो धर्मका सेवकहरूसगँ दुर्व्यवहार गर्नेहरूबाट बदला लिनुहुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5435</t>
   </si>
   <si>
     <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
-    <t>जो बिहान वा बेलुका मस्जिद जान्छ, बिहान बेलुका जतिखेर मस्जिद गए पनि अल्लाह तआलाले उसका लागि जन्नतमा स्वागतका लागि स्थान तयार पार्नेछन्, ।</t>
+    <t>जो बिहान वा बेलुका मस्जिद जान्छ, अल्लाहले उसको लागि स्वर्गमा स्वागतका लागि स्थान तयार गर्नुहुन्छ, हरेक पटक जब ऊ बिहान वा बेलुका मस्जिद जान्छ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)को वर्णन छ कि नबी (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "जो बिहान वा बेलुका मस्जिद जान्छ, बिहान बेलुका जतिखेर मस्जिद गए पनि अल्लाह तआलाले उसका लागि जन्नतमा स्वागतका लागि स्थान तयार पार्नेछन्, । "</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो बिहान वा बेलुका मस्जिद जान्छ, अल्लाहले उसको लागि स्वर्गमा स्वागतका लागि स्थान तयार गर्नुहुन्छ, हरेक पटक जब ऊ बिहान वा बेलुका मस्जिद जान्छ।"</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
-    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम)ले उपासना, ज्ञान आर्जन, वा अन्य सुभ उद्देश्यका लागि दिनको सुरु समयमा होस् वा अन्तिम, मस्जिद आउने वालाका लागि शुभ खबर दिनु भएको छ, चाहे राती वा दिनको जुनसुकै समयमा ऊ आओस् - अल्लाह तआला उसका लागि (जन्नत) स्वर्गमा स्थान र आतिथ्य तयार गर्नु भएको हुन्छ ।</t>
+    <t>अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) ले उपासना, ज्ञान आर्जन, वा अन्य सुभ उद्देश्यका लागि दिनको सुरु वा अन्तिमसमयमा मस्जिद आउने व्यक्तिका लागि शुभ खबर दिनु भएको छ, चाहे राती वा दिनको जुनसुकै समयमा आओस्; अल्लाह तआला उसका लागि (जन्नत) स्वर्गमा स्थान र आतिथ्य तयार गर्नु भएको हुन्छ ।</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
-    <t>मस्जिद जानुको विशिष्ठता, र त्यहाँ मस्जिदमा नियमित रूपमा जमातको नमाज पढ्ने प्रोत्साहन र मस्जिदबाट टाढा रहने वाला धेरै भलाइ, विशिष्टता, पुण्य र प्रतिफल, र अल्लाहको  घर आउने वालाका लागि  उहाँको तर्फबाट तयार पारिएको आतिथ्य गुमाउँछ ।
-[...1 lines deleted...]
-मस्जिद जान खुसी,र लालसा हुनु, किन भने  बिहान होस् वा बेलुका, जब जब ऊ मस्जिद जान्छ उसका लागि गए अनुसार आतिथ्य तयार पारिन्छ ।</t>
+    <t>मस्जिद जाने र त्यहाँ नियमित रूपमा अनिवार्य नमाज पढ्न प्रोत्साहित। मस्जिदबाट टाढा बस्ने व्यक्तिले अनगिन्ती राम्रा कुराहरू, पुण्यहरू, इनामहरू र अल्लाह सर्वशक्तिमानले तयार पारेको स्थान र आतिथ्य गुमाउँछ।
+जब मानिसहरूले आफ्नो घरमा आउने पाहुनाको आतिथ्य गर्छन् र उसलाई खाना खुवाउँछन्, अल्लाह आफ्ना सेवक भन्दा उदार र सम्मानित हुनुहुन्छ। उहाँले आफ्नो घरमा आउने पाहुनाको सम्मान पनि गर्नुहुन्छ र उसलाई राम्रो भोज पनि दिनुहुन्छ।
+मस्जिद जानु स्वागतयोग्य र ईर्ष्यालु कुरा हो, किनकि एक व्यक्ति जति धेरै पटक मस्जिद जान्छ, त्यति नै धेरै पटक उसको लागि आतिथ्य तयार पारिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5436</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>जो अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले राम्रो बोलोस् वा मौन बसोस्</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "जो अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले राम्रो बोलोस् वा मौन बसोस्, जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले आफ्नो छिमेकीको सम्मान गरोस् र जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ उसले आफ्नो अतिथिको सम्मान गरोस् ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जो अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले राम्रो बोलोस् वा मौन बसोस्, जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले आफ्नो छिमेकीको सम्मान गरोस् र जसले अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, उसले आफ्नो अतिथिको सम्मान गरोस् ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, अल्लाह र अन्तिम दिन; जो सबैको गन्तव्य हो र जहाँ सबैले आफ्नो कर्मको प्रतिफल पाउनेछन्, मा आस्था राख्ने व्यक्तिलाई उसको विश्वासले निम्न कुराहरू गर्न प्रेरित गर्दछ :
-१- राम्रो कुरा गर्नु : जस्तै सुब्हानल्लाह, अल्हमदु लिल्लाह र ला इलाहा इल्लाल्लाह जस्ता अज्कार पढ्नु, राम्रो कुराको आदेश दिनु, नराम्रो कुराबाट रोक्नु र मानिसहरू बीच मेलमिलाप स्थापना गर्नु । यदि त्यसो गर्न सक्दैन भने चुपचाप बस्नु, आफ्नो वचनले कसैलाई चोट नपुर्याउनु र आफ्नो बोलीवचनको रक्षा गर्नुपर्छ ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) भन्नुहुन्छ, जो सेवक अल्लाह र अन्तिम दिनमा विश्वास गर्दछ, जहाँ ऊ फर्कनेछ र जहाँ उसलाई आफ्नो कर्मको लागि पुरस्कृत गरिनेछ, उसको विश्वासले निम्न कुराहरू गर्न प्रेरित गर्दछ :
+१- राम्रो कुरा गर्नु : जस्तै सुब्हानल्लाह, अल्हमदु लिल्लाह र ला इलाहा इल्लाल्लाह जस्ता अज्कार पढ्नु, राम्रो कुराको आदेश दिनु, नराम्रो कुराबाट रोक्नु र मानिसहरू बीच मेलमिलाप स्थापना गर्नु । यदि त्यसो गर्न सक्दैन भने चुपचाप बस्नु, आफ्नो वचनले कसैलाई चोट नपुर्याउनु र आफ्नो बोलीवचनको रक्षा गर्नु ।
 २- छिमेकीलाई सम्मान गर्नु : अर्थात् उसको साथ राम्रो व्यवहार गर्नु  र उसलाई दुःख नदिनु ।
 ३- भेट्न आउने पाहुनालाई स्वागत गर्नु : अर्थात् उहाँसँग राम्रोसँग कुरा गर्नु र खानपिन गराउनु, सत्कार गर्नु आदि ।</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>अल्लाह र अन्तिम दिनमा आस्था नै सबै भलाइको आधार हो र यसले  पुण्य कर्म गर्न प्रेरित गर्छ ।
-यसमा मानिसलाई बोलीवचनको खतरा बारे चेतावनी दिइएको छ ।
+जिब्रोको खतरा विरुद्ध चेतावनी।
 इस्लाम प्रेम र सम्मानको धर्म हो ।
 यी तीन कार्यहरू वास्तवमा ईमान र प्रशंसनीय आचरणका विशेषताहरू हुन् ।
 धेरै कुरा बोल्दा  कहिलेकाहीँ मकरुह (अप्रिय) र हरामसम्म पुग्छ, त्यसैले राम्रो बोल्नु पर्ने बेला मात्र बोल्नु नत चुप बस्नु राम्रो हुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>जसले मानिसहरूप्रति दया गर्दैन, अल्लाहले उप्रति दया गर्नुहुन्न ।</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>जरीर बिन अब्दुल्लाह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : " जसले मानिसहरूप्रति दया गर्दैन, अल्लाहले उप्रति दया गर्नुहुन्न ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मानिसहरूलाई दया नदेखाउनेलाई अल्लाहले दया देखाउँदैनन् भनेर बताउँदै हुनुहुन्छ । यसरी हेर्दा अल्लाहका प्राणीहरूप्रति दया देखाउनु अल्लाहको कृपा प्राप्त गर्ने ठूलो माध्यम हो ।</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>दया सबै प्राणीहरूको लागि आवश्यक छ, तर विशेष रूपमा मानिसहरूको उल्लेख गरेर तिनीहरूको प्रति विशेष ध्यान दिइएको छ।
 अल्लाह परम दयालु हुनुहुन्छ र आफ्ना दयालु सेवकहरूमाथि दया गर्नुहुन्छ । किनभने बदला उसैका कर्मको अनुसार दिइन्छ ।
 मानिसहरूप्रति दयालु हुनु भनेको उनीहरूको लागि राम्रो गर्नु हो, उनीहरूलाई  हानी नोक्सानी  बाट बचाउनु र उनीहरूसँग राम्रो व्यवहार गर्नु पनि समावेश छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5439</t>
   </si>
   <si>
+    <t>نعمتان مغبون فيهما كثير من الناس: الصحة والفراغ</t>
+  </si>
+  <si>
+    <t>दुई आशिर्वाद यस्ता छन्, जसमा धेरैजसो मानिसहरू घाटामा छन्: स्वास्थ्य र फुर्सद।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "दुई आशिर्वाद यस्ता छन्, जसमा धेरैजसो मानिसहरू घाटामा छन्: स्वास्थ्य र फुर्सद।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن نعمتين عظيمتين من نعم الله على الإنسان يَخْسَر فيهما كثيرٌ من الناس حيث يَصرفونها في غير محلها؛ فإن الإنسان إذا اجتمع له نعمة الصحة مع الفراغ، فغَلَبَ عليه الكسل عن الطاعة فهو الخاسر؛ وهي حال أكثر الناس، وإن استعمل فراغَه وصحتَه في طاعة الله فهو الرابح؛ حيث أن الدنيا مزرعة الآخرة، وفيها التجارة التي يظهر ربحُها في الآخرة، والفراغ يَعْقُبُه الشُّغْل، والصحة يعقبها السَّقَم، ولو لم يكن إلا الهَرَم لَكَفى.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले मानिसमाथि अल्लाहबाट प्राप्त दुई महान आशीर्वादहरूको बारेमा जानकारी गराउनुभयो, जुन धेरै मानिसहरूले गलत ठाउँमा प्रयोग गरेर गुमाउँछन्; यदि कुनै व्यक्तिसँग फुर्सदको समयसँगै स्वास्थ्यको आशीर्वाद छ र ऊ ज्ञाकारितामा सुस्ती गर्छ भने ऊ घाटा व्यहोर्ने व्यक्ति हो र धेरैजसो मानिसहरूको यही अवस्था हो। यदि उसले आफ्नो खाली समय र स्वास्थ्यलाई अल्लाहको आज्ञाकारितामा प्रयोग गर्छ भने, ऊ विजेता हो, किनकि यो संसार परलोकको खेती हो र यो त्यो व्यापार हो जसको नाफा परलोकमा देखा पर्दछ। खाली समय पछि व्यस्तता आउँछ, स्वास्थ्य पछि रोग लाग्छ र समस्याको लागि बुढ्यौली नै पर्याप्त हो।</t>
+  </si>
+  <si>
+    <t>تشبيه المكلَّف بالتاجر، والصحة والفراغ برأس المال؛ فمن أحسن استخدام رأس ماله نال وربح، ومن ضيَّعه خَسِر ونَدِم.
+قال ابن الخازن: النعمة ما يتنعّم به الإنسان ويَستَلِذُّه، والغَبْنُ أنْ يشتري بأضعاف الثمن، أو يبيع بدون ثمن المِثْل؛ فمن صحَّ بدنه وتَفَرّغ من الأشغال العاتقة ولم يَسْعَ لصلاح آخرته فهو كالمغبون في البيع.
+الحرص على الاستفادة من الصحة والفراغ للتقرب إلى الله عز وجل، وفعل الخيرات قبل فواتهما.
+شكر نعم الله يكون باستخدامها في طاعة الله تعالى.
+قال القاضي وأبو بكر بن العربي: اختلف في أول نعمة الله على العبد، فقيل: الإيمان، وقيل: الحياة، وقيل: الصحة، والأول أولى فإنه نعمة مُطْلَقة، وأما الحياة والصحة فإنهما نعمة دنيوية، ولا تكون نعمة حقيقة إلا إذا صاحبت الإيمانَ، وحينئذ يُغْبَنُ فيها كثير من الناس، أي يذهب رِبْحُهم أو يَنْقُص، فمَن استرسل مع نفسه الأمّارة بالسوء الخالدة إلى الراحة فترك المحافظة على الحدود، والمواظبة على الطاعة فقد غُبِنَ، وكذلك إذا كان فارغًا، فإنّ المشغول قد يكون له مَعذِرة بخلاف الفارغ؛ فإنه يرتفع عنه المعذرة وتقوم عليه الحجة.</t>
+  </si>
+  <si>
+    <t>जिम्मेवार व्यक्तिलाई व्यापारीसँग, स्वास्थ्य र खाली समयलाई पूँजीसँग तुलना गरिएको छ; जसले आफ्नो पूँजीको उत्तम प्रयोग गर्छ उसले लाभ र नाफा पाउनेछ र जसले यसलाई खेर फाल्छ उसले हार्नेछ र पछुताउनेछ।
+इब्न अल-खाजिनले भने: आशिर्वाद भनेको त्यो हो जुन व्यक्तिले आनन्द लिन्छ र धोका पाउनु भनेको धेरै गुणा मूल्यमा किन्नु वा उचित मूल्य भन्दा कममा बेच्नु हो। त्यसैले जसको शरीर स्वस्थ छ र जोसँग कडा परिश्रम गर्ने कामहरू छैनन् र आफ्नो मृत्युपछिको जीवनको सुधारको लागि प्रयास गर्दैन, त्यो बिक्रीमा ठगिएको जस्तै हो।
+स्वास्थ्य र खाली समयलाई खेर जानु भन्दा पहिला अल्लाहको निकटता प्राप्त गर्न र असल कामहरूमा सदुपयोग गर्न प्रोत्साहन।
+अल्लाहको वरदानलाई उहाँको आज्ञाकारितामा प्रयोग गरेर धन्यवाद दिन सकिन्छ।
+काजी र अबु बकर इब्न अल-अरबीले भने: सेवकमाथि अल्लाहको पहिलो आशीर्वादको बारेमा मतभेद छ। एक भनाइ : विश्वास (ईमान) हो, अर्को भनाइ: जीवन हो र अर्को भनाइ: स्वास्थ्य हो। पहिलो उत्कृष्ट हो, किनभने यो एक पूर्ण आशीर्वाद हो, जबकि जीवन र स्वास्थ्य सांसारिक आशीर्वाद हुन् र तिनीहरू विश्वासको साथ नभएसम्म साँचो आशीर्वाद होइनन्। अनि त्यसपछि धेरै मानिसहरू यसमा धोकामा पर्नेछन्, जसको अर्थ उनीहरूको नाफा हराउनेछ वा घट्नेछ। जसले आफ्नो आत्मालाई दुष्टतातर्फ झुकाव राख्ने र अनन्त आरामदायी हुने कुरामा समर्पण गर्छ र सीमाहरूको संरक्षण र आज्ञाकारितामा दृढतालाई त्याग्छ, उसलाई धोका दिइएको छ। त्यस्तै गरी, यदि ऊ स्वतन्त्र छ भने, व्यस्त व्यक्तिसँग बहाना हुन सक्छ, स्वतन्त्र व्यक्तिको विपरीत, किनभने बहाना उसबाट हटाइन्छ र उसको विरुद्धमा तर्क स्थापित हुन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5449</t>
+  </si>
+  <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
-    <t>हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र  आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन ।</t>
+    <t>हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
-    <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "अल्लाहले भन्नुभयो: हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र  आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिम्रो पाप आकाश जत्तिकै अग्लो भए पनि र तिमीले मसँग माफी माग्यौ भने म तिमीलाई माफी दिनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिमी मकहाँ पृथ्वी बराबर पाप लिएर आयौ र तिमीले मसँग कसैलाई शिर्क (बहुईश्वरवाद) गरेका छैनौ भने म तिमीकहाँ पृथ्वी बराबरको क्षमा लिएर आउनेछु ।"</t>
+    <t>अनस बिन मालिक (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "अल्लाहले भन्नुभयो: हे आदमको सन्तान! जबसम्म तिमी मलाई पुकारिरहन्छौ र आशा राख्छौ, तिम्रा पापहरू जतिसुकै भए पनि म क्षमा गरिरहनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिम्रो पाप आकाश जत्तिकै अग्लो भए पनि र तिमीले मसँग माफी माग्यौ भने म तिमीलाई माफी दिनेछु र मलाई त्यसको परवाह छैन । हे आदमको सन्तान! यदि तिमी मकहाँ पृथ्वी बराबर पाप लिएर आयौ र तिमीले मसँग कसैलाई शिर्क (बहुईश्वरवाद) गरेका छैनौ भने म तिमीकहाँ पृथ्वी बराबरको क्षमा लिएर आउनेछु ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले हदीस कुद्सीमा भन्नुभएको छ: हे आदमको सन्तान, जबसम्म तिमी मलाई पुकारिरहन्छौ, मेरो कृपाको आशा गर्छौ र निराश हुँदैनौ भने; म तिम्रो पापलाई ढाकेर राख्ने छु र माफी दिनेछु र मलाई त्यसको परवाह छैन, यद्यपि ठूलो पाप भए पनि । हे आदमको सन्तान: तिम्रा पापहरू जतिसुकै भए पनि, आकाश र पृथ्वीबीचको ठाउँ र कुनाकाप्चालाई भरिदिए पनि, यदि तिमी मसँग क्षमा माग्छौ भने; म तिम्रा सबै पापहरूलाई पखालेर माफी दिनेछु र मलाई त्यसको परवाह छैन ।
 हे आदमको सन्तान: यदि तिमी मरेपछि मकहाँ पृथ्वी बराबर पाप र अनाज्ञाकारिता लिएर आयौ र तिम्रो मृत्यु तौहीदको अवस्थामा भएको थियो र मसँग कसैलाई शिर्क (साझेदार) गरेका छैनौ भने म तिमीकहाँ पृथ्वी बराबर क्षमा लिएर आउनेछु; किनकि म क्षमाले भरिएको छु र म शिर्क (बहुदेववाद) बाहेक सबै पापहरू क्षमा गर्छु ।</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>अल्लाहको अपार कृपा, क्षमा र अनुग्रह ।
 तौहीद (एकेश्वरवाद) को सद्गुण र एकेश्वरवादीहरूबाट केही पाप भएको छ भने अल्लाहले क्षमा गर्नुहुन्छ ।
-शिर्क (बहुदेववाद) को खतरा र अल्लाहले बहुदेववादीहरूलाई माफ गर्नुहुन्न ।
+शिर्क (बहुदेववाद) को खतरा र अल्लाहले बहुदेववादीहरूलाई कदापी माफ गर्नुहुन्न ।
 इब्न रजबले भने: पाप पखाल्ने तीनवटा कारणहरू यस हदीसमा उल्लेख गरिएका छन्: पहिलो: आशाका साथ दुआ गर्नु, दोस्रो: क्षमा माग्नु र पश्चात्ताप गर्नु, तेस्रो: एकेश्वरवादको अवस्थामा मृत्यु हुनु ।
 यो हदीसलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको छ, जसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहको हो । तर, कुरआनका विशेषताहरू यसमा पाइँदैन, जस्तै: यसको तिलावत गर्नु, यसको लागि तहरात प्राप्त गर्नु, उपासना र चमत्कार आदि ।
-पाप तीन प्रकारका हुन्छन्: पहिलो: अल्लाहसँग शिर्क गर्नु; अल्लाहले शिर्कलाई कदापी माफ गर्नुहुन्न । अल्लाहले भन्नुभएको छ : {वास्तवमा, जसले अल्लाहसँग शिर्क (साझेदार) गर्दछ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुभएको छ । दोस्रो: सामान्य पापहरू जुन दासले आफ्नो पालनकर्ताको अवज्ञा गर्छ; अल्लाहले चाहनुभयो भने क्षमा गर्नुहुन्छ । तेस्रो: एकले अर्कामाथि अन्याय गर्नु, यसमा अल्लाहले केही गर्नुहुन्न, त्यसैले किसास (ज्यानको बदला ज्यान) (वा माफी) आवश्यक छ ।</t>
+पाप तीन प्रकारका हुन्छन्: पहिलो: अल्लाहसँग शिर्क गर्नु; अल्लाहले शिर्कलाई कदापी माफ गर्नुहुन्न । अल्लाहले भन्नुभएको छ : {वास्तवमा, जसले अल्लाहसँग शिर्क (साझेदार) गर्दछ, अल्लाहले उसको लागि स्वर्ग निषेध गर्नुभएको छ । दोस्रो: साना पापहरू जुन दासले आफ्नो पालनकर्ताको अवज्ञा गर्छ; अल्लाहले चाहनुभयो भने क्षमा गर्नुहुन्छ । तेस्रो: एकले अर्कामाथि अन्याय गर्नु, यसमा अल्लाहले केही गर्नुहुन्न, त्यसैले किसास (ज्यानको बदला ज्यान) (वा माफी) आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يقول في سجوده: اللهم اغفر لي ذنبي كله دقه، وجله، وأوله وآخره وعلانيته وسره</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले सज्दा गर्दा यो दुआ पढ्नुहुन्थ्यो: "हे अल्लाह! मेरा साना र ठूला, विगतका र वर्तमानका, खुला र लुकेका सबै पापहरू क्षमा गर्नुहोस्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي سُجُودِهِ: «اللهُمَّ اغْفِرْ لِي ذَنْبِي كُلَّهُ دِقَّهُ، وَجِلَّهُ، وَأَوَّلَهُ وَآخِرَهُ وَعَلَانِيَتَهُ وَسِرَّهُ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्: "नबी (सल्लल्लाहु अलैहि वसल्लम) ले सज्दा गर्दा यो दुआ पढ्नुहुन्थ्यो: "हे अल्लाह! मेरा साना र ठूला, विगतका र वर्तमानका, खुला र लुकेका सबै पापहरू क्षमा गर्नुहोस्।"</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يدعو في سجوده فيقول: 
+(اللهم اغفر لي ذنبي) بِستْرِه، وأنْ تَقِيَني تَبِعَتَه؛ فتعفو وتتجاوز وتصفح، (كله)، أعني: (دِقّه) صغيره وقليله، (وجِلّه) كبيره وكثيره، (وأوله) أول ذنب، (وآخره)، وما بينهما، (علانيته وسره) مما لا يعلمه إلا أنت سبحانك.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) सज्दामा यो प्रार्थना गर्नुहुन्थ्यो: "अल्लाहुम-मग्फिरली जन्बी" हे अल्लाह! मेरा पापलाई लुकाएर क्षमा गर्नुहोस्, "कुल्लाहू", (सबै पाप), "दिक्कहू व जिल्लाहू" मेरो मतलब: सानो र थोरै, ठूलो र सानो, "व औव्वलहू" (पहिलो), "व आखिरहु" (अन्तिम र तिनीहरूको बीचमा भएको पाप) "अलानियतहु व सिर्रहू", (सार्वजनिक र गोप्य) जुन तपाईं बाहेक अरू कसैलाई थाहा छैन, तपाईं पवित्र हुनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>قال ابن القيم: وطلب غفران الذّنوب الصِّغار والكبار، الدَّقيق والجليل، الأوّل والآخر، السّر والعلانية، فهذا التَّعميم وهذا الشُّمول لتأتي التَّوبة على ما عَلِمَه العبدُ من ذنوبه، وما لم يَعْلَمْه.
+قيل: إنما قدّم (الدِّق) على (الجِلّ)؛ لأن السائل يتصاعد في مسألته أي يَتَرَقّى، ولأن الكبائر تنشأ غالبًا من الإصرار على الصغائر وعدم المبالاة بها، فكأنها وسائل إلى الكبائر، ومِن حق الوسيلة أنْ تُقَدّم إثباتًا ورفعًا.
+التضرع إلى الله تعالى، وطلبه المغفرة من جميع الذنوب، الصغائر والكبائر.
+قال النووي: فيه توكيد الدعاء وتكثير ألفاظه وإنْ أَغْنَى بعضُها عن بعض.</t>
+  </si>
+  <si>
+    <t>इब्न अल-काय्यिमले भने: "साना र ठूला, सूक्ष्म र अर्थपूर्ण, पहिलो र अन्तिम, गोप्य र सार्वजनिक पापहरूको लागि क्षमा माग्नु। यो व्यापकता यसकारण हो कि पश्चात्तापले सेवकलाई थाहा भएको र नजानेको दुवै पापहरूलाई समेट्न सक्छ।"
+अर्को भनाइ: "सानो" लाई "ठूलो" भन्दा प्राथमिकता दिइयो, किनभने प्रश्नकर्ता तलबाट अघि बढ्दै जान्छ। अर्को कुरा छ भने ठूला पापहरू प्रायः साना पापहरूमा दृढताबाट उत्पन्न हुन्छन्, मानौं तिनीहरू ठूला पापहरूको लागि साधन हुन् र साधनलाई प्राथमिकता दिनु पर्छ।
+ठूला र साना सबै पापहरूको लागि अल्लाहसँग विनम्रतापूर्वक क्षमा माग्नु पर्छ।
+अल-नववीले भने: धेरै शब्दहरूद्वारा प्रार्थनामा जोड दिइएको छ, यद्यपि यसको केही भाग नै पर्याप्त छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5470</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>अल्लाहको नजरमा सबैभन्दा घृणित व्यक्ति त्यो हो जो अत्यन्त झगडालु र सधैं विवादमा रहन्छ ।</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेकी छिन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको नजरमा सबैभन्दा घृणित व्यक्ति त्यो हो जो अत्यन्त झगडालु र सधैं विवादमा रहन्छ ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहले धेरै झगडा गर्ने मान्छेसँग घृणा गर्नुहुन्छ, जसले सत्यलाई स्वीकार गर्दैनन् र आफ्नो तर्कले जित्न खोज्छ । वा सत्यको लागि झगडा गर्छ तर संयमताको सीमा भन्दा बाहिर जान्छ र कुनै विषयमा ज्ञान नभए पनि बहस गर्छ ।</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
@@ -9967,514 +11244,566 @@
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक व्यक्तिले आफ्नो भाइलाई धेरै लाज नमान्ने सल्लाह दिइरहेको सुन्नुभयो, त्यसैले उहाँले लाज ईमानको एक अंश हो र यो व्यक्तिको लागि राम्रो हो भनी स्पष्ट पार्नुभयो ।
 हया (लाज) एक गुण हो, जसले व्यक्तिलाई राम्रो काम गर्न र खराब कामहरूबाट टाढा रहन प्रेरित गर्छ ।</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>राम्रो काम गर्नबाट रोक्ने स्वभावलाई लाज नभई लाचारी, कमजोरी र कायरता भनिन्छ ।
 अल्लाहप्रति हया भनेको उहाँको आदेशहरूको पालना  गर्नु र उहाँले निषेध गर्नुभएको कुरालाई त्याग्नु हो ।
 मानिसहरुप्रति हया भनेको उनीहरुको सम्मान गर्नु, उनीहरुलाई उचित स्थान दिनु र सामान्यतया खराब मानिने कुराहरूबाट टाढा रहनु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
-    <t>अजान र इकामतको बीचमा (मागिएको) दुआ रद्द हुँदैन  ।</t>
+    <t>अजान र इकामतको बीचमा गरिएको प्रार्थना अस्वीकृत हुँदैन।</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
-    <t>हजरत अनस बिन मालिक (रजियल्लाहु अन्हु) भन्नुहुन्छ ; अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो: "अजान र इकामतको बीचमा (मागिएको) दुआ रद्द हुँदैन  । "</t>
+    <t>अनस बिन् मालिक(रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अजान र इकामतको बीचमा गरिएको प्रार्थना अस्वीकृत हुँदैन।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले अजान र इकामतको बीचमा (मागिएको) दुआको विशेषता वर्णन गर्नु भयो । किन भने उक्त समयमा ( मागिएको ) दुआ रद्द हुँदैन र कबूल हुने हुन्छ । सो यस बीचमा अल्लाह तआलासित दुआ माग्ने गर ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले अजान र इकामतको बीचमा (मागिएको) दुआको विशेषता वर्णन गर्नु भयो । किनभने उक्त समयमा (मागिएको) दुआ रद्द हुँदैन र कबूल हुन्छ । सो यस बीचमा अल्लाह तआलासित दुआ माग्ने गर ।</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>यो समयमा दुआ माग्नुको विशेषता।
-जब दुआ गर्ने वालाले दुआका नियमहरूको ख्याल राख्छ र दुआ कबुल हुने समय र स्थान बारे विचार पुर्याउँछ,अल्लाहको अवज्ञाबाट टाढा रह्नछ र  शंका उपशंकाका स्थानहरूमा कदम राख्नबाट बच्छ, र अल्लाहका साथ राम्रो सोच राख्छ भने अल्लाहको हुकमले यो दुआ कबुल हुन्छ भन्ने आशा लगाउन सकिन्छ ।
-[...1 lines deleted...]
-दुआ कबूल हुने भनेको : या त उसको दुआ तुरुन्तै पूरा गरिन्छ, वा त्यसै अनुसार कुनै खराबी ऊबाट हटाइन्छ, या उसका लागि आखिरतका निमित्त संगालेर राखिन्छ । यो सबै अल्लाहको भेद र दया अनुसार हुन्छ ।</t>
+जब दुआ गर्ने व्यक्तिले प्रार्थनाको उचित आचरण पालना गर्छ, प्रार्थना स्वीकार हुने ठाउँ र समय अनुसार प्रार्थना गर्छ, अल्लाहको अवज्ञाबाट टाढा रहन्छ, शंका र उप शंकाको ठाउँमा पाइला राख्नबाट जोगिन्छ र अल्लाहमाथि राम्रो विश्वास राख्छ, तब अल्लाहको अनुमतिले उसको प्रार्थना स्वीकार हुने आशा गरिन्छ।
+"मनावी"ले दुआ कबूल हुने बारेमा भन्नु भएको छ : दुआ तब कबूल हुन्छ जब त्यसका शर्त, आधार तथा नियमहरूमा विचार गरेर दुआ गरिन्छ; यदि तीमध्ये कुनै कुराको ख्याल राखिएन र दुआ कबुल भएन भने केवल आफूलाई दोष दिए हुन्छ ।
+प्रार्थना स्वीकार हुनुको अर्थ : या त व्यक्तिले मागेको कुरा दिइन्छ, वा त्यो बराबरको खराबी उसबाट हटाइन्छ, वा त्यो उसको भविष्यको लागि भण्डारण गरिन्छ। यी सबै कुराहरू अल्लाहको बुद्धिमत्ता र उसको दयामा निर्भर गर्दछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5479</t>
   </si>
   <si>
     <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
-    <t>हे अल्लाह ! मेरो ( दीन ) धर्मलाई ठीक राखि दिनु होस् , मेरो हालतको सुरक्षा सुनिश्चित गर्नुहोस्</t>
+    <t>हे अल्लाह! मेरो धर्मलाई सच्याइदिनुहोस्, जुन मेरो मामिलाको सुरक्षाको ग्यारेन्टी हो</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)को वर्णन छ, भन्नु हुन्छ : अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) यो दुआ पढ्ने गर्नु हुन्थ्यो : " हे अल्लाह ! मेरो ( दीन ) धर्मलाई ठीक राखि दिनु होस् , मेरो हालतको सुरक्षा सुनिश्चित गर्नुहोस् र मेरो दुनियाँलाई ठीक गरि दिनु होस्, जसमा मेरो जीवनयापन छ र मेरो परलोकको जीवनलाई ठीक गरि दिनु होस्, जहाँ मैले फर्कनु पर्छ र मेरो जीवनलाई हरेक भलाइको वृद्धिको कारण बनाइ दिनु होस् र मेरो मृत्युलाई मेरा लागि हरेक अनिष्टबाट मुक्ति दिने माध्यम बनाइ दिनु होस् ।"
-«اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यो दुआ पढ्नुहुन्थ्यो: "हे अल्लाह! मेरो धर्मलाई सच्याइदिनुहोस्, जुन मेरो मामिलाको सुरक्षाको ग्यारेन्टी हो, मेरो संसारलाई सच्याइदिनुहोस्, जहाँ म बस्छु र मेरो परलोकलाई सच्याइदिनुहोस्, जहाँ म फर्कनेछु र मेरो जीवनलाई हरेक राम्रो कुरामा वृद्धिको कारण बनाउनुहोस् र मृत्युलाई मेरो लागि हरेक खराबीबाट राहतको माध्यम बनाउनुहोस्।"</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एउटा दुआ गर्नुभयो, जसमा उहाँले उत्तम गुणहरूको आधारभूत पक्षलाई समेट्नुभयो, जुन उहाँलाई पूर्ण गर्न पठाइएको थियो। यसमा धर्म, संसार र परलोकको सुधार समावेश थियो। यो छोटो तर महत्वपूर्ण वाक्यमा यी तीनै पक्षहरूको सुधारको माग गरियो। उहाँले धर्मको सुधारबाट सुरु गर्नुभयो, किनभने यही सुधारले संसार र परलोक दुवैको स्थिति सुधार गर्दछ।
-(اللهم أصلح لي ديني) 
-[...11 lines deleted...]
- (راحة لي من كل شرٍّ)- मेरा लागि हरेक खराबी, लफडा, परिक्षण, पाप र लापरबाहीबाट ढुक्क भएर आनन्द लिन पाउने कारण र यो संसार र यसका झन्झटहरूबाट मुक्तिको माध्मय बनाइ दिनु होस् ।</t>
+अर्थात् : हे अल्लाह ! मेरा लागि मेरो धर्मलाई ठीक बनाइ दिनुहोस् । यसका हरेक नियमहरू पूरा गर्ने अवसर प्रदान होस् ।
+अर्थात् : जससँग मेरा सबै मामिलाहरूको सुरक्षा जोडिएको छ। यदि मेरो धर्म बिग्रियो भने, मेरा सबै मामिलाहरू बिग्रनेछन् र मेरो नयाँ जीवन डुब्नेछ। साथै, संसारको शुद्धता बिना धर्मको इच्छित शुद्धता प्राप्त गर्न सकिँदैन, त्यसैले उहाँले भन्नुभयो:
+मेरा लागि मेरो सांसारिक जीवनलाई ठीक राखि दिनुहोस्,मलाई स्वास्थ्य र तन्दुरुस्ती, शान्ति, असल श्रीमती, भद्र सन्तान र आवश्यक हरेक कुरा प्रदान गरि दिनुहोस् । यो सबै चिजहरू हलाल होऊन् र यिनबाट तपाईँको उपासनामा सहायता मिलोस् । फेरि सांसारिक सुधारका लागि दुआ माग्नुको कारण बताउँदै भन्नुभयो:
+जसमा मलाई बाँच्नु छ र जीवन बिताउनु छ ।
+मेरा लागि मेरो मरण पश्चातको जीवनलाई ठीक बनाइ दिनुहोस् जहाँ मलाई फर्केर जानु छ र तपाईँ सित भेट्नु छ । तर यो तब मात्र हुन सक्छ जब कर्महरू ठीक हुन्छन् र अल्लाहका तर्फबाट भक्तको उपासना, विशुद्धता र उत्तम मरणको अवसर मिलेको हुन्छ ।
+नबी (सल्लल्लाहु अलैहि व सल्लम) ले परलोक पछि यस लोकको बारेमा बताउनु भयो । यो जीवन सुध्रिनु भनेको परलोक सुध्रिने खुड्किलो हो । जसले यस लोकको जीवनलाई अल्लाहको चाहना अनुसार बितायो उसको परलोक सुध्रियो ।
+"जीवनलाई मेरो लागि हरेक असल कुरामा वृद्धि गर।" यस संसारको जीवनलाई मेरो लागि हरेक असल कुरामा वृद्धि गर्ने कारण बनाउनुहोस् ताकि म यसमा सकेसम्म धेरै असल कामहरू गर्न सकूँ। 
+"मृत्युलाई मेरो लागि हरेक खराबी, अर्थात्, प्रलोभन, परीक्षा, पाप र लापरवाहीबाट राहत बनाउनुहोस्, मलाई शान्ति प्राप्त गर्ने र संसार र यसको भ्रमबाट मुक्त हुने कारण बनाउनुहोस्।"</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
-    <t>दीन ( इस्लाम)सबै भन्दा महत्त्वपूर्ण कुरा हो । यसै कारण अल्लाहका नबीले यसैबाट दुआ शुरू गर्नु भएको छ ।
-[...2 lines deleted...]
-दीन (धर्म)मा विकारका डरले मर्न पाए हुन्थ्यो भन्नु वा अल्लाह तआलासित शहादतको मृत्यु माग्नु खराब कुरा होइन ।</t>
+    <t>धर्म सबैभन्दा महत्त्वपूर्ण कुरा हो; त्यसैले अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो दुआ यसैबाट सुरु गर्नुभयो।
+धर्म मानव सुरक्षाको ग्यारेन्टी हो। यसले उसलाई सबै खराबीबाट रोक्छ।
+धर्म र परलोकको शुद्धताको लागि सांसारिक कुराहरूको लागि प्रार्थना गर्न सकिन्छ।
+दीन (धर्म) मा विकारका डरले मर्न पाए हुन्थ्यो भन्नु वा अल्लाह तआलासित शहादतको मृत्यु माग्नु खराब कुरा होइन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5482</t>
   </si>
   <si>
     <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا 
-[...1 lines deleted...]
-अनुवाद : हे अल्लाह ! मेरा पापहरू, मेरो अज्ञानता, हरेक काममा मेरो हद भन्दा अगाडि हुनु र सबै ती कुराहरू जसलाई तपाईँ म भन्दा बढी जान्ने वाला हुनुहुन्छ, क्षमा गरि दिनु होस् ।  हे अल्लाह ! मेरा चुकहरू, मेरो जानी जानी गरेका, नजानेर गरेका र ख्याल ख्यालमा गरेका कामहरू माफ गरि दिनु होस् । यी सबै कामहरू मबाट भएका छन् । हे अल्लाह ! मेरा अघिल्ला, पछिल्ला, लुकेर गरेका, खुल्लमखुल्ला गरेका पापहरू माफ गरि दिनु होस् । तपाईँ नै अगाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै पछाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै हरेक कुरामा सामर्थ्य राख्ने वाला हुनु हुन्छ ।</t>
+    <t>हे अल्लाह! मेरा पापहरू, मेरो अज्ञानता, मेरा सबै कर्महरूमा भएका अपराधहरू र तपाईंलाई मभन्दा बढी थाहा भएका सबै कुराहरू क्षमा गर्नुहोस्। हे अल्लाह! मेरा पापहरू, मैले जानेर गरेको, अनजानमा गरेको र मजाकमा गरेको सबै कुराहरू क्षमा गर्नुहोस्। यो सबै मैले गरेको हो। हे अल्लाह! मेरा विगतका र भविष्यका पापहरू, मेरा गोप्य र मेरा सार्वजनिक पापहरू क्षमा गर्नुहोस्। तपाईं नै अगाडि ल्याउने र तपाईं नै पछाडि ल्याउने हुनुहुन्छ र तपाईं नै सबै कुरामाथि शक्तिवान हुनुहुन्छ।</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
-    <t>हजरत अबू मुसा (रजियल्लाहु अन्हु) द्वारा वर्णन छ कि नबी (सल्लल्लाहु अलैहि व सल्लम) यो दुआ माग्ने गर्नु हुन्थ्यो : «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا 
-[...1 lines deleted...]
-अनुवाद : हे अल्लाह ! मेरा पापहरू, मेरो अज्ञानता, हरेक काममा मेरो हद भन्दा अगाडि हुनु र सबै ती कुराहरू जसलाई तपाईँ म भन्दा बढी जान्ने वाला हुनुहुन्छ, क्षमा गरि दिनु होस् ।  हे अल्लाह ! मेरा चुकहरू, मेरो जानी जानी गरेका, नजानेर गरेका र ख्याल ख्यालमा गरेका कामहरू माफ गरि दिनु होस् । यी सबै कामहरू मबाट भएका छन् । हे अल्लाह ! मेरा अघिल्ला, पछिल्ला, लुकेर गरेका, खुल्लमखुल्ला गरेका पापहरू माफ गरि दिनु होस् । तपाईँ नै अगाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै पछाडि गर्ने वाला हुनु हुन्छ र तपाईँ नै हरेक कुरामा सामर्थ्य राख्ने वाला हुनु हुन्छ । "</t>
+    <t>अबू मुसा (रजियल्लाहु अन्हु)  ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि व सल्लम) यो दुआ माग्ने गर्नु हुन्थ्यो : "हे अल्लाह! मेरा पापहरू, मेरो अज्ञानता, मेरा सबै कर्महरूमा भएका अपराधहरू र तपाईंलाई मभन्दा बढी थाहा भएका सबै कुराहरू क्षमा गर्नुहोस्। हे अल्लाह! मेरा पापहरू, मैले जानेर गरेको, अनजानमा गरेको र मजाकमा गरेको सबै कुराहरू क्षमा गर्नुहोस्। यो सबै मैले गरेको हो। हे अल्लाह! मेरा विगतका र भविष्यका पापहरू, मेरा गोप्य र मेरा सार्वजनिक पापहरू क्षमा गर्नुहोस्। तपाईं नै अगाडि ल्याउने र तपाईं नै पछाडि ल्याउने हुनुहुन्छ र तपाईं नै सबै कुरामाथि शक्तिवान हुनुहुन्छ।"</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
 "وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि व सल्लम)का संक्षिप्त दुआहरूमध्ये एउटा यो ( पनि) हो ।
-[...12 lines deleted...]
-"وأنت على كل شيء قدير" तपाईँ पूरा सामर्थ्य वाला, पक्का इरादा वाला, र जे चाहनु हुन्छ गर्नु हुने वाला हुनु हुन्छ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) का उत्कृष्ट दुआहरूमध्ये एउटा यो (पनि) हो ।
+हे अल्लाह ! मेरा सम्पूर्ण पापहरू माफ गरि दिनुहोस् । थाहै नपाइ हुने मेरो गल्तीहरू क्षमा गर्नुहोस्।
+मेरा सबै काममा भएका कमीकमजोरी र अतिक्रमणहरूको लागि मलाई क्षमा गर्नुहोस्।
+"तपाईं मेरो बारेमा धेरै जान्नुहुन्छ।" मलाई ती पापहरू पनि क्षमा गर्नुहोस् जुन तपाईंले जान्नुहुन्छ र मैले बिर्सेको छु।
+"हे अल्लाह, मेरा पापहरू क्षमा गर्नुहोस्, ती पापहरू पनि जुन मैले जानाजानी गरेको छु।"
+अनि मेरा ती पापहरू क्षमा गर्नुहोस् जुन मैले गम्भीरतापूर्वक वा मजाकमा गरेको छु।
+"यो सबै मसँग छ।" मलाई थाहा छ कि मैले यस्ता सबै पापहरू गरेको छु।
+हे अल्लाह, मैले अहिलेसम्म गरेका पापहरू र आउने दिनहरूमा गर्ने पापहरूको लागि मलाई क्षमा गर्नुहोस्।
+मैले गोप्य रूपमा गरेको र खुलेआम गरेको ।
+तपाईं आफ्नो सृष्टिमध्ये जसलाई चाहनुहुन्छ, आफ्नो प्रेमका कुराहरू प्रदान गरेर अगाडि बढाउनुहुन्छ र जसलाई चाहनुहुन्छ, उसलाई पछाडि एक्लै छोड्नुहुन्छ। तपाईंले जसलाई पछाडि पार्नुहुन्छ, उसलाई कसैले अगाडि बढाउन सक्दैन र तपाईंले जसलाई अगाडि बढाउनुहुन्छ, उसलाई कसैले पछाडि गर्न सक्दैन।
+"तपाईंसँग सबै कुराको शक्ति छ"  तपाईंसँग पूर्ण अधिकार र पूर्ण इच्छाशक्ति छ। तपाईं जे चाहनुहुन्छ गर्न सक्नुहुन्छ।</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
-    <t>यो दुआको विशेषता बताइएको छ र नबी(सल्लल्लाहु अलैहि व सल्लम)को अनुसरण गर्ने वालाले यो दुआ पढ्ने गर्नु पर्छ ।
-[...1 lines deleted...]
-अल्लाह तआला मान्छेलाई उसले आफूलाई भन्दा बढी जान्नु हुन्छ । त्यसैले मानिसले आफ्ना कामकुराहरू अल्लाहको जिम्मा लगाउनु पर्छ । किन भने मान्छेबाट अज्ञानतामा गल्ती हुन सक्छ ।
+    <t>यो दुआको विशेषता र नबी (सल्लल्लाहु अलैहि व सल्लम) को अनुकरण गर्दै पढ्नुपर्छ।
+सीमा नाघ्न निषेध गरिएको छ र सीमा नाघ्नेहरूले सजाय भोग्न सक्ने बताइएको छ।
+अल्लाहलाई मानिसको बारेमा आफूभन्दा बढी थाहा छ। त्यसकारण, मानिसले आफ्नो मामिला अल्लाहलाई सुम्पनु पर्छ, किनकि कहिलेकाहीं, अनजानमा पनि गल्ती गर्छ।
 जसरी मान्छेको जानी जानी गरेका पापहरूमा पकड हुन्छ त्यसरी नै ख्याल ख्यालमा गरेका पापहरूको  पनि हिसाब किताब होला । त्यसैले मान्छेलाई हाँसो ठट्टामा पनि सचेत रहनु आवश्यक छ ।
-इब्ने हजर अस्कलानी (रहिमहुल्लाह) भन्नु हुन्छ : मैले उहाँका कुनै पनि तरिकामा यो दुआको स्थान देखिँन । धेरै जसो रिवायत (कथनको सन्दर्भ)मा भनिएको छ कि उहाँ रातको अन्तिम प्रहरमा नमाजमा यो दुआ पढ्ने गर्नु हुन्थ्यो । कथनहरूमा यो बारेमा मतभेद छ कि उहाँ यो दुआ सलाम फेर्नु भन्दा पहिला पढ्नु हुन्थ्यो वा सलाम पछि ।
-के अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम) माफी माग्नका लागि चुक गर्ने गर्नु हुन्थ्यो ? केही मानिसहरूको भनाइ छ:  यो उहाँले विनम्रता र विनतिभावका आधारमा भन्नु भएको हो । यो पनि हुन सक्छ कि उहाँले निपूणता हातबाट निस्किनु  र उत्तमता छुट्नुलाई पापमा गणना गर्नु भयो होला । यो पनि हुन सक्छ कि जो कुरा भुलका कारण भए ती पनि हुन सक्छन् । अथवा नबी हुनु भन्दा पहिलाका पापहरू भन्नु भएको होला । केही मानिसहरूको भनाइ अनुसार माफी माग्नु एउटा उपासना हो जो अनिवार्य रूपमा गर्नु पर्छ ।  क्षमा याचना माफी नमिल्नका लागि गरिने होइन । जब कि केही मानिसहरूको भनाइ अनुसार यो सचेत गराउने र तालिम दिने एउटा तरिका हो कि मान्छेहरू निष्फिक्र भएर क्षमा याचना नै नगरून् ।</t>
+इब्ने हजर असकालानी भन्छन्: मैले उनको कुनै पनि कथनमा यो दुआको स्थान देखेको छैन। उनी रातको नमाजमा यो दुआ पढ्ने गर्थे। यो पनि उल्लेख गरिएको छ, उनी नमाजको अन्त्यमा यो दुआ पढ्ने गर्थे। यद्यपि, तपाईंले यसलाई सलाम अघि पढ्नुहुन्थ्यो वा पछि भन्ने बारेमा मतभेद छ।
+के अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले क्षमा माग्नको लागि पाप गरेका थिए? केही मानिसहरू भन्छन्: तपाईंले यो नम्रता र विनम्रताका कारण भन्नुभएको हो। यो पनि हुन सक्छ, तपाईंले पूर्णताको क्षति र पहिलोको त्यागलाई पाप ठान्नुभएको छ। यो पनि सम्भव छ, उहाँले गल्तीले गरिएका कामहरू भन्नुभएको होला वा उहाँले पैगम्बर हुनुभन्दा पहिले गरिएका पापहरू भन्नुभएको होला । केही मानिसहरू भन्छन्: क्षमा माग्नु एउटा उपासना हो, जुन अनिवार्य छ। क्षमा माग्नु क्षमा खोज्नको लागि गरिएको होइन। जबकि केही मानिसहरू भन्छन्: यो चेतावनी दिने र सिकाउने तरिका हो ताकि मानिसहरूले लापरवाहीका कारण क्षमा माग्न नछोडून्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5483</t>
   </si>
   <si>
     <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>हे अल्लाह ! म तपाईँसित यस संसार र परलोकको कल्याणको माग गर्दछु ।</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
-    <t>हजरत इब्ने उमर (रजियल्लाहु अन्हु) द्वारा वर्णन छ: भन्नु हुन्छ: बिहान बेलुका अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम) यी दुआहरू गर्न छोड्नु हुन्थेन:
-[...1 lines deleted...]
-«اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
+    <t>इब्ने उमर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्: पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले बिहान र बेलुका यी दुआहरू पढ्न कहिल्यै छोड्नुभएन: हे अल्लाह ! म तपाईँसित यस संसार र परलोकको कल्याणको माग गर्दछु । हे अल्लाह ! म तपाईंसँग मेरो धर्म र सांसारिक मामिला, मेरो परिवार र धनको कल्याण चाहन्छु। हे अल्लाह! मेरो गुप्तांगहरू ढाक्नुहोस् र मलाई डर र खतराबाट सुरक्षित राख्नुहोस्। हे अल्लाह! मलाई अगाडि, पछाडि, दायाँ, बायाँ र माथिबाट रक्षा गर्नुहोस्। म तपाईंको महामहिमको शरण चाहन्छु, म अचानक तलबाट खोसिएर जान नपरोस्।"</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि व सल्लम) बिहान बेलुका यी दुआहरू पढ्न कहिल्यै छुटाउनु हुन्थेन ।
-[...5 lines deleted...]
-"وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي" यो कुराबाट तपाईँको महानताको शरण माग्छु कि तल तिरबाट अचानक मेरो पकड होस् म बर्बाद हुन पुगुँ र जमिनमा धँसाइन पुगूँ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले बिहान बेलुका यी दुआहरू पढ्न कहिल्यै छोड्नुभएन:
+"हे अल्लाह! म तपाईंसँग दुष्टता, विपत्ति, सांसारिक कठिनाइ, खराब इच्छा र धार्मिक परीक्षाहरूबाट सुरक्षा माग्छु।" "यस संसारमा र परलोकमा" चाँडै होस्आ वा ढिलो।
+हे अल्लाह! म तपाईंसँग मेरा पापहरू क्षमा गर्न र कमजोरीहरूबाट बचाउन प्रार्थना गर्दछु, चाहे ती धर्मसँग सम्बन्धित हुन्, जस्तै शिर्क, नवप्रवर्तन, पापहरू आदि वा संसारसँग जस्तै विपत्ति, पीडा र दुष्टता, चाहे त्यो परिवार (पत्नी, छोराछोरी र आफन्त) सँग सम्बन्धित होस्, वा धन र कर्मसँग सम्बन्धित होस्।
+हे अल्लाह ! मेरो खोट र कमीकमजोरीहरूमा पर्दा हालि दिनुहोस्, मेरा पापहरू माफ गरि दिनुहोस् र मलाई भय र डरहरूबाट जोगाइ दिनुहोस् ।
+हे अल्लाह! मलाई रक्षा गर्नुहोस् र सबै समस्या र विपत्तिहरू मबाट टाढा राख्नुहोस्। मलाई सबै दिशाबाट रक्षा गर्नुहोस्, किनकि विपत्तिहरू माथि उल्लेख गरिएका सबै दिशाहरूबाट आउँछन्।
+म तलबाट अचानक कुनै चीजले समातेर बेहोस भएर नष्ट हुनु र जमिनमा धकेल्नुबाट तपाईंको शरण चाहन्छु।</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
-    <t>अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)को अनुसरण गर्दै उपरोक्त वाक्यहरूलाई (पढ्नमा) नियमितता दिनु पर्छ ।
-[...3 lines deleted...]
-केहि जिक्रका बारेमा रातमा नै पढ्नु पर्छ भनेर भनिएको छ, जस्तै सूरत अल-बकराका अन्तिम दुईआयतहरूको पढ्नु, यस्ता जिक्रहरूलाई सूर्यास्त पछि नै पढ्नु पर्ने हुन्छ ।</t>
+    <t>अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) को अनुसरण गर्दै यी शब्दहरूको पालना गर्नुपर्छ।
+जसरी मानिसलाई धर्मको सम्बन्धमा शान्ति र सुरक्षाको लागि प्रार्थना गर्न आदेश दिइएको छ, त्यसरी नै संसारको सम्बन्धमा पनि शान्ति र सुरक्षाको लागि प्रार्थना गर्न आदेश दिइएको छ।
+तिबी भन्छन्: उहाँले ६ दिशाहरू उल्लेख गर्नुभयो, किनभने विपत्तिहरू यी दिशाहरूबाट आउँछन्। यसबाहेक, तलतिरको दिशामा जोड दिइएको छ किनभने यस दिशाबाट आउने विपत्तिहरू सबैभन्दा खराब हुन्छन्।
+यी अज्कारहरू पढ्ने सबैभन्दा राम्रो समय बिहानमा फजर पछिदेखि सूर्योदयसम्म र दिउँसोको अस्रदेखि सूर्यास्तसम्म हो। यदि कसैले बिहान सूर्योदय पछि पढ्छ वा कसैले जुहर पछि पढ्यो भने त्यो पर्याप्त हुन्छ। त्यसैगरी यदि कसैले मगरिब पछि पढ्यो भने पनि पर्याप्त हुन्छ।
+यदि कुनै जिक्रको समय रातमा निश्चित छ, जस्तै सुरा बकरहको अन्तिम दुई आयतहरू पढ्नु, यस्ता जिक्रहरूलाई सूर्यास्त पछि नै पढ्नु पर्ने हुन्छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[अबू दाउद, निसाई, इब्ने माजह र अहमदले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5485</t>
   </si>
   <si>
     <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
-    <t>हे अल्लाह ! म तपाईँसित यो संसार र परलोकका सबै कल्याणहरू माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन् । अनि म तपाईँसित यस लोक र परलोकका सबै खराबीहरूबाट तपाईँको शरण माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन्।</t>
+    <t>हे अल्लाह! म तपाईंसँग सबै प्रकारका राम्रा कुराहरू माग्छु, छिटो र ढिलो दुवै, जुन मलाई थाहा छ र जुन मलाई थाहा छैन। म तपाईंमा सबै प्रकारका खराब कुराहरूबाट शरण चाहन्छु, छिटो र ढिलो दुवै, जुन मलाई थाहा छ र जुन मलाई थाहा छैन</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
-    <t>उम्मुल् मुमिनीन (आस्थावानहरूकि आमा) हजरत आइशा (रजियल्लाहु अन्हा) द्वारा वर्णन छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले हामीलाई यो दुआ सिकाउनु भयो : "हे अल्लाह ! म तपाईँसित यो संसार र परलोकका सबै कल्याणहरू माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन् । अनि म तपाईँसित यस लोक र परलोकका सबै खराबीहरूबाट तपाईँको शरण माग्दछु, जो मलाई थाहा छन् वा जो मलाई थाहा छैनन्। हे अल्लाह ! म तपाईँसित त्यो कल्याणको माग गर्दछु जो तपाईँका भक्त र तपाईँका नबीले माग्नु भएको छ र म तपाईँसित तपाईँको शरण माग्दछु त्यो खराबीबाट जसदेखि तपाईँसित तपाईँका भक्त र नबीले शरण माग्नु भएको छ । हे अल्लाह ! म तपाईँसित जन्नत (स्वर्ग) माग्दछु र त्यो कर्म र बोलको पनि जसले मलाई जन्नत(स्वर्ग) नजिक पुर्याउँछ र म तपाईँसित  आगो (नरक)देखि शरण माग्दछु र त्यस बोल र कर्मबाट जो नरक नजिक गर्छ । यसरी नै म तपाईँसित मेरा हकमा भएका हरेक फैसलाहरूलाई भलो बनाइ दिनु हुने माग गर्दैछु । "
-«اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا»</t>
+    <t>उम्मुल् मुमिनीन (आस्थावानहरूकि आमा) आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन्: अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले मलाई यो दुआ सिकाउनु भयो : "हे अल्लाह! म तपाईंसँग सबै प्रकारका राम्रा कुराहरू माग्छु, छिटो र ढिलो दुवै, जुन मलाई थाहा छ र जुन मलाई थाहा छैन। म तपाईंमा सबै प्रकारका खराब कुराहरूबाट शरण चाहन्छु, छिटो र ढिलो दुवै, जुन मलाई थाहा छ र जुन मलाई थाहा छैन। हे अल्लाह, म तपाईंसँग त्यो भलाइ माग्छु जुन तपाईंको दास र तपाईंको पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) ले तपाईंसँग मागेका थिए र म तपाईंको शरण चाहन्छु त्यो खराबीबाट जुनबाट तपाईंको दास र तपाईंको पैगम्बरले शरण मागेका थिए। हे अल्लाह! म तपाईंसँग स्वर्ग र त्यसको नजिक पुर्‍याउने कार्य र शब्दहरूको लागि प्रार्थना गर्दछु र म तपाईंसँग नर्क र त्यसको नजिक पुर्‍याउने कार्य र शब्दहरूबाट शरण चाहन्छु। म तपाईंसँग तपाईंले मेरो लागि जे फैसला गर्नुभएको छ त्यो राम्रो बनाउनुहोस् भनी प्रार्थना गर्दछु।</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम)ले हजरत आइशा (रजियल्लाहु अन्हा)लाई केही संक्षिप्त दुआहरू सिकाउनु भयो । तीमध्ये चार यी हुन् :
-[...5 lines deleted...]
-चौथो दुआ : अल्लाहका हरेक फैसलामा राजीखुसी रहने दुआ । "وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا۔" म तपाईँसित मेरा निमित्त तपाईँले गर्नु भएका हरेक फैसलालाई उत्तम बनाइ दिनु होस् भनेर माग गर्दछु । यो अल्लाहको चाहनामा सन्तुष्ट रहनका लागि दुआ हो ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले आइशा (रजियल्लाहु अन्हा) लाई केही संक्षिप्त दुआहरू सिकाउनु भयो, तीमध्ये चार यी हुन् :
+पहिलो प्रार्थना: सबै असल कुराहरूको लागि एउटा सामान्य प्रार्थना: हे अल्लाह! म तपाईंसँग सबै प्रकारका राम्रा कुराहरू माग्छु, छिटो र ढिलो दुवै, जुन मलाई थाहा छ र जुन मलाई थाहा छैन। यसमा, सबै कुरा अल्लाहलाई सुम्पिएको छ, जो सर्वज्ञ, सुक्षमदर्शी र जानकार हुनुहुन्छ, ताकि उहाँले मुस्लिमका लागि सबैभन्दा उत्तम र लाभदायक कुरा चयन गरुन् । म यस संसार र परलोकका सबै प्रकारका  छिटो आउने वा ढिलो आउने, मलाई थाहा भएका वा नभएका हरेक खराबीहरूबाट तपाईंमा शरण चाहन्छु ।
+दोस्रो दुआ : यो यस्तो दुआ हो जसमा मुस्लिम दुआमा सीमा नाघ्नबाट सुरक्षित रहन्छ । हे अल्लाह ! म तपाईँसित त्यो भलाइको माग गर्दैछु जो तपाईँका भक्त र तपाईँका नबी (सल्लल्लाहु अलैहि व सल्लम) ले माग्नु भएको छ । अनि म तपाईँसित त्यो खराबीबाट शरण माग्दछु जसबाट तपाईँका भक्त र नबी (सल्लल्लाहु अलैहि व सल्लम) ले शरण माग्नु भएको छ । यो दुआ गर्ने व्यक्तिलाई अल्लाहले ती भलाईहरू प्रदान गरून् जो नबी मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) ले आफ्ना लागि माग्नु भएको छ । पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले प्रार्थना गरेका बिन्तीहरूको प्रकारहरूको गणना नगरी।
+तेस्रो प्रार्थना: स्वर्गमा प्रवेश गर्ने र नर्कबाट टाढा रहने प्रार्थना, जुन प्रत्येक मुस्लिमको लक्ष्य र उसको कर्मको अन्त्य हो। अर्थात्, हे अल्लाह! म तपाईंबाट स्वर्ग चाहन्छु र तपाईंलाई खुशी पार्ने हरेक वचन र कर्म जसले स्वर्गको नजिक ल्याउँछ, र म नर्कबाट र तपाईंलाई अप्रसन्न पार्ने हरेक वचन र कर्म जसले नर्कको नजिक ल्याउँछ, तपाईंको शरण चाहन्छु। तपाईंको दया बिना, कोही पनि खराब कामबाट बच्न सक्दैन।
+चौथो दुआ : अल्लाहका हरेक फैसलामा राजीखुसी रहने दुआ । म तपाईंलाई मेरो लागि गर्ने हरेक निर्णयलाई राम्रो बनाउन अनुरोध गर्दछु। यो वास्तवमा अल्लाहको चाहनामा सन्तुष्ट रहनका लागि दुआ हो ।</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
-    <t>मान्छेले आफ्नो परिवारलाई धार्मिक र सांसारिक मामिलाहरूमा के कुराले फाइदा पुर्‍याउँछ भनेर सिकाउँनु, जसरी नबी(सल्लल्लाहु अलैहि व सल्लम)ले हजरत आइशा (रजियल्लाहु अन्हा) लाई सिकाउनु भयो ।
-[...2 lines deleted...]
-अल्लाहको कृपा पछि स्वर्गमा प्रवेश गर्ने एउटा कारण, सत्कर्म र सत् वचनहरू हुन् ।</t>
+    <t>मान्छेले आफ्नो घर परिवारलाई फाइदा पुर्याउने धार्मिक र सांसारिक कुराहरू सिकाउँनु, जसरी नबी (सल्लल्लाहु अलैहि व सल्लम) ले आइशा (रजियल्लाहु अन्हा) लाई सिकाउनु भयो ।
+प्रत्येक मुस्लिमले नबी (सल्लल्लाहु अलैहि व सल्लम) बाट प्राप्त प्रार्थनाहरू कण्ठ गर्नु र तिनीहरूलाई पढ्नु राम्रो हो, किनकि यी सबैभन्दा उत्कृष्ट र व्यापक प्रार्थनाहरू हुन्।
+उलमाहरूले यस हदीसको बारेमा भन्नु भएको छ: यो भलाई माग्नका लागि  र खराबीहरूबाट शरण चाहने सन्दर्भमा सबैभन्दा व्यापक हदीस हो र यो नबी (सल्लल्लाहु अलैहि व सल्लम) लाई दिइएका सबै भन्दा संक्षिप्त शब्दहरू मध्ये एक हो ।
+अल्लाहको कृपा पछि, स्वर्गमा प्रवेश गर्ने एउटा कारण असल वचन र कर्म हो।</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ» अनुवाद : "हे अल्लाह ! म तपाईँका वरदानहरूको समाप्तिबाट, तपाईँले प्रदान गर्नु भएको संरक्षण, तपाईँको अचानक पकड र तपाईँको हरेक प्रकारको क्रोधबाट तपाईँको शरण माग्दछु ।</t>
+    <t>हे अल्लाह! म तपाईंको आशीर्वादको लोपबाट, तपाईंको कल्याणको फिर्ताबाट, तपाईंको अचानक विपत्तिबाट र तपाईंको सबै प्रकारका क्रोधबाट तपाईंको शरण चाहन्छु।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)को वर्णन छ, उहाँ भन्नु हुन्छ कि अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) जुन दुआहरू माग्नु हुन्थ्यो, तीनमा एउटा यो पनि हो : «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ» अनुवाद : "हे अल्लाह ! म तपाईँका वरदानहरूको समाप्तिबाट, तपाईँले प्रदान गर्नु भएको संरक्षण, तपाईँको अचानक पकड र तपाईँको हरेक प्रकारको क्रोधबाट तपाईँको शरण माग्दछु ।"</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) जुन दुआहरू माग्नु हुन्थ्यो, तीमध्ये एउटा यो थियो: "हे अल्लाह! म तपाईंको आशीर्वादको लोपबाट, तपाईंको कल्याणको फिर्ताबाट, तपाईंको अचानक विपत्तिबाट र तपाईंको सबै प्रकारका क्रोधबाट तपाईंको शरण चाहन्छु।"</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि व सल्लम)ले चार वटा कुराहरूबाट शरण माग्नु भएको छ ।
-[...2 lines deleted...]
-तेस्रो :(وفجأة نقمتك) यो कुराबाट पनि कि कतै तपाईँको अचानक पकड न आ‌ओस् । किन भने मान्छेलाई अचानक पकड आयो वा सजाय दिइयो भने प्रायश्चित गर्ने र आफूलाई सुधार्ने मौका मिल्दैन । झन् समस्या ठुलो र मामिला कडा हुन जान्छ ।
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले चार वटा कुराहरूबाट शरण माग्नु भएको छ:
+पहिलो : हे अल्लाह! म तपाईंको धार्मिक र सांसारिक आशीर्वाद गुमाउनबाट तपाईंको शरण चाहन्छु। म तपाईंसँग प्रार्थना गर्दछु, म इस्लाममा दृढ रहन सकूँ र आशीर्वाद गुमाउने पापहरूबाट टाढा रहन सकूँ।
+दोस्रो : तपाईँबाट मिलेका संरक्षण कष्टमा परिवर्तन न होस्; सो म तपाईंसित निरन्तर सुस्वास्थ्य एवं कष्ट र रोगहरूबाट रक्षाको लागि अनुरोध गर्दछु ।
+तेस्रो :यो कुराबाट पनि कि कतै तपाईँको अचानक पकड न आ‌ओस् । किनभने मान्छेलाई अचानक पकड आयो वा सजाय दिइयो भने प्रायश्चित गर्ने र आफूलाई सुधार्ने मौका मिल्दैन । झन् समस्या ठुलो र मामिला कडा हुन जान्छ ।
 चौथो: (र तपाईंको सम्पूर्ण क्रोध) र ती कारणहरू जसले तपाईंको क्रोध ल्याउँछ; किनभने जसप्रति तपाईं क्रोधित हुनुहुन्छ, ऊ निश्चय नै विफल र हानीग्रस्त हुन्छ।
-अल्लाहका नबी(सल्लल्लाहु अलैहि व सल्लम)ले "जमीअ"को शब्द प्रयोग गर्नु भयो । यसर्थ कि उहाँको क्रोध हुने वाला सबै प्रकारका बोल र कर्म एवं निष्ठाहरू सम्मिलित होऊन् ।</t>
+अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) ले "जमीअ" बहुवचन शब्द प्रयोग गर्नु भयो । ताकि उहाँको क्रोध निम्त्याउने सबै प्रकारका बोल र कर्म एवं निष्ठाहरू समावेश होस्।</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) पनि अल्लाह तआलामा निर्भर हुनुहुन्थ्यो ।
-[...3 lines deleted...]
-नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको प्रदान गरिएको सुरक्षाको परिवर्तनबाट शरण माग्नुभयो, किनभने यदि अल्लाहले उहाँलाई आफ्नो सुरक्षामा विशेष गरे, भने उहाँले दुनियाँ र परलोक दुबैको कल्याण प्राप्त गर्नुभयो। तर यदि त्यो सुरक्षा हटाइयो भने, उहाँले दुनियाँ र परलोक दुबैको दुर्भाग्य भोग्नुहुनेछ, किनभने सुरक्षा नै धर्म र दुनियाँको सुधारको कारण हो।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) पनि अल्लाहमा निर्भर हुनुहुन्थ्यो ।
+शरण खोज्ने यी शब्दहरूले अल्लाहको आशीर्वादको लागि कृतज्ञता व्यक्त गर्दछन् र पाप गर्नबाट सुरक्षा खोज्छन्, किनकि पाप गरेपछि आशीर्वाद खोसिन्छ।
+अल्लाह तआलाको क्रोध हुने ठाउँहरूबाट टाढा रहने।
+अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले अचानक आउने विपत्तिबाट अल्लाहको शरण लिनुभयो। किनभने जब अल्लाह कुनै व्यक्तिसँग बदला लिन चाहन्छन्, तब उहाँले उसमाथि यस्तो विपत्ति ल्याउनुहुन्छ कि ऊ एक्लैले मात्र होइन, सबै सृष्टिहरूको सहयोगले पनि त्यसलाई हटाउन सक्दैन।
+अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहले प्रदान गरेको कल्याणको परिवर्तनबाट शरण माग्नुभयो, किनभने अल्लाहको कल्याणको अर्थ हो, व्यक्तिमा दुवै लोकको कल्याण छ र यसको विपरीत अर्थ हो कि दुवै लोकको दुष्टता उसको अगाडि हात फैलाएर उभिरहेको छ। वास्तवमा, धर्म र संसारको शुद्धता कल्याणको कारणले हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5488</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
-    <t>हे अल्लाह! म तिमीबाट ऋणको भारीपन, शत्रुको विजय, र शत्रुहरूको उपहासबाट बचाउने प्रार्थना गर्दछु।"
-«اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>हे अल्लाह! म ऋणको प्रभुत्व, शत्रुको प्रभुत्व र दुःखमा शत्रुहरूको खुशीबाट तपाईंमा शरण चाहन्छु।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
-    <t>हजरत अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ : अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम) यी वाक्यहरूका साथ दुआ गर्नु हुन्थ्यो : "हे अल्लाह! म तिमीबाट ऋणको भारीपन, शत्रुको विजय, र शत्रुहरूको उपहासबाट बचाउने प्रार्थना गर्दछु।"
-«اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ»</t>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन् : अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) यी वाक्यहरूका साथ दुआ गर्नु हुन्थ्यो : "हे अल्लाह! म ऋणको प्रभुत्व, शत्रुको प्रभुत्व र दुःखमा शत्रुहरूको खुशीबाट तपाईंमा शरण चाहन्छु।"</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
-    <t>नबी(सल्लल्लाहु अलैहि व सल्लम) ले निम्न उल्लेखित कुराहरूबाट शरण माग्नु भएको छ :
-[...2 lines deleted...]
-तेस्रो: (وشماتة الأعداء) र मुसलमानहरूलाई पर्ने दुःख र विपत्तिमा उनीहरूको खुसीबाट  ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले निम्न उल्लेखित कुराहरूबाट शरण माग्नु भएको छ :
+१- "हे अल्लाह, म ऋणको बोझबाट तपाईंमा शरण चाहन्छु।" हे अल्लाह, म ऋणको दबाब, बोझ, दुःख र चिन्ताबाट तपाईंमा मात्र शरण चाहन्छु। म यसलाई तिर्न सक्षम हुन तपाईंको मद्दत चाहन्छु।
+२- "शत्रुको विजय।" शत्रुको क्रोध र प्रभुत्वबाट। म प्रार्थना गर्छु, उसको अत्याचार र उत्पीडन रोक्नु होस् र मलाई उसमाथि विजय प्रदान गर्नुहोस्।
+३- "शत्रुहरूको खुशी।" मुस्लिमहरूमाथि आइपरेको विपत्ति र कठिनाइमा शत्रुहरूको खुशीबाट।</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
-    <t>यी सबै कुराहरूबाट शरण माग्नका लागि प्रोत्साहन। जो मान्छेका लागि पुण्यको काम गर्ने समय दिँदैनन् र पिर र चिन्ताको कारण बन्छन् । जस्तै : ऋृण आदी  ।
+    <t>ऋण आदि जस्ता असल कामबाट विमुख गर्ने र दुःख र शोक निम्त्याउने सबै कुराहरूबाट अल्लाहको शरण लिन प्रोत्साहन।
 सामान्य ऋणमा कुनै अप्ठ्यारो छैन। तर अप्ठ्यारो त्यहाँ हुन्छ, जहाँ ऋण चुक्ता गर्ने क्षमता हुँदैन। यस्तो ऋण नै भारी र समस्याजनक हुन्छ।
 मान्छेले ती कुराहरूबाट टाढा रहनु पर्छ जसमा उसलाई हाँसोको विषय बनाइन्छ र आलोचना गरिन्छ ।
-इन्कारीहरूको इमान वालाहरूसित वैर र विपत्तिहरूको समयमा उनीहरूले खिल्ली उडाउने बारेमा वर्णन ।
-समस्याको बेलामा शत्रु हाँसे झन् पीडा थपिन्छ  ।</t>
+मुमिनहरूप्रति काफिरेहरूको शत्रुता र विपत्ति आइपर्दा उनीहरूको आनन्दको विवरण।
+समस्याको समयमा, शत्रुहरूको हाँसोले झन् पीडा थपिन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5489</t>
   </si>
   <si>
     <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
   </si>
   <si>
-    <t>हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ ।</t>
+    <t>हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन छ : अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) ले  भन्नु भयो : जब बिहान हुन्थ्यो उहाँ यो दुआ पढ्ने गर्नु हुन्थ्यो: 
-[...4 lines deleted...]
-हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । कहिले काहीँ (وَإِلَيْكَ النُّشُورُ)को ठाउँमा «وَإِلَيْكَ الْمَصِيرُ»पनि भन्नु हुन्थ्यो । "</t>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : अल्लाहका नबी (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: जब बिहान हुन्थ्यो उहाँ यो दुआ पढ्ने गर्नु हुन्थ्यो: 
+हे अल्लाह ! तपाईँको रक्षामा हामीले बिहान गर्यौं र तपाईंकै रक्षामा हामीले साँझ गर्यौं । तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ ।
+ र बेलुका भए पछि यो भन्नु हुन्थ्यो : 
+हे अल्लाह ! तपाईँको रक्षामा हामीले साँझ गर्यौं र तपाईंकै रक्षामा हामीले बिहान गर्यौं । तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । कहिले काहीँ (وَإِلَيْكَ النُّشُورُ) को ठाउँमा «وَإِلَيْكَ الْمَصِيرُ»पनि भन्नु हुन्थ्यो ।"</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
-    <t>उहाँ (सल्लल्लाहु अलैहि व सल्लम)  बिहान हुँदा अर्थात्, फज्रको उदय ( मिर्मिरे) जसलाई दिनको आरम्भको रूपमा मानिन्छ, भन्नु हुन्थ्यो:
-[...2 lines deleted...]
-"र तिमी तर्फै पुनरुत्थान हुनेछ।"
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) बिहान फज्रपछि, अर्थात् दिनको आरम्भ हुँदा यो भन्नु हुन्थ्यो:
+"हे अल्लाह! हामीले तिमीबाट बिहान गर्‍यौं, तिम्रो संरक्षामा सुरक्षित भयौं, तिम्रा अनुग्रहहरूले ढाकिएका छौं, तिम्रो स्मरणमा व्यस्त छौं, तिम्रो नामको सहायतामा लागेका छौं, तिम्रो तौफीकमा समावेश छौं र तिम्रै शक्ति र सामर्थ्यले हिँडिरहेका छौं।
+ तिमीबाट नै हामीले साँझ गर्‍यौं, तिमीबाट नै हामी बाँचिरहेका छौं र तिमीबाट नै हामी मर्नछौं।" "र तिमी तर्फै पुनरुत्थान हुनेछ।"
 यसको अर्थ, म बिहानजस्तै साँझमा पनि यसै प्रकारको भावना राख्छु। म तिम्रो नामले बाँच्दछु, तिम्रो नामले मर्छु। मृत्यु पछि तिमी नै हामीलाई पुनर्जीवित गर्नुहुन्छ। यो अवस्था मेरो लागि सबै समय र सबै परिस्थितिमा स्थायी हुनेछ। म यसबाट कहिल्यै टाढा हुने छैन र यसलाई कहिल्यै छोड्ने छैन।
-यसरी नै जब उहाँ माथि बेलुकी हुन्थ्यो जो अस्र पछि सुरु हुन्छ भन्नु हुन्थ्यो : (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) हे अल्लाह ! तपाईँको रक्षामा हामीले साँझ गर्यौं र तपाईंकै रक्षामा हामीले बिहान गर्यौं र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । यो दुआमा आएको शब्द "المَصِيْر" को अर्थ यहलोकमा फर्केर आउने ठाउँ र परलोकमा कर्म फल । सो तपाईँ नै मलाई जीवन दान गर्नुहुन्छ र तपाईं नै मलाई मृत्यु दिनु हुन्छ ।</t>
+उहाँ बेलुकी अस्र पछि यो दुआ भन्नु हुन्थ्यो : हे अल्लाह ! तपाईँको रक्षामा हामीले साँझ गर्यौं र तपाईंकै रक्षामा हामीले बिहान गर्यौं र तपाईँको नाममा हामी जीवित हुन्छौ र तपाईँको नाममा नै हामी मर्छौं र तपाईँ तर्फ नै उठेर जानु छ । यो दुआमा आएको शब्द "المَصِيْر" को अर्थ यस लोकमा फर्केर आउने ठाउँ र परलोकमा कर्म फल । सो तपाईँ नै मलाई जीवन दान गर्नुहुन्छ र तपाईं नै मलाई मृत्यु दिनु हुन्छ ।</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
-    <t>अल्लाहको नबी(सल्लल्लाहु अलैहि व सल्लम) को नमूनाको अनुसरण गर्दै बिहान बेलुका यो दुआ पढ्नु मुस्तहब ( राम्रो मानिएको) छ ।
-[...3 lines deleted...]
-उहाँले "وإليك المصير" भनेको वाक्यको उपयुक्तता साँझको समयसँग छ, जब मानिसहरू आफ्ना काम र लाभका लागि फैलिएका हुन्छन्, र अन्ततः उनीहरू आफ्ना घरतर्फ फर्किन्छन् र विश्रामका लागि सुत्छन्। यसले अल्लाह तबारक र तआला तर्फ फर्किनु र अन्तिम गन्तव्यको सम्झना गराउँछ, जहाँ सबैको परिणाम र समापन हुनेछ।</t>
+    <t>अल्लाहको नबी (सल्लल्लाहु अलैहि व सल्लम) को अनुसरण गर्दै बिहान बेलुका यो दुआ पढ्नु मुस्तहब (राम्रो मानिएको) छ ।
+मान्छे हरेक अवस्था र समयमा अल्लाहमाथि निर्भर हुन्छ ।
+यी अज्कारहरू पढ्ने सबैभन्दा राम्रो समय बिहानमा फजर पछिदेखि सूर्योदयसम्म र दिउँसोको अस्रदेखि सूर्यास्तसम्म हो। यदि कसैले बिहान सूर्योदय पछि पढ्छ वा कसैले जुहर पछि पढ्यो भने त्यो पर्याप्त हुन्छ। त्यसैगरी यदि कसैले मगरिब पछि पढ्यो भने पनि पर्याप्त हुन्छ।
+"واليك النُّشور" हदीसका शब्दहरू बिहानको समयसँग धेरै सान्दर्भिक छन्। यी शब्दहरूले मानिसलाई मृत्यु पछि पुनरुत्थान हुने दिनको दृश्यको सम्झना गराउँछन्। यो नयाँ जीवन हुनेछ। यो नयाँ दिन हुनेछ, जसमा आत्माहरू शरीरमा फर्काइनेछन्। मानिसहरू जताततै छरिएका हुनेछन्। अल्लाहले सिर्जना गरेको यो नयाँ बिहानी पनि आउँदैछ ताकि आदमको पुत्र साक्षी होस् र यसको समय र क्षणहरू हाम्रा कर्महरूको खजाना बनून्।
+त्यसैगरी, "واليك المصير" प्रार्थनाका शब्दहरू पनि साँझसँग धेरै सान्दर्भिक छन्। साँझमा, मानिसहरू आफ्नो काम, व्यवसाय र जीवनको व्यस्तताबाट फर्कन्छन्। तिनीहरू आ-आफ्नो घरतिर लाग्छन्। विभिन्न ठाउँबाट फर्केपछि, तिनीहरू आराम गर्छन्। यसरी, यी शब्दहरूले हामीलाई  अन्तिम गन्तव्य र अल्लाहतिर फर्कने सम्झना गराउँछन्।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>अल्लाहलाई बलवान् मुमिन (विश्वासी) कमजोर मुमिन भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहलाई बलवान् मुमिन (विश्वासी) कमजोर मुमिन भन्दा राम्रो र अधिक प्रिय छ, तर दुवैमा भलाई छ । तिमीले आफूलाई लाभदायक हुने कुराको लागि प्रयासरत रहनुपर्छ, अल्लाहसँग मद्दत माग्नु र हरेस नखानु । कुनै विपत्ति आइपर्‍यो भने यदि मैले यो गरेको भए यो र यो हुन्थ्यो भनी नभन्नु, बरु यसो भन्नु, "कदरुल्लाहि वमा शाअ फअ़ल" (अर्थात यो अल्लाहको निर्णय हो र उहाँ जे चाहनुहुन्छ त्यही गर्नुहुन्छ) । किनकि 'यदि' शब्दले शैतानलाई मनभित्र खेल्ने मौका दिन्छ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रत्येक मुमिन राम्रो हुन्छ भनेर बताउनु भएको छ, तर आफ्नो ईमान, दृढ संकल्प, धन र शक्तिका अन्य पक्षहरूमा बलियो मुमिन अल्लाहलाई कमजोर मुमिन भन्दा झन् राम्रो र अधिक प्रिय हुन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले (मुमिन) विश्वासीहरूलाई संसार र परलोकमा लाभदायी कुराहरू प्राप्त गर्नका लागि असबाब (साधन) अपनाउन, महानतम अल्लाह  माथि भरोसा राख्न, उहाँसँग सहयोग माग्न र उहाँमाथि तवक्कुल (पूर्ण भरोसा) गर्न उपदेश दिनुभयो। साथै नबी (सल्लल्लाहु अलैहि वसल्लम) ले अक्षमता, आलस्य र दुबै संसारमा लाभकारी कार्य गर्नबाट पछि हट्न अथवा लापरवाही गर्न निषेध गर्नुभयो । यदि मुमिनले अल्लाहसंग मद्दत खोज्दै र भलाइको लागि दुआ गर्दै लगनशीलताका साथ काम गर्छ, श्रोत र साधनहरूको प्रयोग गर्छ भने, त्यसपछि उसले आफ्ना सबै मामिलाहरू अल्लाहलाई सुम्पनुपर्छ। र उसलाई यसमा पूर्ण विश्वास गर्नुपर्छ कि अल्लाहको छनौट नै उसको लागि सबैभन्दा उत्तम हुनेछ। त्यसपछि यदि उसलाई कुनै विपत्ति आइपर्‍यो भने, उसले यसो भन्नु हुँदैन कि "यदि मैले त्यसो गरेको भए यो हुन्थ्यो"; "किनभने अरेबिक भाषाको शब्द ‘लौ’ अर्थात "यदि" भन्नाले भाग्यप्रति आपत्ति र बितेको कुरामा पश्चात्ताप उत्पन्न गरी शैतानको लागि मान्छेलाई भ्रममा पार्ने ढोका खोलिदिन्छ; । बरु भक्तले सन्तुष्टि र आत्मसमर्पणको प्रमाण दिँदै यसो भन्नु पर्छ: "कदरुल्लाहि वमा शाअ फअल" अर्थात यो अल्लाहको निर्णय हो र उहाँले जे चाहनुहुन्छ त्यही गर्नुहुन्छ ।" तसर्थ जे भयो त्यो अल्लाहको इच्छाअनुसार नै भयो। उहाँले जे चाहनुहुन्छ, त्यही गर्नुहुन्छ। उहाँको निर्णयलाई कसैले रोक्न सक्दैन र कसैले उहाँको आदेशलाई परिवर्तन सक्दैन।</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>ईमान र विश्वासमा मानिसहरूको भिन्न भिन्न स्तरका हुन्छन् ।
 कर्महरूमा बल र शक्ति अपनाउनु प्रशंसनीय हो; किनभने यसबाट यस्तो लाभ प्राप्त हुन्छ जुन कमजोरीबाट प्राप्त हुँदैन।
 मानिसले आफूलाई फाइदा हुने कुरामा ध्यान दिनुपर्छ र नचाहिने कुराहरूबाट टाढा रहनुपर्छ ।
 मुमिनले आफ्नो हरेक कार्यमा अल्लाहको सहारा लिनुपर्छ र केवल आफुमा निर्भर हुनु हुँदैन।
 यसबाट कजा व कद्र (आदेश र भाग्य)  को पुष्टि हुन्छ। कुनै पनि पुण्य कर्म गर्दा प्रयासरत रहनु र साधनहरू प्रयोग गर्नु तकदीर विपरीत होइन ।
 विपत्ति आइपर्दा रिसले "यदि, उसोभए, यसोभए" जस्ता शब्दहरू प्रयोग गर्नु र अल्लाहको आदेश तथा भाग्यको विरोध गर्नु निषेध गरिएको छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5493</t>
   </si>
   <si>
+    <t>إن اللعانين لا يكونون شهداء ولا شفعاء يوم القيامة</t>
+  </si>
+  <si>
+    <t>जसले अत्यधिक सराप्छन्, तिनीहरू कयामतको दिन साक्षी वा सिफारिसकर्ता हुनेछैनन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ اللَّعَّانِينَ لَا يَكُونُونَ شُهَدَاءَ وَلَا شُفَعَاءَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "जसले अत्यधिक सराप्छन्, तिनीहरू कयामतको दिन साक्षी वा सिफारिसकर्ता हुनेछैनन्।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن يُكثر اللعن على مَن لا يستحق فهو مستحق لعقوبتين: 
+الأولى: لا يكون شهيدًا يوم القيامة على الأمم بتبليغ رسلِهم إليهم الرسالات، ولا تقبل شهادته في الدنيا؛ لفسقه، ولا يرزق الشهادة وهي القتل في سبيل الله. 
+الثانية: لا يشفع يوم القيامة حين يشفع المؤمنون في إخوانهم الذين استَوجَبوا النار.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले अयोग्य व्यक्तिलाई अत्यधिक गाली गर्छ, उसले दुईवटा सजाय पाउनुपर्छ: पहिलो: उनी कयामतको दिन राष्ट्रहरूका लागि दूतहरूले सन्देश पुर्याएको साक्षी हुनेछैनन्, उनको अनैतिकताको गर्दा यस संसारमा उनको गवाही स्वीकार गरिने छैन, उनलाई शहादत प्राप्त हुने छैन; जुन अल्लाहको मार्गमा शहीद हुनु हो। दोस्रो: जब विश्वासीहरूले नर्कको हकदार भएका आफ्ना भाइहरूको लागि सिफारिस गर्नेछन्, उनले यसबाट बन्चित गरिनेछ।</t>
+  </si>
+  <si>
+    <t>تحريم الَّلعن، وأنّ كَثرته من كبائر الذنوب.
+العقوبة في الحديث إنما هي لمن كثر منه اللعن، لا لِمَرّة ونحوها، ولأنه يخرج منه أيضًا اللعن المباح، وهو الذي ورد الشرع به بلعن أصحاب الأوصاف المذمومة بغير تعيين كقولك: «لعن الله اليهود والنصارى»، «لعنة الله على الظالمين»، «لعن الله المُصَوِّرين»، «لعن الله من عمل عمل قوم لوط»، «لعن الله من ذبح لغير الله»، «لعن الله المتشبِّهين من الرجال بالنساء والمتشبهات من النساء بالرجال»، ونحو ذلك.
+إثبات شفاعة المؤمنين يوم القيامة.</t>
+  </si>
+  <si>
+    <t>सराप्नु वा गालीगलौज गर्नु निषेध गरिएको छ र बारम्बार गर्नु ठूलो पाप हो।
+हदीसमा उल्लेख गरिएको सजाय केवल बारम्बार सराप्नेहरूका लागि हो, एक पटक वा यस्तै कुनै चीजको लागि होइन, ताकि यसले अनुमति प्राप्त सरापलाई समावेश नगरोस्, जुन शरियाले निन्दनीय विशेषता भएकाहरूलाई निर्दिष्ट नगरी सरापेको छ, जस्तै: "यहूदी र ईसाईहरूमाथि अल्लालाहको लाअनत होस्।" “अत्याचारीमाथि अल्लालाहको लाअनत होस्,” “मूर्ति बनाउनेहरूलाई अल्लाहले श्राप देऊन्,” “लूतका मानिसहरूको काम गर्नेहरूलाई अल्लाहले श्राप देऊन्,” “अल्लाह बाहेक अरूलाई बलिदान दिनेहरूलाई अल्लाहले श्राप देऊन्,” “महिलाको नक्कल गर्ने पुरुषहरूलाई अल्लाहले श्राप देऊन् र पुरुषको नक्कल गर्ने महिलाहरूलाई अल्लाहले श्राप देऊन्,” आदि।
+न्यायको दिनमा विश्वासीहरूको मध्यस्थताको पुष्टि।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5495</t>
+  </si>
+  <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>दुआ (प्रार्थना) नै उपासना हो</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>नोअ्मान बिन बशीर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "दुआ (प्रार्थना) नै उपासना हो ।"  त्यसपछि उहाँले यो श्लोक पढ्नुभयो : "तिम्रो प्रभुले भन्नुभएको छ: मलाई पुकार, म तिम्रो प्रार्थना स्वीकार गर्नेछु । निस्सन्देह, मेरो उपासनादेखि विमुख हुनेहरू चाँडै अपमानित हुनेछन् र नरकमा प्रवेश गर्नेछन् ।" [सूह गाफिर: ६०]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुआ (प्रार्थना) उपासना हो भनेर भन्नु भएको छ । तसर्थ, दुआ (प्रार्थना) केवल अल्लाहको लागि हुनुपर्छ । चाहे त्यो सामान्य दुआ (प्रार्थना) होस्, जस्तैः अल्लाहसँग संसार र परलोकमा भएभरको लाभदायक कुराको लागि प्रार्थना गर्नु तथा हानिकारक चीजबाट सुरक्षा खोज्नु । वा उपासनामा आधारित प्रार्थना होस्, जस्तैः अल्लाहले मनपराउने हरेक बाह्य तथा आन्तरिक वाचन, कर्महरू; यसमा आध्यात्मिक, भौतिक र आर्थिक सबै उपासनाहरू समावेश छन् ।
 तब नबी (सल्लल्लाहु अलैहि वसल्लम) ले यसको प्रमाण प्रस्तुत गर्दै  भन्नुभयो: अल्लाह भन्नुहुन्छ: "मसँग प्रार्थना गर, म तिम्रो प्रार्थना स्वीकार गर्नेछु । निस्सन्देह, जसले मेरो उपासना गर्दैन, तिनीहरू छिट्टै अपमानित हुन्छन् र नरकमा प्रवेश गर्नेछन् ।"</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>दुआ उपासनाको मुख्य रूप हो, त्यसैले अल्लाह बाहेक अरू कसैसित दुआ माग्नु अनुमति छैन ।
 दुआमा दासताको वास्तविकता, अल्लाह निरपेक्ष र शक्तिशाली हुनुहुन्छ भन्ने कुराको पहिचान र उहाँप्रति सेवकको समर्पण समावेश छ ।
 अल्लाहको उपासना र उहाँसंग प्रार्थना नगर्ने अहंकारीहरूका लागि कडा चेतावनी । तिनीहरु अपमानित भएर नर्कमा प्रवेश गर्नेछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5496</t>
+  </si>
+  <si>
+    <t>إن ربكم حيي كريم، يستحيي من عبده إذا رفع يديه إليه أن يردهما صفرا</t>
+  </si>
+  <si>
+    <t>वास्तवमा, तिम्रो पालनकर्ता लजालु र उदार हुनुहुन्छ। जब कुनै व्यक्तिले उहाँको अगाडि आफ्नो हात फैलाउँछ, उहाँ तिनीहरूलाई खाली फर्काउन लज्जित महसुस गर्नुहुन्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
+  </si>
+  <si>
+    <t>सलमान ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वास्तवमा, तिम्रो पालनकर्ता लजालु र उदार हुनुहुन्छ। जब कुनै व्यक्तिले उहाँको अगाडि आफ्नो हात फैलाउँछ, उहाँ तिनीहरूलाई खाली फर्काउन लज्जित महसुस गर्नुहुन्छ।"</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रार्थनाको समयमा हात उठाउन प्रेरित गर्नुभएको छ। सर्वशक्तिमान अल्लाह (हय्य) धेरै लजालु हुनुहुन्छ र केही प्रदान गर्न उदार हुनुहुन्छ। उहाँले सेवकको लागि त्यही गर्नुहुन्छ जुन सेवकलाई मन पर्छ र जे उसलाई हानि गर्छ त्यो छोड्नुहुन्छ । (करीम) प्रश्न नगरिकन उहाँले दिनुहुन्छ, त्यसो भए माग गरिसकेपछि कति धेरै दिनुहुन्छ! जब कुनै व्यक्तिले उहाँको अगाडि आफ्नो हात फैलाउँछ, उहाँ तिनीहरूलाई खाली फर्काउन लज्जित महसुस गर्नुहुन्छ।</t>
+  </si>
+  <si>
+    <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
+الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
+بيان سعة كرم الله ورحمته بعباده.</t>
+  </si>
+  <si>
+    <t>कुनै व्यक्तिले अल्लाहप्रति आफ्नो आवश्यकता र भक्ति जति धेरै व्यक्त गर्छ, त्यति नै उसको प्रार्थना स्वीकार हुने आशा बढी हुन्छ।
+प्रार्थना गर्न र प्रार्थना गर्दा हात उठाउन प्रोत्साहन र यो प्रार्थना स्वीकार हुने एउटा कारण हो।
+आफ्ना सेवकहरूप्रति अल्लाहको उदारता र दयाको विशालताको वर्णन।</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[अबू दाउद, तिर्मीजी र इब्ने माजहले वर्णन गरेका छन्]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5499</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः यो दुआ (प्रार्थना) गर्नुहुन्थ्यो: ‘रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार’ अर्थात हे अल्लाह ! हामीलाई दुनियाँ र आखिरत (लोक-परलोक) दुबै ठाउँमा भलाइ प्रदान गर्नुहोस् र नर्कको आगोबाट बचाउनुहोस् ।</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः यो दुआ (प्रार्थना) गर्नुहुन्थ्यो: ‘रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार’ अर्थात हे अल्लाह ! हामीलाई दुनियाँ र आखिरत (लोक-परलोक) दुबै ठाउँमा भलाइ प्रदान गर्नुहोस् र नर्कको आगोबाट बचाउनुहोस् ।</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) प्रायः व्यापक र संक्षिप्त दुआ (प्रार्थना) हरू गर्नुहुन्थ्यो, जस्तै: "अल्लाहुम्म रब्बना आतिना फिद्दुन्या हसनह् व फिल्-आखिरति हसनह् व किना अजा बन्नार ।" यस प्रार्थनामा यस संसारका कल्याणहरू जस्तै सुख, शान्ति, समृद्धि, प्रशस्त र पवित्र जीविका, एक धर्मपरायण पत्नी, मनलाई शीतलता प्रदान गर्ने सन्तान, सुखमय जीवन, उपयोगी ज्ञान तथा पुण्य कर्महरू र यस्तै अन्य प्रिय र वैधानिक कुराहरू समावेश छन्। त्यसैगरी, यसमा परलोकका कल्याणहरू जस्तै चिहानको यातनाबाट सुरक्षा, हिसाबकिताबको दिनको कठिनाइबाट मुक्ति, नरकको सजायबाट सुरक्षा, अल्लाहको सन्तुष्टि, स्वर्गको अनन्त सुख र परम दयालु अल्लाहको निकटता प्राप्त गर्ने जस्ता कुराहरू पनि समावेश छन्।</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
@@ -10589,50 +11918,91 @@
   <si>
     <t>अल्लाहको नजरमा प्रार्थना भन्दा सम्मानित र महान अरु केही छैन ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "अल्लाहको नजरमा प्रार्थना भन्दा सम्मानित र महान अरु केही छैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुआ (प्रार्थना) भन्दा राम्रो कुनै उपासना छैन भनेर भन्नुभयो । किनकि यसमा एकातिर अल्लाहको निरपेक्षता र सम्पन्नता छ भने अर्कोतिर दासको उहाँमाथिको निर्भरता र अभावको स्वीकृति छ ।</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>दुआ (प्रार्थना) को महत्व र अल्लाहलाई प्रार्थना गर्नेले वास्तवमा अल्लाहको सम्मान गर्दछ र उहाँ सबैभन्दा धनी हुनुहुन्छ भनेर स्वीकार गर्दछ, किनकि गरिबबाट केही माग्न सकिँदैन । उहाँ सुन्नुहुन्छ, किनभने बहिराहरूलाई पुकारिदैन । उहाँ दयालु हुनुहुन्छ, किनकि  कंजूससित केही मागिदैन । उहाँ दयालु हुनुहुन्छ, किनकि कठोर हृदयलाई प्रार्थना गरिदैन । उहाँ नजिक हुनुहुन्छ, किनकि टाढाकोले सुन्न सक्दैन । अल्लाहका यी र यस्तै अन्य गुणहरू यस हदीसबाट प्रमाणित हुन्छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5509</t>
   </si>
   <si>
+    <t>ما جلس قوم مجلسا لم يذكروا الله فيه ولم يصلوا على نبيهم إلا كان عليهم ترة، فإن شاء عذبهم وإن شاء غفر لهم</t>
+  </si>
+  <si>
+    <t>जब मानिसहरू कुनै सभामा बस्छन् जहाँ तिनीहरूले अल्लाहलाई सम्झँदैनन् र उनका नबीमाथि दरुद पठाउँदैनन्, तब त्यो सभा तिनीहरूको लागि हानिको कारण हो। त्यसपछि यदि अल्लाहले चाहनुहुन्छ भने, तिनीहरूलाई दण्ड दिनुहुनेछ र यदि उहाँले चाहनुहुन्छ भने तिनीहरूलाई क्षमा गर्नुहुनेछ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا جَلَسَ قَوْمٌ مَجْلِسًا لَمْ يَذْكُرُوا اللَّهَ فِيهِ وَلَمْ يُصَلُّوا عَلَى نَبِيِّهِمْ إِلاَّ كَانَ عَلَيْهِمْ تِرَةً، فَإِنْ شَاءَ عَذَّبَهُمْ وَإِنْ شَاءَ غَفَرَ لَهُمْ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब मानिसहरू कुनै सभामा बस्छन् जहाँ तिनीहरूले अल्लाहलाई सम्झँदैनन् र उनका नबीमाथि दरुद पठाउँदैनन्, तब त्यो सभा तिनीहरूको लागि हानिको कारण हो। त्यसपछि यदि अल्लाहले चाहनुहुन्छ भने, तिनीहरूलाई दण्ड दिनुहुनेछ र यदि उहाँले चाहनुहुन्छ भने तिनीहरूलाई क्षमा गर्नुहुनेछ।"</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहको जिक्र (सम्झना) लाई बेवास्ता गर्ने विरुद्ध चेतावनी दिनुभयो र भन्नुभयो, जब मानिसहरू कुनै सभामा बस्छन् जहाँ तिनीहरूले अल्लाहलाई सम्झँदैनन् र उनका नबीमाथि दरुद पठाउँदैनन्, तब त्यो सभा तिनीहरूको लागि हानिको कारण हो। त्यसपछि यदि अल्लाहले चाहनुहुन्छ भने, तिनीहरूलाई दण्ड दिनुहुनेछ र यदि उहाँले चाहनुहुन्छ भने तिनीहरूलाई क्षमा गर्नुहुनेछ।</t>
+  </si>
+  <si>
+    <t>الحث على الذكر وفضله.
+فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
+ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>स्मरणको प्रोत्साहन र यसका गुणहरूको वर्णन।
+जुन सभामा अल्लाह र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाम लिने गरिन्छ त्यो जमघटहरूको सद्गुण र जुन जमघटहरूमा यो हुँदैन, ती जमघटहरू कयामतको दिनमा आफ्ना मानिसहरूका लागि अशुभ जमघट हुन्।
+अल्लाहको सम्झनालाई बेवास्ता गर्ने विरुद्धको चेतावनी केवल जमघटहरूमा सीमित छैन, अन्य ठाउँहरूमा लागु हुनेछ । अल-नववीले भने: कुनै ठाउँमा बसेको व्यक्तिले सर्वशक्तिमान अल्लाहलाई सम्झनु अघि त्यसलाई छोड्नु नराम्रो हो ।
+कयामतको दिन उनीहरूले अनुभव गर्ने पछुतो या त अल्लाहको आज्ञाकारितामा आफ्नो समय प्रयोग नगरेकोमा इनाम र प्रतिफल गुमाएको कारणले हो, वा अल्लाहको अवज्ञामा आफ्नो समय बर्बाद गरेको पाप र सजायको कारणले हो।
+यदि यो अनुमति प्राप्त कुराहरूको मामला हो भने, चुक्ली, निन्दा र यस्तै अन्य कुराहरू समावेश गर्ने निषेधित जमघटहरूको बारेमा के हुन्छ?!</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5511</t>
+  </si>
+  <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>दानले धनमा कमी आउँदैन । जसले मानिसहरूलाई क्षमा गर्छ, अल्लाहले उसको इज्जत बढाउँछ र जसले अल्लाहको लागि आफूलाई नम्र बनाउँछ, अल्लाहले उसलाई उच्च दर्जा दिनुहुन्छ ।</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, कि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "दानले धनमा कमी आउँदैन । जसले मानिसहरूलाई क्षमा गर्छ, अल्लाहले उसको इज्जत बढाउँछ र जसले अल्लाहको लागि आफूलाई नम्र बनाउँछ, अल्लाहले उसलाई उच्च दर्जा दिनुहुन्छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, सदकाले धनलाई घटाउँदैन, बरू यसले व्यक्तिलाई विपत्तिबाट बचाउँछ र दान गर्नेलाई ठूलो वरदान र भलाई दिनुहुन्छ । यस दृष्टिकोणबाट हेर्दा धन बढेको हुन्छ, घटेको हुँदैन।
 बदला लिने क्षमता हुँदाहुँदै पनि माफी दिइयो भने त्यसले व्यक्तिको शक्ति र सम्मान बढाउँछ ।
 जब कुनै व्यक्ति कसैलाई खुशी पार्न र कसैबाट फाइदा लिनको लागि नभई केवल अल्लाहको डरले,  - नम्रता अपनाउछ, तब अल्लाहले उसलाई उच्च स्थान प्रदान गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
@@ -10998,51 +12368,51 @@
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>निश्चय नै धर्म सहज छ, र जो कोही पनि यसलाई कठोर रूपमा अपनाउन खोज्छ भने, धर्म उसमाथि भारी पर्नेछ। त्यसैले सधैं सही मार्गमा रह, सन्तुलन कायम राख, र खुशीको खबर प्राप्त गर।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "निश्चय नै धर्म सहज छ, र जो कोही पनि यसलाई कठोर रूपमा अपनाउन खोज्छ भने, धर्म उसमाथि भारी पर्नेछ। त्यसैले सधैं सही मार्गमा रह, सन्तुलन कायम राख, र खुशीको खबर प्राप्त गर। बिहान, साँझ, र रातको केही समयमा अल्लाहसँग सहयोग माग्दै आफ्नो यात्रामा लाग।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मका सबै विधिविधानहरू सरलता र सहजतामा आधारित छन् भनेर स्पष्ट पार्नुभएको छ, जुन असक्षमता र आवश्यकताको बेला छर्लङ्ग हुन्छ । किनभने जसले छुट र सहजतालाई त्यागेर धार्मिक कार्यहरूमा गहिराइमा पुग्ने प्रयास गर्छ, ऊ पूर्णता वा आंशिक रुपमा परास्त हुन्छ । م: 5795 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले कठोर संघर्ष नगरी मध्य मार्ग अपनाउन प्रेरित गर्नुभएको छ; त्यसैले भक्तले अनिवार्य कुरामा कमी गर्नुहुँदैन र नसक्ने कामको पछि लाग्नु हुँदैन । यदि पूर्ण रूपमा गर्न सकेन भने सकेसम्म प्रयास गर्नुपर्छ ।
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मका सबै विधिविधानहरू सरलता र सहजतामा आधारित छन् भनेर स्पष्ट पार्नुभएको छ, जुन असक्षमता र आवश्यकताको बेला छर्लङ्ग हुन्छ । किनभने जसले छुट र सहजतालाई त्यागेर धार्मिक कार्यहरूमा गहिराइमा पुग्ने प्रयास गर्छ, ऊ पूर्णता वा आंशिक रुपमा परास्त हुन्छ । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले कठोर संघर्ष नगरी मध्य मार्ग अपनाउन प्रेरित गर्नुभएको छ; त्यसैले भक्तले अनिवार्य कुरामा कमी गर्नुहुँदैन र नसक्ने कामको पछि लाग्नु हुँदैन । यदि पूर्ण रूपमा गर्न सकेन भने सकेसम्म प्रयास गर्नुपर्छ ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले धेरै उपासना गर्न नसक्ने असक्षमलाई थोरै भए पनि निरन्तर उपासना गर्न र त्यसबाट ठूलो पुण्य प्राप्त हुने शुभ समाचार दिनुभएको छ; किनभने जब असक्षमता उसले गर्दा होइन भने उसको पुण्यमा कमी हुने छैन ।
 वास्तवमा, यो संसार एक यात्रा र आखिरत(मृत्युपछिको जीवन)को लागि कर्म गर्ने ठाउँ भएकोले नबी (सल्लल्लाहु अलैहि वसल्लम) ले तीन महत्वपूर्ण समयहरूमा उपासनाको निरन्तरतालाई कायम राख्न मद्दत लिन आदेश दिनुभयो:
 पहिलो: गदवह : दिनको सुरुमा हिंड्ने; यो फज्रको नमाज र सूर्योदय बीचको समय हो ।
 दोस्रो: रौहा: दिउँसो हिंड्ने ।
 तेस्रो: दुल्जह : पूरै रात वा रातको केही भागमा हिंड्ने; किनकि रातको काम दिन भन्दा गाह्रोभएकोले ‘केही भाग’ भनेर आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>इस्लामिक कानूनको सहजता र सहिष्णुताले गर्दा हामीलाई अति र लापरवाही बीचको मध्य मार्ग अपनाउन आदेश दिइएको छ ।
 भक्तले सकेसम्म अनिवार्य काम अतिश्योक्ति वा सुस्ती बिना गर्नुपर्छ ।
 भक्तले उपासनामा सक्रिय हुनका लागि उत्कृष्ट समयहरू छान्नुपर्छ र यी तीन समयहरूमा शरीर उपासनाको लागि सक्रिय हुन्छ ।
 इब्न हजर अल-अस्कलानीले भने: मानौं, नबी (सल्लल्लाहु अलैहि वसल्लम) ले यात्रीलाई सम्बोधन गर्नुभएको हो । यी तीन समय यात्रीको लागि उत्तम भएकोले उहाँले यसबारे सचेत गर्नुभयो; किनकि यदि यात्रीले दिनरात यात्रा गर्यो भने थाक्छ र अशक्त हुन्छ, तर यदि उसले यी सक्रिय समयमा हिड्ने कोसिस गर्यो भने बिना कठिनाई लगातार यात्रा गर्न सक्षम हुनेछ ।
 इब्न हजरले भने: यस हदीसमा शरियतले दिएको छुटको प्रयोग गर्नतर्फ संकेत गरिएको हो, किनकि छुटको ठाउँमा पुरै अमल गर्नु नियमको उल्लङ्घन हो, जस्तै पानी प्रयोग गर्न नसक्ने अवस्थामा तयम्मुम त्याग्नु र पानीको प्रयोग गर्नु जो उसको लागि हानीकारक छ ।
 इब्नुल-मुनीरले भने: यो हदीस, नबी (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको साँचो रसूल हुनुहुन्छ भन्ने कुराको एक प्रमाण हो । हामीले र हामी भन्दा पहिलेका मानिसहरूले देखेका छन्, जसले धर्ममा अतिशयोक्ति गर्छ ऊ आफैं परास्त हुन्छ । यसको मतलब पूर्ण तरिकाले उपासना नगर्नु कदापी होइन, किनकि यो एक प्रशंसनीय कार्य हो, तर जसले सुन्नत (अतिरिक्त) मा अति गर्छ र अफजल (उत्कृष्ट) लाई बेवास्ता गर्छ वा अनिवार्य उपासनालाई समय भन्दा ढिलो गर्दछ, जस्तैः रातभरि नमाज पढेर रात बिताउने र फज्रको नमाज जमातका साथ नपढ्ने वा सूर्योदयपछि पढ्ने इत्यादि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5795</t>
   </si>
@@ -11393,125 +12763,190 @@
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दीन (धर्म) र सांसारिक सबै मामिलाहरूमा शरीअतको सीमाभित्र रहेर मानिसहरूलाई सहजता प्रदान गर्न र उनीहरूलाई कठिनाइमा नराख्न आदेश दिइरहनु भएको छ ।
 साथसाथै उहाँ मानिसहरूलाई खुशीको खबर सुनाउन र  घृणा पैदा नगर्न प्रोत्साहित गर्नुभएको छ  ।</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>मुमिनको कर्तव्य भनेको मानिसहरूलाई अल्लाहलाई माया गर्न र पुण्य कर्म गर्न प्रोत्साहित गर्ने हो ।
 दाई - इलल्लाह (अल्लाहतर्फ बोलाउने) व्यक्तिले मानिसहरूलाई हिक्मत (विवेक) का साथ इस्लाम तर्फ बोलाउनु पर्दछ।
 "खुसीको खबरले मानिसमा उत्साह, रुचि, र शान्ति उत्पन्न गर्छ साथै इस्लामको आह्वानकर्ताका लागि र उनले जनतामा प्रस्तुत गर्ने सन्देशका लागि पनि ।"
 कठिनाईले मानिसमा दूरी, विरक्ति, र बोल्ने व्यक्तिको सन्देशमा शंका पैदा गर्छ
 आफ्ना सेवकहरूमाथि अल्लाहको अपार कृपाको प्रदर्शनी  किनभने उहाँले उनीहरूका लागि उदारता र सहज कानुन शरियतमा आधारित धर्म रोज्नुभएको छ ।
 सहजता भन्नाले शरियतको शिक्षा अनुसारको सहजता हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5866</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يستحب الجوامع من الدعاء، ويدع ما سوى ذلك</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) व्यापक प्रार्थनाहरू मन पराउनुहुन्थ्यो र गैर-व्यापक प्रार्थनाहरू त्याग्नुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسْتَحِبُّ الْجَوَامِعَ مِنَ الدُّعَاءِ، وَيَدَعُ مَا سِوَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्: नबी (सल्लल्लाहु अलैहि वसल्लम) व्यापक प्रार्थनाहरू मन पराउनुहुन्थ्यो र गैर-व्यापक प्रार्थनाहरू त्याग्नुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يَستحِبُّ الأدعية الجامعة لخير الدنيا والآخرة مما لفظه قليل ومعناه كثير، ويكون فيه الثناء على الله تعالى، والأغراض الصالحة، ويَدَعُ ما عدا ذلك.</t>
+  </si>
+  <si>
+    <t>नबी(सल्लल्लाहु अलैहि वसल्लम) यस संसार र परलोकको भलाइलाई समेट्ने प्रार्थनाहरू मन पराउनुहुन्थ्यो, जुन शब्दमा थोरै थिए तर अर्थमा धनी थिए र जसमा अल्लाहको प्रशंसा र धार्मिक उद्देश्यहरू समावेश थिए, र यो बाहेक अरू सबै कुरा छोड्नुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء بالألفاظ اليسيرة الجامعة لمعاني الخير، وكراهة التكلف والتَّشْقِيْق في المسألة، وهو خلاف هدي النبي صلى الله عليه وسلم.
+خُصّ رسول الله صلى الله عليه وسلم بجوامع الكلم.
+الحرص على ما ثبت أن النبي صلى الله عليه وسلم دعا به؛ وإن كان طويلًا، وكثرت كلماته، فكلُّه من الأدعية الجامعة.</t>
+  </si>
+  <si>
+    <t>भलाइको अर्थ समेट्ने सरल शब्दहरू प्रयोग गरेर प्रार्थना गर्नु मुस्तहब हो, र ढोंगी र विस्तृत मन पर्दैन, किनकि यो नबी (सल्लल्लाहु अलैहि वसल्लम) को मार्गदर्शनको विपरीत हो।
+नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सबैभन्दा व्यापक शब्दहरूमा बोल्ने विशेष क्षमता दिइएको थियो।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित दुआहरू गर्न प्रोत्साहन, लामो र धेरै शब्दहरू भए पनि, किनकि यो सबै व्यापक बिन्ती हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5886</t>
+  </si>
+  <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>(सम्पत्तिको) निर्धारित हिस्साहरू त्यसका हकदारहरूलाई प्रदान गर, त्यसपछि बाँकी रहेको सम्पत्ति सबैभन्दा निकटतम पुरुष उत्तराधिकारीको हुन्छ।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>इब्न अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेको छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "(सम्पत्तिको) निर्धारित हिस्साहरू त्यसका हकदारहरूलाई प्रदान गर, त्यसपछि बाँकी रहेको सम्पत्ति सबैभन्दा निकटतम पुरुष उत्तराधिकारीको हुन्छ।"</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) सम्पत्ति बाँड्ने जिम्मेवारी पाएका व्यक्तिहरूलाई आदेश दिनुभएको छ, उनीहरूले अल्लाहको आदेश र शरीयतअनुसार न्यायपूर्ण तरिकाले बाँडफाँट गर्नुपर्छ। वारिस (सम्पत्तिको हकदार) हरूमध्ये जसका हकहरू कुरआनमा निश्चित गरिएका छन्, उनीहरूलाई तिनका निर्धारित भागहरू प्रदान गर्नुपर्छ—जस्तै: दुई-तिहाइ, एक-तिहाइ, एक-छैटौँ, आधा, एक-चौथाइ र एक-आठौँ भाग। यी निर्धारित भागहरू वितरण गरेपछि बाँकी रहेको सम्पत्ति, मृतकसँग सबैभन्दा नजिकको सम्बन्ध राख्ने पुरुष वारिसहरूलाई दिइन्छ र उनीहरूलाई "असबा" भनिन्छ।</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>यो हदीस मृतकको सम्पत्ति बाँडफाँड (बिरासत) को आधारभूत नियम हो।
+फराइज़ (वंशपरम्परागत भागबन्डा) को बाँडफाँट सुरुमा हकदार वारिसहरूबाट गर्नुपर्छ, अर्थात् जसको लागि अल्लाहले कुरआनमा निश्चित अंश तोकिदिनुभएको छ।
+ती अंशहरू बाँडिसकेपछि बाँकी सम्पत्ति ‘असाबा’ अर्थात् नजिकका पुरुष वारिसहरूलाई दिइन्छ
+बाँडफाँडको क्रममा नजिकका 'असाबा'लाई प्राथमिकता दिइन्छ; जस्तै, पिता जस्ता नजिकका 'असाबा' मौजुद छन् भने काका जस्ता टाढाका असाबालाई कुनै हिस्सा दिइँदैन।
+यदि तोकिएका अंशहरूको बाँडफाँडले नै सारा सम्पति समाप्त भयो भने  असाबाका लागि कुनै भाग हुने छैन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5887</t>
+  </si>
+  <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
-    <t>महिलाहरूको घरमा जानबाट जोगिनुहोस्।" एक अन्सारी व्यक्तिले सोधे, "अल्लाहका रसूल, के तपाई महिलाका पतिका आफन्तको बारेमा यही भन्नुहुन्छ?" नबी (सल्लल्लाहु अलैहि वसल्लम)ले उत्तर दिनुभयो, "महिलाका पतिका आफन्त भनेको मृत्यु हो।</t>
+    <t>तिमीहरूले महिलाहरूको घरमा प्रवेश गर्नबाट जोगिनु पर्छ।" यो सुनेर एक अन्सारी पुरुषले सोधे: हे अल्लाहका रसूल! पतिका नजिकका आफन्तहरू (भाइहरू आदि) को बारेमा तपाईं के भन्नुहुन्छ? उहाँले भन्नुभयो: "महिलाका पतिका आफन्त मृत्यु हो।</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
-    <t>हजरत उक्बा बिन आमिर (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ कि अल्लाहका रसूल(सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "महिलाहरूको घरमा जानबाट जोगिनुहोस्।" एक अन्सारी व्यक्तिले सोधे, "अल्लाहका रसूल, के तपाई महिलाका पतिका आफन्तको बारेमा यही भन्नुहुन्छ?" नबी (सल्लल्लाहु अलैहि वसल्लम)ले उत्तर दिनुभयो, "महिलाका पतिका आफन्त भनेको मृत्यु हो।"</t>
+    <t>उक्बा बिन आमिर (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: "तिमीहरूले महिलाहरूको घरमा प्रवेश गर्नबाट जोगिनु पर्छ।" यो सुनेर एक अन्सारी पुरुषले सोधे: हे अल्लाहका रसूल! पतिका नजिकका आफन्तहरू (भाइहरू आदि) को बारेमा तपाईं के भन्नुहुन्छ? उहाँले भन्नुभयो: "महिलाका पतिका आफन्त मृत्यु हो।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले पराया महिलाहरूसँगको मेलजोलबाट बच्न सचेत गराउनु भएको छ र भन्नु भएको छ: आफूलाई पराया महिलाहरूको घरमा जानआउनबाट जोगाउनु र पराया महिलाहरूलाई पनि आफूनिर आउन नदिनु  ।
-[...3 lines deleted...]
-यसैले, नजिकका सम्बन्धी संग एकान्तमा हुनु, मृत्युजस्तै घृणास्पद र विनाशकारी ठहर्छ। पराई पुरुषहरू त शंका र सजगता गर्ने विषय हुन्छन्, तर पतिका नजिकका सम्बन्धीहरूलाई सामान्यतः यस मामलामा ध्यान नदिइने भएकाले खतरा झन् गम्भीर हुन्छ।</t>
+    <t>अल्लाहका पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले अपरिचित महिलाहरूसँग घुलमिल हुन निषेध गर्नुभएको छ। उहाँले भन्नुभयो, "आफूलाई महिलाहरूकहाँ जानबाट रोक र महिलाहरूलाई आफ्नो नजिक आउनबाट पनि रोक।"
+यो सुनेर एक अन्सारी पुरुषले सोधे: श्रीमानका आफन्तहरू, जस्तै श्रीमानका दाजुभाइ, भतिजा, काका, काकाका छोराछोरी आदि। विवाहित छैनन् भने उनीहरूसँग विवाह गर्न अनुमति छ, तिनीहरूको बारेमा तपाईंको के विचार छ?
+अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जवाफ दिनुभयो: मृत्युबाट डराएको जस्तै तिनीहरूबाट पनि सावधान रहनुहोस्। किनकि पतिका आफन्तहरूसँग एकान्तमा हुनु धार्मिक सङ्कट (फितना) र विनाशको कारण हो। अपरिचितहरू भन्दा पतिका आफन्तहरूसँग घुलमिल हुन निषेध पहिलो हुनुपर्छ। किनभने उनीहरूसँग एकान्तको लागि बढी अवसरहरू हुन्छन् र दुष्टताले प्रलोभनमा पर्ने सम्भावना बढी हुन्छ। उनीहरूले महिलासम्म पुग्न र एकान्तमा बस्न सजिलो पहुँच राख्छन्, जसलाई सामान्यतया नजरअन्दाज गरिन्छ र यसमा हुने लापरवाहीले फितनाको सम्भावना झन् बढी हुन्छ।
+एक महिलालाई आफ्नो पतिको नजिकका आफन्तहरूबाट पूर्ण रूपमा लुक्न र अलग्गै रहन लगभग असम्भव छ। यस विषयमा सामान्यतया एक निश्चित सहिष्णुता हुन्छ र धेरै पटक भाउजूसँग एकान्तमा भेट हुन्छ। त्यसैले, यो दुष्टता र खराबीको हिसाबले मृत्यु जस्तै हो। यसको विपरीत अपरिचित व्यक्तिसँग सावधानी अपनाइन्छ।</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
-    <t>पराई महिलाहरूको घरमामा प्रवेश गर्न र उनीहरूसँग एकान्तमा बस्न निषेध गरिएको छ, ताकि अनैतिक कार्यको सम्भावनालाई रोक्न सकियोस्।
-[...3 lines deleted...]
-उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले लोग्नेका नातेदारहरूलाई मृत्युसँग तुलना गर्नु भएको छ ।  इब्ने हजर रहिमहुल्लाह ले भन्नु भएको छ: अरबहरूले अप्रिय चीजलाई काल भन्छन्, तुलनाको कारण यो हो कि यदि पाप भयो भने धर्मको मृत्यु, यदि पापका साथसाथै  रज्म(पत्थरले हिर्काउनुपर्ने) भयो भने दुवैको मृत्यु हुनु हो र यदि पाप भएको कारण श्रीमानले श्रीमतीलाई छोडि दियो भने महिलाको सर्वनाश ।</t>
+    <t>पराई महिलाहरूको घरमामा प्रवेश गर्न र उनीहरूसँग एकान्तमा बस्न निषेध गरिएको छ, अनैतिकताको ढोका बन्द गर्न यो निषेध गरिएको हो।
+यो आम आदेश हो जसमा पति का भाइ र यस्ता नातेदारहरू पनि सम्मिलित छन् जो महिलाका लागि महरम छैनन् । तर यो मनाहि एकान्तमा भएको बेला मात्रै हो ।
+सामान्यतः चिप्लिने सम्भावना भएको ठाउँहरूबाट टाढा रहनुपर्छ।
+इमाम नववी (रहिमहुल्लाह) भन्नु हुन्छ : भाषा विज्ञहरू यो कुरामा सहमत छन्, "احماء" (अह्माअ) भनेका पतिका नातेदार जस्तै उसको बुबा, काका,भाइ, भतिज, काकाका छोराहरू आदी हुन् भने "الأَخْتَانَ" (अख्तान) भनेका श्रीमतीका नातेदारहरू हुन् । जबकि  "الأصْهارَ" (अस्हार) शब्दमा दुवै प्रकारका नातेदारहरू पर्दछन् ।
+उहाँले लोग्नेका नातेदारहरूलाई मृत्युसँग तुलना गर्नु भएको छ। इब्ने हजर रहिमहुल्लाह ले भन्नु भएको छ: अरबहरूले अप्रिय चीजलाई काल भन्छन्, तुलनाको कारण यो हो कि यदि पाप भयो भने धर्मको मृत्यु, यदि पापका साथसाथै रज्म (पत्थरले हिर्काउनुपर्ने) भयो भने दुवैको मृत्यु हुनु हो र यदि पाप भएको कारण श्रीमानले श्रीमतीलाई छोडि दियो भने महिलाको सर्वनाश ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5888</t>
   </si>
   <si>
     <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
-    <t>चाँदी सुनको साटोमा यदि हाताहाती भएन भने ब्याज हो र गहुँ गहुँमा यदि हाताहाती भएन भने ब्याज हो र जौं जौंको साटोमा यदि हाताहाती भएन भने ब्याज हो , र खजूर खजूरको बदलामा यदि हाताहाती भएन भने ब्याज हो</t>
+    <t>यदि चाँदी, सुनको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि गहुँ, गहुँको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि जौ, जौको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि खजूर, खजूरको सट्टामा नगद छैन भने ब्याज लाग्छ।</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
-    <t>मालिक बिन ‌औस बिन हदषानद्वारा वर्णन छ : भन्छन् : म "कसले दिनारसित बदलेर दिर्हम दिन्छ भन्दै आएँ ?" हजरत तब तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु) ले, जो उमर बिन खत्ताब (रजियल्लाहु अन्हु) को सामु थिए भने: "आफ्नो सुन देखाउनु होस्, फेरि पछि आउनु होला । जब हाम्रो दास आउँछ, हामी तपाईंलाई तपाईंको चाँदी दिन्छौं।" तब हजरत उमर बिन खत्ताब (रजियल्लाहु अन्हु)ले भन्नु भयो: "कदापि हुँदैन, अल्लाहको कसम ! तपाईंले उसलाई चाँदी दिनुस् , वा तपाईंले उसलाई उनको सुन फिर्ता गर्नुस्, किन भने अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नु भएको छ:" "चाँदी सुनको साटोमा यदि हाताहाती भएन भने ब्याज हो र गहुँ गहुँमा यदि हाताहाती भएन भने ब्याज हो र जौं जौंको साटोमा यदि हाताहाती भएन भने ब्याज हो , र खजूर खजूरको बदलामा यदि हाताहाती भएन भने ब्याज हो "</t>
+    <t>मालिक बिन ‌औस बिन हदषान ले वर्णन गरेका छन् : म "दिनारबाट दिरहम कसले साट्नेछ?" तब तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु) ले जो उमर बिन खत्ताब (रजियल्लाहु अन्हु) नजिकै थिए भने: "आफ्नो सुन देखाउनु होस्, फेरि पछि आउनु होला । जब हाम्रो दास आउँछ, हामी तपाईंलाई तपाईंको चाँदी दिन्छौं।" तब  उमर बिन खत्ताब (रजियल्लाहु अन्हु) ले भन्नुभयो: "कदापि हुँदैन, अल्लाहको कसम ! तपाईंले उसलाई चाँदी दिनुस् , वा तपाईंले उसलाई उनको सुन फिर्ता गर्नुस्, किनभने अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नु भएको छ: "यदि चाँदी, सुनको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि गहुँ, गहुँको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि जौ, जौको सट्टामा नगद छैन भने ब्याज लाग्छ। यदि खजूर, खजूरको सट्टामा नगद छैन भने ब्याज लाग्छ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
-    <t>ताबअी मालिक बिन औस भन्छन् कि उनीसँग सुनका  सिक्काहरू (दीनार) थिए, र उनी तिनीलाई चाँदीका (सिक्का) दिरहममा साट्न चाह्नथे । त्यसमा उनीसित तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु)ले भन्नु भयो : "हामीलाई तिम्रा दिनारहरू देखाऊ, हेर्छौं ! " त्यस पछि उनले लिने दिने निर्णय गरे पछि भने: "जब हाम्रो दास आउँछ, तब हामी तपाईंलाई चाँदीका दिरहमहरू दिनेछौं।" उमर बिन खत्ताब (रजियल्लाहु अन्हु)त्यहाँ उपस्थित हुनुहुन्थ्यो । उहाँले यस्तो किसिमको किनबेचलाई गलत बताउनु भयो र हजरत तल्हा (रजियल्लाहु अन्हु)लाई कसम खाएर भन्नु भयो कि या त उनले चाँदी अहिल्यै दिऊन् वा लिएको सुन फिर्ता गरून् । उहाँले यसको कारण यो बताउनु भयो कि अल्लाहका नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भएको छ कि सुनको बदलामा चाँदी वा चाँदीलाई सुनसित साँट्नु छ भने लेनदेन हाताहती हुनु पर्छ । नत्र यो ब्याज मानिन्छ र बेच्नु हराम हुन्छ । तसर्थ सुनलाई चाँदीको बदलामा र चाँदीलाई सुनसित साँट्दा त्यहीबेला उचित हुन्छ जब लेनदेन हाताहाती हुन्छ र दुवै जनाले लिन पाउँछन् । यसरी नै गहुँलाई गहुँको बदलामा , जौलाई जौको बदलामा र खजुरलाई खजुरको बदलामा बेच्न त्यही अवस्थामा जायज हुन्छ जब तौल र नाप बराबर हुन्छ र दुवै जनाले उक्त बैठकमा (माल) कब्जा जमाएका हुन्छन् । यी कुराहरूमा एकातिर नगद र अर्को तिर उधारो राख्न मिल्दैन र (माल ) हात नपरुन्जेल छुट्टिन पनि मिल्दैन ।</t>
+    <t>ताबअी मालिक बिन औस भन्छन्, उनीसँग सुनका सिक्काहरू (दीनार) थिए र उनी ती चाँदीका (सिक्का) लाई दिरहममा साट्न चाह्नथे । त्यसमा उनीसित तल्हा बिन उबैदुल्लाह (रजियल्लाहु अन्हु) ले भन्नुभयो: "हामीलाई तिम्रा दिनारहरू देखाऊ, हेर्छौं ! " त्यस पछि उनले लिने दिने निर्णय गरे पछि भने: "जब हाम्रो दास आउँछ, तब हामी तपाईंलाई चाँदीका दिरहमहरू दिनेछौं।" उमर बिन खत्ताब (रजियल्लाहु अन्हु) त्यहाँ उपस्थित हुनुहुन्थ्यो । उहाँले यस्तो किसिमको किनबेचलाई गलत बताउनु भयो र तल्हा (रजियल्लाहु अन्हु) लाई कसम खाएर भन्नुभयो, या त उनले चाँदी अहिल्यै देऊ वा लिएको सुन फिर्ता गर । उहाँले यसको कारण यो बताउनु भयो, अल्लाहका नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भएको छ, सुनको बदलामा चाँदी वा चाँदीलाई सुनसित साँट्नु छ भने लेनदेन हाताहती हुनु पर्छ । नत्र यो ब्याज मानिन्छ र बेच्नु हराम हुन्छ । तसर्थ सुनलाई चाँदीको बदलामा र चाँदीलाई सुनसित साँट्दा त्यहीबेला उचित हुन्छ जब लेनदेन हाताहाती हुन्छ र दुवै जनाले लिन पाउँछन् । यसरी नै गहुँलाई गहुँको बदलामा, जौलाई जौको बदलामा र खजुरलाई खजुरको बदलामा बेच्न त्यही अवस्थामा जायज हुन्छ जब तौल र नाप बराबर हुन्छ र दुवै जनाले उक्त बैठकमा (माल) कब्जा जमाएका हुन्छन् । यी कुराहरूमा एकातिर नगद र अर्को तिर उधारो राख्न मिल्दैन र (माल ) हात नपरुन्जेल छुट्टिन पनि मिल्दैन ।</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
-    <t>यस हदीसमा पाँच प्रकारको वर्णन भएको छ: सुन, चाँदी, गहुँ, जौ र खजूर । यदि किनबेचमा एकै प्रकारका बस्तु छन् भने सही हुनका लागि दुई शर्तहरू अनिवार्य छन् । एक त कुरा भएको ठाउँमा नै दुवै जनाले सामान हातमा पाऊन् र अर्को दुवैतिर वजन बराबर हुनु पर्छ । यदि यस्तो भएन भने यसका थप भएर ब्याजको रूप आउन सक्छ । यदि किनबेचको प्रजाती फरक फरक भए किनमेल सही हुनका निमित्त एउटा शर्त मात्र हुनेछ, कि एकै उक्त बैठकमा नै मालमा कब्जा भएको होस् । यदि यो शर्त पूरा भएन भने "रिबा नसियह"  हुन जान्छ ।
-[...5 lines deleted...]
-गलत काम भएकोमा मनाही गर्ने बेलामा प्रमाण पनि प्रस्तुत गर्नु पर्छ । हजरत उमरले (रजियल्लाहु अन्हु) यही गरेर देखाउनु भयो ।</t>
+    <t>यस हदीसमा पाँच प्रकारका कुराहरू उल्लेख गरिएका छन्: सुन, चाँदी, गहुँ, जौ र खजूर । यदि किनबेचमा एकै प्रकारका बस्तु छन् भने सही हुनका लागि दुई शर्तहरू अनिवार्य छन् । एक त कुरा भएको ठाउँमा नै दुवै जनाले सामान हातमा पाऊन् र अर्को दुवैतिर वजन बराबर हुनु पर्छ । यदि यस्तो भएन भने यसका थप भएर ब्याजको रूप आउन सक्छ । यदि किनबेचको प्रजाती फरक फरक भए किनमेल सही हुनका निमित्त एउटा शर्त मात्र हुनेछ, एकै बैठकमा नै मालमा कब्जा भएको होस् । यदि यो शर्त पूरा भएन भने "रिबा नसियह" हुन जान्छ ।
+खरिद र बिक्रीको स्थान भन्नाले खरिद र बिक्री भएको ठाउँलाई जनाउँछ। दुई पक्ष बसिरहेका थिए, हिँडिरहेका थिए वा सवार थिए भन्ने कुराले फरक पार्दैन। त्यसैगरी, छुट्टिनुको अर्थ सामान्यतया छुट्टिनु भनेर बुझिने कुरा हो।
+यस हदीसमा भएको निषेधले सबै प्रकारका सुनलाई समेट्छ, चाहे त्यो ढालिएको होस् वा नढालिएको। त्यसैगरी सबै प्रकारका चाँदी पनि यस निषेध भित्र पर्छन्, चाहे त्यो ढालिएको होस् वा नढालिएको।
+आधुनिक मुद्रा साट्दा त्यही नियम लागु हुन्छ जुन सुनलाई चाँदीसंग साट्दा हुन्छ । अर्थात्, दुवै पक्षहरू रकम बढाउन वा घटाउन सहमत भएमा अनुमति छ, तर त्यतिबेला दुवै तर्फले कब्जा (स्वामित्व) हुनु आवश्यक छ। अन्यथा ब्याज थपिनेछ र बिक्री अमान्य हुनेछ।
+ब्याजसँग सम्बन्धित कारोबार जायज छैन, यदि दुवै पक्षले त्यसमा सहमति जनाए पनि त्यस्ता सम्झौताहरू अमान्य छन्। इस्लामले मानवता र समाजको अधिकारको रक्षा गर्दछ, चाहे त्यो व्यक्ति आफैंले आफ्नो हक त्याग्न तयार भए पनि।
+यदि तपाईंले गलत काम भइरहेको देख्नुभयो भने, त्यसलाई मना गर्नु र शक्ति छ भने रोक्नु पर्छ।
+गलत काम भएकोमा मनाही गर्ने बेलामा प्रमाण पनि प्रस्तुत गर्नु पर्छ ।  उमरले (रजियल्लाहु अन्हु) यही गरेर देखाउनु भयो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5889</t>
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>यो कुर्आनलाई निरन्तर सम्हाली राख। अल्लाहको कसम; जसको कब्जामा मेरो प्राण छ, यो कुरआन (स्मरणबाट)  बाँधिएको ऊँटभन्दा अझ चाँडो फुत्कन्छ।</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यो कुर्आनलाई निरन्तर सम्हाली राख। अल्लाहको कसम; जसको कब्जामा मेरो प्राण छ, यो कुरआन (स्मरणबाट)  बाँधिएको ऊँटभन्दा अझ चाँडो फुत्कन्छ।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कुर्आनको ख्याल राख्न र यसलाई  नियमित पढ्न आदेश दिनुभएको छ, ताकि एक व्यक्तिले यसलाई आफ्नो स्मरणमा कण्ठ गरेपछि नबिर्सियोस्। उनले आफ्नो शपथ खाएर यस कुरामा झन् जोड दिएका छन् कि यो कुरआन मानिसको स्मरणबाट बाँधिएको ऊँटभन्दा अझ छिटो फुत्कन्छ । यदि मानिसले ख्याल राख्यो भने त्यो रहन्छ र ध्यान दिएन भने त्यो निस्कन्छ ।</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
@@ -11537,93 +12972,91 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, अल्लाहको नजरमा सबैभन्दा उत्कृष्ट मुस्लिम त्यो हो जसले कुर्आन सिक्यो, अर्थात् यसको तिलावत (पाठ) सिक्यो, यसलाई कण्ठ गर्यो, राम्रोसँग पढ्न सिक्यो र यसको अर्थ, व्याख्या र आशा अभिलाषा सिक्यो र साथै आफूसँग भएको कुर्आनको ज्ञानको अभ्यास गर्दै अरूलाई पनि सिकायो ।</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>कुर्आनको महत्त्व र यो सबैभन्दा उत्कृष्ट वाणी हो; किनभने यो अल्लाहको कलाम (वचन) हो ।
 सबै भन्दा राम्रो शिक्षक त्यो हो जसले अरूलाई सिकाउँछ र ज्ञानलाई आफुमा सीमित राख्दैन ।
 कुर्आन सिक्ने र सिकाउनुमा यसको पठन, अर्थ, आदेश र निर्देशनहरू 
 सबै समावेश छन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5913</t>
   </si>
   <si>
     <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
-    <t>भन्नुहोस्: (قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي) 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
-[...1 lines deleted...]
-यस दुआमा मार्गदर्शन र सफलता प्राप्तिका लागि प्रार्थना गरिएको छ, जसले व्यक्तिलाई सही दिशा र उद्देश्यप्रति केन्द्रित बनाउँछ।</t>
+    <t>भन: 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
+मार्गदर्शनको अर्थ सही बाटो देखाउनु हो र 'सदाद' को अर्थ तीरको सही निशाना लाग्नु हो।</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
-    <t>हजरत अली (रज़ियल्लाहु अन्हु)द्वारा वर्णन छ :  अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भयो : "भन्नुहोस्: (قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي) 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
-[...1 lines deleted...]
-यस दुआमा मार्गदर्शन र सफलता प्राप्तिका लागि प्रार्थना गरिएको छ, जसले व्यक्तिलाई सही दिशा र उद्देश्यप्रति केन्द्रित बनाउँछ।</t>
+    <t>अली (रज़ियल्लाहु अन्हु) ले वर्णन गरेका छन् : अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभयो: "भन: 'हे अल्लाह! मलाई मार्गदर्शन गर र सही दिशा देखाऊ।'
+मार्गदर्शनको अर्थ सही बाटो देखाउनु हो र 'सदाद' को अर्थ तीरको सही निशाना लाग्नु हो।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले अली बिन अबी तालिब (रजियल्लाहु अन्हु) लाई भनेका थिए कि उनले अल्लाहसित दुआ गर्नु र भन्नु: (हे अल्लाह, मलाई मार्गदर्शन दिनु होस्) र मलाई सही बाटोमा ल्याइदिनु होस् (र मलाई सही दिशा प्रदान गर्नु होस् ) र मलाई सफल बनाउनु, र मलाई मेरा सबै कामहरूमा स्थिर बनाइ दिनु होस् ।
-[...4 lines deleted...]
-सो तपाईंले अल्लाहसँग मार्गदर्शनको लागि दुआ गर्दा  आफ्नो मनमा यो दृश्य याद राख्नु होस् कि मार्गदर्शन माग्दा तपाईंको इरादा र तपाईंले गरेको कार्य बीच समानता रहोस् तोकेर चलाएको तीर जस्तै।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले अली बिन अबी तालिब (रजियल्लाहु अन्हु) लाई भन्नुभयो: अल्लाहसित दुआ गर्नु र भन्नु: (हे अल्लाह, मलाई मार्गदर्शन दिनुहोस्) र मलाई सही बाटोमा ल्याइदिनुहोस् (मलाई सही दिशा प्रदान गर्नु होस्) मलाई सफल बनाउनु, र मलाई मेरा सबै कामहरूमा स्थिर बनाइ दिनुहोस् ।
+यस प्रार्थनामा प्रयोग गरिएको "الهُدَى" शब्दको अर्थ सत्यलाई संक्षिप्त र विस्तृत रूपमा जान्नु र आन्तरिक र बाह्य रूपमा यसलाई पालना गर्ने अवसर प्राप्त गर्नु हो।
+जबकि "السّداد" शब्दको अर्थ वचन, कार्य र विश्वासमा सीधा मार्ग अनुसरण गर्नु हो।
+आध्यात्मिक कुराहरू स्पष्ट रूपमा बुझिने भएकोले यो प्रार्थना गर्दा यो कुरा मनमा राख्नुहोस् : तपाईं यात्रामा निस्केको व्यक्ति जस्तै मार्गदर्शन माग्दै हुनुहुन्छ, जो पथभ्रष्ट हुनबाट जोगिन, सुरक्षित रहन र छिटो आफ्नो गन्तव्यमा पुग्नको लागि अलिकति पनि दायाँ वा बायाँ विचलित हुँदैन।
+त्यसैगरी, जब तपाईं तीर प्रहार गर्नुहुन्छ, तपाईंले त्यो सही लक्ष्यमा सकेसम्म चाँडो लागेको कुरा सुनिश्चित गर्नुहुन्छ। जब कुनै व्यक्तिले कुनै चीजमा तीर प्रहार गर्छ, उसले तीरलाई पूर्ण रूपमा सीधा राख्छ। त्यसैगरी, तपाईं अल्लाहसँग तीर जस्तै सीधा राख्नको लागि प्रार्थना गरिरहनुभएको छ। यसरी, तपाईंले आफ्नो प्रश्नमा मार्गदर्शनको परम सीमा र सही मार्गको पूर्णताको लागि प्रार्थना गरिरहनुभएको हुनेछ।
+सही बाटोमा हिँड्दा, सही निशानामा लागेको तीरको व्यावहारिक छवि बन्नको लागि अल्लाहलाई प्रार्थना गर्दा यो पृष्ठभूमिलाई आफ्नो हृदयमा राख्नुहोस्।</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
-    <t>दुआ गर्ने व्यक्तिले यो प्रयास गर्नु पर्छ कि उसको काम सुन्नत अनुरूप र विशुद्ध नियतमा आधारित होस् ।
-[...1 lines deleted...]
-मान्छेले आफ्ना सबै कार्यमा अल्लाह सित मद्दत माग्नु पर्छ ।
+    <t>दुआ गर्ने व्यक्तिले आफ्नो कार्य सुन्नतको पालना र इमानदारीको ढाँचामा ढालिएको सुनिश्चित गर्न प्रयास गर्नुपर्छ।
+यी शंक्षिप्त वाक्यहरूद्वारा सफलताको लागि प्रार्थना गर्न र सही मार्गमा रहन मुस्तहब हो ।
+मान्छेले आफ्ना सबै कार्यमा अल्लाहसित मद्दत माग्नु पर्छ।
 तालिम दिने बेलामा उदाहरणहरूद्वारा कुरा प्रष्ट गर्नु पर्छ ।
-मार्गदर्शनको माग र अवस्थाको सुधारलाई एकसाथ राख्नु, र यसमा निरन्तर रहनु र थोरै पनि यसबाट विचलित नहुनुको दुआ। किन कि जहाँ "मलाई मार्गदर्शन दिनु होस्" भनिएको छ त्यहाँ नै : "मलाई सही मार्गमा चल्न मद्दत गर्नु होस्" पनि  मार्गदर्शनबाट विचलित नहुने दुआ पनि मागिएको छ ।
-दुआ माग्ने वालाले पूरा ध्यानका साथ र दुआको अर्थ आफ्नो मनमा याद राखेर दुआ गर्नु पर्छ । यसका कारण दुआ कबूल हुने सम्भावना अझै बढ्छ ।</t>
+मार्गदर्शन, राम्रो अवस्था, सत्य मार्गमा रहन र एक क्षणको लागि पनि त्यसबाट विचलित नहुनुको दुआ । उहाँको भनाइ "اهدني" ले सत्य मार्गमा रहन प्रार्थना गर्छ भने "سددني" ले सत्य मार्गबाट विचलित नहुने दुआ पनि मागिएको छ ।
+प्रार्थना गर्ने व्यक्तिले पूर्ण ध्यानका साथ र आफ्नो हृदयमा प्रार्थनाको अर्थ राखेर प्रार्थना गर्नुपर्छ। यसले प्रार्थना स्वीकार हुने सम्भावना बढाउँछ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5915</t>
   </si>
   <si>
     <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, तिमीहरू निश्चित रूपमा आफूभन्दा अगाडिका मानिसहरूको बाटो र तरिका पछ्याउनेछौ।</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>अबू वाकिद लैसी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, जब नबी (सल्लल्लाहु अलैहि वसल्लम) जब हुनैनको युद्धमा निस्कनुभयो, उहाँ एक रूखको नजिकबाट गुज्रनुभयो, जुन मूर्तिपूजकहरू लागि (श्रद्धा स्थल) थियो र जसलाई 'धात अनवात' भनिन्थ्यो।, जसमा तिनीहरूले आफ्ना हतियारहरू झुण्ड्याउने गर्थे । तब केही मानिसहरूले भने: हे अल्लाहको रसूल! तिनीहरूको ‘जात अन्वात’ जस्तै हाम्रो लागि पनि एउटा ‘जातु ल्अन्वात’ बनाइदिनु होस्। यो सुनेर उहाँले भन्नुभयो: "सुब्हानल्लाह (अल्लाह पवित्र हुनुहुन्छ)! यो त ठीक त्यही कुरा हो जुन मोसेस (अलैहिस्सलाम) को समुदायले भनेका थिए: {हाम्रो लागि पनि एउटा पुज्य बनाइदिनु होस् जसरी तिनीहरूका पुज्यहरू छन्} [सूरह अल-अराफ: १३८]। अल्लाहको कसम, जसको हातमा मेरो ज्यान छ, तिमीहरू निश्चित रूपमा आफूभन्दा अगाडिका मानिसहरूको बाटो र तरिका पछ्याउनेछौ।"</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
@@ -11790,81 +13223,187 @@
   <si>
     <t>अबुल हय्याज असदीले बयान गरेका छन्, अली बिन अबी तालिब (रजियल्लाहु अन्हु) ले मलाई भन्नुभयो: के म तिमीलाई त्यस मिसन/ अभियानमा नपठाऊ, जसमा अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले मलाई पठाउनुभएको थियो? तिमीले यदि कुनै पनि मुर्तिलाई देख्यौ भने त्यसलाई मेटाई देऊ र कुनै अग्लो कब्र (चिहान) छ भने त्यसलाई समतल गरी देऊ ।</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरूलाई यो भन्दै पठाउनुहुन्थ्यो, जुन मूर्ति भेट्टाउछौ, त्यसलाई नष्ट गरिदेऊ वा मेटाइ देऊ । हदीसमा ‘तिम्साल’ शब्दको प्रयोग भएको छ, जसको अर्थ आत्मा भएको वस्तुको चित्र हो, चाहे त्यो आकारमा होस् वा आकारविहीन ।
 त्यसैगरी अग्लो चिहान फेला परेमा त्यसलाई जमिनसँग समतल बनाउने र त्यसमाथि बनेका भवन वा आकृति आदि भत्काउने वा धेरै नउठाउने गरी जमिनसँग समतल बनाउने । यो लगभग एक बित्ता जति अग्लो हुनुपर्छ । त्योभन्दा बढी होइन ।</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>जीवित वस्तुको तस्बिर बनाउन हराम हो । किनकि यसले शिर्कतर्फ लैजान्छ ।
 शक्ति र अख्तियार भएको व्यक्तिले हातले गलत कुरा हटाउनु शरीयत बाट प्रोत्साहित छ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) जाहिलीयत (इस्लाम पूर्वको अज्ञानताको) कालका प्रत्येक चिन्हलाई तुरुन्तै हटाउन उत्सुक हुनुहुन्थ्यो, जस्तै चित्रहरू, मूर्तिहरू र चिहानहरूमा बनेका भवनहरू आदि ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5934</t>
   </si>
   <si>
+    <t>الحلف منفقة للسلعة، ممحقة للربح</t>
+  </si>
+  <si>
+    <t>कसम खानु सामान बेच्ने माध्यम हो, तर यसले नाफा नष्ट गर्छ।</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «الْحَلِفُ مَنْفَقَةٌ لِلسِّلْعَةِ، مَمْحَقَةٌ لِلرِّبْحِ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कसम खानु सामान बेच्ने माध्यम हो, तर यसले नाफा नष्ट गर्छ।"</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف والإكثار منه حتى لو كان صادقًا في البيع والشراء، وأخبر أنه سبب لِرَوَاج السلعة والمتاع، لكنه نَقْصٌ وإبطال لبركة الربح والكسب، وقد يُسلِّط الله تعالى عليه وُجوهًا يَتْلَف فيها إما سَرْقًا أو حَرْقًا أو غَرَقًا أو غصبًا أو نهبًا أو عوارض أخرى يتلف بها ماله.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले किनमेल गर्दा वा बेच्दा सत्य भए पनि कसम खान वा अत्यधिक कसम खान निषेध गर्नुभएको छ। उहाँले भन्नुभयो, यो सामान र व्यापारको फैलावटको कारण हो, तर खरिद-बिक्री र कमाईको नाफा गुम्छ। अल्लाहले तिनीहरूलाई नष्ट हुने बाटो खोलिदिनुहुन्छ। पैसा चोरी हुन्छ, आगोमा नष्ट हुन्छ, लुटिन्छ वा अन्य कुनै घटना घट्छ।</t>
+  </si>
+  <si>
+    <t>تعظيم أمر الحلف بالله، وأنه لا يكون إلا لحاجة.
+الكسب الحرام وإن كَثُرَت كَمِّيّته؛ فإنه مَنزوع البركة لا خير فيه.
+قال القاري: ذهاب بركة المكسوب؛ إما بتلف يلحقه في ماله، أو بإنفاقه في غير ما يعود نفعه إليه في العاجل أو ثوابه في الآجل، أو بقي عنده وحُرِم نفعه، أو وَرِثَه مَن لا يَحْمَدُه.
+قال النووي: فيه النهي عن كثرة الحلف في البيع، فإن الحلف من غير حاجة مكروه، وينضم إليه ترويج السلعة، وربما اغترَّ المشتري باليمين.
+كثرة الحلف نقص في الإيمان، ونقص في التوحيد؛ لأن كثرة الحلف تفضي إلى شيئين: أحدهما: التساهل في ذلك وعدم المبالاة، والأمر الثاني: الكذب، فإن من كثرت أيمانه وقع في الكذب، فينبغي التَّقَلُّلُ من ذلك وعدم الإكثار من الأيمان، ولهذا قال سبحانه: (وَاحْفَظُوا أَيْمَانَكُمْ) [المائدة:89].</t>
+  </si>
+  <si>
+    <t>अल्लाहको कसम खानु एकदमै महत्त्वपूर्ण कुरा हो। यसलाई अनावश्यक रूपमा प्रयोग गर्नु हुँदैन।
+अवैध कमाई, चाहे त्यो जतिसुकै किन नहोस्; त्यो आशिर्वादरहित हुन्छ र त्यसमा कुनै भलाइ हुँदैन।
+अल-कारीले भने: कमाईको बर्कत (आशिर्वाद) या त उसको पैसामा पर्ने नोक्सानीको कारणले गुम्छ वा उसले त्यस्तो चीजहरूमा खर्च गर्छ जसले उसलाई नत फाइदा हुन्छ नत भविष्यमा सवाब प्राप्त हुन्छ । वा यो उसैसँग रहन्छ तर ऊ यसको फाइदाबाट वञ्चित हुन्छ वा नराम्रो व्यक्तिले उत्तराधिकारमा पाउँछ।
+अल-नववीले भने: बिक्रीमा धेरै कसम खानु निषेध गरिएको छ, किनकि आवश्यकता बिना कसम खानु मन पर्दैन । यो व्यापारिक वस्तुको प्रवर्द्धनसँग जोडिएको छ र यसले खरिदकर्तालाई धोका दिन सक्छ।
+धेरै कसम खानु भनेको आस्था र एकेश्वरवादको कमी हो; किनकि धेरै कसम खानुले दुई कुरा निम्त्याउँछ: पहिलो भनेको उदार हुनु र यसको बारेमा लापरवाह हुनु हो र दोस्रो झूट बोल्नु हो, किनकि जसले धेरै कसम खान्छ त्यो झूट बोल्न बाध्य हुन्छ। त्यसैले यसलाई कम गर्नुपर्छ र धेरै कसम खानु हुँदैन। यसै कारणले अल्लाहले भन्नुभयो: "आफ्ना कसमहरू हिफाजत गर" [अल-माइदा: ८९]।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5936</t>
+  </si>
+  <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
-    <t>तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन(आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी  प्रिय हुँदिन।</t>
+    <t>तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन (आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी प्रिय हुँदिन।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
-    <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन(आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी  प्रिय हुँदिन।"</t>
+    <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरू मध्ये कोही पनि (पूर्ण) मुमिन (आस्थावान्) हुन सक्दैन, जबसम्म म उसको नजिक उसको बुबाआमा, छोराछोरी र सबै मानिसहरू भन्दा बढी प्रिय हुँदिन।"</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, एक मुस्लिम तब मात्र पूर्ण मुमिन हुन सक्छ जब उसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रेमलाई आफ्नो आमा, बुबा, छोरा, छोरी र अन्य सबै मानिसहरूको प्रेम भन्दा उच्च राख्छ । यो प्रेम उहाँको अनुसरण, पालना, समर्थन र उहाँको अवज्ञाबाट टाढा रहेर प्राप्त हुन्छ ।</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई प्रेम गर्नु अनिवार्य छ र उहाँको प्रेमलाई अन्य सम्पूर्ण प्राणीहरूको प्रेम भन्दा माथि राख्नु पर्छ ।
 उहाँसँगको असल र पूर्ण प्रेमको पहिचान भनेको आफ्नो जीउधनका साथ सुन्नतको समर्थन र सहयोग गर्नु हो ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रेम भनेको उहाँका आदेशहरूको पालना गर्नु, उहाँले खबर दिनुभएको कुरामा आस्था राख्नु, उहाँले निषेध गर्नुभएको कुराबाट टाढा रहनु, उहाँको अनुशरण गर्नु र बिदअतहरूबाट जोगिनु आवश्यक छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) को अधिकार सबै मानिसहरूको अधिकार भन्दा ठूलो र महत्त्वपूर्ण छ । किनकि उहाँ नै हाम्रा लागि इस्लामका मार्गदर्शक, नर्कबाट मुक्ति र स्वर्गमा प्रवेश गर्ने माध्यम हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5953</t>
+  </si>
+  <si>
+    <t>لا تسبوا الريح، فإذا رأيتم ما تكرهون فقولوا: اللهم إنا نسألك من خير هذه الريح وخير ما فيها وخير ما أمرت به، ونعوذ بك من شر هذه الريح وشر ما فيها وشر ما أمرت به</t>
+  </si>
+  <si>
+    <t>तिमीहरू हावालाई सराप नदेऊ। यदि तिमीले मन नपर्ने कुरा देख्यौ भने भन: हे अल्लाह! हामी यस हावाको भलाइ, यसमा भएको कुराको भलाइ र उनलाई गर्न आज्ञा गरिएको भलाइ माग्छौं। हे अल्लाह! हामी यस हावाको नराम्रोबाट, यसमा भएका कुराहरूको नराम्रोबाट र उनलाई गर्न आज्ञा गरिएको नराम्रोबाट तपाईंको शरण चाहन्छौं।</t>
+  </si>
+  <si>
+    <t>عَنْ أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا الرِّيحَ، فَإِذَا رَأَيْتُمْ مَا تَكْرَهُونَ فَقُولُوا: اللَّهُمَّ إِنَّا نَسْأَلُكَ مِنْ خَيْرِ هَذِهِ الرِّيحِ وَخَيْرِ مَا فِيهَا وَخَيْرِ مَا أُمِرَتْ بِهِ، وَنَعُوذُ بِكَ مِنْ شَرِّ هَذِهِ الرِّيحِ وَشَرِّ مَا فِيهَا وَشَرِّ مَا أُمِرَتْ بِهِ».</t>
+  </si>
+  <si>
+    <t>उबै बिन काअ्ब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "तिमीहरू हावालाई सराप नदेऊ। यदि तिमीले मन नपर्ने कुरा देख्यौ भने भन: हे अल्लाह! हामी यस हावाको भलाइ, यसमा भएको कुराको भलाइ र उनलाई गर्न आज्ञा गरिएको भलाइ माग्छौं। हे अल्लाह! हामी यस हावाको नराम्रोबाट, यसमा भएका कुराहरूको नराम्रोबाट र उनलाई गर्न आज्ञा गरिएको नराम्रोबाट तपाईंको शरण चाहन्छौं।"</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن شَتْم أو لَعْن الريح، فإنها مأمورة من خالقها، تأتي بالرحمة وبالعذاب، وسَبُّها سَبٌّ لله خالقِها، وتَسَخُّط على قضائه، ثم أَرْشَد صلى الله عليه وسلم إلى الرجوع إلى الله خالقها بسؤاله من خيرها وخير ما فيها وخير ما أُرسلت كإتيانها بالمطر ونقل اللِّقَاح ونحوه، والاستعاذة بالله من شرها وشر ما فيها وشر ما أرسلت به كإتلاف النبات والشجر وهلاك الماشية وهدم الأبنية، ونحوه، وفي سؤال الله ذلك تحقيق للعبودية لله.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई हावालाई गाली गर्न वा सराप्न निषेध गर्नुभएको छ। किनभने हावा आफ्नो सृष्टिकर्ताको आदेशमा चल्छ। कहिलेकाहीं यो दयाको रूपमा आउँछ र कहिलेकाहीं सजायको रूपमा। यसलाई गाली गर्नु वास्तवमा यसको सृष्टिकर्तालाई गाली गर्नु र उनको निर्णयमा क्रोध व्यक्त गर्नु हो। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले हावाको सृष्टिकर्ता, अर्थात् अल्लाहतर्फ फर्कन र हावाको भलाइ, यसमा भएका कुराहरूको भलाइ र यसलाई गर्न दिएको आदेशको भलाइ, जस्तै वर्षा, आदिको भलाइको लागि प्रार्थना गर्नुभयो र अल्लाहसँग यसको नराम्रो, यसमा भएका नराम्रो कुरा र यसलाई गर्न दिएको आदेशको नराम्रो कुराबाट जोगिनग प्रार्थना गर्नुभयो। जस्तै बालीनाली र रूखहरूको क्षति, पशुधनको हत्या, घरहरूको विनाश, आदिले तिनीहरूको दुष्टताबाट शरण लिन प्रोत्साहन गरिएको छ । वास्तवमा, यी कुराहरू अल्लाहसँग माग्नु पनि उहाँको उपासनाको एक अभ्यास हो।</t>
+  </si>
+  <si>
+    <t>النهي عن سب الريح؛ لأنها خَلْقٌ مُدَبَّرٌ، فيَرْجِعُ السَّبُّ إلى خالقها ومُدَبِّرِها، وهو نقص في التوحيد.
+الرجوع إلى الله والاستعاذة به من شر ما خلق.
+الريح تكون مأمورة بالخير، وتكون مأمورة بالشر.
+قال ابن باز: سب الريح من جملة المعاصي؛ لأنها مخلوق مدبر ترسل بالخير والشر؛ فلا يجوز سبُّها، ولا يقال: لعن الله الريح، أو قاتل الله الريح، أو لا بارك الله في هذه الريح، أو ما أشبه ذلك، بل يعمل المؤمن ما أرشد إليه النبي صلى الله عليه وسلم.
+يقاس على الريح في تحريم الشَّتْم والسب ما يتعلق بالحر والبرد والشمس والغبار وغير ذلك مما هو من خَلْق الله وتصريفه.</t>
+  </si>
+  <si>
+    <t>हावाको बारेमा नराम्रो बोल्न निषेध; किनकि हावा अल्लाहको आदेशमा काम गर्ने प्राणी हो। त्यसैले, यसलाई गाली गर्नु वास्तवमा यसको सृष्टिकर्तालाई गाली गर्नु हो, जुन एकेश्वरवादमा कमीको कारण हो।
+अल्लाहतिर फर्कनु र उनको सृष्टिको दुष्टताबाट शरण लिनु।
+हावाले कहिले अल्लाहको आदेशले राम्रो ल्याउँछ भने कहिले उनको आदेशले नराम्रो ल्याउँछ।
+इब्न बाजले भने: हावालाई सराप्नु पापहरू मध्ये एक हो, किनकि यो एक सृष्टि र नियन्त्रित चीज हो जुन राम्रो र नराम्रोसँग पठाइन्छ। यसलाई सराप्नु जायज होइन र यो भन्न पनि अनुमति छैन: अल्लाहले हावालाई श्राप दिऊन्, वा अल्लाहले हावालाई मारुन्, वा अल्लाहले यो हावालाई आशीर्वाद नदेऊन्, वा यस्तै केही। बरु, विश्वासीले त्यो गर्नुपर्छ जुन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई गर्न निर्देशन दिएका छन्।
+यही सिद्धान्त गर्मी, चिसो, घाम, धुलो र अन्य चीजहरूमा पनि लागु हुनेछ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5976</t>
+  </si>
+  <si>
+    <t>لا يقل أحدكم: اللهم اغفر لي إن شئت، ارحمني إن شئت، ارزقني إن شئت، وليعزم مسألته، إنه يفعل ما يشاء، لا مكره له</t>
+  </si>
+  <si>
+    <t>तिमीहरूमध्ये कसैले यसो नभन: हे अल्लाह! यदि तपाईं चाहनुहुन्छ भने, मलाई क्षमा गर्नुहोस्, यदि तपाईं चाहनुहुन्छ भने, ममाथि दया गर्नुहोस्। बरु, उसले दृढताका साथ माग्नु पर्छ, किनकि कसैले पनि अल्लाहलाई बाध्य गर्न सक्दैन।</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «لاَ يَقُلْ أَحَدُكُمْ: اللَّهُمَّ اغْفِرْ لِي إِنْ شِئْتَ، ارْحَمْنِي إِنْ شِئْتَ، ارْزُقْنِي إِنْ شِئْتَ، وَليَعْزِمْ مَسْأَلَتَهُ، إِنَّهُ يَفْعَلُ مَا يَشَاءُ، لاَ مُكْرِهَ لَهُ».
+ولمسلم: «وَلَكِنْ لِيَعْزِمِ الْمَسْأَلَةَ وَلْيُعَظِّمِ الرَّغْبَةَ، فَإِنَّ اللهَ لَا يَتَعَاظَمُهُ شَيْءٌ أَعْطَاهُ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कसैले यसो नभन: हे अल्लाह! यदि तपाईं चाहनुहुन्छ भने, मलाई क्षमा गर्नुहोस्, यदि तपाईं चाहनुहुन्छ भने, ममाथि दया गर्नुहोस्। बरु, उसले दृढताका साथ माग्नु पर्छ, किनकि कसैले पनि अल्लाहलाई बाध्य गर्न सक्दैन।"</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن تَعْلِيْق الدعاء بشيء حتى لو كان بمشيئة الله؛ فإن ذلك أمر معلوم مُتَيَقَّن أنه لا يغفر إلا أن يشاء سبحانه، ولا معنى لاشتراط المشيئة؛ لأنها إنما تشترط فيمن يصح منه أن يفعل دون أن يشاء بالإكراه وغيره مما تنزه الله سبحانه عنه، وقد بين ذلك صلى الله عليه وسلم في آخر الحديث بقوله فإنه لا مُكْرِه له، كما أن الله لا يَتَعَاظَمُه شيء أعطاه وليس بعاجز ولا يكبُر عليه شيء حتى يقال: إن شئت، وتعليقه بالمشيئة نوع من الاستغناء عن مغفرته، فقول القائل: إن شئت أن تعطيني كذا فافعل، لا يستعمل هذا إلا مع الغنى عنه أو مع العاجز، وأما مع القادر ومع الاضطرار إليه والحاجة إليه فإنه يَعزم مسألته، ويَسأل سؤال فقير مضطر إلى ما سأله، ويلجأ إلى الله؛ لأنه الغني الكامل، القادر على كل شيء.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले दुआ गर्दा सर्त राख्न निषेध गर्नुभयो, चाहे त्यो अल्लाहको इच्छाले नै किन नहोस्। किनकि यो एक ज्ञात र निश्चित कुरा हो उहाँले इच्छा नगरेसम्म क्षमा गर्नुहुन्न र इच्छापत्र तोक्नुको कुनै अर्थ छैन। किनकि यो केवल त्यस्तो व्यक्तिको लागि मात्र हो जो इच्छा बिना, जबरजस्ती गर्छ तर अल्लाह यसबाट पवित्र हुनुहुन्छ । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हदीसको अन्त्यमा यसो भन्दै स्पष्ट पार्नुभयो, "किनकि उसलाई जबरजस्ती गर्ने कोही छैन। यसबाहेक, अल्लाहले दिनुभएको कुनै पनि कुरा उहाँको लागि धेरै ठूलो छैन, उहाँ असक्षम हुनुहुन्न र उहाँको लागि केही पनि धेरै ठूलो छैन । जसले भन्छ: यदि तिमी मलाई यति र त्यति दिन चाहन्छौ भने, त्यसो गर, केवल त्यस्तो व्यक्तिसँग प्रयोग गरिन्छ जसलाई यसको आवश्यकता छैन वा जो असमर्थ छ। तर जो सक्षम छ ऊसंग दृढताका साथ माग्नु पर्छ र  आवश्यकतामा परेकोले एक गरिब व्यक्ति जस्तै माग्छ र अल्लाहको सहारा लिन्छ, किनकि उहाँ पूर्ण धनी हुनुहुन्छ, सबै कुराको लागि सक्षम हुनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>النهي عن تعليق الدعاء بالمشيئة.
+تنزيه الله عما لا يليق به، وسعة فضله، وكمال غناه، وكرمه وجوده سبحانه وتعالى.
+إثبات الكمال لله عز وجل.
+تعظيم الرغبة فيما عند الله وحسن الظن به سبحانه.
+يقع من بعض الناس تعليق الدعاء بالمشيئة وهم لا يشعرون، مثل قول: جزاك الله خيرًا إن شاء الله، الله يرحمه إن شاء الله، فهذا لا يجوز لحديث الباب.</t>
+  </si>
+  <si>
+    <t>अल्लाहको इच्छामा सर्त राखेर प्रार्थना गर्न निषेध।
+अल्लाहलाई अनुचित कुराहरू भन्दा माथि उठाउनु, उहाँको अनुग्रह, उहाँको पूर्णता, उहाँको उदारता र कृपाको विशालता।
+अल्लाहको पूर्णताको प्रमाण।
+अल्लाहसँग जे छ त्यसको चाहना बढाउनु र उहाँको बारेमा राम्रो विचार राख्नु।
+कतिपय मानिसहरूले थाहा नपाई प्रार्थनालाई अल्लाहको इच्छामा सर्त राख्छन्, जस्तै: "अल्लाहले तपाईंलाई इनाम दिऊन्, अल्लाहले चाहे," वा "अल्लाहले उहाँमाथि दया गरून्, अल्लाहले चाहे।" अध्यायको हदीस अनुसार यो अनुमति छैन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/5978</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>त्यो व्यक्ति हामी मध्ये होइन, जसले अशुभ शगुन मान्यो वा जसको लागि अशुभ शगुन लिइएको छ, जसले ज्योतिषीको काम गर्यो वा जसको लागि ज्योतिषीको काम गराइयो, जसले जादू गर्यो वा जसको लागि जादू गराइयो</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>इमरान बिन हुसैन (रजियल्लाहु अन्हा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "त्यो व्यक्ति हामी मध्ये होइन, जसले अशुभ शगुन मान्यो वा जसको लागि अशुभ शगुन लिइएको छ, जसले ज्योतिषीको काम गर्यो वा जसको लागि ज्योतिषीको काम गराइयो, जसले जादू गर्यो वा जसको लागि जादू गराइयो । जसले गाँठोमा झारफुक / जन्तर मन्तर गर्यो र जो कुनै ज्योतिषीकहाँ गयो र उसले भनेको वचनलाई सत्य मान्यो भने उसले मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) माथि अवतरित शरीयतलाई अस्वीकार गर्यो ।</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना अनुयायीहरूलाई चेतावनी दिनुभएको छ, जसले यी कार्यहरू गर्छ ऊ हामी मध्ये होइन । यी कार्यहरू निम्नानुसार छन्:
 पहिलो : "जसले अशुभ शगुन लियो (अथवा यसमा विश्वास गर्यो) वा जसको लागि शगुन लिइएको छ ।" यसको अर्थ: अरबहरूले यात्रा, व्यापार जस्ता कुनै पनि काम सुरु गर्दा चरालाई उडाउने गर्दथे । यदि चरा दायाँ तिर उड्यो भने यो एक शुभ संकेत मान्ने गर्थे र आफूले चाहेको काम गर्न जान्थे । तर यदि चरा बायाँतिर उड्यो भने, यो एक अशुभ संकेत मान्थे र आफूले चाहेको कुराबाट टाढिन्थे ।  वास्तवमा, यो निषेधित काम हो, न त आफैले गर्न मिल्छ न अरुद्वारा गराउन । यसमा हरेक प्रकारको शगुन समावेश गरिएको छ, चाहे त्यो कुरा सुन्ने वा देख्नेसँग सम्बन्धित होस्, चाहे त्यो पंक्षी होस्, जनावर होस्, शारीरिक अपाङ्गता भएका मानिस होस्, कुनै विशेष संख्या होस् वा दिन वा अरु केही ।
 दोस्रो: जसले आफैले ज्योतिषीको काम गरेको छ वा कसैबाट गराएको छ । तसर्थ, जसले नक्षत्र, ताराहरू आदिको सहायताले अदृश्य कुरा थाहा पाएको दाबी गर्छ वा अदृश्य कुरा जान्ने दाबी गर्ने व्यक्तिकहाँ गएर उसको कुरालाई सत्य हुने विश्वास गर्दछ भने त्यस्तो व्यक्तिले मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)माथि अवतरित शरीयतलाई अस्वीकार गर्यो ।
 तेस्रो: "जसले जादू गर्यो वा अरुद्वारा जादू गरायो ।"  कसैको हित गर्ने वा कसैलाई हानि पुयाउने उद्देश्यले जादु गर्ने वा जादु गराउने वा अवैध मन्त्र इत्यादि जप गरेर धागो आदिमा गाँठो लगाएर फुकाउने वा 
 टुनामुना गर्ने व्यक्ति ।</t>
@@ -11935,88 +13474,159 @@
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जसले नक्षत्रहरूबाट ज्ञान प्राप्त गर्छ, उसले जादूको एक भाग सिक्छ । उसले जति धेरै ज्योतिषविज्ञान सिक्छ, त्यति धेरै जादू सिक्नेछ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले तारा र नक्षत्रहरूको ज्ञान सिक्छ र तिनीहरूको चाल, प्रवेश र निकासले पृथ्वीमा हुने घटनाहरूमा के कति प्रभाव पर्छ त्यसमा विचार गर्छ, जस्तै जीवन, मृत्यु, रोग र भविष्यमा हुने कुराको बारेमा ज्ञान प्राप्त गर्छ । उसले जादूको एक भाग सिकेको छ र उसले जति धेरै यो ज्ञान प्राप्त गर्छ, जादूको बारेमा उसको ज्ञान त्यतिनै बढ्दै जानेछ ।</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>ताराहरूको चाल हेरेर भविष्यवाणी गर्नु हराम हो, किनकि यो अदृश्यको ज्ञानको दाबी हो ।
 ज्योतिषशास्त्र (तारा हेरेर भविष्यवाणी गर्नु) पनि एक प्रकारको जादु हो, जुन तौहीदको विरुद्ध हो । जबकि दिशानिर्देश, किब्ला (नमाजको दिशा), ऋतु र महिनाहरूको आगमन थाहा पाउन तारा हेर्ने अनुमति छ ।
 जसले जति धेरै ज्योतिष विद्या सिक्छ, उसले त्यति नै बढी जादुका ज्ञानहरू सिक्दै जान्छ।
 ताराहरूका तीनवटा उपयोगिताहरु छन् जुन अल्लाहले आफ्नो पुस्तकमा उल्लेख गर्नुभएको छ: आकाशको सजावट, बाटो खोज्ने संकेतहरू र शैतानहरूलाई मार हान्ने माध्यम ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/5989</t>
   </si>
   <si>
+    <t>رغم أنف رجل ذكرت عنده فلم يصل علي، ورغم أنف رجل دخل عليه رمضان ثم انسلخ قبل أن يغفر له، ورغم أنف رجل أدرك عنده أبواه الكبر فلم يدخلاه الجنة</t>
+  </si>
+  <si>
+    <t>जसको अगाडि मेरो नाम लिइन्छ र उसले ममाथि दरूद पठाउँदैन, त्यसको नाक धुलोले भरियोस्; जसको अगाडि रमजान आउँछ र जान्छ र उसले त्यसमा क्षमा याचना गर्दैन, त्यसको नाक धुलोले भरियोस्; जसले आफ्नो आमाबाबुलाई बुढेसकालमा पाउँछ र तिनीहरूको (सेवा) ले उसलाई स्वर्गमा प्रवेश दिँदैनन्, त्यसको नाक धुलोले भरियोस्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «رَغِمَ أَنْفُ رَجُلٍ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ، وَرَغِمَ أَنْفُ رَجُلٍ دَخَلَ عَلَيْهِ رَمَضَانُ ثُمَّ انْسَلَخَ قَبْلَ أَنْ يُغْفَرَ لَهُ، وَرَغِمَ أَنْفُ رَجُلٍ أَدْرَكَ عِنْدَهُ أَبَوَاهُ الكِبَرَ فَلَمْ يُدْخِلاَهُ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन  गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसको अगाडि मेरो नाम लिइन्छ र उसले ममाथि दरूद पठाउँदैन, त्यसको नाक धुलोले भरियोस्; जसको अगाडि रमजान आउँछ र जान्छ र उसले त्यसमा क्षमा याचना गर्दैन, त्यसको नाक धुलोले भरियोस्; जसले आफ्नो आमाबाबुलाई बुढेसकालमा पाउँछ र तिनीहरूको (सेवा) ले उसलाई स्वर्गमा प्रवेश दिँदैनन्, त्यसको नाक धुलोले भरियोस्।"</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم على ثلاثة أصناف بإلصاق أُنُوْفِهِم بالتراب من الذُّلِّ والهوان والخسارة:
+ الصنف الأول: مَن ذُكِر عنده النبيُّ صلى الله عليه وسلم فلم يُصَلِّ عليه بقوله: صلى الله عليه وسلم أو نحوها.
+الثاني: من أدرك شهر رمضان ثم انقضى الشهر قبل أن يُغفر له لتقصيره في فعل الطاعة.
+الثالث: رجل أدرك أبويه عنده الكِبَرِ فلم يكونا سببًا في دخوله الجنة لعقوقه وتقصيره في حقِّهما.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तीन प्रकारका मानिसहरूको नाक माटोमा रगडियोस् र ऊ अपमानित होस् भनेर सराप्नुभएको छ : पहिलो: ती व्यक्तिहरू हुन्, जसको उपस्थितिमा रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाम उल्लेख गरिन्छ, तर तिनीहरूले (सल्लल्लाहु अलैहि वसल्लम) भनेर उहाँमाथि दरूद पठाउँदैन। दोस्रो: जसले रमजानको महिना अनुभव गर्छ र त्यो महिना सकिन्छ, तर उसले आज्ञाकारिता गरेर आफुलाई शुद्धीकरण गर्दैनन्। तेस्रो: त्यो मानिस जसको आमाबाबु वृद्धावस्थामा पुगेका छन्, तर उसको अवज्ञा र उनीहरूप्रतिको अधिकार पूरा नगरेकोले तिनीहरू उसलाई स्वर्गमा प्रवेश गराउन सकेनन्।</t>
+  </si>
+  <si>
+    <t>قال السندي: والحاصل أن كل واحد من هؤلاء قد وجد ما لولا التقصير منه لنال به حظًا وافرًا من الخير، فحيث قصر حتى فات عنه ذلك فقد خاب وخسر.
+الحث على الصلاة على النبي صلى الله عليه وسلم كلما ذكر اسمه.
+الحث على الاجتهاد والتشمير للعبادة في شهر رمضان.
+الحث على الاجتهاد في بر الوالدين وإكرامهما، خصوصًا عند الكبر.</t>
+  </si>
+  <si>
+    <t>सिन्दीले भने: निष्कर्ष के हो भने यी प्रत्येक व्यक्तिहरूले क्षमायाचना गर्ने र स्वर्ग प्राप्त अवसर भेट्टाए, तर आलस्य र कमीकमजोरीले गर्दा त्यसबाट वन्चित भए ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) को नाम उल्लेख गर्दा दरूद पठाउँन मानिसहरूलाई प्रोत्साहन।
+रमजानको महिनामा उपासनामा लगनशीलता र कडा परिश्रमलाई प्रोत्साहन।
+विशेष गरी बुढेसकालमा आमाबाबुलाई सम्मान र आदर देखाउन प्रोत्साहन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6014</t>
+  </si>
+  <si>
+    <t>لا صام من صام الدهر، صوم ثلاثة أيام صوم الدهر كله</t>
+  </si>
+  <si>
+    <t>जो सधैं उपवास बस्छ, उसले वास्तवमा उपवास नै राखेको छैन। महिनामा तीन पटक उपवास बस्नु भनेको वर्षभरि उपवास बस्नु जस्तै हो।</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدَ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّكَ لَتَصُومُ الدَّهْرَ، وَتَقُومُ اللَّيْلَ؟»، فَقُلْتُ: نَعَمْ، قَالَ: «إِنَّكَ إِذَا فَعَلْتَ ذَلِكَ هَجَمَتْ لَهُ العَيْنُ، وَنَفِهَتْ لَهُ النَّفْسُ، لاَ صَامَ مَنْ صَامَ الدَّهْرَ، صَوْمُ ثَلاَثَةِ أَيَّامٍ صَوْمُ الدَّهْرِ كُلِّهِ»، قُلْتُ: فَإِنِّي أُطِيقُ أَكْثَرَ مِنْ ذَلِكَ، قَالَ: «فَصُمْ صَوْمَ دَاوُدَ عَلَيْهِ السَّلاَمُ، كَانَ يَصُومُ يَوْمًا وَيُفْطِرُ يَوْمًا، وَلاَ يَفِرُّ إِذَا لاَقَى».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तपाईं सधैं दिनमा उपवास बस्नुहुन्छ र सधैं रातमा प्रार्थना गर्नुहुन्छ?" मैले भने: हो! उहाँले भन्नुभयो: "यसो गर्नाले आँखा थाक्नेछ र शरीर कमजोर हुनेछ। जो सधैं उपवास बस्छ, उसले वास्तवमा उपवास नै राखेको छैन। महिनामा तीन पटक उपवास बस्नु भनेको वर्षभरि उपवास बस्नु जस्तै हो।" मैले भने: मसँग त्योभन्दा बढी उपवास बस्ने शक्ति छ। उहाँले भन्नुभयो: "त्यसो भए दाऊद (अलैहिस्सलाम) को रोजा पालना गर। उनी एक दिन रोजा राख्थे र एक दिन राख्दैनथे र शत्रुको सामना गर्दा भाग्दैनथे।"</t>
+  </si>
+  <si>
+    <t>بَلَغَ النبيَّ صلى الله عليه وسلم أنَّ عبدَ الله بن عمرو رضي الله عنهما كان يَسْرُدُ الصومَ ولا يُفطر طوال السنة، ويصلي الليل كله ولا ينام، فنهاه عن ذلك وقال له: صم وأفطر، وقم ونم.
+ونهاه عن سَرْدِ الصيام وقيام الليل كله، وقال له: إنك إن فعلت ذلك ضَعُفَتْ له عينُك وغارَتْ ودَخَلَتْ، ونَفِهَتْ له نفسُك وتَعبِتْ وكَلَّتْ؛ فلا صام من صام السنة؛ حيث إنه لم يحصل على أجر الصوم لمخالفة النهي، ولم يفطر لأنه أمسك. 
+ثم أرشده إلى صيام ثلاثة أيام من كل شهر فهو صوم السنة؛ لأن كل يوم بعشرة أيام وهو أقل المضاعفة للحسنة. 
+فقال عبدالله: إني أستطيع أكثر من ذلك.
+قال صلى الله عليه وسلم: إذن فصم صوم داود عليه السلام وهو أفضل الصيام، كان يصوم يومًا ويفطر يومًا، وكان لا يَفِرُّ إذا لاقى العدو؛ لأن طريقة صومه لم تُضعِفْ بدنَه.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले वर्षभरि निरन्तर उपवास बस्छ र एक दिन पनि छोड्दैन। त्यसैगरी, उनले रातभरि प्रार्थना गर्छ र सुत्दैन भन्ने कुरा थाहा पाइसकेपछि उनलाई त्यसो गर्नबाट निषेध गर्नुभयो र भन्नुभयो: "उपवास बस र उपवास नबस। राती तहज्जुदको नमाज पढ् र सुत।" उहाँले लगातार उपवास बस्न र रातभर सलाह पढ्न निषेध गर्दै भन्नुभयो: यदि तपाईंले यसो गर्नुभयो भने, तपाईंको दृष्टि कमजोर हुनेछ र तपाईंको आत्मा थकित हुनेछ। जसले निरन्तर एक वर्षसम्म उपवास बस्छ उसले पटक्कै उपवास राखेको छैन। किनभने निषेधको विरोधको कारणले गर्दा ऊ इनाम र प्रतिफलबाट वञ्चित भयो र खाने वा पिउने पनि गरेन। त्यसपछि उहाँले उसलाई प्रत्येक महिनाको तीन दिन उपवास राख्न निर्देशन दिनुभयो, जुन एक वर्ष बराबरको उपवास हो, किनकि प्रत्येक दिन दस दिन बराबर हुन्छ र यो एउटा पुण्यकर्मको सबैभन्दा कम गुणा हो। तपाईंको यो निर्देशन पछि, अब्दुल्लाहले भने: मसँग यो भन्दा बढी गर्ने शक्ति छ। जवाफमा, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: यदि त्यसो हो भने, दाऊदको रोजा राख्नुहोस्, जुन सबैभन्दा राम्रो रोजा हो। उनी एक दिन उपवास गर्थे र अर्को दिन उपवास गर्दैनथे र शत्रुको सामना गर्दा भाग्दैनथे, किनभने उनको रोजा राख्ने तरिकाले उनको शरीरलाई कमजोर हुन दिँदैनथ्यो।</t>
+  </si>
+  <si>
+    <t>صيام ثلاثة أيام من كلِّ شهر كصيام السنة كلها، وذلك لأنَّ الحسنة بعشرة أمثالها، فتكون ثلاثين يومًا، فإذا صام من كل شهر ثلاثة أيام فكأنه صام السنة كلَّها.
+من أساليب الدعوة إلى الله الترغيب في العمل وذكر ثوابه وثواب المواظبة عليه.
+قال الخطابي: مُحَصَّل قصة عبد الله بن عمرو أن الله تعالى لم يَتَعَبَّد عبدَه بالصوم خاصة، بل تعبده بأنواع من العبادات، فلو استفرغ جهده لَقَصَّرَ في غيره، فالأولى الاقتصاد فيه ليستبقي بعض القوة لغيره، وقد أشير إلى ذلك بقوله عليه الصلاة والسلام في داود عليه السلام: "وكان لا يفر إذا لاقى"؛ لأنه كان يتقوى بالفطر لأجل الجهاد.
+النهي عن التعمق والتكلف في العبادة، والخير التزام السنة.
+مذهب جمهور أهل العلم كراهية صوم الدهر، ويكون حرامًا إذا شَدَّدَ على نفسه وأَضَرَّ بها وحَمَل عليها، ورَغِبَ عن سنة نبيه صلى الله عليه وسلم، واعتقد أن غير سنته أفضل منها.</t>
+  </si>
+  <si>
+    <t>प्रत्येक महिनामा तीन पटक उपवास बस्नु भनेको पूरा वर्षभरि उपवास बस्नु जस्तै हो। किनभने पुण्यकर्मको प्रतिफल दश गुणा दिइन्छ। यसरी, तीनवटा उपवास तीस दिनको उपवास बराबर हुन्छ। त्यसैले, जसले प्रत्येक महिनामा तीन पटक उपवास बस्छ, उसले वर्षभरि उपवास बसे जस्तै हो।
+मानिसहरूलाई अल्लाहतर्फ आमन्त्रित गर्ने एउटा तरिका भनेको कार्य गर्न प्रोत्साहित गर्नु र यसको प्रतिफल र त्यसमा दृढ रहँदा प्राप्त हुने पुन्य उल्लेख गर्नु हो।
+अल-खत्ताबीले भने: अब्दुल्लाह बिन अम्रको कथाको सार के हो भने अल्लाहले आफ्नो सेवकलाई केवल उपवास बसेर आफ्नो उपासना गर्न लगाउनुभएन, बरु विभिन्न प्रकारका उपासनाहरूद्वारा आफ्नो उपासना गर्न आदेश दिनुभएको छ। यदि उसले एउटा कुरामा आफ्नो सक्दो प्रयास खर्च गर्छ भने ऊ अन्य कुराहरूमा कमजोर हुने हो। त्यसकारण, यसमा मध्यम हुनु राम्रो हो ताकि उसले अन्य कुराहरूको लागि केही शक्ति जोगाउन सकोस्। दाऊदको बर्त बस भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले पनि संकेत गर्नुभएको थियो: "र जब उनी कसैसँग भेट्थे तब उनी भाग्दैनथे," किनभने उनी जिहादको लागि उपवास तोडेर आफूलाई बलियो बनाउन्थे।
+अतिवादमा जाने र उपासनामा ढोंग गर्न निषेध र सबैभन्दा राम्रो कार्य भनेको सुन्नतको पालना गर्नु हो।
+अधिकांश विद्वानहरूको धारणा: लगातार उपवास राख्नु मकरूह (अप्रिय) हो । यदि कसैले आफैंमाथि अत्यधिक दबाब दिन्छ, आफूलाई हानि पुर्‍याउँछ, नबीको सुन्नतबाट टाढा जान्छ र उहाँको सुन्नत बाहेक अरू केही राम्रो छ भन्ने विश्वास गर्छ भने यो निषेधित हो।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6017</t>
+  </si>
+  <si>
     <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
-    <t>ज्यानको जुन अङ्गमा दुखाइ छ त्यहाँ आफ्नो हात राख र तीन पटक " बिस्मिल्लाह" भन र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
- अर्थात्: म अल्लाहको शरण माग्छु र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागी रहेको छ ।</t>
+    <t>शरीरको जुन भागमा तिमीलाई दुख्छ त्यहाँ आफ्नो हात राख र तीन पटक भन: "बिस्मिल्लाह" र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
+अर्थ: म अल्लाह र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागिरहेको छ ।</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
-    <t>हजरत उस्मान बिन अबी अबुल् आस सकफी (रजियल्लाहु अन्हु)द्वारा वर्णन छ : उहाँले इस्लाम कबुल गरेदेखि नै आफ्नो शरीरमा महसुस गरेको पीडाको बारेमा गुनासो गर्नु भयो, सो अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले उहाँलाई भन्नु भयो : " ज्यानको जुन अङ्गमा दुखाइ छ त्यहाँ आफ्नो हात राख र तीन पटक " बिस्मिल्लाह" भन र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
- अर्थात्: म अल्लाहको शरण माग्छु र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागी रहेको छ ।</t>
+    <t>उस्मान बिन अबी अबुल् आस सकफी (रजियल्लाहु अन्हु) ले वर्णन गरेका छन् : उहाँले इस्लाम कबुल गरेदेखि नै आफ्नो शरीरमा महसुस गरेको पीडाको बारेमा गुनासो गर्नु भयो, सो अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई भन्नुभयो: "शरीरको जुन भागमा तिमीलाई दुख्छ त्यहाँ आफ्नो हात राख र तीन पटक भन: "बिस्मिल्लाह" र सात पटक "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु" पढ।
+अर्थ: म अल्लाह र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागिरहेको छ ।</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
-    <t>उस्मान बिन अबू अल-आस (रजियल्लाहु अन्हु) लाई एक गम्भीर पीडा भयो, जसले उनलाई मृत्युको नजिक पुर्‍यायो। यस अवस्थामा, पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) उहाँलाई भेट्न आए र एक यस्तो दुआ सिकाउनुभयो जसले अल्लाहले उनको रोगलाई हटाइदिनुभयो।
-[...5 lines deleted...]
-यस दुआले व्यक्ति हालको पीडा र डर वा भविष्यमा रोग फैलने खतराबाट बच्न सक्नेछ।</t>
+    <t>उस्मान बिन अबू अल-आस (रजियल्लाहु अन्हु) लाई एक गम्भीर पीडा भयो, जसले उनलाई मृत्युको नजिक पुर्‍यायो। त्यसैले पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) उनलाई भेट्न जानुभयो र यस्तो दुआ सिकाउनुभयो जसले अल्लाहले उनको रोगलाई निको पारदिनुभयो। आफ्नो हात दुखेको स्थानमा राखेर तीन पटक (बिस्मिल्लाह) भन्नुहोस् र त्यसपछि सात पटक यसरी भन्नुहोस्: "अऊज़ु बिल्लाहि व क़ुदरतिही मिन शर्रि मा अजिदु व उहाज़िरु"।
+अर्थ: म अल्लाह र उहाँको सामर्थ्यद्वारा उहाँको शरण माग्छु त्यो कुराको खराबीबाट जो म महसुस गर्दैछु र जसको मलाई डर लागिरहेको छ ।
+यस दुआले व्यक्तिको पीडा, डर वा भविष्यमा रोग फैलने खतराबाट बच्न सक्नेछ।</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
-    <t>मान्छेले आफुले आफैलाई रूक्या गर्नु मुस्तहब हो, जस्तै कि हदीसमा आएको छ ।
+    <t>हदीसमा उल्लेख गरिएझैं, मान्छेले आफुले आफैलाई रूक्या गर्नु मुस्तहब हो।
 अलापविलाप र आपत्ति जनाए विना नै गुनासो सुनाउनु धैर्य र अल्लाह माथि भरोसाको विपरीत होइन ।
-दुआ पनि माध्यम अपनाउनुमा सम्मिलित छ । त्यसै कारण यसका शब्द र सङ्ख्याको पनि ख्याल अनिवार्य हुन्छ ।
+दुआ पनि माध्यम अपनाउनुमा समावेश छ, त्यसैले यसका शब्द र सङ्ख्याको पनि ख्याल अनिवार्य हुन्छ ।
 यो दुआ शरिरको कुनै पनि दुखाइमा पढ्न सकिन्छ ।
-यो दुआका माध्यमबाट उपचार गर्ने बेलामा हात दुखाइ भएको ठाउँमा राख्नु पर्छ ।</t>
+यो दुआ पढ्दा, हात प्रभावित क्षेत्रमा राख्नु पर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6018</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>पूरा गर्न सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, जसद्वारा तपाईंले महिलाको गोप्य अंगलाई हलाल (वैध) बनाउनुभएको छ ।</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "पूरा गर्न सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, जसद्वारा तपाईंले महिलाको गोप्य अंगलाई हलाल (वैध) बनाउनुभएको छ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, पूरा गर्नको लागि सबैभन्दा उचित शर्त भनेको त्यो वाचा हो, किनभने त्यो शर्तले महिलाको गोप्य अंगलाई हलाल (वैध) गरिएको छ । यी पत्नीले विवाह गर्दा राख्ने वैध शर्तहरू हुन् ।</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
@@ -12054,118 +13664,164 @@
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) की छोरी फातिमा (रजियल्लाहु अन्हा) ले जाँतो (चक्की) पिस्दा-पिस्दै हातमा उठेको ठेलाबारे गुनासो गरिन् । उता रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ केही कैदीहरू ल्याइएका थिए । घरको काममा सघाउन एउटा कामदार चाहियो भनेर उनी आफ्नो बुवाकहाँ पुगिन्, तर उहाँ नभएकोले सबै कुरा आइशा (रदियल्लाहु अन्हा) सित गरेर फर्किन् । जब नबी (सल्लल्लाहु अलैहि वसल्लम) आउनुभयो, तब आइशा (रजियल्लाहु अन्हा) ले फातिमा एउटा दास माग्न हजुरलाई भेट्न आएकी कुरा भनिन् । यो सुनेर, उहाँ फातिमा र अली (रजियल्लाहु अन्हुमा) को घर आउनुभयो र त्यतिबेला उनीहरू ओछ्यानमा गइसकेका थिए र सुत्ने तयारीमा थिए । उहाँ दुवै जनाको बीचमा बस्नुभयो । यहाँसम्म अली (रजियल्लाहु अन्हुमा) ले उहाँको दुवै पाइलाको शीतलता आफ्नो पेटमा महसुस गरें । उहाँले भन्नुभयो : के म तिमीहरूलाई तिमीहरूले मागेको भन्दा उत्तम कुरा नभनुँ ? उनीहरूले भने: "हो! (जरूर भन्नुहोस्), उहाँले भन्नुभयो: राति आफ्नो ओछ्यानमा सुत्ने बेला ‘अल्लाहु-अक्बर’ ३४ पटक, ‘सुब्हानल्लाह’ ३३ पटक, र ‘अल्हम्दु-लिल्लाह’ ३३ पटक भन । यो दुआ तिमीहरुका लागि दास भन्दा राम्रो छ ।</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>सधैं यो दुआ पढ्नु मुस्तहब हो, किनकि अली (रजियल्लाहु अन्हु) ले नबीको यो वसीयत (दुआ) लाई कहिल्यै पनि छोडेनन्, यहाँसम्म सिफ्फीन(युद्ध)को रातमा पनि ।
 यो दुआ केवल राती सुत्ने बेला पढिने हो । किनभने मुस्लिमको अर्को हदीसमा 'राती आफ्नो ओछ्यानमा सुत्ने बेला' उल्लेख गरिएको छ ।
 यदि कुनै मुस्लिमले रातको सुरुमा यो दुआ पढ्न बिर्सियो र अन्तिम रातमा याद आयो भने त्यतिबेला पढ्दा केही फरक पर्दैन; किनभने अली (रजियल्लाहु अन्हु) ले पनि सिफ्फीनको रातमा सुरु रातमा दुआ पढ्न बिर्सेका थिए र याद आएपछि बिहान हुनु भन्दा अघि पढेका थिए ।
 मुहल्लबले भने: मानिसले जसरी आफू दुनियाँमाथि आखिरतलाई प्राथमिकता दिन्छ त्यसरी आफ्नो परिवारलाई पनि सकेसम्म त्यसको शिक्षा दिनुपर्छ ।
 इब्न हजर अल-अस्कलानीले भने: जसले पाबन्दीका साथ यो दुआ पढ्छ, उसलाई कामको प्रचुरताले नोक्सान हुने छैन, न त उसलाई गाह्रो हुनेछ, चाहे ऊ थकित भए पनि ।
 अल-ऐनीले भने: 'दास भन्द राम्रो' को अर्थ भनेको यो दुआ परलोकसँग सम्बन्धित छ र दास यस संसारसँग, र परलोक पक्कै राम्रो र स्थायी छ । यसको अर्को मतलब के हो भने यो दुआमा दासले सेवा दिने शक्ति भन्दा बढी शक्ति यसमा छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6076</t>
   </si>
   <si>
+    <t>ما بال أقوام قالوا كذا وكذا؟ لكني أصلي وأنام، وأصوم وأفطر، وأتزوج النساء، فمن رغب عن سنتي فليس مني</t>
+  </si>
+  <si>
+    <t>केही मानिसहरूलाई के भएको छ कि तिनीहरूले यसरी कुरा गर्न थालेका छन्? म प्रार्थना गर्छु र सुत्छु। कहिलेकाहीँ म उपवास बस्छु, कहिलेकाहीँ म गर्दिन। म महिलाहरूसँग विवाह पनि गर्छु। जो मेरो सुन्नतबाट टाढा जान्छ उसको मसँग कुनै सम्बन्ध छैन।</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه: أَنَّ نَفَرًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ سَأَلُوا أَزْوَاجَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ عَمَلِهِ فِي السِّرِّ؟ فَقَالَ بَعْضُهُمْ: لَا أَتَزَوَّجُ النِّسَاءَ، وَقَالَ بَعْضُهُمْ: لَا آكُلُ اللَّحْمَ، وَقَالَ بَعْضُهُمْ: لَا أَنَامُ عَلَى فِرَاشٍ، فَحَمِدَ اللهَ وَأَثْنَى عَلَيْهِ، فَقَالَ: «مَا بَالُ أَقْوَامٍ قَالُوا كَذَا وَكَذَا؟ لَكِنِّي أُصَلِّي وَأَنَامُ، وَأَصُومُ وَأُفْطِرُ، وَأَتَزَوَّجُ النِّسَاءَ، فَمَنْ رَغِبَ عَنْ سُنَّتِي فَلَيْسَ مِنِّي».</t>
+  </si>
+  <si>
+    <t>अनस (रजियल्लाहु अन्हु) ले बयान गरेका छन्, पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) का केही साथीहरूले उनका पत्नीहरूलाई उनको गोप्य कर्मको बारेमा सोधे, (उहाँको उपासना गर्ने बानीको बारेमा सुनेपछि) तिनीहरूमध्ये एकले भने, "म महिलाहरूसँग विवाह गर्दिन।" कसैले भन्यो, "म मासु खाने छैन," र कसैले भन्यो, "म ओछ्यानमा सुत्ने छैन।" (जब यो खबर पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) सम्म पुग्यो,  उहाँले (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको प्रशंसा र महिमा गरेपछि भन्नुभयो : "केही मानिसहरूलाई के भएको छ कि तिनीहरूले यसरी कुरा गर्न थालेका छन्? म प्रार्थना गर्छु र सुत्छु। कहिलेकाहीँ म उपवास बस्छु, कहिलेकाहीँ म गर्दिन। म महिलाहरूसँग विवाह पनि गर्छु। जो मेरो सुन्नतबाट टाढा जान्छ उसको मसँग कुनै सम्बन्ध छैन।"</t>
+  </si>
+  <si>
+    <t>جَاءَ نَفَرٌ من الصحابة رضي الله عنهم إلى بيوت أزواج النبي صلى الله عليه وسلم، يسألون عن عبادته في السر داخل بيته، فلما أُخبروا كأنهم تَقَالُّوها، فقالوا: 
+وأين نحن من النبي صلى الله عليه وسلم؟ قد غُفر له ما تقدم من ذنبه وما تأخر، بخلاف مَن لم يعلم بحصول المغفرة له فيحتاج إلى المبالغة في العبادة عسى أن يَحصُل عليها.
+ثم قال بعضهم: لا أتزوج النساء. 
+وقال بعضهم: لا آكل اللحم.
+وقال بعضهم: لا أنام على فراش.
+فبلغ ذلك النبيَّ صلى الله عليه وسلم، فغضب، وخطب الناس، فحمد الله وأثنى عليه وقال: 
+ما شَأْنُ أقوامٍ قالوا كذا وكذا؟! والله إني لأخشاكم لله وأتقاكم له، لكني أنام لأتقوى على القيام، وأفطر لأتقوَّى على الصوم، وأتزوج النساء، فمن أعرض عن طريقتي ورأى الكمال في غيرها، وأخذ بطريقة غيري فليس مني.</t>
+  </si>
+  <si>
+    <t>केही सहाबी (साथी) हरू पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) का पत्नीहरूको घरमा आए। तिनीहरूको उद्देश्य नबी (सल्लल्लाहु अलैहि वसल्लम) घर भित्र कसरी उपासना गर्नुहुन्छ भनेर जान्न थियो। जब उनीहरूलाई उहाँको उपासनाको बारेमा भनियो, मानौं तिनीहरूले यसलाई कम आँकलन गरे र भने: कहाँ रसूल (सल्लल्लाहु अलैहि वसल्लम) को स्थान र कहाँ हाम्रो स्थान? उहाँका विगत र भविष्यका पापहरू क्षमा गरिएका छन्। यसको विपरीत, हामी जस्तालाई क्षमा गरिनेछ कि छैन केही थाहा छैन, त्यसैले हामीले धेरै भन्दा धेरै उपासना गर्नुपर्छ, ताकि क्षमा पाउन सकियोस्। त्यसपछि, तिनीहरूमध्ये एकले भन्यो, "म विवाह गर्दिन।" अर्कोले भन्यो, "म मासु खाने छैन।" कसैले भन्यो "म ओछ्यानमा सुत्ने छैन।" जब नबी (सल्लल्लाहु अलैहि वसल्लम) लाई यो कुरा थाहा भयो, उनले आफ्नो असन्तुष्टि व्यक्त गरे। उनले मानिसहरूलाई सम्बोधन गरे। उनले अल्लाहको प्रशंसा गर्दै भने: यस्ता र यस्ता कुरा गर्ने मानिसहरूलाई के भएको छ?! अल्लाहको कसम, म तिमीहरूमध्ये सबैभन्दा अल्लाहको डर राख्ने र सबैभन्दा धर्मी व्यक्ति हुँ। तर यसको बाबजुद म सुत्छु ताकि म पूर्ण जोशका साथ तहज्जुदको प्रार्थना गर्न सकूँ। म उपवास बिना बाँच्छु, ताकि म उपवास गर्ने शक्ति प्राप्त गर्न सकूँ र म महिलाहरूसँग पनि विवाह गर्छु। त्यसैले, जसले मेरो मार्गबाट विचलित हुन्छ र अर्को मार्गलाई उत्तम मार्ग मान्दछ र त्यसलाई पछ्याउँछ, त्यो मबाट होइन।</t>
+  </si>
+  <si>
+    <t>حب الصحابة رضي الله عنهم للخير، ورغبتهم فيه وفى الاقتداء بنبيهم صلى الله عليه وسلم.
+سماحة هذه الشريعة ويسرها، أخذًا من عمل نبيها صلى الله عليه وسلم وهديه.
+الخير والبركة في الاقتداء بالنبي صلى الله عليه وسلم، واتباع أحواله الشريفة.
+الزَّجْر عن التشديد على النفس في العبادات بما لا تطيق، وأن هذا من حال المبتدعين.
+قال ابن حجر: الأخذ بالتشديد في العبادة يُفضي إلى المَلَل القاطِع لأصلها، وملازمة الاقتصار على الفرائض مثلًا، وترك التنفُّل يفضي إلى إيثار البطالة، وعدم النشاط إلى العبادة، وخير الأمور الوسط.
+فيه تتبُّع أحوال الأكابر للتأسِّي بأفعالهم، وأنه إذا تعذَّرت معرفته من الرجال جاز استكشافه من النساء.
+فيه الوعظ وإلقاء مسائل العلم وبيان الأحكام للمكلَّفين، وإزالة الشبهة عن المجتهدين.
+الأمر بالترفُّق في العبادة، مع المحافظة عليها وعلى الفرائض والنوافل؛ ليراعي المسلم حقوق غيره عليه.
+في الحديث دلالة على فضل النكاح والترغيب فيه.</t>
+  </si>
+  <si>
+    <t>सहाबा (रजियल्लाहु अन्हुम) असल कामहरूलाई माया गर्थे र चाहन्थे र पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) लाई अनुसरण गर्थे।
+इस्लामिक कानूनको सहिष्णुता र सहजता रसूल (सल्लल्लाहु अलैहि वसल्लम) को कार्य र विधिहरूमा स्पष्ट छ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई पछ्याउनुमा भलाइ र आशीर्वाद निहित छ।
+आफ्नो क्षमताभन्दा बढी उपासनाको बोझ बोकाउन निषेध गरिएको छ र यो विदअती (नवप्रवर्तन) हरूको अभ्यास हो भनेर उल्लेख गरिएको छ।
+इब्न हजरले भने: उपासनामा कडा दृष्टिकोण अपनाउँदा बोरियत हुन्छ, जसले यसको जगलाई काट्छ। अनि केवल अनिवार्य कार्यहरूमा आफूलाई सीमित राख्ने र स्वैच्छिक कार्यहरूलाई बेवास्ता गर्ने बानीले आलस्यलाई बढावा दिन्छ र उपासनामा उत्साहको कमी निम्त्याउँछ। सबैभन्दा राम्रो कुरा भनेको मध्य बाटो अपनाउनु हो।
+यसमा अग्रजहरुको अनुकरण गर्न उनीहरूको परिस्थितिलाई पछ्याउने प्रोत्साहन । यदि पुरुषहरूबाट उनीहरूलाई जान्न असम्भव छ भने, महिलाहरूबाट पत्ता लगाउन अनुमति छ।
+यसमा उपदेश दिने, ज्ञानका विषयहरू प्रस्तुत गर्ने, वयस्क व्यक्तिहरूलाई नियमहरू व्याख्या गर्ने र बुझ्न प्रयास गर्नेहरूको शंका हटाउने समावेश छ।
+मुस्लिमले आफूमाथि अरूको अधिकारको सम्मान गर्न सकोस् भनेर उपासनामा नम्रता अपनाउने, त्यसलाई कायम राख्ने, अनिवार्य र नफलका कामहरू गर्ने आदेश।
+हदीसले विवाहको सद्गुणलाई औंल्याउँछ र विवाह गर्न प्रोत्साहन गर्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6078</t>
+  </si>
+  <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>तिमीले बिहान र बेलुका तीन-तीन पटक"{कुल हुवल्लाहु अहद}  (सूरह इख्लास) र दुई मुअव्विजात (सूरह फलक र सूरह नास) पढ्नु। यी ले तिमीलाई हरेक कुराबाट जोगाउनेछन्।</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, हामी एक वर्षाले भिजेको, अत्यन्त अँध्यारो रातमा अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई खोज्न निस्कियौँ ताकि उहाँले हामीलाई नमाज पढाइदिउन्। अब्दुल्लाह बिन खुबैबले भन्नुहुन्छ: मैले उहाँलाई भेटेँ। उहाँले भन्नुभयो: "भन," तर मैले केही भनिनँ। फेरि उहाँले भन्नुभयो: "भन," तर मैले फेरि पनि केही बोलिनँ। तेस्रो पटक उहाँले भन्नुभयो: "भन।" तब मैले सोधें: "म के भनूँ?" उहाँले भन्नुभयो: "तिमीले बिहान र बेलुका तीन-तीन पटक"{कुल हुवल्लाहु अहद}  (सूरह इख्लास) र दुई मुअव्विजात (सूरह फलक र सूरह नास) पढ्नु। यी ले तिमीलाई हरेक कुराबाट जोगाउनेछन्।"</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>सहाबी अब्दुल्लाह बिन खुबैब (रजियल्लाहु अन्हु) ले बयान गर्नुभएको छ: पानी परेको र घनघोर अँध्यारो रातमा हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई नमाज पढाइदिउन् भनेर उहाँको खोजी गर्न बाहिर निस्क्यौँ र उहाँलाई भेट्टायौँ। नबी (सल्लल्लाहु अलैहि वसल्लम) ले अब्दुल्लाह बिन खुबैब लाई भन्नुभयो: "भन" अर्थात पढ, तर उनले केही पनि पढेनन् । नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो कुरा दोहोर्याउनुभयो र अब्दुल्लाहले भने: हे अल्लाहका रसूल, म के पढूँ? नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: सुरतुल-इखलास {कुल हुवल्लाहु अहद} र मुऔवीजतैन {कुल अऊ जु बि-रब्बिल फलक} र {कुल अऊ जु बि-रब्बिनास} बिहान र बेलुका तीन तीन पटक पढनु । यसले तिमीलाई हरेक खराबी र हानिबाट जोगाउँछ ।</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>बिहान र बेलुका सुरतुल-इखलास र मुऔवीजतैन पढ्नु पुण्यकारी हो र यसले हरेक खराबी बाट जोगाउँछ।
 यसमा सुरतुल-इखलास र मुऔवीजतैन पढ्नुको सद्गुण बताइएको छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
-    <t>जसले तीन पटक याे दुआ पढ्यो: " उहाँ अल्लाहको नामबाट जसको नामद्वारा धरती र आकाशमा कुनै चिजले हानी पुर्याउँदैन र उहाँ अति नै सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" उसमाथि बिहानसम्म कुनै विपद अचानक  आउँदैन।</t>
+    <t>जसले यो प्रार्थना तीन पटक पढ्छ: "अल्लाहको नाममा, जसको नामले पृथ्वी वा आकाशमा कुनै पनि कुराले हानि गर्न सक्दैन र उहाँ सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" बिहानसम्म कुनै पनि अचानक विपत्तिले उसलाई आक्रमण गर्नेछैन।</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
-    <t>हजरत अबान बिन उस्मान (रजियल्लाहु अन्हु) द्वारा वर्णन छ, उनी भन्छन् कि मैले उस्मान बिन अफ़्फ़ान (रज़ियल्लाहु अन्हु)ले भन्नु भएको सुनेँ कि उहाँले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम)ले भन्नु भएको सुन्नु भयो : जसले तीन पटक याे दुआ पढ्यो: " उहाँ अल्लाहको नामबाट जसको नामद्वारा धरती र आकाशमा कुनै चिजले हानी पुर्याउँदैन र उहाँ अति नै सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" उसमाथि बिहानसम्म कुनै विपद अचानक  आउँदैन। र जसले बिहानको समयमा तीन पटक यो दुआ पढ्यो, बेलुकासम्म उसमाथि अचानक कुनै समस्या आउँदैन। वर्णनकर्ता भन्छन् कि पछि अबान बिन उसमानलाई पक्षपात भयो, र उनीसित यो हदीस सुन्ने मान्छेले हेरिरहयो। अत: अबानले उसलाई सोधे, किन तिमी मतिर हेरेको हेर्यै छौ ? अल्लाह कसम ! न मैले उस्मानतिर जोडेर झुट्टो कुरा भनेको हो न त उस्मानले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम) तर्फ। वास्तवमा जुन दिन मलाई यो बिमारी लागेको थियो त्यो दिन रिसको झोकमा भएकोले यो दुआ पढ्न बिर्सिएको थिएँ ।</t>
+    <t>अबान बिन उस्मान (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, मैले उस्मान बिन अफ़्फ़ान (रज़ियल्लाहु अन्हु) ले भन्दै गरेको सुनेँ, अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) ले भन्नुभएको छ : "जसले यो प्रार्थना तीन पटक पढ्छ: "अल्लाहको नाममा, जसको नामले पृथ्वी वा आकाशमा कुनै पनि कुराले हानि गर्न सक्दैन र उहाँ सर्वश्रोता एवं सर्वज्ञ हुनुहुन्छ।" बिहानसम्म कुनै पनि अचानक विपत्तिले उसलाई आक्रमण गर्नेछैन।" र जसले बिहान तीन पटक यो पढ्छ, साँझसम्म उसलाई अचानक कुनै विपत्ति आउने छैन।" वर्णनकर्ता भन्छन्, पछि अबान बिन उस्मानमाथि पक्षाघात (फालिज) को आक्रमण भयो, त्यसैले उनीबाट यो हदीस सुन्ने व्यक्तिले उनलाई हेर्न थाल्यो। त्यसैले अबानले उनलाई सोधे: के भयो, तिमी मलाई किन हेरिरहेका छौ? अल्लाहको कसम, मैले उस्मानलाई झूटो भनेर केही भनेको छैन, नत उस्मानले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई झूटो भनेर केही भनेको छ। वास्तवमा जुन दिन मलाई यो बिमारी लागेको थियो त्यो दिन रिसको झोकमा भएकोले यो दुआ पढ्न बिर्सिएको थिएँ ।</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभयो कि जो कुनै व्यक्ति प्रत्येक बिहान फज्र पछि र प्रत्येक साँझ सूर्यास्तअघि तीन पटक यो भन्छ:
-[...2 lines deleted...]
-हदीसका वर्णनकर्ता अबान इब्ने उस्मान (रजियल्लाहु अन्हु)लाई पश्चात्ताप यो । उहाँको शरीरको एकपट्टिको अँग लुलो थियो। उनीबाट हदीस सुनेका व्यक्तिले अबानलाई आश्चर्यचकित भएर हेरे ! अबानले त्यस मानिसलाई भनेः "तिमी किन मतिर हेरि रहेकाछौ ? अल्लाहको कसम, मैले उस्मानको बारेमा झूट बोलेको छैन, न त उस्मानले नबी(सल्लल्लाहु अलैहि वसल्लम)को बारेमा झूट बोलेका हुन् । यद्यपि, जुन दिन यस्तो हुनु थियो अल्लाहले मलाई यो दुआ नपढ्न लेखि दिनु भएको थियो । मलाई (कुनै कारण) धेरै रिस उठ्यो र यी उल्लेखित शब्दहरू मैले भन्न बिर्सें । "</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभयो, जो कुनै व्यक्ति प्रत्येक बिहान फज्र पछि र प्रत्येक साँझ सूर्यास्तअघि तीन पटक यो भन्छ:
+म यस अल्लाहको सहयोग चाहन्छु र हरेक पीडादायी कुराबाट उहाँको सुरक्षा चाहन्छु, उहाँको नाम लिइसकेपछि कुनै पनि ठूलो कुरा, पृथ्वीबाट आउने कुनै पनि विपत्ति वा आकाशबाट आउने कुनै पनि विपत्तिले मलाई हानि पुर्‍याउन सक्दैन। उहाँ नै हाम्रो कुरा सुन्ने र हाम्रो परिस्थितिको बारेमा जानकार हुनुहुन्छ।
+यदि यो साँझमा पढियो भने, बिहानसम्म अचानक कुनै पनि कुराले हानि गर्दैन, र यदि बिहान पढियो भने, साँझसम्म अचानक कुनै पनि कुराले हानि गर्दैन।
+हदीसका वर्णनकर्ता अबान बिन उस्मानमाथि पक्षाघात (फालिज) को आक्रमण भयो, त्यसैले उनीबाट यो हदीस सुन्ने व्यक्तिले उनलाई हेर्न थाल्यो। त्यसैले अबानले उनलाई सोधे: के भयो, तिमी मलाई किन हेरिरहेका छौ? अल्लाहको कसम, मैले उस्मानलाई झूटो भनेर केही भनेको छैन, नत उस्मानले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई झूटो भनेर केही भनेको छ। वास्तवमा जुन दिन मलाई यो बिमारी लागेको थियो त्यो दिन रिसको झोकमा भएकोले यो दुआ पढ्न बिर्सिएको थिएँ ।</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
-    <t>बिहान र साँझमा यो जिक्र पढ्नु मुस्तहब हो, ताकि मान्छे अल्लाहको आदेश अनुसार, अचानक पर्ने हरेक विपदा, वा आपतबाट सुरक्षित रहोस् ।
-[...5 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
+    <t>बिहान बेलुका यो जिक्र पढ्नु मुस्तहब हो। यसलाई पढेपछि, व्यक्ति कुनै पनि विपत्ति वा दुर्भाग्यको अचानक आक्रमणबाट सुरक्षित हुन्छ।
+पहिलो युगका सलाफहरूको अल्लाहमा दृढ विश्वास थियो र तिनीहरूले अल्लाहका रसूल (सल्लल्लाहु अलैहि व सल्लम) को वचनहरूको पुष्टि गर्थे।
+बिहान र बेलुका अल्लाहलाई सम्झनुको एउटा फाइदा के हो भने व्यक्तिको लापरवाही हट्छ र उसलाई सधैं याद रहन्छ कि ऊ अल्लाहको सेवक हो।
+अल्लाहको जिक्रको प्रभाव त्यतिबेला मात्र देखिन्छ जतिबेला सम्झने व्यक्तिमा अल्लाहमा विश्वास, नम्रता, हृदयको उपस्थिति, इमानदारी र निश्चितता हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>“भन : (ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कषीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम) ।</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>साअ्द (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक गाउँले रसूल (सल्लल्लाहु अलैहि वसल्लम) कहाँ आयो र भन्यो: मलाई केही जिक्र (प्रार्थना) हरू सिकाउनुहोस्, जुन म पढ्न सकूँ । उहाँले भन्नुभयो : “भन : (ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, अल्लाहु-अक्बर कबीरा, वल्हम्दु-लिल्लाहि कषीरा, सुब्हानल्लाहि रब्बिल-आलमीन्, ला हौल वला कुव्वत इल्ला बिल्लाहिल-अजीजिल-हकीम) ।" उसले भन्यो: यी शब्दहरू त मेरा पालनकर्ताका लागि भए, अनि मेरो लागि चैँ?  उहाँले भन्नुभयो:  "भन:(अल्लाहुम्मग्-फिर्ली, वर्-हम्नी, वह्दिनी वर्जुक्नी) ।"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -12386,57 +14042,57 @@
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, यी महत्त्वपूर्ण शब्दहरूद्वारा अल्लाहको जिक्र गर्नु र उहाँलाई सम्झनु यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा राम्रो छ र ती हुन्:
 "सुब्हानल्लाह्": अल्लाह सबै किसिमको कमीकमजोरीहरू बाट पवित्र हुनुहुन्छ ।
 "अल्-हम्दु लिल्लाह् ": अल्लाहका पूर्णताको विशेषता, माया, सम्मान र श्रद्धाका साथमा वर्णन गरिएको छ ।
 "ला इलाह इल्-लल्लाह् ": अल्लाह बाहेक कोही सत्य ईश्वर छैन ।
 "अल्लाहु अकबर": अल्लाह सबै भन्दा महान र शक्तिशाली हुनुहुन्छ ।</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>अल्लाहको जिक्र (स्मरण) गर्न प्रोत्साहित, किनकि उहाँको सम्झना यो पृथ्वी र यसमा भएका सबै चीजहरू भन्दा राम्रो छ ।
 अत्यधिक जिक्र गर्न प्रोत्साहन; किनभने यसमा धेरै पुण्य र ठूलो पुरस्कार छ ।
 संसारका भोगहरू थोरै छन् र ती सबै समाप्त हुनेछन् ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6211</t>
   </si>
   <si>
     <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
-    <t>सुर्योदय भन्दा पहिलेको नमाज र सूर्यास्त भन्दा पहिलेको नमाज पढ्ने वाला कदापि आगो (नरक)मा जान सक्दैन ।</t>
+    <t>जो सूर्योदय र सूर्यास्त अघि प्रार्थना गर्छ, त्यो कहिल्यै नर्कमा प्रवेश गर्नेछैन।</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
-    <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन छ, भन्नु हुन्छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो : सुर्योदय भन्दा पहिलेको नमाज र सूर्यास्त भन्दा पहिलेको नमाज पढ्ने वाला कदापि आगो (नरक)मा जान सक्दैन । "</t>
+    <t>अबू जुहैर, ओमारह बिन रुवैबह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जो सूर्योदय र सूर्यास्त अघि प्रार्थना गर्छ, त्यो कहिल्यै नर्कमा प्रवेश गर्नेछैन।"</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ कि कोही पनि व्यक्ति, जसले फज्र र असरको नमाज पढेको छ र यसमा निरन्तरता राखेको छ, नरकमा प्रवेश गर्ने छैन।
 यी दुई नमाजलाई विशेष रूपमा उल्लेख गर्नुभएको छ किनभने यी सबैभन्दा कठिन नमाज हुन्। फज्रको समय निद्रा र आरामको चरममा हुन्छ, जबकि असरको समय दिनभरका काम र व्यापारमा व्यस्त हुने समय हो।
 जो व्यक्ति यी दुःखसहितका दुई नमाजलाई नियमित रूपमा कायम राख्छ, ऊ बाँकी नमाजहरू पनि नियमित रूपमा पढ्नेछ।</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>बिहान र बेलुकाको नमाजहरूको विशेषता, सो यिनको खास ख्याल राख्नुपर्छ।
 जो व्यक्ति यी नमाजहरू अदा गर्छ, ऊ प्रायः आलस्य र दिखावटबाट मुक्त हुन्छ र इबादतलाई प्रेम गर्ने स्वभावको हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6215</t>
   </si>
   <si>
     <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>जो कोही मलाई सलाम गर्छ, अल्लाह तिनको सलाम फर्काउनका लागि मेरो आत्मा मलाई पुनः प्रदान गर्नुहुन्छ।</t>
@@ -12518,50 +14174,83 @@
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जुल-हिज्जा महिनाको पहिलो दश दिनमा पुण्यका काम गर्नु वर्षको अन्य दिनहरूमा पुण्य कर्महरू गर्नु भन्दा राम्रो छ ।
 त्यसैले उहाँका साथीहरूले सोधे, यी दस दिनहरू बाहेक अन्य दिनहरूमा अल्लाहको मार्गमा जिहाद गर्नु उत्तम हो कि यी दस दिनमा सत्कर्म गर्नु  ? किनभने जिहाद उत्तम कार्यहरू मध्ये एक हो भन्ने कुरा उनीहरूलाई थाहा थियो ।
 यसको जवाफ दिँदै रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : यी दश दिनहरूमा राम्रो काम गर्नु अन्य दिनहरूमा जिहाद गर्नु भन्दा राम्रो हो! त्यो व्यक्ति बाहेक जसले अल्लाहको बाटोमा जिहादको लागि आफ्नो जीउधनलाई जोखिममा राखेर निस्क्यो र अल्लाहको बाटोमा आफ्नो सम्पत्ति र ज्यान सबै थोक अर्पण गर्यो । यी दश दिनहरूमा पुण्य कर्म गर्नुभन्दा यो व्यक्तिको यस कर्म (शहादत) उत्तम हो ।</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>जुल-हिज्जा महिनाको पहिलो दश दिनमा सत्कर्म गर्नुको पुण्य । तसर्थ, मुस्लिमले यी दश दिनहरूलाई आशीर्वादको रूपमा लिएर फाइदा उठाउनुपर्दछ । ती दिनहरूमा अल्लाहको महिमा गर्ने, कुरानको पठन गर्ने, तकबीर, तहलील, तहमीद, नमाज, दान, उपवास जस्ता धेरै पुण्य कामहरू गर्नुपर्दछ ।</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[बुखारी र अबू दाउदले वर्णन गरेका छन् र यो शब्द उनको हो]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6255</t>
   </si>
   <si>
+    <t>ما من مسلمين يلتقيان فيتصافحان إلا غفر لهما قبل أن يفترقا</t>
+  </si>
+  <si>
+    <t>जब दुई मुस्लिम भेट्छन् र हात मिलाउँछन् भने तिनीहरूलाई छुट्टिनु अघि नै क्षमा गरिन्छ।</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ مُسْلِمَيْنِ يَلْتَقِيَانِ فَيَتَصَافَحَانِ إِلَّا غُفِرَ لَهُمَا قَبْلَ أَنْ يَفْتَرِقَا».</t>
+  </si>
+  <si>
+    <t>बरा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जब दुई मुस्लिम भेट्छन् र हात मिलाउँछन् भने तिनीहरूलाई छुट्टिनु अघि नै क्षमा गरिन्छ।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنه ما مِن مُسلِمَين يتلاقَيَان في طريق ونحوه فيُسلِّم أحدُهما على الآخر مُصَافَحَةً باليد إلا غُفِرَ لهما قبل أن يَفْتَرِقَا بالأبدان أو بالفراغ عن المصافحة.</t>
+  </si>
+  <si>
+    <t>पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो कि जब दुई मुस्लिमहरू बाटोमा भेट्छन् र एकअर्कालाई अभिवादन गर्छन् र हात मिलाउँछन्, तिनीहरू अलग हुनुभन्दा पहिले तिनीहरूको पापहरू क्षमा गरिन्छ। यो ध्यान दिनुपर्छ कि यहाँ अलग हुनुको अर्थ शारीरिक अलग हुनु र हात मिलाउनुको अन्त्य दुवै हुन सक्छ।</t>
+  </si>
+  <si>
+    <t>استحباب المصافحة عند اللقاء، والحث عليها.
+قال المناوي: ولا تحصل السنة إلا بوضع اليمنى في اليمنى حيث لا عُذْر.
+الحث على إفشاء السلام، وبيان عظيم أجر مصافحة المسلم لأخيه المسلم.
+يستثنى من الحديث المصافحة المُحرَّمة، كمصافحة المرأة الأجنبية.</t>
+  </si>
+  <si>
+    <t>भेटघाट गर्दा हात मिलाउनु मुस्तहब हो र मुसाफहा गर्न प्रोत्साहित।
+अल-मनावीले भने: एक जनाको दाहिने हात अर्को व्यक्तिको दाहिने हातमा राखेर मात्र सुन्नत पूरा हुन्छ, तर यदि कुनै कारण छ भने केही फरक पर्दैन ।
+सलाम फैलाउन प्रोत्साहन र एक मुस्लिमले आफ्नो साथी मुस्लिमसँग हात मिलाउनुको ठूलो इनामको वर्णन।
+तर निषेधित मुसफहा गर्नु हुँदैन, जस्तै अपरिचित महिलासँग हात मिलाउनु।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6257</t>
+  </si>
+  <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>कुर्आन पढ्ने मुमिनको उदाहरण बिमिरो जस्तै हो, जसको सुगन्ध राम्रो हुन्छ र स्वाद पनि मिठो हुन्छ । कुर्आन नपढ्ने मुमिनको उदाहरण खजूर जस्तै हो, जसमा कुनै सुगन्ध हुँदैन, तर स्वाद मिठो हुन्छ</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>अबू-मूसा अल्-अश्अरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कुर्आन पढ्ने मुमिनको उदाहरण बिमिरो जस्तै हो, जसको सुगन्ध राम्रो हुन्छ र स्वाद पनि मिठो हुन्छ । कुर्आन नपढ्ने मुमिनको उदाहरण खजूर जस्तै हो, जसमा कुनै सुगन्ध हुँदैन, तर स्वाद मिठो हुन्छ । कुर्आन पढ्ने मुनाफिक (पाखण्डी, कपटी) को उदाहरण 'रैहान' (तुलसी) जस्तै हो, जसको सुगन्ध राम्रो हुन्छ, तर स्वाद तितो हुन्छ । कुर्आन नपढ्ने पाखण्डीको उदाहरण 'इन्द्रायण ' (करेला जात को फर्सी जस्तै आकारको फल) जस्तै हो, जसमा कुनै सुगन्ध हुँदैन र उसको स्वाद पनि करेला जस्तो तितो हुन्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>यस हदीसमा नबी (सल्लल्लाहु अलैहि वसल्लम) ले कुर्आन पढ्ने र यसबाट लाभान्वित हुने सन्दर्भमा मानिसहरूका प्रकारहरू व्याख्या गर्नुभएको छ:
 पहिलो श्रेणी: त्यो मुमिन (विश्वासी) जसले कुर्आन पढ्छ र त्यसबाट लाभ उठाउँछ, ऊ बिमिरो फल जस्तै हो, जसको स्वाद मिठो, सुगन्धित र रंग पनि सुन्दर हुन्छ र यसका फाइदाहरू धेरै छन् । तसर्थ, उसले पढे अनुसार कर्म गर्छ र मानिसहरूलाई फाइदा पुर्याउछ ।
 दोस्रो: कुरआन नपढ्ने विश्वासी खजूरजस्तै हुन्छ, जसको स्वाद मीठो हुन्छ, तर त्यसमा कुनै सुगन्ध हुँदैन। उसको हृदयमा (ईमान) विश्वासले भरिएको हुन्छ, जसरी खजूरको भित्री भाग मिठासले भरिएको हुन्छ। तर उसबाट सुगन्ध फैलिँदैन, किनभने उसले कुरआनको वाचन गर्दैन,  जसलाई सुनेर मानिसहरूले सन्तुष्टि र शान्ति प्राप्त गर्न सक्थे।
 तेस्रो: मुनाफिक (कपटी) व्यक्ति जसले कुरआन पढ्छ, ऊ रैहान (तुलसी) जस्तै हो। जसमा मीठो सुगन्ध हुन्छ तर स्वाद तीतो हुन्छ। यसको कारण के हो भने, उसले आफ्नो हृदयलाई ईमान (विश्वास) ले सुधारेको हुँदैन र न त उसले कुरआनको पालना नै गर्छ, तर मानिसहरू सामु आफुलाई मुमिन हो भनेर देखाउँछ । मीठो सुगन्ध उसले गरेको कुर्आनको वाचनको कारण हो  र तितो स्वाद उसको कुफ्र (अविश्वास) को कारणले हो  ।
 चौथो: कुरआन नपढ्ने पाखण्डी 'इन्द्रायण' जस्तै हो, जसमा कुनै सुगन्ध हुँदैन र त्यसको स्वाद पनि तीतो हुन्छ। सुगन्धको अभाव कुरआन पठनको अभाव जस्तै हो र स्वादको तीतोपन उसको कपटको तीतोपन जस्तै हो, किनकि उसको भित्री मन विश्वासविहीन हुन्छ र उसको बाह्य अवस्थाबाट पनि कुनै लाभ हुँदैन, बरु हानिकारक नै हुन्छ।</t>
   </si>
@@ -12650,50 +14339,115 @@
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>उसमान बिन अफ्फान (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले राम्रोसँग वुजु गर्छ, उसका पापहरू उसको नङ मुनि समेत  शरीरबाट पखालिनेछन् ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले वुजुको सुन्नत र शिष्टाचारको पालना गर्दै वजू गर्छ, उसका पापहरू मेटिन्छन् । यहाँसम्म उसको हात र खुट्टाको औंलाको नङ मुनिबाट पनि पाप निस्कन्छ ।</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>वुजुको सुन्नत र शिष्टाचार सिक्न र अभ्यास गर्न प्रोत्साहन ।
 वुजुको पुण्य र यो ससाना पापहरूको प्रायश्चित हो, तर ठूला पापहरूको लागि पश्चात्ताप गर्नुपर्छ ।
 पापहरू पखाल्ने शर्त भनेको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले तोकेको विधि अनुसार वुजु पूर्ण रूपमा गर्नुपर्छ र यसमा कुनै कमी हुनु हुँदैन ।
 यस हदीसमा पापहरूको प्रायश्चित ठूला-ठूला पापहरूबाट जोगिन र तिनीहरूबाट पश्चात्तापसँग जोडिएको छ । अल्लाह तआलाले भन्नुभएको छ: "यदि तिमीहरु ठूला पापहरुबाट टाढा रहन्छौ जसबाट तिमीहरुलाई रोकिएको छ, हामी तिमीहरुका (साना) पापहरु माफ गर्नेछौं ।" [सूरह अल-निसा: ३१]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من حفظ عشر آيات من أول سورة الكهف، عصم من الدجال. وفي رواية: من آخر سورة الكهف</t>
+  </si>
+  <si>
+    <t>जसले सुरा अल-काहफको पहिलो दश आयात (श्लोक) हरू कण्ठ गर्छ, ऊ दज्जालबाट सुरक्षित रहनेछ।" अर्को हदीसमा छ: "सुरा अल-काहफको अन्तिम दश आयातहरू।</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه أن النبي صلى الله عليه وسلم قال: «مَنْ حَفِظَ عَشْرَ آيَاتٍ مِنْ أَوَّلِ سُورَةِ الكَهْفِ، عُصِمَ مِنَ الدَّجَّالِ». وفي رواية: «مِنْ آخِرِ سُورَةِ الكَهْف».</t>
+  </si>
+  <si>
+    <t>अबू-दर्दा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले सुरा अल-काहफको पहिलो दश आयात (श्लोक) हरू कण्ठ गर्छ, ऊ दज्जालबाट सुरक्षित रहनेछ।" अर्को हदीसमा छ: "सुरा अल-काहफको अन्तिम दश आयातहरू।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن حَفِظ عَشْرَ آيات عن ظَهْرِ قَلْبٍ مِن أول سورة الكهف عُصِم ووُقِي وحُفِظ من فتنةِ المسيح الدجال الذي يَخرج آخر الزمان ويَدَّعي الألوهية، وفتنته أعظم فتنة تكون على الأرض منذ خُلِقَ آدم إلى قيام الساعة؛ لما أمكنه الله عز وجل من بعض الخَوَارِق التي يَفتن بها من تبعه، وذلك لأن أول سورة الكهف فيها من العجائب والآيات ما هو أعظم مما يَفتن الدَّجالُ فيه الناس، فمَن تَدَبَّرَها لم يفتتن بالدجال.
+وفي رواية: عشر آيات من آخر السورة من قوله تعالى : {أفحسب الذين كفروا أن يتخذوا…}.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले सुरा अल-काहफका पहिलो दस पदहरू कण्ठ गर्छ, ऊ मसिह दज्जालको परीक्षाबाट सुरक्षित रहनेछ। मसिह दज्जाल अन्तिम समयमा देखा पर्नेछ र म अल्लाह हो भनेर दाबी गर्नेछ। उसको परीक्षा आदमको सृष्टिदेखि न्यायको दिनसम्म पृथ्वीमा हुने सबैभन्दा ठूलो परीक्षा हुनेछ। किनभने अल्लाहले उसलाई केही असामान्य चीजहरू दिनेछन् जसको माध्यमबाट उसले मानिसहरूलाई परीक्षामा फसाउनेछ। सुरा अल-काहफका पहिलो दस पदहरू कण्ठ गर्नाले तपाईंलाई मसिह दज्जालको प्रलोभनबाट बचाउनेछ किनभने यी पदहरूमा केही आश्चर्यकर्महरू र असामान्य कुराहरू उल्लेख गरिएका छन् जुन मसिह दज्जालद्वारा प्रकट हुने असामान्य कुराहरू भन्दा धेरै ठूला छन्। त्यसकारण, जो कोहीले पनि तिनीहरूमाथि मनन गर्छ, ऊ मसिह दज्जालको प्रलोभनको शिकार हुनेछैन। अर्को हदीसमा छ: यस सुराको अन्त्यमा रहेका दश पदहरू, जुन "अ फहसेबल्लजीन कफरू...." बाट सुरु हुन्छन्।</t>
+  </si>
+  <si>
+    <t>بيان فضل سورة الكهف، وأن فَوَاتِحَها أو خَوَاتِمَها تَعصم من فتنة الدجال.
+الإخبار عن أمر الدجال، وبيان ما يعصم منه.
+الحث على حفظ سورة الكهف كاملةً، فإن عجز فليحفظ العشر الآيات الأولى والأخيرة.
+قال القرطبي في سَبَبُ ذلك: قيل: لِمَا في قصة أصحاب الكهف من العجائب والآيات، فمَن وَقَفَ عليها لم يَسْتَغرِب أَمْرَ الدجال ولم يَهُلْه ذلك فلم يفتتن به، وقيل: لقوله تعالى: {لينذر بأسًا شديدًا من لدنه} تمسكًا بتخصيص البأس بالشدة واللَّدُنِّيّة، وهو مناسب لما يكون من الدجال من دعوى الإلهية واستيلائه وعظم فتنته، ولذلك عظَّم صلى الله عليه وسلم أمرَه وحَذَّر عنه وتعوذ من فتنته، فيكون معنى الحديث: أن من قرأ هذه الآيات وتدبرها ووقف على معناها حَذِرَه فأمن منه.</t>
+  </si>
+  <si>
+    <t>सुरा अल-काहफका गुणहरूको विवरण र यसको सुरुवाती वा अन्तिम पदहरूले मसिह दज्जालको प्रलोभनबाट जोगाउँछन्।
+यो हदीसले दज्जालको उपस्थिति र त्यसबाट आफूलाई कसरी बचाउने भनेर वर्णन गर्दछ।
+सम्पूर्ण सुरा अल-काहफ कण्ठ गर्न प्रोत्साहन। यदि कसैले सम्पूर्ण सुरा कण्ठ गर्न सक्दैन भने, उसले पहिलो र अन्तिम दश पदहरू कण्ठ गर्नुपर्छ।
+अल-कुर्तुबीले यसको कारणको बारेमा भने: भनिएको छ: गुफाका साथीहरूको कथामा भएका आश्चर्यकर्म र चिन्हहरूको कारणले गर्दा, त्यसैले जो कोही तिनीहरूलाई भेट्छ ऊ मसिह दज्जालको कुराबाट छक्क पर्नेछैन, न त ऊ यसबाट डराउँनेछ र ऊ उसबाट प्रलोभनमा पर्नेछैन। अर्को भनाइ छ : अल्लाहले भन्नुभएको छ: {उहाँबाट कठोर सजायको चेतावनी दिन}, कठोर र सजायको विशिष्टीकरणलाई पालना गर्दै। अल्लाहत्व, आफ्नो मसिह दज्जालत्व र आफ्नो प्रलोभनको महानताको दाबी गर्ने सन्दर्भमा मसिह दज्जालले के गर्नेछ भन्ने कुरालाई ध्यानमा राख्दै यो उपयुक्त छ। त्यसकारण, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनको कुरालाई बढावा दिनुभयो, उनको विरुद्ध चेतावनी दिनुभयो र उनको प्रलोभनबाट शरण लिनुभयो। त्यसैले हदीसको अर्थ हो: जसले यी पदहरू पढ्छ, तिनीहरूलाई मनन गर्छ र तिनीहरूको अर्थ बुझ्छ, ऊ उसको प्रलोभनबाट सावधान रहनेछ र सुरक्षित रहनेछ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6265</t>
+  </si>
+  <si>
+    <t>من عاد مريضا، لم يحضر أجله فقال عنده سبع مرار: أسأل الله العظيم رب العرش العظيم أن يشفيك، إلا عافاه الله من ذلك المرض</t>
+  </si>
+  <si>
+    <t>यदि कुनै व्यक्तिले मृत्युको समय नजिक नआएको बिरामीलाई भेट्न जान्छ र यो प्रार्थना सात पटक पढ्छ: "म महान सिंहासनका स्वामी अल्लाहसँग बिन्ती गर्दछु, अल्लाहले तिमीलाई निको पारुन्," अल्लाहले उसको रोग निको पार्नुहुनेछ।</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ عَادَ مَرِيضًا، لَمْ يَحْضُرْ أَجَلُهُ فَقَالَ عِنْدَهُ سَبْعَ مِرَارٍ: أَسْأَلُ اللَّهَ الْعَظِيمَ رَبَّ الْعَرْشِ الْعَظِيمِ أَنْ يَشْفِيَكَ، إِلَّا عَافَاهُ اللَّهُ مِنْ ذَلِكَ الْمَرَضِ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यदि कुनै व्यक्तिले मृत्युको समय नजिक नआएको बिरामीलाई भेट्न जान्छ र यो प्रार्थना सात पटक पढ्छ: "म महान सिंहासनका स्वामी अल्लाहसँग बिन्ती गर्दछु, अल्लाहले तिमीलाई निको पारुन्," अल्लाहले उसको रोग निको पार्नुहुनेछ।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن مُسلم يَزُوْرُ مسلمًا في مرضه الذي لم يَحضر فيه وقتُ موتِه، ثم دعا الزائرُ للمريضِ بقوله: (أسأل الله العظيم) في ذاته وصفاته وأفعاله، (رب العرش العظيم أن يشفيك)، وأعادَها عليه سَبعَ مرات إلا عافاه الله من ذلك المرض.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, यदि कुनै मुस्लिमले मृत्युको समय नजिक नआएको बिरामीलाई भेट्न जान्छ र त्यसपछि आगन्तुकले बिरामीको लागि यसो भन्दै प्रार्थना गर्छ: "म महान सिंहासनका स्वामी अल्लाहसँग बिन्ती गर्दछु, अल्लाहले तिमीलाई निको पारुन्," र उसले सात पटक दोहोर्याउछ भने अल्लाहले उसको रोग निको पार्नुहुन्छ।</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء للمريض بهذا الدعاء، وتَكْرَاره سبع مرات.
+تحقق الشفاء لمن قيل عنده هذا الدعاء بإذن الله تعالى، إن صدر عن صدق وصلاح.
+يقول هذا الدعاء سِرًّا وجهرًا، فكلُّ ذلك جائز، ولكن إذا أَسْمَعَ المريضَ فهو الأولى والأفضل؛ لأن فيه إدخالَ السرور عليه.</t>
+  </si>
+  <si>
+    <t>बिरामीलाई भेट्ने क्रममा यो दुआ सात पटक पढ्न मुस्तहब हो।
+यदि यो प्रार्थना इमानदारी र धार्मिकताका साथ बिरामीको लागि गरियो भने उसलाई निको हुनेछ।
+यो प्रार्थना सानो र ठूलो स्वरमा भन्न सकिन्छ। यद्यपि, बिरामीलाई ठूलो स्वरमा भन्नु राम्रो हुन्छ, किनकि यसले उसलाई अपार आनन्द दिन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6270</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>जसले मुअज्जिन (अजान दिने व्यक्ति) को अजान सुनेपछि भन्छ, "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना", उसका पापहरू क्षमा हुनेछन्।</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>साअ्द बिन वक्कास (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मुअज्जिन (अजान दिने व्यक्ति) को अजान सुनेपछि भन्छ, "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु, व अश्हदु अन्न मुहम्मदन् अब्दुहू व रसूलुहु, रजीतु बिल्लाहि रब्बा व बि मुहम्मदिन् रसूला व बिल्-इस्लामि दीना", उसका पापहरू क्षमा हुनेछन्।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले मुअज्जिनले अजान दिएको सुनेपछि भन्छ : "अश्हदु अल्ला इलाह इल्लल्लाहु वह्-दहू ला शरीक लहु” अर्थ: म पुष्टि गर्दछु, स्वीकार गर्दछु र गवाही दिन्छु, अल्लाह बाहेक अरू कोही सत्य पूज्य छैनन् र उहाँ बाहेक अरू सबै, जसको पूजा गरिन्छ, मिथ्या हुन्। "व अन्न मुहम्मदन् अब्दुहू व रसूलुहु" अर्थ: मुहम्मद अल्लाहको भक्त हुनुहुन्छ, जसको पूजा गरिदैन र उहाँ अल्लाहको रसूल हुनुहुन्छ, जसलाई झुठो ठहर्याउन सकिदैन भनेर स्वीकार गर्दछु । "रजीतु बिल्लाहि रब्बा" अर्थात् म अल्लाहको स्वामित्व, प्रभुत्व, पूज्यत्व र उहाँका नाम र गुणहरूप्रति विश्वास र आस्था राखेर सन्तुष्ट छु। “व बि मुहम्मदिन् रसूला” अर्थात्: म उहाँ (मुहम्मद (सल्लल्लाहु अलैहि वसल्लम)) मार्फत पठाइएका सबै सन्देशहरू र उहाँले हामीसम्म पुर्याएका सम्पूर्ण शिक्षा र नियमहरू लाई स्वीकार गर्दछु। "व बिल्-इस्लामि" अर्थ: आदेश तथा निषेधहरू सहित इस्लामका सम्पूर्ण सिद्धान्तहरूलाई स्वीकार गर्दछु । "दीनन्" अर्थ: विश्वास र समर्पणका साथ स्वीकार गर्दछु । "उसका साना पापहरू क्षमा हुनेछन्" ।</t>
@@ -12791,98 +14545,131 @@
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस कुद्सी मा स्पष्ट पार्नुभएको छ कि सर्वोच्च र महान् अल्लाहले मूर्तिपूजकहरू र अविश्वासीहरू बारे बताउनुभयो कि तिनीहरूले उहाँलाई झूटो ठान्छन् र दोष तथा अवगुणहरू द्वारा उहाँको वर्णन गर्छन्, जबकि तिनीहरूका लागि यस्तो गर्नु उचित छैन।
 अल्लाहलाई झुठो भन्नु भनेको यो दाबी गर्नु हो कि जसरी अल्लाहले तिनीहरूलाई पहिलो पटक शून्यबाट सृष्टि गर्नुभयो, त्यसैगरी मृत्युपछि फेरि सृष्टि गर्न सक्नुहुन्न। त्यसैले उहाँले तिनीहरूको खण्डन गर्दै जवाफ दिनुभयो: शून्यबाट सृष्टि गर्ने अल्लाह पुनः सृष्टि गर्न सक्षम हुनुहुन्छ, बरु यो त झन् सजिलो छ। वास्तवमा, अल्लाहका लागि सृष्टि र मृत्युपछि पुनः सृष्टि गर्नु दुवै समान छन्, किनभने अल्लाह हरेक कुरामाथि पूर्ण सक्षम हुनुहुन्छ।
 अल्लाहलाई गाली गर्नु भनेको उहाँको छोरा छ भनी दाबी गर्नु हो। यसको खण्डन गर्दै उहाँले जवाफ दिनुभएको छ कि उहाँ एक्लै हुनुहुन्छ। उहाँ आफ्ना नाम, गुण र कर्महरूमा अद्वितीय हुनुहुन्छ। उहाँ हरेक कमी र दोषबाट मुक्त हुनुहुन्छ। उहाँ निरपेक्ष हुनुहुन्छ, जसलाई कसैको आवश्यकता पर्दैन तर सबैलाई उहाँको आवश्यकता छ। उहाँ न त कसैबाट जन्मिनुभएको हो, न कोही उहाँबाट जन्मेको छ, र उहाँको बराबर कोही छैन।</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>यसबाट प्रस्ट हुन्छ कि अल्लाह परिपूर्ण र सर्वशक्तिमान हुनुहुन्छ ।
 यसमा मृत्युपछि पुनः जीवित हुने प्रमाण छ ।
 जसले 'बअ्स' (पुनः जीवित) हुने कुरालाई अस्वीकार गर्छ वा अल्लाहको छोरा छ भन्छ, ऊ काफिर हो ।
 सर्वशक्तिमान अल्लाह जस्तो कोही छैन ।
 अल्लाह अत्यन्त क्षमाशील हुनुहुन्छ। उहाँले काफिर (अविश्वासी) हरूलाई समेत पश्चात्ताप गर्न र सही मार्गमा फर्कने मौका दिनको लागि छुट प्रदान गर्नुहुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6327</t>
   </si>
   <si>
+    <t>إن قلوب بني آدم كلها بين إصبعين من أصابع الرحمن، كقلب واحد، يصرفه حيث يشاء</t>
+  </si>
+  <si>
+    <t>आदमका सन्तानका हृदयहरू अल्लाहका दुई औंलाहरूको बीचमा छन्, मानौं तिनीहरू सबै एउटै हृदय हुन्। उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ घुमाउनुहुन्छ।</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «إِنَّ قُلُوبَ بَنِي آدَمَ كُلَّهَا بَيْنَ إِصْبَعَيْنِ مِنْ أَصَابِعِ الرَّحْمَنِ، كَقَلْبٍ وَاحِدٍ، يُصَرِّفُهُ حَيْثُ يَشَاءُ» ثُمَّ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ مُصَرِّفَ الْقُلُوبِ صَرِّفْ قُلُوبَنَا عَلَى طَاعَتِكَ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, उहाँ भन्नु हुन्छः नबी (सल्लल्लाहु अलैहि वसल्लम) लाई मैले भन्दै गरेको सुनें : "आदमका सन्तानका हृदयहरू अल्लाहका दुई औंलाहरूको बीचमा छन्, मानौं तिनीहरू सबै एउटै हृदय हुन्। उहाँले तिनीहरूलाई जसरी चाहनुहुन्छ घुमाउनुहुन्छ।" त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले प्रार्थना गर्नु भयो: «अल्लाहुम्म मुसराफिफल-कुलुब, सर्रिफ कुलुबना अला त'अतिका»। (हे हृदयहरूलाई घुमाउने अल्लाह! हाम्रो हृदयलाई आफ्नो आज्ञाकारितातिर फर्काउनुहोस्।)</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أن قلوب بني آدم كلَّها بين إصبعين من أصابع الرحمن كقلب واحد؛ يُصَرِّفُه حيث يشاء؛ إن شاء أقامه على الحق، وإن شاء أَزَاغَه عن الحق، وتَصَرُّفُه في جميع القلوب كالتصرُّف في واحد لا يشغله سبحانه شَأنٌ عن شأنٍ، ثم دعا صلى الله عليه وسلم فقال: اللهم مُصَرِّفَ القلوبِ تارةً إلى الطاعة وتارةً إلى المعصية، وتارة إلى الذكر وتارة إلى الغفلة، صَرِّفْ قلوبَنا على طاعتك.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले जानकारी दिनुभयो, आदमका सबै सन्तानहरूको हृदय परम दयालुका दुई औंलाहरूको बीचमा छ, एउटा हृदय जस्तै; उहाँले जसरी चाहनुहुन्छ फेर्नुहुन्छ। यदि उहाँले चाहनुहुन्छ भने, सत्यमा स्थापित गर्नुहुन्छ र यदि उहाँले चाहनुहुन्छ भने, सत्यबाट बहकाउनुहुन्छ। सबै हृदयहरूमा उहाँको कार्य एक हृदयमा उहाँको कार्य जस्तै हो र कुनै पनि कुराले उहाँलाई विचलित गर्दैन। त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यसो भन्दै प्रार्थना गर्नुभयो: "हे अल्लाह, जसले हृदयलाई कहिले आज्ञाकारिता र कहिले अवज्ञा, कहिले स्मरण र कहिले लापरवाहीमा निर्देशित गर्नुहुन्छ, हाम्रो हृदयलाई तपाईंको आज्ञाकारितातर्फ निर्देशित गर्नुहोस्।"</t>
+  </si>
+  <si>
+    <t>إثبات القَدَر، وأن الله يوجِّه قلوبَ عبادِه حسب القدر الذي كتبه عليهم.
+ينبغي على المسلم إدامة سؤال ربه الثبات على الحق والهدى.
+الخوف من الله والتَّعَلُّق به وحده لا شريك له.
+قال الآجري: إن أهل الحق يَصِفُوْن الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يَبتدِع. انتهى. فأهل السنة يُثْبِتُوْن لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويَنْفُون عن الله ما نفاه عن نفسه، ويَسكتون عما لم يَرِدْ به نفيٌ ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).</t>
+  </si>
+  <si>
+    <t>कदर (पूर्वनिर्धारितता) को प्रमाण र अल्लाहले आफ्ना सेवकहरूको हृदयलाई उहाँले लेख्नुभएको भाग्य अनुसार निर्देशित गर्नुहुन्छ।
+एक मुस्लिमले आफ्नो पालनकर्तासँग सत्य र मार्गदर्शनको मार्गमा दृढताको लागि निरन्तर प्रार्थना गर्नुपर्छ।
+अल्लाहको भय र उहाँप्रतिको लगाव, जसको कुनै साझेदार छैन।
+अल-अजुरीले भने: सत्यवानहरूले अल्लाहलाई त्यही रूपमा वर्णन गर्छन् जुन उहाँले आफूलाई वर्णन गर्नुभएको छ र उहाँका रसूल (सल्लल्लाहु अलैहि वसल्लम) तथा उहाँका साथीहरूले उहाँलाई जुन रूपमा वर्णन गर्नुभएको छ। यो ती विद्वानहरूको सिद्धान्त हो जसले अनुसरण गरे र आविष्कार गरेनन्। अहले सुन्नत वल जमाअतले अल्लाहको लागि त्यो कुरा पुष्टि गर्छन्, जुन उहाँले आफ्नो लागि नाम र विशेषताहरूको रूपमा पुष्टि गर्नुभएको छ, विकृति, अस्वीकार, हेरफेर वा कुनै पनि कुरासँग तुलना नगरी। उनीहरूले अल्लाहको लागि त्यो कुरा अस्वीकार गर्छन् जुन उहाँले आफ्नो लागि अस्वीकार गर्नुभएको छ र उनीहरू अस्वीकार वा पुष्टिकरणको सन्दर्भमा उल्लेख नगरिएको कुराको बारेमा मौन रहन्छन्। सर्वशक्तिमान अल्लाहले भन्नुभयो: "उहाँ जस्तो केही छैन र उहाँ सर्वश्रोता र सर्वदेखी हुनुहुन्छ।"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6331</t>
+  </si>
+  <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>जसले मेरो वली (मुमिन भक्त) सँग शत्रुता राख्छ, म उसको विरुद्ध युद्धको घोषणा गर्दछु । मेरो दासले मेरो निकटता प्राप्त गर्ने कर्महरू मध्ये मलाई सबैभन्दा बढी मन पर्ने फर्जहरु हुन्</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
-    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाह भन्नुहुन्छ: जसले मेरो वली (मुमिन भक्त) सँग शत्रुता राख्छ, म उसको विरुद्ध युद्धको घोषणा गर्दछु । मेरो दासले मेरो निकटता प्राप्त गर्ने कर्महरू मध्ये मलाई सबैभन्दा बढी मन पर्ने फर्जहरु हुन् । मेरो भक्तले नफिलद्वारा मेरो नजिक हुने प्रयास गरिरहन्छ, यहाँसम्म म उसलाई माया गर्न थाल्छु । जब म उसलाई माया गर्छु म उसको कान बन्छु, जसबाट उसले सुन्दछ । म उसको आँखा बन्छु, जसबाट उसले देख्दछ । म उसको हात बन्छु, जसले ऊ समात्छ र म उसको खुट्टा बन्छु, जसले ऊ हिँड्छ । यदि उसले मसँग माग्यो भने म उसलाई दिन्छु र उसले शरण माग्यो भने म उसलाई शरण दिन्छु । म आफ्नो मुमिनको ज्यान लिनमा जति संकोच गर्छु, त्यति संकोच अरु मैले गर्ने कुनै कुरामा गर्दिनँ । किनभने उसलाई मृत्यु मन पर्दैन र मलाई उसलाई दुःख दिन मन पर्दैन ।"</t>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाह भन्नुहुन्छ: जसले मेरो वली (मुमिन भक्त) सँग शत्रुता राख्छ, म उसको विरुद्ध युद्धको घोषणा गर्दछु । मेरो दासले मेरो निकटता प्राप्त गर्ने कर्महरू मध्ये मलाई सबैभन्दा बढी मन पर्ने फर्जहरु हुन् । मेरो भक्तले नफिलद्वारा मेरो नजिक हुने प्रयास गरिरहन्छ, यहाँसम्म म उसलाई माया गर्न थाल्छु । जब म उसलाई माया गर्छु म उसको कान बन्छु, जसबाट उसले सुन्दछ । म उसको आँखा बन्छु, जसबाट उसले देख्दछ । म उसको हात बन्छु, जसले ऊ समात्छ र म उसको खुट्टा बन्छु, जसले ऊ हिँड्छ । यदि उसले मसँग माग्यो भने म उसलाई दिन्छु र उसले शरण माग्यो भने म उसलाई शरण दिन्छु । म आफ्नो मुमिनको ज्यान लिनमा जति संकोच गर्छु, त्यति संकोच मैले गर्ने कुनै अरु कुरामा गर्दिनँ । किनभने उसलाई मृत्यु मन पर्दैन र मलाई उसलाई दुःख दिन मन पर्दैन ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) हदीस कुद्सीमा बयान गर्नुहुन्छ, अल्लाहले भन्नुभएको छ : जसले मेरो वली (मुमिन भक्त) हरुमध्ये कसैलाई हानि पुर्‍याउँछ वा घृणा गर्छ, म उसको विरुद्ध शत्रुता र युद्धको घोषणा गर्नेछु ।
-वली : प्रत्येक मुमिन र मुत्तकी वली हुन्, दासको आस्था र धार्मिकताको हद अनुसार भक्तले अल्लाहको वली बन्ने अवसर पाउने छ । मुस्लिमले अल्लाहले फर्ज गर्नुभएको उपासना, आज्ञापालन, हराम चीजहरूबाट टाढा बस्नु र नफिल (स्वैच्छिक उपासना) हरू द्वारा उहाँको निकटता प्राप्त गर्न सक्छ । जब अल्लाहले भक्तलाई प्रेम गर्नुहुन्छ, तब उहाँले भक्तलाई यी चार भागहरूमा मद्दत गर्नुहुनेछ:
+वली : प्रत्येक मुमिन र मुत्तकी वली हुन्, दासको आस्था र धार्मिकताको हद अनुसार भक्तले अल्लाहको वली बन्ने अवसर पाउने छ । मुस्लिमले अल्लाहले फर्ज गर्नुभएको उपासना, आज्ञापालन, हराम चीजहरूबाट टाढा बस्नु र नफिल (स्वैच्छिक उपासना) हरू द्वारा उहाँको निकटता प्राप्त गर्न सक्छ । जब अल्लाहले भक्तलाई प्रेम गर्नुहुन्छ, तब उहाँले भक्तलाई यी चार इन्द्रेणीहरूमा मद्दत गर्नुहुनेछ:
 उहाँले उसको कानलाई निर्देशित गर्नुहुन्छ, त्यसैले उसले परमेश्वरलाई खुशी पार्ने कुरा मात्र सुन्छ ।
 उहाँले उसको आँखालाई निर्देशित गर्नुहुन्छ, त्यसैले उसले केवल परमेश्वरलाई खुशी पार्ने कुरा हेर्छ ।
 उहाँले उसको हातलाई निर्देशित गर्नुहुन्छ, त्यसैले उसले आफ्नो हातले परमेश्वरलाई खुशी पार्ने कुरा बाहेक केही गर्दैन ।
 उहाँले उसको खुट्टालाई निर्देशित गर्नुहुन्छ, त्यसैले ऊ केवल परमेश्वरलाई खुशी पार्ने कुरामा हिँड्छ ।
-यद्यपि, उसले परमेश्वरसँग केही माग्यो भने, परमेश्वरले उसलाई जे मागेको छ त्यो दिनुहुनेछ । ऊ ‘मुस्तजाबुद्दावात’ (जसको दुआ अल्लाहले स्वीकार गर्नु हुन्छ) बन्ने छ । यदि उसले परमेश्वरमा शरण खोज्छ भने सर्वशक्तिमान परमेश्वरले उसलाई डराका कुराबाट आश्रय दिनुहुनेछ ।
-त्यसपछि अल्लाहले भन्नुभयो: म आफ्नो मुमिन भक्तप्रति दया गर्दै उसको रूह (आत्मा) निकाल्नमा जति संकोच, त्यति संकोच मैले गर्ने कुनै काममा गर्दिनँ । किनभने उसले मृत्युलाई घृणा गर्दछ, किनभने यसले पीडा दिन्छ र परमेश्वरले मुमिनलाई पीडा दिने कुरालाई घृणा गर्नुहुन्छ ।</t>
+यद्यपि, उसले परमेश्वरसँग केही माग्यो भने, परमेश्वरले उसलाई जे मागेको छ त्यो दिनुहुनेछ । ऊ ‘मुस्तजाबुद्दावात’ (जसको दुआ अल्लाहले स्वीकार गर्नु हुन्छ) बन्ने छ । यदि उसले परमेश्वरमा शरण खोज्छ भने सर्वशक्तिमान परमेश्वरले उसलाई डरका कुराबाट आश्रय दिनुहुनेछ ।
+त्यसपछि अल्लाहले भन्नुभयो: म आफ्नो मुमिन भक्तप्रति दया गर्दै उसको रूह (आत्मा) निकाल्नमा जति संकोच गर्छु, त्यति संकोच मैले गर्ने कुनै काममा गर्दिनँ । किनभने उसले मृत्युलाई घृणा गर्दछ, किनभने यसले पीडा दिन्छ र परमेश्वरले मुमिनलाई पीडा दिने कुरालाई घृणा गर्नुहुन्छ ।</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
-    <t>यो हदीस रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको हो र यसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहबाट हो । तर यसमा कुर्आनका विशेषताहरू छैनन्, जस्तै: यसको तिलावत गर्नु, यसको लागि तहरात प्राप्त गर्नु, उपासना आदि ।
+    <t>यो हदीस रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्नो पालनकर्बाताट वर्णन गर्नुभएको हो र यसलाई 'हदीस कुदसी' वा 'हदीस-ए-इलाही' भनिन्छ । यसको शब्द र अर्थ दुबै अल्लाहको हो । तर यसमा कुर्आनमा पाइने विशेषताहरू छैनन्, जस्तै: यसको तिलावत गर्नु, यसको लागि तहरात प्राप्त गर्नु, उपासना, चुनौती आदि ।
 अल्लाहका वलीहरूलाई हानि पुऱ्याउन निषेध र उनीहरूलाई माया गर्न र उनीहरूको श्रेष्ठता स्वीकार गर्न प्रोत्साहित गरिएको छ ।
 अल्लाहका शत्रुहरूसंग शत्रुता गर्ने र उनीहरूसंग मित्रता नगर्ने आदेश ।
-जसले अल्लाहको  शरियतलाई पालन नगरी म उहाँको वली हुँ दाबी गर्छ भने ऊ झुटो हो ।
+जसले अल्लाहको शरियतलाई पालन नगरी म उहाँको वली हुँ दाबी गर्छ भने ऊ झुटो हो ।
 अल्लाहको वली बन्नका लागि वाजिब (कर्तब्य) को पालन र हराम (निषेधित) लाई त्याग्नुपर्छ ।
 दासप्रति अल्लाहको प्रेम र दुआ स्वीकार हुनुको एउटा कारण वाजिब (कर्तब्य) को पालन र हराम (निषेधित) लाई त्यागेपछि नफिल (स्वैच्छिक) उपासना गर्नु हो ।
 वलीहरूको श्रेष्ठता र तिनीहरूको उच्च हैसियतको प्रमाण ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6337</t>
   </si>
   <si>
     <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>दुई वटा कुरा मानिसहरूमा पाइनु भनेको कुफ्रका कुराहरू हुन्ः  वंशको निन्दा गर्नु र मृतकमाथि विलाप गर्नु।</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु)द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले  भन्नुभयो: "दुई वटा कुरा मानिसहरूमा पाइनु भनेको कुफ्रका कुराहरू हुन्ः  वंशको निन्दा गर्नु र मृतकमाथि विलाप गर्नु।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
@@ -12924,50 +14711,88 @@
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले गैरुल्लाह (अल्लाह बाहेक) को कसम खान विरुद्ध चेतावनी दिनुभएको छ; किनभने मुमिनले अल्लाहको मात्र कसम खान्छ । जसले गैरुल्लाह (अल्लाह बाहेक) को कसम खान्छ; उदाहरणका लागि यदि कसैले लात र उज्जा; (इस्लाम पूर्व पूजा गरिने दुई मूर्तिहरू) को कसम खान्छ, उसले ‘ला इलाह इल्लल्लाह’ भन्नुपर्छ । यो शिर्कको खण्डन र उनको शपथको लागि प्रायश्चित हुन्छ ।
 त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले आफ्नो साथीलाई भन्यो: आउ तास खेलौं, (दुई वा दुई भन्दा बढी प्रतिस्पर्धी पैसामा जुवा खेल्छ र जित्ने पक्षले हार्ने पक्षको माल खाई दिन्छ) । उसले यसको प्रायश्चितको रूपमा केही दान दिनु मुस्तहब हो ।</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>कसम (शपथ) अल्लाह, उहाँको नाम र विशेषताहरुद्वारा मात्र खान सकिन्छ ।
 गैरुल्लाह (अल्लाह बाहेक) को कसम खानु हराम हो, चाहे त्यो मुर्ति होस्, जस्तै 'लात' 'उज्जा' इत्यादि वा अमानतको कसम खाने वा पैगम्बर वा अन्य कुनै पनि कुराको कसम खाने ।
 खत्ताबीले भने : कसम केवल महान ईश्वरको खाइन्छ, त्यसैले यदि उसले लात आदिको कसम खायो भने उसले काफिरहरूको नक्कल गरिको छ, त्यसैले तौहीद (एकेश्वरवाद) को शब्दले यसलाई सुधार्न आदेश दिइएको छ ।
 जसले गैरुल्लाह (अल्लाह बाहेक) को कसम खान्छ, उसले 'कसमको कफ्फारा’ दिनु पर्दैन, बरु उसले तौबा (पश्चात्ताप) र क्षमा माग्न अनिवार्य छ । किनभने उसको पाप तौबा (पश्चात्ताप) ले मात्र प्रायश्चितप्रेस हुन्छ ।
 जुवा र यसका सबै किसिमहरूलाई अल्लाहले निषेध गर्नुभएको छ र यसलाई मदिरा र मूर्तिहरूसँग जोड्नुभएको छ ।
 पाप गरेपछि प्रायश्चित गर्नुपर्छ ।
 जो कोही पापमा फस्छ, उसले त्यसपछि पुण्य कर्म गर्नुपर्छ; किनकि पुण्य कर्मले पापलाई मेटाउछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6379</t>
+  </si>
+  <si>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>जब रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई दुईवटा कुराहरूमध्ये एक रोज्नु पर्थ्यो, उहाँले सधैं दुई मध्ये सजिलो रोज्नुहुन्थ्यो, जबसम्म त्यो पाप छैन भने। यदि त्यो पाप थियो भने उहाँ त्यसबाट सबैभन्दा टाढा रहनुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>उम्मुल-मुमिनीन आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छन्, जब रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई दुईवटा कुराहरूमध्ये एक रोज्नु पर्थ्यो, उहाँले सधैं दुई मध्ये सजिलो रोज्नुहुन्थ्यो, जबसम्म त्यो पाप छैन भने। यदि त्यो पाप थियो भने उहाँ त्यसबाट सबैभन्दा टाढा रहनुहुन्थ्यो। त्यस्तै गरी, नबी (सल्लल्लाहु अलैहि वसल्लम) ले कहिल्यै पनि आफ्नो लागि बदला लिनुभएन, उहाँले अल्लाहको सीमा नाघ्दा मात्र बदला लिनुभयो। त्यस अवस्थामा, रसूल (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको खातिर बदला लिनुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>सम्पूर्ण मुमिनहरूको आमा आइशा (रजियल्लाहु अन्हा) ले हामीलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) का केही नैतिकताहरूको बारेमा बताउनुभयो। उनलाई दुईवटा कुराहरूमध्ये एक रोज्नु पर्थ्यो, उहाँले सधैं दुई मध्ये सजिलो रोज्नुहुन्थ्यो, जबसम्म त्यो पाप छैन भने। यदि त्यो पाप थियो भने उहाँ त्यसबाट सबैभन्दा टाढा रहनुहुन्थ्यो। त्यसैगरी उहाँले कहिल्यै पनि आफ्नो लागि बदला लिनुभएन, उहाँले अल्लाहको सीमा नाघ्दा मात्र बदला लिनुभयो। त्यस अवस्थामा, रसूल (सल्लल्लाहु अलैहि वसल्लम) अल्लाहको खातिर बदला लिनुहुन्थ्यो।</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>अनाज्ञाकारिता समावेश नभएसम्म, मामिलामा सजिलो विकल्प लिनु राम्रो हुन्छ।
+इस्लामको सहजता।
+अल्लाहको खातिर रिस जायज छ।
+अल्लाहका सीमाहरू स्थापित गर्नमा पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) मा सहनशीलता, धैर्य र दृढता थियो।
+इब्न हजरले भने: गाह्रो कुरा त्याग्नु, सजिलो कुरामा सन्तुष्ट हुनु र बाध्य नभएकोमा जिद्दी त्याग्नु।
+सर्वशक्तिमान अल्लाहको अधिकारसँग सम्बन्धित मामिलाहरू बाहेक क्षमा गर्न प्रोत्साहन।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6389</t>
   </si>
   <si>
     <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो?" सहाबाले भने: हामीकहाँ गरिब त्यो हो जोसँग न दिर्हम छ न कुनै सर सामान । उहाँले भन्नुभयो: “मेरो उम्मतको गरिब त्यो व्यक्ति हो जो न्यायको दिन नमाज, रोजा र जकात जस्ता पुण्य कर्महरू लिएर आउनेछ, तर उसले कसैलाई गाली गरेको होला, कसैलाई बलात्कारको आरोप लगाएको होला, कसैको सम्पत्ति खाएको होला, कसैको हत्या गरेको होला । त्यसैले उसको असल कर्मबाट केही यसलाई दिइनेछ र केही त्यसलाई दिइनेछ । त्यसपछि यदि उनीहरूको हक तिर्नु अघि नै उसको राम्रो कर्म सकियो भने, उत्पीडितहरूको पाप उसको टाउकोमा हालिनेछ र त्यसपछि उसलाई नर्कमा फालिनेछ ।</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूलाई सोध्नुभयो: के तिमीहरूलाई थाहा छ, गरीब (मुफ्लिस) को हो ? तिनीहरूले भने: हामीमध्ये गरीब त्यो हो जोसँग पैसा वा सम्पत्ति छैन । उहाँले भन्नुभयो: “मेरो उम्मतको गरिब त्यो व्यक्ति हो जो न्यायको दिन नमाज, रोजा र जकात जस्ता पुण्य कर्महरू लिएर आउनेछ, तर उसले कसैलाई गाली गरेको छ, कसैलाई बलात्कारको आरोप लगाएको छ, कसैको सम्पत्ति खाएको छ, कसैको हत्या गरेको छ इत्यादि । त्यसैले उत्पीडित व्यक्तिलाई उसको राम्रो कर्मबाट दिइनेछ । यदि उनीहरूको हक तिर्नु अघि नै उसको राम्रो कर्म सकियो भने उत्पीडित व्यक्तिको पापहरू उत्पीडकको अभिलेखमा हालिनेछ र कुनै पुण्य बाँकी नबचेपछि उसलाई नर्कमा फालिनेछ ।</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
@@ -13243,79 +15068,123 @@
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लमले भन्नु भएको छ, जसले आफ्नो जिब्रोले 'ला इलाह इल्लल्लाह' (अल्लाह बाहेक कोही सत्य ईश्वर छैन) भनी गवाही दिन्छ र अल्लाह बाहेक पूजा गर्ने सबैलाई अस्वीकार गर्दछ र इस्लाम बाहेक सबै धर्महरूबाट आफ्नो असंलग्नता देखाउँदछ, उसको धन र रगत (ज्यान) मुस्लिमहरूका लागि हराम भयो, किनभने हामी उसको बाह्य हाल मात्र देख्नेछौं । त्यसकारण उसको सम्पत्ति खोस्न सकिँदैन र रगत बगाउन सकिँदैन । हो! यदि उसले कुनै पाप वा अपराध गर्छ, जसको कारणले उसको रगत वा सम्पत्ति इस्लामको प्रावधान अनुसार हलाल हुन्छ भने त्यो फरक कुरा हो ।
 यस्तो अवस्थामा अल्लाहले न्यायको दिन उसको हिसाब लिनुहुनेछ । यदि ऊ इमान्दार र सच्चा थियो भने उहाँले उसलाई पुरस्कृत गर्नुहुनेछ र यदि ऊ कपटी र झुटो थियो भने, उहाँले उसलाई दण्ड दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>जिब्रोले "ला इलाह इल्लल्लाह" भन्नु र अल्लाह बाहेकका सबै लाई इन्कार गर्नु इस्लाममा प्रवेश गर्ने शर्त हो ।
 ला इलाह इल्लल्लाहको अर्थ : अल्लाह बाहेक पूजा गरिने सबैलाई अस्वीकार गर्नु हो, जस्तै मूर्तिहरू, चिहानहरू र केवल एक अल्लाहको उपासना गर्नु ।
 जसले तौहीद (एकेश्वरवाद) लाई स्वीकार गर्छ र इस्लामका विधिविधान र आदेशहरूलाई बाहिरी रूपमा पालन गर्छ, उसको विपरीत केही प्रमाणित नभएसम्म उसको मामिलामा (उ विपरीत कुनै कार्य नगरी) धैर्य रहनुपर्छ ।
 मुस्लिमको जीवन, सम्पत्ति, इज्जत र प्रतिष्ठामा अन्यायपूर्ण हस्तक्षेप गर्न निषेध गरिएको छ ।
 यस संसारमा बाहिरी रूप अनुसार र परलोकमा नियत र उद्देश्य अनुसार निर्णय लिइनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6765</t>
   </si>
   <si>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>अल्लाहले त्यो व्यक्तिलाई खुशी बनाऊन्, जसले मेरो कुरा सुन्छ र जसरी उसले सुनेको थियो त्यस्तै अरूलाई पनि सुनाउँछ, किनकि धेरै मानिसहरू जसलाई सन्देश सुनाइएको छ, तिनीहरूले त्यो सन्देश सुनाउने व्यक्ति भन्दा राम्रोसँग बुझेका हुन्छन्।</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "अल्लाहले त्यो व्यक्तिलाई खुशी बनाऊन्, जसले मेरो कुरा सुन्छ र जसरी उसले सुनेको थियो त्यस्तै अरूलाई पनि सुनाउँछ, किनकि धेरै मानिसहरू जसलाई सन्देश सुनाइएको छ, तिनीहरूले त्यो सन्देश सुनाउने व्यक्ति भन्दा राम्रोसँग बुझेका हुन्छन्।"</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यो व्यक्तिको लागि यस संसारमा चमक, आनन्द र सुन्दरता तथा परलोकमा स्वर्गको चमक, आनन्द र सुन्दरताको लागि प्रार्थना गर्नुभयो, जसले उहाँको हदीस सुन्छ र जसरी सुनेको छ त्यसरी अरूलाई पनि सुनाउँछ, किनकि धेरै मानिसहरू जसलाई सन्देश सुनाइएको छ, तिनीहरूले त्यो सन्देश सुनाउने व्यक्ति भन्दा बढी जानकार, बढी अन्तरदृष्टिपूर्ण र निष्कर्ष निकाल्न सक्षम हुन्छ। यसरी, पहिलो कण्ठ र प्रसारणमा दक्ष छ भने दोस्रो बुझ्न र निष्कर्ष निकाल्नमा ।</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>नबीको सुन्नतलाई सम्झन र मानिसहरूलाई सुनाउन प्रोत्साहन।
+अहले हदीस र हदीस पढ्ने विद्यार्थीहरूको स्थानको वर्णन।
+निष्कर्षण र बुझ्ने क्षमता भएका विद्वानहरूको गुण।
+सहाबाहरूको सद्गुण, जसले नबी (सल्लल्लाहु अलैहि वसल्लम) को हदीस सुने र हामीलाई यो सन्देश पुर्‍याए।
+अल-मनावीले भने: हदीस बयान गर्ने व्यक्ति (रावी) को लागि न्यायशास्त्र शर्त होइन, बरु उसको अवस्था कण्ठस्थ हुनु हो र न्यायविद्ले बुझ्नु र चिन्तन गर्नु पर्छ।
+इब्न ओयैनाहले भने: जसले हदीस खोज्छ र अरुसम्म पुर्याउने गर्छ अनुहारमा यो हदीसको चमक प्रतिबिम्बित हुन्छ।
+हदीस विद्वानहरूका अनुसार कण्ठस्थता दुई प्रकारका हुन्छन्: हृदय र दिमागको कण्ठस्थता र किताब तथा पङ्क्तिको कण्ठस्थता, र यो दुआ दुवैलाई समावेश छन्।
+मानिसहरूको बुझाइ फरक-फरक हुन्छ; जानकारी दिइएको व्यक्ति जानकारी दिने व्यक्ति भन्दा बढी सचेत हुन सक्छ र ज्ञान बोक्ने व्यक्ति (फकीह) शरिया कानूनविद् नहुन सक्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/6820</t>
+  </si>
+  <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>जो कोहीले मेरो तर्फबाट यस्तो हदीस सुनाउँछ, जुन उसले झूटा ठान्छ, त्यो व्यक्ति झूट बोल्नेहरू मध्ये एक हो।</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>समुरह बिन जुन्दब र मुगीरा बिन शोअबा (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जो कोहीले मेरो तर्फबाट यस्तो हदीस सुनाउँछ, जुन उसले झूटा ठान्छ, त्यो व्यक्ति झूट बोल्नेहरू मध्ये एक हो।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जसले उहाँबाट कुनै हदीस सुनाउछ, जबकि उसलाई थाहा छ वा शंका छ वा दृढ विश्वास छ यो उहाँ विरुद्ध झूटो हो, तैपनि उसले त्यो (झूठो) हदीस वर्णन गर्छ भने ऊ पनि यो पापको भागिदार छ ।</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) बाट वर्णित हदीसहरूमा ध्यान दिनु र वर्णन गर्नु भन्दा पहिला उहाँबाट प्रमाणित छ कि छैन पुष्टि गर्नु ।
 मनगढन्त हदीस वर्णन गर्ने, यसलाई प्रचार गर्ने र मानिसहरूमाझ फैलाउने सबैमा यो आदेश लागू हुन्छ ।
 थाहा हुँदा हुँदै मनगढन्त हदीस सुनाउन निषेध गरिएको छ । तर यो मनगढन्त हदीस हो, यसबाट सावधान रहनु होला भन्ने चेतावनीको लागि जायज हो ।</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>उहाँको अख्लाक (नैतिकता) नै कुर्आन थियो ।</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>साद बिन हिशाम बिन आमिर जब आइशा (रजियल्लाहु अन्हा) कहाँ गए अनि उनले भने: हे उम्मूल-मुमिनीन (इमानवालाहरू कि आमा)! मलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) को अख्लाक (नैतिकता) को बारेमा बताउनुहोस् । यो सुनेर उहाँले भन्नुभयो: के तिमी कुर्आन पढ्दैनौ? मैले जवाफ दिएँ: म अवश्य पढ्छु । उहाँले भन्नुभयो: उहाँको अख्लाक (नैतिकता) नै कुर्आन थियो ।</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>उम्मूल-मुमिनीन आइशा (रजियल्लाहु अन्हा) लाई रसूल (सल्लल्लाहु अलैहि वसल्लम) को नैतिकताको बारेमा सोधियो र उनले छोटो र मिठो जवाफ दिदै प्रश्नकर्तालाई कुर्आनलाई अध्ययन गर्न भनिन्, किनभने यो सबै हिसाबले पूर्ण पुस्तक हो । उनले भनिन् : उहाँको आचरण र नैतिकता कुर्आनको एक जीवन्त उदाहरण थियो । उहाँ कुर्आनको आदेशको पालना गर्नुहुन्थ्यो, कुर्आनले निषेध गरेको कुराहरूबाट टाढा रहनुहुन्थ्यो । यसरी उहाँको नैतिकता कुर्आनको व्यवहारिक व्याख्या थियो । उहाँले कुर्आनले तोकेको सीमामा रहनुभयो, यसको शिष्टाचारको पालना गर्नुभयो र यसमा प्रस्तुत उदाहरणहरू र कथाहरूबाट पाठ सिक्नुभयो ।</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
@@ -13532,83 +15401,175 @@
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)ले बताउनु भयो कि जन्नत वालाहरू जन्नत प्रवेश गरे पछि अल्लाह तआलाले उनीहरूलाई भन्नु हुनेछ :
 के तिमीहरूलाई अझै केही चाहिएको छ त ? (भए) थपि दिन्छु ।
 जन्नत वालाहरू सबै जनाले भन्ने छन् : के तपाईँले हाम्रा अनुहार उज्यालो बनाउनु भएको होइन ? के तपाईँले हामीहरूलाई जन्नतमा प्रवेश गर्नु भएको होइन ? अनि आगो(नरक)बाट बचाउनु भएको होइन ?
 सो अल्लाह तआलाले (नूरको) पर्दा  हटाउनु र त्यसलाई उठाउनु हुनेछ । अनि उहाँको पर्दा भनेको प्रकाश(नूर) हो । अतयव: उनीहरूलाई प्रदान भएका कुराहरूमा उनीहरूका लागि सबै भन्दा प्यारो भनेको आफ्ना रब ( पालनकर्ता)को दर्शन हुनेछ।</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>जन्नत वालाहरु बाट पर्दा हटाउनु फलस्वरुप उनीहरूले आफ्नो रबलाई देख्न पाउनु हो, र काफिर यसबाट वञ्चित रहने छन्।
 जन्नतमा ठुला नेअमत(पुरस्कार)हरू मध्ये आफ्नाे रबलाई देख्न पाउनु हाे ।
 सबै जन्नत वालाहरुले उनीहरुकाे दर्जा भिन्ना भिनै भएता पनि आफ्नाे रबलाई देख्न पाउने छन् ।
 इमान वालाहरूलाई जन्नत (स्वर्ग)मा प्रवेश गराउनमा अल्लाहको अनुग्रह ।
 राम्रा कर्महरू द्वारा जन्नत जानका लागि र अल्लाह र उहाँका रसूल(सल्लल्लाहु अलैहि वसल्लम)को आज्ञाकारिताको माध्यमबाट कोसिस गर्ने महत्त्व ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8344</t>
   </si>
   <si>
+    <t>يجمع الله الناس الأولين والآخرين في صعيد واحد، يسمعهم الداعي وينفذهم البصر، وتدنو الشمس، فيبلغ الناس من الغم والكرب ما لا يطيقون ولا يحتملون</t>
+  </si>
+  <si>
+    <t>अल्लाहले अघिल्ला र पछिल्ला सबै मानिसहरूलाई एउटा ठूलो, समतल मैदानमा भेला गर्नुहुनेछ जहाँ पुकार्नेको आवाज सबैसम्म पुग्नेछ, हेर्नेले सबैलाई देख्नेछ र सूर्य धेरै नजिक हुनेछ। मानिसहरूले असहनीय पीडा र दु:खको सामना गर्नेछन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِلَحْمٍ فَرُفِعَ إِلَيْهِ الذِّرَاعُ، وَكَانَتْ تُعْجِبُهُ فَنَهَشَ مِنْهَا نَهْشَةً، ثُمَّ قَالَ: «أَنَا سَيِّدُ النَّاسِ يَوْمَ القِيَامَةِ، وَهَلْ تَدْرُونَ مِمَّ ذَلِكَ؟ يَجْمَعُ اللَّهُ النَّاسَ الأَوَّلِينَ وَالآخِرِينَ فِي صَعِيدٍ وَاحِدٍ، يُسْمِعُهُمُ الدَّاعِي وَيَنْفُذُهُمُ البَصَرُ، وَتَدْنُو الشَّمْسُ، فَيَبْلُغُ النَّاسَ مِنَ الغَمِّ وَالكَرْبِ مَا لاَ يُطِيقُونَ وَلاَ يَحْتَمِلُونَ، فَيَقُولُ النَّاسُ: أَلاَ تَرَوْنَ مَا قَدْ بَلَغَكُمْ، أَلاَ تَنْظُرُونَ مَنْ يَشْفَعُ لَكُمْ إِلَى رَبِّكُمْ؟ فَيَقُولُ بَعْضُ النَّاسِ لِبَعْضٍ: عَلَيْكُمْ بِآدَمَ، فَيَأْتُونَ آدَمَ عَلَيْهِ السَّلاَمُ فَيَقُولُونَ لَهُ: أَنْتَ أَبُو البَشَرِ، خَلَقَكَ اللَّهُ بِيَدِهِ، وَنَفَخَ فِيكَ مِنْ رُوحِهِ، وَأَمَرَ المَلاَئِكَةَ فَسَجَدُوا لَكَ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، أَلاَ تَرَى إِلَى مَا قَدْ بَلَغَنَا؟ فَيَقُولُ آدَمُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ نَهَانِي عَنِ الشَّجَرَةِ فَعَصَيْتُهُ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى نُوحٍ، فَيَأْتُونَ نُوحًا فَيَقُولُونَ: يَا نُوحُ، إِنَّكَ أَنْتَ أَوَّلُ الرُّسُلِ إِلَى أَهْلِ الأَرْضِ، وَقَدْ سَمَّاكَ اللَّهُ عَبْدًا شَكُورًا، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي عَزَّ وَجَلَّ قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ كَانَتْ لِي دَعْوَةٌ دَعَوْتُهَا عَلَى قَوْمِي، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى إِبْرَاهِيمَ، فَيَأْتُونَ إِبْرَاهِيمَ فَيَقُولُونَ: يَا إِبْرَاهِيمُ أَنْتَ نَبِيُّ اللَّهِ وَخَلِيلُهُ مِنْ أَهْلِ الأَرْضِ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَيَقُولُ لَهُمْ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ كُنْتُ كَذَبْتُ ثَلاَثَ كَذِبَاتٍ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى مُوسَى فَيَأْتُونَ، مُوسَى فَيَقُولُونَ: يَا مُوسَى أَنْتَ رَسُولُ اللَّهِ، فَضَّلَكَ اللَّهُ بِرِسَالَتِهِ وَبِكَلاَمِهِ عَلَى النَّاسِ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ قَتَلْتُ نَفْسًا لَمْ أُومَرْ بِقَتْلِهَا، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى عِيسَى ابْنِ مَرْيَمَ، فَيَأْتُونَ عِيسَى، فَيَقُولُونَ: يَا عِيسَى أَنْتَ رَسُولُ اللَّهِ، وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَكَلَّمْتَ النَّاسَ فِي المَهْدِ صَبِيًّا، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ عِيسَى: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ قَطُّ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَلَمْ يَذْكُرْ ذَنْبًا، نَفْسِي نَفْسِي نَفْسِي اذْهَبُوا إِلَى غَيْرِي اذْهَبُوا إِلَى مُحَمَّدٍ، فَيَأْتُونَ مُحَمَّدًا فَيَقُولُونَ: يَا مُحَمَّدُ أَنْتَ رَسُولُ اللَّهِ وَخَاتِمُ الأَنْبِيَاءِ، وَقَدْ غَفَرَ اللَّهُ لَكَ مَا تَقَدَّمَ مِنْ ذَنْبِكَ وَمَا تَأَخَّرَ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَأَنْطَلِقُ فَآتِي تَحْتَ العَرْشِ، فَأَقَعُ سَاجِدًا لِرَبِّي عَزَّ وَجَلَّ، ثُمَّ يَفْتَحُ اللَّهُ عَلَيَّ مِنْ مَحَامِدِهِ وَحُسْنِ الثَّنَاءِ عَلَيْهِ شَيْئًا، لَمْ يَفْتَحْهُ عَلَى أَحَدٍ قَبْلِي، ثُمَّ يُقَالُ: يَا مُحَمَّدُ ارْفَعْ رَأْسَكَ سَلْ تُعْطَهْ، وَاشْفَعْ تُشَفَّعْ فَأَرْفَعُ رَأْسِي، فَأَقُولُ: أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، فَيُقَالُ: يَا مُحَمَّدُ أَدْخِلْ مِنْ أُمَّتِكَ مَنْ لاَ حِسَابَ عَلَيْهِمْ مِنَ البَابِ الأَيْمَنِ مِنْ أَبْوَابِ الجَنَّةِ، وَهُمْ شُرَكَاءُ النَّاسِ فِيمَا سِوَى ذَلِكَ مِنَ الأَبْوَابِ، ثُمَّ قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنَّ مَا بَيْنَ المِصْرَاعَيْنِ مِنْ مَصَارِيعِ الجَنَّةِ، كَمَا بَيْنَ مَكَّةَ وَحِمْيَرَ -أَوْ كَمَا بَيْنَ مَكَّةَ وَبُصْرَى-».</t>
+  </si>
+  <si>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) को अगाडि मासु ल्याइयो र उहाँलाई हातको भाग मन पर्थ्यो, त्यसैले उहाँलाई दिइयो। उहाँले आफ्नो पवित्र दाँतले टोकेर एक पटक खानुभयो, त्यसपछि भन्नुभयो: "कयामत (न्याय) को दिन म मानिसहरूको नेता (सरदार) हुनेछु। के तिमीहरुलाई थाहा छ यो किन हुनेछ? अल्लाहले अघिल्ला र पछिल्ला सबै मानिसहरूलाई एउटा ठूलो, समतल मैदानमा भेला गर्नुहुनेछ जहाँ पुकार्नेको आवाज सबैसम्म पुग्नेछ, हेर्नेले सबैलाई देख्नेछ र सूर्य धेरै नजिक हुनेछ। मानिसहरूले असहनीय पीडा र दु:खको सामना गर्नेछन्। त्यसैले, मानिसहरूले एकअर्कालाई भन्नेछन्, "के तिमीहरू कति समस्यामा छौ भनेर देख्दैनौ? तिमीहरू किन त्यस्तो व्यक्ति खोज्दैनौ जसले तिमीहरूको पालनकर्ताको सामु तिमीहरूको लागि मध्यस्थता गर्न सकोस्?" त्यसपछि तिनीहरू एकअर्कालाई भन्नेछन्, "आदम (अलैहिस्सलाम) कहाँ जाऊ ।" त्यसैले तिनीहरू आदम (अलैहिस्सलाम) कहाँ आउनेछन् र भन्नेछन्: "तपाईं मानवजातिको पिता हुनुहुन्छ। अल्लाहले तपाईंलाई आफ्नै हातले सृष्टि गर्नुभयो, त्यसपछि तपाईंमा रूह (आत्मा) फुक्नुभयो र स्वर्गदूतहरूलाई सजदा गर्न आदेश दिनुभयो, त्यसैले तिनीहरूले तपाईंको अगाडि सजदा गरे। हाम्रो लागि आफ्नो पालनकर्तासँग सिफारिश गर्नुहोस्।" के हजुरले हामी कति दुःखमा छौं भनेर देख्दनुहुन्न? हाम्रो दुःख कति बढेको छ? आदम (अलैहिस्सलाम) ले भन्नेछन्: आज मेरो पालनकर्ता धेरै रिसाउनुभएको छ। उहाँ पहिले कहिल्यै यति रिसाउनुभएको थिएन, न त फेरि कहिल्यै रिसाउनु हुनुहुनेछ। उहाँले मलाई रूखको फल खानबाट निषेध गर्नुभयो। तर मैले यो खाएँ। मलाई आफ्नो बारेमा चिन्ता छ। मलाई आफ्नो बारेमा चिन्ता छ। मलाई आफ्नो बारेमा चिन्ता छ। तिमी अरु कहाँ जाऊ । तिमी नूह कहाँ जाऊ । मानिसहरू नूह (अलैहिस्सलाम) कहाँ आउनेछन् र भन्नेछन्: हे नूह, तपाईं पहिलो दूतको रूपमा पृथ्वीमा आउनु भयो र अल्लाहले तपाईंलाई आफ्नो कृतज्ञ सेवक भनेका छन्। आफ्नो पालनकर्तासँग हाम्रो लागि सिफारिश गर्नुहोस्। हामी कष्टमा छौं भनेर देख्नुहुन्न? उनले भन्नेछ: "मेरो पालनकर्ता आज धेरै रिसाउनुभएको छ।" म पहिले कहिल्यै यति रिसाएको थिइनँ र अब कहिल्यै हुने पनि छैन। वास्तवमा, मलाई प्रार्थना गर्ने अधिकार थियो, तर मैले यसलाई आफ्नै विरुद्धमा बनाएको छु। म आफ्नो बारेमा चिन्तित छु। म आफ्नो बारेमा चिन्तित छु। म आफ्नो बारेमा चिन्तित छु। म बाहेक अरु कहाँ जाऊ। इब्राहिम (अलैहिस्सलाम) कहाँ जाऊ। यो सुनेर सबै मानिसहरू इब्राहिम (अलैहिस्सलाम) कहाँ आउनेछन् र भन्नेछन्, "हे इब्राहिम! तपाईं नबी र पृथ्वीका सबै मानिसहरूमध्ये उहाँका मित्र हुनुहुन्छ। कृपया हाम्रो लागि सिफारिश गर्नुहोस्।" के तपाईंले देख्नु हुन्न हामी कति दुःखमा छौं? तर उनले तिनीहरूलाई यो भन्नेछ, "मेरो पालनकर्ता आज धेरै रिसाउनुभएको छ। उहाँ पहिले कहिल्यै यति रिसाउनुभएको थिएन, न त फेरि हुनेछ। मैले (यस संसारमा) तीन झूट बोलेको छु। म आफ्नो बारेमा चिन्तित छु।" म आफ्नो बारेमा चिन्तित छु। म आफ्नो बारेमा चिन्तित छु। म बाहेक अरू कहाँ जानुहोस्। मोशा (अलैहिस्सलाम) कहाँ जानुहोस्। त्यसपछि मानिसहरू मोशा (अलैहिस्सलाम) कहाँ जानेछन् र भन्नेछन्, "हे मोशा! तपाईं नबी हुनुहुन्छ।" अल्लाहले तपाईंलाई उहाँसँग कुरा गर्ने विशेषाधिकार प्रदान गरेर र आफ्नो रसूल बनाएर सबैमाथि श्रेष्ठता प्रदान गर्नुभएको छ। आज अल्लाहको सामु हाम्रो लागि सिफारिश गर्नुहोस्। के  तपाईंले हामी कष्टमा छौं भनेर देखनु हुन्न? मोशा (अलैहिस्सलाम) भन्नेछन्: आज मेरो पालनकर्ता धेरै रिसाउनुभएको छ। उहाँ पहिले कहिल्यै यति रिसाउनुभएको थिएन, र उहाँ कहिल्यै रिसाउनुहुनेछैन। वास्तवमा, मैले त्यस्तो मानिसलाई मारेको थिएँ जसलाई मार्न मलाई आदेश दिइएको थिएन। म आफ्नो बारेमा चिन्तित छु। म आफ्नो बारेमा चिन्तित छु। तिमी अरु कहाँ जाऊ । तिमी येशू (अलैहिस्सलाम) कहाँ  जाऊ । त्यसैले सबैजना येशू (अलैहिस्सलाम) कहाँ जानेछन् र भन्नेछन्, "हे येशू! तपाईं नबी हुनुहुन्छ र उहाँले मरियम  (अलैहस्सलाम) तिर पठाउनुभएको वचन हुनुहुन्छ।" तपाईं उहाँबाट पठाइएको आत्मा हुनुहुन्छ र काखे बालक भएर मानिसहरूसँग बोल्नुभएको छ । हाम्रो लागि मध्यस्थता गर्नुहोस्। हामी सार्है समस्यामा छौं । येशू (अलैहिस्सलाम) भन्नुहुनेछ, "आज मेरो पालनकर्ता धेरै रिसाउनुभएको छ। उहाँ पहिले कहिल्यै यति रिसाउनुभएको थिएन, न त कहिल्यै हुनुहुनेछ।" येशू (अलैहिस्सलाम) ले कुनै पापको उल्लेख गर्नुहुनेछैन। यद्यपि, उहाँले अवश्य भन्नुहुनेछ: "म आफ्नो बारेमा चिन्तित छु। मलाई आफ्नो बारेमा चिन्ता छ। मलाई आफ्नो बारेमा चिन्ता छ। म बाहेक अरू कहाँ जानुहोस्।" तिमीहरू मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) कहाँ जाऊ । मानिसहरू मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) कहाँ जानेछन् र भन्नेछन्: हे मुहम्मद! तपाईं नबी र अन्तिम पैगम्बर हुनुहुन्छ। अल्लाहले तपाईंका सबै विगत र भविष्यका पापहरू क्षमा गरिदिएका छन्। कृपया अल्लाहको सामु हाम्रो लागि मध्यस्थता गर्नुहोस्। के तपाईं देख्नुहुन्न कि हामी कति दुःखी छौं? त्यसैले म गएर सिंहासनमा जानेछु र मेरो सर्वशक्तिमान र महान पालनकर्तालाई सज्दा (ढोग) गर्नेछु। त्यसपछि अल्लाहले मेरो हृदयमा प्रशंसा र महिमाका शब्दहरू हालिदिनुहुनेछ जुन मभन्दा पहिले कसैको हृदयमा कहिल्यै राखिएको थिएन। त्यसैले म त्यसै अनुसार अल्लाहको प्रशंसा र महिमा गर्नेछु। त्यसपछि भनिनेछ: हे मुहम्मद! आफ्नो टाउको उठाउनुहोस्। माग्नुहोस्, तपाईंलाई दिइनेछ; बिन्ती गर्नुहोस्, तपाईंको बिन्ती स्वीकार गरिनेछ। त्यसैले, म आफ्नो टाउको उठाएर भन्नेछु: हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। "त्यसपछि भनिनेछ: हे मुहम्मद! तपाईंको उम्मतका ती मानिसहरूलाई जसको हिसाबकिताब छैन, दाहिने ढोकाबाट स्वर्गमा प्रवेश गर्न दिनुहोस्, जबकि तिनीहरू अन्य ढोकाहरूबाट अन्य मानिसहरूसँग स्वर्गमा प्रवेश गर्न सक्छन्।" त्यसपछि उहाँले भन्नुभयो: "म कसम खान्छु त्यस अल्लाहको जसको हातमा मेरो जीवन छ! स्वर्गका दुई ढोकाहरू बीचको दूरी मक्का र हिमयार बीचको दूरी बराबर छ, अथवा मक्का र बुशरा बीचको दूरी बराबर छ।"</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم مع أصحابه في دَعْوةِ طعام، فقُدّمت إليه ذراع الشاة وكانت أعْجب لحمِها إليه، فقَضَمَ منها قَضْمة بأطراف أسنانه ثم حدّثهم، فقال: 
+أنا سيد ولد آدم يوم القيامة؛ وذلك تَحَدُّثًا بنعمة الله تعالى.
+ثم قال: أتدرون مم ذاك؟ قال: بأن الناس يُجْمَعون يوم القيامة في أرض واسعة مستوية ممدودة مدًّا واحدًا، والذين فيها يسمعهم الداعي ويحيط بهم الناظر لا يخفى عليه منهم شيء؛ لاستواء الأرض ليس فيها ما يَستتر به أحد عن الناظرين، وينفذهم البصر، يعني لو تكلم الإنسان يسمعهم آخر واحد، والبصر يراهم، وتدنو الشمس من الخلائق على قدر مِيْل، ويَلحقهم من الغم والكَرْب ما لا يطيقون ولا يحتملون، فيطلبون الخلاص بالشفاعة. 
+فيُلْهِم اللهُ عز وجل أهلَ الإيمان أن يأتوا إلى آدم أبي البشر، فيأتون إليه ويذكرون فضله، لعله يشفع لهم عند الله عز وجل، يقولون له: أنت آدم أبو البشر، خلقك الله بيده، وأسجد لك ملائكته، وعَلَّمَك أسماء كل شيء، ونفخ فيك من روحه، فيعتذر ويقول: إن ربي غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، ثم يذكر خطيئته، وهي أن الله سبحانه وتعالى نهاه أن يأكل من شجرة فأكل، ويقول: نفسي هي التي تستحق أن يُشفَع لها، اذهبوا إلى غيري اذهبوا إلى نوح.
+فيأتون إلى نوح؛ ويقولون: أنت أول رسول أرسله الله إلى أهل الأرض، وأنّ الله سماك عبدًا شكورًا، ولكنه يعتذر: بأن الله عز وجل غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإنه قد كانت له دعوة دعاها على قومه، نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري، اذهبوا إلى إبراهيم.
+فيأتون إبراهيم فيقولون: أنت خليل الله في الأرض، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول لهم: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد كنت كذبت ثلاث كذبات؛ وهي قوله: إني سقيم، وقوله: فعله كبيرهم هذا، وقوله: لامرأته سارة أخبريه أني أخوك ليَسْلَم مِن شرّه. 
+والحق أن الكلمات الثلاث إنما كانت من مَعَارِيْض الكلام، لكن لما كانت صورتها صورة الكذب أشفق منها استصغارًا لنفسه عن الشفاعة؛ لأن مَن كان أَعرف بالله وأقرب منزلةً كان أعظم خوفًا، ويقول: نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري اذهبوا إلى موسى.
+فيأتون موسى فيقولون: يا موسى أنت رسول الله، فضَّلك الله برسالته وبكلامه على الناس، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد قَتَلتُ نفسًا لم أُوْمَر بقتلِها، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري، اذهبوا إلى عيسى ابن مريم.
+فيأتون عيسى فيقولون: يا عيسى أنت رسول الله، وكلمتُه ألقاها إلى مريم وروحٌ منه، وكلَّمتَ الناسَ في المهد صبيًا، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله قط، ولن يغضب بعده مثله، ولم يذكر ذنبًا، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري اذهبوا إلى محمد.
+فيأتون محمدًا فيقولون: يا محمد أنت رسول الله وخاتم الأنبياء، وقد غفر الله لك ما تقدم من ذنبك وما تأخر، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فأنطلق فآتي تحت العرش، فأقع ساجدًا لربي عز وجل، ثم يفتح الله علي من محامده وحسن الثناء عليه شيئًا، لم يفتحه على أحد قبلي، ثم يقال: يا محمد ارفع رأسك، سل تعطه، واشفع تشفع، فأرفع رأسي، فأقول: أمتي يا رب، أمتي يا رب، أمتي يا رب، فتُقْبَل شفاعتُه.
+ويُقَال له: يا محمد أدخل من أمتك من لا حساب عليهم من الباب الأيمن من أبواب الجنة، وهم شركاء الناس فيما سوى ذلك من الأبواب.
+ثم قال: والذي نفسي بيده، إن ما بين جانبي الباب من باب الجنة، كما بين مكة وصنعاء اليمن، أو كما بين مكة وبُصرى الشام وهي مدينة حوران.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) आफ्ना साथीहरूसँग खानाको निमन्त्रणामा थिए र उहाँलाई असाध्यै मन पर्ने भेडाको काँध प्रस्तुत गरिएको थियो। उहाँले आफ्नो दाँतको टुप्पोले त्यसलाई टोके र त्यसपछि उनीहरूसँग कुरा गर्दै भने: म कयामतको दिन आदमका सन्तानको मालिक हुँ; र यो अल्लाहको अनुग्रहको सन्दर्भमा हो। त्यसपछि उहाँले भन्नुभयो: के तिमीहरूलाई थाहा छ त्यो के हो? उहाँले भन्नुभयो: किनभने मानिसहरूलाई कयामतको दिन फराकिलो, समतल र फैलिएको भूमिमा एकैचोटि भेला गरिनेछ। त्यसमा बस्नेहरूले पुकार्ने व्यक्तिलाई सुन्नेछन् र तिनीहरूमध्ये केही पनि उहाँबाट लुकेको हुनेछैन; किनकि पृथ्वी समतल छ र दृश्यले तिनीहरूलाई छेड्छ, अर्थात् यदि कुनै व्यक्ति बोल्छ भने, अन्तिम व्यक्तिले तिनीहरूलाई सुन्नेछ, दृश्यले तिनीहरूलाई देख्नेछ, सूर्य एक माइलको दूरीमा प्राणीहरूको नजिक आउनेछ, तिनीहरू शोक र पीडाले ग्रस्त हुनेछन्, जुन तिनीहरूले सहन सक्दैनन्, त्यसैले तिनीहरू मध्यस्थता मार्फत मुक्ति खोज्नेछन्। त्यसपछि अल्लाहले विश्वासीहरूलाई मानव जातिको पिता आदमकहाँ आउन प्रेरित गर्नुहुन्छ। तिनीहरू उहाँकहाँ आउँछन् र उहाँका गुणहरू उल्लेख गर्छन्, शायद उहाँले अल्लाहकहाँ तिनीहरूको लागि मध्यस्थता गर्नुहुनेछ। तिनीहरूले उहाँलाई भन्छन्: तपाईं आदम हुनुहुन्छ, मानव जातिको पिता, अल्लाहले तपाईंलाई आफ्नै हातले सृष्टि गर्नुभयो, आफ्ना स्वर्गदूतहरूलाई तपाईंलाई सज्दा गर्नुभयो, तपाईंलाई सबै कुराको नाम सिकाउनुभयो, र तपाईंमा आफ्नो आत्मा फुक्नुभयो। उहाँले माफी माग्नुहुन्छ र भन्नुहुन्छ: आज मेरो पालनकर्ता यस्तो रिसाउनुभयो जुन उहाँ पहिले कहिल्यै रिसाउनुभएको थिएन, न त उहाँ फेरि कहिल्यै रिसाउनुहुनेछ। त्यसपछि उहाँले आफ्नो पापको उल्लेख गर्नुहुन्छ, अल्लाहले उहाँलाई रूखको फल खान निषेध गर्नुभएको थियो, तर उनले खाए। उहाँले भन्नुहुन्छ: म आफै चिन्तामा छु, मलाई नै मध्यस्थता चाहिन्छ। अरू कहाँ जानुहोस्, नूहकहाँ जानुहोस्। त्यसैले तिनीहरू नूहकहाँ आउँछन् र भन्छन्: अल्लाहले पृथ्वीका मानिसहरूका लागि पठाउनुभएको तपाईं पहिलो दूत हुनुहुन्छ। अल्लाहले तपाईंलाई कृतज्ञ सेवकको रूपमा नाम दिनुभयो, तर उहाँले माफी माग्नुहुन्छ: अल्लाह आज यस्तो क्रोधले रिसाउनुभयो जससँग उहाँ पहिले कहिल्यै रिसाउनुभएको थिएन र उहाँ फेरि कहिल्यै रिसाउनुहुने छैन। उहाँले आफ्ना समुदाय विरुद्ध श्रापित गर्नुभयो र यो मेरो आत्मालाई स्वयम मध्यस्थता चाहिन्छ, अरू कहाँ जानुहोस्, अब्राहामकहाँ जानुहोस्। त्यसैले तिनीहरू अब्राहामकहाँ आउँछन् र भन्छन्: तपाईं पृथ्वीमा अल्लाहको मित्र हुनुहुन्छ, पालनकर्तासँग हाम्रो लागि मध्यस्थता गर्नुहोस्, के तपाईं हाम्रो अवस्था देख्नु हुन्न ?! उहाँले तिनीहरूलाई भन्नुहुन्छ: मेरो पालनकर्ता पहिले कहिल्यै नभएको जस्तो  आज रिसाउनुभएको छ र उहाँ फेरि कहिल्यै यसरी रिसाउनुहुने छैन। मैले तीन पटक झूट बोलेको छु १ : म बिरामी छु, २: यो तिनीहरूमध्ये सबैभन्दा ठूलोले गरेको हो, ३: आफ्नी पत्नी सारालाई भनेको : उसलाई भन कि म तिम्रो भाइ हुँ ताकि ऊ उसको दुष्टताबाट सुरक्षित रहोस्। तर सत्य यो हो कि ती तीन शब्दहरू केवल अप्रत्यक्ष कुरा थिए, तर तिनीहरूको रूप झूट जस्तै भएकोले उनी तिनीहरूसँग डराउँथे, आफूलाई मध्यस्थताको लागि तुच्छ ठान्थे, किनकि जसले अल्लाहलाई राम्रोसँग चिन्छ, उहाँदेखि नजिक छ ऊ बढी डराउनु हुन्छ र उनले भने: यो मेरो आत्मालाई स्वयम मध्यस्थता चाहिन्छ, अरू कहाँ जानुहोस्, मोशाकहाँ जानुहोस्। त्यसैले तिनीहरू मोशाकहाँ आउँछन् र भन्छन्: हे मोशा, तपाईं अल्लाहका दूत हुनुहुन्छ। अल्लाहले तपाईंलाई आफ्नो सन्देश र मानिसहरूमाथि आफ्ना वचनहरूद्वारा अनुग्रह गर्नुभएको छ। पालनकर्तासँग हाम्रो लागि बिन्ती गर्नुहोस्। के तपाईं हाम्रो अवस्था देख्नु हुन्न ?! उहाँले भन्नुहुन्छ:  मेरो पालनकर्ता पहिले कहिल्यै नभएको जस्तो  आज रिसाउनुभएको छ र उहाँ फेरि कहिल्यै यसरी रिसाउनुहुने छैन। मैले एउटा मानिसलाई मारेको छु, जसलाई मार्ने आदेश मलाई दिइएको थिएन। यो मेरो आत्मालाई स्वयम मध्यस्थता चाहिन्छ, अरू कहाँ जानुहोस्,मरियमका छोरा येशूकहाँ जानुहोस्। त्यसैले तिनीहरू येशूकहाँ आउनेछन् र भन्नेछन्: हे येशू, तपाईं परमेश्वरका दूत हुनुहुन्छ र उहाँको वचन हुनुहुन्छ जुन उहाँले मरियमलाई प्रदान गर्नुभयो, र उहाँबाट एक आत्मा हुनुहुन्छ, र तपाईंले बाल्यकालमा मानिसहरूसँग कुरा गर्नुभयो। प्रभुसँग हाम्रो लागि मध्यस्थता गर्नुहोस्। के तपाईं देख्नु हुन्न हामी कस्तो अवस्थामा छौं?! उहाँले भन्नुहुनेछ: मेरो प्रभु आज यस्तो क्रोधले रिसाउनुभएको छ जुन उहाँ पहिले कहिल्यै रिसाउनुभएको थिएन र उहाँ फेरि कहिल्यै त्यस्तो क्रोधले रिसाउनुहुने छैन। उहाँले कुनै पापको उल्लेख गर्नुहुनेछैन।  यो मेरो आत्मालाई स्वयम मध्यस्थता चाहिन्छ, अरू कहाँ जानुहोस्, मुहम्मदकहाँ जानुहोस्। मानिसहरू मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) कहाँ जानेछन् र भन्नेछन्: हे मुहम्मद! तपाईं नबी र अन्तिम पैगम्बर हुनुहुन्छ। अल्लाहले तपाईंका सबै विगत र भविष्यका पापहरू क्षमा गरिदिएका छन्। के तपाईं देख्नुहुन्न कि हामी कति दुःखी छौं? त्यसैले म गएर सिंहासनमुनि जानेछु र मेरो सर्वशक्तिमान र महान पालनकर्तालाई सज्दा (ढोग) गर्नेछु। त्यसपछि अल्लाहले मेरो हृदयमा प्रशंसा र महिमाका शब्दहरू हालिदिनुहुनेछ जुन मभन्दा पहिले कसैको हृदयमा कहिल्यै राखिएको थिएन। त्यसपछि भनिनेछ: हे मुहम्मद! आफ्नो टाउको उठाउनुहोस्। माग्नुहोस्, तपाईंलाई दिइनेछ; बिन्ती गर्नुहोस्, तपाईंको बिन्ती स्वीकार गरिनेछ। त्यसैले, म आफ्नो टाउको उठाएर भन्नेछु: हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। हे मेरो पालनकर्ता! मेरो समुदायमाथि दया गर्नुहोस्। अनि उहाँको शिफाअत (मध्यस्थता) स्वीकार गरिनेछ। त्यसपछि भनिनेछ: हे मुहम्मद! तपाईंको उम्मतका ती मानिसहरूलाई जसको हिसाबकिताब छैन, दाहिने ढोकाबाट स्वर्गमा प्रवेश गर्न दिनुहोस्, जबकि तिनीहरू अन्य ढोकाहरूबाट अन्य मानिसहरूसँग स्वर्गमा प्रवेश गर्न सक्छन्। त्यसपछि उहाँले भन्नुभयो: "म कसम खान्छु त्यस अल्लाहको जसको हातमा मेरो जीवन छ! स्वर्गका दुई ढोकाहरू बीचको दूरी मक्का र यमनको सन्आ बीचको दूरी बराबर छ, अथवा मक्का र बुशरा बीचको दूरी बराबर छ।</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم وتلبيته للدعوة، والأكل مع عامة أصحابه.
+تفضيل نبينا صلى الله عليه وسلم على جميع الناس.
+قال القاضي عياض: قيل: السيد الذي يَفُوق قومَه ويُفزَع إليه في الشدائد، والنبي صلى الله عليه وسلم سيدهم في الدنيا والآخرة، وإنما خَصّ يوم القيامة لارتفاع السُّؤْدَد فيها، وتسليم جميعهم له، ولكون آدم وجميع أولاده تحت لوائه صلى الله عليه وسلم.
+الحكمة في أن الله تعالى ألهمهم سؤال آدم، ومن بعده في الابتداء، ولم يلهموا سؤال نبينا محمد صلى الله عليه وسلم لإظهار فضيلته، فهو النهاية في ارتفاع المنزلة، وكمال القرب.
+يشرع لمن أراد من عبد حاجة أن يقدِّم ين يديه وصف المسؤول بأحسن صفاته؛ ليكون أدعى للإجابة.
+يجوز لمن سئل عن أمر لايقدر عليه أن يعتذر بما يُقبَل منه، ويستحب أن يُرْشَد لمن يظن أنه أقدر على ذلك.
+بيان هول الموقف واشتداد المحشر على العباد يوم القيامة.
+تواضع الأنبياء حيث تذكّروا ما مضى منهم؛ ليشعروا بأنهم دون هذا الموقف.
+إثبات الشفاعة العظمى يوم القيامة، وهو للفَصْل بين الخلائق.
+إثبات الوسيلة والمقام المحمود لرسول الله صلى الله عليه وسلم.
+محامد الله تعالى لا تنتهي، ولذلك يفتح الله على رسوله في هذا المقام من حسن الثناء عليه شيئًا لم يفتحه لأحد قبله.
+بيان أن أمة محمد خير الأمم، فلهم خصائص في دخول الجنة حيث يدخل من ليس عليهم حساب من باب خاص بهم، ويشاركون الناس في بقية الأبواب.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) विनम्र हुनुहुन्थ्यो, निमन्त्रणा स्वीकार गर्नुहुन्थ्यो र आफ्ना आम साथीहरूसँग खाना खानुहुन्थ्यो।
+हाम्रा रसूल (सल्लल्लाहु अलैहि वसल्लम) सबै मानिसहरू भन्दा श्रेष्ठ हुनुहुन्छ।
+काजी इयादले भने: एउटा भनाइ के छ भने : सरदार त्यो हो जसले आफ्ना साथीहरूलाई सहयोग गर्छ र कठिनाइको समयमा तिनीहरू जसको तर्फ फर्कन्छन्। रसूल (सल्लल्लाहु अलैहि वसल्लम) यस संसार र परलोकमा तिनीहरूका सरदार हुनुहुन्छ। कयामतको दिनको उच्च पदको कारणले गर्दा, तिनीहरू सबै उहाँको अधीनमा बस्ने भएकाले, आदम र उनका सबै सन्तानहरू उहाँको झण्डामुनि हुने भएकाले त्यो दिनलाई विशेष रुपमा उल्लेख गरिएको छ।
+अल्लाहले उनीहरुलाई आदम र उनी पछिका नबीहरूलाई सुरुमा आग्रह प्रेरित गर्ने कारण र बुद्धि भनेको हाम्रा रसूल (सल्लल्लाहु अलैहि वसल्लम) को सद्गुण प्रदर्शन गर्न थियो, किनकि उहाँ उच्च पद र एकदमै नजिक हुनुहुन्छ।
+यदि कुनै व्यक्तिबाट केही काम छ भने उसका सबैभन्दा राम्रो गुणहरू उसको अगाडि प्रस्तुत गर्न आवश्यक छ, यसरी जवाफ पाउने सम्भावना बढी हुन्छ।
+कुनै काम गर्न नसक्ने व्यक्तिलाई जायज बहाना बनाउनु अनुमति छ, र उसलाई त्यस्तो व्यक्तितर्फ निर्देशित गर्नु सिफारिस गरिन्छ जसलाई उसले त्यो काम गर्न बढी सक्षम ठान्दछ।
+कयामतको दिनमा सेवकहरूको लागि भेला हुने अवस्थाको भयावहता र गम्भीरताको विवरण।
+नबीहरूको नम्रता, उनीहरूले विगतका कुराहरू सम्झेका छन्, ताकि उनीहरू यो पदको लागि योग्य छैनन् भनेर लागोस्।
+कयामतको दिनमा महान मध्यस्थताको प्रमाण, जुन प्राणीहरू बीच हिसाबकिताबको लागि हुन्छ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) को लागि महान मध्यस्थता र वसीला (स्वर्गको उच्च स्थान) को प्रमाण।
+अल्लाहको प्रशंसा अनन्त छ र त्यसैले यस परिस्थितिमा अल्लाहले आफ्नो दूतको लागि सबैभन्दा राम्रो प्रशंसा बताउनु हुन्छ जुन उहाँले उहाँभन्दा पहिले कसैलाई बताउनु भएन।
+मुहम्मदको राष्ट्र (उम्मती) सबैभन्दा राम्रो राष्ट्र हो। त्यसैले उनीहरूलाई स्वर्गमा प्रवेश गर्ने विशेष अधिकार छ। केही बिना हिसाबकिताब विशेष ढोकाबाट प्रवेश गर्नेछन् र तिनीहरूले बाँकी ढोकाहरूबाट मानिसहरूसँग साझेदारी गर्नेछन्।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/8345</t>
+  </si>
+  <si>
+    <t>إن للمؤمن في الجنة لخيمة من لؤلؤة واحدة مجوفة، طولها ستون ميلا، للمؤمن فيها أهلون، يطوف عليهم المؤمن فلا يرى بعضهم بعضا</t>
+  </si>
+  <si>
+    <t>स्वर्गमा आस्थावानको लागि मोतीले बनेको एउटा पाल हुनेछ, भित्र खोक्रो र साठी माइल लामो। त्यसमा आस्थावानका पत्नीहरू हुनेछन्, जसकहाँ ऊ आउने र जानेछ, र तिनीहरू एकअर्कालाई देख्न सक्ने छैनन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِنَّ لِلْمُؤْمِنِ فِي الْجَنَّةِ لَخَيْمَةً مِنْ لُؤْلُؤَةٍ وَاحِدَةٍ مُجَوَّفَةٍ، طُولُهَا سِتُّونَ مِيلًا، لِلْمُؤْمِنِ فِيهَا أَهْلُونَ، يَطُوفُ عَلَيْهِمِ الْمُؤْمِنُ فَلَا يَرَى بَعْضُهُمْ بَعْضًا».</t>
+  </si>
+  <si>
+    <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "स्वर्गमा आस्थावानको लागि मोतीले बनेको एउटा पाल हुनेछ, भित्र खोक्रो र साठी माइल लामो। त्यसमा आस्थावानका पत्नीहरू हुनेछन्, जसकहाँ ऊ आउने र जानेछ, र तिनीहरू एकअर्कालाई देख्न सक्ने छैनन्।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن بعض نعيم الجنة، وأن للمؤمن في الجنة خيمة عظيمة واسعة الجَوْف، مِن دُرَّة واحدة مُجَوَّفة، عَرْضُها وطولها في السماء ستون ميلًا، في كل جانب وناحية وزاوية من زواياها الأربع زوجات، لا يرى بعضهم بعضًا، يطوف عليهم المؤمن.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई स्वर्गका केही आनन्दहरूको बारेमा बताउनुभयो। आस्थावानहरूको लागि स्वर्गमा एउटा ठूलो पाल छ जसको भित्री भाग फराकिलो छ, जुन एउटै खोक्रो मोतीले बनेको छ, जसको चौडाइ र लम्बाइ आकाशमा साठी माइल छ। यसको चारैतिर, कुना र कोणहरूमा पत्नीहरू छन्, जसले एकअर्कालाई देख्दैनन् र आस्थावानले तिनीहरूलाई भेट्छन्।</t>
+  </si>
+  <si>
+    <t>بيان عظم نعيم أهل الجنة.
+الترغيب في العمل الصالح ببيان ما أعدَّ الله لهم من النعيم.</t>
+  </si>
+  <si>
+    <t>स्वर्गवासीहरूले प्राप्त गर्ने महान् आशीर्वादहरूको विवरण।
+अल्लाहले तयार पारेका आशीर्वादहरूको वर्णन गरेर धार्मिक कार्यहरू गर्न प्रोत्साहन ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/8349</t>
+  </si>
+  <si>
     <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>त्यसको (समुद्रको) पानी पवित्र हुन्छ त्यसको मृत् ( माछा ) हलाल हुन्छन् ।</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>हजरत अबू हुरैरह (रजियल्लाहु अन्हु) भन्नु हुन्छ: " एक जनाले अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित सोध्यो र भन्यो : हे अल्लाहका रसूल ! हामी समुद्रमा यात्रा गर्छौं र आफ्नो साथमा थोरै पानी बोकेर हिँडेका हुन्छौँ । यदि हामीले त्यो पानीले वुजू गर्यौं भने हामीलाई पिउने पानी रहँदैन । अत: के हामीले समुद्रको पानीले वुजू गर्न मिल्छ त ? अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो :  त्यसको (समुद्रको) पानी पवित्र हुन्छ त्यसको मृत् ( माछा ) हलाल हुन्छन् । "</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>एक जनाले नबी(सल्लल्लाहु अलैहि वसल्लम)सित सोध्यो र भन्यो : हामी समुद्र माथि जहाजमा बसेर शिकार अथवा व्यापार र यस्तै कामहरूका लागि यात्रा गर्छौं र आफ्नो साथमा राम्रो पानी थोरै बोकेर हिँडेका हुन्छौँ । यदि हामीले त्यो पिउने पानीले वुजू गर्यौं अथवा स्नान गर्यौं भने  पानी सक्किन्छ र  हामीलाई पिउने पानी रहँदैन । सो के हामीहरूका लागि समुद्रको पानीले वुजू गर्न जायज हुन्छ त ?
 रसूल (सल्लल्लाहु अलैहि वसल्लम)ले समुद्री पानीको बारेमा भन्नु भएको छ "यसको पानी शुद्ध र पवित्र गर्न सक्ने क्षमता भएको  हुन्छ; यसबाट वुजू गर्न र नुहाउन जायज छ, र यसबाट निस्कने साना वा ठूला माछा र अन्य समुद्री सृष्टिहरू विना शिकारका यदि मरेर उत्तानो परेको भेटिएमा  खान वैध छ ।</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>समुद्री मरेको जनावर हलाल हुन्छ । यहाँ "मरेको " भन्ने शब्दबाट समुद्रमा बस्ने जनावरहरू भन्न खोजिएको हो , जुन केवल समुद्रमै बाँच्न सक्छन् ।
 प्रश्नकर्ता (सोध्ने व्यक्तिलाई) उसको प्रश्न भन्दा बढी उत्तर दिनु, पूर्णरूपमा बुझाउनका लागि हो ।
 पानी, जब त्यसको स्वाद वा रङ्ग अथवा त्यसको गन्ध कुनै पवित्र वस्तु मिल्नाले बदलियो भने त्यसको पवित्र गर्न सक्ने क्षमता बाँकी रहन्छ जब सम्म पानीको वास्तविकता बाकि रहेको हुन्छ । चाहे त्यसको नुनिलोपना, तातोपना वा त्यसको चिसोपनामा बदलिए पनि पानी पवित्र नै रहन्छ ।
 समुद्रको पानीले सानाठुला सबै अपवित्रता लाई हटाउँछ र शरीर अथवा कपडा आदीमा लागेको फोहोर पनि हटाउन सकिन्छ ।</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>जब पानी दुई कुल्ला ( दुई ठुला घैला) जति छ भने फोहोरले प्रभावित हुन दिँदैन ।</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>हजरत अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा)द्वारा वर्णन छ:अल्लाहका रसूल(सल्लल्लाहु अलैहि वसल्लम)सित त्यो पानीका बारेमा  सोधियो जसमा चौपाया र हिंस्रक जनावरहरू आउने जाने गर्छन् :सो उहाँ(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो; जब पानी दुई कुल्ला ( दुई ठुला घैला) जति छ भने फोहोरले प्रभावित हुन दिँदैन ।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>नबी(सल्लल्लाहु अलैहि वसल्लम)सित त्यो पानी जसमा जनावर र हिंस्रक जन्तुहरू पानी पिउनका लागि आउने जाने गर्छन् त्यो पानीले पवित्रता प्राप्त गर्न मिल्छ कि मिल्दैन भनेर सोधियो । जवाफमा नबी(सल्लल्लाहु अलैहि वसल्लम)ले भन्नु भयो कि जब पानी ठुला दुई घैला लगभग २१० लिटर जति हुन्छ भने त्यो बराबरको पानी ठुलो परिणामको हो, यो अपवित्र हुँदैन । यद्यपि पानीका ३ वटा गुण रंग, स्वाद र गन्ध मध्ये कुनै गुण फोहोर मिल्नाले बदलियो भने यो अर्को कुरा हो ।</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
@@ -14011,50 +15972,86 @@
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक पुरुषले अर्को पुरुषको गुप्तांगलाई हेर्न वा एक महिलाले अर्को महिलाको गुप्तांगलाई हेर्न निषेध गर्नुभएको छ ।
 हदीसमा उल्लिखित अरबी पद "औरह" (लज्जास्थान) ले शरीरको त्यस भागलाई जनाउँछ, जसलाई ढाक्नु आवश्यक छ र  जुन खोल्दा लज्जा  लाग्छ। पुरुषको "औरह" (लज्जास्थान) नाभिदेखि घुँडासम्मको भाग हो। जबकि महिलाको सम्पूर्ण शरीर ( गैर-महरम ) पर पुरुषहरूको लागि "औरह" (लज्जास्थान) हो, तर महिलाहरू र "महरम" (साक्खै निकटतम नातेदारहरू) पुरुषहरु सामु, उनले सामान्यतः घरमा काम गर्दा देखिने अंगहरू खुला राख्न सक्छिन्।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले एक पुरुषले अर्को पुरुषसँग एउटै लुगा वा कम्बलमा नग्न बस्न वा एक महिलाले अर्की महिलासँग एउटै लुगा वा कम्बलमा नग्न बस्न निषेध गर्नुभएको छ। यसको मुख्य कारण यो हो कि यसो गर्दा एक-अर्काको गोप्य अङ्गहरू छुने सम्भावना रहन्छ। गोप्य अङ्ग छुनु पनि हेर्नुजस्तै निषेधित छ। बरु, यो झन् खतरनाक हो, किनभने यसले ठूलो खराबी र अनैतिकता निम्त्याउन सक्छ।</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>गोप्य अङ्गहरू हेर्न निषेधित छ। तर, यो प्रतिबन्ध पति र पत्नीको हकमा लागू हुँदैन।
 इस्लाम धर्मले समाजको शुद्धता कायम राख्न र अनैतिकता तर्फ लैजाने सबै मार्गहरूलाई बन्द गरेको छ।
 उपचार वा यस्तै अत्यावश्यकता परेमा गोप्य अङ्ग हेर्ने अनुमति छ। तर, यसको शर्त के हो भने त्यो कार्य कामुक इच्छा (चाहना) रहित हुनुपर्छ।
 मुस्लिमहरूलाई आफ्नो लज्जास्थान ढाक्न र अरूको लज्जास्थानतर्फ नहेर्न आदेश दिइएको छ।
 पुरुषसँग पुरुष र महिलासँग महिलाप्रति प्रतिबन्ध विशेष गरी केन्द्रित गरिएको छ; किनभने (उही लिङ्गको भएको कारणले लज्जा नहुँदा) त्यहाँ लज्जास्थानहरू खोल्ने वा हेर्ने सम्भावना बढी हुन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8904</t>
   </si>
   <si>
+    <t>لعن رسول الله صلى الله عليه وسلم الرجل يلبس لبسة المرأة، والمرأة تلبس لبسة الرجل</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले महिलाको लुगा लगाउने पुरुष र पुरुषको लुगा लगाउने महिलालाई श्राप दिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले महिलाको लुगा लगाउने पुरुष र पुरुषको लुगा लगाउने महिलालाई श्राप दिनुभएको छ।</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
+أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले महिलाको लुगा लगाउने र महिलाको नक्कल गर्ने पुरुषलाई अल्लाहको दयाबाट निष्कासनको लागि प्रार्थना गर्नुभयो, चाहे त्यो रंग, शैली, पोशाक र सजावटको तरिका, वा अन्य कुनै पनि कुरामा होस्। वा महिलाले पुरुषको लुगा वा उनीहरुको नक्कल गर्नु, जुन ठूलो पाप हो।</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
+قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
+  </si>
+  <si>
+    <t>शौकानी भन्छन्: महिलाले पुरुषको नक्कल गर्नु र पुरुषले महिलाको नक्कल गर्नु निषेध गरिएको छ, किनकि श्राप केवल निषेधित कार्यमा मात्र लागू हुन्छ।
+इब्न उथैमीनले भने: पुरुष र महिला दुवैले लगाउने टि-शर्ट जस्ता सामान्य लुगा लगाउनुमा कुनै हानि छैन। अर्थात्, पुरुष र महिला दुवैले लगाउन सक्छन्, किनभने ती सामान्य हुन्।</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/8905</t>
+  </si>
+  <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले क़ज़ा (अर्थात् टाउकोका केही भागमा मात्रै कपाल मुण्डन गर्ने) निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>इब्ने उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले क़ज़ा (अर्थात् टाउकोका केही भागमा मात्रै कपाल मुण्डन गर्ने) निषेध गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले कपालको केही भाग खौरन र केही भाग छोड्न निषेध गर्नुभएको छ ।
 कपालको केही भाग खौरन र केही भाग छोड्न हुकुम बालक, जवान र वृद्ध सबै पुरुषका लागि हुन् । महिलाले कपाल खौरन अनुमति छैन ।</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>इस्लामिक शरीयतले व्यक्तिको बाह्य रूप र सौन्दर्यलाई पनि महत्त्व दिन्छ ।</t>
   </si>
@@ -14176,50 +16173,79 @@
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "फरिश्ताहरू(स्वर्गदूत) त्यस्तो समूहको साथमा रहँदैनन् जहाँ कुकुर वा घण्टी हुन्छ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: स्वर्गदूतहरू यात्रामा यस्तो समूहको साथमा रहँदैनन् , जसमा कुकुर हुन्छ वा जनावरहरूको घाँटीमा घण्टी झुण्डिएको हुन्छ र हिँड्दा आवाज निस्किन्छ।</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>शिकारका लागि वा पहरेदारीका लागि पालिने कुकुरबाहेक अन्य कुकुर पाल्न निषेध गरिएको छ।
 साथमा नआउने स्वर्गदूतहरू ‘रहमत’ अर्थात् दयाका फरिश्ताहरू हुन्, संरक्षण गर्ने फरिश्ताहरूले घरभित्र वा बाहिर जाँदा पनि मानिसहरुको साथ छोड्दैनन्।
 घण्टी निषेध गरिएको छ; किनभने यसलाई शैतानको बाँसुरी मध्ये एक मानिन्छ र यो ईसाई (वा गैर-मुस्लिम) ले फुक्ने वा हल्लाउने घण्टीको अनुकरण हो।
 मुस्लिमले स्वर्गदूतहरूलाई आफूबाट टाढा पार्ने सबै कुराहरूबाट टाढा रहन सावधान हुनुपर्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/8951</t>
+  </si>
+  <si>
+    <t>من كان له ذبح يذبحه فإذا أهل هلال ذي الحجة، فلا يأخذن من شعره، ولا من أظفاره شيئا حتى يضحي</t>
+  </si>
+  <si>
+    <t>जोसँग कुर्बानी (बलिदान) को लागि जनावर छ भने उसले धुल-हिज्जाको चन्द्र देखे पछि बलिदान गर्नु अघि आफ्नो कपाल वा नङ काट्नु हुँदैन।</t>
+  </si>
+  <si>
+    <t>عَن أُمِّ سَلَمَةَ أُمِّ المُؤْمِنينَ زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ  رضي الله عنها قَالت: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ كَانَ لَهُ ذِبْحٌ يَذْبَحُهُ فَإِذَا أُهِلَّ هِلَالُ ذِي الْحِجَّةِ، فَلَا يَأْخُذَنَّ مِنْ شَعْرِهِ، وَلَا مِنْ أَظْفَارِهِ شَيْئًا حَتَّى يُضَحِّيَ».</t>
+  </si>
+  <si>
+    <t>मुस्लिमहरूकी आमा, पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) की पत्नी उम्म सलमा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "जोसँग कुर्बानी (बलिदान) को लागि जनावर छ भने उसले धुल-हिज्जाको चन्द्र देखे पछि बलिदान गर्नु अघि आफ्नो कपाल वा नङ काट्नु हुँदैन।"</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم مَن أراد أنْ يَذبح أضحية ألَّا يأخذَ مِن شَعَر رأسه أو إِبْطِه أو شاربه أو غيرها ولا مِن أظفار يده أو رجله شيئًا إذا ظَهَر هلالُ ذي الحجة حتى يضحِّي.</t>
+  </si>
+  <si>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आदेश दिनुभयो, जो कोहीले पनि जनावरको बलिदान गर्ने इच्छा राख्छ, उसले धूल-हिज्जाको चन्द्रमा देखेपछि बलिदान नदिईकन आफ्नो टाउको, काखीको रौं, जुँगा वा नङ काट्नु हुँदैन।</t>
+  </si>
+  <si>
+    <t>مَن نَوَى أن يضحي بعد دخول العشر فيبدأ الإمساك المذكور من حين نوى حتى يضحِّي.
+إذا لم يُضَحِّ في اليوم الأول فيبقى مُمْسِكًا حتى يضحي في أيِّ يومٍ من أيام التشريق.</t>
+  </si>
+  <si>
+    <t>जसले धुल-हिज्जाको दश दिन प्रवेश गरेपछि कुर्बानी गर्ने इरादा राख्छ, उसले नियत गरेको समयदेखि कुर्बानी नगरेसम्म माथि उल्लेखित कुराहरूबाट टाढा रहनुपर्छ।
+यदि कसैले पहिलो दिनमा बलिदान गर्दैन भने, उसले तशरिकको दिनसम्म माथि उल्लिखित कुराहरूबाट टाढा रहनुपर्छ, जुन दिन उसले बलिदान गर्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/8954</t>
   </si>
   <si>
     <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>तिमीहरु तागूत (गैर-अल्लाह) को कसम नखाऊ न त आफ्ना पुर्खाको ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>अब्दुर रहमान बिन समुरा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरु तागूत (गैर-अल्लाह) को कसम नखाऊ न त आफ्ना पुर्खाको ।"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले तागूतहरूको कसम खान निषेध गर्नुभएको छ । ‘तागूत’ 'तागीयह' शब्दको बहुवचन हो र यसको अर्थ ती मूर्तिहरू हुन् जुन बहुदेववादीहरूले अल्लाहको सट्टामा उपासना गर्थे र यो नै तिनीहरूको कुफ्र (अविश्वास) को कारण थियो । त्यसैगरी नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना पुर्खाको कसम खान निषेध गर्नुभएको छ; किनभने जाहिलियत (इस्लाम पूर्व) कालमा अरबहरूले गर्व र श्रद्धाका साथ आफ्ना पुर्खाहरूको शपथ लिने चलन थियो ।</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
@@ -14332,50 +16358,53 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग (बैअत) वफादारी को प्रतिज्ञा गरेका थिइन्, उनले भन्नुहुन्छ: "हामीले (महिनावारीबाट) पवित्र भएपछि निस्कने माटो मिसिएको पानीको रंग (भूरा; खैरो) वा पहेँलो रंगको पदार्थलाई केही (महिनावारीको रगतको रूपमा) मान्दैन थियौं ।"</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>सहाबीया उम्मे अतिय्या (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, महिलाहरूले रसूल (सल्लल्लाहु अलैहि वसल्लम) को समयमा महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने कालो जस्तै देखिने वा पहेंलो रङ्गको पदार्थलाई महिनावारी महिनावारी मान्दैनथे र यसले गर्दा तिनीहरूले नमाज वा रोजा छोड्दैनथे।</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>महिनावारीबाट पवित्र भएपछि योनीबाट निस्कने मटमैलो वा पहेंलो रङ्गको पानीलाई महिनावारी मानिदैन ।
 महिनावारीको समयमा मटमैलो वा पहेँलो देखिने पानीलाई महिनावारीको रगतको रूपमा मानिन्छ, किनभने यो महिनावारीको अवधिमा निस्केको रगत हो, फरक यति मात्र हो कि सो पदार्थ पानीसँग मिश्रित हुन्छ।
 महिनावारीबाट पवित्र भइसकेपछि यदि मटमैलो वा पहेँलो पदार्थ निस्कन्छ भने, त्यसको कारणले महिलाले नमाज वा रोजा त्याग्नु पर्दैन। बरु, उहाँले वुजू गरेर नमाज पढ्नुपर्छ।</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो, त्यति दिनलाई महिनावारी ठानेर पर्ख, अनि त्यसपछि नुहाऊ।</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>आस्थावानहरुकी आमा आइशा (रजियल्लाहु अन्हा) ले बयान गरेकि छिन्, अब्दुर्रहमान बिन औफकी पत्नी उम्मे हबीबा बिन्त जहशले (महिनावारी पछि पनि) रक्तस्रावको समस्याबारे रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष गुनासो गर्नुभयो। उहाँले उनलाई भन्नुभयो: "तिमीलाई पहिला जति दिन महिनावारी हुन्थ्यो, त्यति दिनलाई महिनावारी ठानेर पर्ख, अनि त्यसपछि नुहाऊ।" यसअनुसार, उनी प्रत्येक नमाजको समयमा नुहाउने गर्थिन्।</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>एक सहाबिया (महिला सहाबी) ले रसूल (सल्लल्लाहु अलैहि वसल्लम) समक्ष निरन्तर रगत बग्ने समस्या बारे गुनासो  गरिन् । रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उनलाई यो अनियमित रक्तस्राव आउनु अघि जति दिन महिनावारी हुन्थ्यो त्यति दिनसम्म नमाजबाट टाढा रहन र त्यसपछि नुहाएर नमाज पढ्न आदेश दिनुभयो । त्यसैले उनी स्वेच्छाले हरेक नमाजको लागि नुहाउँथिन् ।</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
@@ -15027,50 +17056,53 @@
   <si>
     <t>अबू-उमामा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : "जसले हरेक फर्ज नमाजपछि 'आयतुल कुर्सी' पढ्छ, उसलाई मृत्यु बाहेक अरू कुनै चीजले स्वर्ग जानबाट रोक्न सक्दैन ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : जसले हरेक फर्ज नमाजपछि 'आयतुल कुर्सी' पढ्छ, उसलाई मृत्यु बाहेक अरू कुनै चीजले स्वर्ग जानबाट रोक्न सक्दैन । 'आयतुल कुर्सी' भनेको सूरह बकरहको यो आयात हो : {अल्लाहु ला इलाह इल्ला हुवल्-हय्युल्-कय्यूम्, ला ता-खुजु हु सि न तुव्वला नौम्, लहु माफिस्समा वाति वमा फिल्-अर्ज, मन् जल्लजी यश्फऊ इन्दहु इल्ला बिइज्-निह, याअ्-लमु मा बैन एैदिहिम् वमा खल्फहुम्, वला युही तू न बिशैइम् मिन् इल्मिही इल्ला बिमा शा अ, व सि अ कुर्सिय्यु हुस्समा वाति वल्-अर्ज, वला यऊदुहू हिफ्जु हुमा व हुवल्-अलिय्युल्-अजीम्} [अल्-बकरह: २५५ ]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>यस महान आयातको सद्गुण; यसमा अल्लाहका उत्कृष्ट नाम र उच्चतम गुणहरू उल्लेख गरिएका छन् ।
 हरेक फर्ज नमाजपछि यो महान आयत पढ्नु मुस्तहब हो ।
 राम्रो कर्म स्वर्गमा प्रवेश गर्ने कारण हो ।</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>उभिएर नमाज पढ्नु, नसक्ने भए बसेर नमाज पढ्नु र यो पनि सम्भव भएन भने कोल्टे परेर नमाज पढ्नु ।</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>इमरान बिन हुसैन (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मलाई बवासीर (पाइल्स) को समस्या थियो । त्यसैले मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) संग सलाह कसरी पढ्ने बारे सोधें र उहाँले भन्नुभयो: "उभिएर नमाज पढ्नु, नसक्ने भए बसेर नमाज पढ्नु र यो पनि सम्भव भएन भने कोल्टे परेर नमाज पढ्नु ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, वास्तविकता के हो भने उभिएर सलाह पढ्नुपर्छ । उभिएर नमाज पढ्न नसकेको अवस्थामा बसेर पढ्नुपर्छ र बसेर नमाज पढ्न नसक्ने भए कोल्टे फर्केर वा सुतेर पढ्नुपर्छ ।</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -15495,53 +17527,50 @@
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्,: रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई खुत्ब-ए-हाजत सिकाउनु भयो, जुन निम्नलिखित छ : इन्नल हमद लिल्लाहि, नस्तईनुहु व नस्ताग्फिरुहु, व नऊजूबिहि मिन शुरुरि अन्फुसिना, मै यह्दिल्लाहु फला मुजिल्ल लहु, व मै युज्लिल फ्ला हादिय लहु, व अश्ह्दु अल्ला इलाह इल्लल्लाहु, व अश्ह्दु अन्न मुहम्मदन अब्दुहू व रसुलुहु । अर्थात "वास्तवमा, सम्पूर्ण प्रशंसाहरू अल्लाहका लागि हुन्, हामी उहाँको प्रशंसा गर्छौं, हामी उहाँको सहायता र क्षमा खोज्छौं, हामी आफ्नो खराबीहरूबाट उहाँमा शरण खोज्छौं । अल्लाहले जसलाई मार्गदर्शन गर्नुहुन्छ, उसलाई कसैले भ्रममा पार्न सक्दैनन् र उहाँले जसलाई पथभ्रष्ट गर्नुहुन्छ, उसलाई कसैले मार्गदर्शण गर्कन सक्दैनन् । म गवाही दिन्छु अल्लाह बाहेक कोही सत्य ईश्वर छैन र म गवाही दिन्छु मुहम्मद उहाँका सेवक र दूत हुनुहुन्छ । {हे मानवहरू हो ! तिमीहरू आफ्ना पालनकर्तासँग डराऊ, जसले तिमीहरूलाई एक व्यक्तिबाट सृष्टि गर्नुभयो र त्यसबाट उनको जोडीलाई सृष्टि गर्नुभयो । तिनीहरूबाट धेरै पुरुष र स्त्रीहरू फैलाउनुभयो । त्यस अल्लाहसँग डराऊ, जसको नामले तिमीहरू एकार्कासँग सहयोग माग्दछौ । नातागोता तोड्ने काम नगर । निस्सन्देह अल्लाह तिमीहरूका निरीक्षक हुनुहुन्छ} [अन-निसा: १], {हे आस्थावानहरू! अल्लाहसँग जसरी डराउनुपर्छ, त्यसरी नै डराऊ र इस्लामकै अवस्थामा तिमीहरूको मृत्यु होस्} [आलि इमरान: १०२], {हे आस्थावानहरू हो, अल्लाहसँग डराउ र धार्मिकताका वचनहरू बोल । उहाँले तिमीहरूका कर्महरू सुधार्नुहुनेछ र तिमीहरूका पापहरू क्षमा गरिदिनुहुनेछ र जसले अल्लाह र उहाँका रसूलको आज्ञापालन गर्छ उसले ठूलो सफलता हासिल गर्यो ।'' [अल-अहजाब: ७० -७१] ।</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसउद् (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीहरूलाई खुत्ब-ए-हाजत सिकाउनुभयो । खुत्ब-ए-हाजत भनेको ती शब्दहरूलाई जनाउँछ, जुन उपदेश, भाषण  र  महत्त्वपूर्ण कार्यहरूको सुरुमा भनिन्छ, जस्तै खुत्ब-ए-निकाह र खुत्ब-ए-जुमा र अन्य । यस उपदेशमा धेरै महत्वपूर्ण कुराहरू छन्, जस्तै अल्लाह हरेक प्रकारको प्रशंसाको हकदार हुनुहुन्छ, उहाँबाट मात्र सहायता र क्षमा माग्नु, उहाँको कुनै साझेदार छैन, पापहरूलाई ढाक्न र क्षमा गर्न उहाँसंग बिन्ती गर्नु, आत्म र अन्य सबै खराबीहरूबाट उहाँसँग शरण खोज्नु आदि ।
 तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, हिदायत (मार्गदर्शन) अल्लाहको हात मा छ, उहाँले जसलाई मार्गनिर्देशन गर्नुहुन्छ, उसलाई कसैले पथभ्रष्ट गर्न सक्दैन र जसलाई उहाँले पथभ्रष्ट पार्नुहुन्छ, उसलाई कसैले मार्गनिर्देशन गर्न सक्दैन ।
 त्यसपछि उहाँले तौहीदको गवाही; अल्लाह बाहेक उपासना योग्य कोही छैन उल्लेख गर्नुभयो । साथै उहाँले रिसालतको गवाही; मुहम्मद (सल्लल्लाहु अलैहि व सल्लम) उहाँका सेवक र दूत हुनुहुन्छ उल्लेख गर्नुभयो ।
 त्यसपछि खुत्बा (प्रवचन) लाई तीनवटा आयतहरूद्वारा समाप्त गरिएको छ, जसमा अल्लाहको खुशी प्राप्त गर्नको लागि उहाँसँग डराउन, उहाँको आदेशको पालना गर्न र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहन आदेश दिइएको छ । जसले यो गर्छ, उसको कर्म र वचन सच्चाइन्छ, उसको पाप धोइन्छ, उसले संसारमा सुखमय जीवन र परलोकमा स्वर्ग प्राप्त गर्दछ ।</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>निकाह र जुम्मा आदिको उपदेश यसै खुत्बा (उपदेश) बाट सुरु गर्नु मुस्तहब हो ।
 खुत्बा (उपदेश) मा अल्लाहको प्रशंसा, दुवै गवाही र केही कुर्आनका श्लोकहरू समावेश हुनुपर्छ ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना साथीहरूलाई धर्मको सबै आवश्यक कुराहरू सिकाउनुभयो ।</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>वली (अभिभावक) बिना निकाह (विवाह) हुँदैन ।</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>अबू-मूसा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "वली (अभिभावक) बिना निकाह (विवाह) हुँदैन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>वली (अभिभावक) बिना निकाह सही हुँदैन भनेर रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सचेत गर्नु भएको छ । त्यसैले महिलाको लागि एक अभिभावक हुनु आवश्यक छ जसले उनको विवाह गराउनेछ ।</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -15671,50 +17700,53 @@
   <si>
     <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभयो: "अल्लाह त्यस्तो पुरुषलाई हेर्नुहुन्न जसले पुरुषसँग या महिलासँग मलद्वारमा  सहवास गर्छ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले कडा चेतावनी दिएका छन् कि अल्लाह त्यस्तो व्यक्तिलाई दयाको दृष्टिकोणले हेर्दैनन्, जसले पुरुषसँग उसको मलद्वारमा सहवास गर्छ वा महिलासँग उसको मलद्वारमा  सहवास गर्छ। यो पापहरूको ठूलो श्रेणी (कबीराह गुनाह) मा पर्छ।</t>
   </si>
   <si>
     <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
 إتيان المرأة في دبرها من كبائر الذنوب.
 (لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
 هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
   </si>
   <si>
     <t>पुरुषले पुरुषसँग यौनसम्पर्क गर्नु -जसलाई समलैंगिकता (लेवात) भनिन्छ - पापको ठूलो श्रेणी (कबीराह गुनाह) अन्तर्गत पर्दछ।
 महिलालाई उनको मलद्वारमा यौनसम्पर्क गर्नु पापको ठूलो श्रेणी (कबीराह गुनाह) अन्तर्गत पर्दछ।
 (لا ينظر الله) को अर्थ दया र करुणाको नजर हो, र यसको अर्थ सामान्य नजर होइन; किनकि अल्लाह सबै कुरालाई हेर्नुहुन्छ र उहाँको नजरबाट केही पनि लुकेको छैन।
 यी कार्यहरू मानवताको लागि सबैभन्दा ठूला र खतरनाक अश्लीलताहरू मध्ये हुन्। किनभने यसले स्वस्थ मानव स्वभावको विपरीत गर्छ, सन्तान उत्पादन घटाउँछ, वैवाहिक जीवन बिगार्छ, मानिसहरूमाझ शत्रुता र घृणा रोप्छ, र फोहोर ठाउँमा रहन निम्त्याउँछ।</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58091</t>
   </si>
   <si>
     <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
   </si>
   <si>
     <t>मैले भने: हे अल्लाहका रसूल, हाम्रो पत्नीको हामी माथि हक के हो? उहाँले भने: " जब तिमी खान्छौ, उसलाई पनि खुवाउँ, जब तिमी कपडा लगाउँछौ वा तिमीले कमाउँछौ भने, उसलाई पनि कपडा दिइराख,  अनुहारमा प्रहार नगर, गाली नगर, र घर बाहेक अरु कुनै ठाउँमा उसलाई नछोड "।</t>
   </si>
   <si>
     <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
   </si>
   <si>
     <t>मुआविया अल-कुशैरी (रजियल्लाहु अन्हुमा)ले भन्नुभएको छ: मैले भने: हे अल्लाहका रसूल, हाम्रो पत्नीको हामी माथि हक के हो? उहाँले भने: " जब तिमी खान्छौ, उसलाई पनि खुवाउँ, जब तिमी कपडा लगाउँछौ वा तिमीले कमाउँछौ भने, उसलाई पनि कपडा दिइराख,  अनुहारमा प्रहार नगर, गाली नगर, र घर बाहेक अरु कुनै ठाउँमा उसलाई नछोड "।</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
 أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
 ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
 ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
 رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
 خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)लाई सोधियो, पतिको पत्नीमाथि के हक हुन्छ? उहाँले केही कुराहरू उल्लेख गर्नुभयो:
 पहिलो: आफूले खाना खाँदा मात्र नभइ, उसलाई पनि खान दिनु पर्छ।
@@ -15913,51 +17945,51 @@
 यौवनका तीन लक्षणहरू छन्: वीर्य स्खलन हुनु, चाहे त्यो सपनामा होस् वा बिपनामा । वा गुप्ताङ्गहरूमा खस्रो रौं निस्कनु । वा १५ वर्ष पुगेको हुनु । महिलाको लागि चौथो लक्षण भनेको हैज (महिनावारी) आउनु ।
 अल-सुबकीले भने: बच्चा (सबी) भनेको केटा हो । अरूले भने: आमाको गर्भमा रहेको बच्चालाई भ्रूण (जनीन) भनिन्छ, जन्मिएपछि केटा (सबी) भनिन्छ, दूध छुटाएपछि सात वर्षसम्म केटा (गुलाम) भनिन्छ । दसवर्षसम्म युवा (याफिअन्) भनिन्छ, त्यसपछि पन्ध्र वर्षसम्म जवान (हजुरा) भनिन्छ । अल-सुयुतीले भने : उक्त सबै अवस्थामा केटा (सबी) भनिन्छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>जसले मुस्लिम हाकिमको आज्ञा मान्न इन्कार गर्छ र मुस्लिमहरुको जमात छोड्छ अनि त्यही अवस्थामा मर्छ भने त्यो जाहिलियतको मृत्यु मरेको हो</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले मुस्लिम हाकिमको आज्ञा मान्न इन्कार गर्छ र मुस्लिमहरुको जमात छोड्छ अनि त्यही अवस्थामा मर्छ भने त्यो जाहिलियतको मृत्यु मरेको हो । जसले उद्देश्य स्पष्ट नभएको झण्डामुनि (इशारामा) लड्छ, आफ्नो दलको लागि क्रोधित हुन्छ, आफ्नो दलको लागि आह्वान गर्छ वा समर्थन गर्छ र त्यही अवस्थामा मर्छ भने यो जाहिलियतको मृत्यु हो । जसले मेरो उम्मत (अनुयायी) विरुद्ध आक्रमण गर्छ, असल र खराब कसैले विभेद नगरी मार्छ, न मोमिनलाई त्याग्छ, सम्झौता गरेपछि त्यसको सम्मान गर्दैन भने, ऊ मबाट होइन र म ऊबाट होइन ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जो व्यक्ति हाकिमको आज्ञाकारिताबाट बाहिर निस्क्यो र हाकिमप्रति सर्वसम्मत रूपमा वफादारीको प्रतिज्ञा गरेका मुस्लिमहरूको समूहबाट अलग भयो  र त्यही अवस्थामा उसको मृत्यु भयो भने इस्लाम पूर्वका मानिसहरू जस्तै उसको मृत्यु भयो । किनभने उनीहरूले न कुनै अमीर वा हाकिमको आज्ञापालन गर्थे,  न त कुनै समूहसँग जोडिन्थे। बरु, विभिन्न समूह र गुटहरूमा विभाजित भएर आपसमा लड्ने गर्दथे ।
-م: 58218 त्यसैगरी सत्य वा असत्य स्पष्ट नभएको झण्डामुनि लड्ने व्यक्ति धर्म वा सत्यको लागि भन्दा आफ्नो समुदाय वा आफ्नो जनजातिको लागि बिना  हिक्मत र बिना ज्ञान लडिरहेको हो भनेर उहाँले स्पष्ट पार्नु भएको छ । यदि त्यही अवस्थामा उसको मृत्यु भयो भने उसको अज्ञानताको मृत्यु हुनेछ ।
+त्यसैगरी सत्य वा असत्य स्पष्ट नभएको झण्डामुनि लड्ने व्यक्ति धर्म वा सत्यको लागि भन्दा आफ्नो समुदाय वा आफ्नो जनजातिको लागि बिना  हिक्मत र बिना ज्ञान लडिरहेको हो भनेर उहाँले स्पष्ट पार्नु भएको छ । यदि त्यही अवस्थामा उसको मृत्यु भयो भने उसको अज्ञानताको मृत्यु हुनेछ ।
 त्यसैगरी, जसले रसूल (सल्लल्लाहु अलैहि वसल्लम) को उम्मत विरुद्ध विद्रोह गर्छ, आफ्नो गलत कामको वास्ता नगरी र त्यसको परिणामबाट नडराइकन असल र खराब हरेक व्यक्तिको शिर काट्न थाल्छ, गैर-मुस्लिमहरूलाई गरेको वाचा पूरा गर्दैन र हाकिमहरूसंग गरेको प्रतिज्ञालाई खुलेआम उल्लङ्घन गर्छ भने यो ठूलो पाप हो र त्यसो गर्ने व्यक्ति यो कडा चेतावनीको हकदार हुनेछ ।</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>जबसम्म हाकिमहरूले अल्लाहको अवज्ञा गर्ने कुनै पनि कुराको आदेश दिँदैनन्, तिनीहरूको आदेशको पालना गर्नु अनिवार्य छ ।
 यस हदीसमा, मुस्लिम हाकिमको अवज्ञा र मुस्लिम समुदायबाट अलग हुने विरुद्ध कडा चेतावनी दिइएको छ । यदि कुनै व्यक्ति यस्तो अवस्थामा मर्यो भने, ऊ जाहिलियत (इस्लाम पूर्व) का मानिसहरूको मृत्यु मर्द्छ ।
 यस हदीसमा जातपातमा आधारित युद्ध निषेध गरिएको छ ।
 वाचा पूरा गर्नु वजिब (अनिवार्य) हो ।
 इमाम (हाकिम) को आज्ञाकारिता र जमातसँग मिलेर बस्नुका धेरै फाइदाहरू छन् । यसले शान्ति र सद्भावको वातावरण सिर्जना गर्दछ र सबै कुरा ठीक रहन्छ ।
 जाहिलित युग (इस्लाम पूर्व) का मानिसहरूको नक्कल गर्न निषेध ।
 मुस्लिम समुदायसँग अनिवार्य रूपमा आबद्ध रहन आदेश ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -15972,120 +18004,126 @@
     <t>अर्फजह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें : "सहमतिबाट कसैलाई खलीफा (हाकिम) को रूपमा मानेपछि यदि कोही तिम्रो एकतालाई विभाजित गर्न वा तिम्रो समुदायमा असन्तुष्टि सृजना गर्न  आउँछ भने उसको हत्या गरिदेऊ ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, जब मुस्लिमहरूले एकमतले कसैलाई आफ्नो हाकिमको रूपमा स्वीकार गर्छन् र एक समुदायको रूपमा जीवन बिताइरहेका छन् र तब कोही आएर हाकिमबाट शासन खोस्न चाहन्छ र मुस्लिम समुदायलाई दलहरूमा विभाजित गर्न चाहन्छ भने उसको खराबीबाट बच्न र मुस्लिमहरूलाई रक्तपातबाट सुरक्षित राख्नको लागि उसलाई रोक्न र लड्नु अनिवार्य हुनेछ ।</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>जबसम्म कुनै मुस्लिम शासकले पापको आदेश दिँदैन, उसको कुरा सुन्न र उसको आदेश पालन गर्नु अनिवार्य छ र उसको विरुद्ध विद्रोह गर्न हराम (निषेध) हो ।
 मुस्लिम हाकिम र उसको समुदाय विरुद्ध विद्रोह गर्ने व्यक्ति वंश, पद, इज्जत र प्रतिष्ठाको हिसाबले जतिसुकै उच्च किन नहोस्, त्यसको विरुद्ध लड्नु अनिवार्य छ ।
 मतभेदको शिकार नहुने र एकताबद्ध रहने प्रोत्साहन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58223</t>
   </si>
   <si>
     <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
   </si>
   <si>
-    <t>यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित  गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
+    <t>यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजि.) बाट कथन गरिएको छ कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले अस्लमी लाई ढुङ्गा हानेर सजाय दिएपछि उठेर भन्नुभयो: यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित  गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले अस्लमी लाई ढुङ्गा हानेर सजाय दिएपछि उठेर भन्नुभयो: यस्तो दुराचारबाट बच्नुहोस्, जसलाई अल्लाहले निषेध गर्नुभएको छ। तर यदि कोही त्यस पापमा फस्न पुग्यो भने, उसले अल्लाहको पर्दामा लुकी रहोस् र अल्लाहसमक्ष तौबा अर्थात् प्रायश्चित गरोस्। किनभने जसले हाम्रा अगाडि आफ्नो पाप उजागर गर्नेछ, हामी उसमाथि अल्लाह तआलाको किताबमा उल्लेखित सजाय लागू गर्नेछौं।</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
-    <t>इब्न उमर (रजि.) ले बताउँछन् कि रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले माइज़ बिन मालिक अल-अस्लमी (रजि.) लाई ज़िना (व्यभिचार) गरेको सजाय दिएपछि उठेर मानिसहरूलाई सम्बोधन गर्दै भन्नुभयो : यस नालायकी काम र यस्ता अन्य घृणित कामहरूबाट टाढा रहनुहोस्। तर यदि कसैलाई यस प्रकारको काममा संलग्न हुने मौका आए, उसमा दुई कुरा अनिवार्य हुन्छन्: पहिलो: उसले अल्लाहले लुकाउनुभएको हुँदा आफूलाई ढाकोस् र आफ्नो पापबारे कसैलाई नबताओस्। दोस्रो: उसले तुरुन्तै अल्लाहसमक्ष तौबा / क्षमायाचना गरोस् र पापमा अडिग नबसोस्। तर यदि उसको पाप हामीसमक्ष साबित भयो भने, हामी उसमाथि त्यस पापको लागि अल्लाह तआलाको किताबमा उल्लेखित हद /सजाय लागू गर्नेछौं।</t>
+    <t>इब्न उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्,  रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले माइज़ बिन मालिक अल-अस्लमी (रजियल्लाहु अन्हु) लाई ज़िना (व्यभिचार) गरेको सजाय दिएपछि उठेर मानिसहरूलाई सम्बोधन गर्दै भन्नुभयो : यस नालायकी काम र यस्ता अन्य घृणित कामहरूबाट टाढा रहनुहोस्। तर यदि कसैलाई यस प्रकारको काममा संलग्न भइहाल्यो भने, उसमा दुई कुरा अनिवार्य हुन्छन्: पहिलो: उसले अल्लाहले लुकाउनुभएको हुँदा आफूलाई ढाकोस् र आफ्नो पापबारे कसैलाई नबताओस्। दोस्रो: उसले तुरुन्तै अल्लाहसमक्ष तौबा / क्षमायाचना गरोस् र पापमा अडिग नबसोस्। तर यदि उसको पाप हामीसमक्ष साबित भयो भने, हामी उसमाथि त्यस पापको लागि अल्लाह तआलाको किताबमा उल्लेखित हद /सजाय लागू गर्नेछौं।</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>पापमा संलग्न मान्छेलाई आफ्नो पाप लुकाउन प्रोत्साहन दिइन्छ र उसले आफ्नो पापमा अल्लाहसँग तौबा गरोस्।
-यदि पाप वा अपराधको हद (सजाय) सत्ता वा जिम्मेवार अधिकारीसम्म पुग्यो भने, हद/दण्ड लागू गर्नु अनिवार्य हुन्छ।
+यदि पाप शासकसम्म पुग्छन् भने, हद/दण्ड लागू गर्नु अनिवार्य हुन्छ।
 पापबाट टाढा रहनु र त्यसबाट तौबा गर्नु अनिवार्य छ।</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>हरेक मादक पदार्थ 'खम्र' (रक्सी) हो र हरेक नशालु पदार्थ हराम हो । जसले यस संसारमा रक्सी पिउछ र पश्चात्ताप नगरी यसको लतमा मर्छ भने ऊ परलोकमा त्यसबाट बञ्चित हुनेछ ।</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हरेक मादक पदार्थ 'खम्र' (रक्सी) हो र हरेक नशालु पदार्थ हराम हो । जसले यस संसारमा रक्सी पिउछ र पश्चात्ताप नगरी यसको लतमा मर्छ भने ऊ परलोकमा त्यसबाट बञ्चित हुनेछ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले स्पष्ट रूपमा बताउनुभयो कि कुनै पनि पदार्थ जसले चेतना हराउँछ र होश नष्ट गराउँछ, त्यो मादक पदार्थ (शराब) हो, चाहे त्यसलाई पिइएको होस्, खाइएको होस्, सुँघिएको होस्, या कुनै अन्य माध्यमले प्रयोग गरिएको होस्। जुनसुकै कुरा जसले नशा गराउँछ र चेतना हराउँछ, त्यसलाई अल्लाहले हराम ठहराउनुभएको छ र त्यसबाट बच्न आदेश दिनुभएको छ, चाहे त्यो थोरै होस् या धेरै। जसले यी नशालु पदार्थहरूमध्ये कुनै लतमा पर्छ र पश्चात्ताप नगरिकन मर्छ भने; अल्लाहले उसलाई स्वर्ग मा त्यसबाट वञ्चित गरेर सजाय दिनुहुनेछ ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि व सल्लम) ले स्पष्ट रूपमा बताउनुभएको छ, जुन पदार्थको सेवनले चेतना हराउँछ र होश नष्ट गर्छ, त्यो मादक पदार्थ (शराब) हो, चाहे त्यसलाई पिइएको होस्, खाइएको होस्, सुँघिएको होस्, या कुनै अन्य माध्यमले प्रयोग गरिएको होस्। जुनसुकै कुरा जसले नशा गराउँछ र चेतना हराउँछ, त्यसलाई अल्लाहले हराम ठहराउनुभएको छ र त्यसबाट बच्न आदेश दिनुभएको छ, चाहे त्यो थोरै होस् या धेरै। जसले यी नशालु पदार्थहरूमध्ये कुनै लतमा पर्छ र पश्चात्ताप नगरिकन मर्छ भने; अल्लाहले उसलाई स्वर्ग मा त्यसबाट वञ्चित गरेर सजाय दिनुहुनेछ ।</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>मदिरालाई निषेध गर्ने कारण भनेको नशा हो । त्यसैले हरेक प्रकारको मादक पदार्थ निषेध गरिएको छ ।
 रक्सिले गर्दा पर्न गएको ठूला हानि र खराबीहरूले गर्दा अल्लाहले रक्सीलाई निषेध गर्नुभएको छ ।
 स्वर्गमा रक्सी पिउनु पूर्ण आनन्द र आशिषको संकेत हो ।
 जसले यस संसारमा रक्सी पिउन छोड्दैन, अल्लाहले उसलाई स्वर्गमा रक्सी पिउनबाट रोक लगाउनुहुनेछ, किनभने कर्म अनुसार दण्ड दिइनेछ ।
 मृत्यु अघि पापबाट पश्चात्तापमा हतार गर्न प्रोत्साहन ।</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/58259</t>
   </si>
   <si>
     <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
   </si>
   <si>
     <t>मूर्तिपूजकहरूसँग आफ्नो धन, ज्यान, र वाणीद्वारा जिहाद गर।</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु)ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम)ले भन्नुभएको छ : "मूर्तिपूजकहरूसँग आफ्नो धन, ज्यान, र वाणीद्वारा जिहाद गर।"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
 أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
 ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
 ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम)ले काफिरहरूसँग (बहुदेववादी) जिहाद गर्ने र उनीहरूको सामना गर्न आफ्नो क्षमताअनुसार सबै साधन प्रयोग गर्न आदेश दिनुभएको छ, ताकि अल्लाहको वचन सर्वोच्च रहोस्। यसमा समावेश छन्:
 पहिलो: काफिरहरूसँग जिहादमा धन खर्च गर्नु, जस्तै: हतियार किन्नु, मुजाहिद (जिहादमा भाग लिने व्यक्तिहरू) का लागि खर्चको व्यवस्था गर्नु, र यस्तै अन्य आवश्यकताहरूमा सहयोग प्रदान गर्नु।
 दोश्रो: काफिरहरूसँग युद्ध र तिनीहरूको सामना गर्न आत्मा र शारीरिक रूपमा उपस्थित हुनु।
 तेस्रो: वाणीद्वारा उनीहरूलाई इस्लामको तर्फ आमन्त्रित गर्नु, तर्क प्रस्तुत गरी तिनीहरूमाथि सत्यको प्रमाण स्थापित गर्नु, उनीहरूको गलत सोचलाई खण्डन गर्नु, र तिनीहरूलाई गलतबाट रोक्न प्रयास गर्नु।</t>
@@ -16184,272 +18222,266 @@
 निर्णयमा पक्षपात गर्न र आफ्नो पक्षमा अनाहक निर्णय गराउने उद्देश्यले न्यायाधीशहरूलाई दिइने घुस पनि यसमा समावेश छ ।</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>घुस दिने, लिने आदिमा भूमिका निर्वाह गर्नु र यसमा कुनै किसिमको सहयोग गर्नु वा मध्यस्थता बन्नु हराम हो  किनभने यो गलत काममा सहयोग हो र अन्यायपूर्ण कार्य हो ।
 घूस दिनु र लिनु ठूलो पाप हो; किनकि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले घूस दिने र लिनेहरूलाई श्राप दिनुभएको छ ।
 न्याय र प्रशासनसँग सम्बन्धित मामिलामा घुस लिनु र दिनु ठूलो अपराध र पाप हो । किनभने यो अन्यायपूर्ण कार्य हो साथै अल्लाहद्वारा अवतरित कानूनलाई बेवास्ता गरी मनमानी ढंगले निर्णय गर्नु हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>इस्लाम पाँच कुराहरूमा आधारित छ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "इस्लाम पाँच कुराहरूमा आधारित छ: अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद अल्लाहका दास र रसूल हुनुहुन्छ भन्ने गवाही दिनु, नमाज स्थापना गर्नु, जकात दिनु,  हज गर्नु र रमजान महिनामा उपवास बस्नु ।"</t>
+    <t>अब्दुल्लाह बिन उमर (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "इस्लाम पाँच कुराहरूमा आधारित छ: अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद अल्लाहका दास र रसूल हुनुहुन्छ भन्ने गवाही दिनु, नमाज स्थापना गर्नु, जकात दिनु, हज गर्नु र रमजान महिनामा उपवास बस्नु ।"</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मलाई पाँच स्तम्भहरूमा खडा भएको ठोस भवनसँग तुलना गर्नुभयो र इस्लामका बाँकी विशेषताहरूलाई यस भवनका पूरक बताउनु भयो । यी पाँच स्तम्भहरू मध्ये पहिलो स्तम्भ: शहादतान (दुबै गवाही); अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद ईश्वरका दूत हुनुहुन्छ भन्ने गवाही दिनु ; यी दुबै गवाहीहरू एउटै स्तम्भ हुन्, जुन एकअर्काबाट कहिले अलग हुनसक्दैन । भक्तले अल्लाह एक हुनुहुन्छ र उहाँ मात्र उपासना योग्य हुनुहुन्छ स्वीकार गर्दै आफ्नै जिब्रोले भन्नुपर्छ र यसको आशा अभिलाषालाई पुरा गर्नुपर्छ । त्यसैगरी पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) मा आस्था राख्दै उहाँको अनुसरण गर्नुपर्छ । दोस्रो स्तम्भ : सलाह (नमाज) स्थापना गर्नु, दिन रातमा पाँच फर्ज नमाजहरूलाई तिनीहरूको सर्त, स्तम्भ र अनिवार्य कार्यहरूका साथ पढ्नु पर्छ । फजर, जुहर, अस्र, मगरिब र ईशा अनिवार्य सलाहहरू हुन् । तेस्रो स्तम्भ : जकात दिनु, वास्तवमा जकात एक आर्थिक उपासना हो, शरीयतले तोकेको धनसम्पत्तिमा एक निश्चित मात्रामा निकालेर हकदार मानिसहरूलाई दिइन्छ । चौथो स्तम्भ : हज गर्नु, अल्लाहको उपासनाको लागि केही विशेष कार्यहरू गर्न मक्का जाने नाम हो । पाँचौं स्तम्भ : रमजान महिनामा उपवास बस्नु हो । उपवास भनेको अल्लाहको उपासना गर्ने मनसायले बिहान फजर देखि सूर्यास्तसम्म उपवास तोड्ने खानेकुरा, पेय पदार्थ र अन्य चीजहरूबाट अलग रहनुको नाम हो ।</t>
+    <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले इस्लाम धर्मलाई पाँच स्तम्भहरूमा खडा भएको ठोस भवनसँग तुलना गर्नुभयो र इस्लामका बाँकी विशेषताहरूलाई यस भवनका पूरक बताउनु भयो । यी पाँच स्तम्भहरू मध्ये पहिलो स्तम्भ: शहादतान (दुबै गवाही); अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद ईश्वरका दूत हुनुहुन्छ भन्ने गवाही दिनु; यी दुबै गवाहीहरू एउटै स्तम्भ हुन्, जुन एकअर्काबाट कहिले अलग हुनसक्दैन । भक्तले अल्लाह एक हुनुहुन्छ र उहाँ मात्र उपासना योग्य हुनुहुन्छ स्वीकार गर्दै आफ्नै जिब्रोले भन्नुपर्छ र यसको आशा अभिलाषालाई पुरा गर्नुपर्छ । त्यसैगरी पैगम्बर मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) मा आस्था राख्दै उहाँको अनुसरण गर्नुपर्छ । दोस्रो स्तम्भ : सलाह (नमाज) स्थापना गर्नु, दिन रातमा पाँच फर्ज नमाजहरूलाई तिनीहरूको सर्त, स्तम्भ र अनिवार्य कार्यहरूका साथ पढ्नु पर्छ । फजर, जुहर, अस्र, मगरिब र ईशा अनिवार्य सलाहहरू हुन् । तेस्रो स्तम्भ : जकात दिनु, वास्तवमा जकात एक आर्थिक उपासना हो, शरीयतले तोकेको धनसम्पत्तिमा एक निश्चित मात्रामा निकालेर हकदार मानिसहरूलाई दिइन्छ । चौथो स्तम्भ : हज गर्नु, अल्लाहको उपासनाको लागि केही विशेष कार्यहरू गर्न मक्का जाने नाम हो । पाँचौं स्तम्भ : रमजान महिनामा उपवास बस्नु । उपवास भनेको अल्लाहको उपासना गर्ने मनसायले बिहान फजर देखि सूर्यास्तसम्म उपवास तोड्ने खानेकुरा, पेय पदार्थ र अन्य चीजहरूबाट अलग रहनुको नाम हो ।</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>दुवै गवाही अनिवार्य रूपमा एक अर्कासँग जोडिएको छ । यदि एकलाई छोडियो भने, अर्को सही हुनेछैन । त्यसैले दुवैलाई एउटै स्तम्भ बनाइएको छ ।
 यी दुवै गवाहीहरू धर्मका आधार हुन् । यो बिना, कुनै पनि शब्द र कार्य स्वीकार्य हुनेछैन ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
-    <t>तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो" ।</t>
+    <t>तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो"।</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>मान्य अबू-सईद अल्-खुदरी रजियल्लाहु अन्हु बाट उद्धृत गरिएको छ कि उहाँ भन्नु हुन्छ, मैले अल्लाहको रसूल सल्लल्लाहु अलैहि व सल्लमलाई भन्दै गरेको सुनें : "तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो" ।</t>
+    <t>अबू-सईद अल्-खुदरी रजियल्लाहु अन्हु बाट उद्धृत गरिएको छ, उहाँ भन्नु हुन्छ, मैले अल्लाहको रसूल सल्लल्लाहु अलैहि व सल्लमलाई भन्दै गरेको सुनें : "तिमीहरू मध्ये कसैले मुन्कर (गलत) भइरहेको देख्यो भने त्यसलाई हातले रोक्न प्रयास गर्नु, यदि हातले रोक्ने शक्ति नभए बोलेर रोक्न प्रयास गर्नु, यदि यसको पनि क्षमता छैन भने हृदयमा नै नराम्रो ठान्नु र यो ईमानको (आस्थाको) सबै भन्दा कमजोर श्रेणी हो"।</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
-    <t>अल्लाहका रसूल सल्लल्लाहु अलैहि वसल्लमले गलत कार्य (मुन्कर) लाई आफ्नो क्षमता अनुसार रोकथाम गर्न आदेश दिदै हुनुहुन्छ ।  र मुन्कर (गलत) भनेको अल्लाह र उहाँका रसूलले निषेध गर्नुभएको हरेक कार्य  हो । यदि कसैले कुनै गलत कार्य (मुन्कर) भइरहेको देखिरहेको छ र ऊ सक्षम छ भने आफ्नो हातले त्यसलाई रोक्नु पर्छ, यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो बोलीले यसलाई परिवर्तन गरोस्। यसरी कि उसले गलत गर्नेलाई त्यसको हानि नोक्सानी सम्झाएर त्यसबाट रोकोस र यो गलतीको सट्टा उसलाई राम्रो कुराको मार्गदर्शन गरोस् । यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो हृदयमा यो खराबीलाई घृणा गर्नुपर्छ र सक्षम भएको भए निश्चयनै परिवर्तन गर्ने थिए भनेर संकल्प गर्नुपर्छ। र हृदयमा गलत कार्य लाई गलत ठान्नु  ईमानको सबैभन्दा कमजोर स्तर हो।</t>
+    <t>अल्लाहका रसूल सल्लल्लाहु अलैहि वसल्लमले गलत कार्य (मुन्कर) लाई आफ्नो क्षमता अनुसार रोकथाम गर्न आदेश दिदै हुनुहुन्छ । अल्लाह र उहाँका रसूलले निषेध गर्नुभएको हरेक कार्य मुन्कर (गलत) हो । यदि कसैले कुनै गलत कार्य (मुन्कर) भइरहेको देखिरहेको छ र ऊ सक्षम छ भने आफ्नो हातले त्यसलाई रोक्नु पर्छ । यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो बोलीले यसलाई परिवर्तन गरोस्। उसले गलत गर्नेलाई त्यसको हानि नोक्सानी सम्झाएर त्यसबाट रोकोस र यो गलतीको सट्टा उसलाई राम्रो कुराको मार्गदर्शन गरोस् । यदि ऊ त्यसो गर्न असमर्थ छ भने, उसले आफ्नो हृदयमा यो खराबीलाई घृणा गर्नुपर्छ र सक्षम भएको भए निश्चयनै परिवर्तन गर्ने थिए भनेर संकल्प गर्नुपर्छ। हृदयमा गलत कार्यलाई गलत ठान्नु  ईमानको सबैभन्दा कमजोर स्तर हो।</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>गलत कार्यलाई रोकथाम गर्ने चरणहरूबारे बुझाउन यो हदीस एउटा आधार हो।
-यस हदिसमा गलत कार्यको रोकथामको लागि क्रमशः अनुरुप र हरेकले आफ्नो क्षमता एवं शक्ति अनुसार रोकथहाम गर्न आदेश दिइएको छ।
-गलत (मुन्कर) लाई परिवर्तन गर्नु धर्मशैलीको एक महान अध्याय हो जुन हामी सबैको दायित्व हो र प्रत्येक मुस्लिमले  आफ्नो क्षमता अनुसार गर्नुपर्ने  छ।
+यस हदीसमा गलत कार्यको रोकथामको लागि क्रमशः अनुरुप र हरेकले आफ्नो क्षमता एवं शक्ति अनुसार रोकथाम गर्न आदेश दिइएको छ।
+गलत (मुन्कर) लाई परिवर्तन गर्नु धार्मिक महान अध्याय हो जुन हामी सबैको दायित्व हो र प्रत्येक मुस्लिमले  आफ्नो क्षमता अनुसार गर्नुपर्ने  छ।
 असल कुराको आदेश दिनु र नराम्रो कुराबाट मनाही गर्नु आस्थाको एउटा महत्वपूर्ण पाटो हो र ईमान (सत्कर्मले) बढ्छ र (कुकर्मले) घट्दछ  ।
-कुनै गलत कार्य (मुन्कर) बाट मनाही गर्नु त्यो कार्य गलत (मुन्कर) हो भन्ने ज्ञान हुने कुरा द्वारा सर्तबद्ध छ ।
-[...3 lines deleted...]
-(खराब कुरा (मुन्कर) लाई ) हृदयले पनि नराम्रो नठान्नु, ईमान (आस्था) कमजोर भएको संकेत गर्दछ ।</t>
+गलत कार्य (मुन्कर) बाट मनाही गर्नको लागि  त्यो कार्य गलत (मुन्कर) हो ज्ञान हुनुपर्छ ।
+गलत कार्य (मुन्कर) बाट मनाही गर्नुकाे अर्को शर्त के हो भने रोक्ने कार्यले अझ ठूलो खराबी उत्पन्न नहोस् ।
+गलत (मुन्कर) बाट मनाही गर्नका निम्ति केही नियम र शर्तहरू छन् जुन एक मुस्लिमले सिक्नुपर्ने हुन्छ ।
+खराब कुरा (मुन्कर) को खण्डन गर्नका निम्ति इस्लामी धर्मशास्त्रको नीति, ज्ञान र विवेक आवश्य नै चाहिन्छ।
+खराब कुरा (मुन्कर) लाई हृदयले पनि नराम्रो नठान्नु, ईमान (आस्था) कमजोर भएको संकेत गर्दछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>जसले इस्लाम स्विकारे पछि  राम्रो काम गर्यो, उ जाहिलियाको समयमा गरेका कामहरूप्रति जवाफदेह हुने छैन र जसले इस्लाम स्विकारे पछि खराब कर्म गर्यो, उसलाई अघिल्ला र पछिल्ला सबै कृकर्मको सजाय दिइनेछ।</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एकजना मानिसले सोधे: हे अल्लाहका रसूल! के हामीले जाहिलिया (इस्लाम पूर्व) को समयमा गरेका पाप-कर्महरूप्रति जवाफदेह हुनेछौं? उहाँले भन्नुभयो: " जसले इस्लाम स्विकारे पछि  राम्रो काम गर्यो, उ जाहिलियाको समयमा गरेका कामहरूप्रति जवाफदेह हुने छैन र जसले इस्लाम स्विकारे पछि खराब कर्म गर्यो, उसलाई अघिल्ला र पछिल्ला सबै कृकर्मको सजाय दिइनेछ।"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>यस हदीसमा सन्देशवाहक (उहाँ माथि अल्लाहको कृपा र शान्ति होस्) ले इस्लाम स्वीकार गर्नुको महत्त्वलाई स्पष्ट गर्दै हुनुहुन्छ । जसले इस्लामलाई स्वीकार गर्यो र एक असल, इमानदार र सत्यवादी मुसलमान भयो भने; उ जाहिलियाको समयमा गरेका पापहरूप्रति जवाफदेह हुनेछैन। जो व्यक्तिले इस्लाम स्वीकार गरिसकेपछि पनि मुनाफिक (आडम्बरी,कपटी ) वा मुर्तद (धर्मत्यागी) भएर इस्लाममा गलत काम गर्दछ; उ कुफ्र (इस्लाम पूर्व) र पछिको अवस्थामा गरेका सबै कर्महरूप्रति जवाफदेह हुनेछ।</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>यस हदीसले जाहिलियाको युगमा गरेका कर्महरूप्रति सहाबा (रसूलका साथीहरू) पनि चिन्तित र भयभीत थिए भन्ने कुरा प्रष्ट पार्छ।
 यस हदीसले इस्लाममा अडिग र दृढ रहन प्रोत्साहन दिन्छ।
 यस हदीसबाट इस्लाममा प्रवेश गर्नुको महत्व बारे र यसले अघिल्लो सबै पापहरू क्षमा हुन्छन् भनि थाहा हुन्छ।
 मुनाफिक (पाखण्डी) र मुर्तद (धर्मत्यागी) हरू इस्लाम स्वीकार गर्नु अघि जाहिलियाको कर्म र पछि गरेका सबै पाप-कर्महरूप्रति जवाफदेह हुनेछन्।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65002</t>
   </si>
   <si>
     <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>यदि मैले अनिवार्य सलाह (नमाज) हरू कायम गरें, रमजानमा उपवास राखें र हलाल (वैध) लाई हलाल माने र हरामलाई त्यागे</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
-    <t>जाबिर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, यदि मैले अनिवार्य सलाह (नमाज) हरू कायम गरें, रमजानमा उपवास राखें र हलाल (वैध) लाई हलाल माने र हरामलाई त्यागे  र यो बाहेक अरू केही  गरिनँ भने के म जन्नत (स्वर्ग) मा प्रवेश गर्नेछु? उहाँले भन्नुभयो: "हो।"  उसले भन्यो: अल्लाहको कसम, मैले यसमा केही थप्ने छैन।</t>
+    <t>जाबिर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, यदि मैले अनिवार्य सलाह (नमाज) हरू कायम गरें, रमजानमा उपवास राखें र हलाल (वैध) लाई हलाल माने र हरामलाई त्यागे र यो बाहेक अरू केही  गरिनँ भने के म जन्नत (स्वर्ग) मा प्रवेश गर्नेछु? उहाँले भन्नुभयो: "हो।"  उसले भन्यो: अल्लाहको कसम, मैले यसमा केही थप्ने छैन।</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
-    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नु भयो  कि जसले अनिवार्य पाँच पटकको नमाज पढ्छ तर नवाफिल (अतिरिक्त र  स्वैच्छिक सलाह) पढ्दैन, रमजानको व्रत बस्छ र अतिरिक्त वा स्वैच्छिक उपवासहरू बस्दैन, हलाललाई हलाल ठानेर गर्छ र हरामलाई हराम मानेर त्याग्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
+    <t>यस हदीसमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ, जसले अनिवार्य पाँच पटकको नमाज पढ्छ तर नवाफिल (अतिरिक्त र  स्वैच्छिक सलाह) पढ्दैन, रमजानको व्रत बस्छ र अतिरिक्त वा स्वैच्छिक उपवासहरू बस्दैन, हलाललाई हलाल ठानेर गर्छ र हरामलाई हराम मानेर त्याग्छ भने ऊ स्वर्गमा प्रवेश गर्नेछ ।</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
-    <t>मुस्लिम लाई स्वर्गमा प्रवेश पाउने लक्ष्य साथ आफ्नो कर्तव्यहरू पूरा गर्न र निषेधित चीजहरू त्याग्न उत्सुक हुनुपर्छ ।
-[...1 lines deleted...]
-अनिवार्य कर्तव्यहरूलाई पुरा गर्नु र निषेधित चीजहरू लाई त्याग्नुले स्वर्गमा प्रवेश पाइन्छ।</t>
+    <t>मुस्लिमले स्वर्गमा प्रवेश पाउने लक्ष्यका साथ आफ्नो कर्तव्यहरू पूरा गर्न र निषेधित चीजहरू त्याग्न उत्सुक हुनुपर्छ ।
+वैध (हलाल) कार्य गर्ने र त्यसको वैधतालाई मान्ने र निषेधित कार्यबाट बच्ने र त्यसको अवैधता लाई मान्नेको महत्त्व ।
+अनिवार्य कर्तव्यहरूलाई पुरा गर्नु र निषेधित चीजहरूलाई त्याग्नुले स्वर्गमा प्रवेश पाइन्छ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65003</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
-    <t>तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) भरि दिन्छ</t>
+    <t>तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई भरि दिन्छ</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
-    <t>अबू मलिक अल-अश्अरी (रजियल्लाहु अन्हु) बाट उद्धृत गरिएको छ, वहाँ भन्नु हुन्छः अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) भरि दिन्छ । सलाह (नमाज) नूर (ज्योति) हो, सदकह (दान दिनु आस्था सही हुने ) प्रमाण हो, धैर्य गर्नु  (आस्थाको) किरण हो ।  र कुरान तपाईको पक्ष वा विपक्षमा प्रमाण हो । प्रत्येक मानिसले हरेक दिन परिश्रम गर्छ, कि त उसले आफूलाई नर्कबाट बचाउछ कि त नष्ट पार्दछ ।"</t>
+    <t>अबू मलिक अल-अश्अरी (रजियल्लाहु अन्हु) बाट उद्धृत गरिएको छ, वहाँ भन्नु हुन्छः अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तहारत (पवित्रता) आधा ईमान हो । अल्हम्दुलिल्लाह (अल्लाहको प्रशंसा) ले (सुकर्म तौल गर्ने ) तराजु भर्छ, ‘सुब्हानल्लाह’ र ‘अल्हम्दुलिल्लाह’ यी दुबैले आकाशहरू देखि पृथ्वी सम्मको विशालतालाई भरि दिन्छ । सलाह (नमाज) नूर (ज्योति) हो, सदकह (दान) प्रमाण हो, धैर्य गर्नु (आस्थाको) किरण हो ।  कुरान तपाईको पक्ष वा विपक्षमा प्रमाण हो । प्रत्येक मानिसले हरेक दिन परिश्रम गर्छ, कि त उसले आफूलाई नर्कबाट बचाउछ, कि त नष्ट पार्दछ ।"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा बताउनु भएको छ कि : बाहिरी (शारीरिक) शुद्धता र पवित्रता "वुजू" र स्नानबाट प्राप्त हुन्छ र यो शुद्धता नमाजको लागि शर्त हो। र उहाँको भनाई : "अल्हमदु लिल्लाहले तराजु भर्छ" वास्तवमा यो अल्लाहको प्रशंसा, महिमा र पूर्णताको वर्णन हो । प्रलयको दिन, यी शब्दहरू तराजूमा तौलिनेछन् र यिनले कर्महरू तौलने  तराजूलाई भर्नेछन् । र उहाँको भनाई : "सुब्हानल्लाह र अल्हम्दुलिल्लाह" ले सम्पूर्ण थरीका त्रुटि र अपूर्णता बाट अल्लाहलाई पवित्र ठहर्‍याउन्छ, र उहाँ प्रति प्रेम एवं सम्मान सहित उहाँको  श्रेष्ठता माफिक उहाँको पूर्ण उत्तम विशेषताहरू वर्णन गर्दछ । यी दुई शब्दहरूले (ती शब्दहरुको वाचनको प्रतिफल र अल्लाहको महिमा ले) आकाश र पृथ्वी बीचको ठाउँ भर्छन् । र "नमाज एउटा ज्योति हो" जसले भक्तको हृदय, अनुहार, चिहान र हश्र (हिसाबकिताबको लागि भेला हुने मैदान) लाई उज्यालो पार्दछ। र "दान प्रमाण हो"  अर्थात् दान प्रदान गर्नु भक्तको साँचो आस्थाको र पाखण्ड कपट बाट अबद्ध भएको प्रमाण हो, साथै दान दिनुले पाखण्डी कपटी व्यक्ति -जसले दानको प्नतिफलमा विश्वास गर्दैन- बाट भिन्नता पनि प्रमाणित हुन्छ । "सब्र (धैर्य) एक किरण हो" । धैर्य भनेको दु:ख र पीडामा असन्तुष्टि र भाग्यलाई गालीगलौज गर्नबाट रोकिनु हो । "जिया"- यसतो प्रकाशलाई भनिन्छ जसमा सूर्यको किरण जस्तै ताप र जलाउने गुण हुन्छ । किनभने धैर्य कठिन कार्य हो र यसमा आत्मसँग लड्न र आफ्नो  नराम्रो इच्छा तथा आकांक्षालाई रोक्नु पर्छ । धैर्यतापूर्वक जिवन बिताउने व्यक्ति  व्यक्ति सधैं उज्यालोमा रहन्छ र ऊ निरन्तर रुपले सही मार्गमा हुन्छ । अर्थात् धैर्य भनेको अल्लाहको आज्ञापालन गर्नुमा दृढ हुनु, उहाँको अवज्ञाबाट आफूलाई बचाउनु र संसारमा आइपरेका दुःख र कठिनाइहरूमा धैर्य गर्नु हो । "कुरआन तपाइँको लागि प्रमाण हो" जब तपाईंले कुरआनको पाठ गर्नुहुन्छ र त्यसको आदेश अनुसार कार्य गर्नु हुन्छ । वा "तपाइँको विरुद्धमा प्रमाण" हो, जब तपाइँले त्यसको आदेशहरुको पालना गर्नहुन्न र  त्यसको तिलावत (पाठ) पनि गर्नुहुन्न । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : सबै मानिसहरूले संघर्ष र प्रयास गर्छन्, धर्तीमा फैलिन्छन्, निद्राबाट ब्यूँझन्छन् अनि विभिन्न कामका लागि आफ्नो घर छोड्छन् र जीविकोपार्जन गर्छन् । अतः, तिनीहरूमध्ये केहीले अल्लाहको आज्ञापालन गर्दछन् र आफूलाई नर्कको आगोबाट मुक्त गर्छन् र तिनीहरूमध्ये केही अवज्ञा गरि विचलित हुन्छन् र पापहरूमा लिप्त भएर नर्कमा प्रवेश गर्छन् र आफूलाई नष्ट गर्छन् ।</t>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा बताउनु भएको छ : बाहिरी (शारीरिक) शुद्धता  "वुजू" र स्नानबाट प्राप्त हुन्छ र यो शुद्धता नमाजको लागि शर्त हो। उहाँको भनाई : "अल्हमदु लिल्लाहले तराजु भर्छ" वास्तवमा यो अल्लाहको प्रशंसा, महिमा र पूर्णताको वर्णन हो । प्रलयको दिन, यी शब्दहरू तराजूमा तौलिनेछन् र यिनले कर्महरू तौलने  तराजूलाई भर्नेछन् । उहाँको भनाई : "सुब्हानल्लाह र अल्हम्दुलिल्लाह" ले अल्लाहलाई सम्पूर्ण थरीका त्रुटि र अपूर्णताबाट पवित्र ठहर्‍याउन्छ र उहाँ प्रति प्रेम एवं सम्मान सहित उहाँको पूर्ण उत्तम विशेषताहरू वर्णन गर्दछ र यो उहाँलाई सुहाउँदो तरिकाले हुन्छ । यी दुई शब्दहरूले आकाश र पृथ्वी बीचको ठाउँ भर्छन् । "नमाज एउटा ज्योति हो" जसले भक्तको हृदय, अनुहार, चिहान र हश्र (हिसाबकिताबको लागि भेला हुने मैदान) लाई उज्यालो पार्दछ। "दान प्रमाण हो" अर्थात् भक्तको साँचो आस्थाको र पाखण्ड (कपट) बाट टाढा रहेको प्रमाण हो, साथै दान दिनुले पाखण्डी कपटी व्यक्ति -जसले दानको प्नतिफलमा विश्वास गर्दैन- बाट भिन्नता पनि प्रमाणित हुन्छ । "सब्र (धैर्य) एक किरण हो" । धैर्य भनेको दु:ख र पीडामा असन्तुष्टि र भाग्यलाई गालीगलौज गर्नबाट रोकिनु हो । "जिया"- यसतो प्रकाशलाई भनिन्छ जसमा सूर्यको किरण जस्तै ताप र जलाउने गुण हुन्छ । किनभने धैर्य कठिन कार्य हो र यसमा आत्मसँग लड्न र आफ्नो  नराम्रो इच्छा तथा आकांक्षालाई रोक्नु पर्छ । धैर्यतापूर्वक जीवन बिताउने व्यक्ति सधैं उज्यालोमा रहन्छ र ऊ निरन्तर रुपले सही मार्गमा हुन्छ । अर्थात् धैर्य भनेको अल्लाहको आज्ञापालन गर्नुमा दृढ हुनु, उहाँको अवज्ञाबाट आफूलाई बचाउनु र संसारमा आइपरेका दुःख र कठिनाइहरूमा धैर्य गर्नु हो । "कुरआन तपाइँको लागि प्रमाण हो" जब तपाईंले कुरआनको पाठ गर्नुहुन्छ र त्यसको आदेश अनुसार कार्य गर्नु हुन्छ वा "तपाइँको विरुद्ध प्रमाण" हो, जब तपाइँले त्यसको आदेशहरुको पालना गर्नहुन्न र त्यसको तिलावत (पाठ) पनि गर्नुहुन्न । त्यसपछि रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो : सबै मानिसहरूले संघर्ष र प्रयास गर्छन्, धर्तीमा फैलिन्छन्, निद्राबाट ब्यूँझन्छन् अनि विभिन्न कामका लागि आफ्नो घर छोड्छन् र जीविकोपार्जन गर्छन् । अतः, तिनीहरूमध्ये केहीले अल्लाहको आज्ञापालन गर्दछन् र आफूलाई नर्कको आगोबाट मुक्त गर्छन् र तिनीहरूमध्ये केही अवज्ञा गरि विचलित हुन्छन् र पापहरूमा लिप्त भएर नर्कमा प्रवेश गर्छन् र आफूलाई नष्ट गर्छन् ।</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>पवित्रता दुई प्रकारको हुन्छ: बाहिरी (शारीरिक) शुद्धता, जुन वुजू र गुस्ल (स्नान) बाट प्राप्त हुन्छ र अर्को भित्री पवित्रता, जुन एकेश्वरवाद, विश्वास र असल कर्महरूबाट प्राप्त हुन्छ।
-यस हदीस बाट निरन्तर रुपले नमाज पढ्नुको महत्व प्रस्ट हुन्छ, किनभने नमाज यस संसार र महाप्रलयको दिनमा भक्तका लागि ज्योति हुनेछ।
-दान-पुण्य- आस्था एवं श्रद्धाको सत्यताको प्रमाण हो।
+यस हदीस बाट निरन्तर रुपले नमाज पढ्नुको महत्व प्रष्ट हुन्छ, किनभने नमाज यस संसार र महाप्रलयको दिनमा भक्तका लागि ज्योति हुनेछ।
+दान, सत्य आस्थाको प्रमाण हो।
 यस हदीसबाट कुरान अनुसार कार्यान्वयन र यस माथि विश्वास गर्नुको महत्व थाहा हुन्छ, ताकि यो तपाइँको पक्षमा प्रमाण होस्, तपाईंको विरुद्धमा नहोस् ।
 यदि तपाईंले आफ्नो हृदयलाई आज्ञाकारितामा व्यस्त गर्नुभएन भने, यसले तपाईंलाई पापमा संलग्न गर्नेछ।
 हरेक मानिस अनिवार्य रूपमा कुनै न कुनै कर्म गर्दछ। तसर्थ कि त आज्ञाकारिताद्वारा उसले आफूलाई मुक्त गर्दछ वा अन्यथा पापद्वारा आफूलाई नष्ट गर्दछ।
-धैर्यको लागि सहिष्णुता, सहनशीलता  र पुण्यको नियत आवश्यक छ, जुन साह्रै गाह्रो हो।</t>
+धैर्यको लागि सहिष्णुता, सहनशीलता र पुण्यको नियत आवश्यक छ, जुन साह्रै गाह्रो हो।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>होसियार! सम्भव छ कि एक व्यक्ति आफ्नो अडेसदार आसनमा अडेस   लगाएर विराजमान हुनेछ,र मेरो हदीस ऊ समक्ष पुग्नेछ र उसले भन्नेछ: हामी र तपाईं बीच (निर्णयको मामिलामा) केवल अल्लाहको किताब छ</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>मिकदाम बिन माअ्दिकरिब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "होसियार! सम्भव छ कि एक व्यक्ति आफ्नो अडेसदार आसनमा अडेस   लगाएर विराजमान हुनेछ,र मेरो हदीस ऊ समक्ष पुग्नेछ र उसले भन्नेछ: हामी र तपाईं बीच (निर्णयको मामिलामा) केवल अल्लाहको किताब छ । हामीले यसमा जे कुरा वैध पाउनेछौं, त्यसलाई हामी वैध मान्नेछौं र जे निषेधित पाउँनेछौं, त्यसलाई निषेध मान्नेछौं । यद्यपि, निस्सन्देह, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले निषेध गर्नुभएको कुरा पनि त्यसरी नै हराम (वर्जित) छ जसरी अल्लाहले हराम गर्नुभएको छ ।</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यस हदीसमा भन्नुभएको छ : यस्तो समय चाँडै नै आउने छ, जब यस्ता व्यक्तिहरू देखा पर्नेछन्, जसमध्ये एक आफ्नो ओछ्यानमा बसेको हुन्छ र उसलाई नबी (सल्लल्लाहु अलैहि वसल्लम) बाट प्रमाणित हदीसको बारेमा सूचित गरिनेछ, तर उसले भन्‍नेछ: हामी र तिमीहरूका बीचमा फरक पार्ने कुरा पवित्र कुरआन हो, यो हाम्रो लागि पर्याप्त छ । हामीले यसमा जे वैध पाउँछौं त्यसैको अनुसरण गर्नेछौं र जे निषेधित छ, हामी त्यसबाट टाढा रहनेछौं । त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट गर्नुभयो किय, उहाँको (हदीस) सुन्नतमा हराम वा निषेध गरेको सबै कुराहरू अल्लाहले आफ्नो पुस्तकमा निषेध गरे जस्तै नियममा छन् । किनभने उहाँ आफ्नो पालनकर्ताको दूत हुनुहुन्छ।</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>यस हदीस बाट प्रस्त हुन्छ कि सुन्नतको (हदीस) सम्मान त्यसरी नै गर्नुपर्छ जसरी कुरानको सम्मान गरिन्छ र कुरानको पालना झैं सुन्नतको पनि पालना  गर्नुपर्छ।
 रसूल (सन्देशवाहक) को आज्ञापालन वास्तवमा अल्लाहको आज्ञाकारिता हो र उहाँको अवज्ञा गर्नु वास्तवमा अल्लाहको अवज्ञा गर्नु हो।
 यस बाट हदीसको वैधानिकता प्रमाणित हुन्छ र  यसमा हदीसलाई इन्कार वा अस्वीकार गर्ने व्यक्तिको खण्डन गरिएको छ।
 जसले सुन्नतलाई अस्वीकार गर्छ र केवल कुरआनलाई मात्र पालन गर्ने दाबी गर्छ, ऊ वास्तवमा कुरान र हदीस  दुवैको अनुपालन बाट विचलित हुन्छ र कुरआनको पालना गर्ने भन्ने आफ्नो दाबीमा झूटो छ ।
 पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) अल्लाहका सच्चा रसूल हुन् भन्ने कुराको एक प्रमाण के हो भने उहाँले भविष्यमा हुने केही घटनाहरूको बारेमा भविष्यवाणी गर्नुभएको थियो र त्यो जस्ताको त्यस्तै भयो ।</t>
-  </si>
-[...4 lines deleted...]
-    <t>[अबू दाउद, तिर्मीजी र इब्ने माजहले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>हे अल्लाहका रसूल! मैले साना ठूला हरेक पाप गरेको छु । उहाँले भन्नुभयो: " के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल (सन्देशवाहक) हुन्</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>अनस (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, उनी भन्छन्: एउटा व्यक्ति पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को सेवामा आयो र भन्यो: हे अल्लाहका रसूल! मैले साना ठूला हरेक पाप गरेको छु । उहाँले भन्नुभयो: " के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल (सन्देशवाहक) हुन् ?" भनेर तीन पटक प्रश्न सोध्नुभयो । व्यक्तिले जवाफ दियो: हो (मैले गवाही दिन्छु), उहाँले भन्नुभयो: "यो गवाहीले यी पापहरूलाई मेटाउँछ ।"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>एक व्यक्ति अल्लाहको पैगम्बर (सल्लल्लाहु अलैहि वसल्लम)  को सेवामा आयो र भन्यो: हे अल्लाहका रसूल! मैले सबै प्रकारका पापहरू गरेको छु। कुनै सानो वा ठूलो पाप मबाट छुटेको छैन। के मलाई क्षमा गरिनेछ? रसूल (सल्लल्लाहु अलैहि वसल्लम) ले त्यस व्यक्तिलाई भन्नुभयो: "के तिमी गवाही दिंदैनौ, कि अल्लाह बाहेक कोही सत्य ईश्वर छैन र मुहम्मद अल्लाहका रसूल हुन् ?" उहाँले यो प्रश्न तीन पटक दोहोर्याउनु भयो। त्यस व्यक्तिले जवाफ दियो: हो! म यो गवाही दिन्छु । तब रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यी दुवै गवाहीको महत्व र यसले पापहरू मेटाउँछ र पश्चात्तापले अघिल्लो सबै पापहरू पखालिन्छ भनेर जानकारी दिनुभयो ।</t>
@@ -16888,57 +18920,57 @@
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : भक्तको लागि सहज होस् भनेर अल्लाहले केही उपासनाका नियमहरूमा छुट र सहुलियत दिनुभएको छ, जस्तैः यात्रा गर्दा ४ रकातको नमाजलाई २ रकात मात्र पढ्ने, दुई नमाजलाई जम्मा गरी एकसाथ पढ्ने इत्यादि छुटहरू, ती छुटहरूको लाभ उठाइयोस भन्ने कुरा उहाँलाई त्यत्तिकै मनपर्छ, जति उहाँलाई उहाँले तोकेका अनिवार्य आदेशहरूको पालना हुने कुरा  मन पर्छ, किनकि दुबै छूट र अनिवार्य आदेशको सम्बन्धमा अल्लाहको निर्देशनहरू समान छन्।</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>यस हदीसमा वर्णन छ कि भक्तहरू माथि अल्लाहले दया गर्नुहुन्छ, र (त्यही दया स्वरुप) उहाँलाई मनपर्छ कि उहाँले निर्धारित गरेका छुटहरूको लाभ उठाइयोस  ।
 यस हदीसले शरीयह (धार्मिक कानुन)को परिपूर्णता र उत्तमता र  यसले मुस्लिमहरूलाई कठिनाइबाट मुक्त गरेको छ भन्ने कुरा प्रष्ट हुन्छ।</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[इब्ने हिब्बानले वर्णन गरेका छन्]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
-    <t>मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु, त्यसपछि त्यसमा अडिग रहनु।</t>
+    <t>मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु र त्यसपछि त्यसमा अडिग रहनु।</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
-    <t>सुफयान बिन अब्दुल्लाह सकफी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले भने: हे अल्लाहको रसूल!  मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु, त्यसपछि त्यसमा अडिग रहनु।"</t>
+    <t>सुफयान बिन अब्दुल्लाह सकफी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, मैले भने: हे अल्लाहको रसूल! मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु र त्यसपछि त्यसमा अडिग रहनु।"</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) को एक साथी सुफयान बिन अब्दुल्लाहले उहाँलाई इस्लामको अर्थलाई व्यापक रूपमा समेटिएको कुरा सिकाउन अनुरोध गरे, ताकि उसले यसलाई दृढताका साथ पालना गरून् र यसको बारेमा अरू कसैलाई सोध्न नपरोस् । त्यसैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उसलाई भन्नुभयो: भन, अल्लाह एक हुनुहुन्छ र उहाँ नै मेरो परमेश्वर, मेरो सृष्टिकर्ता र पूज्य हुनुहुन्छ र उहाँको कोही साझेदार छैन भनेर म विश्वास गर्दछु । त्यसपछि अल्लाहको आदेशको पालना गरेर र उहाँले निषेध गर्नुभएको कुराबाट टाढा रहेर उहाँको आज्ञापालन गर्नु र त्यसमा अडिग रहनु ।</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>वास्तविक धर्म भनेको अल्लाहलाई परमेश्वर, साँचो ईश्वर र उहाँको नाम र गुणहरूमा विश्वास गर्नु हो ।
 ईमान ल्याइसकेपछि निरन्तर उपासना गर्नु र त्यसमा अडिग रहनुको ठूलो महत्व छ ।
 ईमान भनेको कर्म स्वीकार गर्ने मूल शर्त हो ।
 अल्लाहमाथिको आस्थामा आस्थासँग सम्बन्धित आधारभूत कुराहरू र त्यसअन्तर्गत आउने हृदयका कार्यहरू तथा अल्लाहको लागि बाह्य तथा आन्तरिक आज्ञाकारिता र आत्मसमर्पण समावेश छन् ।
 इस्तिकामह (स्थिरता) भनेको वाजिबको पालना गरेर र निषेधहरू त्यागेर सोझो बाटोमा अडिग रहनु हो ।</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
@@ -17500,72 +19532,72 @@
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले संसारको आगो नर्कको आगोको सत्तरी भाग मध्ये एक भाग हो भन्ने कुरा बताउनुभएको छ । यसरी परलोकको आगोको तातोपन यस संसारको आगोको तापनभन्दा ६९ गुणा बढी हुनेछ, जसको प्रत्येक भाग यस संसारको आगोको तापन बराबर हुनेछ। कसैले भने, हे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम)  ! नर्कबासी हरूलाई यातना दिन संसारको आगो नै पर्याप्त हुने थियो । उहाँले भन्नुभयो :  नर्कको आगोलाई संसारको आगोभन्दा ६९ गुणा तातो बनाइएको छ र त्यसको  प्रत्येक भागको ताप संसारको आगोको ताप बराबर हुनेछ ।</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>यस हदीसमा नर्क बारे चेतावनी दिइएको छ, ताकि मानिसहरू नर्कमा लैजाने कर्महरूबाट टाढा रहून् ।
 नर्कको आगो धेरै भयानक, यसको सजाय कठोर र यसको गर्मी धेरै तीव्र हुनेछ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
-    <t>“हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले सत्य बोल्नुहुन्छ र जसको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म</t>
+    <t>“हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, उहाँले सत्य बोल्नुहुन्छ र उहाँको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्,: “हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, जसले सत्य बोल्नुहुन्छ र जसको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म वीर्यको रूपमा एकत्र राखिन्छ, त्यसपछि अर्को ४० दिनसम्म बाक्लो र जमेको रगतको रूप लिन्छ । त्यस पछि अर्को ४० दिनमा मासुको डल्लोको रूप लिन्छ । त्यसपछि अल्लाहले एउटा फरिशता पठाउनुहुन्छ जसले अल्लाहको आदेश अनुसार त्यो व्यक्तिको जीविका, उमेर, कर्म र राम्रो वा नराम्रो हुनु बारे लेख्छ र त्यसपछि उसले त्यसमा रूह (आत्मा) हाल्छ । एक व्यक्तिले जीवनभर स्वर्गवासीहरूको कर्म गर्छ र जब उसको र स्वर्गको बीचमा एक हातको दूरी हुन्छ, त्यतिखेर उसको भाग्य उसमाथि हावी हुन्छ, र ऊ नर्कवासीहरूको कर्म गरेर नर्कमा प्रवेश गर्दछ । त्यसैगरी एक व्यक्तिले जीवनभर नर्कवासीको कर्म गर्छ र जब उसको र नर्कको बीचमा एक हातको दुरी रहन्छ तब उसको भाग्य उसमाथि हावी हुन्छ, र ऊ स्वर्गवासीको कर्म गरेर स्वर्गमा प्रवेश गर्दछ ।"</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्,: “हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, उहाँले सत्य बोल्नुहुन्छ र उहाँको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म वीर्यको रूपमा जम्मा गरिन्छ, त्यसपछि अर्को ४० दिनसम्म बाक्लो र जमेको रगतको रूप लिन्छ । त्यस पछि अर्को ४० दिनमा मासुको डल्लोको रूप लिन्छ । त्यसपछि अल्लाहले एउटा फरिशता पठाउनुहुन्छ जसले अल्लाहको आदेश अनुसार त्यो व्यक्तिको जीविका, उमेर, कर्म र राम्रो वा नराम्रो हुनु बारे लेख्छ र त्यसपछि उसले त्यसमा रूह (आत्मा) हाल्छ । एक व्यक्तिले जीवनभर स्वर्गवासीहरूको कर्म गर्छ र जब उसको र स्वर्गको बीचमा एक हातको दूरी हुन्छ, त्यतिखेर उसको भाग्य उसमाथि हावी हुन्छ, र ऊ नर्कवासीहरूको कर्म गरेर नर्कमा प्रवेश गर्दछ । त्यसैगरी एक व्यक्तिले जीवनभर नर्कवासीको कर्म गर्छ र जब उसको र नर्कको बीचमा एक हातको दुरी रहन्छ तब उसको भाग्य उसमाथि हावी हुन्छ र ऊ स्वर्गवासीको कर्म गरेर स्वर्गमा प्रवेश गर्दछ ।"</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो; जो (सादिक); आफ्नो  वचनमा सत्य र (मस्दूक); जसलाई अल्लाहले सत्यवादी घोषित गर्नुभएको छ, उहाँले भन्नुभयो: तिमीहरु मध्ये प्रत्येकको  सृष्टिको तत्त्व जम्मा गरिन्छ, अर्थात् पुरुषले आफ्नी श्रीमतीसँग सहवास गर्दा, महिलाको पाठेघरमा छरिएको वीर्य चालीस दिनसम्म शुक्रकीटको रूपमा संकलित रहन्छ । त्यसपछि यो रगतको डल्लो (अलकह) अर्थात बाक्लो र स्थिर रगतको रूप लिन्छ, यो परिणति दोस्रो चालीस दिनको अवधिमा हुन्छ । त्यसपछि यो मासुको टुक्रा (मुज्गह) बन्छ, जसको आकार चपाउन मिल्ने जति हुन्छ, र यो तेस्रो चालीस दिनको अवधिमा हुन्छ। त्यसपछि अल्लाहले त्यस तर्फ एक स्वर्गदूत(फरिश्ता) पठाउनुहुन्छ, जसले तेस्रो चालीस दिनको अवधि समाप्त भएपछि त्यसमा आत्मा हाल्छ। र त्यस स्वर्गदूत (मलाइकह) लाई चार चीजहरू लेख्न आदेश दिइन्छ : पहिलो, उसको जीविका, जसमा उसको जीवनभरि प्राप्त हुने सम्पूर्ण आशीर्वाद र  सुख-सुविधाहरू समावेश छन्। दोस्रो, उसको आयु, अर्थात् उसले यो संसारमा रहने अवधि हो। तेस्रो, उसको कर्म, जसले उसको जीवनभरि गर्ने कामहरू जनाउँछ।चौथो कुरा ऊ भाग्यमानी  कि अभागी हुने यानि दुखी हुने कि सुखी ? त्यसपछि अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसम खाएर भन्नुभयो कि एउटा व्यक्ति मानिसहरूको नजरमा स्वर्गवासीहरूको कर्म गरिरहन्छ, मानौ स्वर्ग पुग्नमा मात्र एक हात जतिको दुरी बाँकी हुन्छ र अचानक भाग्यमाको लेखा हावी हुन्छ र उसले नर्कवासीको कर्म गर्न थाल्दछ र ऊ नर्कमा जान्छ । किनभने कर्म स्वीकार गरिने शर्त भनेको व्यक्ति त्यसमा अडिग रहनु कर्मलाई परिवर्तन नगर्नु हो । अर्को व्यक्ति त्यो हो जसले मानिसहरूको नजरमा नर्कमा प्रवेश गर्ने कर्महरू गरिरहन्छ, मानौ उसको र नर्कको बीचमा मात्र एक हात जतिको दुरी बाँकी हुन्छ, र अचानक भाग्यको लेखा हावी हुन्छ र उसले असल कर्म गर्न थाल्दछ र स्वर्गमा प्रवेश गर्दछ ।</t>
+    <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो; उहाँले सत्य बोल्नुहुन्छ र उहाँको भनाइ पूर्णतः सत्य हुन्छ, किनभने अल्लाहले उहाँलाई सत्यवान घोषित गर्नुभएको छ, उहाँले भन्नुभयो: तिमीहरु मध्ये प्रत्येकको सृष्टि जम्मा गरिन्छ, अर्थात् पुरुषले आफ्नी श्रीमतीसँग सहवास गर्दा, महिलाको पाठेघरमा स्खलन गरेको वीर्य चालीस दिनसम्म शुक्रकीट (नुत्फा) को रूपमा संकलित रहन्छ । त्यसपछि यो रगतको डल्लो (अलकह) बाक्लो र स्थिर रगतको रूप लिन्छ, यो दोस्रो चालीस दिनको अवधिमा हुन्छ । त्यसपछि यो चपाउन मिल्ने मासुको टुक्रा (मुज्गह) बन्छ र यो तेस्रो चालीस दिनको अवधिमा हुन्छ। त्यसपछि अल्लाहले एक स्वर्गदूत(फरिश्ता) पठाउनुहुन्छ, जसले तेस्रो चालीस दिनको अवधि समाप्त भएपछि त्यसमा आत्मा (रूह) हाल्छ। स्वर्गदूत (मलाइकह) लाई चार चीजहरू लेख्न आदेश दिइन्छ : पहिलो, उसको जीविका, जसमा उसको जीवनभरि प्राप्त हुने सम्पूर्ण आशीर्वाद र  सुख-सुविधाहरू समावेश छन्। दोस्रो, उसको आयु, अर्थात् उसले यो संसारमा रहने अवधि हो। तेस्रो, उसको कर्म, जसले उसको जीवनभरि गर्ने कामहरू जनाउँछ।चौथो कुरा ऊ भाग्यमानी कि अभागी हुने यानि दुखी हुने कि सुखी ? त्यसपछि अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले कसम खाएर भन्नुभयो कि एउटा व्यक्ति मानिसहरूको नजरमा स्वर्गवासीहरूको कर्म गरिरहन्छ, मानौ स्वर्ग पुग्नमा मात्र एक हात जतिको दुरी बाँकी हुन्छ र अचानक भाग्यमाको लेखा हावी हुन्छ र उसले नर्कवासीको कर्म गर्न थाल्दछ र ऊ नर्कमा जान्छ । किनभने कर्म स्वीकार गरिने शर्त भनेको त्यसमा अडिग रहनु र कर्मलाई परिवर्तन नगर्नु हो । अर्को व्यक्ति त्यो हो जसले मानिसहरूको नजरमा नर्कमा प्रवेश गर्ने कर्महरू गरिरहन्छ, मानौ उसको र नर्कको बीचमा मात्र एक हात जतिको दुरी बाँकी हुन्छ, र अचानक भाग्यको लेखा हावी हुन्छ र उसले असल कर्म गर्न थाल्दछ र स्वर्गमा प्रवेश गर्दछ ।</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>अन्तमा मानिसको भाग्यमा जे लेखिएको हुन्छ त्यही नै हुनेछ ।
 यस हदीसमा कर्मको बाहिरी र देखिने अवस्था बाट धोका नखानु भन्ने चेतावनी दिइएको छ, किनभने कर्मको वास्तविक मूल्याङ्कन अन्तिम परिणामबाट गरिन्छ।"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>अल्लाहले आकाशहरू र पृथ्वी सृष्टि गर्नुभन्दा पचास हजार वर्ष</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र बिन आस (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, उहाँ भन्नु हुन्छः अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई मैले भन्दै गरेको सुनें : "अल्लाहले आकाशहरू र पृथ्वी सृष्टि गर्नुभन्दा पचास हजार वर्ष पहिले नै प्राणीहरूको भाग्य लेखिदिनुभएक थिए।" उहाँले भन्नुभयो: र त्यस समय वहाँको अर्श (आसन) पानी माथि थियो ।"</t>
   </si>
@@ -17986,119 +20018,113 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "कुरआन पढ्ने व्यक्तिलाई भनिनेछ: पढ्दै गर र माथि श्रेणीमा आरोहण गर्दै गर । तिमीले संसारमा जसरी तिलावत (वाचन) गर्थ्यौ, त्यस्तै पढ्दै गर, किनकि तिम्रो स्थान तिमी अन्तिम आयत(श्लोक) पढ्दै जहाँ पुग्छौ, त्यहीँ हुनेछ।"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, सधैं कुरआन पढ्ने, त्यसलाई कण्ठ पार्ने र त्यही अनुसार कर्म गर्ने व्यक्तिलाई,  स्वर्गमा प्रवेश गरिसकेपछि भनिनेछ : कुरआन पढ्दै गर र माथि श्रेणीमा आरोहण गर्दै गर। तिमीले जसरी संसारमा सम्झेर मनन गर्दै विस्तारै तिलावत गर्थ्यौ, त्यसैगरी पढ्दै गर; तिम्रो स्थान तिमी अन्तिम आयत(श्लोक) पढ्दै जहाँ पुग्छौ, त्यहीँ हुनेछ।</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>कर्महरूको प्रतिफल मात्रा र कैफियत अनुसार प्रदान गरिनेछ ।
 यस हदीसमा कुर्आनको तिलावत (वाचन) गर्ने, हिफ्ज (कण्ठ) गर्ने, मनन गर्ने र त्यस अनुसार कर्म गर्न प्रोत्साहन दिइएको छ ।
 स्वर्गमा धेरै श्रेणी र स्तरहरू छन्, कुर्आनको ज्ञान प्राप्त गरेको मानिसहरूले स्वर्गको उच्चतम स्तर प्राप्त गर्नेछन् ।</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेआम दान दिने व्यक्ति जस्तो हो र कम स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तो हो।</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>उक्बह बिन आमिर (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नु भयो : "उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेआम दान दिने व्यक्ति जस्तो हो र कम स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तो हो।"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले उच्च स्वरमा कुरआन पढ्ने व्यक्ति खुलेर दान दिने व्यक्ति र मसिनो स्वरमा कुरआन पढ्ने व्यक्ति गोप्य रूपमा दान दिने व्यक्ति जस्तै हो भनी बताउनुभएको छ ।</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>कुर्आनलाई गोप्य रूपमा पढ्नु उत्कृष्ट हो, जसरी गोप्य रूपमा दान दिनु उत्कृष्ट हो, किनकि यसमा इख्लास (सत्यनिष्ठा) हुन्छ र कपट तथा घमण्डको सम्भावना हुँदैन । तर कुर्आनको पठनपाठन र सिकाउने उद्देश्य हो भने ठूलो स्वरमा पढ्न जायज छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65055</t>
   </si>
   <si>
     <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
-    <t>अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि ।  तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु</t>
+    <t>अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि । तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
-    <t>इरबाज बिन सारिया (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हाम्रो बीचमा उभिएर यस्तो प्रभावशाली उपदेश दिनुभयो जसले हाम्रो हृदय काँप्यो र हाम्रा आँखाहरू आँसुले भरिए । कसैले भन्यो, हे अल्लाहको रसूल! तपाईंले यस्तो उपदेश दिनुभएको छ, जुन विदाई प्रवचन जस्तो देखिन्छ । त्यसैले कृपया हामीलाई केही नसीहत गर्नुहोस् । उहाँले भन्नुभयो: "अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि ।  तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु ।" यसलाई बङ्गाराले भएपनि समात्नु । धर्मको नाममा नयाँ कुराहरूबाट टाढा रहनु । प्रत्येक विदअत (धर्मको नाममा गर्ने नयाँ कुरा) भ्रम र पथभ्रष्टता हो ।"</t>
+    <t>इरबाज बिन सारिया (रजियल्लाहु अन्हु) ले बयान गरेका छन्, एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हाम्रो बीचमा उभिएर यस्तो प्रभावशाली उपदेश दिनुभयो जसले हाम्रो हृदय काँप्यो र हाम्रा आँखाहरू आँसुले भरिए । कसैले भन्यो, हे अल्लाहको रसूल! तपाईंले यस्तो उपदेश दिनुभएको छ, जुन विदाई प्रवचन जस्तो देखिन्छ । त्यसैले कृपया हामीलाई केही नसीहत गर्नुहोस् । उहाँले भन्नुभयो: "अल्लाहसँग डराउनु र आफ्ना शासकहरूको आदेश सुन्नु र पालन गर्नु, चाहे शासक एक कालो दास भए पनि । तिमीहरूले मेरो पछि धेरै विवाद देख्ने छौ। त्यसैले मेरो सुन्नत र सही मार्गनिर्देशित खलीफाहरूको सुन्नतको अनुसरण गर्नु ।" यसलाई बङ्गाराले भएपनि समात्नु । धर्मको नाममा नयाँ कुराहरूबाट टाढा रहनु । प्रत्येक विदअत (धर्मको नाममा गर्ने नयाँ कुरा) भ्रम र पथभ्रष्टता हो ।"</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो प्रभावशाली उपदेश दिनुभयो जसले मानिसहरूको मन छोयो र आँखा रसायो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रभावशाली उपदेश देखेर उहाँका साथीहरूले भने: हे अल्लाहको रसूल! यो विदाई प्रवचन जस्तो देखिन्छ । तसर्थ तिनीहरूले पछि काम लाग्ने केही महत्वपूर्ण वसीयत गर्न आग्रह गरे । उहाँले भन्नुभयो: म तिमीलाई अल्लाहसँग डराउन आदेश दिन्छु । अल्लाहको डरको अर्थ भनेको अनिवार्य कुराको पालना गर्नु र निषेधित कुराहरूबाट टाढा रहनु हो । त्यसैगरी, म तिमीहरूलाई शासकहरूको आदेश सुन्न र पालन गर्न आदेश दिन्छु । तिम्रो शासक कालो दास भए पनि । अर्थात् एक साधारण मानिस पनि तिम्रो शासक बन्यो भने उसको आज्ञापालन गर्नुपर्छ, ताकि द्वन्द्व र जताततै रक्तपात नहोस् । किनभने तिमीहरूमध्ये जो जीवित रहन्छ उसले धेरै विवाद देख्नेछ । त्यसपछि उहाँले तिनीहरूलाई यस असहमतिबाट बाहिर निस्कने बाटो बताउनुभयो । अर्थात्, उहाँको सुन्नत र उहाँपछि खिलाफत ग्रहण गरेका  सही मार्गनिर्देशित खलीफाहरू; अबु बकर सिद्दिक, उमर बिन खत्ताब, उस्मान बिन अफ्फान र अली बिन अबू तालिब (रजियल्लाहु अन्हुम) को सुन्नत दृढतापूर्वक समात्नु पर्छ । उहाँले त्यसलाई बङ्गाराले भएपनि समात्न आदेश दिनुभयो । अर्को शब्दमा, हरेक परिस्थितिमा सुन्नतलाई पछ्याउन र पालन गर्नुपर्छ । त्यसपछि धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न विरुद्ध चेतावनी दिनुभयो । किनभने धर्मको नाममा आउने हरेक नयाँ कुरा पथभ्रष्टा हो ।</t>
+    <t>एक दिन रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस्तो प्रभावशाली उपदेश दिनुभयो जसले मानिसहरूको मन छोयो र आँखा रसायो । रसूल (सल्लल्लाहु अलैहि वसल्लम) को प्रभावशाली उपदेश देखेर उहाँका साथीहरूले भने: हे अल्लाहको रसूल! यो विदाई प्रवचन जस्तो देखिन्छ । तसर्थ तिनीहरूले पछि काम लाग्ने केही महत्वपूर्ण वसीयत गर्न आग्रह गरे । उहाँले भन्नुभयो: म तिमीहरूलाई अल्लाहसँग डराउन आदेश दिन्छु । अल्लाहको डरको अर्थ भनेको अनिवार्य कुराको पालना गर्नु र निषेधित कुराहरूबाट टाढा रहनु हो । त्यसैगरी, म तिमीहरूलाई शासकहरूको आदेश सुन्न र पालन गर्न आदेश दिन्छु । तिम्रो शासक कालो दास भए पनि । अर्थात् एक साधारण मानिस पनि तिम्रो शासक बन्यो भने उसको आज्ञापालन गर्नुपर्छ, ताकि द्वन्द्व र जताततै रक्तपात नहोस् । किनभने तिमीहरूमध्ये जो जीवित रहन्छ उसले धेरै विवाद देख्नेछ । त्यसपछि उहाँले तिनीहरूलाई यस असहमतिबाट बाहिर निस्कने बाटो बताउनुभयो । अर्थात्, उहाँको सुन्नत र उहाँपछि खिलाफत ग्रहण गरेका  सही मार्गनिर्देशित खलीफाहरू; अबु बकर सिद्दिक, उमर बिन खत्ताब, उस्मान बिन अफ्फान र अली बिन अबू तालिब (रजियल्लाहु अन्हुम) को सुन्नत दृढतापूर्वक समात्नु पर्छ । उहाँले त्यसलाई बङ्गाराले भएपनि समात्न आदेश दिनुभयो । अर्को शब्दमा, हरेक परिस्थितिमा सुन्नतलाई पछ्याउन र पालन गर्नुपर्छ । त्यसपछि धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न विरुद्ध चेतावनी दिनुभयो । किनभने धर्मको नाममा आउने हरेक नयाँ कुरा पथभ्रष्टा हो ।</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
-    <t>सुन्नतलाई दृढतापूर्वक समात्न पर त्यसको पालना गर्नुको महत्त्व ।
+    <t>सुन्नतलाई दृढतापूर्वक समात्न र त्यसको पालना गर्नको महत्त्व ।
 उपदेश दिने र हृदयलाई नरम पार्ने कुरामा ध्यान ।
 रसूल (सल्लल्लाहु अलैहि वसल्लम) पछि उहाँका चार धर्मी खलीफा (उत्तराधिकारी) हरू; अबु बकर सिद्दिक, उमर फारूक, उस्मान बिन अफ्फान र अली बिन अबि तालिब (रजियल्लाहु अन्हुम) को अनुसरण गर्न आदेश ।
 धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न निषेध र धर्मको नाममा हरेक नयाँ कुरा पथभ्रष्टा हो ।
 पापको आदेश नदिएसम्म मुस्लिमहरूले शासकहरूको कुरा सुन्न र पालन 
 गर्नुपर्छ ।
 सबै समय र परिस्थितिहरूमा अल्लाहको तकवा (डर) को महत्त्व ।
 यस उम्मतमा विवादहरू उत्पन्न हुन्छ र जब मतभेदहरू देखा पर्दछन् भने रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका खलीफाहरूको सुन्नतको अनुसरण आवश्यक छ ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>नबि (सल्लल्लाहु अलैहि वसल्लम)बाट दश श्लोकहरू पढ्थे। त्यसपछि, ती दश श्लोकहरूमा रहेको ज्ञान र कर्म</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>अबु अब्दुर्रहमान सुलमी भन्छन्: "हामीलाई शिक्षा दिने नबि (सल्लल्लाहु अलैहि वसल्लम)का साथीहरूले हामीलाई बताए कि, उनीहरू नबि (सल्लल्लाहु अलैहि वसल्लम)बाट दश श्लोकहरू पढ्थे। त्यसपछि, ती दश श्लोकहरूमा रहेको ज्ञान र कर्म  राम्रोसँग नबुझ्ने सम्म अर्को दश श्लोकहरू सिक्दैन्थे। सहाबाले भने: 'त्यसरी नै हामीले ज्ञान र कर्म (इल्म र अमल)  दुवै प्राप्त गर्यौं।'</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
@@ -19474,50 +21500,53 @@
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र सोधे : अल्लाहबाट इनाम र मानिसहरूको प्रशंसा प्राप्त गर्ने नियतले जिहादमा भाग लिने व्यक्तिको के आदेश हो ? ऊ पुरस्कृत हुन्छ कि हुँदैन भनेर जिज्ञासा राखे । तसर्थ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले उसले केही प्राप्त गर्नेछैन भनेर जवाफ दिनुभयो । किनभने उसले आफ्नो नियतमा अल्लाह बाहेक अन्य लाई साझेदार बनायो । उनले आफ्नो प्रश्न तीन पटक दोहोर्याए र प्रत्येक पटक उहाँले भन्नुभयो : उसले कुनै इनाम पाउने छैन । त्यसपछि, नबी (सल्लल्लाहु अलैहि वसल्लम) ले अल्लाहद्वारा उपासना स्वीकार हुने एक नियम बताउनुभयो; अल्लाहले मात्र त्यो कर्मलाई स्वीकार गर्नुहुन्छ जुन पूर्णतया अल्लाह र उहाँको खुशी प्राप्त गर्नको लागि गरिन्छ र त्यसमा कसैलाई साझेदार गर्दैन ।</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>अल्लाहले मात्र त्यो कार्यलाई स्वीकार गर्नुहुन्छ, जुन विशुद्ध रूपमा 
 उहाँको लागि होस् र साथै उहाँको पैगम्बर (सल्लल्लाहु अलैहि वसल्लम) को निर्देशन अनुसार होस् ।
 मुफ्तीको जवाफमा यो गुण हुनुपर्छ, उसले प्रश्नकर्ताको उद्देश्यलाई 
 मात्र पूरा गर्ने होइन बरु त्यो भन्दा अधिक जवाफ दिनुपर्छ ।
 महत्वपूर्ण कुराबारे दोहोर्याएर प्रश्न गर्नु यसको महत्वलाई पुष्टि गर्छ ।
 साँचो मुजाहिद त्यो हो जसले अल्लाहको वचन (तौहीद) लाई उच्च पार्न र परलोकको इनाम प्राप्त गर्नको लागि इमान्दारतीका साथ जिहादमा भाग लिन्छ । उसमा यो संसारको चाहना हुनु हुँदैन ।</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>जसले अल्लाहलाई आफ्नो पालनकर्ताको रूपमा, इस्लामलाई धर्मको रूपमा र मुहम्मद लाई रसूलको रूपमा स्वीकार गर्दछ, उसले आस्थाको स्वाद पायो ।</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>अब्बास बिन अब्दुल मुत्तलिब (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो : "जसले अल्लाहलाई आफ्नो पालनकर्ताको रूपमा, इस्लामलाई धर्मको रूपमा र मुहम्मद लाई रसूलको रूपमा स्वीकार गर्दछ, उसले आस्थाको स्वाद पायो ।"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, यदि कुनै पक्का र साँचो मुमिन तीन कुराहरूमा सन्तुष्ट छ भने उसले आफ्नो हृदयमा खुशी, विशालता, मिठास र आनन्दको अनुभव गर्ने छ, ती निम्न हुन्:
 पहिलो: अल्लाहसंग आफ्नो पालनकर्ताको रूपमा सन्तुष्ट हुनु, यसो गर्दा जीविकोपार्जन र जिन्दगीको हरेक परिस्थितिहरूमा उसको हृदय परमेश्वरबाट प्राप्त कुराले सन्तुष्ट हुन्छ, भाग्यप्रति उसको हृदयमा कुनै नराम्रो कुरा उत्पन्न हुँदैन र अल्लाह बाहेक अरु कसैको अगाडी हात थाप्दैन ।
 दोस्रो: इस्लामसंग धर्मको रूपमा सन्तुष्ट हुनु, यसो गर्दा इस्लाम धर्मले दिएको कर्तव्य र दायित्वप्रति हृदय खोलेर कर्म गर्छ र इस्लाम बाहेक अन्य धर्मको बारेमा सोच्दा पनि सोच्दैनन् ।
 तेस्रो: मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) सँग नबीको रूपमा सन्तुष्ट हुनु, अर्थात उहाँले ल्याउनुभएको सबै कुराप्रति हृदय खोलेर र बिना कुनै हिचकिचाहट वा शंका राजी हुनु र उहाँको मार्गमा मात्र हिंड्नु ।</t>
@@ -19542,71 +21571,121 @@
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>जसमा चारवटा लक्षणहरू छन्, त्यो शुद्ध मुनाफिक (पाखण्डी) हो र जसमा तीमध्ये एउटा छ, त्यसलाई नछोडेसम्म उसमा पाखण्डको एउटा लक्षण छ: जब ऊ बोल्छ झुट बोल्छ, जब उसले सम्झौता गर्छ, धोका दिन्छ, जब उसले वाचा गर्छ, तोड्छ र जब ऊ झगडा गर्छ गालीगलौज गर्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसमा चारवटा लक्षणहरू छन्, त्यो शुद्ध मुनाफिक (पाखण्डी) हो र जसमा तीमध्ये एउटा छ, त्यसलाई नछोडेसम्म उसमा पाखण्डको एउटा लक्षण छ: जब ऊ बोल्छ झुट बोल्छ, जब उसले सम्झौता गर्छ, धोका दिन्छ, जब उसले वाचा गर्छ, तोड्छ र जब ऊ झगडा गर्छ गालीगलौज गर्छ ।"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले चार लक्षणहरू विरुद्ध चेतावनी दिनुभएको छ । यदि ती लक्षणहरू कुनै मुस्लिममा भयो भने ऊ धेरै हदसम्म पाखण्हडीरू जस्तै हुन्छ । हामी यहाँ ती व्यक्तिको बारेमा कुरा गर्दैछौं जसको व्यक्तित्वमा यी गुणहरू हावी हुन्छन् । यदि कसैमा कहिलेकाहीं यी गुणहरू हुन्छन् भने त्यो यसमा समावेश छैन, ती निम्न हुन् :
 पहिलो: जब ऊ बोल्छ, जानाजानी झूट बोल्छ र उसको बोलीमा सत्यता हुँदैन ।
 दोस्रो : जब उसले सम्झौता गर्छ, त्यो पूरा गर्दैन र अर्को पक्षलाई धोका दिन्छ ।
 तेस्रो : जब उसले वाचा गर्छ, पूरा गर्दैन अनि तोड्छ ।
 चौथो: यदि उसले कसैसँग झगडा गर्छ भने उसको झगडा गम्भीर हुन्छ, ऊ सत्यबाट विचलित हुन्छ र सत्यलाई झुठो प्रमाणित गर्न झूट बोल्छ ।
-निफाक (कपट) भनेको भित्रीरुपमा विपरीत कुरा लुकाएर बाहिर अर्को कुरा देखाउनु हो, र यी विशेषताहरू भएको व्यक्तिमा यो गुण पाइन्छ। उसका झूट, वाचा, विश्वासघात, झगडा, र सम्झौताहरूमा निहित नाफकियत उनीसँग सम्बन्ध राख्नेहरूलाई असर गर्छ, इस्लामप्रति नाफकियत राख्ने अर्थमा होइन, जसले बाहिर इस्लाम देखाउँछ र भित्र कुफ्र लुकाउँछ। जसमा यी विशेषताहरूको कुनै एक गुण हुन्छ, त्यो व्यक्ति कपटको विशेषता बोकेर बसेको हुन्छ, जबसम्म ऊ यसलाई परित्याग गर्दैन।</t>
+निफाक (कपट) भनेको जसको भित्री रुप उसको बाहिर रुप विपरीत हो। यो अर्थ यी गुणहरू भएको व्यक्तिमा हुन्छ र उसको कपट त्यो व्यक्तिसँग सम्बन्धित हुन्छ जससँग उसले कुरा गरेको, वाचा गरेको, जिम्मा दिएको, बहस गरेको र मानिसहरूबाट वाचा गरेको थियो । यसको अर्थ यो होइन कि ऊ कपटी हो । जसमा यी मध्ये कुनै एक गुण छ, त्यसमा पाखण्डको गुण हुन्छ जबसम्म उसले यसलाई त्याग्दैन।</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
-    <t>निफाक (कपट) का केही लक्षणहरूको विवरण, त्यसमा पर्न विरुद्ध चेतावनी ।
-"यस हदीसको उद्देश्य यो हो कि यी विशेषताहरू नफाक (कपट) को विशेषताहरू हुन्, र जसमा यी पाइन्छन्, त्यो व्यक्ति यिनै गुणमा नफाकीहरूसँग मिल्दोजुल्दो हुन्छ र उनीहरूको चरित्र अपनाउनेजस्तो देखिन्छ। तर यसले उनलाई यस्तो मुनाफिक बनाउँदैन जसले बाहिर इस्लाम देखाएर भित्र कुफ्र लुकाउँछ। भनिएको छ कि यो तिनीहरूका लागि हो, जसमा यी विशेषताहरू हाबी हुन्छन्, तिनीहरूलाई बेवास्ता गर्छन् र हल्का ठान्छन्; किनकि जो यस्तो अवस्थामा हुन्छ, उसले प्रायः कमजोर विश्वास राख्ने प्रवृत्ति राख्छ।"
+    <t>निफाक (कपट) मा पर्न विरुद्ध चेतावनीको लागि केही लक्षणहरूको विवरण।
+"यस हदीसको उद्देश्य : यी विशेषताहरू नफाक (कपट) को विशेषताहरू हुन् र जसमा यी पाइन्छन्, त्यो व्यक्ति यिनै गुणमा नफाकीहरूसँग मिल्दोजुल्दो हुन्छ र उनीहरूको चरित्र अपनाउने जस्तो देखिन्छ। तर यसले उनलाई यस्तो मुनाफिक बनाउँदैन जसले बाहिर इस्लाम देखाएर भित्र कुफ्र लुकाउँछ भनिएको छ, यो तिनीहरूका लागि हो, जसमा यी विशेषताहरू हाबी हुन्छन्, तिनीहरूलाई बेवास्ता गर्छन् र हल्का ठान्छन्; किनकि जो यस्तो अवस्थामा हुन्छ, उसले प्रायः कमजोर विश्वास राख्ने प्रवृत्ति राख्छ।"
 गजालीले भने: धर्मको सार तीनवटा कुराहरूमा सीमित छ: वचन, कर्म र नियत । त्यसैले झुटले वचनको भ्रष्टता, विश्वासघातले कर्मको भ्रष्टता र 
 वाचा तोडेर नियतको भ्रष्टाचार हुने औंल्याए । किनभने वाचा तोड्ने मनसाय नभएसम्म त्यसमा केही खराबी छैन, जस्तैः पुरा गर्ने उसको दृढ नियत थियो, तर कुनै कुराले बाधा पुर्‍यायो वा उसको मनमा अर्को कुरा आयो भने, उसको तर्फबाट कुनै प्रकारको कपट हुँदैन ।
 निफाक (कपट वा पाखण्ड) दुई प्रकारका हुन्छन्: ईमानमा कपट : बाहिर आफू मुस्लिम भएको नाटक गर्ने अनि भित्र कुफ्र लुकाउने र यसले मानिसलाई इस्लामको दायराबाट खारेज गर्छ । अमल (कर्म) मा कपट, जसले आफ्नो नैतिकतामा कपटीहरूको नक्कल गर्दछ र यसले इस्लामको दायराबाट खारेज गर्दैन, तर यो ठूलो पाप हो ।
 इब्न हजरले भने: "विद्वानहरूले एकमत गरेका छन् कि जसले आफ्नो हृदय र जिब्रो दुवैबाट इस्लामको पुष्टि गरेको छ र यी विशेषताहरू प्रदर्शन गर्छ, उसलाई कुफ्रको दोष लगाइँदैन, न त ऊ सदाका लागि नरकमा रहिरहने मुनाफिक (कपटी) हो।"
 नववीले भने: विद्वानहरूको एक समूहले भने: यसको मतलब ती पाखण्डीहरू हुन्, जो नबी (सल्लल्लाहु अलैहि वसल्लम) को समयमा थिए । तिनीहरूले ईमान ल्याए तर झूट बोले, तिनीहरूलाई धर्म र अमानत (नासो) सुम्पियो, तर तिनीहरूले धोका दिए, तिनीहरूले धर्म र यसको मद्दत गर्ने वाचा गरे, तर तिनीहरूले विश्वासघात गरे र तिनीहरूले झगडा गर्दा गालीगलौज गरे ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>व्यक्तिको इस्लामको उत्कृष्टता भनेको उसलाई नचाहिने कुराहरू त्याग्नु हो।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>अबु हुरैराह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "व्यक्तिको इस्लामको उत्कृष्टता भनेको उसलाई नचाहिने कुराहरू त्याग्नु हो।"</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले यो स्पष्ट पार्नुभएको छ, एक मुस्लिमको इस्लामको सौन्दर्य र उसको ईमानको पूर्णता यस कुरामा निहित छ, ऊ आफूसँग असम्बन्धित, लाभहीन वा सरोकार नराख्ने कुराहरू (चाहे ती शब्द हुन् वा कर्म) बाट टाढा रहन्छ।
+धर्म वा दुनियाका ती कुराहरू, जो उससँग सम्बन्धित छैनन्, तिनीहरूमा संलग्न हुनु बुद्धिमत्ताको विपरीत हो। यदि मानिस अर्थहीन कुरामा व्यस्त रह्यो भने, त्यसले उसलाई आफ्ना वास्तविक जिम्मेवारी र सरोकारका विषयहरूबाट विमुख गराउन सक्छ, अथवा उसलाई यस्ता कार्यहरूतर्फ लैजान सक्छ जुन उसले परित्याग गर्नुपर्ने हुन्छ। निश्चय नै, कियामतको दिन मानिसले आफ्ना सम्पूर्ण कर्महरूको लेखाजोखा दिनुपर्नेछ।</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>मानिसहरू इस्लाममा फरक-फरक स्तरमा हुन्छन् र केही कर्महरूद्वारा उनीहरूको इस्लाम अझ सुन्दर र श्रेष्ठ बन्दछ।
+अनर्थ र अनावश्यक बोल वा कर्मबाट टाढा रहनु मानिसको इस्लामको पूर्णताको संकेत हो।
+मानिसलाई आफ्नो धर्म र दुनियाका महत्त्वपूर्ण मामिलामा व्यस्त रहन प्रोत्साहित गरिएको छ। यदि निरर्थक कुराबाट टाढा रहनु व्यक्तिको इस्लामको सुन्दरता हो भने, महत्त्वपूर्ण र आवश्यक कुरामा व्यस्त रहनु पनि व्यक्तिको इस्लामको सुन्दरताको प्रमाण हो।
+इब्नुल-क़ैय्यिम (रहमतुल्लाह) ले भन्नुहुन्छ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले सबै संयमता र धार्मिक सावधानीको सार एउटा वाक्यमा समावेश गरिदिनुभएको छ, जब उहाँले भन्नुभयो: "मानिसको इस्लामको सौन्दर्य यसमा छ, उसले आफूसँग सम्बन्ध नराख्ने कुराहरू छोड्छ।"
+यो वाक्य बोलीमा मात्र नभई हेराइ, सुनाइ, कार्य, विचार, हिँडाइ, चिन्तन र सबै वाह्य तथा आन्तरिक गतिविधिहरूमा पनि लागू हुन्छ। यसरी, यो एउटा स्पष्ट वाक्य हो जसले सम्पूर्ण संयमताको सार व्यक्त गर्दछ।
+इब्न रजबले भन्नुभएको छ: "यो हदीस शिष्टाचार र नैतिकताको एक आधारभूत सिद्धान्त हो।"
+यसले ज्ञान प्राप्त गर्न प्रयासका लागि उत्प्रेरित गर्दछ, किनकि ज्ञानले मानिसलाई आफूसँग सम्बन्धित के हो र के होइन भन्ने कुरा छुट्याउन मद्दत गर्दछ।
+असल कार्यको आदेश दिनु, खराब कार्यबाट रोक्नु र भलाइका सबै प्रकारहरू मानिसको सरोकारको विषय हो, किनभने उसलाई यी कार्यहरू गर्न आदेश दिइएको छ।
+यस हदीसको व्यापक अर्थअन्तर्गत यी कुराहरू पर्दछन्:
+मानिसले आफूसँग सरोकार नभएका कुराहरूबाट साथै अल्लाहले निषेध गर्नुभएका र नबी (सल्लल्लाहु अलैहि वसल्लम) ले अनुचित ठान्नुभएका कुनै पनि कुराबाट टाढा रहनु। त्यसैगरी त्यस्ता पारलौकिक विषयहरूबाट टाढा रहनु, जस्तै: गोप्य कुराहरूको सत्यता, सृष्टि र आदेशको वास्तविकताको विस्तृत विवरण, जसको आफूलाई आवश्यकता छैन। यसका साथै, त्यस्ता काल्पनिक कुराहरूप्रति सोधखोज गर्नुबाट टाढा रहनु, जुन घटेका छैनन्, वा सायदै घट्छन्, वा घट्ने सम्भावना नै देखिँदैन।</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/65255</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ, प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ र त्यसपछि तेस्रो पटकमा उहाँले भन्नुभयो: "उसको लागि जो पढ्न चाहन्छ ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मोगफ्फल (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ, प्रत्येक दुई अजानको (अजान र इकामत) बीचमा एक नमाज हुन्छ र त्यसपछि तेस्रो पटकमा उहाँले भन्नुभयो: "उसको लागि जो पढ्न चाहन्छ ।"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले प्रत्येक अजान र इकमात बीच एक नफल (स्वैच्छिक सलाह) छ भनेर बताउनुभयो । उहाँले यो वाक्य तीन पटक दोहोर्याउनु भयो । तेस्रो पटक उहाँले नमाज पढ्न चाहने व्यक्तिको लागि यो मुस्तहब हो भन्नुभयो ।</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
@@ -19676,117 +21755,1009 @@
   <si>
     <t>साअ्द बिन ओबादा (रजियल्लाहु अन्हु) ले बयान गरेका छन्, उनले भने : हे अल्लाहका रसूल! मेरी आमाको निधन भएको छ । यस्तो अवस्थामा कुन सद्का (दान) राम्रो होला ? उहाँले भन्नुभयो: "पानी ।" त्यसैले उनले एउटा इनार खने र भने : यो इनार साअ्दकी आमाको लागि हो ।</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>साअ्द बिन ओबादा (रजियल्लाहु अन्हु) की आमाको निधन भयो, उनले नबी (सल्लल्लाहु अलैहि वसल्लम) लाई सोधे, आमाको लागि सदका गर्नुछ, सबैभन्दा राम्रो सदका के होला ? उहाँले भन्नुभयो: सबैभन्दा राम्रो सदका (दान) पानी हो, त्यसैले उनले एउटा इनार खने र आफ्नी आमाको लागि दानको रूपमा दिए ।</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>पानी एक उत्कृष्ट सद्का (दान) हो ।
 नबी (सल्लल्लाहु अलैहि वसल्लम) ले साअ्दलाई पानी दान गर्न निर्देशन दिनुभयो; किनभने यो धार्मिक र सांसारिक मामिलाहरूमा बढी लाभदायक हो, विशेषगरि अत्यधिक गर्मी र पानीको अभावमा ।
 सद्का (दान) को पुण्य मृतकलाई पुग्छ भन्ने प्रमाण ।
 साअ्द बिन ओबादाले आफ्नो आमाको लागि दान दिनुभयो (रजियल्लाहु अन्हुमा) ।</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>मुमिन (आस्थावान) निन्दा गर्ने, श्राप दिने, बेहया (निर्लज्ज) र अश्लील व्यक्ति होइनन् ।</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "मुमिन (आस्थावान) निन्दा गर्ने, श्राप दिने, बेहया (निर्लज्ज) र अश्लील व्यक्ति होइनन् ।"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>मानिसहरूको वंश र पुर्खाको बारेमा गलत कुरा गर्ने, गालीगलौज गर्ने, श्राप दिने, आफ्नो बोली र व्यवहारमा निर्लज्जता र अश्लीलता झल्काउने पूर्ण मुमिनको पहिचान होइन भनेर नबी (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट पार्नुभएको छ ।</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>इस्लामिक विधानमा हराम (निषेधित) कार्य गर्न वा वाजिब (अनिवार्य) लाई बेवास्ता गरेकोमा केवल इमान बर्बाद हुन्छ भनी भनिएको छ ।
 अंगहरूलाई सुरक्षित राख्न र तिनलाई दुर्व्यवहारबाट जोगाउन प्रेरित गरिएको छ, विशेष गरी जिब्रो (भाषा) को हकमा।
 सिन्धीले भने: हदीसमा "अति गालीगलौज र श्राप दिने" शब्द प्रयोग गरिएकोले केही योग्य व्यक्तिहरूलाई सामान्य सराप्दा त्यो अन्तर्गत पर्दैन भन्ने तर्क हो ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/65869</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
-    <t>कुर्कुच्चालाई नरकको आगोबाट जोगाऊ, वुजूलाई पूरा गर।</t>
+    <t>“कुर्कुच्चाहरूलाई नरकको आगोबाट जोगाऊ, वुजू राम्ररी पूरा गर।”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
-    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग मक्काबाट मदिना फर्किरहेका थियौं । बाटोमा पानी भेटिएपछि केही मानिसहरूले अस्रको समयमा हतार गरे र छिटो छिटो वुजू गरे । हामी त्यहाँ आइपुग्दा उनीहरूको कुर्कुच्चोमा पानी नपुगेकोले चम्किरहेको थियो। यो देखेर ररसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "कुर्कुच्चालाई नरकको आगोबाट जोगाऊ, वुजूलाई पूरा गर।"</t>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन् कि हामी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग मक्काबाट मदिना फर्किरहेका थियौं । बाटोमा पानी भेटिएपछि केही मानिसहरूले समय नजिकिँदै गर्दा हतार गरे र छिटो-छिटो वुजू गरे। हामी त्यहाँ आइपुग्दा उनीहरूको कुर्कुच्चोसम्म पानी नपुगेको (अर्थात् त्यो भाग सुक्खा रहेको) कारणले त्यो भाग स्पष्ट रूपमा देखिएको थियो।। यो देखेर अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “कुर्कुच्चाहरूलाई नरकको आगोबाट जोगाऊ, वुजू राम्ररी पूरा गर।”</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आफ्ना सहाबा (साथी) हरूसँग मक्कादेखि मदीनासम्मको यात्रा गर्नुभयो । बाटोमा पानी भेटिएपछि केही साथीहरूले अस्रको नमाजको लागि हतार-हतारमा वुजू गरे र तिनीहरूको कुर्कुच्चो सुकेको र पानी नपुगेको स्पष्ट देखिन्थ्यो । तसर्थ, ररसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: वुजू गर्दा आफ्नो कुर्कुच्चो धुन बेवास्ता गर्ने व्यक्तिहरूका लागि नर्कको दण्ड र विनाश छ । उहाँले तिनीहरूलाई पूर्ण रूपमा वुजू गर्न आदेश दिनुभयो ।</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>वुजू गर्दा दुवै खुट्टा धुनु अनिवार्य हो; किनकि यदि मसह गर्ने (पुछ्ने) अनुमति भएको भए कुर्कुच्चा नधोएमा आगो (नर्क) को दण्डको धम्की दिइने थिएन ।
 वुजू गर्दा धुने अंगहरू पूर्ण रूपमा धुनु वाजिब हो । जसले जानाजानी वा अल्छीले थोरै भाग पनि धुन छोड्यो, उसको नमाज मान्य हुनेछैन ।
 जाहिल (अज्ञानी व्यक्ति) लाई शिक्षा र मार्गदर्शनको महत्त्व ।
 आलिम (विद्वान) ले फर्ज (कर्तव्य) र सुन्नत (अतिरिक्त) हरूलाई बेवास्ता गरेको देख्दा राम्रोसँग इन्कार गर्नुपर्छ ।
 मुहम्मद इसहाक देहलवी भन्छन्: पूर्ण रूपमा वुजू गर्ने तीन तरिका छन्: १) फर्द: वुजूका अंगहरू एक पटक राम्ररी धुने । २) सुन्नत: तीन पटक धुने । ३) मुस्तहब: अंगहरूलाई लम्ब्याइ तीन पटक धुने ।</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ne/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>निश्चय नै अल्लाहले अनिवार्य कर्तव्यहरू (फराइज) तोक्नुभएको छ, तिनलाई बेवास्ता नगर्नु। उहाँले कानुनी सीमाहरू (हुदूद) निर्धारण गर्नुभएको छ, तिनीहरूको उल्लङ्घन नगर्नु। उहाँले केही कुराहरूलाई निषेध (हराम) गर्नुभएको छ, ती वर्जित कार्यहरूमा संलग्न नहुनु। उहाँले केही कुराहरू बिर्सिएर होइन बरु तिमीहरूमाथि दया गरेर उल्लेख नगरी छोड्नुभएको छ, त्यसैले तिनको बारेमा अनावश्यक सोधपुछ नगर्नु।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>अबु साअलबा अल-खुशनी, जुरथूम बिन नाशिर (रजियल्लाहु अन्हु) वर्णन गरिएको छ, रसूल अल्लाह (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: निश्चय नै अल्लाहले अनिवार्य कर्तव्यहरू (फराइज) तोक्नुभएको छ, तिनलाई बेवास्ता नगर्नु। उहाँले कानुनी सीमाहरू (हुदूद) निर्धारण गर्नुभएको छ, तिनीहरूको उल्लङ्घन नगर्नु। उहाँले केही कुराहरूलाई निषेध (हराम) गर्नुभएको छ, ती वर्जित कार्यहरूमा संलग्न नहुनु। उहाँले केही कुराहरू बिर्सिएर होइन बरु तिमीहरूमाथि दया गरेर उल्लेख नगरी छोड्नुभएको छ, त्यसैले तिनको बारेमा अनावश्यक सोधपुछ नगर्नु।</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>“नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई सूचित गर्नुभएको छ, अल्लाहले केही कुराहरूलाई अनिवार्य गर्नुभएको छ र केही फर्ज (कर्तव्य) ठहर गर्नुभएको छ। त्यसैले तिमीहरूले तिनको पालना गर्नुपर्छ र तिनलाई त्याग्ने वा लापरवाही गर्ने कार्य गर्नु हुँदैन। उहाँले तिमीहरूका लागि निश्चित सीमाहरू र निषेधहरू पनि निर्धारण गर्नुभएको छ, जसले तिमीलाई उहाँले मन नपार्ने कुराहरूबाट रोक्छ र सावधान गराउँछ। त्यसैले शरियतको आदेशमा बढी कुरा थप गर्नु हुँदैन। त्यसैगरी, अल्लाहले केही कुराहरूलाई वर्जित गर्नुभएको छ, तिनीहरूबाट टाढा रहनू र तिनको नजिक पनि नजानू र उहाँले बाँकी कुराहरू बिर्सिएर होइन बरु तिमीहरूमाथि दया गरेर उल्लेख नगरी छोड्नुभएको छ, ती कुराहरू मूल रुपमा वैध नै रहनेछन्,  त्यसैले तिनको बारेमा अनावश्यक सोधपुछ नगर्नु।"</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>यो हदीसले यो प्रमाणित गर्छ, अल्लाह नै शरीअत (कानून) बनाउने हुनुहुन्छ र सम्पूर्ण आदेश उहाँको हातमा छ, उहाँ सर्वोच्च र पवित्र हुनुहुन्छ।
+यस हदीसले शरियत (इस्लामी कानून) का नियमहरूलाई समेट्छ, चाहे त्यो हुक्म (आदेश) को रूपमा होस् वा इबाहत (मूलतः अनुमत विषय) को रूपमा होस्। किनभने शरई हुक्म (कानूनी निर्णय) कुनै विषयमा या त स्पष्ट रूपमा उल्लेख गरिएको हुन्छ वा त्यसबारे केही उल्लेख गरिएको हुँदैन। यस नियम र आदेशका विभिन्न प्रकार छन्: केही कुराहरू अनिवार्य (वाजिब) रूपमा वा गर्न प्रोत्छ,हित (मन्दूब) गरिएको रूपमा आदेशित छन् भने केही कुराहरू निषेधित (हराम) वा अवांछनीय (मकरूह) रूपमा रोकिएका छन्; र बाँकी कुराहरू अनुमति प्राप्त (मुबाह) श्रेणीमा पर्छन्।
+अल्लाहले जुन कुराप्रति कुनै आदेश उल्लेख गर्नुभएको छैन — न अनिवार्य गर्नुभएको छ, न सीमा निर्धारण गर्नुभएको छ, न निषेध गर्नुभएको छ — त्यो कुरा मुल रुपले हलाल (वैध) मानिन्छ।
+नबी (सल्लल्लाहु अलैहि वसल्लम) को उत्कृष्ट बयान, उहाँले यस हदीसमा वर्णित कुरालाई स्पष्ट रूपमा वर्गीकरण गरी प्रस्तुत गर्नुभएको छ।
+सर्वशक्तिमान् अल्लाहले अनिवार्य ठहर्याउनुभएका कर्तव्यहरूको पालना गर्नु अति आवश्यक छ।
+अल्लाहले तोक्नुभएका सीमा र नियमहरूको उल्लङ्घन गर्न निषेध गरिएको छ।</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>सम्पूर्ण कर्महरू नियतमा आधारित छन् र प्रत्येक व्यक्तिले आफ्नो नियतअनुछ,र नै प्रतिफल पाउँछ</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>अमीरुल मोमिनीन अबु हफ्स उमर बिन अल-खत्ताब (रजियल्लाहु अन्हु)बाट वर्णन गरिएको छ, उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें, उहाँले भन्नुभयो: "सम्पूर्ण कर्महरू नियतमा आधारित छन् र प्रत्येक व्यक्तिले आफ्नो नियतअनुछ,र नै प्रतिफल पाउँछ। यदि कसैले अल्लाह र उहाँका रसूलका लागि 'हिजरत' गर्छ भने, उसको हिजरत अल्लाह र उहाँका रसूलकै लागि मानिन्छ; तर यदि कसैले छ,ंछ,रिक लाभ वा कुनै महिलासँग विवाह गर्ने उद्देश्यले 'हिजरत' गर्छ भने, उसको 'हिजरत' सोही उद्देश्यका लागि मानिन्छ जसका निम्ति उसले 'हिजरत' गरेको हो।"</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>इखलास [निष्ठा] अनुशरण गर्ने प्रेरणा, किनकि अल्लाहले केवल ती कार्यहरू स्वीकार गर्नुहुन्छ जुन उहाँको खुशी प्राप्त गर्ने उद्देश्यले गरिन्छ ।
+यदि कुनै व्यक्तिले अल्लाहको निकटता प्राप्त गर्ने कार्यहरू केवल आदतको रूपमा गर्छ भने, उसले कुनै प्रतिफल प्राप्त गर्दैन । जबसम्म उसले अल्लाहको निकटता प्राप्त गर्ने नीयत गर्दैन ।
+नियतद्वारा एक इबादत (उपासना) अर्को इबादतबाट छुट्याइन्छ र त्यसैगरी इबादतहरू र आदतहरू बीचको अन्तर पनि निर्धारण गर्छ।</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>अबु अब्दुर्रहमान अब्दुल्लाह बिन उमर बिन अल-खत्ताब (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ, उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने:||"इस्लाम पाँच कुराहरूमा आधारित छ: अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद अल्लाहका दास र रसूल हुनुहुन्छ भन्ने गवाही दिनु, नमाज स्थापना गर्नु, जकात दिनु, हज गर्नु र रमजान महिनामा उपवास बस्नु ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>अबु अब्दुर्रहमान अब्दुल्लाह बिन उमर बिन अल-खत्ताब (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ, उनले भने: मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुने: "इस्लाम पाँच कुराहरूमा आधारित छ: अल्लाह बाहेक कोही साँचो ईश्वर छैन र मुहम्मद अल्लाहका दास र रसूल हुनुहुन्छ भन्ने गवाही दिनु, नमाज स्थापना गर्नु, जकात दिनु, हज गर्नु र रमजान महिनामा उपवास बस्नु ।"</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>अबु अब्दुर्रहमान अब्दुल्लाह बिन मसऊद (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ, उनले भने: “हामीलाई अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, उहाँले सत्य बोल्नुहुन्छ र उहाँको भनाइ पूर्णतः सत्य हुन्छ: "तिमीहरू हरेकको सृष्टि उसको आमाको गर्भमा चालीस दिन र चालीस रात सम्म वीर्यको रूपमा जम्मा गरिन्छ, त्यसपछि अर्को ४० दिनसम्म बाक्लो र जमेको रगतको रूप लिन्छ । त्यस पछि अर्को ४० दिनमा मासुको डल्लोको रूप लिन्छ । त्यसपछि अल्लाहले एउटा फरिशता पठाउनुहुन्छ जसले अल्लाहको आदेश अनुसार त्यो व्यक्तिको जीविका, उमेर, कर्म र राम्रो वा नराम्रो हुनु बारे लेख्छ र त्यसपछि उसले त्यसमा रूह (आत्मा) हाल्छ । एक व्यक्तिले जीवनभर स्वर्गवासीहरूको कर्म गर्छ र जब उसको र स्वर्गको बीचमा एक हातको दूरी हुन्छ, त्यतिखेर उसको भाग्य उसमाथि हावी हुन्छ, र ऊ नर्कवासीहरूको कर्म गरेर नर्कमा प्रवेश गर्दछ । त्यसैगरी एक व्यक्तिले जीवनभर नर्कवासीको कर्म गर्छ र जब उसको र नर्कको बीचमा एक हातको दुरी रहन्छ तब उसको भाग्य उसमाथि हावी हुन्छ र ऊ स्वर्गवासीको कर्म गरेर स्वर्गमा प्रवेश गर्दछ ।"</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>मानव सृष्टिको चरणहरूको विवरण।
+काजा व कद्र (पूर्वनिर्धारित भाग्य र ईश्वरीय आदेश) मा विश्वास।
+अन्तमा मानिसको भाग्यमा जे लेखिएको हुन्छ त्यही नै हुनेछ ।
+यस हदीसमा कर्मको बाहिरी र देखिने अवस्था बाट धोका नखानु भन्ने चेतावनी दिइएको छ, किनभने कर्मको वास्तविक मूल्याङ्कन अन्तिम परिणामबाट गरिन्छ।"
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>जसले हाम्रो यस धर्ममा कुनै पनि नयाँ कुरा निकाल्छ जुन धर्मको भाग होइन, त्यो अस्वीकार्य मानिन्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>उम्मुल मोमिनीन उम्म अब्दिल्लाह आइशा (रजियल्लाहु अन्हा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "जसले हाम्रो यस धर्ममा कुनै पनि नयाँ कुरा निकाल्छ जुन धर्मको भाग होइन, त्यो अस्वीकार्य मानिन्छ।"</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ईबादत (उपासना) को आधार कुरान र हदीस हो । तसर्थ, हामी कुरान र हदीसमा उल्लेख गरिएको तरिका अनुसार अल्लाहको उपासना गर्नेछौं । 
+तसर्थ, नयाँ उपासना वा उपासनाका नयाँ रूपहरूबाट सधैं टाढा रहनुहोस् ।
+धर्म - विचार र राम्रा भावनामा आधारित छैन । यो त रसूल (सल्लल्लाहु अलैहि वसल्लम) को अनुसरणमा आधारित छ ।
+यो हदीस धर्मको पूर्णताको प्रमाण हो ।
+बिदअत भनेको त्यो प्रत्येक आस्था, कथन वा कार्य हो जुन धर्मको रूपमा आविष्कार गरिएको हो र यो रसूल (सल्लल्लाहु अलैहि वसल्लम) र उहाँका साथीहरूको समयमा थिएन ।
+यो हदीस, धर्मको नाममा नयाँ अभ्यास (बिदअत) हरू र अन्य निन्दनीय कार्य (मुन्करात) हरूको खण्डन गर्ने एक आधारभूत सिद्धान्त हो।
+यस हदीसले इस्लामको आधारहरुमध्ये एक महत्वपूर्ण सिद्धान्त र इबादतको लागि यो एक मापदण्ड प्रस्तुत गर्दछ । जसरी कुनै कार्यमा इख्लास (अल्लाहको प्रसन्नता) छैन भने गर्ने व्यक्तिले त्यसको कुनै प्रतिफल पाउँदैन, त्यसैगरी यदि इबादत रसूल (सल्लल्लाहु अलैहि वसल्लम) को तरिका अनुसार छैन भने गर्ने व्यक्ति तर्फ फर्काइनेछ ।
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>अबु अब्दिल्लाह नोमान बिन बशीर (रज़ियल्लाहु अन्हु) ले भन्नुहुन्छ, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें:||"हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ र यी दुवैको बीचमा केही शंकास्पद र संदिग्ध कुराहरू छन्, जुन धेरै मानिसहरूलाई थाहा छैन ।तसर्थ, जसले आफूलाई शंकास्पद कुराहरूबाट जोगाउँछ उसले आफ्नो धर्म र इज्जतलाई जोगायो र जसले शंकास्पद कुराहरूलाई पछ्याउने गर्छ, त्यो निषेधित कुराहरूमा फस्नेछ । यसको उदाहरण एक गोठालो सरह हो, जसले निषेधित क्षेत्र (खेत) को वरिपरि जनावरहरू चराउँछ र उसको जनावर त्यसमा चर्ने सम्भावना हुन्छ । सुन्नुहोस्! हरेक राजाको केही निषेधित क्षेत्र हुन्छन् (जसमा कसैलाई प्रवेश गर्न अनुमति छैन) र अल्लाहको निषेधित क्षेत्र भनेको हराम (निषेधित) कुराहरू हुन् । सावधान होउ, शरीरमा मासुको एउटा टुक्रा छ, जब यो सही हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>अबु अब्दिल्लाह नोमान बिन बशीर (रज़ियल्लाहु अन्हु) ले भन्नुहुन्छ, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्दै गरेको सुनें: "हलाल (वैध) स्पष्ट छ र हराम (निषेधित) स्पष्ट छ र यी दुवैको बीचमा केही शंकास्पद र संदिग्ध कुराहरू छन्, जुन धेरै मानिसहरूलाई थाहा छैन ।तसर्थ, जसले आफूलाई शंकास्पद कुराहरूबाट जोगाउँछ उसले आफ्नो धर्म र इज्जतलाई जोगायो र जसले शंकास्पद कुराहरूलाई पछ्याउने गर्छ, त्यो निषेधित कुराहरूमा फस्नेछ । यसको उदाहरण एक गोठालो सरह हो, जसले निषेधित क्षेत्र (खेत) को वरिपरि जनावरहरू चराउँछ र उसको जनावर त्यसमा चर्ने सम्भावना हुन्छ । सुन्नुहोस्! हरेक राजाको केही निषेधित क्षेत्र हुन्छन् (जसमा कसैलाई प्रवेश गर्न अनुमति छैन) र अल्लाहको निषेधित क्षेत्र भनेको हराम (निषेधित) कुराहरू हुन् । सावधान होउ, शरीरमा मासुको एउटा टुक्रा छ, जब यो सही हुन्छ, सम्पूर्ण शरीर ठीक रहन्छ र जब यो बिग्रिन्छ, सम्पूर्ण शरीर बिग्रन्छ, त्यो हृदय हो ।"</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>यो हदीस शंकास्पद कुराहरूबाट बच्नको लागि एक आधारभूत सिद्धान्त हो।
+अस्पष्ट चीज र शंकास्पद वस्तुहरू त्याग्न प्रोत्साहन ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>अबु रुकय्या तमिम बिन औस अद-दारी (रज़ियल्लाहु अन्हु) बाट वर्णित छ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो:||"धर्म भनेको निष्ठा हो," हामीले सोध्यौं, "कसको लागि ?" उहाँले उत्तर दिनुभयो, "अल्लाहप्रति, उहाँको किताबप्रति, उहाँका रसूलप्रति, मुस्लिम शासकहरू प्रति र सम्पूर्ण मुस्लिमहरूप्रति।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>अबु रुकय्या तमिम बिन औस अद-दारी (रज़ियल्लाहु अन्हु) बाट वर्णित छ, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "धर्म भनेको निष्ठा हो," हामीले सोध्यौं, "कसको लागि ?" उहाँले उत्तर दिनुभयो, "अल्लाहप्रति, उहाँको किताबप्रति, उहाँका रसूलप्रति, मुस्लिम शासकहरू प्रति र सम्पूर्ण मुस्लिमहरूप्रति।"</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ, धर्म इख्लास (शुद्ध निष्ठा) र सत्यतामा आधारित छ त्यसैले यसलाई अल्लाहले तोके अनुसार पूर्ण रूपले कुनै कमी वा छलकपट नगरी पालन गर्नुपर्छ। भलाई र निष्ठा कसप्रति हुन्छ भनेर सोधिएको प्रसंगमा रसूल (सल्लल्लाहु अलैहि वसल्लम) ले यस कुरालाई स्पष्ट गर्दै भन्नु भयो : १) अल्लाह प्रति निष्ठा : अल्लाहप्रति निष्ठा भन्नाले उहाँको सन्तुष्टि प्राप्त गर्ने उद्देश्यले निष्कपट र विशुद्ध रूपमा उहाँको उपासना गर्नु, उहाँसँग कसैलाई साझेदार नठहर्याउनु, उहाँको प्रभुत्व, पूजनीयता र उहाँको नाम र गुणहरूमा आस्था राख्नु, उहाँका आदेशहरूको आदर गर्नु, साथै, उहाँमाथि अटल विश्वास कायम राख्ने र अरूलाई पनि उहाँमाथि आस्था राख्न आह्वान गर्नु हो। २) पवित्र कुर्आन प्रति निष्ठा: यसको अर्थ कुर्आन अल्लाहको वचन (कलाम) हो भन्ने कुरामा दृढ विश्वास गर्नु हो। यो अन्तिम धार्मिक ग्रन्थ हो जुन अल्लाहले पठाउनु भएको हो र यसले अघिल्ला सबै धार्मिक कानूनहरूलाई खारेज गरेको छ भन्ने कुरामा विश्वास गर्नु हो, साथै यस पवित्र ग्रन्थको सम्मान गर्नु, यसलाई ध्यानपूर्वक पढ्नु, यसका मुहकम (सुस्पष्ट) श्लोकहरूको पालना गर्नु र मुताशबिह (अनेकार्थी) श्लोकहरूलाई पनि स्वीकार गर्नु निष्ठाको महत्वपूर्ण पक्ष हो। कुर्आनको अर्थलाई तोडमोड गर्ने वा गलत व्याख्या गर्नेहरूको खण्डन गर्नु पनि आवश्यक छ। यसबाट ज्ञान प्राप्त गर्नु, यसका शिक्षालाई सबैतिर फैलाउनु र मानिसहरूलाई यसलाई स्वीकार गर्न प्रोत्साहित गर्नु हरेक विश्वासीको कर्तव्य हो। ३) रसूल मुहम्मद (सल्लल्लाहु अलैहि वसल्लम) प्रति निष्ठा : उहाँ प्रति निष्ठा भनेको उहाँ अन्तिम सन्देशवाहक हुनुहुन्छ भन्ने तथ्यमा विश्वास गर्नु, उहाँले ल्याउनुभएको शिक्षालाई सत्य मान्नु, उहाँका आदेशहरूको पालना गर्नु, उहाँले निषेध गरेका कुराबाट टाढा रहनु, उहाँले निर्धारित गरेको विधिअनुसार मात्र अल्लाहको उपासना गर्नु हो । साथै, उहाँको अधिकारको सम्मान र उहाँको आदर कदर गर्नु, उहाँको सन्देशलाई विश्वव्यापी रूपमा फैलाउनु, उहाँको "शरिया"को प्रचारप्रसार गर्नु र उहाँमाथि लगाइएका झूटा आरोपहरूको खण्डन गर्नु पनि निष्ठाको अभिन्न पक्ष हो। ४) मुस्लिम शासकहरूप्रति सद्भाव : यसको अर्थ, शासकहरूलाई सत्य र उचित कार्यमा सहयोग गर्नु, उनीहरू विरुद्ध विद्रोह नगर्नु र जबसम्म उनीहरू अल्लाहका आदेश तथा उहाँको शरीअतका सिद्धान्तअनुसार कार्यरत रहन्छन्, तबसम्म उनीहरूको आदेश पालन गर्नु तथा आज्ञा मान्नु हो। ५) आम मुस्लिमहरूप्रति सद्भाव (भलाई): यसको अर्थ मुस्लिमहरूसँग राम्रो व्यवहार गर्नु, उनीहरूलाई सत्कर्मका लागि प्रेरित गर्नु, कठिनाइ पर्दा सहायता गर्नु, उनीहरूको कल्याणको कामना गर्नु र पुण्यकर्म तथा धार्मिक कर्तव्यमा सहयोग पुर्‍याउनु हो।</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>मैले जुन कुराबाट तिमीहरूलाई रोकेको छु, त्यसबाट टाढा रहनू र जुन कुराको आदेश दिएको छु, त्यसलाई आफ्नो सामर्थ्यअनुसार पूरा गर्नू</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>अबू हुरैरा अब्दुर्रहमान बिन सखर (रज़ियल्लाहु अन्हु) बाट वर्णित छ, उहाँले भन्नुभयो, मैले अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) लाई यसो भन्दै गरेको सुनें: "मैले जुन कुराबाट तिमीहरूलाई रोकेको छु, त्यसबाट टाढा रहनू र जुन कुराको आदेश दिएको छु, त्यसलाई आफ्नो सामर्थ्यअनुसार पूरा गर्नू। किनभने तिमीहरूभन्दा अघिका समुदायहरू नबीहरूसँग अत्यधिक प्रश्न गर्ने र मतभेद राख्ने कारणले नै नष्ट भएका थिए।"</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>हामीलाई अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले स्पष्ट रूपमा बताउनुभएको छ, जब उहाँले हामीलाई कुनै कुराबाट रोक्नुहुन्छ, त्यसबाट बिना कुनै अपवाद टाढा रहनु अनिवार्य हुन्छ। साथै, जब उहाँले कुनै कुराको आदेश दिनुहुन्छ, त्यसलाई हामीले आफ्नो सामर्थ्यअनुसार पूरा गर्नुपर्छ। त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई विगतका ती समुदायहरू जस्तो हुनबाट सचेत गराउनुभयो, जसले नबीहरू सँग अनावश्यक प्रश्न गर्ने र उनीहरूको अवज्ञा गर्ने गर्दथे, फलस्वरूप अल्लाहले उनीहरूलाई विभिन्न विपत्तिद्वारा नष्ट गरिदिनुभयो। अतः उनीहरूको जस्तै विनाशबाट बच्नका लागि हामीले त्यस्तो व्यवहार गर्नुहुँदैन।</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>यो हदीस, आदेशहरूको पालना गर्नु र निषेध गरिएका कुराहरूबाट बच्नु अनिवार्य रहेको विषयमा एक मूल आधार हो।
+निषेध गरिएका कार्यहरूमा कुनै छुट दिइएको छैन, जबकि आदेशहरूको पालना व्यक्तिको आफ्नो सामर्थ्य अनुसार मात्र आवश्यक हुन्छ। यसको कारण यो हो कि कुनै निषेधित कार्य त्याग्न सम्भव हुन्छ, तर आदेशित कार्य सम्पन्न गर्नका लागि व्यक्ति सक्षम हुनुपर्ने हुन्छ।
+धेरै प्रश्न गर्न निषेध गरिएको छ । उलमा (विद्वानहरू) ले प्रश्नलाई दुई भागमा विभाजन गरेका छन्: एउटा धर्म सिक्न र सिकाउने उद्देश्यले प्रश्न गर्नु र यो जायज हो अनि सहाबीले सोध्ने प्रश्न यसै अन्तर्गत पर्दछ । दोस्रो हठ, अहंकार, शंकास्पद र फाइदा नभएको प्रश्न गर्नु, जुन निषेध गरिएको छ ।
+यस राष्ट्रलाई आफ्नो रसूलको अवज्ञा विरुद्ध चेतावनी दिइएको छ, ताकि अघिका राष्ट्रहरू झैं यसको हालत नहोस् ।
+निषेध गरिएको कुराले त्यसको सानो मात्र र ठूलो मात्रा दुवैलाई समान रूपले बुझाउँछ। किनभने, निषेधित कुरा-वस्तुको सानो र ठूलो दुवै अंशलाई परित्याग नगरी त्यसबाट पूर्ण रूपमा बच्न सकिँदैन। उदाहरणका लागि, रिबा (ब्याज) लिन र दिन निषेध गरिएको छ र यो नियम थोरै ब्याज होस् वा धेरै दुवैमा लागू हुन्छ।
+निषेधित (हराम) कार्यतर्फ लैजाने कारणहरूलाई त्याग्नु आवश्यक छ, किनभने यो पनि निषेधित कार्यहरुबाट बच्नु अन्तर्गत नै पर्दछ।
+जब कुनै व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) को आदेश सुन्छ, तब उसले त्यो अनिवार्य (वाजिब) हो वा स्वैच्छिक पुण्यकारी (मुस्तहब) हो भनी प्रश्न गर्नु हुँदैन। बरु, उसले तुरुन्तै आदेश पालना गर्नुपर्छ, किनभने उहाँको भनाइ छ: "त्यसलाई आफ्नो सामर्थ्यअनुसार पूरा गर्नू।"
+धेरै प्रश्न गर्नु विनाशको कारण बन्न सक्छ, विशेषगरी ती विषयहरूमा जसको ज्ञान असम्भव छ, जस्तै अदृश्य र रहस्यमय कुराहरू तथा कियामतको दिनको अवस्थाबारे। यस्ता विषयहरूमा अनावश्यक प्रश्न नगर्नुहोस्, अन्यथा तपाईं विनाशमा पर्नुहुनेछ र ज्ञानको निर्धारित सीमा उल्लङ्घन गर्दै अनावश्यक र निरर्थक गहनतामा जाने व्यक्ति ठहरिनुहुनेछ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो:||"हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो। उहाँले भन्नुभएको छ:
+"हे रसूल (सन्देशवाहक) हरू! पवित्र कुरा खानुहोस् र सत्कर्म गर्नुहोस्,  निश्चय नै, तिमीहरूले जे गर्छौ, म त्यस बारे पूर्ण ज्ञाता छु।"
+आर्को ठाउँमा भन्नुभएको छ:
+"हे आस्थावान् हरू! हामीले तिमीहरूलाई प्रदान गरेका पवित्र कुराहरूमध्ये खाऊ।" (अल-बकरा: १७२)
+त्यसपछि, उहाँले एक यस्तो व्यक्तिको बारेमा बताउनुभयो, जो लामो यात्रामा हुन्छ, उसको कपाल अस्तव्यस्त हुन्छ र शरीर धुलाम्मे हुन्छ। उसले आकाशतर्फ हात उठाएर भन्छ: "हे मेरो प्रभु! हे मेरो प्रभु!" तर उसको खानपान हराम (अवैध,वर्जित कुरा) छ, उसको पिउने वस्तु हराम छ, उसको वस्त्र हराम छ र उसको पोषण नै हरामबाट भएको छ भने यस्तो अवस्थामा उसको प्रार्थना कसरी स्वीकार हुन सक्छ?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>अबू हुरैरह (रजियल्लाहु अन्हु) द्वारा वर्णन गरिएको छ उहाँ भन्नु हुन्छ: अल्लाहका रसूलले (सल्लल्लाहु अलैहि वसल्लम) भन्नुभयो: "हे मानिसहरू! अल्लाह पवित्र हुनुहुन्छ र केवल पवित्र कुरा मात्र स्वीकार गर्नुहुन्छ। अल्लाहले विश्वासीहरूलाई त्यही आदेश दिनुभएको छ जुन उहाँले दूतहरूलाई दिनुभएको थियो। उहाँले भन्नुभएको छ:
+"हे रसूल (सन्देशवाहक) हरू! पवित्र कुरा खानुहोस् र सत्कर्म गर्नुहोस्,  निश्चय नै, तिमीहरूले जे गर्छौ, म त्यस बारे पूर्ण ज्ञाता छु।"
+आर्को ठाउँमा भन्नुभएको छ:
+"हे आस्थावान् हरू! हामीले तिमीहरूलाई प्रदान गरेका पवित्र कुराहरूमध्ये खाऊ।" (अल-बकरा: १७२)
+त्यसपछि, उहाँले एक यस्तो व्यक्तिको बारेमा बताउनुभयो, जो लामो यात्रामा हुन्छ, उसको कपाल अस्तव्यस्त हुन्छ र शरीर धुलाम्मे हुन्छ। उसले आकाशतर्फ हात उठाएर भन्छ: "हे मेरो प्रभु! हे मेरो प्रभु!" तर उसको खानपान हराम (अवैध,वर्जित कुरा) छ, उसको पिउने वस्तु हराम छ, उसको वस्त्र हराम छ र उसको पोषण नै हरामबाट भएको छ भने यस्तो अवस्थामा उसको प्रार्थना कसरी स्वीकार हुन सक्छ?"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>अल्लाह तआला आफ्नो अस्तित्व, आफ्ना गुणहरू र आफ्ना कामहरू एवं रूपले आदेशहरूमा पूर्ण हुनु हुन्छ ।
+केवल अल्लाहको प्रशन्नता र उहाँका नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनु भएको तरिका अनुसार कर्महरू गर्ने आदेश ।
+यस्ता कारक तत्त्वहरू अपनाउनु जसले कर्महरू गर्नमा हौसला प्रदान गर्दछ।  यसको प्रमाण नबी (सल्लल्लाहु अलैहि वसल्लम) को यो कथन हो : 
+अर्थात; "वास्तवमा अल्लाह तआलाले इमान वालाहरूलाई पनि त्यही कुराको आदेश दिनु भएको छ जो कुराको आदेश उहाँले रसूलहरूलाई दिनु भएको छ ।" जब इमान वालालाई यो कुरा थाहा हुन्छ, जो काम उसलाई  गर्नका लागि भनिएको छ त्यही काम रसूल (सन्देष्टा) हरूलाई पनि गर्नका लागि भनिएको थियो भने उसभित्र रसूल (सन्देष्टा) हरूको पदचिन्ह पछ्याउँदै कर्म गर्ने भावना पैदा हुन्छ ।
+दुआ कबूल हुनबाट रोक्ने कुराहरूमध्ये एउटा हराम (अवैध/अपवित्र) चीज खानु हो ।
+दुआ कबुल हुने पाँच चिजहरू छन् । पहिलो: लामो यात्रा गर्नु, किनकि यसमा नम्रता आउँछ जो कबूल हुने ठूलो कारण मध्ये हो । दोस्रो : व्याकुलता । तेस्रो: दुवै हातहरू आकाश तर्फ उठाउनु । चौथो : अल्लाह पालनकर्ता हुनुहुन्छ भन्ने नामलाई बारम्बार दोह्र्याएर माग्नमा लीन हुनु । दुआ कबुल हुनका लागि यो कुरा  सबै भन्दा बढी माग भएको छ । पाँचौ: पवित्र खानु र पिउनु ।
+काजी (रहिमहुल्लाह) ले भन्नु हुन्छ “'तय्यिब' (पवित्र) को अर्थ 'खबीस' (अशुद्ध) को विपरीत हो। जब 'तय्यिब' शब्द महानतम र सर्वोच्च अल्लाहका लागि प्रयोग हुन्छ, तब यसको तात्पर्य उहाँ सम्पूर्ण दोष एवं अवगुणहरूबाट पवित्र हुनुहुन्छ भन्ने हुन्छ। जब यो कुनै व्यक्ति को लागि प्रयोग हुन्छ, तब यसको अर्थ ऊ खराब आचरण र निन्दनीय कार्यहरूबाट मुक्त भई उत्तम गुणहरूले सुशोभित छ भन्ने हुन्छ। र, जब यो सम्पत्तिका लागि प्रयोग हुन्छ, तब यसको अर्थ त्यो सम्पत्ति हलाल (वैध) एवं उत्कृष्ट कोटीको छ भन्ने हुन्छ।”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>जुन कुरा प्रति तिमीलाई शङ्का छ, त्यसलाई छाडेर त्यो कुरा अपनाउनु जसमा कुनै शङ्का छैन।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>अबू मुहम्मद हसन बिन अली बिन अबी तालिब (रजियल्लाहु अन्हु) — जो रसूल (सल्लल्लाहु अलैहि वसल्लम) का नाति र उहाँका प्यारो हुन् — ले बयान गरेका छन्, मैले रसूल (सल्लल्लाहु अलैहि वसल्लम) बाट यो वचन कण्ठस्थ गरेको छु: "जुन कुरा प्रति तिमीलाई शङ्का छ, त्यसलाई छाडेर त्यो कुरा अपनाउनु जसमा कुनै शङ्का छैन।"</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले आदेश दिनुभएको छ, यदि कुनै वचन वा कार्य हराम (निषेधित) हो वा हलाल (वैध) भन्नेमा शङ्का छ भने, त्यसलाई छाडेर शङ्कारहित कुरालाई अपनाउनु पर्छ, जसको वैधता प्रति मन सन्तुष्ट हुन्छ।</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>अबु हम्जा अनस बिन मालिक (रज़ियल्लाहु अन्हु), जो अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) का सेवक थिए, उहाँले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ:||"तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागिमन पराउछ ।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>अबु हम्जा अनस बिन मालिक (रज़ियल्लाहु अन्हु), जो अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) का सेवक थिए, उहाँले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "तिमीहरूमध्ये कोही पनि मुमिन (आस्थावान) हुन सक्दैन जबसम्म उसले आफ्नो भाइको लागि त्यही मन पराउँदैन जुन उसले आफ्नो लागिमन पराउछ ।"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>निश्चय नै अल्लाहले हरेक कुरामा सद्भावना (इह्सान) अनिवार्य गर्नुभएको छ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>अबु याला शद्दाद बिन औस (रज़ियल्लाहु अन्हु) ले वर्णन गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: "निश्चय नै अल्लाहले हरेक कुरामा सद्भावना (इह्सान) अनिवार्य गर्नुभएको छ। त्यसैले जब तिमीले कसैलाई (मृत्युदण्ड आदि कारणले) मार्छौ तब त्यसलाई राम्रो र सहज तरिकाले मार्नु, जब तिमी (पशु) वध गर्छौ, तब राम्रो तरिकाले वध गर्नु, तिमीहरूले जनावरलाई वध गर्नुअघि चक्कु धारिलो बनाउनुपर्छ र वध गरिने जनावरलाई सहजतापूर्वक वध गर्नुपर्छ।"</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>हे बालक! म तिमीलाई केही महत्त्वपूर्ण कुराहरू सिकाउँदैछु:
+अल्लाहको (आदेशहरूको) रक्षा गर, उहाँले तिम्रो रक्षा गर्नुहुनेछ। तिमी उहाँ (का आदेशहरू) लाई मान, तिमीले उहाँलाई आफ्नो सामुन्ने पाउनेछौ। जब तिमीलाई केही माग्नुपर्ने हुन्छ तब अल्लाहसँग मात्र माग</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>अबु अल-अब्बास, अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) बाट वर्णित छ, उहाँले भन्नुभयो: एक दिन म अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) सँगै सवार थिएँ, तब उहाँले भन्नुभयो: "हे बालक! म तिमीलाई केही महत्त्वपूर्ण कुराहरू सिकाउँदैछु:
+अल्लाहको (आदेशहरूको) रक्षा गर, उहाँले तिम्रो रक्षा गर्नुहुनेछ। तिमी उहाँ (का आदेशहरू) लाई मान, तिमीले उहाँलाई आफ्नो सामुन्ने पाउनेछौ। जब तिमीलाई केही माग्नुपर्ने हुन्छ तब अल्लाहसँग मात्र माग। जब तिमीलाई सहायता चाहिन्छ तब अल्लाहसँगै मात्र सहायता माग।
+यो कुरा पनि जानी राख कि यदि समस्त मानवजाति तिमीलाई कुनै लाभ पुर्‍याउन एकजुट भए पनि, उनीहरूले तिमीलाई त्यति मात्र लाभ पुर्‍याउन सक्छन्, जति अल्लाहले तिम्रो लागि लेखिदिनुभएको छ र यदि उनीहरू सबै तिमीलाई हानि पुर्‍याउन एकत्रित भए पनि, उनीहरूले तिमीलाई त्यति मात्र हानि पुर्‍याउन सक्छन्, जति अल्लाहले तिम्रो भाग्यमा लेखिदिनुभएको छ। भाग्य लेख्ने कलमहरू रोकिसकेका छन् र (भाग्यका) पानाहरू सुकिसकेका छन्।"</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बताउँनु हुन्छ, एक दिन उनी रसूल (सल्लल्लाहु अलैहि वसल्लम) सँगै सवार थिए जब उहाँले मलाई सम्बोधन गर्दै भन्नुभयो, म तिमीलाई केही कुराहरू सिकाउनेछु, जसबाट अल्लाहले तिमीलाई फाइदा पुर्याउनु हुनेछ: अल्लाहका आदेशहरूको पालना गरेर र उहाँद्वारा निषेध गरिएका कुराहरूबाट टाढा रहेर अल्लाहको आदेशहरुको रक्षा गर, उहाँले तिमीलाई अवज्ञा र पापमा होइन, बरु आज्ञाकारिता र आफ्नो सामीप्यमा पाऊन्। यदि तिमीले यसो गर्यो भने, त्यसको पुरस्कार स्वरूप अल्लाहले तिमीलाई संसार र परलोकका कठिनाइहरूबाट जोगाउनुहुनेछ र तिमी जहाँसुकै गए पनि अल्लाहले तिम्रो मामिलाहरूमा तिम्रो सहायता गर्नुहुनेछ। यदि केही माग्न आवश्यकता पर्यो भने अल्लाहसँग मात्र माग, अरू कसैसँग नमाग, किनभने अल्लाहले मात्र माग्नेहरूको इच्छा र मनोकामना पूरा गर्नुहुन्छ। यदि तिमीलाई सहयोग चाहियो भने, अल्लाह बाहेक अरू कसैसँग सहयोग नखोज। तिमीमा यो दृढ विश्वास रहोस् कि, यदि पृथ्वीका सबै मानिसहरू एकजुट भई तिमीलाई कुनै लाभ पुर्याउन खोजे पनि, अल्लाहले तिम्रो लागि लेखिदिनुभएको बाहेक उनीहरूले कुनै लाभ पुर्याउन सक्ने छैनन्। यदि उनीहरू सबै एकजुट भई तिमीलाई हानि पुर्याउन खोजे पनि, अल्लाहले तिम्रो भाग्यमा लेखिदिनुभएको बाहेक उनीहरूले कुनै हानि गर्न सक्ने छैनन्। यो विषय अल्लाहले आफ्नो तत्वदर्शिता र ज्ञान अनुसार लेखि निर्धारण गर्नुभएको छ र उहाँले लेखेको कुरा कहिल्यै परिवर्तन हुँदैन। जो व्यक्ति अल्लाहका आदेशहरूको पालन गर्छ र उहाँले निषेध गर्नुभएका कुराहरूबाट टाढा रहन्छ, अल्लाहले उसको रक्षा गर्नुहुन्छ, उसलाई मार्गदर्शन गर्नुहुन्छ र सहयोग प्रदान गर्नुहुन्छ। जब कुनै व्यक्ति सुख र समृद्धिको समयमा अल्लाहको आज्ञा पालन गर्छ, तब अल्लाहले कठिनाइ र संकटको समयमा उसलाई राहत दिनुहुन्छ र निकासको मार्ग देखाइदिनुहुन्छ। प्रत्येक व्यक्तिले अल्लाहद्वारा आफ्नो भाग्यमा निर्धारित गरिएको राम्रो र नराम्रो दुवै कुरामा सन्तुष्ट रहनुपर्छ। कठिनाइ र परीक्षाको समयमा धैर्य धारण गर्न आवश्यक छ, किनभने धैर्यसँगै अल्लाहको सहायता आउँछ। वास्तवमा, संकटसँगै राहत पनि हुन्छ र निश्चय नै हरेक कठिनाइमा सहजता निहित हुन्छ।</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>साना बच्चाहरूलाई तौहीद (एक इश्वरवाद), आचरण र धर्मका अन्य पक्षहरू सिकाउने प्रोत्साहन ।
+मानिसलाई उसको कर्मको प्रकृति अनुसार इनाम दिइनेछ।
+केवल अल्लाहमा भरोसा गर्ने र उहाँ बाहेक अरु कसैमा नगर्ने आदेश, किनकि उहाँ सर्वोत्कृष्ट व्यवस्था गर्नुहुन्छ ।
+अल्लाहको निर्णय र भाग्यमा आस्था राख्नु र त्यसमा सन्तुष्ट हुनु, किनभने अल्लाहले सबै कुरालाई पूर्वनिर्धारित गर्नुभएको छ ।
+जसले अल्लाहको आदेशलाई बेवास्ता गर्छ, अल्लाहले उसलाई नष्ट गर्नुहुन्छ र उसको रक्षा गर्नुहुने छैन ।
+यस हदीसमा यो ठूलो शुभ समाचार छ, यदि मानिसमाथि कठिनाइ आइपर्छ भने, उसले सहजताको प्रतीक्षा गरोस् (किनकि हरेक कठिनाइसँगै सहजता हुन्छ)।
+यस हदीसमा व्यक्तिलाई विपत्ति आइपर्दा वा प्रिय वस्तु गुमाउँदा सान्त्वना प्रदान गरिएको छ। रसूलुल्लाह (सल्लल्लाहु अलैहि वसल्लम) को वचनमा भनिएको छ: "यो जानिराख, जुन कुरा तिमीमाथि आइपर्यो, त्यो तिमीबाट टर्ने थिएन; र जुन कुरा तिमीबाट टरेर गयो, त्यो तिमीमाथि आइपर्ने थिएन।" यस वचनको पहिलो अंशले कुनै अप्रिय कुरा प्राप्त हुँदा सान्त्वना प्रदान गर्छ र दोस्रो अंशले प्रिय वस्तु गुमाउँदा मनलाई शान्त पार्ने सन्देश दिन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>अबु मसऊद उक़्बा बिन अम्र अल-अन्सारी अल-बद्री (रज़ियल्लाहु अन्हु) ले 
+भन्नुहुन्छ, अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ:||पहिलाका अम्बिया (सन्देष्टाहरू) सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) : "यदि तिमीलाई लाज छैन भने, जे मन लाग्छ गर।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>अबु मसऊद उक़्बा बिन अम्र अल-अन्सारी अल-बद्री (रज़ियल्लाहु अन्हु) ले 
+भन्नुहुन्छ, अल्लाहको रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ: पहिलाका अम्बिया (सन्देष्टाहरू) सित मान्छेहरूले जे कुरा सिकेका थिए, (त्यसमध्ये यो पनि हो) : "यदि तिमीलाई लाज छैन भने, जे मन लाग्छ गर।"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>अबु अम्र (केहीले अबु अम्राह पनि भनेका छन्) सुफयान बिन अब्दुल्लाह (रजियल्लाहु अन्हु) बाट वर्णित छ, उहाँले भन्नुभयो:||मैले भने: हे अल्लाहको रसूल! मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु र त्यसपछि त्यसमा अडिग रहनु।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>अबु अम्र (केहीले अबु अम्राह पनि भनेका छन्) सुफयान बिन अब्दुल्लाह (रजियल्लाहु अन्हु) बाट वर्णित छ, उहाँले भन्नुभयो: मैले भने: हे अल्लाहको रसूल! मलाई इस्लामको बारेमा एउटा यस्तो कुरा बताउनुहोस् जुन मैले अरू कसैलाई सोध्न नपरोस् । उहाँले भन्नुभयो: "भन, म अल्लाहमा विश्वास गर्छु र त्यसपछि त्यसमा अडिग रहनु।"</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>यदि म अनिवार्य नमाजहरू कायम राख्छु, रमजानमा उपवास बस्छु, हलाल (वैध) लाई हलाल मानेर अनुसरण गर्छु र हराम कुराहरूलाई त्याग्छु</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>अबु अब्दिल्लाह जाबिर बिन अब्दुल्लाह अल-अन्सारी (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्: एक व्यक्तिले रसूल (सल्लल्लाहु अलैहि वसल्लम) सँग सोधे, "यदि म अनिवार्य नमाजहरू कायम राख्छु, रमजानमा उपवास बस्छु, हलाल (वैध) लाई हलाल मानेर अनुसरण गर्छु र हराम कुराहरूलाई त्याग्छु र यसबाहेक अरू केही गर्दिनँ भने — के म स्वर्ग (जन्नत) मा प्रवेश गर्नेछु?" उहाँले उत्तर दिनुभयो: "हो (तिमी स्वर्गमा प्रवेश गर्नेछौ)।"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>तहारत (पवित्रता) ईमानको आधा भाग हो। "अल्हम्दुलिल्लाह" (अल्लाहको प्रशंसा) ले सुकर्मको तराजुलाई पूर्ण रूपमा भर्छ। "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" यी दुवै पवित्र शब्दहरूले आकाशदेखि पृथ्वीसम्मको विशाल अन्तरिक्षलाई परिपूर्ण गरिदिन्छन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>अबु मालिक अल-हारिथ बिन आसिम अल-अशअरी (रजियल्लाहु अन्हु) ले बयान गरेका छन्, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तहारत (पवित्रता) ईमानको आधा भाग हो। "अल्हम्दुलिल्लाह" (अल्लाहको प्रशंसा) ले सुकर्मको तराजुलाई पूर्ण रूपमा भर्छ। "सुब्हानल्लाह" र "अल्हम्दुलिल्लाह" यी दुवै पवित्र शब्दहरूले आकाशदेखि पृथ्वीसम्मको विशाल अन्तरिक्षलाई परिपूर्ण गरिदिन्छन्। सलाह (नमाज) एक ज्योति हो। सदकह (दान) को प्रमाण हो। धैर्यता किरण हो र कुरान तपाईंको पक्ष वा विपक्षमा प्रमाण स्वरूप रहन्छ। प्रत्येक व्यक्तिले प्रत्येक दिन (परिश्रम गरी) एक प्रकारको सौदा गर्दछ—कि त उसले आफूलाई नर्कबाट मुक्त गर्दछ अथवा विनाशतर्फ धकेल्छ।"</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ :||"हरेक दिन जब सूर्य उदाउँछ, मानिसको हरेक जोर्नी माथि सदका (दान) को हक हुन्छ। दुई व्यक्तिबीच न्याय गर्नु सदका हो, कुनै व्यक्तिलाई उसको सवारीमा सवार हुन वा उसको सामान त्यसमा राखिदिएर सहयोग गर्नु सदका हो, राम्रो वचन बोल्नु सदका हो, नमाजका लागि चालिने हरेक कदम सदका हो रबाटोबाट हानिकारक वस्तु हटाउनु पनि सदका हो।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>अबू-हुरैरह (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "हरेक दिन जब सूर्य उदाउँछ, मानिसको हरेक जोर्नी माथि सदका (दान) को हक हुन्छ। दुई व्यक्तिबीच न्याय गर्नु सदका हो, कुनै व्यक्तिलाई उसको सवारीमा सवार हुन वा उसको सामान त्यसमा राखिदिएर सहयोग गर्नु सदका हो, राम्रो वचन बोल्नु सदका हो, नमाजका लागि चालिने हरेक कदम सदका हो रबाटोबाट हानिकारक वस्तु हटाउनु पनि सदका हो।"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>अल्लाहसँग डराउनु र आफ्ना शासकको आज्ञा सुन्नु र पालन गर्नु, चाहे तिम्रो शासक एक कालो दास नै किन नहोस्। मेरो पछि तिमीहरूले ठूलो मतभेद देख्नेछौ। त्यस्तो अवस्थामा मेरो सुन्नत र सही मार्गमा हिँड्ने खलीफाहरूको सुन्नतको अनुसरण गर्नु</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>अबु नजीह अल-इरबाद बिन सारिया (रज़ियल्लाहु अन्हु) बाट वर्णित छ, उहाँले भन्नुभयो: अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले हामीलाई यस्तो प्रभावकारी उपदेश दिनुभयो, जसले गर्दा हाम्रा हृदय भयले काँपे र आँखाहरूबाट आसु निस्कियो। हामीले भन्यौं, "हे अल्लाहका रसूल! यो त बिदाइको उपदेश जस्तो छ, त्यसैले हामीलाई केही उपदेश दिनुहोस्।" उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाहसँग डराउनु र आफ्ना शासकको आज्ञा सुन्नु र पालन गर्नु, चाहे तिम्रो शासक एक कालो दास नै किन नहोस्। मेरो पछि तिमीहरूले ठूलो मतभेद देख्नेछौ। त्यस्तो अवस्थामा मेरो सुन्नत र सही मार्गमा हिँड्ने खलीफाहरूको सुन्नतको अनुसरण गर्नु। यसलाई बंगराको दाँतले समाते झैँ दृढतापूर्वक समात्नु। धर्मको नाममा चल्ने नयाँ कुराहरूबाट टाढा रहनु । प्रत्येक विदअत (धर्मको नाममा गर्ने अप्रमाणित कुरा) भ्रम र पथभ्रष्टता हो।"</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">सुन्नतलाई दृढतापूर्वक समात्न र त्यसको पालना गर्नको महत्त्व ।
+उपदेश दिने र हृदयलाई नरम पार्ने कुरामा ध्यान ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) पछि उहाँका चार धर्मी खलीफा (उत्तराधिकारी) हरू; अबु बकर सिद्दिक, उमर फारूक, उस्मान बिन अफ्फान र अली बिन अबि तालिब (रजियल्लाहु अन्हुम) को अनुसरण गर्न आदेश ।
+धर्मको नाममा नयाँ कुराहरू आविष्कार गर्न निषेध र धर्मको नाममा हरेक नयाँ कुरा पथभ्रष्टा हो ।
+पापको आदेश नदिएसम्म मुस्लिमहरूले शासकहरूको कुरा सुन्न र पालन 
+गर्नुपर्छ ।
+सबै समय र परिस्थितिहरूमा अल्लाहको तकवा (डर) को महत्त्व ।
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "तिमीले मसित ठूलो कुराको बारेमा सोधेको छौ र यो त्यसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाहले सहज बनाइदिनुहुन्छ</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>मुआज बिन जबल (रजियल्लाहु अन्हु) बाट वर्णित छ, उहाँले भन्नुभयो, “मैले सोधेँ, ‘हे अल्लाहका रसूल! मलाई यस्तो कर्मको बारेमा बताउनुहोस्, जसले मलाई स्वर्गमा प्रवेश गराओस् र नर्कबाट टाढा राखोस्।" उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "तिमीले मसित ठूलो कुराको बारेमा सोधेको छौ र यो त्यसको लागि मात्र सहज हुन्छ, जसका लागि अल्लाहले सहज बनाइदिनुहुन्छ: अल्लाहको उपासना गर र उहाँसँग कसैलाई साझेदार नबनाऊ। नमाज कायम गर, जकात देऊ, रमजान महिनाको रोजा (व्रत) बस र बैतुल्लाह (काबा) को हज गर।"
+फेरि उहाँ (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो, "के म तिमीलाई भलाइ (कल्याण) का ढोकाहरूको बारेमा नबताऊँ? रोजा ढाल हो र दानले पापहरूलाई त्यसरी नै मेटाइदिन्छ, जसरी पानीले आगोलाई निभाउँछ। त्यसैगरी, मानिसले रातमा पढ्ने नमाज ।" त्यसपछि उहाँ ले यो आयत पढ्नुभयो: "तिनीहरू (रात्रीको समयमा) आफ्नो ओछ्यानबाट अलग्गै रहन्छन्। तिनीहरू आफ्ना पालनकर्तालाई भय एवं आशाका साथ पुकार्छन् र हामीले प्रदान गरेका कुराहरूबाट खर्च गर्छन्। अनि कुनै पनि व्यक्तिलाई थाहा छैन कि उनीहरूले गर्ने कर्मको प्रतिफलस्वरूप उनीहरूका लागि आँखालाई शीतलता प्रदान गर्ने कस्तो कुरा लुकाएर राखिएको छ।" (सुरह सज्दा, १६-१७)।
+फेरि उहाँले भन्नुभयो, "के म तिमीलाई धर्मको मूल आधार, केन्द्रिय स्तम्भ र त्यसको सर्वोच्च शिखरको बारेमा नबताऊँ?" मैले भनेँ, 'अवश्य बताइदिनुहोस्, हे अल्लाहका रसूल!' उहाँले भन्नुभयो, "धर्मको मूल आधार इस्लाम (समर्पित गर्नु) हो, यसको केन्द्रिय स्तम्भ नमाज हो र यसको सर्वोच्च शिखर 'जिहाद' हो।"
+त्यसपछि उहाँले भन्नुभयो, "के म तिमीलाई यी सबै कुराको सार नबताऊँ?" मैले भनेँ, 'अवश्य बताइदिनुहोस्, हे अल्लाहका रसूल!' उहाँले आफ्नो जिब्रो समातेर भन्नुभयो, "यसलाई नियन्त्रणमा राख।" मैले सोधेँ, 'हे अल्लाहका नबी! के हामी बोलेका कुराहरू प्रति पनि जवाफदेह हुनेछौं?' उहाँले भन्नुभयो, "हे मुआज! तिम्रो आमाले तिमीलाई गुमाओस्! (यो अरबी भाषामा सावधान गराउन भनिन्छ) मानिसहरूलाई उनीहरूको अनुहार वा नाकद्वारा घिसारेर आगोमा फ्याँकिनुको कारण उनीहरूको जिब्रो (बोली) नै त हो।"</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>अबु सईद सअद बिन मालिक बिन सिनान अल-खुद्री (रजियल्लाहु अन्हु) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "कसैलाई त्यत्तिकै हानि पुर्‍याउनु वा बदलामा हानि पुर्‍याउन अनुमति छैन"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>रसुल (सल्लल्लाहु अलैहि वसल्लम) ले यो स्पष्ट पार्नुभएको छ, आफूलाई र अरूलाई सबै प्रकारका हानि-नोक्सानीबाट जोगाउनु अनिवार्य छ। कुनै पनि व्यक्तिले स्वयंलाई वा अरूलाई हानि पुर्‍याउने अनुमति छैन। त्यसैगरी, हानिको बदलामा हानि पुऱ्याउनु पनि वैधानिक हुँदैन, किनभने हानिको निवारण अर्को हानिद्वारा गर्न सकिँदैन। तैपनि, किसास (न्यायिक बदला) को अवस्थामा यसको अनुमति छ, तर त्यसमा पनि कुनै प्रकारको अतिक्रमण गर्नु हुँदैन।</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>जति नोक्सानी भएको छ, त्यो भन्दा बढी बदला लिन निषेधित गरिएको छ ।
+अल्लाहले आफ्ना सेवकहरूलाई हानि पुऱ्याउने कुनै पनि काम गर्न आदेश दिनुभएको छैन ।
+यो हदीस प्रारम्भिक हानि पुऱ्याउन र प्रतिशोधात्मक रूपमा हानि पुऱ्याउन निषेध गर्ने एक आधारभूत सिद्धान्त हो, चाहे त्यो बोलीद्वारा होस्, कर्मद्वारा होस् वा त्यत्तिकै छाडेर नै किन नहोस्।
+शरियतको एउटा सिद्धान्त छ "हानी लाई समाप्त पार्नु पर्छ ।"  शरियतले हानिलाई स्वीकार गर्दैन, बरु हानिको अन्त्य गर्दछ ।</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ :||"यदि प्रत्येक व्यक्तिको दाबीलाई बिना सोधपुछ स्वीकार गरिन्थ्यो भने, केही मानिसहरूले अरूको सम्पत्ति र रगतसमेत आफ्नो भनी दाबी गर्ने थिए। त्यसैले, आफ्नो दाबी प्रमाणित गर्न प्रमाण प्रस्तुत गर्नु दाबीकर्ताको जिम्मेवारी हो र (दाबी) इन्कार गर्नेले शपथ खानुपर्छ।</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अब्बास (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "यदि प्रत्येक व्यक्तिको दाबीलाई बिना सोधपुछ स्वीकार गरिन्थ्यो भने, केही मानिसहरूले अरूको सम्पत्ति र रगतसमेत आफ्नो भनी दाबी गर्ने थिए। त्यसैले, आफ्नो दाबी प्रमाणित गर्न प्रमाण प्रस्तुत गर्नु दाबीकर्ताको जिम्मेवारी हो र (दाबी) इन्कार गर्नेले शपथ खानुपर्छ।"</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>अल्लाहले राम्रा र नराम्रा दुवै प्रकारका कार्यहरू निर्धारित गरी स्पष्ट पारिदिनुभएको छ</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>इब्न अब्बास (रजियल्लाहु अन्हुमा) ले वर्णन गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले सर्वोच्च र महान पालनकर्ताबाट यो कुरा बयान गर्नुभएको छ, अल्लाहले भन्नुभयो: "अल्लाहले राम्रा र नराम्रा दुवै प्रकारका कार्यहरू निर्धारित गरी स्पष्ट पारिदिनुभएको छ। त्यसकारण, जुन व्यक्तिले कुनै सत्कर्म गर्ने निर्णय गर्‍यो तर गरेन भने, अल्लाहले उसको नाममा एउटा पूर्ण पुण्य लेखिदिनुहुन्छ। यदि उसले त्यो सत्कर्म गर्ने निर्णय गरी कार्यान्वयन गर्‍यो भने, अल्लाहले उसको लागि दश गुणादेखि सात सय गुणासम्म र त्यसभन्दा पनि अधिक गुणा पुण्य लेखिदिनुहुन्छ। यदि कसैले कुनै पाप गर्ने विचार गर्‍यो तर गरेन भने, अल्लाहले उसको लागि एउटा पूर्ण पुण्य लेखिदिनुहुन्छ। यदि उसले त्यो पापको विचार गरी त्यसलाई कार्यान्वयन गर्‍यो भने, अल्लाहले उसको लागि एउटा मात्र पाप लेखिदिनुहुन्छ।"</t>
+  </si>
+  <si>
+    <t>यस उम्मत (समुदाय) प्रति अल्लाहको ठूलो आशीर्वाद, उहाँले पुण्य कर्मको प्रचुर मात्रामा बढाएर इनाम दिनुहुन्छ र यसलाई आफ्नो अभिलेखमा रेकर्ड गर्नुहुन्छ । तर नराम्रो कर्मको बदला बढाएर लेख्नुहुन्न ।
+कर्महरूमा नियतको महत्त्व र त्यसको प्रभाव ।
+यो अल्लाहको कृपा र अनुग्रह हो, जसले राम्रो कर्म गर्ने संकल्प गर्यो, तर गर्न सकेन तैपनि उसको लागि एक नेकी (पुण्य) लेखिन्छ ।
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>अल्लाहले भन्नुहुन्छ : जसले मेरो 'वली' (असल भक्त) प्रति शत्रुता राख्छ, म उसकै विरुद्ध युद्धको घोषणा गर्छु। मेरा भक्तहरूले मेरो सामीप्य प्राप्त गर्ने कार्यहरूमध्ये, मैले उनीहरूमाथि अनिवार्य (फर्ज) गरेका कार्यहरू नै मलाई सबैभन्दा प्रिय छन्</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>अबू हुरैरा (रज़ियल्लाहु अन्हु) बाट वर्णित छ, उनले भने, अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "अल्लाहले भन्नुहुन्छ : जसले मेरो 'वली' (असल भक्त) प्रति शत्रुता राख्छ, म उसकै विरुद्ध युद्धको घोषणा गर्छु। मेरा भक्तहरूले मेरो सामीप्य प्राप्त गर्ने कार्यहरूमध्ये, मैले उनीहरूमाथि अनिवार्य (फर्ज) गरेका कार्यहरू नै मलाई सबैभन्दा प्रिय छन्। जब मेरो भक्त थप 'नफ़ील' (स्वैच्छिक उपासना) मार्फत मेरो नजिक हुने प्रयास गर्छ, तब म उसलाई माया गर्न थाल्छु। जब म उसलाई माया गर्छु, म उसको कान (को रक्षा गर्छु) जसबाट ऊ (मलाई प्रसन्न पार्ने कुरा) सुन्छ; म उसको आँखा (को रक्षा गर्छु) जसबाट ऊ (मलाई प्रसन्न पार्ने कुरा) देख्छ; म उसको हात (को रक्षा गर्छु) जसबाट ऊ (मलाई प्रसन्न पार्ने कुरा) पक्रन्छ; र म उसको  पाइलाहरू (को रक्षा गर्छु) जसबाट ऊ (मलाई प्रसन्न पार्ने कुराको लागि) हिँड्छ। यदि उसले मसँग माग्छ भने, म उसलाई अवश्य दिन्छु; र यदि उसले मसँग शरण माग्छ भने, म उसलाई अवश्य शरण दिन्छु।"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले हदीस-ए-कुद्सीमा खबर दिनुभयो, अल्लाह अज़्ज़ व जल्ले भन्नुहुन्छ: “जसले मेरो कुनै प्रिय बन्दालाई हानि पुर्‍याउँछ, रिसाउँछ वा घृणा गर्छ, मैले उसलाई जानकारी गराएको छु र उसको विरुद्धमा मेरो शत्रुता घोषणा गरेको छु। वली : आस्थावान् र अल्लाहको भय राख्ने व्यक्तिलाई जनाउँछ। भक्तमा जति दृढ विश्वास (ईमान) र धर्मपरायणता (तक्वा) हुन्छ, उसले त्यति नै अल्लाहको (विलायत) प्रसन्नता र सामीप्य प्राप्त गर्दछ। मुस्लिम भक्तका लागि आफ्नो प्रभुको सामीप्य प्राप्त गर्न उहाँले अनिवार्य गर्नुभएका तथा मनपराउनुभएका आज्ञाकारिताका कार्यहरू पूरा गर्नु र निषेध (हराम) कुराहरूबाट टाढा रहनुभन्दा प्रिय अन्य कुनै माध्यम हुँदैन। त्यसैगरी, जब मुस्लिम व्यक्ति अनिवार्य कर्तव्यहरू साथसाथै स्वैच्छिक उपासनाहरुको माध्यमबाट पनि निरन्तर आफ्नो प्रभुको नजिक हुन प्रयत्नशील रहन्छ, अन्ततः उसले अल्लाहको प्रेम प्राप्त गर्दछ। जब अल्लाहले उसलाई प्रेम गर्नुहुन्छ, तब उहाँले उसका चार अङ्गहरूलाई मार्गदर्शित गर्नुहुन्छ : उहाँले उसको कानलाई निर्देशित गर्नुहुन्छ, जसले उसले परमेश्वरलाई खुशी पार्ने कुरा मात्र सुन्छ । उहाँले उसको आँखालाई निर्देशित गर्नुहुन्छ, जसले उसले केवल परमेश्वरलाई खुशी पार्ने कुरा हेर्छ । उहाँले उसको हातलाई निर्देशित गर्नुहुन्छ, जसले उसले आफ्नो हातले परमेश्वरलाई खुशी पार्ने कुरा बाहेक केही गर्दैन । उहाँले उसका पाइलाहरूलाई निर्देशित गर्नुहुन्छ, जसकारण ऊ केवल परमेश्वरलाई प्रसन्न पार्ने कुराको लागि हिँड्छ र केवल त्यस कुराको लागि प्रयास गर्छ जसमा कल्याण हुन्छ। योसँगै, यदि उसले अल्लाहसँग केही माग्छ भने, अल्लाहले उसलाई उसले मागेको कुरा प्रदान गर्नुहुन्छ र उसको प्रार्थना स्वीकार हुन्छ। यदि उसले अल्लाहसँग शरण माग्छ र संरक्षणको लागि उहाँतिर फर्कन्छ भने, अल्लाहले उसलाई शरण दिनुहुन्छ र उसले डराएको कुराबाट उसको रक्षा गर्नुहुन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>तिमीहरूमध्ये कोही पनि साँच्चिकै आस्थावान हुन सक्दैनौ जबसम्म उसको इच्छा मैले ल्याएको कुरा अनुरूप हुँदैन।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>अबु मुहम्मद अब्दुल्लाह बिन अम्र बिन अल-आस (रदियल्लाहु अन्हुमा) बाट वर्णन गरिएको छ, उहाँले भन्नुहुन्छ, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "तिमीहरूमध्ये कोही पनि साँच्चिकै आस्थावान हुन सक्दैनौ जबसम्म उसको इच्छा मैले ल्याएको कुरा अनुरूप हुँदैन।"</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले बताउनुभएको छ, कुनै व्यक्ति तबसम्म पूर्णतः आस्थावान् हुँदैन, जबसम्म उसको प्रेम र अभिरुचि रसूल (सल्लल्लाहु अलैहि वसल्लम) का आदेश र निषेधअनुसार हुँदैन। साँचो आस्थावान् त्यही हो, जसले रसूलले आदेश दिनुभएका कार्यहरूप्रति प्रेम राख्छ र जुन कुराहरूलाई निषेध गर्नुभएको छ, त्यसप्रति घृणा राख्छ।</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>यो हदीस इस्लामी शरीअत (धार्मिक विधान) प्रति पूर्ण समर्पण र त्यसको आज्ञापालन सम्बन्धी एक आधारभूत सिद्धान्त हो।
+यस हदीसमा यो चेतावनी दिइएको छ, जसले आफ्नो विचार-बुद्धि वा प्रथा (रीति) लाई प्राथमिकता दिई त्यसलाई रसूल (सल्लल्लाहु अलैहि वसल्लम) ले ल्याउनुभएको सन्देश र विधिभन्दा माथि राख्दछ, त्यस्तो व्यक्तिले आस्था (ईमान) गुमाएको मानिन्छ।
+रसूल (सल्लल्लाहु अलैहि वसल्लम) को भनाइ: “मैले जे सन्देश लिएर आएको छु” ले यो कुरा प्रस्ट हुन्छ, सबै मामिलामा शरिया कानून लागू गर्नु अनिवार्य हो।
+आज्ञाकारिताले विश्वास (ईमान) बढ्छ र अवज्ञाले घट्छ।</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>सबै मादक पदार्थहरू निषेधित छन्।</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>अबु बुरदाद्वारा बयान गरिएको छ, जसले आफ्ना बुवा अबु मूसा अल-अश'री (रदियल्लाहु अन्हु) बाट वर्णन गर्नुभएको छ: नबी (सल्लल्लाहु अलैहि वसल्लम) ले अबु मूसा अल-अश'अरी (रज़ियल्लाहु अन्हु) लाई यमनतिर हाकिम बनाएर पठाउनुभयो। अबु मूसा अल-अश'अरीले नबी (सल्लल्लाहु अलैहि वसल्लम) सँग यमनमा बनाइने केही पेय पदार्थबारे सोध्नुभयो। नबी (सल्लल्लाहु अलैहि वसल्लम) ले सोध्नुभयो: “ती पेय पदार्थ के हुन्?” उहाँले उत्तर दिनुभयो: “बित‘अ’ र मिज्र।” (अबु बुरदा (रज़ियल्लाहु अन्हु) लाई सोधियो: “बित‘अ’ के हो?” उनले भने: “महको मदिरा।” र “मिज्र” भनेको “जौको मदिरा” हो।) नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: “सबै मादक पदार्थहरू निषेधित छन्।” (बुखारी)</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>अबु मूछ,अल-अशअरी (रजियल्लाहु अन्हु) ले बताउनुभयो कि नबी (सल्लल्लाहु अलैहि वसल्लम) ले उहाँलाई यमन पठाउनुभयो। उहाँले जाने क्रममा नबी (सल्लल्लाहु अलैहि वसल्लम) सँग त्यहाँ बनाइने पेय पदार्थहरूको बारेमा सोध्नुभयो (कि ती निषिद्ध हुन् वा होइनन्)। नबी (सल्लल्लाहु अलैहि वसल्लम) ले ती पेय पदार्थहरू के हुन् भनी सोध्नुभयो। अबु मूसाले भन्नुभयो: ती हुन्— 'बित्अ' (महबाट बन्ने 'नबीज') र 'मिज्र' (जौबाट बन्ने 'नबीज')। तब नबी (सल्लल्लाहु अलैहि वसल्लम), जसलाई (जवामिअल-कलिम) संक्षिप्त र अर्थपूर्ण वचनको विशेषता प्रदान गरिएको थियो, ले भन्नुभयो: "सबै मादक पदार्थहरू निषेधित छन्।"</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>नबीज: यो त्यस्तो पेय हो, जसमा खजूर, मह, जौ वा यस्तै अन्य वस्तुहरू पानीमा मिसाइन्छ, जसका कारण त्यसमा मीठो स्वाद आउँछ। पछि त्यसमा खमीर उत्पन्न भएमा, उक्त पेय नशालु (मदिरा-स्वरूप) बन्न सक्छ।
+यो हदीस सबै प्रकारका नशालु पदार्थहरू, जस्तै खमर (रक्सी), हशिश (गाँजा) र अन्य पदार्थहरूलाई निषेध (हराम) गर्ने आधारभूत सिद्धान्त हो।
+यस हदीसमा मुस्लिमलाई आवश्यक पर्ने कुराहरूका बारेमा प्रश्न गर्नुको महत्त्व स्पष्ट पारिएको छ।
+इस्लाममा रक्सी (खमर) चरणबद्ध रूपमा निषेध गरिएको थियो। पहिलो चरणमा नमाजको समयमा रक्सी सेवन गर्न निषेध गरियो, जब केही मुहाजिरहरू (आफ्नो बसोबास छोडेर मदिना आएकाहरू) ले रक्सी पिएर नमाज पढे र उनीहरू नशामा भएकाले कुरआनको आयतलाई मिश्रित गरेर वाचन गरे। तब अल्लाहले यो आयत अवतरण गर्नुभयो:
+"हे आस्थावानहरू हो! जब तिमीहरू नशामा हुन्छौ, तब नमाजको निकट नजाऊ (अर्थात् नमाज नपढ), जबसम्म तिमीलाई थाहा हुँदैन कि तिमीहरूले के भनिरहेकाछौ (होशमा आएपछि)।" (सूरा अन-निसा:४३)
+त्यसपछि नबी (सल्लल्लाहु अलैहि वसल्लम) का घोषकले घोषणा गर्थे: "रक्सी पिएको मानिसलो नमाज नपढोस्।" त्यसपछि अल्लाहले रक्सीलाई पूर्ण रूपमा हराम (निषेध) गरिदिनुभयो र त्यस सम्बन्धमा यो आयत अवतरित भयो:
+"हे आस्थावानहरू हो! मदिरा, जुवा, थान, तीर (हानेर भाग्य पत्ता लगाउने कार्य) सबै घृणित शैतानी कार्यहरू हुन्। यिनीहरूबाट बचो, ताकि तिमीहरू सफल होऊ। शैतानले मद्यपान तथा जुवामा लगाएर तिमीहरूबीच शत्रुता एवं द्वेष उत्पन्न गर्न चाहन्छ र तिमीहरूलाई अल्लाहको स्मरण एवं नमाजबाट रोक्न चाहन्छ। के तिमीहरू यी कुराहरूबाट रोकिन्छौ त?" (सूरा अल-माइदा: ९०–९१)
+यसरी यो अन्तिम आयतसँगै रक्सी (खमर) लाई इस्लाममा पूर्ण र अन्तिम रूपमा निषेध गरिदियो।
+अल्लाहले रक्सीलाई निषेध गर्नुभएको छ, किनभने यसबाट धेरै ठूलो हानि र विकृतिहरु उत्पन्न हुन्छन्।
+निषेध गर्ने आधार पदार्थमा नशालु गुण (इस्कार) को उपस्थिति हो। यदि 'नबीज'मा नशालु गुण छ भने त्यो हराम (निषेध) हुन्छ र यदि त्यसमा नशालु गुण छैन भने त्यो मुबाह (अनुमतिप्राप्त) हुन्छ।</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ :||"चारवटा गुणहरू छन्; जुन व्यक्तिमा यी सबै पाइन्छन्, ऊ पूर्ण मुनाफिक (पाखण्डी, कपटी) हो र यदि तीमध्ये कुनै एक गुण पाइन्छ भने, उसमा पाखण्डको एक अंश हुन्छ, जबसम्म उसले त्यसलाई त्याग्दैन। — जब ऊ बोल्छ, झूट बोल्छ; जब वाचा गर्छ, पूरा गर्दैन; जब विवाद गर्छ, अन्यायपूर्ण व्यवहार गर्छ; र जब सम्झौता गर्छ, त्यसमा धोका दिन्छ।</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन अम्र (रजियल्लाहु अन्हुमा) ले बयान गरेका छन्, रसूल (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभएको छ : "चारवटा गुणहरू छन्; जुन व्यक्तिमा यी सबै पाइन्छन्, ऊ पूर्ण मुनाफिक (पाखण्डी, कपटी) हो र यदि तीमध्ये कुनै एक गुण पाइन्छ भने, उसमा पाखण्डको एक अंश हुन्छ, जबसम्म उसले त्यसलाई त्याग्दैन। — जब ऊ बोल्छ, झूट बोल्छ; जब वाचा गर्छ, पूरा गर्दैन; जब विवाद गर्छ, अन्यायपूर्ण व्यवहार गर्छ; र जब सम्झौता गर्छ, त्यसमा धोका दिन्छ।"</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">निफाक (कपट) मा पर्न विरुद्ध चेतावनीको लागि केही लक्षणहरूको विवरण।
+"यस हदीसको उद्देश्य : यी विशेषताहरू नफाक (कपट) को विशेषताहरू हुन् र जसमा यी पाइन्छन्, त्यो व्यक्ति यिनै गुणमा नफाकीहरूसँग मिल्दोजुल्दो हुन्छ र उनीहरूको चरित्र अपनाउने जस्तो देखिन्छ। तर यसले उनलाई यस्तो मुनाफिक बनाउँदैन जसले बाहिर इस्लाम देखाएर भित्र कुफ्र लुकाउँछ भनिएको छ, यो तिनीहरूका लागि हो, जसमा यी विशेषताहरू हाबी हुन्छन्, तिनीहरूलाई बेवास्ता गर्छन् र हल्का ठान्छन्; किनकि जो यस्तो अवस्थामा हुन्छ, उसले प्रायः कमजोर विश्वास राख्ने प्रवृत्ति राख्छ।"
+गजालीले भने: धर्मको सार तीनवटा कुराहरूमा सीमित छ: वचन, कर्म र नियत । त्यसैले झुटले वचनको भ्रष्टता, विश्वासघातले कर्मको भ्रष्टता र 
+वाचा तोडेर नियतको भ्रष्टाचार हुने औंल्याए । किनभने वाचा तोड्ने मनसाय नभएसम्म त्यसमा केही खराबी छैन, जस्तैः पुरा गर्ने उसको दृढ नियत थियो, तर कुनै कुराले बाधा पुर्‍यायो वा उसको मनमा अर्को कुरा आयो भने, उसको तर्फबाट कुनै प्रकारको कपट हुँदैन ।
+निफाक (कपट वा पाखण्ड) दुई प्रकारका हुन्छन्: ईमानमा कपट : बाहिर आफू मुस्लिम भएको नाटक गर्ने अनि भित्र कुफ्र लुकाउने र यसले मानिसलाई इस्लामको दायराबाट खारेज गर्छ । अमल (कर्म) मा कपट, जसले आफ्नो नैतिकतामा कपटीहरूको नक्कल गर्दछ र यसले इस्लामको दायराबाट खारेज गर्दैन, तर यो ठूलो पाप हो ।
+इब्न हजरले भने: "विद्वानहरूले एकमत गरेका छन् कि जसले आफ्नो हृदय र जिब्रो दुवैबाट इस्लामको पुष्टि गरेको छ र यी विशेषताहरू प्रदर्शन गर्छ, उसलाई कुफ्रको दोष लगाइँदैन, न त ऊ सदाका लागि नरकमा रहिरहने मुनाफिक (कपटी) हो।"
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>यदि तिमीहरूले अल्लाहमाथि त्यसरी नै भरोसा गर्थ्यौ, जसरी वास्तविक रूपमा भरोसा गरिन्छ भने, उहाँले तिमीहरूलाई त्यसरी नै जीविका प्रदान गर्नुहुनेछ जसरी चराहरूलाई गर्नुहुन्छ। तिनीहरू बिहान भोकै बाहिर निस्कन्छन् र साँझ पेट भरिएर फर्कन्छन्।</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>उमर बिन अल-खत्ताब (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "यदि तिमीहरूले अल्लाहमाथि त्यसरी नै भरोसा गर्थ्यौ, जसरी वास्तविक रूपमा भरोसा गरिन्छ भने, उहाँले तिमीहरूलाई त्यसरी नै जीविका प्रदान गर्नुहुनेछ जसरी चराहरूलाई गर्नुहुन्छ। तिनीहरू बिहान भोकै बाहिर निस्कन्छन् र साँझ पेट भरिएर फर्कन्छन्।"</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>सद्गुण र पुण्य भनेको राम्रो आचरण हो र पाप त्यो हो जसले तिम्रो हृदयलाई असजिलो बनाउँछ वा मनमा खट्कन्छ र जसलाई अरूले थाहा पाऊन् भन्ने तिमीलाई मन पर्दैन।</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>नव्वास बिन सिम्आन (रजियल्लाहु अन्हु) ले वर्णन गरेका छन्, नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "सद्गुण र पुण्य भनेको राम्रो आचरण हो र पाप त्यो हो जसले तिम्रो हृदयलाई असजिलो बनाउँछ वा मनमा खट्कन्छ र जसलाई अरूले थाहा पाऊन् भन्ने तिमीलाई मन पर्दैन।"</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>नबी (सल्लल्लाहु अलैहि वसल्लम) ले पुण्य र पाप को बारेमा बताउँदै भन्नुभयो: "निश्चय नै भलाइ र पुण्य को सबैभन्दा ठूलो गुण अल्लाहप्रति तक्वा (डर र भक्ति) सहितको राम्रो आचरण हो । सृष्टि (मानिसहरू) प्रति सहनशीलता, कम क्रोध, मुस्कानयुक्त अनुहार, मधुर वचन, सम्बन्ध कायम राख्नु, आज्ञाकारिता, नम्रता, उपकार, राम्रो व्यवहार र उत्तम सङ्गति हो। भलाइ र पुण्य त्यो हो, जसमा हृदय र आत्माले शान्ति महसुस गर्दछ। पाप त्यो हो, जसले आत्मामा अशान्ति उत्पन्न गर्छ र हृदयमा यस्तो हिचकिचाहट वा द्विविधा पैदा गर्छ, जसले गर्दा सन्तुष्टि र शान्ति रहँदैन। यो कार्य पाप हो कि भन्ने डर हृदयमा रहिरहन्छ र व्यक्ति त्यसलाई प्रकट गर्न रुचाउँदैन, किनभने त्यो कुरा मानिसहरू—विशेषतः आदरणीय र सद्गुणी व्यक्तिहरूको—दृष्टिमा निन्दनीय ठहरिन्छ। मानव स्वभावले आफ्ना राम्रा कामहरू अरूलाई देखाउन चाहन्छ, तर यदि आत्माले आफ्ना कुनै कार्यहरू अरूको सामु ल्याउन अरुचि देखाउँछ भने, त्यो कार्य पाप हो, जसमा कुनै भलाइ छैन। 
+त्यसैगरी मानिसहरूले तिमीलाई त्यस कुराको पक्षमा फतवा (धार्मिक निर्णय) दिए पनि, जबसम्म तिम्रो मनमा त्यस कुराप्रति शङ्काको कुनै अंश बाँकी छ, तबसम्म त्यस फतवालाई अनुसरण नगर्नु नै उचित हुन्छ। किनभने यदि शङ्का ठोस छ र फतवा दिने व्यक्तिले पर्याप्त ज्ञानबिना निर्णय गरेको छ भने, त्यस्तो फतवाले शङ्का हटाउँदैन।
+तर यदि फतवा शरियतका ठोस प्रमाणहरूमा आधारित छ भने, प्रश्नकर्ताले त्यसको पालन गर्नु अनिवार्य हुन्छ—चाहे उसको हृदय त्यसप्रति पूर्ण रुपमा सन्तुष्ट नहोस्।</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>तिम्रो बोली सधैं अल्लाहको स्मरण र जिक्रमा तल्लीन रहोस्।</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>अब्दुल्लाह बिन बुस्र (रजियल्लाहु अन्हु) बाट वर्णन गरिएको छ, एक व्यक्ति नबी (सल्लल्लाहु अलैहि वसल्लम) कहाँ आए र भने: "हे अल्लाहका रसूल (सल्लल्लाहु अलैहि वसल्लम) ! इस्लामका नियम र कर्तव्यहरू हाम्रा लागि अत्यधिक भएका छन्, त्यसैले हामीलाई कुनै यस्तो एउटा मूल सिद्धान्त बताइदिनुहोस्, जसको पालना हामीले दृढतापूर्वक गर्न सकौँ।" नबी (सल्लल्लाहु अलैहि वसल्लम) ले भन्नुभयो: "तिम्रो बोली सधैं अल्लाहको स्मरण र जिक्रमा तल्लीन रहोस्।"</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ne/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -20089,51 +23060,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O529"/>
+  <dimension ref="A1:O615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -21079,23809 +24050,27929 @@
       </c>
       <c r="E22" t="s">
         <v>203</v>
       </c>
       <c r="F22" t="s">
         <v>204</v>
       </c>
       <c r="G22" t="s">
         <v>205</v>
       </c>
       <c r="H22" t="s">
         <v>206</v>
       </c>
       <c r="I22" t="s">
         <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
+      <c r="M22" t="s">
+        <v>209</v>
+      </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>170</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
         <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>273</v>
+        <v>274</v>
+      </c>
+      <c r="L29" t="s">
+        <v>275</v>
       </c>
       <c r="M29" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C33" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D33" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E33" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F33" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G33" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H33" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I33" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3122</v>
       </c>
       <c r="B48" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D48" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E48" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F48" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H48" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="I48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="J48" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K48" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L48" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
         <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
         <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3236</v>
       </c>
       <c r="B62" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C62" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D62" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E62" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="F62" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G62" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="H62" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="I62" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
         <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3331</v>
       </c>
       <c r="B73" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C73" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D73" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="E73" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F73" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="G73" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H73" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="I73" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3336</v>
       </c>
       <c r="B74" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C74" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D74" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E74" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F74" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="G74" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="H74" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="I74" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
         <v>170</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3348</v>
       </c>
       <c r="B79" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C79" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D79" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="E79" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F79" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="G79" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="H79" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="I79" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3350</v>
       </c>
       <c r="B80" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C80" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D80" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="E80" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="F80" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G80" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="H80" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="I80" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="J80" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K80" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L80" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M80" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3352</v>
       </c>
       <c r="B81" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C81" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D81" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="E81" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F81" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="G81" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="H81" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="I81" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="J81" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="K81" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="L81" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="M81" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3364</v>
       </c>
       <c r="B87" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3365</v>
       </c>
       <c r="B88" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3366</v>
       </c>
       <c r="B89" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3370</v>
       </c>
       <c r="B90" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>170</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3372</v>
       </c>
       <c r="B91" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3373</v>
       </c>
       <c r="B92" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
         <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>171</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3375</v>
       </c>
       <c r="B93" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C93" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D93" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E93" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F93" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="G93" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="H93" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I93" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J93" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K93" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="L93" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M93" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3379</v>
       </c>
       <c r="B94" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C94" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D94" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="E94" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="F94" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G94" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="H94" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="I94" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3381</v>
       </c>
       <c r="B95" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C95" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D95" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="E95" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F95" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="G95" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H95" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="I95" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="J95" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K95" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="L95" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M95" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3383</v>
       </c>
       <c r="B96" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C96" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D96" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="E96" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="F96" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="G96" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="H96" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="I96" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3389</v>
       </c>
       <c r="B97" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C97" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D97" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="E97" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="F97" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G97" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H97" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="I97" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3390</v>
       </c>
       <c r="B98" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C98" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D98" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="E98" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="F98" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="G98" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H98" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="I98" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3395</v>
       </c>
       <c r="B99" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C99" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D99" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E99" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="F99" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="G99" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="H99" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="I99" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3406</v>
       </c>
       <c r="B100" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3407</v>
       </c>
       <c r="B101" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3409</v>
       </c>
       <c r="B102" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3410</v>
       </c>
       <c r="B103" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3414</v>
       </c>
       <c r="B104" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3417</v>
       </c>
       <c r="B105" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3418</v>
       </c>
       <c r="B106" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3419</v>
       </c>
       <c r="B107" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3420</v>
       </c>
       <c r="B108" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3422</v>
       </c>
       <c r="B109" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3437</v>
       </c>
       <c r="B110" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C110" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D110" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="E110" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="F110" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="G110" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H110" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="I110" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3438</v>
       </c>
       <c r="B111" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C111" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D111" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="E111" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="F111" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="G111" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H111" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I111" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3444</v>
       </c>
       <c r="B112" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C112" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D112" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E112" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F112" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="G112" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H112" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="I112" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3461</v>
       </c>
       <c r="B113" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C113" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D113" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="E113" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="F113" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="G113" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="H113" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="I113" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3469</v>
       </c>
       <c r="B114" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C114" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D114" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="E114" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="F114" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G114" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="H114" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="I114" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3470</v>
       </c>
       <c r="B115" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C115" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D115" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="E115" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="F115" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="G115" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="H115" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="I115" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3475</v>
       </c>
       <c r="B116" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3476</v>
       </c>
       <c r="B117" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3480</v>
       </c>
       <c r="B118" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C118" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="D118" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="E118" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="F118" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G118" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H118" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="I118" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3481</v>
       </c>
       <c r="B119" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="C119" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="D119" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="E119" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="F119" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="G119" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H119" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="I119" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>170</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>171</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3503</v>
       </c>
       <c r="B120" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C120" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D120" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="E120" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="F120" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="G120" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="H120" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="I120" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3512</v>
       </c>
       <c r="B121" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C121" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="E121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3518</v>
       </c>
       <c r="B122" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C122" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="E122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="G122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="I122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
+      <c r="M122" t="s">
+        <v>1137</v>
+      </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3520</v>
       </c>
       <c r="B123" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="C123" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D123" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="E123" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="F123" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="G123" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H123" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="I123" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>59</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>61</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3534</v>
       </c>
       <c r="B124" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="C124" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="D124" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="E124" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="F124" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="G124" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="H124" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="I124" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3546</v>
       </c>
       <c r="B125" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="C125" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D125" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="E125" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="F125" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="G125" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="H125" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="I125" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3552</v>
       </c>
       <c r="B126" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="C126" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D126" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="E126" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="F126" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="G126" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="H126" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="I126" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3553</v>
       </c>
       <c r="B127" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C127" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D127" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="E127" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="F127" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="G127" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="H127" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="I127" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3566</v>
       </c>
       <c r="B128" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="C128" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="D128" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="E128" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="F128" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="G128" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="H128" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="I128" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>170</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>171</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3567</v>
       </c>
       <c r="B129" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C129" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="D129" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="E129" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="F129" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="G129" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="H129" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="I129" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="J129" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K129" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="L129" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M129" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3573</v>
       </c>
       <c r="B130" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="C130" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="D130" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="E130" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="F130" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="G130" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="H130" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="I130" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3574</v>
       </c>
       <c r="B131" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="C131" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="D131" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="E131" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="F131" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="G131" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="H131" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="I131" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>170</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>171</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3575</v>
       </c>
       <c r="B132" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="C132" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="D132" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="E132" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="F132" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="G132" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="H132" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="I132" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3578</v>
       </c>
       <c r="B133" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="C133" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="D133" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="E133" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="F133" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="G133" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="H133" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="I133" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3581</v>
       </c>
       <c r="B134" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="C134" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="D134" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="E134" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="F134" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="G134" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="H134" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="I134" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3586</v>
       </c>
       <c r="B135" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="C135" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="D135" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="E135" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="F135" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="G135" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="H135" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="I135" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3588</v>
       </c>
       <c r="B136" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="C136" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="D136" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="E136" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="F136" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="G136" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="H136" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="I136" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3591</v>
       </c>
       <c r="B137" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3602</v>
       </c>
       <c r="B138" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3636</v>
       </c>
       <c r="B139" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3652</v>
       </c>
       <c r="B140" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3686</v>
       </c>
       <c r="B141" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3689</v>
       </c>
       <c r="B142" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3700</v>
       </c>
       <c r="B143" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="C143" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="D143" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="E143" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="F143" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="G143" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="H143" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="I143" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>3701</v>
       </c>
       <c r="B144" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="C144" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="D144" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="E144" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="F144" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="G144" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="H144" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="I144" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>3702</v>
       </c>
       <c r="B145" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="C145" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="D145" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="E145" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="F145" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="G145" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="H145" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="I145" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>48</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>3706</v>
       </c>
       <c r="B146" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="C146" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="D146" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="E146" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="F146" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="G146" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="H146" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="I146" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>3711</v>
       </c>
       <c r="B147" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="C147" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="D147" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="E147" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="F147" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="G147" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="H147" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="I147" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>170</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>171</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>3714</v>
       </c>
       <c r="B148" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="C148" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="D148" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="E148" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="F148" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="G148" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H148" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="I148" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>3716</v>
       </c>
       <c r="B149" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="C149" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="D149" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="E149" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="F149" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="G149" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="H149" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="I149" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>3718</v>
       </c>
       <c r="B150" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="C150" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="D150" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="E150" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="F150" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="G150" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="H150" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="I150" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>170</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>171</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>3719</v>
       </c>
       <c r="B151" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="C151" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="D151" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="E151" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="F151" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="G151" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="H151" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="I151" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>170</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>171</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
         <v>3731</v>
       </c>
       <c r="B152" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="C152" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="D152" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="E152" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="F152" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="G152" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="H152" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="I152" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
         <v>3732</v>
       </c>
       <c r="B153" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="C153" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="D153" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="E153" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="F153" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="G153" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="H153" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="I153" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>170</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>171</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
         <v>3753</v>
       </c>
       <c r="B154" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="C154" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="D154" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="E154" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="F154" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="G154" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="H154" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="I154" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
         <v>3755</v>
       </c>
       <c r="B155" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="C155" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="D155" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="E155" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="F155" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="G155" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="H155" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="I155" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>170</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>171</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
         <v>3756</v>
       </c>
       <c r="B156" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="C156" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="D156" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="E156" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="F156" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="G156" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="H156" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="I156" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
         <v>3777</v>
       </c>
       <c r="B157" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="C157" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="D157" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="E157" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="F157" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="G157" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="H157" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="I157" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
         <v>3779</v>
       </c>
       <c r="B158" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="C158" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="D158" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="E158" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="F158" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="G158" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="H158" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="I158" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
         <v>3791</v>
       </c>
       <c r="B159" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="C159" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="D159" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="E159" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="F159" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="G159" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="H159" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="I159" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="J159" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="K159" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="L159" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="M159" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
         <v>3854</v>
       </c>
       <c r="B160" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="C160" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="D160" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="E160" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="F160" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="G160" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="H160" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="I160" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>47</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>48</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
         <v>3863</v>
       </c>
       <c r="B161" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="C161" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="D161" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="E161" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="G161" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="H161" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="I161" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
         <v>3868</v>
       </c>
       <c r="B162" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="C162" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="D162" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="E162" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="F162" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="G162" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="H162" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="I162" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
         <v>3910</v>
       </c>
       <c r="B163" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="C163" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="D163" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="E163" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="F163" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="G163" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="H163" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="I163" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
         <v>4176</v>
       </c>
       <c r="B164" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="C164" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="D164" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="E164" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="F164" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="G164" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="H164" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="I164" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
         <v>4177</v>
       </c>
       <c r="B165" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="E165" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="F165" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="G165" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="H165" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="I165" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
         <v>4180</v>
       </c>
       <c r="B166" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
         <v>4186</v>
       </c>
       <c r="B167" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>59</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>61</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
         <v>4195</v>
       </c>
       <c r="B168" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="C168" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="D168" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="E168" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="F168" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="G168" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="H168" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="I168" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
         <v>4196</v>
       </c>
       <c r="B169" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="C169" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="D169" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="E169" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="F169" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="G169" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="H169" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="I169" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
         <v>4198</v>
       </c>
       <c r="B170" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="C170" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="D170" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="E170" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="F170" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="G170" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="H170" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="I170" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
         <v>4202</v>
       </c>
       <c r="B171" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="C171" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="D171" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="E171" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="F171" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="G171" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="H171" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="I171" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
         <v>4204</v>
       </c>
       <c r="B172" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="C172" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="D172" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="E172" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="F172" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="G172" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="H172" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="I172" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
         <v>4206</v>
       </c>
       <c r="B173" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="C173" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="D173" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="E173" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="F173" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="G173" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="H173" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="I173" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
         <v>4211</v>
       </c>
       <c r="B174" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="C174" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="D174" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E174" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F174" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="G174" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="H174" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="I174" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4220</v>
+        <v>4216</v>
       </c>
       <c r="B175" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="C175" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="D175" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="E175" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="F175" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="G175" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="H175" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="I175" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="J175" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>1626</v>
       </c>
       <c r="L175" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>1628</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4242</v>
+        <v>4220</v>
       </c>
       <c r="B176" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="C176" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="D176" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="E176" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="F176" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="G176" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="H176" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="I176" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4243</v>
+        <v>4242</v>
       </c>
       <c r="B177" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="C177" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="D177" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="E177" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="F177" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="G177" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="H177" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="I177" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B178" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
       <c r="C178" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
       <c r="D178" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="E178" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="F178" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="G178" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="H178" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="I178" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1649</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B179" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="C179" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="D179" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="E179" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="F179" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="G179" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="H179" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="I179" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>1665</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>1666</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B180" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="C180" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="D180" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="E180" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="F180" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="G180" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="H180" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
       <c r="I180" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="J180" t="s">
-        <v>755</v>
+        <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1227</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
-        <v>757</v>
+        <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>1228</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4304</v>
+        <v>4302</v>
       </c>
       <c r="B181" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="C181" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="D181" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="E181" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="F181" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="G181" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="H181" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="I181" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="J181" t="s">
-        <v>24</v>
+        <v>1685</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>1686</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1677</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4308</v>
+        <v>4303</v>
       </c>
       <c r="B182" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="C182" t="s">
-        <v>1679</v>
+        <v>1689</v>
       </c>
       <c r="D182" t="s">
-        <v>1680</v>
+        <v>1690</v>
       </c>
       <c r="E182" t="s">
-        <v>1681</v>
+        <v>1691</v>
       </c>
       <c r="F182" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="G182" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="H182" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
       <c r="I182" t="s">
-        <v>1685</v>
+        <v>1695</v>
       </c>
       <c r="J182" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K182" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L182" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M182" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1686</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4309</v>
+        <v>4304</v>
       </c>
       <c r="B183" t="s">
-        <v>1687</v>
+        <v>1697</v>
       </c>
       <c r="C183" t="s">
-        <v>1688</v>
+        <v>1698</v>
       </c>
       <c r="D183" t="s">
-        <v>1689</v>
+        <v>1699</v>
       </c>
       <c r="E183" t="s">
-        <v>1690</v>
+        <v>1700</v>
       </c>
       <c r="F183" t="s">
-        <v>1691</v>
+        <v>1701</v>
       </c>
       <c r="G183" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="H183" t="s">
-        <v>1693</v>
+        <v>1703</v>
       </c>
       <c r="I183" t="s">
-        <v>1694</v>
+        <v>1704</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1695</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4314</v>
+        <v>4307</v>
       </c>
       <c r="B184" t="s">
-        <v>1696</v>
+        <v>1706</v>
       </c>
       <c r="C184" t="s">
-        <v>1697</v>
+        <v>1707</v>
       </c>
       <c r="D184" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="E184" t="s">
-        <v>1699</v>
+        <v>1709</v>
       </c>
       <c r="F184" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="G184" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
       <c r="H184" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="I184" t="s">
-        <v>1703</v>
+        <v>1713</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1714</v>
       </c>
       <c r="L184" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1715</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4316</v>
+        <v>4308</v>
       </c>
       <c r="B185" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="C185" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="D185" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="E185" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="F185" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="G185" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="H185" t="s">
-        <v>1711</v>
+        <v>1723</v>
       </c>
       <c r="I185" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4318</v>
+        <v>4309</v>
       </c>
       <c r="B186" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="C186" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="D186" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="E186" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="F186" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="G186" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
       <c r="H186" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
       <c r="I186" t="s">
-        <v>1721</v>
+        <v>1733</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
         <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1722</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4319</v>
+        <v>4311</v>
       </c>
       <c r="B187" t="s">
-        <v>1723</v>
+        <v>1735</v>
       </c>
       <c r="C187" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="D187" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="E187" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="F187" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="G187" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="H187" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="I187" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1731</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B188" t="s">
-        <v>1732</v>
+        <v>1744</v>
       </c>
       <c r="C188" t="s">
-        <v>1733</v>
+        <v>1745</v>
       </c>
       <c r="D188" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="E188" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="F188" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="G188" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="H188" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="I188" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4538</v>
+        <v>4316</v>
       </c>
       <c r="B189" t="s">
-        <v>1741</v>
+        <v>1753</v>
       </c>
       <c r="C189" t="s">
-        <v>1742</v>
+        <v>1754</v>
       </c>
       <c r="D189" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="E189" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
       <c r="F189" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="G189" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="H189" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="I189" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4549</v>
+        <v>4318</v>
       </c>
       <c r="B190" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="C190" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
       <c r="D190" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="E190" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="F190" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="G190" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
       <c r="H190" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="I190" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4555</v>
+        <v>4319</v>
       </c>
       <c r="B191" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="C191" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="D191" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="E191" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="F191" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="G191" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="H191" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
       <c r="I191" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>170</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>171</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4556</v>
+        <v>4322</v>
       </c>
       <c r="B192" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="C192" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="D192" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="E192" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="F192" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="G192" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
       <c r="H192" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="I192" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4558</v>
+        <v>4436</v>
       </c>
       <c r="B193" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="C193" t="s">
-        <v>1778</v>
+        <v>1790</v>
       </c>
       <c r="D193" t="s">
-        <v>1779</v>
+        <v>1791</v>
       </c>
       <c r="E193" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="F193" t="s">
-        <v>1781</v>
+        <v>1793</v>
       </c>
       <c r="G193" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="H193" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="I193" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4559</v>
+        <v>4438</v>
       </c>
       <c r="B194" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="C194" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="D194" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="E194" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="F194" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="G194" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
       <c r="H194" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="I194" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4560</v>
+        <v>4454</v>
       </c>
       <c r="B195" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="C195" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="D195" t="s">
-        <v>1797</v>
+        <v>1809</v>
       </c>
       <c r="E195" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="F195" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="G195" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
       <c r="H195" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="I195" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4563</v>
+        <v>4457</v>
       </c>
       <c r="B196" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4564</v>
+        <v>4495</v>
       </c>
       <c r="B197" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="C197" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="D197" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="E197" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="F197" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="G197" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="H197" t="s">
-        <v>1819</v>
+        <v>1831</v>
       </c>
       <c r="I197" t="s">
-        <v>1820</v>
+        <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1821</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
+      <c r="M197" t="s">
+        <v>27</v>
+      </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1822</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4566</v>
+        <v>4498</v>
       </c>
       <c r="B198" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="C198" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="D198" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="E198" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="F198" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="G198" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="H198" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="I198" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1831</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4568</v>
+        <v>4508</v>
       </c>
       <c r="B199" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="C199" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="D199" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="E199" t="s">
-        <v>1835</v>
+        <v>1846</v>
       </c>
       <c r="F199" t="s">
-        <v>1836</v>
+        <v>1847</v>
       </c>
       <c r="G199" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="H199" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="I199" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4704</v>
+        <v>4520</v>
       </c>
       <c r="B200" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="C200" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="D200" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="E200" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="F200" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="G200" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="H200" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="I200" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4706</v>
+        <v>4521</v>
       </c>
       <c r="B201" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
       <c r="C201" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="D201" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="E201" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="F201" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="G201" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="H201" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="I201" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4709</v>
+        <v>4525</v>
       </c>
       <c r="B202" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
       <c r="C202" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="D202" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="E202" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="F202" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="G202" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="H202" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="I202" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4711</v>
+        <v>4527</v>
       </c>
       <c r="B203" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="C203" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="D203" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="E203" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="F203" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="G203" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="H203" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="I203" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
       <c r="J203" t="s">
-        <v>1876</v>
+        <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1877</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
-        <v>1878</v>
+        <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>1879</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1880</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4716</v>
+        <v>4535</v>
       </c>
       <c r="B204" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="C204" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="D204" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="E204" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="F204" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
       <c r="G204" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
       <c r="H204" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
       <c r="I204" t="s">
-        <v>1888</v>
+        <v>1895</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1227</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>1228</v>
+        <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4717</v>
+        <v>4538</v>
       </c>
       <c r="B205" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
       <c r="C205" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="D205" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
       <c r="E205" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
       <c r="F205" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
       <c r="G205" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
       <c r="H205" t="s">
-        <v>1896</v>
+        <v>1903</v>
       </c>
       <c r="I205" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4721</v>
+        <v>4540</v>
       </c>
       <c r="B206" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
       <c r="C206" t="s">
-        <v>1900</v>
+        <v>1907</v>
       </c>
       <c r="D206" t="s">
-        <v>1901</v>
+        <v>1908</v>
       </c>
       <c r="E206" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="F206" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="G206" t="s">
-        <v>1904</v>
+        <v>1911</v>
       </c>
       <c r="H206" t="s">
-        <v>1905</v>
+        <v>1912</v>
       </c>
       <c r="I206" t="s">
-        <v>1906</v>
+        <v>1913</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>1227</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>1228</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1907</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4722</v>
+        <v>4545</v>
       </c>
       <c r="B207" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
       <c r="C207" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="D207" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="E207" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="F207" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="G207" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="H207" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
       <c r="I207" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1916</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
+      <c r="M207" t="s">
+        <v>27</v>
+      </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4792</v>
+        <v>4549</v>
       </c>
       <c r="B208" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="C208" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="D208" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="E208" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="F208" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="G208" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="H208" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="I208" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4801</v>
+        <v>4555</v>
       </c>
       <c r="B209" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="C209" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="D209" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="E209" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="F209" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="G209" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="H209" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="I209" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4810</v>
+        <v>4556</v>
       </c>
       <c r="B210" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="C210" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="D210" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
       <c r="E210" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
       <c r="F210" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="G210" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="H210" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="I210" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4811</v>
+        <v>4558</v>
       </c>
       <c r="B211" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="C211" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="D211" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="E211" t="s">
-        <v>1948</v>
+        <v>1954</v>
       </c>
       <c r="F211" t="s">
-        <v>1949</v>
+        <v>1955</v>
       </c>
       <c r="G211" t="s">
-        <v>1950</v>
+        <v>1956</v>
       </c>
       <c r="H211" t="s">
-        <v>1951</v>
+        <v>1957</v>
       </c>
       <c r="I211" t="s">
-        <v>1952</v>
+        <v>1958</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1475</v>
+        <v>170</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>1477</v>
+        <v>171</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1953</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4815</v>
+        <v>4559</v>
       </c>
       <c r="B212" t="s">
-        <v>1954</v>
+        <v>1960</v>
       </c>
       <c r="C212" t="s">
-        <v>1955</v>
+        <v>1961</v>
       </c>
       <c r="D212" t="s">
-        <v>1956</v>
+        <v>1962</v>
       </c>
       <c r="E212" t="s">
-        <v>1957</v>
+        <v>1963</v>
       </c>
       <c r="F212" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="G212" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
       <c r="H212" t="s">
-        <v>1960</v>
+        <v>1966</v>
       </c>
       <c r="I212" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1962</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4817</v>
+        <v>4560</v>
       </c>
       <c r="B213" t="s">
-        <v>1963</v>
+        <v>1969</v>
       </c>
       <c r="C213" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="D213" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="E213" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="F213" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="G213" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="H213" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="I213" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4850</v>
+        <v>4563</v>
       </c>
       <c r="B214" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="C214" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="D214" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="E214" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="F214" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="G214" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="H214" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="I214" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4935</v>
+        <v>4564</v>
       </c>
       <c r="B215" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="C215" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="D215" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="E215" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="F215" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="G215" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="H215" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="I215" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>170</v>
+        <v>1995</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>171</v>
+        <v>1996</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4939</v>
+        <v>4566</v>
       </c>
       <c r="B216" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="C216" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="D216" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E216" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="F216" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="G216" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="H216" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I216" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4947</v>
+        <v>4568</v>
       </c>
       <c r="B217" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="C217" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="D217" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="E217" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="F217" t="s">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="G217" t="s">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="H217" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I217" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4950</v>
+        <v>4704</v>
       </c>
       <c r="B218" t="s">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="C218" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="D218" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E218" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="F218" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="G218" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="H218" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="I218" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>1475</v>
+        <v>47</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>1477</v>
+        <v>48</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4958</v>
+        <v>4706</v>
       </c>
       <c r="B219" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="C219" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="D219" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="E219" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="F219" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="G219" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="H219" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="I219" t="s">
-        <v>2024</v>
+        <v>2032</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>170</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>4965</v>
+        <v>4709</v>
       </c>
       <c r="B220" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="C220" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="D220" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="E220" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="F220" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
       <c r="G220" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="H220" t="s">
-        <v>2032</v>
+        <v>2040</v>
       </c>
       <c r="I220" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2034</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>4968</v>
+        <v>4711</v>
       </c>
       <c r="B221" t="s">
-        <v>2035</v>
+        <v>2043</v>
       </c>
       <c r="C221" t="s">
-        <v>2036</v>
+        <v>2044</v>
       </c>
       <c r="D221" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="E221" t="s">
-        <v>2038</v>
+        <v>2046</v>
       </c>
       <c r="F221" t="s">
-        <v>2039</v>
+        <v>2047</v>
       </c>
       <c r="G221" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
       <c r="H221" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
       <c r="I221" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="J221" t="s">
-        <v>24</v>
+        <v>2051</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>2052</v>
       </c>
       <c r="L221" t="s">
-        <v>26</v>
+        <v>2053</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>2054</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2043</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>4969</v>
+        <v>4714</v>
       </c>
       <c r="B222" t="s">
-        <v>2044</v>
+        <v>2056</v>
       </c>
       <c r="C222" t="s">
-        <v>2045</v>
+        <v>2057</v>
       </c>
       <c r="D222" t="s">
-        <v>2046</v>
+        <v>2058</v>
       </c>
       <c r="E222" t="s">
-        <v>2047</v>
+        <v>2059</v>
       </c>
       <c r="F222" t="s">
-        <v>2048</v>
+        <v>2060</v>
       </c>
       <c r="G222" t="s">
-        <v>2049</v>
+        <v>2061</v>
       </c>
       <c r="H222" t="s">
-        <v>2050</v>
+        <v>2062</v>
       </c>
       <c r="I222" t="s">
-        <v>2051</v>
+        <v>2063</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2052</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5037</v>
+        <v>4716</v>
       </c>
       <c r="B223" t="s">
-        <v>2053</v>
+        <v>2065</v>
       </c>
       <c r="C223" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="D223" t="s">
-        <v>2055</v>
+        <v>2067</v>
       </c>
       <c r="E223" t="s">
-        <v>2056</v>
+        <v>2068</v>
       </c>
       <c r="F223" t="s">
-        <v>2057</v>
+        <v>2069</v>
       </c>
       <c r="G223" t="s">
-        <v>2058</v>
+        <v>2070</v>
       </c>
       <c r="H223" t="s">
-        <v>2059</v>
+        <v>2071</v>
       </c>
       <c r="I223" t="s">
-        <v>2060</v>
+        <v>2072</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5272</v>
+        <v>4717</v>
       </c>
       <c r="B224" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
       <c r="C224" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
       <c r="D224" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
       <c r="E224" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="F224" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="G224" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="H224" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="I224" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="J224" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>744</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>745</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5273</v>
+        <v>4721</v>
       </c>
       <c r="B225" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="C225" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="D225" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="E225" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="F225" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="G225" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="H225" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="I225" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>2079</v>
+        <v>1230</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>2080</v>
+        <v>1231</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2081</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5326</v>
+        <v>4722</v>
       </c>
       <c r="B226" t="s">
-        <v>2082</v>
+        <v>2092</v>
       </c>
       <c r="C226" t="s">
-        <v>2083</v>
+        <v>2093</v>
       </c>
       <c r="D226" t="s">
-        <v>2084</v>
+        <v>2094</v>
       </c>
       <c r="E226" t="s">
-        <v>2085</v>
+        <v>2095</v>
       </c>
       <c r="F226" t="s">
-        <v>2086</v>
+        <v>2096</v>
       </c>
       <c r="G226" t="s">
-        <v>2087</v>
+        <v>2097</v>
       </c>
       <c r="H226" t="s">
-        <v>2088</v>
+        <v>2098</v>
       </c>
       <c r="I226" t="s">
-        <v>2089</v>
+        <v>2099</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>2100</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>2101</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5330</v>
+        <v>4723</v>
       </c>
       <c r="B227" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="C227" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="D227" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="E227" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
       <c r="F227" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="G227" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
       <c r="H227" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="I227" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>170</v>
+        <v>2111</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>171</v>
+        <v>2112</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2099</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5331</v>
+        <v>4792</v>
       </c>
       <c r="B228" t="s">
-        <v>2100</v>
+        <v>2114</v>
       </c>
       <c r="C228" t="s">
-        <v>2101</v>
+        <v>2115</v>
       </c>
       <c r="D228" t="s">
-        <v>2102</v>
+        <v>2116</v>
       </c>
       <c r="E228" t="s">
-        <v>2103</v>
+        <v>2117</v>
       </c>
       <c r="F228" t="s">
-        <v>2104</v>
+        <v>2118</v>
       </c>
       <c r="G228" t="s">
-        <v>2105</v>
+        <v>2119</v>
       </c>
       <c r="H228" t="s">
-        <v>2106</v>
+        <v>2120</v>
       </c>
       <c r="I228" t="s">
-        <v>2107</v>
+        <v>2121</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2108</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5332</v>
+        <v>4801</v>
       </c>
       <c r="B229" t="s">
-        <v>2109</v>
+        <v>2123</v>
       </c>
       <c r="C229" t="s">
-        <v>2110</v>
+        <v>2124</v>
       </c>
       <c r="D229" t="s">
-        <v>2111</v>
+        <v>2125</v>
       </c>
       <c r="E229" t="s">
-        <v>2112</v>
+        <v>2126</v>
       </c>
       <c r="F229" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="G229" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
       <c r="H229" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="I229" t="s">
-        <v>2116</v>
+        <v>2130</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2117</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5333</v>
+        <v>4809</v>
       </c>
       <c r="B230" t="s">
-        <v>2118</v>
+        <v>2132</v>
       </c>
       <c r="C230" t="s">
-        <v>2119</v>
+        <v>2133</v>
       </c>
       <c r="D230" t="s">
-        <v>2120</v>
+        <v>2134</v>
       </c>
       <c r="E230" t="s">
-        <v>2121</v>
+        <v>2135</v>
       </c>
       <c r="F230" t="s">
-        <v>2122</v>
+        <v>2136</v>
       </c>
       <c r="G230" t="s">
-        <v>2123</v>
+        <v>2137</v>
       </c>
       <c r="H230" t="s">
-        <v>2124</v>
+        <v>2138</v>
       </c>
       <c r="I230" t="s">
-        <v>2125</v>
+        <v>2139</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2126</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5335</v>
+        <v>4810</v>
       </c>
       <c r="B231" t="s">
-        <v>2127</v>
+        <v>2141</v>
       </c>
       <c r="C231" t="s">
-        <v>2128</v>
+        <v>2142</v>
       </c>
       <c r="D231" t="s">
-        <v>2129</v>
+        <v>2143</v>
       </c>
       <c r="E231" t="s">
-        <v>2130</v>
+        <v>2144</v>
       </c>
       <c r="F231" t="s">
-        <v>2131</v>
+        <v>2145</v>
       </c>
       <c r="G231" t="s">
-        <v>2132</v>
+        <v>2146</v>
       </c>
       <c r="H231" t="s">
-        <v>2133</v>
+        <v>2147</v>
       </c>
       <c r="I231" t="s">
-        <v>2134</v>
+        <v>2148</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2135</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5346</v>
+        <v>4811</v>
       </c>
       <c r="B232" t="s">
-        <v>2136</v>
+        <v>2150</v>
       </c>
       <c r="C232" t="s">
-        <v>2137</v>
+        <v>2151</v>
       </c>
       <c r="D232" t="s">
-        <v>2138</v>
+        <v>2152</v>
       </c>
       <c r="E232" t="s">
-        <v>2139</v>
+        <v>2153</v>
       </c>
       <c r="F232" t="s">
-        <v>2140</v>
+        <v>2154</v>
       </c>
       <c r="G232" t="s">
-        <v>2141</v>
+        <v>2155</v>
       </c>
       <c r="H232" t="s">
-        <v>2142</v>
+        <v>2156</v>
       </c>
       <c r="I232" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>2144</v>
+        <v>1478</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>2145</v>
+        <v>1480</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2146</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5347</v>
+        <v>4815</v>
       </c>
       <c r="B233" t="s">
-        <v>2147</v>
+        <v>2159</v>
       </c>
       <c r="C233" t="s">
-        <v>2148</v>
+        <v>2160</v>
       </c>
       <c r="D233" t="s">
-        <v>2149</v>
+        <v>2161</v>
       </c>
       <c r="E233" t="s">
-        <v>2150</v>
+        <v>2162</v>
       </c>
       <c r="F233" t="s">
-        <v>2151</v>
+        <v>2163</v>
       </c>
       <c r="G233" t="s">
-        <v>2152</v>
+        <v>2164</v>
       </c>
       <c r="H233" t="s">
-        <v>2153</v>
+        <v>2165</v>
       </c>
       <c r="I233" t="s">
-        <v>2154</v>
+        <v>2166</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2155</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5348</v>
+        <v>4817</v>
       </c>
       <c r="B234" t="s">
-        <v>2156</v>
+        <v>2168</v>
       </c>
       <c r="C234" t="s">
-        <v>2157</v>
+        <v>2169</v>
       </c>
       <c r="D234" t="s">
-        <v>2158</v>
+        <v>2170</v>
       </c>
       <c r="E234" t="s">
-        <v>2159</v>
+        <v>2171</v>
       </c>
       <c r="F234" t="s">
-        <v>2160</v>
+        <v>2172</v>
       </c>
       <c r="G234" t="s">
-        <v>2161</v>
+        <v>2173</v>
       </c>
       <c r="H234" t="s">
-        <v>2162</v>
+        <v>2174</v>
       </c>
       <c r="I234" t="s">
-        <v>2163</v>
+        <v>2175</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2164</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5351</v>
+        <v>4849</v>
       </c>
       <c r="B235" t="s">
-        <v>2165</v>
+        <v>2177</v>
       </c>
       <c r="C235" t="s">
-        <v>2166</v>
+        <v>2178</v>
       </c>
       <c r="D235" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
       <c r="E235" t="s">
-        <v>2168</v>
+        <v>2180</v>
       </c>
       <c r="F235" t="s">
-        <v>2169</v>
+        <v>2181</v>
       </c>
       <c r="G235" t="s">
-        <v>2170</v>
+        <v>2182</v>
       </c>
       <c r="H235" t="s">
-        <v>2171</v>
+        <v>2183</v>
       </c>
       <c r="I235" t="s">
-        <v>2172</v>
+        <v>2184</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2173</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5353</v>
+        <v>4850</v>
       </c>
       <c r="B236" t="s">
-        <v>2174</v>
+        <v>2186</v>
       </c>
       <c r="C236" t="s">
-        <v>2175</v>
+        <v>2187</v>
       </c>
       <c r="D236" t="s">
-        <v>2176</v>
+        <v>2188</v>
       </c>
       <c r="E236" t="s">
-        <v>2177</v>
+        <v>2189</v>
       </c>
       <c r="F236" t="s">
-        <v>2178</v>
+        <v>2190</v>
       </c>
       <c r="G236" t="s">
-        <v>2179</v>
+        <v>2191</v>
       </c>
       <c r="H236" t="s">
-        <v>2180</v>
+        <v>2192</v>
       </c>
       <c r="I236" t="s">
-        <v>2181</v>
+        <v>2193</v>
       </c>
       <c r="J236" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>903</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>904</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2182</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5354</v>
+        <v>4935</v>
       </c>
       <c r="B237" t="s">
-        <v>2183</v>
+        <v>2195</v>
       </c>
       <c r="C237" t="s">
-        <v>2184</v>
+        <v>2196</v>
       </c>
       <c r="D237" t="s">
-        <v>2185</v>
+        <v>2197</v>
       </c>
       <c r="E237" t="s">
-        <v>2186</v>
+        <v>2198</v>
       </c>
       <c r="F237" t="s">
-        <v>2187</v>
+        <v>2199</v>
       </c>
       <c r="G237" t="s">
-        <v>2188</v>
+        <v>2200</v>
       </c>
       <c r="H237" t="s">
-        <v>2189</v>
+        <v>2201</v>
       </c>
       <c r="I237" t="s">
-        <v>2190</v>
+        <v>2202</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2191</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5359</v>
+        <v>4936</v>
       </c>
       <c r="B238" t="s">
-        <v>2192</v>
+        <v>2204</v>
       </c>
       <c r="C238" t="s">
-        <v>2193</v>
+        <v>2205</v>
       </c>
       <c r="D238" t="s">
-        <v>2194</v>
+        <v>2206</v>
       </c>
       <c r="E238" t="s">
-        <v>2195</v>
+        <v>2207</v>
       </c>
       <c r="F238" t="s">
-        <v>2196</v>
+        <v>2208</v>
       </c>
       <c r="G238" t="s">
-        <v>2197</v>
+        <v>2209</v>
       </c>
       <c r="H238" t="s">
-        <v>2198</v>
+        <v>2210</v>
       </c>
       <c r="I238" t="s">
-        <v>2199</v>
+        <v>2211</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2200</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5364</v>
+        <v>4939</v>
       </c>
       <c r="B239" t="s">
-        <v>2201</v>
+        <v>2213</v>
       </c>
       <c r="C239" t="s">
-        <v>2202</v>
+        <v>2214</v>
       </c>
       <c r="D239" t="s">
-        <v>2203</v>
+        <v>2215</v>
       </c>
       <c r="E239" t="s">
-        <v>2204</v>
+        <v>2216</v>
       </c>
       <c r="F239" t="s">
-        <v>2205</v>
+        <v>2217</v>
       </c>
       <c r="G239" t="s">
-        <v>2206</v>
+        <v>2218</v>
       </c>
       <c r="H239" t="s">
-        <v>2207</v>
+        <v>2219</v>
       </c>
       <c r="I239" t="s">
-        <v>2208</v>
+        <v>2220</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5365</v>
+        <v>4944</v>
       </c>
       <c r="B240" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
       <c r="C240" t="s">
-        <v>2211</v>
+        <v>2223</v>
       </c>
       <c r="D240" t="s">
-        <v>2212</v>
+        <v>2224</v>
       </c>
       <c r="E240" t="s">
-        <v>2213</v>
+        <v>2225</v>
       </c>
       <c r="F240" t="s">
-        <v>2214</v>
+        <v>2226</v>
       </c>
       <c r="G240" t="s">
-        <v>2215</v>
+        <v>2227</v>
       </c>
       <c r="H240" t="s">
-        <v>2216</v>
+        <v>2228</v>
       </c>
       <c r="I240" t="s">
-        <v>2217</v>
+        <v>2229</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2218</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5367</v>
+        <v>4947</v>
       </c>
       <c r="B241" t="s">
-        <v>2219</v>
+        <v>2231</v>
       </c>
       <c r="C241" t="s">
-        <v>2220</v>
+        <v>2232</v>
       </c>
       <c r="D241" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="E241" t="s">
-        <v>2222</v>
+        <v>2234</v>
       </c>
       <c r="F241" t="s">
-        <v>2223</v>
+        <v>2235</v>
       </c>
       <c r="G241" t="s">
-        <v>2224</v>
+        <v>2236</v>
       </c>
       <c r="H241" t="s">
-        <v>2225</v>
+        <v>2237</v>
       </c>
       <c r="I241" t="s">
-        <v>2226</v>
+        <v>2238</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2227</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5368</v>
+        <v>4950</v>
       </c>
       <c r="B242" t="s">
-        <v>2228</v>
+        <v>2240</v>
       </c>
       <c r="C242" t="s">
-        <v>2229</v>
+        <v>2241</v>
       </c>
       <c r="D242" t="s">
-        <v>2230</v>
+        <v>2242</v>
       </c>
       <c r="E242" t="s">
-        <v>2231</v>
+        <v>2243</v>
       </c>
       <c r="F242" t="s">
-        <v>2232</v>
+        <v>2244</v>
       </c>
       <c r="G242" t="s">
-        <v>2233</v>
+        <v>2245</v>
       </c>
       <c r="H242" t="s">
-        <v>2234</v>
+        <v>2246</v>
       </c>
       <c r="I242" t="s">
-        <v>2235</v>
+        <v>2247</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2236</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5371</v>
+        <v>4958</v>
       </c>
       <c r="B243" t="s">
-        <v>2237</v>
+        <v>2249</v>
       </c>
       <c r="C243" t="s">
-        <v>2238</v>
+        <v>2250</v>
       </c>
       <c r="D243" t="s">
-        <v>2239</v>
+        <v>2251</v>
       </c>
       <c r="E243" t="s">
-        <v>2240</v>
+        <v>2252</v>
       </c>
       <c r="F243" t="s">
-        <v>2241</v>
+        <v>2253</v>
       </c>
       <c r="G243" t="s">
-        <v>2242</v>
+        <v>2254</v>
       </c>
       <c r="H243" t="s">
-        <v>2243</v>
+        <v>2255</v>
       </c>
       <c r="I243" t="s">
-        <v>2244</v>
+        <v>2256</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>2245</v>
+        <v>170</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>2246</v>
+        <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5372</v>
+        <v>4965</v>
       </c>
       <c r="B244" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="C244" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="D244" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="E244" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="F244" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="G244" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="H244" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="I244" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5375</v>
+        <v>4968</v>
       </c>
       <c r="B245" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="C245" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="D245" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="E245" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="F245" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="G245" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="H245" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="I245" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
       <c r="J245" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5377</v>
+        <v>4969</v>
       </c>
       <c r="B246" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="C246" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="D246" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="E246" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="F246" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="G246" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="H246" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="I246" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5378</v>
+        <v>5020</v>
       </c>
       <c r="B247" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="C247" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="D247" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E247" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F247" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="G247" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
       <c r="H247" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="I247" t="s">
-        <v>2282</v>
+        <v>2292</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5380</v>
+        <v>5037</v>
       </c>
       <c r="B248" t="s">
-        <v>2284</v>
+        <v>2294</v>
       </c>
       <c r="C248" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
       <c r="D248" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="E248" t="s">
-        <v>2287</v>
+        <v>2297</v>
       </c>
       <c r="F248" t="s">
-        <v>2288</v>
+        <v>2298</v>
       </c>
       <c r="G248" t="s">
-        <v>2289</v>
+        <v>2299</v>
       </c>
       <c r="H248" t="s">
-        <v>2290</v>
+        <v>2300</v>
       </c>
       <c r="I248" t="s">
-        <v>2291</v>
+        <v>2301</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2292</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5382</v>
+        <v>5100</v>
       </c>
       <c r="B249" t="s">
-        <v>2293</v>
+        <v>2303</v>
       </c>
       <c r="C249" t="s">
-        <v>2294</v>
+        <v>2304</v>
       </c>
       <c r="D249" t="s">
-        <v>2295</v>
+        <v>2305</v>
       </c>
       <c r="E249" t="s">
-        <v>2296</v>
+        <v>2306</v>
       </c>
       <c r="F249" t="s">
-        <v>2297</v>
+        <v>2307</v>
       </c>
       <c r="G249" t="s">
-        <v>2298</v>
+        <v>2308</v>
       </c>
       <c r="H249" t="s">
-        <v>2299</v>
+        <v>2309</v>
       </c>
       <c r="I249" t="s">
-        <v>2300</v>
+        <v>2310</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2301</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5393</v>
+        <v>5141</v>
       </c>
       <c r="B250" t="s">
-        <v>2302</v>
+        <v>2312</v>
       </c>
       <c r="C250" t="s">
-        <v>2303</v>
+        <v>2313</v>
       </c>
       <c r="D250" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
       <c r="E250" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="F250" t="s">
-        <v>2306</v>
+        <v>2316</v>
       </c>
       <c r="G250" t="s">
-        <v>2307</v>
+        <v>2317</v>
       </c>
       <c r="H250" t="s">
-        <v>2308</v>
+        <v>2318</v>
       </c>
       <c r="I250" t="s">
-        <v>2309</v>
+        <v>2319</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
         <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2310</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5394</v>
+        <v>5212</v>
       </c>
       <c r="B251" t="s">
-        <v>2311</v>
+        <v>2321</v>
       </c>
       <c r="C251" t="s">
-        <v>2312</v>
+        <v>2322</v>
       </c>
       <c r="D251" t="s">
-        <v>2313</v>
+        <v>2323</v>
       </c>
       <c r="E251" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="F251" t="s">
-        <v>2315</v>
+        <v>2325</v>
       </c>
       <c r="G251" t="s">
-        <v>2316</v>
+        <v>2326</v>
       </c>
       <c r="H251" t="s">
-        <v>2317</v>
+        <v>2327</v>
       </c>
       <c r="I251" t="s">
-        <v>2318</v>
+        <v>2328</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2319</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5403</v>
+        <v>5272</v>
       </c>
       <c r="B252" t="s">
-        <v>2320</v>
+        <v>2330</v>
       </c>
       <c r="C252" t="s">
-        <v>2321</v>
+        <v>2331</v>
       </c>
       <c r="D252" t="s">
-        <v>2322</v>
+        <v>2332</v>
       </c>
       <c r="E252" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="F252" t="s">
-        <v>2324</v>
+        <v>2334</v>
       </c>
       <c r="G252" t="s">
-        <v>2325</v>
+        <v>2335</v>
       </c>
       <c r="H252" t="s">
-        <v>2326</v>
+        <v>2336</v>
       </c>
       <c r="I252" t="s">
-        <v>2327</v>
+        <v>2337</v>
       </c>
       <c r="J252" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K252" t="s">
-        <v>2328</v>
+        <v>746</v>
       </c>
       <c r="L252" t="s">
-        <v>26</v>
+        <v>452</v>
+      </c>
+      <c r="M252" t="s">
+        <v>747</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2329</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5431</v>
+        <v>5273</v>
       </c>
       <c r="B253" t="s">
-        <v>2330</v>
+        <v>2339</v>
       </c>
       <c r="C253" t="s">
-        <v>2331</v>
+        <v>2340</v>
       </c>
       <c r="D253" t="s">
-        <v>2332</v>
+        <v>2341</v>
       </c>
       <c r="E253" t="s">
-        <v>2333</v>
+        <v>2342</v>
       </c>
       <c r="F253" t="s">
-        <v>2334</v>
+        <v>2343</v>
       </c>
       <c r="G253" t="s">
-        <v>2335</v>
+        <v>2344</v>
       </c>
       <c r="H253" t="s">
-        <v>2336</v>
+        <v>2345</v>
       </c>
       <c r="I253" t="s">
-        <v>2337</v>
+        <v>2346</v>
       </c>
       <c r="J253" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>273</v>
+        <v>2347</v>
       </c>
       <c r="L253" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>274</v>
+        <v>2348</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2338</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5433</v>
+        <v>5280</v>
       </c>
       <c r="B254" t="s">
-        <v>2339</v>
+        <v>2350</v>
       </c>
       <c r="C254" t="s">
-        <v>2340</v>
+        <v>2351</v>
       </c>
       <c r="D254" t="s">
-        <v>2341</v>
+        <v>2352</v>
       </c>
       <c r="E254" t="s">
-        <v>2342</v>
+        <v>2353</v>
       </c>
       <c r="F254" t="s">
-        <v>2343</v>
+        <v>2354</v>
       </c>
       <c r="G254" t="s">
-        <v>2344</v>
+        <v>2355</v>
       </c>
       <c r="H254" t="s">
-        <v>2345</v>
+        <v>2356</v>
       </c>
       <c r="I254" t="s">
-        <v>2346</v>
+        <v>2357</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2347</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5435</v>
+        <v>5326</v>
       </c>
       <c r="B255" t="s">
-        <v>2348</v>
+        <v>2359</v>
       </c>
       <c r="C255" t="s">
-        <v>2349</v>
+        <v>2360</v>
       </c>
       <c r="D255" t="s">
-        <v>2350</v>
+        <v>2361</v>
       </c>
       <c r="E255" t="s">
-        <v>2351</v>
+        <v>2362</v>
       </c>
       <c r="F255" t="s">
-        <v>2352</v>
+        <v>2363</v>
       </c>
       <c r="G255" t="s">
-        <v>2353</v>
+        <v>2364</v>
       </c>
       <c r="H255" t="s">
-        <v>2354</v>
+        <v>2365</v>
       </c>
       <c r="I255" t="s">
-        <v>2355</v>
+        <v>2366</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2356</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5436</v>
+        <v>5330</v>
       </c>
       <c r="B256" t="s">
-        <v>2357</v>
+        <v>2368</v>
       </c>
       <c r="C256" t="s">
-        <v>2358</v>
+        <v>2369</v>
       </c>
       <c r="D256" t="s">
-        <v>2359</v>
+        <v>2370</v>
       </c>
       <c r="E256" t="s">
-        <v>2360</v>
+        <v>2371</v>
       </c>
       <c r="F256" t="s">
-        <v>2361</v>
+        <v>2372</v>
       </c>
       <c r="G256" t="s">
-        <v>2362</v>
+        <v>2373</v>
       </c>
       <c r="H256" t="s">
-        <v>2363</v>
+        <v>2374</v>
       </c>
       <c r="I256" t="s">
-        <v>2364</v>
+        <v>2375</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2365</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5437</v>
+        <v>5331</v>
       </c>
       <c r="B257" t="s">
-        <v>2366</v>
+        <v>2377</v>
       </c>
       <c r="C257" t="s">
-        <v>2367</v>
+        <v>2378</v>
       </c>
       <c r="D257" t="s">
-        <v>2368</v>
+        <v>2379</v>
       </c>
       <c r="E257" t="s">
-        <v>2369</v>
+        <v>2380</v>
       </c>
       <c r="F257" t="s">
-        <v>2370</v>
+        <v>2381</v>
       </c>
       <c r="G257" t="s">
-        <v>2371</v>
+        <v>2382</v>
       </c>
       <c r="H257" t="s">
-        <v>2372</v>
+        <v>2383</v>
       </c>
       <c r="I257" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2374</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5439</v>
+        <v>5332</v>
       </c>
       <c r="B258" t="s">
-        <v>2375</v>
+        <v>2386</v>
       </c>
       <c r="C258" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
       <c r="D258" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
       <c r="E258" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="F258" t="s">
-        <v>2379</v>
+        <v>2390</v>
       </c>
       <c r="G258" t="s">
-        <v>2380</v>
+        <v>2391</v>
       </c>
       <c r="H258" t="s">
-        <v>2381</v>
+        <v>2392</v>
       </c>
       <c r="I258" t="s">
-        <v>2382</v>
+        <v>2393</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5456</v>
+        <v>5333</v>
       </c>
       <c r="B259" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
       <c r="C259" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
       <c r="D259" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
       <c r="E259" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="F259" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="G259" t="s">
-        <v>2389</v>
+        <v>2400</v>
       </c>
       <c r="H259" t="s">
-        <v>2390</v>
+        <v>2401</v>
       </c>
       <c r="I259" t="s">
-        <v>2391</v>
+        <v>2402</v>
       </c>
       <c r="J259" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1475</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>1477</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2392</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5474</v>
+        <v>5335</v>
       </c>
       <c r="B260" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
       <c r="C260" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
       <c r="D260" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="E260" t="s">
-        <v>2396</v>
+        <v>2407</v>
       </c>
       <c r="F260" t="s">
-        <v>2397</v>
+        <v>2408</v>
       </c>
       <c r="G260" t="s">
-        <v>2398</v>
+        <v>2409</v>
       </c>
       <c r="H260" t="s">
-        <v>2399</v>
+        <v>2410</v>
       </c>
       <c r="I260" t="s">
-        <v>2400</v>
+        <v>2411</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2401</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5475</v>
+        <v>5343</v>
       </c>
       <c r="B261" t="s">
-        <v>2402</v>
+        <v>2413</v>
       </c>
       <c r="C261" t="s">
-        <v>2403</v>
+        <v>2414</v>
       </c>
       <c r="D261" t="s">
-        <v>2404</v>
+        <v>2415</v>
       </c>
       <c r="E261" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
       <c r="F261" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
       <c r="G261" t="s">
-        <v>2407</v>
+        <v>2418</v>
       </c>
       <c r="H261" t="s">
-        <v>2408</v>
+        <v>2419</v>
       </c>
       <c r="I261" t="s">
-        <v>2409</v>
+        <v>2420</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>170</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2410</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5476</v>
+        <v>5346</v>
       </c>
       <c r="B262" t="s">
-        <v>2411</v>
+        <v>2422</v>
       </c>
       <c r="C262" t="s">
-        <v>2412</v>
+        <v>2423</v>
       </c>
       <c r="D262" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
       <c r="E262" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
       <c r="F262" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="G262" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
       <c r="H262" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="I262" t="s">
-        <v>2418</v>
+        <v>2429</v>
       </c>
       <c r="J262" t="s">
-        <v>2419</v>
+        <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1227</v>
+        <v>2430</v>
       </c>
       <c r="L262" t="s">
-        <v>2420</v>
+        <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>1228</v>
+        <v>2431</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2421</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5478</v>
+        <v>5347</v>
       </c>
       <c r="B263" t="s">
-        <v>2422</v>
+        <v>2433</v>
       </c>
       <c r="C263" t="s">
-        <v>2423</v>
+        <v>2434</v>
       </c>
       <c r="D263" t="s">
-        <v>2424</v>
+        <v>2435</v>
       </c>
       <c r="E263" t="s">
-        <v>2425</v>
+        <v>2436</v>
       </c>
       <c r="F263" t="s">
-        <v>2426</v>
+        <v>2437</v>
       </c>
       <c r="G263" t="s">
-        <v>2427</v>
+        <v>2438</v>
       </c>
       <c r="H263" t="s">
-        <v>2428</v>
+        <v>2439</v>
       </c>
       <c r="I263" t="s">
-        <v>2429</v>
+        <v>2440</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2430</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5479</v>
+        <v>5348</v>
       </c>
       <c r="B264" t="s">
-        <v>2431</v>
+        <v>2442</v>
       </c>
       <c r="C264" t="s">
-        <v>2432</v>
+        <v>2443</v>
       </c>
       <c r="D264" t="s">
-        <v>2433</v>
+        <v>2444</v>
       </c>
       <c r="E264" t="s">
-        <v>2434</v>
+        <v>2445</v>
       </c>
       <c r="F264" t="s">
-        <v>2435</v>
+        <v>2446</v>
       </c>
       <c r="G264" t="s">
-        <v>2436</v>
+        <v>2447</v>
       </c>
       <c r="H264" t="s">
-        <v>2437</v>
+        <v>2448</v>
       </c>
       <c r="I264" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>578</v>
+        <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>579</v>
+        <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2439</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5482</v>
+        <v>5351</v>
       </c>
       <c r="B265" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
       <c r="C265" t="s">
-        <v>2441</v>
+        <v>2452</v>
       </c>
       <c r="D265" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
       <c r="E265" t="s">
-        <v>2443</v>
+        <v>2454</v>
       </c>
       <c r="F265" t="s">
-        <v>2444</v>
+        <v>2455</v>
       </c>
       <c r="G265" t="s">
-        <v>2445</v>
+        <v>2456</v>
       </c>
       <c r="H265" t="s">
-        <v>2446</v>
+        <v>2457</v>
       </c>
       <c r="I265" t="s">
-        <v>2447</v>
+        <v>2458</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2448</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5483</v>
+        <v>5353</v>
       </c>
       <c r="B266" t="s">
-        <v>2449</v>
+        <v>2460</v>
       </c>
       <c r="C266" t="s">
-        <v>2450</v>
+        <v>2461</v>
       </c>
       <c r="D266" t="s">
-        <v>2451</v>
+        <v>2462</v>
       </c>
       <c r="E266" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="F266" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="G266" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="H266" t="s">
-        <v>2455</v>
+        <v>2466</v>
       </c>
       <c r="I266" t="s">
-        <v>2456</v>
+        <v>2467</v>
       </c>
       <c r="J266" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L266" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2457</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5485</v>
+        <v>5354</v>
       </c>
       <c r="B267" t="s">
-        <v>2458</v>
+        <v>2469</v>
       </c>
       <c r="C267" t="s">
-        <v>2459</v>
+        <v>2470</v>
       </c>
       <c r="D267" t="s">
-        <v>2460</v>
+        <v>2471</v>
       </c>
       <c r="E267" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
       <c r="F267" t="s">
-        <v>2462</v>
+        <v>2473</v>
       </c>
       <c r="G267" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
       <c r="H267" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="I267" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>2466</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>2467</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2468</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5487</v>
+        <v>5359</v>
       </c>
       <c r="B268" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
       <c r="C268" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
       <c r="D268" t="s">
-        <v>2471</v>
+        <v>2480</v>
       </c>
       <c r="E268" t="s">
-        <v>2472</v>
+        <v>2481</v>
       </c>
       <c r="F268" t="s">
-        <v>2473</v>
+        <v>2482</v>
       </c>
       <c r="G268" t="s">
-        <v>2474</v>
+        <v>2483</v>
       </c>
       <c r="H268" t="s">
-        <v>2475</v>
+        <v>2484</v>
       </c>
       <c r="I268" t="s">
-        <v>2476</v>
+        <v>2485</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>2477</v>
+        <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
+      <c r="M268" t="s">
+        <v>27</v>
+      </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5488</v>
+        <v>5364</v>
       </c>
       <c r="B269" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
       <c r="C269" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
       <c r="D269" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="E269" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="F269" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="G269" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
       <c r="H269" t="s">
-        <v>2485</v>
+        <v>2493</v>
       </c>
       <c r="I269" t="s">
-        <v>2486</v>
+        <v>2494</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2487</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5489</v>
+        <v>5365</v>
       </c>
       <c r="B270" t="s">
-        <v>2488</v>
+        <v>2496</v>
       </c>
       <c r="C270" t="s">
-        <v>2489</v>
+        <v>2497</v>
       </c>
       <c r="D270" t="s">
-        <v>2490</v>
+        <v>2498</v>
       </c>
       <c r="E270" t="s">
-        <v>2491</v>
+        <v>2499</v>
       </c>
       <c r="F270" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
       <c r="G270" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
       <c r="H270" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="I270" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1265</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>1266</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5490</v>
+        <v>5367</v>
       </c>
       <c r="B271" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="C271" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
       <c r="D271" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
       <c r="E271" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
       <c r="F271" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
       <c r="G271" t="s">
-        <v>2502</v>
+        <v>2510</v>
       </c>
       <c r="H271" t="s">
-        <v>2503</v>
+        <v>2511</v>
       </c>
       <c r="I271" t="s">
-        <v>2504</v>
+        <v>2512</v>
       </c>
       <c r="J271" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>2505</v>
+        <v>25</v>
       </c>
       <c r="L271" t="s">
-        <v>450</v>
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2506</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5493</v>
+        <v>5368</v>
       </c>
       <c r="B272" t="s">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="C272" t="s">
-        <v>2508</v>
+        <v>2515</v>
       </c>
       <c r="D272" t="s">
-        <v>2509</v>
+        <v>2516</v>
       </c>
       <c r="E272" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
       <c r="F272" t="s">
-        <v>2511</v>
+        <v>2518</v>
       </c>
       <c r="G272" t="s">
-        <v>2512</v>
+        <v>2519</v>
       </c>
       <c r="H272" t="s">
-        <v>2513</v>
+        <v>2520</v>
       </c>
       <c r="I272" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2515</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5496</v>
+        <v>5370</v>
       </c>
       <c r="B273" t="s">
-        <v>2516</v>
+        <v>2523</v>
       </c>
       <c r="C273" t="s">
-        <v>2517</v>
+        <v>2524</v>
       </c>
       <c r="D273" t="s">
-        <v>2518</v>
+        <v>2525</v>
       </c>
       <c r="E273" t="s">
-        <v>2519</v>
+        <v>2526</v>
       </c>
       <c r="F273" t="s">
-        <v>2520</v>
+        <v>2527</v>
       </c>
       <c r="G273" t="s">
-        <v>2521</v>
+        <v>2528</v>
       </c>
       <c r="H273" t="s">
-        <v>2522</v>
+        <v>2529</v>
       </c>
       <c r="I273" t="s">
-        <v>2523</v>
+        <v>2530</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2524</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5502</v>
+        <v>5371</v>
       </c>
       <c r="B274" t="s">
-        <v>2525</v>
+        <v>2532</v>
       </c>
       <c r="C274" t="s">
-        <v>2526</v>
+        <v>2533</v>
       </c>
       <c r="D274" t="s">
-        <v>2527</v>
+        <v>2534</v>
       </c>
       <c r="E274" t="s">
-        <v>2528</v>
+        <v>2535</v>
       </c>
       <c r="F274" t="s">
-        <v>2529</v>
+        <v>2536</v>
       </c>
       <c r="G274" t="s">
-        <v>2530</v>
+        <v>2537</v>
       </c>
       <c r="H274" t="s">
-        <v>2531</v>
+        <v>2538</v>
       </c>
       <c r="I274" t="s">
-        <v>2532</v>
+        <v>2539</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>2540</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>2541</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2533</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5503</v>
+        <v>5372</v>
       </c>
       <c r="B275" t="s">
-        <v>2534</v>
+        <v>2543</v>
       </c>
       <c r="C275" t="s">
-        <v>2535</v>
+        <v>2544</v>
       </c>
       <c r="D275" t="s">
-        <v>2536</v>
+        <v>2545</v>
       </c>
       <c r="E275" t="s">
-        <v>2537</v>
+        <v>2546</v>
       </c>
       <c r="F275" t="s">
-        <v>2538</v>
+        <v>2547</v>
       </c>
       <c r="G275" t="s">
-        <v>2539</v>
+        <v>2548</v>
       </c>
       <c r="H275" t="s">
-        <v>2540</v>
+        <v>2549</v>
       </c>
       <c r="I275" t="s">
-        <v>2541</v>
+        <v>2550</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2542</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5504</v>
+        <v>5375</v>
       </c>
       <c r="B276" t="s">
-        <v>2543</v>
+        <v>2552</v>
       </c>
       <c r="C276" t="s">
-        <v>2544</v>
+        <v>2553</v>
       </c>
       <c r="D276" t="s">
-        <v>2545</v>
+        <v>2554</v>
       </c>
       <c r="E276" t="s">
-        <v>2546</v>
+        <v>2555</v>
       </c>
       <c r="F276" t="s">
-        <v>2547</v>
+        <v>2556</v>
       </c>
       <c r="G276" t="s">
-        <v>2548</v>
+        <v>2557</v>
       </c>
       <c r="H276" t="s">
-        <v>2549</v>
+        <v>2558</v>
       </c>
       <c r="I276" t="s">
-        <v>2550</v>
+        <v>2559</v>
       </c>
       <c r="J276" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L276" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2551</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5507</v>
+        <v>5377</v>
       </c>
       <c r="B277" t="s">
-        <v>2552</v>
+        <v>2561</v>
       </c>
       <c r="C277" t="s">
-        <v>2553</v>
+        <v>2562</v>
       </c>
       <c r="D277" t="s">
-        <v>2554</v>
+        <v>2563</v>
       </c>
       <c r="E277" t="s">
-        <v>2555</v>
+        <v>2564</v>
       </c>
       <c r="F277" t="s">
-        <v>2556</v>
+        <v>2565</v>
       </c>
       <c r="G277" t="s">
-        <v>2557</v>
+        <v>2566</v>
       </c>
       <c r="H277" t="s">
-        <v>2558</v>
+        <v>2567</v>
       </c>
       <c r="I277" t="s">
-        <v>2559</v>
+        <v>2568</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2560</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5509</v>
+        <v>5378</v>
       </c>
       <c r="B278" t="s">
-        <v>2561</v>
+        <v>2570</v>
       </c>
       <c r="C278" t="s">
-        <v>2562</v>
+        <v>2571</v>
       </c>
       <c r="D278" t="s">
-        <v>2563</v>
+        <v>2572</v>
       </c>
       <c r="E278" t="s">
-        <v>2564</v>
+        <v>2573</v>
       </c>
       <c r="F278" t="s">
-        <v>2565</v>
+        <v>2574</v>
       </c>
       <c r="G278" t="s">
-        <v>2566</v>
+        <v>2575</v>
       </c>
       <c r="H278" t="s">
-        <v>2567</v>
+        <v>2576</v>
       </c>
       <c r="I278" t="s">
-        <v>2568</v>
+        <v>2577</v>
       </c>
       <c r="J278" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>1227</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>1228</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2569</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5512</v>
+        <v>5380</v>
       </c>
       <c r="B279" t="s">
-        <v>2570</v>
+        <v>2579</v>
       </c>
       <c r="C279" t="s">
-        <v>2571</v>
+        <v>2580</v>
       </c>
       <c r="D279" t="s">
-        <v>2572</v>
+        <v>2581</v>
       </c>
       <c r="E279" t="s">
-        <v>2573</v>
+        <v>2582</v>
       </c>
       <c r="F279" t="s">
-        <v>2574</v>
+        <v>2583</v>
       </c>
       <c r="G279" t="s">
-        <v>2575</v>
+        <v>2584</v>
       </c>
       <c r="H279" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="I279" t="s">
-        <v>2577</v>
+        <v>2586</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2578</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5514</v>
+        <v>5382</v>
       </c>
       <c r="B280" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
       <c r="C280" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
       <c r="D280" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
       <c r="E280" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
       <c r="F280" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="G280" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
       <c r="H280" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
       <c r="I280" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5516</v>
+        <v>5393</v>
       </c>
       <c r="B281" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
       <c r="C281" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
       <c r="D281" t="s">
-        <v>2590</v>
+        <v>2599</v>
       </c>
       <c r="E281" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
       <c r="F281" t="s">
-        <v>2592</v>
+        <v>2601</v>
       </c>
       <c r="G281" t="s">
-        <v>2593</v>
+        <v>2602</v>
       </c>
       <c r="H281" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="I281" t="s">
-        <v>2595</v>
+        <v>2604</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2596</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5517</v>
+        <v>5394</v>
       </c>
       <c r="B282" t="s">
-        <v>2597</v>
+        <v>2606</v>
       </c>
       <c r="C282" t="s">
-        <v>2598</v>
+        <v>2607</v>
       </c>
       <c r="D282" t="s">
-        <v>2599</v>
+        <v>2608</v>
       </c>
       <c r="E282" t="s">
-        <v>2600</v>
+        <v>2609</v>
       </c>
       <c r="F282" t="s">
-        <v>2601</v>
+        <v>2610</v>
       </c>
       <c r="G282" t="s">
-        <v>2602</v>
+        <v>2611</v>
       </c>
       <c r="H282" t="s">
-        <v>2603</v>
+        <v>2612</v>
       </c>
       <c r="I282" t="s">
-        <v>2604</v>
+        <v>2613</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2605</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5518</v>
+        <v>5403</v>
       </c>
       <c r="B283" t="s">
-        <v>2606</v>
+        <v>2615</v>
       </c>
       <c r="C283" t="s">
-        <v>2607</v>
+        <v>2616</v>
       </c>
       <c r="D283" t="s">
-        <v>2608</v>
+        <v>2617</v>
       </c>
       <c r="E283" t="s">
-        <v>2609</v>
+        <v>2618</v>
       </c>
       <c r="F283" t="s">
-        <v>2610</v>
+        <v>2619</v>
       </c>
       <c r="G283" t="s">
-        <v>2611</v>
+        <v>2620</v>
       </c>
       <c r="H283" t="s">
-        <v>2612</v>
+        <v>2621</v>
       </c>
       <c r="I283" t="s">
-        <v>2613</v>
+        <v>2622</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>2623</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>2624</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2614</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5520</v>
+        <v>5430</v>
       </c>
       <c r="B284" t="s">
-        <v>2615</v>
+        <v>2626</v>
       </c>
       <c r="C284" t="s">
-        <v>2616</v>
+        <v>2627</v>
       </c>
       <c r="D284" t="s">
-        <v>2617</v>
+        <v>2628</v>
       </c>
       <c r="E284" t="s">
-        <v>2618</v>
+        <v>2629</v>
       </c>
       <c r="F284" t="s">
-        <v>2619</v>
+        <v>2630</v>
       </c>
       <c r="G284" t="s">
-        <v>2620</v>
+        <v>2631</v>
       </c>
       <c r="H284" t="s">
-        <v>2621</v>
+        <v>2632</v>
       </c>
       <c r="I284" t="s">
-        <v>2622</v>
+        <v>2633</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>1227</v>
+        <v>170</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>1228</v>
+        <v>171</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2623</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5545</v>
+        <v>5431</v>
       </c>
       <c r="B285" t="s">
-        <v>2624</v>
+        <v>2635</v>
       </c>
       <c r="C285" t="s">
-        <v>2625</v>
+        <v>2636</v>
       </c>
       <c r="D285" t="s">
-        <v>2626</v>
+        <v>2637</v>
       </c>
       <c r="E285" t="s">
-        <v>2627</v>
+        <v>2638</v>
       </c>
       <c r="F285" t="s">
-        <v>2628</v>
+        <v>2639</v>
       </c>
       <c r="G285" t="s">
-        <v>2629</v>
+        <v>2640</v>
       </c>
       <c r="H285" t="s">
-        <v>2630</v>
+        <v>2641</v>
       </c>
       <c r="I285" t="s">
-        <v>2631</v>
+        <v>2642</v>
       </c>
       <c r="J285" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K285" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L285" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M285" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2632</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5657</v>
+        <v>5433</v>
       </c>
       <c r="B286" t="s">
-        <v>2633</v>
+        <v>2644</v>
       </c>
       <c r="C286" t="s">
-        <v>2634</v>
+        <v>2645</v>
       </c>
       <c r="D286" t="s">
-        <v>2635</v>
+        <v>2646</v>
       </c>
       <c r="E286" t="s">
-        <v>2636</v>
+        <v>2647</v>
       </c>
       <c r="F286" t="s">
-        <v>2637</v>
+        <v>2648</v>
       </c>
       <c r="G286" t="s">
-        <v>2638</v>
+        <v>2649</v>
       </c>
       <c r="H286" t="s">
-        <v>2639</v>
+        <v>2650</v>
       </c>
       <c r="I286" t="s">
-        <v>2640</v>
+        <v>2651</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2641</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5733</v>
+        <v>5435</v>
       </c>
       <c r="B287" t="s">
-        <v>2642</v>
+        <v>2653</v>
       </c>
       <c r="C287" t="s">
-        <v>2643</v>
+        <v>2654</v>
       </c>
       <c r="D287" t="s">
-        <v>2644</v>
+        <v>2655</v>
       </c>
       <c r="E287" t="s">
-        <v>2645</v>
+        <v>2656</v>
       </c>
       <c r="F287" t="s">
-        <v>2646</v>
+        <v>2657</v>
       </c>
       <c r="G287" t="s">
-        <v>2647</v>
+        <v>2658</v>
       </c>
       <c r="H287" t="s">
-        <v>2648</v>
+        <v>2659</v>
       </c>
       <c r="I287" t="s">
-        <v>2649</v>
+        <v>2660</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2650</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5787</v>
+        <v>5436</v>
       </c>
       <c r="B288" t="s">
-        <v>2651</v>
+        <v>2662</v>
       </c>
       <c r="C288" t="s">
-        <v>2652</v>
+        <v>2663</v>
       </c>
       <c r="D288" t="s">
-        <v>2653</v>
+        <v>2664</v>
       </c>
       <c r="E288" t="s">
-        <v>2654</v>
+        <v>2665</v>
       </c>
       <c r="F288" t="s">
-        <v>2655</v>
+        <v>2666</v>
       </c>
       <c r="G288" t="s">
-        <v>2656</v>
+        <v>2667</v>
       </c>
       <c r="H288" t="s">
-        <v>2657</v>
+        <v>2668</v>
       </c>
       <c r="I288" t="s">
-        <v>2658</v>
+        <v>2669</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2659</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5792</v>
+        <v>5437</v>
       </c>
       <c r="B289" t="s">
-        <v>2660</v>
+        <v>2671</v>
       </c>
       <c r="C289" t="s">
-        <v>2661</v>
+        <v>2672</v>
       </c>
       <c r="D289" t="s">
-        <v>2662</v>
+        <v>2673</v>
       </c>
       <c r="E289" t="s">
-        <v>2663</v>
+        <v>2674</v>
       </c>
       <c r="F289" t="s">
-        <v>2664</v>
+        <v>2675</v>
       </c>
       <c r="G289" t="s">
-        <v>2665</v>
+        <v>2676</v>
       </c>
       <c r="H289" t="s">
-        <v>2666</v>
+        <v>2677</v>
       </c>
       <c r="I289" t="s">
-        <v>2667</v>
+        <v>2678</v>
       </c>
       <c r="J289" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>449</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>451</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2668</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5794</v>
+        <v>5439</v>
       </c>
       <c r="B290" t="s">
-        <v>2669</v>
+        <v>2680</v>
       </c>
       <c r="C290" t="s">
-        <v>2670</v>
+        <v>2681</v>
       </c>
       <c r="D290" t="s">
-        <v>2671</v>
+        <v>2682</v>
       </c>
       <c r="E290" t="s">
-        <v>2672</v>
+        <v>2683</v>
       </c>
       <c r="F290" t="s">
-        <v>2673</v>
+        <v>2684</v>
       </c>
       <c r="G290" t="s">
-        <v>2674</v>
+        <v>2685</v>
       </c>
       <c r="H290" t="s">
-        <v>2675</v>
+        <v>2686</v>
       </c>
       <c r="I290" t="s">
-        <v>2676</v>
+        <v>2687</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2677</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5795</v>
+        <v>5449</v>
       </c>
       <c r="B291" t="s">
-        <v>2678</v>
+        <v>2689</v>
       </c>
       <c r="C291" t="s">
-        <v>2679</v>
+        <v>2690</v>
       </c>
       <c r="D291" t="s">
-        <v>2680</v>
+        <v>2691</v>
       </c>
       <c r="E291" t="s">
-        <v>2681</v>
+        <v>2692</v>
       </c>
       <c r="F291" t="s">
-        <v>2682</v>
+        <v>2693</v>
       </c>
       <c r="G291" t="s">
-        <v>2683</v>
+        <v>2694</v>
       </c>
       <c r="H291" t="s">
-        <v>2684</v>
+        <v>2695</v>
       </c>
       <c r="I291" t="s">
-        <v>2685</v>
+        <v>2696</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>47</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>48</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2686</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5796</v>
+        <v>5456</v>
       </c>
       <c r="B292" t="s">
-        <v>2687</v>
+        <v>2698</v>
       </c>
       <c r="C292" t="s">
-        <v>2688</v>
+        <v>2699</v>
       </c>
       <c r="D292" t="s">
-        <v>2689</v>
+        <v>2700</v>
       </c>
       <c r="E292" t="s">
-        <v>2690</v>
+        <v>2701</v>
       </c>
       <c r="F292" t="s">
-        <v>2691</v>
+        <v>2702</v>
       </c>
       <c r="G292" t="s">
-        <v>2692</v>
+        <v>2703</v>
       </c>
       <c r="H292" t="s">
-        <v>2693</v>
+        <v>2704</v>
       </c>
       <c r="I292" t="s">
-        <v>2694</v>
+        <v>2705</v>
       </c>
       <c r="J292" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K292" t="s">
-        <v>170</v>
+        <v>1478</v>
       </c>
       <c r="L292" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M292" t="s">
-        <v>171</v>
+        <v>1480</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2695</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5798</v>
+        <v>5470</v>
       </c>
       <c r="B293" t="s">
-        <v>2696</v>
+        <v>2707</v>
       </c>
       <c r="C293" t="s">
-        <v>2697</v>
+        <v>2708</v>
       </c>
       <c r="D293" t="s">
-        <v>2698</v>
+        <v>2709</v>
       </c>
       <c r="E293" t="s">
-        <v>2699</v>
+        <v>2710</v>
       </c>
       <c r="F293" t="s">
-        <v>2700</v>
+        <v>2711</v>
       </c>
       <c r="G293" t="s">
-        <v>2701</v>
+        <v>2712</v>
       </c>
       <c r="H293" t="s">
-        <v>2702</v>
+        <v>2713</v>
       </c>
       <c r="I293" t="s">
-        <v>2703</v>
+        <v>2714</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>170</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>171</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2704</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5799</v>
+        <v>5474</v>
       </c>
       <c r="B294" t="s">
-        <v>2705</v>
+        <v>2716</v>
       </c>
       <c r="C294" t="s">
-        <v>2706</v>
+        <v>2717</v>
       </c>
       <c r="D294" t="s">
-        <v>2707</v>
+        <v>2718</v>
       </c>
       <c r="E294" t="s">
-        <v>2708</v>
+        <v>2719</v>
       </c>
       <c r="F294" t="s">
-        <v>2709</v>
+        <v>2720</v>
       </c>
       <c r="G294" t="s">
-        <v>2710</v>
+        <v>2721</v>
       </c>
       <c r="H294" t="s">
-        <v>2711</v>
+        <v>2722</v>
       </c>
       <c r="I294" t="s">
-        <v>2712</v>
+        <v>2723</v>
       </c>
       <c r="J294" t="s">
-        <v>1876</v>
+        <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>903</v>
+        <v>25</v>
       </c>
       <c r="L294" t="s">
-        <v>1878</v>
+        <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>904</v>
+        <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2713</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5803</v>
+        <v>5475</v>
       </c>
       <c r="B295" t="s">
-        <v>2714</v>
+        <v>2725</v>
       </c>
       <c r="C295" t="s">
-        <v>2715</v>
+        <v>2726</v>
       </c>
       <c r="D295" t="s">
-        <v>2716</v>
+        <v>2727</v>
       </c>
       <c r="E295" t="s">
-        <v>2717</v>
+        <v>2728</v>
       </c>
       <c r="F295" t="s">
-        <v>2718</v>
+        <v>2729</v>
       </c>
       <c r="G295" t="s">
-        <v>2719</v>
+        <v>2730</v>
       </c>
       <c r="H295" t="s">
-        <v>2720</v>
+        <v>2731</v>
       </c>
       <c r="I295" t="s">
-        <v>2721</v>
+        <v>2732</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2722</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5805</v>
+        <v>5476</v>
       </c>
       <c r="B296" t="s">
-        <v>2723</v>
+        <v>2734</v>
       </c>
       <c r="C296" t="s">
-        <v>2724</v>
+        <v>2735</v>
       </c>
       <c r="D296" t="s">
-        <v>2725</v>
+        <v>2736</v>
       </c>
       <c r="E296" t="s">
-        <v>2726</v>
+        <v>2737</v>
       </c>
       <c r="F296" t="s">
-        <v>2727</v>
+        <v>2738</v>
       </c>
       <c r="G296" t="s">
-        <v>2728</v>
+        <v>2739</v>
       </c>
       <c r="H296" t="s">
-        <v>2729</v>
+        <v>2740</v>
       </c>
       <c r="I296" t="s">
-        <v>2730</v>
+        <v>2741</v>
       </c>
       <c r="J296" t="s">
-        <v>24</v>
+        <v>2742</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L296" t="s">
-        <v>26</v>
+        <v>2743</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2731</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5808</v>
+        <v>5478</v>
       </c>
       <c r="B297" t="s">
-        <v>2732</v>
+        <v>2745</v>
       </c>
       <c r="C297" t="s">
-        <v>2733</v>
+        <v>2746</v>
       </c>
       <c r="D297" t="s">
-        <v>2734</v>
+        <v>2747</v>
       </c>
       <c r="E297" t="s">
-        <v>2735</v>
+        <v>2748</v>
       </c>
       <c r="F297" t="s">
-        <v>2736</v>
+        <v>2749</v>
       </c>
       <c r="G297" t="s">
-        <v>2737</v>
+        <v>2750</v>
       </c>
       <c r="H297" t="s">
-        <v>2738</v>
+        <v>2751</v>
       </c>
       <c r="I297" t="s">
-        <v>2739</v>
+        <v>2752</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2740</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5811</v>
+        <v>5479</v>
       </c>
       <c r="B298" t="s">
-        <v>2741</v>
+        <v>2754</v>
       </c>
       <c r="C298" t="s">
-        <v>2742</v>
+        <v>2755</v>
       </c>
       <c r="D298" t="s">
-        <v>2743</v>
+        <v>2756</v>
       </c>
       <c r="E298" t="s">
-        <v>2744</v>
+        <v>2757</v>
       </c>
       <c r="F298" t="s">
-        <v>2745</v>
+        <v>2758</v>
       </c>
       <c r="G298" t="s">
-        <v>2746</v>
+        <v>2759</v>
       </c>
       <c r="H298" t="s">
-        <v>2747</v>
+        <v>2760</v>
       </c>
       <c r="I298" t="s">
-        <v>2748</v>
+        <v>2761</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2749</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5819</v>
+        <v>5482</v>
       </c>
       <c r="B299" t="s">
-        <v>2750</v>
+        <v>2763</v>
       </c>
       <c r="C299" t="s">
-        <v>2751</v>
+        <v>2764</v>
       </c>
       <c r="D299" t="s">
-        <v>2752</v>
+        <v>2765</v>
       </c>
       <c r="E299" t="s">
-        <v>2753</v>
+        <v>2766</v>
       </c>
       <c r="F299" t="s">
-        <v>2754</v>
+        <v>2767</v>
       </c>
       <c r="G299" t="s">
-        <v>2755</v>
+        <v>2768</v>
       </c>
       <c r="H299" t="s">
-        <v>2756</v>
+        <v>2769</v>
       </c>
       <c r="I299" t="s">
-        <v>2757</v>
+        <v>2770</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2758</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5830</v>
+        <v>5483</v>
       </c>
       <c r="B300" t="s">
-        <v>2759</v>
+        <v>2772</v>
       </c>
       <c r="C300" t="s">
-        <v>2760</v>
+        <v>2773</v>
       </c>
       <c r="D300" t="s">
-        <v>2761</v>
+        <v>2774</v>
       </c>
       <c r="E300" t="s">
-        <v>2762</v>
+        <v>2775</v>
       </c>
       <c r="F300" t="s">
-        <v>2763</v>
+        <v>2776</v>
       </c>
       <c r="G300" t="s">
-        <v>2764</v>
+        <v>2777</v>
       </c>
       <c r="H300" t="s">
-        <v>2765</v>
+        <v>2778</v>
       </c>
       <c r="I300" t="s">
-        <v>2766</v>
+        <v>2779</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2767</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5863</v>
+        <v>5485</v>
       </c>
       <c r="B301" t="s">
-        <v>2768</v>
+        <v>2781</v>
       </c>
       <c r="C301" t="s">
-        <v>2769</v>
+        <v>2782</v>
       </c>
       <c r="D301" t="s">
-        <v>2770</v>
+        <v>2783</v>
       </c>
       <c r="E301" t="s">
-        <v>2771</v>
+        <v>2784</v>
       </c>
       <c r="F301" t="s">
-        <v>2772</v>
+        <v>2785</v>
       </c>
       <c r="G301" t="s">
-        <v>2773</v>
+        <v>2786</v>
       </c>
       <c r="H301" t="s">
-        <v>2774</v>
+        <v>2787</v>
       </c>
       <c r="I301" t="s">
-        <v>2775</v>
+        <v>2788</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>2789</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>2790</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2776</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5866</v>
+        <v>5487</v>
       </c>
       <c r="B302" t="s">
-        <v>2777</v>
+        <v>2792</v>
       </c>
       <c r="C302" t="s">
-        <v>2778</v>
+        <v>2793</v>
       </c>
       <c r="D302" t="s">
-        <v>2779</v>
+        <v>2794</v>
       </c>
       <c r="E302" t="s">
-        <v>2780</v>
+        <v>2795</v>
       </c>
       <c r="F302" t="s">
-        <v>2781</v>
+        <v>2796</v>
       </c>
       <c r="G302" t="s">
-        <v>2782</v>
+        <v>2797</v>
       </c>
       <c r="H302" t="s">
-        <v>2783</v>
+        <v>2798</v>
       </c>
       <c r="I302" t="s">
-        <v>2784</v>
+        <v>2799</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>2800</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>2801</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2785</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5888</v>
+        <v>5488</v>
       </c>
       <c r="B303" t="s">
-        <v>2786</v>
+        <v>2803</v>
       </c>
       <c r="C303" t="s">
-        <v>2787</v>
+        <v>2804</v>
       </c>
       <c r="D303" t="s">
-        <v>2788</v>
+        <v>2805</v>
       </c>
       <c r="E303" t="s">
-        <v>2789</v>
+        <v>2806</v>
       </c>
       <c r="F303" t="s">
-        <v>2790</v>
+        <v>2807</v>
       </c>
       <c r="G303" t="s">
-        <v>2791</v>
+        <v>2808</v>
       </c>
       <c r="H303" t="s">
-        <v>2792</v>
+        <v>2809</v>
       </c>
       <c r="I303" t="s">
-        <v>2793</v>
+        <v>2810</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2794</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5889</v>
+        <v>5489</v>
       </c>
       <c r="B304" t="s">
-        <v>2795</v>
+        <v>2812</v>
       </c>
       <c r="C304" t="s">
-        <v>2796</v>
+        <v>2813</v>
       </c>
       <c r="D304" t="s">
-        <v>2797</v>
+        <v>2814</v>
       </c>
       <c r="E304" t="s">
-        <v>2798</v>
+        <v>2815</v>
       </c>
       <c r="F304" t="s">
-        <v>2799</v>
+        <v>2816</v>
       </c>
       <c r="G304" t="s">
-        <v>2800</v>
+        <v>2817</v>
       </c>
       <c r="H304" t="s">
-        <v>2801</v>
+        <v>2818</v>
       </c>
       <c r="I304" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>1268</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>1269</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2803</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5907</v>
+        <v>5490</v>
       </c>
       <c r="B305" t="s">
-        <v>2804</v>
+        <v>2821</v>
       </c>
       <c r="C305" t="s">
-        <v>2805</v>
+        <v>2822</v>
       </c>
       <c r="D305" t="s">
-        <v>2806</v>
+        <v>2823</v>
       </c>
       <c r="E305" t="s">
-        <v>2807</v>
+        <v>2824</v>
       </c>
       <c r="F305" t="s">
-        <v>2808</v>
+        <v>2825</v>
       </c>
       <c r="G305" t="s">
-        <v>2809</v>
+        <v>2826</v>
       </c>
       <c r="H305" t="s">
-        <v>2810</v>
+        <v>2827</v>
       </c>
       <c r="I305" t="s">
-        <v>2811</v>
+        <v>2828</v>
       </c>
       <c r="J305" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>2829</v>
       </c>
       <c r="L305" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>2830</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2812</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5913</v>
+        <v>5493</v>
       </c>
       <c r="B306" t="s">
-        <v>2813</v>
+        <v>2832</v>
       </c>
       <c r="C306" t="s">
-        <v>2814</v>
+        <v>2833</v>
       </c>
       <c r="D306" t="s">
-        <v>2815</v>
+        <v>2834</v>
       </c>
       <c r="E306" t="s">
-        <v>2816</v>
+        <v>2835</v>
       </c>
       <c r="F306" t="s">
-        <v>2817</v>
+        <v>2836</v>
       </c>
       <c r="G306" t="s">
-        <v>2818</v>
+        <v>2837</v>
       </c>
       <c r="H306" t="s">
-        <v>2819</v>
+        <v>2838</v>
       </c>
       <c r="I306" t="s">
-        <v>2820</v>
+        <v>2839</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2821</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5915</v>
+        <v>5495</v>
       </c>
       <c r="B307" t="s">
-        <v>2822</v>
+        <v>2841</v>
       </c>
       <c r="C307" t="s">
-        <v>2823</v>
+        <v>2842</v>
       </c>
       <c r="D307" t="s">
-        <v>2824</v>
+        <v>2843</v>
       </c>
       <c r="E307" t="s">
-        <v>2825</v>
+        <v>2844</v>
       </c>
       <c r="F307" t="s">
-        <v>2826</v>
+        <v>2845</v>
       </c>
       <c r="G307" t="s">
-        <v>2827</v>
+        <v>2846</v>
       </c>
       <c r="H307" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="I307" t="s">
-        <v>2829</v>
+        <v>2848</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2830</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5927</v>
+        <v>5496</v>
       </c>
       <c r="B308" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="C308" t="s">
-        <v>2832</v>
+        <v>2851</v>
       </c>
       <c r="D308" t="s">
-        <v>2833</v>
+        <v>2852</v>
       </c>
       <c r="E308" t="s">
-        <v>2834</v>
+        <v>2853</v>
       </c>
       <c r="F308" t="s">
-        <v>2835</v>
+        <v>2854</v>
       </c>
       <c r="G308" t="s">
-        <v>2836</v>
+        <v>2855</v>
       </c>
       <c r="H308" t="s">
-        <v>2837</v>
+        <v>2856</v>
       </c>
       <c r="I308" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>59</v>
+        <v>274</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>61</v>
+        <v>276</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5928</v>
+        <v>5499</v>
       </c>
       <c r="B309" t="s">
-        <v>2840</v>
+        <v>2859</v>
       </c>
       <c r="C309" t="s">
-        <v>2841</v>
+        <v>2860</v>
       </c>
       <c r="D309" t="s">
-        <v>2842</v>
+        <v>2861</v>
       </c>
       <c r="E309" t="s">
-        <v>2843</v>
+        <v>2862</v>
       </c>
       <c r="F309" t="s">
-        <v>2844</v>
+        <v>2863</v>
       </c>
       <c r="G309" t="s">
-        <v>2845</v>
+        <v>2864</v>
       </c>
       <c r="H309" t="s">
-        <v>2846</v>
+        <v>2865</v>
       </c>
       <c r="I309" t="s">
-        <v>2847</v>
+        <v>2866</v>
       </c>
       <c r="J309" t="s">
-        <v>2848</v>
+        <v>450</v>
       </c>
       <c r="K309" t="s">
-        <v>2849</v>
+        <v>2867</v>
       </c>
       <c r="L309" t="s">
-        <v>2850</v>
+        <v>452</v>
       </c>
       <c r="M309" t="s">
-        <v>2851</v>
+        <v>2868</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2852</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5931</v>
+        <v>5502</v>
       </c>
       <c r="B310" t="s">
-        <v>2853</v>
+        <v>2870</v>
       </c>
       <c r="C310" t="s">
-        <v>2854</v>
+        <v>2871</v>
       </c>
       <c r="D310" t="s">
-        <v>2855</v>
+        <v>2872</v>
       </c>
       <c r="E310" t="s">
-        <v>2856</v>
+        <v>2873</v>
       </c>
       <c r="F310" t="s">
-        <v>2857</v>
+        <v>2874</v>
       </c>
       <c r="G310" t="s">
-        <v>2858</v>
+        <v>2875</v>
       </c>
       <c r="H310" t="s">
-        <v>2859</v>
+        <v>2876</v>
       </c>
       <c r="I310" t="s">
-        <v>2860</v>
+        <v>2877</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2861</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5932</v>
+        <v>5503</v>
       </c>
       <c r="B311" t="s">
-        <v>2862</v>
+        <v>2879</v>
       </c>
       <c r="C311" t="s">
-        <v>2863</v>
+        <v>2880</v>
       </c>
       <c r="D311" t="s">
-        <v>2864</v>
+        <v>2881</v>
       </c>
       <c r="E311" t="s">
-        <v>2865</v>
+        <v>2882</v>
       </c>
       <c r="F311" t="s">
-        <v>2866</v>
+        <v>2883</v>
       </c>
       <c r="G311" t="s">
-        <v>2867</v>
+        <v>2884</v>
       </c>
       <c r="H311" t="s">
-        <v>2868</v>
+        <v>2885</v>
       </c>
       <c r="I311" t="s">
-        <v>2869</v>
+        <v>2886</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2870</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5934</v>
+        <v>5504</v>
       </c>
       <c r="B312" t="s">
-        <v>2871</v>
+        <v>2888</v>
       </c>
       <c r="C312" t="s">
-        <v>2872</v>
+        <v>2889</v>
       </c>
       <c r="D312" t="s">
-        <v>2873</v>
+        <v>2890</v>
       </c>
       <c r="E312" t="s">
-        <v>2874</v>
+        <v>2891</v>
       </c>
       <c r="F312" t="s">
-        <v>2875</v>
+        <v>2892</v>
       </c>
       <c r="G312" t="s">
-        <v>2876</v>
+        <v>2893</v>
       </c>
       <c r="H312" t="s">
-        <v>2877</v>
+        <v>2894</v>
       </c>
       <c r="I312" t="s">
-        <v>2878</v>
+        <v>2895</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2879</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5953</v>
+        <v>5507</v>
       </c>
       <c r="B313" t="s">
-        <v>2880</v>
+        <v>2897</v>
       </c>
       <c r="C313" t="s">
-        <v>2881</v>
+        <v>2898</v>
       </c>
       <c r="D313" t="s">
-        <v>2882</v>
+        <v>2899</v>
       </c>
       <c r="E313" t="s">
-        <v>2883</v>
+        <v>2900</v>
       </c>
       <c r="F313" t="s">
-        <v>2884</v>
+        <v>2901</v>
       </c>
       <c r="G313" t="s">
-        <v>2885</v>
+        <v>2902</v>
       </c>
       <c r="H313" t="s">
-        <v>2886</v>
+        <v>2903</v>
       </c>
       <c r="I313" t="s">
-        <v>2887</v>
+        <v>2904</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2888</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>5981</v>
+        <v>5509</v>
       </c>
       <c r="B314" t="s">
-        <v>2889</v>
+        <v>2906</v>
       </c>
       <c r="C314" t="s">
-        <v>2890</v>
+        <v>2907</v>
       </c>
       <c r="D314" t="s">
-        <v>2891</v>
+        <v>2908</v>
       </c>
       <c r="E314" t="s">
-        <v>2892</v>
+        <v>2909</v>
       </c>
       <c r="F314" t="s">
-        <v>2893</v>
+        <v>2910</v>
       </c>
       <c r="G314" t="s">
-        <v>2894</v>
+        <v>2911</v>
       </c>
       <c r="H314" t="s">
-        <v>2895</v>
+        <v>2912</v>
       </c>
       <c r="I314" t="s">
-        <v>2896</v>
+        <v>2913</v>
       </c>
       <c r="J314" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K314" t="s">
-        <v>2897</v>
+        <v>1230</v>
       </c>
       <c r="L314" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M314" t="s">
-        <v>2898</v>
+        <v>1231</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2899</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>5986</v>
+        <v>5511</v>
       </c>
       <c r="B315" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="C315" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
       <c r="D315" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="E315" t="s">
-        <v>2903</v>
+        <v>2918</v>
       </c>
       <c r="F315" t="s">
-        <v>2904</v>
+        <v>2919</v>
       </c>
       <c r="G315" t="s">
-        <v>2905</v>
+        <v>2920</v>
       </c>
       <c r="H315" t="s">
-        <v>2906</v>
+        <v>2921</v>
       </c>
       <c r="I315" t="s">
-        <v>2907</v>
+        <v>2922</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>170</v>
+        <v>2923</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>171</v>
+        <v>2924</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2908</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>5989</v>
+        <v>5512</v>
       </c>
       <c r="B316" t="s">
-        <v>2909</v>
+        <v>2926</v>
       </c>
       <c r="C316" t="s">
-        <v>2910</v>
+        <v>2927</v>
       </c>
       <c r="D316" t="s">
-        <v>2911</v>
+        <v>2928</v>
       </c>
       <c r="E316" t="s">
-        <v>2912</v>
+        <v>2929</v>
       </c>
       <c r="F316" t="s">
-        <v>2913</v>
+        <v>2930</v>
       </c>
       <c r="G316" t="s">
-        <v>2914</v>
+        <v>2931</v>
       </c>
       <c r="H316" t="s">
-        <v>2915</v>
+        <v>2932</v>
       </c>
       <c r="I316" t="s">
-        <v>2916</v>
+        <v>2933</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>2079</v>
+        <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>2080</v>
+        <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2917</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6018</v>
+        <v>5514</v>
       </c>
       <c r="B317" t="s">
-        <v>2918</v>
+        <v>2935</v>
       </c>
       <c r="C317" t="s">
-        <v>2919</v>
+        <v>2936</v>
       </c>
       <c r="D317" t="s">
-        <v>2920</v>
+        <v>2937</v>
       </c>
       <c r="E317" t="s">
-        <v>2921</v>
+        <v>2938</v>
       </c>
       <c r="F317" t="s">
-        <v>2922</v>
+        <v>2939</v>
       </c>
       <c r="G317" t="s">
-        <v>2923</v>
+        <v>2940</v>
       </c>
       <c r="H317" t="s">
-        <v>2924</v>
+        <v>2941</v>
       </c>
       <c r="I317" t="s">
-        <v>2925</v>
+        <v>2942</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2926</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6021</v>
+        <v>5516</v>
       </c>
       <c r="B318" t="s">
-        <v>2927</v>
+        <v>2944</v>
       </c>
       <c r="C318" t="s">
-        <v>2928</v>
+        <v>2945</v>
       </c>
       <c r="D318" t="s">
-        <v>2929</v>
+        <v>2946</v>
       </c>
       <c r="E318" t="s">
-        <v>2930</v>
+        <v>2947</v>
       </c>
       <c r="F318" t="s">
-        <v>2931</v>
+        <v>2948</v>
       </c>
       <c r="G318" t="s">
-        <v>2932</v>
+        <v>2949</v>
       </c>
       <c r="H318" t="s">
-        <v>2933</v>
+        <v>2950</v>
       </c>
       <c r="I318" t="s">
-        <v>2934</v>
+        <v>2951</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2935</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6076</v>
+        <v>5517</v>
       </c>
       <c r="B319" t="s">
-        <v>2936</v>
+        <v>2953</v>
       </c>
       <c r="C319" t="s">
-        <v>2937</v>
+        <v>2954</v>
       </c>
       <c r="D319" t="s">
-        <v>2938</v>
+        <v>2955</v>
       </c>
       <c r="E319" t="s">
-        <v>2939</v>
+        <v>2956</v>
       </c>
       <c r="F319" t="s">
-        <v>2940</v>
+        <v>2957</v>
       </c>
       <c r="G319" t="s">
-        <v>2941</v>
+        <v>2958</v>
       </c>
       <c r="H319" t="s">
-        <v>2942</v>
+        <v>2959</v>
       </c>
       <c r="I319" t="s">
-        <v>2943</v>
+        <v>2960</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2944</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6082</v>
+        <v>5518</v>
       </c>
       <c r="B320" t="s">
-        <v>2945</v>
+        <v>2962</v>
       </c>
       <c r="C320" t="s">
-        <v>2946</v>
+        <v>2963</v>
       </c>
       <c r="D320" t="s">
-        <v>2947</v>
+        <v>2964</v>
       </c>
       <c r="E320" t="s">
-        <v>2948</v>
+        <v>2965</v>
       </c>
       <c r="F320" t="s">
-        <v>2949</v>
+        <v>2966</v>
       </c>
       <c r="G320" t="s">
-        <v>2950</v>
+        <v>2967</v>
       </c>
       <c r="H320" t="s">
-        <v>2951</v>
+        <v>2968</v>
       </c>
       <c r="I320" t="s">
-        <v>2952</v>
+        <v>2969</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>578</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2953</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6093</v>
+        <v>5520</v>
       </c>
       <c r="B321" t="s">
-        <v>2954</v>
+        <v>2971</v>
       </c>
       <c r="C321" t="s">
-        <v>2955</v>
+        <v>2972</v>
       </c>
       <c r="D321" t="s">
-        <v>2956</v>
+        <v>2973</v>
       </c>
       <c r="E321" t="s">
-        <v>2957</v>
+        <v>2974</v>
       </c>
       <c r="F321" t="s">
-        <v>2958</v>
+        <v>2975</v>
       </c>
       <c r="G321" t="s">
-        <v>2959</v>
+        <v>2976</v>
       </c>
       <c r="H321" t="s">
-        <v>2960</v>
+        <v>2977</v>
       </c>
       <c r="I321" t="s">
-        <v>2961</v>
+        <v>2978</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>2962</v>
+        <v>1230</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
+      <c r="M321" t="s">
+        <v>1231</v>
+      </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2963</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6112</v>
+        <v>5545</v>
       </c>
       <c r="B322" t="s">
-        <v>2964</v>
+        <v>2980</v>
       </c>
       <c r="C322" t="s">
-        <v>2965</v>
+        <v>2981</v>
       </c>
       <c r="D322" t="s">
-        <v>2966</v>
+        <v>2982</v>
       </c>
       <c r="E322" t="s">
-        <v>2967</v>
+        <v>2983</v>
       </c>
       <c r="F322" t="s">
-        <v>2968</v>
+        <v>2984</v>
       </c>
       <c r="G322" t="s">
-        <v>2969</v>
+        <v>2985</v>
       </c>
       <c r="H322" t="s">
-        <v>2970</v>
+        <v>2986</v>
       </c>
       <c r="I322" t="s">
-        <v>2971</v>
+        <v>2987</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2972</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6179</v>
+        <v>5657</v>
       </c>
       <c r="B323" t="s">
-        <v>2973</v>
+        <v>2989</v>
       </c>
       <c r="C323" t="s">
-        <v>2974</v>
+        <v>2990</v>
       </c>
       <c r="D323" t="s">
-        <v>2975</v>
+        <v>2991</v>
       </c>
       <c r="E323" t="s">
-        <v>2976</v>
+        <v>2992</v>
       </c>
       <c r="F323" t="s">
-        <v>2977</v>
+        <v>2993</v>
       </c>
       <c r="G323" t="s">
-        <v>2978</v>
+        <v>2994</v>
       </c>
       <c r="H323" t="s">
-        <v>2979</v>
+        <v>2995</v>
       </c>
       <c r="I323" t="s">
-        <v>2980</v>
+        <v>2996</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
         <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
         <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2981</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6180</v>
+        <v>5733</v>
       </c>
       <c r="B324" t="s">
-        <v>2982</v>
+        <v>2998</v>
       </c>
       <c r="C324" t="s">
-        <v>2983</v>
+        <v>2999</v>
       </c>
       <c r="D324" t="s">
-        <v>2984</v>
+        <v>3000</v>
       </c>
       <c r="E324" t="s">
-        <v>2985</v>
+        <v>3001</v>
       </c>
       <c r="F324" t="s">
-        <v>2986</v>
+        <v>3002</v>
       </c>
       <c r="G324" t="s">
-        <v>2987</v>
+        <v>3003</v>
       </c>
       <c r="H324" t="s">
-        <v>2988</v>
+        <v>3004</v>
       </c>
       <c r="I324" t="s">
-        <v>2989</v>
+        <v>3005</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2990</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6203</v>
+        <v>5787</v>
       </c>
       <c r="B325" t="s">
-        <v>2991</v>
+        <v>3007</v>
       </c>
       <c r="C325" t="s">
-        <v>2992</v>
+        <v>3008</v>
       </c>
       <c r="D325" t="s">
-        <v>2993</v>
+        <v>3009</v>
       </c>
       <c r="E325" t="s">
-        <v>2994</v>
+        <v>3010</v>
       </c>
       <c r="F325" t="s">
-        <v>2995</v>
+        <v>3011</v>
       </c>
       <c r="G325" t="s">
-        <v>2996</v>
+        <v>3012</v>
       </c>
       <c r="H325" t="s">
-        <v>2997</v>
+        <v>3013</v>
       </c>
       <c r="I325" t="s">
-        <v>2998</v>
+        <v>3014</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2999</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6208</v>
+        <v>5792</v>
       </c>
       <c r="B326" t="s">
-        <v>3000</v>
+        <v>3016</v>
       </c>
       <c r="C326" t="s">
-        <v>3001</v>
+        <v>3017</v>
       </c>
       <c r="D326" t="s">
-        <v>3002</v>
+        <v>3018</v>
       </c>
       <c r="E326" t="s">
-        <v>3003</v>
+        <v>3019</v>
       </c>
       <c r="F326" t="s">
-        <v>3004</v>
+        <v>3020</v>
       </c>
       <c r="G326" t="s">
-        <v>3005</v>
+        <v>3021</v>
       </c>
       <c r="H326" t="s">
-        <v>3006</v>
+        <v>3022</v>
       </c>
       <c r="I326" t="s">
-        <v>3007</v>
+        <v>3023</v>
       </c>
       <c r="J326" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K326" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L326" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M326" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3008</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6211</v>
+        <v>5794</v>
       </c>
       <c r="B327" t="s">
-        <v>3009</v>
+        <v>3025</v>
       </c>
       <c r="C327" t="s">
-        <v>3010</v>
+        <v>3026</v>
       </c>
       <c r="D327" t="s">
-        <v>3011</v>
+        <v>3027</v>
       </c>
       <c r="E327" t="s">
-        <v>3012</v>
+        <v>3028</v>
       </c>
       <c r="F327" t="s">
-        <v>3013</v>
+        <v>3029</v>
       </c>
       <c r="G327" t="s">
-        <v>3014</v>
+        <v>3030</v>
       </c>
       <c r="H327" t="s">
-        <v>3015</v>
+        <v>3031</v>
       </c>
       <c r="I327" t="s">
-        <v>3016</v>
+        <v>3032</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3017</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6215</v>
+        <v>5795</v>
       </c>
       <c r="B328" t="s">
-        <v>3018</v>
+        <v>3034</v>
       </c>
       <c r="C328" t="s">
-        <v>3019</v>
+        <v>3035</v>
       </c>
       <c r="D328" t="s">
-        <v>3020</v>
+        <v>3036</v>
       </c>
       <c r="E328" t="s">
-        <v>3021</v>
+        <v>3037</v>
       </c>
       <c r="F328" t="s">
-        <v>3022</v>
+        <v>3038</v>
       </c>
       <c r="G328" t="s">
-        <v>3023</v>
+        <v>3039</v>
       </c>
       <c r="H328" t="s">
-        <v>3024</v>
+        <v>3040</v>
       </c>
       <c r="I328" t="s">
-        <v>3025</v>
+        <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3026</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6222</v>
+        <v>5796</v>
       </c>
       <c r="B329" t="s">
-        <v>3027</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3028</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3029</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3030</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3031</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3032</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3033</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3034</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
-        <v>2848</v>
+        <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>903</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
-        <v>2850</v>
+        <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>904</v>
+        <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3035</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6254</v>
+        <v>5798</v>
       </c>
       <c r="B330" t="s">
-        <v>3036</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3037</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3038</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3039</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3040</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3041</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3042</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3043</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3044</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6255</v>
+        <v>5799</v>
       </c>
       <c r="B331" t="s">
-        <v>3045</v>
+        <v>3061</v>
       </c>
       <c r="C331" t="s">
-        <v>3046</v>
+        <v>3062</v>
       </c>
       <c r="D331" t="s">
-        <v>3047</v>
+        <v>3063</v>
       </c>
       <c r="E331" t="s">
-        <v>3048</v>
+        <v>3064</v>
       </c>
       <c r="F331" t="s">
-        <v>3049</v>
+        <v>3065</v>
       </c>
       <c r="G331" t="s">
-        <v>3050</v>
+        <v>3066</v>
       </c>
       <c r="H331" t="s">
-        <v>3051</v>
+        <v>3067</v>
       </c>
       <c r="I331" t="s">
-        <v>3052</v>
+        <v>3068</v>
       </c>
       <c r="J331" t="s">
-        <v>24</v>
+        <v>2051</v>
       </c>
       <c r="K331" t="s">
-        <v>3053</v>
+        <v>905</v>
       </c>
       <c r="L331" t="s">
-        <v>26</v>
+        <v>2053</v>
       </c>
       <c r="M331" t="s">
-        <v>3054</v>
+        <v>906</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3055</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6258</v>
+        <v>5803</v>
       </c>
       <c r="B332" t="s">
-        <v>3056</v>
+        <v>3070</v>
       </c>
       <c r="C332" t="s">
-        <v>3057</v>
+        <v>3071</v>
       </c>
       <c r="D332" t="s">
-        <v>3058</v>
+        <v>3072</v>
       </c>
       <c r="E332" t="s">
-        <v>3059</v>
+        <v>3073</v>
       </c>
       <c r="F332" t="s">
-        <v>3060</v>
+        <v>3074</v>
       </c>
       <c r="G332" t="s">
-        <v>3061</v>
+        <v>3075</v>
       </c>
       <c r="H332" t="s">
-        <v>3062</v>
+        <v>3076</v>
       </c>
       <c r="I332" t="s">
-        <v>3063</v>
+        <v>3077</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3064</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6259</v>
+        <v>5805</v>
       </c>
       <c r="B333" t="s">
-        <v>3065</v>
+        <v>3079</v>
       </c>
       <c r="C333" t="s">
-        <v>3066</v>
+        <v>3080</v>
       </c>
       <c r="D333" t="s">
-        <v>3067</v>
+        <v>3081</v>
       </c>
       <c r="E333" t="s">
-        <v>3068</v>
+        <v>3082</v>
       </c>
       <c r="F333" t="s">
-        <v>3069</v>
+        <v>3083</v>
       </c>
       <c r="G333" t="s">
-        <v>3070</v>
+        <v>3084</v>
       </c>
       <c r="H333" t="s">
-        <v>3071</v>
+        <v>3085</v>
       </c>
       <c r="I333" t="s">
-        <v>3072</v>
+        <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3073</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6261</v>
+        <v>5808</v>
       </c>
       <c r="B334" t="s">
-        <v>3074</v>
+        <v>3088</v>
       </c>
       <c r="C334" t="s">
-        <v>3075</v>
+        <v>3089</v>
       </c>
       <c r="D334" t="s">
-        <v>3076</v>
+        <v>3090</v>
       </c>
       <c r="E334" t="s">
-        <v>3077</v>
+        <v>3091</v>
       </c>
       <c r="F334" t="s">
-        <v>3078</v>
+        <v>3092</v>
       </c>
       <c r="G334" t="s">
-        <v>3079</v>
+        <v>3093</v>
       </c>
       <c r="H334" t="s">
-        <v>3080</v>
+        <v>3094</v>
       </c>
       <c r="I334" t="s">
-        <v>3081</v>
+        <v>3095</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3082</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6263</v>
+        <v>5811</v>
       </c>
       <c r="B335" t="s">
-        <v>3083</v>
+        <v>3097</v>
       </c>
       <c r="C335" t="s">
-        <v>3084</v>
+        <v>3098</v>
       </c>
       <c r="D335" t="s">
-        <v>3085</v>
+        <v>3099</v>
       </c>
       <c r="E335" t="s">
-        <v>3086</v>
+        <v>3100</v>
       </c>
       <c r="F335" t="s">
-        <v>3087</v>
+        <v>3101</v>
       </c>
       <c r="G335" t="s">
-        <v>3088</v>
+        <v>3102</v>
       </c>
       <c r="H335" t="s">
-        <v>3089</v>
+        <v>3103</v>
       </c>
       <c r="I335" t="s">
-        <v>3090</v>
+        <v>3104</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3091</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6272</v>
+        <v>5819</v>
       </c>
       <c r="B336" t="s">
-        <v>3092</v>
+        <v>3106</v>
       </c>
       <c r="C336" t="s">
-        <v>3093</v>
+        <v>3107</v>
       </c>
       <c r="D336" t="s">
-        <v>3094</v>
+        <v>3108</v>
       </c>
       <c r="E336" t="s">
-        <v>3095</v>
+        <v>3109</v>
       </c>
       <c r="F336" t="s">
-        <v>3096</v>
+        <v>3110</v>
       </c>
       <c r="G336" t="s">
-        <v>3097</v>
+        <v>3111</v>
       </c>
       <c r="H336" t="s">
-        <v>3098</v>
+        <v>3112</v>
       </c>
       <c r="I336" t="s">
-        <v>3099</v>
+        <v>3113</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3100</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6274</v>
+        <v>5830</v>
       </c>
       <c r="B337" t="s">
-        <v>3101</v>
+        <v>3115</v>
       </c>
       <c r="C337" t="s">
-        <v>3102</v>
+        <v>3116</v>
       </c>
       <c r="D337" t="s">
-        <v>3103</v>
+        <v>3117</v>
       </c>
       <c r="E337" t="s">
-        <v>3104</v>
+        <v>3118</v>
       </c>
       <c r="F337" t="s">
-        <v>3105</v>
+        <v>3119</v>
       </c>
       <c r="G337" t="s">
-        <v>3106</v>
+        <v>3120</v>
       </c>
       <c r="H337" t="s">
-        <v>3107</v>
+        <v>3121</v>
       </c>
       <c r="I337" t="s">
-        <v>3108</v>
+        <v>3122</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3109</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6275</v>
+        <v>5863</v>
       </c>
       <c r="B338" t="s">
-        <v>3110</v>
+        <v>3124</v>
       </c>
       <c r="C338" t="s">
-        <v>3111</v>
+        <v>3125</v>
       </c>
       <c r="D338" t="s">
-        <v>3112</v>
+        <v>3126</v>
       </c>
       <c r="E338" t="s">
-        <v>3113</v>
+        <v>3127</v>
       </c>
       <c r="F338" t="s">
-        <v>3114</v>
+        <v>3128</v>
       </c>
       <c r="G338" t="s">
-        <v>3115</v>
+        <v>3129</v>
       </c>
       <c r="H338" t="s">
-        <v>3116</v>
+        <v>3130</v>
       </c>
       <c r="I338" t="s">
-        <v>3117</v>
+        <v>3131</v>
       </c>
       <c r="J338" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>1475</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>1477</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3118</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6327</v>
+        <v>5866</v>
       </c>
       <c r="B339" t="s">
-        <v>3119</v>
+        <v>3133</v>
       </c>
       <c r="C339" t="s">
-        <v>3120</v>
+        <v>3134</v>
       </c>
       <c r="D339" t="s">
-        <v>3121</v>
+        <v>3135</v>
       </c>
       <c r="E339" t="s">
-        <v>3122</v>
+        <v>3136</v>
       </c>
       <c r="F339" t="s">
-        <v>3123</v>
+        <v>3137</v>
       </c>
       <c r="G339" t="s">
-        <v>3124</v>
+        <v>3138</v>
       </c>
       <c r="H339" t="s">
-        <v>3125</v>
+        <v>3139</v>
       </c>
       <c r="I339" t="s">
-        <v>3126</v>
+        <v>3140</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3127</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6337</v>
+        <v>5886</v>
       </c>
       <c r="B340" t="s">
-        <v>3128</v>
+        <v>3142</v>
       </c>
       <c r="C340" t="s">
-        <v>3129</v>
+        <v>3143</v>
       </c>
       <c r="D340" t="s">
-        <v>3130</v>
+        <v>3144</v>
       </c>
       <c r="E340" t="s">
-        <v>3131</v>
+        <v>3145</v>
       </c>
       <c r="F340" t="s">
-        <v>3132</v>
+        <v>3146</v>
       </c>
       <c r="G340" t="s">
-        <v>3133</v>
+        <v>3147</v>
       </c>
       <c r="H340" t="s">
-        <v>3134</v>
+        <v>3148</v>
       </c>
       <c r="I340" t="s">
-        <v>3135</v>
+        <v>3149</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>47</v>
+        <v>905</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>48</v>
+        <v>906</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3136</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6361</v>
+        <v>5887</v>
       </c>
       <c r="B341" t="s">
-        <v>3137</v>
+        <v>3151</v>
       </c>
       <c r="C341" t="s">
-        <v>3138</v>
+        <v>3152</v>
       </c>
       <c r="D341" t="s">
-        <v>3139</v>
+        <v>3153</v>
       </c>
       <c r="E341" t="s">
-        <v>3140</v>
+        <v>3154</v>
       </c>
       <c r="F341" t="s">
-        <v>3141</v>
+        <v>3155</v>
       </c>
       <c r="G341" t="s">
-        <v>3142</v>
+        <v>3156</v>
       </c>
       <c r="H341" t="s">
-        <v>3143</v>
+        <v>3157</v>
       </c>
       <c r="I341" t="s">
-        <v>3144</v>
+        <v>3158</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3145</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6379</v>
+        <v>5888</v>
       </c>
       <c r="B342" t="s">
-        <v>3146</v>
+        <v>3160</v>
       </c>
       <c r="C342" t="s">
-        <v>3147</v>
+        <v>3161</v>
       </c>
       <c r="D342" t="s">
-        <v>3148</v>
+        <v>3162</v>
       </c>
       <c r="E342" t="s">
-        <v>3149</v>
+        <v>3163</v>
       </c>
       <c r="F342" t="s">
-        <v>3150</v>
+        <v>3164</v>
       </c>
       <c r="G342" t="s">
-        <v>3151</v>
+        <v>3165</v>
       </c>
       <c r="H342" t="s">
-        <v>3152</v>
+        <v>3166</v>
       </c>
       <c r="I342" t="s">
-        <v>3153</v>
+        <v>3167</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3154</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6454</v>
+        <v>5889</v>
       </c>
       <c r="B343" t="s">
-        <v>3155</v>
+        <v>3169</v>
       </c>
       <c r="C343" t="s">
-        <v>3156</v>
+        <v>3170</v>
       </c>
       <c r="D343" t="s">
-        <v>3157</v>
+        <v>3171</v>
       </c>
       <c r="E343" t="s">
-        <v>3158</v>
+        <v>3172</v>
       </c>
       <c r="F343" t="s">
-        <v>3159</v>
+        <v>3173</v>
       </c>
       <c r="G343" t="s">
-        <v>3160</v>
+        <v>3174</v>
       </c>
       <c r="H343" t="s">
-        <v>3161</v>
+        <v>3175</v>
       </c>
       <c r="I343" t="s">
-        <v>3162</v>
+        <v>3176</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3163</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6460</v>
+        <v>5907</v>
       </c>
       <c r="B344" t="s">
-        <v>3164</v>
+        <v>3178</v>
       </c>
       <c r="C344" t="s">
-        <v>3165</v>
+        <v>3179</v>
       </c>
       <c r="D344" t="s">
-        <v>3166</v>
+        <v>3180</v>
       </c>
       <c r="E344" t="s">
-        <v>3167</v>
+        <v>3181</v>
       </c>
       <c r="F344" t="s">
-        <v>3168</v>
+        <v>3182</v>
       </c>
       <c r="G344" t="s">
-        <v>3169</v>
+        <v>3183</v>
       </c>
       <c r="H344" t="s">
-        <v>3170</v>
+        <v>3184</v>
       </c>
       <c r="I344" t="s">
-        <v>3171</v>
+        <v>3185</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3172</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6468</v>
+        <v>5913</v>
       </c>
       <c r="B345" t="s">
-        <v>3173</v>
+        <v>3187</v>
       </c>
       <c r="C345" t="s">
-        <v>3174</v>
+        <v>3188</v>
       </c>
       <c r="D345" t="s">
-        <v>3175</v>
+        <v>3189</v>
       </c>
       <c r="E345" t="s">
-        <v>3176</v>
+        <v>3190</v>
       </c>
       <c r="F345" t="s">
-        <v>3177</v>
+        <v>3191</v>
       </c>
       <c r="G345" t="s">
-        <v>3178</v>
+        <v>3192</v>
       </c>
       <c r="H345" t="s">
-        <v>3179</v>
+        <v>3193</v>
       </c>
       <c r="I345" t="s">
-        <v>3180</v>
+        <v>3194</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3181</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6611</v>
+        <v>5915</v>
       </c>
       <c r="B346" t="s">
-        <v>3182</v>
+        <v>3196</v>
       </c>
       <c r="C346" t="s">
-        <v>3183</v>
+        <v>3197</v>
       </c>
       <c r="D346" t="s">
-        <v>3184</v>
+        <v>3198</v>
       </c>
       <c r="E346" t="s">
-        <v>3185</v>
+        <v>3199</v>
       </c>
       <c r="F346" t="s">
-        <v>3186</v>
+        <v>3200</v>
       </c>
       <c r="G346" t="s">
-        <v>3187</v>
+        <v>3201</v>
       </c>
       <c r="H346" t="s">
-        <v>3188</v>
+        <v>3202</v>
       </c>
       <c r="I346" t="s">
-        <v>3189</v>
+        <v>3203</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3190</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6615</v>
+        <v>5927</v>
       </c>
       <c r="B347" t="s">
-        <v>3191</v>
+        <v>3205</v>
       </c>
       <c r="C347" t="s">
-        <v>3192</v>
+        <v>3206</v>
       </c>
       <c r="D347" t="s">
-        <v>3193</v>
+        <v>3207</v>
       </c>
       <c r="E347" t="s">
-        <v>3194</v>
+        <v>3208</v>
       </c>
       <c r="F347" t="s">
-        <v>3195</v>
+        <v>3209</v>
       </c>
       <c r="G347" t="s">
-        <v>3196</v>
+        <v>3210</v>
       </c>
       <c r="H347" t="s">
-        <v>3197</v>
+        <v>3211</v>
       </c>
       <c r="I347" t="s">
-        <v>3198</v>
+        <v>3212</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3199</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6761</v>
+        <v>5928</v>
       </c>
       <c r="B348" t="s">
-        <v>3200</v>
+        <v>3214</v>
       </c>
       <c r="C348" t="s">
-        <v>3201</v>
+        <v>3215</v>
       </c>
       <c r="D348" t="s">
-        <v>3202</v>
+        <v>3216</v>
       </c>
       <c r="E348" t="s">
-        <v>3203</v>
+        <v>3217</v>
       </c>
       <c r="F348" t="s">
-        <v>3204</v>
+        <v>3218</v>
       </c>
       <c r="G348" t="s">
-        <v>3205</v>
+        <v>3219</v>
       </c>
       <c r="H348" t="s">
-        <v>3206</v>
+        <v>3220</v>
       </c>
       <c r="I348" t="s">
-        <v>3207</v>
+        <v>3221</v>
       </c>
       <c r="J348" t="s">
-        <v>24</v>
+        <v>3222</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>3223</v>
       </c>
       <c r="L348" t="s">
-        <v>26</v>
+        <v>3224</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>3225</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3208</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>6762</v>
+        <v>5931</v>
       </c>
       <c r="B349" t="s">
-        <v>3209</v>
+        <v>3227</v>
       </c>
       <c r="C349" t="s">
-        <v>3210</v>
+        <v>3228</v>
       </c>
       <c r="D349" t="s">
-        <v>3211</v>
+        <v>3229</v>
       </c>
       <c r="E349" t="s">
-        <v>3212</v>
+        <v>3230</v>
       </c>
       <c r="F349" t="s">
-        <v>3213</v>
+        <v>3231</v>
       </c>
       <c r="G349" t="s">
-        <v>3214</v>
+        <v>3232</v>
       </c>
       <c r="H349" t="s">
-        <v>3215</v>
+        <v>3233</v>
       </c>
       <c r="I349" t="s">
-        <v>3216</v>
+        <v>3234</v>
       </c>
       <c r="J349" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>688</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>689</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3217</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>6765</v>
+        <v>5932</v>
       </c>
       <c r="B350" t="s">
-        <v>3218</v>
+        <v>3236</v>
       </c>
       <c r="C350" t="s">
-        <v>3219</v>
+        <v>3237</v>
       </c>
       <c r="D350" t="s">
-        <v>3220</v>
+        <v>3238</v>
       </c>
       <c r="E350" t="s">
-        <v>3221</v>
+        <v>3239</v>
       </c>
       <c r="F350" t="s">
-        <v>3222</v>
+        <v>3240</v>
       </c>
       <c r="G350" t="s">
-        <v>3223</v>
+        <v>3241</v>
       </c>
       <c r="H350" t="s">
-        <v>3224</v>
+        <v>3242</v>
       </c>
       <c r="I350" t="s">
-        <v>3225</v>
+        <v>3243</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3226</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>6982</v>
+        <v>5934</v>
       </c>
       <c r="B351" t="s">
-        <v>3227</v>
+        <v>3245</v>
       </c>
       <c r="C351" t="s">
-        <v>3228</v>
+        <v>3246</v>
       </c>
       <c r="D351" t="s">
-        <v>3229</v>
+        <v>3247</v>
       </c>
       <c r="E351" t="s">
-        <v>3230</v>
+        <v>3248</v>
       </c>
       <c r="F351" t="s">
-        <v>3231</v>
+        <v>3249</v>
       </c>
       <c r="G351" t="s">
-        <v>3232</v>
+        <v>3250</v>
       </c>
       <c r="H351" t="s">
-        <v>3233</v>
+        <v>3251</v>
       </c>
       <c r="I351" t="s">
-        <v>3234</v>
+        <v>3252</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3235</v>
+        <v>170</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
+      <c r="M351" t="s">
+        <v>171</v>
+      </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3236</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8265</v>
+        <v>5936</v>
       </c>
       <c r="B352" t="s">
-        <v>3237</v>
+        <v>3254</v>
       </c>
       <c r="C352" t="s">
-        <v>3238</v>
+        <v>3255</v>
       </c>
       <c r="D352" t="s">
-        <v>3239</v>
+        <v>3256</v>
       </c>
       <c r="E352" t="s">
-        <v>3240</v>
+        <v>3257</v>
       </c>
       <c r="F352" t="s">
-        <v>3241</v>
+        <v>3258</v>
       </c>
       <c r="G352" t="s">
-        <v>3242</v>
+        <v>3259</v>
       </c>
       <c r="H352" t="s">
-        <v>3243</v>
+        <v>3260</v>
       </c>
       <c r="I352" t="s">
-        <v>3244</v>
+        <v>3261</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>3245</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>3246</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3247</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8289</v>
+        <v>5953</v>
       </c>
       <c r="B353" t="s">
-        <v>3248</v>
+        <v>3263</v>
       </c>
       <c r="C353" t="s">
-        <v>3249</v>
+        <v>3264</v>
       </c>
       <c r="D353" t="s">
-        <v>3250</v>
+        <v>3265</v>
       </c>
       <c r="E353" t="s">
-        <v>3251</v>
+        <v>3266</v>
       </c>
       <c r="F353" t="s">
-        <v>3252</v>
+        <v>3267</v>
       </c>
       <c r="G353" t="s">
-        <v>3253</v>
+        <v>3268</v>
       </c>
       <c r="H353" t="s">
-        <v>3254</v>
+        <v>3269</v>
       </c>
       <c r="I353" t="s">
-        <v>3255</v>
+        <v>3270</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>449</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>451</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3256</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8294</v>
+        <v>5976</v>
       </c>
       <c r="B354" t="s">
-        <v>3257</v>
+        <v>3272</v>
       </c>
       <c r="C354" t="s">
-        <v>3258</v>
+        <v>3273</v>
       </c>
       <c r="D354" t="s">
-        <v>3259</v>
+        <v>3274</v>
       </c>
       <c r="E354" t="s">
-        <v>3260</v>
+        <v>3275</v>
       </c>
       <c r="F354" t="s">
-        <v>3261</v>
+        <v>3276</v>
       </c>
       <c r="G354" t="s">
-        <v>3262</v>
+        <v>3277</v>
       </c>
       <c r="H354" t="s">
-        <v>3263</v>
+        <v>3278</v>
       </c>
       <c r="I354" t="s">
-        <v>3264</v>
+        <v>3279</v>
       </c>
       <c r="J354" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>744</v>
+        <v>1478</v>
       </c>
       <c r="L354" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>745</v>
+        <v>1480</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3265</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8315</v>
+        <v>5978</v>
       </c>
       <c r="B355" t="s">
-        <v>3266</v>
+        <v>3281</v>
       </c>
       <c r="C355" t="s">
-        <v>3267</v>
+        <v>3282</v>
       </c>
       <c r="D355" t="s">
-        <v>3268</v>
+        <v>3283</v>
       </c>
       <c r="E355" t="s">
-        <v>3269</v>
+        <v>3284</v>
       </c>
       <c r="F355" t="s">
-        <v>3270</v>
+        <v>3285</v>
       </c>
       <c r="G355" t="s">
-        <v>3271</v>
+        <v>3286</v>
       </c>
       <c r="H355" t="s">
-        <v>3272</v>
+        <v>3287</v>
       </c>
       <c r="I355" t="s">
-        <v>3273</v>
+        <v>3288</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3274</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8341</v>
+        <v>5981</v>
       </c>
       <c r="B356" t="s">
-        <v>3275</v>
+        <v>3290</v>
       </c>
       <c r="C356" t="s">
-        <v>3276</v>
+        <v>3291</v>
       </c>
       <c r="D356" t="s">
-        <v>3277</v>
+        <v>3292</v>
       </c>
       <c r="E356" t="s">
-        <v>3278</v>
+        <v>3293</v>
       </c>
       <c r="F356" t="s">
-        <v>3279</v>
+        <v>3294</v>
       </c>
       <c r="G356" t="s">
-        <v>3280</v>
+        <v>3295</v>
       </c>
       <c r="H356" t="s">
-        <v>3281</v>
+        <v>3296</v>
       </c>
       <c r="I356" t="s">
-        <v>3282</v>
+        <v>3297</v>
       </c>
       <c r="J356" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K356" t="s">
-        <v>170</v>
+        <v>3298</v>
       </c>
       <c r="L356" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M356" t="s">
-        <v>171</v>
+        <v>3299</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8343</v>
+        <v>5986</v>
       </c>
       <c r="B357" t="s">
-        <v>3284</v>
+        <v>3301</v>
       </c>
       <c r="C357" t="s">
-        <v>3285</v>
+        <v>3302</v>
       </c>
       <c r="D357" t="s">
-        <v>3286</v>
+        <v>3303</v>
       </c>
       <c r="E357" t="s">
-        <v>3287</v>
+        <v>3304</v>
       </c>
       <c r="F357" t="s">
-        <v>3288</v>
+        <v>3305</v>
       </c>
       <c r="G357" t="s">
-        <v>3289</v>
+        <v>3306</v>
       </c>
       <c r="H357" t="s">
-        <v>3290</v>
+        <v>3307</v>
       </c>
       <c r="I357" t="s">
-        <v>3291</v>
+        <v>3308</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3292</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8344</v>
+        <v>5989</v>
       </c>
       <c r="B358" t="s">
-        <v>3293</v>
+        <v>3310</v>
       </c>
       <c r="C358" t="s">
-        <v>3294</v>
+        <v>3311</v>
       </c>
       <c r="D358" t="s">
-        <v>3295</v>
+        <v>3312</v>
       </c>
       <c r="E358" t="s">
-        <v>3296</v>
+        <v>3313</v>
       </c>
       <c r="F358" t="s">
-        <v>3297</v>
+        <v>3314</v>
       </c>
       <c r="G358" t="s">
-        <v>3298</v>
+        <v>3315</v>
       </c>
       <c r="H358" t="s">
-        <v>3299</v>
+        <v>3316</v>
       </c>
       <c r="I358" t="s">
-        <v>3300</v>
+        <v>3317</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>170</v>
+        <v>2347</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>171</v>
+        <v>2348</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3301</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8355</v>
+        <v>6014</v>
       </c>
       <c r="B359" t="s">
-        <v>3302</v>
+        <v>3319</v>
       </c>
       <c r="C359" t="s">
-        <v>3303</v>
+        <v>3320</v>
       </c>
       <c r="D359" t="s">
-        <v>3304</v>
+        <v>3321</v>
       </c>
       <c r="E359" t="s">
-        <v>3305</v>
+        <v>3322</v>
       </c>
       <c r="F359" t="s">
-        <v>3306</v>
+        <v>3323</v>
       </c>
       <c r="G359" t="s">
-        <v>3307</v>
+        <v>3324</v>
       </c>
       <c r="H359" t="s">
-        <v>3308</v>
+        <v>3325</v>
       </c>
       <c r="I359" t="s">
-        <v>3309</v>
+        <v>3326</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>3310</v>
+        <v>59</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
+      <c r="M359" t="s">
+        <v>61</v>
+      </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3311</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8357</v>
+        <v>6017</v>
       </c>
       <c r="B360" t="s">
-        <v>3312</v>
+        <v>3328</v>
       </c>
       <c r="C360" t="s">
-        <v>3313</v>
+        <v>3329</v>
       </c>
       <c r="D360" t="s">
-        <v>3314</v>
+        <v>3330</v>
       </c>
       <c r="E360" t="s">
-        <v>3315</v>
+        <v>3331</v>
       </c>
       <c r="F360" t="s">
-        <v>3316</v>
+        <v>3332</v>
       </c>
       <c r="G360" t="s">
-        <v>3317</v>
+        <v>3333</v>
       </c>
       <c r="H360" t="s">
-        <v>3318</v>
+        <v>3334</v>
       </c>
       <c r="I360" t="s">
-        <v>3319</v>
+        <v>3335</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>3310</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
+      <c r="M360" t="s">
+        <v>27</v>
+      </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3320</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8377</v>
+        <v>6018</v>
       </c>
       <c r="B361" t="s">
-        <v>3321</v>
+        <v>3337</v>
       </c>
       <c r="C361" t="s">
-        <v>3322</v>
+        <v>3338</v>
       </c>
       <c r="D361" t="s">
-        <v>3323</v>
+        <v>3339</v>
       </c>
       <c r="E361" t="s">
-        <v>3324</v>
+        <v>3340</v>
       </c>
       <c r="F361" t="s">
-        <v>3325</v>
+        <v>3341</v>
       </c>
       <c r="G361" t="s">
-        <v>3326</v>
+        <v>3342</v>
       </c>
       <c r="H361" t="s">
-        <v>3327</v>
+        <v>3343</v>
       </c>
       <c r="I361" t="s">
-        <v>3328</v>
+        <v>3344</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3329</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8386</v>
+        <v>6021</v>
       </c>
       <c r="B362" t="s">
-        <v>3330</v>
+        <v>3346</v>
       </c>
       <c r="C362" t="s">
-        <v>3331</v>
+        <v>3347</v>
       </c>
       <c r="D362" t="s">
-        <v>3332</v>
+        <v>3348</v>
       </c>
       <c r="E362" t="s">
-        <v>3333</v>
+        <v>3349</v>
       </c>
       <c r="F362" t="s">
-        <v>3334</v>
+        <v>3350</v>
       </c>
       <c r="G362" t="s">
-        <v>3335</v>
+        <v>3351</v>
       </c>
       <c r="H362" t="s">
-        <v>3336</v>
+        <v>3352</v>
       </c>
       <c r="I362" t="s">
-        <v>3337</v>
+        <v>3353</v>
       </c>
       <c r="J362" t="s">
-        <v>1876</v>
+        <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
-        <v>1878</v>
+        <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3338</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8387</v>
+        <v>6076</v>
       </c>
       <c r="B363" t="s">
-        <v>3339</v>
+        <v>3355</v>
       </c>
       <c r="C363" t="s">
-        <v>3340</v>
+        <v>3356</v>
       </c>
       <c r="D363" t="s">
-        <v>3341</v>
+        <v>3357</v>
       </c>
       <c r="E363" t="s">
-        <v>3342</v>
+        <v>3358</v>
       </c>
       <c r="F363" t="s">
-        <v>3343</v>
+        <v>3359</v>
       </c>
       <c r="G363" t="s">
-        <v>3344</v>
+        <v>3360</v>
       </c>
       <c r="H363" t="s">
-        <v>3345</v>
+        <v>3361</v>
       </c>
       <c r="I363" t="s">
-        <v>3346</v>
+        <v>3362</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3347</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8388</v>
+        <v>6078</v>
       </c>
       <c r="B364" t="s">
-        <v>3348</v>
+        <v>3364</v>
       </c>
       <c r="C364" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
       <c r="D364" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="E364" t="s">
-        <v>3351</v>
+        <v>3367</v>
       </c>
       <c r="F364" t="s">
-        <v>3352</v>
+        <v>3368</v>
       </c>
       <c r="G364" t="s">
-        <v>3353</v>
+        <v>3369</v>
       </c>
       <c r="H364" t="s">
-        <v>3354</v>
+        <v>3370</v>
       </c>
       <c r="I364" t="s">
-        <v>3355</v>
+        <v>3371</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3356</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8392</v>
+        <v>6082</v>
       </c>
       <c r="B365" t="s">
-        <v>3357</v>
+        <v>3373</v>
       </c>
       <c r="C365" t="s">
-        <v>3358</v>
+        <v>3374</v>
       </c>
       <c r="D365" t="s">
-        <v>3359</v>
+        <v>3375</v>
       </c>
       <c r="E365" t="s">
-        <v>3360</v>
+        <v>3376</v>
       </c>
       <c r="F365" t="s">
-        <v>3361</v>
+        <v>3377</v>
       </c>
       <c r="G365" t="s">
-        <v>3362</v>
+        <v>3378</v>
       </c>
       <c r="H365" t="s">
-        <v>3363</v>
+        <v>3379</v>
       </c>
       <c r="I365" t="s">
-        <v>3364</v>
+        <v>3380</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>1877</v>
+        <v>580</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>1879</v>
+        <v>581</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3365</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8402</v>
+        <v>6093</v>
       </c>
       <c r="B366" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="C366" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
       <c r="D366" t="s">
-        <v>3368</v>
+        <v>3384</v>
       </c>
       <c r="E366" t="s">
-        <v>3369</v>
+        <v>3385</v>
       </c>
       <c r="F366" t="s">
-        <v>3370</v>
+        <v>3386</v>
       </c>
       <c r="G366" t="s">
-        <v>3371</v>
+        <v>3387</v>
       </c>
       <c r="H366" t="s">
-        <v>3372</v>
+        <v>3388</v>
       </c>
       <c r="I366" t="s">
-        <v>3373</v>
+        <v>3389</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3374</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8883</v>
+        <v>6112</v>
       </c>
       <c r="B367" t="s">
-        <v>3375</v>
+        <v>3391</v>
       </c>
       <c r="C367" t="s">
-        <v>3376</v>
+        <v>3392</v>
       </c>
       <c r="D367" t="s">
-        <v>3377</v>
+        <v>3393</v>
       </c>
       <c r="E367" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
       <c r="F367" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="G367" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="H367" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="I367" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3383</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8886</v>
+        <v>6179</v>
       </c>
       <c r="B368" t="s">
-        <v>3384</v>
+        <v>3400</v>
       </c>
       <c r="C368" t="s">
-        <v>3385</v>
+        <v>3401</v>
       </c>
       <c r="D368" t="s">
-        <v>3386</v>
+        <v>3402</v>
       </c>
       <c r="E368" t="s">
-        <v>3387</v>
+        <v>3403</v>
       </c>
       <c r="F368" t="s">
-        <v>3388</v>
+        <v>3404</v>
       </c>
       <c r="G368" t="s">
-        <v>3389</v>
+        <v>3405</v>
       </c>
       <c r="H368" t="s">
-        <v>3390</v>
+        <v>3406</v>
       </c>
       <c r="I368" t="s">
-        <v>3391</v>
+        <v>3407</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3392</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8902</v>
+        <v>6180</v>
       </c>
       <c r="B369" t="s">
-        <v>3393</v>
+        <v>3409</v>
       </c>
       <c r="C369" t="s">
-        <v>3394</v>
+        <v>3410</v>
       </c>
       <c r="D369" t="s">
-        <v>3395</v>
+        <v>3411</v>
       </c>
       <c r="E369" t="s">
-        <v>3396</v>
+        <v>3412</v>
       </c>
       <c r="F369" t="s">
-        <v>3397</v>
+        <v>3413</v>
       </c>
       <c r="G369" t="s">
-        <v>3398</v>
+        <v>3414</v>
       </c>
       <c r="H369" t="s">
-        <v>3399</v>
+        <v>3415</v>
       </c>
       <c r="I369" t="s">
-        <v>3400</v>
+        <v>3416</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3401</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8903</v>
+        <v>6203</v>
       </c>
       <c r="B370" t="s">
-        <v>3402</v>
+        <v>3418</v>
       </c>
       <c r="C370" t="s">
-        <v>3403</v>
+        <v>3419</v>
       </c>
       <c r="D370" t="s">
-        <v>3404</v>
+        <v>3420</v>
       </c>
       <c r="E370" t="s">
-        <v>3405</v>
+        <v>3421</v>
       </c>
       <c r="F370" t="s">
-        <v>3406</v>
+        <v>3422</v>
       </c>
       <c r="G370" t="s">
-        <v>3407</v>
+        <v>3423</v>
       </c>
       <c r="H370" t="s">
-        <v>3408</v>
+        <v>3424</v>
       </c>
       <c r="I370" t="s">
-        <v>3409</v>
+        <v>3425</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3410</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>8904</v>
+        <v>6208</v>
       </c>
       <c r="B371" t="s">
-        <v>3411</v>
+        <v>3427</v>
       </c>
       <c r="C371" t="s">
-        <v>3412</v>
+        <v>3428</v>
       </c>
       <c r="D371" t="s">
-        <v>3413</v>
+        <v>3429</v>
       </c>
       <c r="E371" t="s">
-        <v>3414</v>
+        <v>3430</v>
       </c>
       <c r="F371" t="s">
-        <v>3415</v>
+        <v>3431</v>
       </c>
       <c r="G371" t="s">
-        <v>3416</v>
+        <v>3432</v>
       </c>
       <c r="H371" t="s">
-        <v>3417</v>
+        <v>3433</v>
       </c>
       <c r="I371" t="s">
-        <v>3418</v>
+        <v>3434</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3419</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>8914</v>
+        <v>6211</v>
       </c>
       <c r="B372" t="s">
-        <v>3420</v>
+        <v>3436</v>
       </c>
       <c r="C372" t="s">
-        <v>3421</v>
+        <v>3437</v>
       </c>
       <c r="D372" t="s">
-        <v>3422</v>
+        <v>3438</v>
       </c>
       <c r="E372" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="F372" t="s">
-        <v>3424</v>
+        <v>3440</v>
       </c>
       <c r="G372" t="s">
-        <v>3425</v>
+        <v>3441</v>
       </c>
       <c r="H372" t="s">
-        <v>3426</v>
+        <v>3442</v>
       </c>
       <c r="I372" t="s">
-        <v>3427</v>
+        <v>3443</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3428</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>8918</v>
+        <v>6215</v>
       </c>
       <c r="B373" t="s">
-        <v>3429</v>
+        <v>3445</v>
       </c>
       <c r="C373" t="s">
-        <v>3430</v>
+        <v>3446</v>
       </c>
       <c r="D373" t="s">
-        <v>3431</v>
+        <v>3447</v>
       </c>
       <c r="E373" t="s">
-        <v>3432</v>
+        <v>3448</v>
       </c>
       <c r="F373" t="s">
-        <v>3433</v>
+        <v>3449</v>
       </c>
       <c r="G373" t="s">
-        <v>3434</v>
+        <v>3450</v>
       </c>
       <c r="H373" t="s">
-        <v>3435</v>
+        <v>3451</v>
       </c>
       <c r="I373" t="s">
-        <v>3436</v>
+        <v>3452</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3437</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>8945</v>
+        <v>6222</v>
       </c>
       <c r="B374" t="s">
-        <v>3438</v>
+        <v>3454</v>
       </c>
       <c r="C374" t="s">
-        <v>3439</v>
+        <v>3455</v>
       </c>
       <c r="D374" t="s">
-        <v>3440</v>
+        <v>3456</v>
       </c>
       <c r="E374" t="s">
-        <v>3441</v>
+        <v>3457</v>
       </c>
       <c r="F374" t="s">
-        <v>3442</v>
+        <v>3458</v>
       </c>
       <c r="G374" t="s">
-        <v>3443</v>
+        <v>3459</v>
       </c>
       <c r="H374" t="s">
-        <v>3444</v>
+        <v>3460</v>
       </c>
       <c r="I374" t="s">
-        <v>3445</v>
+        <v>3461</v>
       </c>
       <c r="J374" t="s">
-        <v>24</v>
+        <v>3222</v>
       </c>
       <c r="K374" t="s">
-        <v>47</v>
+        <v>905</v>
       </c>
       <c r="L374" t="s">
-        <v>26</v>
+        <v>3224</v>
       </c>
       <c r="M374" t="s">
-        <v>48</v>
+        <v>906</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3446</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>8950</v>
+        <v>6254</v>
       </c>
       <c r="B375" t="s">
-        <v>3447</v>
+        <v>3463</v>
       </c>
       <c r="C375" t="s">
-        <v>3448</v>
+        <v>3464</v>
       </c>
       <c r="D375" t="s">
-        <v>3449</v>
+        <v>3465</v>
       </c>
       <c r="E375" t="s">
-        <v>3450</v>
+        <v>3466</v>
       </c>
       <c r="F375" t="s">
-        <v>3451</v>
+        <v>3467</v>
       </c>
       <c r="G375" t="s">
-        <v>3452</v>
+        <v>3468</v>
       </c>
       <c r="H375" t="s">
-        <v>3453</v>
+        <v>3469</v>
       </c>
       <c r="I375" t="s">
-        <v>3454</v>
+        <v>3470</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3455</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>8951</v>
+        <v>6255</v>
       </c>
       <c r="B376" t="s">
-        <v>3456</v>
+        <v>3472</v>
       </c>
       <c r="C376" t="s">
-        <v>3457</v>
+        <v>3473</v>
       </c>
       <c r="D376" t="s">
-        <v>3458</v>
+        <v>3474</v>
       </c>
       <c r="E376" t="s">
-        <v>3459</v>
+        <v>3475</v>
       </c>
       <c r="F376" t="s">
-        <v>3460</v>
+        <v>3476</v>
       </c>
       <c r="G376" t="s">
-        <v>3461</v>
+        <v>3477</v>
       </c>
       <c r="H376" t="s">
-        <v>3462</v>
+        <v>3478</v>
       </c>
       <c r="I376" t="s">
-        <v>3463</v>
+        <v>3479</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>3480</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>3481</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3464</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>8959</v>
+        <v>6257</v>
       </c>
       <c r="B377" t="s">
-        <v>3465</v>
+        <v>3483</v>
       </c>
       <c r="C377" t="s">
-        <v>3466</v>
+        <v>3484</v>
       </c>
       <c r="D377" t="s">
-        <v>3467</v>
+        <v>3485</v>
       </c>
       <c r="E377" t="s">
-        <v>3468</v>
+        <v>3486</v>
       </c>
       <c r="F377" t="s">
-        <v>3469</v>
+        <v>3487</v>
       </c>
       <c r="G377" t="s">
-        <v>3470</v>
+        <v>3488</v>
       </c>
       <c r="H377" t="s">
-        <v>3471</v>
+        <v>3489</v>
       </c>
       <c r="I377" t="s">
-        <v>3472</v>
+        <v>3490</v>
       </c>
       <c r="J377" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K377" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L377" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M377" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3473</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>8964</v>
+        <v>6258</v>
       </c>
       <c r="B378" t="s">
-        <v>3474</v>
+        <v>3492</v>
       </c>
       <c r="C378" t="s">
-        <v>3475</v>
+        <v>3493</v>
       </c>
       <c r="D378" t="s">
-        <v>3476</v>
+        <v>3494</v>
       </c>
       <c r="E378" t="s">
-        <v>3477</v>
+        <v>3495</v>
       </c>
       <c r="F378" t="s">
-        <v>3478</v>
+        <v>3496</v>
       </c>
       <c r="G378" t="s">
-        <v>3479</v>
+        <v>3497</v>
       </c>
       <c r="H378" t="s">
-        <v>3480</v>
+        <v>3498</v>
       </c>
       <c r="I378" t="s">
-        <v>3481</v>
+        <v>3499</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>903</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>904</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3482</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10011</v>
+        <v>6259</v>
       </c>
       <c r="B379" t="s">
-        <v>3483</v>
+        <v>3501</v>
       </c>
       <c r="C379" t="s">
-        <v>3484</v>
+        <v>3502</v>
       </c>
       <c r="D379" t="s">
-        <v>3485</v>
+        <v>3503</v>
       </c>
       <c r="E379" t="s">
-        <v>3486</v>
+        <v>3504</v>
       </c>
       <c r="F379" t="s">
-        <v>3487</v>
+        <v>3505</v>
       </c>
       <c r="G379" t="s">
-        <v>3488</v>
+        <v>3506</v>
       </c>
       <c r="H379" t="s">
-        <v>3489</v>
+        <v>3507</v>
       </c>
       <c r="I379" t="s">
-        <v>3490</v>
+        <v>3508</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3491</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10014</v>
+        <v>6261</v>
       </c>
       <c r="B380" t="s">
-        <v>3492</v>
+        <v>3510</v>
       </c>
       <c r="C380" t="s">
-        <v>3493</v>
+        <v>3511</v>
       </c>
       <c r="D380" t="s">
-        <v>3494</v>
+        <v>3512</v>
       </c>
       <c r="E380" t="s">
-        <v>3495</v>
+        <v>3513</v>
       </c>
       <c r="F380" t="s">
-        <v>3496</v>
+        <v>3514</v>
       </c>
       <c r="G380" t="s">
-        <v>3497</v>
+        <v>3515</v>
       </c>
       <c r="H380" t="s">
-        <v>3498</v>
+        <v>3516</v>
       </c>
       <c r="I380" t="s">
-        <v>3499</v>
+        <v>3517</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>3500</v>
+        <v>47</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
+      <c r="M380" t="s">
+        <v>48</v>
+      </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3501</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10015</v>
+        <v>6263</v>
       </c>
       <c r="B381" t="s">
-        <v>3502</v>
+        <v>3519</v>
       </c>
       <c r="C381" t="s">
-        <v>3503</v>
+        <v>3520</v>
       </c>
       <c r="D381" t="s">
-        <v>3504</v>
+        <v>3521</v>
       </c>
       <c r="E381" t="s">
-        <v>3505</v>
+        <v>3522</v>
       </c>
       <c r="F381" t="s">
-        <v>3506</v>
+        <v>3523</v>
       </c>
       <c r="G381" t="s">
-        <v>3507</v>
+        <v>3524</v>
       </c>
       <c r="H381" t="s">
-        <v>3508</v>
+        <v>3525</v>
       </c>
       <c r="I381" t="s">
-        <v>3509</v>
+        <v>3526</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3510</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10036</v>
+        <v>6265</v>
       </c>
       <c r="B382" t="s">
-        <v>3511</v>
+        <v>3528</v>
       </c>
       <c r="C382" t="s">
-        <v>3512</v>
+        <v>3529</v>
       </c>
       <c r="D382" t="s">
-        <v>3513</v>
+        <v>3530</v>
       </c>
       <c r="E382" t="s">
-        <v>3514</v>
+        <v>3531</v>
       </c>
       <c r="F382" t="s">
-        <v>3515</v>
+        <v>3532</v>
       </c>
       <c r="G382" t="s">
-        <v>3516</v>
+        <v>3533</v>
       </c>
       <c r="H382" t="s">
-        <v>3517</v>
+        <v>3534</v>
       </c>
       <c r="I382" t="s">
-        <v>3518</v>
+        <v>3535</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3519</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10046</v>
+        <v>6270</v>
       </c>
       <c r="B383" t="s">
-        <v>3520</v>
+        <v>3537</v>
       </c>
       <c r="C383" t="s">
-        <v>3521</v>
+        <v>3538</v>
       </c>
       <c r="D383" t="s">
-        <v>3522</v>
+        <v>3539</v>
       </c>
       <c r="E383" t="s">
-        <v>3523</v>
+        <v>3540</v>
       </c>
       <c r="F383" t="s">
-        <v>3524</v>
+        <v>3541</v>
       </c>
       <c r="G383" t="s">
-        <v>3525</v>
+        <v>3542</v>
       </c>
       <c r="H383" t="s">
-        <v>3526</v>
+        <v>3543</v>
       </c>
       <c r="I383" t="s">
-        <v>3527</v>
+        <v>3544</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>273</v>
+        <v>451</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>274</v>
+        <v>453</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3528</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10098</v>
+        <v>6272</v>
       </c>
       <c r="B384" t="s">
-        <v>3529</v>
+        <v>3546</v>
       </c>
       <c r="C384" t="s">
-        <v>3530</v>
+        <v>3547</v>
       </c>
       <c r="D384" t="s">
-        <v>3531</v>
+        <v>3548</v>
       </c>
       <c r="E384" t="s">
-        <v>3532</v>
+        <v>3549</v>
       </c>
       <c r="F384" t="s">
-        <v>3533</v>
+        <v>3550</v>
       </c>
       <c r="G384" t="s">
-        <v>3534</v>
+        <v>3551</v>
       </c>
       <c r="H384" t="s">
-        <v>3535</v>
+        <v>3552</v>
       </c>
       <c r="I384" t="s">
-        <v>3536</v>
+        <v>3553</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3537</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10101</v>
+        <v>6274</v>
       </c>
       <c r="B385" t="s">
-        <v>3538</v>
+        <v>3555</v>
       </c>
       <c r="C385" t="s">
-        <v>3539</v>
+        <v>3556</v>
       </c>
       <c r="D385" t="s">
-        <v>3540</v>
+        <v>3557</v>
       </c>
       <c r="E385" t="s">
-        <v>3541</v>
+        <v>3558</v>
       </c>
       <c r="F385" t="s">
-        <v>3542</v>
+        <v>3559</v>
       </c>
       <c r="G385" t="s">
-        <v>3543</v>
+        <v>3560</v>
       </c>
       <c r="H385" t="s">
-        <v>3544</v>
+        <v>3561</v>
       </c>
       <c r="I385" t="s">
-        <v>3545</v>
+        <v>3562</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3546</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10412</v>
+        <v>6275</v>
       </c>
       <c r="B386" t="s">
-        <v>3547</v>
+        <v>3564</v>
       </c>
       <c r="C386" t="s">
-        <v>3548</v>
+        <v>3565</v>
       </c>
       <c r="D386" t="s">
-        <v>3549</v>
+        <v>3566</v>
       </c>
       <c r="E386" t="s">
-        <v>3550</v>
+        <v>3567</v>
       </c>
       <c r="F386" t="s">
-        <v>3551</v>
+        <v>3568</v>
       </c>
       <c r="G386" t="s">
-        <v>3552</v>
+        <v>3569</v>
       </c>
       <c r="H386" t="s">
-        <v>3553</v>
+        <v>3570</v>
       </c>
       <c r="I386" t="s">
-        <v>3554</v>
+        <v>3571</v>
       </c>
       <c r="J386" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K386" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L386" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M386" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3555</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10603</v>
+        <v>6327</v>
       </c>
       <c r="B387" t="s">
-        <v>3556</v>
+        <v>3573</v>
       </c>
       <c r="C387" t="s">
-        <v>3557</v>
+        <v>3574</v>
       </c>
       <c r="D387" t="s">
-        <v>3558</v>
+        <v>3575</v>
       </c>
       <c r="E387" t="s">
-        <v>3559</v>
+        <v>3576</v>
       </c>
       <c r="F387" t="s">
-        <v>3560</v>
+        <v>3577</v>
       </c>
       <c r="G387" t="s">
-        <v>3561</v>
+        <v>3578</v>
       </c>
       <c r="H387" t="s">
-        <v>3562</v>
+        <v>3579</v>
       </c>
       <c r="I387" t="s">
-        <v>3563</v>
+        <v>3580</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3564</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10635</v>
+        <v>6331</v>
       </c>
       <c r="B388" t="s">
-        <v>3565</v>
+        <v>3582</v>
       </c>
       <c r="C388" t="s">
-        <v>3566</v>
+        <v>3583</v>
       </c>
       <c r="D388" t="s">
-        <v>3567</v>
+        <v>3584</v>
       </c>
       <c r="E388" t="s">
-        <v>3568</v>
+        <v>3585</v>
       </c>
       <c r="F388" t="s">
-        <v>3569</v>
+        <v>3586</v>
       </c>
       <c r="G388" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="H388" t="s">
-        <v>3571</v>
+        <v>3588</v>
       </c>
       <c r="I388" t="s">
-        <v>3572</v>
+        <v>3589</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3573</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10639</v>
+        <v>6337</v>
       </c>
       <c r="B389" t="s">
-        <v>3574</v>
+        <v>3591</v>
       </c>
       <c r="C389" t="s">
-        <v>3575</v>
+        <v>3592</v>
       </c>
       <c r="D389" t="s">
-        <v>3576</v>
+        <v>3593</v>
       </c>
       <c r="E389" t="s">
-        <v>3577</v>
+        <v>3594</v>
       </c>
       <c r="F389" t="s">
-        <v>3578</v>
+        <v>3595</v>
       </c>
       <c r="G389" t="s">
-        <v>3579</v>
+        <v>3596</v>
       </c>
       <c r="H389" t="s">
-        <v>3580</v>
+        <v>3597</v>
       </c>
       <c r="I389" t="s">
-        <v>3581</v>
+        <v>3598</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3582</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>10647</v>
+        <v>6361</v>
       </c>
       <c r="B390" t="s">
-        <v>3583</v>
+        <v>3600</v>
       </c>
       <c r="C390" t="s">
-        <v>3584</v>
+        <v>3601</v>
       </c>
       <c r="D390" t="s">
-        <v>3585</v>
+        <v>3602</v>
       </c>
       <c r="E390" t="s">
-        <v>3586</v>
+        <v>3603</v>
       </c>
       <c r="F390" t="s">
-        <v>3587</v>
+        <v>3604</v>
       </c>
       <c r="G390" t="s">
-        <v>3588</v>
+        <v>3605</v>
       </c>
       <c r="H390" t="s">
-        <v>3589</v>
+        <v>3606</v>
       </c>
       <c r="I390" t="s">
-        <v>3590</v>
+        <v>3607</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3591</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>10887</v>
+        <v>6379</v>
       </c>
       <c r="B391" t="s">
-        <v>3592</v>
+        <v>3609</v>
       </c>
       <c r="C391" t="s">
-        <v>3593</v>
+        <v>3610</v>
       </c>
       <c r="D391" t="s">
-        <v>3594</v>
+        <v>3611</v>
       </c>
       <c r="E391" t="s">
-        <v>3595</v>
+        <v>3612</v>
       </c>
       <c r="F391" t="s">
-        <v>3596</v>
+        <v>3613</v>
       </c>
       <c r="G391" t="s">
-        <v>3597</v>
+        <v>3614</v>
       </c>
       <c r="H391" t="s">
-        <v>3598</v>
+        <v>3615</v>
       </c>
       <c r="I391" t="s">
-        <v>3599</v>
+        <v>3616</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3600</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>10925</v>
+        <v>6389</v>
       </c>
       <c r="B392" t="s">
-        <v>3601</v>
+        <v>3618</v>
       </c>
       <c r="C392" t="s">
-        <v>3602</v>
+        <v>3619</v>
       </c>
       <c r="D392" t="s">
-        <v>3603</v>
+        <v>3620</v>
       </c>
       <c r="E392" t="s">
-        <v>3604</v>
+        <v>3621</v>
       </c>
       <c r="F392" t="s">
-        <v>3605</v>
+        <v>3622</v>
       </c>
       <c r="G392" t="s">
-        <v>3606</v>
+        <v>3623</v>
       </c>
       <c r="H392" t="s">
-        <v>3607</v>
+        <v>3624</v>
       </c>
       <c r="I392" t="s">
-        <v>3608</v>
+        <v>3625</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3609</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>10927</v>
+        <v>6454</v>
       </c>
       <c r="B393" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="C393" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="D393" t="s">
-        <v>3612</v>
+        <v>3629</v>
       </c>
       <c r="E393" t="s">
-        <v>3613</v>
+        <v>3630</v>
       </c>
       <c r="F393" t="s">
-        <v>3614</v>
+        <v>3631</v>
       </c>
       <c r="G393" t="s">
-        <v>3615</v>
+        <v>3632</v>
       </c>
       <c r="H393" t="s">
-        <v>3616</v>
+        <v>3633</v>
       </c>
       <c r="I393" t="s">
-        <v>3617</v>
+        <v>3634</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3618</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>10930</v>
+        <v>6460</v>
       </c>
       <c r="B394" t="s">
-        <v>3619</v>
+        <v>3636</v>
       </c>
       <c r="C394" t="s">
-        <v>3620</v>
+        <v>3637</v>
       </c>
       <c r="D394" t="s">
-        <v>3621</v>
+        <v>3638</v>
       </c>
       <c r="E394" t="s">
-        <v>3622</v>
+        <v>3639</v>
       </c>
       <c r="F394" t="s">
-        <v>3623</v>
+        <v>3640</v>
       </c>
       <c r="G394" t="s">
-        <v>3624</v>
+        <v>3641</v>
       </c>
       <c r="H394" t="s">
-        <v>3625</v>
+        <v>3642</v>
       </c>
       <c r="I394" t="s">
-        <v>3626</v>
+        <v>3643</v>
       </c>
       <c r="J394" t="s">
-        <v>1474</v>
+        <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
-        <v>1476</v>
+        <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3627</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>10945</v>
+        <v>6468</v>
       </c>
       <c r="B395" t="s">
-        <v>3628</v>
+        <v>3645</v>
       </c>
       <c r="C395" t="s">
-        <v>3629</v>
+        <v>3646</v>
       </c>
       <c r="D395" t="s">
-        <v>3630</v>
+        <v>3647</v>
       </c>
       <c r="E395" t="s">
-        <v>3631</v>
+        <v>3648</v>
       </c>
       <c r="F395" t="s">
-        <v>3632</v>
+        <v>3649</v>
       </c>
       <c r="G395" t="s">
-        <v>3633</v>
+        <v>3650</v>
       </c>
       <c r="H395" t="s">
-        <v>3634</v>
+        <v>3651</v>
       </c>
       <c r="I395" t="s">
-        <v>3635</v>
+        <v>3652</v>
       </c>
       <c r="J395" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>744</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>745</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3636</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>10947</v>
+        <v>6611</v>
       </c>
       <c r="B396" t="s">
-        <v>3637</v>
+        <v>3654</v>
       </c>
       <c r="C396" t="s">
-        <v>3638</v>
+        <v>3655</v>
       </c>
       <c r="D396" t="s">
-        <v>3639</v>
+        <v>3656</v>
       </c>
       <c r="E396" t="s">
-        <v>3640</v>
+        <v>3657</v>
       </c>
       <c r="F396" t="s">
-        <v>3641</v>
+        <v>3658</v>
       </c>
       <c r="G396" t="s">
-        <v>3642</v>
+        <v>3659</v>
       </c>
       <c r="H396" t="s">
-        <v>3643</v>
+        <v>3660</v>
       </c>
       <c r="I396" t="s">
-        <v>3644</v>
+        <v>3661</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3645</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>10948</v>
+        <v>6615</v>
       </c>
       <c r="B397" t="s">
-        <v>3646</v>
+        <v>3663</v>
       </c>
       <c r="C397" t="s">
-        <v>3647</v>
+        <v>3664</v>
       </c>
       <c r="D397" t="s">
-        <v>3648</v>
+        <v>3665</v>
       </c>
       <c r="E397" t="s">
-        <v>3649</v>
+        <v>3666</v>
       </c>
       <c r="F397" t="s">
-        <v>3650</v>
+        <v>3667</v>
       </c>
       <c r="G397" t="s">
-        <v>3651</v>
+        <v>3668</v>
       </c>
       <c r="H397" t="s">
-        <v>3652</v>
+        <v>3669</v>
       </c>
       <c r="I397" t="s">
-        <v>3653</v>
+        <v>3670</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3654</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>10950</v>
+        <v>6761</v>
       </c>
       <c r="B398" t="s">
-        <v>3655</v>
+        <v>3672</v>
       </c>
       <c r="C398" t="s">
-        <v>3656</v>
+        <v>3673</v>
       </c>
       <c r="D398" t="s">
-        <v>3657</v>
+        <v>3674</v>
       </c>
       <c r="E398" t="s">
-        <v>3658</v>
+        <v>3675</v>
       </c>
       <c r="F398" t="s">
-        <v>3659</v>
+        <v>3676</v>
       </c>
       <c r="G398" t="s">
-        <v>3660</v>
+        <v>3677</v>
       </c>
       <c r="H398" t="s">
-        <v>3661</v>
+        <v>3678</v>
       </c>
       <c r="I398" t="s">
-        <v>3662</v>
+        <v>3679</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3663</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
+      <c r="M398" t="s">
+        <v>27</v>
+      </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3664</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>10951</v>
+        <v>6762</v>
       </c>
       <c r="B399" t="s">
-        <v>3665</v>
+        <v>3681</v>
       </c>
       <c r="C399" t="s">
-        <v>3666</v>
+        <v>3682</v>
       </c>
       <c r="D399" t="s">
-        <v>3667</v>
+        <v>3683</v>
       </c>
       <c r="E399" t="s">
-        <v>3668</v>
+        <v>3684</v>
       </c>
       <c r="F399" t="s">
-        <v>3669</v>
+        <v>3685</v>
       </c>
       <c r="G399" t="s">
-        <v>3670</v>
+        <v>3686</v>
       </c>
       <c r="H399" t="s">
-        <v>3671</v>
+        <v>3687</v>
       </c>
       <c r="I399" t="s">
-        <v>3672</v>
+        <v>3688</v>
       </c>
       <c r="J399" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K399" t="s">
-        <v>47</v>
+        <v>690</v>
       </c>
       <c r="L399" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M399" t="s">
-        <v>48</v>
+        <v>691</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3673</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>11000</v>
+        <v>6765</v>
       </c>
       <c r="B400" t="s">
-        <v>3674</v>
+        <v>3690</v>
       </c>
       <c r="C400" t="s">
-        <v>3675</v>
+        <v>3691</v>
       </c>
       <c r="D400" t="s">
-        <v>3676</v>
+        <v>3692</v>
       </c>
       <c r="E400" t="s">
-        <v>3677</v>
+        <v>3693</v>
       </c>
       <c r="F400" t="s">
-        <v>3678</v>
+        <v>3694</v>
       </c>
       <c r="G400" t="s">
-        <v>3679</v>
+        <v>3695</v>
       </c>
       <c r="H400" t="s">
-        <v>3680</v>
+        <v>3696</v>
       </c>
       <c r="I400" t="s">
-        <v>3681</v>
+        <v>3697</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3682</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>11161</v>
+        <v>6820</v>
       </c>
       <c r="B401" t="s">
-        <v>3683</v>
+        <v>3699</v>
       </c>
       <c r="C401" t="s">
-        <v>3684</v>
+        <v>3700</v>
       </c>
       <c r="D401" t="s">
-        <v>3685</v>
+        <v>3701</v>
       </c>
       <c r="E401" t="s">
-        <v>3686</v>
+        <v>3702</v>
       </c>
       <c r="F401" t="s">
-        <v>3687</v>
+        <v>3703</v>
       </c>
       <c r="G401" t="s">
-        <v>3688</v>
+        <v>3704</v>
       </c>
       <c r="H401" t="s">
-        <v>3689</v>
+        <v>3705</v>
       </c>
       <c r="I401" t="s">
-        <v>3690</v>
+        <v>3706</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>1475</v>
+        <v>1230</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>1477</v>
+        <v>1231</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3691</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>11169</v>
+        <v>6982</v>
       </c>
       <c r="B402" t="s">
-        <v>3692</v>
+        <v>3708</v>
       </c>
       <c r="C402" t="s">
-        <v>3693</v>
+        <v>3709</v>
       </c>
       <c r="D402" t="s">
-        <v>3694</v>
+        <v>3710</v>
       </c>
       <c r="E402" t="s">
-        <v>3695</v>
+        <v>3711</v>
       </c>
       <c r="F402" t="s">
-        <v>3696</v>
+        <v>3712</v>
       </c>
       <c r="G402" t="s">
-        <v>3697</v>
+        <v>3713</v>
       </c>
       <c r="H402" t="s">
-        <v>3698</v>
+        <v>3714</v>
       </c>
       <c r="I402" t="s">
-        <v>3699</v>
+        <v>3715</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>59</v>
+        <v>3716</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>61</v>
+        <v>3717</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3700</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>11220</v>
+        <v>8265</v>
       </c>
       <c r="B403" t="s">
-        <v>3701</v>
+        <v>3719</v>
       </c>
       <c r="C403" t="s">
-        <v>3702</v>
+        <v>3720</v>
       </c>
       <c r="D403" t="s">
-        <v>3703</v>
+        <v>3721</v>
       </c>
       <c r="E403" t="s">
-        <v>3704</v>
+        <v>3722</v>
       </c>
       <c r="F403" t="s">
-        <v>3705</v>
+        <v>3723</v>
       </c>
       <c r="G403" t="s">
-        <v>3706</v>
+        <v>3724</v>
       </c>
       <c r="H403" t="s">
-        <v>3707</v>
+        <v>3725</v>
       </c>
       <c r="I403" t="s">
-        <v>3708</v>
+        <v>3726</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>688</v>
+        <v>3727</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>689</v>
+        <v>3728</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3709</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>11231</v>
+        <v>8289</v>
       </c>
       <c r="B404" t="s">
-        <v>3710</v>
+        <v>3730</v>
       </c>
       <c r="C404" t="s">
-        <v>3711</v>
+        <v>3731</v>
       </c>
       <c r="D404" t="s">
-        <v>3712</v>
+        <v>3732</v>
       </c>
       <c r="E404" t="s">
-        <v>3713</v>
+        <v>3733</v>
       </c>
       <c r="F404" t="s">
-        <v>3714</v>
+        <v>3734</v>
       </c>
       <c r="G404" t="s">
-        <v>3715</v>
+        <v>3735</v>
       </c>
       <c r="H404" t="s">
-        <v>3716</v>
+        <v>3736</v>
       </c>
       <c r="I404" t="s">
-        <v>3717</v>
+        <v>3737</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3718</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>11249</v>
+        <v>8294</v>
       </c>
       <c r="B405" t="s">
-        <v>3719</v>
+        <v>3739</v>
       </c>
       <c r="C405" t="s">
-        <v>3720</v>
+        <v>3740</v>
       </c>
       <c r="D405" t="s">
-        <v>3721</v>
+        <v>3741</v>
       </c>
       <c r="E405" t="s">
-        <v>3722</v>
+        <v>3742</v>
       </c>
       <c r="F405" t="s">
-        <v>3723</v>
+        <v>3743</v>
       </c>
       <c r="G405" t="s">
-        <v>3724</v>
+        <v>3744</v>
       </c>
       <c r="H405" t="s">
-        <v>3725</v>
+        <v>3745</v>
       </c>
       <c r="I405" t="s">
-        <v>3726</v>
+        <v>3746</v>
       </c>
       <c r="J405" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K405" t="s">
-        <v>47</v>
+        <v>746</v>
       </c>
       <c r="L405" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M405" t="s">
-        <v>48</v>
+        <v>747</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3727</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>11251</v>
+        <v>8315</v>
       </c>
       <c r="B406" t="s">
-        <v>3728</v>
+        <v>3748</v>
       </c>
       <c r="C406" t="s">
-        <v>3729</v>
+        <v>3749</v>
       </c>
       <c r="D406" t="s">
-        <v>3730</v>
+        <v>3750</v>
       </c>
       <c r="E406" t="s">
-        <v>3731</v>
+        <v>3751</v>
       </c>
       <c r="F406" t="s">
-        <v>3732</v>
+        <v>3752</v>
       </c>
       <c r="G406" t="s">
-        <v>3733</v>
+        <v>3753</v>
       </c>
       <c r="H406" t="s">
-        <v>3734</v>
+        <v>3754</v>
       </c>
       <c r="I406" t="s">
-        <v>3735</v>
+        <v>3755</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>3310</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
+      <c r="M406" t="s">
+        <v>27</v>
+      </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3736</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>11256</v>
+        <v>8341</v>
       </c>
       <c r="B407" t="s">
-        <v>3737</v>
+        <v>3757</v>
       </c>
       <c r="C407" t="s">
-        <v>3738</v>
+        <v>3758</v>
       </c>
       <c r="D407" t="s">
-        <v>3739</v>
+        <v>3759</v>
       </c>
       <c r="E407" t="s">
-        <v>3740</v>
+        <v>3760</v>
       </c>
       <c r="F407" t="s">
-        <v>3741</v>
+        <v>3761</v>
       </c>
       <c r="G407" t="s">
-        <v>3742</v>
+        <v>3762</v>
       </c>
       <c r="H407" t="s">
-        <v>3743</v>
+        <v>3763</v>
       </c>
       <c r="I407" t="s">
-        <v>3744</v>
+        <v>3764</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
         <v>170</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
         <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3745</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>11287</v>
+        <v>8343</v>
       </c>
       <c r="B408" t="s">
-        <v>3746</v>
+        <v>3766</v>
       </c>
       <c r="C408" t="s">
-        <v>3747</v>
+        <v>3767</v>
       </c>
       <c r="D408" t="s">
-        <v>3748</v>
+        <v>3768</v>
       </c>
       <c r="E408" t="s">
-        <v>3749</v>
+        <v>3769</v>
       </c>
       <c r="F408" t="s">
-        <v>3750</v>
+        <v>3770</v>
       </c>
       <c r="G408" t="s">
-        <v>3751</v>
+        <v>3771</v>
       </c>
       <c r="H408" t="s">
-        <v>3752</v>
+        <v>3772</v>
       </c>
       <c r="I408" t="s">
-        <v>3753</v>
+        <v>3773</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3754</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>11299</v>
+        <v>8344</v>
       </c>
       <c r="B409" t="s">
-        <v>3755</v>
+        <v>3775</v>
       </c>
       <c r="C409" t="s">
-        <v>3756</v>
+        <v>3776</v>
       </c>
       <c r="D409" t="s">
-        <v>3757</v>
+        <v>3777</v>
       </c>
       <c r="E409" t="s">
-        <v>3758</v>
+        <v>3778</v>
       </c>
       <c r="F409" t="s">
-        <v>3759</v>
+        <v>3779</v>
       </c>
       <c r="G409" t="s">
-        <v>3760</v>
+        <v>3780</v>
       </c>
       <c r="H409" t="s">
-        <v>3761</v>
+        <v>3781</v>
       </c>
       <c r="I409" t="s">
-        <v>3762</v>
+        <v>3782</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3763</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>11303</v>
+        <v>8345</v>
       </c>
       <c r="B410" t="s">
-        <v>3764</v>
+        <v>3784</v>
       </c>
       <c r="C410" t="s">
-        <v>3765</v>
+        <v>3785</v>
       </c>
       <c r="D410" t="s">
-        <v>3766</v>
+        <v>3786</v>
       </c>
       <c r="E410" t="s">
-        <v>3767</v>
+        <v>3787</v>
       </c>
       <c r="F410" t="s">
-        <v>3768</v>
+        <v>3788</v>
       </c>
       <c r="G410" t="s">
-        <v>3769</v>
+        <v>3789</v>
       </c>
       <c r="H410" t="s">
-        <v>3770</v>
+        <v>3790</v>
       </c>
       <c r="I410" t="s">
-        <v>3771</v>
+        <v>3791</v>
       </c>
       <c r="J410" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L410" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3772</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>11306</v>
+        <v>8349</v>
       </c>
       <c r="B411" t="s">
-        <v>3773</v>
+        <v>3793</v>
       </c>
       <c r="C411" t="s">
-        <v>3774</v>
+        <v>3794</v>
       </c>
       <c r="D411" t="s">
-        <v>3775</v>
+        <v>3795</v>
       </c>
       <c r="E411" t="s">
-        <v>3776</v>
+        <v>3796</v>
       </c>
       <c r="F411" t="s">
-        <v>3777</v>
+        <v>3797</v>
       </c>
       <c r="G411" t="s">
-        <v>3778</v>
+        <v>3798</v>
       </c>
       <c r="H411" t="s">
-        <v>3779</v>
+        <v>3799</v>
       </c>
       <c r="I411" t="s">
-        <v>3780</v>
+        <v>3800</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>1134</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
+      <c r="M411" t="s">
+        <v>27</v>
+      </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3781</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>58060</v>
+        <v>8355</v>
       </c>
       <c r="B412" t="s">
-        <v>3782</v>
+        <v>3802</v>
       </c>
       <c r="C412" t="s">
-        <v>3783</v>
+        <v>3803</v>
       </c>
       <c r="D412" t="s">
-        <v>3784</v>
+        <v>3804</v>
       </c>
       <c r="E412" t="s">
-        <v>3785</v>
+        <v>3805</v>
       </c>
       <c r="F412" t="s">
-        <v>3786</v>
+        <v>3806</v>
       </c>
       <c r="G412" t="s">
-        <v>3787</v>
+        <v>3807</v>
       </c>
       <c r="H412" t="s">
-        <v>3788</v>
+        <v>3808</v>
       </c>
       <c r="I412" t="s">
-        <v>3789</v>
+        <v>3809</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>3790</v>
+        <v>3810</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
+      <c r="M412" t="s">
+        <v>3811</v>
+      </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3791</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>58066</v>
+        <v>8357</v>
       </c>
       <c r="B413" t="s">
-        <v>3792</v>
+        <v>3813</v>
       </c>
       <c r="C413" t="s">
-        <v>3793</v>
+        <v>3814</v>
       </c>
       <c r="D413" t="s">
-        <v>3794</v>
+        <v>3815</v>
       </c>
       <c r="E413" t="s">
-        <v>3795</v>
+        <v>3816</v>
       </c>
       <c r="F413" t="s">
-        <v>3796</v>
+        <v>3817</v>
       </c>
       <c r="G413" t="s">
-        <v>3797</v>
+        <v>3818</v>
       </c>
       <c r="H413" t="s">
-        <v>3798</v>
+        <v>3819</v>
       </c>
       <c r="I413" t="s">
-        <v>3799</v>
+        <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>273</v>
+        <v>3810</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>274</v>
+        <v>3811</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3800</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>58067</v>
+        <v>8377</v>
       </c>
       <c r="B414" t="s">
-        <v>3801</v>
+        <v>3822</v>
       </c>
       <c r="C414" t="s">
-        <v>3802</v>
+        <v>3823</v>
       </c>
       <c r="D414" t="s">
-        <v>3803</v>
+        <v>3824</v>
       </c>
       <c r="E414" t="s">
-        <v>3804</v>
+        <v>3825</v>
       </c>
       <c r="F414" t="s">
-        <v>3805</v>
+        <v>3826</v>
       </c>
       <c r="G414" t="s">
-        <v>3806</v>
+        <v>3827</v>
       </c>
       <c r="H414" t="s">
-        <v>3807</v>
+        <v>3828</v>
       </c>
       <c r="I414" t="s">
-        <v>3808</v>
+        <v>3829</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3809</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>58090</v>
+        <v>8386</v>
       </c>
       <c r="B415" t="s">
-        <v>3810</v>
+        <v>3831</v>
       </c>
       <c r="C415" t="s">
-        <v>3811</v>
+        <v>3832</v>
       </c>
       <c r="D415" t="s">
-        <v>3812</v>
+        <v>3833</v>
       </c>
       <c r="E415" t="s">
-        <v>3813</v>
+        <v>3834</v>
       </c>
       <c r="F415" t="s">
-        <v>3814</v>
+        <v>3835</v>
       </c>
       <c r="G415" t="s">
-        <v>3815</v>
+        <v>3836</v>
       </c>
       <c r="H415" t="s">
-        <v>3816</v>
+        <v>3837</v>
       </c>
       <c r="I415" t="s">
-        <v>3817</v>
+        <v>3838</v>
       </c>
       <c r="J415" t="s">
-        <v>448</v>
+        <v>2051</v>
       </c>
       <c r="K415" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
-        <v>450</v>
+        <v>2053</v>
       </c>
       <c r="M415" t="s">
-        <v>758</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3818</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>58091</v>
+        <v>8387</v>
       </c>
       <c r="B416" t="s">
-        <v>3819</v>
+        <v>3840</v>
       </c>
       <c r="C416" t="s">
-        <v>3820</v>
+        <v>3841</v>
       </c>
       <c r="D416" t="s">
-        <v>3821</v>
+        <v>3842</v>
       </c>
       <c r="E416" t="s">
-        <v>3822</v>
+        <v>3843</v>
       </c>
       <c r="F416" t="s">
-        <v>3823</v>
+        <v>3844</v>
       </c>
       <c r="G416" t="s">
-        <v>3824</v>
+        <v>3845</v>
       </c>
       <c r="H416" t="s">
-        <v>3825</v>
+        <v>3846</v>
       </c>
       <c r="I416" t="s">
-        <v>3826</v>
+        <v>3847</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>3827</v>
+        <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
+      <c r="M416" t="s">
+        <v>27</v>
+      </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3828</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>58093</v>
+        <v>8388</v>
       </c>
       <c r="B417" t="s">
-        <v>3829</v>
+        <v>3849</v>
       </c>
       <c r="C417" t="s">
-        <v>3830</v>
+        <v>3850</v>
       </c>
       <c r="D417" t="s">
-        <v>3831</v>
+        <v>3851</v>
       </c>
       <c r="E417" t="s">
-        <v>3832</v>
+        <v>3852</v>
       </c>
       <c r="F417" t="s">
-        <v>3833</v>
+        <v>3853</v>
       </c>
       <c r="G417" t="s">
-        <v>3834</v>
+        <v>3854</v>
       </c>
       <c r="H417" t="s">
-        <v>3835</v>
+        <v>3855</v>
       </c>
       <c r="I417" t="s">
-        <v>3836</v>
+        <v>3856</v>
       </c>
       <c r="J417" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>2079</v>
+        <v>170</v>
       </c>
       <c r="L417" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>2080</v>
+        <v>171</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3837</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>58120</v>
+        <v>8392</v>
       </c>
       <c r="B418" t="s">
-        <v>3838</v>
+        <v>3858</v>
       </c>
       <c r="C418" t="s">
-        <v>3839</v>
+        <v>3859</v>
       </c>
       <c r="D418" t="s">
-        <v>3840</v>
+        <v>3860</v>
       </c>
       <c r="E418" t="s">
-        <v>3841</v>
+        <v>3861</v>
       </c>
       <c r="F418" t="s">
-        <v>3842</v>
+        <v>3862</v>
       </c>
       <c r="G418" t="s">
-        <v>3843</v>
+        <v>3863</v>
       </c>
       <c r="H418" t="s">
-        <v>3844</v>
+        <v>3864</v>
       </c>
       <c r="I418" t="s">
-        <v>3845</v>
+        <v>3865</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>25</v>
+        <v>2052</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>27</v>
+        <v>2054</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3846</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>58122</v>
+        <v>8402</v>
       </c>
       <c r="B419" t="s">
-        <v>3847</v>
+        <v>3867</v>
       </c>
       <c r="C419" t="s">
-        <v>3848</v>
+        <v>3868</v>
       </c>
       <c r="D419" t="s">
-        <v>3849</v>
+        <v>3869</v>
       </c>
       <c r="E419" t="s">
-        <v>3850</v>
+        <v>3870</v>
       </c>
       <c r="F419" t="s">
-        <v>3851</v>
+        <v>3871</v>
       </c>
       <c r="G419" t="s">
-        <v>3852</v>
+        <v>3872</v>
       </c>
       <c r="H419" t="s">
-        <v>3853</v>
+        <v>3873</v>
       </c>
       <c r="I419" t="s">
-        <v>3854</v>
+        <v>3874</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
         <v>170</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
         <v>171</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3855</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>58125</v>
+        <v>8883</v>
       </c>
       <c r="B420" t="s">
-        <v>3856</v>
+        <v>3876</v>
       </c>
       <c r="C420" t="s">
-        <v>3857</v>
+        <v>3877</v>
       </c>
       <c r="D420" t="s">
-        <v>3858</v>
+        <v>3878</v>
       </c>
       <c r="E420" t="s">
-        <v>3859</v>
+        <v>3879</v>
       </c>
       <c r="F420" t="s">
-        <v>3860</v>
+        <v>3880</v>
       </c>
       <c r="G420" t="s">
-        <v>3861</v>
+        <v>3881</v>
       </c>
       <c r="H420" t="s">
-        <v>3862</v>
+        <v>3882</v>
       </c>
       <c r="I420" t="s">
-        <v>3863</v>
+        <v>3883</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>3310</v>
+        <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
+      <c r="M420" t="s">
+        <v>27</v>
+      </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3864</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>58144</v>
+        <v>8886</v>
       </c>
       <c r="B421" t="s">
-        <v>3865</v>
+        <v>3885</v>
       </c>
       <c r="C421" t="s">
-        <v>3866</v>
+        <v>3886</v>
       </c>
       <c r="D421" t="s">
-        <v>3867</v>
+        <v>3887</v>
       </c>
       <c r="E421" t="s">
-        <v>3868</v>
+        <v>3888</v>
       </c>
       <c r="F421" t="s">
-        <v>3869</v>
+        <v>3889</v>
       </c>
       <c r="G421" t="s">
-        <v>3870</v>
+        <v>3890</v>
       </c>
       <c r="H421" t="s">
-        <v>3871</v>
+        <v>3891</v>
       </c>
       <c r="I421" t="s">
-        <v>3872</v>
+        <v>3892</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3873</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>58148</v>
+        <v>8902</v>
       </c>
       <c r="B422" t="s">
-        <v>3874</v>
+        <v>3894</v>
       </c>
       <c r="C422" t="s">
-        <v>3875</v>
+        <v>3895</v>
       </c>
       <c r="D422" t="s">
-        <v>3876</v>
+        <v>3896</v>
       </c>
       <c r="E422" t="s">
-        <v>3877</v>
+        <v>3897</v>
       </c>
       <c r="F422" t="s">
-        <v>3878</v>
+        <v>3898</v>
       </c>
       <c r="G422" t="s">
-        <v>3879</v>
+        <v>3899</v>
       </c>
       <c r="H422" t="s">
-        <v>3880</v>
+        <v>3900</v>
       </c>
       <c r="I422" t="s">
-        <v>3881</v>
+        <v>3901</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>1069</v>
+        <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>1070</v>
+        <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3882</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>58218</v>
+        <v>8903</v>
       </c>
       <c r="B423" t="s">
-        <v>3883</v>
+        <v>3903</v>
       </c>
       <c r="C423" t="s">
-        <v>3884</v>
+        <v>3904</v>
       </c>
       <c r="D423" t="s">
-        <v>3885</v>
+        <v>3905</v>
       </c>
       <c r="E423" t="s">
-        <v>3886</v>
+        <v>3906</v>
       </c>
       <c r="F423" t="s">
-        <v>3887</v>
+        <v>3907</v>
       </c>
       <c r="G423" t="s">
-        <v>3888</v>
+        <v>3908</v>
       </c>
       <c r="H423" t="s">
-        <v>3889</v>
+        <v>3909</v>
       </c>
       <c r="I423" t="s">
-        <v>3890</v>
+        <v>3910</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3891</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>58223</v>
+        <v>8904</v>
       </c>
       <c r="B424" t="s">
-        <v>3892</v>
+        <v>3912</v>
       </c>
       <c r="C424" t="s">
-        <v>3893</v>
+        <v>3913</v>
       </c>
       <c r="D424" t="s">
-        <v>3894</v>
+        <v>3914</v>
       </c>
       <c r="E424" t="s">
-        <v>3895</v>
+        <v>3915</v>
       </c>
       <c r="F424" t="s">
-        <v>3896</v>
+        <v>3916</v>
       </c>
       <c r="G424" t="s">
-        <v>3897</v>
+        <v>3917</v>
       </c>
       <c r="H424" t="s">
-        <v>3898</v>
+        <v>3918</v>
       </c>
       <c r="I424" t="s">
-        <v>3899</v>
+        <v>3919</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
         <v>170</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
         <v>171</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3900</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>58240</v>
+        <v>8905</v>
       </c>
       <c r="B425" t="s">
-        <v>3901</v>
+        <v>3921</v>
       </c>
       <c r="C425" t="s">
-        <v>3902</v>
+        <v>3922</v>
       </c>
       <c r="D425" t="s">
-        <v>3903</v>
+        <v>3923</v>
       </c>
       <c r="E425" t="s">
-        <v>3904</v>
+        <v>3924</v>
       </c>
       <c r="F425" t="s">
-        <v>3905</v>
+        <v>3925</v>
       </c>
       <c r="G425" t="s">
-        <v>3906</v>
+        <v>3926</v>
       </c>
       <c r="H425" t="s">
-        <v>3907</v>
+        <v>3927</v>
       </c>
       <c r="I425" t="s">
-        <v>3908</v>
+        <v>3928</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>3909</v>
+        <v>3929</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
+      <c r="M425" t="s">
+        <v>3930</v>
+      </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3910</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>58259</v>
+        <v>8914</v>
       </c>
       <c r="B426" t="s">
-        <v>3911</v>
+        <v>3932</v>
       </c>
       <c r="C426" t="s">
-        <v>3912</v>
+        <v>3933</v>
       </c>
       <c r="D426" t="s">
-        <v>3913</v>
+        <v>3934</v>
       </c>
       <c r="E426" t="s">
-        <v>3914</v>
+        <v>3935</v>
       </c>
       <c r="F426" t="s">
-        <v>3915</v>
+        <v>3936</v>
       </c>
       <c r="G426" t="s">
-        <v>3916</v>
+        <v>3937</v>
       </c>
       <c r="H426" t="s">
-        <v>3917</v>
+        <v>3938</v>
       </c>
       <c r="I426" t="s">
-        <v>3918</v>
+        <v>3939</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>3919</v>
+        <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
+      <c r="M426" t="s">
+        <v>27</v>
+      </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3920</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>64597</v>
+        <v>8918</v>
       </c>
       <c r="B427" t="s">
-        <v>3921</v>
+        <v>3941</v>
       </c>
       <c r="C427" t="s">
-        <v>3922</v>
+        <v>3942</v>
       </c>
       <c r="D427" t="s">
-        <v>3923</v>
+        <v>3943</v>
       </c>
       <c r="E427" t="s">
-        <v>3924</v>
+        <v>3944</v>
       </c>
       <c r="F427" t="s">
-        <v>3925</v>
+        <v>3945</v>
       </c>
       <c r="G427" t="s">
-        <v>3926</v>
+        <v>3946</v>
       </c>
       <c r="H427" t="s">
-        <v>3927</v>
+        <v>3947</v>
       </c>
       <c r="I427" t="s">
-        <v>3928</v>
+        <v>3948</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>1134</v>
+        <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
+      <c r="M427" t="s">
+        <v>27</v>
+      </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3929</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>64637</v>
+        <v>8945</v>
       </c>
       <c r="B428" t="s">
-        <v>3930</v>
+        <v>3950</v>
       </c>
       <c r="C428" t="s">
-        <v>3931</v>
+        <v>3951</v>
       </c>
       <c r="D428" t="s">
-        <v>3932</v>
+        <v>3952</v>
       </c>
       <c r="E428" t="s">
-        <v>3933</v>
+        <v>3953</v>
       </c>
       <c r="F428" t="s">
-        <v>3934</v>
+        <v>3954</v>
       </c>
       <c r="G428" t="s">
-        <v>3935</v>
+        <v>3955</v>
       </c>
       <c r="H428" t="s">
-        <v>3936</v>
+        <v>3956</v>
       </c>
       <c r="I428" t="s">
-        <v>3937</v>
+        <v>3957</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>47</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>48</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3938</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>64643</v>
+        <v>8950</v>
       </c>
       <c r="B429" t="s">
-        <v>3939</v>
+        <v>3959</v>
       </c>
       <c r="C429" t="s">
-        <v>3940</v>
+        <v>3960</v>
       </c>
       <c r="D429" t="s">
-        <v>3941</v>
+        <v>3961</v>
       </c>
       <c r="E429" t="s">
-        <v>3942</v>
+        <v>3962</v>
       </c>
       <c r="F429" t="s">
-        <v>3943</v>
+        <v>3963</v>
       </c>
       <c r="G429" t="s">
-        <v>3944</v>
+        <v>3964</v>
       </c>
       <c r="H429" t="s">
-        <v>3945</v>
+        <v>3965</v>
       </c>
       <c r="I429" t="s">
-        <v>3946</v>
+        <v>3966</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3947</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>64689</v>
+        <v>8951</v>
       </c>
       <c r="B430" t="s">
-        <v>3948</v>
+        <v>3968</v>
       </c>
       <c r="C430" t="s">
-        <v>3949</v>
+        <v>3969</v>
       </c>
       <c r="D430" t="s">
-        <v>3950</v>
+        <v>3970</v>
       </c>
       <c r="E430" t="s">
-        <v>3951</v>
+        <v>3971</v>
       </c>
       <c r="F430" t="s">
-        <v>3952</v>
+        <v>3972</v>
       </c>
       <c r="G430" t="s">
-        <v>3953</v>
+        <v>3973</v>
       </c>
       <c r="H430" t="s">
-        <v>3954</v>
+        <v>3974</v>
       </c>
       <c r="I430" t="s">
-        <v>3955</v>
+        <v>3975</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3956</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65000</v>
+        <v>8954</v>
       </c>
       <c r="B431" t="s">
-        <v>3957</v>
+        <v>3977</v>
       </c>
       <c r="C431" t="s">
-        <v>3958</v>
+        <v>3978</v>
       </c>
       <c r="D431" t="s">
-        <v>3959</v>
+        <v>3979</v>
       </c>
       <c r="E431" t="s">
-        <v>3960</v>
+        <v>3980</v>
       </c>
       <c r="F431" t="s">
-        <v>3961</v>
+        <v>3981</v>
       </c>
       <c r="G431" t="s">
-        <v>3962</v>
+        <v>3982</v>
       </c>
       <c r="H431" t="s">
-        <v>3963</v>
+        <v>3983</v>
       </c>
       <c r="I431" t="s">
-        <v>3964</v>
+        <v>3984</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3965</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65001</v>
+        <v>8959</v>
       </c>
       <c r="B432" t="s">
-        <v>3966</v>
+        <v>3986</v>
       </c>
       <c r="C432" t="s">
-        <v>3967</v>
+        <v>3987</v>
       </c>
       <c r="D432" t="s">
-        <v>3968</v>
+        <v>3988</v>
       </c>
       <c r="E432" t="s">
-        <v>3969</v>
+        <v>3989</v>
       </c>
       <c r="F432" t="s">
-        <v>3970</v>
+        <v>3990</v>
       </c>
       <c r="G432" t="s">
-        <v>3971</v>
+        <v>3991</v>
       </c>
       <c r="H432" t="s">
-        <v>3972</v>
+        <v>3992</v>
       </c>
       <c r="I432" t="s">
-        <v>3973</v>
+        <v>3993</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>170</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>171</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3974</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65002</v>
+        <v>8964</v>
       </c>
       <c r="B433" t="s">
-        <v>3975</v>
+        <v>3995</v>
       </c>
       <c r="C433" t="s">
-        <v>3976</v>
+        <v>3996</v>
       </c>
       <c r="D433" t="s">
-        <v>3977</v>
+        <v>3997</v>
       </c>
       <c r="E433" t="s">
-        <v>3978</v>
+        <v>3998</v>
       </c>
       <c r="F433" t="s">
-        <v>3979</v>
+        <v>3999</v>
       </c>
       <c r="G433" t="s">
-        <v>3980</v>
+        <v>4000</v>
       </c>
       <c r="H433" t="s">
-        <v>3981</v>
+        <v>4001</v>
       </c>
       <c r="I433" t="s">
-        <v>3982</v>
+        <v>4002</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3983</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65003</v>
+        <v>10011</v>
       </c>
       <c r="B434" t="s">
-        <v>3984</v>
+        <v>4004</v>
       </c>
       <c r="C434" t="s">
-        <v>3985</v>
+        <v>4005</v>
       </c>
       <c r="D434" t="s">
-        <v>3986</v>
+        <v>4006</v>
       </c>
       <c r="E434" t="s">
-        <v>3987</v>
+        <v>4007</v>
       </c>
       <c r="F434" t="s">
-        <v>3988</v>
+        <v>4008</v>
       </c>
       <c r="G434" t="s">
-        <v>3989</v>
+        <v>4009</v>
       </c>
       <c r="H434" t="s">
-        <v>3990</v>
+        <v>4010</v>
       </c>
       <c r="I434" t="s">
-        <v>3991</v>
+        <v>4011</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3992</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65004</v>
+        <v>10014</v>
       </c>
       <c r="B435" t="s">
-        <v>3993</v>
+        <v>4013</v>
       </c>
       <c r="C435" t="s">
-        <v>3994</v>
+        <v>4014</v>
       </c>
       <c r="D435" t="s">
-        <v>3995</v>
+        <v>4015</v>
       </c>
       <c r="E435" t="s">
-        <v>3996</v>
+        <v>4016</v>
       </c>
       <c r="F435" t="s">
-        <v>3997</v>
+        <v>4017</v>
       </c>
       <c r="G435" t="s">
-        <v>3998</v>
+        <v>4018</v>
       </c>
       <c r="H435" t="s">
-        <v>3999</v>
+        <v>4019</v>
       </c>
       <c r="I435" t="s">
-        <v>4000</v>
+        <v>4020</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>170</v>
+        <v>4021</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>171</v>
+        <v>4022</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4001</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65005</v>
+        <v>10015</v>
       </c>
       <c r="B436" t="s">
-        <v>4002</v>
+        <v>4024</v>
       </c>
       <c r="C436" t="s">
-        <v>4003</v>
+        <v>4025</v>
       </c>
       <c r="D436" t="s">
-        <v>4004</v>
+        <v>4026</v>
       </c>
       <c r="E436" t="s">
-        <v>4005</v>
+        <v>4027</v>
       </c>
       <c r="F436" t="s">
-        <v>4006</v>
+        <v>4028</v>
       </c>
       <c r="G436" t="s">
-        <v>4007</v>
+        <v>4029</v>
       </c>
       <c r="H436" t="s">
-        <v>4008</v>
+        <v>4030</v>
       </c>
       <c r="I436" t="s">
-        <v>4009</v>
+        <v>4031</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>4010</v>
+        <v>170</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>4011</v>
+        <v>171</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4012</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65006</v>
+        <v>10036</v>
       </c>
       <c r="B437" t="s">
-        <v>4013</v>
+        <v>4033</v>
       </c>
       <c r="C437" t="s">
-        <v>4014</v>
+        <v>4034</v>
       </c>
       <c r="D437" t="s">
-        <v>4015</v>
+        <v>4035</v>
       </c>
       <c r="E437" t="s">
-        <v>4016</v>
+        <v>4036</v>
       </c>
       <c r="F437" t="s">
-        <v>4017</v>
+        <v>4037</v>
       </c>
       <c r="G437" t="s">
-        <v>4018</v>
+        <v>4038</v>
       </c>
       <c r="H437" t="s">
-        <v>4019</v>
+        <v>4039</v>
       </c>
       <c r="I437" t="s">
-        <v>4020</v>
+        <v>4040</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>4021</v>
+        <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>4022</v>
+        <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4023</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65007</v>
+        <v>10046</v>
       </c>
       <c r="B438" t="s">
-        <v>4024</v>
+        <v>4042</v>
       </c>
       <c r="C438" t="s">
-        <v>4025</v>
+        <v>4043</v>
       </c>
       <c r="D438" t="s">
-        <v>4026</v>
+        <v>4044</v>
       </c>
       <c r="E438" t="s">
-        <v>4027</v>
+        <v>4045</v>
       </c>
       <c r="F438" t="s">
-        <v>4028</v>
+        <v>4046</v>
       </c>
       <c r="G438" t="s">
-        <v>4029</v>
+        <v>4047</v>
       </c>
       <c r="H438" t="s">
-        <v>4030</v>
+        <v>4048</v>
       </c>
       <c r="I438" t="s">
-        <v>4031</v>
+        <v>4049</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4032</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65008</v>
+        <v>10098</v>
       </c>
       <c r="B439" t="s">
-        <v>4033</v>
+        <v>4051</v>
       </c>
       <c r="C439" t="s">
-        <v>4034</v>
+        <v>4052</v>
       </c>
       <c r="D439" t="s">
-        <v>4035</v>
+        <v>4053</v>
       </c>
       <c r="E439" t="s">
-        <v>4036</v>
+        <v>4054</v>
       </c>
       <c r="F439" t="s">
-        <v>4037</v>
+        <v>4055</v>
       </c>
       <c r="G439" t="s">
-        <v>4038</v>
+        <v>4056</v>
       </c>
       <c r="H439" t="s">
-        <v>4039</v>
+        <v>4057</v>
       </c>
       <c r="I439" t="s">
-        <v>4040</v>
+        <v>4058</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4041</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65009</v>
+        <v>10101</v>
       </c>
       <c r="B440" t="s">
-        <v>4042</v>
+        <v>4060</v>
       </c>
       <c r="C440" t="s">
-        <v>4043</v>
+        <v>4061</v>
       </c>
       <c r="D440" t="s">
-        <v>4044</v>
+        <v>4062</v>
       </c>
       <c r="E440" t="s">
-        <v>4045</v>
+        <v>4063</v>
       </c>
       <c r="F440" t="s">
-        <v>4046</v>
+        <v>4064</v>
       </c>
       <c r="G440" t="s">
-        <v>4047</v>
+        <v>4065</v>
       </c>
       <c r="H440" t="s">
-        <v>4048</v>
+        <v>4066</v>
       </c>
       <c r="I440" t="s">
-        <v>4049</v>
+        <v>4067</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4050</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65010</v>
+        <v>10412</v>
       </c>
       <c r="B441" t="s">
-        <v>4051</v>
+        <v>4069</v>
       </c>
       <c r="C441" t="s">
-        <v>4052</v>
+        <v>4070</v>
       </c>
       <c r="D441" t="s">
-        <v>4053</v>
+        <v>4071</v>
       </c>
       <c r="E441" t="s">
-        <v>4054</v>
+        <v>4072</v>
       </c>
       <c r="F441" t="s">
-        <v>4055</v>
+        <v>4073</v>
       </c>
       <c r="G441" t="s">
-        <v>4056</v>
+        <v>4074</v>
       </c>
       <c r="H441" t="s">
-        <v>4057</v>
+        <v>4075</v>
       </c>
       <c r="I441" t="s">
-        <v>4058</v>
+        <v>4076</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4059</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65011</v>
+        <v>10603</v>
       </c>
       <c r="B442" t="s">
-        <v>4060</v>
+        <v>4078</v>
       </c>
       <c r="C442" t="s">
-        <v>4061</v>
+        <v>4079</v>
       </c>
       <c r="D442" t="s">
-        <v>4062</v>
+        <v>4080</v>
       </c>
       <c r="E442" t="s">
-        <v>4063</v>
+        <v>4081</v>
       </c>
       <c r="F442" t="s">
-        <v>4064</v>
+        <v>4082</v>
       </c>
       <c r="G442" t="s">
-        <v>4065</v>
+        <v>4083</v>
       </c>
       <c r="H442" t="s">
-        <v>4066</v>
+        <v>4084</v>
       </c>
       <c r="I442" t="s">
-        <v>4067</v>
+        <v>4085</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4068</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65012</v>
+        <v>10635</v>
       </c>
       <c r="B443" t="s">
-        <v>4069</v>
+        <v>4087</v>
       </c>
       <c r="C443" t="s">
-        <v>4070</v>
+        <v>4088</v>
       </c>
       <c r="D443" t="s">
-        <v>4071</v>
+        <v>4089</v>
       </c>
       <c r="E443" t="s">
-        <v>4072</v>
+        <v>4090</v>
       </c>
       <c r="F443" t="s">
-        <v>4073</v>
+        <v>4091</v>
       </c>
       <c r="G443" t="s">
-        <v>4074</v>
+        <v>4092</v>
       </c>
       <c r="H443" t="s">
-        <v>4075</v>
+        <v>4093</v>
       </c>
       <c r="I443" t="s">
-        <v>4076</v>
+        <v>4094</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>4077</v>
+        <v>47</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>4078</v>
+        <v>48</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4079</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65013</v>
+        <v>10639</v>
       </c>
       <c r="B444" t="s">
-        <v>4080</v>
+        <v>4096</v>
       </c>
       <c r="C444" t="s">
-        <v>4081</v>
+        <v>4097</v>
       </c>
       <c r="D444" t="s">
-        <v>4082</v>
+        <v>4098</v>
       </c>
       <c r="E444" t="s">
-        <v>4083</v>
+        <v>4099</v>
       </c>
       <c r="F444" t="s">
-        <v>4084</v>
+        <v>4100</v>
       </c>
       <c r="G444" t="s">
-        <v>4085</v>
+        <v>4101</v>
       </c>
       <c r="H444" t="s">
-        <v>4086</v>
+        <v>4102</v>
       </c>
       <c r="I444" t="s">
-        <v>4087</v>
+        <v>4103</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
         <v>25</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
         <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4088</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65014</v>
+        <v>10647</v>
       </c>
       <c r="B445" t="s">
-        <v>4089</v>
+        <v>4105</v>
       </c>
       <c r="C445" t="s">
-        <v>4090</v>
+        <v>4106</v>
       </c>
       <c r="D445" t="s">
-        <v>4091</v>
+        <v>4107</v>
       </c>
       <c r="E445" t="s">
-        <v>4092</v>
+        <v>4108</v>
       </c>
       <c r="F445" t="s">
-        <v>4093</v>
+        <v>4109</v>
       </c>
       <c r="G445" t="s">
-        <v>4094</v>
+        <v>4110</v>
       </c>
       <c r="H445" t="s">
-        <v>4095</v>
+        <v>4111</v>
       </c>
       <c r="I445" t="s">
-        <v>4096</v>
+        <v>4112</v>
       </c>
       <c r="J445" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>688</v>
+        <v>170</v>
       </c>
       <c r="L445" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>689</v>
+        <v>171</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4097</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65015</v>
+        <v>10887</v>
       </c>
       <c r="B446" t="s">
-        <v>4098</v>
+        <v>4114</v>
       </c>
       <c r="C446" t="s">
-        <v>4099</v>
+        <v>4115</v>
       </c>
       <c r="D446" t="s">
-        <v>4100</v>
+        <v>4116</v>
       </c>
       <c r="E446" t="s">
-        <v>4101</v>
+        <v>4117</v>
       </c>
       <c r="F446" t="s">
-        <v>4102</v>
+        <v>4118</v>
       </c>
       <c r="G446" t="s">
-        <v>4103</v>
+        <v>4119</v>
       </c>
       <c r="H446" t="s">
-        <v>4104</v>
+        <v>4120</v>
       </c>
       <c r="I446" t="s">
-        <v>4105</v>
+        <v>4121</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4106</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65016</v>
+        <v>10925</v>
       </c>
       <c r="B447" t="s">
-        <v>4107</v>
+        <v>4123</v>
       </c>
       <c r="C447" t="s">
-        <v>4108</v>
+        <v>4124</v>
       </c>
       <c r="D447" t="s">
-        <v>4109</v>
+        <v>4125</v>
       </c>
       <c r="E447" t="s">
-        <v>4110</v>
+        <v>4126</v>
       </c>
       <c r="F447" t="s">
-        <v>4111</v>
+        <v>4127</v>
       </c>
       <c r="G447" t="s">
-        <v>4112</v>
+        <v>4128</v>
       </c>
       <c r="H447" t="s">
-        <v>4113</v>
+        <v>4129</v>
       </c>
       <c r="I447" t="s">
-        <v>4114</v>
+        <v>4130</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
         <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
         <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4115</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65017</v>
+        <v>10927</v>
       </c>
       <c r="B448" t="s">
-        <v>4116</v>
+        <v>4132</v>
       </c>
       <c r="C448" t="s">
-        <v>4117</v>
+        <v>4133</v>
       </c>
       <c r="D448" t="s">
-        <v>4118</v>
+        <v>4134</v>
       </c>
       <c r="E448" t="s">
-        <v>4119</v>
+        <v>4135</v>
       </c>
       <c r="F448" t="s">
-        <v>4120</v>
+        <v>4136</v>
       </c>
       <c r="G448" t="s">
-        <v>4121</v>
+        <v>4137</v>
       </c>
       <c r="H448" t="s">
-        <v>4122</v>
+        <v>4138</v>
       </c>
       <c r="I448" t="s">
-        <v>4123</v>
+        <v>4139</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>4124</v>
+        <v>170</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>4125</v>
+        <v>171</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4126</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65018</v>
+        <v>10930</v>
       </c>
       <c r="B449" t="s">
-        <v>4127</v>
+        <v>4141</v>
       </c>
       <c r="C449" t="s">
-        <v>4128</v>
+        <v>4142</v>
       </c>
       <c r="D449" t="s">
-        <v>4129</v>
+        <v>4143</v>
       </c>
       <c r="E449" t="s">
-        <v>4130</v>
+        <v>4144</v>
       </c>
       <c r="F449" t="s">
-        <v>4131</v>
+        <v>4145</v>
       </c>
       <c r="G449" t="s">
-        <v>4132</v>
+        <v>4146</v>
       </c>
       <c r="H449" t="s">
-        <v>4133</v>
+        <v>4147</v>
       </c>
       <c r="I449" t="s">
-        <v>4134</v>
+        <v>4148</v>
       </c>
       <c r="J449" t="s">
-        <v>24</v>
+        <v>1477</v>
       </c>
       <c r="K449" t="s">
-        <v>4135</v>
+        <v>274</v>
       </c>
       <c r="L449" t="s">
-        <v>26</v>
+        <v>1479</v>
       </c>
       <c r="M449" t="s">
-        <v>4136</v>
+        <v>276</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4137</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65019</v>
+        <v>10945</v>
       </c>
       <c r="B450" t="s">
-        <v>4138</v>
+        <v>4150</v>
       </c>
       <c r="C450" t="s">
-        <v>4139</v>
+        <v>4151</v>
       </c>
       <c r="D450" t="s">
-        <v>4140</v>
+        <v>4152</v>
       </c>
       <c r="E450" t="s">
-        <v>4141</v>
+        <v>4153</v>
       </c>
       <c r="F450" t="s">
-        <v>4142</v>
+        <v>4154</v>
       </c>
       <c r="G450" t="s">
-        <v>4143</v>
+        <v>4155</v>
       </c>
       <c r="H450" t="s">
-        <v>4144</v>
+        <v>4156</v>
       </c>
       <c r="I450" t="s">
-        <v>4145</v>
+        <v>4157</v>
       </c>
       <c r="J450" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K450" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L450" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M450" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4146</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65020</v>
+        <v>10947</v>
       </c>
       <c r="B451" t="s">
-        <v>4147</v>
+        <v>4159</v>
       </c>
       <c r="C451" t="s">
-        <v>4148</v>
+        <v>4160</v>
       </c>
       <c r="D451" t="s">
-        <v>4149</v>
+        <v>4161</v>
       </c>
       <c r="E451" t="s">
-        <v>4150</v>
+        <v>4162</v>
       </c>
       <c r="F451" t="s">
-        <v>4151</v>
+        <v>4163</v>
       </c>
       <c r="G451" t="s">
-        <v>4152</v>
+        <v>4164</v>
       </c>
       <c r="H451" t="s">
-        <v>4153</v>
+        <v>4165</v>
       </c>
       <c r="I451" t="s">
-        <v>4154</v>
+        <v>4166</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>4155</v>
+        <v>170</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>4156</v>
+        <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4157</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65021</v>
+        <v>10948</v>
       </c>
       <c r="B452" t="s">
-        <v>4158</v>
+        <v>4168</v>
       </c>
       <c r="C452" t="s">
-        <v>4159</v>
+        <v>4169</v>
       </c>
       <c r="D452" t="s">
-        <v>4160</v>
+        <v>4170</v>
       </c>
       <c r="E452" t="s">
-        <v>4161</v>
+        <v>4171</v>
       </c>
       <c r="F452" t="s">
-        <v>4162</v>
+        <v>4172</v>
       </c>
       <c r="G452" t="s">
-        <v>4163</v>
+        <v>4173</v>
       </c>
       <c r="H452" t="s">
-        <v>4164</v>
+        <v>4174</v>
       </c>
       <c r="I452" t="s">
-        <v>4165</v>
+        <v>4175</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4166</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65022</v>
+        <v>10950</v>
       </c>
       <c r="B453" t="s">
-        <v>4167</v>
+        <v>4177</v>
       </c>
       <c r="C453" t="s">
-        <v>4168</v>
+        <v>4178</v>
       </c>
       <c r="D453" t="s">
-        <v>4169</v>
+        <v>4179</v>
       </c>
       <c r="E453" t="s">
-        <v>4170</v>
+        <v>4180</v>
       </c>
       <c r="F453" t="s">
-        <v>4171</v>
+        <v>4181</v>
       </c>
       <c r="G453" t="s">
-        <v>4172</v>
+        <v>4182</v>
       </c>
       <c r="H453" t="s">
-        <v>4173</v>
+        <v>4183</v>
       </c>
       <c r="I453" t="s">
-        <v>4174</v>
+        <v>4184</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>25</v>
+        <v>4185</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>27</v>
+        <v>4186</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4175</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65023</v>
+        <v>10951</v>
       </c>
       <c r="B454" t="s">
-        <v>4176</v>
+        <v>4188</v>
       </c>
       <c r="C454" t="s">
-        <v>4177</v>
+        <v>4189</v>
       </c>
       <c r="D454" t="s">
-        <v>4178</v>
+        <v>4190</v>
       </c>
       <c r="E454" t="s">
-        <v>4179</v>
+        <v>4191</v>
       </c>
       <c r="F454" t="s">
-        <v>4180</v>
+        <v>4192</v>
       </c>
       <c r="G454" t="s">
-        <v>4181</v>
+        <v>4193</v>
       </c>
       <c r="H454" t="s">
-        <v>4182</v>
+        <v>4194</v>
       </c>
       <c r="I454" t="s">
-        <v>4183</v>
+        <v>4195</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4184</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65025</v>
+        <v>11000</v>
       </c>
       <c r="B455" t="s">
-        <v>4185</v>
+        <v>4197</v>
       </c>
       <c r="C455" t="s">
-        <v>4186</v>
+        <v>4198</v>
       </c>
       <c r="D455" t="s">
-        <v>4187</v>
+        <v>4199</v>
       </c>
       <c r="E455" t="s">
-        <v>4188</v>
+        <v>4200</v>
       </c>
       <c r="F455" t="s">
-        <v>4189</v>
+        <v>4201</v>
       </c>
       <c r="G455" t="s">
-        <v>4190</v>
+        <v>4202</v>
       </c>
       <c r="H455" t="s">
-        <v>4191</v>
+        <v>4203</v>
       </c>
       <c r="I455" t="s">
-        <v>4192</v>
+        <v>4204</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4193</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65026</v>
+        <v>11161</v>
       </c>
       <c r="B456" t="s">
-        <v>4194</v>
+        <v>4206</v>
       </c>
       <c r="C456" t="s">
-        <v>4195</v>
+        <v>4207</v>
       </c>
       <c r="D456" t="s">
-        <v>4196</v>
+        <v>4208</v>
       </c>
       <c r="E456" t="s">
-        <v>4197</v>
+        <v>4209</v>
       </c>
       <c r="F456" t="s">
-        <v>4198</v>
+        <v>4210</v>
       </c>
       <c r="G456" t="s">
-        <v>4199</v>
+        <v>4211</v>
       </c>
       <c r="H456" t="s">
-        <v>4200</v>
+        <v>4212</v>
       </c>
       <c r="I456" t="s">
-        <v>4201</v>
+        <v>4213</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4202</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65027</v>
+        <v>11169</v>
       </c>
       <c r="B457" t="s">
-        <v>4203</v>
+        <v>4215</v>
       </c>
       <c r="C457" t="s">
-        <v>4204</v>
+        <v>4216</v>
       </c>
       <c r="D457" t="s">
-        <v>4205</v>
+        <v>4217</v>
       </c>
       <c r="E457" t="s">
-        <v>4206</v>
+        <v>4218</v>
       </c>
       <c r="F457" t="s">
-        <v>4207</v>
+        <v>4219</v>
       </c>
       <c r="G457" t="s">
-        <v>4208</v>
+        <v>4220</v>
       </c>
       <c r="H457" t="s">
-        <v>4209</v>
+        <v>4221</v>
       </c>
       <c r="I457" t="s">
-        <v>4210</v>
+        <v>4222</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>688</v>
+        <v>59</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>689</v>
+        <v>61</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4211</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65028</v>
+        <v>11220</v>
       </c>
       <c r="B458" t="s">
-        <v>4212</v>
+        <v>4224</v>
       </c>
       <c r="C458" t="s">
-        <v>4213</v>
+        <v>4225</v>
       </c>
       <c r="D458" t="s">
-        <v>4214</v>
+        <v>4226</v>
       </c>
       <c r="E458" t="s">
-        <v>4215</v>
+        <v>4227</v>
       </c>
       <c r="F458" t="s">
-        <v>4216</v>
+        <v>4228</v>
       </c>
       <c r="G458" t="s">
-        <v>4217</v>
+        <v>4229</v>
       </c>
       <c r="H458" t="s">
-        <v>4218</v>
+        <v>4230</v>
       </c>
       <c r="I458" t="s">
-        <v>4219</v>
+        <v>4231</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4220</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65030</v>
+        <v>11231</v>
       </c>
       <c r="B459" t="s">
-        <v>4221</v>
+        <v>4233</v>
       </c>
       <c r="C459" t="s">
-        <v>4222</v>
+        <v>4234</v>
       </c>
       <c r="D459" t="s">
-        <v>4223</v>
+        <v>4235</v>
       </c>
       <c r="E459" t="s">
-        <v>4224</v>
+        <v>4236</v>
       </c>
       <c r="F459" t="s">
-        <v>4225</v>
+        <v>4237</v>
       </c>
       <c r="G459" t="s">
-        <v>4226</v>
+        <v>4238</v>
       </c>
       <c r="H459" t="s">
-        <v>4227</v>
+        <v>4239</v>
       </c>
       <c r="I459" t="s">
-        <v>4228</v>
+        <v>4240</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4229</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65031</v>
+        <v>11249</v>
       </c>
       <c r="B460" t="s">
-        <v>4230</v>
+        <v>4242</v>
       </c>
       <c r="C460" t="s">
-        <v>4231</v>
+        <v>4243</v>
       </c>
       <c r="D460" t="s">
-        <v>4232</v>
+        <v>4244</v>
       </c>
       <c r="E460" t="s">
-        <v>4233</v>
+        <v>4245</v>
       </c>
       <c r="F460" t="s">
-        <v>4234</v>
+        <v>4246</v>
       </c>
       <c r="G460" t="s">
-        <v>4235</v>
+        <v>4247</v>
       </c>
       <c r="H460" t="s">
-        <v>4236</v>
+        <v>4248</v>
       </c>
       <c r="I460" t="s">
-        <v>4237</v>
+        <v>4249</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4238</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65032</v>
+        <v>11251</v>
       </c>
       <c r="B461" t="s">
-        <v>4239</v>
+        <v>4251</v>
       </c>
       <c r="C461" t="s">
-        <v>4240</v>
+        <v>4252</v>
       </c>
       <c r="D461" t="s">
-        <v>4241</v>
+        <v>4253</v>
       </c>
       <c r="E461" t="s">
-        <v>4242</v>
+        <v>4254</v>
       </c>
       <c r="F461" t="s">
-        <v>4243</v>
+        <v>4255</v>
       </c>
       <c r="G461" t="s">
-        <v>4244</v>
+        <v>4256</v>
       </c>
       <c r="H461" t="s">
-        <v>4245</v>
+        <v>4257</v>
       </c>
       <c r="I461" t="s">
-        <v>4246</v>
+        <v>4258</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>170</v>
+        <v>3810</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>171</v>
+        <v>3811</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4247</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65033</v>
+        <v>11256</v>
       </c>
       <c r="B462" t="s">
-        <v>4248</v>
+        <v>4260</v>
       </c>
       <c r="C462" t="s">
-        <v>4249</v>
+        <v>4261</v>
       </c>
       <c r="D462" t="s">
-        <v>4250</v>
+        <v>4262</v>
       </c>
       <c r="E462" t="s">
-        <v>4251</v>
+        <v>4263</v>
       </c>
       <c r="F462" t="s">
-        <v>4252</v>
+        <v>4264</v>
       </c>
       <c r="G462" t="s">
-        <v>4253</v>
+        <v>4265</v>
       </c>
       <c r="H462" t="s">
-        <v>4254</v>
+        <v>4266</v>
       </c>
       <c r="I462" t="s">
-        <v>4255</v>
+        <v>4267</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>4256</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>4257</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4258</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65034</v>
+        <v>11287</v>
       </c>
       <c r="B463" t="s">
-        <v>4259</v>
+        <v>4269</v>
       </c>
       <c r="C463" t="s">
-        <v>4260</v>
+        <v>4270</v>
       </c>
       <c r="D463" t="s">
-        <v>4261</v>
+        <v>4271</v>
       </c>
       <c r="E463" t="s">
-        <v>4262</v>
+        <v>4272</v>
       </c>
       <c r="F463" t="s">
-        <v>4263</v>
+        <v>4273</v>
       </c>
       <c r="G463" t="s">
-        <v>4264</v>
+        <v>4274</v>
       </c>
       <c r="H463" t="s">
-        <v>4265</v>
+        <v>4275</v>
       </c>
       <c r="I463" t="s">
-        <v>4266</v>
+        <v>4276</v>
       </c>
       <c r="J463" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>578</v>
+        <v>170</v>
       </c>
       <c r="L463" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>579</v>
+        <v>171</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4267</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65035</v>
+        <v>11299</v>
       </c>
       <c r="B464" t="s">
-        <v>4268</v>
+        <v>4278</v>
       </c>
       <c r="C464" t="s">
-        <v>4269</v>
+        <v>4279</v>
       </c>
       <c r="D464" t="s">
-        <v>4270</v>
+        <v>4280</v>
       </c>
       <c r="E464" t="s">
-        <v>4271</v>
+        <v>4281</v>
       </c>
       <c r="F464" t="s">
-        <v>4272</v>
+        <v>4282</v>
       </c>
       <c r="G464" t="s">
-        <v>4273</v>
+        <v>4283</v>
       </c>
       <c r="H464" t="s">
-        <v>4274</v>
+        <v>4284</v>
       </c>
       <c r="I464" t="s">
-        <v>4275</v>
+        <v>4285</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4276</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65036</v>
+        <v>11303</v>
       </c>
       <c r="B465" t="s">
-        <v>4277</v>
+        <v>4287</v>
       </c>
       <c r="C465" t="s">
-        <v>4278</v>
+        <v>4288</v>
       </c>
       <c r="D465" t="s">
-        <v>4279</v>
+        <v>4289</v>
       </c>
       <c r="E465" t="s">
-        <v>4280</v>
+        <v>4290</v>
       </c>
       <c r="F465" t="s">
-        <v>4281</v>
+        <v>4291</v>
       </c>
       <c r="G465" t="s">
-        <v>4282</v>
+        <v>4292</v>
       </c>
       <c r="H465" t="s">
-        <v>4283</v>
+        <v>4293</v>
       </c>
       <c r="I465" t="s">
-        <v>4284</v>
+        <v>4294</v>
       </c>
       <c r="J465" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K465" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L465" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M465" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4285</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65037</v>
+        <v>11306</v>
       </c>
       <c r="B466" t="s">
-        <v>4286</v>
+        <v>4296</v>
       </c>
       <c r="C466" t="s">
-        <v>4287</v>
+        <v>4297</v>
       </c>
       <c r="D466" t="s">
-        <v>4288</v>
+        <v>4298</v>
       </c>
       <c r="E466" t="s">
-        <v>4289</v>
+        <v>4299</v>
       </c>
       <c r="F466" t="s">
-        <v>4290</v>
+        <v>4300</v>
       </c>
       <c r="G466" t="s">
-        <v>4291</v>
+        <v>4301</v>
       </c>
       <c r="H466" t="s">
-        <v>4292</v>
+        <v>4302</v>
       </c>
       <c r="I466" t="s">
-        <v>4293</v>
+        <v>4303</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>27</v>
+        <v>1137</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4294</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65038</v>
+        <v>58060</v>
       </c>
       <c r="B467" t="s">
-        <v>4295</v>
+        <v>4305</v>
       </c>
       <c r="C467" t="s">
-        <v>4296</v>
+        <v>4306</v>
       </c>
       <c r="D467" t="s">
-        <v>4297</v>
+        <v>4307</v>
       </c>
       <c r="E467" t="s">
-        <v>4298</v>
+        <v>4308</v>
       </c>
       <c r="F467" t="s">
-        <v>4299</v>
+        <v>4309</v>
       </c>
       <c r="G467" t="s">
-        <v>4300</v>
+        <v>4310</v>
       </c>
       <c r="H467" t="s">
-        <v>4301</v>
+        <v>4311</v>
       </c>
       <c r="I467" t="s">
-        <v>4302</v>
+        <v>4312</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>170</v>
+        <v>3810</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>171</v>
+        <v>3811</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4303</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65039</v>
+        <v>58066</v>
       </c>
       <c r="B468" t="s">
-        <v>4304</v>
+        <v>4314</v>
       </c>
       <c r="C468" t="s">
-        <v>4305</v>
+        <v>4315</v>
       </c>
       <c r="D468" t="s">
-        <v>4306</v>
+        <v>4316</v>
       </c>
       <c r="E468" t="s">
-        <v>4307</v>
+        <v>4317</v>
       </c>
       <c r="F468" t="s">
-        <v>4308</v>
+        <v>4318</v>
       </c>
       <c r="G468" t="s">
-        <v>4309</v>
+        <v>4319</v>
       </c>
       <c r="H468" t="s">
-        <v>4310</v>
+        <v>4320</v>
       </c>
       <c r="I468" t="s">
-        <v>4311</v>
+        <v>4321</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4312</v>
+        <v>4322</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65040</v>
+        <v>58067</v>
       </c>
       <c r="B469" t="s">
-        <v>4313</v>
+        <v>4323</v>
       </c>
       <c r="C469" t="s">
-        <v>4314</v>
+        <v>4324</v>
       </c>
       <c r="D469" t="s">
-        <v>4315</v>
+        <v>4325</v>
       </c>
       <c r="E469" t="s">
-        <v>4316</v>
+        <v>4326</v>
       </c>
       <c r="F469" t="s">
-        <v>4317</v>
+        <v>4327</v>
       </c>
       <c r="G469" t="s">
-        <v>4318</v>
+        <v>4328</v>
       </c>
       <c r="H469" t="s">
-        <v>4319</v>
+        <v>4329</v>
       </c>
       <c r="I469" t="s">
-        <v>4320</v>
+        <v>4330</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>1475</v>
+        <v>274</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>1477</v>
+        <v>276</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4321</v>
+        <v>4331</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65043</v>
+        <v>58090</v>
       </c>
       <c r="B470" t="s">
-        <v>4322</v>
+        <v>4332</v>
       </c>
       <c r="C470" t="s">
-        <v>4323</v>
+        <v>4333</v>
       </c>
       <c r="D470" t="s">
-        <v>4324</v>
+        <v>4334</v>
       </c>
       <c r="E470" t="s">
-        <v>4325</v>
+        <v>4335</v>
       </c>
       <c r="F470" t="s">
-        <v>4326</v>
+        <v>4336</v>
       </c>
       <c r="G470" t="s">
-        <v>4327</v>
+        <v>4337</v>
       </c>
       <c r="H470" t="s">
-        <v>4328</v>
+        <v>4338</v>
       </c>
       <c r="I470" t="s">
-        <v>4329</v>
+        <v>4339</v>
       </c>
       <c r="J470" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K470" t="s">
-        <v>25</v>
+        <v>758</v>
       </c>
       <c r="L470" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M470" t="s">
-        <v>27</v>
+        <v>760</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4330</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65044</v>
+        <v>58091</v>
       </c>
       <c r="B471" t="s">
-        <v>4331</v>
+        <v>4341</v>
       </c>
       <c r="C471" t="s">
-        <v>4332</v>
+        <v>4342</v>
       </c>
       <c r="D471" t="s">
-        <v>4333</v>
+        <v>4343</v>
       </c>
       <c r="E471" t="s">
-        <v>4334</v>
+        <v>4344</v>
       </c>
       <c r="F471" t="s">
-        <v>4335</v>
+        <v>4345</v>
       </c>
       <c r="G471" t="s">
-        <v>4336</v>
+        <v>4346</v>
       </c>
       <c r="H471" t="s">
-        <v>4337</v>
+        <v>4347</v>
       </c>
       <c r="I471" t="s">
-        <v>4338</v>
+        <v>4348</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>25</v>
+        <v>4349</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>27</v>
+        <v>4350</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4339</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65045</v>
+        <v>58093</v>
       </c>
       <c r="B472" t="s">
-        <v>4340</v>
+        <v>4352</v>
       </c>
       <c r="C472" t="s">
-        <v>4341</v>
+        <v>4353</v>
       </c>
       <c r="D472" t="s">
-        <v>4342</v>
+        <v>4354</v>
       </c>
       <c r="E472" t="s">
-        <v>4343</v>
+        <v>4355</v>
       </c>
       <c r="F472" t="s">
-        <v>4344</v>
+        <v>4356</v>
       </c>
       <c r="G472" t="s">
-        <v>4345</v>
+        <v>4357</v>
       </c>
       <c r="H472" t="s">
-        <v>4346</v>
+        <v>4358</v>
       </c>
       <c r="I472" t="s">
-        <v>4347</v>
+        <v>4359</v>
       </c>
       <c r="J472" t="s">
-        <v>58</v>
+        <v>450</v>
       </c>
       <c r="K472" t="s">
-        <v>4348</v>
+        <v>2347</v>
       </c>
       <c r="L472" t="s">
-        <v>60</v>
+        <v>452</v>
       </c>
       <c r="M472" t="s">
-        <v>4349</v>
+        <v>2348</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4350</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65046</v>
+        <v>58120</v>
       </c>
       <c r="B473" t="s">
-        <v>4351</v>
+        <v>4361</v>
       </c>
       <c r="C473" t="s">
-        <v>4352</v>
+        <v>4362</v>
       </c>
       <c r="D473" t="s">
-        <v>4353</v>
+        <v>4363</v>
       </c>
       <c r="E473" t="s">
-        <v>4354</v>
+        <v>4364</v>
       </c>
       <c r="F473" t="s">
-        <v>4355</v>
+        <v>4365</v>
       </c>
       <c r="G473" t="s">
-        <v>4356</v>
+        <v>4366</v>
       </c>
       <c r="H473" t="s">
-        <v>4357</v>
+        <v>4367</v>
       </c>
       <c r="I473" t="s">
-        <v>4358</v>
+        <v>4368</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4359</v>
+        <v>4369</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65047</v>
+        <v>58122</v>
       </c>
       <c r="B474" t="s">
-        <v>4360</v>
+        <v>4370</v>
       </c>
       <c r="C474" t="s">
-        <v>4361</v>
+        <v>4371</v>
       </c>
       <c r="D474" t="s">
-        <v>4362</v>
+        <v>4372</v>
       </c>
       <c r="E474" t="s">
-        <v>4363</v>
+        <v>4373</v>
       </c>
       <c r="F474" t="s">
-        <v>4364</v>
+        <v>4374</v>
       </c>
       <c r="G474" t="s">
-        <v>4365</v>
+        <v>4375</v>
       </c>
       <c r="H474" t="s">
-        <v>4366</v>
+        <v>4376</v>
       </c>
       <c r="I474" t="s">
-        <v>4367</v>
+        <v>4377</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>4348</v>
+        <v>170</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>4349</v>
+        <v>171</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4368</v>
+        <v>4378</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65049</v>
+        <v>58125</v>
       </c>
       <c r="B475" t="s">
-        <v>4369</v>
+        <v>4379</v>
       </c>
       <c r="C475" t="s">
-        <v>4370</v>
+        <v>4380</v>
       </c>
       <c r="D475" t="s">
-        <v>4371</v>
+        <v>4381</v>
       </c>
       <c r="E475" t="s">
-        <v>4372</v>
+        <v>4382</v>
       </c>
       <c r="F475" t="s">
-        <v>4373</v>
+        <v>4383</v>
       </c>
       <c r="G475" t="s">
-        <v>4374</v>
+        <v>4384</v>
       </c>
       <c r="H475" t="s">
-        <v>4375</v>
+        <v>4385</v>
       </c>
       <c r="I475" t="s">
-        <v>4376</v>
+        <v>4386</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>59</v>
+        <v>3810</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>61</v>
+        <v>3811</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4377</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65050</v>
+        <v>58144</v>
       </c>
       <c r="B476" t="s">
-        <v>4378</v>
+        <v>4388</v>
       </c>
       <c r="C476" t="s">
-        <v>4379</v>
+        <v>4389</v>
       </c>
       <c r="D476" t="s">
-        <v>4380</v>
+        <v>4390</v>
       </c>
       <c r="E476" t="s">
-        <v>4381</v>
+        <v>4391</v>
       </c>
       <c r="F476" t="s">
-        <v>4382</v>
+        <v>4392</v>
       </c>
       <c r="G476" t="s">
-        <v>4383</v>
+        <v>4393</v>
       </c>
       <c r="H476" t="s">
-        <v>4384</v>
+        <v>4394</v>
       </c>
       <c r="I476" t="s">
-        <v>4385</v>
+        <v>4395</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
         <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
         <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4386</v>
+        <v>4396</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65051</v>
+        <v>58148</v>
       </c>
       <c r="B477" t="s">
-        <v>4387</v>
+        <v>4397</v>
       </c>
       <c r="C477" t="s">
-        <v>4388</v>
+        <v>4398</v>
       </c>
       <c r="D477" t="s">
-        <v>4389</v>
+        <v>4399</v>
       </c>
       <c r="E477" t="s">
-        <v>4390</v>
+        <v>4400</v>
       </c>
       <c r="F477" t="s">
-        <v>4391</v>
+        <v>4401</v>
       </c>
       <c r="G477" t="s">
-        <v>4392</v>
+        <v>4402</v>
       </c>
       <c r="H477" t="s">
-        <v>4393</v>
+        <v>4403</v>
       </c>
       <c r="I477" t="s">
-        <v>4394</v>
+        <v>4404</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>744</v>
+        <v>1071</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
-        <v>745</v>
+        <v>1072</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4395</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65053</v>
+        <v>58218</v>
       </c>
       <c r="B478" t="s">
-        <v>4396</v>
+        <v>4406</v>
       </c>
       <c r="C478" t="s">
-        <v>4397</v>
+        <v>4407</v>
       </c>
       <c r="D478" t="s">
-        <v>4398</v>
+        <v>4408</v>
       </c>
       <c r="E478" t="s">
-        <v>4399</v>
+        <v>4409</v>
       </c>
       <c r="F478" t="s">
-        <v>4400</v>
+        <v>4410</v>
       </c>
       <c r="G478" t="s">
-        <v>4401</v>
+        <v>4411</v>
       </c>
       <c r="H478" t="s">
-        <v>4402</v>
+        <v>4412</v>
       </c>
       <c r="I478" t="s">
-        <v>4403</v>
+        <v>4413</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
         <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
         <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4404</v>
+        <v>4414</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65054</v>
+        <v>58223</v>
       </c>
       <c r="B479" t="s">
-        <v>4405</v>
+        <v>4415</v>
       </c>
       <c r="C479" t="s">
-        <v>4406</v>
+        <v>4416</v>
       </c>
       <c r="D479" t="s">
-        <v>4407</v>
+        <v>4417</v>
       </c>
       <c r="E479" t="s">
-        <v>4408</v>
+        <v>4418</v>
       </c>
       <c r="F479" t="s">
-        <v>4409</v>
+        <v>4419</v>
       </c>
       <c r="G479" t="s">
-        <v>4410</v>
+        <v>4420</v>
       </c>
       <c r="H479" t="s">
-        <v>4411</v>
+        <v>4421</v>
       </c>
       <c r="I479" t="s">
-        <v>4412</v>
+        <v>4422</v>
       </c>
       <c r="J479" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>4413</v>
+        <v>170</v>
       </c>
       <c r="L479" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>4414</v>
+        <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4415</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65055</v>
+        <v>58240</v>
       </c>
       <c r="B480" t="s">
-        <v>4416</v>
+        <v>4424</v>
       </c>
       <c r="C480" t="s">
-        <v>4417</v>
+        <v>4425</v>
       </c>
       <c r="D480" t="s">
-        <v>4418</v>
+        <v>4426</v>
       </c>
       <c r="E480" t="s">
-        <v>4419</v>
+        <v>4427</v>
       </c>
       <c r="F480" t="s">
-        <v>4420</v>
+        <v>4428</v>
       </c>
       <c r="G480" t="s">
-        <v>4421</v>
+        <v>4429</v>
       </c>
       <c r="H480" t="s">
-        <v>4422</v>
+        <v>4430</v>
       </c>
       <c r="I480" t="s">
-        <v>4423</v>
+        <v>4431</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>578</v>
+        <v>4432</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>579</v>
+        <v>4433</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4424</v>
+        <v>4434</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65057</v>
+        <v>58259</v>
       </c>
       <c r="B481" t="s">
-        <v>4425</v>
+        <v>4435</v>
       </c>
       <c r="C481" t="s">
-        <v>4426</v>
+        <v>4436</v>
       </c>
       <c r="D481" t="s">
-        <v>4427</v>
+        <v>4437</v>
       </c>
       <c r="E481" t="s">
-        <v>4428</v>
+        <v>4438</v>
       </c>
       <c r="F481" t="s">
-        <v>4429</v>
+        <v>4439</v>
       </c>
       <c r="G481" t="s">
-        <v>4430</v>
+        <v>4440</v>
       </c>
       <c r="H481" t="s">
-        <v>4431</v>
+        <v>4441</v>
       </c>
       <c r="I481" t="s">
-        <v>4432</v>
+        <v>4442</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>273</v>
+        <v>4443</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>274</v>
+        <v>4444</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4433</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65058</v>
+        <v>64597</v>
       </c>
       <c r="B482" t="s">
-        <v>4434</v>
+        <v>4446</v>
       </c>
       <c r="C482" t="s">
-        <v>4435</v>
+        <v>4447</v>
       </c>
       <c r="D482" t="s">
-        <v>4436</v>
+        <v>4448</v>
       </c>
       <c r="E482" t="s">
-        <v>4437</v>
+        <v>4449</v>
       </c>
       <c r="F482" t="s">
-        <v>4438</v>
+        <v>4450</v>
       </c>
       <c r="G482" t="s">
-        <v>4439</v>
+        <v>4451</v>
       </c>
       <c r="H482" t="s">
-        <v>4440</v>
+        <v>4452</v>
       </c>
       <c r="I482" t="s">
-        <v>4441</v>
+        <v>4453</v>
       </c>
       <c r="J482" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>688</v>
+        <v>1136</v>
       </c>
       <c r="L482" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>689</v>
+        <v>1137</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4442</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65059</v>
+        <v>64637</v>
       </c>
       <c r="B483" t="s">
-        <v>4443</v>
+        <v>4455</v>
       </c>
       <c r="C483" t="s">
-        <v>4444</v>
+        <v>4456</v>
       </c>
       <c r="D483" t="s">
-        <v>4445</v>
+        <v>4457</v>
       </c>
       <c r="E483" t="s">
-        <v>4446</v>
+        <v>4458</v>
       </c>
       <c r="F483" t="s">
-        <v>4447</v>
+        <v>4459</v>
       </c>
       <c r="G483" t="s">
-        <v>4448</v>
+        <v>4460</v>
       </c>
       <c r="H483" t="s">
-        <v>4449</v>
+        <v>4461</v>
       </c>
       <c r="I483" t="s">
-        <v>4450</v>
+        <v>4462</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4451</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65060</v>
+        <v>64643</v>
       </c>
       <c r="B484" t="s">
-        <v>4452</v>
+        <v>4464</v>
       </c>
       <c r="C484" t="s">
-        <v>4453</v>
+        <v>4465</v>
       </c>
       <c r="D484" t="s">
-        <v>4454</v>
+        <v>4466</v>
       </c>
       <c r="E484" t="s">
-        <v>4455</v>
+        <v>4467</v>
       </c>
       <c r="F484" t="s">
-        <v>4456</v>
+        <v>4468</v>
       </c>
       <c r="G484" t="s">
-        <v>4457</v>
+        <v>4469</v>
       </c>
       <c r="H484" t="s">
-        <v>4458</v>
+        <v>4470</v>
       </c>
       <c r="I484" t="s">
-        <v>4459</v>
+        <v>4471</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4460</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65061</v>
+        <v>64689</v>
       </c>
       <c r="B485" t="s">
-        <v>4461</v>
+        <v>4473</v>
       </c>
       <c r="C485" t="s">
-        <v>4462</v>
+        <v>4474</v>
       </c>
       <c r="D485" t="s">
-        <v>4463</v>
+        <v>4475</v>
       </c>
       <c r="E485" t="s">
-        <v>4464</v>
+        <v>4476</v>
       </c>
       <c r="F485" t="s">
-        <v>4465</v>
+        <v>4477</v>
       </c>
       <c r="G485" t="s">
-        <v>4466</v>
+        <v>4478</v>
       </c>
       <c r="H485" t="s">
-        <v>4467</v>
+        <v>4479</v>
       </c>
       <c r="I485" t="s">
-        <v>4468</v>
+        <v>4480</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>1475</v>
+        <v>59</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>1477</v>
+        <v>61</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4469</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65062</v>
+        <v>65000</v>
       </c>
       <c r="B486" t="s">
-        <v>4470</v>
+        <v>4482</v>
       </c>
       <c r="C486" t="s">
-        <v>4471</v>
+        <v>4483</v>
       </c>
       <c r="D486" t="s">
-        <v>4472</v>
+        <v>4484</v>
       </c>
       <c r="E486" t="s">
-        <v>4473</v>
+        <v>4485</v>
       </c>
       <c r="F486" t="s">
-        <v>4474</v>
+        <v>4486</v>
       </c>
       <c r="G486" t="s">
-        <v>4475</v>
+        <v>4487</v>
       </c>
       <c r="H486" t="s">
-        <v>4476</v>
+        <v>4488</v>
       </c>
       <c r="I486" t="s">
-        <v>4477</v>
+        <v>4489</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
         <v>25</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
         <v>27</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4478</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65063</v>
+        <v>65001</v>
       </c>
       <c r="B487" t="s">
-        <v>4479</v>
+        <v>4491</v>
       </c>
       <c r="C487" t="s">
-        <v>4480</v>
+        <v>4492</v>
       </c>
       <c r="D487" t="s">
-        <v>4481</v>
+        <v>4493</v>
       </c>
       <c r="E487" t="s">
-        <v>4482</v>
+        <v>4494</v>
       </c>
       <c r="F487" t="s">
-        <v>4483</v>
+        <v>4495</v>
       </c>
       <c r="G487" t="s">
-        <v>4484</v>
+        <v>4496</v>
       </c>
       <c r="H487" t="s">
-        <v>4485</v>
+        <v>4497</v>
       </c>
       <c r="I487" t="s">
-        <v>4486</v>
+        <v>4498</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>1069</v>
+        <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>1070</v>
+        <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4487</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65065</v>
+        <v>65002</v>
       </c>
       <c r="B488" t="s">
-        <v>4488</v>
+        <v>4500</v>
       </c>
       <c r="C488" t="s">
-        <v>4489</v>
+        <v>4501</v>
       </c>
       <c r="D488" t="s">
-        <v>4490</v>
+        <v>4502</v>
       </c>
       <c r="E488" t="s">
-        <v>4491</v>
+        <v>4503</v>
       </c>
       <c r="F488" t="s">
-        <v>4492</v>
+        <v>4504</v>
       </c>
       <c r="G488" t="s">
-        <v>4493</v>
+        <v>4505</v>
       </c>
       <c r="H488" t="s">
-        <v>4494</v>
+        <v>4506</v>
       </c>
       <c r="I488" t="s">
-        <v>4495</v>
+        <v>4507</v>
       </c>
       <c r="J488" t="s">
-        <v>4496</v>
+        <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>1475</v>
+        <v>25</v>
       </c>
       <c r="L488" t="s">
-        <v>4497</v>
+        <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>1477</v>
+        <v>27</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4498</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65068</v>
+        <v>65003</v>
       </c>
       <c r="B489" t="s">
-        <v>4499</v>
+        <v>4509</v>
       </c>
       <c r="C489" t="s">
-        <v>4500</v>
+        <v>4510</v>
       </c>
       <c r="D489" t="s">
-        <v>4501</v>
+        <v>4511</v>
       </c>
       <c r="E489" t="s">
-        <v>4502</v>
+        <v>4512</v>
       </c>
       <c r="F489" t="s">
-        <v>4503</v>
+        <v>4513</v>
       </c>
       <c r="G489" t="s">
-        <v>4504</v>
+        <v>4514</v>
       </c>
       <c r="H489" t="s">
-        <v>4505</v>
+        <v>4515</v>
       </c>
       <c r="I489" t="s">
-        <v>4506</v>
+        <v>4516</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4507</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65069</v>
+        <v>65004</v>
       </c>
       <c r="B490" t="s">
-        <v>4508</v>
+        <v>4518</v>
       </c>
       <c r="C490" t="s">
-        <v>4509</v>
+        <v>4519</v>
       </c>
       <c r="D490" t="s">
-        <v>4510</v>
+        <v>4520</v>
       </c>
       <c r="E490" t="s">
-        <v>4511</v>
+        <v>4521</v>
       </c>
       <c r="F490" t="s">
-        <v>4512</v>
+        <v>4522</v>
       </c>
       <c r="G490" t="s">
-        <v>4513</v>
+        <v>4523</v>
       </c>
       <c r="H490" t="s">
-        <v>4514</v>
+        <v>4524</v>
       </c>
       <c r="I490" t="s">
-        <v>4515</v>
+        <v>4525</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
         <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
         <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4516</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65071</v>
+        <v>65005</v>
       </c>
       <c r="B491" t="s">
-        <v>4517</v>
+        <v>4527</v>
       </c>
       <c r="C491" t="s">
-        <v>4518</v>
+        <v>4528</v>
       </c>
       <c r="D491" t="s">
-        <v>4519</v>
+        <v>4529</v>
       </c>
       <c r="E491" t="s">
-        <v>4520</v>
+        <v>4530</v>
       </c>
       <c r="F491" t="s">
-        <v>4521</v>
+        <v>4531</v>
       </c>
       <c r="G491" t="s">
-        <v>4522</v>
+        <v>4532</v>
       </c>
       <c r="H491" t="s">
-        <v>4523</v>
+        <v>4533</v>
       </c>
       <c r="I491" t="s">
-        <v>4524</v>
+        <v>4534</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>25</v>
+        <v>2867</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>27</v>
+        <v>2868</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4525</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65073</v>
+        <v>65006</v>
       </c>
       <c r="B492" t="s">
-        <v>4526</v>
+        <v>4536</v>
       </c>
       <c r="C492" t="s">
-        <v>4527</v>
+        <v>4537</v>
       </c>
       <c r="D492" t="s">
-        <v>4528</v>
+        <v>4538</v>
       </c>
       <c r="E492" t="s">
-        <v>4529</v>
+        <v>4539</v>
       </c>
       <c r="F492" t="s">
-        <v>4530</v>
+        <v>4540</v>
       </c>
       <c r="G492" t="s">
-        <v>4531</v>
+        <v>4541</v>
       </c>
       <c r="H492" t="s">
-        <v>4532</v>
+        <v>4542</v>
       </c>
       <c r="I492" t="s">
-        <v>4533</v>
+        <v>4543</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>25</v>
+        <v>4544</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>27</v>
+        <v>4545</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4534</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65074</v>
+        <v>65007</v>
       </c>
       <c r="B493" t="s">
-        <v>4535</v>
+        <v>4547</v>
       </c>
       <c r="C493" t="s">
-        <v>4536</v>
+        <v>4548</v>
       </c>
       <c r="D493" t="s">
-        <v>4537</v>
+        <v>4549</v>
       </c>
       <c r="E493" t="s">
-        <v>4538</v>
+        <v>4550</v>
       </c>
       <c r="F493" t="s">
-        <v>4539</v>
+        <v>4551</v>
       </c>
       <c r="G493" t="s">
-        <v>4540</v>
+        <v>4552</v>
       </c>
       <c r="H493" t="s">
-        <v>4541</v>
+        <v>4553</v>
       </c>
       <c r="I493" t="s">
-        <v>4542</v>
+        <v>4554</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>4543</v>
+        <v>25</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>4544</v>
+        <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4545</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65075</v>
+        <v>65008</v>
       </c>
       <c r="B494" t="s">
-        <v>4546</v>
+        <v>4556</v>
       </c>
       <c r="C494" t="s">
-        <v>4547</v>
+        <v>4557</v>
       </c>
       <c r="D494" t="s">
-        <v>4548</v>
+        <v>4558</v>
       </c>
       <c r="E494" t="s">
-        <v>4549</v>
+        <v>4559</v>
       </c>
       <c r="F494" t="s">
-        <v>4550</v>
+        <v>4560</v>
       </c>
       <c r="G494" t="s">
-        <v>4551</v>
+        <v>4561</v>
       </c>
       <c r="H494" t="s">
-        <v>4552</v>
+        <v>4562</v>
       </c>
       <c r="I494" t="s">
-        <v>4553</v>
+        <v>4563</v>
       </c>
       <c r="J494" t="s">
-        <v>448</v>
+        <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>4256</v>
+        <v>170</v>
       </c>
       <c r="L494" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>4257</v>
+        <v>171</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4554</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65076</v>
+        <v>65009</v>
       </c>
       <c r="B495" t="s">
-        <v>4555</v>
+        <v>4565</v>
       </c>
       <c r="C495" t="s">
-        <v>4556</v>
+        <v>4566</v>
       </c>
       <c r="D495" t="s">
-        <v>4557</v>
+        <v>4567</v>
       </c>
       <c r="E495" t="s">
-        <v>4558</v>
+        <v>4568</v>
       </c>
       <c r="F495" t="s">
-        <v>4559</v>
+        <v>4569</v>
       </c>
       <c r="G495" t="s">
-        <v>4560</v>
+        <v>4570</v>
       </c>
       <c r="H495" t="s">
-        <v>4561</v>
+        <v>4571</v>
       </c>
       <c r="I495" t="s">
-        <v>4562</v>
+        <v>4572</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
         <v>170</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
         <v>171</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
-        <v>4563</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65077</v>
+        <v>65010</v>
       </c>
       <c r="B496" t="s">
-        <v>4564</v>
+        <v>4574</v>
       </c>
       <c r="C496" t="s">
-        <v>4565</v>
+        <v>4575</v>
       </c>
       <c r="D496" t="s">
-        <v>4566</v>
+        <v>4576</v>
       </c>
       <c r="E496" t="s">
-        <v>4567</v>
+        <v>4577</v>
       </c>
       <c r="F496" t="s">
-        <v>4568</v>
+        <v>4578</v>
       </c>
       <c r="G496" t="s">
-        <v>4569</v>
+        <v>4579</v>
       </c>
       <c r="H496" t="s">
-        <v>4570</v>
+        <v>4580</v>
       </c>
       <c r="I496" t="s">
-        <v>4571</v>
+        <v>4581</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>744</v>
+        <v>25</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>745</v>
+        <v>27</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4572</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65080</v>
+        <v>65011</v>
       </c>
       <c r="B497" t="s">
-        <v>4573</v>
+        <v>4583</v>
       </c>
       <c r="C497" t="s">
-        <v>4574</v>
+        <v>4584</v>
       </c>
       <c r="D497" t="s">
-        <v>4575</v>
+        <v>4585</v>
       </c>
       <c r="E497" t="s">
-        <v>4576</v>
+        <v>4586</v>
       </c>
       <c r="F497" t="s">
-        <v>4577</v>
+        <v>4587</v>
       </c>
       <c r="G497" t="s">
-        <v>4578</v>
+        <v>4588</v>
       </c>
       <c r="H497" t="s">
-        <v>4579</v>
+        <v>4589</v>
       </c>
       <c r="I497" t="s">
-        <v>4580</v>
+        <v>4590</v>
       </c>
       <c r="J497" t="s">
         <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L497" t="s">
         <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
-        <v>4581</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65081</v>
+        <v>65012</v>
       </c>
       <c r="B498" t="s">
-        <v>4582</v>
+        <v>4592</v>
       </c>
       <c r="C498" t="s">
-        <v>4583</v>
+        <v>4593</v>
       </c>
       <c r="D498" t="s">
-        <v>4584</v>
+        <v>4594</v>
       </c>
       <c r="E498" t="s">
-        <v>4585</v>
+        <v>4595</v>
       </c>
       <c r="F498" t="s">
-        <v>4586</v>
+        <v>4596</v>
       </c>
       <c r="G498" t="s">
-        <v>4587</v>
+        <v>4597</v>
       </c>
       <c r="H498" t="s">
-        <v>4588</v>
+        <v>4598</v>
       </c>
       <c r="I498" t="s">
-        <v>4589</v>
+        <v>4599</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>47</v>
+        <v>4600</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>48</v>
+        <v>4601</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
-        <v>4590</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65082</v>
+        <v>65013</v>
       </c>
       <c r="B499" t="s">
-        <v>4591</v>
+        <v>4603</v>
       </c>
       <c r="C499" t="s">
-        <v>4592</v>
+        <v>4604</v>
       </c>
       <c r="D499" t="s">
-        <v>4593</v>
+        <v>4605</v>
       </c>
       <c r="E499" t="s">
-        <v>4594</v>
+        <v>4606</v>
       </c>
       <c r="F499" t="s">
-        <v>4595</v>
+        <v>4607</v>
       </c>
       <c r="G499" t="s">
-        <v>4596</v>
+        <v>4608</v>
       </c>
       <c r="H499" t="s">
-        <v>4597</v>
+        <v>4609</v>
       </c>
       <c r="I499" t="s">
-        <v>4598</v>
+        <v>4610</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4599</v>
+        <v>4611</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65083</v>
+        <v>65014</v>
       </c>
       <c r="B500" t="s">
-        <v>4600</v>
+        <v>4612</v>
       </c>
       <c r="C500" t="s">
-        <v>4601</v>
+        <v>4613</v>
       </c>
       <c r="D500" t="s">
-        <v>4602</v>
+        <v>4614</v>
       </c>
       <c r="E500" t="s">
-        <v>4603</v>
+        <v>4615</v>
       </c>
       <c r="F500" t="s">
-        <v>4604</v>
+        <v>4616</v>
       </c>
       <c r="G500" t="s">
-        <v>4605</v>
+        <v>4617</v>
       </c>
       <c r="H500" t="s">
-        <v>4606</v>
+        <v>4618</v>
       </c>
       <c r="I500" t="s">
-        <v>4607</v>
+        <v>4619</v>
       </c>
       <c r="J500" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K500" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L500" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M500" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4608</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65084</v>
+        <v>65015</v>
       </c>
       <c r="B501" t="s">
-        <v>4609</v>
+        <v>4621</v>
       </c>
       <c r="C501" t="s">
-        <v>4610</v>
+        <v>4622</v>
       </c>
       <c r="D501" t="s">
-        <v>4611</v>
+        <v>4623</v>
       </c>
       <c r="E501" t="s">
-        <v>4612</v>
+        <v>4624</v>
       </c>
       <c r="F501" t="s">
-        <v>4613</v>
+        <v>4625</v>
       </c>
       <c r="G501" t="s">
-        <v>4614</v>
+        <v>4626</v>
       </c>
       <c r="H501" t="s">
-        <v>4615</v>
+        <v>4627</v>
       </c>
       <c r="I501" t="s">
-        <v>4616</v>
+        <v>4628</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4617</v>
+        <v>4629</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65085</v>
+        <v>65016</v>
       </c>
       <c r="B502" t="s">
-        <v>4618</v>
+        <v>4630</v>
       </c>
       <c r="C502" t="s">
-        <v>4619</v>
+        <v>4631</v>
       </c>
       <c r="D502" t="s">
-        <v>4620</v>
+        <v>4632</v>
       </c>
       <c r="E502" t="s">
-        <v>4621</v>
+        <v>4633</v>
       </c>
       <c r="F502" t="s">
-        <v>4622</v>
+        <v>4634</v>
       </c>
       <c r="G502" t="s">
-        <v>4623</v>
+        <v>4635</v>
       </c>
       <c r="H502" t="s">
-        <v>4624</v>
+        <v>4636</v>
       </c>
       <c r="I502" t="s">
-        <v>4625</v>
+        <v>4637</v>
       </c>
       <c r="J502" t="s">
         <v>24</v>
       </c>
       <c r="K502" t="s">
-        <v>578</v>
+        <v>25</v>
       </c>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4626</v>
+        <v>4638</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65086</v>
+        <v>65017</v>
       </c>
       <c r="B503" t="s">
-        <v>4627</v>
+        <v>4639</v>
       </c>
       <c r="C503" t="s">
-        <v>4628</v>
+        <v>4640</v>
       </c>
       <c r="D503" t="s">
-        <v>4629</v>
+        <v>4641</v>
       </c>
       <c r="E503" t="s">
-        <v>4630</v>
+        <v>4642</v>
       </c>
       <c r="F503" t="s">
-        <v>4631</v>
+        <v>4643</v>
       </c>
       <c r="G503" t="s">
-        <v>4632</v>
+        <v>4644</v>
       </c>
       <c r="H503" t="s">
-        <v>4633</v>
+        <v>4645</v>
       </c>
       <c r="I503" t="s">
-        <v>4634</v>
+        <v>4646</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
-        <v>170</v>
+        <v>4647</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
-        <v>171</v>
+        <v>4648</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4635</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65087</v>
+        <v>65018</v>
       </c>
       <c r="B504" t="s">
-        <v>4636</v>
+        <v>4650</v>
       </c>
       <c r="C504" t="s">
-        <v>4637</v>
+        <v>4651</v>
       </c>
       <c r="D504" t="s">
-        <v>4638</v>
+        <v>4652</v>
       </c>
       <c r="E504" t="s">
-        <v>4639</v>
+        <v>4653</v>
       </c>
       <c r="F504" t="s">
-        <v>4640</v>
+        <v>4654</v>
       </c>
       <c r="G504" t="s">
-        <v>4641</v>
+        <v>4655</v>
       </c>
       <c r="H504" t="s">
-        <v>4642</v>
+        <v>4656</v>
       </c>
       <c r="I504" t="s">
-        <v>4643</v>
+        <v>4657</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
-        <v>170</v>
+        <v>4658</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
-        <v>171</v>
+        <v>4659</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4644</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65088</v>
+        <v>65019</v>
       </c>
       <c r="B505" t="s">
-        <v>4645</v>
+        <v>4661</v>
       </c>
       <c r="C505" t="s">
-        <v>4646</v>
+        <v>4662</v>
       </c>
       <c r="D505" t="s">
-        <v>4647</v>
+        <v>4663</v>
       </c>
       <c r="E505" t="s">
-        <v>4648</v>
+        <v>4664</v>
       </c>
       <c r="F505" t="s">
-        <v>4649</v>
+        <v>4665</v>
       </c>
       <c r="G505" t="s">
-        <v>4650</v>
+        <v>4666</v>
       </c>
       <c r="H505" t="s">
-        <v>4651</v>
+        <v>4667</v>
       </c>
       <c r="I505" t="s">
-        <v>4652</v>
+        <v>4668</v>
       </c>
       <c r="J505" t="s">
         <v>24</v>
       </c>
       <c r="K505" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4653</v>
+        <v>4669</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65089</v>
+        <v>65020</v>
       </c>
       <c r="B506" t="s">
-        <v>4654</v>
+        <v>4670</v>
       </c>
       <c r="C506" t="s">
-        <v>4655</v>
+        <v>4671</v>
       </c>
       <c r="D506" t="s">
-        <v>4656</v>
+        <v>4672</v>
       </c>
       <c r="E506" t="s">
-        <v>4657</v>
+        <v>4673</v>
       </c>
       <c r="F506" t="s">
-        <v>4658</v>
+        <v>4674</v>
       </c>
       <c r="G506" t="s">
-        <v>4659</v>
+        <v>4675</v>
       </c>
       <c r="H506" t="s">
-        <v>4660</v>
+        <v>4676</v>
       </c>
       <c r="I506" t="s">
-        <v>4661</v>
+        <v>4677</v>
       </c>
       <c r="J506" t="s">
         <v>24</v>
       </c>
       <c r="K506" t="s">
-        <v>25</v>
+        <v>4678</v>
       </c>
       <c r="L506" t="s">
         <v>26</v>
       </c>
       <c r="M506" t="s">
-        <v>27</v>
+        <v>4679</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4662</v>
+        <v>4680</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65090</v>
+        <v>65021</v>
       </c>
       <c r="B507" t="s">
-        <v>4663</v>
+        <v>4681</v>
       </c>
       <c r="C507" t="s">
-        <v>4664</v>
+        <v>4682</v>
       </c>
       <c r="D507" t="s">
-        <v>4665</v>
+        <v>4683</v>
       </c>
       <c r="E507" t="s">
-        <v>4666</v>
+        <v>4684</v>
       </c>
       <c r="F507" t="s">
-        <v>4667</v>
+        <v>4685</v>
       </c>
       <c r="G507" t="s">
-        <v>4668</v>
+        <v>4686</v>
       </c>
       <c r="H507" t="s">
-        <v>4669</v>
+        <v>4687</v>
       </c>
       <c r="I507" t="s">
-        <v>4670</v>
+        <v>4688</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
         <v>25</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
         <v>27</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4671</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65091</v>
+        <v>65022</v>
       </c>
       <c r="B508" t="s">
-        <v>4672</v>
+        <v>4690</v>
       </c>
       <c r="C508" t="s">
-        <v>4673</v>
+        <v>4691</v>
       </c>
       <c r="D508" t="s">
-        <v>4674</v>
+        <v>4692</v>
       </c>
       <c r="E508" t="s">
-        <v>4675</v>
+        <v>4693</v>
       </c>
       <c r="F508" t="s">
-        <v>4676</v>
+        <v>4694</v>
       </c>
       <c r="G508" t="s">
-        <v>4677</v>
+        <v>4695</v>
       </c>
       <c r="H508" t="s">
-        <v>4678</v>
+        <v>4696</v>
       </c>
       <c r="I508" t="s">
-        <v>4679</v>
+        <v>4697</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
         <v>25</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
         <v>27</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4680</v>
+        <v>4698</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65092</v>
+        <v>65023</v>
       </c>
       <c r="B509" t="s">
-        <v>4681</v>
+        <v>4699</v>
       </c>
       <c r="C509" t="s">
-        <v>4682</v>
+        <v>4700</v>
       </c>
       <c r="D509" t="s">
-        <v>4683</v>
+        <v>4701</v>
       </c>
       <c r="E509" t="s">
-        <v>4684</v>
+        <v>4702</v>
       </c>
       <c r="F509" t="s">
-        <v>4685</v>
+        <v>4703</v>
       </c>
       <c r="G509" t="s">
-        <v>4686</v>
+        <v>4704</v>
       </c>
       <c r="H509" t="s">
-        <v>4687</v>
+        <v>4705</v>
       </c>
       <c r="I509" t="s">
-        <v>4688</v>
+        <v>4706</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4689</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65093</v>
+        <v>65025</v>
       </c>
       <c r="B510" t="s">
-        <v>4690</v>
+        <v>4708</v>
       </c>
       <c r="C510" t="s">
-        <v>4691</v>
+        <v>4709</v>
       </c>
       <c r="D510" t="s">
-        <v>4692</v>
+        <v>4710</v>
       </c>
       <c r="E510" t="s">
-        <v>4693</v>
+        <v>4711</v>
       </c>
       <c r="F510" t="s">
-        <v>4694</v>
+        <v>4712</v>
       </c>
       <c r="G510" t="s">
-        <v>4695</v>
+        <v>4713</v>
       </c>
       <c r="H510" t="s">
-        <v>4696</v>
+        <v>4714</v>
       </c>
       <c r="I510" t="s">
-        <v>4697</v>
+        <v>4715</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4698</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65094</v>
+        <v>65026</v>
       </c>
       <c r="B511" t="s">
-        <v>4699</v>
+        <v>4717</v>
       </c>
       <c r="C511" t="s">
-        <v>4700</v>
+        <v>4718</v>
       </c>
       <c r="D511" t="s">
-        <v>4701</v>
+        <v>4719</v>
       </c>
       <c r="E511" t="s">
-        <v>4702</v>
+        <v>4720</v>
       </c>
       <c r="F511" t="s">
-        <v>4703</v>
+        <v>4721</v>
       </c>
       <c r="G511" t="s">
-        <v>4704</v>
+        <v>4722</v>
       </c>
       <c r="H511" t="s">
-        <v>4705</v>
+        <v>4723</v>
       </c>
       <c r="I511" t="s">
-        <v>4706</v>
+        <v>4724</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>4707</v>
+        <v>25</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>4708</v>
+        <v>27</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
-        <v>4709</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65095</v>
+        <v>65027</v>
       </c>
       <c r="B512" t="s">
-        <v>4710</v>
+        <v>4726</v>
       </c>
       <c r="C512" t="s">
-        <v>4711</v>
+        <v>4727</v>
       </c>
       <c r="D512" t="s">
-        <v>4712</v>
+        <v>4728</v>
       </c>
       <c r="E512" t="s">
-        <v>4713</v>
+        <v>4729</v>
       </c>
       <c r="F512" t="s">
-        <v>4714</v>
+        <v>4730</v>
       </c>
       <c r="G512" t="s">
-        <v>4715</v>
+        <v>4731</v>
       </c>
       <c r="H512" t="s">
-        <v>4716</v>
+        <v>4732</v>
       </c>
       <c r="I512" t="s">
-        <v>4717</v>
+        <v>4733</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>744</v>
+        <v>690</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>745</v>
+        <v>691</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4718</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65096</v>
+        <v>65028</v>
       </c>
       <c r="B513" t="s">
-        <v>4719</v>
+        <v>4735</v>
       </c>
       <c r="C513" t="s">
-        <v>4720</v>
+        <v>4736</v>
       </c>
       <c r="D513" t="s">
-        <v>4721</v>
+        <v>4737</v>
       </c>
       <c r="E513" t="s">
-        <v>4722</v>
+        <v>4738</v>
       </c>
       <c r="F513" t="s">
-        <v>4723</v>
+        <v>4739</v>
       </c>
       <c r="G513" t="s">
-        <v>4724</v>
+        <v>4740</v>
       </c>
       <c r="H513" t="s">
-        <v>4725</v>
+        <v>4741</v>
       </c>
       <c r="I513" t="s">
-        <v>4726</v>
+        <v>4742</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
         <v>25</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
         <v>27</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4727</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65097</v>
+        <v>65030</v>
       </c>
       <c r="B514" t="s">
-        <v>4728</v>
+        <v>4744</v>
       </c>
       <c r="C514" t="s">
-        <v>4729</v>
+        <v>4745</v>
       </c>
       <c r="D514" t="s">
-        <v>4730</v>
+        <v>4746</v>
       </c>
       <c r="E514" t="s">
-        <v>4731</v>
+        <v>4747</v>
       </c>
       <c r="F514" t="s">
-        <v>4732</v>
+        <v>4748</v>
       </c>
       <c r="G514" t="s">
-        <v>4733</v>
+        <v>4749</v>
       </c>
       <c r="H514" t="s">
-        <v>4734</v>
+        <v>4750</v>
       </c>
       <c r="I514" t="s">
-        <v>4735</v>
+        <v>4751</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4736</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65098</v>
+        <v>65031</v>
       </c>
       <c r="B515" t="s">
-        <v>4737</v>
+        <v>4753</v>
       </c>
       <c r="C515" t="s">
-        <v>4738</v>
+        <v>4754</v>
       </c>
       <c r="D515" t="s">
-        <v>4739</v>
+        <v>4755</v>
       </c>
       <c r="E515" t="s">
-        <v>4740</v>
+        <v>4756</v>
       </c>
       <c r="F515" t="s">
-        <v>4741</v>
+        <v>4757</v>
       </c>
       <c r="G515" t="s">
-        <v>4742</v>
+        <v>4758</v>
       </c>
       <c r="H515" t="s">
-        <v>4743</v>
+        <v>4759</v>
       </c>
       <c r="I515" t="s">
-        <v>4744</v>
+        <v>4760</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
         <v>25</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
         <v>27</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4745</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65099</v>
+        <v>65032</v>
       </c>
       <c r="B516" t="s">
-        <v>4746</v>
+        <v>4762</v>
       </c>
       <c r="C516" t="s">
-        <v>4747</v>
+        <v>4763</v>
       </c>
       <c r="D516" t="s">
-        <v>4748</v>
+        <v>4764</v>
       </c>
       <c r="E516" t="s">
-        <v>4749</v>
+        <v>4765</v>
       </c>
       <c r="F516" t="s">
-        <v>4750</v>
+        <v>4766</v>
       </c>
       <c r="G516" t="s">
-        <v>4751</v>
+        <v>4767</v>
       </c>
       <c r="H516" t="s">
-        <v>4752</v>
+        <v>4768</v>
       </c>
       <c r="I516" t="s">
-        <v>4753</v>
+        <v>4769</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
         <v>170</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
         <v>171</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4754</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65100</v>
+        <v>65033</v>
       </c>
       <c r="B517" t="s">
-        <v>4755</v>
+        <v>4771</v>
       </c>
       <c r="C517" t="s">
-        <v>4756</v>
+        <v>4772</v>
       </c>
       <c r="D517" t="s">
-        <v>4757</v>
+        <v>4773</v>
       </c>
       <c r="E517" t="s">
-        <v>4758</v>
+        <v>4774</v>
       </c>
       <c r="F517" t="s">
-        <v>4759</v>
+        <v>4775</v>
       </c>
       <c r="G517" t="s">
-        <v>4760</v>
+        <v>4776</v>
       </c>
       <c r="H517" t="s">
-        <v>4761</v>
+        <v>4777</v>
       </c>
       <c r="I517" t="s">
-        <v>4762</v>
+        <v>4778</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>4124</v>
+        <v>4779</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
-        <v>4125</v>
+        <v>4780</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4763</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65101</v>
+        <v>65034</v>
       </c>
       <c r="B518" t="s">
-        <v>4764</v>
+        <v>4782</v>
       </c>
       <c r="C518" t="s">
-        <v>4765</v>
+        <v>4783</v>
       </c>
       <c r="D518" t="s">
-        <v>4766</v>
+        <v>4784</v>
       </c>
       <c r="E518" t="s">
-        <v>4767</v>
+        <v>4785</v>
       </c>
       <c r="F518" t="s">
-        <v>4768</v>
+        <v>4786</v>
       </c>
       <c r="G518" t="s">
-        <v>4769</v>
+        <v>4787</v>
       </c>
       <c r="H518" t="s">
-        <v>4770</v>
+        <v>4788</v>
       </c>
       <c r="I518" t="s">
-        <v>4771</v>
+        <v>4789</v>
       </c>
       <c r="J518" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K518" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L518" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M518" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4772</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>65102</v>
+        <v>65035</v>
       </c>
       <c r="B519" t="s">
-        <v>4773</v>
+        <v>4791</v>
       </c>
       <c r="C519" t="s">
-        <v>4774</v>
+        <v>4792</v>
       </c>
       <c r="D519" t="s">
-        <v>4775</v>
+        <v>4793</v>
       </c>
       <c r="E519" t="s">
-        <v>4776</v>
+        <v>4794</v>
       </c>
       <c r="F519" t="s">
-        <v>4777</v>
+        <v>4795</v>
       </c>
       <c r="G519" t="s">
-        <v>4778</v>
+        <v>4796</v>
       </c>
       <c r="H519" t="s">
-        <v>4779</v>
+        <v>4797</v>
       </c>
       <c r="I519" t="s">
-        <v>4780</v>
+        <v>4798</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
         <v>25</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
         <v>27</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
-        <v>4781</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>65104</v>
+        <v>65036</v>
       </c>
       <c r="B520" t="s">
-        <v>4782</v>
+        <v>4800</v>
       </c>
       <c r="C520" t="s">
-        <v>4783</v>
+        <v>4801</v>
       </c>
       <c r="D520" t="s">
-        <v>4784</v>
+        <v>4802</v>
       </c>
       <c r="E520" t="s">
-        <v>4785</v>
+        <v>4803</v>
       </c>
       <c r="F520" t="s">
-        <v>4786</v>
+        <v>4804</v>
       </c>
       <c r="G520" t="s">
-        <v>4787</v>
+        <v>4805</v>
       </c>
       <c r="H520" t="s">
-        <v>4788</v>
+        <v>4806</v>
       </c>
       <c r="I520" t="s">
-        <v>4789</v>
+        <v>4807</v>
       </c>
       <c r="J520" t="s">
         <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>2466</v>
+        <v>25</v>
       </c>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>2467</v>
+        <v>27</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4790</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>65105</v>
+        <v>65037</v>
       </c>
       <c r="B521" t="s">
-        <v>4791</v>
+        <v>4809</v>
       </c>
       <c r="C521" t="s">
-        <v>4792</v>
+        <v>4810</v>
       </c>
       <c r="D521" t="s">
-        <v>4793</v>
+        <v>4811</v>
       </c>
       <c r="E521" t="s">
-        <v>4794</v>
+        <v>4812</v>
       </c>
       <c r="F521" t="s">
-        <v>4795</v>
+        <v>4813</v>
       </c>
       <c r="G521" t="s">
-        <v>4796</v>
+        <v>4814</v>
       </c>
       <c r="H521" t="s">
-        <v>4797</v>
+        <v>4815</v>
       </c>
       <c r="I521" t="s">
-        <v>4798</v>
+        <v>4816</v>
       </c>
       <c r="J521" t="s">
         <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4799</v>
+        <v>4817</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>65107</v>
+        <v>65038</v>
       </c>
       <c r="B522" t="s">
-        <v>4800</v>
+        <v>4818</v>
       </c>
       <c r="C522" t="s">
-        <v>4801</v>
+        <v>4819</v>
       </c>
       <c r="D522" t="s">
-        <v>4802</v>
+        <v>4820</v>
       </c>
       <c r="E522" t="s">
-        <v>4803</v>
+        <v>4821</v>
       </c>
       <c r="F522" t="s">
-        <v>4804</v>
+        <v>4822</v>
       </c>
       <c r="G522" t="s">
-        <v>4805</v>
+        <v>4823</v>
       </c>
       <c r="H522" t="s">
-        <v>4806</v>
+        <v>4824</v>
       </c>
       <c r="I522" t="s">
-        <v>4807</v>
+        <v>4825</v>
       </c>
       <c r="J522" t="s">
         <v>24</v>
       </c>
       <c r="K522" t="s">
-        <v>4808</v>
+        <v>170</v>
       </c>
       <c r="L522" t="s">
         <v>26</v>
       </c>
+      <c r="M522" t="s">
+        <v>171</v>
+      </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
-        <v>4809</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>65116</v>
+        <v>65039</v>
       </c>
       <c r="B523" t="s">
-        <v>4810</v>
+        <v>4827</v>
       </c>
       <c r="C523" t="s">
-        <v>4811</v>
+        <v>4828</v>
       </c>
       <c r="D523" t="s">
-        <v>4812</v>
+        <v>4829</v>
       </c>
       <c r="E523" t="s">
-        <v>4813</v>
+        <v>4830</v>
       </c>
       <c r="F523" t="s">
-        <v>4814</v>
+        <v>4831</v>
       </c>
       <c r="G523" t="s">
-        <v>4815</v>
+        <v>4832</v>
       </c>
       <c r="H523" t="s">
-        <v>4816</v>
+        <v>4833</v>
       </c>
       <c r="I523" t="s">
-        <v>4817</v>
+        <v>4834</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
         <v>170</v>
       </c>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523" t="s">
         <v>171</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4818</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>65124</v>
+        <v>65040</v>
       </c>
       <c r="B524" t="s">
-        <v>4819</v>
+        <v>4836</v>
       </c>
       <c r="C524" t="s">
-        <v>4820</v>
+        <v>4837</v>
       </c>
       <c r="D524" t="s">
-        <v>4821</v>
+        <v>4838</v>
       </c>
       <c r="E524" t="s">
-        <v>4822</v>
+        <v>4839</v>
       </c>
       <c r="F524" t="s">
-        <v>4823</v>
+        <v>4840</v>
       </c>
       <c r="G524" t="s">
-        <v>4824</v>
+        <v>4841</v>
       </c>
       <c r="H524" t="s">
-        <v>4825</v>
+        <v>4842</v>
       </c>
       <c r="I524" t="s">
-        <v>4826</v>
+        <v>4843</v>
       </c>
       <c r="J524" t="s">
         <v>24</v>
       </c>
       <c r="K524" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L524" t="s">
         <v>26</v>
       </c>
       <c r="M524" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4827</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>65479</v>
+        <v>65043</v>
       </c>
       <c r="B525" t="s">
-        <v>4828</v>
+        <v>4845</v>
       </c>
       <c r="C525" t="s">
-        <v>4829</v>
+        <v>4846</v>
       </c>
       <c r="D525" t="s">
-        <v>4830</v>
+        <v>4847</v>
       </c>
       <c r="E525" t="s">
-        <v>4831</v>
+        <v>4848</v>
       </c>
       <c r="F525" t="s">
-        <v>4832</v>
+        <v>4849</v>
       </c>
       <c r="G525" t="s">
-        <v>4833</v>
+        <v>4850</v>
       </c>
       <c r="H525" t="s">
-        <v>4834</v>
+        <v>4851</v>
       </c>
       <c r="I525" t="s">
-        <v>4835</v>
+        <v>4852</v>
       </c>
       <c r="J525" t="s">
         <v>24</v>
       </c>
       <c r="K525" t="s">
         <v>25</v>
       </c>
       <c r="L525" t="s">
         <v>26</v>
       </c>
       <c r="M525" t="s">
         <v>27</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
-        <v>4836</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>65566</v>
+        <v>65044</v>
       </c>
       <c r="B526" t="s">
-        <v>4837</v>
+        <v>4854</v>
       </c>
       <c r="C526" t="s">
-        <v>4838</v>
+        <v>4855</v>
       </c>
       <c r="D526" t="s">
-        <v>4839</v>
+        <v>4856</v>
       </c>
       <c r="E526" t="s">
-        <v>4840</v>
+        <v>4857</v>
       </c>
       <c r="F526" t="s">
-        <v>4841</v>
+        <v>4858</v>
       </c>
       <c r="G526" t="s">
-        <v>4842</v>
+        <v>4859</v>
       </c>
       <c r="H526" t="s">
-        <v>4843</v>
+        <v>4860</v>
       </c>
       <c r="I526" t="s">
-        <v>4844</v>
+        <v>4861</v>
       </c>
       <c r="J526" t="s">
         <v>24</v>
       </c>
       <c r="K526" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4845</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>65613</v>
+        <v>65045</v>
       </c>
       <c r="B527" t="s">
-        <v>4846</v>
+        <v>4863</v>
       </c>
       <c r="C527" t="s">
-        <v>4847</v>
+        <v>4864</v>
       </c>
       <c r="D527" t="s">
-        <v>4848</v>
+        <v>4865</v>
       </c>
       <c r="E527" t="s">
-        <v>4849</v>
+        <v>4866</v>
       </c>
       <c r="F527" t="s">
-        <v>4850</v>
+        <v>4867</v>
       </c>
       <c r="G527" t="s">
-        <v>4851</v>
+        <v>4868</v>
       </c>
       <c r="H527" t="s">
-        <v>4852</v>
+        <v>4869</v>
       </c>
       <c r="I527" t="s">
-        <v>4853</v>
+        <v>4870</v>
       </c>
       <c r="J527" t="s">
-        <v>4854</v>
+        <v>58</v>
       </c>
       <c r="K527" t="s">
-        <v>1649</v>
+        <v>4871</v>
+      </c>
+      <c r="L527" t="s">
+        <v>60</v>
+      </c>
+      <c r="M527" t="s">
+        <v>4872</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
-        <v>4855</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>65869</v>
+        <v>65046</v>
       </c>
       <c r="B528" t="s">
-        <v>4856</v>
+        <v>4874</v>
       </c>
       <c r="C528" t="s">
-        <v>4857</v>
+        <v>4875</v>
       </c>
       <c r="D528" t="s">
-        <v>4858</v>
+        <v>4876</v>
       </c>
       <c r="E528" t="s">
-        <v>4859</v>
+        <v>4877</v>
       </c>
       <c r="F528" t="s">
-        <v>4860</v>
+        <v>4878</v>
       </c>
       <c r="G528" t="s">
-        <v>4861</v>
+        <v>4879</v>
       </c>
       <c r="H528" t="s">
-        <v>4862</v>
+        <v>4880</v>
       </c>
       <c r="I528" t="s">
-        <v>4863</v>
+        <v>4881</v>
       </c>
       <c r="J528" t="s">
         <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>1475</v>
+        <v>47</v>
       </c>
       <c r="L528" t="s">
         <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>1477</v>
+        <v>48</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4864</v>
+        <v>4882</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
+        <v>65047</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4883</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4884</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4885</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4886</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4887</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4888</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4889</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4890</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4871</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4872</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4891</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>65049</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4892</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4893</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4894</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4895</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4896</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4897</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4898</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4899</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>59</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>61</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>65050</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4901</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4902</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4903</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4904</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4905</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4906</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4907</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4908</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>25</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>27</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4909</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>65051</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4910</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4911</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4912</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4913</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4914</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4915</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4916</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4917</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>746</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>747</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>65053</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4919</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4920</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4921</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4922</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4923</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4924</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4925</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4926</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>170</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>171</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4927</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>65054</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4928</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4929</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4930</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4931</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4932</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4933</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4934</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4935</v>
+      </c>
+      <c r="J534" t="s">
+        <v>450</v>
+      </c>
+      <c r="K534" t="s">
+        <v>208</v>
+      </c>
+      <c r="L534" t="s">
+        <v>452</v>
+      </c>
+      <c r="M534" t="s">
+        <v>209</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4936</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>65055</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4937</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4938</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4939</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4940</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4941</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4942</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4943</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4944</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>580</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>581</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4945</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>65057</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4946</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4947</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4948</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4949</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4950</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4951</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4952</v>
+      </c>
+      <c r="I536" t="s">
+        <v>4953</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>274</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>276</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4954</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>65058</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4955</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4956</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4957</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4958</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4959</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4960</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4961</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4962</v>
+      </c>
+      <c r="J537" t="s">
+        <v>450</v>
+      </c>
+      <c r="K537" t="s">
+        <v>690</v>
+      </c>
+      <c r="L537" t="s">
+        <v>452</v>
+      </c>
+      <c r="M537" t="s">
+        <v>691</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4963</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>65059</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4964</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4965</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4966</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4967</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4968</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4969</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4970</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4971</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>170</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>171</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4972</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>65060</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4973</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4974</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4975</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4976</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4977</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4978</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4979</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4980</v>
+      </c>
+      <c r="J539" t="s">
+        <v>24</v>
+      </c>
+      <c r="K539" t="s">
+        <v>47</v>
+      </c>
+      <c r="L539" t="s">
+        <v>26</v>
+      </c>
+      <c r="M539" t="s">
+        <v>48</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4981</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>65061</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4982</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4983</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4984</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4985</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4986</v>
+      </c>
+      <c r="G540" t="s">
+        <v>4987</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4988</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4989</v>
+      </c>
+      <c r="J540" t="s">
+        <v>24</v>
+      </c>
+      <c r="K540" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L540" t="s">
+        <v>26</v>
+      </c>
+      <c r="M540" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>65062</v>
+      </c>
+      <c r="B541" t="s">
+        <v>4991</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4993</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4994</v>
+      </c>
+      <c r="F541" t="s">
+        <v>4995</v>
+      </c>
+      <c r="G541" t="s">
+        <v>4996</v>
+      </c>
+      <c r="H541" t="s">
+        <v>4997</v>
+      </c>
+      <c r="I541" t="s">
+        <v>4998</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>25</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>27</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>4999</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>65063</v>
+      </c>
+      <c r="B542" t="s">
+        <v>5000</v>
+      </c>
+      <c r="C542" t="s">
+        <v>5001</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5002</v>
+      </c>
+      <c r="E542" t="s">
+        <v>5003</v>
+      </c>
+      <c r="F542" t="s">
+        <v>5004</v>
+      </c>
+      <c r="G542" t="s">
+        <v>5005</v>
+      </c>
+      <c r="H542" t="s">
+        <v>5006</v>
+      </c>
+      <c r="I542" t="s">
+        <v>5007</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>5008</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>65065</v>
+      </c>
+      <c r="B543" t="s">
+        <v>5009</v>
+      </c>
+      <c r="C543" t="s">
+        <v>5010</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5011</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5012</v>
+      </c>
+      <c r="F543" t="s">
+        <v>5013</v>
+      </c>
+      <c r="G543" t="s">
+        <v>5014</v>
+      </c>
+      <c r="H543" t="s">
+        <v>5015</v>
+      </c>
+      <c r="I543" t="s">
+        <v>5016</v>
+      </c>
+      <c r="J543" t="s">
+        <v>5017</v>
+      </c>
+      <c r="K543" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L543" t="s">
+        <v>5018</v>
+      </c>
+      <c r="M543" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>5019</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>65068</v>
+      </c>
+      <c r="B544" t="s">
+        <v>5020</v>
+      </c>
+      <c r="C544" t="s">
+        <v>5021</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5022</v>
+      </c>
+      <c r="E544" t="s">
+        <v>5023</v>
+      </c>
+      <c r="F544" t="s">
+        <v>5024</v>
+      </c>
+      <c r="G544" t="s">
+        <v>5025</v>
+      </c>
+      <c r="H544" t="s">
+        <v>5026</v>
+      </c>
+      <c r="I544" t="s">
+        <v>5027</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>25</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>27</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>5028</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>65069</v>
+      </c>
+      <c r="B545" t="s">
+        <v>5029</v>
+      </c>
+      <c r="C545" t="s">
+        <v>5030</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5031</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5032</v>
+      </c>
+      <c r="F545" t="s">
+        <v>5033</v>
+      </c>
+      <c r="G545" t="s">
+        <v>5034</v>
+      </c>
+      <c r="H545" t="s">
+        <v>5035</v>
+      </c>
+      <c r="I545" t="s">
+        <v>5036</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>170</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>171</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>65071</v>
+      </c>
+      <c r="B546" t="s">
+        <v>5038</v>
+      </c>
+      <c r="C546" t="s">
+        <v>5039</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5040</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5041</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5042</v>
+      </c>
+      <c r="G546" t="s">
+        <v>5043</v>
+      </c>
+      <c r="H546" t="s">
+        <v>5044</v>
+      </c>
+      <c r="I546" t="s">
+        <v>5045</v>
+      </c>
+      <c r="J546" t="s">
+        <v>24</v>
+      </c>
+      <c r="K546" t="s">
+        <v>25</v>
+      </c>
+      <c r="L546" t="s">
+        <v>26</v>
+      </c>
+      <c r="M546" t="s">
+        <v>27</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5046</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>65073</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5047</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5048</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5049</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5050</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5051</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5052</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5053</v>
+      </c>
+      <c r="I547" t="s">
+        <v>5054</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>25</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>27</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5055</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>65074</v>
+      </c>
+      <c r="B548" t="s">
+        <v>5056</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5057</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5058</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5059</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5060</v>
+      </c>
+      <c r="G548" t="s">
+        <v>5061</v>
+      </c>
+      <c r="H548" t="s">
+        <v>5062</v>
+      </c>
+      <c r="I548" t="s">
+        <v>5063</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>5064</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>5065</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5066</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>65075</v>
+      </c>
+      <c r="B549" t="s">
+        <v>5067</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5068</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5069</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5070</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5071</v>
+      </c>
+      <c r="G549" t="s">
+        <v>5072</v>
+      </c>
+      <c r="H549" t="s">
+        <v>5073</v>
+      </c>
+      <c r="I549" t="s">
+        <v>5074</v>
+      </c>
+      <c r="J549" t="s">
+        <v>450</v>
+      </c>
+      <c r="K549" t="s">
+        <v>4779</v>
+      </c>
+      <c r="L549" t="s">
+        <v>452</v>
+      </c>
+      <c r="M549" t="s">
+        <v>4780</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5075</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>65076</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5076</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5077</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5078</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5079</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5080</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5081</v>
+      </c>
+      <c r="H550" t="s">
+        <v>5082</v>
+      </c>
+      <c r="I550" t="s">
+        <v>5083</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>170</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>171</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5084</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>65077</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5085</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5086</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5087</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5088</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5089</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5090</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5091</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5092</v>
+      </c>
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>746</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>747</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>65080</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5094</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5095</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5096</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5097</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5098</v>
+      </c>
+      <c r="G552" t="s">
+        <v>5099</v>
+      </c>
+      <c r="H552" t="s">
+        <v>5100</v>
+      </c>
+      <c r="I552" t="s">
+        <v>5101</v>
+      </c>
+      <c r="J552" t="s">
+        <v>24</v>
+      </c>
+      <c r="K552" t="s">
+        <v>47</v>
+      </c>
+      <c r="L552" t="s">
+        <v>26</v>
+      </c>
+      <c r="M552" t="s">
+        <v>48</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5102</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65081</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5103</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5104</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5105</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5106</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5107</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5108</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5109</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5110</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>47</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>48</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5111</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65082</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5112</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5113</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5114</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5115</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5116</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5117</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5118</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5119</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>47</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>48</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65083</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5121</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5122</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5123</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5124</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5125</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5126</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5127</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5128</v>
+      </c>
+      <c r="J555" t="s">
+        <v>24</v>
+      </c>
+      <c r="K555" t="s">
+        <v>170</v>
+      </c>
+      <c r="L555" t="s">
+        <v>26</v>
+      </c>
+      <c r="M555" t="s">
+        <v>171</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65084</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5130</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5131</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5132</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5134</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5135</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5136</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5137</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>25</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>27</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5138</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65085</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5139</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5140</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5141</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5142</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5143</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5144</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5145</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5146</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>580</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>581</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5147</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65086</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5148</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5149</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5150</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5151</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5153</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5154</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5155</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>170</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>171</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65087</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5157</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5158</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5159</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5160</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5161</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5162</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5163</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5164</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>170</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>171</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5165</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65088</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5166</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5167</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5168</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5169</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5170</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5171</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5172</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5173</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>25</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>27</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65089</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5175</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5176</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5177</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5178</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5179</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5180</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5181</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5182</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>25</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>27</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5183</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>65090</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5184</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5185</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5186</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5187</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5188</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5189</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5190</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5191</v>
+      </c>
+      <c r="J562" t="s">
+        <v>24</v>
+      </c>
+      <c r="K562" t="s">
+        <v>25</v>
+      </c>
+      <c r="L562" t="s">
+        <v>26</v>
+      </c>
+      <c r="M562" t="s">
+        <v>27</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>65091</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5193</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5194</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5195</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5196</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5197</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5198</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5199</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5200</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>25</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>27</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>65092</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5202</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5203</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5204</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5205</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5206</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5207</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5208</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5209</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>170</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>171</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>65093</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5211</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5212</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5213</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5214</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5215</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5216</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5217</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5218</v>
+      </c>
+      <c r="J565" t="s">
+        <v>24</v>
+      </c>
+      <c r="K565" t="s">
+        <v>170</v>
+      </c>
+      <c r="L565" t="s">
+        <v>26</v>
+      </c>
+      <c r="M565" t="s">
+        <v>171</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5219</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>65094</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5220</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5221</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5222</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5223</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5224</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5225</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5226</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5227</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>5228</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>5229</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>65095</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5231</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5232</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5233</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5234</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5235</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5236</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5237</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5238</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>746</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>747</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5239</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>65096</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5240</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5241</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5242</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5243</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5244</v>
+      </c>
+      <c r="G568" t="s">
+        <v>5245</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5246</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5247</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>25</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="M568" t="s">
+        <v>27</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5248</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>65097</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5249</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5250</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5251</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5252</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5253</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5254</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5255</v>
+      </c>
+      <c r="I569" t="s">
+        <v>5256</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>170</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>171</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5257</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>65098</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5258</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5259</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5260</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5261</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5262</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5263</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5264</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5265</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>25</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>27</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>65099</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5267</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5268</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5269</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5270</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5271</v>
+      </c>
+      <c r="G571" t="s">
+        <v>5272</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5273</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5274</v>
+      </c>
+      <c r="J571" t="s">
+        <v>24</v>
+      </c>
+      <c r="K571" t="s">
+        <v>170</v>
+      </c>
+      <c r="L571" t="s">
+        <v>26</v>
+      </c>
+      <c r="M571" t="s">
+        <v>171</v>
+      </c>
+      <c r="N571" t="s">
+        <v>28</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>65100</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5276</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5277</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5278</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5279</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5280</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5281</v>
+      </c>
+      <c r="H572" t="s">
+        <v>5282</v>
+      </c>
+      <c r="I572" t="s">
+        <v>5283</v>
+      </c>
+      <c r="J572" t="s">
+        <v>24</v>
+      </c>
+      <c r="K572" t="s">
+        <v>4647</v>
+      </c>
+      <c r="L572" t="s">
+        <v>26</v>
+      </c>
+      <c r="M572" t="s">
+        <v>4648</v>
+      </c>
+      <c r="N572" t="s">
+        <v>28</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5284</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>65101</v>
+      </c>
+      <c r="B573" t="s">
+        <v>5285</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5286</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5287</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5288</v>
+      </c>
+      <c r="F573" t="s">
+        <v>5289</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5290</v>
+      </c>
+      <c r="H573" t="s">
+        <v>5291</v>
+      </c>
+      <c r="I573" t="s">
+        <v>5292</v>
+      </c>
+      <c r="J573" t="s">
+        <v>24</v>
+      </c>
+      <c r="K573" t="s">
+        <v>170</v>
+      </c>
+      <c r="L573" t="s">
+        <v>26</v>
+      </c>
+      <c r="M573" t="s">
+        <v>171</v>
+      </c>
+      <c r="N573" t="s">
+        <v>28</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5293</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>65102</v>
+      </c>
+      <c r="B574" t="s">
+        <v>5294</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5295</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5296</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5297</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5298</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5299</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5300</v>
+      </c>
+      <c r="I574" t="s">
+        <v>5301</v>
+      </c>
+      <c r="J574" t="s">
+        <v>24</v>
+      </c>
+      <c r="K574" t="s">
+        <v>25</v>
+      </c>
+      <c r="L574" t="s">
+        <v>26</v>
+      </c>
+      <c r="M574" t="s">
+        <v>27</v>
+      </c>
+      <c r="N574" t="s">
+        <v>28</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5302</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>65104</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5303</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5304</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5305</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5306</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5307</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5308</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5309</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5310</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>2789</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>2790</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>65105</v>
+      </c>
+      <c r="B576" t="s">
+        <v>5312</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5313</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5314</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F576" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G576" t="s">
+        <v>5317</v>
+      </c>
+      <c r="H576" t="s">
+        <v>5318</v>
+      </c>
+      <c r="I576" t="s">
+        <v>5319</v>
+      </c>
+      <c r="J576" t="s">
+        <v>24</v>
+      </c>
+      <c r="K576" t="s">
+        <v>170</v>
+      </c>
+      <c r="L576" t="s">
+        <v>26</v>
+      </c>
+      <c r="M576" t="s">
+        <v>171</v>
+      </c>
+      <c r="N576" t="s">
+        <v>28</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>65107</v>
+      </c>
+      <c r="B577" t="s">
+        <v>5321</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5322</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5323</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5324</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G577" t="s">
+        <v>5326</v>
+      </c>
+      <c r="H577" t="s">
+        <v>5327</v>
+      </c>
+      <c r="I577" t="s">
+        <v>5328</v>
+      </c>
+      <c r="J577" t="s">
+        <v>24</v>
+      </c>
+      <c r="K577" t="s">
+        <v>5329</v>
+      </c>
+      <c r="L577" t="s">
+        <v>26</v>
+      </c>
+      <c r="M577" t="s">
+        <v>5330</v>
+      </c>
+      <c r="N577" t="s">
+        <v>28</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5331</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>65116</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5332</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5333</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5334</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5335</v>
+      </c>
+      <c r="F578" t="s">
+        <v>5336</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5337</v>
+      </c>
+      <c r="H578" t="s">
+        <v>5338</v>
+      </c>
+      <c r="I578" t="s">
+        <v>5339</v>
+      </c>
+      <c r="J578" t="s">
+        <v>24</v>
+      </c>
+      <c r="K578" t="s">
+        <v>170</v>
+      </c>
+      <c r="L578" t="s">
+        <v>26</v>
+      </c>
+      <c r="M578" t="s">
+        <v>171</v>
+      </c>
+      <c r="N578" t="s">
+        <v>28</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5340</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>65124</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5341</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5342</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5343</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5344</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5345</v>
+      </c>
+      <c r="G579" t="s">
+        <v>5346</v>
+      </c>
+      <c r="H579" t="s">
+        <v>5347</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5348</v>
+      </c>
+      <c r="J579" t="s">
+        <v>24</v>
+      </c>
+      <c r="K579" t="s">
+        <v>25</v>
+      </c>
+      <c r="L579" t="s">
+        <v>26</v>
+      </c>
+      <c r="M579" t="s">
+        <v>27</v>
+      </c>
+      <c r="N579" t="s">
+        <v>28</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5349</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>65255</v>
+      </c>
+      <c r="B580" t="s">
+        <v>5350</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5351</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5352</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5353</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5354</v>
+      </c>
+      <c r="G580" t="s">
+        <v>5355</v>
+      </c>
+      <c r="H580" t="s">
+        <v>5356</v>
+      </c>
+      <c r="I580" t="s">
+        <v>5357</v>
+      </c>
+      <c r="J580" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K580" t="s">
+        <v>5358</v>
+      </c>
+      <c r="L580" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M580" t="s">
+        <v>5359</v>
+      </c>
+      <c r="N580" t="s">
+        <v>28</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5360</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>65479</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5361</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5362</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5363</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5364</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5365</v>
+      </c>
+      <c r="G581" t="s">
+        <v>5366</v>
+      </c>
+      <c r="H581" t="s">
+        <v>5367</v>
+      </c>
+      <c r="I581" t="s">
+        <v>5368</v>
+      </c>
+      <c r="J581" t="s">
+        <v>24</v>
+      </c>
+      <c r="K581" t="s">
+        <v>25</v>
+      </c>
+      <c r="L581" t="s">
+        <v>26</v>
+      </c>
+      <c r="M581" t="s">
+        <v>27</v>
+      </c>
+      <c r="N581" t="s">
+        <v>28</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5369</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>65566</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5370</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5371</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5372</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5373</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5374</v>
+      </c>
+      <c r="G582" t="s">
+        <v>5375</v>
+      </c>
+      <c r="H582" t="s">
+        <v>5376</v>
+      </c>
+      <c r="I582" t="s">
+        <v>5377</v>
+      </c>
+      <c r="J582" t="s">
+        <v>24</v>
+      </c>
+      <c r="K582" t="s">
+        <v>170</v>
+      </c>
+      <c r="L582" t="s">
+        <v>26</v>
+      </c>
+      <c r="M582" t="s">
+        <v>171</v>
+      </c>
+      <c r="N582" t="s">
+        <v>28</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5378</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>65613</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5379</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5380</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5381</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5382</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5383</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5384</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5385</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5386</v>
+      </c>
+      <c r="J583" t="s">
+        <v>5387</v>
+      </c>
+      <c r="K583" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L583" t="s">
+        <v>5388</v>
+      </c>
+      <c r="M583" t="s">
+        <v>1666</v>
+      </c>
+      <c r="N583" t="s">
+        <v>28</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5389</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>65869</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5390</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5391</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5392</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5393</v>
+      </c>
+      <c r="F584" t="s">
+        <v>5394</v>
+      </c>
+      <c r="G584" t="s">
+        <v>5395</v>
+      </c>
+      <c r="H584" t="s">
+        <v>5396</v>
+      </c>
+      <c r="I584" t="s">
+        <v>5397</v>
+      </c>
+      <c r="J584" t="s">
+        <v>24</v>
+      </c>
+      <c r="K584" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L584" t="s">
+        <v>26</v>
+      </c>
+      <c r="M584" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N584" t="s">
+        <v>28</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5398</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
         <v>66392</v>
       </c>
-      <c r="B529" t="s">
-[...26 lines deleted...]
-      <c r="K529" t="s">
+      <c r="B585" t="s">
+        <v>5399</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5400</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5401</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5402</v>
+      </c>
+      <c r="F585" t="s">
+        <v>5403</v>
+      </c>
+      <c r="G585" t="s">
+        <v>5404</v>
+      </c>
+      <c r="H585" t="s">
+        <v>5405</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5406</v>
+      </c>
+      <c r="J585" t="s">
+        <v>24</v>
+      </c>
+      <c r="K585" t="s">
         <v>25</v>
       </c>
-      <c r="L529" t="s">
-[...2 lines deleted...]
-      <c r="M529" t="s">
+      <c r="L585" t="s">
+        <v>26</v>
+      </c>
+      <c r="M585" t="s">
         <v>27</v>
       </c>
-      <c r="N529" t="s">
-[...3 lines deleted...]
-        <v>4873</v>
+      <c r="N585" t="s">
+        <v>28</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5407</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>66510</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5408</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5409</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5410</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5411</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5412</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5413</v>
+      </c>
+      <c r="H586" t="s">
+        <v>5414</v>
+      </c>
+      <c r="I586" t="s">
+        <v>5415</v>
+      </c>
+      <c r="J586" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K586" t="s">
+        <v>5416</v>
+      </c>
+      <c r="L586" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M586" t="s">
+        <v>5417</v>
+      </c>
+      <c r="N586" t="s">
+        <v>28</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>66511</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5419</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5420</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5421</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1973</v>
+      </c>
+      <c r="G587" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5422</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5423</v>
+      </c>
+      <c r="J587" t="s">
+        <v>24</v>
+      </c>
+      <c r="K587" t="s">
+        <v>5424</v>
+      </c>
+      <c r="L587" t="s">
+        <v>26</v>
+      </c>
+      <c r="M587" t="s">
+        <v>5425</v>
+      </c>
+      <c r="N587" t="s">
+        <v>28</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>66512</v>
+      </c>
+      <c r="B588" t="s">
+        <v>4482</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5427</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5428</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5429</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5430</v>
+      </c>
+      <c r="G588" t="s">
+        <v>4487</v>
+      </c>
+      <c r="H588" t="s">
+        <v>4488</v>
+      </c>
+      <c r="I588" t="s">
+        <v>4489</v>
+      </c>
+      <c r="J588" t="s">
+        <v>24</v>
+      </c>
+      <c r="K588" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L588" t="s">
+        <v>26</v>
+      </c>
+      <c r="M588" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N588" t="s">
+        <v>28</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5433</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>66513</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5434</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5435</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5436</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5437</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5438</v>
+      </c>
+      <c r="G589" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5439</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5440</v>
+      </c>
+      <c r="J589" t="s">
+        <v>24</v>
+      </c>
+      <c r="K589" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L589" t="s">
+        <v>26</v>
+      </c>
+      <c r="M589" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N589" t="s">
+        <v>28</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5441</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>66514</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5442</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5443</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5444</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5445</v>
+      </c>
+      <c r="F590" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G590" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H590" t="s">
+        <v>5446</v>
+      </c>
+      <c r="I590" t="s">
+        <v>5447</v>
+      </c>
+      <c r="J590" t="s">
+        <v>24</v>
+      </c>
+      <c r="K590" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L590" t="s">
+        <v>26</v>
+      </c>
+      <c r="M590" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N590" t="s">
+        <v>28</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5448</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>66515</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5449</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5450</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5451</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5452</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5453</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5454</v>
+      </c>
+      <c r="I591" t="s">
+        <v>5455</v>
+      </c>
+      <c r="J591" t="s">
+        <v>24</v>
+      </c>
+      <c r="K591" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L591" t="s">
+        <v>26</v>
+      </c>
+      <c r="M591" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N591" t="s">
+        <v>28</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5456</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
+        <v>66516</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5457</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5458</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5459</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5460</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5461</v>
+      </c>
+      <c r="H592" t="s">
+        <v>5462</v>
+      </c>
+      <c r="I592" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J592" t="s">
+        <v>24</v>
+      </c>
+      <c r="K592" t="s">
+        <v>170</v>
+      </c>
+      <c r="L592" t="s">
+        <v>26</v>
+      </c>
+      <c r="M592" t="s">
+        <v>171</v>
+      </c>
+      <c r="N592" t="s">
+        <v>28</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5463</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593">
+        <v>66517</v>
+      </c>
+      <c r="B593" t="s">
+        <v>5464</v>
+      </c>
+      <c r="C593" t="s">
+        <v>5465</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5466</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5467</v>
+      </c>
+      <c r="F593" t="s">
+        <v>5468</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5469</v>
+      </c>
+      <c r="H593" t="s">
+        <v>5470</v>
+      </c>
+      <c r="I593" t="s">
+        <v>5471</v>
+      </c>
+      <c r="J593" t="s">
+        <v>24</v>
+      </c>
+      <c r="K593" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L593" t="s">
+        <v>26</v>
+      </c>
+      <c r="M593" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N593" t="s">
+        <v>28</v>
+      </c>
+      <c r="O593" t="s">
+        <v>5472</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594">
+        <v>66518</v>
+      </c>
+      <c r="B594" t="s">
+        <v>5473</v>
+      </c>
+      <c r="C594" t="s">
+        <v>5474</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5475</v>
+      </c>
+      <c r="E594" t="s">
+        <v>5476</v>
+      </c>
+      <c r="F594" t="s">
+        <v>5477</v>
+      </c>
+      <c r="G594" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H594" t="s">
+        <v>5478</v>
+      </c>
+      <c r="I594" t="s">
+        <v>5479</v>
+      </c>
+      <c r="J594" t="s">
+        <v>24</v>
+      </c>
+      <c r="K594" t="s">
+        <v>170</v>
+      </c>
+      <c r="L594" t="s">
+        <v>26</v>
+      </c>
+      <c r="M594" t="s">
+        <v>171</v>
+      </c>
+      <c r="N594" t="s">
+        <v>28</v>
+      </c>
+      <c r="O594" t="s">
+        <v>5480</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595">
+        <v>66519</v>
+      </c>
+      <c r="B595" t="s">
+        <v>5481</v>
+      </c>
+      <c r="C595" t="s">
+        <v>5482</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5483</v>
+      </c>
+      <c r="E595" t="s">
+        <v>5484</v>
+      </c>
+      <c r="F595" t="s">
+        <v>5485</v>
+      </c>
+      <c r="G595" t="s">
+        <v>5486</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I595" t="s">
+        <v>1994</v>
+      </c>
+      <c r="J595" t="s">
+        <v>24</v>
+      </c>
+      <c r="K595" t="s">
+        <v>5487</v>
+      </c>
+      <c r="L595" t="s">
+        <v>26</v>
+      </c>
+      <c r="M595" t="s">
+        <v>5488</v>
+      </c>
+      <c r="N595" t="s">
+        <v>28</v>
+      </c>
+      <c r="O595" t="s">
+        <v>5489</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596">
+        <v>66520</v>
+      </c>
+      <c r="B596" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C596" t="s">
+        <v>5490</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5491</v>
+      </c>
+      <c r="E596" t="s">
+        <v>5492</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G596" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I596" t="s">
+        <v>2081</v>
+      </c>
+      <c r="J596" t="s">
+        <v>24</v>
+      </c>
+      <c r="K596" t="s">
+        <v>25</v>
+      </c>
+      <c r="L596" t="s">
+        <v>26</v>
+      </c>
+      <c r="M596" t="s">
+        <v>27</v>
+      </c>
+      <c r="N596" t="s">
+        <v>28</v>
+      </c>
+      <c r="O596" t="s">
+        <v>5493</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597">
+        <v>66521</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C597" t="s">
+        <v>5494</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5495</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5496</v>
+      </c>
+      <c r="F597" t="s">
+        <v>5497</v>
+      </c>
+      <c r="G597" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H597" t="s">
+        <v>5498</v>
+      </c>
+      <c r="I597" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J597" t="s">
+        <v>24</v>
+      </c>
+      <c r="K597" t="s">
+        <v>170</v>
+      </c>
+      <c r="L597" t="s">
+        <v>26</v>
+      </c>
+      <c r="M597" t="s">
+        <v>171</v>
+      </c>
+      <c r="N597" t="s">
+        <v>28</v>
+      </c>
+      <c r="O597" t="s">
+        <v>5499</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598">
+        <v>66522</v>
+      </c>
+      <c r="B598" t="s">
+        <v>5500</v>
+      </c>
+      <c r="C598" t="s">
+        <v>5501</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5502</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5503</v>
+      </c>
+      <c r="F598" t="s">
+        <v>5504</v>
+      </c>
+      <c r="G598" t="s">
+        <v>5505</v>
+      </c>
+      <c r="H598" t="s">
+        <v>5506</v>
+      </c>
+      <c r="I598" t="s">
+        <v>5507</v>
+      </c>
+      <c r="J598" t="s">
+        <v>24</v>
+      </c>
+      <c r="K598" t="s">
+        <v>5358</v>
+      </c>
+      <c r="L598" t="s">
+        <v>26</v>
+      </c>
+      <c r="M598" t="s">
+        <v>5359</v>
+      </c>
+      <c r="N598" t="s">
+        <v>28</v>
+      </c>
+      <c r="O598" t="s">
+        <v>5508</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15">
+      <c r="A599">
+        <v>66523</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C599" t="s">
+        <v>5509</v>
+      </c>
+      <c r="D599" t="s">
+        <v>5510</v>
+      </c>
+      <c r="E599" t="s">
+        <v>5511</v>
+      </c>
+      <c r="F599" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G599" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1966</v>
+      </c>
+      <c r="I599" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J599" t="s">
+        <v>24</v>
+      </c>
+      <c r="K599" t="s">
+        <v>47</v>
+      </c>
+      <c r="L599" t="s">
+        <v>26</v>
+      </c>
+      <c r="M599" t="s">
+        <v>48</v>
+      </c>
+      <c r="N599" t="s">
+        <v>28</v>
+      </c>
+      <c r="O599" t="s">
+        <v>5512</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15">
+      <c r="A600">
+        <v>66524</v>
+      </c>
+      <c r="B600" t="s">
+        <v>4650</v>
+      </c>
+      <c r="C600" t="s">
+        <v>5513</v>
+      </c>
+      <c r="D600" t="s">
+        <v>5514</v>
+      </c>
+      <c r="E600" t="s">
+        <v>5515</v>
+      </c>
+      <c r="F600" t="s">
+        <v>5516</v>
+      </c>
+      <c r="G600" t="s">
+        <v>4655</v>
+      </c>
+      <c r="H600" t="s">
+        <v>4656</v>
+      </c>
+      <c r="I600" t="s">
+        <v>4657</v>
+      </c>
+      <c r="J600" t="s">
+        <v>24</v>
+      </c>
+      <c r="K600" t="s">
+        <v>170</v>
+      </c>
+      <c r="L600" t="s">
+        <v>26</v>
+      </c>
+      <c r="M600" t="s">
+        <v>171</v>
+      </c>
+      <c r="N600" t="s">
+        <v>28</v>
+      </c>
+      <c r="O600" t="s">
+        <v>5517</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15">
+      <c r="A601">
+        <v>66525</v>
+      </c>
+      <c r="B601" t="s">
+        <v>5518</v>
+      </c>
+      <c r="C601" t="s">
+        <v>5519</v>
+      </c>
+      <c r="D601" t="s">
+        <v>5520</v>
+      </c>
+      <c r="E601" t="s">
+        <v>5521</v>
+      </c>
+      <c r="F601" t="s">
+        <v>4513</v>
+      </c>
+      <c r="G601" t="s">
+        <v>4514</v>
+      </c>
+      <c r="H601" t="s">
+        <v>4515</v>
+      </c>
+      <c r="I601" t="s">
+        <v>4516</v>
+      </c>
+      <c r="J601" t="s">
+        <v>24</v>
+      </c>
+      <c r="K601" t="s">
+        <v>170</v>
+      </c>
+      <c r="L601" t="s">
+        <v>26</v>
+      </c>
+      <c r="M601" t="s">
+        <v>171</v>
+      </c>
+      <c r="N601" t="s">
+        <v>28</v>
+      </c>
+      <c r="O601" t="s">
+        <v>5522</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15">
+      <c r="A602">
+        <v>66526</v>
+      </c>
+      <c r="B602" t="s">
+        <v>5523</v>
+      </c>
+      <c r="C602" t="s">
+        <v>5524</v>
+      </c>
+      <c r="D602" t="s">
+        <v>5525</v>
+      </c>
+      <c r="E602" t="s">
+        <v>5526</v>
+      </c>
+      <c r="F602" t="s">
+        <v>5527</v>
+      </c>
+      <c r="G602" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H602" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I602" t="s">
+        <v>4525</v>
+      </c>
+      <c r="J602" t="s">
+        <v>24</v>
+      </c>
+      <c r="K602" t="s">
+        <v>170</v>
+      </c>
+      <c r="L602" t="s">
+        <v>26</v>
+      </c>
+      <c r="M602" t="s">
+        <v>171</v>
+      </c>
+      <c r="N602" t="s">
+        <v>28</v>
+      </c>
+      <c r="O602" t="s">
+        <v>5528</v>
+      </c>
+    </row>
+    <row r="603" spans="1:15">
+      <c r="A603">
+        <v>66527</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C603" t="s">
+        <v>5529</v>
+      </c>
+      <c r="D603" t="s">
+        <v>5530</v>
+      </c>
+      <c r="E603" t="s">
+        <v>5531</v>
+      </c>
+      <c r="F603" t="s">
+        <v>5532</v>
+      </c>
+      <c r="G603" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I603" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J603" t="s">
+        <v>24</v>
+      </c>
+      <c r="K603" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L603" t="s">
+        <v>26</v>
+      </c>
+      <c r="M603" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N603" t="s">
+        <v>28</v>
+      </c>
+      <c r="O603" t="s">
+        <v>5533</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15">
+      <c r="A604">
+        <v>66529</v>
+      </c>
+      <c r="B604" t="s">
+        <v>5534</v>
+      </c>
+      <c r="C604" t="s">
+        <v>5535</v>
+      </c>
+      <c r="D604" t="s">
+        <v>5536</v>
+      </c>
+      <c r="E604" t="s">
+        <v>5537</v>
+      </c>
+      <c r="F604" t="s">
+        <v>5538</v>
+      </c>
+      <c r="G604" t="s">
+        <v>4951</v>
+      </c>
+      <c r="H604" t="s">
+        <v>4952</v>
+      </c>
+      <c r="I604" t="s">
+        <v>5539</v>
+      </c>
+      <c r="J604" t="s">
+        <v>24</v>
+      </c>
+      <c r="K604" t="s">
+        <v>2540</v>
+      </c>
+      <c r="L604" t="s">
+        <v>26</v>
+      </c>
+      <c r="M604" t="s">
+        <v>2541</v>
+      </c>
+      <c r="N604" t="s">
+        <v>28</v>
+      </c>
+      <c r="O604" t="s">
+        <v>5540</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15">
+      <c r="A605">
+        <v>66530</v>
+      </c>
+      <c r="B605" t="s">
+        <v>5541</v>
+      </c>
+      <c r="C605" t="s">
+        <v>5542</v>
+      </c>
+      <c r="D605" t="s">
+        <v>5543</v>
+      </c>
+      <c r="E605" t="s">
+        <v>5544</v>
+      </c>
+      <c r="F605" t="s">
+        <v>5545</v>
+      </c>
+      <c r="G605" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I605" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J605" t="s">
+        <v>24</v>
+      </c>
+      <c r="K605" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L605" t="s">
+        <v>26</v>
+      </c>
+      <c r="M605" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N605" t="s">
+        <v>28</v>
+      </c>
+      <c r="O605" t="s">
+        <v>5546</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15">
+      <c r="A606">
+        <v>66531</v>
+      </c>
+      <c r="B606" t="s">
+        <v>5547</v>
+      </c>
+      <c r="C606" t="s">
+        <v>5548</v>
+      </c>
+      <c r="D606" t="s">
+        <v>5549</v>
+      </c>
+      <c r="E606" t="s">
+        <v>5550</v>
+      </c>
+      <c r="F606" t="s">
+        <v>5551</v>
+      </c>
+      <c r="G606" t="s">
+        <v>5552</v>
+      </c>
+      <c r="H606" t="s">
+        <v>5553</v>
+      </c>
+      <c r="I606" t="s">
+        <v>5554</v>
+      </c>
+      <c r="J606" t="s">
+        <v>450</v>
+      </c>
+      <c r="K606" t="s">
+        <v>5555</v>
+      </c>
+      <c r="L606" t="s">
+        <v>452</v>
+      </c>
+      <c r="M606" t="s">
+        <v>5556</v>
+      </c>
+      <c r="N606" t="s">
+        <v>28</v>
+      </c>
+      <c r="O606" t="s">
+        <v>5557</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15">
+      <c r="A607">
+        <v>66532</v>
+      </c>
+      <c r="B607" t="s">
+        <v>5558</v>
+      </c>
+      <c r="C607" t="s">
+        <v>5559</v>
+      </c>
+      <c r="D607" t="s">
+        <v>5560</v>
+      </c>
+      <c r="E607" t="s">
+        <v>5561</v>
+      </c>
+      <c r="F607" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G607" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I607" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J607" t="s">
+        <v>450</v>
+      </c>
+      <c r="K607" t="s">
+        <v>5562</v>
+      </c>
+      <c r="L607" t="s">
+        <v>452</v>
+      </c>
+      <c r="M607" t="s">
+        <v>5563</v>
+      </c>
+      <c r="N607" t="s">
+        <v>28</v>
+      </c>
+      <c r="O607" t="s">
+        <v>5564</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15">
+      <c r="A608">
+        <v>66533</v>
+      </c>
+      <c r="B608" t="s">
+        <v>5565</v>
+      </c>
+      <c r="C608" t="s">
+        <v>5566</v>
+      </c>
+      <c r="D608" t="s">
+        <v>5567</v>
+      </c>
+      <c r="E608" t="s">
+        <v>5568</v>
+      </c>
+      <c r="F608" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G608" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I608" t="s">
+        <v>5569</v>
+      </c>
+      <c r="J608" t="s">
+        <v>24</v>
+      </c>
+      <c r="K608" t="s">
+        <v>5570</v>
+      </c>
+      <c r="L608" t="s">
+        <v>26</v>
+      </c>
+      <c r="M608" t="s">
+        <v>5571</v>
+      </c>
+      <c r="N608" t="s">
+        <v>28</v>
+      </c>
+      <c r="O608" t="s">
+        <v>5572</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15">
+      <c r="A609">
+        <v>66534</v>
+      </c>
+      <c r="B609" t="s">
+        <v>5573</v>
+      </c>
+      <c r="C609" t="s">
+        <v>5574</v>
+      </c>
+      <c r="D609" t="s">
+        <v>5575</v>
+      </c>
+      <c r="E609" t="s">
+        <v>5576</v>
+      </c>
+      <c r="F609" t="s">
+        <v>5577</v>
+      </c>
+      <c r="G609" t="s">
+        <v>5578</v>
+      </c>
+      <c r="H609" t="s">
+        <v>3597</v>
+      </c>
+      <c r="I609" t="s">
+        <v>3598</v>
+      </c>
+      <c r="J609" t="s">
+        <v>24</v>
+      </c>
+      <c r="K609" t="s">
+        <v>47</v>
+      </c>
+      <c r="L609" t="s">
+        <v>26</v>
+      </c>
+      <c r="M609" t="s">
+        <v>48</v>
+      </c>
+      <c r="N609" t="s">
+        <v>28</v>
+      </c>
+      <c r="O609" t="s">
+        <v>5579</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15">
+      <c r="A610">
+        <v>66535</v>
+      </c>
+      <c r="B610" t="s">
+        <v>5580</v>
+      </c>
+      <c r="C610" t="s">
+        <v>5581</v>
+      </c>
+      <c r="D610" t="s">
+        <v>5582</v>
+      </c>
+      <c r="E610" t="s">
+        <v>5583</v>
+      </c>
+      <c r="F610" t="s">
+        <v>5584</v>
+      </c>
+      <c r="G610" t="s">
+        <v>5585</v>
+      </c>
+      <c r="H610" t="s">
+        <v>5586</v>
+      </c>
+      <c r="I610" t="s">
+        <v>5587</v>
+      </c>
+      <c r="J610" t="s">
+        <v>5588</v>
+      </c>
+      <c r="K610" t="s">
+        <v>5589</v>
+      </c>
+      <c r="L610" t="s">
+        <v>5590</v>
+      </c>
+      <c r="M610" t="s">
+        <v>5591</v>
+      </c>
+      <c r="N610" t="s">
+        <v>28</v>
+      </c>
+      <c r="O610" t="s">
+        <v>5592</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15">
+      <c r="A611">
+        <v>66536</v>
+      </c>
+      <c r="B611" t="s">
+        <v>5593</v>
+      </c>
+      <c r="C611" t="s">
+        <v>5594</v>
+      </c>
+      <c r="D611" t="s">
+        <v>5595</v>
+      </c>
+      <c r="E611" t="s">
+        <v>5596</v>
+      </c>
+      <c r="F611" t="s">
+        <v>5597</v>
+      </c>
+      <c r="G611" t="s">
+        <v>5598</v>
+      </c>
+      <c r="H611" t="s">
+        <v>5599</v>
+      </c>
+      <c r="I611" t="s">
+        <v>5600</v>
+      </c>
+      <c r="J611" t="s">
+        <v>24</v>
+      </c>
+      <c r="K611" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L611" t="s">
+        <v>26</v>
+      </c>
+      <c r="M611" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N611" t="s">
+        <v>28</v>
+      </c>
+      <c r="O611" t="s">
+        <v>5601</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15">
+      <c r="A612">
+        <v>66537</v>
+      </c>
+      <c r="B612" t="s">
+        <v>5602</v>
+      </c>
+      <c r="C612" t="s">
+        <v>5603</v>
+      </c>
+      <c r="D612" t="s">
+        <v>5604</v>
+      </c>
+      <c r="E612" t="s">
+        <v>5605</v>
+      </c>
+      <c r="F612" t="s">
+        <v>5606</v>
+      </c>
+      <c r="G612" t="s">
+        <v>5346</v>
+      </c>
+      <c r="H612" t="s">
+        <v>5347</v>
+      </c>
+      <c r="I612" t="s">
+        <v>5607</v>
+      </c>
+      <c r="J612" t="s">
+        <v>24</v>
+      </c>
+      <c r="K612" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L612" t="s">
+        <v>26</v>
+      </c>
+      <c r="M612" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N612" t="s">
+        <v>28</v>
+      </c>
+      <c r="O612" t="s">
+        <v>5608</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15">
+      <c r="A613">
+        <v>66538</v>
+      </c>
+      <c r="B613" t="s">
+        <v>5609</v>
+      </c>
+      <c r="C613" t="s">
+        <v>5610</v>
+      </c>
+      <c r="D613" t="s">
+        <v>5611</v>
+      </c>
+      <c r="E613" t="s">
+        <v>5612</v>
+      </c>
+      <c r="F613" t="s">
+        <v>5613</v>
+      </c>
+      <c r="G613" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I613" t="s">
+        <v>2090</v>
+      </c>
+      <c r="J613" t="s">
+        <v>24</v>
+      </c>
+      <c r="K613" t="s">
+        <v>5614</v>
+      </c>
+      <c r="L613" t="s">
+        <v>26</v>
+      </c>
+      <c r="M613" t="s">
+        <v>5615</v>
+      </c>
+      <c r="N613" t="s">
+        <v>28</v>
+      </c>
+      <c r="O613" t="s">
+        <v>5616</v>
+      </c>
+    </row>
+    <row r="614" spans="1:15">
+      <c r="A614">
+        <v>66540</v>
+      </c>
+      <c r="B614" t="s">
+        <v>5617</v>
+      </c>
+      <c r="C614" t="s">
+        <v>5618</v>
+      </c>
+      <c r="D614" t="s">
+        <v>5619</v>
+      </c>
+      <c r="E614" t="s">
+        <v>5620</v>
+      </c>
+      <c r="F614" t="s">
+        <v>5621</v>
+      </c>
+      <c r="G614" t="s">
+        <v>5622</v>
+      </c>
+      <c r="H614" t="s">
+        <v>5623</v>
+      </c>
+      <c r="I614" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J614" t="s">
+        <v>24</v>
+      </c>
+      <c r="K614" t="s">
+        <v>5624</v>
+      </c>
+      <c r="L614" t="s">
+        <v>26</v>
+      </c>
+      <c r="M614" t="s">
+        <v>5625</v>
+      </c>
+      <c r="N614" t="s">
+        <v>28</v>
+      </c>
+      <c r="O614" t="s">
+        <v>5626</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15">
+      <c r="A615">
+        <v>66541</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C615" t="s">
+        <v>5627</v>
+      </c>
+      <c r="D615" t="s">
+        <v>5628</v>
+      </c>
+      <c r="E615" t="s">
+        <v>5629</v>
+      </c>
+      <c r="F615" t="s">
+        <v>5630</v>
+      </c>
+      <c r="G615" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I615" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J615" t="s">
+        <v>24</v>
+      </c>
+      <c r="K615" t="s">
+        <v>5631</v>
+      </c>
+      <c r="L615" t="s">
+        <v>26</v>
+      </c>
+      <c r="M615" t="s">
+        <v>5632</v>
+      </c>
+      <c r="N615" t="s">
+        <v>28</v>
+      </c>
+      <c r="O615" t="s">
+        <v>5633</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">