--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2670">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2747">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: မြန်မာ
 # Source: https://hadeethenc.com/my
-# Last update: 2025-07-30 11:18:09 (v1.18.0)
-# Check for updates: https://hadeethenc.com/en/check/my/v1.18.0
+# Last update: 2025-11-12 00:12:05 (v1.20.0)
+# Check for updates: https://hadeethenc.com/en/check/my/v1.20.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -380,51 +380,54 @@
     <t>လူတစ်ဦးသည် မိမိ၏ညီနောင်အား ချစ်ခင်ပါက ၎င်းအားချစ်ခင်ကြောင်းအသိပေးပါ။</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>မိက်ဒါဒ်ဗင်န်မအ်ဒီကရိဗ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ လူတစ်ဦးသည် မိမိ၏ညီနောင်အား ချစ်ခင်ပါက ၎င်းအားချစ်ခင်ကြောင်းအသိပေးပါ။</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မုအ်မင်န်များအကြား ဆက်ဆံရေးပိုမိုခိုင်မာစေပြီး ချစ်ခင်ရင်းနှီးမှုပြန့်ပွားစေမည့် အကြောင်းခံတစ်ရပ်ကို ရှင်းပြတော်မူခဲ့သည်။ ယင်းမှာ လူတစ်ဦးသည် မိမိ၏ ညီနောင်အား ချစ်ခင်ပါက ၎င်းအား ချစ်ခင်ကြောင်း အသိပေးခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>လောကီအကျိုးအတွက် မဟုတ်ဘဲ သီးသန့် အလ္လာဟ်အရှင်မြတ်အတွက်သာ ချစ်ခင်ခြင်း၏ ထွတ်မြတ်မှုကို ဖော်ပြထားသည်။
 ချစ်ခင်ရင်းနှီးမှု ပိုမိုတိုးပွါးလာစေရန် အလ္လာဟ်အရှင်မြတ်အတွက် မိမိချစ်ခင်ရသောသူအား ချစ်ခင်ကြောင်း အသိပေးခြင်းသည် မွတ်စ်သဟဗ်ကောင်းမွန်သော ကိစ္စရပ်ဖြစ်သည်။
 မုအ်မင်န် သက်ဝင်ယုံကြည်သူတို့အကြား ချစ်ခင်ရင်းနှီးမှုကို ဖြန့်ကြက်ခြင်းသည် မွတ်စ်လင်မ်ညီနောင်စိတ်ဓာတ်ကို ခိုင်မာအာကောင်းစေပြီး လူအဖွဲ့အစည်းအတွင်း အားနည်းခြင်း၊ ပြိုကွဲခြင်းတို့ကို ထိန်းသိမ်းပေးသည်။</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3017</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>ဤသည် သွေးကြောမှလာသည့်သွေးသာဖြစ်သည်။ သို့သော် အသင်မ ဓမ္မတာသွေးဆင်းလေ့ရှိသည့် ရက်အ တိုင်းအတာကိုသာ ဆွလာသ်ဆောက်တည်ခြင်းမပြုဘဲ နေရမည်။ ၎င်းနောက် (ထိုရက်များကျော်လွန်သွားပါက) သင်မရေချိုးပြီး ဆွလာသ်ဆောက်တည်ပါ။</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>မုအ်မင်န်တို့၏မိခင်ကြီး အာအိရှဟ် (ရဿွိယလ္လာဟုအန်ဟာ)ထံမှ ဆင့်ပြန်ချက်လာရှိသည်။ ဖာသွိမဟ် ဗင်န်သိ အဗီဟုဗိုင်းရှ်သည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား မေးလျှောက်ခဲ့သည်။ ကျွန်မသည် (ရောဂါကြောင့်) ရာသီသွေး အဆက်မပြတ်ဆင်းနေပြီး သန့်ပြန် သွားသည်ဟူ၍ မရှိခဲ့ပါ။ ကျွန်မသည် (ထိုရက်များအားလုံးတွင်) ဆွလာသ်မဆောက်တည်ဘဲ နေရမည်လား။ ထိုအခါ ကိုယ်တော်က မိန့်ကြားတော်မူသည် မှာ မဆောက်တည်ဘဲနေခွင့်မရှိ ဤသည် သွေးကြောမှလာသည့်သွေးသာဖြစ်သည်။ သို့သော် အသင်မ ဓမ္မတာသွေးဆင်းလေ့ရှိသည့် ရက်အ တိုင်းအတာကိုသာ ဆွလာသ်ဆောက်တည်ခြင်းမပြုဘဲ နေရမည်။ ၎င်းနောက် (ထိုရက်များကျော်လွန်သွားပါက) သင်မရေချိုးပြီး ဆွလာသ်ဆောက်တည်ပါ။</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>ဖာသွိမဟ် ဗင်န်သိ အဗီဟုဗိုင်းရှ် (ရဿွိယလ္လာဟုအန်ဟာ)က တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား လျှောက်ထားမေးမြန်းသည်မှာ ကျွန်မသည် သွေးဆင်းခြင်း ရပ်တန့်သွားသည်ဟူ၍ မရှိပါ။ ဓမ္မတာ သွေး ဆင်းသည့် ကာလမဟုတ်သော ရက်များတွင်လည်း အဆက်မပြတ်ဆင်းနေပါသည်။ ထို့ကြောင့် ၎င်း၏အမိန့်သည် ဓမ္မတာသွေးအမိန့်တွင် ပါဝင်ပါသလား။ ကျွန်မ ဆွလာသ်မဆောက်တည်ဘဲ နေရမည်လား။ ထိုအခါ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က သူမအားမိန့်တော်မူသည်။ အမှန်ပင် ၎င်းသည် သားအိမ်အတွင်း သွေးကြောတစ်ခုမှထွက်လာသော ရောဂါသွေးဖြစ်ပြီး ဓမ္မတာရာသီသွေးမဟုတ်ပါ။ သို့ဖြစ်၍ သင်မ ရောဂါသွေး မဆင်းမီက မိမိအလေ့အထအတိုင်း လစဉ်ဓမ္မတာသွေးဆင်းသည့် အချိန်ကာလရောက်လာပါက ဆွလာသ်နှင့် ဆွိယာမ်ကို စွန့်လွှတ်ပါ။ ထို့ပြင် ဓမ္မတာသွေးဆင်းနေသည့် အမျိုးသမီးအတွက် တားမြစ်ထားသည့်ကိစ္စများကို ရှောင်ကြဥ်ပါ။ ထိုအချိန်ကာလ ကုန်ဆုံးသွားပါက  သင်မသည် ဓမ္မတာသွေးမှ သန့်ပြန့်သွားပြီဖြစ်သည်။ သို့ဖြစ်၍ သွေးဆင်းသည့်နေရာအား ဆေးကြောသန့်စင်ပါ။ ထို့နောက် မသန့်ဖြစ်ခြင်း ပပျောက်သွားရန် ခန္ဓာကိုယ်တစ်ခုလုံးအား ရေလောင်းချိုးပါ။ ထို့နောက် ဆွလာသ်ဆောက်တည်ပါ။</t>
   </si>
@@ -1544,50 +1547,56 @@
   </si>
   <si>
     <t>မွတ်စ်လင်မ်တစ်ဦးသည် မိမိ၏စကား၌ ‘အလ္လာဟ်အရှင်မြတ်အလိုရှိသည့်အတိုင်းနှင့် မည်သူမည်ဝါ အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်။’ သို့မဟုတ် ‘အလ္လာဟ်အရှင်မြတ်နှင့် မည်သူမည်ဝါအလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်’ဟု ပြောဆိုခြင်းကို တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က တားမြစ်တော်မူခဲ့သည်။ အဘယ်ကြောင့်ဆိုသော် အလ္လာဟ်အရှင်မြတ်၏အလိုတော်၊ ဆန္ဒတော်သည် အကြွင်းမဲ့ဖြစ်ပြီး ယင်း၌ မည်သူတစ်ဦးတစ်ယောက်မျှ ဖက်စပ်ပါဝင်ခြင်းမရှိပါ။ ‘နှင့်’ ဟု သုံးနှုန်းခြင်းသည် တစ်စုံတစ်ယာက်သည် အလ္လာဟ်အရှင်မြတ်နှင့်အတူ ပါဝင်နေကြောင်းဖော်ပြနေပြီး အရှင်မြတ်နှင့် ၎င်းအား တန်းတူပြုလုပ်လိုက်ခြင်း ဖြစ်သည်။ သို့ဖြစ်၍ ထိုအစား ‘အလ္လာဟ်အရှင်မြတ်အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်။ ထို့နောက် မည်သူမည်ဝါ အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်။’ဟုသာ ပြောဆိုရမည်။ (အလ္လာဟ်အရှင်မြတ်အလိုတော်ရှိမှသာ လူသားအလိုရှိနိုင်မည်ဖြစ်သည့်အတွက်) လူသား၏ အလိုဆန္ဒအား အလ္လာဟ်အရှင်မြတ်၏အလိုတော်၏ နောက်လိုက်အဖြစ်သာ ပြုလုပ်ရမည်။ သို့ဖြစ်၍ ‘နှင့်’ အစား ‘ထို့နောက်’ဟုသာ ပြောရမည်။ အဘယ်ကြောင့်ဆိုသော် ‘ထို့နောက်’ဟူသည် ထိုသို့ပြုပြီး၊ ဖြစ်ပြီးသည့်နောက်ဟု အဓိပ္ပာယ်ရသည်။</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>‘အလ္လာဟ်အရှင်မြတ်နှင့် အသင် အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်’ဟု ပြောဆိုခြင်း၊ အခြားအလားတူ စကားလုံးများဖြစ်သည့် အလ္လာဟ်အရှင်မြတ်၏ နာမတော်အား ပုဒ်ဆက်စကားလုံးဖြစ်သည့် ‘နှင့်’ဖြင့်တွဲ၍ ပြောဆိုခြင်း ဟရာမ်ဖြစ်သည်။ အဘယ်ကြောင့်ဆိုသော် ထိုသို့သုံးစွဲခြင်းသည် ရှိရ်က်ဖြစ်စေသည့် စကားလုံးများ၊ အပြောအဆိုများတွင် ပါဝင်သည်။
 ‘အလ္လာဟ်အရှင်မြတ်အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်။ ထို့နောက် သင်အလိုရှိသည့်အတိုင်း ဖြစ်ခဲ့သည်’ဟု ပြောဆိုခြင်း၊ အခြားအလားတူ စကားလုံးများဖြစ်သည့် အလ္လာဟ်အရှင်မြတ်၏ နာမတော်အား ‘ထို့နောက်’ဖြင့်တွဲ၍ ပြောဆိုခြင်းသည် တားမြစ်ထားခြင်း မရှိသည့်အတွက် ပြောဆိုခွင့်ရှိသည်။
 အလ္လာဟ်အရှင်မြတ်၏ အလိုတော်ကို အတည်ပြုထားသည်။ ထို့အတူ လူသားသည် အလိုဆန္ဒထားနိုင်ကြောင်းကိုလည်း အတည်ပြုထားသည်။ ဧကန်အမှန်ပင် လူသား၏ အလိုဆန္ဒသည် အလ္လာဟ်အရှင်မြတ်၏အလိုတော်၏ နောက်လိုက်သာဖြစ်သည်။
 အလ္လာဟ်အရှင်မြတ်၏ အလိုတော်၌ စကားလုံးအရပင်ဖြစ်စေ အဖန်ဆင်းခံများ ဖက်စပ်ပါဝင်ခြင်းကို တားမြစ်ထားသည်။
 အကယ်၍ ပြောဆိုသူက အဖန်ဆင်းခံ၏ အလိုဆန္ဒသည် အလ္လာဟ်အရှင်မြတ်၏ အလိုတော်ကဲ့သို့ပင် အကြွင်းမဲ့ဖြစ်ခြင်းတွင် အတူတူပင်ဖြစ်သည်ဟု ယုံကြည်လျှင် သို့မဟုတ် လူသားသည် အလ္လာဟ်အရှင်မြတ်၏ အလိုတော်မပါဘဲ သီးသန့်အလိုဆန္ဒထားနိုင်သည်ဟု ယုံကြည်လျှင် ‘ရှိရ်က်အက်ဗရ်’ (အစ္စလာမ့်ဘောင်အပြင်သို့ရောက်စေသည့် ရှိရ်က်)ကို ကျူးလွန်လိုက်ခြင်းပင်ဖြစ်သည်။ အကယ်၍ ပြောဆိုသူက အဖန်ဆင်းခံ၏ အလိုဆန္ဒသည် အလ္လာဟ်အရှင်မြတ်၏ အလိုတော်နှင့် တန်းတူမဟုတ်ဘဲ အရှင်မြတ်၏ အလိုတော်အောက်တွင်သာရှိသည်ဟု ယုံကြည်လျှင် ‘ရှိရ်က်အဆွ်ဂရ်’ (အစ္စလာမ့်ဘောင်အပြင်သို့ မရောက်သည့် ရှိရ်က်)ကို ကျူးလွန်လိုက်ခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>ဧကန်အမှန်ပင် အလ္လာဟ်အရှင်မြတ်သည် (အမျက်ဒေါသဖြင့်) မခံချင်စိတ် ဖြစ်တော်မူသည်။ မုအ်မင်န်သည်လည်း မခံချင်စိတ်ဖြစ်သည်။ အရှင်မြတ်၏ (အမျက်ဒေါသဖြင့်) မခံချင်စိတ်ဖြစ်ခြင်းသည် မုအ်မင်န်တစ်ဦးက အလ္လာဟ်အရှင်မြတ် တားမြစ်ထားသည့် အရာကိုကျူးလွန်သည့် အခါတွင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ဧကန်အမှန်ပင် အလ္လာဟ်အရှင်မြတ်သည် (အမျက်ဒေါသဖြင့်) မခံချင်စိတ် ဖြစ်တော်မူသည်။ မုအ်မင်န်သည်လည်း မခံချင်စိတ်ဖြစ်သည်။ အရှင်မြတ်၏ (အမျက်ဒေါသဖြင့်) မခံချင်စိတ်ဖြစ်ခြင်းသည် မုအ်မင်န်တစ်ဦးက အလ္လာဟ်အရှင်မြတ် တားမြစ်ထားသည့် အရာကိုကျူးလွန်သည့် အခါတွင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ မုအ်မင်န်သည် မခံချင်စိတ်ဖြစ်ခြင်း၊ အမျက်ဒေါသထွက်ခြင်း၊ မနှစ်သက်ခြင်းများဖြစ်သကဲ့သို့ အလ္လာဟ်အရှင်မြတ်သည်လည်းမခံချင် စိတ်၊ အမျက်ဒေါသနှင့် မနှစ်သက်ခြင်းများဖြစ်တော်မူသည်။ အရှင်မြတ်၏ အမျက်ဒေါသဖြင့်မခံချင်စိတ်ဖြစ်ခြင်းသည် မုအ်မင်န်တစ်ဦးက အလ္လာဟအရှင်မြတ် တားမြစ်ထားသည့် မကောင်းမှုများဖြစ်သော ‘ဇိနာ’ပြုခြင်း၊ လိင်တူဆက်ဆံခြင်း၊ ခိုးခြင်း၊ အရက်သေစာ သောက်စားခြင်းစသည်တို့အပြင် အခြားစက်ဆုပ်ရွံရှာဖွယ်ရာများ ကျူးလွန်သည့် အတွက်ကြောင့်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>အလ္လာဟ်အရှင်မြတ်၏ တားမြစ်ချက်များကို ကျူးလွန်သည့်အခါ အရှင်မြတ်၏ အပြစ်ဒဏ်နှင့် အမျက်ဒေါသကို ကြောက်ရွံ့ရန် သတိပေးခြိမ်းခြောက်ထားသည်။</t>
@@ -1601,50 +1610,53 @@
   <si>
     <t>အကြင်သူသည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားတစ်စုံတစ်ရာဖြင့် ကစမ်ကျိန်ဆိုခဲ့လျှင် ထိုသူသည် (ကုဖ်ရ်) သွေဖည်ငြင်းပယ်မှု သို့မဟုတ် (ရှိရ်က်) ဖက်စပ်ယှဉ်တွဲမှု ပြုခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>အဗ်ဒုလ္လာဟ်ဗင်န်အုမရ်(ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ သူသည် ပုဂ္ဂိုလ်တစ်ဦးက ကအ်ဗဟ်ကျောင်းတော်၏ကစမ် မဟုတ်ပါဟု ပြောလိုက်သည်ကို ကြားခဲ့သည်။ ထိုအခါ အိဗ်နုအုမရ်က ပြောကြားသည်မှာ အလ္လာဟ်အရှင်မြတ်မှအပ အခြားအရာဖြင့် ကျိန်ဆိုခြင်းမပြုရ။ ကျွန်ုပ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့သည်။ အကြင်သူသည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားတစ်စုံတစ်ရာဖြင့် ကစမ်ကျိန်ဆိုခဲ့လျှင် ထိုသူသည် (ကုဖ်ရ်) သွေဖည်ငြင်းပယ်မှု သို့မဟုတ် (ရှိရ်က်) ဖက်စပ်ယှဉ်တွဲမှု ပြုခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ မည်သူမဆိုအလ္လာဟ်အရှင်မြတ်နှင့် အရှင်မြတ်၏ နာမတော်များ၊ ဂုဏ်တော်များမှအပ အခြားတစ်စုံတစ်ရာဖြင့် ကျိန်ဆိုပါက ထိုသူသည် အလ္လာဟ်အရှင်မြတ်ကို ‘ကုဖ်ရ်’သွေဖည်ငြင်းပယ်သူ သို့မဟုတ် ‘ရှိရ်က်’ ဖက်စပ်ယှဉ်တွဲကိုးကွယ်သူပင်ဖြစ်သည်။ အဘယ့်ကြောင့်ဆိုသော် ကျိန်ဆိုခြင်းဟူသည် တိုင်တည်ကျိန်ဆိုလိုက်သည့်အရာအား ကြီးကျယ်မြင့်မြတ်ကြောင်း သတ်မှတ်လိုက်ခြင်းပင်ဖြစ်သည်။ ကြီးကျယ်မြင့်မြတ်မှုသည် အလ္လာဟ်အရှင်မြတ်တစ်ပါးတည်း အတွက်သာဖြစ်သည်။ ထို့ကြောင့် အလ္လာဟ်အရှင်မြတ်နှင့် အရှင်မြတ်၏ နာမတော်များ၊ ဂုဏ်တော်များအပြင် အခြားမည်သည့်အရာဖြင့်မျှ ကျိန်ဆိုခွင့်မရှိပေ။ ထိုသို့ကျိန်ဆိုခြင်းသည် ‘ရှိရ်က် အဆ်ွဂရ်’ အစ္စလာမ့်ဘောင်အပြင်သို့ မရောက်စေသော ရှိရ်က်အသေးစား ကျူးလွန်လိုက်ခြင်းဖြစ်သည်။ သို့သော် ကျိန်ဆိုသူသည် မိမိကျိန်ဆိုရန် တိုင်တည်လိုက်သည့်အရာအား အလ္လာဟ်အရှင်မြတ်ကို ဂုဏ်ပေးသကဲ့သို့ ဂုဏ်ပေးလေးစားခြင်း သို့မဟုတ် ထို့ထက်ပို၍ ဂုဏ်ပေးလေးစားခြင်းမျိုးဖြစ်ပါက ‘ရှိရ်က်အက်ဗရ်’ အစ္စလာမ့်ဘောင်အပြင်သို့ ရောက်စေသော ရှိရ်က်အကြီးစား ကျူးလွန်လိုက်ခြင်းပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>ကျိန်ဆိုမှုဖြင့် ကြီးကျယ်မြင့်မြတ်ကြောင်း ဖော်ထုတ်ခြင်းသည် ချို့တဲ့မှုအပေါင်းမှ ကင်းစင်တော်မူသော အလ္လာဟ်အရှင်မြတ်နှင့်သာ သက်ဆိုင်သည့် အခွင့်အရေးဖြစ်သည်။ ထို့ကြောင့် အလ္လာဟ်အရှင်မြတ်နှင့် အရှင်မြတ်၏ နာမတော်များ၊ ဂုဏ်တော်များဖြင့်သာ ကျိန်ဆိုရမည်။
 ဆွဟာဗဟ် သာဝကများသည် ကောင်းရာညွှန်ကြားခြင်းနှင့် မကောင်းမှု တားမြစ်ခြင်းပြုရန် အလွန်ပင် စိတ်အားထက်သန်ကြသည်။ အထူးသဖြင့် ကုဖ်ရ်၊ ရှိရ်က်နှင့် သက်ဆိုင်သည့် မကောင်းမှုများကို တားမြစ်ရန် ပို၍ပင်စိတ်အားထက်သန်ကြသည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>အသင်တို့သည် မုအ်မင်န် မဖြစ်သေးသမျှ ကာလပတ်လုံး ဂျန္နသ်သို့ဝင်ရောက်ရမည်မဟုတ်။ အသင်တို့အချင်းချင်း ချစ်ခင်မှုမရှိသေးသမျှကာလပတ်လုံး မုအ်မင်န်ဖြစ်မည်မဟုတ်။ ငါကိုယ်တော် အသင်တို့အားကိစ္စတစ်ခုကို မညွှန်ပြပေးရဘူးလား။ ထိုကိစ္စကို ပြုလုပ်ခြင်းဖြင့် အသင်တို့အချင်းချင်း ချစ်ခင်မှုရကြလိမ့်မည်။ ၎င်းမှာ အသင်တို့ကြား၌ စလာမ်များများပေးကြပါ။</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အသင်တို့သည် မုအ်မင်န် မဖြစ်သေးသမျှ ကာလပတ်လုံး ဂျန္နသ်သို့ဝင်ရောက်ရမည်မဟုတ်။ အသင်တို့အချင်းချင်း ချစ်ခင်မှုမရှိသေးသမျှကာလပတ်လုံး မုအ်မင်န်ဖြစ်မည်မဟုတ်။ ငါကိုယ်တော် အသင်တို့အားကိစ္စတစ်ခုကို မညွှန်ပြပေးရဘူးလား။ ထိုကိစ္စကို ပြုလုပ်ခြင်းဖြင့် အသင်တို့အချင်းချင်း ချစ်ခင်မှုရကြလိမ့်မည်။ ၎င်းမှာ အသင်တို့ကြား၌ စလာမ်များများပေးကြပါ။</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မုအ်မင်န်များသာ လျှင် ဂျန္နသ်သို့ ဝင်ရောက်ရမည်ဖြစ်ကြောင်းနှင့် မွတ်စ်လင်မ်အချင်း ချင်း ချစ်ခင်မှု မရှိသေးသမျှ အီမာန်လည်း ပြည့်ဝနိုင်မည် မဟုတ်သလို မွတ်စ်လင်မ်လူ့အဖွဲ့အစည်း၏ အခြေအနေသည်လည်း ကောင်းမွန်လာမည် မဟုတ်ကြောင်း ရှင်းပြတော်မူခဲ့သည်။ ထို့နောက် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ချစ်ခင်မှုရရှိစေမည့် အကောင်းဆုံးကိစ္စကို ညွှန်ပြတော်မူခဲ့သည်။ ထိုကိစ္စမှာ မွတ်စ်လင်များကြား၌ စလာမ်များများပေးခြင်းဖြစ်ပြီး အလ္လာဟ်အရှင်မြတ်သည် စလာမ်ပေးခြင်းကို မိမိ၏ကျေးကျွန်များအတွက် နှုတ်ခွန်းဆက်စကားအဖြစ် ပြုလုပ်ပေးထားသည်။</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
@@ -1700,51 +1712,51 @@
 ပိုမွန်မြတ်သော ကောင်းမှုများကိုကျင့်ဆောင်ရန် မွတ်စ်လင်မ်တို့အား တိုက်တွန်းထားသည်။
 မေးမြန်းသူများနှင့် မေးမြန်းသူများ၏ အ‌‌ခြေအနေ‌ကွာခြားချက်အပေါ်
 မူတည်၍လည်းကောင်း၊ မေးမြန်းသူတစ်ဦးခြင်းစီအတွက် ပိုအကျိုးရှိစေမည့်အရာကို ရှေးရှု၍လည်းကောင်း အမွန်မြတ်ဆုံး အမလ်ကောင်းမှုနှင့် ပတ်သက်၍ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ဖြေကြားချက်များသည် ကွာခြားမှုရှိသည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>မုနာဖိက် (အရေခြုံမွတ်စလင်မ်) တို့အပေါ်တွင် အိရှာဆွလာသ်နှင့် ဖဂျရ်ဆွလာသ်သည် အလေးလံဆုံး ဆွလာသ်ဖြစ်သည်။ အကယ်၍ ၎င်းတို့သည် ထိုဆွလာသ်နှစ်ကြိမ်၏ အကျိုးကုသိုလ်အား သိရှိကြလျှင် (လမ်းမလျှောက်နိုင်သဖြင့်) လေးဖက်ထောက်လာရမည်ဆိုလျှင်လည်း မုချလာကြလိမ့်မည်။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ မုနာဖိက် (အရေခြုံမွတ်စလင်မ်) တို့အပေါ်တွင် အိရှာဆွလာသ်နှင့် ဖဂျရ်ဆွလာသ်သည် အလေးလံဆုံး ဆွလာသ်ဖြစ်သည်။ အကယ်၍ ၎င်းတို့သည် ထိုဆွလာသ်နှစ်ကြိမ်၏ အကျိုးကုသိုလ်အား သိရှိကြလျှင် (လမ်းမလျှောက်နိုင်သဖြင့်) လေးဖက်ထောက်လာရမည်ဆိုလျှင်လည်း မုချလာကြလိမ့်မည်။ အမှန်တကယ်ပင် ငါကိုယ်တော်သည် ဆွလာသ်ဆောက်တည်ရန် အမိန့်ပေးတော်မူမည်။ အိကာမသ်ဆိုပြီးသည့်အခါ လူတို့အားဦးဆောင် ဆွလာသ်ဆောက်တည်ရန် ပုဂ္ဂိုလ်တစ်ဦးအား အမိန့်ပေးတော်မူမည်။ ထို့နောက် ငါကိုယ်တော်သည် ထင်းစီးများပါရှိသော လူတို့နှင့်အတူ(ဂျမာအသ်ဖြင့်)ဆွလာသ်ဆောက်တည်ရန် မလာကြသူများထံသွားပြီး ၎င်းတို့နှင့်အိမ်ကိုပါ မီးရှို့ပစ်ရန် ဆန္ဒရှိတော်မူသည်။</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မုနာဖိက် (အရေခြုံမွတ်စ်လင်မ်)များနှင့် ပတ်သက်၍ ‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌‌မိန့်ကြားတော်မူခဲ့သည်။ ၎င်းတို့သည် ဆွလာသ်ဆောက်တည်ရန်အတွက် လာရောက်ရန် ပျင်းရိကြသည်။ အထူးသဖြင့် အိရှာနှင့် ဖဂျရ် ဆွလာသ်နှစ်ကြိမ်ကို ပို၍ပျင်းရိကြသည်။ အကယ်၍ ၎င်းတို့သည် ထိုဆွလာသ်နှစ်ကြိမ်ကို မွတ်စ်လင်မ်တို့၏ ဂျမာအသ်နှင့်အတူ ဆောက်တည်ခြင်း၏ အကျိုးကုသိုလ်အား သိရှိခဲ့ကြလျှင်(လမ်းမလျှောက်နိုင်လျှင်လည်း) ကလေးကဲ့သို့ လက်နှင့်ဒူခေါင်းတို့ဖြင့် လေးဖက်ထောက်ကာ လာရလျှင်လည်း မုချလာကြမည်ဖြစ်သည်။
-- တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ဆွလာသ်ဆောက်တည်ရန် အမိန့်ပေးတော်မူပြီး အိကာမသ်ဆိုပြီးသည့်အခါ ပုဂ္ဂိုလ်တစ်ဦးအားမိမိကိုယ်စား လူတို့အား အိမာန်ရှေ့ဆောင်ပြုရန်အမိန့်ပေးတော်မူမည်။ ထို့နောက်ကိုယ်တော်သည် ထင်းစီးများ သယ်ထားကြသောလူတို့နှင့်အတူ ဂျမာအသ်ဖြင့် ဆွလာသ်ဆောက်တည်မှုတွင် မပါဝင်ကြသူများထံ သွားကာ ၎င်းတို့ကျူးလွန်လိုက်သည့် ပြင်းထန်သည့်အပြစ်ကြောင့် ၎င်းတို့နှင့် နေအိမ်များကိုပါ မီးရှို့ပစ်ရန် ဆန္ဒရှိတော်မူခဲ့သည်။ သို့သော် ကိုယ်တော်သည် ဤအတိုင်း လက်တွေ့အပြစ်မပေးခဲ့ခြင်းမှာ ထိုအိမ်များတွင် အပြစ်ကင်းသည့် ကလေးသူငယ်များ၊ အမျိုးသမီးများနှင့် တရားတော်၏ ခွင့်ပြုချက်ကြောင့် မလာရောက်နိုင်သူများရှိနေပြီး ၎င်းတို့သည် အပြစ်မရှိသည့် အတွက်ကြောင့်ဖြစ်သည်။</t>
+တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ဆွလာသ်ဆောက်တည်ရန် အမိန့်ပေးတော်မူပြီး အိကာမသ်ဆိုပြီးသည့်အခါ ပုဂ္ဂိုလ်တစ်ဦးအားမိမိကိုယ်စား လူတို့အား အိမာန်ရှေ့ဆောင်ပြုရန်အမိန့်ပေးတော်မူမည်။ ထို့နောက်ကိုယ်တော်သည် ထင်းစီးများ သယ်ထားကြသောလူတို့နှင့်အတူ ဂျမာအသ်ဖြင့် ဆွလာသ်ဆောက်တည်မှုတွင် မပါဝင်ကြသူများထံ သွားကာ ၎င်းတို့ကျူးလွန်လိုက်သည့် ပြင်းထန်သည့်အပြစ်ကြောင့် ၎င်းတို့နှင့် နေအိမ်များကိုပါ မီးရှို့ပစ်ရန် ဆန္ဒရှိတော်မူခဲ့သည်။ သို့သော် ကိုယ်တော်သည် ဤအတိုင်း လက်တွေ့အပြစ်မပေးခဲ့ခြင်းမှာ ထိုအိမ်များတွင် အပြစ်ကင်းသည့် ကလေးသူငယ်များ၊ အမျိုးသမီးများနှင့် တရားတော်၏ ခွင့်ပြုချက်ကြောင့် မလာရောက်နိုင်သူများရှိနေပြီး ၎င်းတို့သည် အပြစ်မရှိသည့် အတွက်ကြောင့်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>ဗလီဝတ်ကျောင်းတော်တွင် ဂျမာအသ်ဖြင့် ဆွလာသ်မဆောက်တည်ခြင်း၏ ဆိုးကျိုးကို ဖော်ပြထားသည်။
 မုနာဖိက်တို့သည် ၎င်းတို့၏ခဝပ်ကိုးကွယ်မှုအား ပြစားရန်နှင့် ကျော်ကြားရန်အတွက်သာ ပြုလုပ်ကြသည်။ ၎င်းတို့သည် လူများမြင်တွေ့သည့်အချိန်တွင်သာ ဆွလာသ်ဆောက်တည်ရန် လာကြသည်။
 အိရှာနှင့် ဖဂျရ် ဆွလာသ်နှစ်ကြိမ်အား ဂျမာအသ်ဖြင့် ဆောက်တည်ခြင်း၏ အကျိုးကုသိုလ်မှာ ကြီးကျယ်မားလှသည်။ ထိုဆွလာသ်နှစ်ကြိမ်အတွက် လေးဖက်ထောက်လာရလျှင်လည်း လာရောက်ရန် ထိုက်တန်ပေသည်။
 အိရှာဆွလာသ်နှင့် ဖဂျရ်ဆွလာသ်ကို စွဲမြဲစွာဝတ်ပြုသူများသည် နိဖာက် အရေခြုံမှုမှ လွတ်ကင်းမည်ဖြစ်သည်။ ထိုဆွလာသ်နှစ်ကြိမ်မှ နောက်ချန်နေခြင်းသည် မုနာဖိက် အရေခြုံမွတ်စလင်မ်၏ လက္ခဏာများတွင် ပါဝင်သည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3366</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်‌တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံပါး၌ ဘယ်လက်ဖြင့် စားနေခဲ့သည်။ ထိုအခါ ကိုယ်‌တော်က အသင်ညာလက်ဖြင့် စားပါဟု ပြောကြားခဲ့သည်။ ထိုပုဂ္ဂိုလ်က ကျွန်ုပ်မတတ်နိုင်ပါဟု ဖြေကြားခဲ့သည်။ ကိုယ်တော်က သင်မတတ်နိုင်ဘူးပေါ့ဟု မိန့်ကြားခဲ့သည်။</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
@@ -1888,50 +1900,53 @@
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ငှက်များ၊ တိရစ္ဆာန်များ၊ ရောဂါသည်များ၊ နံပါတ်များ၊ နေ့ရက်များနှင့် အခြားအရာများကို ကြားခြင်း၊ မြင်ခြင်းဖြင့် နိမိတ်ကောက်ခြင်းကို သတိပေးတားမြစ်တော်မူထားသည်။ ဟဒီးဆ်တော်တွင် သွိယရဟ် (ငှက်ဖြင့်နိမိတ်ကောက်ခြင်း)ကို ဖော်ပြထားသည်။ အဘယ်ကြောင့်ဆိုသော် ထိုလုပ်ရပ်သည် ဂျဟိလိယ္ယဟ် အမိုက်ခေတ်တွင်‌ အလွန်ပင်ကျော်ကြားသည်။ ၎င်း၏ပုံသဏ္ဌာန်မှာ အလုပ်လုပ်ရန် သိုမဟုတ် ခရီးသွားရန် သိုမဟုတ် ကိစ္စတစ်ခုကိုဆောင်ရွက်ရန် ငှက်တစ်ကောင်ကို လွှတ်လိုက်ပြီး အကယ်၍ငှက်သည် လက်ယာဘက်သို ပျံသန်းသွားပါက နိမိတ်ကောင်းကောက်၍ မိမိရည်ရွယ်ထားသည့်ကိစ္စကို ဆောင်ရွက်သည်။ အကယ်၍ငှက်သည် လက်ဝဲဘက်သို ပျံသန်းသွားပါက နိမိတ်ဆိုးကောက်၍ မိမိရည်ရွယ်ထားသည့်ကိစ္စကို ရပ်တန့်လိုက်သည်။ ကိုယ်တော်က ထိုလုပ်ရပ်ကို ရှိရ်က်ဟု မိန့်ကြားထားသည်။ အဘယ်ကြောင့်ဆိုသော် ကောင်းခြင်းဟူသမျှကို အလ္လာဟ်အရှင်မြတ်ကသာ ချီးမြှင့်တော်မူခြင်းဖြစ်ပြီး မကောင်းခြင်းဟူသမျှကို တစ်ပါးတည်း တည်ရှိတော်မှုသော တုဘက်နှိုင်းယှဉ်ခြင်းကင်းတော်မူသော အလ္လာဟ်အရှင်မြတ်မှအပ မည်သူမျှ မဖယ်ရှားပေးနိုင်သည့်အတွက် ထိုသို့ နိမိတ်ဆိုးကောက်ခြင်းသည် ရှိရ်က်ဖြစ်သည်။
 အိဗ်နုမတ်စ်အူးဒ် (ရဿွိယလ္လာဟုအန်ဟု)က တင်ပြထားသည်မှာ မွတ်စ်လင်မ်တစ်ဦး၏နှလုံးသားတွင် တစ်ခါတစ်ရံ နိမိတ်ဆိုးကောက်ခြင်း ဖြစ်ပေါ်တတ်သည်။ သို့သော် ၎င်းအနေဖြင့် အကြောင်းခံများကို ကိုင်တွယ်ကာ အလ္လာဟ်အရှင်မြတ်ပါ်တွင် သဝက္ကုလ် ယုံပုံအားကိုးသည့်စိတ်ဖြင့် နိမိတ်ဆိုးကောက်ခြင်းကို ဖယ်ရှားပစ်ရန် အရေးကြီးသည်။</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>နိမိတ်‌ဆိုးကောက်ခြင်းသည် ရှိရ်က်ဖြစ်သည်။ အဘယ်ကြောင့်ဆိုသော် ထိုလုပ်ရပ်တွင် နှလုံးသားသည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားအရာများနှင့် ချိတ်ဆက်‌သွားသောကြောင့် ဖြစ်သည်။
 အရေးကြီးသော မတ်စ်အလဟ်‌များကို ကျက်မှတ်ပြီးသားဖြစ်သွား‌စေရန်၊ နှလုံးသားတွင် အမြဲမှတ်မိစေရန်အတွက် အကြိမ်ကြိမ် အခါခါ‌ပြောရန် အရေးကြီးသည်။
 အလ္လာဟ်အရှင်မြတ်အ‌ပေါ် ယုံပုံအားကိုးခြင်းသည် နိမိတ်ဆိုးကောက်ခြင်းကို ပ‌‌ပျောက်စေသည်။
 အလ္လာဟ်အရှင်မြတ် တစ်ဆူတည်းအပေါ်တွင်သာ သဝက္ကုလ်ယုံပုံအားကိုးရန်နှင့် စိတ်နှလုံးသားကို အလ္လာဟ်အရှင်မြတ်နှင့်သာ ချိတ်ဆက်ထားရန် အမိန့်ပေးထားသည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>အလ္လာဟ်အရှင်မြတ်က ဟလာလ် ဟူ၍ သတ်မှတ်ထားသည်တို့ကို ၎င်းတို့က ဟရာမ် ဟူ၍ သတ်မှတ်လိုက်သည့်အခါ အသင်တို့သည်လည်း ဟရာမ် ဟူ၍ပင် သတ်မှတ်ခဲ့ကြသည်မဟုတ်လော။ အလ္လာဟ်အရှင်မြတ်က ဟရာမ် ဟူ၍ သတ်မှတ်ထားသည်တို့ကို ၎င်းတို့က ဟလာလ် ဟူ၍ သတ်မှတ်လိုက်သည့်အခါ အသင်တို့သည်လည်း ဟလာလ် ဟူ၍ပင် သတ်မှတ်ခဲ့ကြသည်မဟုတ်လော။ ထိုအခါ ကျွန်တော်က ဟုတ်ပါသည်ဟု ဖြေကြားခဲ့သည်။ ကိုယ်တော်က ဤသည်ပင် ၎င်းတို့အား ခဝပ်ကိုးကွယ်ခြင်းဖြစ်သည် ဟုမိန့်ကြားခဲ့သည်။</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
   </si>
   <si>
     <t>အဒီဗင်န်ဟာသင်မ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ သူသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) က ဤအာယသ်တော်အား ရွတ်ဖတ်နေသည်ကို ကြားခဲ့သည်။ (ထိုသူတို့သည် မိမိတို့၏ တရားဟောဆရာတို့ကိုလည်းကောင်း၊ ဘုန်းကြီးရဟန်းတို့ကိုလည်းကောင်း၊ ‘မရ်ယမ်’၏သားတော်’မစီဟ်’ကိုလည်းကောင်း၊ အလ္လာဟ်အရှင်မြတ်အား စွန့်၍(မိမိတို့၏)အရှင်သခင်များ ပြုလုပ်ထားခဲ့ကြလေသည်။ အမှန်စင်စစ်သော်ကား ထိုသူတို့သည် တစ်ဆူတည်းသော ကိုးကွယ်ရာအရှင်မြတ်အားသာလျှင် ခဝပ်ကိုးကွယ်ရန်အမိန့်ပေးတော်မူခြင်းကို ခံခဲ့ကြရလေသည်။ ထို(တစ်ဆူတည်းသော)အရှင်မြတ်မှတစ်ပါး အခြားခဝပ်ကိုးကွယ်ရာအရှင်ဟူ၍ အလျှင်းမရှိပြီ။ ထိုအရှင်မြတ် သည် ၎င်းတို့တွဲဖက်နှိုင်းယှဉ်(ကိုးကွယ်)ကြသည်တို့မှ (လုံးဝ)သန့်ရှင်းစင်ကြယ်တော်မူချေသတည်း။) (ကုရ်အာန် ၉:၃၁) ထိုအခါ ကျွန်တော်က ကိုယ်တော်မြတ်အား ကျွန်တော်တို့သည် ၎င်း (တရားဟောဆရာ၊ဘုန်းကြီးရဟန်း)တို့အား ခဝပ်ကိုးကွယ်ခြင်းမပြုခဲ့ကြပါဟု လျှောက်ထားခဲ့သည်။ ကိုယ်တော်ကမိန့်ကြားတော်မူသည်မှာ အလ္လာဟ်အရှင်မြတ်က ဟလာလ် ဟူ၍ သတ်မှတ်ထားသည်တို့ကို ၎င်းတို့က ဟရာမ် ဟူ၍ သတ်မှတ်လိုက်သည့်အခါ အသင်တို့သည်လည်း ဟရာမ် ဟူ၍ပင် သတ်မှတ်ခဲ့ကြသည် မဟုတ်လော။ အလ္လာဟ်အရှင်မြတ်က ဟရာမ်ဟူ၍သတ်မှတ်ထားသည်တို့ကို ၎င်းတို့က ဟလာလ် ဟူ၍ သတ်မှတ်လိုက်သည့်အခါ အသင်တို့သည်လည်း ဟလာလ် ဟူ၍ပင် သတ်မှတ်ခဲ့ကြသည်မဟုတ်လော။ ထိုအခါ ကျွန်တော်က ဟုတ်ပါသည်ဟု ဖြေကြားခဲ့သည်။ ကိုယ်တော်က ဤသည်ပင် ၎င်းတို့အား ခဝပ်ကိုးကွယ်ခြင်းဖြစ်သည်ဟု မိန့်ကြားခဲ့သည်။</t>
   </si>
   <si>
     <t>حينما سمع هذا الصحابي الجليل تلاوة الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لهذه الآية التي فيها الإخبار عن اليهود والنصارى: بأنهم جعلوا علماءهم وعبّادهم آلهة لهم يشرعون لهم ما يخالف تشريع الله فيطيعونهم في ذلك، استشكل معناها، لأنه كان يظن أن العبادة مقصورة على السجود ونحوه، فبين له الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- أن من عبادة الأحبار والرهبان: طاعتهم في تحريم الحلال وتحليل الحرام، خلاف حكم الله تعالى ورسوله -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.</t>
   </si>
   <si>
     <t>ဤဆွဟဗဟ်ကြီးသည် ရစူလ်ကိုယ်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်)က အထက်ပါအာယသ်တော်အား ရွတ်ဖတ်နေသည်ကို ကြားခဲ့သည်။ ထိုအာယသ်တော်တွင် ယဟူဒီနှင့် နဆ်ွရာနီတို့အကြောင်းပါရှိပြီး ၎င်းတို့သည် သူတို့၏ သာသနာ့ပညာရှင်များနှင့် တရားအားထုတ်သော ဘုန်းကြီး၊ ရဟန်းတို့အား ကိုးကွယ်ရာ ဘုရားသခင်များအဖြစ် ပြုလုပ်ခဲ့ကြသည်။ ထိုသူတို့သည် ၎င်းတို့အား အလ္လာဟ်အရှင်မြတ်၏ ရှရီအသ်ပြဌာန်းချက်တို့နှင့် ဆန့်ကျင်ဘက် သတ်မှတ်ပြဌာန်းခဲ့ကြရာ ၎င်းတို့ကလည်း ထိုအရာများကို နာခံခဲ့ကြသည်။ သာဝကကြီးသည် ထိုအာယသ်တော်၏ဆိုလိုရင်းကို သဘောမပေါက်ဘဲဖြစ်နေခဲ့သည် အဘယ်ကြောင့်ဆိုသော် ခဝပ်ကိုးကွယ်မှုဟူသည် ဦးချခြင်းနှင့် အလားတူလုပ်ရပ်မျိုးဖြင့်သာ ကန့်သတ်ထားသည်ဟုသာ ထင်မှတ်နေခဲ့သည်။ ထို့ကြောင့်ရစူလ်ကိုယ်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်)က တရားဟောဆရာများနှင့် ဘုန်းကြီးရဟန်းတို့အား ခဝပ်ကိုးကွယ်ခြင်းဟူသည် ကြီးကျယ်မြင့်မားတော်မူသော အလ္လာဟ်အရှင်မြတ်နှင့် အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်)၏ အမိန့်ဆုံးဖြတ်ချက်နှင့် ဆန့်ကျင်ကာ ဟရာမ်ကို ဟလာလ်ဟူ၍လည်းကောင်း၊ ဟလာလ်ကို ဟရာမ်ဟူ၍လည်းကောင်း သတ်မှတ်ကြသည်ကို နာခံခြင်းဖြစ်သည်ဟု သူ့အားရှင်းပြတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>أن طاعة العلماء وغيرهم من المخلوقين في تغيير أحكام الله -إذا كان المطيع يعرف مخالفتهم لشرع الله- شركٌ أكبر.
 أن التحليل والتحريم حقٌّ لله -تعالى-.
@@ -2468,50 +2483,53 @@
   <si>
     <t>အမွန်မြတ်ဆုံး ဇိက်ရ်တော်မှာ ‘လာအိလာဟ အိလ္လလ္လာဟ်’ ဖြစ်ပြီး အမွန်မြတ်ဆုံး ဒုအာဆုမွန်မှာ ‘အလ်ဟမ်ဒု လိလ္လာဟ်’ ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>ဂျာဗိရ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်တော်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့သည်။ အမွန်မြတ်ဆုံး ဇိက်ရ်တော်မှာ ‘လာအိလာဟ အိလ္လလ္လာဟ်’ ဖြစ်ပြီး အမွန်မြတ်ဆုံး ဒုအာဆုမွန်မှာ ‘အလ်ဟမ်ဒု လိလ္လာဟ်’ ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစ္စလာမ်)က “အမွန်မြတ်ဆုံး ဇိက်ရ်တော်မှာ ‘လာအိလာဟ အိလ္လလ္လာဟ်’ ဖြစ်သည်”ဟု မိန့်ကြားတော်မူခဲ့သည်။ ထိုကလိမဟ်တော်၏ အဓိပ္ပါယ်မှာ - အလ္လာဟ်အရှင်မြတ်မှအပ ခဝပ်ကိုးကွယ်ခြင်းခံထိုက်သောအရှင်မရှိ ဟူ၍ ဖြစ်သည်။ ထို့အတူ “အမွန်မြတ်ဆုံး ဒုအာဆုမွန်မှာ ‘အလ်ဟမ်ဒု လိလ္လာဟ်’ ဖြစ်သည်”ဟု မိန့်ကြားတော်မူခဲ့သည်။ ဤသည် လှပပြည့်စုံသည့် ဂုဏ်တော်အပါင်းကို ပိုင်ဆိုင်တော်မူသော၊ ချွတ်ယွင်းမှုအပေါင်းမှ ကင်းစင်တော်မူသော အလ္လာဟ်အရှင်မြတ်သာလျှင် နိအ်မသ် စည်းစိမ်များကို ချီးမြှင့်တော်မူသောအရှင်ဖြစ်ကြောင်း ဝန်ခံပြောကြားခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>ကလိမဟ်သောင်ဟီးဒ် ‘လာအိလာဟ အိလ္လလ္လာဟ်’နှင့် ‘အလ်ဟမ်ဒုလိလ္လာဟ်’ ဒုအာကို မြားမြောင်စွာ ရွတ်ဖတ်ရန် တိုက်တွန်းထားသည်။</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/3567</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>ဂျန္နသ်သုခဘုံသည် အသင်တို့အနက် တစ်ဦးတစ်ယောက်၏ ဖိနပ်သဲကြိုးထက်ပင် ၎င်းနှင့် ပို၍နီးကပ်သည်။ ဂျဟန္နမ်ငရဲဘုံသည်လည်း ထိုအတိုင်းပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>အိဗ်နုမတ်စ်အူဒ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ ဂျန္နသ်သုခဘုံသည် အသင်တို့အနက် တစ်ဦးတစ်ယောက်၏ ဖိနပ်သဲကြိုးထက်ပင် ၎င်းနှင့် ပို၍နီးကပ်သည်။ ဂျဟန္နမ်ငရဲဘုံသည်လည်း ထိုအတိုင်းပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ ဧကန်အမှန်ပင် ဂျန္နသ်သုခဘုံနှင့် ဂျဟန္နမ်ငရဲဘုံသည် လူသားနှင့် သူ၏ခြေထောက်ပေါ်တွင်ရှိသော ဖိနပ်သဲကြိုးထက်ပင်ပို၍ နီးကပ်သည်။ အဘယ့်ကြောင့်ဆိုသော်  လူသားသည် တစ်ခါတစ်ရံတွင် အလ္လာဟ်အရှင်မြတ်နှစ်သက်သည့်ကောင်းမှုကို ဆောင်ရွက်လိုက်ပြီး ထိုကောင်းမှုကြောင့် ဂျန္နသ်သုခဘုံသို့ ဝင်ရောက်ခွင့်ရသွားသည်။ တစ်ခါတစ်ရံတွင် မကောင်းမှုကို ကျူးလွန်လိုက်ပြီး ထိုမကောင်းမှုသည် ဂျဟန္နမ်ငရဲသို့ ကျရောက်ရန် အကြောင်းခံဖြစ်သွားတတ်သည်။</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
@@ -2528,50 +2546,53 @@
     <t>(မစ္စဝါက်) တံပူစားခြင်းသည် ခံတွင်းကို သန့်ရှင်းစင်ကြယ်စေပြီး အလ္လာဟ်အရှင်မြတ် ‌ကျေနပ်နှစ်သက်မှုကိုရရှိစေသည်။</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>အာအိရှဟ်(ရဿွိယလ္လာဟုအန်ဟာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ (မစ္စဝါက်) တံပူစားခြင်းသည် ခံတွင်းကို သန့်ရှင်းစင်ကြယ်စေပြီး အလ္လာဟ်အရှင်မြတ် ‌ကျေနပ်နှစ်သက်မှုကိုရရှိစေသည်။</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ကျွန်တော်တို့အား မိန့်ကြားတော်မူခဲ့သည်မှာ အရာက်အပင်(သွားတိုက်တံလုပ်သည့်အပင်)၏ ကိုင်းနှင့် ၎င်းကဲ့သို့အလားတူအရာမျိုးဖြင့် သွားတိုက်ခြင်းသည် ခံတွင်းရှိအညစ်အကြေးများနှင့် အနံ့ဆိုးများကို သန့်ရှင်းစင်ကြယ်စေသည်။ ထို့ပြင် ဤလုပ်ရပ်သည် လူသားအပေါ် အလ္လာဟ်အရှင်မြတ် ကျေနပ်နှစ်သက်စေသည့် အကြောင်းခံတစ်ရပ်လည်းဖြစ်သည်။ အဘယ့်ကြောင့်ဆိုသော် ထိုသို့သွားတိုက်ခြင်း၌ အလ္လာဟ်အရှင်မြတ်၏ အမိန့်တော်ကိုနာခံခြင်း၊ အရှင်မြတ်နှစ်သက်သည့် သန့်ရှင်းစင်ကြယ်မှုရှိခြင်းတို့ကြောင့်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>‘မစ္စဝါက်’တံပူတိုက်ခြင်း၏ မွန်မြတ်မှုကို သိရပြီး တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မိမိ၏အွမ္မသ်သားတို့အား တံပူများများတိုက်ရန် တိုက်တွန်းထားသည်။
 တံပူတိုက်ရာတွင် အရာက်အပင်ကိုင်းကို သုံးစွဲခြင်းသည် အကောင်းဆုံးဖြစ်ပြီး ထိုအစား သွားတိုက်တံနှင့် သွားတိုက်ဆေးကိုလည်း အစားထိုးသုံးစွဲခွင့်ရှိသည်။</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>အကယ်၍ ကြီးလေးသော အပြစ်အကုသိုလ်များကို ရှောင်ကြဉ်ပါက ဆွလာသ်ငါးကြိမ်သည်လည်းကောင်း၊ ဂျုမုအဟ်တစ်ကြိမ်မှ နောက်ဂျုမုအဟ်သည်လည်းကောင်း၊ ရမဿွာန်တစ်လမှ နောက်ရမဿွာန်သည်လည်းကောင်း ယင်းတို့၏ စပ်ကြား၌ရှိသော အကုသိုလ်များအား ပလပ်စေမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အကယ်၍ ကြီးလေးသော အပြစ်အကုသိုလ်များကို ရှောင်ကြဉ်ပါက ဆွလာသ်ငါးကြိမ်သည်လည်းကောင်း၊ ဂျုမုအဟ်တစ်ကြိမ်မှ နောက်ဂျုမုအဟ်သည်လည်းကောင်း၊ ရမဿွာန်တစ်လမှ နောက်ရမဿွာန်သည်လည်းကောင်း ယင်းတို့၏ စပ်ကြား၌ရှိသော အကုသိုလ်များအား ပလပ်စေမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်မှာ အကယ်၍ ကြီးလေးသော အပြစ်အကုသိုလ်များကို ရှောင်ကြဉ်ခဲ့ပါက နေ့နှင့်ညတွင် ဆောက်တည်သည့် ဖရ်ဿ်ွ ဆွလာသ်ငါးကြိမ်သည်လည်းကောင်း၊ အပတ်စဉ်ဆောက်တည်သည့် ဂျုမုအဟ်ဆွလာသ်သည်လည်းကောင်း၊ နှစ်စဉ်စောင့်ထိန်းသည့် ရမဿွာန်လ၏ ဆွိယာမ်ဥပုသ်သည်လည်းကောင်း ၎င်းတို့ကြား၌ ကျူးလွန်ခဲ့သော သေးငယ်သော အပြစ်အကုသိုလ်များကို ပလပ်စေမည်ဖြစ်သည်။ သို့သော် တရားမဝင်ကာမကျူးလွန်ခြင်း၊ အရက်သောက်ခြင်းကဲ့သို့ ကြီးလေးသော အပြစ်အကုသိုလ်များသည် (သောင်ဗဟ်)အမှားဝန်ချတောင်းပန်မှုပြုမှသာလျှင် ပလပ်ခြင်းခံရမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
@@ -2819,50 +2840,53 @@
     <t>အကြင်သူသည် အကြွေးဆပ်ရန် ခက်ခဲနေသူအား နောက်ဆိုင်းပေးထားမည် သို့မဟုတ် ကြွေးမြီတစ်စုံတစ်ရာကို လျှော့ပေးလိုက်မည်ဆိုလျှင် ကိယာမသ်နေ့တွင် အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအား မိမိပလ္လင်တော်၏ အရိပ်အောက်၌ အရိပ်ပေးတော်မူမည်။ ထိုနေ့တွင် ၎င်း၏အရိပ်မှလွဲ၍ အခြားမည်သည့် အရိပ်အာဝါသမျှ ရှိမည်မဟုတ်ပေ။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ အကြင်သူသည် အကြွေးဆပ်ရန် ခက်ခဲနေသူအား နောက်ဆိုင်းပေးထားမည် သို့မဟုတ် ကြွေးမြီတစ်စုံတစ်ရာကို လျှော့ပေးလိုက်မည်ဆိုလျှင် ကိယာမသ်နေ့တွင် အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအား မိမိပလ္လင်တော်၏ အရိပ်အောက်၌ အရိပ်ပေးတော်မူမည်။ ထိုနေ့တွင် ၎င်း၏အရိပ်မှလွဲ၍ အခြားမည်သည့် အရိပ်အာဝါသမျှ ရှိမည်မဟုတ်ပေ။</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်မှာ မည်သူမဆို အကြွေးတင်‌နေသူအား နောက်ဆိုင်းပေးမည် သို့မဟုတ် ကြွေးမြီတစ်စုံတစ်ရာကို လျှော့ပေးမည်ဆိုပါက ထိုသူ့အားဆုလာဘ်အနေဖြင့် ကိယာမသ်နေ့တွင် အလ္လာဟ်အရှင်မြတ်က ၎င်းအား မိမိပလ္လင်တော်၏အောက်၌ အရိပ်ပေးတော်မူမည်။ ထိုနေ့၌ နေမင်းသည် ကျေးကျွန်များ၏ဦးခေါင်းများနှင့် နီးကပ်စွာရှိနေပြီး ၎င်းတို့အပေါ်အပူရှိန် အလွန်ပြင်းထန်မည်ဖြစ်သည်။ ထိုနေ့တွင် အလ္လာဟ်အရှင်မြတ် အရိပ်ပေးတော်မူသောသူမှအပ မည်သူမျှ မည်သည့်အရိပ်ကိုမျှ ရရှိမည်မဟုတ်ပေ။</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>အလ္လာဟ်အရှင်မြတ်၏ ကျွန်များအပေါ် လွယ်ကူသက်သာအောင် လုပ်ပေးခြင်း၏ မွန်မြတ်မှုကို တင်ပြထားသည်။ ထိုလုပ်ရပ်သည် ကိယာမသ်‌နေ့၏ ကြောက်မက်ဖွယ်ရာများမှ လွတ်မြောက်စေမည့်အကြောင်းခံတစ်ရပ် ဖြစ်သည်။
 လုပ်ရပ်အမျိုးစားပေါ်တွင် မူတည်၍ အစားရလဒ်ရရှိမည်။</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/4186</t>
   </si>
   <si>
     <t>من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع</t>
   </si>
   <si>
     <t>အကြင်သူသည် သာသနာ့ပညာရှာဖွေဆည်းပူးရန် ထွက်ခွါခဲ့လျှင် ပြန်မရောက်မခြင်း ၎င်းသည် အလ္လာဟ်အရှင်မြတ်၏ လမ်းတော်၌ ရှိနေသူဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>အနတ်စ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) မိန့်ကြားတော်မူခဲ့သည်။ အကြင်သူသည် သာသနာ့ပညာရှာဖွေဆည်းပူးရန် ထွက်ခွါခဲ့လျှင် ပြန်မရောက်မခြင်း ၎င်းသည် အလ္လာဟ်အရှင်မြတ်၏ လမ်းတော်၌ ရှိနေသူဖြစ်သည်။</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>ဟဒီးဆ်သြဝါဒတော်၏အဓိပ္ပါယ်မှာ- အကြင်သူသည် သာသနာ့ပညာရှာဖွေရန်အတွက် မိမိနေအိမ် သို့မဟုတ် မိမိမြို့ရွာမှ ထွက်ခွာခဲ့လျှင် ထိုသူသည် မိမိ၏မိသားစုထံ ပြန်မလာမချင်း အလ္လာဟ်အရှင်မြတ်၏လမ်းတော်၌ ဂျိဟာဒ်လုပ်ရန် ထွက်ခွာသွားသူနှင့် ပညတ်သဘောချင်း အတူတူဖြစ်သည်။အဘယ်ကြောင့်ဆိုသော် သာသနာ့ပညာရှာဖွေသူသည် သာသနာတော်ကို ရှင်သန်စေခြင်း၊ ရှိုင်တွာန်မိစ္ဆာအား သေးသိမ်နိမ့်ကျစေခြင်း၊ စိတ်ပင်ပမ်းခြင်းတို့တွင် ဂျိဟာဒ်လုပ်သူကဲ့သို့ပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
@@ -3378,50 +3402,53 @@
   </si>
   <si>
     <t>အုမရ်ဗင်န်ခသ်သွာဗ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ သူသည် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့ရသည်။ အကယ်၍ အသင်တို့သည် အလ္လာဟ်အရှင်မြတ်ကို အားကိုးထိုက်သည့်အတိုင်း ယုံပုံအားကိုးမည်ဆိုလျှင် နံနက်ခင်းတွင် ဝမ်းဗိုက် ဟောင်းလောင်းဖြင့် ထွက်သွားကြပြီး ညနေတွင် ဝမ်းဗိုက်ပြည့်လျက် ပြန်လာကြသည့် ငှက်များကို အလ္လာဟ်အရှင်မြတ်က ရိုဇီရိက္ခာချီးမြှင့်သကဲ့သို့ သင်တို့အား ရိုဇီရိက္ခာချီးမြှင့်တော်မူမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ကျွန်ုပ်တို့အား လောကီရေးနှင့် သာသနာရေးကိစ္စများ၌ အကျိုးရှိသောအရာများကို ရယူခြင်းနှင့် ဆိုးကျိုးဖြစ်စေသောအရာများကို ဖယ်ရှားခြင်းတို့တွင် အလ္လာဟ်အရှင်မြတ်အပေါ် အားကိုးအားထားပြုရန် တိုက်တွန်းထားသည်။ အဘယ်ကြောင့်ဆိုသော် ချို့တဲ့မှုအပေါင်းမှကင်းစင်တော်မူသော အရှင်မြတ်မှအပ အခြားမည်သူမျှ ပေးကမ်းချီးမြှင့်ခြင်း၊ တားဆီးပိတ်ပင်ခြင်း၊ ဆိုးကျိုးဖြစ်စေခြင်း၊ ကောင်းကျိုးပေးခြင်းတို့ကို မပြုလုပ်နိုင်ပေ။ ထို့ပြင် ကျွန်ုပ်တို့သည် အလ္လာဟ်အရှင်မြတ်အပေါ် မှန်ကန်စွာယုံကြည်အားကိုး၍ အကျိုးရှိသော အရာများကို ဆောင်ကြဥ်းပေးကာ ဆိုးကျိုးဖြစ်စေသော အရာများကို ဖယ်ရှားပေးမည့် အကြောင်းခံများကိုပြုလုပ်ရန်လည်း တိုက်တွန်းထားသည်။ ကျွန်ုပ်တို့သည် ထိုအတိုင်းလိုက်နာဆောင်ရွက်နေသရွေ့ နံနက်ခင်းတွင် ဆာလောင်လျက် ထွက်သွားကြကာ ညနေတွင် ဝမ်းဗိုက်အပြည့်ဖြင့် ပြန်လာကြသော ငှက်များကို အလ္လာဟ်အရှင်မြတ်က ရိုဇီရိက္ခာ ချီးမြှင့်သကဲ့သို့ ကျွန်ုပ်တို့ကိုလည်း ရိုဇီရိက္ခာချီးမြှင့်တော်မူမည်ဖြစ်သည်။ ငှက်တို့၏လုပ်ရပ်သည် အကြောင်းခံကိုစွန့်လွှတ်ခြင်း၊ ပျင်းရိခြင်းမရှိဘဲ ရိုဇီရိက္ခာကိုကျိုးစားရှာဖွေသည့် အကြောင်းခံတစ်ခုပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>‘သဝက္ကုလ်’ ယုံပုံအားကိုးခြင်း၏ ထူးမြတ်မှုနှင့် ၎င်းသည် ရိုဇီရိက္ခာရရှိရန်အတွက် အကြီးမားဆုံး အကြောင်းခံများအနက်မှ တစ်ခုဖြစ်ကြောင်း တင်ပြထားသည်။
 အကြောင်းခံများကို ဆောင်ရွက်ခြင်းသည် ‘သဝက္ကုလ်’ ယုံပုံအားကိုးခြင်းနှင့် မဆန့်ကျင်ပေ။ အဘယ့်ကြောင့်ဆိုသော် စစ်မှန်သော ‘သဝက္ကုလ်’ ယုံပုံအားကိုးခြင်းသည် မနက်ခင်းနှင့် ညနေခင်းတို့တွင် ရိုဇီရိက္ခာရှာဖွေရန်အတွက် အပြင်ထွက်ခြင်းနှင့် ဆန့်ကျင်မှုမရှိကြောင်း ကိုယ်တော်မြတ်က အသိပေးထားသည်။
 ရှရီအဟ် တရားတော်သည် နှလုံးသား၏ အမလ်ဆောင်ရွက်ချက်များကို အလေးထားသည်။ အဘယ့်ကြောင့်ဆိုသော် သဝက္ကုလ်သည် နှလုံးသား၏ အမလ်တစ်ခုပင်ဖြစ်သည်။
 အကြောင်းခံများဖြင့်သာ အဆက်အသွယ်ထားခြင်းသည် သာသနာရေး လျော့နည်းမှုဖြစ်ပြီး၊ အကြောင်းခံများကို စွန့်လွှတ်ခြင်းသည် အသိဉာဏ်ခေါင်းပါးမှုဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/4721</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>ငါကိုယ်တော် အသင်တို့အား တားမြစ်ထားသောအရာများကို ရှောင်ကြဉ်ကြပါ၊ ထို့နောက် ငါကိုယ်တော် အသင်တို့အား အမိန့်ပေးထားသောအရာများကို အသင်တို့ စွမ်းနိုင်သမျှ လိုက်နာကျင့်သုံးကြပါ။ ဧကန်အမှန်ပင် အသင်တို့အလျင် ရှိခဲ့ကြသောသူများအား ပျက်ဆီးစေခဲ့သည့် အကြောင်းအရင်းမှာ မလိုအပ်ဘဲ အမေးမြန်းထူခြင်းနှင့် ၎င်းတို့၏ တမန်တော်များအား သွေဖည်ဆန့်ကျင်ကြခြင်းတို့ကြောင့်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်တော်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) မိန့်တော်မူသည်ကို ကြားသိခဲ့ရသည်။ငါကိုယ်တော် အသင်တို့အား တားမြစ်ထားသောအရာများကို ရှောင်ကြဉ်ကြပါ၊ ထို့နောက် ငါကိုယ်တော် အသင်တို့အား အမိန့်ပေးထားသောအရာများကို အသင်တို့ စွမ်းနိုင်သမျှ လိုက်နာကျင့်သုံးကြပါ။
 ဧကန်အမှန်ပင် အသင်တို့အလျင် ရှိခဲ့ကြသောသူများအား ပျက်ဆီးစေခဲ့သည့် အကြောင်းအရင်းမှာ မလိုအပ်ဘဲ အမေးမြန်းထူခြင်းနှင့် ၎င်းတို့၏ တမန်တော်များအား သွေဖည်ဆန့်ကျင်ကြခြင်းတို့ကြောင့်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်)ကကျွန်တော်တို့အားညွှန်ကြားခဲ့သည်မှာ- အကယ်၍ကိုယ်တော်သည် ကျွန်တော်တို့အားတစ်စုံတစ်ရာကို တားမြစ်ခဲ့လျှင် ၎င်းအားခြွင်းချက်မရှိ ရှောင်ကြဉ်ရန် ကျွန်တော်တို့အပေါ်တွင် တာဝန်ရှိသည်။ အကယ်၍ကိုယ်တော်သည်ကျွန်တော်တို့အား တစ်စုံတစ်ရာကို ဆောင်ရွက်ရန် အမိန့်ပေးခဲ့လျှင် ၎င်းအားတတ်စွမ်းနိုင်သမျှ လိုက်နာကျင့်သုံးရန် ကျွန်တော်တို့အပေါ် တွင်တာဝန်ရှိပေသည်။ထို့နောက်ကိုယ်တော်သည်ကျွန်တော်တို့အားလွန်လေပြီးသော အချို့အွမ္မသ်သားများကဲ့သို့မဖြစ်စေရန် သတိပေးတားမြစ်ခဲ့သည်။ ၎င်းတို့သည် မိမိတို့၏နဗီတမန်တော်များအားဆန့်ကျင်ပြီး မလိုအပ်ဘဲမေးခွန်းများ အလွန်မေးမြန်းခဲ့ကြသည့်အခါ အလ္လာဟ်အရှင်မြတ်သည် ၎င်းတို့အား သေကြေပျက်စီးမှု အမျိုးမျိုးဖြင့်ပြစ်ဒဏ်ခတ်တော်မူခဲ့သည်။ထို့ကြောင့် ၎င်းတို့သေကြေပျက်စီးခဲ့ကြသကဲ့သို့ ကျွန်တော်တို့လည်း အလားတူသေကြေပျက်စီးခြင်းမျိုး မဖြစ်ရလေအောင် ရှောင်ကြဉ်ရမည်ဖြစ်သည်။</t>
   </si>
   <si>
@@ -3751,50 +3778,53 @@
 (၃)“သိဝလဟ်”  ဇနီးမောင်နှံကြား ချစ်ခင်မှုရရန် ဂျာဒူဖြင့် ပီယဆေးပြုကျင့်သောကိစ္စကိုခေါ်သည်။
 ဤလုပ်ရပ်များသည် ‘ရှိရ်က်’ ဖြစ်သည်။ အဘယ်ကြောင့်ဆိုသော် ၎င်းတို့သည် အထောက်အထားများဖြင့် အတည်ပြုထားသော ရှရီအဟ် တရားတော်က ခွင့်ပြုထားသည့် အကြောင်းခံများ မဟုတ်သည့်အပြင် လက်တွေ့ကျကျ အတည်ပြုနိုင်သော အာရုံခံစားသိနိုင်သည့်အကြောင်းခံလည်း မဟုတ်ပေ။ ကုရ်အာန်ကျမ်းမြတ်ဖတ်ရွတ်ခြင်းကဲ့သို့ တရား‌‌တော်လာအကြောင်းခံများ သို့မဟုတ် လက်တွေ့ကျကျသက်သေပြထားသော ဆေးဝါးများကဲ့သို့ ရုပ်ပိုင်းဆိုင်ရာ အကြောင်းခံများသည်ပြုပိုင်သည်။ သို့သော် ၎င်းတို့သည် အကြောင်းခံများသာဖြစ်ပြီး ဧကန်မုချ ကောင်းကျိုးနှင့် ဆိုးကျိုးသည် အလ္လာဟ်အရှင်မြတ်၏လက်တော်၌သာရှိသည်ဟုသာ ယုံကြည်ချက်ထားရမည်။</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>သောင်ဝ်ဟီးဒ် နှင့်အကီဒဟ် ယုံကြည်ချက်ကို ထိန်းသိမ်းပြီး ၎င်းတို့အားပျက်ပြား‌စေမည့် ကိစ္စတိုင်းမှရှောင်ကြဉ်ရမည်။
 ရှိရ်က်ပါသည့် “ရုကာ” “သမာအင်မ်” “သိဝလဟ်” တို့ကိုသုံးစွဲခြင်း ဟရာမ် မပြုပိုင်ပေ။
 လူတစ်ဦးက အထက်ပါ အရာသုံးခုကို အကြောင်းခံများဖြစ်ကြောင်း ယုံကြည်ပါက အကြောင်းခံမဟုတ်သည့်အရာကို အကြောင်းခံအဖြစ် သတ်မှတ်သည့်အတွက် ရှိရ်က် အသေးစားဖြစ်မည်။ အကယ်၍၎င်းက ထိုအရာများသည်  ၎င်းတို့ပင်ကိုကပင် ကောင်းကျိုး၊ ဆိုးကျိုးပေးနိုင်သည်ဟု ယုံကြည်ချက်ထားပါက ရှိရ်က်အကြီးစားပင်ဖြစ်သည်။
 ရှိရ်က်ဖြစ်စေသောအကြောင်းခံများ၊ ဟရာမ်မပြုပိုင်သောအကြောင်းခံများကို ပြုလုပ်ခြင်းမှ ရှောင်ကြဉ်ရန် တိုက်တွန်းထားသည်။
 ရှရီအဟ် တရားတော်က ခွင့်ပြုထားသည့် နည်းလမ်းမှအပ အခြားနည်းလမ်းများဖြင့် မန်းမှုတ်ခြင်းသည် ရှိရ်က်ဖြစ်သောကြောင့် တားမြစ်ထားသည်။
 စိတ်နှလုံးသားသည် အလ္လာဟ်အရှင်မြတ် တစ်ဆူတည်းဖြင့်သာ ချိတ်ဆက်ထားရမည်။ ကောင်းကျိုး၊ ဆိုးကျိုးသည် ဖက်စပ်ယှဉ်တွဲကိုးကွယ်မှု အပေါင်းမှ ကင်းစင်းတော်မူသော အလ္လာဟ်အရှင်မြတ်တစ်ပါးတည်းထံတော်မှဖြစ်သည်။ အလ္လာဟ်အရှင်မြတ်မှအပ မည်သူမျှ ကောင်းကျိုးပေးနိုင်သလို အလ္လာဟ်အရှင်မြတ်မှလွဲ၍ မည်သူမျှ ဆိုးကျိုးများကို မဖယ်ရှားပေးနိုင်ပေ။
 မန်းမှုတ်ခြင်းသည် အောက်ပါအချက် သုံးချက်ပါရှိပါက ပြုပိုင်သည်။ ၎င်းတို့မှာ - (၁) မန်းမှုတ်ခြင်းသည် အကြောင်းခံသာဖြစ်ပြီး အလ္လာဟ်အရှင်မြတ်အလိုတော်ဖြင့်သာ အကျိုးပေးနိုင်သည်ဟု ယုံကြည်ရမည်။ (၂) ကုရ်အာန်ကျမ်းမြတ်၊ အလ္လာဟ်အရှင်မြတ်၏ ဂုဏ်တော်၊ နာမတော်များ၊ ဟဒီးဆ်တော်လာ ဒုအာများ၊ ရှရီအသ်တရားတော်က ခွင့်ပြုထားသော ဒုအာများဖြင့်သာ မန်းမှုတ်ရမည်။ (၃) အဓိပ္ပာယ် သိနားလည်နိုင်သော စာသားများဖြစ်ရမည်။ အင်းကွက်ဆွဲခြင်း၊ မှော်အတတ်ပညာစာသားများ မပါရှိရပါ။</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>အတင်းပြောခြင်းသည် အဘယ်အရာကို ခေါ်ဆိုကြောင်း အသင်တို့သိကြပါသလော။ သာဝကကြီးများက အလ္လာဟ်အရှင်မြတ်နှင့် အရှင့်ရစူလ်တမန်တော်သာ အသိဆုံးဖြစ်ပါသည်ဟု ဖြေကြားခဲ့ကြသည်။ ကိုယ်တော်က မိန့်ကြားတော်မူသည်မှာ အသင့်ညီနောင်နှင့်ပတ်သက်၍ ၎င်းမနှစ်မြို့သောအရာကို ပြောဆိုခြင်းပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်မှာ အတင်းပြောခြင်းသည် အဘယ်အရာကို ခေါ်ဆိုကြောင်း အသင်တို့သိကြပါသလော။ သာဝကကြီးများက အလ္လာဟ်အရှင်မြတ်နှင့် အရှင့်ရစူလ်တမန်တော်သာ အသိဆုံးဖြစ်ပါသည်ဟု ဖြေကြားခဲ့ကြသည်။ ကိုယ်တော်က မိန့်ကြားတော်မူသည်မှာ အသင့်ညီနောင်နှင့်ပတ်သက်၍ ၎င်းမနှစ်မြို့သောအရာကို ပြောဆိုခြင်းပင်ဖြစ်သည်။အကယ်၍ ကျွန်တော်ပြောလိုက်သည့်အရာသည် ကျွန်တော့်ညီနောင်၌ အမှန်တကယ်ရှိနေပါက မည်သို့ပါနည်းဟု ကိုယ်တော့်အား မေးမြန်းသည့်အခါ ကိုယ်တော်က အကယ်၍ သင်ပြောလိုက်သည့်အရာသည် ၎င်းထံတွင် အမှန်တကယ်ရှိမှသာ သင်အတင်းပြောဆိုခြင်းဖြစ်ပြီး အမှန်တကယ်မရှိပါက သင်သည် သူ့အား စွပ်စွဲလိုက်ခြင်းပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဟရာမ် တားမြစ်ထားသော အတင်းပြောခြင်း၏ အဓိပ္ပါယ်ကို ရှင်းပြတော်မူခဲ့သည်။ အတင်းပြောခြင်းဟူသည် အကွယ်တွင်ရှိသော မွတ်စ်လင်မ်နှင့် ပတ်သက်၍ ၎င်းမနှစ်မြို့သည့်အရာကို ပြောဆိုခြင်းဖြစ်ပြီး ထိုအကြောင်းအရာသည် ၎င်း၏ရုပ်ဆင်းသဏ္ဍာန်နှင့်သက်ဆိုင်သည်ဖြစ်စေ သို့မဟုတ် ကိုယ်ကျင့်တရားနှင့် သက်ဆိုင်သည်ဖြစ်စေ အတူတူပင်ဖြစ်သည်။ ဥပမာ - မျက်စိတစ်ဖက်ကန်းသူ၊ လှည့်စားသူ၊ လိမ်လည်သူ စသည်ဖြင့် မကောင်းသည့် အချင်းလက္ခဏာများဖြင့် ခေါ်ဆိုခြင်းဖြစ်ပြီး ထိုအကျင့်စရိုက်များသည် သူ့ထံတွင်အမှန်တကယ်ရှိနေပါက အတင်းဖြစ်သည်။
 အကယ်၍ ထိုအကျင့်စရိုက်များသည် သူ့၌အမှန်တကယ်မရှိပါက အတင်း ပြောခြင်းထက်ပို၍အပြစ်ကြီးပြီး စွပ်စွဲရာရောက်မည်။ ဤသည် လူတစ်ဦးတွင်မရှိသည့်အရာကို စွပ်စွဲပြောဆိုလိုက်ခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
@@ -4002,50 +4032,53 @@
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>ဂျာဗိရ် ဗင်န် အဗ်ဒုလ္လာဟ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ကောင်းမှုဟူသမျှသည် ဆွဒကဟ် အလှူဒါနပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်မှာ စကားနှင့်ဖြစ်စေ၊ လုပ်ရပ်နှင့်ဖြစ်စေ သူတစ်ပါးကို အကျိုးပြုမှုတိုင်းသည် ဆွဒကဟ် အလှူဒါနဖြစ်ပြီး အကျိုးကုသိုလ် ရရှိမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>ဆွဒကဟ် အလှူဒါနဟူသည် လူသားတို့လှူဒါန်းလိုက်သည့် ဥစ္စာပစ္စည်းကိုသာ ခေါ်ဆိုခြင်းမဟုတ်။ အခြားသူများအပေါ် လူသားတို့ပြုလုပ်လိုက်သော ကောင်းမြတ်သည့် လုပ်ရပ်နှင့် အပြောအဆိုတိုင်းသည် ဆွဒကဟ်အလှူဒါနပင်ဖြစ်သည်။
 ဟဒီးဆ်တော်၌ ကောင်းမှုကို အစွမ်းကုန်ကြိုးစားပြုလုပ်ရန်နှင့် အခြားသူများအတွက် အကျိုးရှိသောအရာတိုင်းကို ပြုလုပ်ရန် တိုက်တွန်းထားသည်။
 နည်းပါးသည်ဖြစ်‌စေ မည်သည့်ကောင်းမှုကုသိုလ်ကိုမျှ အထင်မသေးရပါ။</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
+    <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>သင်၏ညီနောင်အား ပြုံးရွှင်ချိုသာသော မျက်နှာဖြင့် တွေ့ဆုံလိုက်ခြင်းပင်ဖြစ်စေ မည်သည့်ကောင်းမှုကိုမျှ သင်အထင်မသေးလေနှင့်။</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>အဗူဇရ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ကျွန်တော့်အား မိန့်ကြားတော်မူခဲ့သည်။ သင်၏ညီနောင်အား ပြုံးရွှင်ချိုသာသော မျက်နှာဖြင့် တွေ့ဆုံလိုက်ခြင်းပင်ဖြစ်စေ မည်သည့်ကောင်းမှုကိုမျှ သင်အထင်မသေးလေနှင့်။</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>ကောင်းမှုများ ပြုလုပ်ရန်နှင့် အနည်းငယ်မျှသော ကောင်းမှုကုသိုလ်ကိုပင် အထင်မသေးမိစေရန် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က တိုက်တွန်းနှိုးဆော်ထားသည်။ ၎င်းတွင် လူတို့အား ပြုံးရွှင်ချိုသာသော မျက်နှာနှင့် ဆုံတွေ့ခြင်းလည်းပါဝင်သည်။ ဤလုပ်ရပ်သည် မွတ်စ်လင်မ် ညီနောင်တစ်ဦးအား ရင်းနှီးချစ်ခင်မှုကို ခံစားစေပြီး ၎င်းကိုပျော်ရွှင်စေသောကြောင့် မွတ်စ်လင်မ်တိုင်းသည် ထိုကိစ္စအား စိတ်အားထက်သန်စွာဆောင်ရွက်သင့်သည်။</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
@@ -4102,50 +4135,53 @@
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>အစ်ဗ်နုအုမရ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အကြင်သူသည် လူအုပ်စုတစ်စုဖြင့် တူဆင်အောင်ပြုလုပ်ခဲ့လျှင် ၎င်းသည် ထိုအုပ်စုအနက်မှပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မည်သူမဆို ကာဖိရ်များ၊ အပြစ်ကျူးလွန်သူများနှင့်ဖြစ်စေ၊ သူမွန်သူမြတ်များနှင့်ဖြစ်စေ
 တူဆင်အောင်ပြုလုပ်ပါက ၎င်းသည် ထိုသူတို့အနက်မှပင်ဖြစ်သည်ဟု မိန့်ကြားတော်မူခဲ့သည်။ ဤသည် ၎င်းတို့နှင့်သာ သီးသန့်သက်ဆိုင်သည့် ယုံကြည်ချက်များ၊ ခဝပ်ကိုးကွယ်မှုများ၊ ဓလေ့ထုံးတမ်းများကိုအတုခိုး ဆောင်ရွက်ခြင်းကို ဆိုလိုခြင်းဖြစ်သည်။ အဘယ့်ကြောင့်‌ဆိုသော် အပြင်ပန်း၌ ၎င်းတို့အားအတုခိုးခြင်းသည် အတွင်းပိုင်းဆိုင်ရာ၌ ၎င်းတို့အား အတုခိုးခြင်းဆီသို့ ဦးတည်စေသည်။ အုပ်စုတစ်စုအား အတုခိုးခြင်းသည် နှစ်သက်သဘောကျခြင်းကြောင့်သာ ဖြစ်ပေါ်လာခြင်းဖြစ်ပြီး ထိုအချက်ကပင် ၎င်းတို့အား ချစ်ခင်ခြင်း၊ ဂုဏ်ပေးခြင်းနှင့် ၎င်းတို့အပေါ် အားထားခြင်းဆီသို့ ရောက်ရှိစေသည်မှာ သံသယဖြစ်ရန်ပင် မလိုပေ။ တစ်ခါတစ်ရံတွင် ဤအချက်သည် လူတစ်ယောက်အား ၎င်းအတုခိုးလိုက်သူများ၏ စိတ်နှလုံးသားဆိုင်ရာ ယုံကြည်ချက်များ၊ ခဝပ်ကိုးကွယ်မှုများကိုပါ အတုခိုးခြင်းဆီသို့ တွန်းပို့ပေးသည်။ ( အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ခိုလှုံပါ၏။)</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>ကာဖိရ်များ၊ အပြစ်ကျူးလွန်သူများအား အတုခိုးခြင်းကို သတိပေးတားမြစ်ထားသည်။
 သူတော်ကောင်းတို့ကို အတုခိုးရန်နှင့် ၎င်းတို့အတိုင်းလျှောက်လှမ်းရန် တိုက်တွန်းထားသည်။
 အပြင်ပိုင်းဆိုင်ရာ ကိစ္စများကို အတုခိုးခြင်းဖြင့် စိတ်တွင်း၌ ချစ်ခင်မှုကို ပေါ်ပေါက်စေသည်။
 လူတစ်ဦးအနေဖြင့် မိမိအတုခိုးသည့် အတိုင်းအတာနှင့် အမျိုးအစားပေါ်မူတည်၍ အပြစ်ထိုက်မည်ဖြစ်သည်။
 ဤတားမြစ်ချက်သည် ကာဖိရ် သွေဖည်ငြင်းပယ်သူများ၏ ဘာသာရေးနှင့် ၎င်းတို့နှင့်သာ သီးသန့်သက်ဆိုင်သည့် ဓလေ့ထုံးတမ်းများအား တုပဆောင်ရွက်ခြင်းနှင့်သာ သက်ဆိုင်သည်။ ထိုကိစ္စများနှင့် မသက်ဆိုင်သည့် စက်မှုလက်မှုအတတ်ပညာများကို သင်ယူခြင်းနှင့် အခြားအလားတူကိစ္စများသည် တားမြစ်ချက်ထဲတွင် မပါဝင်ပါ။</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/5353</t>
   </si>
   <si>
     <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>ကောင်းမှုအား ညွှန်ပြပေးသူသည် ထိုကောင်းမှုအား ပြုလုပ်သူကဲ့သို့ပင် အကျိုးကုသိုလ် ရရှိမည်ဖြစ်သည်</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>အဗူမတ်စ်အူးဒ် အလ်အန်ဆွာရီ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ လူတစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်)ထံ လာရောက်၍ ကျွန်တော်မျိုး၏ အစီးအနင်းမှာ သေဆုံးသွားသဖြင့် ခရီးမသွားနိုင်ပါ။ သို့ဖြစ်၍ ကျွန်တော်မျိုးအား စီးနင်းစရာ ပေးတော်မူပါဟု လျှောက်ထားခဲ့သည်။ ကိုယ်တော်က ငါကိုယ်တော်၌မရှိပါဟု ပြောကြားခဲ့သည်။ ထိုအခါ ပုဂ္ဂိုလ်တစ်ဦးက အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုး သူ့ကို စီးနင်းစရာပေးမည့်သူထံ ညွှန်ပြလိုက်ပါမည်ဟု လျှောက်ထားခဲ့သည်။ထိုအခါ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ ကောင်းမှုအား ညွှန်ပြပေးသူသည် ထိုကောင်းမှုအား ပြုလုပ်သူကဲ့သို့ပင် အကျိုးကုသိုလ် ရရှိမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>လူတစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ လာရောက်၍ ကျွန်တော်မျိုး၏ အစီးအနင်းမှာ သေဆုံးသွားပါသည်။ သို့ဖြစ်၍ ကျွန်တော်မျိုးအား အစီးအနင်းတစ်ခုအပေါ် တင်ပေးတော်မူပါ။ ကျွန်တော်မျိုး ခရီးသွားနိုင်ရန် အစီးအနင်းပေးတော်မူပါဟု လျှောက်ထားခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိမိထံတွင် 
 သူ့အားပေးရန် မည်သည့်အစီးအနင်းမျှမရှိတော့ကြောင်း ပြောကြားတော်မူခဲ့သည်။ ထိုအခါ ထိုနေရာတွင်ရှိနေသူတစ်ဦးက အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုး သူ့ကို စီးနင်းစရာပေးမည့်သူထံ ညွှန်ပြလိုက်ပါမည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ၎င်းသည် (အစီးအနင်း) လှူဒါန်းမည့်သူနှင့် အတူအကျိုးကုသိုလ်ရလိမ့်မည်ဖြစ်ကြောင်း မိန့်ကြားတော်မူသည်။ အဘယ်ကြောင့်ဆိုသော် ၎င်းသည် လိုအပ်နေသူတစ်ဦးအား လမ်းညွှန်‌ပေးခဲ့သည့်အတွက် ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
@@ -5329,50 +5365,90 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>လောကီရေး သာသနာရေး ကိစ္စတိုင်းအား လူတို့အပေါ် လွယ်ကူသက်သာစေရန်နှင့် ခက်ခဲအောင်မပြုလုပ်ကြရန် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ သို့သော် ဤကိစ္စကို အလ္လာဟ်အရှင်မြတ် ခွင့်ပြုထားသော တရားတော်ဘောင်အတွင်းမှသာ ဆောင်ရွက်ရမည်။
 လူတို့အား ကောင်းမြတ်သည့် သတင်းကောင်းများကိုပေးရန်နှင့် ကောင်းမှုများမှ ဝေးကွာအောင် မပြုလုပ်ရန် တိုက်တွန်းထားသည်။</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>မုအ်မင်န်တို့၏ တာဝန်သည် လူတို့အား အလ္လာဟ်အရှင်မြတ်ကို ချစ်မြတ်နိုးလာစေရန်နှင့် ကောင်းမြတ်သည့် ကိစ္စများကို လိုလားမှုရှိလာစေရန် လုပ်ဆောင်ပေးရမည်ဖြစ်သည်။
 အလ္လာဟ်ဘက်သို့ ဖိတ်ခေါ်သူ ဒါအီသည် လူတို့အား အစ္စလာမ်ဘက်သို့ဖိတ်ခါ်မည့် သဗ်လိဂ်နည်းလမ်းကို ဟိက်မသ်အမြော်မြင်နှင့်တကွ ရွေးချယ်ရမည်။
 ဝမ်းမြောက်စရာ သတင်းကောင်းပေးခြင်းသည် ဒါအီကိုယ်တိုင်နှင့် လူတို့အား တင်ပြသော ၎င်း၏တရားစကားများတွင် ပျော်ရွှင်မှု၊ စိတ်အားထက်သန်မှု၊ စိတ်အေးချမ်းမှုတို့ကို မွေးဖွားပေးမည်ဖြစ်သည်။
 ခက်ခဲအောင်လုပ်ခြင်းသည် ဒါအီ၏ စကားကို မနှစ်သက်ခြင်း၊ ကျောခိုင်းခြင်းနှင့် သံသယစိတ်တို့ကို ဖြစ်ပေါ်စေသည်။
 ကျေးကျွန်များပေါ်တွင်ရှိသော အလ္လာဟ်အရှင်မြတ်၏ ကရုဏာတော်သည် အလွန်ကျယ်ဝန်းလှသည်။ အရှင်မြတ်သည် ခွင့်လွှတ်ချမ်းသာပေးသည့် သာသနာ၊ လွယ်ကူသည့် တရားလမ်းစဉ်ကို ၎င်းတို့အဖို့ ကျေနပ်နှစ်သက်တော်မူခဲ့သည်။
 ရှရီအဟ် တရားတော်၏ အမိန့်များသည် လွယ်ကူသည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
+  </si>
+  <si>
+    <t>အသင်တို့ သူစိမ်းအမျိုးသမီးများထံ ဝင်ထွက်သွားလာခြင်းကို ရှောင်ကြဉ်ကြလော့။ ထိုအခါ အန်စွာရီ စွဟာဗီတစ်ပါးက လျှောက်ထားမေးမြန်းသည်မှာ - အို အလ္လာဟ်အရှင်မြတ်ရဲ့ရစူလ်၊ ခင်ပွန်းရဲ့သားချင်း (ညီ၊ အစ်ကို) များနှင့်ပတ်သတ်၍ ကိုယ်တော် မည်သို့ မိန့်ကြားတော်မူပါမည်နည်း။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) ကမိန့်တော်မူသည်။ ခင်ပွန်းရဲ့သားချင်းများဟာ သေခြင်းတရား ပင်ဖြစ်သည်။ (တစ်နည်း သေတာထက်ပင် ပိုအန္တရာယ်ကြီးသည်ကို ဆိုလိုခြင်းဖြစ်သည်။)</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
+  </si>
+  <si>
+    <t>အုက်ဗဟ် ဗင်န် အာမိရ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အသင်တို့ သူစိမ်းအမျိုးသမီးများထံ ဝင်ထွက်သွားလာခြင်းကို ရှောင်ကြဉ်ကြလော့။ ထိုအခါ အန်စွာရီ စွဟာဗီတစ်ပါးက လျှောက်ထားမေးမြန်းသည်မှာ - အို အလ္လာဟ်အရှင်မြတ်ရဲ့ရစူလ်၊ ခင်ပွန်းရဲ့သားချင်း (ညီ၊ အစ်ကို) များနှင့်ပတ်သတ်၍ ကိုယ်တော် မည်သို့ မိန့်ကြားတော်မူပါမည်နည်း။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) ကမိန့်တော်မူသည်။ ခင်ပွန်းရဲ့သားချင်းများဟာ သေခြင်းတရား ပင်ဖြစ်သည်။ (တစ်နည်း သေတာထက်ပင် ပိုအန္တရာယ်ကြီးသည်ကို ဆိုလိုခြင်းဖြစ်သည်။)</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
+فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
+فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
+  </si>
+  <si>
+    <t>အလ္လာဟ်အရှင်မြတ်၏ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) သည် သူစိမ်းအမျိုးသမီးများနှင့် ရောနှောခြင်းမှ သတိပေးတားမြစ်ခဲ့သည်။ ကိုယ်တော်က မိန့်ကြားတော်မူခဲ့သည်- "သင်တို့သည် ကိုယ်တိုင် သူစိမ်းအမျိုးသမီးများထံ ဝင်ထွက်သွားလာခြင်းမှ ရှောင်ကြဉ်လော့။ ထိုနည်းတူ သူစိမ်းအမျိုးများသည်လည်း သင်တို့ထံ ဝင်ထွက်သွားလာခြင်းမှ  ရှောင်ကြဉ်ခိုင်းလော့"။
+ထိုအခါ အန်စွာရီ စွဟာဗီတစ်ပါးက လျှောက်ထားမေးမြန်းသည်မှာ - အို အလ္လာဟ်အရှင်မြတ်ရဲ့ရစူလ်၊ ခင်ပွန်း၏ ဆွေမျိုးသားချင်းများ (ဥပမာ- ခင်ပွန်း၏ညီ၊ အစ်ကို၊ တူ၊ ဦးလေး၊ ဝမ်းကွဲညီအစ်ကိုများ)စသည့် ထိုအမျိုးသမီး အိမ်ထောင်မပြုရသေးပါက လက်ထပ်ခွင့်ရှိသည့် သားချင်းများနှင့် ပတ်သတ်၍ ကိုယ်တော် မည်သို့ မိန့်ကြားတော်မူပါမည်နည်း။
+တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစ်လ္လမ်) က မိန့်ကြားတော်မူသည်မှာ - "သင်တို့သည် သေဘေးမှ သတိထားဆင်ခြင်ကြသကဲ့သို့ ထိုအရာ (အမျိုးသမီးများထံ ဝင်ထွက်သွားလာခြင်း) မှလည်း အလားတူ သတိထားဆင်ခြင်ကြလော့။ အဘယ်ကြောင့်ဆိုသော် ခင်ပွန်း၏ ဆွေမျိုးများနှင့် အကွယ်၌ နှစ်ကိုတည်း ရှိနေခြင်းသည် သာသနာတွင် ပြသနာများနှင့် ပျက်စီးခြင်းဘက်သို့‌ ရောက်ရှိ‌စေသောကြောင့်တည်း။ ခင်ပွန်း၏ဖခင်နှင့် သားများကို ချန်လှပ်ထားပြီး ခင်ပွန်း၏ အခြားဆွေမျိုးများနှင့် အကွယ်၌ နှစ်ကိုတည်းရှိခြင်းကို တားမြစ်ခြင်းမှာ သူစိမ်းများနှင့် အကွယ်၌ နှစ်ကိုတည်းရှိခြင်းကို တားမြစ်ခြင်းထက် ပို၍ပင် လိုအပ်သည်။ အဘယ်ကြောင့်ဆိုသော် အခြားသူများထက် ထိုသူများနှင့် အကွယ်၌ နှစ်ကိုတည်းရှိရန် အခွင့်အလမ်းများလည်း ပိုများပြီး မကောင်းမှုနှင့် ပြသနာဖြစ်နိုင်ခြေလည်း ပိုများသောကြောင့်ဖြစ်သည်။ ဤသို့ဖြစ်ရခြင်းမှာ ထိုသူများသည် အမျိုးသမီးထံ အလွယ်တကူ ချဉ်းကပ်နိုင်ပြီး အမျိုးသမီးနှင့် အကွယ်၌ နှစ်ကိုတည်းရှိရန်အခွင့်အရေးရရှိခြင်းသည်လည်း သာမန်ကိစ္စတစ်ခုအဖြစ် ရှိနေသောကြောင့်ဖြစ်ကာ၊ ထိုသို့ဖြစ်ခြင်းအား ကန့်ကွက်ရန် အခွင့်အရေးလည်း နည်းပါးနေသောကြောင့်ဖြစ်သည်။ အမျိုးသမီးအနေဖြင့် ခင်ပွန်း၏ နီးစပ်သော ဆွေမျိုးများမှ လုံးဝကွဲကွာ၍ သီးသန့်နေထိုင်ရန်မှာ လက်တွေ့အားဖြင့် မဖြစ်နိုင်သလောက်ပင်ဖြစ်သည်။ ဤကိစ္စတွင် ယေဘုယျအားဖြင့် ပေါ့လျော့မှုများလည်း ရှိတတ်သည်။ ထို့ကြောင့် အမျိုးသားတစ်ဦးသည် မကြာခဏဆိုသလိုပင် မိမိအကို၏ ဇနီးနှင့် အကွယ်၌ နှစ်ကိုတည်းရှိခြင်းမျိုး ဖြစ်တတ်သည်။ သို့ဖြစ်ရာ ၎င်းကိစ္စရပ်သည် ယုတ်ညံ့မှုနှင့် ဆိုးကျိုးတွင် သေခြင်းတရားနှင့် တူညီသည်။ ဤသို့မဟုတ်ဘဲ သူစိမ်းအမျိုးသားတစ်ဦးနှင့်ဆိုလျှင် ထိုအဖြစ်အပျက်မှ သတိထားဆင်ခြင်နိုင်မည် ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
+هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
+الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
+قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
+شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
+  </si>
+  <si>
+    <t>သူစိမ်းအမျိုးသမီးများထံ ဝင်ထွက်သွားလာခြင်း၊ သူမတို့နှင့် အကွယ်၌ နှစ်ကိုယ်တည်း ရှိနေခြင်းမှ တားမြစ်ထားခြင်းမှာ စက်ဆုပ်
+ရွံရှာဖွယ်ကိစ္စရပ် ဖြစ်ပွားနိုင်ခြေ အကြောင်းရင်းကို ပိတ်ပင်တားဆီးရန်အတွက်ဖြစ်သည်။
+ဤတားမြစ်ချက်သည် ခင်ပွန်း၏ ညီ၊ အစ်ကို ၊ဆွေမျိုးများ (အမျိုးသမီးနှင့် နေကဟ်ပြုပိုင်သူများ) အပါအဝင် အခြားသော သူစိမ်းယောက်ျားအားလုံးနှင့် သက်ဆိုင်သည်။ သို့သော် တားမြစ်ချက်မှာ ဝင်ထွက်သွားလာခြင်းသည် အကွယ်၌ နှစ်ကိုတည်းရှိခြင်း အဖြစ်သို့ ဆိုက်ရောက်မှသာလျှင် ဖြစ်သည်။
+မကောင်းမှု၌ ကျရောက်မည်ကို စိုးရိမ်လျက်ချွတ်ချော်မှားယွင်းနိုင်ခြေရှိသော နေရာများအားလုံးမှ ကင်းကင်းရှင်းရှင်း နေထိုင်ခြင်း။
+အိမာမ် နဝဝီက ဤသို့ဆိုသည် - " အရဗီဘာသာ စကားပညာရှင်အားလုံးက (الأحْمَاءَ )'အလ်အဟ်မာအ်' ဆိုသည်မှာ ခင်ပွန်း၏ဖခင်၊ ဦးလေး၊ အစ်ကို၊ တူ၊ ဝမ်းကွဲညီအစ်ကိုစသည့် ဆွေမျိုးများကို ရည်ညွှန်းကြောင်း၊ (الأَخْتَانَ)'အလ်အခ်သားန်' ဆိုသည်မှာ ဇနီး၏ဆွေမျိုးများကို ရည်ညွှန်းကြောင်း၊ (الأصْهارَ)'အလ်အတ်စ်ဟွာရ်' ဆိုသော စကားလုံးသည် အထက်ပါနှစ်မျိုးလုံးကို ခြုံငုံခေါ်ဆိုကြောင်း"  တညီတညွှတ်တည်း အဆိုပြုခဲ့ကြသည်။
+တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်ဟိဝစလ္လမ်) သည် ခင်ပွန်း၏ဆွေမျိုးများကို "သေခြင်း" နှင့် နှိုင်းယှဉ်မိန့်ကြားခဲ့သည်။ အိဗ်နု ဟဂျရ်က ဤသို့ဆိုသည် - "အာရပ်လူမျိုးများသည် မနှစ်သက်ဖွယ်ရာကိစ္စရပ်များကို 'သေခြင်းတရား'ဖြင့် ဥပမာပေးလေ့ရှိသည်။ ဤနေရာတွင် နှိုင်းယှဉ်ခြင်း၏ အကြောင်းရင်းမှာ အကယ်၍ ပြစ်မှုကျူးလွန်မိပါက၊ ယင်းသည် (အပြစ်ကြောင့်) ဒီန်(သာသနာ)၏ သေခြင်း ( ပျက်စီးခြင်း )ပင်ဖြစ်သည်။ အကယ်၍ ပြစ်မှုကျူးလွန်မိပြီး၊ ရဂျမ် ( ခဲပေါက်သတ်ခြင်း ) ပြစ်ဒဏ် ချမှတ်ခံရပါက၊ ယင်းသည် အမျိုးသမီးနှင့် အကွယ်၌ နှစ်ကိုယ်တည်းရှိခဲ့သူ၏ သေခြင်းဖြစ်ပြီး၊ ပြစ်မှုကျူးလွန်မိခဲ့သည့်အမျိုးသမီးအတွက်မူ ပျက်စီးခြင်းဖြစ်သည်။ အဘယ်ကြောင့်ဆိုသော် အကယ်၍ သံသယသည် ခင်ပွန်းအား သူမကို ကွာရှင်းရန် တွန်းအားပေးခဲ့လျှင် သူမသည် မိမိ၏ခင်ပွန်းနှင့် ကင်းကွာရသောကြောင့်ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/5888</t>
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>အသင်တို့သည် ကုရ်အာန်ကျမ်းမြတ်ကို စွဲမြဲစွာ ရွတ်ဖတ်ကြပါ။ အကြင်အရှင်၏ လက်တော်တွင် မုဟမ္မဒ်၏ အသက်ဝိညာဉ်ရှိပြီး ထိုအရှင်မြတ်အား တိုင်တည်၍ပြောမည် ကြိုးပြေ၍ ထွက်ပြေးသွားသည့် ကုလားအုတ်ထက် ကုရ်အာန်ကျမ်းမြတ်သည် ပိုမိုလျင်မြန်စွာ မေ့လျော့သွားတတ်သည်။</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>အဗူမူစာ အရှ်အရီ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အသင်တို့သည် ကုရ်အာန်ကျမ်းမြတ်ကို စွဲမြဲစွာ ရွတ်ဖတ်ကြပါ။ အကြင်အရှင်၏ လက်တော်တွင် မုဟမ္မဒ်၏ အသက်ဝိညာဉ်ရှိပြီး ထိုအရှင်မြတ်အား တိုင်တည်၍ပြောမည် ကြိုးပြေ၍ ထွက်ပြေးသွားသည့် ကုလားအုတ်ထက် ကုရ်အာန်ကျမ်းမြတ်သည် ပိုမိုလျင်မြန်စွာ မေ့လျော့သွားတတ်သည်။</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>ကုရ်အာန်ကျမ်းမြတ်ကို မိမိစိတ်နှလုံးသားထဲတွင် အလွတ်ကျက်မှတ်ပြီးနောက် ပြန်လည်မမေ့လျော့စေရန်အတွက် စွဲစွဲမြဲမြဲ ရွတ်ဖတ်‌နေရန် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ ထို့နောက် ကိုယ်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ဤအချက်ကို ပို၍လေးနက်စေရန် ကျိန်ဆိုတော်မူကာ  ကြိုးပြေ၍ ထွက်ပြေးသွားသည့် ကုလားအုတ်ထက်ပင် ကုရ်အာန်ကျမ်းမြတ်သည် ပို၍လျင်မြန်စွာ မေ့လျော့သွားတတ်ကြောင်း မိန့်ကြားခဲ့သည်။ ကြိုးဟူသည် ကုလားအုတ်၏ အရှေ့ခြေဒူခေါင်းနားတွင် ချည်နှောင်ထားသည့် ကြိုးကိုဆိုလိုသည်။ လူတစ်ဦးအနေဖြင့် ထိုကြိုးကို ချည်ထားပါက ကုလားအုတ်သည်ရှိနေမည်ဖြစ်ပြီး ဖြည်ထားလိုက်ပါက ထွက်သွားကာ ပျောက်ဆုံးသွားမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>ကုရ်အာန်ကျမ်းမြတ်ကို အာဂုံဆောင်ထားသူသည် ကုရ်အာန်ကျမ်းမြတ်အား အမြဲတစေ ကြိမ်ဖန်များစွာ ဖတ်ရွတ်နေလျှင် ကျက်မှတ်ထားသမျှသည် ၎င်း၏ နှလုံးသားထဲ၌ ကျန်ရှိနေမည်ဖြစ်သည်။ သို့မဟုတ်ပါက မေ့လျော့သွားမည်ဖြစ်သည်။
@@ -5880,50 +5956,53 @@
   </si>
   <si>
     <t>အိဗ်နုအဗ္ဗာစ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ဤနေ့ရက်များ(ဇွလ်ဟဂ်ျလ၏ ပထမဆယ်ရက်)၌ ကောင်းမှုပြုလုပ်ခြင်းအား အခြားသောနေ့ရက်များတွင် ကောင်းမှုပြုလုပ်ခြင်းထက် အလ္လာဟ်အရှင်မြတ်သည် ပို၍နှစ်သက်တော်မူသည်။  သာဝကကြီးများက အို အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် အရှင်မြတ်လမ်းတော်၌ ဂျိဟာဒ်လုပ်ခြင်းကို ပို၍နှစ်သက်သည် မဟုတ်လောဟု လျှောက်ထားခဲ့ကြရာ ကိုယ်တော်က မိန့်ကြားသည်မှာ အရှင်မြတ်၏လမ်းတော်၌ ဂျိဟာဒ်လုပ်ခြင်းကိုလည်း(ထိုရက်များ၏ ကောင်းမှုထက်) ပို၍မနှစ်သက်ပေ။ သို့သော် မိမိ၏အသက်ဇီဝိန်၊ ဥစ္စာပစ္စည်းတို့နှင့်တကွ ဂျိဟာဒ်ပြုရန်ထွက်သွားပြီး ၎င်းအရာများကို ပြန်မယူလာသည့် ပုဂ္ဂိုလ်သာလျှင် ပို၍နှစ်သက်ခြင်းခံရမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်းပြတော်မူသည်မှာ ဇွလ်ဟဂ်ျလ၏ ပထမဆယ်ရက်၌ ကောင်းမှုပြုလုပ်ခြင်းသည် တစ်နှစ်တာ၏အခြား‌နေ့ရက်များတွင် ကောင်းမှုပြုလုပ်ခြင်းထက် သာပိုမွန်မြတ်သည်။
 သာဝကကြီးများက တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား ဤဆယ်ရက်မှလွဲ၍  အခြားသောနေရက်များတွင် ဂျိဟာဒ်လုပ်ခြင်းက ပို၍မွန်မြတ်ပါသလား သို့မဟုတ် ဤနေ့ရက်များတွင် ကောင်းမှုကုသိုလ်ပြုလုပ်ခြင်းက ပို၍မွန်မြတ်ပါသလားဟု လျှောက်ထားမေးမြန်းခဲ့ကြသည်။ ဤသို့မေးရခြင်းမှာ ဂျိဟာဒ်သည် အမွန်မြတ်ဆုံး အမလ်ကောင်းမှုဖြစ်ကြောင်း သာဝကကြီးများ လက်ခံထားကြသည့်အတွက်ဖြစ်သည်။
 ထိုအခါ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဖြေကြားတော်မူသည်မှာ ဇွလ်ဟဂ်ျလ၏ ပထမဆယ်ရက်၌ပြုလုပ်သည့် ကောင်းမှုသည် အခြားသောနေ့ရက်များတွင် ဂျိဟာဒ်ပြုခြင်းထက် ပို၍သာမြတ်သည်။ သို့သော် လူတစ်ဦးသည် မိမိ၏အသက်ဇီဝိန်၊ ဥစ္စာပစ္စည်းတို့နှင့်တကွ ဂျိဟာဒ်ပြုရန် မုဂျာဟိဒ်တစ်ဦးအဖြင့် စွန်လွှတ်စွန့်စားကာထွက်ခွာသွားပြီး အလ္လာဟ့်လမ်းတော်တွင် မိမိ၏ဥစ္စာပစ္စည်းများ ဆုံးရှုံးသွားကာ မိမိအသက်ကိုလည်း ပေးအပ်လိုက်ခဲ့လျှင် ထိုသူသာလျှင် ထိုမွန်မြတ်သည့်ရက်များ၌ အမလ်ကောင်းမှုပြုလုပ်ခြင်းထက် ပို၍မွန်မြတ်မည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>ဇွလ်ဟဂ်ျလ၏ ပထမဆယ်ရက်သည် အလွန်မွန်မြတ်လှသည်။ သို့ဖြစ်၍ မွတ်စ်လင်မ်တစ်ဦးသည် ထိုရက်များတွင် အလ္လာဟ်အရှင်မြတ်အားများစွာ ဇိက်ရ်လုပ်ခြင်း၊ ကျမ်းမြတ်ကုရ်အာန် ဖတ်ရွတ်ခြင်း၊ “အလ္လာဟ် အက်ဗရ်” ဆိုခြင်း၊ “လာအိလာဟ အိလ္လာဟ်“ဆိုခြင်း၊ “အလ်ဟမ်ဒု လိလ္လာဟ်“ဆိုခြင်း၊ ဆွလာသ်ဝတ်ပြုခြင်း၊ အလှူဒါနပြုလုပ်ခြင်း၊ ဆွိယာမ် ဥပုသ်‌စောင့်ခြင်း၊ အခြားကောင်းမှုကုသိုလ်များကိုပြုလုပ်ကာ အကျိုးရှိစွာ ကုန်ဆုံးရမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
+    <t>[رواه البخاري وأبو داود واللفظ له]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/6255</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>မည်သူမဆို အဆ်ွရ်ဆွလာသ်ကို စွန့်လွှတ်ပါက ၎င်း၏ကောင်းမှုများသည် အမှန်တကယ်ပင် အချည်းနှီးဖြစ်သွားပေမည်။</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>ဗုရိုင်ဒဟ်ဗင်န် ဟုဆွိုဗ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ပြောကြားခဲ့သည်။ အသင်တို့သည် အဆ်ွရ်ဆွလာသ်ကို စောလျင်စွာဖတ်ကြလေကုန်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။  မည်သူမဆို အဆ်ွရ်ဆွလာသ်ကို စွန့်လွှတ်ပါက ၎င်း၏ကောင်းမှုများသည် အမှန်တကယ်ပင် အချည်းနှီးဖြစ်သွားပေမည်။</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် အဆ်ွရ်ဆွလာသ်ကို 
 သူ့အချိန်နှင့်သူ မဆောက်တည်ဘဲ တမင်နောက်ဆိုင်းထားခြင်းမှ တားမြစ်တော်မူခဲ့သည်။ မည်သူမဆို ထိုသို့ပြုလုပ်ပါက ၎င်း၏အမလ်ကျင့်ဆောင်မှုများ ပျက်စီးကာ အချည်းနှီးဖြစ်သွားမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
@@ -6228,50 +6307,53 @@
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>စအဒ်ဗင်န် ဟိရှာမ်ဗင်န် အာမိရ် က ဆင့်ပြန်ပြောပြခဲ့သည်။ သူသည် အာအိရှဟ် (ရဿွိယလ္လာဟုအန်ဟာ)ထံ ဝင်ရောက်သောအခါ အို မုအ်မင်န်တို့၏ မိခင်ကြီး အလ္လာဟ်အရှင်မြတ် ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ကိုယ်ကျင့်တရားအား ကျွန်တော့်အား ပြောပြပါဟု ပြောကြားခဲ့သည်။ ထိုအခါ မိခင်ကြီးက အသင်သည် ကုရ်အာန်ကျမ်းမြတ်ကို ရွတ်ဖတ်သည် မဟုတ်လားဟု မေးမြန်းခဲ့ရာ ကျွန်တော်က ဟုတ်ကဲ့ ဖတ်ပါသည်ဟု ဖြေကြားလိုက်လေသည်။ ထိုအခါ မိခင်ကြီးက ပြောကြားသည်မှာ  တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ကိုယ်ကျင့်တရားသည် ကုရ်အာန်ကျမ်းမြတ်ပင် ဖြစ်သည်။</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>မုအ်မင်န်တို့၏ မိခင်ကြီး အာအိရှဟ် (ရဿွိယလ္လာဟုအန်ဟာ)သည် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ကိုယ်ကျင့်တရားအကြောင်း မေးမြန်းခြင်းခံရသည့်အခါ အလွန်ပင် ပြည့်စုံလှသည့် စကားဖြင့် အဖြေပေးခဲ့ပြီး မေးမြန်းသူအား ပြီးပြည့်စုံသည့် အရည်အချင်းများ စုစည်းထားသော ကုရ်အာန်ကျမ်းမြတ်ဘက်သို့ လှည့်ပေးခဲ့သည်။ သူမကပြောသည်မှာ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ကုရ်အာန်ကျမ်းမြတ်၌ ဖော်ပြထားသော ကိုယ့်ကျင့်တရားအတိုင်း အကျင့်စာရိတ္တမွေးမြူသူဖြစ်သည်။ ကုရ်အာန်ကျမ်းမြတ်က အမိန့်ပေးထားသောအရာများကို ဆောင်ရွက်ပြီး တားမြစ်ထားသောအရာများကို ရှောင်ကြဥ်သည်။ ကိုယ်တော်၏ ကိုယ်ကျင့်တရားသည် ကုရ်အာန်ကျမ်းမြတ်အတိုင်း လိုက်နာကျင့်သုံးခြင်း၊ ကုရ်အာန်ကျမ်းမြတ်၏ ကန့်သတ်ချက်များကို မကျော်လွန်ခြင်း၊ ကုရ်အာန်ကျမ်းမြတ်၏ အာဒဗ်ကျင့်ဝတ်များအတိုင်း လိုက်နာခြင်း၊ ကုရ်အာန်ကျမ်းမြတ်၏ ဥပမာတင်ပြချက်များ၊ အဖြစ်အပျက်အကြောင်းအရာများမှ တရားရယူခြင်းတို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>ကုရ်အာန်ကျမ်းမြတ်အတိုင်း ကိုယ်ကျင့်တရား ဆောက်တည်ခဲ့သည့် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား နောက်လိုက်မှုပြုရန် တိုက်တွန်းနှိုးဆော်ထားသည်။
 တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ကိုယ်ကျင့်တရားများကို ချီးမွမ်းထားပြီး ထိုကိုယ်ကျင့်တရားများသည် ဝဟီဗျာဒိတ်တော်၏ အလင်းရောင်မှ ပေါ်ထွက်လာခြင်းဖြစ်သည်။
 ကုရ်အာန်ကျမ်းမြတ်သည် ကောင်းမွန်သည့် အကျင့်စာရိတ္တအားလုံး၏ အဓိကပင်မဖြစ်သည်။
 အစ္စလာမ်သာသနာတော်၌ ကိုယ်ကျင့်တရားဟူသည် အမိန့်တော်များကို နာခံခြင်း၊ တားမြစ်ချက်များကို ရှောင်ကြဉ်ခြင်းတို့ပါဝင်ပြီး သာသနာတော်တစ်ခုလုံးနှင့်သက်ဆိုင်သည်။</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>အကြင်နာတရားရှိသူတို့အား “ရဟ်မာန်” မဟာကရုဏာတော်ရှင်က သနားကြင်နာတော်မူမည်ဖြစ်သည်။ အသင်တို့သည် မြေပထဝီပေါ်ရှိ သတ္တဝါအပေါင်းအား သနားကြင်နာကြလေကုန်၊ မိုးကောင်းကင်ပေါ်တွင်ရှိတော်မူသော အရှင်မြတ်က အသင်တို့အား သနားကြင်နာတော်မူပေမည်။</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>အဗ်ဒုလ္လာဟ်ဗင်န်အမ်ရ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ အကြင်နာတရားရှိသူတို့အား “ရဟ်မာန်” မဟာကရုဏာတော်ရှင်က သနားကြင်နာတော်မူမည်ဖြစ်သည်။ အသင်တို့သည် မြေပထဝီပေါ်ရှိ သတ္တဝါအပေါင်းအား သနားကြင်နာကြလေကုန်၊ မိုးကောင်းကင်ပေါ်တွင်ရှိတော်မူသော အရှင်မြတ်က အသင်တို့အား သနားကြင်နာတော်မူပေမည်။</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်းပြတော်မူသည်မှာ သူတစ်ပါးအပေါ် သနားကြင်နာသူများကို “ရဟ်မာန်”မဟာကရုဏာတော်ရှင်က အရာခပ်သိမ်းထက်ပို၍ ကြီးကျယ်လှသော မိမိ၏မဟာကရုဏာတော်ဖြင့် သနားကြင်နာတော်မူမည်ဖြစ်သည်။ ဤသည် ၎င်းတို့၏လုပ်ရပ်နှင့်အညီ အစားပေးခြင်းပင်ဖြစ်သည်။
 ထို့နောက် ကိုယ်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ကမ္ဘာမြေပထဝီ၌ရှိသော လူသားများ၊ တိရစ္ဆာန်များ၊ ငှက်များနှင့် အခြားအဖန်ဆင်းခံများကို သနားကြင်နာရန် မိန့်ကြားတော်မူခဲ့သည်။ ထိုသို့ သနားကြင်နာမှု၏အစားမှာ မိုးကောင်းကင်ထက်တွင်ရှိသော အလ္လာဟ်အရှင်မြတ်က အသင်တို့အား သနားကြင်နာတော်မူမည်ဖြစ်သည်။</t>
   </si>
   <si>
@@ -6655,50 +6737,53 @@
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>အိဗ်နုအဗ္ဗာစ်(ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ ဧကန်အမှန် အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် စဂ်ျဒဟ် နှစ်ခုကြားတွင်
 " اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي " (အဓိပ္ပါယ်- အို-အလ္လာဟ်အရှင်မြတ် ကျွန်တော်မျိုးအား ခွင့်လွှတ်တော်မူပါ၊ ကရုဏာပြုတော်မူပါ၊ ငြိမ်းချမ်းမှုအဖြာဖြာ ချီးမြှင့်တော်မူပါ၊ လမ်းမှန်တရားချီးမြှင့်တော်မူပါ၊ စားနပ်ရိက္ခာချီးမြှင့်တော်မူပါ။)ကို အမြဲတောင်းခံလေ့ရှိ၏။</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မိမိ၏ဆွလာသ်၌ စဂ်ျဒဟ်နှစ်ခုကြားတွင် ဤတောင်းဆုတော်ငါးခုကို အမြဲတမ်းတောင်းခံလေ့ရှိသည်။ ထိုတောင်းဆုတော်များသည် မွတ်စ်လင်မ်များအတွက် အလွန်လိုအပ်သော တောင်းဆုများဖြစ်သည်။ ထိုတောင်းဆုတော်များတွင် လောကီ၊ လောကုတ္တရာ နှစ်ဌာန၏ ကောင်းခြင်းများဖြစ်သည့် ခွင့်လွှတ်မှုချီးမြှင့်ပေးတော်မူရန်၊ အပြစ်အကုသိုလ်များကို ဖုံးကွယ်ပေးကာ လွတ် ငြိမ်းချမ်းသာခွင့်ပေးသနားတော်မူရန်၊ ကရုဏာတော်များ အပြည့်အဝချီးမြှင့်ပေးသနားရန်၊ သံသယဖြစ်ဖွယ်ကိစ္စရပ်များ၊ ပျက်စီးဒုက္ခရောက်စေသည့် အလိုရမ္မက်များ၊ ရောဂါများမှကင်းစင်ကာ အေးချမ်းသာယာမှုကို ချီးမြှင့်တော်မူရန်တို့ပါရှိသည်။ ထို့အတူ ဟိဒါယသ် လမ်းမှန်တရား ချီးမြှင့်တော်မူပြီး ယင်းအပေါ်  စွဲမြဲစွာရပ်တည်နိုင်ရန်နှင့် အီမာန်ယုံကြည်မှု၊ အသိပညာ၊ ကောင်းမြတ်သည့် အမလ်ကျင့်ဆောင်မှုများ၊ သန့်ပြန့်သည့် ဟလာလ်ပစ္စည်းများကို ချီးမြှင့်ပေးသနားရန် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် တောင်းခံခြင်းများ ပါရှိသည်။</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>စဂ်ျဒဟ် နှစ်ခုကြား၌ ထိုင်သည့်အခါ ဤဒုအာကို တောင်းခံရန် တရားတော်က ပြဌာန်းထားသည်။
 လောကီ၊ လောကုတ္တရာ နှစ်ဌာန၏ ကောင်းခြင်းများပါရှိသော ဤတောင်းဆုတော်၏ မွန်မြတ်မှုကို ဖော်ပြထားသည်။</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>“အလ္လာဟွမ္မ အန်သတ်စ် စလာမု ဝမင်န်ကတ်စ် စလာမု သဗာရက်သ ယာဇလ်ဂျလားလိ ဝလ်အိက်ရာမ်”ကို ရွတ်ဆိုလေ့ရှိသည်။ (အဓိပ္ပာယ် - အို အလ္လာဟ်အရှင်မြတ်၊ အသင်အရှင်မြတ်သည် ချို့တဲ့မှုအပေါင်းမှကင်းစင်တော်မူသော အရှင်ဖြစ်တော်မူ၏။ ငြိမ်းချမ်းသာယာမှုအပေါင်းသည် အသင်အရှင်မြတ်၏ထံတော်မှ ကျရောက်လာခြင်းသာဖြစ်၏။ အို- အနန္တတန်ခိုးတော်ရှင်၊ ကျေးဇူးပြုတော်မူသောအရှင်၊ အသင်အရှင်မြတ်သည် မင်္ဂလာအပေါင်းနှင့်ပြည့်စုံတော်မူသောအရှင်ဖြစ်တော်မူပါ၏။</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>ဆောင်ဗာန်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မိမိ၏ဆွလာသ်အား အဆုံးသတ်ပြီးသည့်အခါ “အတ်စ်သဂ်ဖိရုလ္လာဟ်” သုံးကြိမ်နှင့်  “အလ္လာဟွမ္မ အန်သတ်စ် စလာမု ဝမင်န်ကတ်စ် စလာမု သဗာရက်သ ယာဇလ်ဂျလားလိ ဝလ်အိက်ရာမ်”ကို ရွတ်ဆိုလေ့ရှိသည်။ (အဓိပ္ပာယ် - အို အလ္လာဟ်အရှင်မြတ်၊ အသင်အရှင်မြတ်သည် ချို့တဲ့မှုအပေါင်းမှကင်းစင်တော်မူသော အရှင်ဖြစ်တော်မူ၏။ ငြိမ်းချမ်းသာယာမှုအပေါင်းသည် အသင်အရှင်မြတ်၏ထံတော်မှ ကျရောက်လာခြင်းသာဖြစ်၏။ အို- အနန္တတန်ခိုးတော်ရှင်၊ ကျေးဇူးပြုတော်မူသောအရှင်၊ အသင်အရှင်မြတ်သည် မင်္ဂလာအပေါင်းနှင့်ပြည့်စုံတော်မူသောအရှင်ဖြစ်တော်မူပါ၏။ ) ဝလီးဒ် ကပြောပြခဲ့သည်။ ကျွန်တော်က အောင်ဇာအီအား အစ္စသိဂ်ဖာရ် မည်သို့ ဖတ်ရမည်နည်းဟု မေးမြန်းခဲ့ရာ ၎င်းက “အတ်စ်သဂ်ဖိရုလ္လာဟ်” “အတ်စ်သဂ်ဖိရုလ္လာဟ်” ဟူ၍ဖတ်ပါဟု ပြောကြားခဲ့သည်။</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ဆွလာသ်ပြီးဆုံးတိုင်း أَسْتَغْفِرُ اللّٰه، أَسْتَغْفِرُ اللّٰه ، أَسْتَغْفِرُ اللّٰهဟု ရွတ်ဆိုလေ့ရှိသည်။
 ထို့နောက် အောက်ပါအတိုင်း အလ္လာဟ်အရှင်မြတ်၏ ကြီးကျယ်မြင့်မြတ်မှုကို မြွက်ဟတော်မူသည်။
 "اللَّهمَّ أَنتَ السَّلامُ، ومِنْكَ السَّلامُ، تباركْتَ ذَا الجَلالِ والإكرامِ " အလ္လာဟ်အရှင်မြတ်သည် ငြိမ်းချမ်းသာယာမှုအပေါင်းကို ပိုင်ဆိုင်တော်မူသောအရှင်၊ ပြီးပြည့်စုံသည့် ဂုဏ်တော်များကို ပိုင်ဆိုင်တော်မူသောအရှင်၊ ချို့တဲ့မှုအပေါင်းမှကင်းစင်တော်မူသော အရှင်ဖြစ်တော်မူသည်။ လောကီ၊ လောကုတ္တရာနှစ်ဌာန၏ ဆိုကျိုးများမှ ကင်းဝေးရန် အရှင်မြတ်ထံတော်၌သာ တောင်းခံပြီး အရှင်မြတ်မှအပ မည်သူ့ထံတွင်မျှ တောင်းခံခြင်းမပြုပါ။ အရှင်မြတ်၏ ကောင်းခြင်းများသည် နှစ်ဘဝနှစ်ဌာနလုံး၌ အလွန်ပင်များပြားလှသည်။ အရှင်မြတ်သည် ကြီးကျယ်မြင့်မြတ်တော်မူသောအရှင်၊ ကျေးဇူးပြုတော်မူသောအရှင် ဖြစ်တော်မူသည်။</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
@@ -6812,51 +6897,54 @@
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>အစ်ဗ်နုမတ်စ်အူးဒ်(ရဿွိယလ္လာဟုအန်ဟု)က ပြောပြခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ၎င်းတို့အား ခွသ်ဗဟ် တရားဟောကြားမှု စတင်ရာတွင်လည်းကောင်း၊ နိကာဟ် ခွသ်ဗဟ်၊ ဂျုမုအဟ် ခွသ်ဗဟ်နှင့် အခြားခွသ်ဗဟ်များကဲ့သို့ တစ်စုံတစ်ရာပြောကြားရန် 
 လိုအပ်သည့်အခါတွင် စတင်ပြောကြားရသော ‘ခွသ်ဗသွလ်ဟာဂျဟ်’ ကို သင်ကြားပေးတော်မူသည်။ ထိုခွသ်ဗဟ်တွင် အလ္လာဟ်အရှင်မြတ်သည် အလုံးစုံသော ချီးမွမ်းထောမနာပြုခြင်းအပေါင်းကို ခံထိုက်တော်မူသော အရှင်ဖြစ်ကြောင်းရှင်းပြခြင်း၊ တုဖက်နှိုင်းယှဉ်ခြင်း ကင်းတော်မူသော တစ်ပါးတည်း‌ ဖြစ်တော်မူသော အလ္လာဟ်အရှင်မြတ်ထံတော်တွင်သာ အကူအညီတောင်းခံခြင်း၊ အပြစ်အကုသိုလ်များကို ဖုံးကွယ်ပေးကာ ခွင့်လွှတ်ချမ်းသာမှု‌ပေးရန် တောင်းခံခြင်း၊ မကောင်းမှုတိုင်းမှလည်းကောင်း၊ မိမိတို့ကိုယ်တိုင်နှင့် အခြားသူများ၏ မကောင်းမှုများမှ လည်းကောင်း ကင်းဝေးရန် အရှင်မြတ်ထံတော်တွင် ခိုလှုံမှုရယူခြင်း စသည်ဖြင့် ကြီးကျယ်လှသောအဓိပ္ပာယ်များ ပါဝင်ပေသည်။
 ထို့နောက် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဧကန်မုချ ဟိဒါယသ် လမ်းမှန်တရားသည် အလ္လာဟ်အရှင်မြတ်၏ လက်ဝယ်၌သာရှိသည့်အတွက် အလ္လာဟ်အရှင်မြတ်က လမ်းမှန်တရားချီးမြှင့်လိုက်သူအား လမ်းမှားအောင် လုပ်နိုင်မည့်သူ ဟူ၍မရှိကြောင်းနှင့် အရှင်မြတ်က လမ်းမှားစေသူကိုလည်း လမ်းမှန်တရား ချီးမြှင့်ပေးနိုင်သူမရှိကြောင်း မိန့်ကြားသည်။
 ‌၎င်းနောက် ဆက်လက်၍ သောင်ဟီးဒ်တရားတော်အား သက်သေခံခြင်းဖြစ်သည့် အလ္လာဟ်အရှင်မြတ်မှအပ ခဝပ်ကိုးကွယ်ခြင်းခံထိုက်သော အရှင်မရှိကြောင်းနှင့် ရိစာလသ်ကို သက်သေခံခြင်းဖြစ်သည့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ အစေတော်နှင့် ရစူလ်စေတမန်တော်ဖြစ်ကြောင်းကို တင်ပြခဲ့သည်။
 ထို့နောက် ဤခွသ်ဗဟ်ကို အာယသ်တော်သုံးပါးနှင့် အဆုံးသတ်ထားသည်။ ယင်းအာယသ်တော်များတွင် ကြီးကျယ်မြင့်မြတ်တော်မူသော အလ္လာဟ်အရှင်မြတ်‌ ကျေနပ်နှစ်သက်ရန်အတွက် အရှင်မြတ်၏အမိန့်‌တော်များကိုနာခံပြီး တားမြစ်ချက်များကို ရှောင်ကြဥ်ကာ သက္ကဝါတရား ထားရှိရန်ပါရှိသည်။ ဤအမိန့်အတိုင်း လိုက်နာဆောင်ရွက်သူသည် ပြောဆိုမှု၊ လုပ်ဆောင်မှုများတွင် မှန်ကန်ကောင်းမွန်လာခြင်း၊ မကောင်းမှုများ ပလပ်ခံရခြင်း၊ အပြစ်အကုသိုလ်များ ခွင့်လွှတ်ခံရခြင်း၊ လောကတွင် ကောင်းမွန်သော သက်တမ်းမျိုးကိုရရှိပြီး ကိယာမဟ်နေ့၌ ဂျန္နသ် သုခဘုံရရှိကာ အောင်မြင်မှုဆွတ်ခူးနိုင်းခြင်း စသည့် အကျိုးများကို ရရှိမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>နိကာဟ်ခွသ်ဗဟ်၊ ဂျုမုအဟ်ခွသ်ဗဟ်နှင့် အခြားခွသ်ဗဟ်များကို ဤခွသ်ဗဟ်ဖြင့် အစပြုခြင်း မွတ်စ်သဟဗ် ဖြစ်သည်။
 ခွသ်ဗဟ်တွင် အရှင်မြတ်အား ချီးမွမ်းထောမနာပြုခြင်း၊ ရှဟာဒသ် သက်သေခံခြင်းနှစ်ခုနှင့် ကုရ်အာန်ကျမ်းမြတ်၏ အာယာသ်တော်အချို့ ပါဝင်ရမည်။
 တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မိမိ၏ အဆွ်ဟာဗ်တော်များအား ၎င်းတို့၏ သာသနာရေးလိုအပ်ချက်များကို သင်ကြားပေးတော်မူသည်။</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>အုပ်ထိန်းသူမပါဘဲ နိကာဟ်ထိမ်းမြားမှု အထမြောက်မည်မဟုတ်ပေ။</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>အဗူမူဆာ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ အုပ်ထိန်းသူမပါဘဲ နိကာဟ်ထိမ်းမြားမှု အထမြောက်မည်မဟုတ်ပေ။</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်လင်းမိန့်ကြားတော်မူသည်မှာ နိကာဟ်ထိမ်းမြားမှုအား တာဝန်ယူဆောင်ရွက်မည့် ‘ဝလီ’အုပ်ထိန်းသူမပါဘဲ အမျိုးသမီးတစ်ဦး၏ နိကာဟ်ထိမ်းမြားမှုသည်အထမြောက်မည်မဟုတ်ပါ။</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -6935,51 +7023,51 @@
   <si>
     <t>ဘယ်လက်ဖြင့် စားသောက်၍  ရှိုင်သွာန်မိစ္ဆာနှင့် တူအောင်ပြုလုပ်ခြင်းကို တားမြစ်ထားသည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/58122</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>မည်သူမဆို (မိမိခေါင်းဆောင်၏) အမိန့်နာခံမှုကို စွန့်လွှတ်ကာ မွတ်စ်လင်မ်တို့၏ ဂျမာအသ်မှ ခွဲထွက်ပြီး သေဆုံးခဲ့ပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်၏သေခြင်းမျိုးဖြင့် သေဆုံးခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ မည်သူမဆို (မိမိခေါင်းဆောင်၏) အမိန့်နာခံမှုကို စွန့်လွှတ်ကာ မွတ်စ်လင်မ်တို့၏ ဂျမာအသ်မှ ခွဲထွက်ပြီး သေဆုံးခဲ့ပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်၏သေခြင်းမျိုးဖြင့် သေဆုံးခြင်းဖြစ်သည်။ မည်သူမဆို (အမှားအမှန် ခွဲခြားနိုင်ခြင်းမရှိသော) မျက်ကန်းမျိုးချစ် အလံအောက်မှ လူမျိုးစွဲဖြင့် အမျက်ထား တိုက်ခိုက်မည်။ သို့မဟုတ် လူမျိုးစွဲထားရန် ဖိတ်ခေါ်မည်။ သို့မဟုတ် လူမျိုးစွဲထားခြင်းကို အကူအညီပေးပြီး အသတ်ခံရပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်၌ အသတ်ခံရပြီး သေဆုံးသကဲ့သို့ဖြစ်သည်။ အကြင်သူသည် ငါ၏အွမ္မသ်သားတို့ကို ဆန့်ကျင်ပုန်ကန်ပြီး လူကောင်းဖြစ်စေ၊ လူဆိုးဖြစ်စေ အားလုံးကို တိုက်ခိုက်သတ်ဖြတ်မည်။ မုအ်မင်န် ယုံကြည်သူများကို ရှောင်ရှားခြင်းလဲမရှိ၊ (အသက်ကို ကာကွယ်မှုပေးရန်) ကတိကဝတ် ပြုထားသူများ၏ ကတိကိုလည်း လိုက်နာစောင့်ထိန်းခြင်းလဲမရှိခဲ့ပါက ထိုသူသည် ငါကိုယ်တော်၏ နောက်လိုက် မဟုတ်သလို ငါကိုယ် တော်သည်လည်း ထိုသူနှင့် မသက်ဆိုင်ပေ။</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ မည်သူမဆို အာဏာပိုင် ခေါင်းဆောင်များ၏ အမိန့်နာခံမှုကို စွန့်လွှတ်ကာ အိမာမ် ခေါင်းဆောင်တစ်ဦးအပေါ်  တစ်စုတစ်စည်းတည်း သစ္စာခံထားသော မွတ်စ်လင်မ်ဂျမာအသ်မှ ခွဲထွက်ပြီး ထိုသို့ အမိန့်မနာခံမှု၊ ခွဲထွက်မှု အခြေအနေမျိုး၌ပင် သေဆုံးသွားပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်ရှိသူများ သေဆုံးသကဲ့သို့ သေဆုံးသွားခြင်းပင်ဖြစ်သည်။ ထိုခေတ်ကာလ၌ ရှိသူများသည် အိမာမ် ခေါင်းဆောင်အား နာခံခြင်းမရှိ၊ ဂျမာအသ် အုပ်စုအဖြစ် တစ်စုတစ်စည်းတည်း နေထိုင်ခြင်းမရှိကြဘဲ အချင်းချင်းတိုက်ခိုက်နေသော အုပ်စုများသာ ဖြစ်ခဲ့ကြသည်။
-။ ကိုယ်တော်မြတ် (ဆွလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဆက်လက်မိန့်ကြားတော်မူသည်မှာ မည်သူမဆို အမှားအမှန်မကွဲပြားသော အလံအောက်မှ တိုက်ခိုက်မည်။ သာသနာအတွက်၊ အမှန်တရားအတွက် မဟုတ်ဘဲ လူမျိုးစွဲ၊ မျိုးနွယ်စွဲကြောင့် အမျက်ဒေါသထားမည်။ ထို့ပြင် အသိပညာနှင့် သက်သေအထောက်အထားမရှိဘဲ တစ်ယူသန်ဝါဒဖြင့် တိုက်ခိုက်ရင်း ထိုအခြေအနေမျိုး၌ပင် အသတ်ခံရပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်၌ အသတ်ခံရပြီး သေဆုံးသကဲ့သို့ဖြစ်သည်။
+ကိုယ်တော်မြတ် (ဆွလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဆက်လက်မိန့်ကြားတော်မူသည်မှာ မည်သူမဆို အမှားအမှန်မကွဲပြားသော အလံအောက်မှ တိုက်ခိုက်မည်။ သာသနာအတွက်၊ အမှန်တရားအတွက် မဟုတ်ဘဲ လူမျိုးစွဲ၊ မျိုးနွယ်စွဲကြောင့် အမျက်ဒေါသထားမည်။ ထို့ပြင် အသိပညာနှင့် သက်သေအထောက်အထားမရှိဘဲ တစ်ယူသန်ဝါဒဖြင့် တိုက်ခိုက်ရင်း ထိုအခြေအနေမျိုး၌ပင် အသတ်ခံရပါက ထိုသူသည် အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်၌ အသတ်ခံရပြီး သေဆုံးသကဲ့သို့ဖြစ်သည်။
 မည်သူမဆို တမန်တော်မြတ်(ဆွလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ အွမ္မသ်သားတို့ကို ဆန့်ကျင်ပုန်ကန်ပြီး လူကောင်းဖြစ်စေ လူဆိုးဖြစ်စေ အားလုံးကို တိုက်ခိုက်သတ်ဖြတ်မည်။ မိမိလုပ်ရပ်များအပေါ် ဂရုစိုက်ခြင်းမရှိ၊ မုအ်မင်န်တို့အား သတ်ဖြတ်သည့်အတွက် ဖြစ်ပေါ်လာမည့် ဆိုးကျိုးနှင့် ပြစ်ဒဏ်များကိုလည်း ကြောက်ရွံ့ခြင်းမရှိ၊ အသက်ကို ကာကွယ်မှုပေးရန် ကတိကဝတ်ပြုထားသော ဘာသာခြားများနှင့်သက်ဆိုင်သည့် ကတိကိုလည်း လိုက်နာစောင့်ထိန်းခြင်းမရှိ၊ အုပ်ချုပ်သူ အာဏာပိုင်များနှင့် သက်ဆိုင်သည် ပဋိညာဉ်ကိုလည်း ချိုးဖောက်ပါက ထိုလုပ်ရပ်သည် ကြီးလေးသော ပြစ်မှုဒုစရိုက်ဖြစ်ပြီး မည်သူမဆို ထိုသို့လုပ်ပါက ဤပြင်းထန်သော ခြိမ်းခြောက်မှုနှင့် ထိုက်တန်သွားမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>အလ္လာဟ့်အမိန့်ဖီဆန်သည့် ကိစ္စမျိုးမှလွဲ၍ ကျန်ကိစ္စများတွင် အာဏာပိုင် ခေါင်းဆောင်များ၏ အမိန့်ကိုနာခံရန် တာဝန်ရှိသည်။
 ဤဩဝါဒတော်တွင် အိမာမ် ခေါင်းဆောင်၏ အမိန့်ကိုမနာခံသူ၊ မွတ်စ်လင်မ် ဂျမာအသ်မှ ခွဲထွက်သူတို့နှင့် ပတ်သက်၍ ပြင်းပြင်းထန်ထန် သတိပေးခြိမ်းခြောက်ထားသည်။ အကယ်၍ ၎င်းသည် ထိုအခြေအနေ၌ပင် ကွယ်လွန်ခဲ့ပါက အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်ရှိသူများ၏ လမ်းစဉ်ပေါ်တွင် သေဆုံးခြင်းပင်ဖြစ်သည်။
 ဟဒီးဆ်တော်တွင် လူမျိုးစွဲဖြင့် တိုက်ခိုက်ခြင်းကို တားမြစ်ထားသည်။
 ကတိကဝတ်များကို လိုက်နာစောင့်ထိန်းရန် တာဝန်ရှိသည်။
 အမိန့်နာခံခြင်း၊ ဂျမာအသ်နှင့်အတူရှိနေခြင်းတို့တွင် ကောင်းခြင်းများ၊ လုံခြုံစိတ်ချရမှု၊ စိတ်နှလုံး အေးချမ်းမှုနှင့် အခြေအနေကောင်းများရှိသည်။
 အစ္စလာမ်မတိုင်မီ အမိုက်ခေတ်ရှိသူများ၏ အခြေအနေများကို အတုခိုးခြင်းအား တားမြစ်ထားသည်။
 မွတ်စ်လင်မ် ဂျမာအသ်နှင့်အတူနေရန် အမိန့်ပေးထားသည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -7285,90 +7373,96 @@
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ ဤသို့‌သော ထိုင်နေသည့်လူတန်းစားမျိုးရှိသည့်ခေတ်ကာလ မကြာမီ‌ ရောက်ရှိလာမည်။ ၎င်းတို့အနက်မှ တစ်ဦးသည် မိမိ၏သလွန်ပေါ်တွင် မှီလျက်ရှိမည်။ ၎င်းထံသို့ တမန်‌တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ဟဒီးဆ်တော်တစ်ပုဒ်ရောက်လာသောအခါ ဤသို့ပြောလိမ့်မည်။ ကျမ်းတော်မြတ်ကုရ်အာန်သည်သာလျှင် အသင်တို့နှင့်ကျွန်ုပ်တို့ကြားတွင် အရေးကိစ္စအဝဝကိုဖြေရှင်းပေးမည့် ကျမ်း‌တော်ဖြစ်သောကြောင့် ယင်းကျမ်းတော်သည်ပင် ကျွန်တော်တို့အဖို့လုံလောက်သည်။ ထိုကျမ်းတော်၌ ဟလာလ်အဖြစ် တွေ့ရသောအရာများကို လိုက်နာကျင့်သုံးပြီး ထိုကျမ်းတော်၌ ဟရာမ်အဖြစ် တွေ့ရသောအရာများကို ရှောင်ကြဉ်ကြမည်။ ထို့နောက် တမန်‌တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်းပြတော်မူသည်မှာ ကိုယ်တော်မြတ်၏ ဟဒီးဆ်တော်တွင် ဟရာမ်အဖြစ် သတ်မှတ်ထားသောအရာ၊ တားမြစ်ထားအရာတိုင်းသည် ကျမ်းတော်မြတ်ကုရ်အာန်တွင် အလ္လာဟ်အရှင်မြတ်တားမြစ်ထားသကဲ့သို့ပင်ဖြစ်ပေသည်။ အဘယ့်ကြောင့်ဆိုသော် ကိုယ်တော်မြတ်သည်မိမိ၏အရှင်သခင်ထံတော်မှ တဆင့် ပြန်လည်ပို့ချသူပင်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>ကုရ်အာန်ကျမ်းတော်မြတ်ကို ဂုဏ်‌ပေးလေးစားသကဲ့သို့ ဟဒီးဆ်တော်ကိုလည်း ဂုဏ်‌ပေးလေးစားကာ လိုက်နာကျင့်သုံးရမည်။
 တမန်တော်မြတ်၏အမိန့်ကို နာခံခြင်းသည် အလ္လာဟ်အရှင်မြတ်၏အမိန့်တော်ကို နာခံခြင်းဖြစ်ပြီး တမန်တော်မြတ်၏အမိန့်ကို ဖီဆန်ခြင်းသည် အလ္လာဟ်အရှင်မြတ်၏အမိန့်ကို ဖီဆန်ခြင်းဖြစ်သည်။
 ဟဒီးဆ်သည်အထောက်ထားဖြစ်ကြောင်း အတည်ပြုထားပြီး ဟဒီးဆ်ကိုလက်မခံကြသူများ၊ ငြင်းပယ်ကြသူများကို ချေပထားသည်။
 ဟဒီးဆ်ကိုကျောခိုင်း၍ ကုရ်အာန်ကျမ်းမြတ်ဖြင့်သာ လုံလောက်ကြောင်း ပြောဆိုသူသည် ကုရ်အာန်ကျမ်းမြတ်နှင့် ဟဒီးဆ် နှစ်မျိုးစလုံးကို ကျောခိုင်းသူ၊ ကုရ်အာန်ကျမ်းမြတ်ကို နောက်လိုက်သည်ဟု လိမ်လည်ကြွေးကြော်သူသာဖြစ်သည်။
 တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)န‌ဗီဖြစ်ကြောင်းအထောက်များအနက်မှအချို့မှာ ကိုယ်တော်မြတ်သည် အနာဂတ်တွင်ဖြစ်ပေါ်လာမည့်အရာကို ကြိုတင်ပြောပြခြင်းနှင့် ပြောပြခဲ့သည့်အတိုင်းဖြစ်ပေါ်လာခြင်းပင် ဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>အို-အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုးသည် သေးငယ်သည်ဖြစ်စေ၊ ကြီးလေးသည်ဖြစ်စေ မည်သည့်အပြစ်အကုသိုလ်တစ်ခုမျှမကျန် ကျူးလွန်ခဲ့ပါသည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က သင်သည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ခြင်းခံထိုက်သော အရှင်မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို သက်သေခံခဲ့သည် မဟုတ်လောဟု</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>အနတ်စ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံသို့ လာရောက်၍  အို-အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုးသည် သေးငယ်သည်ဖြစ်စေ၊ ကြီးလေးသည်ဖြစ်စေ မည်သည့်အပြစ်အကုသိုလ်တစ်ခုမျှမကျန် ကျူးလွန်ခဲ့ပါသည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က သင်သည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ခြင်းခံထိုက်သော အရှင်မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို သက်သေခံခဲ့သည် မဟုတ်လောဟု  သုံးကြိမ်တိုင်တိုင် မိန့်ကြားခဲ့သည်။ ၎င်းက ဟုတ်ကဲ့ပါဟု ဖြေကြားခဲ့ရာ ကိုယ်တော်မြတ်က ဧကန်အမှန်ပင် ထိုသက်သေခံခြင်းနှစ်ခုက ၎င်း(အပြစ်အကုသိုလ်) တို့ကို ပယ်ဖျက်ပေးလိမ့်မည်ဟု မိန့်ကြားတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံလာရောက်၍ အို-အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုးသည် ပြစ်မှုဒုစရိုက်တိုင်းကို ကျူးလွန်ခဲ့ပါသည်။ သေးငယ်သည်ဖြစ်စေ၊ ကြီးလေးသည်ဖြစ်စေ အပြစ်ဟူသမျှကို ကျူးလွန်ခဲ့ပါသည်။ ကျွန်တော်မျိုးသည် အပြစ်များမှ ခွင့်လွှတ်ချမ်းသာခွင့် ရနိုင်ပါသလားဟု လျှောက်ထား မေးမြန်းခဲ့သည်။ ထိုအခါ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က သင်သည် အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ခြင်းခံထိုက်သော အရှင်မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို သက်သေခံခဲ့သည် မဟုတ်လောဟု သုံးကြိမ်တိုင်တိုင် မိန့်ကြားခဲ့သည်။ ၎င်းက ဟုတ်ကဲ့ ကျွန်တော်မျိုး သက်သေခံခဲ့ပါသည်ဟု ဖြေကြားခဲ့သည်။ ထိုအခါ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ထိုသက်သေခံခြင်းနှစ်ခုက ယင်းအပြစ်အကုသိုလ်များကို ပယ်ဖျက်ပေးလိမ့်မည်ဟု မိန့်ကြားတော်မူခဲ့သည်။ ထို့အတူ စစ်မှန်သည့် ‘သောင်ဗဟ်’ အမှားဝန်ချတောင်းပန်မှုသည် သောင်ဗဟ်မပြုမီက ကျူးလွန်ခဲ့သည့် အပြစ်များကိုပယ်ဖျက်ပေးသည်။</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>ရှဟာဒသ် သက်သေခံခြင်းနှစ်ခု၏ ကြီးကျယ်မှုနှင့် စိတ်နှလုံးသားအတွင်းမှ မှန်ကန်စွာသက်သေခံသူအတွက် ထိုရှဟာဒသ်သည် အပြစ်အကုသိုလ်များထက် ပို၍အချိန်စီးကြောင်း ဖော်ပြထားသည်။
 အစ္စလာမ်သာသနာသည် အစ္စလာမ်လက်မခံမီက ကျူးလွန်ခဲ့သည့် အပြစ်များကို ပယ်ဖျက်ပေးသည်။
 စစ်မှန်သည့် ‘သောင်ဗဟ်’ အမှားဝန်ချတောင်းပန်မှုသည် သောင်ဗဟ်မပြုမီက ကျူးလွန်ခဲ့သည့် အပြစ်များကိုပယ်ဖျက်ပေးသည်။
 သင်ကြားပေးရာ၌ ထပ်တလဲလဲ ပြောဆိုခြင်းသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ သင်ကြားမှုနည်းလမ်းတစ်ခုပင်ဖြစ်သည်။
 ရှဟာဒသ် သက်သေခံခြင်းနှစ်ခု၏ ထွတ်မြတ်မှုကိုဖေါ်ပြထားသည်။ ၎င်းတို့သည် ဂျဟန္နမ်ငရဲမီးဘေးမှ လွတ်မြောက်စေမည့် အကြောင်းခံတစ်ရပ်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
+  </si>
+  <si>
+    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>ဧကန်မုချ အလ္လာဟ်အရှင်မြတ်နှင့် ပတ်သက်၍ ကျေးကျွန်များအပေါ်တွင်ရှိသည့်ဝတ္တရားမှာ ထိုအရှင်မြတ်ကိုသာ ခဝပ်ကိုးကွယ်ရန်နှင့် အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုရန်ဖြစ်သည်။ ကျေးကျွန်များနှင့် ပတ်သက်၍ အလ္လာဟ်အရှင်မြတ်အပေါ်တွင်ရှိသည့် ဝတ္တရားမှာ အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုသူအား အဇာဗ်ပြစ်ဒဏ်မပေးရန်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>မုအာဇ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်တော်သည် မြည်းပေါ်တွင် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏နောက်မှ လိုက်ပါစီးနင်းခဲ့သည်။ ထိုမြည်း၏နာမည်မှာ အုဖွိုင်းရ် ဖြစ်သည်။ ကိုယ်တော်က အို-မုအာဇ် အလ္လာဟ်အရှင်မြတ်နှင့် ပတ်သက်၍ အရှင်မြတ်၏ကျေးကျွန်များအပေါ်တွင်ရှိသည့်ဝတ္တရားနှင့် ကျေးကျွန်များနှင့် ပတ်သက်၍ အလ္လာဟ်အရှင်မြတ်အပေါ်တွင်ရှိသည့်ဝတ္တရားကို သင်သိပါသလားဟု မေးတော်မူသည်။ ကျွန်တော်က အလ္လာဟ်အရှင်မြတ်နှင့် အရှင့်ရစူလ်တမန်တော်သာ အသိဆုံးဖြစ်ပါသည်ဟု ဖြေကြားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က မိန့်တော်မူသည်မှာ-  ဧကန်မုချ အလ္လာဟ်အရှင်မြတ်နှင့် ပတ်သက်၍ ကျေးကျွန်များအပေါ်တွင်ရှိသည့်ဝတ္တရားမှာ ထိုအရှင်မြတ်ကိုသာ ခဝပ်ကိုးကွယ်ရန်နှင့် အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုရန်ဖြစ်သည်။ ကျေးကျွန်များနှင့် ပတ်သက်၍ အလ္လာဟ်အရှင်မြတ်အပေါ်တွင်ရှိသည့် ဝတ္တရားမှာ အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုသူအား အဇာဗ်ပြစ်ဒဏ်မပေးရန်ဖြစ်သည်။  ထိုအခါ ကျွန်တော်က အို-အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ဤသတင်းကို လူတို့အား ကျွန်တော်မျိုး ပြောပြရမည်လောဟု လျှောက်ထားမေးမြန်းခဲ့သည်။ ကိုယ်တော်က ၎င်းတို့အား မပြောပြလေနှင့် ပြောပြလိုက်လျှင် ထိုအပေါ်တွင်သာ မှီခိုအားထားပြီး(အမလ်ကျင့်ဆောင်မှု မပြုဘဲ) နေကြလိမ့်မည်ဟု မိန့်ကြားခဲ့သည်။</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် အလ္လာဟ်အရှင်မြတ်နှင့် ပတ်သက်၍ အရှင်မြတ်၏ကျေးကျွန်များအပေါ်တွင်ရှိသည့် ဝတ္တရားနှင့် ကျေးကျွန်များနှင့် ပတ်သက်၍ အလ္လာဟ်အရှင်မြတ်အပေါ်တွင်ရှိသည့် ဝတ္တရားတို့ကိုရှင်းပြတော်မူခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်နှင့် ပတ်သက်၍ ကျေးကျွန်များအပေါ်တွင်ရှိသည့်ဝတ္တရားမှာ ထိုအရှင်မြတ်တစ်ဆူတည်းကိုသာ ခဝပ်ကိုးကွယ်ရန်နှင့် အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုရန်ဖြစ်သည်။ ကျေးကျွန်များနှင့် ပတ်သက်၍ အလ္လာဟ်အရှင်မြတ်အပေါ်တွင်ရှိသည့် ဝတ္တရားမှာ အရှင်မြတ်နှင့်အတူ မည်သည့်အရာကိုမျှ ယှဉ်တွဲကိုးကွယ်မှု မပြုသူ ‘မုဝဟ္ဟိဒ်’အား အဇာဗ်ပြစ်ဒဏ်မပေးရန်ဖြစ်သည်။ ထို့နောက် မုအာဇ်(ရဿွိယလ္လာဟုအန်ဟု)က အို-အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ဤထွတ်မြတ်မှုကိုသိပြီး လူတို့ဝမ်းသာပျော်ရွှင်ကြစေရန် ကျွန်တော်မျိုး သတင်းကောင်းပါးလိုက်ရမည်လားဟု လျှောက်ထားမေးမြန်းခဲ့သည်။ ထိုအခါ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က လူတို့သည် ထိုအပေါ်တွင်သာ မှီခိုအားထားပြီး အမလ်ကျင့်ဆောင်မှုမပြုဘဲ နေကြမည်ကို စိုးရိမ်၍ မပြောပြရန် တားမြစ်တော်မူခဲ့သည်။</t>
   </si>
@@ -7547,50 +7641,53 @@
     <t>အိဗ်နုအဗ္ဗာစ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ လူတစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ လာရောက်၍ အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်တို့အနက်မှ တစ်ဦးတစ်ယောက်သည် သူ၏စိတ်ထဲ၌ အတွေးများဖြစ်ပေါ်နေပြီး ထိုအ တွေးကိုပြောပြရန်ထက် ပြာဖြစ်သွားခြင်းကို ၎င်းအနေဖြင့် ပိုနှစ်သက်ပါသည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က အလ္လာဟ်အရှင်မြတ်သည် အကြီးကျယ်ဆုံးဖြစ်တော်မူ၏။ အလ္လာဟ်အရှင်မြတ်သည် အကြီးကျယ်ဆုံးဖြစ်တော်မူ၏။  ချီးမွမ်းခြင်းအပေါင်းသည် အလ္လာဟ်အရှင်မြတ်အဖို့သာဖြစ်တော်မူ၏ အကြင်အရှင်မြတ်သည် ၎င်း(ရှိုင်သွာန်)၏ လှည့်ဖျားမှုကို ဝတ်စ်ဝစဟ် (သံသယအတွေး) အဖြစ်သို့ပြောင်းလဲတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ လာရောက်လျှောက်ထားခဲ့သည်မှာ အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်တို့အနက်မှ တစ်ဦးတစ်ယောက်သည် ၎င်း၏စိတ်ထဲ၌ အတွေးများဖြစ်ပေါ်နေသည်။သို့သော် ထိုအကြောင်းအား ထုတ်ဖော်ပြောပြခြင်းထက် ၎င်းအနေဖြင့်ပြာဖြစ်သွားခြင်းကို ပို၍နှစ်သက်မိသည်အထိ ပြောဆိုရန်ခက်ခဲကြောင်း လျှောက်ထားခဲ့သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် သက္ကဗီရ် နှစ်ကြိမ်ဆိုတော်မူပြီး ရှိုင်သွာန်၏ လှည့်စားမှုကို ဝတ်စ်ဝစဟ် သံသယအတွေးအဖြစ်သို့သာ ပြောင်းလဲပေးခဲ့သော အလ္လာဟ်အရှင်မြတ်ကို ချီးမွမ်းထောမနာပြုတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>ရှိုင်သွာန်သည် မုအ်မင်န်တို့အား သံသယစိတ်များထည့်သွင်းကာ ၎င်းတို့ကို အီမာန်ယုံကြည်မှုမှ ကုဖ်ရ် သွေဖည်ငြင်းပယ်မှုထဲသို့ ကျရောက်စေရန် အမြဲမျှော်လင့်စောင့်စားနေကြောင်းရှင်းပြထားသည်။
 အီမာန်ယုံကြည်သူများနှင့်ပတ်သက်၍ ရှိုင်သွာန်မိစ္ဆာ၏ ချည့်နဲ့မှုကို ရှင်းပြထားသည်။ ၎င်းသည် ‘ဝတ်စ်ဝစဟ်’သံသယအတွေးသာ ထည့်သွင်းပေးနိုင်သည်။
 မုအ်မင်န် သက်ဝင်ယုံကြည်သူသည် ရှိုင်သွာန်ဘက်မှ ဖြစ်ပေါ်လာသည့် မကောင်းသည့် သံသယအတွေးများကို ကျောခိုင်းထားကာ စိတ်ထဲမှ ဖယ်ရှားပစ်ရမည်။
 ကောင်းမြတ်သည့်အရာ သို့မဟုတ် အံ့ဩစရာ သို့မဟုတ် အလားတူကိစ္စရပ်များကြုံတွေ့ပါက ‘သက္ကဗီရ်’ဆိုရမည်။
 မွတ်စ်လင်မ်တစ်ဦးသည် မိမိနားမလည်သည့်ကိစ္စများကို သာသနာ့ပညာရှင်အား မေးမြန်းရမည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>အသင်တို့အနက် တစ်ဦးတစ်ယောက်ထံသို့ ရှိုင်သွာန်ကလာရောက်၍ ဤအရာကို မည်သူဖန်ဆင်းခဲ့ပါသနည်း၊ ဤအရာကို မည်သူဖန်ဆင်းခဲ့ပါသနည်းဟု မေးမြန်းရင်း နောက်ဆုံး သင်၏အရှင်သခင်ကို မည်သူဖန်ဆင်းခဲ့ပါသနည်းဟု မေးမြန်းလိမ့်မည်။ အကယ်၍ ထိုအဆင့်ထိ ရောက်လာခဲ့လျှင် أَعُوذُ بِاللَّهِ (အလ္လာဟ်အရှင်မြတ်၏ ထံတော်တွင်ခိုလှုံပါ၏ဟု) ရွတ်ဆိုကာ ထိုမကောင်းသည့်အတွေးကို စွန့်လိုက်ပါ။</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>အဗူဟုရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။  အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ အသင်တို့အနက် တစ်ဦးတစ်ယောက်ထံသို့ ရှိုင်သွာန်ကလာရောက်၍ ဤအရာကို မည်သူဖန်ဆင်းခဲ့ပါသနည်း၊ ဤအရာကို မည်သူဖန်ဆင်းခဲ့ပါသနည်းဟု မေးမြန်းရင်း နောက်ဆုံး သင်၏အရှင်သခင်ကို မည်သူဖန်ဆင်းခဲ့ပါသနည်းဟု မေးမြန်းလိမ့်မည်။ အကယ်၍ ထိုအဆင့်ထိ ရောက်လာခဲ့လျှင် أَعُوذُ بِاللَّهِ (အလ္လာဟ်အရှင်မြတ်၏ ထံတော်တွင်ခိုလှုံပါ၏ဟု) ရွတ်ဆိုကာ ထိုမကောင်းသည့်အတွေးကို စွန့်လိုက်ပါ။</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
@@ -7787,50 +7884,53 @@
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>သာဝကာကြီး စွဖ်ယာန်ဗင်န် အဗ္ဗဒုလ္လာဟ် (ရဿွိယလ္လာဟုအန်ဟု)က တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား အစ္စလာမ်ဘာသာ၏ အဓိပ္ပါယ်များအားလုံး ခြုံငုံပါဝင်သည့် စကားတစ်ရပ်ကိုသင်ကြားပေးရန် လျှောက်ထားခဲ့သည်။ သူသည် ထိုစကားအား စွဲမြဲစွာ နာယူကျင့်သုံးသွားမည်ဖြစ်ပြီး ယင်းနှင့်ပတ်သက်၍ အခြားမည်သူကိုမျှ မေးမြန်းတော့မည် မဟုတ်ပါ။ ထိုအခါ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝဆလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ- သင်အနေဖြင့် အလ္လာဟ်အရှင်မြတ်သည် တစ်ဆူတည်း တစ်ပါးတည်းသောအရှင်ဖြစ်ကြောင်းနှင့် အလ္လာဟ်အရှင်မြတ်သည် ကျွန်ုပ်အား ဖန်ဆင်မွေးမြူတော်မူသောအရှင်၊ ကျွန်ုပ်၏ ကိုးကွယ်ရာအရှင်၊ ကျွန်ုပ်အား ဖန်ဆင်းတော်မူသောအရှင်၊ ဖက်စပ်ယှဉ်တွဲသူမရှိဘဲ ခဝပ်ကိုးကွယ်ခြင်းခံထိုက်တော်မူသော ကျွန်ုပ်၏အရှင်ဖြစ်ကြောင်း ကျွန်တော်မျိုး သက်ဝင်ယုံကြည်ပါသည်ဟု ဝန်ခံပြောကြားပါ။ ထို့နောက် အရှင်မြတ်သတ်မှတ်ထားသည့် ဖရ်ဿ်ွ မလုပ်မနေရ တာဝန်များကိုကျေပွန်ပြီး အရှင်မြတ် တားမြစ်ထားသည့်အရာများကို စွန့်လွှတ်ကာ ထိုအပေါ်စွဲမြဲစွာရပ်တည်ပါ။</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>သာသနာ၏အုတ်မြစ်မှာ- အလ္လာဟ်အရှင်မြတ်သည် ဖန်ဆင်းတော်မူသောအရှင်၊ ခဝပ်ကိုးကွယ်ခြင်း ခံထိုက်တော်မူသောအရှင်၊ ဂုဏ်တော်များ နာမတော်များကို ပိုင်ဆိုင်တော်မူသောအရှင် ဖြစ်ကြောင်း အီမာန်သက်ဝင်ယုံကြည်ခြင်းဖြစ်သည်။
 အီမာန် ယုံကြည်ပြီးနောက် မယိမ်းမယိုင်ဘဲ ကြံ့ခိုင်စွာရှိနေရန်၊ အိဗာဒသ် ခဝပ်ကိုးကွယ်မှုကို စွဲမြဲစွာပြုလုပ်ရန်၊ ထိုအပေါ်တွင် မြဲမြံစွာရပ်တည်ရန် အရေးကြီးသည်။
 အီမာန် သက်ဝင်ယုံကြည်မှုသည် အမလ်ကျင့်ဆောင်မှုများ လက်ခံခြင်းခံရရန်အတွက် စည်းကမ်းချက်တစ်ရပ်ဖြစ်သည်။
 အလ္လာဟ်အရှင်မြတ်အပေါ် အီမာန်သက်ဝင်ယုံကြည်ခြင်းတွင် အီမာန်၏ အခြေအမြစ်တရားများ၊ အီမာန်နှင့်သက်ဆိုင်သည့် ယုံကြည်ချက်များအားလုံးပါဝင်သည်။ ထို့အတူ အီမာန် သက်ဝင်ယုံကြည်ခြင်း၏နောက်လိုက်ဖြစ်သော စိတ်နှလုံး၏ အမလ်ကျင့်ဆောင်မှုများ၊ အတွင်းပိုင်းနှင့် အပြင်ပိုင်းအား အလ္လာသ်အရှင်မြတ်ထံ နာခံအပ်နှင်းကာ အမိန့်နာခံခြင်းတို့ ပါဝင်သည်။
 ‘အိစ်သိကာမဟ်’ရှိခြင်းဟူသည် ဖရ်ဿ်ွ မလုပ်မနေရ တာဝန်များကို ဆောင်ရွက်ပြီး တားမြစ်ချက်များကို ရှောင်ကြဉ်ကာ အစ္စလာမ်ပေါ်တွင် စွဲမြဲစွာ ရပ်တည်ခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
+    <t>[رواه مسلم وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65018</t>
   </si>
   <si>
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>‘မုနာဖိက်’ အရေခြုံမွတ်စ်လင်မ်၏ ပမာသည် ဆိတ်အုပ် နှစ်အုပ်ကြားထဲ၌ မည်သည့်ဘက်လိုက်ရမည်ကိုမသိသည့် ဆိတ်မကဲ့သို့ဖြစ်သည်။ ၎င်းသည် တစ်ကြိမ်တွင် ဤအုပ်စုဆီသို့သွားပြီး နောက်တစ်ကြိမ်တွင် နောက်အုပ်စုဆီသို့သွားသည်။</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>အစ်ဗ်နုအုမရ် (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ ‘မုနာဖိက်’ အရေခြုံမွတ်စ်လင်မ်၏ ပမာသည် ဆိတ်အုပ် နှစ်အုပ်ကြားထဲ၌ မည်သည့်ဘက်လိုက်ရမည်ကိုမသိသည့် ဆိတ်မကဲ့သို့ဖြစ်သည်။ ၎င်းသည် တစ်ကြိမ်တွင် ဤအုပ်စုဆီသို့သွားပြီး နောက်တစ်ကြိမ်တွင် နောက်အုပ်စုဆီသို့သွားသည်။</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ‘မုနာဖိက်’ အရေခြုံမွတ်စ်လင်မ်အား ဆိတ်နှစ်အုပ်ကြားတွင် မည်သည့်နောက်သို့လိုက်ရမည်ကို မသိဘဲ သို့လောသို့လော ဖြစ်နေသည့် ဆိတ်မဖြင့် ပမာပေးကာ ရှင်းပြတော်မူခဲ့သည်။ ၎င်းသည်  ဤအုပ်စုဘက်သို့ တစ်ခေါက်သွားလိုက် ထိုအုပ်စုဘက်သို့ တစ်ခေါက်သွားလိုက် ဖြစ်နေသည်။ မုနာဖိက်တို့သည် အီမာန် သက်ဝင်ယုံကြည်မှုနှင့် ‘ကုဖ်ရ်’ သွေဖည်ငြင်းပယ်မှုကြား၌ ဝေခွဲမရသူများဖြစ်ကြသည်။ ၎င်းတို့သည် မုအ်မင်န်ယုံကြည်သူများနှင့် အတွင်း၊အပြင်နှစ်ခုစလုံးတွင် တူညီမှုမရှိသလို ကာဖိရ်သွေဖည်ငြင်းပယ်သူများနှင့်လည်း အတွင်း၊အပြင် နှစ်ခုစလုံးတွင် တူညီမှုမရှိကြပေ။ သို့သာမက ၎င်းတို့၏ အပေါ်ယံသည် မုအ်မင်န်ယုံကြည်သူများကဲသို့ဖြစ်ပြီး ၎င်းတို့၏အတွင်းစိတ်၌ ဒွိဟသံသယရှိသူများဖြစ်ကြသည်။ ထို့ကြောင့် ၎င်းတို့သည် တစ်ခါတစ်ရံ မုအ်မင်န်များဘက်သို့ တိမ်းညွတ်ပြီး တစ်ခါတစ်ရံ ကာဖိရ်များဘက်သို့ တိမ်းညွတ်ကြသည်။</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
@@ -7852,50 +7952,53 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>အဗ်ဒုလ္လာဟ်ဗင်န် အမ်ရ် ဗင်န်အာဆ်ွ (ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ ဧကန်အမှန်ပင် အဝတ်အထည်သည် ဟောင်းနွမ်းသွားသကဲ့သို့ အသင်တို့အနက်မှ တစ်ဦးတစ်ယောက်၏(နှလုံသား) အတွင်း၌ရှိသော အီမာန်သည်လည်း ဟောင်းနွမ်းသွားသည်။ ထို့ကြောင့် အသင်တို့နှလုံးသားအတွင်း၌ရှိသော အီမာန်အား သစ်လွင်လန်းဆန်းလာစေရန် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ဒုအာတောင်းခံကြပါ။</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန်ကြားတော်မူခဲ့သည်မှာ အဝတ်အစားအသစ်သည် ဝတ်ဆင်မှုကြာရှည်လာသည့်နှင့်အမျှ ဟောင်းနွမ်းသွားသကဲ့သို့ မွတ်စ်လင်မ်တစ်ဦး၏ နှလုံးသားထဲ၌ရှိသော အီမာန်ယုံကြည်မှုသည်လည်း ဟောင်းနွမ်းသွားတတ်သည်။ ထိုသို့ဖြစ်ရခြင်းမှာ ‘အိဗာဒသ်’ခဝပ်ကိုးကွယ်မှု လျော့နည်းလာခြင်း၊ အပြစ်အကုသိုလ်များ ကျူးလွန်ခြင်း၊ စိတ်အလိုရမ္မက်နောက်လိုက်ခြင်းတို့ကြောင့်ဖြစ်သည်။ သို့ဖြစ်၍ တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ကျွန်ုပ်တို့၏ အီမာန်ယုံကြည်မှုအား သစ်လွင်လန်းဆန်းလာစေရန်အတွက် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ဒုအာတောင်းခံခြင်း၊ ဆွလာသ် ဆောက်တည်ခြင်း၊ ‘ဖရ်ဿ်ွ' တာဝန်များကျေပွန်ခြင်း၊‘ဇိက်ရ်’သတိရတသခြင်းနှင့် ‘အိစ်သိဂ်ဖါရ်’လွတ်ငြိမ်းချမ်းသာခွင့်တောင်းခံခြင်းတို့ကို များမြောင်စွာပြုရန် ညွှန်ကြားပြသတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>နှလုံးသားထဲတွင် အီမာန်ခိုင်မြဲစေရန်နှင့် သစ်လွင်လန်းဆန်းမှုရှိစေရန်အတွက် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ဒုအာတောင်းခံရန် တိုက်တွန်းနှိုးဆော်ထားသည်။
 အီမာန်တွင် အပြောအဆို၊ အမလ်ကျင့်ဆောင်မှုနှင့် ယုံကြည်ချက်များပါဝင်သည်။ အီမာန်ယုံကြည်မှုသည် အမိန့်နာခံမှုဖြင့် တိုးတက်ပြီး၊ အမိန့်ဖီဆန်မှုဖြင့် လျော့နည်းကျဆင်းသည်။</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>ဧကန်အမှန်ပင် ကိယာမသ်၏ နိမိတ်လက္ခဏာများအနက် အချို့မှာ- အသိပညာ ရုပ်သိမ်းခံရခြင်း၊ (သာသနာ့)အသိပညာကင်းမဲ့မှု များပြားလာခြင်း၊ ‘ဇိနာ’တရားမဝင်ကာမအမှု ပေါများလာခြင်း၊ အရက်သေစာသောက်သုံးမှု များပြားလာခြင်း၊ အမျိုးသားဦးရေ နည်းပါးသွားခြင်း အမျိုးသမီး အယောက်(၅၀)အတွက် တာဝန်ယူထိမ်းသိမ်းစောင့်ရှောက်မည့် အမျိုးသားတစ်ဦးသာ ရှိတော့သည်အထိ အမျိုးသမီးဦးရေ များပြားလာခြင်းတို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>အနတ်စ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်ုပ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံတော်မှ ကြားသိခဲ့ရသည့် ဟဒီးဆ်တော်တစ်ပုဒ်အား အသင်တို့ကိုပြောပြမည်။ ထိုဟဒီးဆ်တော်အား ကျွန်ုပ်အပြင် မည်သူမျှ အသင်တို့ကိုပြောပြမည် မဟုတ်ပေ။ ကျွန်ုပ်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့ရသည်။ ဧကန်အမှန်ပင် ကိယာမသ်၏ နိမိတ်လက္ခဏာများအနက် အချို့မှာ- အသိပညာ ရုပ်သိမ်းခံရခြင်း၊ (သာသနာ့)အသိပညာကင်းမဲ့မှု များပြားလာခြင်း၊ ‘ဇိနာ’တရားမဝင်ကာမအမှု ပေါများလာခြင်း၊ အရက်သေစာသောက်သုံးမှု များပြားလာခြင်း၊ အမျိုးသားဦးရေ နည်းပါးသွားခြင်း အမျိုးသမီး အယောက်(၅၀)အတွက် တာဝန်ယူထိမ်းသိမ်းစောင့်ရှောက်မည့် အမျိုးသားတစ်ဦးသာ ရှိတော့သည်အထိ အမျိုးသမီးဦးရေ များပြားလာခြင်းတို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ကိယာမသ် နီးကပ်လာသည့်အခါ ဖြစ်ပေါ်လာမည့် နိမိတ်လက္ခဏာများနှင့် ပတ်သက်၍ ရှင်းပြတော်မူခဲ့သည်။ ထိုနိမိတ်လက္ခဏာများထဲတွင် သာသနာ့အသိပညာ ရုပ်သိမ်းခံရခြင်းပါဝင်သည်။ သာသနာ့ပညာသည် သာသနာ့ပညာရှင်များ ကွယ်လွန်သေဆုံးခြင်းဖြင့် ရုပ်သိမ်းခံရမည်ဖြစ်သည်။ ထိုသို့ ပညာရှင်ကွယ်လွန်သွားကြသည့်အတွက် ပညာမဲ့မှုများ ပေါများ၊ပြန့်နှံ့လာမည်ဖြစ်သည်။ ထို့ပြင် ‘ဇိနာ’တရားမဝင် ကာမအမှု ပေါများလာခြင်း၊ လူတို့အရက်သေစာ သောက်သုံးမှုများပြားလာခြင်း၊ အမျိုးသားဦးရေ နည်းပါးသွားခြင်း၊ အမျိုးသမီးဦးရေ များပြားလာခြင်း နောက်ဆုံးအမျိုးသားတစ်ဦးက အမျိုးသမီး အယောက်(၅၀)၏ အရေးကိစ္စများနှင့်အကျိုးစီးပွားတို့ကို တာဝန်ယူထိမ်းသိမ်းစောင့်ရှောက်ရမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
@@ -8226,96 +8329,102 @@
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ အလ္လာဟ်ရှင်မြတ်သည် ကိယာမသ်နေ့၌ ကိုယ်တော်၏အွမ္မသ်သားများအနက်မှ တစ်ဦးအား လူသားများအားလုံးရှေ့၌ စာရင်းစစ်ဆေးရန်အတွက် ခေါ်ယူတော်မူပြီး ၎င်းအား လောက၌ ပြုလုပ်ခဲ့သည့် အပြစ်အကုသိုလ်များ ရေးမှတ်ထားသည့် မှတ်တမ်းစာအုပ် ကိုးဆယ့်ကိုးအုပ်ကို ဖွင့်ပြတော်မူမည်ဖြစ်သည်။ စာအုပ်တိုင်းသည် မျက်စိတစ်ဆုံးရှိလိမ့်မည်။ ထို့နောက် အလ္လာဟ်အရှင်မြတ်က ၎င်းအား ဤမှတ်တမ်းများတွင် ရေးမှတ်ထားသည့် အရာများအနက်မှ တစ်စုံတစ်ရာကို အသင်ငြင်းပယ်လိုပါသလော။ ငါအရှင်မြတ် တာဝန်ပေးထားသည့် မှတ်တမ်းရေးသားသူ မလာအိကဟ်များက သင်အားမတရားပြုခဲ့သလောဟု မေးမြန်းတော်မူမည်။ ထိုအခါ ၎င်းက အိုမွေးမြူဖန်ဆင်းတော်မူသောအရှင် မတရားမပြုခဲ့ကြပါဟု ဖြေကြားလိမ့်မည်။ ထိုအခါ အရှင်မြတ်က ၎င်းအား သင်လောက၌ ပြုလုပ်ခဲ့သည့်အပြစ်များအတွက် သင့်ထံ၌ အကြောင်းပြချက် ရှိပါသလော။ မေ့မှား၍ဖြစ်စေ၊ မေ့လျော့၍ဖြစ်စေ၊ မသိနားမလည်၍ဖြစ်စေ လုပ်ခဲ့မိပါသည်ဟူ၍ အကြောင်းပြချက်ပေးလိုပါသလောဟု မေးမြန်းတော်မူမည်။ ၎င်းက အိုမွေးမြူဖန်ဆင်းတော်မူသောအရှင် ကျွန်တော်မျိုးအကြောင်းပြချက် တင်ပြရန်လည်း မရှိပါဟု ဖြေကြားမည်။ ထိုအခါ ကြီးကျယ်မြင့်မြတ်တော်မူသော အလ္လာဟ်အရှင်မြတ်က ကောင်းပြီ အသင်၏ ကောင်းမှုတစ်ခု ငါအရှင်မြတ်ထံတော်တွင် ရှိနေသည်။ ယနေ့ အသင်မတရားပြုခြင်းခံရမည်မဟုတ်ဟု မိန့်ကြားတော်မူမည်။ ထို့နောက် စက္ကူငယ်လေးတစ်ခုထုတ်ပေးတော်မူပြီး ယင်း၌ (أَشْهَدُ أَنْ لاَ إِلَهَ إِلاَّ اللَّهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ) ‘အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ထိုက်သောအရှင် မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ အစေတော်နှင့် ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို ကျွန်တော်မျိုး သက်သေခံပါသည်။’ဟူ၍ ပါရှိသည်။ ၎င်းနောက် အလ္လာဟ်အရှင်မြတ်က ထိုသူအား ဤစက္ကူငယ်ကို သွားရောက်ချိန်စက်လော့ဟု မိန့်ကြားတော်မည်။ ထိုအခါ၎င်းက အံ့သြကြီးစွာဖြင့် အိုမွေးမြူဖန်ဆင်းတော်မူသောအရှင် ဤမှတ်တမ်းစာအုပ်ကြီးများနှင့် ဤစက္ကူငယ်မှာ မည်သို့ယှဥ်နိုင်ပါမည်နည်းဟု လျှောက်ထားခဲ့သည်။ ထိုအခါအရှင်မြတ်က အသင့်အဖို့ မတရားမှုဟူ၍ မရှိစေရဟု မိန့်ကြားတော်မူပြီး ချိန်ခွင်ခွက်တစ်ခုတွင် မှတ်တမ်းစာအုပ်ကြီးများထည့်၍ အခြားတစ်ဖက်တွင် ကလိမဟ်တော်ရေးသားထားသည့် စက္ကူငယ်ကိုထည့်လိုက်ရာ မှတ်တမ်းစာအုပ်ကြီးများသည် အလေးချိန်ပေါ့သွားပြီး စက္ကူငယ်သည် အလေးချိန်စီးသွားမည်ဖြစ်သည်။ ထို့နောက် အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအား ခွင့်လွှတ်ချမ်းသာပေးတော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>ကလိမာသောဝ်င်ဟီးဒ် “لاَ إِلَهَ إِلاَّ اللَّهُ”ကို သက်သေခံခြင်း၏ ကြီးကျယ်မှုနှင့် ၎င်းသည် မီဇာန်ချိန်ခွင်၌ အလေးစီးကြောင်းသိရှိရသည်။
 ကလိမဟ်တော် “لاَ إِلَهَ إِلاَّ اللَّهُ”ကို နှုတ်ဖြင့်ရွတ်ဆိုယုံဖြင့် မလုံလောက်ပါ။ ထိုကလိမဟ်တော်၏ အဓိပ္ပါယ်ကို သိနားလည်ပြီး ကလိမဟ်တော်၏ တောင်းဆိုချက်များအတိုင်း လိုက်နာကျင့်သုံးရန် အရေးကြီးသည်။
 အိခ်လာဆ်ွနှင့် သောင်ဝ်ဟီးဒ်၏ အင်အားသည် အပြစ်အကုသိုလ်များ ပယ်ဖျက်ပေးရန်အတွက် အကြောင်းခံတစ်ခုဖြစ်သည်။
 နှလုံးသားများတွင်ရှိသော အိခ်လာဆ်ွကွာခြားမှုပေါ်မူတည်၍ အီမာန်၏အဆင့်အတန်းသည်လည်း ကွာခြားသွားသည်။ ထို့ကြောင့်ပင် အချို့သူများသည် ကလိမဟ်တော်ကို ရွတ်ဆိုထားသော်လည်း ၎င်းတို့ကျူးလွန်ခဲ့ အပြစ်နှင့်အညီ ပြစ်ဒဏ်ပေးခြင်းခံရသည်။</t>
   </si>
   <si>
+    <t>[رواه الترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>အလ္လာဟ်အရှင်မြတ်သည် ဂျန္နသ်နှင့်ဂျဟန္နမ်ကို ဖန်ဆင်းတော်မူပြီးနောက် ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)အား ဂျန္နသ်သို့စေလွှတ်တော်မူခဲ့သည်။</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>အဗူဟူရိုင်ရဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ အလ္လာဟ်အရှင်မြတ်သည် ဂျန္နသ်နှင့်ဂျဟန္နမ်ကို ဖန်ဆင်းတော်မူပြီးနောက် ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)အား ဂျန္နသ်သို့စေလွှတ်တော်မူခဲ့သည်။  ထို့နောက် အရှင်မြတ်က မိန့်တော်မူသည်မှာ အသင်သည် ဂျန္နသ်သုခဘုံနှင့် ၎င်းထဲ၌ သုခဘုံသားတို့အတွက် ပြင်ဆင်ထားသောအရာများကို ကြည့်ရှုလော့။ သို့ဖြစ်၍ ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)သည် ၎င်းတို့အားကြည့်ရှုပြီး ပြန်လာခဲ့သည်။ ထို့နောက် ၎င်းက လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ မည်သူမဆို ထိုဂျန္နသ်သုခဘုံအကြောင်း ကြားသိခဲ့ပါက မုချဝင်ရောက်မည်ပင်ဖြစ်သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်က ၎င်းဂျန္နသ်အား မနှစ်မြို့ဖွယ်ရာများနှင့် ဝန်းရံထားရန် အမိန့်ပေးတော်မူခဲ့သည်။ ထို့နောက် အရှင်မြတ်က အသင်ဂျန္နသ်သို့သွားရောက်၍ ဂျန္နသ်သုခဘုံနှင့် ၎င်းထဲ၌ သုခဘုံသားတို့အတွက် ပြင်ဆင်ထားသောအရာများကို ကြည့်ရှုလော့ဟု မိန့်ကြားတော်မူသည်။ ထိုအခါဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)က ဂျန္နသ်သုခဘုံကို ကြည့်ရှုရာ မနှစ်မြို့ဖွယ်ရာများဖြင့် ဝန်းရံခြင်းခံထားရသည်ကို မြင်တွေ့ခဲ့သည်။ ထိုအခါ ၎င်းက လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ ထိုဂျန္နသ်အားမည်သူမျှပင် မဝင်ရောက်နိုင်တော့မည်ကို ကျွန်တော်မျိုး စိုးရိမ်မိပါသည်။ ထို့နောက် အရှင်မြတ်ကမိန့်တော်မူသည်မှာ အသင်သည် ဂျဟန္နမ် ငရဲဘုံနှင့် ၎င်းထဲ၌ ငရဲသားတို့အဖို့ ပြင်ဆင်ထားသောအရာများကို သွားရောက်ကြည့်ရှုလော့။ ထိုအခါ ဂျိဗ်ရီလ် (عَلَيْهِ السَّلَامُ)သည် ဂျဟန္နမ်ငရဲဘုံကို ကြည့်ရှု့ခဲ့ရာ ၎င်းမှမီးတောက်မီးလျှံများ လွင့်ဖြာထွက်နေသည်ကို မြင်တွေ့ခဲ့သည်။ ထို့နောက်ဂျိဗ်ရီလ်(عَلَيْهِ السَّلَامُ)ကပြန်လာ၍ လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ပြောဆိုပါသည်။ ထိုဂျဟန္နမ်ငရဲဘုံအား မည်သူမျှ ဝင်ရောက်လိမ့်မည်မဟုတ်ပါ။ ထိုအခါအလ္လာဟ်အရှင်မြတ်က ၎င်းဂျဟန္နမ်အား စိတ်အလိုရမ္မက်များဖြင့် ဝန်းရံထားရန်အမိန့်ပေးတော်မူခဲ့သည်။ ထို့နောက်အလ္လာဟ်အရှင်မြတ်က အသင်ဂျဟန္နမ်အား ပြန်သွားကြည့်လော့ဟုမိန့်တော်မူသည်။ထိုအခါ ဂျိဗ်ရီလ်(عَلَيْهِ السَّلَامُ)က ဂျဟန္နမ်ကိုကြည့်ရှုခဲ့ရာ ၎င်းသည် စိတ်အလိုရမ္မက်များဖြင့် ဝန်းရံခြင်းခံထားရသည်ကို တွေ့ရှိခဲ့သည်။ ထို့နောက်ပြန်လာ၍ လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ ဂျဟန္နမ်မှ မည်သူမျှ မလွတ်မြောက်နိုင်ဘဲ ဝင်ရောက်ကြမည်ကို ကျွန်တော်မျိုးစိုးရိမ်မိပါသည်။</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်မှာ အလ္လာဟ်အရှင်မြတ်သည် ဂျန္နသ်နှင့် ဂျဟန္နမ်ကို ဖန်ဆင်းတော်မူပြီးနောက် ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)အား သင်သည် ဂျန္နသ်သို့သွားရောက် ကြည့်ရှုလော့ဟု မိန့်ကြားတော်မူခဲ့သည်။  သို့ဖြစ်၍ ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)သည် ဂျန္နသ်အားသွားရောက်ကြည့်ရှုကာ ပြန်လာခဲ့သည်။ ၎င်းနောက် အရှင်မြတ်အား လျှောက်ထားသည်မှာ အရှင်မြတ်၏ ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ တစ်စုံတစ်ယောက်သည် ဂျန္နသ်၌ရှိသော စည်းစိမ်များ၊ မွန်မြတ်မှုများနှင့် ကောင်းခြင်းများကို ကြားသိခဲ့ပါက မုချဝင်ရောက်လိုမည်ဖြစ်ပြီး ဂျန္နသ်ရရှိရန် ကျင့်ကြံအားထုတ်မည်ဖြစ်သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်က ၎င်းဂျန္နသ်အား စိတ်မနှစ်မြို့ဖွယ်ရာများ၊ အမိန့်နာခံခြင်းနှင့် တားမြစ်ချက်များမှ ရှောင်ကြဉ်ခြင်းကဲ့သို့ ခက်ခဲသည့် ကျင့်ဆောင်မှုများဖြင့် ဝန်းရံတော်မူခဲ့သည်။ သို့ဖြစ်၍ ဂျန္နသ်သို့ ဝင်ရောက်လိုသူတိုင်းသည် ထိုစိတ်မနှစ်မြို့ဖွယ်ရာများကို ဖြတ်ကျော်ရမည်သာဖြစ်သည်။ အရှင်မြတ်က ဂျန္နသ်အား မနှစ်မြို့ဖွယ်ရာများဖြင့် ဝန်းရံတော်မူပြီးနောက် အို- ဂျစ်ဗ်ရီလ် အသင်ဂျန္နသ်သို့သွားရောက် ကြည့်ရှုလော့ဟု မိန့်ကြားတော်မူသည်။ ထိုအခါ ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)သည် ဂျန္နသ်အားသွားရောက်ကြည့်ရှုကာ ပြန်လာခဲ့သည် ၎င်းနောက် အရှင်မြတ်အား လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ ဂျန္နသ်သွားမည့် လမ်းတွင်ရှိသော ခက်ခဲပင်ပန်းမှုများကြောင့် ဂျန္နသ်အားမည်သူမျှပင် မဝင်ရောက်နိုင်တော့မည်ကို ကျွန်တော်မျိုး စိုးရိမ်မိပါသည်။ ၎င်းနောက် အရှင်မြတ်သည် ဂျဟန္နမ်ကို ဖန်ဆင်းတော်မူပြီးနောက် အို- ဂျစ်ဗ်ရီလ် သင်သည် ဂျဟန္နမ်သို့သွားရောက် ကြည့်ရှုလော့ဟု မိန့်ကြားတော်မူခဲ့သည်။  သို့ဖြစ်၍ ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)သည် ဂျဟန္နမ်အား သွားရောက်ကြည့်ရှုကာ ပြန်လာခဲ့သည်။ ၎င်းနောက် အရှင်မြတ်အား လျှောက်ထားသည်မှာ အရှင်မြတ်၏ ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ တစ်စုံတစ်ယောက်သည် ဂျဟန္နမ်ငရဲဘုံ၌ရှိသော အဇာဗ်ပြစ်ဒဏ်များ၊ ဆင်းရဲဒုက္ခများကို ကြားသိခဲ့ပါက လုံးဝဝင်ရောက်လိုမည် မဟုတ်ဘဲ ဂျဟန္နမ်သို့ ကျရောက်စေမည့် အကြောင်းခံများနှင့် ဝေးဝေးနေမည်ပင်ဖြစ်သည်။ ထို့နောက် အလ္လာဟ်အရှင်မြတ်သည် စိတ်အလိုရမ္မက်များ၊ အရသာခံစားမှုများကို ဂျဟန္နမ်သို့ရောက်ရှိမည့် လမ်းအဖြစ် ပြုလုပ်ရန် အမိန့်ပေးတော်မူခဲ့သည်။ ထို့နောက် အို- ဂျစ်ဗ်ရီလ် အသင်ဂျဟန္နမ်သို့သွားရောက် ကြည့်ရှုလော့ဟု မိန့်ကြားတော်မူသည်။ ထိုအခါ ဂျစ်ဗ်ရီလ်(عَلَيْهِ السَّلَامُ)သည် ဂျဟန္နမ်အား သွားရောက်ကြည့်ရှုကာ ပြန်လာခဲ့သည်။ ၎င်းနောက် အရှင်မြတ်အား လျှောက်ထားသည်မှာ အရှင့်ဂုဏ်သိက္ခာတော်ကိုကျိန်ဆို၍ ပြောဆိုပါသည်။ ဂျဟန္နမ်၏ ပတ်လည်တွင်ရှိသော စိတ်အလိုရမ္မက်များ၊ အရသာခံစားမှုများကြောင့် ဂျဟန္နမ်မှ မည်သူမျှ မလွတ်မြောက်မည်ကို ကျွန်တော်မျိုးစိုးရိမ်မိပါသည်။</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>ဂျန္နသ်နှင့် ဂျဟန္နမ်သည် ယခုတည်ရှိနေကြောင်း အီမာန်သက်ဝင်ယုံကြည်ရမည်။
 အကွယ်ကို အီမာန်သက်ဝင်ယုံကြည်ရန်နှင့် အလ္လာဟ်အရှင်မြတ်နှင့် အရှင်မြတ်၏ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားထားသည့် အရာတိုင်းကို အီမာန်သက်ဝင်ယုံကြည်ရန် တာဝန်ရှိသည်။
 မနှစ်မြို့ဖွယ်ရာများကို သည်းခံရမည်။အဘယ်ကြောင့်ဆိုသော် ၎င်းတို့သည် ဂျန္နသ်သို့ပို့ဆောင်ပေးမည့် လမ်းပင်ဖြစ်သည်။
 တားမြစ်ထားသည့်အရာများမှ ရှောင်ကြဉ်ရမည်။ အဘယ်ကြောင့်ဆိုသော် ၎င်းတို့သည် ဂျဟန္နမ်သို့ ပို့ဆောင်ပေးမည့်လမ်းပင်ဖြစ်သည်။
 ဂျန္နသ်သုခဘုံအား မနှစ်မြို့ဖွယ်ရာများဖြင့် ဝန်းရံထားပြီး၊ ဂျဟန္နမ်ငရဲဘုံအား စိတ်အလိုရမ္မက်များဖြင့် ဝန်းရံထားသည်။ ဤသည် လောကီဘဝသက်တမ်းတွင် စမ်းသပ်မှုပင်ဖြစ်သည်။
 ဂျန္နသ်သို့သွားရာလမ်းသည် ခက်ခဲကြမ်းတမ်းပြီး အီမာန်ယုံကြည်မှုနှင့်အတူ သည်းခံခြင်းတရားလက်ကိုင်းထားရန် လိုအပ်သည်။ ဂျဟန္နမ်သို့သွားရာလမ်းသည် စိတ်အလိုရမ္မက်များ၊ လောကီစည်းစိမ်ချမ်းသားများဖြင့် ပြည့်နှက်နေသည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65034</t>
   </si>
   <si>
     <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>သေခြင်းတရားသည် အနက်ရောင်အမွေးအနည်းငယ်ပါရှိသော သိုးဖြူတစ်ကောင်၏အသွင်သဏ္ဍာန်ဖြင့်ယူဆောင်လာခြင်းခံရမည်။</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>အဗူစအီးဒ်ခုဒ်ရီ(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ သေခြင်းတရားသည် အနက်ရောင်အမွေးအနည်းငယ်ပါရှိသော သိုးဖြူတစ်ကောင်၏အသွင်သဏ္ဍာန်ဖြင့်ယူဆောင်လာခြင်းခံရမည်။  ၎င်းနောက် ကြေညာသူတစ်ဦးက ကြေညာမည်မှာ အို ဂျန္နသ်သုခဘုံသားတို့၊ ၎င်းတို့ကခေါင်းထောင်ပြီးကြည့်ကြမည်။ ထိုအခါ၎င်းက ဤအရာကိုအသင်တို့သိကြလေသလောဟုမေးလိမ့်မည်။ ၎င်းတို့ကဟုတ်ကဲ့ ဤအရာသည် သေခြင်းတရားဖြစ်ပါသည်ဟု အဖြေပေးကြမည်။ ၎င်းတို့အားလုံးသည် ထိုသေခြင်းတရားအား (သိရှိ)မြင်တွေ့ခဲ့ကြပြီးဖြစ်မည်။ ထို့နောက်၎င်းက ကြေညာမည်မှာ အို-ငရဲသားအပေါင်းတို့ ၎င်းတို့ကခေါင်းထောင်ကြည့်ကြမည်။ ထိုအခါ၎င်းက ဤအရာကိုအသင်တို့သိကြလေသလောဟု မေးလိမ့်မည်။ ၎င်းတို့က ဟုတ်ကဲ့၊ ဤအရာသည် သေခြင်းတရားဖြစ်ပါသည်ဟု အဖြေပေးကြမည်။ ၎င်းတို့အားလုံးသည် ထိုသေခြင်းတရားအား(သိရှိ)မြင်တွေ့ခဲ့ကြပြီးဖြစ်မည်။ ထိုအခါသေခြင်းတရားသည်(သိုးပုံစံနှင့်) လည်လှီးခြင်းခံလိုက်ရမည်။ထို့နောက် ကြေညာသူကပြောမည်မှာ အို-ဂျန္နသ်သုခဘုံသားတို့ သေခြင်းတရားမရှိတော့သည့်ထာဝရ(အကျိုး)ကိုခံစားကြကုန်။ တဖန်အို-ဂျဟန္နမ်ငရဲသားတို့ သေခြင်းတရားမရှိတော့သည့် ထာဝရ(ဒုက္ခ)ကို ခံစားကြကုန်။ ထို့နောက် ကိုယ်တော်မြတ်သည် (ဤအာယသ်တော်အား)ဖတ်ရွတ်တော်မူခဲ့သည်။ (၎င်းပြင် (အို-နဗီတမန်တော်)အသင်သည် ၎င်းတို့အား အမှန်စင်စစ် ၎င်းတို့သည် အလေးမမူ ဂရုမစိုက်ဘဲရှိနေကြပေရာ အကြင်ဝမ်းနည်းကြေကွဲရမည့်နေ့နှင့် စပ်လျဉ်း၍ သတိပေးနှိုးဆော်ပါလေ။ ယခုအခါ သူတို့သည်မေ့လျော့ပေါ့ဆ၍နေကြ၏။ထိုနေ့တွင် အမှုကိစ္စအဝဝသည် (နောက်ဆုံးအနေဖြင့်) စီရင်ဆုံးဖြတ်ပြီး ဖြစ်အံ့သတည်း။) ကုရ်အာန် (၁၉း၃၉) ထိုသို့မေ့လျော့မှု၌ ရှိနေကြသူတို့သည် လောကီသမားများပင် ဖြစ်ကြပေသည်။ (ထို့အပြင် ၎င်းတို့သည် မယုံကြည်ကြချေ။) ကုရ်အာန် (၁၉း၃၉)</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
@@ -8849,53 +8958,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>အဗ်ဒုလ္လာဟ်ဗင်အမ်ရ်(ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ကုရ်အာန်ကျွမ်းကျင်သူအား ပြောမည်မှာ- ဖတ်ပါ၊ တက်ပါ၊ အသင်လောက၌ ရှိစဥ်အခါက သရ်သီလ်နှင့်ဖတ်ခဲ့သည့်အတိုင်း သရ်သီလ်နှင့်ဖတ်ပါ။အသင်၏ အဆင့်အတန်းသည် သင်နောက်ဆုံး ဖတ်ရွတ်လိုက်သည့် အာယသ်တော်နှင့်အညီ ရှိနေမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူခဲ့သည်။ ကုရ်အာန်ကျမ်းမြတ်ကို ဖတ်ရွတ်သူ၊ ကျမ်းလာအတိုင်း အမလ်ကျင့်ဆောင်သူ၊ ကုရ်အာန်ကျမ်းမြတ်ကို အမြဲတ‌စေဖတ်ရွတ်ပြီး အာဂုံဆောင်သူသည် ဂျန္နသ်သို့ဝင်ရောက်သည့်အခါ ဤသို့ပြောကြားခြင်းခံရမည်ဖြစ်သည်။ အသင်ကုရ်အာန်ကျမ်းမြတ်ကို ဖတ်ပါ၊ ဂျန္နသ်၏အဆင့်များသို့တက်ပါ အသင်လောက၌ ရှိစဥ်အခါက ဖြည်းညင်းတည်ငြိမ်စွာဖြင့် ဌာန်ကရိုဏ်းကျစွာဖတ်ခဲ့သည့်အတိုင်း သရ်သီလ်နှင့်ဖတ်ပါ။ အသင်၏ အဆင့်အတန်းသည် တစ်အာယသ်ပြီးတိုင်း အဆင့်တစ်ဆင့်တက်သွားပြီး သင်နောက်ဆုံး ဖတ်ရွတ်လိုက်သည့် အာယသ်တော်နှင့်အညီ အဆင့်အတန်းရရှိမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>အမလ်ကျင့်ဆောင်မှုများ၏ ပမာဏနှင့် ကျင့်ဆောင်သည့်နည်းလမ်းပေါ်မူတည်၍ အစားပြန်လည်ရရှိမည်ဖြစ်သည်။
 ကုရ်အာန်ကျမ်းတော်မြတ်ကို ကျွမ်းကျင်စွာ ဖတ်ရွတ်ရန်၊ ကျက်မှတ်ရန်၊ စဉ်းစားတွေးတောရန်၊ လိုက်နာကျင့်သုံးရန် တိုက်တွန်းထားသည်။
 ဂျန္နသ်တွင် အဆင့်အတန်းများစွာရှိပြီး ကုရ်အာန်ကျမ်းမြတ်ကို ဖတ်ရွတ်ပြီး လိုက်နာကျင့်သုံးသူများသည် ဂျန္နသ်တွင်အမြင့်ဆုံးအဆင့်အတန်းကို ရရှိမည်ဖြစ်သည်။</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>ကုရ်အာန်ကျမ်းမြတ်ကို အသံကျယ်စွာ ဖတ်ရွတ်သူသည် လူသိရှင်ကြား ဆွဒ်ကဟ်အလှူဒါနပြုသူကဲ့သို့ဖြစ်သည်။ ကုရ်အာန်ကျမ်းမြတ်ကို တီးတိုးစွာ ဖတ်ရွတ်သူသည် တိတ်တဆိတ် ဆွဒ်ကဟ်အလှူဒါနပြုသူကဲ့သို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>အွက်ဗဟ်ဗင်န်အာမိရ် အလ်ဂျုဟနီ(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)မိန့်ကြားတော်မူသည်။ ကုရ်အာန်ကျမ်းမြတ်ကို အသံကျယ်စွာ ဖတ်ရွတ်သူသည် လူသိရှင်ကြား ဆွဒ်ကဟ်အလှူဒါနပြုသူကဲ့သို့ဖြစ်သည်။ ကုရ်အာန်ကျမ်းမြတ်ကို တီးတိုးစွာ ဖတ်ရွတ်သူသည် တိတ်တဆိတ် ဆွဒ်ကဟ်အလှူဒါနပြုသူကဲ့သို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်းပြတော်မူခဲ့သည်။ ကုရ်အာန်ကျမ်းမြတ်ကို အသံကျယ်စွာ ဖတ်ရွတ်သူသည် ပေါ်လွင်ထင်ရှားစွာ အလှူဒါနပြုသူကဲ့သို့ဖြစ်ပြီး ကုရ်အာန်ကျမ်းမြတ်ကို တီးတိုးစွာ ဖတ်ရွတ်သူသည် လျှို့ဝှက်စွာ အလှူဒါနပြုသူကဲ့သို့ဖြစ်သည်။</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>လျှို့ဝှက်စွာ အလှူဒါနပြုခြင်းသည် ပို၍မွန်မြတ်သကဲ့သို့ ကုရ်အာန်ကျမ်းမြတ်ကို တိတ်တဆိတ်ဖတ်ရွတ်ခြင်းသည်လည်း ပို၍မွန်မြတ်သည်။ ထိုသို့ပြုခြင်း၌ စိတ်ထားဖြူစင်မှုရှိခြင်း၊ ရိယာအ် (ပြစားမှု)နှင့် မိမိကိုယ်မိမိ အထင်ကြီးမှုမှကင်‌‌ဝေးသည့်အတွက်ကြောင့်ဖြစ်သည်။ သို့သော် ကုရ်အာန်ကို သင်ကြားခြင်းကဲ့သို့သော အသံကျယ်ကျယ် ဖတ်ရွတ်ရန် လိုအပ်လာခြင်း၊ ထို့အတူ အသံကျယ်ကျယ်ရွတ်ဖတ်ခြင်း၌ ကောင်းကျိုးရှိသည်ဆိုပါက အသံကျယ်လောင်စွာဖတ်ရွတ်နိုင်သည်။</t>
@@ -9135,50 +9241,53 @@
   </si>
   <si>
     <t>အလီ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ပြောကြားခဲ့သည်။ ကျွန်ုပ်သည် ဤကဲ့သို့သောသူဖြစ်သည်။ ကျွန်ုပ်သည် အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံမှ ဟဒီးဆ်တော်တစ်ပုဒ်အားကြား နာရသောအခါ ထိုဟဒီးဆ်တော်မှ အကျိုးခံစားနိုင်ရန်အလို့ငှာ အလ္လာဟ်အရှင်မြတ်သည်မိမိအလိုရှိသည့်အတိုင်း ကျွန်ုပ်အားအကျိုးဖြစ်ထွန်းစေတော်မူ၏။ ကိုယ်တော်၏ ဆွဟာဗဟ်များအနက်မှ တစ်ဦးတစ်ယောက်သည် ကျွန်ုပ်အား ဟဒီးဆ်တော်တစ်ပုဒ်ဆင့်ပြန်ပါက ကျွန်ုပ်သည် ၎င်းအားကျိန်ဆိုစေသည်။ အကယ်၍ ၎င်းကကျွန်ုပ်အားကျိန်ဆိုပြလျှင် သူ့အားကျွန်ုပ်ထောက်ခံသည်။ အမှန်တကယ်ပင် အဗူဗက်ရ် (ရဿွိယလ္လာဟုအန်ဟု)သည် ကျွန်ုပ်အား ဟဒီးဆ်တော်တစ်ပုဒ် ဆင့်ပြန်ခဲ့သည်။ အဗူဗက်ရ် (ရဿွိယလ္လာဟုအန်ဟု)သည် အမှန်ကိုပင် ပြောကြားခဲ့သည်။ ၎င်းကပြောသည်မှာ ကျွန်ုပ်သည် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့ရသည်။ “လူတစ်ဦးသည် အပြစ်အကုသိုလ်တစ်ခု ကျူးလွန်ပြီးနောက်(ဝုဿွူရေ) သန့်စင်မှုပြုလုပ်မည်။ ထို့နောက် ဆွလာသ်ဆောက်တည်မည်။ ၎င်းနောက်အလ္လာဟ်အရှင်မြတ်ထံတော်ပါးတွင် အပြစ်မှ ခွင့်လွှတ်ချမ်းသာခွင့် တောင်းခံပါက အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအားမုချ ခွင့်လွှတ်တော်မူမည်ဖြစ်သည်။”  ထို့နောက် ကိုယ်တော်သည် ဤအာယသ်တော်အား ရွတ်ဖတ်တော်မူခဲ့သည်။ (ထို့ပြင်တဝ ယင်းသူတော်စင်များသည် ညစ်ညမ်းသော ကိစ္စတရပ်ရပ်ကို ပြုလုပ်မိကြသည်ဖြစ်စေ၊ မိမိတို့ကိုယ်ကို နှိပ်စက်ညှင်းပန်းမိကြသည်ဖြစ်စေ (ပြုမိလျှင်ပြုမိခြင်း) အလ္လာဟ်အရှင်မြတ်အား အောက်မေ့ တသ သတိရကြကုန်၏။ ထို့နောက် မိမိတို့အပြစ်များမှ ချမ်းသာရန်အလို့ငှါ (အလ္လာဟ်အရှင်မြတ် အထံတော်၌) အသနားခံ တောင်းပန်ကြကုန်၏။) ကုရ်အာန် (၃:၁၃၅)</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က အသိပေးမိန့်ကြားထားသည်မှာ လူတစ်ဦးသည် အပြစ်အကုသိုလ်တစ်ခု ကျူးလွန်ပြီးနောက် ကောင်းမွန်စွာ (ဝုဿွူရေ) သန့်စင်မှုပြုလုပ်မည်။ ထို့နောက် ဤအပြစ်အကုသိုလ်မှ သောင်ဝ်ဗဟ် အမှားဝန်ချ တောင်းပန်မှုပြုရန် ရည်ရွယ်ချက်ဖြင့် ဆွလာသ်ဆောက်တည်မည်။ ၎င်းနောက် အလ္လာဟ်အရှင်မြတ်ထံတော်ပါးတွင် အပြစ်မှ ခွင့်လွှတ်ချမ်းသာခွင့် တောင်းခံပါက အလ္လာဟ်အရှင်မြတ် သည် ၎င်းအားမုချခွင့်လွှတ်တော်မူမည်ဖြစ်သည်။ ထို့နောက် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် ဤအာယသ်တော်ကို ရွတ်ဖတ်တော်မူသည်။ (ထို့ပြင်တဝ ယင်းသူတော်စင်များသည် ညစ်ညမ်းသော ကိစ္စတရပ်ရပ်ကို ပြုလုပ်မိကြသည် ဖြစ်စေ၊ မိမိတို့ကိုယ်ကို နှိပ်စက်ညှင်းပန်းမိကြသည်ဖြစ်စေ (ပြုမိလျှင်ပြုမိခြင်း) အလ္လာဟ်အရှင်မြတ်အား အောက်မေ့ တသ သတိ ရကြကုန်၏။ ထို့နောက် မိမိတို့အပြစ်များမှ ချမ်းသာရန်အလို့ငှါ(အလ္လာဟ်အရှင်မြတ် အထံတော်၌) အသနားခံ တောင်းပန်ကြကုန်၏။ စင်စစ်သော် ကား အလ္လာဟ်အရှင်မြတ်မှတစ်ပါး အပြစ်များမှ ချမ်းသာခွင့်ပေးနိုင်သောသူသည် အဘယ်သူနည်း။ တဖန် ယင်းသူတို့သည် မိမိတို့ ပြုလုပ်မိကြသော (ပြစ်မှုဒုစရိုက်များကို) ဇွတ်တိုး၍ မိမိတို့ကိုယ်တိုင်သိနားလည်ကြပါလျက်နှင့် လက်မလျှော့ဘဲ ပြုမြဲပြုနေခဲ့ကြသည်လည်း မဟုတ်ချေ။) ကုရ်အာန် (၃:၁၃၅)</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>အပြစ်အကုသိုလ် ကျူးလွန်ပြီးနောက် ဆွလာသ်ဝတ်ပြုရန်၊ ထို့နောက် ခွင့်လွှတ်ချမ်းသာခွင့်တောင်းခံရန် ဟဒီးဆ်တော်၌ တိုက်တွန်းထားသည်။
 ကြီးကျယ်မြင့်မြတ်တော်မူသော အလ္လာဟ်အရှင်မြတ်၏ ခွင့်လွှတ်ချမ်းသာ ပေးမှုသည် ကျယ်ဝန်းလှပြီး အရှင်မြတ်သည်‘သောင်ဝ်ဗဟ်’ အမှားဝန်ချတောင်းပန်ခြင်းနှင့် ‘အိစ်သိဂ်ဖာရ်’ လွတ်ငြိမ်းချမ်းသာခွင့်တောင်းခံခြင်းတို့ကို လက်ခံတော်မူသည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65063</t>
   </si>
   <si>
     <t>يُحسَب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>သင့်အပေါ် ၎င်းတို့၏သစ္စာဖောက်မှု၊ အမိန့်မနာခံမှု၊ လိမ်လည်မှုတို့နှင့် ၎င်းတို့အား သင်ပေးသည့် ပြစ်ဒဏ်တို့ကို နှိုင်းယှဉ်တိုင်းဆမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عن عائشة أنَّ رَجُلًا قَعَد بين يَدَي النَّبيّ صلَّى الله عليه وسلَّم فقال: يا رسولَ الله، إنَّ لي مملوكَيْن يَكْذِبونَنِي ويخُونونَني ويَعْصُونني، وأَشْتُمُهُم وأضْرِبهم فَكَيْف أنا مِنْهُم؟ قال: يُحسَب ما خانوكَ وعَصَوْك وكَذَّبُوكَ وعِقابُك إيّاهُم، فإن كان عِقابُك إيّاهُمْ بِقَدْر ذُنوبهِم كان كَفافًا، لا لَكَ ولا عَلَيْكَ، وإن كان عِقابُكَ إيّاهُم دون ذُنوبهِم كان فَضْلًا لَك، وإن كان عِقابُك إيّاهُم فوق ذُنوبهم اقْتُصَّ لهم مِنْك الفَضْلُ. قال: فتَنَحَّى الرَّجُلُ فجَعَل يَبْكِي ويَهْتِف، فقال رسول الله صلَّى الله عليه وسلَّم: أما تقرأ كتابَ الله {وَنَضَعُ المَوَازينَ القِسْطَ ليومِ القِيامةِ فلا تُظلَمُ نفسٌ شيئًا وإنْ كان مثقالَ حبَّةٍ منْ خَردلٍ أَتينا بها} الآية. فقال الرَّجل: والله يا رسول الله ما أجِد لي ولهم شيئًا خيرًا مِن مُفارَقَتِهِم، أُشْهِدُك أنهُم أحرارٌ كلُّهم.</t>
   </si>
   <si>
     <t>အာအိရှဟ်(ရဿွိယလ္လာဟုအန်ဟာ)က ဆင့်ပြန်ခဲ့သည်။ ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)၏ ရှေ့တော်မှောက်တွင်ထိုင်၍ လျှောက်ထားသည်မှာ အို - အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် ကျွန်တော်မျိုးတွင် ကျွန်နှစ်ယောက်ရှိပါသည်။ ၎င်းတို့သည် ကျွန်တော့်အား မုသားစကားပြောကြသည်။ ကျွန်တော့်အား သစ္စာဖောက်ကြသည်။ ကျွန်တော့်အမိန့်ကို မနာခံကြပေ။ ကျွန်တော်သည် ၎င်းတို့အား ဆူပူကြိမ်းမောင်းကာ ရိုက်ပါသည်။ သို့ဖြစ်၍ ၎င်းတို့နှင့်ပတ်သက်၍ ကျွန်တော်မျိုး၏အမှုကိစ္စသည် မည်သို့ဖြစ်မည်နည်း။ ကိုယ်တော်ကမိန့်ကြားတော်မူသည်မှာ သင့်အပေါ် ၎င်းတို့၏သစ္စာဖောက်မှု၊ အမိန့်မနာခံမှု၊ လိမ်လည်မှုတို့နှင့် ၎င်းတို့အား သင်ပေးသည့်ပြစ်ဒဏ်တို့ကို နှိုင်းယှဉ်တိုင်းဆမည်ဖြစ်သည်။ အကယ်၍ သင်ပေးသည့်ပြစ်ဒဏ်သည် ၎င်းတို့အပြစ်များ၏ အတိုင်းအတာနှင့်အညီဖြစ်ခဲ့လျှင် (ပြစ်မှု နှင့်ပြစ်ဒဏ်) နှစ်မျိုးစလုံး ညီမျှသွားပြီဖြစ်သဖြင့် သင့်အတွက်မည်သည့် ကောင်းကျိုးမျှမရှိသလို မည်သည့်ပြစ်ဒဏ်မျှလည်းမရှိပေ။ အကယ်၍ ၎င်းတို့အား သင်ပေးသည့်ပြစ်ဒဏ်သည် ၎င်းတို့၏အပြစ်ထက်နည်းပါက သင်အကျိုးကုသိုလ်ရရှိမည်။ အကယ်၍ ၎င်းတို့အားသင်ပေးသည့်ပြစ်ဒဏ်သည် ၎င်းတို့၏အပြစ်ထက်ပိုများပါက ပိုသွားသမျှကို သင်၏အကျိုးကုသိုလ်မှယူပြီး ၎င်းတို့အားပေးမည်ဖြစ်သည်။ ဆင့်ပြန်သူကပြောသည်မှာ ထိုအခါ ၎င်းပုဂ္ဂိုလ်သည် အခြားတနေရာသို့သွားကာ ငိုကြွေးလေတော့သည်။ ထိုအခါ တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ အသင်သည် အလ္လာဟ်အရှင်မြတ်၏ကျမ်းမြတ်၌ မဖတ်ခဲ့လေသလော (စင်စစ် ငါအရှင်မြတ်သည် ကိယာမသ်ရှင်ပြန်ထမည့်နေ့တွင် မျှတသောချိန်ခွင်များကို ထားရှိတော်မူသည်။ သို့ဖြစ်ပေရာ မည်သူတစ်ဦးတစ်ယောက်မျှ အနည်းငယ်စိုးစဉ်းမျှပင် မတရားသဖြင့်နှိပ်စက်ခြင်းကို ခံရမည်မဟုတ်ပေ။ စင်စစ်အကယ်၍ (တစ်ဦးတစ်ယောက်၌) မုန်ညင်းစေ့တစ်စေ့မျှ အလေးချိန်ရှိသော(ကောင်းမှုပင်) ရှိသော်ငြားလည်း ငါအရှင်မြတ်သည် ယင်းမုန်ညင်းစေ့တစ်စေ့ကိုလည်း (ရှေ့တော်မှောက်သို့) ယူလာတော်မူမည်သာဖြစ်သည်။) ကုရ်အာန် (၂၁:၄၇) ထိုပုဂ္ဂိုလ်ကပြောသည်မှာ အလ္လာဟ်အရှင်မြတ်ကိုတိုင်တည်ပါသည် အိုအလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် ၎င်းတို့နှင့်ခွဲခွါလိုက်ခြင်းထက် ကျွန်တော့်အတွက်ရော သူတို့အတွက်ပါ ပိုကောင်းသည့်အရာကို ကျွန်တော်မတွေ့တော့ပါ။ ကိုယ်တော့်အား သက်သေထားပါသည်။ ဧကန်မုချ ၎င်းတို့အားလုံးသည် ကျွန်အဖြစ်မှလွတ်မြောက်ကာ လွတ်လပ်သူများ ဖြစ်သွားကြပါပြီ။</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، فتنحَّى الرجل وجعل يبكي ويصرخ، فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا} الآية، فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أشهدك أنهم أحرار لوجه الله كلّهم؛ ذلك لأنّ المحافظة على مراعاة المحاسبة والمطالبة عَسِرٌ جدًّا.
 فالرد على الظلم له أحوال، فإن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة في الرد فهو محرم ويُعاقب عليه.</t>
   </si>
   <si>
     <t>ပုဂ္ဂိုလ်တစ်ဦးသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ လာရောက်၍ မိမိ၏ကျွန်များ၏ မကောင်းသည့်အကျင့်စရိုက်များနှင့်ပတ်သက်၍ တိုင်တန်းခဲ့သည်။ ၎င်းတို့သည် သူ့အားလိမ်လည်ပြောဆိုကြပြီး အပ်နှံထားသောအရာနှင့်ပတ်သက်၍ သစ္စာမရှိကြပေ။ အပေးအယူကိစ္စများ၌ လိမ်လည်လှည့်ဖြားကြသည်။ သူ၏အမိန့်ကို ဖီဆန်ကြသည်။ထို့ကြောင့် ၎င်းကလည်း ကျွန်များအား ဆုံးမသည့်အနေဖြင့်ဆဲဆိုကြိမ်းမောင်းကာ ရိုက်နှက်သည်။ သို့ဖြစ်၍ ထိုပုဂ္ဂိုလ်သည် ကိုယ်တော့်အား ကိယာမသ်နေ့၌ ၎င်းတို့နှင့်စပ်လျဉ်း၍ မိမိ၏အခြေအနေ မည်သို့ရှိမည်ကို မေးမြန်းခဲ့သည်။ ထိုအခါ ကိုယ်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ဖြေကြားသည်မှာ သင့်အပေါ် ၎င်းတို့၏ သစ္စာဖောက်မှု၊ အမိန့်မနာခံမှု၊ လိမ်လည်မှုတို့နှင့် ၎င်းတို့အား သင်ပေးသည့်အပြစ်ဒဏ်တို့ကို နှိုင်းယှဉ်တိုင်းတာမည်ဖြစ်သည်။ အကယ်၍ ပြစ်ဒဏ်၏ပမာဏသည် ၎င်းတို့၏အပြစ်များနှင့် ညီမျှပါက သင့်အတွက်မည်သည့်ကောင်းကျိုးမျှမရှိသလို မည်သည့်ပြစ်ဒဏ်မျှလည်းမရှိပေ။ အကယ်၍ သင်ပေးသည့်ပြစ်ဒဏ်၏ ပမာဏသည် ၎င်းတို့၏အပြစ်များထက် နည်းပါက သင်အကျိုးကုသိုလ်ရရှိမည်ဖြစ်သည်။ အကယ်၍ သင်ပေးသည့်ပြစ်ဒဏ်သည် ၎င်းတို့၏အပြစ်များထက်များပါက သင်အပြစ်ပေးခြင်းခံရမည်ဖြစ်ပြီး ပိုသမျှအတိုင်းအတာကို သင့်ထံမှယူ၍ ၎င်းတို့အား အစားပြန်ပေးသွားမည်ဖြစ်သည်။ ထိုအခါ ၎င်းပုဂ္ဂိုလ်သည် အခြားတနေရာသို့သွားကာ ငိုကြွေးလေတော့သည်။ ထိုအခါတမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ၎င်းအားမိန့်ကြားတော်မူသည်မှာ အသင်သည်အလ္လာဟ်အရှင်မြတ်၏ကျမ်းမြတ်၌ မဖတ်ခဲ့လေသလော (စင်စစ် ငါအရှင်မြတ်သည် ကိယာမသ်ရှင်ပြန်ထမည့်နေ့တွင် မျှတသောချိန်ခွင်များကို ထားရှိတော်မူသည်။ သို့ဖြစ်ပေရာ မည်သူတစ်ဦးတစ်ယောက်မျှ အနည်းငယ်စိုးစဉ်းမျှပင် မတရားသဖြင့် နှိပ်စက်ခြင်းကို ခံရမည်မဟုတ်ပေ။) ကုရ်အာန် (၂၁:၄၇) ဆိုလိုသည်မှာ ကိယာမသ်နေ့၌ မည်သူမျှ မတရားပြုခြင်းခံရမည်မဟုတ်ပေ။ လူတို့၏ကြား၌ မျှတသောချိန်ခွင်များ ရှိနေမည်ဖြစ်သည်။ ထိုပုဂ္ဂိုလ်ကပြောသည်မှာ အလ္လာဟ်အရှင်မြတ်အား တိုင်တည်ပါသည် အိုအလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် ၎င်းတို့နှင့်ခွဲခွါလိုက်ခြင်း၊ ၎င်းတို့ကို စွန့်လွှတ်လိုက်ခြင်းထက် ကျွန်တော့်အတွက်ရော သူတို့အတွက်ပါ ပိုကောင်းသည့်အရာကို ကျွန်တော်မတွေ့တော့ပါ။ ကိုယ်တော့်အား သက်သေထားပါသည်။ အလ္လာဟ်အရှင်မြတ်ကျေနပ်နှစ်သက်ရန် ၎င်းတို့အား ကျွန်အဖြစ်မှသူကောင်းပြုလိုက်ပါပြီ။ အဘယ်ကြောင့်ဆိုသော် ထိုသို့ ပြစ်မှု၊ ပြစ်ဒဏ်ကိုချိန်ဆခြင်းနှင့် မျှတစွာတောင်းဆိုခြင်းတို့ကို ဆောင်ရွက်ရန်မှာ အလွန်ပင်ခက်ခဲလှသည်။ ထို့ကြောင့် မတရားမှုကို တုံ့ပြန်ရာ၌ပုံစံအမျိုးမျိုးရှိသည်။ အကယ်၍ မတရားမှု၏ အတိုင်းအတာနှင့်အညီတုံ့ပြန်မည် သို့မဟုတ် ထို့ထက်လျှော့၍တုံ့ပြန်မည်ဆိုပါက ပြုပိုင်ခွင့်ရှိသည်။ မတရားမှုအား အတိုင်းထက်အလွန် လက်တုံ့ပြန်ခြင်းသည် ဟရာမ်ဖြစ်ပြီး အပြစ်ပေးခြင်းခံရမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>بيان العدل في قسمة الأعمال يوم القيامة.
 صدق الرجل في تحريره لعبيده خوفًا من عذاب الله.
 الرد على الظلم له أحوال، فإن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة في الرد فهو محرم ويُعاقب عليه.</t>
@@ -9338,50 +9447,53 @@
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>အိဗ်နုအုမရ်(ရဿွိယလ္လာဟုအန်ဟုမာ)က ဆင့်ပြန်ခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မက္ကဟ်မြို့ကို အောင်နိုင်သောနေ့တွင် လူတို့အားခွသ်ဗဟ်မိန့်ခွန်း ပြောကြားတော်မူခဲ့သည်။ ကိုယ်တော်က အမိန့်ရှိသည်မှာ အို - လူသားအပေါင်းတို့ မုချဧကန်အလ္လာဟ်အရှင်မြတ်သည် အမိုက်ခေတ်၏ မာန်မာနထောင်လွှားမှုနှင့် ၎င်းခေတ်၏ဘိုးဘေးတို့ဖြင့် ဂုဏ်တုဂုဏ်ပြိုင်ပြုခြင်းတို့အား အသင်တို့ထံမှဖယ်ရှားတော်မူလိုက်လေပြီ။  သို့ဖြစ်ပေရာ လူသည်နှစ်မျိုးသာရှိသည်။ ကောင်းမြတ်သောအကျင့်သီလရှိပြီး အလ္လာဟ်အရှင်မြတ်အား ကြောက်ရွံ့ရိုသေအမိန့်နာခံသူနှင့် အလ္လာဟ်အရှင်မြတ်၏အမိန့်ကိုဖီဆန်သော နဖူးစာဆိုးသည့်သေးသိမ်သူတို့ဖြစ်သည်။ လူသားအားလုံးသည် အာဒမ်(အလိုင်းဟိစ္စလာမ်)၏ သားမြေးများပင်ဖြစ်ကြသည်။ အလ္လာဟ်အရှင်မြတ်သည် အာဒမ်(အလိုင်းဟိစ္စလာမ်)အား မြေကြီးဖြင့် ဖန်ဆင်းတော်မူခဲ့သည်။ အလ္လာဟ်အရှင်မြတ်မိန့်တော်မူသည်မှာ (အို - လူခပ်သိမ်းတို့၊ ဧကန်မလွဲ ငါအရှင်မြတ်သည် အသင်တို့အား ယောက်ျားတစ်ယောက်၊ မိန်းမ တစ်ယောက်မှ (စတင်)ဖန်ဆင်းတော်မူခဲ့၏။ ထို့ပြင် ငါအရှင်မြတ်သည် အသင်တို့အချင်းချင်း တစ်ဦးကိုတစ်ဦး ခွဲခြားသိမြင်မှတ်မိကြအံ့သောငှာ၊ လူမျိုးစုအသီးသီး မျိုးနွယ်အသွယ်သွယ် ပြုလုပ်တော်မူခဲ့၏။ ဧကန်စင်စစ် အသင်တို့အနက် (အလ္လာဟ်အရှင်မြတ်အား) အကြောက်ရွံ့ဆုံး၊ အပြစ်များမှ အများဆုံး ကြဉ်ရှောင်သောသူသည်သာလျှင် အလ္လာဟ်အရှင်မြတ် အထံတော်၌အမြင့်မြတ်ဆုံးသောသူဖြစ်၏။ စင်စစ်တစ်မူကား အလ္လာဟ်အရှင်မြတ်သည် အသိတော်မူဆုံး၊ အကြားတော်မူဆုံးအရှင် ဖြစ်တော်မူပေသတည်း။) (စူရဟ် အလ်ဟုဂျုရာသ်- အာယသ် ၁၃)</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် မက္ကဟ်မြို့ကိုအောင်နိုင်သောနေ့တွင် လူတို့အား ခွသ်ဗဟ် မိန့်ခွန်းပြောကြားတော်မူခဲ့သည်။ ကိုယ်တော်က အမိန့်ရှိသည်မှာ အို-လူသားအပေါင်းတို့ မုချဧကန် အလ္လာဟ်အရှင်မြတ်သည် အမိုက်ခေတ်၏မာန်မာနထောင်လွှားမှုနှင့် ၎င်းခေတ်၏ ဘိုးဘေးတို့ဖြင့် ဂုဏ်တုဂုဏ်ပြိုင်ပြုခြင်းတို့အား အသင်တို့ထံမှဖယ်ရှားတော်မူလိုက်လေပြီ။ လူသည် နှစ်မျိုးသာရှိသည်။
 ပထမတစ်မျိုးမှာ အလ္လာဟ်အရှင်မြတ်အား ခဝပ်ကိုးကွယ်သူ ကောင်းမြတ်သောအကျင့်သီလရှိပြီး အလ္လာဟ်အရှင်မြတ်အား ကြောက်ရွံ့ရိုသေအမိန့်နာခံသော မုအ်မင်န်ဖြစ်သည်။ ၎င်းသည် လူသားများထံတွင် ဆွေဂုဏ်၊မျိုးဂုဏ် မရှိလျှင်လည်း အလ္လာဟ်အရှင်မြတ်ထံပါးတွင် ဂုဏ်သရေရှိသူ ဖြစ်သည်။
 ဒုတိယတစ်မျိုးမှာ အရှင်မြတ်၏အမိန့်ကိုဖီဆန်သော နဖူးစာဆိုးသူ ကာဖိရ်ဖြစ်သည်။ ၎င်းသည် အလ္လာဟ်အရှင်မြတ်ထံတော်ပါးတွင် သေးသိမ်သူဖြစ်ပြီး ဆွေဂုဏ် မျိုးဂုဏ်ရှိပြီး အဆင့်အတန်းမြင့်မားသူ၊ ဩဇာအာဏာရှိသူဖြစ်နေလျှင်လည်း မည်သည့်တန်ဖိုးမျှမရှိပေ။
 လူသားအားလုံးသည် အာဒမ်(အလိုင်းဟိစ္စလာမ်)၏ သားမြေးများပင်ဖြစ်ကြသည်။ အလ္လာဟ်အရှင်မြတ်သည် အာဒမ်(အလိုင်ဟိစ္စလာမ်)အား မြေကြီးဖြင့် ဖန်ဆင်းတော်မူခဲ့သည်။ သို့ဖြစ်၍ မိမိ၏မူလဇစ်မြစ်မှာ မြေကြီးဖြစ်နေသူအနေဖြင့် မာန်မာနမထောင်လွှားပြီး မိမိကိုယ်မိမိ အထင်မကြီးသင့်ပေ။ ဤသည် အလ္လာဟ်အရှင်မြတ် မိန့်တော်မူထားသည့်အတိုင်းပင်ဖြစ်သည်။ အရှင်မြတ်မိန်တော်မူသည်မှာ (အို - လူခပ်သိမ်းတို့၊ ဧကန်မလွဲ ငါအရှင်မြတ်သည် အသင်တို့အား ယောက်ျားတစ်ယောက်၊ မိန်းမ တစ်ယောက်မှ (စတင်)ဖန်ဆင်းတော်မူခဲ့၏။ ထို့ပြင် ငါအရှင်မြတ်သည် အသင်တို့အချင်းချင်း တစ်ဦးကိုတစ်ဦး ခွဲခြားသိမြင်မှတ်မိကြအံ့သောငှာ၊ လူမျိုးစုအသီးသီး မျိုးနွယ်အသွယ်သွယ် ပြုလုပ်တော်မူခဲ့၏။ ဧကန်စင်စစ် အသင်တို့အနက် (အလ္လာဟ်အရှင်မြတ်အား) အကြောက်ရွံ့ဆုံး၊ အပြစ်များမှ အများဆုံး ကြဉ်ရှောင်သောသူသည်သာလျှင် အလ္လာဟ်အရှင်မြတ် အထံတော်၌အမြင့်မြတ်ဆုံးသောသူဖြစ်၏။ စင်စစ်တစ်မူကား အလ္လာဟ်အရှင်မြတ်သည် အသိတော်မူဆုံး၊ အကြားတော်မူဆုံးအရှင် ဖြစ်တော်မူပေသတည်း။) (စူရဟ် အလ်ဟုဂျုရာသ်- အာယသ် :၁၃)</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>မျိုးရိုးဖြင့် ဂုဏ်တုဂုဏ်ပြိုင်ပြုခြင်းကို တားမြစ်ထားသည်။</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>(ထို့နောက် အသင်တို့သည် ထိုနေ့၌ စည်းစိမ်များနှင့်စပ်လျဉ်း၍ မုချအမှန် စစ်ဆေးမေးမြန်းခြင်းကို ခံကြရမည် ဖြစ်သတည်း။) ကုရ်အာန် (၁၀၂:၈) ဟူသော အာယသ်တော်ကျရောက်လာသောအခါ</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>ဇုဗိုင်ရ်ဗင်န်အောင်ဝ်ဝါးမ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ပြောကြားခဲ့သည်။  (ထို့နောက် အသင်တို့သည် ထိုနေ့၌ စည်းစိမ်များနှင့်စပ်လျဉ်း၍ မုချအမှန် စစ်ဆေးမေးမြန်းခြင်းကို ခံကြရမည် ဖြစ်သတည်း။) ကုရ်အာန် (၁၀၂:၈) ဟူသော အာယသ်တော်ကျရောက်လာသောအခါ ဇုဗိုင်ရ်(ရဿွိယလ္လာဟုအန်ဟု)က လျှောက်ထားသည်မှာ အိုအလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် ကျွန်တော်မျိုးတို့သည် မည်သည့်စည်းစိမ်နှင့်ပတ်သက်၍ မေးမြန်းခြင်းခံရမည်နည်း။ ကျွန်ုပ်တို့ထံတွင် အမဲရောင်နှစ်ခုဖြစ်သော စွန်ပလွံသီးနှင့်ရေ စသည့်နှစ်မျိုးသာလျှင် ရှိပေသည်။ ကိုယ်တော်က မိန့်တော်မူသည်မှာ မကြာမီ ယင်းနှင့်စပ်လျဉ်း၍ မေးမြန်းခြင်းခံရလိမ့်မည်။</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>(ထို့နောက် အသင်တို့သည် စည်းစိမ်များနှင့်စပ်လျဉ်း၍ ထိုနေ့၌ မုချအမှန် စစ်ဆေးမေးမြန်းခြင်းကို ခံကြရမည် ဖြစ်သတည်း။) ဆိုလိုသည်မှာ အလ္လာဟ်အရှင်မြတ်က အသင်တို့အား ချီးမြင့်ထားသည့် စည်းစိမ်များနှင့်စပ်လျဉ်း၍ ကျေးဇူးသိတတ်ခဲ့ကြသလားဟု မကြာမီ အသင်တို့မေးမြန်းခြင်းခံရလိမ့်မည်ဖြစ်သည်။ အထက်ပါ အာယသ်တော် ကျရောက်လာသည့်အခါ ဇုဗိုင်ရ်ဗင်န်အောင်ဝ်ဝါးမ်(ရဿွိယလ္လာဟုအန်ဟု)က မေးမြန်းသည်မှာ အို - အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်ုပ်တို့သည် မည်သည့်စည်းစိမ်နှင့်ပတ်သက်၍ မေးမြန်းခြင်းခံရမည်နည်း။ ကျွန်ုပ်တို့ထံတွင် အလွန်တန်ဖိုးနည်းသည့်အတွက် စစ်ဆေးမေးမြန်းရန်ပင်မလိုအပ်သော နိအ်မသ်နှစ်ခုသာရှိပေသည်။ ၎င်းတို့မှာ စွန်ပလွံသီးနှင့်ရေ ဖြစ်သည်။
 ထိုအခါ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ အသင်တို့ ယခုလက်ရှိအခြေ‌နေတွင်ရှိသည့် စည်းစိမ်နှင့်ပတ်သက်၍လည်း အသင်တို့ မုချမေးမြန်းခြင်းခံရလိမ့်မည်။ ၎င်းစည်းစိမ်နှစ်ခုသည် အလ္လာဟ်အရှင်မြတ်၏ နိအ်မသ်စည်းစိမ်တော်များအနက်မှကြီးကျယ်လှသည့် စည်းစိမ်နှစ်ခုဖြစ်သည်။</t>
   </si>
@@ -9937,50 +10049,53 @@
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>ဗုရိုင်းဒဟ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ဧကန်အမှန်ပင် ကျွန်ုပ်တို့(မွတ်စ်လင်မ်များ)နှင့် ၎င်း(မွတ်စ်လင်မ်မဟုတ်သူ)တို့ကြား၌ရှိသည့် ပဋိညာဉ်သည် ဆွလာသ်ပင်ဖြစ်သည်။ သို့ဖြစ်၍ အကြင်သူသည် ဆွလာသ်ဆောက်တည်ခြင်းကို စွန့်လွှတ်ပါက ထိုသူသည်အမှန်ပင် ကာဖိရ်ဖြစ်သွားမည်။</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က ရှင်းပြတော်မူသည်မှာ ဧကန်မုချ အစ္စလာမ်ဘာသာဝင်များနှင့် အစ္စလာမ်ဘာသာဝင် မဟုတ်သူများ၊ မုနာဖိက် အရေခြုံများကြားတွင်ရှိသည့် အကာအကွယ်ပေးခြင်း၊ ကတိသစ္စာတရားနှင့် သက်ဆိုင်သည့် ပဋိညာဉ်သည် ဆွလာသ်ပင်ဖြစ်သည်။ အကြင်သူသည် ဆွလာသ်ဆောက်တည်ခြင်းကို စွန့်လွှတ်ပါက မုချထိုသူသည် ကာဖိရ်ဖြစ်သွားမည်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>ဆွလာသ်၏အဆင့်အတန်းသည် ကြီးကျယ်လှသည်။ ဆွလာသ်သည် မုအ်မင်န်နှင့် ကာဖိရ်ကြားတွင် ခွဲခြား‌ပေးသောအရာဖြစ်သည်။
 အစ္စလာမ့်အမိန့်ပညတ်ချက်များကို လူတစ်ဦး၏ စိတ်အတွင်းပိုင်းထက် ပေါ်လွင်ထင်ရှားနေသော အပြင်ပိုင်းဆိုင်ရာ အခြေအနေပေါ်တွင် မူတည်၍သာ အတည်ပြုဆုံးဖြတ်သည်။</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>အို - ဗိလာလ် ဆွလာသ်အတွက် အိကာမသ်ဆိုပါ၊ ၎င်းဖြင့် ကျွန်ုပ်တို့အား အေးချမ်းသာယာစေပါ။</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>ဆာလိမ်ဗင်န် အဗီဂျအ်ဒ်(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ပုဂ္ဂိုလ်တစ်ဦးက ကျွန်တော်ဆွလာသ်ဆောက်တည်ခဲ့လျှင် အေးချမ်းသာယာမှုကိုရရှိမည်ဟု ပြောကြားခဲ့သည်။ လူတို့က သူ၏ထိုစကားအပေါ် အပြစ်ပြောခဲ့ကြသည်။ ထိုအခါ ၎င်းကပြောကြားခဲ့သည်မှာ- ကျွန်တော်သည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့ရသည်။ အို - ဗိလာလ် ဆွလာသ်အတွက် အိကာမသ်ဆိုပါ၊ ၎င်းဖြင့် ကျွန်ုပ်တို့အား အေးချမ်းသာယာစေပါ။</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>ဆွဟာဗဟ်တစ်ဦးက ကျွန်တော်ဆွလာသ်ဆောက်တည်ခဲ့လျှင် အေးချမ်းသာယာမှုကိုရရှိမည်ဟု ပြောကြားခဲ့သည်။ သူ့အနားတွင်ရှိသောသူတို့က ထိုဆွဟာဗဟ်၏စကားအပေါ် အပြစ်ပြောခဲ့ကြသည်။ ထိုအခါ ၎င်းကပြောကြားသည်မှာ- ကျွန်တော်သည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကို ကြားသိခဲ့ရသည်။ အို - ဗိလာလ် ဆွလာသ်အတွက် အာဇာန်ဆိုသံကိုမြှင့်တင်ပါ၊ အိကာမသ်ဆိုပါ၊ ၎င်း(ဆွလာသ်)ဖြင့် ကျွန်ုပ်တို့အားအေး ချမ်းသာယာစေပါ။ အဘယ့်ကြောင်ဆိုသော် ဆွလာသ်၌ ကြီးကျယ်မြင့်မြတ်တော်မူသော အလ္လာဟ်အရှင်မြတ်နှင့် တိုးတီးစွာစကားပြောဆိုမှု၊ စိတ်နှလုံးသားနှင့်ဝိညာဉ်အတွက် အေးချမ်းသာယာမှုပါရှိသည်။</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
@@ -10249,85 +10364,244 @@
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>ဟုဇိုင်ဖဟ် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် စဂ်ျဒဟ်နှစ်ခုကြားတွင် “ ရဗ်ဗိဂ် ဖိရ်လီး၊ ရဗ်ဗိဂ် ဖိရ်လီး” (အို - အရှင်မြတ် ကျွန်တော်မျိုးအား ခွင့်လွှတ်တော်မူပါ၊ အို - အရှင်မြတ် ကျွန်တော်မျိုးအား ခွင့်လွှတ်တော်မူပါ။) ကို ရွတ်ဆိုလေ့ရှိသည်။</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)သည် စဂ်ျဒဟ်နှစ်ခုကြားတွင် ထိုင်သည့်အခါ “ ရဗ်ဗိဂ် ဖိရ်လီး၊ ရဗ်ဗိဂ် ဖိရ်လီး” ကိုအကြိမ်ကြိမ်ရွတ်ဆိုတော်မူသည်။
 ဤသည် ဗန္နဟ်ကျေးကျွန်အ‌နေဖြင့် မိမိ၏ဖန်ဆင်းရှင်ထံတွင် မိမိ၏အပြစ်အကုသိုလ်များကိုပယ်ဖျက်ပေးရန်နှင့် မိမိ၏အမှားများကို ဖုံးကွယ်ပေးရန် တောင်းခံခြင်းဖြစ်သည်။</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>ဖရ်ဿ်ွဆွလာသ်ဖြစ်‌စေ၊ နဖ်လ်ဆွလာသ်ဖြစ်စေ စဂ်ျဒဟ်နှစ်ခုကြားတွင် ဤဒုအာကိုရွတ်ဆိုရန် သတ်မှတ်ထားသည်။
 ရဗ္ဗိဂ်ဖိရ်လီးကို အကြိမ်ကြိမ်ရွတ်ဆိုခြင်း မွတ်စ်သဟဗ်ဖြစ်ပြီး တစ်ကြိမ်ရွတ်ဆိုခြင်း ဝါဂျိဗ်ဖြစ်သည်။</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/my/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>ဤသည် ခင်န်ဇဗ်ဟုခေါ်သည့် ရှိုင်သွာန်ပင်ဖြစ်သည်။ အသင်သည် ထိုကဲ့သို့ခံစားရပါက ၎င်းရန်မှကင်းဝေးစေရန် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ခိုလှုံမှုရယူပါ။ သင်၏ဘယ်ဘက်သို့ တံတွေး သုံးကြိမ်ထွေးလိုက်ပါ။</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>အွတ်စ်မာန်ဗင်န် အဗီလ်အာဆ်ွ(ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ သူသည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ လာရောက်၍ အို - အလ္လာဟ်အရှင်မြတ်၏ရစူလ်တမန်တော် ဧကန်အမှန်ပင် ရှိုင်သွာန်သည် ကျွန်တော်မျိုးနှင့် ကျွန်တော်မျိုး၏ ဆွလာသ်ကြားတွင် အတားအဆီးပြုခဲ့ပြီး ကျွန်တော်မျိုး၏ ကိရာအသ် ရွတ်ဖတ်မှုကို ရောထွေးစေခဲ့သည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ ဤသည် ခင်န်ဇဗ်ဟုခေါ်သည့် ရှိုင်သွာန်ပင်ဖြစ်သည်။ အသင်သည် ထိုကဲ့သို့ခံစားရပါက ၎င်းရန်မှကင်းဝေးစေရန် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ခိုလှုံမှုရယူပါ။ သင်၏ဘယ်ဘက်သို့ တံတွေး သုံးကြိမ်ထွေးလိုက်ပါ။ ၎င်းကဆက်လက်ပြောပြသည်မှာ ကျွန်တော်သည် ထိုအတိုင်းပြုလုပ်ခဲ့ရာ အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအား ကျွန်တော့်ထံမှ ဖယ်ရှားပေးခဲ့သည်။</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>အွတ်စ်မာန်ဗင်န် အဗီလ်အာဆ်ွ(ရဿွိယလ္လာဟုအန်ဟု)သည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံလာရောက်၍ အို - အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ဧကန်အမှန်ပင် ရှိုင်သွာန်သည် ကျွန်တော်မျိုးနှင့် ကျွန်တော်မျိုး၏ ဆွလာသ်ကြားတွင် အတားအဆီးပြုခဲ့ပါသည်။ ကျွန်တော်မျိုးအား ဆွလာသ်၌ ရိုသေကျိုးနွံစွာ ဆောက်တည်ခြင်းကို အတားအဆီးပြုခဲ့သည်။ ကျွန်တော်မျိုး၏ ကိရာအသ် ရွတ်ဖတ်မှုကို ရောထွေးစေပြီး ဒွိဟဖြစ်စေခဲ့ပါသည်ဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်မှာ ဤသည် ခင်န်ဇဗ်ဟုခေါ်သည့် ရှိုင်သွာန်ပင်ဖြစ်သည်။ အသင်သည် ထိုကဲ့သို့ခံစားရပါက ၎င်း၏ရန်မှကင်းဝေးစေရန် အလ္လာဟ်အရှင်မြတ်ထံတော်တွင် ခိုလှုံမှုရယူပါ။(‘အအူးဇုဗိလ္လာဟိ မင်န် ခင်န်ဇဗ်’ ဖတ်ပါ။)  သင်၏ဘယ်ဘက်သို့ တံတွေးအနည်းငယ် သုံးကြိမ်ထွေးလိုက်ပါ။ အွတ်စ်မာန်က ပြောပြသည်မှာ ကျွန်တော်သည် တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အမိန့်ပေးသည့်အတိုင်း ပြုလုပ်ခဲ့ရာ အလ္လာဟ်အရှင်မြတ်သည် ၎င်းအား ကျွန်တော့်ထံမှ ဖယ်ရှားပေးခဲ့သည်။</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>ဆွလာသ်အား ခယရိုကျိုးစွာနှင့် စိတ်ပါဝင်စားစွာ ဆောက်တည်ရန် အရေးကြီးသည်။ ရှိုင်သွာန်သည် ဆွလာသ်၌ ရောထွေးစေပြီး ဒွိဟသံသယဖြစ်စေရန် ကြိုးစားကြောင်း ဖော်ပြထားသည်။
 ဆွလာသ်ထဲတွင် ရှိုင်သွာန်ဘက်မှလာသည့် ‘ဝတ်စ်ဝစဟ်’ သံသယယစိတ်ဖြစ်ပေါ်လာပါက ရှိုင်သွာန်၏နှောက်ယှက်မှုမှ ကင်းဝေးရန် ခိုလှုံမှုရယူကာ ဘယ်ဘက်သို့ တံတွေးသုံးကြိမ်ထွေးခြင်း မွတ်စ်သဟဗ်ဖြစ်သည်။
 ဆွဟာဗဟ် (ရဿွိယလ္လာဟုအန်ဟုမ်)တို့သည် မိမိတို့၌ ပြဿနာများ ပေါ်ပေါက်လာပါက ထိုပြဿနာများကို ဖြေရှင်းပေးရန် တမန်တော်မြတ် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)ထံ တင်ပြကြောင်း ဖော်ပြထားသည်။
 ဆွဟာဗဟ် သာဝကကြီးများ၏နှလုံးသားများသည် ရှင်သန်လျက်ရှိပြီး ၎င်းတို့၏ သောကသည် နောင်တမလွန် အာခိရသ်အတွက်သာဖြစ်သည်။</t>
   </si>
   <si>
     <t>https://hadeethenc.com/my/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>အဗူအဗ်ဒွရ်ရဟ်မားန် အဗ်ဒွလ္လာဟ် ဗင်န် အုမရ် ဗင်န် ခသ်သွားဗ် ( رضي الله عنه )ကဆင့်ပြန်ပြောကြားခဲ့သည်။ ကျွန်တော်သည် တမန်တော်မြတ်(ﷺ) မိန့်ကြားတော်မူသည်ကို ကြားခဲ့သည်။||အစ္စလာမ်သာသနာသည် မဏ္ဍိုင်ကြီးငါးခုပေါ်တွင် တည်ဆောက်ထားသည်။ (၁) အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ထိုက်သောအရှင်မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ ဗန္ဒဟ်အစေတော်နှင့်ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို သက်သေခံခြင်း၊ (၂) ဆွလာသ် ဆောက်တည်ခြင်း၊ (၃) ဇကာသ်ပေးဆောင်ခြင်း၊ (၄) ကအ်ဗဟ်ကျောင်းတော်အား ဟဂ်ျပြုလုပ်ခြင်း၊ (၅) ရမဿွာန်လ၏ ဆွိယာမ်ဥပုသ် စောင့်ထိန်းခြင်းတို့ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>အဗူအဗ်ဒွရ်ရဟ်မားန် အဗ်ဒွလ္လာဟ် ဗင်န် အုမရ် ဗင်န် ခသ်သွားဗ် ( رضي الله عنه )ကဆင့်ပြန်ပြောကြားခဲ့သည်။ ကျွန်တော်သည် တမန်တော်မြတ်(ﷺ) မိန့်ကြားတော်မူသည်ကို ကြားခဲ့သည်။ အစ္စလာမ်သာသနာသည် မဏ္ဍိုင်ကြီးငါးခုပေါ်တွင် တည်ဆောက်ထားသည်။ (၁) အလ္လာဟ်အရှင်မြတ်မှအပ အခြားခဝပ်ကိုးကွယ်ထိုက်သောအရှင်မရှိကြောင်းနှင့် မုဟမ္မဒ်သည် အလ္လာဟ်အရှင်မြတ်၏ ဗန္ဒဟ်အစေတော်နှင့်ရစူလ်တမန်တော်ဖြစ်ကြောင်းကို သက်သေခံခြင်း၊ (၂) ဆွလာသ် ဆောက်တည်ခြင်း၊ (၃) ဇကာသ်ပေးဆောင်ခြင်း၊ (၄) ကအ်ဗဟ်ကျောင်းတော်အား ဟဂ်ျပြုလုပ်ခြင်း၊ (၅) ရမဿွာန်လ၏ ဆွိယာမ်ဥပုသ် စောင့်ထိန်းခြင်းတို့ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>အဗူအဗ်ဒုလ္လာဟ် နုအ်မားန် ဗင်န် ဗရှီးရ်
+( ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်တော်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကိုကြားခဲ့သည်။||« ဧကန်အမှန်ပင် ဟလာလ်(တရားတော်က ခွင့်ပြုထားသည့်အရာ)သည် ထင်ရှားပြီး၊ ဟရာမ်(တရားတော်က တားမြစ်ထားသည့်) အရာသည်လည်း ထင်ရှားသည်။ ထိုနှစ်ခုအကြား၌ သံသယဖြစ်ဖွယ် ကိစ္စရပ်များရှိပြီး ၎င်းတို့ကို များစွာသောလူတို့မသိကြပေ။ ထို့ကြောင့် မည်သူမဆို သံသယဖြစ်ဖွယ် ကိစ္စရပ်များကို ရှောင်ကြဉ်မည်ဆိုပါက မိမိ၏သာသနာနှင့် သိက္ခာကို ထိန်းသိမ်းလိုက်ခြင်းပင်ဖြစ်သည်။ အကြင်သူသည် သံသယဖြစ်ဖွယ် ကိစ္စရပ်များတွင် ကျရောက်သွားပါက ထိုသူသည် ဟရာမ် သို့ကျရောက်သွားမည်ဖြစ်သည်။ (ထိုသူ၏ပမာသည်)၊ တားမြစ်ထားသော စားကျက်အနီးတွင် မိမိသိုး၊ဆိတ်တို့ကို ကျောင်းသည့် (ဆိတ်)ကျောင်းသားကဲ့သို့ဖြစ်ပြီး ၎င်းသည် ထို(တားမြစ်ထားသောစားကျက်)ထဲသို့ ကျရောက်ရန် နီးကပ်သွားပြီဖြစ်သည်။ သတိပြုကြလေကုန်။ အမှန်တကယ် ဘုရင်တိုင်းတွင် (ကိုယ်ပိုင်) သီးသန့်တားမြစ် နယ်နိမိတ် ရှိကြလေသည်။ သတိပြုကြလေကုန်။ ဧကန်အမှန် အလ္လာဟ်အရှင်မြတ်၏ တားမြစ်နယ်နိမိတ်သည် အရှင်မြတ်တားမြစ်ထားသည့် (ဟရာမ်) အရာများပင်ဖြစ်သည်။ သတိပြုကြလေကုန်။ အမှန်တကယ်ပင် ခန္ဓာကိုယ်တွင် အသားတုံးတစ်တုံးရှိသည်။ ထိုအသားတုံး မှန်ကန်ကောင်းမွန်လျှင် ခန္ဓာကိုယ်တစ်ခုလုံး မှန်ကန်ကောင်းမွန်နေမည်ဖြစ်သည်။ ထိုအသားတုံး ပျက်စီးလျှင် ကိုယ်ခန္ဓာတစ်ခုလုံး ပျက်စီးသွားမည်ဖြစ်သည်။ သတိပြုကြလေကုန်။ ထိုအရာသည် နှလုံးသားပင်ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>အဗူအဗ်ဒုလ္လာဟ် နုအ်မားန် ဗင်န် ဗရှီးရ်
+( ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ ကျွန်တော်သည် အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် (ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်ကိုကြားခဲ့သည်။ « ဧကန်အမှန်ပင် ဟလာလ်(တရားတော်က ခွင့်ပြုထားသည့်အရာ)သည် ထင်ရှားပြီး၊ ဟရာမ်(တရားတော်က တားမြစ်ထားသည့်) အရာသည်လည်း ထင်ရှားသည်။ ထိုနှစ်ခုအကြား၌ သံသယဖြစ်ဖွယ် ကိစ္စရပ်များရှိပြီး ၎င်းတို့ကို များစွာသောလူတို့မသိကြပေ။ ထို့ကြောင့် မည်သူမဆို သံသယဖြစ်ဖွယ် ကိစ္စရပ်များကို ရှောင်ကြဉ်မည်ဆိုပါက မိမိ၏သာသနာနှင့် သိက္ခာကို ထိန်းသိမ်းလိုက်ခြင်းပင်ဖြစ်သည်။ အကြင်သူသည် သံသယဖြစ်ဖွယ် ကိစ္စရပ်များတွင် ကျရောက်သွားပါက ထိုသူသည် ဟရာမ် သို့ကျရောက်သွားမည်ဖြစ်သည်။ (ထိုသူ၏ပမာသည်)၊ တားမြစ်ထားသော စားကျက်အနီးတွင် မိမိသိုး၊ဆိတ်တို့ကို ကျောင်းသည့် (ဆိတ်)ကျောင်းသားကဲ့သို့ဖြစ်ပြီး ၎င်းသည် ထို(တားမြစ်ထားသောစားကျက်)ထဲသို့ ကျရောက်ရန် နီးကပ်သွားပြီဖြစ်သည်။ သတိပြုကြလေကုန်။ အမှန်တကယ် ဘုရင်တိုင်းတွင် (ကိုယ်ပိုင်) သီးသန့်တားမြစ် နယ်နိမိတ် ရှိကြလေသည်။ သတိပြုကြလေကုန်။ ဧကန်အမှန် အလ္လာဟ်အရှင်မြတ်၏ တားမြစ်နယ်နိမိတ်သည် အရှင်မြတ်တားမြစ်ထားသည့် (ဟရာမ်) အရာများပင်ဖြစ်သည်။ သတိပြုကြလေကုန်။ အမှန်တကယ်ပင် ခန္ဓာကိုယ်တွင် အသားတုံးတစ်တုံးရှိသည်။ ထိုအသားတုံး မှန်ကန်ကောင်းမွန်လျှင် ခန္ဓာကိုယ်တစ်ခုလုံး မှန်ကန်ကောင်းမွန်နေမည်ဖြစ်သည်။ ထိုအသားတုံး ပျက်စီးလျှင် ကိုယ်ခန္ဓာတစ်ခုလုံး ပျက်စီးသွားမည်ဖြစ်သည်။ သတိပြုကြလေကုန်။ ထိုအရာသည် နှလုံးသားပင်ဖြစ်သည်။»</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>ဤဟဒီးစ်သည် သံသယဖြစ်ဖွယ်ရှိသည့် အရာများကို ရှောင်ကြဉ်ရန် အခြေခံမူတစ်ရပ်ဖြစ်သည်။
+အမိန့်ပညတ်ချက် ပေါ်လွင်ထင်ရှားခြင်းမရှိသော သံသယဖြစ်ဖွယ်ကိစ္စရပ်များကို စွန့်လွှတ်ရန် တိုက်တွန်းထားသည်။</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>အဗူ ရိုကိုင်ယ်ရဟ် သမီမ် ဗင်န် အောင်စ် အဒ္ဒါရီ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။||သာသနာဟူသည် “ကောင်းကျိုးလိုလားခြင်းဖြစ်သည်” ကျွန်တော်တို့က မည်သူ့အတွက်ပါနည်းဟု မေးလျှောက်ခဲ့ကြရာ ကိုယ်တော်က “အလ္လာဟ်အရှင်မြတ်အတွက်၊ အရှင်မြတ်၏ ကျမ်းဂန်အတွက်၊ အရှင်မြတ်၏ ရစူလ်တမန်တော်အတွက်၊ မွတ်စ်လင်မ်ခေါင်းဆောင်များအတွက်နှင့် အများမွတ်စ်လင်မ်တို့အတွက်ဖြစ်သည်”ဟု ဖြေကြားတော်မူခဲ့သည်</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>အဗူ ရိုကိုင်ယ်ရဟ် သမီမ် ဗင်န် အောင်စ် အဒ္ဒါရီ (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ သာသနာဟူသည် “ကောင်းကျိုးလိုလားခြင်းဖြစ်သည်” ကျွန်တော်တို့က မည်သူ့အတွက်ပါနည်းဟု မေးလျှောက်ခဲ့ကြရာ ကိုယ်တော်က “အလ္လာဟ်အရှင်မြတ်အတွက်၊ အရှင်မြတ်၏ ကျမ်းဂန်အတွက်၊ အရှင်မြတ်၏ ရစူလ်တမန်တော်အတွက်၊ မွတ်စ်လင်မ်ခေါင်းဆောင်များအတွက်နှင့် အများမွတ်စ်လင်မ်တို့အတွက်ဖြစ်သည်”ဟု ဖြေကြားတော်မူခဲ့သည်</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)က မိန့်ကြားတော်မူသည်။ ဧကန်အမှန်ပင် သာသနာသည် ပေါ့လျော့ခြင်း၊ လိမ်လည်လှည့်ဖြားခြင်းတို့မပါဘဲ အလ္လာဟ်အရှင်မြတ် တာဝန်‌ပေးထားသည့်အတိုင်း ပြည့်ပြည့်ဝဝ အကောင်အထည်ဖော်ရန်အတွက် ‘အိခ်လာဆ်ွ’နှင့် မှန်ကန်မှုအပေါ်၌ အခြေခံထားသည်။ ထိုအခါ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အား ကောင်းကျိုးလိုလားခြင်းသည် မည်သူ့အတွက်ပါနည်းဟု လျှောက်ထားမေးမြန်းသည့်အခါ ကိုယ်တော်ကဖြေကြားတော်မူသည်မှာ (၁) အလ္လာဟ်အရှင်မြတ်အတွက် ကောင်းကျိုးလိုလားခြင်း။ ဤသည်  အမလ်ကျင့်ဆောင်ခြင်းများကို ရှိရ်က်( ဖက်စပ်ယှဥ်တွဲမှု )မပါဘဲ အလ္လာဟ်အရှင်မြတ်အတွက်သာ ပြုလုပ်ခြင်း၊ အလ္လာဟ်အရှင်မြတ်သည် ဖန်ဆင်းရှင်တော်မူသောအရှင် ၊ ခဝပ်ကိုးကွယ်ခြင်း ခံထိုက်တော်မူသောအရှင်၊ ဂုဏ်တော်များ နာမတော်များကို ပိုင်ဆိုင်တော်မူသောအရှင် ဖြစ်ကြောင်း ကျွန်ုပ်တို့အီမာန်သက်ဝင်ယုံကြည်ခြင်း၊ အရှင်မြတ်၏ အမိန့်ကို ဂုဏ်ပေးလေးစားခြင်း၊ အလ္လာဟ်အရှင်မြတ်အပေါ် အီမာန်သက်ဝင်ယုံကြည်ရန် ဒအ်ဝဟ် ဖိတ်ခေါ်ခြင်းတို့ဖြစ်သည်။ (၂) အရှင်မြတ်၏ ကျမ်းဂန် (ကုရ်အာန်ကျမ်းမြတ်)အတွက် ကောင်းကျိုးလိုလားခြင်း။ ဤသည် ကျွန်ုပ်တို့အနေဖြင့် ကုရ်အာန်ကျမ်းမြတ်သည် အလ္လာဟ်အရှင်မြတ်၏ မုက္ခပါဌ်တော်နှင့် နောက်ဆုံးကျမ်းဂန်ဖြစ်ကြောင်းကိုလည်းကောင်း၊ ထိုကျမ်းဂန်သည် လွန်လေပြီးသော တရားလမ်းစဉ်များအားလုံးကို ဖျက်သိမ်းလိုက်ကြောင်းကိုလည်းကောင်း သက်ဝင်ယုံကြည်ခြင်း၊ ကျမ်းတော်မြတ်အား ဂုဏ်ပေးလေးစားခြင်း၊ ရွတ်ဖတ်ထိုက်သည့်အတိုင်း ရွတ်ဖတ်ခြင်း၊ ထိုကျမ်းမြတ်၏ ပေါ်လွင်ထင်ရှားပြီး အဓိပ္ပာယ်တစ်မျိုးတည်းထွက်သော အာယသ်တော်များကို လိုက်နာကျင့်သုံးပြီး အဓိပ္ပာယ်များပြားသော ဆင်တူရိုးမှားဖြစ်သော အာယသ်တော်များကို သက်ဝင်ယုံကြည်ခြင်းတို့ဖြစ်သည်။ ထို့ပြင်ကျမ်းတော်မြတ်ကုရ်အာန်၏ အဓိပ္ပာယ်များကို ပြောင်းလဲပစ်သူများ၏ ဖွင့်ဆိုချက်များမှ ၎င်းကျမ်းမြတ်အား ထိန်းသိမ်းကာကွယ် ရမည်။ ကုရ်အာန်ကျမ်းမြတ်၏ တရားဒေသနာများမှ တရားရယူပြီး ၎င်း၏ အသိပညာများကို ဖြန့်ဝေကာ ကျမ်းမြတ်ဖက်သို့ ဒအ်ဝဟ် ဖိတ်ခေါ်မှုပြုရမည်။ (၃) အရှင်မြတ်၏ ရစူလ်တမန်တော် မုဟမ္မဒ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်)အတွက် ကောင်းကျိုးလိုလားခြင်း။ ဤသည် တမန်တော်မြတ်သည် နောက်ဆုံးရစူလ်တမန်တော်ဖြစ်ကြောင်း သက်ဝင်ယုံကြည်ခြင်း၊  တမန်တော်မြတ်ယူဆောင်လာသည့်အရာများနှင့် ပတ်သက်၍  တမန်တော်မြတ်အားထောက်ခံခြင်း၊ တမန်တော်မြတ်၏ အမိန့်တော်များကို လိုက်နာကျင့်သုံးခြင်း၊ တမန်တော်မြတ် တားမြစ်ထားသည့် အရာများမှ ရှောင်ကြဉ်ခြင်း၊ တမန်တော်မြတ်ယူဆောင်လာသည့်တရားလမ်စဥ်အတိုင်းသာ အလ္လာဟ်အရှင်မြတ်ကို ခဝပ်ကိုးကွယ်ခြင်း၊ တမန်တော်မြတ်နှင့်သက်ဆိုင်သည့် ဝတ္တရားများကို လေးစားခြင်း၊ တမန်တော်မြတ်အား ဂုဏ်ပေးလေးစားခြင်း၊ တမန်တော်မြတ်၏ ဒအ်ဝသ်ပေး ဖိတ်ခေါ်မှုနှင့် ရှရီအသ် တရားလမ်းစဥ်ကို ဖြန့်ချီခြင်း၊ တမန်တော်မြတ်အား မဟုတ်မမှန်စွပ်စွဲချက်များကို ငြင်းပယ်ခြင်းတို့ဖြစ်သည်။ (၄) မွတ်စ်လင်မ် ခေါင်းဆောင်များအတွက် ကောင်းကျိုးလိုလားခြင်း။ ဤသည်အမှန်တရားအပေါ်၌ ၎င်းတို့အားရိုင်ပင်းကူညီခြင်း၊ အရေးကိစ္စများ၌ ၎င်းတို့နှင့် ဆန့်ကျင်မှုမပြုခြင်း၊ အလ္လာဟ်အရှင်မြတ်၏ အမိန့်တော်နှင့် ကိုက်ညီသည့် ကဏ္ဍများတွင် ၎င်းတို့၏အမိန့်ကိုနာခံခြင်းတို့ဖြစ်သည်။ (၅) အများမွတ်စ်လင်မ်တို့အတွက် ကောင်းကျိုးလိုလားခြင်း။ ဤသည် ၎င်းတို့အား ကျေးဇူးပြုခြင်း၊ ဒအ်ဝဟ်ဖိတ်ခေါ်ခြင်း၊ ၎င်းတို့ထံမှ ဘေးအန္တရာယ်များအား တားဆီးဖယ်ရှားပေးခြင်း၊ ၎င်းတို့အတွက်ကောင်းသည့် ကိစ္စများကိုနှစ်သက်ခြင်း၊ ကောင်းမှုနှင့် သက္ကဝါတရားအပေါ်၌ ၎င်းတို့အား ရိုင်းပင်းကူညီခြင်းတို့ဖြစ်သည်။</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>တမန်တော်မြတ်၏ ခါဒင်မ်ဖြစ်သူ အဘူဟမ်ဇဟ် အနတ်စ် ဗင်န် မာလိက် (ရဿွိယလ္လာဟုအန်ဟု)က ဆင့်ပြန်ပြောကြားခဲ့သည်။ တမန်တော်မြတ်(ဆွလ္လလ္လာဟုအလိုင်းဟိဝစလ္လမ်) မိန့်ကြားတော်မူသည်။ ____</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>အဘူ မတ်စ်အူးဒ် အွက်ဗဟ် ဗင်န် အမ်ရ် အန်စွာရီ ဗဒ်ရီ ( ရဿွိယလ္လာဟု အန်ဟု ) ကဆင့်ပြန်ခဲ့သည်။ တမန်‌တော်မြတ်( ဆွလ္လလ္လာဟု အလိုင်ဟိ ဝစလ္လမ် ) မိန့်ကြားတော်မူခဲ့သည်။ ____</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>အဘူ အမ်ရ် ( အချို့က အဘူ အမ်ရဟ် ဟုလည်း ဆိုကြသည် ) စွဖ်ယားန် ဗင်န် အဗ်ဒုလ္လာဟ် ( ရဿွိယလ္လာဟုအန်ဟု ) ဆင့်ပြန်ပြောကြားခဲ့သည်။||ကျွန်တော်က အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုးသည် ကိုယ်တော့်အပြင် အခြားမည်သူ့ထံမှ မေးမြန်းရန်မလိုအောင် အစ္စလာမ်နှင့်ပတ်သက်သည့် စကားရပ်တစ်ခုကို ကျွန်တော်မျိုးအား မိန့်ကြားတော်မူပါဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က မိန့်ကြားတော်မူသည်မှာ ကျွန်တော်မျိုး အလ္လာဟ်အရှင်မြတ်အား အီမာန်သက်ဝင်ယုံကြည်ပါသည်ဟု သင်ပြောကြားပါ။ ၎င်းနောက် ကြံ့ခိုင်စွာရပ်တည်ပါ။</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>အဘူ အမ်ရ် ( အချို့က အဘူ အမ်ရဟ် ဟုလည်း ဆိုကြသည် ) စွဖ်ယားန် ဗင်န် အဗ်ဒုလ္လာဟ် ( ရဿွိယလ္လာဟုအန်ဟု ) ဆင့်ပြန်ပြောကြားခဲ့သည်။ ကျွန်တော်က အို အလ္လာဟ်အရှင်မြတ်၏ ရစူလ်တမန်တော် ကျွန်တော်မျိုးသည် ကိုယ်တော့်အပြင် အခြားမည်သူ့ထံမှ မေးမြန်းရန်မလိုအောင် အစ္စလာမ်နှင့်ပတ်သက်သည့် စကားရပ်တစ်ခုကို ကျွန်တော်မျိုးအား မိန့်ကြားတော်မူပါဟု လျှောက်ထားခဲ့သည်။ ထိုအခါ ကိုယ်တော်က မိန့်ကြားတော်မူသည်မှာ ကျွန်တော်မျိုး အလ္လာဟ်အရှင်မြတ်အား အီမာန်သက်ဝင်ယုံကြည်ပါသည်ဟု သင်ပြောကြားပါ။ ၎င်းနောက် ကြံ့ခိုင်စွာရပ်တည်ပါ။</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/my/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -10630,51 +10904,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O289"/>
+  <dimension ref="A1:O296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -11103,12989 +11377,13453 @@
       </c>
       <c r="E11" t="s">
         <v>96</v>
       </c>
       <c r="F11" t="s">
         <v>97</v>
       </c>
       <c r="G11" t="s">
         <v>98</v>
       </c>
       <c r="H11" t="s">
         <v>99</v>
       </c>
       <c r="I11" t="s">
         <v>100</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>101</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
         <v>3029</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
         <v>3033</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
         <v>3037</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
         <v>3044</v>
       </c>
       <c r="B15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
         <v>3053</v>
       </c>
       <c r="B16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D16" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F16" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G16" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
         <v>3061</v>
       </c>
       <c r="B17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E17" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F17" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H17" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I17" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
         <v>3062</v>
       </c>
       <c r="B18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E18" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F18" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
         <v>3086</v>
       </c>
       <c r="B19" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C19" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D19" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E19" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G19" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I19" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
         <v>3088</v>
       </c>
       <c r="B20" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E20" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F20" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
         <v>3096</v>
       </c>
       <c r="B21" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D21" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E21" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F21" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G21" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I21" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
         <v>3103</v>
       </c>
       <c r="B22" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G22" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H22" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I22" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>25</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
         <v>27</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3107</v>
       </c>
       <c r="B23" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C23" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D23" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E23" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F23" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G23" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H23" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3135</v>
       </c>
       <c r="B24" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C24" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E24" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G24" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H24" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I24" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3144</v>
       </c>
       <c r="B25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C25" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D25" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E25" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F25" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H25" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3150</v>
       </c>
       <c r="B26" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C26" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3156</v>
       </c>
       <c r="B27" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C27" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H27" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>25</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3272</v>
       </c>
       <c r="B28" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C28" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3279</v>
       </c>
       <c r="B29" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C29" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3313</v>
       </c>
       <c r="B30" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C30" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D30" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E30" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F30" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G30" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3316</v>
       </c>
       <c r="B31" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C31" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D31" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E31" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F31" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G31" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3330</v>
       </c>
       <c r="B32" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C32" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D32" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E32" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F32" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G32" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3331</v>
       </c>
       <c r="B33" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C33" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D33" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E33" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F33" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G33" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H33" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I33" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3336</v>
       </c>
       <c r="B34" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C34" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D34" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E34" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F34" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G34" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H34" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I34" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3339</v>
       </c>
       <c r="B35" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C35" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E35" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3341</v>
       </c>
       <c r="B36" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C36" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D36" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E36" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3342</v>
       </c>
       <c r="B37" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C37" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D37" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E37" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3347</v>
       </c>
       <c r="B38" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C38" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D38" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E38" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3348</v>
       </c>
       <c r="B39" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C39" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D39" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E39" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="G39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3350</v>
       </c>
       <c r="B40" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C40" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D40" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E40" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="L40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3352</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="K41" t="s">
-        <v>387</v>
+        <v>388</v>
+      </c>
+      <c r="L41" t="s">
+        <v>389</v>
+      </c>
+      <c r="M41" t="s">
+        <v>390</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3354</v>
       </c>
       <c r="B42" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C42" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D42" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="E42" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="F42" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="G42" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H42" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="I42" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3359</v>
       </c>
       <c r="B43" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C43" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D43" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E43" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F43" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G43" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H43" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I43" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
+      <c r="M43" t="s">
+        <v>410</v>
+      </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3361</v>
       </c>
       <c r="B44" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C44" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D44" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="E44" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="F44" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="G44" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H44" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I44" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3365</v>
       </c>
       <c r="B45" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C45" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D45" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="E45" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="F45" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="G45" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="H45" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="I45" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3366</v>
       </c>
       <c r="B46" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C46" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D46" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E46" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="F46" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G46" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="H46" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="I46" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3372</v>
       </c>
       <c r="B47" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C47" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D47" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="E47" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="F47" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="G47" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="H47" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="I47" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3373</v>
       </c>
       <c r="B48" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C48" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D48" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="E48" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F48" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="G48" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="H48" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="I48" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3375</v>
       </c>
       <c r="B49" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C49" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D49" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="E49" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="F49" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="G49" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H49" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="I49" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="J49" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L49" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3381</v>
       </c>
       <c r="B50" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C50" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="D50" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="E50" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="F50" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="G50" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="H50" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="I50" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="J50" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L50" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M50" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3383</v>
       </c>
       <c r="B51" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C51" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D51" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="E51" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F51" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G51" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="H51" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="I51" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
+      <c r="M51" t="s">
+        <v>484</v>
+      </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3384</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3390</v>
       </c>
       <c r="B53" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="C53" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="D53" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E53" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F53" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="G53" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H53" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="I53" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3402</v>
       </c>
       <c r="B54" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C54" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="D54" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="E54" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="F54" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="G54" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H54" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="I54" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3406</v>
       </c>
       <c r="B55" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="C55" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="D55" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="E55" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="F55" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="G55" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H55" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="I55" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3414</v>
       </c>
       <c r="B56" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C56" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="D56" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="E56" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F56" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="G56" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H56" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="I56" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3416</v>
       </c>
       <c r="B57" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="C57" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="D57" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="E57" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="F57" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="G57" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H57" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="I57" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3417</v>
       </c>
       <c r="B58" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C58" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D58" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="E58" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F58" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="G58" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="H58" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="I58" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3418</v>
       </c>
       <c r="B59" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="C59" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D59" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="E59" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F59" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="G59" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H59" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="I59" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3419</v>
       </c>
       <c r="B60" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C60" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D60" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E60" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F60" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="G60" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="H60" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="I60" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3420</v>
       </c>
       <c r="B61" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C61" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D61" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E61" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F61" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="G61" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H61" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="I61" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3421</v>
       </c>
       <c r="B62" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C62" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D62" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E62" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F62" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="G62" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H62" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="I62" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3475</v>
       </c>
       <c r="B63" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C63" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="D63" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="E63" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F63" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="G63" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="H63" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="I63" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3481</v>
       </c>
       <c r="B64" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C64" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="D64" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="E64" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="F64" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="G64" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="H64" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="I64" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3534</v>
       </c>
       <c r="B65" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C65" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D65" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="E65" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="F65" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="G65" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H65" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="I65" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3553</v>
       </c>
       <c r="B66" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C66" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="D66" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="E66" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F66" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="G66" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="H66" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="I66" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3567</v>
       </c>
       <c r="B67" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="C67" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="D67" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="E67" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F67" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="G67" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="H67" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="I67" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="J67" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K67" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="L67" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="M67" t="s">
+        <v>634</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3581</v>
       </c>
       <c r="B68" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="C68" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="D68" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="E68" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="F68" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="G68" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="H68" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="I68" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3588</v>
       </c>
       <c r="B69" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C69" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="D69" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="E69" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="F69" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="G69" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="H69" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="I69" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
+      <c r="M69" t="s">
+        <v>654</v>
+      </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3591</v>
       </c>
       <c r="B70" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="C70" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="D70" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="E70" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="F70" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G70" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="H70" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="I70" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3686</v>
       </c>
       <c r="B71" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C71" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="D71" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="E71" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="F71" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="G71" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="H71" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="I71" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3701</v>
       </c>
       <c r="B72" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C72" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="D72" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="E72" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="F72" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="G72" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="H72" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="I72" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3702</v>
       </c>
       <c r="B73" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C73" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="D73" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="E73" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="F73" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="G73" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H73" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="I73" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3706</v>
       </c>
       <c r="B74" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C74" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="D74" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="E74" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="F74" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="G74" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="H74" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="I74" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>25</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3716</v>
       </c>
       <c r="B75" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C75" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="D75" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="E75" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="F75" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="G75" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="H75" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="I75" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3753</v>
       </c>
       <c r="B76" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C76" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="D76" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="E76" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="F76" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="G76" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="H76" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="I76" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>25</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>27</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3854</v>
       </c>
       <c r="B77" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="C77" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="D77" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="E77" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="F77" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="G77" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="H77" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="I77" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>4186</v>
       </c>
       <c r="B78" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C78" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D78" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="E78" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="F78" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="G78" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="H78" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="I78" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
+      <c r="M78" t="s">
+        <v>737</v>
+      </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>4191</v>
       </c>
       <c r="B79" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="C79" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="D79" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="E79" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="F79" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="G79" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="H79" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="I79" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="J79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K79" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="L79" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M79" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>4196</v>
       </c>
       <c r="B80" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="C80" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="D80" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="E80" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="F80" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="G80" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="H80" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="I80" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>4202</v>
       </c>
       <c r="B81" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="C81" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="D81" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="E81" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="F81" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="G81" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="H81" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="I81" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>4204</v>
       </c>
       <c r="B82" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="C82" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="D82" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="E82" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="F82" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="G82" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="H82" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="I82" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>4304</v>
       </c>
       <c r="B83" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="C83" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="D83" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="E83" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="F83" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="G83" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="H83" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="I83" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>4309</v>
       </c>
       <c r="B84" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="C84" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="D84" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="E84" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="F84" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="G84" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="H84" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="I84" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>4314</v>
       </c>
       <c r="B85" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="C85" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="D85" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="E85" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="F85" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="G85" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="H85" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="I85" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>4319</v>
       </c>
       <c r="B86" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="C86" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="D86" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E86" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="F86" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="G86" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="H86" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="I86" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>4322</v>
       </c>
       <c r="B87" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="C87" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="D87" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E87" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F87" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="G87" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H87" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="I87" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>4555</v>
       </c>
       <c r="B88" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="C88" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="D88" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="E88" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="F88" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="G88" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="H88" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="I88" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>4560</v>
       </c>
       <c r="B89" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="C89" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="D89" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="E89" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="F89" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="G89" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="H89" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="I89" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>4563</v>
       </c>
       <c r="B90" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="C90" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="D90" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="E90" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="F90" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="G90" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="H90" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="I90" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>4709</v>
       </c>
       <c r="B91" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C91" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="D91" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="E91" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="F91" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="G91" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="H91" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="I91" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>4711</v>
       </c>
       <c r="B92" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="C92" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="D92" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E92" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="F92" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="G92" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="H92" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="I92" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="J92" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="K92" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="L92" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="M92" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>4721</v>
       </c>
       <c r="B93" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="C93" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="D93" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="E93" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="F93" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="G93" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="H93" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="I93" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
+      <c r="M93" t="s">
+        <v>878</v>
+      </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>4725</v>
       </c>
       <c r="B94" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="C94" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="D94" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="E94" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="F94" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="G94" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="H94" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="I94" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>4792</v>
       </c>
       <c r="B95" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="C95" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="D95" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="E95" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="F95" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="G95" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="H95" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="I95" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>4810</v>
       </c>
       <c r="B96" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C96" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="D96" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="E96" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="F96" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="G96" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="H96" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="I96" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>4811</v>
       </c>
       <c r="B97" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="C97" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="D97" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="E97" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="F97" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="G97" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="H97" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="I97" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>4817</v>
       </c>
       <c r="B98" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="C98" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="D98" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="E98" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="F98" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="G98" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="H98" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="I98" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>4935</v>
       </c>
       <c r="B99" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="C99" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="D99" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="E99" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="F99" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="G99" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="H99" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="I99" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>4947</v>
       </c>
       <c r="B100" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="C100" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="D100" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="E100" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="F100" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="G100" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="H100" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="I100" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>4965</v>
       </c>
       <c r="B101" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="C101" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="D101" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="E101" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="F101" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="G101" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="H101" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="I101" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>5273</v>
       </c>
       <c r="B102" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="C102" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="D102" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="E102" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="F102" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="G102" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="H102" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="I102" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
+      <c r="M102" t="s">
+        <v>961</v>
+      </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>5326</v>
       </c>
       <c r="B103" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="C103" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="D103" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="E103" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="F103" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="G103" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="H103" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="I103" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>5330</v>
       </c>
       <c r="B104" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="C104" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="D104" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="E104" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="F104" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="G104" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="H104" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="I104" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>5331</v>
       </c>
       <c r="B105" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="C105" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="D105" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
       <c r="E105" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="F105" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="G105" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="H105" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="I105" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>5332</v>
       </c>
       <c r="B106" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="C106" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="D106" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="E106" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="F106" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="G106" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="H106" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="I106" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>5335</v>
       </c>
       <c r="B107" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="C107" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="D107" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="E107" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="F107" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="G107" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="H107" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="I107" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>5344</v>
       </c>
       <c r="B108" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="C108" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="D108" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="E108" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="F108" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="G108" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="H108" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="I108" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="J108" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K108" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="L108" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M108" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>5346</v>
       </c>
       <c r="B109" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="C109" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="D109" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="E109" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="F109" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="G109" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="H109" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="I109" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
+      <c r="M109" t="s">
+        <v>1028</v>
+      </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>5348</v>
       </c>
       <c r="B110" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="C110" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="D110" t="s">
-        <v>1021</v>
+        <v>1032</v>
       </c>
       <c r="E110" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
       <c r="F110" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="G110" t="s">
-        <v>1024</v>
+        <v>1035</v>
       </c>
       <c r="H110" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
       <c r="I110" t="s">
-        <v>1026</v>
+        <v>1037</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>5351</v>
       </c>
       <c r="B111" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="C111" t="s">
-        <v>1029</v>
+        <v>1040</v>
       </c>
       <c r="D111" t="s">
-        <v>1030</v>
+        <v>1041</v>
       </c>
       <c r="E111" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="F111" t="s">
-        <v>1032</v>
+        <v>1043</v>
       </c>
       <c r="G111" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="H111" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="I111" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>5353</v>
       </c>
       <c r="B112" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="C112" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="D112" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="E112" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="F112" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="G112" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="H112" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="I112" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="J112" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K112" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="L112" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1056</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>5354</v>
       </c>
       <c r="B113" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="C113" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
       <c r="D113" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="E113" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="F113" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="G113" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="H113" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="I113" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>5359</v>
       </c>
       <c r="B114" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="C114" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="D114" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="E114" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="F114" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="G114" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="H114" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="I114" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>5364</v>
       </c>
       <c r="B115" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="C115" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="D115" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="E115" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="F115" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="G115" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="H115" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="I115" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>5365</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>5367</v>
       </c>
       <c r="B117" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="C117" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="D117" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="E117" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="F117" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="G117" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="H117" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="I117" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>5368</v>
       </c>
       <c r="B118" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="C118" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="D118" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="E118" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="F118" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="G118" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="H118" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="I118" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>5372</v>
       </c>
       <c r="B119" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
       <c r="C119" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
       <c r="D119" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
       <c r="E119" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="F119" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
       <c r="G119" t="s">
-        <v>1105</v>
+        <v>1117</v>
       </c>
       <c r="H119" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
       <c r="I119" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>5375</v>
       </c>
       <c r="B120" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
       <c r="C120" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="D120" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="E120" t="s">
-        <v>1112</v>
+        <v>1124</v>
       </c>
       <c r="F120" t="s">
-        <v>1113</v>
+        <v>1125</v>
       </c>
       <c r="G120" t="s">
-        <v>1114</v>
+        <v>1126</v>
       </c>
       <c r="H120" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="I120" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="J120" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K120" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="L120" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="M120" t="s">
+        <v>484</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>5382</v>
       </c>
       <c r="B121" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="C121" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="D121" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="E121" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="F121" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="G121" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="H121" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="I121" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>5435</v>
       </c>
       <c r="B122" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
       <c r="C122" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="D122" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="E122" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
       <c r="F122" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
       <c r="G122" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
       <c r="H122" t="s">
-        <v>1133</v>
+        <v>1145</v>
       </c>
       <c r="I122" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>5437</v>
       </c>
       <c r="B123" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="C123" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="D123" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="E123" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
       <c r="F123" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="G123" t="s">
-        <v>1141</v>
+        <v>1153</v>
       </c>
       <c r="H123" t="s">
-        <v>1142</v>
+        <v>1154</v>
       </c>
       <c r="I123" t="s">
-        <v>1143</v>
+        <v>1155</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>5439</v>
       </c>
       <c r="B124" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="C124" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="D124" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="E124" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="F124" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="G124" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="H124" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="I124" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>5474</v>
       </c>
       <c r="B125" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="C125" t="s">
-        <v>1155</v>
+        <v>1167</v>
       </c>
       <c r="D125" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
       <c r="E125" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="F125" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="G125" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
       <c r="H125" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="I125" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>5475</v>
       </c>
       <c r="B126" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="C126" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="D126" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="E126" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="F126" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="G126" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="H126" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="I126" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>5476</v>
       </c>
       <c r="B127" t="s">
-        <v>1172</v>
+        <v>1184</v>
       </c>
       <c r="C127" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
       <c r="D127" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="E127" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="F127" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="G127" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="H127" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="I127" t="s">
-        <v>1179</v>
+        <v>1191</v>
       </c>
       <c r="J127" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="K127" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="L127" t="s">
-        <v>1181</v>
+        <v>1193</v>
+      </c>
+      <c r="M127" t="s">
+        <v>878</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>5478</v>
       </c>
       <c r="B128" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C128" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="D128" t="s">
-        <v>1185</v>
+        <v>1197</v>
       </c>
       <c r="E128" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="F128" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="G128" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="H128" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
       <c r="I128" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>25</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>5496</v>
       </c>
       <c r="B129" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="C129" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="D129" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="E129" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="F129" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="G129" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="H129" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="I129" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
+      <c r="M129" t="s">
+        <v>484</v>
+      </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>5507</v>
       </c>
       <c r="B130" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="C130" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="D130" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="E130" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="F130" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
       <c r="G130" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="H130" t="s">
-        <v>1207</v>
+        <v>1219</v>
       </c>
       <c r="I130" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>5509</v>
       </c>
       <c r="B131" t="s">
-        <v>1210</v>
+        <v>1222</v>
       </c>
       <c r="C131" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="D131" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="E131" t="s">
-        <v>1213</v>
+        <v>1225</v>
       </c>
       <c r="F131" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
       <c r="G131" t="s">
-        <v>1215</v>
+        <v>1227</v>
       </c>
       <c r="H131" t="s">
-        <v>1216</v>
+        <v>1228</v>
       </c>
       <c r="I131" t="s">
-        <v>1217</v>
+        <v>1229</v>
       </c>
       <c r="J131" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K131" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="L131" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="M131" t="s">
+        <v>878</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>5512</v>
       </c>
       <c r="B132" t="s">
-        <v>1219</v>
+        <v>1231</v>
       </c>
       <c r="C132" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="D132" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="E132" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="F132" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
       <c r="G132" t="s">
-        <v>1224</v>
+        <v>1236</v>
       </c>
       <c r="H132" t="s">
-        <v>1225</v>
+        <v>1237</v>
       </c>
       <c r="I132" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>5514</v>
       </c>
       <c r="B133" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
       <c r="C133" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="D133" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="E133" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="F133" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="G133" t="s">
-        <v>1233</v>
+        <v>1245</v>
       </c>
       <c r="H133" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="I133" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
+      <c r="M133" t="s">
+        <v>737</v>
+      </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>5516</v>
       </c>
       <c r="B134" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="C134" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="D134" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="E134" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="F134" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="G134" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="H134" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
       <c r="I134" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>5517</v>
       </c>
       <c r="B135" t="s">
-        <v>1246</v>
+        <v>1258</v>
       </c>
       <c r="C135" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
       <c r="D135" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="E135" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="F135" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="G135" t="s">
-        <v>1251</v>
+        <v>1263</v>
       </c>
       <c r="H135" t="s">
-        <v>1252</v>
+        <v>1264</v>
       </c>
       <c r="I135" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1254</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>5518</v>
       </c>
       <c r="B136" t="s">
-        <v>1255</v>
+        <v>1267</v>
       </c>
       <c r="C136" t="s">
-        <v>1256</v>
+        <v>1268</v>
       </c>
       <c r="D136" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="E136" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
       <c r="F136" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
       <c r="G136" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="H136" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
       <c r="I136" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>5545</v>
       </c>
       <c r="B137" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="C137" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="D137" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
       <c r="E137" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="F137" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
       <c r="G137" t="s">
-        <v>1269</v>
+        <v>1281</v>
       </c>
       <c r="H137" t="s">
-        <v>1270</v>
+        <v>1282</v>
       </c>
       <c r="I137" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>5657</v>
       </c>
       <c r="B138" t="s">
-        <v>1273</v>
+        <v>1285</v>
       </c>
       <c r="C138" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
       <c r="D138" t="s">
-        <v>1275</v>
+        <v>1287</v>
       </c>
       <c r="E138" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
       <c r="F138" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
       <c r="G138" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
       <c r="H138" t="s">
-        <v>1279</v>
+        <v>1291</v>
       </c>
       <c r="I138" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>5733</v>
       </c>
       <c r="B139" t="s">
-        <v>1282</v>
+        <v>1294</v>
       </c>
       <c r="C139" t="s">
-        <v>1283</v>
+        <v>1295</v>
       </c>
       <c r="D139" t="s">
-        <v>1284</v>
+        <v>1296</v>
       </c>
       <c r="E139" t="s">
-        <v>1285</v>
+        <v>1297</v>
       </c>
       <c r="F139" t="s">
-        <v>1286</v>
+        <v>1298</v>
       </c>
       <c r="G139" t="s">
-        <v>1287</v>
+        <v>1299</v>
       </c>
       <c r="H139" t="s">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="I139" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>5792</v>
       </c>
       <c r="B140" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="C140" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
       <c r="D140" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="E140" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="F140" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="G140" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="H140" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="I140" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="J140" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K140" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L140" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="M140" t="s">
+        <v>410</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>5794</v>
       </c>
       <c r="B141" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="C141" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="D141" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="E141" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="F141" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
       <c r="G141" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="H141" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="I141" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>5796</v>
       </c>
       <c r="B142" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="C142" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="D142" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="E142" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="F142" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="G142" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="H142" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="I142" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>5798</v>
       </c>
       <c r="B143" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="C143" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="D143" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="E143" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
       <c r="F143" t="s">
-        <v>1322</v>
+        <v>1334</v>
       </c>
       <c r="G143" t="s">
-        <v>1323</v>
+        <v>1335</v>
       </c>
       <c r="H143" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="I143" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>5799</v>
       </c>
       <c r="B144" t="s">
-        <v>1327</v>
+        <v>1339</v>
       </c>
       <c r="C144" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
       <c r="D144" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="E144" t="s">
-        <v>1330</v>
+        <v>1342</v>
       </c>
       <c r="F144" t="s">
-        <v>1331</v>
+        <v>1343</v>
       </c>
       <c r="G144" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="H144" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="I144" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="J144" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="K144" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="L144" t="s">
-        <v>858</v>
+        <v>866</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1056</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>5803</v>
       </c>
       <c r="B145" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="C145" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
       <c r="D145" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="E145" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="F145" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="G145" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="H145" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="I145" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>5805</v>
       </c>
       <c r="B146" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="C146" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="D146" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="E146" t="s">
-        <v>1348</v>
+        <v>1360</v>
       </c>
       <c r="F146" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
       <c r="G146" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="H146" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="I146" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>5811</v>
       </c>
       <c r="B147" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="C147" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="D147" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="E147" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="F147" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="G147" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="H147" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="I147" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>5830</v>
       </c>
       <c r="B148" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="C148" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="D148" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="E148" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="F148" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="G148" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="H148" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="I148" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>5866</v>
       </c>
       <c r="B149" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="C149" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="D149" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="E149" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="F149" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="G149" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="H149" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="I149" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5907</v>
+        <v>5888</v>
       </c>
       <c r="B150" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="C150" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="D150" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="E150" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="F150" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="G150" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="H150" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="I150" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5913</v>
+        <v>5907</v>
       </c>
       <c r="B151" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="C151" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="D151" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="E151" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="F151" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="G151" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="H151" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="I151" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5932</v>
+        <v>5913</v>
       </c>
       <c r="B152" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="C152" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="D152" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="E152" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="F152" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="G152" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="H152" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="I152" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5934</v>
+        <v>5932</v>
       </c>
       <c r="B153" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="C153" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="D153" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="E153" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="F153" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="G153" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="H153" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="I153" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5953</v>
+        <v>5934</v>
       </c>
       <c r="B154" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="C154" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="D154" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="E154" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="F154" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="G154" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="H154" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="I154" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5981</v>
+        <v>5953</v>
       </c>
       <c r="B155" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="C155" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="D155" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="E155" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="F155" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="G155" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="H155" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="I155" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
       <c r="J155" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1434</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1435</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1436</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5986</v>
+        <v>5981</v>
       </c>
       <c r="B156" t="s">
-        <v>1437</v>
+        <v>1447</v>
       </c>
       <c r="C156" t="s">
-        <v>1438</v>
+        <v>1448</v>
       </c>
       <c r="D156" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="E156" t="s">
-        <v>1440</v>
+        <v>1450</v>
       </c>
       <c r="F156" t="s">
-        <v>1441</v>
+        <v>1451</v>
       </c>
       <c r="G156" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
       <c r="H156" t="s">
-        <v>1443</v>
+        <v>1453</v>
       </c>
       <c r="I156" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="J156" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K156" t="s">
-        <v>129</v>
+        <v>1455</v>
       </c>
       <c r="L156" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M156" t="s">
-        <v>130</v>
+        <v>1456</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5989</v>
+        <v>5986</v>
       </c>
       <c r="B157" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="C157" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="D157" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="E157" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="F157" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="G157" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="H157" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="I157" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>951</v>
+        <v>130</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
+      <c r="M157" t="s">
+        <v>131</v>
+      </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>6021</v>
+        <v>5989</v>
       </c>
       <c r="B158" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="C158" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="D158" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="E158" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="F158" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="G158" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="H158" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="I158" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>960</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>961</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>6049</v>
+        <v>6021</v>
       </c>
       <c r="B159" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="C159" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="D159" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="E159" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="F159" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="G159" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
       <c r="H159" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="I159" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="J159" t="s">
-        <v>1472</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1473</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
-        <v>1474</v>
+        <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>1475</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>6180</v>
+        <v>6049</v>
       </c>
       <c r="B160" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="C160" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="D160" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="E160" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="F160" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="G160" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="H160" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="I160" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="J160" t="s">
-        <v>24</v>
+        <v>1493</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>1494</v>
       </c>
       <c r="L160" t="s">
-        <v>26</v>
+        <v>1495</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>1496</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>6203</v>
+        <v>6180</v>
       </c>
       <c r="B161" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="C161" t="s">
-        <v>1487</v>
+        <v>1499</v>
       </c>
       <c r="D161" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="E161" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="F161" t="s">
-        <v>1490</v>
+        <v>1502</v>
       </c>
       <c r="G161" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
       <c r="H161" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="I161" t="s">
-        <v>1493</v>
+        <v>1505</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1494</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>6208</v>
+        <v>6203</v>
       </c>
       <c r="B162" t="s">
-        <v>1495</v>
+        <v>1507</v>
       </c>
       <c r="C162" t="s">
-        <v>1496</v>
+        <v>1508</v>
       </c>
       <c r="D162" t="s">
-        <v>1497</v>
+        <v>1509</v>
       </c>
       <c r="E162" t="s">
-        <v>1498</v>
+        <v>1510</v>
       </c>
       <c r="F162" t="s">
-        <v>1499</v>
+        <v>1511</v>
       </c>
       <c r="G162" t="s">
-        <v>1500</v>
+        <v>1512</v>
       </c>
       <c r="H162" t="s">
-        <v>1501</v>
+        <v>1513</v>
       </c>
       <c r="I162" t="s">
-        <v>1502</v>
+        <v>1514</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1503</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>6211</v>
+        <v>6208</v>
       </c>
       <c r="B163" t="s">
-        <v>1504</v>
+        <v>1516</v>
       </c>
       <c r="C163" t="s">
-        <v>1505</v>
+        <v>1517</v>
       </c>
       <c r="D163" t="s">
-        <v>1506</v>
+        <v>1518</v>
       </c>
       <c r="E163" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="F163" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="G163" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="H163" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
       <c r="I163" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>6255</v>
+        <v>6211</v>
       </c>
       <c r="B164" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="C164" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="D164" t="s">
-        <v>1515</v>
+        <v>1527</v>
       </c>
       <c r="E164" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
       <c r="F164" t="s">
-        <v>1517</v>
+        <v>1529</v>
       </c>
       <c r="G164" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
       <c r="H164" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="I164" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1521</v>
+        <v>130</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
+      <c r="M164" t="s">
+        <v>131</v>
+      </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1522</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B165" t="s">
-        <v>1523</v>
+        <v>1534</v>
       </c>
       <c r="C165" t="s">
-        <v>1524</v>
+        <v>1535</v>
       </c>
       <c r="D165" t="s">
-        <v>1525</v>
+        <v>1536</v>
       </c>
       <c r="E165" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="F165" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
       <c r="G165" t="s">
-        <v>1528</v>
+        <v>1539</v>
       </c>
       <c r="H165" t="s">
-        <v>1529</v>
+        <v>1540</v>
       </c>
       <c r="I165" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>140</v>
+        <v>1542</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>141</v>
+        <v>1543</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>6263</v>
+        <v>6261</v>
       </c>
       <c r="B166" t="s">
-        <v>1532</v>
+        <v>1545</v>
       </c>
       <c r="C166" t="s">
-        <v>1533</v>
+        <v>1546</v>
       </c>
       <c r="D166" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="E166" t="s">
-        <v>1535</v>
+        <v>1548</v>
       </c>
       <c r="F166" t="s">
-        <v>1536</v>
+        <v>1549</v>
       </c>
       <c r="G166" t="s">
-        <v>1537</v>
+        <v>1550</v>
       </c>
       <c r="H166" t="s">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="I166" t="s">
-        <v>1539</v>
+        <v>1552</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1540</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>6274</v>
+        <v>6263</v>
       </c>
       <c r="B167" t="s">
-        <v>1541</v>
+        <v>1554</v>
       </c>
       <c r="C167" t="s">
-        <v>1542</v>
+        <v>1555</v>
       </c>
       <c r="D167" t="s">
-        <v>1543</v>
+        <v>1556</v>
       </c>
       <c r="E167" t="s">
-        <v>1544</v>
+        <v>1557</v>
       </c>
       <c r="F167" t="s">
-        <v>1545</v>
+        <v>1558</v>
       </c>
       <c r="G167" t="s">
-        <v>1546</v>
+        <v>1559</v>
       </c>
       <c r="H167" t="s">
-        <v>1547</v>
+        <v>1560</v>
       </c>
       <c r="I167" t="s">
-        <v>1548</v>
+        <v>1561</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>6275</v>
+        <v>6274</v>
       </c>
       <c r="B168" t="s">
-        <v>1550</v>
+        <v>1563</v>
       </c>
       <c r="C168" t="s">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="D168" t="s">
-        <v>1552</v>
+        <v>1565</v>
       </c>
       <c r="E168" t="s">
-        <v>1553</v>
+        <v>1566</v>
       </c>
       <c r="F168" t="s">
-        <v>1554</v>
+        <v>1567</v>
       </c>
       <c r="G168" t="s">
-        <v>1555</v>
+        <v>1568</v>
       </c>
       <c r="H168" t="s">
-        <v>1556</v>
+        <v>1569</v>
       </c>
       <c r="I168" t="s">
-        <v>1557</v>
+        <v>1570</v>
       </c>
       <c r="J168" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>6460</v>
+        <v>6275</v>
       </c>
       <c r="B169" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
       <c r="C169" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="D169" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="E169" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
       <c r="F169" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="G169" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="H169" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
       <c r="I169" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="J169" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K169" t="s">
-        <v>25</v>
+        <v>494</v>
       </c>
       <c r="L169" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M169" t="s">
-        <v>27</v>
+        <v>495</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>6468</v>
+        <v>6460</v>
       </c>
       <c r="B170" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="C170" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="D170" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="E170" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="F170" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="G170" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="H170" t="s">
-        <v>1574</v>
+        <v>1587</v>
       </c>
       <c r="I170" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1576</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B171" t="s">
-        <v>1577</v>
+        <v>1590</v>
       </c>
       <c r="C171" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
       <c r="D171" t="s">
-        <v>1579</v>
+        <v>1592</v>
       </c>
       <c r="E171" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="F171" t="s">
-        <v>1581</v>
+        <v>1594</v>
       </c>
       <c r="G171" t="s">
-        <v>1582</v>
+        <v>1595</v>
       </c>
       <c r="H171" t="s">
-        <v>1583</v>
+        <v>1596</v>
       </c>
       <c r="I171" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>6763</v>
+        <v>6761</v>
       </c>
       <c r="B172" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="C172" t="s">
-        <v>1587</v>
+        <v>1600</v>
       </c>
       <c r="D172" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
       <c r="E172" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
       <c r="F172" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="G172" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="H172" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="I172" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
       <c r="J172" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1594</v>
+        <v>25</v>
       </c>
       <c r="L172" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>1595</v>
+        <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1596</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>6765</v>
+        <v>6763</v>
       </c>
       <c r="B173" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="C173" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="D173" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
       <c r="E173" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="F173" t="s">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="G173" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
       <c r="H173" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="I173" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="J173" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K173" t="s">
-        <v>129</v>
+        <v>1616</v>
       </c>
       <c r="L173" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M173" t="s">
-        <v>130</v>
+        <v>1617</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1605</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>8265</v>
+        <v>6765</v>
       </c>
       <c r="B174" t="s">
-        <v>1606</v>
+        <v>1619</v>
       </c>
       <c r="C174" t="s">
-        <v>1607</v>
+        <v>1620</v>
       </c>
       <c r="D174" t="s">
-        <v>1608</v>
+        <v>1621</v>
       </c>
       <c r="E174" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="F174" t="s">
-        <v>1610</v>
+        <v>1623</v>
       </c>
       <c r="G174" t="s">
-        <v>1611</v>
+        <v>1624</v>
       </c>
       <c r="H174" t="s">
-        <v>1612</v>
+        <v>1625</v>
       </c>
       <c r="I174" t="s">
-        <v>1613</v>
+        <v>1626</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1614</v>
+        <v>130</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
+      <c r="M174" t="s">
+        <v>131</v>
+      </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>8289</v>
+        <v>8265</v>
       </c>
       <c r="B175" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="C175" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="D175" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="E175" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
       <c r="F175" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="G175" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
       <c r="H175" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="I175" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>406</v>
+        <v>1636</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
+      <c r="M175" t="s">
+        <v>1637</v>
+      </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1624</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>8402</v>
+        <v>8289</v>
       </c>
       <c r="B176" t="s">
-        <v>1625</v>
+        <v>1639</v>
       </c>
       <c r="C176" t="s">
-        <v>1626</v>
+        <v>1640</v>
       </c>
       <c r="D176" t="s">
-        <v>1627</v>
+        <v>1641</v>
       </c>
       <c r="E176" t="s">
-        <v>1628</v>
+        <v>1642</v>
       </c>
       <c r="F176" t="s">
-        <v>1629</v>
+        <v>1643</v>
       </c>
       <c r="G176" t="s">
-        <v>1630</v>
+        <v>1644</v>
       </c>
       <c r="H176" t="s">
-        <v>1631</v>
+        <v>1645</v>
       </c>
       <c r="I176" t="s">
-        <v>1632</v>
+        <v>1646</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>129</v>
+        <v>409</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>130</v>
+        <v>410</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1633</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>8914</v>
+        <v>8402</v>
       </c>
       <c r="B177" t="s">
-        <v>1634</v>
+        <v>1648</v>
       </c>
       <c r="C177" t="s">
-        <v>1635</v>
+        <v>1649</v>
       </c>
       <c r="D177" t="s">
-        <v>1636</v>
+        <v>1650</v>
       </c>
       <c r="E177" t="s">
-        <v>1637</v>
+        <v>1651</v>
       </c>
       <c r="F177" t="s">
-        <v>1638</v>
+        <v>1652</v>
       </c>
       <c r="G177" t="s">
-        <v>1639</v>
+        <v>1653</v>
       </c>
       <c r="H177" t="s">
-        <v>1640</v>
+        <v>1654</v>
       </c>
       <c r="I177" t="s">
-        <v>1641</v>
+        <v>1655</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1642</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>8918</v>
+        <v>8914</v>
       </c>
       <c r="B178" t="s">
-        <v>1643</v>
+        <v>1657</v>
       </c>
       <c r="C178" t="s">
-        <v>1644</v>
+        <v>1658</v>
       </c>
       <c r="D178" t="s">
-        <v>1645</v>
+        <v>1659</v>
       </c>
       <c r="E178" t="s">
-        <v>1646</v>
+        <v>1660</v>
       </c>
       <c r="F178" t="s">
-        <v>1647</v>
+        <v>1661</v>
       </c>
       <c r="G178" t="s">
-        <v>1648</v>
+        <v>1662</v>
       </c>
       <c r="H178" t="s">
-        <v>1649</v>
+        <v>1663</v>
       </c>
       <c r="I178" t="s">
-        <v>1650</v>
+        <v>1664</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1651</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>8945</v>
+        <v>8918</v>
       </c>
       <c r="B179" t="s">
-        <v>1652</v>
+        <v>1666</v>
       </c>
       <c r="C179" t="s">
-        <v>1653</v>
+        <v>1667</v>
       </c>
       <c r="D179" t="s">
-        <v>1654</v>
+        <v>1668</v>
       </c>
       <c r="E179" t="s">
-        <v>1655</v>
+        <v>1669</v>
       </c>
       <c r="F179" t="s">
-        <v>1656</v>
+        <v>1670</v>
       </c>
       <c r="G179" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="H179" t="s">
-        <v>1658</v>
+        <v>1672</v>
       </c>
       <c r="I179" t="s">
-        <v>1659</v>
+        <v>1673</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1660</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>10044</v>
+        <v>8945</v>
       </c>
       <c r="B180" t="s">
-        <v>1661</v>
+        <v>1675</v>
       </c>
       <c r="C180" t="s">
-        <v>1662</v>
+        <v>1676</v>
       </c>
       <c r="D180" t="s">
-        <v>1663</v>
+        <v>1677</v>
       </c>
       <c r="E180" t="s">
-        <v>1664</v>
+        <v>1678</v>
       </c>
       <c r="F180" t="s">
-        <v>1665</v>
+        <v>1679</v>
       </c>
       <c r="G180" t="s">
-        <v>1666</v>
+        <v>1680</v>
       </c>
       <c r="H180" t="s">
-        <v>1667</v>
+        <v>1681</v>
       </c>
       <c r="I180" t="s">
-        <v>1668</v>
+        <v>1682</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>857</v>
+        <v>141</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>859</v>
+        <v>142</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1669</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>10098</v>
+        <v>10044</v>
       </c>
       <c r="B181" t="s">
-        <v>1670</v>
+        <v>1684</v>
       </c>
       <c r="C181" t="s">
-        <v>1671</v>
+        <v>1685</v>
       </c>
       <c r="D181" t="s">
-        <v>1672</v>
+        <v>1686</v>
       </c>
       <c r="E181" t="s">
-        <v>1673</v>
+        <v>1687</v>
       </c>
       <c r="F181" t="s">
-        <v>1674</v>
+        <v>1688</v>
       </c>
       <c r="G181" t="s">
-        <v>1675</v>
+        <v>1689</v>
       </c>
       <c r="H181" t="s">
-        <v>1676</v>
+        <v>1690</v>
       </c>
       <c r="I181" t="s">
-        <v>1677</v>
+        <v>1691</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>865</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>867</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1678</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>10412</v>
+        <v>10098</v>
       </c>
       <c r="B182" t="s">
-        <v>1679</v>
+        <v>1693</v>
       </c>
       <c r="C182" t="s">
-        <v>1680</v>
+        <v>1694</v>
       </c>
       <c r="D182" t="s">
-        <v>1681</v>
+        <v>1695</v>
       </c>
       <c r="E182" t="s">
-        <v>1682</v>
+        <v>1696</v>
       </c>
       <c r="F182" t="s">
-        <v>1683</v>
+        <v>1697</v>
       </c>
       <c r="G182" t="s">
-        <v>1684</v>
+        <v>1698</v>
       </c>
       <c r="H182" t="s">
-        <v>1685</v>
+        <v>1699</v>
       </c>
       <c r="I182" t="s">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1687</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>10647</v>
+        <v>10412</v>
       </c>
       <c r="B183" t="s">
-        <v>1688</v>
+        <v>1702</v>
       </c>
       <c r="C183" t="s">
-        <v>1689</v>
+        <v>1703</v>
       </c>
       <c r="D183" t="s">
-        <v>1690</v>
+        <v>1704</v>
       </c>
       <c r="E183" t="s">
-        <v>1691</v>
+        <v>1705</v>
       </c>
       <c r="F183" t="s">
-        <v>1692</v>
+        <v>1706</v>
       </c>
       <c r="G183" t="s">
-        <v>1693</v>
+        <v>1707</v>
       </c>
       <c r="H183" t="s">
-        <v>1694</v>
+        <v>1708</v>
       </c>
       <c r="I183" t="s">
-        <v>1695</v>
+        <v>1709</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1696</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>10887</v>
+        <v>10647</v>
       </c>
       <c r="B184" t="s">
-        <v>1697</v>
+        <v>1711</v>
       </c>
       <c r="C184" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="D184" t="s">
-        <v>1699</v>
+        <v>1713</v>
       </c>
       <c r="E184" t="s">
-        <v>1700</v>
+        <v>1714</v>
       </c>
       <c r="F184" t="s">
-        <v>1701</v>
+        <v>1715</v>
       </c>
       <c r="G184" t="s">
-        <v>1702</v>
+        <v>1716</v>
       </c>
       <c r="H184" t="s">
-        <v>1703</v>
+        <v>1717</v>
       </c>
       <c r="I184" t="s">
-        <v>1704</v>
+        <v>1718</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1705</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>10925</v>
+        <v>10887</v>
       </c>
       <c r="B185" t="s">
-        <v>1706</v>
+        <v>1720</v>
       </c>
       <c r="C185" t="s">
-        <v>1707</v>
+        <v>1721</v>
       </c>
       <c r="D185" t="s">
-        <v>1708</v>
+        <v>1722</v>
       </c>
       <c r="E185" t="s">
-        <v>1709</v>
+        <v>1723</v>
       </c>
       <c r="F185" t="s">
-        <v>1710</v>
+        <v>1724</v>
       </c>
       <c r="G185" t="s">
-        <v>1711</v>
+        <v>1725</v>
       </c>
       <c r="H185" t="s">
-        <v>1712</v>
+        <v>1726</v>
       </c>
       <c r="I185" t="s">
-        <v>1713</v>
+        <v>1727</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1714</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>10930</v>
+        <v>10925</v>
       </c>
       <c r="B186" t="s">
-        <v>1715</v>
+        <v>1729</v>
       </c>
       <c r="C186" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="D186" t="s">
-        <v>1717</v>
+        <v>1731</v>
       </c>
       <c r="E186" t="s">
-        <v>1718</v>
+        <v>1732</v>
       </c>
       <c r="F186" t="s">
-        <v>1719</v>
+        <v>1733</v>
       </c>
       <c r="G186" t="s">
-        <v>1720</v>
+        <v>1734</v>
       </c>
       <c r="H186" t="s">
-        <v>1721</v>
+        <v>1735</v>
       </c>
       <c r="I186" t="s">
-        <v>1722</v>
+        <v>1736</v>
       </c>
       <c r="J186" t="s">
-        <v>1723</v>
+        <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>479</v>
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1724</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>10947</v>
+        <v>10930</v>
       </c>
       <c r="B187" t="s">
-        <v>1725</v>
+        <v>1738</v>
       </c>
       <c r="C187" t="s">
-        <v>1726</v>
+        <v>1739</v>
       </c>
       <c r="D187" t="s">
-        <v>1727</v>
+        <v>1740</v>
       </c>
       <c r="E187" t="s">
-        <v>1728</v>
+        <v>1741</v>
       </c>
       <c r="F187" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
       <c r="G187" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="H187" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
       <c r="I187" t="s">
-        <v>1732</v>
+        <v>1745</v>
       </c>
       <c r="J187" t="s">
-        <v>24</v>
+        <v>1746</v>
       </c>
       <c r="K187" t="s">
-        <v>129</v>
+        <v>483</v>
       </c>
       <c r="L187" t="s">
-        <v>26</v>
+        <v>1747</v>
       </c>
       <c r="M187" t="s">
-        <v>130</v>
+        <v>484</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1733</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B188" t="s">
-        <v>1734</v>
+        <v>1749</v>
       </c>
       <c r="C188" t="s">
-        <v>1735</v>
+        <v>1750</v>
       </c>
       <c r="D188" t="s">
-        <v>1736</v>
+        <v>1751</v>
       </c>
       <c r="E188" t="s">
-        <v>1737</v>
+        <v>1752</v>
       </c>
       <c r="F188" t="s">
-        <v>1738</v>
+        <v>1753</v>
       </c>
       <c r="G188" t="s">
-        <v>1739</v>
+        <v>1754</v>
       </c>
       <c r="H188" t="s">
-        <v>1740</v>
+        <v>1755</v>
       </c>
       <c r="I188" t="s">
-        <v>1741</v>
+        <v>1756</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1742</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>11287</v>
+        <v>10951</v>
       </c>
       <c r="B189" t="s">
-        <v>1743</v>
+        <v>1758</v>
       </c>
       <c r="C189" t="s">
-        <v>1744</v>
+        <v>1759</v>
       </c>
       <c r="D189" t="s">
-        <v>1745</v>
+        <v>1760</v>
       </c>
       <c r="E189" t="s">
-        <v>1746</v>
+        <v>1761</v>
       </c>
       <c r="F189" t="s">
-        <v>1747</v>
+        <v>1762</v>
       </c>
       <c r="G189" t="s">
-        <v>1748</v>
+        <v>1763</v>
       </c>
       <c r="H189" t="s">
-        <v>1749</v>
+        <v>1764</v>
       </c>
       <c r="I189" t="s">
-        <v>1750</v>
+        <v>1765</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1751</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>11310</v>
+        <v>11287</v>
       </c>
       <c r="B190" t="s">
-        <v>1752</v>
+        <v>1767</v>
       </c>
       <c r="C190" t="s">
-        <v>1753</v>
+        <v>1768</v>
       </c>
       <c r="D190" t="s">
-        <v>1754</v>
+        <v>1769</v>
       </c>
       <c r="E190" t="s">
-        <v>1755</v>
+        <v>1770</v>
       </c>
       <c r="F190" t="s">
-        <v>1756</v>
+        <v>1771</v>
       </c>
       <c r="G190" t="s">
-        <v>1757</v>
+        <v>1772</v>
       </c>
       <c r="H190" t="s">
-        <v>1758</v>
+        <v>1773</v>
       </c>
       <c r="I190" t="s">
-        <v>1759</v>
+        <v>1774</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>489</v>
+        <v>130</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>490</v>
+        <v>131</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1760</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>58060</v>
+        <v>11310</v>
       </c>
       <c r="B191" t="s">
-        <v>1761</v>
+        <v>1776</v>
       </c>
       <c r="C191" t="s">
-        <v>1762</v>
+        <v>1777</v>
       </c>
       <c r="D191" t="s">
-        <v>1763</v>
+        <v>1778</v>
       </c>
       <c r="E191" t="s">
-        <v>1764</v>
+        <v>1779</v>
       </c>
       <c r="F191" t="s">
-        <v>1765</v>
+        <v>1780</v>
       </c>
       <c r="G191" t="s">
-        <v>1766</v>
+        <v>1781</v>
       </c>
       <c r="H191" t="s">
-        <v>1767</v>
+        <v>1782</v>
       </c>
       <c r="I191" t="s">
-        <v>1768</v>
+        <v>1783</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>1769</v>
+        <v>494</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
+      <c r="M191" t="s">
+        <v>495</v>
+      </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>58066</v>
+        <v>58060</v>
       </c>
       <c r="B192" t="s">
-        <v>1771</v>
+        <v>1785</v>
       </c>
       <c r="C192" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
       <c r="D192" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
       <c r="E192" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="F192" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="G192" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="H192" t="s">
-        <v>1777</v>
+        <v>1791</v>
       </c>
       <c r="I192" t="s">
-        <v>1778</v>
+        <v>1792</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>479</v>
+        <v>1793</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
+      <c r="M192" t="s">
+        <v>1794</v>
+      </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1779</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>58120</v>
+        <v>58066</v>
       </c>
       <c r="B193" t="s">
-        <v>1780</v>
+        <v>1796</v>
       </c>
       <c r="C193" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="D193" t="s">
-        <v>1782</v>
+        <v>1798</v>
       </c>
       <c r="E193" t="s">
-        <v>1783</v>
+        <v>1799</v>
       </c>
       <c r="F193" t="s">
-        <v>1784</v>
+        <v>1800</v>
       </c>
       <c r="G193" t="s">
-        <v>1785</v>
+        <v>1801</v>
       </c>
       <c r="H193" t="s">
-        <v>1786</v>
+        <v>1802</v>
       </c>
       <c r="I193" t="s">
-        <v>1787</v>
+        <v>1803</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>25</v>
+        <v>483</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
+        <v>484</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1788</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>58122</v>
+        <v>58120</v>
       </c>
       <c r="B194" t="s">
-        <v>1789</v>
+        <v>1805</v>
       </c>
       <c r="C194" t="s">
-        <v>1790</v>
+        <v>1806</v>
       </c>
       <c r="D194" t="s">
-        <v>1791</v>
+        <v>1807</v>
       </c>
       <c r="E194" t="s">
-        <v>1792</v>
+        <v>1808</v>
       </c>
       <c r="F194" t="s">
-        <v>1793</v>
+        <v>1809</v>
       </c>
       <c r="G194" t="s">
-        <v>1794</v>
+        <v>1810</v>
       </c>
       <c r="H194" t="s">
-        <v>1795</v>
+        <v>1811</v>
       </c>
       <c r="I194" t="s">
-        <v>1796</v>
+        <v>1812</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1797</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>58218</v>
+        <v>58122</v>
       </c>
       <c r="B195" t="s">
-        <v>1798</v>
+        <v>1814</v>
       </c>
       <c r="C195" t="s">
-        <v>1799</v>
+        <v>1815</v>
       </c>
       <c r="D195" t="s">
-        <v>1800</v>
+        <v>1816</v>
       </c>
       <c r="E195" t="s">
-        <v>1801</v>
+        <v>1817</v>
       </c>
       <c r="F195" t="s">
-        <v>1802</v>
+        <v>1818</v>
       </c>
       <c r="G195" t="s">
-        <v>1803</v>
+        <v>1819</v>
       </c>
       <c r="H195" t="s">
-        <v>1804</v>
+        <v>1820</v>
       </c>
       <c r="I195" t="s">
-        <v>1805</v>
+        <v>1821</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1806</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>58223</v>
+        <v>58218</v>
       </c>
       <c r="B196" t="s">
-        <v>1807</v>
+        <v>1823</v>
       </c>
       <c r="C196" t="s">
-        <v>1808</v>
+        <v>1824</v>
       </c>
       <c r="D196" t="s">
-        <v>1809</v>
+        <v>1825</v>
       </c>
       <c r="E196" t="s">
-        <v>1810</v>
+        <v>1826</v>
       </c>
       <c r="F196" t="s">
-        <v>1811</v>
+        <v>1827</v>
       </c>
       <c r="G196" t="s">
-        <v>1812</v>
+        <v>1828</v>
       </c>
       <c r="H196" t="s">
-        <v>1813</v>
+        <v>1829</v>
       </c>
       <c r="I196" t="s">
-        <v>1814</v>
+        <v>1830</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1815</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>64637</v>
+        <v>58223</v>
       </c>
       <c r="B197" t="s">
-        <v>1816</v>
+        <v>1832</v>
       </c>
       <c r="C197" t="s">
-        <v>1817</v>
+        <v>1833</v>
       </c>
       <c r="D197" t="s">
-        <v>1818</v>
+        <v>1834</v>
       </c>
       <c r="E197" t="s">
-        <v>1819</v>
+        <v>1835</v>
       </c>
       <c r="F197" t="s">
-        <v>1820</v>
+        <v>1836</v>
       </c>
       <c r="G197" t="s">
-        <v>1821</v>
+        <v>1837</v>
       </c>
       <c r="H197" t="s">
-        <v>1822</v>
+        <v>1838</v>
       </c>
       <c r="I197" t="s">
-        <v>1823</v>
+        <v>1839</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>64689</v>
+        <v>64637</v>
       </c>
       <c r="B198" t="s">
-        <v>1825</v>
+        <v>1841</v>
       </c>
       <c r="C198" t="s">
-        <v>1826</v>
+        <v>1842</v>
       </c>
       <c r="D198" t="s">
-        <v>1827</v>
+        <v>1843</v>
       </c>
       <c r="E198" t="s">
-        <v>1828</v>
+        <v>1844</v>
       </c>
       <c r="F198" t="s">
-        <v>1829</v>
+        <v>1845</v>
       </c>
       <c r="G198" t="s">
-        <v>1830</v>
+        <v>1846</v>
       </c>
       <c r="H198" t="s">
-        <v>1831</v>
+        <v>1847</v>
       </c>
       <c r="I198" t="s">
-        <v>1832</v>
+        <v>1848</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>729</v>
+        <v>141</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
+      <c r="M198" t="s">
+        <v>142</v>
+      </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1833</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>65000</v>
+        <v>64689</v>
       </c>
       <c r="B199" t="s">
-        <v>1834</v>
+        <v>1850</v>
       </c>
       <c r="C199" t="s">
-        <v>1835</v>
+        <v>1851</v>
       </c>
       <c r="D199" t="s">
-        <v>1836</v>
+        <v>1852</v>
       </c>
       <c r="E199" t="s">
-        <v>1837</v>
+        <v>1853</v>
       </c>
       <c r="F199" t="s">
-        <v>1838</v>
+        <v>1854</v>
       </c>
       <c r="G199" t="s">
-        <v>1839</v>
+        <v>1855</v>
       </c>
       <c r="H199" t="s">
-        <v>1840</v>
+        <v>1856</v>
       </c>
       <c r="I199" t="s">
-        <v>1841</v>
+        <v>1857</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>736</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>737</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1842</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>65001</v>
+        <v>65000</v>
       </c>
       <c r="B200" t="s">
-        <v>1843</v>
+        <v>1859</v>
       </c>
       <c r="C200" t="s">
-        <v>1844</v>
+        <v>1860</v>
       </c>
       <c r="D200" t="s">
-        <v>1845</v>
+        <v>1861</v>
       </c>
       <c r="E200" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
       <c r="F200" t="s">
-        <v>1847</v>
+        <v>1863</v>
       </c>
       <c r="G200" t="s">
-        <v>1848</v>
+        <v>1864</v>
       </c>
       <c r="H200" t="s">
-        <v>1849</v>
+        <v>1865</v>
       </c>
       <c r="I200" t="s">
-        <v>1850</v>
+        <v>1866</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1851</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>65002</v>
+        <v>65001</v>
       </c>
       <c r="B201" t="s">
-        <v>1852</v>
+        <v>1868</v>
       </c>
       <c r="C201" t="s">
-        <v>1853</v>
+        <v>1869</v>
       </c>
       <c r="D201" t="s">
-        <v>1854</v>
+        <v>1870</v>
       </c>
       <c r="E201" t="s">
-        <v>1855</v>
+        <v>1871</v>
       </c>
       <c r="F201" t="s">
-        <v>1856</v>
+        <v>1872</v>
       </c>
       <c r="G201" t="s">
-        <v>1857</v>
+        <v>1873</v>
       </c>
       <c r="H201" t="s">
-        <v>1858</v>
+        <v>1874</v>
       </c>
       <c r="I201" t="s">
-        <v>1859</v>
+        <v>1875</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1860</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>65003</v>
+        <v>65002</v>
       </c>
       <c r="B202" t="s">
-        <v>1861</v>
+        <v>1877</v>
       </c>
       <c r="C202" t="s">
-        <v>1862</v>
+        <v>1878</v>
       </c>
       <c r="D202" t="s">
-        <v>1863</v>
+        <v>1879</v>
       </c>
       <c r="E202" t="s">
-        <v>1864</v>
+        <v>1880</v>
       </c>
       <c r="F202" t="s">
-        <v>1865</v>
+        <v>1881</v>
       </c>
       <c r="G202" t="s">
-        <v>1866</v>
+        <v>1882</v>
       </c>
       <c r="H202" t="s">
-        <v>1867</v>
+        <v>1883</v>
       </c>
       <c r="I202" t="s">
-        <v>1868</v>
+        <v>1884</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1869</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>65004</v>
+        <v>65003</v>
       </c>
       <c r="B203" t="s">
-        <v>1870</v>
+        <v>1886</v>
       </c>
       <c r="C203" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="D203" t="s">
-        <v>1872</v>
+        <v>1888</v>
       </c>
       <c r="E203" t="s">
-        <v>1873</v>
+        <v>1889</v>
       </c>
       <c r="F203" t="s">
-        <v>1874</v>
+        <v>1890</v>
       </c>
       <c r="G203" t="s">
-        <v>1875</v>
+        <v>1891</v>
       </c>
       <c r="H203" t="s">
-        <v>1876</v>
+        <v>1892</v>
       </c>
       <c r="I203" t="s">
-        <v>1877</v>
+        <v>1893</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1878</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>65005</v>
+        <v>65004</v>
       </c>
       <c r="B204" t="s">
-        <v>1879</v>
+        <v>1895</v>
       </c>
       <c r="C204" t="s">
-        <v>1880</v>
+        <v>1896</v>
       </c>
       <c r="D204" t="s">
-        <v>1881</v>
+        <v>1897</v>
       </c>
       <c r="E204" t="s">
-        <v>1882</v>
+        <v>1898</v>
       </c>
       <c r="F204" t="s">
-        <v>1883</v>
+        <v>1899</v>
       </c>
       <c r="G204" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="H204" t="s">
-        <v>1885</v>
+        <v>1901</v>
       </c>
       <c r="I204" t="s">
-        <v>1886</v>
+        <v>1902</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1887</v>
+        <v>130</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
+      <c r="M204" t="s">
+        <v>131</v>
+      </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1888</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>65006</v>
+        <v>65005</v>
       </c>
       <c r="B205" t="s">
-        <v>1889</v>
+        <v>1904</v>
       </c>
       <c r="C205" t="s">
-        <v>1890</v>
+        <v>1905</v>
       </c>
       <c r="D205" t="s">
-        <v>1891</v>
+        <v>1906</v>
       </c>
       <c r="E205" t="s">
-        <v>1892</v>
+        <v>1907</v>
       </c>
       <c r="F205" t="s">
-        <v>1893</v>
+        <v>1908</v>
       </c>
       <c r="G205" t="s">
-        <v>1894</v>
+        <v>1909</v>
       </c>
       <c r="H205" t="s">
-        <v>1895</v>
+        <v>1910</v>
       </c>
       <c r="I205" t="s">
-        <v>1896</v>
+        <v>1911</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1897</v>
+        <v>1912</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
+      <c r="M205" t="s">
+        <v>1913</v>
+      </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1898</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>65007</v>
+        <v>65006</v>
       </c>
       <c r="B206" t="s">
-        <v>1899</v>
+        <v>1915</v>
       </c>
       <c r="C206" t="s">
-        <v>1900</v>
+        <v>1916</v>
       </c>
       <c r="D206" t="s">
-        <v>1901</v>
+        <v>1917</v>
       </c>
       <c r="E206" t="s">
-        <v>1902</v>
+        <v>1918</v>
       </c>
       <c r="F206" t="s">
-        <v>1903</v>
+        <v>1919</v>
       </c>
       <c r="G206" t="s">
-        <v>1904</v>
+        <v>1920</v>
       </c>
       <c r="H206" t="s">
-        <v>1905</v>
+        <v>1921</v>
       </c>
       <c r="I206" t="s">
-        <v>1906</v>
+        <v>1922</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>1923</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>1924</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1907</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>65008</v>
+        <v>65007</v>
       </c>
       <c r="B207" t="s">
-        <v>1908</v>
+        <v>1926</v>
       </c>
       <c r="C207" t="s">
-        <v>1909</v>
+        <v>1927</v>
       </c>
       <c r="D207" t="s">
-        <v>1910</v>
+        <v>1928</v>
       </c>
       <c r="E207" t="s">
-        <v>1911</v>
+        <v>1929</v>
       </c>
       <c r="F207" t="s">
-        <v>1912</v>
+        <v>1930</v>
       </c>
       <c r="G207" t="s">
-        <v>1913</v>
+        <v>1931</v>
       </c>
       <c r="H207" t="s">
-        <v>1914</v>
+        <v>1932</v>
       </c>
       <c r="I207" t="s">
-        <v>1915</v>
+        <v>1933</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1916</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>65009</v>
+        <v>65008</v>
       </c>
       <c r="B208" t="s">
-        <v>1917</v>
+        <v>1935</v>
       </c>
       <c r="C208" t="s">
-        <v>1918</v>
+        <v>1936</v>
       </c>
       <c r="D208" t="s">
-        <v>1919</v>
+        <v>1937</v>
       </c>
       <c r="E208" t="s">
-        <v>1920</v>
+        <v>1938</v>
       </c>
       <c r="F208" t="s">
-        <v>1921</v>
+        <v>1939</v>
       </c>
       <c r="G208" t="s">
-        <v>1922</v>
+        <v>1940</v>
       </c>
       <c r="H208" t="s">
-        <v>1923</v>
+        <v>1941</v>
       </c>
       <c r="I208" t="s">
-        <v>1924</v>
+        <v>1942</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1925</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>65010</v>
+        <v>65009</v>
       </c>
       <c r="B209" t="s">
-        <v>1926</v>
+        <v>1944</v>
       </c>
       <c r="C209" t="s">
-        <v>1927</v>
+        <v>1945</v>
       </c>
       <c r="D209" t="s">
-        <v>1928</v>
+        <v>1946</v>
       </c>
       <c r="E209" t="s">
-        <v>1929</v>
+        <v>1947</v>
       </c>
       <c r="F209" t="s">
-        <v>1930</v>
+        <v>1948</v>
       </c>
       <c r="G209" t="s">
-        <v>1931</v>
+        <v>1949</v>
       </c>
       <c r="H209" t="s">
-        <v>1932</v>
+        <v>1950</v>
       </c>
       <c r="I209" t="s">
-        <v>1933</v>
+        <v>1951</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1934</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>65011</v>
+        <v>65010</v>
       </c>
       <c r="B210" t="s">
-        <v>1935</v>
+        <v>1953</v>
       </c>
       <c r="C210" t="s">
-        <v>1936</v>
+        <v>1954</v>
       </c>
       <c r="D210" t="s">
-        <v>1937</v>
+        <v>1955</v>
       </c>
       <c r="E210" t="s">
-        <v>1938</v>
+        <v>1956</v>
       </c>
       <c r="F210" t="s">
-        <v>1939</v>
+        <v>1957</v>
       </c>
       <c r="G210" t="s">
-        <v>1940</v>
+        <v>1958</v>
       </c>
       <c r="H210" t="s">
-        <v>1941</v>
+        <v>1959</v>
       </c>
       <c r="I210" t="s">
-        <v>1942</v>
+        <v>1960</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1943</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>65012</v>
+        <v>65011</v>
       </c>
       <c r="B211" t="s">
-        <v>1944</v>
+        <v>1962</v>
       </c>
       <c r="C211" t="s">
-        <v>1945</v>
+        <v>1963</v>
       </c>
       <c r="D211" t="s">
-        <v>1946</v>
+        <v>1964</v>
       </c>
       <c r="E211" t="s">
-        <v>1947</v>
+        <v>1965</v>
       </c>
       <c r="F211" t="s">
-        <v>1948</v>
+        <v>1966</v>
       </c>
       <c r="G211" t="s">
-        <v>1949</v>
+        <v>1967</v>
       </c>
       <c r="H211" t="s">
-        <v>1950</v>
+        <v>1968</v>
       </c>
       <c r="I211" t="s">
-        <v>1951</v>
+        <v>1969</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1952</v>
+        <v>130</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
+      <c r="M211" t="s">
+        <v>131</v>
+      </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>65013</v>
+        <v>65012</v>
       </c>
       <c r="B212" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="C212" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="D212" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="E212" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="F212" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="G212" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="H212" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="I212" t="s">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>1979</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>1980</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1962</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>65014</v>
+        <v>65013</v>
       </c>
       <c r="B213" t="s">
-        <v>1963</v>
+        <v>1982</v>
       </c>
       <c r="C213" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="D213" t="s">
-        <v>1965</v>
+        <v>1984</v>
       </c>
       <c r="E213" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
       <c r="F213" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="G213" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="H213" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
       <c r="I213" t="s">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="J213" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L213" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1971</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>65015</v>
+        <v>65014</v>
       </c>
       <c r="B214" t="s">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="C214" t="s">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="D214" t="s">
-        <v>1974</v>
+        <v>1993</v>
       </c>
       <c r="E214" t="s">
-        <v>1975</v>
+        <v>1994</v>
       </c>
       <c r="F214" t="s">
-        <v>1976</v>
+        <v>1995</v>
       </c>
       <c r="G214" t="s">
-        <v>1977</v>
+        <v>1996</v>
       </c>
       <c r="H214" t="s">
-        <v>1978</v>
+        <v>1997</v>
       </c>
       <c r="I214" t="s">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="J214" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K214" t="s">
-        <v>129</v>
+        <v>316</v>
       </c>
       <c r="L214" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M214" t="s">
-        <v>130</v>
+        <v>317</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1980</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>65016</v>
+        <v>65015</v>
       </c>
       <c r="B215" t="s">
-        <v>1981</v>
+        <v>2000</v>
       </c>
       <c r="C215" t="s">
-        <v>1982</v>
+        <v>2001</v>
       </c>
       <c r="D215" t="s">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E215" t="s">
-        <v>1984</v>
+        <v>2003</v>
       </c>
       <c r="F215" t="s">
-        <v>1985</v>
+        <v>2004</v>
       </c>
       <c r="G215" t="s">
-        <v>1986</v>
+        <v>2005</v>
       </c>
       <c r="H215" t="s">
-        <v>1987</v>
+        <v>2006</v>
       </c>
       <c r="I215" t="s">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1989</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>65017</v>
+        <v>65016</v>
       </c>
       <c r="B216" t="s">
-        <v>1990</v>
+        <v>2009</v>
       </c>
       <c r="C216" t="s">
-        <v>1991</v>
+        <v>2010</v>
       </c>
       <c r="D216" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E216" t="s">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="F216" t="s">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="G216" t="s">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="H216" t="s">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="I216" t="s">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1998</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1999</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2000</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>65018</v>
+        <v>65017</v>
       </c>
       <c r="B217" t="s">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="C217" t="s">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="D217" t="s">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="E217" t="s">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="F217" t="s">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="G217" t="s">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="H217" t="s">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="I217" t="s">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>2009</v>
+        <v>2026</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
+      <c r="M217" t="s">
+        <v>2027</v>
+      </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2010</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>65019</v>
+        <v>65018</v>
       </c>
       <c r="B218" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
       <c r="C218" t="s">
-        <v>2012</v>
+        <v>2030</v>
       </c>
       <c r="D218" t="s">
-        <v>2013</v>
+        <v>2031</v>
       </c>
       <c r="E218" t="s">
-        <v>2014</v>
+        <v>2032</v>
       </c>
       <c r="F218" t="s">
-        <v>2015</v>
+        <v>2033</v>
       </c>
       <c r="G218" t="s">
-        <v>2016</v>
+        <v>2034</v>
       </c>
       <c r="H218" t="s">
-        <v>2017</v>
+        <v>2035</v>
       </c>
       <c r="I218" t="s">
-        <v>2018</v>
+        <v>2036</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>129</v>
+        <v>2037</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>130</v>
+        <v>2038</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2019</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>65020</v>
+        <v>65019</v>
       </c>
       <c r="B219" t="s">
-        <v>2020</v>
+        <v>2040</v>
       </c>
       <c r="C219" t="s">
-        <v>2021</v>
+        <v>2041</v>
       </c>
       <c r="D219" t="s">
-        <v>2022</v>
+        <v>2042</v>
       </c>
       <c r="E219" t="s">
-        <v>2023</v>
+        <v>2043</v>
       </c>
       <c r="F219" t="s">
-        <v>2024</v>
+        <v>2044</v>
       </c>
       <c r="G219" t="s">
-        <v>2025</v>
+        <v>2045</v>
       </c>
       <c r="H219" t="s">
-        <v>2026</v>
+        <v>2046</v>
       </c>
       <c r="I219" t="s">
-        <v>2027</v>
+        <v>2047</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>2028</v>
+        <v>130</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
+      <c r="M219" t="s">
+        <v>131</v>
+      </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2029</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>65021</v>
+        <v>65020</v>
       </c>
       <c r="B220" t="s">
-        <v>2030</v>
+        <v>2049</v>
       </c>
       <c r="C220" t="s">
-        <v>2031</v>
+        <v>2050</v>
       </c>
       <c r="D220" t="s">
-        <v>2032</v>
+        <v>2051</v>
       </c>
       <c r="E220" t="s">
-        <v>2033</v>
+        <v>2052</v>
       </c>
       <c r="F220" t="s">
-        <v>2034</v>
+        <v>2053</v>
       </c>
       <c r="G220" t="s">
-        <v>2035</v>
+        <v>2054</v>
       </c>
       <c r="H220" t="s">
-        <v>2036</v>
+        <v>2055</v>
       </c>
       <c r="I220" t="s">
-        <v>2037</v>
+        <v>2056</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>2057</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>2058</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2038</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>65022</v>
+        <v>65021</v>
       </c>
       <c r="B221" t="s">
-        <v>2039</v>
+        <v>2060</v>
       </c>
       <c r="C221" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="D221" t="s">
-        <v>2041</v>
+        <v>2062</v>
       </c>
       <c r="E221" t="s">
-        <v>2042</v>
+        <v>2063</v>
       </c>
       <c r="F221" t="s">
-        <v>2043</v>
+        <v>2064</v>
       </c>
       <c r="G221" t="s">
-        <v>2044</v>
+        <v>2065</v>
       </c>
       <c r="H221" t="s">
-        <v>2045</v>
+        <v>2066</v>
       </c>
       <c r="I221" t="s">
-        <v>2046</v>
+        <v>2067</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2047</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>65023</v>
+        <v>65022</v>
       </c>
       <c r="B222" t="s">
-        <v>2048</v>
+        <v>2069</v>
       </c>
       <c r="C222" t="s">
-        <v>2049</v>
+        <v>2070</v>
       </c>
       <c r="D222" t="s">
-        <v>2050</v>
+        <v>2071</v>
       </c>
       <c r="E222" t="s">
-        <v>2051</v>
+        <v>2072</v>
       </c>
       <c r="F222" t="s">
-        <v>2052</v>
+        <v>2073</v>
       </c>
       <c r="G222" t="s">
-        <v>2053</v>
+        <v>2074</v>
       </c>
       <c r="H222" t="s">
-        <v>2054</v>
+        <v>2075</v>
       </c>
       <c r="I222" t="s">
-        <v>2055</v>
+        <v>2076</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2056</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>65025</v>
+        <v>65023</v>
       </c>
       <c r="B223" t="s">
-        <v>2057</v>
+        <v>2078</v>
       </c>
       <c r="C223" t="s">
-        <v>2058</v>
+        <v>2079</v>
       </c>
       <c r="D223" t="s">
-        <v>2059</v>
+        <v>2080</v>
       </c>
       <c r="E223" t="s">
-        <v>2060</v>
+        <v>2081</v>
       </c>
       <c r="F223" t="s">
-        <v>2061</v>
+        <v>2082</v>
       </c>
       <c r="G223" t="s">
-        <v>2062</v>
+        <v>2083</v>
       </c>
       <c r="H223" t="s">
-        <v>2063</v>
+        <v>2084</v>
       </c>
       <c r="I223" t="s">
-        <v>2064</v>
+        <v>2085</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2065</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>65026</v>
+        <v>65025</v>
       </c>
       <c r="B224" t="s">
-        <v>2066</v>
+        <v>2087</v>
       </c>
       <c r="C224" t="s">
-        <v>2067</v>
+        <v>2088</v>
       </c>
       <c r="D224" t="s">
-        <v>2068</v>
+        <v>2089</v>
       </c>
       <c r="E224" t="s">
-        <v>2069</v>
+        <v>2090</v>
       </c>
       <c r="F224" t="s">
-        <v>2070</v>
+        <v>2091</v>
       </c>
       <c r="G224" t="s">
-        <v>2071</v>
+        <v>2092</v>
       </c>
       <c r="H224" t="s">
-        <v>2072</v>
+        <v>2093</v>
       </c>
       <c r="I224" t="s">
-        <v>2073</v>
+        <v>2094</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
         <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2074</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>65027</v>
+        <v>65026</v>
       </c>
       <c r="B225" t="s">
-        <v>2075</v>
+        <v>2096</v>
       </c>
       <c r="C225" t="s">
-        <v>2076</v>
+        <v>2097</v>
       </c>
       <c r="D225" t="s">
-        <v>2077</v>
+        <v>2098</v>
       </c>
       <c r="E225" t="s">
-        <v>2078</v>
+        <v>2099</v>
       </c>
       <c r="F225" t="s">
-        <v>2079</v>
+        <v>2100</v>
       </c>
       <c r="G225" t="s">
-        <v>2080</v>
+        <v>2101</v>
       </c>
       <c r="H225" t="s">
-        <v>2081</v>
+        <v>2102</v>
       </c>
       <c r="I225" t="s">
-        <v>2082</v>
+        <v>2103</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2083</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>65028</v>
+        <v>65027</v>
       </c>
       <c r="B226" t="s">
-        <v>2084</v>
+        <v>2105</v>
       </c>
       <c r="C226" t="s">
-        <v>2085</v>
+        <v>2106</v>
       </c>
       <c r="D226" t="s">
-        <v>2086</v>
+        <v>2107</v>
       </c>
       <c r="E226" t="s">
-        <v>2087</v>
+        <v>2108</v>
       </c>
       <c r="F226" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
       <c r="G226" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="H226" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="I226" t="s">
-        <v>2091</v>
+        <v>2112</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>316</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>317</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2092</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>65030</v>
+        <v>65028</v>
       </c>
       <c r="B227" t="s">
-        <v>2093</v>
+        <v>2114</v>
       </c>
       <c r="C227" t="s">
-        <v>2094</v>
+        <v>2115</v>
       </c>
       <c r="D227" t="s">
-        <v>2095</v>
+        <v>2116</v>
       </c>
       <c r="E227" t="s">
-        <v>2096</v>
+        <v>2117</v>
       </c>
       <c r="F227" t="s">
-        <v>2097</v>
+        <v>2118</v>
       </c>
       <c r="G227" t="s">
-        <v>2098</v>
+        <v>2119</v>
       </c>
       <c r="H227" t="s">
-        <v>2099</v>
+        <v>2120</v>
       </c>
       <c r="I227" t="s">
-        <v>2100</v>
+        <v>2121</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2101</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>65031</v>
+        <v>65030</v>
       </c>
       <c r="B228" t="s">
-        <v>2102</v>
+        <v>2123</v>
       </c>
       <c r="C228" t="s">
-        <v>2103</v>
+        <v>2124</v>
       </c>
       <c r="D228" t="s">
-        <v>2104</v>
+        <v>2125</v>
       </c>
       <c r="E228" t="s">
-        <v>2105</v>
+        <v>2126</v>
       </c>
       <c r="F228" t="s">
-        <v>2106</v>
+        <v>2127</v>
       </c>
       <c r="G228" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="H228" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="I228" t="s">
-        <v>2109</v>
+        <v>2130</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2110</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>65032</v>
+        <v>65031</v>
       </c>
       <c r="B229" t="s">
-        <v>2111</v>
+        <v>2132</v>
       </c>
       <c r="C229" t="s">
-        <v>2112</v>
+        <v>2133</v>
       </c>
       <c r="D229" t="s">
-        <v>2113</v>
+        <v>2134</v>
       </c>
       <c r="E229" t="s">
-        <v>2114</v>
+        <v>2135</v>
       </c>
       <c r="F229" t="s">
-        <v>2115</v>
+        <v>2136</v>
       </c>
       <c r="G229" t="s">
-        <v>2116</v>
+        <v>2137</v>
       </c>
       <c r="H229" t="s">
-        <v>2117</v>
+        <v>2138</v>
       </c>
       <c r="I229" t="s">
-        <v>2118</v>
+        <v>2139</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2119</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>65033</v>
+        <v>65032</v>
       </c>
       <c r="B230" t="s">
-        <v>2120</v>
+        <v>2141</v>
       </c>
       <c r="C230" t="s">
-        <v>2121</v>
+        <v>2142</v>
       </c>
       <c r="D230" t="s">
-        <v>2122</v>
+        <v>2143</v>
       </c>
       <c r="E230" t="s">
-        <v>2123</v>
+        <v>2144</v>
       </c>
       <c r="F230" t="s">
-        <v>2124</v>
+        <v>2145</v>
       </c>
       <c r="G230" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
       <c r="H230" t="s">
-        <v>2126</v>
+        <v>2147</v>
       </c>
       <c r="I230" t="s">
-        <v>2127</v>
+        <v>2148</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>326</v>
+        <v>130</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
+      <c r="M230" t="s">
+        <v>131</v>
+      </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2128</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>65034</v>
+        <v>65033</v>
       </c>
       <c r="B231" t="s">
-        <v>2129</v>
+        <v>2150</v>
       </c>
       <c r="C231" t="s">
-        <v>2130</v>
+        <v>2151</v>
       </c>
       <c r="D231" t="s">
-        <v>2131</v>
+        <v>2152</v>
       </c>
       <c r="E231" t="s">
-        <v>2132</v>
+        <v>2153</v>
       </c>
       <c r="F231" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="G231" t="s">
-        <v>2134</v>
+        <v>2155</v>
       </c>
       <c r="H231" t="s">
-        <v>2135</v>
+        <v>2156</v>
       </c>
       <c r="I231" t="s">
-        <v>2136</v>
+        <v>2157</v>
       </c>
       <c r="J231" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>2137</v>
+        <v>327</v>
       </c>
       <c r="L231" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>2158</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2138</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>65035</v>
+        <v>65034</v>
       </c>
       <c r="B232" t="s">
-        <v>2139</v>
+        <v>2160</v>
       </c>
       <c r="C232" t="s">
-        <v>2140</v>
+        <v>2161</v>
       </c>
       <c r="D232" t="s">
-        <v>2141</v>
+        <v>2162</v>
       </c>
       <c r="E232" t="s">
-        <v>2142</v>
+        <v>2163</v>
       </c>
       <c r="F232" t="s">
-        <v>2143</v>
+        <v>2164</v>
       </c>
       <c r="G232" t="s">
-        <v>2144</v>
+        <v>2165</v>
       </c>
       <c r="H232" t="s">
-        <v>2145</v>
+        <v>2166</v>
       </c>
       <c r="I232" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>2168</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>2169</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2147</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>65036</v>
+        <v>65035</v>
       </c>
       <c r="B233" t="s">
-        <v>2148</v>
+        <v>2171</v>
       </c>
       <c r="C233" t="s">
-        <v>2149</v>
+        <v>2172</v>
       </c>
       <c r="D233" t="s">
-        <v>2150</v>
+        <v>2173</v>
       </c>
       <c r="E233" t="s">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="F233" t="s">
-        <v>2152</v>
+        <v>2175</v>
       </c>
       <c r="G233" t="s">
-        <v>2153</v>
+        <v>2176</v>
       </c>
       <c r="H233" t="s">
-        <v>2154</v>
+        <v>2177</v>
       </c>
       <c r="I233" t="s">
-        <v>2155</v>
+        <v>2178</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2156</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>65037</v>
+        <v>65036</v>
       </c>
       <c r="B234" t="s">
-        <v>2157</v>
+        <v>2180</v>
       </c>
       <c r="C234" t="s">
-        <v>2158</v>
+        <v>2181</v>
       </c>
       <c r="D234" t="s">
-        <v>2159</v>
+        <v>2182</v>
       </c>
       <c r="E234" t="s">
-        <v>2160</v>
+        <v>2183</v>
       </c>
       <c r="F234" t="s">
-        <v>2161</v>
+        <v>2184</v>
       </c>
       <c r="G234" t="s">
-        <v>2162</v>
+        <v>2185</v>
       </c>
       <c r="H234" t="s">
-        <v>2163</v>
+        <v>2186</v>
       </c>
       <c r="I234" t="s">
-        <v>2164</v>
+        <v>2187</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2165</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>65038</v>
+        <v>65037</v>
       </c>
       <c r="B235" t="s">
-        <v>2166</v>
+        <v>2189</v>
       </c>
       <c r="C235" t="s">
-        <v>2167</v>
+        <v>2190</v>
       </c>
       <c r="D235" t="s">
-        <v>2168</v>
+        <v>2191</v>
       </c>
       <c r="E235" t="s">
-        <v>2169</v>
+        <v>2192</v>
       </c>
       <c r="F235" t="s">
-        <v>2170</v>
+        <v>2193</v>
       </c>
       <c r="G235" t="s">
-        <v>2171</v>
+        <v>2194</v>
       </c>
       <c r="H235" t="s">
-        <v>2172</v>
+        <v>2195</v>
       </c>
       <c r="I235" t="s">
-        <v>2173</v>
+        <v>2196</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2174</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>65039</v>
+        <v>65038</v>
       </c>
       <c r="B236" t="s">
-        <v>2175</v>
+        <v>2198</v>
       </c>
       <c r="C236" t="s">
-        <v>2176</v>
+        <v>2199</v>
       </c>
       <c r="D236" t="s">
-        <v>2177</v>
+        <v>2200</v>
       </c>
       <c r="E236" t="s">
-        <v>2178</v>
+        <v>2201</v>
       </c>
       <c r="F236" t="s">
-        <v>2179</v>
+        <v>2202</v>
       </c>
       <c r="G236" t="s">
-        <v>2180</v>
+        <v>2203</v>
       </c>
       <c r="H236" t="s">
-        <v>2181</v>
+        <v>2204</v>
       </c>
       <c r="I236" t="s">
-        <v>2182</v>
+        <v>2205</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2183</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>65040</v>
+        <v>65039</v>
       </c>
       <c r="B237" t="s">
-        <v>2184</v>
+        <v>2207</v>
       </c>
       <c r="C237" t="s">
-        <v>2185</v>
+        <v>2208</v>
       </c>
       <c r="D237" t="s">
-        <v>2186</v>
+        <v>2209</v>
       </c>
       <c r="E237" t="s">
-        <v>2187</v>
+        <v>2210</v>
       </c>
       <c r="F237" t="s">
-        <v>2188</v>
+        <v>2211</v>
       </c>
       <c r="G237" t="s">
-        <v>2189</v>
+        <v>2212</v>
       </c>
       <c r="H237" t="s">
-        <v>2190</v>
+        <v>2213</v>
       </c>
       <c r="I237" t="s">
-        <v>2191</v>
+        <v>2214</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>489</v>
+        <v>130</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>490</v>
+        <v>131</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2192</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>65043</v>
+        <v>65040</v>
       </c>
       <c r="B238" t="s">
-        <v>2193</v>
+        <v>2216</v>
       </c>
       <c r="C238" t="s">
-        <v>2194</v>
+        <v>2217</v>
       </c>
       <c r="D238" t="s">
-        <v>2195</v>
+        <v>2218</v>
       </c>
       <c r="E238" t="s">
-        <v>2196</v>
+        <v>2219</v>
       </c>
       <c r="F238" t="s">
-        <v>2197</v>
+        <v>2220</v>
       </c>
       <c r="G238" t="s">
-        <v>2198</v>
+        <v>2221</v>
       </c>
       <c r="H238" t="s">
-        <v>2199</v>
+        <v>2222</v>
       </c>
       <c r="I238" t="s">
-        <v>2200</v>
+        <v>2223</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>494</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>495</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2201</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>65044</v>
+        <v>65043</v>
       </c>
       <c r="B239" t="s">
-        <v>2202</v>
+        <v>2225</v>
       </c>
       <c r="C239" t="s">
-        <v>2203</v>
+        <v>2226</v>
       </c>
       <c r="D239" t="s">
-        <v>2204</v>
+        <v>2227</v>
       </c>
       <c r="E239" t="s">
-        <v>2205</v>
+        <v>2228</v>
       </c>
       <c r="F239" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="G239" t="s">
-        <v>2207</v>
+        <v>2230</v>
       </c>
       <c r="H239" t="s">
-        <v>2208</v>
+        <v>2231</v>
       </c>
       <c r="I239" t="s">
-        <v>2209</v>
+        <v>2232</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2210</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>65045</v>
+        <v>65044</v>
       </c>
       <c r="B240" t="s">
-        <v>2211</v>
+        <v>2234</v>
       </c>
       <c r="C240" t="s">
-        <v>2212</v>
+        <v>2235</v>
       </c>
       <c r="D240" t="s">
-        <v>2213</v>
+        <v>2236</v>
       </c>
       <c r="E240" t="s">
-        <v>2214</v>
+        <v>2237</v>
       </c>
       <c r="F240" t="s">
-        <v>2215</v>
+        <v>2238</v>
       </c>
       <c r="G240" t="s">
-        <v>2216</v>
+        <v>2239</v>
       </c>
       <c r="H240" t="s">
-        <v>2217</v>
+        <v>2240</v>
       </c>
       <c r="I240" t="s">
-        <v>2218</v>
+        <v>2241</v>
       </c>
       <c r="J240" t="s">
-        <v>2219</v>
+        <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>2220</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
-        <v>2221</v>
+        <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>2222</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2223</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>65046</v>
+        <v>65045</v>
       </c>
       <c r="B241" t="s">
-        <v>2224</v>
+        <v>2243</v>
       </c>
       <c r="C241" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="D241" t="s">
-        <v>2226</v>
+        <v>2245</v>
       </c>
       <c r="E241" t="s">
-        <v>2227</v>
+        <v>2246</v>
       </c>
       <c r="F241" t="s">
-        <v>2228</v>
+        <v>2247</v>
       </c>
       <c r="G241" t="s">
-        <v>2229</v>
+        <v>2248</v>
       </c>
       <c r="H241" t="s">
-        <v>2230</v>
+        <v>2249</v>
       </c>
       <c r="I241" t="s">
-        <v>2231</v>
+        <v>2250</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>2251</v>
       </c>
       <c r="K241" t="s">
-        <v>140</v>
+        <v>2252</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>2253</v>
       </c>
       <c r="M241" t="s">
-        <v>141</v>
+        <v>2254</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2232</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>65047</v>
+        <v>65046</v>
       </c>
       <c r="B242" t="s">
-        <v>2233</v>
+        <v>2256</v>
       </c>
       <c r="C242" t="s">
-        <v>2234</v>
+        <v>2257</v>
       </c>
       <c r="D242" t="s">
-        <v>2235</v>
+        <v>2258</v>
       </c>
       <c r="E242" t="s">
-        <v>2236</v>
+        <v>2259</v>
       </c>
       <c r="F242" t="s">
-        <v>2237</v>
+        <v>2260</v>
       </c>
       <c r="G242" t="s">
-        <v>2238</v>
+        <v>2261</v>
       </c>
       <c r="H242" t="s">
-        <v>2239</v>
+        <v>2262</v>
       </c>
       <c r="I242" t="s">
-        <v>2240</v>
+        <v>2263</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>2220</v>
+        <v>141</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>2222</v>
+        <v>142</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2241</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>65049</v>
+        <v>65047</v>
       </c>
       <c r="B243" t="s">
-        <v>2242</v>
+        <v>2265</v>
       </c>
       <c r="C243" t="s">
-        <v>2243</v>
+        <v>2266</v>
       </c>
       <c r="D243" t="s">
-        <v>2244</v>
+        <v>2267</v>
       </c>
       <c r="E243" t="s">
-        <v>2245</v>
+        <v>2268</v>
       </c>
       <c r="F243" t="s">
-        <v>2246</v>
+        <v>2269</v>
       </c>
       <c r="G243" t="s">
-        <v>2247</v>
+        <v>2270</v>
       </c>
       <c r="H243" t="s">
-        <v>2248</v>
+        <v>2271</v>
       </c>
       <c r="I243" t="s">
-        <v>2249</v>
+        <v>2272</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>729</v>
+        <v>2252</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
+      <c r="M243" t="s">
+        <v>2254</v>
+      </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2250</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>65050</v>
+        <v>65049</v>
       </c>
       <c r="B244" t="s">
-        <v>2251</v>
+        <v>2274</v>
       </c>
       <c r="C244" t="s">
-        <v>2252</v>
+        <v>2275</v>
       </c>
       <c r="D244" t="s">
-        <v>2253</v>
+        <v>2276</v>
       </c>
       <c r="E244" t="s">
-        <v>2254</v>
+        <v>2277</v>
       </c>
       <c r="F244" t="s">
-        <v>2255</v>
+        <v>2278</v>
       </c>
       <c r="G244" t="s">
-        <v>2256</v>
+        <v>2279</v>
       </c>
       <c r="H244" t="s">
-        <v>2257</v>
+        <v>2280</v>
       </c>
       <c r="I244" t="s">
-        <v>2258</v>
+        <v>2281</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>25</v>
+        <v>736</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>27</v>
+        <v>737</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2259</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>65051</v>
+        <v>65050</v>
       </c>
       <c r="B245" t="s">
-        <v>2260</v>
+        <v>2283</v>
       </c>
       <c r="C245" t="s">
-        <v>2261</v>
+        <v>2284</v>
       </c>
       <c r="D245" t="s">
-        <v>2262</v>
+        <v>2285</v>
       </c>
       <c r="E245" t="s">
-        <v>2263</v>
+        <v>2286</v>
       </c>
       <c r="F245" t="s">
-        <v>2264</v>
+        <v>2287</v>
       </c>
       <c r="G245" t="s">
-        <v>2265</v>
+        <v>2288</v>
       </c>
       <c r="H245" t="s">
-        <v>2266</v>
+        <v>2289</v>
       </c>
       <c r="I245" t="s">
-        <v>2267</v>
+        <v>2290</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>374</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>376</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2268</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>65053</v>
+        <v>65051</v>
       </c>
       <c r="B246" t="s">
-        <v>2269</v>
+        <v>2292</v>
       </c>
       <c r="C246" t="s">
-        <v>2270</v>
+        <v>2293</v>
       </c>
       <c r="D246" t="s">
-        <v>2271</v>
+        <v>2294</v>
       </c>
       <c r="E246" t="s">
-        <v>2272</v>
+        <v>2295</v>
       </c>
       <c r="F246" t="s">
-        <v>2273</v>
+        <v>2296</v>
       </c>
       <c r="G246" t="s">
-        <v>2274</v>
+        <v>2297</v>
       </c>
       <c r="H246" t="s">
-        <v>2275</v>
+        <v>2298</v>
       </c>
       <c r="I246" t="s">
-        <v>2276</v>
+        <v>2299</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>129</v>
+        <v>375</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>130</v>
+        <v>377</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2277</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>65054</v>
+        <v>65053</v>
       </c>
       <c r="B247" t="s">
-        <v>2278</v>
+        <v>2301</v>
       </c>
       <c r="C247" t="s">
-        <v>2279</v>
+        <v>2302</v>
       </c>
       <c r="D247" t="s">
-        <v>2280</v>
+        <v>2303</v>
       </c>
       <c r="E247" t="s">
-        <v>2281</v>
+        <v>2304</v>
       </c>
       <c r="F247" t="s">
-        <v>2282</v>
+        <v>2305</v>
       </c>
       <c r="G247" t="s">
-        <v>2283</v>
+        <v>2306</v>
       </c>
       <c r="H247" t="s">
-        <v>2284</v>
+        <v>2307</v>
       </c>
       <c r="I247" t="s">
-        <v>2285</v>
+        <v>2308</v>
       </c>
       <c r="J247" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>2286</v>
+        <v>130</v>
       </c>
       <c r="L247" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
+        <v>131</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2287</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>65055</v>
+        <v>65054</v>
       </c>
       <c r="B248" t="s">
-        <v>2288</v>
+        <v>2310</v>
       </c>
       <c r="C248" t="s">
-        <v>2289</v>
+        <v>2311</v>
       </c>
       <c r="D248" t="s">
-        <v>2290</v>
+        <v>2312</v>
       </c>
       <c r="E248" t="s">
-        <v>2291</v>
+        <v>2313</v>
       </c>
       <c r="F248" t="s">
-        <v>2292</v>
+        <v>2314</v>
       </c>
       <c r="G248" t="s">
-        <v>2293</v>
+        <v>2315</v>
       </c>
       <c r="H248" t="s">
-        <v>2294</v>
+        <v>2316</v>
       </c>
       <c r="I248" t="s">
-        <v>2295</v>
+        <v>2317</v>
       </c>
       <c r="J248" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K248" t="s">
-        <v>2137</v>
+        <v>101</v>
       </c>
       <c r="L248" t="s">
-        <v>26</v>
+        <v>376</v>
+      </c>
+      <c r="M248" t="s">
+        <v>102</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2296</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>65057</v>
+        <v>65055</v>
       </c>
       <c r="B249" t="s">
-        <v>2297</v>
+        <v>2319</v>
       </c>
       <c r="C249" t="s">
-        <v>2298</v>
+        <v>2320</v>
       </c>
       <c r="D249" t="s">
-        <v>2299</v>
+        <v>2321</v>
       </c>
       <c r="E249" t="s">
-        <v>2300</v>
+        <v>2322</v>
       </c>
       <c r="F249" t="s">
-        <v>2301</v>
+        <v>2323</v>
       </c>
       <c r="G249" t="s">
-        <v>2302</v>
+        <v>2324</v>
       </c>
       <c r="H249" t="s">
-        <v>2303</v>
+        <v>2325</v>
       </c>
       <c r="I249" t="s">
-        <v>2304</v>
+        <v>2326</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>479</v>
+        <v>2168</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
+      <c r="M249" t="s">
+        <v>2169</v>
+      </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2305</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>65058</v>
+        <v>65057</v>
       </c>
       <c r="B250" t="s">
-        <v>2306</v>
+        <v>2328</v>
       </c>
       <c r="C250" t="s">
-        <v>2307</v>
+        <v>2329</v>
       </c>
       <c r="D250" t="s">
-        <v>2308</v>
+        <v>2330</v>
       </c>
       <c r="E250" t="s">
-        <v>2309</v>
+        <v>2331</v>
       </c>
       <c r="F250" t="s">
-        <v>2310</v>
+        <v>2332</v>
       </c>
       <c r="G250" t="s">
-        <v>2311</v>
+        <v>2333</v>
       </c>
       <c r="H250" t="s">
-        <v>2312</v>
+        <v>2334</v>
       </c>
       <c r="I250" t="s">
-        <v>2313</v>
+        <v>2335</v>
       </c>
       <c r="J250" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>315</v>
+        <v>483</v>
       </c>
       <c r="L250" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>316</v>
+        <v>484</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2314</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>65059</v>
+        <v>65058</v>
       </c>
       <c r="B251" t="s">
-        <v>2315</v>
+        <v>2337</v>
       </c>
       <c r="C251" t="s">
-        <v>2316</v>
+        <v>2338</v>
       </c>
       <c r="D251" t="s">
-        <v>2317</v>
+        <v>2339</v>
       </c>
       <c r="E251" t="s">
-        <v>2318</v>
+        <v>2340</v>
       </c>
       <c r="F251" t="s">
-        <v>2319</v>
+        <v>2341</v>
       </c>
       <c r="G251" t="s">
-        <v>2320</v>
+        <v>2342</v>
       </c>
       <c r="H251" t="s">
-        <v>2321</v>
+        <v>2343</v>
       </c>
       <c r="I251" t="s">
-        <v>2322</v>
+        <v>2344</v>
       </c>
       <c r="J251" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K251" t="s">
-        <v>129</v>
+        <v>316</v>
       </c>
       <c r="L251" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M251" t="s">
-        <v>130</v>
+        <v>317</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2323</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>65060</v>
+        <v>65059</v>
       </c>
       <c r="B252" t="s">
-        <v>2324</v>
+        <v>2346</v>
       </c>
       <c r="C252" t="s">
-        <v>2325</v>
+        <v>2347</v>
       </c>
       <c r="D252" t="s">
-        <v>2326</v>
+        <v>2348</v>
       </c>
       <c r="E252" t="s">
-        <v>2327</v>
+        <v>2349</v>
       </c>
       <c r="F252" t="s">
-        <v>2328</v>
+        <v>2350</v>
       </c>
       <c r="G252" t="s">
-        <v>2329</v>
+        <v>2351</v>
       </c>
       <c r="H252" t="s">
-        <v>2330</v>
+        <v>2352</v>
       </c>
       <c r="I252" t="s">
-        <v>2331</v>
+        <v>2353</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2332</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>65061</v>
+        <v>65060</v>
       </c>
       <c r="B253" t="s">
-        <v>2333</v>
+        <v>2355</v>
       </c>
       <c r="C253" t="s">
-        <v>2334</v>
+        <v>2356</v>
       </c>
       <c r="D253" t="s">
-        <v>2335</v>
+        <v>2357</v>
       </c>
       <c r="E253" t="s">
-        <v>2336</v>
+        <v>2358</v>
       </c>
       <c r="F253" t="s">
-        <v>2337</v>
+        <v>2359</v>
       </c>
       <c r="G253" t="s">
-        <v>2338</v>
+        <v>2360</v>
       </c>
       <c r="H253" t="s">
-        <v>2339</v>
+        <v>2361</v>
       </c>
       <c r="I253" t="s">
-        <v>2340</v>
+        <v>2362</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>489</v>
+        <v>141</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>490</v>
+        <v>142</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2341</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>65062</v>
+        <v>65061</v>
       </c>
       <c r="B254" t="s">
-        <v>2342</v>
+        <v>2364</v>
       </c>
       <c r="C254" t="s">
-        <v>2343</v>
+        <v>2365</v>
       </c>
       <c r="D254" t="s">
-        <v>2344</v>
+        <v>2366</v>
       </c>
       <c r="E254" t="s">
-        <v>2345</v>
+        <v>2367</v>
       </c>
       <c r="F254" t="s">
-        <v>2346</v>
+        <v>2368</v>
       </c>
       <c r="G254" t="s">
-        <v>2347</v>
+        <v>2369</v>
       </c>
       <c r="H254" t="s">
-        <v>2348</v>
+        <v>2370</v>
       </c>
       <c r="I254" t="s">
-        <v>2349</v>
+        <v>2371</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>494</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>495</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>65063</v>
+        <v>65062</v>
       </c>
       <c r="B255" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C255" t="s">
-        <v>2352</v>
+        <v>2374</v>
       </c>
       <c r="D255" t="s">
-        <v>2353</v>
+        <v>2375</v>
       </c>
       <c r="E255" t="s">
-        <v>2354</v>
+        <v>2376</v>
       </c>
       <c r="F255" t="s">
-        <v>2355</v>
+        <v>2377</v>
       </c>
       <c r="G255" t="s">
-        <v>2356</v>
+        <v>2378</v>
       </c>
       <c r="H255" t="s">
-        <v>2357</v>
+        <v>2379</v>
       </c>
       <c r="I255" t="s">
-        <v>2358</v>
+        <v>2380</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>2359</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
+      <c r="M255" t="s">
+        <v>27</v>
+      </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2360</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>65065</v>
+        <v>65063</v>
       </c>
       <c r="B256" t="s">
-        <v>2361</v>
+        <v>2382</v>
       </c>
       <c r="C256" t="s">
-        <v>2362</v>
+        <v>2383</v>
       </c>
       <c r="D256" t="s">
-        <v>2363</v>
+        <v>2384</v>
       </c>
       <c r="E256" t="s">
-        <v>2364</v>
+        <v>2385</v>
       </c>
       <c r="F256" t="s">
-        <v>2365</v>
+        <v>2386</v>
       </c>
       <c r="G256" t="s">
-        <v>2366</v>
+        <v>2387</v>
       </c>
       <c r="H256" t="s">
-        <v>2367</v>
+        <v>2388</v>
       </c>
       <c r="I256" t="s">
-        <v>2368</v>
+        <v>2389</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>489</v>
+        <v>2390</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>490</v>
+        <v>2391</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2369</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>65068</v>
+        <v>65065</v>
       </c>
       <c r="B257" t="s">
-        <v>2370</v>
+        <v>2393</v>
       </c>
       <c r="C257" t="s">
-        <v>2371</v>
+        <v>2394</v>
       </c>
       <c r="D257" t="s">
-        <v>2372</v>
+        <v>2395</v>
       </c>
       <c r="E257" t="s">
-        <v>2373</v>
+        <v>2396</v>
       </c>
       <c r="F257" t="s">
-        <v>2374</v>
+        <v>2397</v>
       </c>
       <c r="G257" t="s">
-        <v>2375</v>
+        <v>2398</v>
       </c>
       <c r="H257" t="s">
-        <v>2376</v>
+        <v>2399</v>
       </c>
       <c r="I257" t="s">
-        <v>2377</v>
+        <v>2400</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>494</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>495</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2378</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>65069</v>
+        <v>65068</v>
       </c>
       <c r="B258" t="s">
-        <v>2379</v>
+        <v>2402</v>
       </c>
       <c r="C258" t="s">
-        <v>2380</v>
+        <v>2403</v>
       </c>
       <c r="D258" t="s">
-        <v>2381</v>
+        <v>2404</v>
       </c>
       <c r="E258" t="s">
-        <v>2382</v>
+        <v>2405</v>
       </c>
       <c r="F258" t="s">
-        <v>2383</v>
+        <v>2406</v>
       </c>
       <c r="G258" t="s">
-        <v>2384</v>
+        <v>2407</v>
       </c>
       <c r="H258" t="s">
-        <v>2385</v>
+        <v>2408</v>
       </c>
       <c r="I258" t="s">
-        <v>2386</v>
+        <v>2409</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2387</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>65071</v>
+        <v>65069</v>
       </c>
       <c r="B259" t="s">
-        <v>2388</v>
+        <v>2411</v>
       </c>
       <c r="C259" t="s">
-        <v>2389</v>
+        <v>2412</v>
       </c>
       <c r="D259" t="s">
-        <v>2390</v>
+        <v>2413</v>
       </c>
       <c r="E259" t="s">
-        <v>2391</v>
+        <v>2414</v>
       </c>
       <c r="F259" t="s">
-        <v>2392</v>
+        <v>2415</v>
       </c>
       <c r="G259" t="s">
-        <v>2393</v>
+        <v>2416</v>
       </c>
       <c r="H259" t="s">
-        <v>2394</v>
+        <v>2417</v>
       </c>
       <c r="I259" t="s">
-        <v>2395</v>
+        <v>2418</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2396</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>65073</v>
+        <v>65071</v>
       </c>
       <c r="B260" t="s">
-        <v>2397</v>
+        <v>2420</v>
       </c>
       <c r="C260" t="s">
-        <v>2398</v>
+        <v>2421</v>
       </c>
       <c r="D260" t="s">
-        <v>2399</v>
+        <v>2422</v>
       </c>
       <c r="E260" t="s">
-        <v>2400</v>
+        <v>2423</v>
       </c>
       <c r="F260" t="s">
-        <v>2401</v>
+        <v>2424</v>
       </c>
       <c r="G260" t="s">
-        <v>2402</v>
+        <v>2425</v>
       </c>
       <c r="H260" t="s">
-        <v>2403</v>
+        <v>2426</v>
       </c>
       <c r="I260" t="s">
-        <v>2404</v>
+        <v>2427</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2405</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>65074</v>
+        <v>65073</v>
       </c>
       <c r="B261" t="s">
-        <v>2406</v>
+        <v>2429</v>
       </c>
       <c r="C261" t="s">
-        <v>2407</v>
+        <v>2430</v>
       </c>
       <c r="D261" t="s">
-        <v>2408</v>
+        <v>2431</v>
       </c>
       <c r="E261" t="s">
-        <v>2409</v>
+        <v>2432</v>
       </c>
       <c r="F261" t="s">
-        <v>2410</v>
+        <v>2433</v>
       </c>
       <c r="G261" t="s">
-        <v>2411</v>
+        <v>2434</v>
       </c>
       <c r="H261" t="s">
-        <v>2412</v>
+        <v>2435</v>
       </c>
       <c r="I261" t="s">
-        <v>2413</v>
+        <v>2436</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>2414</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
+      <c r="M261" t="s">
+        <v>27</v>
+      </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2415</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>65075</v>
+        <v>65074</v>
       </c>
       <c r="B262" t="s">
-        <v>2416</v>
+        <v>2438</v>
       </c>
       <c r="C262" t="s">
-        <v>2417</v>
+        <v>2439</v>
       </c>
       <c r="D262" t="s">
-        <v>2418</v>
+        <v>2440</v>
       </c>
       <c r="E262" t="s">
-        <v>2419</v>
+        <v>2441</v>
       </c>
       <c r="F262" t="s">
-        <v>2420</v>
+        <v>2442</v>
       </c>
       <c r="G262" t="s">
-        <v>2421</v>
+        <v>2443</v>
       </c>
       <c r="H262" t="s">
-        <v>2422</v>
+        <v>2444</v>
       </c>
       <c r="I262" t="s">
-        <v>2423</v>
+        <v>2445</v>
       </c>
       <c r="J262" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>326</v>
+        <v>2446</v>
       </c>
       <c r="L262" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>2447</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2424</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>65076</v>
+        <v>65075</v>
       </c>
       <c r="B263" t="s">
-        <v>2425</v>
+        <v>2449</v>
       </c>
       <c r="C263" t="s">
-        <v>2426</v>
+        <v>2450</v>
       </c>
       <c r="D263" t="s">
-        <v>2427</v>
+        <v>2451</v>
       </c>
       <c r="E263" t="s">
-        <v>2428</v>
+        <v>2452</v>
       </c>
       <c r="F263" t="s">
-        <v>2429</v>
+        <v>2453</v>
       </c>
       <c r="G263" t="s">
-        <v>2430</v>
+        <v>2454</v>
       </c>
       <c r="H263" t="s">
-        <v>2431</v>
+        <v>2455</v>
       </c>
       <c r="I263" t="s">
-        <v>2432</v>
+        <v>2456</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="K263" t="s">
-        <v>129</v>
+        <v>327</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="M263" t="s">
-        <v>130</v>
+        <v>2158</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2433</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>65077</v>
+        <v>65076</v>
       </c>
       <c r="B264" t="s">
-        <v>2434</v>
+        <v>2458</v>
       </c>
       <c r="C264" t="s">
-        <v>2435</v>
+        <v>2459</v>
       </c>
       <c r="D264" t="s">
-        <v>2436</v>
+        <v>2460</v>
       </c>
       <c r="E264" t="s">
-        <v>2437</v>
+        <v>2461</v>
       </c>
       <c r="F264" t="s">
-        <v>2438</v>
+        <v>2462</v>
       </c>
       <c r="G264" t="s">
-        <v>2439</v>
+        <v>2463</v>
       </c>
       <c r="H264" t="s">
-        <v>2440</v>
+        <v>2464</v>
       </c>
       <c r="I264" t="s">
-        <v>2441</v>
+        <v>2465</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>374</v>
+        <v>130</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>376</v>
+        <v>131</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2442</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>65080</v>
+        <v>65077</v>
       </c>
       <c r="B265" t="s">
-        <v>2443</v>
+        <v>2467</v>
       </c>
       <c r="C265" t="s">
-        <v>2444</v>
+        <v>2468</v>
       </c>
       <c r="D265" t="s">
-        <v>2445</v>
+        <v>2469</v>
       </c>
       <c r="E265" t="s">
-        <v>2446</v>
+        <v>2470</v>
       </c>
       <c r="F265" t="s">
-        <v>2447</v>
+        <v>2471</v>
       </c>
       <c r="G265" t="s">
-        <v>2448</v>
+        <v>2472</v>
       </c>
       <c r="H265" t="s">
-        <v>2449</v>
+        <v>2473</v>
       </c>
       <c r="I265" t="s">
-        <v>2450</v>
+        <v>2474</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>140</v>
+        <v>375</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>141</v>
+        <v>377</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2451</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>65081</v>
+        <v>65080</v>
       </c>
       <c r="B266" t="s">
-        <v>2452</v>
+        <v>2476</v>
       </c>
       <c r="C266" t="s">
-        <v>2453</v>
+        <v>2477</v>
       </c>
       <c r="D266" t="s">
-        <v>2454</v>
+        <v>2478</v>
       </c>
       <c r="E266" t="s">
-        <v>2455</v>
+        <v>2479</v>
       </c>
       <c r="F266" t="s">
-        <v>2456</v>
+        <v>2480</v>
       </c>
       <c r="G266" t="s">
-        <v>2457</v>
+        <v>2481</v>
       </c>
       <c r="H266" t="s">
-        <v>2458</v>
+        <v>2482</v>
       </c>
       <c r="I266" t="s">
-        <v>2459</v>
+        <v>2483</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2460</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>65082</v>
+        <v>65081</v>
       </c>
       <c r="B267" t="s">
-        <v>2461</v>
+        <v>2485</v>
       </c>
       <c r="C267" t="s">
-        <v>2462</v>
+        <v>2486</v>
       </c>
       <c r="D267" t="s">
-        <v>2463</v>
+        <v>2487</v>
       </c>
       <c r="E267" t="s">
-        <v>2464</v>
+        <v>2488</v>
       </c>
       <c r="F267" t="s">
-        <v>2465</v>
+        <v>2489</v>
       </c>
       <c r="G267" t="s">
-        <v>2466</v>
+        <v>2490</v>
       </c>
       <c r="H267" t="s">
-        <v>2467</v>
+        <v>2491</v>
       </c>
       <c r="I267" t="s">
-        <v>2468</v>
+        <v>2492</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2469</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>65083</v>
+        <v>65082</v>
       </c>
       <c r="B268" t="s">
-        <v>2470</v>
+        <v>2494</v>
       </c>
       <c r="C268" t="s">
-        <v>2471</v>
+        <v>2495</v>
       </c>
       <c r="D268" t="s">
-        <v>2472</v>
+        <v>2496</v>
       </c>
       <c r="E268" t="s">
-        <v>2473</v>
+        <v>2497</v>
       </c>
       <c r="F268" t="s">
-        <v>2474</v>
+        <v>2498</v>
       </c>
       <c r="G268" t="s">
-        <v>2475</v>
+        <v>2499</v>
       </c>
       <c r="H268" t="s">
-        <v>2476</v>
+        <v>2500</v>
       </c>
       <c r="I268" t="s">
-        <v>2477</v>
+        <v>2501</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2478</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>65084</v>
+        <v>65083</v>
       </c>
       <c r="B269" t="s">
-        <v>2479</v>
+        <v>2503</v>
       </c>
       <c r="C269" t="s">
-        <v>2480</v>
+        <v>2504</v>
       </c>
       <c r="D269" t="s">
-        <v>2481</v>
+        <v>2505</v>
       </c>
       <c r="E269" t="s">
-        <v>2482</v>
+        <v>2506</v>
       </c>
       <c r="F269" t="s">
-        <v>2483</v>
+        <v>2507</v>
       </c>
       <c r="G269" t="s">
-        <v>2484</v>
+        <v>2508</v>
       </c>
       <c r="H269" t="s">
-        <v>2485</v>
+        <v>2509</v>
       </c>
       <c r="I269" t="s">
-        <v>2486</v>
+        <v>2510</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2487</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>65085</v>
+        <v>65084</v>
       </c>
       <c r="B270" t="s">
-        <v>2488</v>
+        <v>2512</v>
       </c>
       <c r="C270" t="s">
-        <v>2489</v>
+        <v>2513</v>
       </c>
       <c r="D270" t="s">
-        <v>2490</v>
+        <v>2514</v>
       </c>
       <c r="E270" t="s">
-        <v>2491</v>
+        <v>2515</v>
       </c>
       <c r="F270" t="s">
-        <v>2492</v>
+        <v>2516</v>
       </c>
       <c r="G270" t="s">
-        <v>2493</v>
+        <v>2517</v>
       </c>
       <c r="H270" t="s">
-        <v>2494</v>
+        <v>2518</v>
       </c>
       <c r="I270" t="s">
-        <v>2495</v>
+        <v>2519</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>2137</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
+      <c r="M270" t="s">
+        <v>27</v>
+      </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2496</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>65086</v>
+        <v>65085</v>
       </c>
       <c r="B271" t="s">
-        <v>2497</v>
+        <v>2521</v>
       </c>
       <c r="C271" t="s">
-        <v>2498</v>
+        <v>2522</v>
       </c>
       <c r="D271" t="s">
-        <v>2499</v>
+        <v>2523</v>
       </c>
       <c r="E271" t="s">
-        <v>2500</v>
+        <v>2524</v>
       </c>
       <c r="F271" t="s">
-        <v>2501</v>
+        <v>2525</v>
       </c>
       <c r="G271" t="s">
-        <v>2502</v>
+        <v>2526</v>
       </c>
       <c r="H271" t="s">
-        <v>2503</v>
+        <v>2527</v>
       </c>
       <c r="I271" t="s">
-        <v>2504</v>
+        <v>2528</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>129</v>
+        <v>2168</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>130</v>
+        <v>2169</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2505</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>65087</v>
+        <v>65086</v>
       </c>
       <c r="B272" t="s">
-        <v>2506</v>
+        <v>2530</v>
       </c>
       <c r="C272" t="s">
-        <v>2507</v>
+        <v>2531</v>
       </c>
       <c r="D272" t="s">
-        <v>2508</v>
+        <v>2532</v>
       </c>
       <c r="E272" t="s">
-        <v>2509</v>
+        <v>2533</v>
       </c>
       <c r="F272" t="s">
-        <v>2510</v>
+        <v>2534</v>
       </c>
       <c r="G272" t="s">
-        <v>2511</v>
+        <v>2535</v>
       </c>
       <c r="H272" t="s">
-        <v>2512</v>
+        <v>2536</v>
       </c>
       <c r="I272" t="s">
-        <v>2513</v>
+        <v>2537</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2514</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>65088</v>
+        <v>65087</v>
       </c>
       <c r="B273" t="s">
-        <v>2515</v>
+        <v>2539</v>
       </c>
       <c r="C273" t="s">
-        <v>2516</v>
+        <v>2540</v>
       </c>
       <c r="D273" t="s">
-        <v>2517</v>
+        <v>2541</v>
       </c>
       <c r="E273" t="s">
-        <v>2518</v>
+        <v>2542</v>
       </c>
       <c r="F273" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
       <c r="G273" t="s">
-        <v>2520</v>
+        <v>2544</v>
       </c>
       <c r="H273" t="s">
-        <v>2521</v>
+        <v>2545</v>
       </c>
       <c r="I273" t="s">
-        <v>2522</v>
+        <v>2546</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2523</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65089</v>
+        <v>65088</v>
       </c>
       <c r="B274" t="s">
-        <v>2524</v>
+        <v>2548</v>
       </c>
       <c r="C274" t="s">
-        <v>2525</v>
+        <v>2549</v>
       </c>
       <c r="D274" t="s">
-        <v>2526</v>
+        <v>2550</v>
       </c>
       <c r="E274" t="s">
-        <v>2527</v>
+        <v>2551</v>
       </c>
       <c r="F274" t="s">
-        <v>2528</v>
+        <v>2552</v>
       </c>
       <c r="G274" t="s">
-        <v>2529</v>
+        <v>2553</v>
       </c>
       <c r="H274" t="s">
-        <v>2530</v>
+        <v>2554</v>
       </c>
       <c r="I274" t="s">
-        <v>2531</v>
+        <v>2555</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2532</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65090</v>
+        <v>65089</v>
       </c>
       <c r="B275" t="s">
-        <v>2533</v>
+        <v>2557</v>
       </c>
       <c r="C275" t="s">
-        <v>2534</v>
+        <v>2558</v>
       </c>
       <c r="D275" t="s">
-        <v>2535</v>
+        <v>2559</v>
       </c>
       <c r="E275" t="s">
-        <v>2536</v>
+        <v>2560</v>
       </c>
       <c r="F275" t="s">
-        <v>2537</v>
+        <v>2561</v>
       </c>
       <c r="G275" t="s">
-        <v>2538</v>
+        <v>2562</v>
       </c>
       <c r="H275" t="s">
-        <v>2539</v>
+        <v>2563</v>
       </c>
       <c r="I275" t="s">
-        <v>2540</v>
+        <v>2564</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2541</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65091</v>
+        <v>65090</v>
       </c>
       <c r="B276" t="s">
-        <v>2542</v>
+        <v>2566</v>
       </c>
       <c r="C276" t="s">
-        <v>2543</v>
+        <v>2567</v>
       </c>
       <c r="D276" t="s">
-        <v>2544</v>
+        <v>2568</v>
       </c>
       <c r="E276" t="s">
-        <v>2545</v>
+        <v>2569</v>
       </c>
       <c r="F276" t="s">
-        <v>2546</v>
+        <v>2570</v>
       </c>
       <c r="G276" t="s">
-        <v>2547</v>
+        <v>2571</v>
       </c>
       <c r="H276" t="s">
-        <v>2548</v>
+        <v>2572</v>
       </c>
       <c r="I276" t="s">
-        <v>2549</v>
+        <v>2573</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2550</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65092</v>
+        <v>65091</v>
       </c>
       <c r="B277" t="s">
-        <v>2551</v>
+        <v>2575</v>
       </c>
       <c r="C277" t="s">
-        <v>2552</v>
+        <v>2576</v>
       </c>
       <c r="D277" t="s">
-        <v>2553</v>
+        <v>2577</v>
       </c>
       <c r="E277" t="s">
-        <v>2554</v>
+        <v>2578</v>
       </c>
       <c r="F277" t="s">
-        <v>2555</v>
+        <v>2579</v>
       </c>
       <c r="G277" t="s">
-        <v>2556</v>
+        <v>2580</v>
       </c>
       <c r="H277" t="s">
-        <v>2557</v>
+        <v>2581</v>
       </c>
       <c r="I277" t="s">
-        <v>2558</v>
+        <v>2582</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2559</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65093</v>
+        <v>65092</v>
       </c>
       <c r="B278" t="s">
-        <v>2560</v>
+        <v>2584</v>
       </c>
       <c r="C278" t="s">
-        <v>2561</v>
+        <v>2585</v>
       </c>
       <c r="D278" t="s">
-        <v>2562</v>
+        <v>2586</v>
       </c>
       <c r="E278" t="s">
-        <v>2563</v>
+        <v>2587</v>
       </c>
       <c r="F278" t="s">
-        <v>2564</v>
+        <v>2588</v>
       </c>
       <c r="G278" t="s">
-        <v>2565</v>
+        <v>2589</v>
       </c>
       <c r="H278" t="s">
-        <v>2566</v>
+        <v>2590</v>
       </c>
       <c r="I278" t="s">
-        <v>2567</v>
+        <v>2591</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2568</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65094</v>
+        <v>65093</v>
       </c>
       <c r="B279" t="s">
-        <v>2569</v>
+        <v>2593</v>
       </c>
       <c r="C279" t="s">
-        <v>2570</v>
+        <v>2594</v>
       </c>
       <c r="D279" t="s">
-        <v>2571</v>
+        <v>2595</v>
       </c>
       <c r="E279" t="s">
-        <v>2572</v>
+        <v>2596</v>
       </c>
       <c r="F279" t="s">
-        <v>2573</v>
+        <v>2597</v>
       </c>
       <c r="G279" t="s">
-        <v>2574</v>
+        <v>2598</v>
       </c>
       <c r="H279" t="s">
-        <v>2575</v>
+        <v>2599</v>
       </c>
       <c r="I279" t="s">
-        <v>2576</v>
+        <v>2600</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>2577</v>
+        <v>130</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
+      <c r="M279" t="s">
+        <v>131</v>
+      </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2578</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65095</v>
+        <v>65094</v>
       </c>
       <c r="B280" t="s">
-        <v>2579</v>
+        <v>2602</v>
       </c>
       <c r="C280" t="s">
-        <v>2580</v>
+        <v>2603</v>
       </c>
       <c r="D280" t="s">
-        <v>2581</v>
+        <v>2604</v>
       </c>
       <c r="E280" t="s">
-        <v>2582</v>
+        <v>2605</v>
       </c>
       <c r="F280" t="s">
-        <v>2583</v>
+        <v>2606</v>
       </c>
       <c r="G280" t="s">
-        <v>2584</v>
+        <v>2607</v>
       </c>
       <c r="H280" t="s">
-        <v>2585</v>
+        <v>2608</v>
       </c>
       <c r="I280" t="s">
-        <v>2586</v>
+        <v>2609</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>374</v>
+        <v>2610</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>376</v>
+        <v>2611</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2587</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65096</v>
+        <v>65095</v>
       </c>
       <c r="B281" t="s">
-        <v>2588</v>
+        <v>2613</v>
       </c>
       <c r="C281" t="s">
-        <v>2589</v>
+        <v>2614</v>
       </c>
       <c r="D281" t="s">
-        <v>2590</v>
+        <v>2615</v>
       </c>
       <c r="E281" t="s">
-        <v>2591</v>
+        <v>2616</v>
       </c>
       <c r="F281" t="s">
-        <v>2592</v>
+        <v>2617</v>
       </c>
       <c r="G281" t="s">
-        <v>2593</v>
+        <v>2618</v>
       </c>
       <c r="H281" t="s">
-        <v>2594</v>
+        <v>2619</v>
       </c>
       <c r="I281" t="s">
-        <v>2595</v>
+        <v>2620</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>27</v>
+        <v>377</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2596</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65097</v>
+        <v>65096</v>
       </c>
       <c r="B282" t="s">
-        <v>2597</v>
+        <v>2622</v>
       </c>
       <c r="C282" t="s">
-        <v>2598</v>
+        <v>2623</v>
       </c>
       <c r="D282" t="s">
-        <v>2599</v>
+        <v>2624</v>
       </c>
       <c r="E282" t="s">
-        <v>2600</v>
+        <v>2625</v>
       </c>
       <c r="F282" t="s">
-        <v>2601</v>
+        <v>2626</v>
       </c>
       <c r="G282" t="s">
-        <v>2602</v>
+        <v>2627</v>
       </c>
       <c r="H282" t="s">
-        <v>2603</v>
+        <v>2628</v>
       </c>
       <c r="I282" t="s">
-        <v>2604</v>
+        <v>2629</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2605</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65098</v>
+        <v>65097</v>
       </c>
       <c r="B283" t="s">
-        <v>2606</v>
+        <v>2631</v>
       </c>
       <c r="C283" t="s">
-        <v>2607</v>
+        <v>2632</v>
       </c>
       <c r="D283" t="s">
-        <v>2608</v>
+        <v>2633</v>
       </c>
       <c r="E283" t="s">
-        <v>2609</v>
+        <v>2634</v>
       </c>
       <c r="F283" t="s">
-        <v>2610</v>
+        <v>2635</v>
       </c>
       <c r="G283" t="s">
-        <v>2611</v>
+        <v>2636</v>
       </c>
       <c r="H283" t="s">
-        <v>2612</v>
+        <v>2637</v>
       </c>
       <c r="I283" t="s">
-        <v>2613</v>
+        <v>2638</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2614</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65099</v>
+        <v>65098</v>
       </c>
       <c r="B284" t="s">
-        <v>2615</v>
+        <v>2640</v>
       </c>
       <c r="C284" t="s">
-        <v>2616</v>
+        <v>2641</v>
       </c>
       <c r="D284" t="s">
-        <v>2617</v>
+        <v>2642</v>
       </c>
       <c r="E284" t="s">
-        <v>2618</v>
+        <v>2643</v>
       </c>
       <c r="F284" t="s">
-        <v>2619</v>
+        <v>2644</v>
       </c>
       <c r="G284" t="s">
-        <v>2620</v>
+        <v>2645</v>
       </c>
       <c r="H284" t="s">
-        <v>2621</v>
+        <v>2646</v>
       </c>
       <c r="I284" t="s">
-        <v>2622</v>
+        <v>2647</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2623</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65100</v>
+        <v>65099</v>
       </c>
       <c r="B285" t="s">
-        <v>2624</v>
+        <v>2649</v>
       </c>
       <c r="C285" t="s">
-        <v>2625</v>
+        <v>2650</v>
       </c>
       <c r="D285" t="s">
-        <v>2626</v>
+        <v>2651</v>
       </c>
       <c r="E285" t="s">
-        <v>2627</v>
+        <v>2652</v>
       </c>
       <c r="F285" t="s">
-        <v>2628</v>
+        <v>2653</v>
       </c>
       <c r="G285" t="s">
-        <v>2629</v>
+        <v>2654</v>
       </c>
       <c r="H285" t="s">
-        <v>2630</v>
+        <v>2655</v>
       </c>
       <c r="I285" t="s">
-        <v>2631</v>
+        <v>2656</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>1998</v>
+        <v>130</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>1999</v>
+        <v>131</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2632</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65101</v>
+        <v>65100</v>
       </c>
       <c r="B286" t="s">
-        <v>2633</v>
+        <v>2658</v>
       </c>
       <c r="C286" t="s">
-        <v>2634</v>
+        <v>2659</v>
       </c>
       <c r="D286" t="s">
-        <v>2635</v>
+        <v>2660</v>
       </c>
       <c r="E286" t="s">
-        <v>2636</v>
+        <v>2661</v>
       </c>
       <c r="F286" t="s">
-        <v>2637</v>
+        <v>2662</v>
       </c>
       <c r="G286" t="s">
-        <v>2638</v>
+        <v>2663</v>
       </c>
       <c r="H286" t="s">
-        <v>2639</v>
+        <v>2664</v>
       </c>
       <c r="I286" t="s">
-        <v>2640</v>
+        <v>2665</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>129</v>
+        <v>2026</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>130</v>
+        <v>2027</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2641</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65102</v>
+        <v>65101</v>
       </c>
       <c r="B287" t="s">
-        <v>2642</v>
+        <v>2667</v>
       </c>
       <c r="C287" t="s">
-        <v>2643</v>
+        <v>2668</v>
       </c>
       <c r="D287" t="s">
-        <v>2644</v>
+        <v>2669</v>
       </c>
       <c r="E287" t="s">
-        <v>2645</v>
+        <v>2670</v>
       </c>
       <c r="F287" t="s">
-        <v>2646</v>
+        <v>2671</v>
       </c>
       <c r="G287" t="s">
-        <v>2647</v>
+        <v>2672</v>
       </c>
       <c r="H287" t="s">
-        <v>2648</v>
+        <v>2673</v>
       </c>
       <c r="I287" t="s">
-        <v>2649</v>
+        <v>2674</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2650</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65104</v>
+        <v>65102</v>
       </c>
       <c r="B288" t="s">
-        <v>2651</v>
+        <v>2676</v>
       </c>
       <c r="C288" t="s">
-        <v>2652</v>
+        <v>2677</v>
       </c>
       <c r="D288" t="s">
-        <v>2653</v>
+        <v>2678</v>
       </c>
       <c r="E288" t="s">
-        <v>2654</v>
+        <v>2679</v>
       </c>
       <c r="F288" t="s">
-        <v>2655</v>
+        <v>2680</v>
       </c>
       <c r="G288" t="s">
-        <v>2656</v>
+        <v>2681</v>
       </c>
       <c r="H288" t="s">
-        <v>2657</v>
+        <v>2682</v>
       </c>
       <c r="I288" t="s">
-        <v>2658</v>
+        <v>2683</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>2659</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
+      <c r="M288" t="s">
+        <v>27</v>
+      </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2660</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
+        <v>65104</v>
+      </c>
+      <c r="B289" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D289" t="s">
+        <v>2687</v>
+      </c>
+      <c r="E289" t="s">
+        <v>2688</v>
+      </c>
+      <c r="F289" t="s">
+        <v>2689</v>
+      </c>
+      <c r="G289" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H289" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I289" t="s">
+        <v>2692</v>
+      </c>
+      <c r="J289" t="s">
+        <v>24</v>
+      </c>
+      <c r="K289" t="s">
+        <v>2693</v>
+      </c>
+      <c r="L289" t="s">
+        <v>26</v>
+      </c>
+      <c r="M289" t="s">
+        <v>2694</v>
+      </c>
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="290" spans="1:15">
+      <c r="A290">
         <v>65105</v>
       </c>
-      <c r="B289" t="s">
-[...32 lines deleted...]
-      <c r="M289" t="s">
+      <c r="B290" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C290" t="s">
+        <v>2697</v>
+      </c>
+      <c r="D290" t="s">
+        <v>2698</v>
+      </c>
+      <c r="E290" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F290" t="s">
+        <v>2700</v>
+      </c>
+      <c r="G290" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H290" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I290" t="s">
+        <v>2703</v>
+      </c>
+      <c r="J290" t="s">
+        <v>24</v>
+      </c>
+      <c r="K290" t="s">
         <v>130</v>
       </c>
-      <c r="N289" t="s">
-[...3 lines deleted...]
-        <v>2669</v>
+      <c r="L290" t="s">
+        <v>26</v>
+      </c>
+      <c r="M290" t="s">
+        <v>131</v>
+      </c>
+      <c r="N290" t="s">
+        <v>28</v>
+      </c>
+      <c r="O290" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="291" spans="1:15">
+      <c r="A291">
+        <v>66512</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D291" t="s">
+        <v>2706</v>
+      </c>
+      <c r="E291" t="s">
+        <v>2707</v>
+      </c>
+      <c r="F291" t="s">
+        <v>2708</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I291" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>2709</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>2710</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="292" spans="1:15">
+      <c r="A292">
+        <v>66515</v>
+      </c>
+      <c r="B292" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D292" t="s">
+        <v>2714</v>
+      </c>
+      <c r="E292" t="s">
+        <v>2715</v>
+      </c>
+      <c r="F292" t="s">
+        <v>2716</v>
+      </c>
+      <c r="G292" t="s">
+        <v>798</v>
+      </c>
+      <c r="H292" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I292" t="s">
+        <v>2718</v>
+      </c>
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="K292" t="s">
+        <v>2709</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>2710</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="293" spans="1:15">
+      <c r="A293">
+        <v>66516</v>
+      </c>
+      <c r="B293" t="s">
+        <v>784</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2721</v>
+      </c>
+      <c r="E293" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F293" t="s">
+        <v>2723</v>
+      </c>
+      <c r="G293" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H293" t="s">
+        <v>2725</v>
+      </c>
+      <c r="I293" t="s">
+        <v>791</v>
+      </c>
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>130</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>131</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="294" spans="1:15">
+      <c r="A294">
+        <v>66520</v>
+      </c>
+      <c r="B294" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2729</v>
+      </c>
+      <c r="E294" t="s">
+        <v>2730</v>
+      </c>
+      <c r="F294" t="s">
+        <v>2731</v>
+      </c>
+      <c r="G294" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H294" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I294" t="s">
+        <v>2733</v>
+      </c>
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
+        <v>25</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>27</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="295" spans="1:15">
+      <c r="A295">
+        <v>66523</v>
+      </c>
+      <c r="B295" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D295" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E295" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F295" t="s">
+        <v>2738</v>
+      </c>
+      <c r="G295" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H295" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I295" t="s">
+        <v>2740</v>
+      </c>
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>141</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>142</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="296" spans="1:15">
+      <c r="A296">
+        <v>66524</v>
+      </c>
+      <c r="B296" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C296" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D296" t="s">
+        <v>2743</v>
+      </c>
+      <c r="E296" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F296" t="s">
+        <v>2745</v>
+      </c>
+      <c r="G296" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H296" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I296" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
+        <v>130</v>
+      </c>
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="M296" t="s">
+        <v>131</v>
+      </c>
+      <c r="N296" t="s">
+        <v>28</v>
+      </c>
+      <c r="O296" t="s">
+        <v>2746</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">