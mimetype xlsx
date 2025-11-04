--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4468">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Lietuvių
 # Source: https://hadeethenc.com/lt
-# Last update: 2025-08-12 23:08:43 (v1.16.0)
-# Check for updates: https://hadeethenc.com/en/check/lt/v1.16.0
+# Last update: 2025-10-28 19:08:52 (v1.18.0)
+# Check for updates: https://hadeethenc.com/en/check/lt/v1.18.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -777,53 +777,50 @@
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Mikdam Ibn Mudi Karb (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) tarė: „Kai kažkas myli savo draugą, jis turėtų tai pasakyti jam.“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) demonstruoja vieną iš priemonių, stiprinančių tikinčiųjų ryšį ir skleidžiančių meilę tarp jų: jei žmogus myli savo brolį musulmoną, jis turi pasakyti jam, kad jį myli.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Tai parodo meilės nuopelną vien dėl Allaho, o ne dėl pasaulietinių interesų.
 Pageidautina pasakyti tam, kurį mylite dėl Allaho, kad mylite jį. Tai padidina jūsų meilę ir draugiškumą.
 Meilės skleidimas tarp tikinčiųjų stiprina jų tikėjimo brolybę ir apsaugo visuomenę nuo skilimo ir susiskaldymo.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-  </si>
-[...1 lines deleted...]
-    <t>[Perdavė Abu Daūd, At-Tirmidhi ir An-Nasa-i, knygoje: As-Sunan Al-Kubra, bei Achmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam), avėdamas sandalus, šukuodamasis plaukus, apsivalydamas ir atlikdamas visus darbus, pirmenybę teikdavo dešinei pusei</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) perdavė: Pranašas (ramybė ir Allaho palaima jam), avėdamas sandalus, šukuodamasis plaukus, apsivalydamas ir atlikdamas visus darbus, pirmenybę teikdavo dešinei pusei.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Pranašas visuose garbės vertuose reikaluose pirmenybę teikdavo dešinei pusei. Tai apima šiuos dalykus: Dešine koja jis pradėdavo avėti sandalus, dešine puse pradėdavo tvarkytis, šukuotis ir tepti plaukus bei barzdą, o atlikdamas vudu pradėdavo plauti dešine puse rankas ir kojas.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -12998,53 +12995,50 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umm Atija (tebūnie Allahas ja patenkintas), kuri pažadėjo ištikimybę Pranašui (ramybė ir Allaho palaima jam), pranešė: „Mes niekada nelaikėme gelsvumo ir rusvumo svarbiu (nelaikėme menstruacijomis) po apsivalymo.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Moteris kompanionė Umm Atija pranešė, kad, po tyrumo nuo mentruacijų, moterys, Pranašo laikais, nelaikė iš makšties išsiskiriančio skysčio, kuris dažniausiai būna tamsus arba gelsvas, mėnesinėmis. Vadinasi, tokios išskyris nesutrukdė joms melstis ar pasninkauti.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Skystis, išsiskiriantis iš moters makšties - po tyrumo nuo mėnesinių - neturi reikšmės, net jei dėl kraujo pėdsakų atrodo rusvas ar gelsvas.
 Rudos ir gelsvos išskyros įprastų menstruacijų metu laikomos mėnesinėmis, nes įprastu kraujavimo laikotarpiu tai yra kraujas, tiesiog susimaišęs su skysčiu.
 Moteris neturi susilaikyti nuo maldos ar pasninko dėl rusvų ir gelsvų išskyrų po tyrumo; verčiau ji turėtų apsiprausti ir melstis.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Perdavė Abu Daūd su šita formuluote, o Al-Bukhari perdavė be priedų (po tyrumo)]</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>„Palauk tiek, kiek paprastai trunka menstruacijos, tada atlik ghusl [ir grįžk prie maldos].“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) perdavė: Umm Habiba Bint Džahš, Abdur-Rahman Ibn Auf žmona, skundėsi Allaho Pasiuntiniui (ramybė ir Allaho palaima jam) dėl kraujo. Jis jai pasakė: „Palauk tiek, kiek paprastai trunka menstruacijos, tada atlik ghusl [ir grįžk prie maldos].“ Taigi, kiekvienai maldai ji atlikdavo ghusl.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Viena iš kompanjonių moterų skundėsi Pranašui dėl nepaliaujamo kraujo tekėjimo. Jis įsakė jai susilaikyti nuo maldos tomis dienomis, kai jai paprastai būdavo mėnesinės, o tada atlikti ghusl ir grįžti prie maldos. Tačiau Umm Habiba kiekvienai maldai savo noru atlikdavo ghusl.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
@@ -13827,53 +13821,50 @@
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Masūd pranešė, kad Pranašas išmokė juos hadža pamokslo, kuris turi būti sakomas pradedant pamokslus ir kai ko nors reikia, kaip santuokos pamokslas, penktadienio pamokslas ir kitais atvejais. Šis pamokslas apima didingas reikšmes, įskaitant tai, kad Allahas yra vertas viso pagyrimo, tik pas Jį ieškome pagalbos, prašome slėpti mūsų nuodėmes ir jas atleisti ir ieškome prieglobsčio tik pas Jį nuo viso sielos blogio ir blogų darbų.
 Tada Pranašas informavo, kad vadovavimas yra Allaho Rankoje. Taigi, ką Allahas veda teisingu keliu, to niekas negali paklaidinti; ir tą, ką Jis paklaidina, to niekas negali grąžinti į tiesų kelią.
 Tada jis paminėjo monoteistinio tikėjimo liudijimą - kad niekas nėra tikrai vertas garbinimo, išskyrus Allahą, ir kad Muchammedas yra Allaho tarnas ir Pasiuntinys.
 Pranašas baigė pamokslą trimis eilutėmis, kuriose yra įsakymas bijoti Visagalio Allaho, laikantis Jo įsakymų ir draudimų, siekiant Jo malonės, ir pareiškė, kad atlygis tiems, kurie taip elgiasi, yra tas, kad jie bus nukreipti į teisingus darbus ir žodžius, jų nuodėmės ir nusižengimai bus išpirkti ir atleisti, jiems bus suteiktas geras gyvenimas šiame pasaulyje ir Teismo dieną jie laimės rojų.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Šiuo pamokslu pageidautina pradėti pamokslus apie santuoką, penktadienio maldą ir kitus.
 Pamokslas turėtų apimti Allaho šlovinimą, du tikėjimo liudijimus ir kai kurias Korano eilutes.
 Pranašas (ramybė ir Allaho palaima jam) mokė savo kompanjonus, ko jiems reikia jų religijoje.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-  </si>
-[...1 lines deleted...]
-    <t>[Perdavė Abu Daūd, At-Tirmidhi, Ibn Madža, An-Nasa-i ir Achmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>„Nėra santuokos, išskyrus su globėju.“</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abu Mūsa (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Nėra santuokos, išskyrus su globėju.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Pranašas pabrėžia, kad moters santuoka negalioja be globėjo, kuris sudaro vedybų sutartį.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -19141,21715 +19132,21706 @@
       </c>
       <c r="E22" t="s">
         <v>203</v>
       </c>
       <c r="F22" t="s">
         <v>204</v>
       </c>
       <c r="G22" t="s">
         <v>205</v>
       </c>
       <c r="H22" t="s">
         <v>206</v>
       </c>
       <c r="I22" t="s">
         <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
-      <c r="M22" t="s">
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3018</v>
       </c>
       <c r="B23" t="s">
+        <v>210</v>
+      </c>
+      <c r="C23" t="s">
         <v>211</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>212</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>213</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>214</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>215</v>
       </c>
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>216</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3029</v>
       </c>
       <c r="B24" t="s">
+        <v>219</v>
+      </c>
+      <c r="C24" t="s">
         <v>220</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>221</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>222</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>223</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>224</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>225</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3031</v>
       </c>
       <c r="B25" t="s">
+        <v>228</v>
+      </c>
+      <c r="C25" t="s">
         <v>229</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>230</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>231</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>232</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>233</v>
       </c>
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>234</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3033</v>
       </c>
       <c r="B26" t="s">
+        <v>237</v>
+      </c>
+      <c r="C26" t="s">
         <v>238</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>239</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>240</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>241</v>
       </c>
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>242</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>243</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3037</v>
       </c>
       <c r="B27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" t="s">
         <v>247</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>248</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>249</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>250</v>
       </c>
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>251</v>
       </c>
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>252</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>170</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3044</v>
       </c>
       <c r="B28" t="s">
+        <v>255</v>
+      </c>
+      <c r="C28" t="s">
         <v>256</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>257</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>258</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>259</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>260</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>261</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
         <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3045</v>
       </c>
       <c r="B29" t="s">
+        <v>264</v>
+      </c>
+      <c r="C29" t="s">
         <v>265</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>266</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>267</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>268</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>269</v>
       </c>
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>270</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>271</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
         <v>272</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>273</v>
       </c>
-      <c r="K29" t="s">
+      <c r="M29" t="s">
         <v>274</v>
       </c>
-      <c r="M29" t="s">
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
+        <v>276</v>
+      </c>
+      <c r="C30" t="s">
         <v>277</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>278</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>279</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>280</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30" t="s">
         <v>281</v>
       </c>
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>282</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3061</v>
       </c>
       <c r="B31" t="s">
+        <v>285</v>
+      </c>
+      <c r="C31" t="s">
         <v>286</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>287</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>288</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>289</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>290</v>
       </c>
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>291</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3062</v>
       </c>
       <c r="B32" t="s">
+        <v>294</v>
+      </c>
+      <c r="C32" t="s">
         <v>295</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>296</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>297</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>298</v>
       </c>
-      <c r="F32" t="s">
+      <c r="G32" t="s">
         <v>299</v>
       </c>
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>300</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>301</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32" t="s">
         <v>302</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="L32" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" t="s">
         <v>303</v>
       </c>
-      <c r="L32" t="s">
-[...2 lines deleted...]
-      <c r="M32" t="s">
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3063</v>
       </c>
       <c r="B33" t="s">
+        <v>305</v>
+      </c>
+      <c r="C33" t="s">
         <v>306</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>307</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>308</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>309</v>
       </c>
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>310</v>
       </c>
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>311</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3071</v>
       </c>
       <c r="B34" t="s">
+        <v>314</v>
+      </c>
+      <c r="C34" t="s">
         <v>315</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>316</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>317</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>318</v>
       </c>
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>319</v>
       </c>
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>320</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>170</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3075</v>
       </c>
       <c r="B35" t="s">
+        <v>323</v>
+      </c>
+      <c r="C35" t="s">
         <v>324</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>325</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>326</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>327</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>328</v>
       </c>
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>329</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3078</v>
       </c>
       <c r="B36" t="s">
+        <v>332</v>
+      </c>
+      <c r="C36" t="s">
         <v>333</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>334</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>335</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>336</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>337</v>
       </c>
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>338</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3079</v>
       </c>
       <c r="B37" t="s">
+        <v>341</v>
+      </c>
+      <c r="C37" t="s">
         <v>342</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>343</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>344</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>345</v>
       </c>
-      <c r="F37" t="s">
+      <c r="G37" t="s">
         <v>346</v>
       </c>
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>347</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3086</v>
       </c>
       <c r="B38" t="s">
+        <v>350</v>
+      </c>
+      <c r="C38" t="s">
         <v>351</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>352</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>353</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>354</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>355</v>
       </c>
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>356</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3087</v>
       </c>
       <c r="B39" t="s">
+        <v>359</v>
+      </c>
+      <c r="C39" t="s">
         <v>360</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>361</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>362</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>363</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>364</v>
       </c>
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>365</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3088</v>
       </c>
       <c r="B40" t="s">
+        <v>368</v>
+      </c>
+      <c r="C40" t="s">
         <v>369</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>370</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>371</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>372</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" t="s">
         <v>373</v>
       </c>
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>374</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>170</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>171</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3095</v>
       </c>
       <c r="B41" t="s">
+        <v>377</v>
+      </c>
+      <c r="C41" t="s">
         <v>378</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>379</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>380</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>381</v>
       </c>
-      <c r="F41" t="s">
+      <c r="G41" t="s">
         <v>382</v>
       </c>
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>383</v>
       </c>
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3096</v>
       </c>
       <c r="B42" t="s">
+        <v>386</v>
+      </c>
+      <c r="C42" t="s">
         <v>387</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>388</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>389</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>390</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>391</v>
       </c>
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>392</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3103</v>
       </c>
       <c r="B43" t="s">
+        <v>395</v>
+      </c>
+      <c r="C43" t="s">
         <v>396</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>397</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>398</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>399</v>
       </c>
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>400</v>
       </c>
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>401</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3104</v>
       </c>
       <c r="B44" t="s">
+        <v>404</v>
+      </c>
+      <c r="C44" t="s">
         <v>405</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>406</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>407</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>408</v>
       </c>
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>409</v>
       </c>
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>410</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3107</v>
       </c>
       <c r="B45" t="s">
+        <v>413</v>
+      </c>
+      <c r="C45" t="s">
         <v>414</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>415</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>416</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>417</v>
       </c>
-      <c r="F45" t="s">
+      <c r="G45" t="s">
         <v>418</v>
       </c>
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>419</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3110</v>
       </c>
       <c r="B46" t="s">
+        <v>422</v>
+      </c>
+      <c r="C46" t="s">
         <v>423</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>424</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>425</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>426</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>427</v>
       </c>
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>428</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3122</v>
       </c>
       <c r="B47" t="s">
+        <v>431</v>
+      </c>
+      <c r="C47" t="s">
         <v>432</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>433</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>434</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>435</v>
       </c>
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>436</v>
       </c>
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>437</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>438</v>
       </c>
-      <c r="I47" t="s">
+      <c r="J47" t="s">
         <v>439</v>
       </c>
-      <c r="J47" t="s">
+      <c r="K47" t="s">
         <v>440</v>
       </c>
-      <c r="K47" t="s">
+      <c r="L47" t="s">
         <v>441</v>
       </c>
-      <c r="L47" t="s">
+      <c r="M47" t="s">
         <v>442</v>
       </c>
-      <c r="M47" t="s">
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3127</v>
       </c>
       <c r="B48" t="s">
+        <v>444</v>
+      </c>
+      <c r="C48" t="s">
         <v>445</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>446</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>447</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>448</v>
       </c>
-      <c r="F48" t="s">
+      <c r="G48" t="s">
         <v>449</v>
       </c>
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>450</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3135</v>
       </c>
       <c r="B49" t="s">
+        <v>453</v>
+      </c>
+      <c r="C49" t="s">
         <v>454</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>455</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>456</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>457</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>458</v>
       </c>
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>459</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3138</v>
       </c>
       <c r="B50" t="s">
+        <v>462</v>
+      </c>
+      <c r="C50" t="s">
         <v>463</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>464</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>465</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>466</v>
       </c>
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>467</v>
       </c>
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>468</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>170</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>171</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3142</v>
       </c>
       <c r="B51" t="s">
+        <v>471</v>
+      </c>
+      <c r="C51" t="s">
         <v>472</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>473</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>474</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>475</v>
       </c>
-      <c r="F51" t="s">
+      <c r="G51" t="s">
         <v>476</v>
       </c>
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>477</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>59</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>61</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3143</v>
       </c>
       <c r="B52" t="s">
+        <v>480</v>
+      </c>
+      <c r="C52" t="s">
         <v>481</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>482</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>483</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>484</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>485</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>486</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3144</v>
       </c>
       <c r="B53" t="s">
+        <v>489</v>
+      </c>
+      <c r="C53" t="s">
         <v>490</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>491</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>492</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>493</v>
       </c>
-      <c r="F53" t="s">
+      <c r="G53" t="s">
         <v>494</v>
       </c>
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>495</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3145</v>
       </c>
       <c r="B54" t="s">
+        <v>498</v>
+      </c>
+      <c r="C54" t="s">
         <v>499</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>500</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>501</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>502</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>503</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>504</v>
       </c>
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3150</v>
       </c>
       <c r="B55" t="s">
+        <v>507</v>
+      </c>
+      <c r="C55" t="s">
         <v>508</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>509</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>510</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
         <v>511</v>
       </c>
-      <c r="F55" t="s">
+      <c r="G55" t="s">
         <v>512</v>
       </c>
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>513</v>
       </c>
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3153</v>
       </c>
       <c r="B56" t="s">
+        <v>516</v>
+      </c>
+      <c r="C56" t="s">
         <v>517</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>518</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>519</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>520</v>
       </c>
-      <c r="F56" t="s">
+      <c r="G56" t="s">
         <v>521</v>
       </c>
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>522</v>
       </c>
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3156</v>
       </c>
       <c r="B57" t="s">
+        <v>525</v>
+      </c>
+      <c r="C57" t="s">
         <v>526</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>527</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>528</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
         <v>529</v>
       </c>
-      <c r="F57" t="s">
+      <c r="G57" t="s">
         <v>530</v>
       </c>
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>531</v>
       </c>
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3157</v>
       </c>
       <c r="B58" t="s">
+        <v>534</v>
+      </c>
+      <c r="C58" t="s">
         <v>535</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>536</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>537</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>538</v>
       </c>
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>539</v>
       </c>
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>540</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>170</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>171</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3159</v>
       </c>
       <c r="B59" t="s">
+        <v>543</v>
+      </c>
+      <c r="C59" t="s">
         <v>544</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>545</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>546</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>547</v>
       </c>
-      <c r="F59" t="s">
+      <c r="G59" t="s">
         <v>548</v>
       </c>
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>549</v>
       </c>
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>550</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="K59" t="s">
         <v>59</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="M59" t="s">
         <v>61</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3220</v>
       </c>
       <c r="B60" t="s">
+        <v>552</v>
+      </c>
+      <c r="C60" t="s">
         <v>553</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>554</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>555</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
         <v>556</v>
       </c>
-      <c r="F60" t="s">
+      <c r="G60" t="s">
         <v>557</v>
       </c>
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>558</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3236</v>
       </c>
       <c r="B61" t="s">
+        <v>561</v>
+      </c>
+      <c r="C61" t="s">
         <v>562</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>563</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>564</v>
       </c>
-      <c r="E61" t="s">
+      <c r="F61" t="s">
         <v>565</v>
       </c>
-      <c r="F61" t="s">
+      <c r="G61" t="s">
         <v>566</v>
       </c>
-      <c r="G61" t="s">
+      <c r="H61" t="s">
         <v>567</v>
       </c>
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>568</v>
       </c>
-      <c r="I61" t="s">
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" t="s">
         <v>569</v>
       </c>
-      <c r="J61" t="s">
-[...2 lines deleted...]
-      <c r="K61" t="s">
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
         <v>570</v>
       </c>
-      <c r="L61" t="s">
-[...2 lines deleted...]
-      <c r="M61" t="s">
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3267</v>
       </c>
       <c r="B62" t="s">
+        <v>572</v>
+      </c>
+      <c r="C62" t="s">
         <v>573</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>574</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>575</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
         <v>576</v>
       </c>
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>577</v>
       </c>
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>578</v>
       </c>
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>170</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3272</v>
       </c>
       <c r="B63" t="s">
+        <v>581</v>
+      </c>
+      <c r="C63" t="s">
         <v>582</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>583</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>584</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>585</v>
       </c>
-      <c r="F63" t="s">
+      <c r="G63" t="s">
         <v>586</v>
       </c>
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>587</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3279</v>
       </c>
       <c r="B64" t="s">
+        <v>590</v>
+      </c>
+      <c r="C64" t="s">
         <v>591</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>592</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>593</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>594</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s">
         <v>595</v>
       </c>
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>596</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3298</v>
       </c>
       <c r="B65" t="s">
+        <v>599</v>
+      </c>
+      <c r="C65" t="s">
         <v>600</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>601</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>602</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>603</v>
       </c>
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>604</v>
       </c>
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>605</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>170</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>171</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3310</v>
       </c>
       <c r="B66" t="s">
+        <v>608</v>
+      </c>
+      <c r="C66" t="s">
         <v>609</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>610</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>611</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>612</v>
       </c>
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>613</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>614</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3313</v>
       </c>
       <c r="B67" t="s">
+        <v>617</v>
+      </c>
+      <c r="C67" t="s">
         <v>618</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>619</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>620</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>621</v>
       </c>
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>622</v>
       </c>
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>623</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3316</v>
       </c>
       <c r="B68" t="s">
+        <v>626</v>
+      </c>
+      <c r="C68" t="s">
         <v>627</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>628</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>629</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>630</v>
       </c>
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>631</v>
       </c>
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>632</v>
       </c>
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3317</v>
       </c>
       <c r="B69" t="s">
+        <v>635</v>
+      </c>
+      <c r="C69" t="s">
         <v>636</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>637</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>638</v>
       </c>
-      <c r="E69" t="s">
+      <c r="F69" t="s">
         <v>639</v>
       </c>
-      <c r="F69" t="s">
+      <c r="G69" t="s">
         <v>640</v>
       </c>
-      <c r="G69" t="s">
+      <c r="H69" t="s">
         <v>641</v>
       </c>
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>642</v>
       </c>
-      <c r="I69" t="s">
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>440</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>442</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>643</v>
-      </c>
-[...16 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3330</v>
       </c>
       <c r="B70" t="s">
+        <v>644</v>
+      </c>
+      <c r="C70" t="s">
         <v>645</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>646</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>647</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>648</v>
       </c>
-      <c r="F70" t="s">
+      <c r="G70" t="s">
         <v>649</v>
       </c>
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>650</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3331</v>
       </c>
       <c r="B71" t="s">
+        <v>653</v>
+      </c>
+      <c r="C71" t="s">
         <v>654</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>655</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>656</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
         <v>657</v>
       </c>
-      <c r="F71" t="s">
+      <c r="G71" t="s">
         <v>658</v>
       </c>
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>659</v>
       </c>
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3336</v>
       </c>
       <c r="B72" t="s">
+        <v>662</v>
+      </c>
+      <c r="C72" t="s">
         <v>663</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>664</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>665</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
         <v>666</v>
       </c>
-      <c r="F72" t="s">
+      <c r="G72" t="s">
         <v>667</v>
       </c>
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>668</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>669</v>
       </c>
-      <c r="I72" t="s">
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
         <v>670</v>
       </c>
-      <c r="J72" t="s">
-[...2 lines deleted...]
-      <c r="K72" t="s">
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
         <v>671</v>
       </c>
-      <c r="L72" t="s">
-[...2 lines deleted...]
-      <c r="M72" t="s">
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3341</v>
       </c>
       <c r="B73" t="s">
+        <v>673</v>
+      </c>
+      <c r="C73" t="s">
         <v>674</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>675</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>676</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>677</v>
       </c>
-      <c r="F73" t="s">
+      <c r="G73" t="s">
         <v>678</v>
       </c>
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>679</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>48</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3342</v>
       </c>
       <c r="B74" t="s">
+        <v>682</v>
+      </c>
+      <c r="C74" t="s">
         <v>683</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>684</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>685</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>686</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s">
         <v>687</v>
       </c>
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>688</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>170</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>171</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3345</v>
       </c>
       <c r="B75" t="s">
+        <v>691</v>
+      </c>
+      <c r="C75" t="s">
         <v>692</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>693</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>694</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>695</v>
       </c>
-      <c r="F75" t="s">
+      <c r="G75" t="s">
         <v>696</v>
       </c>
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>697</v>
       </c>
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3347</v>
       </c>
       <c r="B76" t="s">
+        <v>700</v>
+      </c>
+      <c r="C76" t="s">
         <v>701</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>702</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>703</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>704</v>
       </c>
-      <c r="F76" t="s">
+      <c r="G76" t="s">
         <v>705</v>
       </c>
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>706</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3348</v>
       </c>
       <c r="B77" t="s">
+        <v>709</v>
+      </c>
+      <c r="C77" t="s">
         <v>710</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>711</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>712</v>
       </c>
-      <c r="E77" t="s">
+      <c r="F77" t="s">
         <v>713</v>
       </c>
-      <c r="F77" t="s">
+      <c r="G77" t="s">
         <v>714</v>
       </c>
-      <c r="G77" t="s">
+      <c r="H77" t="s">
         <v>715</v>
       </c>
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3350</v>
       </c>
       <c r="B78" t="s">
+        <v>718</v>
+      </c>
+      <c r="C78" t="s">
         <v>719</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>720</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>721</v>
       </c>
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>722</v>
       </c>
-      <c r="F78" t="s">
+      <c r="G78" t="s">
         <v>723</v>
       </c>
-      <c r="G78" t="s">
+      <c r="H78" t="s">
         <v>724</v>
       </c>
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>725</v>
       </c>
-      <c r="I78" t="s">
+      <c r="J78" t="s">
+        <v>439</v>
+      </c>
+      <c r="K78" t="s">
         <v>726</v>
       </c>
-      <c r="J78" t="s">
-[...2 lines deleted...]
-      <c r="K78" t="s">
+      <c r="L78" t="s">
+        <v>441</v>
+      </c>
+      <c r="M78" t="s">
         <v>727</v>
       </c>
-      <c r="L78" t="s">
-[...2 lines deleted...]
-      <c r="M78" t="s">
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>728</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3352</v>
       </c>
       <c r="B79" t="s">
+        <v>729</v>
+      </c>
+      <c r="C79" t="s">
         <v>730</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>731</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>732</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>733</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>734</v>
       </c>
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>735</v>
       </c>
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>736</v>
       </c>
-      <c r="I79" t="s">
+      <c r="J79" t="s">
         <v>737</v>
       </c>
-      <c r="J79" t="s">
+      <c r="K79" t="s">
         <v>738</v>
       </c>
-      <c r="K79" t="s">
+      <c r="L79" t="s">
         <v>739</v>
       </c>
-      <c r="L79" t="s">
+      <c r="M79" t="s">
         <v>740</v>
       </c>
-      <c r="M79" t="s">
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3354</v>
       </c>
       <c r="B80" t="s">
+        <v>742</v>
+      </c>
+      <c r="C80" t="s">
         <v>743</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>744</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>745</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>746</v>
       </c>
-      <c r="F80" t="s">
+      <c r="G80" t="s">
         <v>747</v>
       </c>
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>748</v>
       </c>
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3355</v>
       </c>
       <c r="B81" t="s">
+        <v>751</v>
+      </c>
+      <c r="C81" t="s">
         <v>752</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>753</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>754</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>755</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
         <v>756</v>
       </c>
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>757</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3359</v>
       </c>
       <c r="B82" t="s">
+        <v>760</v>
+      </c>
+      <c r="C82" t="s">
         <v>761</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>762</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>763</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>764</v>
       </c>
-      <c r="F82" t="s">
+      <c r="G82" t="s">
         <v>765</v>
       </c>
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>766</v>
       </c>
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>767</v>
       </c>
-      <c r="I82" t="s">
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" t="s">
+        <v>440</v>
+      </c>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>442</v>
+      </c>
+      <c r="N82" t="s">
+        <v>28</v>
+      </c>
+      <c r="O82" t="s">
         <v>768</v>
-      </c>
-[...16 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3361</v>
       </c>
       <c r="B83" t="s">
+        <v>769</v>
+      </c>
+      <c r="C83" t="s">
         <v>770</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>771</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>772</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>773</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>774</v>
       </c>
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>775</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>170</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>171</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3365</v>
       </c>
       <c r="B84" t="s">
+        <v>778</v>
+      </c>
+      <c r="C84" t="s">
         <v>779</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>780</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>781</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>782</v>
       </c>
-      <c r="F84" t="s">
+      <c r="G84" t="s">
         <v>783</v>
       </c>
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>784</v>
       </c>
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3366</v>
       </c>
       <c r="B85" t="s">
+        <v>787</v>
+      </c>
+      <c r="C85" t="s">
         <v>788</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>789</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>790</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>791</v>
       </c>
-      <c r="F85" t="s">
+      <c r="G85" t="s">
         <v>792</v>
       </c>
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>793</v>
       </c>
-      <c r="H85" t="s">
+      <c r="I85" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3370</v>
       </c>
       <c r="B86" t="s">
+        <v>796</v>
+      </c>
+      <c r="C86" t="s">
         <v>797</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>798</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>799</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>800</v>
       </c>
-      <c r="F86" t="s">
+      <c r="G86" t="s">
         <v>801</v>
       </c>
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>802</v>
       </c>
-      <c r="H86" t="s">
+      <c r="I86" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3372</v>
       </c>
       <c r="B87" t="s">
+        <v>805</v>
+      </c>
+      <c r="C87" t="s">
         <v>806</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>807</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>808</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>809</v>
       </c>
-      <c r="F87" t="s">
+      <c r="G87" t="s">
         <v>810</v>
       </c>
-      <c r="G87" t="s">
+      <c r="H87" t="s">
         <v>811</v>
       </c>
-      <c r="H87" t="s">
+      <c r="I87" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3373</v>
       </c>
       <c r="B88" t="s">
+        <v>814</v>
+      </c>
+      <c r="C88" t="s">
         <v>815</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>816</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>817</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>818</v>
       </c>
-      <c r="F88" t="s">
+      <c r="G88" t="s">
         <v>819</v>
       </c>
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>820</v>
       </c>
-      <c r="H88" t="s">
+      <c r="I88" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>170</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>171</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3375</v>
       </c>
       <c r="B89" t="s">
+        <v>823</v>
+      </c>
+      <c r="C89" t="s">
         <v>824</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>825</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>826</v>
       </c>
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>827</v>
       </c>
-      <c r="F89" t="s">
+      <c r="G89" t="s">
         <v>828</v>
       </c>
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>829</v>
       </c>
-      <c r="H89" t="s">
+      <c r="I89" t="s">
         <v>830</v>
       </c>
-      <c r="I89" t="s">
+      <c r="J89" t="s">
+        <v>439</v>
+      </c>
+      <c r="K89" t="s">
+        <v>670</v>
+      </c>
+      <c r="L89" t="s">
+        <v>441</v>
+      </c>
+      <c r="M89" t="s">
+        <v>671</v>
+      </c>
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>831</v>
-      </c>
-[...16 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3381</v>
       </c>
       <c r="B90" t="s">
+        <v>832</v>
+      </c>
+      <c r="C90" t="s">
         <v>833</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>834</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>835</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>836</v>
       </c>
-      <c r="F90" t="s">
+      <c r="G90" t="s">
         <v>837</v>
       </c>
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>838</v>
       </c>
-      <c r="H90" t="s">
+      <c r="I90" t="s">
         <v>839</v>
       </c>
-      <c r="I90" t="s">
+      <c r="J90" t="s">
+        <v>439</v>
+      </c>
+      <c r="K90" t="s">
+        <v>670</v>
+      </c>
+      <c r="L90" t="s">
+        <v>441</v>
+      </c>
+      <c r="M90" t="s">
+        <v>671</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>840</v>
-      </c>
-[...16 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3383</v>
       </c>
       <c r="B91" t="s">
+        <v>841</v>
+      </c>
+      <c r="C91" t="s">
         <v>842</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>843</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>844</v>
       </c>
-      <c r="E91" t="s">
+      <c r="F91" t="s">
         <v>845</v>
       </c>
-      <c r="F91" t="s">
+      <c r="G91" t="s">
         <v>846</v>
       </c>
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>847</v>
       </c>
-      <c r="H91" t="s">
+      <c r="I91" t="s">
         <v>848</v>
       </c>
-      <c r="I91" t="s">
+      <c r="J91" t="s">
+        <v>24</v>
+      </c>
+      <c r="K91" t="s">
+        <v>273</v>
+      </c>
+      <c r="L91" t="s">
+        <v>26</v>
+      </c>
+      <c r="M91" t="s">
+        <v>274</v>
+      </c>
+      <c r="N91" t="s">
+        <v>28</v>
+      </c>
+      <c r="O91" t="s">
         <v>849</v>
-      </c>
-[...16 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3389</v>
       </c>
       <c r="B92" t="s">
+        <v>850</v>
+      </c>
+      <c r="C92" t="s">
         <v>851</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>852</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>853</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>854</v>
       </c>
-      <c r="F92" t="s">
+      <c r="G92" t="s">
         <v>855</v>
       </c>
-      <c r="G92" t="s">
+      <c r="H92" t="s">
         <v>856</v>
       </c>
-      <c r="H92" t="s">
+      <c r="I92" t="s">
         <v>857</v>
       </c>
-      <c r="I92" t="s">
+      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+      <c r="K92" t="s">
         <v>858</v>
       </c>
-      <c r="J92" t="s">
-[...2 lines deleted...]
-      <c r="K92" t="s">
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
         <v>859</v>
       </c>
-      <c r="L92" t="s">
-[...2 lines deleted...]
-      <c r="M92" t="s">
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>860</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3390</v>
       </c>
       <c r="B93" t="s">
+        <v>861</v>
+      </c>
+      <c r="C93" t="s">
         <v>862</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>863</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>864</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>865</v>
       </c>
-      <c r="F93" t="s">
+      <c r="G93" t="s">
         <v>866</v>
       </c>
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>867</v>
       </c>
-      <c r="H93" t="s">
+      <c r="I93" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3395</v>
       </c>
       <c r="B94" t="s">
+        <v>870</v>
+      </c>
+      <c r="C94" t="s">
         <v>871</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>872</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>873</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>874</v>
       </c>
-      <c r="F94" t="s">
+      <c r="G94" t="s">
         <v>875</v>
       </c>
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>876</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>877</v>
       </c>
-      <c r="I94" t="s">
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" t="s">
         <v>878</v>
       </c>
-      <c r="J94" t="s">
-[...2 lines deleted...]
-      <c r="K94" t="s">
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
         <v>879</v>
       </c>
-      <c r="L94" t="s">
-[...2 lines deleted...]
-      <c r="M94" t="s">
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>880</v>
-      </c>
-[...4 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3406</v>
       </c>
       <c r="B95" t="s">
+        <v>881</v>
+      </c>
+      <c r="C95" t="s">
         <v>882</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>883</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>884</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>885</v>
       </c>
-      <c r="F95" t="s">
+      <c r="G95" t="s">
         <v>886</v>
       </c>
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>887</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>48</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3407</v>
       </c>
       <c r="B96" t="s">
+        <v>890</v>
+      </c>
+      <c r="C96" t="s">
         <v>891</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>892</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>893</v>
       </c>
-      <c r="E96" t="s">
+      <c r="F96" t="s">
         <v>894</v>
       </c>
-      <c r="F96" t="s">
+      <c r="G96" t="s">
         <v>895</v>
       </c>
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>896</v>
       </c>
-      <c r="H96" t="s">
+      <c r="I96" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3409</v>
       </c>
       <c r="B97" t="s">
+        <v>899</v>
+      </c>
+      <c r="C97" t="s">
         <v>900</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>901</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>902</v>
       </c>
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>903</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97" t="s">
         <v>904</v>
       </c>
-      <c r="G97" t="s">
+      <c r="H97" t="s">
         <v>905</v>
       </c>
-      <c r="H97" t="s">
+      <c r="I97" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3410</v>
       </c>
       <c r="B98" t="s">
+        <v>908</v>
+      </c>
+      <c r="C98" t="s">
         <v>909</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>910</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>911</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>912</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s">
         <v>913</v>
       </c>
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>914</v>
       </c>
-      <c r="H98" t="s">
+      <c r="I98" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3414</v>
       </c>
       <c r="B99" t="s">
+        <v>917</v>
+      </c>
+      <c r="C99" t="s">
         <v>918</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>919</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>920</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>921</v>
       </c>
-      <c r="F99" t="s">
+      <c r="G99" t="s">
         <v>922</v>
       </c>
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>923</v>
       </c>
-      <c r="H99" t="s">
+      <c r="I99" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>48</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3417</v>
       </c>
       <c r="B100" t="s">
+        <v>926</v>
+      </c>
+      <c r="C100" t="s">
         <v>927</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>928</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>929</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>930</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s">
         <v>931</v>
       </c>
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>932</v>
       </c>
-      <c r="H100" t="s">
+      <c r="I100" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3418</v>
       </c>
       <c r="B101" t="s">
+        <v>935</v>
+      </c>
+      <c r="C101" t="s">
         <v>936</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>937</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>938</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>939</v>
       </c>
-      <c r="F101" t="s">
+      <c r="G101" t="s">
         <v>940</v>
       </c>
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>941</v>
       </c>
-      <c r="H101" t="s">
+      <c r="I101" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>170</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>171</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3419</v>
       </c>
       <c r="B102" t="s">
+        <v>944</v>
+      </c>
+      <c r="C102" t="s">
         <v>945</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>946</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>947</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>948</v>
       </c>
-      <c r="F102" t="s">
+      <c r="G102" t="s">
         <v>949</v>
       </c>
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>950</v>
       </c>
-      <c r="H102" t="s">
+      <c r="I102" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3420</v>
       </c>
       <c r="B103" t="s">
+        <v>953</v>
+      </c>
+      <c r="C103" t="s">
         <v>954</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>955</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>956</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>957</v>
       </c>
-      <c r="F103" t="s">
+      <c r="G103" t="s">
         <v>958</v>
       </c>
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>959</v>
       </c>
-      <c r="H103" t="s">
+      <c r="I103" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>170</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>171</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3422</v>
       </c>
       <c r="B104" t="s">
+        <v>962</v>
+      </c>
+      <c r="C104" t="s">
         <v>963</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>964</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>965</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>966</v>
       </c>
-      <c r="F104" t="s">
+      <c r="G104" t="s">
         <v>967</v>
       </c>
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>968</v>
       </c>
-      <c r="H104" t="s">
+      <c r="I104" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>970</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3437</v>
       </c>
       <c r="B105" t="s">
+        <v>971</v>
+      </c>
+      <c r="C105" t="s">
         <v>972</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>973</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>974</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>975</v>
       </c>
-      <c r="F105" t="s">
+      <c r="G105" t="s">
         <v>976</v>
       </c>
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>977</v>
       </c>
-      <c r="H105" t="s">
+      <c r="I105" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3438</v>
       </c>
       <c r="B106" t="s">
+        <v>980</v>
+      </c>
+      <c r="C106" t="s">
         <v>981</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>982</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
         <v>983</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>984</v>
       </c>
-      <c r="F106" t="s">
+      <c r="G106" t="s">
         <v>985</v>
       </c>
-      <c r="G106" t="s">
+      <c r="H106" t="s">
         <v>986</v>
       </c>
-      <c r="H106" t="s">
+      <c r="I106" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3444</v>
       </c>
       <c r="B107" t="s">
+        <v>989</v>
+      </c>
+      <c r="C107" t="s">
         <v>990</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>991</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>992</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>993</v>
       </c>
-      <c r="F107" t="s">
+      <c r="G107" t="s">
         <v>994</v>
       </c>
-      <c r="G107" t="s">
+      <c r="H107" t="s">
         <v>995</v>
       </c>
-      <c r="H107" t="s">
+      <c r="I107" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3461</v>
       </c>
       <c r="B108" t="s">
+        <v>998</v>
+      </c>
+      <c r="C108" t="s">
         <v>999</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>1000</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>1001</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>1002</v>
       </c>
-      <c r="F108" t="s">
+      <c r="G108" t="s">
         <v>1003</v>
       </c>
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>1004</v>
       </c>
-      <c r="H108" t="s">
+      <c r="I108" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3470</v>
       </c>
       <c r="B109" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C109" t="s">
         <v>1008</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>1009</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
         <v>1010</v>
       </c>
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>1011</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s">
         <v>1012</v>
       </c>
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>1013</v>
       </c>
-      <c r="H109" t="s">
+      <c r="I109" t="s">
         <v>1014</v>
       </c>
-      <c r="I109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
         <v>1015</v>
       </c>
-      <c r="J109" t="s">
-[...2 lines deleted...]
-      <c r="K109" t="s">
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
         <v>1016</v>
       </c>
-      <c r="L109" t="s">
-[...2 lines deleted...]
-      <c r="M109" t="s">
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1017</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3475</v>
       </c>
       <c r="B110" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C110" t="s">
         <v>1019</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>1020</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>1021</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>1022</v>
       </c>
-      <c r="F110" t="s">
+      <c r="G110" t="s">
         <v>1023</v>
       </c>
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>1024</v>
       </c>
-      <c r="H110" t="s">
+      <c r="I110" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>48</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3476</v>
       </c>
       <c r="B111" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C111" t="s">
         <v>1028</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>1029</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>1030</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>1031</v>
       </c>
-      <c r="F111" t="s">
+      <c r="G111" t="s">
         <v>1032</v>
       </c>
-      <c r="G111" t="s">
+      <c r="H111" t="s">
         <v>1033</v>
       </c>
-      <c r="H111" t="s">
+      <c r="I111" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3480</v>
       </c>
       <c r="B112" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C112" t="s">
         <v>1037</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>1038</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>1039</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>1040</v>
       </c>
-      <c r="F112" t="s">
+      <c r="G112" t="s">
         <v>1041</v>
       </c>
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>1042</v>
       </c>
-      <c r="H112" t="s">
+      <c r="I112" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>170</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>171</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3481</v>
       </c>
       <c r="B113" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C113" t="s">
         <v>1046</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>1047</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>1048</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>1049</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
         <v>1050</v>
       </c>
-      <c r="G113" t="s">
+      <c r="H113" t="s">
         <v>1051</v>
       </c>
-      <c r="H113" t="s">
+      <c r="I113" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>170</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>171</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3503</v>
       </c>
       <c r="B114" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C114" t="s">
         <v>1055</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>1056</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
         <v>1057</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>1058</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114" t="s">
         <v>1059</v>
       </c>
-      <c r="G114" t="s">
+      <c r="H114" t="s">
         <v>1060</v>
       </c>
-      <c r="H114" t="s">
+      <c r="I114" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3512</v>
       </c>
       <c r="B115" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C115" t="s">
         <v>1064</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>1065</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>1066</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>1067</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s">
         <v>1068</v>
       </c>
-      <c r="G115" t="s">
+      <c r="H115" t="s">
         <v>1069</v>
       </c>
-      <c r="H115" t="s">
+      <c r="I115" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3518</v>
       </c>
       <c r="B116" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C116" t="s">
         <v>1073</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>1074</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>1075</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>1076</v>
       </c>
-      <c r="F116" t="s">
+      <c r="G116" t="s">
         <v>1077</v>
       </c>
-      <c r="G116" t="s">
+      <c r="H116" t="s">
         <v>1078</v>
       </c>
-      <c r="H116" t="s">
+      <c r="I116" t="s">
         <v>1079</v>
       </c>
-      <c r="I116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
         <v>1080</v>
       </c>
-      <c r="J116" t="s">
-[...2 lines deleted...]
-      <c r="K116" t="s">
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1081</v>
-      </c>
-[...7 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3520</v>
       </c>
       <c r="B117" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C117" t="s">
         <v>1083</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>1084</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>1085</v>
       </c>
-      <c r="E117" t="s">
+      <c r="F117" t="s">
         <v>1086</v>
       </c>
-      <c r="F117" t="s">
+      <c r="G117" t="s">
         <v>1087</v>
       </c>
-      <c r="G117" t="s">
+      <c r="H117" t="s">
         <v>1088</v>
       </c>
-      <c r="H117" t="s">
+      <c r="I117" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>59</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>61</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3534</v>
       </c>
       <c r="B118" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C118" t="s">
         <v>1092</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>1093</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
         <v>1094</v>
       </c>
-      <c r="E118" t="s">
+      <c r="F118" t="s">
         <v>1095</v>
       </c>
-      <c r="F118" t="s">
+      <c r="G118" t="s">
         <v>1096</v>
       </c>
-      <c r="G118" t="s">
+      <c r="H118" t="s">
         <v>1097</v>
       </c>
-      <c r="H118" t="s">
+      <c r="I118" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3546</v>
       </c>
       <c r="B119" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C119" t="s">
         <v>1101</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>1102</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>1103</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
         <v>1104</v>
       </c>
-      <c r="F119" t="s">
+      <c r="G119" t="s">
         <v>1105</v>
       </c>
-      <c r="G119" t="s">
+      <c r="H119" t="s">
         <v>1106</v>
       </c>
-      <c r="H119" t="s">
+      <c r="I119" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3552</v>
       </c>
       <c r="B120" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C120" t="s">
         <v>1110</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>1111</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
         <v>1112</v>
       </c>
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>1113</v>
       </c>
-      <c r="F120" t="s">
+      <c r="G120" t="s">
         <v>1114</v>
       </c>
-      <c r="G120" t="s">
+      <c r="H120" t="s">
         <v>1115</v>
       </c>
-      <c r="H120" t="s">
+      <c r="I120" t="s">
         <v>1116</v>
       </c>
-      <c r="I120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
+        <v>726</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>727</v>
+      </c>
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1117</v>
-      </c>
-[...16 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3553</v>
       </c>
       <c r="B121" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C121" t="s">
         <v>1119</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>1120</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
         <v>1121</v>
       </c>
-      <c r="E121" t="s">
+      <c r="F121" t="s">
         <v>1122</v>
       </c>
-      <c r="F121" t="s">
+      <c r="G121" t="s">
         <v>1123</v>
       </c>
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>1124</v>
       </c>
-      <c r="H121" t="s">
+      <c r="I121" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>48</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3567</v>
       </c>
       <c r="B122" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C122" t="s">
         <v>1128</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>1129</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>1130</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>1131</v>
       </c>
-      <c r="F122" t="s">
+      <c r="G122" t="s">
         <v>1132</v>
       </c>
-      <c r="G122" t="s">
+      <c r="H122" t="s">
         <v>1133</v>
       </c>
-      <c r="H122" t="s">
+      <c r="I122" t="s">
         <v>1134</v>
       </c>
-      <c r="I122" t="s">
+      <c r="J122" t="s">
+        <v>439</v>
+      </c>
+      <c r="K122" t="s">
         <v>1135</v>
       </c>
-      <c r="J122" t="s">
-[...2 lines deleted...]
-      <c r="K122" t="s">
+      <c r="L122" t="s">
+        <v>441</v>
+      </c>
+      <c r="M122" t="s">
         <v>1136</v>
       </c>
-      <c r="L122" t="s">
-[...2 lines deleted...]
-      <c r="M122" t="s">
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1137</v>
-      </c>
-[...4 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3574</v>
       </c>
       <c r="B123" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C123" t="s">
         <v>1139</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>1140</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
         <v>1141</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>1142</v>
       </c>
-      <c r="F123" t="s">
+      <c r="G123" t="s">
         <v>1143</v>
       </c>
-      <c r="G123" t="s">
+      <c r="H123" t="s">
         <v>1144</v>
       </c>
-      <c r="H123" t="s">
+      <c r="I123" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>170</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>171</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3575</v>
       </c>
       <c r="B124" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C124" t="s">
         <v>1148</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>1149</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>1150</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>1151</v>
       </c>
-      <c r="F124" t="s">
+      <c r="G124" t="s">
         <v>1152</v>
       </c>
-      <c r="G124" t="s">
+      <c r="H124" t="s">
         <v>1153</v>
       </c>
-      <c r="H124" t="s">
+      <c r="I124" t="s">
         <v>1154</v>
       </c>
-      <c r="I124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
         <v>1155</v>
       </c>
-      <c r="J124" t="s">
-[...2 lines deleted...]
-      <c r="K124" t="s">
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
         <v>1156</v>
       </c>
-      <c r="L124" t="s">
-[...2 lines deleted...]
-      <c r="M124" t="s">
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1157</v>
-      </c>
-[...4 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3581</v>
       </c>
       <c r="B125" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C125" t="s">
         <v>1159</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>1160</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>1161</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>1162</v>
       </c>
-      <c r="F125" t="s">
+      <c r="G125" t="s">
         <v>1163</v>
       </c>
-      <c r="G125" t="s">
+      <c r="H125" t="s">
         <v>1164</v>
       </c>
-      <c r="H125" t="s">
+      <c r="I125" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3588</v>
       </c>
       <c r="B126" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C126" t="s">
         <v>1168</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>1169</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>1170</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>1171</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G126" t="s">
         <v>1172</v>
       </c>
-      <c r="G126" t="s">
+      <c r="H126" t="s">
         <v>1173</v>
       </c>
-      <c r="H126" t="s">
+      <c r="I126" t="s">
         <v>1174</v>
       </c>
-      <c r="I126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
         <v>1175</v>
       </c>
-      <c r="J126" t="s">
-[...2 lines deleted...]
-      <c r="K126" t="s">
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
         <v>1176</v>
       </c>
-      <c r="L126" t="s">
-[...2 lines deleted...]
-      <c r="M126" t="s">
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1177</v>
-      </c>
-[...4 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3591</v>
       </c>
       <c r="B127" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C127" t="s">
         <v>1179</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>1180</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>1181</v>
       </c>
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>1182</v>
       </c>
-      <c r="F127" t="s">
+      <c r="G127" t="s">
         <v>1183</v>
       </c>
-      <c r="G127" t="s">
+      <c r="H127" t="s">
         <v>1184</v>
       </c>
-      <c r="H127" t="s">
+      <c r="I127" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>170</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>171</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3686</v>
       </c>
       <c r="B128" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C128" t="s">
         <v>1188</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>1189</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>1190</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>1191</v>
       </c>
-      <c r="F128" t="s">
+      <c r="G128" t="s">
         <v>1192</v>
       </c>
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>1193</v>
       </c>
-      <c r="H128" t="s">
+      <c r="I128" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3689</v>
       </c>
       <c r="B129" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C129" t="s">
         <v>1197</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>1198</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>1199</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>1200</v>
       </c>
-      <c r="F129" t="s">
+      <c r="G129" t="s">
         <v>1201</v>
       </c>
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>1202</v>
       </c>
-      <c r="H129" t="s">
+      <c r="I129" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3700</v>
       </c>
       <c r="B130" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C130" t="s">
         <v>1206</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1207</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1208</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>1209</v>
       </c>
-      <c r="F130" t="s">
+      <c r="G130" t="s">
         <v>1210</v>
       </c>
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1211</v>
       </c>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3701</v>
       </c>
       <c r="B131" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C131" t="s">
         <v>1215</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>1216</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>1217</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>1218</v>
       </c>
-      <c r="F131" t="s">
+      <c r="G131" t="s">
         <v>1219</v>
       </c>
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>1220</v>
       </c>
-      <c r="H131" t="s">
+      <c r="I131" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3702</v>
       </c>
       <c r="B132" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C132" t="s">
         <v>1224</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>1225</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>1226</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>1227</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G132" t="s">
         <v>1228</v>
       </c>
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>1229</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>48</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3706</v>
       </c>
       <c r="B133" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C133" t="s">
         <v>1233</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>1234</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>1235</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>1236</v>
       </c>
-      <c r="F133" t="s">
+      <c r="G133" t="s">
         <v>1237</v>
       </c>
-      <c r="G133" t="s">
+      <c r="H133" t="s">
         <v>1238</v>
       </c>
-      <c r="H133" t="s">
+      <c r="I133" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3711</v>
       </c>
       <c r="B134" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C134" t="s">
         <v>1242</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>1243</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>1244</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>1245</v>
       </c>
-      <c r="F134" t="s">
+      <c r="G134" t="s">
         <v>1246</v>
       </c>
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>1247</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>1248</v>
-      </c>
-[...1 lines deleted...]
-        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>170</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>171</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3716</v>
       </c>
       <c r="B135" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C135" t="s">
         <v>1251</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>1252</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>1253</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>1254</v>
       </c>
-      <c r="F135" t="s">
+      <c r="G135" t="s">
         <v>1255</v>
       </c>
-      <c r="G135" t="s">
+      <c r="H135" t="s">
         <v>1256</v>
       </c>
-      <c r="H135" t="s">
+      <c r="I135" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3718</v>
       </c>
       <c r="B136" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C136" t="s">
         <v>1260</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>1261</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>1262</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>1263</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136" t="s">
         <v>1264</v>
       </c>
-      <c r="G136" t="s">
+      <c r="H136" t="s">
         <v>1265</v>
       </c>
-      <c r="H136" t="s">
+      <c r="I136" t="s">
         <v>1266</v>
-      </c>
-[...1 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>170</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>171</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3719</v>
       </c>
       <c r="B137" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C137" t="s">
         <v>1269</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>1270</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>1271</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>1272</v>
       </c>
-      <c r="F137" t="s">
+      <c r="G137" t="s">
         <v>1273</v>
       </c>
-      <c r="G137" t="s">
+      <c r="H137" t="s">
         <v>1274</v>
       </c>
-      <c r="H137" t="s">
+      <c r="I137" t="s">
         <v>1275</v>
-      </c>
-[...1 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3731</v>
       </c>
       <c r="B138" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C138" t="s">
         <v>1278</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>1279</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>1280</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>1281</v>
       </c>
-      <c r="F138" t="s">
+      <c r="G138" t="s">
         <v>1282</v>
       </c>
-      <c r="G138" t="s">
+      <c r="H138" t="s">
         <v>1283</v>
       </c>
-      <c r="H138" t="s">
+      <c r="I138" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3732</v>
       </c>
       <c r="B139" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C139" t="s">
         <v>1287</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>1288</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>1289</v>
       </c>
-      <c r="E139" t="s">
+      <c r="F139" t="s">
         <v>1290</v>
       </c>
-      <c r="F139" t="s">
+      <c r="G139" t="s">
         <v>1291</v>
       </c>
-      <c r="G139" t="s">
+      <c r="H139" t="s">
         <v>1292</v>
       </c>
-      <c r="H139" t="s">
+      <c r="I139" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3753</v>
       </c>
       <c r="B140" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C140" t="s">
         <v>1296</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>1297</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>1298</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>1299</v>
       </c>
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>1300</v>
       </c>
-      <c r="G140" t="s">
+      <c r="H140" t="s">
         <v>1301</v>
       </c>
-      <c r="H140" t="s">
+      <c r="I140" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3756</v>
       </c>
       <c r="B141" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C141" t="s">
         <v>1305</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>1306</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>1307</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>1308</v>
       </c>
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>1309</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>1310</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1312</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3791</v>
       </c>
       <c r="B142" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C142" t="s">
         <v>1314</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>1315</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>1316</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>1317</v>
       </c>
-      <c r="F142" t="s">
+      <c r="G142" t="s">
         <v>1318</v>
       </c>
-      <c r="G142" t="s">
+      <c r="H142" t="s">
         <v>1319</v>
       </c>
-      <c r="H142" t="s">
+      <c r="I142" t="s">
         <v>1320</v>
       </c>
-      <c r="I142" t="s">
+      <c r="J142" t="s">
         <v>1321</v>
       </c>
-      <c r="J142" t="s">
+      <c r="K142" t="s">
         <v>1322</v>
       </c>
-      <c r="K142" t="s">
+      <c r="L142" t="s">
         <v>1323</v>
       </c>
-      <c r="L142" t="s">
+      <c r="M142" t="s">
         <v>1324</v>
       </c>
-      <c r="M142" t="s">
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1325</v>
-      </c>
-[...4 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3854</v>
       </c>
       <c r="B143" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C143" t="s">
         <v>1327</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>1328</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>1329</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>1330</v>
       </c>
-      <c r="F143" t="s">
+      <c r="G143" t="s">
         <v>1331</v>
       </c>
-      <c r="G143" t="s">
+      <c r="H143" t="s">
         <v>1332</v>
       </c>
-      <c r="H143" t="s">
+      <c r="I143" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>48</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>4176</v>
       </c>
       <c r="B144" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C144" t="s">
         <v>1336</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>1337</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>1338</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>1339</v>
       </c>
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>1340</v>
       </c>
-      <c r="G144" t="s">
+      <c r="H144" t="s">
         <v>1341</v>
       </c>
-      <c r="H144" t="s">
+      <c r="I144" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>170</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>171</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>4186</v>
       </c>
       <c r="B145" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C145" t="s">
         <v>1345</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>1346</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>1347</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
         <v>1348</v>
       </c>
-      <c r="F145" t="s">
+      <c r="G145" t="s">
         <v>1349</v>
       </c>
-      <c r="G145" t="s">
+      <c r="H145" t="s">
         <v>1350</v>
       </c>
-      <c r="H145" t="s">
+      <c r="I145" t="s">
         <v>1351</v>
-      </c>
-[...1 lines deleted...]
-        <v>1352</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>59</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>61</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1353</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>4196</v>
       </c>
       <c r="B146" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C146" t="s">
         <v>1354</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>1355</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>1356</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>1357</v>
       </c>
-      <c r="F146" t="s">
+      <c r="G146" t="s">
         <v>1358</v>
       </c>
-      <c r="G146" t="s">
+      <c r="H146" t="s">
         <v>1359</v>
       </c>
-      <c r="H146" t="s">
+      <c r="I146" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>4198</v>
       </c>
       <c r="B147" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C147" t="s">
         <v>1363</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>1364</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" t="s">
         <v>1365</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>1366</v>
       </c>
-      <c r="F147" t="s">
+      <c r="G147" t="s">
         <v>1367</v>
       </c>
-      <c r="G147" t="s">
+      <c r="H147" t="s">
         <v>1368</v>
       </c>
-      <c r="H147" t="s">
+      <c r="I147" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>4202</v>
       </c>
       <c r="B148" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C148" t="s">
         <v>1372</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>1373</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>1374</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>1375</v>
       </c>
-      <c r="F148" t="s">
+      <c r="G148" t="s">
         <v>1376</v>
       </c>
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>1377</v>
       </c>
-      <c r="H148" t="s">
+      <c r="I148" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>4204</v>
       </c>
       <c r="B149" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C149" t="s">
         <v>1381</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>1382</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>1383</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>1384</v>
       </c>
-      <c r="F149" t="s">
+      <c r="G149" t="s">
         <v>1385</v>
       </c>
-      <c r="G149" t="s">
+      <c r="H149" t="s">
         <v>1386</v>
       </c>
-      <c r="H149" t="s">
+      <c r="I149" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>4206</v>
       </c>
       <c r="B150" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C150" t="s">
         <v>1390</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>1391</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>1392</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>1393</v>
       </c>
-      <c r="F150" t="s">
+      <c r="G150" t="s">
         <v>1394</v>
       </c>
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>1395</v>
       </c>
-      <c r="H150" t="s">
+      <c r="I150" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>4211</v>
       </c>
       <c r="B151" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C151" t="s">
         <v>1399</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>1400</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>1401</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
         <v>1402</v>
       </c>
-      <c r="F151" t="s">
+      <c r="G151" t="s">
         <v>1403</v>
       </c>
-      <c r="G151" t="s">
+      <c r="H151" t="s">
         <v>1404</v>
       </c>
-      <c r="H151" t="s">
+      <c r="I151" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
         <v>4243</v>
       </c>
       <c r="B152" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C152" t="s">
         <v>1408</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>1409</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" t="s">
         <v>1410</v>
       </c>
-      <c r="E152" t="s">
+      <c r="F152" t="s">
         <v>1411</v>
       </c>
-      <c r="F152" t="s">
+      <c r="G152" t="s">
         <v>1412</v>
       </c>
-      <c r="G152" t="s">
+      <c r="H152" t="s">
         <v>1413</v>
       </c>
-      <c r="H152" t="s">
+      <c r="I152" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
         <v>4292</v>
       </c>
       <c r="B153" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C153" t="s">
         <v>1417</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>1418</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" t="s">
         <v>1419</v>
       </c>
-      <c r="E153" t="s">
+      <c r="F153" t="s">
         <v>1420</v>
       </c>
-      <c r="F153" t="s">
+      <c r="G153" t="s">
         <v>1421</v>
       </c>
-      <c r="G153" t="s">
+      <c r="H153" t="s">
         <v>1422</v>
       </c>
-      <c r="H153" t="s">
+      <c r="I153" t="s">
         <v>1423</v>
       </c>
-      <c r="I153" t="s">
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
         <v>1424</v>
       </c>
-      <c r="J153" t="s">
-[...2 lines deleted...]
-      <c r="K153" t="s">
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1425</v>
-      </c>
-[...7 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
         <v>4295</v>
       </c>
       <c r="B154" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C154" t="s">
         <v>1427</v>
       </c>
-      <c r="C154" t="s">
+      <c r="D154" t="s">
         <v>1428</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" t="s">
         <v>1429</v>
       </c>
-      <c r="E154" t="s">
+      <c r="F154" t="s">
         <v>1430</v>
       </c>
-      <c r="F154" t="s">
+      <c r="G154" t="s">
         <v>1431</v>
       </c>
-      <c r="G154" t="s">
+      <c r="H154" t="s">
         <v>1432</v>
       </c>
-      <c r="H154" t="s">
+      <c r="I154" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
         <v>4303</v>
       </c>
       <c r="B155" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C155" t="s">
         <v>1436</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>1437</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" t="s">
         <v>1438</v>
       </c>
-      <c r="E155" t="s">
+      <c r="F155" t="s">
         <v>1439</v>
       </c>
-      <c r="F155" t="s">
+      <c r="G155" t="s">
         <v>1440</v>
       </c>
-      <c r="G155" t="s">
+      <c r="H155" t="s">
         <v>1441</v>
       </c>
-      <c r="H155" t="s">
+      <c r="I155" t="s">
         <v>1442</v>
       </c>
-      <c r="I155" t="s">
+      <c r="J155" t="s">
+        <v>737</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L155" t="s">
+        <v>739</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1443</v>
-      </c>
-[...16 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
         <v>4304</v>
       </c>
       <c r="B156" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C156" t="s">
         <v>1445</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>1446</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>1447</v>
       </c>
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>1448</v>
       </c>
-      <c r="F156" t="s">
+      <c r="G156" t="s">
         <v>1449</v>
       </c>
-      <c r="G156" t="s">
+      <c r="H156" t="s">
         <v>1450</v>
       </c>
-      <c r="H156" t="s">
+      <c r="I156" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
         <v>4308</v>
       </c>
       <c r="B157" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C157" t="s">
         <v>1454</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>1455</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
         <v>1456</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>1457</v>
       </c>
-      <c r="F157" t="s">
+      <c r="G157" t="s">
         <v>1458</v>
       </c>
-      <c r="G157" t="s">
+      <c r="H157" t="s">
         <v>1459</v>
       </c>
-      <c r="H157" t="s">
+      <c r="I157" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1462</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
         <v>4309</v>
       </c>
       <c r="B158" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C158" t="s">
         <v>1463</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>1464</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>1465</v>
       </c>
-      <c r="E158" t="s">
+      <c r="F158" t="s">
         <v>1466</v>
       </c>
-      <c r="F158" t="s">
+      <c r="G158" t="s">
         <v>1467</v>
       </c>
-      <c r="G158" t="s">
+      <c r="H158" t="s">
         <v>1468</v>
       </c>
-      <c r="H158" t="s">
+      <c r="I158" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
         <v>4314</v>
       </c>
       <c r="B159" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C159" t="s">
         <v>1472</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>1473</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" t="s">
         <v>1474</v>
       </c>
-      <c r="E159" t="s">
+      <c r="F159" t="s">
         <v>1475</v>
       </c>
-      <c r="F159" t="s">
+      <c r="G159" t="s">
         <v>1476</v>
       </c>
-      <c r="G159" t="s">
+      <c r="H159" t="s">
         <v>1477</v>
       </c>
-      <c r="H159" t="s">
+      <c r="I159" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
         <v>4316</v>
       </c>
       <c r="B160" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C160" t="s">
         <v>1481</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>1482</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" t="s">
         <v>1483</v>
       </c>
-      <c r="E160" t="s">
+      <c r="F160" t="s">
         <v>1484</v>
       </c>
-      <c r="F160" t="s">
+      <c r="G160" t="s">
         <v>1485</v>
       </c>
-      <c r="G160" t="s">
+      <c r="H160" t="s">
         <v>1486</v>
       </c>
-      <c r="H160" t="s">
+      <c r="I160" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1489</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
         <v>4318</v>
       </c>
       <c r="B161" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C161" t="s">
         <v>1490</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>1491</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" t="s">
         <v>1492</v>
       </c>
-      <c r="E161" t="s">
+      <c r="F161" t="s">
         <v>1493</v>
       </c>
-      <c r="F161" t="s">
+      <c r="G161" t="s">
         <v>1494</v>
       </c>
-      <c r="G161" t="s">
+      <c r="H161" t="s">
         <v>1495</v>
       </c>
-      <c r="H161" t="s">
+      <c r="I161" t="s">
         <v>1496</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
         <v>4319</v>
       </c>
       <c r="B162" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C162" t="s">
         <v>1499</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
         <v>1500</v>
       </c>
-      <c r="D162" t="s">
+      <c r="E162" t="s">
         <v>1501</v>
       </c>
-      <c r="E162" t="s">
+      <c r="F162" t="s">
         <v>1502</v>
       </c>
-      <c r="F162" t="s">
+      <c r="G162" t="s">
         <v>1503</v>
       </c>
-      <c r="G162" t="s">
+      <c r="H162" t="s">
         <v>1504</v>
       </c>
-      <c r="H162" t="s">
+      <c r="I162" t="s">
         <v>1505</v>
-      </c>
-[...1 lines deleted...]
-        <v>1506</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>170</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>171</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
         <v>4322</v>
       </c>
       <c r="B163" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C163" t="s">
         <v>1508</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
         <v>1509</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>1510</v>
       </c>
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>1511</v>
       </c>
-      <c r="F163" t="s">
+      <c r="G163" t="s">
         <v>1512</v>
       </c>
-      <c r="G163" t="s">
+      <c r="H163" t="s">
         <v>1513</v>
       </c>
-      <c r="H163" t="s">
+      <c r="I163" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
         <v>4538</v>
       </c>
       <c r="B164" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C164" t="s">
         <v>1517</v>
       </c>
-      <c r="C164" t="s">
+      <c r="D164" t="s">
         <v>1518</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" t="s">
         <v>1519</v>
       </c>
-      <c r="E164" t="s">
+      <c r="F164" t="s">
         <v>1520</v>
       </c>
-      <c r="F164" t="s">
+      <c r="G164" t="s">
         <v>1521</v>
       </c>
-      <c r="G164" t="s">
+      <c r="H164" t="s">
         <v>1522</v>
       </c>
-      <c r="H164" t="s">
+      <c r="I164" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
         <v>4549</v>
       </c>
       <c r="B165" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C165" t="s">
         <v>1526</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
         <v>1527</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" t="s">
         <v>1528</v>
       </c>
-      <c r="E165" t="s">
+      <c r="F165" t="s">
         <v>1529</v>
       </c>
-      <c r="F165" t="s">
+      <c r="G165" t="s">
         <v>1530</v>
       </c>
-      <c r="G165" t="s">
+      <c r="H165" t="s">
         <v>1531</v>
       </c>
-      <c r="H165" t="s">
+      <c r="I165" t="s">
         <v>1532</v>
-      </c>
-[...1 lines deleted...]
-        <v>1533</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
         <v>4555</v>
       </c>
       <c r="B166" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C166" t="s">
         <v>1535</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
         <v>1536</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
         <v>1537</v>
       </c>
-      <c r="E166" t="s">
+      <c r="F166" t="s">
         <v>1538</v>
       </c>
-      <c r="F166" t="s">
+      <c r="G166" t="s">
         <v>1539</v>
       </c>
-      <c r="G166" t="s">
+      <c r="H166" t="s">
         <v>1540</v>
       </c>
-      <c r="H166" t="s">
+      <c r="I166" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>170</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>171</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
         <v>4556</v>
       </c>
       <c r="B167" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C167" t="s">
         <v>1544</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>1545</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>1546</v>
       </c>
-      <c r="E167" t="s">
+      <c r="F167" t="s">
         <v>1547</v>
       </c>
-      <c r="F167" t="s">
+      <c r="G167" t="s">
         <v>1548</v>
       </c>
-      <c r="G167" t="s">
+      <c r="H167" t="s">
         <v>1549</v>
       </c>
-      <c r="H167" t="s">
+      <c r="I167" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
         <v>4558</v>
       </c>
       <c r="B168" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C168" t="s">
         <v>1553</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>1554</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
         <v>1555</v>
       </c>
-      <c r="E168" t="s">
+      <c r="F168" t="s">
         <v>1556</v>
       </c>
-      <c r="F168" t="s">
+      <c r="G168" t="s">
         <v>1557</v>
       </c>
-      <c r="G168" t="s">
+      <c r="H168" t="s">
         <v>1558</v>
       </c>
-      <c r="H168" t="s">
+      <c r="I168" t="s">
         <v>1559</v>
-      </c>
-[...1 lines deleted...]
-        <v>1560</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
         <v>4559</v>
       </c>
       <c r="B169" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C169" t="s">
         <v>1562</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>1563</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>1564</v>
       </c>
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>1565</v>
       </c>
-      <c r="F169" t="s">
+      <c r="G169" t="s">
         <v>1566</v>
       </c>
-      <c r="G169" t="s">
+      <c r="H169" t="s">
         <v>1567</v>
       </c>
-      <c r="H169" t="s">
+      <c r="I169" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>47</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>48</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
         <v>4560</v>
       </c>
       <c r="B170" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C170" t="s">
         <v>1571</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>1572</v>
       </c>
-      <c r="D170" t="s">
+      <c r="E170" t="s">
         <v>1573</v>
       </c>
-      <c r="E170" t="s">
+      <c r="F170" t="s">
         <v>1574</v>
       </c>
-      <c r="F170" t="s">
+      <c r="G170" t="s">
         <v>1575</v>
       </c>
-      <c r="G170" t="s">
+      <c r="H170" t="s">
         <v>1576</v>
       </c>
-      <c r="H170" t="s">
+      <c r="I170" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
         <v>4563</v>
       </c>
       <c r="B171" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C171" t="s">
         <v>1580</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
         <v>1581</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>1582</v>
       </c>
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>1583</v>
       </c>
-      <c r="F171" t="s">
+      <c r="G171" t="s">
         <v>1584</v>
       </c>
-      <c r="G171" t="s">
+      <c r="H171" t="s">
         <v>1585</v>
       </c>
-      <c r="H171" t="s">
+      <c r="I171" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
         <v>4564</v>
       </c>
       <c r="B172" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C172" t="s">
         <v>1589</v>
       </c>
-      <c r="C172" t="s">
+      <c r="D172" t="s">
         <v>1590</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" t="s">
         <v>1591</v>
       </c>
-      <c r="E172" t="s">
+      <c r="F172" t="s">
         <v>1592</v>
       </c>
-      <c r="F172" t="s">
+      <c r="G172" t="s">
         <v>1593</v>
       </c>
-      <c r="G172" t="s">
+      <c r="H172" t="s">
         <v>1594</v>
       </c>
-      <c r="H172" t="s">
+      <c r="I172" t="s">
         <v>1595</v>
       </c>
-      <c r="I172" t="s">
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
         <v>1596</v>
       </c>
-      <c r="J172" t="s">
-[...2 lines deleted...]
-      <c r="K172" t="s">
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1597</v>
-      </c>
-[...7 lines deleted...]
-        <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
         <v>4566</v>
       </c>
       <c r="B173" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C173" t="s">
         <v>1599</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>1600</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" t="s">
         <v>1601</v>
       </c>
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>1602</v>
       </c>
-      <c r="F173" t="s">
+      <c r="G173" t="s">
         <v>1603</v>
       </c>
-      <c r="G173" t="s">
+      <c r="H173" t="s">
         <v>1604</v>
       </c>
-      <c r="H173" t="s">
+      <c r="I173" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
         <v>4568</v>
       </c>
       <c r="B174" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C174" t="s">
         <v>1608</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>1609</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" t="s">
         <v>1610</v>
       </c>
-      <c r="E174" t="s">
+      <c r="F174" t="s">
         <v>1611</v>
       </c>
-      <c r="F174" t="s">
+      <c r="G174" t="s">
         <v>1612</v>
       </c>
-      <c r="G174" t="s">
+      <c r="H174" t="s">
         <v>1613</v>
       </c>
-      <c r="H174" t="s">
+      <c r="I174" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
         <v>4704</v>
       </c>
       <c r="B175" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C175" t="s">
         <v>1617</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>1618</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
         <v>1619</v>
       </c>
-      <c r="E175" t="s">
+      <c r="F175" t="s">
         <v>1620</v>
       </c>
-      <c r="F175" t="s">
+      <c r="G175" t="s">
         <v>1621</v>
       </c>
-      <c r="G175" t="s">
+      <c r="H175" t="s">
         <v>1622</v>
       </c>
-      <c r="H175" t="s">
+      <c r="I175" t="s">
         <v>1623</v>
-      </c>
-[...1 lines deleted...]
-        <v>1624</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>47</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>48</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
         <v>4706</v>
       </c>
       <c r="B176" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C176" t="s">
         <v>1626</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>1627</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" t="s">
         <v>1628</v>
       </c>
-      <c r="E176" t="s">
+      <c r="F176" t="s">
         <v>1629</v>
       </c>
-      <c r="F176" t="s">
+      <c r="G176" t="s">
         <v>1630</v>
       </c>
-      <c r="G176" t="s">
+      <c r="H176" t="s">
         <v>1631</v>
       </c>
-      <c r="H176" t="s">
+      <c r="I176" t="s">
         <v>1632</v>
-      </c>
-[...1 lines deleted...]
-        <v>1633</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>170</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>171</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
         <v>4709</v>
       </c>
       <c r="B177" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C177" t="s">
         <v>1635</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
         <v>1636</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" t="s">
         <v>1637</v>
       </c>
-      <c r="E177" t="s">
+      <c r="F177" t="s">
         <v>1638</v>
       </c>
-      <c r="F177" t="s">
+      <c r="G177" t="s">
         <v>1639</v>
       </c>
-      <c r="G177" t="s">
+      <c r="H177" t="s">
         <v>1640</v>
       </c>
-      <c r="H177" t="s">
+      <c r="I177" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>47</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>48</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
         <v>4711</v>
       </c>
       <c r="B178" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C178" t="s">
         <v>1644</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
         <v>1645</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>1646</v>
       </c>
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>1647</v>
       </c>
-      <c r="F178" t="s">
+      <c r="G178" t="s">
         <v>1648</v>
       </c>
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>1649</v>
       </c>
-      <c r="H178" t="s">
+      <c r="I178" t="s">
         <v>1650</v>
       </c>
-      <c r="I178" t="s">
+      <c r="J178" t="s">
         <v>1651</v>
       </c>
-      <c r="J178" t="s">
+      <c r="K178" t="s">
         <v>1652</v>
       </c>
-      <c r="K178" t="s">
+      <c r="L178" t="s">
         <v>1653</v>
       </c>
-      <c r="L178" t="s">
+      <c r="M178" t="s">
         <v>1654</v>
       </c>
-      <c r="M178" t="s">
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1655</v>
-      </c>
-[...4 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
         <v>4716</v>
       </c>
       <c r="B179" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C179" t="s">
         <v>1657</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>1658</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>1659</v>
       </c>
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>1660</v>
       </c>
-      <c r="F179" t="s">
+      <c r="G179" t="s">
         <v>1661</v>
       </c>
-      <c r="G179" t="s">
+      <c r="H179" t="s">
         <v>1662</v>
       </c>
-      <c r="H179" t="s">
+      <c r="I179" t="s">
         <v>1663</v>
       </c>
-      <c r="I179" t="s">
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
         <v>1664</v>
-      </c>
-[...16 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
         <v>4717</v>
       </c>
       <c r="B180" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C180" t="s">
         <v>1666</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180" t="s">
         <v>1667</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" t="s">
         <v>1668</v>
       </c>
-      <c r="E180" t="s">
+      <c r="F180" t="s">
         <v>1669</v>
       </c>
-      <c r="F180" t="s">
+      <c r="G180" t="s">
         <v>1670</v>
       </c>
-      <c r="G180" t="s">
+      <c r="H180" t="s">
         <v>1671</v>
       </c>
-      <c r="H180" t="s">
+      <c r="I180" t="s">
         <v>1672</v>
-      </c>
-[...1 lines deleted...]
-        <v>1673</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
         <v>4721</v>
       </c>
       <c r="B181" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C181" t="s">
         <v>1675</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>1676</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" t="s">
         <v>1677</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>1678</v>
       </c>
-      <c r="F181" t="s">
+      <c r="G181" t="s">
         <v>1679</v>
       </c>
-      <c r="G181" t="s">
+      <c r="H181" t="s">
         <v>1680</v>
       </c>
-      <c r="H181" t="s">
+      <c r="I181" t="s">
         <v>1681</v>
       </c>
-      <c r="I181" t="s">
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1682</v>
-      </c>
-[...16 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
         <v>4722</v>
       </c>
       <c r="B182" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C182" t="s">
         <v>1684</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>1685</v>
       </c>
-      <c r="D182" t="s">
+      <c r="E182" t="s">
         <v>1686</v>
       </c>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>1687</v>
       </c>
-      <c r="F182" t="s">
+      <c r="G182" t="s">
         <v>1688</v>
       </c>
-      <c r="G182" t="s">
+      <c r="H182" t="s">
         <v>1689</v>
       </c>
-      <c r="H182" t="s">
+      <c r="I182" t="s">
         <v>1690</v>
       </c>
-      <c r="I182" t="s">
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
         <v>1691</v>
       </c>
-      <c r="J182" t="s">
-[...2 lines deleted...]
-      <c r="K182" t="s">
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
         <v>1692</v>
-      </c>
-[...7 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
         <v>4792</v>
       </c>
       <c r="B183" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C183" t="s">
         <v>1694</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>1695</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" t="s">
         <v>1696</v>
       </c>
-      <c r="E183" t="s">
+      <c r="F183" t="s">
         <v>1697</v>
       </c>
-      <c r="F183" t="s">
+      <c r="G183" t="s">
         <v>1698</v>
       </c>
-      <c r="G183" t="s">
+      <c r="H183" t="s">
         <v>1699</v>
       </c>
-      <c r="H183" t="s">
+      <c r="I183" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1701</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
         <v>4801</v>
       </c>
       <c r="B184" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C184" t="s">
         <v>1703</v>
       </c>
-      <c r="C184" t="s">
+      <c r="D184" t="s">
         <v>1704</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>1705</v>
       </c>
-      <c r="E184" t="s">
+      <c r="F184" t="s">
         <v>1706</v>
       </c>
-      <c r="F184" t="s">
+      <c r="G184" t="s">
         <v>1707</v>
       </c>
-      <c r="G184" t="s">
+      <c r="H184" t="s">
         <v>1708</v>
       </c>
-      <c r="H184" t="s">
+      <c r="I184" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>170</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>171</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
         <v>4810</v>
       </c>
       <c r="B185" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C185" t="s">
         <v>1712</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1713</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>1714</v>
       </c>
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>1715</v>
       </c>
-      <c r="F185" t="s">
+      <c r="G185" t="s">
         <v>1716</v>
       </c>
-      <c r="G185" t="s">
+      <c r="H185" t="s">
         <v>1717</v>
       </c>
-      <c r="H185" t="s">
+      <c r="I185" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
         <v>4811</v>
       </c>
       <c r="B186" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C186" t="s">
         <v>1721</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>1722</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" t="s">
         <v>1723</v>
       </c>
-      <c r="E186" t="s">
+      <c r="F186" t="s">
         <v>1724</v>
       </c>
-      <c r="F186" t="s">
+      <c r="G186" t="s">
         <v>1725</v>
       </c>
-      <c r="G186" t="s">
+      <c r="H186" t="s">
         <v>1726</v>
       </c>
-      <c r="H186" t="s">
+      <c r="I186" t="s">
         <v>1727</v>
       </c>
-      <c r="I186" t="s">
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1728</v>
-      </c>
-[...16 lines deleted...]
-        <v>1729</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
         <v>4815</v>
       </c>
       <c r="B187" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C187" t="s">
         <v>1730</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>1731</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" t="s">
         <v>1732</v>
       </c>
-      <c r="E187" t="s">
+      <c r="F187" t="s">
         <v>1733</v>
       </c>
-      <c r="F187" t="s">
+      <c r="G187" t="s">
         <v>1734</v>
       </c>
-      <c r="G187" t="s">
+      <c r="H187" t="s">
         <v>1735</v>
       </c>
-      <c r="H187" t="s">
+      <c r="I187" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
         <v>4817</v>
       </c>
       <c r="B188" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C188" t="s">
         <v>1739</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>1740</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" t="s">
         <v>1741</v>
       </c>
-      <c r="E188" t="s">
+      <c r="F188" t="s">
         <v>1742</v>
       </c>
-      <c r="F188" t="s">
+      <c r="G188" t="s">
         <v>1743</v>
       </c>
-      <c r="G188" t="s">
+      <c r="H188" t="s">
         <v>1744</v>
       </c>
-      <c r="H188" t="s">
+      <c r="I188" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
         <v>4850</v>
       </c>
       <c r="B189" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C189" t="s">
         <v>1748</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>1749</v>
       </c>
-      <c r="D189" t="s">
+      <c r="E189" t="s">
         <v>1750</v>
       </c>
-      <c r="E189" t="s">
+      <c r="F189" t="s">
         <v>1751</v>
       </c>
-      <c r="F189" t="s">
+      <c r="G189" t="s">
         <v>1752</v>
       </c>
-      <c r="G189" t="s">
+      <c r="H189" t="s">
         <v>1753</v>
       </c>
-      <c r="H189" t="s">
+      <c r="I189" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
         <v>4935</v>
       </c>
       <c r="B190" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C190" t="s">
         <v>1757</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
         <v>1758</v>
       </c>
-      <c r="D190" t="s">
+      <c r="E190" t="s">
         <v>1759</v>
       </c>
-      <c r="E190" t="s">
+      <c r="F190" t="s">
         <v>1760</v>
       </c>
-      <c r="F190" t="s">
+      <c r="G190" t="s">
         <v>1761</v>
       </c>
-      <c r="G190" t="s">
+      <c r="H190" t="s">
         <v>1762</v>
       </c>
-      <c r="H190" t="s">
+      <c r="I190" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
         <v>4939</v>
       </c>
       <c r="B191" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C191" t="s">
         <v>1766</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" t="s">
         <v>1767</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
         <v>1768</v>
       </c>
-      <c r="E191" t="s">
+      <c r="F191" t="s">
         <v>1769</v>
       </c>
-      <c r="F191" t="s">
+      <c r="G191" t="s">
         <v>1770</v>
       </c>
-      <c r="G191" t="s">
+      <c r="H191" t="s">
         <v>1771</v>
       </c>
-      <c r="H191" t="s">
+      <c r="I191" t="s">
         <v>1772</v>
-      </c>
-[...1 lines deleted...]
-        <v>1773</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>170</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>171</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
         <v>4947</v>
       </c>
       <c r="B192" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C192" t="s">
         <v>1775</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" t="s">
         <v>1776</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" t="s">
         <v>1777</v>
       </c>
-      <c r="E192" t="s">
+      <c r="F192" t="s">
         <v>1778</v>
       </c>
-      <c r="F192" t="s">
+      <c r="G192" t="s">
         <v>1779</v>
       </c>
-      <c r="G192" t="s">
+      <c r="H192" t="s">
         <v>1780</v>
       </c>
-      <c r="H192" t="s">
+      <c r="I192" t="s">
         <v>1781</v>
-      </c>
-[...1 lines deleted...]
-        <v>1782</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>47</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>48</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
         <v>4950</v>
       </c>
       <c r="B193" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C193" t="s">
         <v>1784</v>
       </c>
-      <c r="C193" t="s">
+      <c r="D193" t="s">
         <v>1785</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" t="s">
         <v>1786</v>
       </c>
-      <c r="E193" t="s">
+      <c r="F193" t="s">
         <v>1787</v>
       </c>
-      <c r="F193" t="s">
+      <c r="G193" t="s">
         <v>1788</v>
       </c>
-      <c r="G193" t="s">
+      <c r="H193" t="s">
         <v>1789</v>
       </c>
-      <c r="H193" t="s">
+      <c r="I193" t="s">
         <v>1790</v>
       </c>
-      <c r="I193" t="s">
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1791</v>
-      </c>
-[...16 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
         <v>4958</v>
       </c>
       <c r="B194" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C194" t="s">
         <v>1793</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
         <v>1794</v>
       </c>
-      <c r="D194" t="s">
+      <c r="E194" t="s">
         <v>1795</v>
       </c>
-      <c r="E194" t="s">
+      <c r="F194" t="s">
         <v>1796</v>
       </c>
-      <c r="F194" t="s">
+      <c r="G194" t="s">
         <v>1797</v>
       </c>
-      <c r="G194" t="s">
+      <c r="H194" t="s">
         <v>1798</v>
       </c>
-      <c r="H194" t="s">
+      <c r="I194" t="s">
         <v>1799</v>
-      </c>
-[...1 lines deleted...]
-        <v>1800</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>170</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>171</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
         <v>4965</v>
       </c>
       <c r="B195" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C195" t="s">
         <v>1802</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>1803</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" t="s">
         <v>1804</v>
       </c>
-      <c r="E195" t="s">
+      <c r="F195" t="s">
         <v>1805</v>
       </c>
-      <c r="F195" t="s">
+      <c r="G195" t="s">
         <v>1806</v>
       </c>
-      <c r="G195" t="s">
+      <c r="H195" t="s">
         <v>1807</v>
       </c>
-      <c r="H195" t="s">
+      <c r="I195" t="s">
         <v>1808</v>
-      </c>
-[...1 lines deleted...]
-        <v>1809</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
         <v>4968</v>
       </c>
       <c r="B196" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C196" t="s">
         <v>1811</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>1812</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
         <v>1813</v>
       </c>
-      <c r="E196" t="s">
+      <c r="F196" t="s">
         <v>1814</v>
       </c>
-      <c r="F196" t="s">
+      <c r="G196" t="s">
         <v>1815</v>
       </c>
-      <c r="G196" t="s">
+      <c r="H196" t="s">
         <v>1816</v>
       </c>
-      <c r="H196" t="s">
+      <c r="I196" t="s">
         <v>1817</v>
-      </c>
-[...1 lines deleted...]
-        <v>1818</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
         <v>4969</v>
       </c>
       <c r="B197" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C197" t="s">
         <v>1820</v>
       </c>
-      <c r="C197" t="s">
+      <c r="D197" t="s">
         <v>1821</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" t="s">
         <v>1822</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F197" t="s">
         <v>1823</v>
       </c>
-      <c r="F197" t="s">
+      <c r="G197" t="s">
         <v>1824</v>
       </c>
-      <c r="G197" t="s">
+      <c r="H197" t="s">
         <v>1825</v>
       </c>
-      <c r="H197" t="s">
+      <c r="I197" t="s">
         <v>1826</v>
-      </c>
-[...1 lines deleted...]
-        <v>1827</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
         <v>5037</v>
       </c>
       <c r="B198" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C198" t="s">
         <v>1829</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>1830</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" t="s">
         <v>1831</v>
       </c>
-      <c r="E198" t="s">
+      <c r="F198" t="s">
         <v>1832</v>
       </c>
-      <c r="F198" t="s">
+      <c r="G198" t="s">
         <v>1833</v>
       </c>
-      <c r="G198" t="s">
+      <c r="H198" t="s">
         <v>1834</v>
       </c>
-      <c r="H198" t="s">
+      <c r="I198" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
         <v>5272</v>
       </c>
       <c r="B199" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C199" t="s">
         <v>1838</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
         <v>1839</v>
       </c>
-      <c r="D199" t="s">
+      <c r="E199" t="s">
         <v>1840</v>
       </c>
-      <c r="E199" t="s">
+      <c r="F199" t="s">
         <v>1841</v>
       </c>
-      <c r="F199" t="s">
+      <c r="G199" t="s">
         <v>1842</v>
       </c>
-      <c r="G199" t="s">
+      <c r="H199" t="s">
         <v>1843</v>
       </c>
-      <c r="H199" t="s">
+      <c r="I199" t="s">
         <v>1844</v>
       </c>
-      <c r="I199" t="s">
+      <c r="J199" t="s">
+        <v>439</v>
+      </c>
+      <c r="K199" t="s">
+        <v>726</v>
+      </c>
+      <c r="L199" t="s">
+        <v>441</v>
+      </c>
+      <c r="M199" t="s">
+        <v>727</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1845</v>
-      </c>
-[...16 lines deleted...]
-        <v>1846</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
         <v>5273</v>
       </c>
       <c r="B200" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C200" t="s">
         <v>1847</v>
       </c>
-      <c r="C200" t="s">
+      <c r="D200" t="s">
         <v>1848</v>
       </c>
-      <c r="D200" t="s">
+      <c r="E200" t="s">
         <v>1849</v>
       </c>
-      <c r="E200" t="s">
+      <c r="F200" t="s">
         <v>1850</v>
       </c>
-      <c r="F200" t="s">
+      <c r="G200" t="s">
         <v>1851</v>
       </c>
-      <c r="G200" t="s">
+      <c r="H200" t="s">
         <v>1852</v>
       </c>
-      <c r="H200" t="s">
+      <c r="I200" t="s">
         <v>1853</v>
       </c>
-      <c r="I200" t="s">
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
         <v>1854</v>
       </c>
-      <c r="J200" t="s">
-[...2 lines deleted...]
-      <c r="K200" t="s">
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
         <v>1855</v>
       </c>
-      <c r="L200" t="s">
-[...2 lines deleted...]
-      <c r="M200" t="s">
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
         <v>1856</v>
-      </c>
-[...4 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
         <v>5326</v>
       </c>
       <c r="B201" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C201" t="s">
         <v>1858</v>
       </c>
-      <c r="C201" t="s">
+      <c r="D201" t="s">
         <v>1859</v>
       </c>
-      <c r="D201" t="s">
+      <c r="E201" t="s">
         <v>1860</v>
       </c>
-      <c r="E201" t="s">
+      <c r="F201" t="s">
         <v>1861</v>
       </c>
-      <c r="F201" t="s">
+      <c r="G201" t="s">
         <v>1862</v>
       </c>
-      <c r="G201" t="s">
+      <c r="H201" t="s">
         <v>1863</v>
       </c>
-      <c r="H201" t="s">
+      <c r="I201" t="s">
         <v>1864</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>170</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>171</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1866</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
         <v>5330</v>
       </c>
       <c r="B202" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C202" t="s">
         <v>1867</v>
       </c>
-      <c r="C202" t="s">
+      <c r="D202" t="s">
         <v>1868</v>
       </c>
-      <c r="D202" t="s">
+      <c r="E202" t="s">
         <v>1869</v>
       </c>
-      <c r="E202" t="s">
+      <c r="F202" t="s">
         <v>1870</v>
       </c>
-      <c r="F202" t="s">
+      <c r="G202" t="s">
         <v>1871</v>
       </c>
-      <c r="G202" t="s">
+      <c r="H202" t="s">
         <v>1872</v>
       </c>
-      <c r="H202" t="s">
+      <c r="I202" t="s">
         <v>1873</v>
-      </c>
-[...1 lines deleted...]
-        <v>1874</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
         <v>5331</v>
       </c>
       <c r="B203" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C203" t="s">
         <v>1876</v>
       </c>
-      <c r="C203" t="s">
+      <c r="D203" t="s">
         <v>1877</v>
       </c>
-      <c r="D203" t="s">
+      <c r="E203" t="s">
         <v>1878</v>
       </c>
-      <c r="E203" t="s">
+      <c r="F203" t="s">
         <v>1879</v>
       </c>
-      <c r="F203" t="s">
+      <c r="G203" t="s">
         <v>1880</v>
       </c>
-      <c r="G203" t="s">
+      <c r="H203" t="s">
         <v>1881</v>
       </c>
-      <c r="H203" t="s">
+      <c r="I203" t="s">
         <v>1882</v>
-      </c>
-[...1 lines deleted...]
-        <v>1883</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>47</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>48</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1884</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
         <v>5332</v>
       </c>
       <c r="B204" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C204" t="s">
         <v>1885</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>1886</v>
       </c>
-      <c r="D204" t="s">
+      <c r="E204" t="s">
         <v>1887</v>
       </c>
-      <c r="E204" t="s">
+      <c r="F204" t="s">
         <v>1888</v>
       </c>
-      <c r="F204" t="s">
+      <c r="G204" t="s">
         <v>1889</v>
       </c>
-      <c r="G204" t="s">
+      <c r="H204" t="s">
         <v>1890</v>
       </c>
-      <c r="H204" t="s">
+      <c r="I204" t="s">
         <v>1891</v>
-      </c>
-[...1 lines deleted...]
-        <v>1892</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1893</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
         <v>5333</v>
       </c>
       <c r="B205" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C205" t="s">
         <v>1894</v>
       </c>
-      <c r="C205" t="s">
+      <c r="D205" t="s">
         <v>1895</v>
       </c>
-      <c r="D205" t="s">
+      <c r="E205" t="s">
         <v>1896</v>
       </c>
-      <c r="E205" t="s">
+      <c r="F205" t="s">
         <v>1897</v>
       </c>
-      <c r="F205" t="s">
+      <c r="G205" t="s">
         <v>1898</v>
       </c>
-      <c r="G205" t="s">
+      <c r="H205" t="s">
         <v>1899</v>
       </c>
-      <c r="H205" t="s">
+      <c r="I205" t="s">
         <v>1900</v>
-      </c>
-[...1 lines deleted...]
-        <v>1901</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
         <v>5335</v>
       </c>
       <c r="B206" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C206" t="s">
         <v>1903</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
         <v>1904</v>
       </c>
-      <c r="D206" t="s">
+      <c r="E206" t="s">
         <v>1905</v>
       </c>
-      <c r="E206" t="s">
+      <c r="F206" t="s">
         <v>1906</v>
       </c>
-      <c r="F206" t="s">
+      <c r="G206" t="s">
         <v>1907</v>
       </c>
-      <c r="G206" t="s">
+      <c r="H206" t="s">
         <v>1908</v>
       </c>
-      <c r="H206" t="s">
+      <c r="I206" t="s">
         <v>1909</v>
-      </c>
-[...1 lines deleted...]
-        <v>1910</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1911</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
         <v>5346</v>
       </c>
       <c r="B207" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C207" t="s">
         <v>1912</v>
       </c>
-      <c r="C207" t="s">
+      <c r="D207" t="s">
         <v>1913</v>
       </c>
-      <c r="D207" t="s">
+      <c r="E207" t="s">
         <v>1914</v>
       </c>
-      <c r="E207" t="s">
+      <c r="F207" t="s">
         <v>1915</v>
       </c>
-      <c r="F207" t="s">
+      <c r="G207" t="s">
         <v>1916</v>
       </c>
-      <c r="G207" t="s">
+      <c r="H207" t="s">
         <v>1917</v>
       </c>
-      <c r="H207" t="s">
+      <c r="I207" t="s">
         <v>1918</v>
       </c>
-      <c r="I207" t="s">
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
         <v>1919</v>
       </c>
-      <c r="J207" t="s">
-[...2 lines deleted...]
-      <c r="K207" t="s">
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
         <v>1920</v>
       </c>
-      <c r="L207" t="s">
-[...2 lines deleted...]
-      <c r="M207" t="s">
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1921</v>
-      </c>
-[...4 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
         <v>5347</v>
       </c>
       <c r="B208" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C208" t="s">
         <v>1923</v>
       </c>
-      <c r="C208" t="s">
+      <c r="D208" t="s">
         <v>1924</v>
       </c>
-      <c r="D208" t="s">
+      <c r="E208" t="s">
         <v>1925</v>
       </c>
-      <c r="E208" t="s">
+      <c r="F208" t="s">
         <v>1926</v>
       </c>
-      <c r="F208" t="s">
+      <c r="G208" t="s">
         <v>1927</v>
       </c>
-      <c r="G208" t="s">
+      <c r="H208" t="s">
         <v>1928</v>
       </c>
-      <c r="H208" t="s">
+      <c r="I208" t="s">
         <v>1929</v>
-      </c>
-[...1 lines deleted...]
-        <v>1930</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>170</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>171</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
         <v>5348</v>
       </c>
       <c r="B209" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C209" t="s">
         <v>1932</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209" t="s">
         <v>1933</v>
       </c>
-      <c r="D209" t="s">
+      <c r="E209" t="s">
         <v>1934</v>
       </c>
-      <c r="E209" t="s">
+      <c r="F209" t="s">
         <v>1935</v>
       </c>
-      <c r="F209" t="s">
+      <c r="G209" t="s">
         <v>1936</v>
       </c>
-      <c r="G209" t="s">
+      <c r="H209" t="s">
         <v>1937</v>
       </c>
-      <c r="H209" t="s">
+      <c r="I209" t="s">
         <v>1938</v>
-      </c>
-[...1 lines deleted...]
-        <v>1939</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
         <v>5351</v>
       </c>
       <c r="B210" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C210" t="s">
         <v>1941</v>
       </c>
-      <c r="C210" t="s">
+      <c r="D210" t="s">
         <v>1942</v>
       </c>
-      <c r="D210" t="s">
+      <c r="E210" t="s">
         <v>1943</v>
       </c>
-      <c r="E210" t="s">
+      <c r="F210" t="s">
         <v>1944</v>
       </c>
-      <c r="F210" t="s">
+      <c r="G210" t="s">
         <v>1945</v>
       </c>
-      <c r="G210" t="s">
+      <c r="H210" t="s">
         <v>1946</v>
       </c>
-      <c r="H210" t="s">
+      <c r="I210" t="s">
         <v>1947</v>
-      </c>
-[...1 lines deleted...]
-        <v>1948</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
         <v>5353</v>
       </c>
       <c r="B211" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C211" t="s">
         <v>1950</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>1951</v>
       </c>
-      <c r="D211" t="s">
+      <c r="E211" t="s">
         <v>1952</v>
       </c>
-      <c r="E211" t="s">
+      <c r="F211" t="s">
         <v>1953</v>
       </c>
-      <c r="F211" t="s">
+      <c r="G211" t="s">
         <v>1954</v>
       </c>
-      <c r="G211" t="s">
+      <c r="H211" t="s">
         <v>1955</v>
       </c>
-      <c r="H211" t="s">
+      <c r="I211" t="s">
         <v>1956</v>
       </c>
-      <c r="I211" t="s">
+      <c r="J211" t="s">
+        <v>439</v>
+      </c>
+      <c r="K211" t="s">
+        <v>858</v>
+      </c>
+      <c r="L211" t="s">
+        <v>441</v>
+      </c>
+      <c r="M211" t="s">
+        <v>859</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1957</v>
-      </c>
-[...16 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
         <v>5354</v>
       </c>
       <c r="B212" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C212" t="s">
         <v>1959</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212" t="s">
         <v>1960</v>
       </c>
-      <c r="D212" t="s">
+      <c r="E212" t="s">
         <v>1961</v>
       </c>
-      <c r="E212" t="s">
+      <c r="F212" t="s">
         <v>1962</v>
       </c>
-      <c r="F212" t="s">
+      <c r="G212" t="s">
         <v>1963</v>
       </c>
-      <c r="G212" t="s">
+      <c r="H212" t="s">
         <v>1964</v>
       </c>
-      <c r="H212" t="s">
+      <c r="I212" t="s">
         <v>1965</v>
-      </c>
-[...1 lines deleted...]
-        <v>1966</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1967</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
         <v>5359</v>
       </c>
       <c r="B213" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C213" t="s">
         <v>1968</v>
       </c>
-      <c r="C213" t="s">
+      <c r="D213" t="s">
         <v>1969</v>
       </c>
-      <c r="D213" t="s">
+      <c r="E213" t="s">
         <v>1970</v>
       </c>
-      <c r="E213" t="s">
+      <c r="F213" t="s">
         <v>1971</v>
       </c>
-      <c r="F213" t="s">
+      <c r="G213" t="s">
         <v>1972</v>
       </c>
-      <c r="G213" t="s">
+      <c r="H213" t="s">
         <v>1973</v>
       </c>
-      <c r="H213" t="s">
+      <c r="I213" t="s">
         <v>1974</v>
-      </c>
-[...1 lines deleted...]
-        <v>1975</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1976</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
         <v>5364</v>
       </c>
       <c r="B214" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C214" t="s">
         <v>1977</v>
       </c>
-      <c r="C214" t="s">
+      <c r="D214" t="s">
         <v>1978</v>
       </c>
-      <c r="D214" t="s">
+      <c r="E214" t="s">
         <v>1979</v>
       </c>
-      <c r="E214" t="s">
+      <c r="F214" t="s">
         <v>1980</v>
       </c>
-      <c r="F214" t="s">
+      <c r="G214" t="s">
         <v>1981</v>
       </c>
-      <c r="G214" t="s">
+      <c r="H214" t="s">
         <v>1982</v>
       </c>
-      <c r="H214" t="s">
+      <c r="I214" t="s">
         <v>1983</v>
-      </c>
-[...1 lines deleted...]
-        <v>1984</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>47</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>48</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1985</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
         <v>5365</v>
       </c>
       <c r="B215" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C215" t="s">
         <v>1986</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>1987</v>
       </c>
-      <c r="D215" t="s">
+      <c r="E215" t="s">
         <v>1988</v>
       </c>
-      <c r="E215" t="s">
+      <c r="F215" t="s">
         <v>1989</v>
       </c>
-      <c r="F215" t="s">
+      <c r="G215" t="s">
         <v>1990</v>
       </c>
-      <c r="G215" t="s">
+      <c r="H215" t="s">
         <v>1991</v>
       </c>
-      <c r="H215" t="s">
+      <c r="I215" t="s">
         <v>1992</v>
-      </c>
-[...1 lines deleted...]
-        <v>1993</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>25</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1994</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
         <v>5367</v>
       </c>
       <c r="B216" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C216" t="s">
         <v>1995</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
         <v>1996</v>
       </c>
-      <c r="D216" t="s">
+      <c r="E216" t="s">
         <v>1997</v>
       </c>
-      <c r="E216" t="s">
+      <c r="F216" t="s">
         <v>1998</v>
       </c>
-      <c r="F216" t="s">
+      <c r="G216" t="s">
         <v>1999</v>
       </c>
-      <c r="G216" t="s">
+      <c r="H216" t="s">
         <v>2000</v>
       </c>
-      <c r="H216" t="s">
+      <c r="I216" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
         <v>5368</v>
       </c>
       <c r="B217" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C217" t="s">
         <v>2004</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" t="s">
         <v>2005</v>
       </c>
-      <c r="D217" t="s">
+      <c r="E217" t="s">
         <v>2006</v>
       </c>
-      <c r="E217" t="s">
+      <c r="F217" t="s">
         <v>2007</v>
       </c>
-      <c r="F217" t="s">
+      <c r="G217" t="s">
         <v>2008</v>
       </c>
-      <c r="G217" t="s">
+      <c r="H217" t="s">
         <v>2009</v>
       </c>
-      <c r="H217" t="s">
+      <c r="I217" t="s">
         <v>2010</v>
-      </c>
-[...1 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2012</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
         <v>5371</v>
       </c>
       <c r="B218" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C218" t="s">
         <v>2013</v>
       </c>
-      <c r="C218" t="s">
+      <c r="D218" t="s">
         <v>2014</v>
       </c>
-      <c r="D218" t="s">
+      <c r="E218" t="s">
         <v>2015</v>
       </c>
-      <c r="E218" t="s">
+      <c r="F218" t="s">
         <v>2016</v>
       </c>
-      <c r="F218" t="s">
+      <c r="G218" t="s">
         <v>2017</v>
       </c>
-      <c r="G218" t="s">
+      <c r="H218" t="s">
         <v>2018</v>
       </c>
-      <c r="H218" t="s">
+      <c r="I218" t="s">
         <v>2019</v>
       </c>
-      <c r="I218" t="s">
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
         <v>2020</v>
       </c>
-      <c r="J218" t="s">
-[...2 lines deleted...]
-      <c r="K218" t="s">
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
         <v>2021</v>
       </c>
-      <c r="L218" t="s">
-[...2 lines deleted...]
-      <c r="M218" t="s">
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
         <v>2022</v>
-      </c>
-[...4 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
         <v>5372</v>
       </c>
       <c r="B219" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C219" t="s">
         <v>2024</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
         <v>2025</v>
       </c>
-      <c r="D219" t="s">
+      <c r="E219" t="s">
         <v>2026</v>
       </c>
-      <c r="E219" t="s">
+      <c r="F219" t="s">
         <v>2027</v>
       </c>
-      <c r="F219" t="s">
+      <c r="G219" t="s">
         <v>2028</v>
       </c>
-      <c r="G219" t="s">
+      <c r="H219" t="s">
         <v>2029</v>
       </c>
-      <c r="H219" t="s">
+      <c r="I219" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2032</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
         <v>5375</v>
       </c>
       <c r="B220" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C220" t="s">
         <v>2033</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" t="s">
         <v>2034</v>
       </c>
-      <c r="D220" t="s">
+      <c r="E220" t="s">
         <v>2035</v>
       </c>
-      <c r="E220" t="s">
+      <c r="F220" t="s">
         <v>2036</v>
       </c>
-      <c r="F220" t="s">
+      <c r="G220" t="s">
         <v>2037</v>
       </c>
-      <c r="G220" t="s">
+      <c r="H220" t="s">
         <v>2038</v>
       </c>
-      <c r="H220" t="s">
+      <c r="I220" t="s">
         <v>2039</v>
       </c>
-      <c r="I220" t="s">
+      <c r="J220" t="s">
+        <v>439</v>
+      </c>
+      <c r="K220" t="s">
+        <v>273</v>
+      </c>
+      <c r="L220" t="s">
+        <v>441</v>
+      </c>
+      <c r="M220" t="s">
+        <v>274</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2040</v>
-      </c>
-[...16 lines deleted...]
-        <v>2041</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
         <v>5377</v>
       </c>
       <c r="B221" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C221" t="s">
         <v>2042</v>
       </c>
-      <c r="C221" t="s">
+      <c r="D221" t="s">
         <v>2043</v>
       </c>
-      <c r="D221" t="s">
+      <c r="E221" t="s">
         <v>2044</v>
       </c>
-      <c r="E221" t="s">
+      <c r="F221" t="s">
         <v>2045</v>
       </c>
-      <c r="F221" t="s">
+      <c r="G221" t="s">
         <v>2046</v>
       </c>
-      <c r="G221" t="s">
+      <c r="H221" t="s">
         <v>2047</v>
       </c>
-      <c r="H221" t="s">
+      <c r="I221" t="s">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>2049</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
         <v>5378</v>
       </c>
       <c r="B222" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C222" t="s">
         <v>2051</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" t="s">
         <v>2052</v>
       </c>
-      <c r="D222" t="s">
+      <c r="E222" t="s">
         <v>2053</v>
       </c>
-      <c r="E222" t="s">
+      <c r="F222" t="s">
         <v>2054</v>
       </c>
-      <c r="F222" t="s">
+      <c r="G222" t="s">
         <v>2055</v>
       </c>
-      <c r="G222" t="s">
+      <c r="H222" t="s">
         <v>2056</v>
       </c>
-      <c r="H222" t="s">
+      <c r="I222" t="s">
         <v>2057</v>
-      </c>
-[...1 lines deleted...]
-        <v>2058</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
         <v>5380</v>
       </c>
       <c r="B223" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C223" t="s">
         <v>2060</v>
       </c>
-      <c r="C223" t="s">
+      <c r="D223" t="s">
         <v>2061</v>
       </c>
-      <c r="D223" t="s">
+      <c r="E223" t="s">
         <v>2062</v>
       </c>
-      <c r="E223" t="s">
+      <c r="F223" t="s">
         <v>2063</v>
       </c>
-      <c r="F223" t="s">
+      <c r="G223" t="s">
         <v>2064</v>
       </c>
-      <c r="G223" t="s">
+      <c r="H223" t="s">
         <v>2065</v>
       </c>
-      <c r="H223" t="s">
+      <c r="I223" t="s">
         <v>2066</v>
-      </c>
-[...1 lines deleted...]
-        <v>2067</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2068</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
         <v>5382</v>
       </c>
       <c r="B224" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C224" t="s">
         <v>2069</v>
       </c>
-      <c r="C224" t="s">
+      <c r="D224" t="s">
         <v>2070</v>
       </c>
-      <c r="D224" t="s">
+      <c r="E224" t="s">
         <v>2071</v>
       </c>
-      <c r="E224" t="s">
+      <c r="F224" t="s">
         <v>2072</v>
       </c>
-      <c r="F224" t="s">
+      <c r="G224" t="s">
         <v>2073</v>
       </c>
-      <c r="G224" t="s">
+      <c r="H224" t="s">
         <v>2074</v>
       </c>
-      <c r="H224" t="s">
+      <c r="I224" t="s">
         <v>2075</v>
-      </c>
-[...1 lines deleted...]
-        <v>2076</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
         <v>170</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>171</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2077</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
         <v>5393</v>
       </c>
       <c r="B225" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C225" t="s">
         <v>2078</v>
       </c>
-      <c r="C225" t="s">
+      <c r="D225" t="s">
         <v>2079</v>
       </c>
-      <c r="D225" t="s">
+      <c r="E225" t="s">
         <v>2080</v>
       </c>
-      <c r="E225" t="s">
+      <c r="F225" t="s">
         <v>2081</v>
       </c>
-      <c r="F225" t="s">
+      <c r="G225" t="s">
         <v>2082</v>
       </c>
-      <c r="G225" t="s">
+      <c r="H225" t="s">
         <v>2083</v>
       </c>
-      <c r="H225" t="s">
+      <c r="I225" t="s">
         <v>2084</v>
-      </c>
-[...1 lines deleted...]
-        <v>2085</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2086</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
         <v>5394</v>
       </c>
       <c r="B226" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C226" t="s">
         <v>2087</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" t="s">
         <v>2088</v>
       </c>
-      <c r="D226" t="s">
+      <c r="E226" t="s">
         <v>2089</v>
       </c>
-      <c r="E226" t="s">
+      <c r="F226" t="s">
         <v>2090</v>
       </c>
-      <c r="F226" t="s">
+      <c r="G226" t="s">
         <v>2091</v>
       </c>
-      <c r="G226" t="s">
+      <c r="H226" t="s">
         <v>2092</v>
       </c>
-      <c r="H226" t="s">
+      <c r="I226" t="s">
         <v>2093</v>
-      </c>
-[...1 lines deleted...]
-        <v>2094</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2095</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
         <v>5403</v>
       </c>
       <c r="B227" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C227" t="s">
         <v>2096</v>
       </c>
-      <c r="C227" t="s">
+      <c r="D227" t="s">
         <v>2097</v>
       </c>
-      <c r="D227" t="s">
+      <c r="E227" t="s">
         <v>2098</v>
       </c>
-      <c r="E227" t="s">
+      <c r="F227" t="s">
         <v>2099</v>
       </c>
-      <c r="F227" t="s">
+      <c r="G227" t="s">
         <v>2100</v>
       </c>
-      <c r="G227" t="s">
+      <c r="H227" t="s">
         <v>2101</v>
       </c>
-      <c r="H227" t="s">
+      <c r="I227" t="s">
         <v>2102</v>
       </c>
-      <c r="I227" t="s">
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
         <v>2103</v>
       </c>
-      <c r="J227" t="s">
-[...2 lines deleted...]
-      <c r="K227" t="s">
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
         <v>2104</v>
-      </c>
-[...7 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
         <v>5431</v>
       </c>
       <c r="B228" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C228" t="s">
         <v>2106</v>
       </c>
-      <c r="C228" t="s">
+      <c r="D228" t="s">
         <v>2107</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" t="s">
         <v>2108</v>
       </c>
-      <c r="E228" t="s">
+      <c r="F228" t="s">
         <v>2109</v>
       </c>
-      <c r="F228" t="s">
+      <c r="G228" t="s">
         <v>2110</v>
       </c>
-      <c r="G228" t="s">
+      <c r="H228" t="s">
         <v>2111</v>
       </c>
-      <c r="H228" t="s">
+      <c r="I228" t="s">
         <v>2112</v>
       </c>
-      <c r="I228" t="s">
+      <c r="J228" t="s">
+        <v>439</v>
+      </c>
+      <c r="K228" t="s">
+        <v>273</v>
+      </c>
+      <c r="L228" t="s">
+        <v>441</v>
+      </c>
+      <c r="M228" t="s">
+        <v>274</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2113</v>
-      </c>
-[...16 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
         <v>5433</v>
       </c>
       <c r="B229" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C229" t="s">
         <v>2115</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" t="s">
         <v>2116</v>
       </c>
-      <c r="D229" t="s">
+      <c r="E229" t="s">
         <v>2117</v>
       </c>
-      <c r="E229" t="s">
+      <c r="F229" t="s">
         <v>2118</v>
       </c>
-      <c r="F229" t="s">
+      <c r="G229" t="s">
         <v>2119</v>
       </c>
-      <c r="G229" t="s">
+      <c r="H229" t="s">
         <v>2120</v>
       </c>
-      <c r="H229" t="s">
+      <c r="I229" t="s">
         <v>2121</v>
-      </c>
-[...1 lines deleted...]
-        <v>2122</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>170</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2123</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
         <v>5435</v>
       </c>
       <c r="B230" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C230" t="s">
         <v>2124</v>
       </c>
-      <c r="C230" t="s">
+      <c r="D230" t="s">
         <v>2125</v>
       </c>
-      <c r="D230" t="s">
+      <c r="E230" t="s">
         <v>2126</v>
       </c>
-      <c r="E230" t="s">
+      <c r="F230" t="s">
         <v>2127</v>
       </c>
-      <c r="F230" t="s">
+      <c r="G230" t="s">
         <v>2128</v>
       </c>
-      <c r="G230" t="s">
+      <c r="H230" t="s">
         <v>2129</v>
       </c>
-      <c r="H230" t="s">
+      <c r="I230" t="s">
         <v>2130</v>
-      </c>
-[...1 lines deleted...]
-        <v>2131</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2132</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
         <v>5436</v>
       </c>
       <c r="B231" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C231" t="s">
         <v>2133</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" t="s">
         <v>2134</v>
       </c>
-      <c r="D231" t="s">
+      <c r="E231" t="s">
         <v>2135</v>
       </c>
-      <c r="E231" t="s">
+      <c r="F231" t="s">
         <v>2136</v>
       </c>
-      <c r="F231" t="s">
+      <c r="G231" t="s">
         <v>2137</v>
       </c>
-      <c r="G231" t="s">
+      <c r="H231" t="s">
         <v>2138</v>
       </c>
-      <c r="H231" t="s">
+      <c r="I231" t="s">
         <v>2139</v>
-      </c>
-[...1 lines deleted...]
-        <v>2140</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2141</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
         <v>5437</v>
       </c>
       <c r="B232" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C232" t="s">
         <v>2142</v>
       </c>
-      <c r="C232" t="s">
+      <c r="D232" t="s">
         <v>2143</v>
       </c>
-      <c r="D232" t="s">
+      <c r="E232" t="s">
         <v>2144</v>
       </c>
-      <c r="E232" t="s">
+      <c r="F232" t="s">
         <v>2145</v>
       </c>
-      <c r="F232" t="s">
+      <c r="G232" t="s">
         <v>2146</v>
       </c>
-      <c r="G232" t="s">
+      <c r="H232" t="s">
         <v>2147</v>
       </c>
-      <c r="H232" t="s">
+      <c r="I232" t="s">
         <v>2148</v>
-      </c>
-[...1 lines deleted...]
-        <v>2149</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2150</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
         <v>5439</v>
       </c>
       <c r="B233" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C233" t="s">
         <v>2151</v>
       </c>
-      <c r="C233" t="s">
+      <c r="D233" t="s">
         <v>2152</v>
       </c>
-      <c r="D233" t="s">
+      <c r="E233" t="s">
         <v>2153</v>
       </c>
-      <c r="E233" t="s">
+      <c r="F233" t="s">
         <v>2154</v>
       </c>
-      <c r="F233" t="s">
+      <c r="G233" t="s">
         <v>2155</v>
       </c>
-      <c r="G233" t="s">
+      <c r="H233" t="s">
         <v>2156</v>
       </c>
-      <c r="H233" t="s">
+      <c r="I233" t="s">
         <v>2157</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
         <v>5456</v>
       </c>
       <c r="B234" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C234" t="s">
         <v>2160</v>
       </c>
-      <c r="C234" t="s">
+      <c r="D234" t="s">
         <v>2161</v>
       </c>
-      <c r="D234" t="s">
+      <c r="E234" t="s">
         <v>2162</v>
       </c>
-      <c r="E234" t="s">
+      <c r="F234" t="s">
         <v>2163</v>
       </c>
-      <c r="F234" t="s">
+      <c r="G234" t="s">
         <v>2164</v>
       </c>
-      <c r="G234" t="s">
+      <c r="H234" t="s">
         <v>2165</v>
       </c>
-      <c r="H234" t="s">
+      <c r="I234" t="s">
         <v>2166</v>
       </c>
-      <c r="I234" t="s">
+      <c r="J234" t="s">
+        <v>439</v>
+      </c>
+      <c r="K234" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L234" t="s">
+        <v>441</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2167</v>
-      </c>
-[...16 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
         <v>5474</v>
       </c>
       <c r="B235" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C235" t="s">
         <v>2169</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" t="s">
         <v>2170</v>
       </c>
-      <c r="D235" t="s">
+      <c r="E235" t="s">
         <v>2171</v>
       </c>
-      <c r="E235" t="s">
+      <c r="F235" t="s">
         <v>2172</v>
       </c>
-      <c r="F235" t="s">
+      <c r="G235" t="s">
         <v>2173</v>
       </c>
-      <c r="G235" t="s">
+      <c r="H235" t="s">
         <v>2174</v>
       </c>
-      <c r="H235" t="s">
+      <c r="I235" t="s">
         <v>2175</v>
-      </c>
-[...1 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
         <v>5475</v>
       </c>
       <c r="B236" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C236" t="s">
         <v>2178</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" t="s">
         <v>2179</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E236" t="s">
         <v>2180</v>
       </c>
-      <c r="E236" t="s">
+      <c r="F236" t="s">
         <v>2181</v>
       </c>
-      <c r="F236" t="s">
+      <c r="G236" t="s">
         <v>2182</v>
       </c>
-      <c r="G236" t="s">
+      <c r="H236" t="s">
         <v>2183</v>
       </c>
-      <c r="H236" t="s">
+      <c r="I236" t="s">
         <v>2184</v>
-      </c>
-[...1 lines deleted...]
-        <v>2185</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>170</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>171</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2186</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
         <v>5476</v>
       </c>
       <c r="B237" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C237" t="s">
         <v>2187</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>2188</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" t="s">
         <v>2189</v>
       </c>
-      <c r="E237" t="s">
+      <c r="F237" t="s">
         <v>2190</v>
       </c>
-      <c r="F237" t="s">
+      <c r="G237" t="s">
         <v>2191</v>
       </c>
-      <c r="G237" t="s">
+      <c r="H237" t="s">
         <v>2192</v>
       </c>
-      <c r="H237" t="s">
+      <c r="I237" t="s">
         <v>2193</v>
       </c>
-      <c r="I237" t="s">
+      <c r="J237" t="s">
         <v>2194</v>
       </c>
-      <c r="J237" t="s">
+      <c r="K237" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L237" t="s">
         <v>2195</v>
       </c>
-      <c r="K237" t="s">
+      <c r="M237" t="s">
         <v>1156</v>
       </c>
-      <c r="L237" t="s">
+      <c r="N237" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" t="s">
         <v>2196</v>
-      </c>
-[...7 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
         <v>5478</v>
       </c>
       <c r="B238" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C238" t="s">
         <v>2198</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>2199</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
         <v>2200</v>
       </c>
-      <c r="E238" t="s">
+      <c r="F238" t="s">
         <v>2201</v>
       </c>
-      <c r="F238" t="s">
+      <c r="G238" t="s">
         <v>2202</v>
       </c>
-      <c r="G238" t="s">
+      <c r="H238" t="s">
         <v>2203</v>
       </c>
-      <c r="H238" t="s">
+      <c r="I238" t="s">
         <v>2204</v>
-      </c>
-[...1 lines deleted...]
-        <v>2205</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
         <v>5479</v>
       </c>
       <c r="B239" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C239" t="s">
         <v>2207</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>2208</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
         <v>2209</v>
       </c>
-      <c r="E239" t="s">
+      <c r="F239" t="s">
         <v>2210</v>
       </c>
-      <c r="F239" t="s">
+      <c r="G239" t="s">
         <v>2211</v>
       </c>
-      <c r="G239" t="s">
+      <c r="H239" t="s">
         <v>2212</v>
       </c>
-      <c r="H239" t="s">
+      <c r="I239" t="s">
         <v>2213</v>
       </c>
-      <c r="I239" t="s">
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>569</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>570</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2214</v>
-      </c>
-[...16 lines deleted...]
-        <v>2215</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
         <v>5482</v>
       </c>
       <c r="B240" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C240" t="s">
         <v>2216</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>2217</v>
       </c>
-      <c r="D240" t="s">
+      <c r="E240" t="s">
         <v>2218</v>
       </c>
-      <c r="E240" t="s">
+      <c r="F240" t="s">
         <v>2219</v>
       </c>
-      <c r="F240" t="s">
+      <c r="G240" t="s">
         <v>2220</v>
       </c>
-      <c r="G240" t="s">
+      <c r="H240" t="s">
         <v>2221</v>
       </c>
-      <c r="H240" t="s">
+      <c r="I240" t="s">
         <v>2222</v>
-      </c>
-[...1 lines deleted...]
-        <v>2223</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2224</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
         <v>5483</v>
       </c>
       <c r="B241" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C241" t="s">
         <v>2225</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" t="s">
         <v>2226</v>
       </c>
-      <c r="D241" t="s">
+      <c r="E241" t="s">
         <v>2227</v>
       </c>
-      <c r="E241" t="s">
+      <c r="F241" t="s">
         <v>2228</v>
       </c>
-      <c r="F241" t="s">
+      <c r="G241" t="s">
         <v>2229</v>
       </c>
-      <c r="G241" t="s">
+      <c r="H241" t="s">
         <v>2230</v>
       </c>
-      <c r="H241" t="s">
+      <c r="I241" t="s">
         <v>2231</v>
-      </c>
-[...1 lines deleted...]
-        <v>2232</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2233</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
         <v>5485</v>
       </c>
       <c r="B242" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C242" t="s">
         <v>2234</v>
       </c>
-      <c r="C242" t="s">
+      <c r="D242" t="s">
         <v>2235</v>
       </c>
-      <c r="D242" t="s">
+      <c r="E242" t="s">
         <v>2236</v>
       </c>
-      <c r="E242" t="s">
+      <c r="F242" t="s">
         <v>2237</v>
       </c>
-      <c r="F242" t="s">
+      <c r="G242" t="s">
         <v>2238</v>
       </c>
-      <c r="G242" t="s">
+      <c r="H242" t="s">
         <v>2239</v>
       </c>
-      <c r="H242" t="s">
+      <c r="I242" t="s">
         <v>2240</v>
       </c>
-      <c r="I242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
         <v>2241</v>
       </c>
-      <c r="J242" t="s">
-[...2 lines deleted...]
-      <c r="K242" t="s">
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
         <v>2242</v>
       </c>
-      <c r="L242" t="s">
-[...2 lines deleted...]
-      <c r="M242" t="s">
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2243</v>
-      </c>
-[...4 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
         <v>5487</v>
       </c>
       <c r="B243" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C243" t="s">
         <v>2245</v>
       </c>
-      <c r="C243" t="s">
+      <c r="D243" t="s">
         <v>2246</v>
       </c>
-      <c r="D243" t="s">
+      <c r="E243" t="s">
         <v>2247</v>
       </c>
-      <c r="E243" t="s">
+      <c r="F243" t="s">
         <v>2248</v>
       </c>
-      <c r="F243" t="s">
+      <c r="G243" t="s">
         <v>2249</v>
       </c>
-      <c r="G243" t="s">
+      <c r="H243" t="s">
         <v>2250</v>
       </c>
-      <c r="H243" t="s">
+      <c r="I243" t="s">
         <v>2251</v>
       </c>
-      <c r="I243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
         <v>2252</v>
       </c>
-      <c r="J243" t="s">
-[...2 lines deleted...]
-      <c r="K243" t="s">
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2253</v>
-      </c>
-[...7 lines deleted...]
-        <v>2254</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
         <v>5488</v>
       </c>
       <c r="B244" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C244" t="s">
         <v>2255</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
         <v>2256</v>
       </c>
-      <c r="D244" t="s">
+      <c r="E244" t="s">
         <v>2257</v>
       </c>
-      <c r="E244" t="s">
+      <c r="F244" t="s">
         <v>2258</v>
       </c>
-      <c r="F244" t="s">
+      <c r="G244" t="s">
         <v>2259</v>
       </c>
-      <c r="G244" t="s">
+      <c r="H244" t="s">
         <v>2260</v>
       </c>
-      <c r="H244" t="s">
+      <c r="I244" t="s">
         <v>2261</v>
-      </c>
-[...1 lines deleted...]
-        <v>2262</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2263</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
         <v>5489</v>
       </c>
       <c r="B245" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C245" t="s">
         <v>2264</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
         <v>2265</v>
       </c>
-      <c r="D245" t="s">
+      <c r="E245" t="s">
         <v>2266</v>
       </c>
-      <c r="E245" t="s">
+      <c r="F245" t="s">
         <v>2267</v>
       </c>
-      <c r="F245" t="s">
+      <c r="G245" t="s">
         <v>2268</v>
       </c>
-      <c r="G245" t="s">
+      <c r="H245" t="s">
         <v>2269</v>
       </c>
-      <c r="H245" t="s">
+      <c r="I245" t="s">
         <v>2270</v>
       </c>
-      <c r="I245" t="s">
+      <c r="J245" t="s">
+        <v>24</v>
+      </c>
+      <c r="K245" t="s">
+        <v>1175</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2271</v>
-      </c>
-[...16 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
         <v>5490</v>
       </c>
       <c r="B246" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C246" t="s">
         <v>2273</v>
       </c>
-      <c r="C246" t="s">
+      <c r="D246" t="s">
         <v>2274</v>
       </c>
-      <c r="D246" t="s">
+      <c r="E246" t="s">
         <v>2275</v>
       </c>
-      <c r="E246" t="s">
+      <c r="F246" t="s">
         <v>2276</v>
       </c>
-      <c r="F246" t="s">
+      <c r="G246" t="s">
         <v>2277</v>
       </c>
-      <c r="G246" t="s">
+      <c r="H246" t="s">
         <v>2278</v>
       </c>
-      <c r="H246" t="s">
+      <c r="I246" t="s">
         <v>2279</v>
       </c>
-      <c r="I246" t="s">
+      <c r="J246" t="s">
+        <v>439</v>
+      </c>
+      <c r="K246" t="s">
         <v>2280</v>
       </c>
-      <c r="J246" t="s">
-[...2 lines deleted...]
-      <c r="K246" t="s">
+      <c r="L246" t="s">
+        <v>441</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2281</v>
-      </c>
-[...7 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
         <v>5493</v>
       </c>
       <c r="B247" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C247" t="s">
         <v>2283</v>
       </c>
-      <c r="C247" t="s">
+      <c r="D247" t="s">
         <v>2284</v>
       </c>
-      <c r="D247" t="s">
+      <c r="E247" t="s">
         <v>2285</v>
       </c>
-      <c r="E247" t="s">
+      <c r="F247" t="s">
         <v>2286</v>
       </c>
-      <c r="F247" t="s">
+      <c r="G247" t="s">
         <v>2287</v>
       </c>
-      <c r="G247" t="s">
+      <c r="H247" t="s">
         <v>2288</v>
       </c>
-      <c r="H247" t="s">
+      <c r="I247" t="s">
         <v>2289</v>
-      </c>
-[...1 lines deleted...]
-        <v>2290</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2291</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
         <v>5496</v>
       </c>
       <c r="B248" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C248" t="s">
         <v>2292</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D248" t="s">
         <v>2293</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E248" t="s">
         <v>2294</v>
       </c>
-      <c r="E248" t="s">
+      <c r="F248" t="s">
         <v>2295</v>
       </c>
-      <c r="F248" t="s">
+      <c r="G248" t="s">
         <v>2296</v>
       </c>
-      <c r="G248" t="s">
+      <c r="H248" t="s">
         <v>2297</v>
       </c>
-      <c r="H248" t="s">
+      <c r="I248" t="s">
         <v>2298</v>
       </c>
-      <c r="I248" t="s">
+      <c r="J248" t="s">
+        <v>24</v>
+      </c>
+      <c r="K248" t="s">
+        <v>273</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>274</v>
+      </c>
+      <c r="N248" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" t="s">
         <v>2299</v>
-      </c>
-[...16 lines deleted...]
-        <v>2300</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
         <v>5502</v>
       </c>
       <c r="B249" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C249" t="s">
         <v>2301</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" t="s">
         <v>2302</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" t="s">
         <v>2303</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F249" t="s">
         <v>2304</v>
       </c>
-      <c r="F249" t="s">
+      <c r="G249" t="s">
         <v>2305</v>
       </c>
-      <c r="G249" t="s">
+      <c r="H249" t="s">
         <v>2306</v>
       </c>
-      <c r="H249" t="s">
+      <c r="I249" t="s">
         <v>2307</v>
-      </c>
-[...1 lines deleted...]
-        <v>2308</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2309</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
         <v>5503</v>
       </c>
       <c r="B250" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C250" t="s">
         <v>2310</v>
       </c>
-      <c r="C250" t="s">
+      <c r="D250" t="s">
         <v>2311</v>
       </c>
-      <c r="D250" t="s">
+      <c r="E250" t="s">
         <v>2312</v>
       </c>
-      <c r="E250" t="s">
+      <c r="F250" t="s">
         <v>2313</v>
       </c>
-      <c r="F250" t="s">
+      <c r="G250" t="s">
         <v>2314</v>
       </c>
-      <c r="G250" t="s">
+      <c r="H250" t="s">
         <v>2315</v>
       </c>
-      <c r="H250" t="s">
+      <c r="I250" t="s">
         <v>2316</v>
-      </c>
-[...1 lines deleted...]
-        <v>2317</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
         <v>47</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>48</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2318</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
         <v>5504</v>
       </c>
       <c r="B251" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C251" t="s">
         <v>2319</v>
       </c>
-      <c r="C251" t="s">
+      <c r="D251" t="s">
         <v>2320</v>
       </c>
-      <c r="D251" t="s">
+      <c r="E251" t="s">
         <v>2321</v>
       </c>
-      <c r="E251" t="s">
+      <c r="F251" t="s">
         <v>2322</v>
       </c>
-      <c r="F251" t="s">
+      <c r="G251" t="s">
         <v>2323</v>
       </c>
-      <c r="G251" t="s">
+      <c r="H251" t="s">
         <v>2324</v>
       </c>
-      <c r="H251" t="s">
+      <c r="I251" t="s">
         <v>2325</v>
-      </c>
-[...1 lines deleted...]
-        <v>2326</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2327</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
         <v>5507</v>
       </c>
       <c r="B252" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C252" t="s">
         <v>2328</v>
       </c>
-      <c r="C252" t="s">
+      <c r="D252" t="s">
         <v>2329</v>
       </c>
-      <c r="D252" t="s">
+      <c r="E252" t="s">
         <v>2330</v>
       </c>
-      <c r="E252" t="s">
+      <c r="F252" t="s">
         <v>2331</v>
       </c>
-      <c r="F252" t="s">
+      <c r="G252" t="s">
         <v>2332</v>
       </c>
-      <c r="G252" t="s">
+      <c r="H252" t="s">
         <v>2333</v>
       </c>
-      <c r="H252" t="s">
+      <c r="I252" t="s">
         <v>2334</v>
-      </c>
-[...1 lines deleted...]
-        <v>2335</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2336</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
         <v>5509</v>
       </c>
       <c r="B253" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C253" t="s">
         <v>2337</v>
       </c>
-      <c r="C253" t="s">
+      <c r="D253" t="s">
         <v>2338</v>
       </c>
-      <c r="D253" t="s">
+      <c r="E253" t="s">
         <v>2339</v>
       </c>
-      <c r="E253" t="s">
+      <c r="F253" t="s">
         <v>2340</v>
       </c>
-      <c r="F253" t="s">
+      <c r="G253" t="s">
         <v>2341</v>
       </c>
-      <c r="G253" t="s">
+      <c r="H253" t="s">
         <v>2342</v>
       </c>
-      <c r="H253" t="s">
+      <c r="I253" t="s">
         <v>2343</v>
       </c>
-      <c r="I253" t="s">
+      <c r="J253" t="s">
+        <v>439</v>
+      </c>
+      <c r="K253" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L253" t="s">
+        <v>441</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N253" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" t="s">
         <v>2344</v>
-      </c>
-[...16 lines deleted...]
-        <v>2345</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
         <v>5512</v>
       </c>
       <c r="B254" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C254" t="s">
         <v>2346</v>
       </c>
-      <c r="C254" t="s">
+      <c r="D254" t="s">
         <v>2347</v>
       </c>
-      <c r="D254" t="s">
+      <c r="E254" t="s">
         <v>2348</v>
       </c>
-      <c r="E254" t="s">
+      <c r="F254" t="s">
         <v>2349</v>
       </c>
-      <c r="F254" t="s">
+      <c r="G254" t="s">
         <v>2350</v>
       </c>
-      <c r="G254" t="s">
+      <c r="H254" t="s">
         <v>2351</v>
       </c>
-      <c r="H254" t="s">
+      <c r="I254" t="s">
         <v>2352</v>
-      </c>
-[...1 lines deleted...]
-        <v>2353</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
         <v>5514</v>
       </c>
       <c r="B255" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C255" t="s">
         <v>2355</v>
       </c>
-      <c r="C255" t="s">
+      <c r="D255" t="s">
         <v>2356</v>
       </c>
-      <c r="D255" t="s">
+      <c r="E255" t="s">
         <v>2357</v>
       </c>
-      <c r="E255" t="s">
+      <c r="F255" t="s">
         <v>2358</v>
       </c>
-      <c r="F255" t="s">
+      <c r="G255" t="s">
         <v>2359</v>
       </c>
-      <c r="G255" t="s">
+      <c r="H255" t="s">
         <v>2360</v>
       </c>
-      <c r="H255" t="s">
+      <c r="I255" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>59</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>61</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
         <v>5516</v>
       </c>
       <c r="B256" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C256" t="s">
         <v>2364</v>
       </c>
-      <c r="C256" t="s">
+      <c r="D256" t="s">
         <v>2365</v>
       </c>
-      <c r="D256" t="s">
+      <c r="E256" t="s">
         <v>2366</v>
       </c>
-      <c r="E256" t="s">
+      <c r="F256" t="s">
         <v>2367</v>
       </c>
-      <c r="F256" t="s">
+      <c r="G256" t="s">
         <v>2368</v>
       </c>
-      <c r="G256" t="s">
+      <c r="H256" t="s">
         <v>2369</v>
       </c>
-      <c r="H256" t="s">
+      <c r="I256" t="s">
         <v>2370</v>
-      </c>
-[...1 lines deleted...]
-        <v>2371</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
         <v>5517</v>
       </c>
       <c r="B257" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C257" t="s">
         <v>2373</v>
       </c>
-      <c r="C257" t="s">
+      <c r="D257" t="s">
         <v>2374</v>
       </c>
-      <c r="D257" t="s">
+      <c r="E257" t="s">
         <v>2375</v>
       </c>
-      <c r="E257" t="s">
+      <c r="F257" t="s">
         <v>2376</v>
       </c>
-      <c r="F257" t="s">
+      <c r="G257" t="s">
         <v>2377</v>
       </c>
-      <c r="G257" t="s">
+      <c r="H257" t="s">
         <v>2378</v>
       </c>
-      <c r="H257" t="s">
+      <c r="I257" t="s">
         <v>2379</v>
-      </c>
-[...1 lines deleted...]
-        <v>2380</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
         <v>5518</v>
       </c>
       <c r="B258" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C258" t="s">
         <v>2382</v>
       </c>
-      <c r="C258" t="s">
+      <c r="D258" t="s">
         <v>2383</v>
       </c>
-      <c r="D258" t="s">
+      <c r="E258" t="s">
         <v>2384</v>
       </c>
-      <c r="E258" t="s">
+      <c r="F258" t="s">
         <v>2385</v>
       </c>
-      <c r="F258" t="s">
+      <c r="G258" t="s">
         <v>2386</v>
       </c>
-      <c r="G258" t="s">
+      <c r="H258" t="s">
         <v>2387</v>
       </c>
-      <c r="H258" t="s">
+      <c r="I258" t="s">
         <v>2388</v>
-      </c>
-[...1 lines deleted...]
-        <v>2389</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
         <v>5520</v>
       </c>
       <c r="B259" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C259" t="s">
         <v>2391</v>
       </c>
-      <c r="C259" t="s">
+      <c r="D259" t="s">
         <v>2392</v>
       </c>
-      <c r="D259" t="s">
+      <c r="E259" t="s">
         <v>2393</v>
       </c>
-      <c r="E259" t="s">
+      <c r="F259" t="s">
         <v>2394</v>
       </c>
-      <c r="F259" t="s">
+      <c r="G259" t="s">
         <v>2395</v>
       </c>
-      <c r="G259" t="s">
+      <c r="H259" t="s">
         <v>2396</v>
       </c>
-      <c r="H259" t="s">
+      <c r="I259" t="s">
         <v>2397</v>
       </c>
-      <c r="I259" t="s">
+      <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2398</v>
-      </c>
-[...16 lines deleted...]
-        <v>2399</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
         <v>5545</v>
       </c>
       <c r="B260" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C260" t="s">
         <v>2400</v>
       </c>
-      <c r="C260" t="s">
+      <c r="D260" t="s">
         <v>2401</v>
       </c>
-      <c r="D260" t="s">
+      <c r="E260" t="s">
         <v>2402</v>
       </c>
-      <c r="E260" t="s">
+      <c r="F260" t="s">
         <v>2403</v>
       </c>
-      <c r="F260" t="s">
+      <c r="G260" t="s">
         <v>2404</v>
       </c>
-      <c r="G260" t="s">
+      <c r="H260" t="s">
         <v>2405</v>
       </c>
-      <c r="H260" t="s">
+      <c r="I260" t="s">
         <v>2406</v>
-      </c>
-[...1 lines deleted...]
-        <v>2407</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>170</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>171</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2408</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
         <v>5657</v>
       </c>
       <c r="B261" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C261" t="s">
         <v>2409</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" t="s">
         <v>2410</v>
       </c>
-      <c r="D261" t="s">
+      <c r="E261" t="s">
         <v>2411</v>
       </c>
-      <c r="E261" t="s">
+      <c r="F261" t="s">
         <v>2412</v>
       </c>
-      <c r="F261" t="s">
+      <c r="G261" t="s">
         <v>2413</v>
       </c>
-      <c r="G261" t="s">
+      <c r="H261" t="s">
         <v>2414</v>
       </c>
-      <c r="H261" t="s">
+      <c r="I261" t="s">
         <v>2415</v>
-      </c>
-[...1 lines deleted...]
-        <v>2416</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2417</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
         <v>5733</v>
       </c>
       <c r="B262" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C262" t="s">
         <v>2418</v>
       </c>
-      <c r="C262" t="s">
+      <c r="D262" t="s">
         <v>2419</v>
       </c>
-      <c r="D262" t="s">
+      <c r="E262" t="s">
         <v>2420</v>
       </c>
-      <c r="E262" t="s">
+      <c r="F262" t="s">
         <v>2421</v>
       </c>
-      <c r="F262" t="s">
+      <c r="G262" t="s">
         <v>2422</v>
       </c>
-      <c r="G262" t="s">
+      <c r="H262" t="s">
         <v>2423</v>
       </c>
-      <c r="H262" t="s">
+      <c r="I262" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2425</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>47</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>48</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2426</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
         <v>5787</v>
       </c>
       <c r="B263" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C263" t="s">
         <v>2427</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" t="s">
         <v>2428</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" t="s">
         <v>2429</v>
       </c>
-      <c r="E263" t="s">
+      <c r="F263" t="s">
         <v>2430</v>
       </c>
-      <c r="F263" t="s">
+      <c r="G263" t="s">
         <v>2431</v>
       </c>
-      <c r="G263" t="s">
+      <c r="H263" t="s">
         <v>2432</v>
       </c>
-      <c r="H263" t="s">
+      <c r="I263" t="s">
         <v>2433</v>
-      </c>
-[...1 lines deleted...]
-        <v>2434</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>170</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>171</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
         <v>5792</v>
       </c>
       <c r="B264" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C264" t="s">
         <v>2436</v>
       </c>
-      <c r="C264" t="s">
+      <c r="D264" t="s">
         <v>2437</v>
       </c>
-      <c r="D264" t="s">
+      <c r="E264" t="s">
         <v>2438</v>
       </c>
-      <c r="E264" t="s">
+      <c r="F264" t="s">
         <v>2439</v>
       </c>
-      <c r="F264" t="s">
+      <c r="G264" t="s">
         <v>2440</v>
       </c>
-      <c r="G264" t="s">
+      <c r="H264" t="s">
         <v>2441</v>
       </c>
-      <c r="H264" t="s">
+      <c r="I264" t="s">
         <v>2442</v>
       </c>
-      <c r="I264" t="s">
+      <c r="J264" t="s">
+        <v>439</v>
+      </c>
+      <c r="K264" t="s">
+        <v>440</v>
+      </c>
+      <c r="L264" t="s">
+        <v>441</v>
+      </c>
+      <c r="M264" t="s">
+        <v>442</v>
+      </c>
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
         <v>2443</v>
-      </c>
-[...16 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
         <v>5794</v>
       </c>
       <c r="B265" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C265" t="s">
         <v>2445</v>
       </c>
-      <c r="C265" t="s">
+      <c r="D265" t="s">
         <v>2446</v>
       </c>
-      <c r="D265" t="s">
+      <c r="E265" t="s">
         <v>2447</v>
       </c>
-      <c r="E265" t="s">
+      <c r="F265" t="s">
         <v>2448</v>
       </c>
-      <c r="F265" t="s">
+      <c r="G265" t="s">
         <v>2449</v>
       </c>
-      <c r="G265" t="s">
+      <c r="H265" t="s">
         <v>2450</v>
       </c>
-      <c r="H265" t="s">
+      <c r="I265" t="s">
         <v>2451</v>
-      </c>
-[...1 lines deleted...]
-        <v>2452</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>170</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>171</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
         <v>5795</v>
       </c>
       <c r="B266" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C266" t="s">
         <v>2454</v>
       </c>
-      <c r="C266" t="s">
+      <c r="D266" t="s">
         <v>2455</v>
       </c>
-      <c r="D266" t="s">
+      <c r="E266" t="s">
         <v>2456</v>
       </c>
-      <c r="E266" t="s">
+      <c r="F266" t="s">
         <v>2457</v>
       </c>
-      <c r="F266" t="s">
+      <c r="G266" t="s">
         <v>2458</v>
       </c>
-      <c r="G266" t="s">
+      <c r="H266" t="s">
         <v>2459</v>
       </c>
-      <c r="H266" t="s">
+      <c r="I266" t="s">
         <v>2460</v>
-      </c>
-[...1 lines deleted...]
-        <v>2461</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>47</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>48</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
         <v>5796</v>
       </c>
       <c r="B267" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C267" t="s">
         <v>2463</v>
       </c>
-      <c r="C267" t="s">
+      <c r="D267" t="s">
         <v>2464</v>
       </c>
-      <c r="D267" t="s">
+      <c r="E267" t="s">
         <v>2465</v>
       </c>
-      <c r="E267" t="s">
+      <c r="F267" t="s">
         <v>2466</v>
       </c>
-      <c r="F267" t="s">
+      <c r="G267" t="s">
         <v>2467</v>
       </c>
-      <c r="G267" t="s">
+      <c r="H267" t="s">
         <v>2468</v>
       </c>
-      <c r="H267" t="s">
+      <c r="I267" t="s">
         <v>2469</v>
-      </c>
-[...1 lines deleted...]
-        <v>2470</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2471</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
         <v>5798</v>
       </c>
       <c r="B268" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C268" t="s">
         <v>2472</v>
       </c>
-      <c r="C268" t="s">
+      <c r="D268" t="s">
         <v>2473</v>
       </c>
-      <c r="D268" t="s">
+      <c r="E268" t="s">
         <v>2474</v>
       </c>
-      <c r="E268" t="s">
+      <c r="F268" t="s">
         <v>2475</v>
       </c>
-      <c r="F268" t="s">
+      <c r="G268" t="s">
         <v>2476</v>
       </c>
-      <c r="G268" t="s">
+      <c r="H268" t="s">
         <v>2477</v>
       </c>
-      <c r="H268" t="s">
+      <c r="I268" t="s">
         <v>2478</v>
-      </c>
-[...1 lines deleted...]
-        <v>2479</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
         <v>5799</v>
       </c>
       <c r="B269" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C269" t="s">
         <v>2481</v>
       </c>
-      <c r="C269" t="s">
+      <c r="D269" t="s">
         <v>2482</v>
       </c>
-      <c r="D269" t="s">
+      <c r="E269" t="s">
         <v>2483</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F269" t="s">
         <v>2484</v>
       </c>
-      <c r="F269" t="s">
+      <c r="G269" t="s">
         <v>2485</v>
       </c>
-      <c r="G269" t="s">
+      <c r="H269" t="s">
         <v>2486</v>
       </c>
-      <c r="H269" t="s">
+      <c r="I269" t="s">
         <v>2487</v>
       </c>
-      <c r="I269" t="s">
+      <c r="J269" t="s">
+        <v>1651</v>
+      </c>
+      <c r="K269" t="s">
+        <v>858</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M269" t="s">
+        <v>859</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
         <v>2488</v>
-      </c>
-[...16 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
         <v>5803</v>
       </c>
       <c r="B270" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C270" t="s">
         <v>2490</v>
       </c>
-      <c r="C270" t="s">
+      <c r="D270" t="s">
         <v>2491</v>
       </c>
-      <c r="D270" t="s">
+      <c r="E270" t="s">
         <v>2492</v>
       </c>
-      <c r="E270" t="s">
+      <c r="F270" t="s">
         <v>2493</v>
       </c>
-      <c r="F270" t="s">
+      <c r="G270" t="s">
         <v>2494</v>
       </c>
-      <c r="G270" t="s">
+      <c r="H270" t="s">
         <v>2495</v>
       </c>
-      <c r="H270" t="s">
+      <c r="I270" t="s">
         <v>2496</v>
-      </c>
-[...1 lines deleted...]
-        <v>2497</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
         <v>5805</v>
       </c>
       <c r="B271" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C271" t="s">
         <v>2499</v>
       </c>
-      <c r="C271" t="s">
+      <c r="D271" t="s">
         <v>2500</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" t="s">
         <v>2501</v>
       </c>
-      <c r="E271" t="s">
+      <c r="F271" t="s">
         <v>2502</v>
       </c>
-      <c r="F271" t="s">
+      <c r="G271" t="s">
         <v>2503</v>
       </c>
-      <c r="G271" t="s">
+      <c r="H271" t="s">
         <v>2504</v>
       </c>
-      <c r="H271" t="s">
+      <c r="I271" t="s">
         <v>2505</v>
-      </c>
-[...1 lines deleted...]
-        <v>2506</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2507</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
         <v>5808</v>
       </c>
       <c r="B272" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C272" t="s">
         <v>2508</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" t="s">
         <v>2509</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" t="s">
         <v>2510</v>
       </c>
-      <c r="E272" t="s">
+      <c r="F272" t="s">
         <v>2511</v>
       </c>
-      <c r="F272" t="s">
+      <c r="G272" t="s">
         <v>2512</v>
       </c>
-      <c r="G272" t="s">
+      <c r="H272" t="s">
         <v>2513</v>
       </c>
-      <c r="H272" t="s">
+      <c r="I272" t="s">
         <v>2514</v>
-      </c>
-[...1 lines deleted...]
-        <v>2515</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2516</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
         <v>5811</v>
       </c>
       <c r="B273" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C273" t="s">
         <v>2517</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" t="s">
         <v>2518</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
         <v>2519</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F273" t="s">
         <v>2520</v>
       </c>
-      <c r="F273" t="s">
+      <c r="G273" t="s">
         <v>2521</v>
       </c>
-      <c r="G273" t="s">
+      <c r="H273" t="s">
         <v>2522</v>
       </c>
-      <c r="H273" t="s">
+      <c r="I273" t="s">
         <v>2523</v>
-      </c>
-[...1 lines deleted...]
-        <v>2524</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2525</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
         <v>5819</v>
       </c>
       <c r="B274" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C274" t="s">
         <v>2526</v>
       </c>
-      <c r="C274" t="s">
+      <c r="D274" t="s">
         <v>2527</v>
       </c>
-      <c r="D274" t="s">
+      <c r="E274" t="s">
         <v>2528</v>
       </c>
-      <c r="E274" t="s">
+      <c r="F274" t="s">
         <v>2529</v>
       </c>
-      <c r="F274" t="s">
+      <c r="G274" t="s">
         <v>2530</v>
       </c>
-      <c r="G274" t="s">
+      <c r="H274" t="s">
         <v>2531</v>
       </c>
-      <c r="H274" t="s">
+      <c r="I274" t="s">
         <v>2532</v>
-      </c>
-[...1 lines deleted...]
-        <v>2533</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
         <v>5830</v>
       </c>
       <c r="B275" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C275" t="s">
         <v>2535</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" t="s">
         <v>2536</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" t="s">
         <v>2537</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F275" t="s">
         <v>2538</v>
       </c>
-      <c r="F275" t="s">
+      <c r="G275" t="s">
         <v>2539</v>
       </c>
-      <c r="G275" t="s">
+      <c r="H275" t="s">
         <v>2540</v>
       </c>
-      <c r="H275" t="s">
+      <c r="I275" t="s">
         <v>2541</v>
-      </c>
-[...1 lines deleted...]
-        <v>2542</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
         <v>5863</v>
       </c>
       <c r="B276" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C276" t="s">
         <v>2544</v>
       </c>
-      <c r="C276" t="s">
+      <c r="D276" t="s">
         <v>2545</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>2546</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F276" t="s">
         <v>2547</v>
       </c>
-      <c r="F276" t="s">
+      <c r="G276" t="s">
         <v>2548</v>
       </c>
-      <c r="G276" t="s">
+      <c r="H276" t="s">
         <v>2549</v>
       </c>
-      <c r="H276" t="s">
+      <c r="I276" t="s">
         <v>2550</v>
-      </c>
-[...1 lines deleted...]
-        <v>2551</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
         <v>5866</v>
       </c>
       <c r="B277" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C277" t="s">
         <v>2553</v>
       </c>
-      <c r="C277" t="s">
+      <c r="D277" t="s">
         <v>2554</v>
       </c>
-      <c r="D277" t="s">
+      <c r="E277" t="s">
         <v>2555</v>
       </c>
-      <c r="E277" t="s">
+      <c r="F277" t="s">
         <v>2556</v>
       </c>
-      <c r="F277" t="s">
+      <c r="G277" t="s">
         <v>2557</v>
       </c>
-      <c r="G277" t="s">
+      <c r="H277" t="s">
         <v>2558</v>
       </c>
-      <c r="H277" t="s">
+      <c r="I277" t="s">
         <v>2559</v>
-      </c>
-[...1 lines deleted...]
-        <v>2560</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
         <v>5888</v>
       </c>
       <c r="B278" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C278" t="s">
         <v>2562</v>
       </c>
-      <c r="C278" t="s">
+      <c r="D278" t="s">
         <v>2563</v>
       </c>
-      <c r="D278" t="s">
+      <c r="E278" t="s">
         <v>2564</v>
       </c>
-      <c r="E278" t="s">
+      <c r="F278" t="s">
         <v>2565</v>
       </c>
-      <c r="F278" t="s">
+      <c r="G278" t="s">
         <v>2566</v>
       </c>
-      <c r="G278" t="s">
+      <c r="H278" t="s">
         <v>2567</v>
       </c>
-      <c r="H278" t="s">
+      <c r="I278" t="s">
         <v>2568</v>
-      </c>
-[...1 lines deleted...]
-        <v>2569</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
         <v>5889</v>
       </c>
       <c r="B279" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C279" t="s">
         <v>2571</v>
       </c>
-      <c r="C279" t="s">
+      <c r="D279" t="s">
         <v>2572</v>
       </c>
-      <c r="D279" t="s">
+      <c r="E279" t="s">
         <v>2573</v>
       </c>
-      <c r="E279" t="s">
+      <c r="F279" t="s">
         <v>2574</v>
       </c>
-      <c r="F279" t="s">
+      <c r="G279" t="s">
         <v>2575</v>
       </c>
-      <c r="G279" t="s">
+      <c r="H279" t="s">
         <v>2576</v>
       </c>
-      <c r="H279" t="s">
+      <c r="I279" t="s">
         <v>2577</v>
-      </c>
-[...1 lines deleted...]
-        <v>2578</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
         <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
         <v>5907</v>
       </c>
       <c r="B280" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C280" t="s">
         <v>2580</v>
       </c>
-      <c r="C280" t="s">
+      <c r="D280" t="s">
         <v>2581</v>
       </c>
-      <c r="D280" t="s">
+      <c r="E280" t="s">
         <v>2582</v>
       </c>
-      <c r="E280" t="s">
+      <c r="F280" t="s">
         <v>2583</v>
       </c>
-      <c r="F280" t="s">
+      <c r="G280" t="s">
         <v>2584</v>
       </c>
-      <c r="G280" t="s">
+      <c r="H280" t="s">
         <v>2585</v>
       </c>
-      <c r="H280" t="s">
+      <c r="I280" t="s">
         <v>2586</v>
-      </c>
-[...1 lines deleted...]
-        <v>2587</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2588</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
         <v>5913</v>
       </c>
       <c r="B281" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C281" t="s">
         <v>2589</v>
       </c>
-      <c r="C281" t="s">
+      <c r="D281" t="s">
         <v>2590</v>
       </c>
-      <c r="D281" t="s">
+      <c r="E281" t="s">
         <v>2591</v>
       </c>
-      <c r="E281" t="s">
+      <c r="F281" t="s">
         <v>2592</v>
       </c>
-      <c r="F281" t="s">
+      <c r="G281" t="s">
         <v>2593</v>
       </c>
-      <c r="G281" t="s">
+      <c r="H281" t="s">
         <v>2594</v>
       </c>
-      <c r="H281" t="s">
+      <c r="I281" t="s">
         <v>2595</v>
-      </c>
-[...1 lines deleted...]
-        <v>2596</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>47</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>48</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2597</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
         <v>5915</v>
       </c>
       <c r="B282" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C282" t="s">
         <v>2598</v>
       </c>
-      <c r="C282" t="s">
+      <c r="D282" t="s">
         <v>2599</v>
       </c>
-      <c r="D282" t="s">
+      <c r="E282" t="s">
         <v>2600</v>
       </c>
-      <c r="E282" t="s">
+      <c r="F282" t="s">
         <v>2601</v>
       </c>
-      <c r="F282" t="s">
+      <c r="G282" t="s">
         <v>2602</v>
       </c>
-      <c r="G282" t="s">
+      <c r="H282" t="s">
         <v>2603</v>
       </c>
-      <c r="H282" t="s">
+      <c r="I282" t="s">
         <v>2604</v>
-      </c>
-[...1 lines deleted...]
-        <v>2605</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>170</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2606</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
         <v>5927</v>
       </c>
       <c r="B283" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C283" t="s">
         <v>2607</v>
       </c>
-      <c r="C283" t="s">
+      <c r="D283" t="s">
         <v>2608</v>
       </c>
-      <c r="D283" t="s">
+      <c r="E283" t="s">
         <v>2609</v>
       </c>
-      <c r="E283" t="s">
+      <c r="F283" t="s">
         <v>2610</v>
       </c>
-      <c r="F283" t="s">
+      <c r="G283" t="s">
         <v>2611</v>
       </c>
-      <c r="G283" t="s">
+      <c r="H283" t="s">
         <v>2612</v>
       </c>
-      <c r="H283" t="s">
+      <c r="I283" t="s">
         <v>2613</v>
-      </c>
-[...1 lines deleted...]
-        <v>2614</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>59</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>61</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2615</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
         <v>5928</v>
       </c>
       <c r="B284" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C284" t="s">
         <v>2616</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" t="s">
         <v>2617</v>
       </c>
-      <c r="D284" t="s">
+      <c r="E284" t="s">
         <v>2618</v>
       </c>
-      <c r="E284" t="s">
+      <c r="F284" t="s">
         <v>2619</v>
       </c>
-      <c r="F284" t="s">
+      <c r="G284" t="s">
         <v>2620</v>
       </c>
-      <c r="G284" t="s">
+      <c r="H284" t="s">
         <v>2621</v>
       </c>
-      <c r="H284" t="s">
+      <c r="I284" t="s">
         <v>2622</v>
       </c>
-      <c r="I284" t="s">
+      <c r="J284" t="s">
         <v>2623</v>
       </c>
-      <c r="J284" t="s">
+      <c r="K284" t="s">
         <v>2624</v>
       </c>
-      <c r="K284" t="s">
+      <c r="L284" t="s">
         <v>2625</v>
       </c>
-      <c r="L284" t="s">
+      <c r="M284" t="s">
         <v>2626</v>
       </c>
-      <c r="M284" t="s">
+      <c r="N284" t="s">
+        <v>28</v>
+      </c>
+      <c r="O284" t="s">
         <v>2627</v>
-      </c>
-[...4 lines deleted...]
-        <v>2628</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
         <v>5931</v>
       </c>
       <c r="B285" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C285" t="s">
         <v>2629</v>
       </c>
-      <c r="C285" t="s">
+      <c r="D285" t="s">
         <v>2630</v>
       </c>
-      <c r="D285" t="s">
+      <c r="E285" t="s">
         <v>2631</v>
       </c>
-      <c r="E285" t="s">
+      <c r="F285" t="s">
         <v>2632</v>
       </c>
-      <c r="F285" t="s">
+      <c r="G285" t="s">
         <v>2633</v>
       </c>
-      <c r="G285" t="s">
+      <c r="H285" t="s">
         <v>2634</v>
       </c>
-      <c r="H285" t="s">
+      <c r="I285" t="s">
         <v>2635</v>
-      </c>
-[...1 lines deleted...]
-        <v>2636</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2637</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
         <v>5932</v>
       </c>
       <c r="B286" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C286" t="s">
         <v>2638</v>
       </c>
-      <c r="C286" t="s">
+      <c r="D286" t="s">
         <v>2639</v>
       </c>
-      <c r="D286" t="s">
+      <c r="E286" t="s">
         <v>2640</v>
       </c>
-      <c r="E286" t="s">
+      <c r="F286" t="s">
         <v>2641</v>
       </c>
-      <c r="F286" t="s">
+      <c r="G286" t="s">
         <v>2642</v>
       </c>
-      <c r="G286" t="s">
+      <c r="H286" t="s">
         <v>2643</v>
       </c>
-      <c r="H286" t="s">
+      <c r="I286" t="s">
         <v>2644</v>
-      </c>
-[...1 lines deleted...]
-        <v>2645</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>170</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2646</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
         <v>5934</v>
       </c>
       <c r="B287" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C287" t="s">
         <v>2647</v>
       </c>
-      <c r="C287" t="s">
+      <c r="D287" t="s">
         <v>2648</v>
       </c>
-      <c r="D287" t="s">
+      <c r="E287" t="s">
         <v>2649</v>
       </c>
-      <c r="E287" t="s">
+      <c r="F287" t="s">
         <v>2650</v>
       </c>
-      <c r="F287" t="s">
+      <c r="G287" t="s">
         <v>2651</v>
       </c>
-      <c r="G287" t="s">
+      <c r="H287" t="s">
         <v>2652</v>
       </c>
-      <c r="H287" t="s">
+      <c r="I287" t="s">
         <v>2653</v>
-      </c>
-[...1 lines deleted...]
-        <v>2654</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>170</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>171</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2655</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
         <v>5953</v>
       </c>
       <c r="B288" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C288" t="s">
         <v>2656</v>
       </c>
-      <c r="C288" t="s">
+      <c r="D288" t="s">
         <v>2657</v>
       </c>
-      <c r="D288" t="s">
+      <c r="E288" t="s">
         <v>2658</v>
       </c>
-      <c r="E288" t="s">
+      <c r="F288" t="s">
         <v>2659</v>
       </c>
-      <c r="F288" t="s">
+      <c r="G288" t="s">
         <v>2660</v>
       </c>
-      <c r="G288" t="s">
+      <c r="H288" t="s">
         <v>2661</v>
       </c>
-      <c r="H288" t="s">
+      <c r="I288" t="s">
         <v>2662</v>
-      </c>
-[...1 lines deleted...]
-        <v>2663</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2664</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
         <v>5981</v>
       </c>
       <c r="B289" t="s">
+        <v>2664</v>
+      </c>
+      <c r="C289" t="s">
         <v>2665</v>
       </c>
-      <c r="C289" t="s">
+      <c r="D289" t="s">
         <v>2666</v>
       </c>
-      <c r="D289" t="s">
+      <c r="E289" t="s">
         <v>2667</v>
       </c>
-      <c r="E289" t="s">
+      <c r="F289" t="s">
         <v>2668</v>
       </c>
-      <c r="F289" t="s">
+      <c r="G289" t="s">
         <v>2669</v>
       </c>
-      <c r="G289" t="s">
+      <c r="H289" t="s">
         <v>2670</v>
       </c>
-      <c r="H289" t="s">
+      <c r="I289" t="s">
         <v>2671</v>
       </c>
-      <c r="I289" t="s">
+      <c r="J289" t="s">
+        <v>439</v>
+      </c>
+      <c r="K289" t="s">
         <v>2672</v>
       </c>
-      <c r="J289" t="s">
-[...2 lines deleted...]
-      <c r="K289" t="s">
+      <c r="L289" t="s">
+        <v>441</v>
+      </c>
+      <c r="M289" t="s">
         <v>2673</v>
       </c>
-      <c r="L289" t="s">
-[...2 lines deleted...]
-      <c r="M289" t="s">
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
         <v>2674</v>
-      </c>
-[...4 lines deleted...]
-        <v>2675</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
         <v>5986</v>
       </c>
       <c r="B290" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C290" t="s">
         <v>2676</v>
       </c>
-      <c r="C290" t="s">
+      <c r="D290" t="s">
         <v>2677</v>
       </c>
-      <c r="D290" t="s">
+      <c r="E290" t="s">
         <v>2678</v>
       </c>
-      <c r="E290" t="s">
+      <c r="F290" t="s">
         <v>2679</v>
       </c>
-      <c r="F290" t="s">
+      <c r="G290" t="s">
         <v>2680</v>
       </c>
-      <c r="G290" t="s">
+      <c r="H290" t="s">
         <v>2681</v>
       </c>
-      <c r="H290" t="s">
+      <c r="I290" t="s">
         <v>2682</v>
-      </c>
-[...1 lines deleted...]
-        <v>2683</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2684</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
         <v>5989</v>
       </c>
       <c r="B291" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C291" t="s">
         <v>2685</v>
       </c>
-      <c r="C291" t="s">
+      <c r="D291" t="s">
         <v>2686</v>
       </c>
-      <c r="D291" t="s">
+      <c r="E291" t="s">
         <v>2687</v>
       </c>
-      <c r="E291" t="s">
+      <c r="F291" t="s">
         <v>2688</v>
       </c>
-      <c r="F291" t="s">
+      <c r="G291" t="s">
         <v>2689</v>
       </c>
-      <c r="G291" t="s">
+      <c r="H291" t="s">
         <v>2690</v>
       </c>
-      <c r="H291" t="s">
+      <c r="I291" t="s">
         <v>2691</v>
       </c>
-      <c r="I291" t="s">
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>1854</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1855</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2692</v>
-      </c>
-[...16 lines deleted...]
-        <v>2693</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
         <v>6018</v>
       </c>
       <c r="B292" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C292" t="s">
         <v>2694</v>
       </c>
-      <c r="C292" t="s">
+      <c r="D292" t="s">
         <v>2695</v>
       </c>
-      <c r="D292" t="s">
+      <c r="E292" t="s">
         <v>2696</v>
       </c>
-      <c r="E292" t="s">
+      <c r="F292" t="s">
         <v>2697</v>
       </c>
-      <c r="F292" t="s">
+      <c r="G292" t="s">
         <v>2698</v>
       </c>
-      <c r="G292" t="s">
+      <c r="H292" t="s">
         <v>2699</v>
       </c>
-      <c r="H292" t="s">
+      <c r="I292" t="s">
         <v>2700</v>
-      </c>
-[...1 lines deleted...]
-        <v>2701</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>170</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>171</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2702</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
         <v>6021</v>
       </c>
       <c r="B293" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C293" t="s">
         <v>2703</v>
       </c>
-      <c r="C293" t="s">
+      <c r="D293" t="s">
         <v>2704</v>
       </c>
-      <c r="D293" t="s">
+      <c r="E293" t="s">
         <v>2705</v>
       </c>
-      <c r="E293" t="s">
+      <c r="F293" t="s">
         <v>2706</v>
       </c>
-      <c r="F293" t="s">
+      <c r="G293" t="s">
         <v>2707</v>
       </c>
-      <c r="G293" t="s">
+      <c r="H293" t="s">
         <v>2708</v>
       </c>
-      <c r="H293" t="s">
+      <c r="I293" t="s">
         <v>2709</v>
-      </c>
-[...1 lines deleted...]
-        <v>2710</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2711</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
         <v>6076</v>
       </c>
       <c r="B294" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C294" t="s">
         <v>2712</v>
       </c>
-      <c r="C294" t="s">
+      <c r="D294" t="s">
         <v>2713</v>
       </c>
-      <c r="D294" t="s">
+      <c r="E294" t="s">
         <v>2714</v>
       </c>
-      <c r="E294" t="s">
+      <c r="F294" t="s">
         <v>2715</v>
       </c>
-      <c r="F294" t="s">
+      <c r="G294" t="s">
         <v>2716</v>
       </c>
-      <c r="G294" t="s">
+      <c r="H294" t="s">
         <v>2717</v>
       </c>
-      <c r="H294" t="s">
+      <c r="I294" t="s">
         <v>2718</v>
-      </c>
-[...1 lines deleted...]
-        <v>2719</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2720</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
         <v>6082</v>
       </c>
       <c r="B295" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C295" t="s">
         <v>2721</v>
       </c>
-      <c r="C295" t="s">
+      <c r="D295" t="s">
         <v>2722</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" t="s">
         <v>2723</v>
       </c>
-      <c r="E295" t="s">
+      <c r="F295" t="s">
         <v>2724</v>
       </c>
-      <c r="F295" t="s">
+      <c r="G295" t="s">
         <v>2725</v>
       </c>
-      <c r="G295" t="s">
+      <c r="H295" t="s">
         <v>2726</v>
       </c>
-      <c r="H295" t="s">
+      <c r="I295" t="s">
         <v>2727</v>
       </c>
-      <c r="I295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>569</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>570</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
         <v>2728</v>
-      </c>
-[...16 lines deleted...]
-        <v>2729</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
         <v>6093</v>
       </c>
       <c r="B296" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C296" t="s">
         <v>2730</v>
       </c>
-      <c r="C296" t="s">
+      <c r="D296" t="s">
         <v>2731</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" t="s">
         <v>2732</v>
       </c>
-      <c r="E296" t="s">
+      <c r="F296" t="s">
         <v>2733</v>
       </c>
-      <c r="F296" t="s">
+      <c r="G296" t="s">
         <v>2734</v>
       </c>
-      <c r="G296" t="s">
+      <c r="H296" t="s">
         <v>2735</v>
       </c>
-      <c r="H296" t="s">
+      <c r="I296" t="s">
         <v>2736</v>
       </c>
-      <c r="I296" t="s">
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
         <v>2737</v>
       </c>
-      <c r="J296" t="s">
-[...2 lines deleted...]
-      <c r="K296" t="s">
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="N296" t="s">
+        <v>28</v>
+      </c>
+      <c r="O296" t="s">
         <v>2738</v>
-      </c>
-[...7 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
         <v>6112</v>
       </c>
       <c r="B297" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C297" t="s">
         <v>2740</v>
       </c>
-      <c r="C297" t="s">
+      <c r="D297" t="s">
         <v>2741</v>
       </c>
-      <c r="D297" t="s">
+      <c r="E297" t="s">
         <v>2742</v>
       </c>
-      <c r="E297" t="s">
+      <c r="F297" t="s">
         <v>2743</v>
       </c>
-      <c r="F297" t="s">
+      <c r="G297" t="s">
         <v>2744</v>
       </c>
-      <c r="G297" t="s">
+      <c r="H297" t="s">
         <v>2745</v>
       </c>
-      <c r="H297" t="s">
+      <c r="I297" t="s">
         <v>2746</v>
-      </c>
-[...1 lines deleted...]
-        <v>2747</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>170</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>171</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2748</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
         <v>6179</v>
       </c>
       <c r="B298" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C298" t="s">
         <v>2749</v>
       </c>
-      <c r="C298" t="s">
+      <c r="D298" t="s">
         <v>2750</v>
       </c>
-      <c r="D298" t="s">
+      <c r="E298" t="s">
         <v>2751</v>
       </c>
-      <c r="E298" t="s">
+      <c r="F298" t="s">
         <v>2752</v>
       </c>
-      <c r="F298" t="s">
+      <c r="G298" t="s">
         <v>2753</v>
       </c>
-      <c r="G298" t="s">
+      <c r="H298" t="s">
         <v>2754</v>
       </c>
-      <c r="H298" t="s">
+      <c r="I298" t="s">
         <v>2755</v>
-      </c>
-[...1 lines deleted...]
-        <v>2756</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2757</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
         <v>6180</v>
       </c>
       <c r="B299" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C299" t="s">
         <v>2758</v>
       </c>
-      <c r="C299" t="s">
+      <c r="D299" t="s">
         <v>2759</v>
       </c>
-      <c r="D299" t="s">
+      <c r="E299" t="s">
         <v>2760</v>
       </c>
-      <c r="E299" t="s">
+      <c r="F299" t="s">
         <v>2761</v>
       </c>
-      <c r="F299" t="s">
+      <c r="G299" t="s">
         <v>2762</v>
       </c>
-      <c r="G299" t="s">
+      <c r="H299" t="s">
         <v>2763</v>
       </c>
-      <c r="H299" t="s">
+      <c r="I299" t="s">
         <v>2764</v>
-      </c>
-[...1 lines deleted...]
-        <v>2765</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2766</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
         <v>6203</v>
       </c>
       <c r="B300" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C300" t="s">
         <v>2767</v>
       </c>
-      <c r="C300" t="s">
+      <c r="D300" t="s">
         <v>2768</v>
       </c>
-      <c r="D300" t="s">
+      <c r="E300" t="s">
         <v>2769</v>
       </c>
-      <c r="E300" t="s">
+      <c r="F300" t="s">
         <v>2770</v>
       </c>
-      <c r="F300" t="s">
+      <c r="G300" t="s">
         <v>2771</v>
       </c>
-      <c r="G300" t="s">
+      <c r="H300" t="s">
         <v>2772</v>
       </c>
-      <c r="H300" t="s">
+      <c r="I300" t="s">
         <v>2773</v>
-      </c>
-[...1 lines deleted...]
-        <v>2774</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>170</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2775</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
         <v>6208</v>
       </c>
       <c r="B301" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C301" t="s">
         <v>2776</v>
       </c>
-      <c r="C301" t="s">
+      <c r="D301" t="s">
         <v>2777</v>
       </c>
-      <c r="D301" t="s">
+      <c r="E301" t="s">
         <v>2778</v>
       </c>
-      <c r="E301" t="s">
+      <c r="F301" t="s">
         <v>2779</v>
       </c>
-      <c r="F301" t="s">
+      <c r="G301" t="s">
         <v>2780</v>
       </c>
-      <c r="G301" t="s">
+      <c r="H301" t="s">
         <v>2781</v>
       </c>
-      <c r="H301" t="s">
+      <c r="I301" t="s">
         <v>2782</v>
-      </c>
-[...1 lines deleted...]
-        <v>2783</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2784</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
         <v>6211</v>
       </c>
       <c r="B302" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C302" t="s">
         <v>2785</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302" t="s">
         <v>2786</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E302" t="s">
         <v>2787</v>
       </c>
-      <c r="E302" t="s">
+      <c r="F302" t="s">
         <v>2788</v>
       </c>
-      <c r="F302" t="s">
+      <c r="G302" t="s">
         <v>2789</v>
       </c>
-      <c r="G302" t="s">
+      <c r="H302" t="s">
         <v>2790</v>
       </c>
-      <c r="H302" t="s">
+      <c r="I302" t="s">
         <v>2791</v>
-      </c>
-[...1 lines deleted...]
-        <v>2792</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>170</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>171</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2793</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
         <v>6215</v>
       </c>
       <c r="B303" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C303" t="s">
         <v>2794</v>
       </c>
-      <c r="C303" t="s">
+      <c r="D303" t="s">
         <v>2795</v>
       </c>
-      <c r="D303" t="s">
+      <c r="E303" t="s">
         <v>2796</v>
       </c>
-      <c r="E303" t="s">
+      <c r="F303" t="s">
         <v>2797</v>
       </c>
-      <c r="F303" t="s">
+      <c r="G303" t="s">
         <v>2798</v>
       </c>
-      <c r="G303" t="s">
+      <c r="H303" t="s">
         <v>2799</v>
       </c>
-      <c r="H303" t="s">
+      <c r="I303" t="s">
         <v>2800</v>
-      </c>
-[...1 lines deleted...]
-        <v>2801</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2802</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
         <v>6222</v>
       </c>
       <c r="B304" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C304" t="s">
         <v>2803</v>
       </c>
-      <c r="C304" t="s">
+      <c r="D304" t="s">
         <v>2804</v>
       </c>
-      <c r="D304" t="s">
+      <c r="E304" t="s">
         <v>2805</v>
       </c>
-      <c r="E304" t="s">
+      <c r="F304" t="s">
         <v>2806</v>
       </c>
-      <c r="F304" t="s">
+      <c r="G304" t="s">
         <v>2807</v>
       </c>
-      <c r="G304" t="s">
+      <c r="H304" t="s">
         <v>2808</v>
       </c>
-      <c r="H304" t="s">
+      <c r="I304" t="s">
         <v>2809</v>
       </c>
-      <c r="I304" t="s">
+      <c r="J304" t="s">
+        <v>2623</v>
+      </c>
+      <c r="K304" t="s">
+        <v>858</v>
+      </c>
+      <c r="L304" t="s">
+        <v>2625</v>
+      </c>
+      <c r="M304" t="s">
+        <v>859</v>
+      </c>
+      <c r="N304" t="s">
+        <v>28</v>
+      </c>
+      <c r="O304" t="s">
         <v>2810</v>
-      </c>
-[...16 lines deleted...]
-        <v>2811</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
         <v>6254</v>
       </c>
       <c r="B305" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C305" t="s">
         <v>2812</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" t="s">
         <v>2813</v>
       </c>
-      <c r="D305" t="s">
+      <c r="E305" t="s">
         <v>2814</v>
       </c>
-      <c r="E305" t="s">
+      <c r="F305" t="s">
         <v>2815</v>
       </c>
-      <c r="F305" t="s">
+      <c r="G305" t="s">
         <v>2816</v>
       </c>
-      <c r="G305" t="s">
+      <c r="H305" t="s">
         <v>2817</v>
       </c>
-      <c r="H305" t="s">
+      <c r="I305" t="s">
         <v>2818</v>
-      </c>
-[...1 lines deleted...]
-        <v>2819</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2820</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
         <v>6255</v>
       </c>
       <c r="B306" t="s">
+        <v>2820</v>
+      </c>
+      <c r="C306" t="s">
         <v>2821</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
         <v>2822</v>
       </c>
-      <c r="D306" t="s">
+      <c r="E306" t="s">
         <v>2823</v>
       </c>
-      <c r="E306" t="s">
+      <c r="F306" t="s">
         <v>2824</v>
       </c>
-      <c r="F306" t="s">
+      <c r="G306" t="s">
         <v>2825</v>
       </c>
-      <c r="G306" t="s">
+      <c r="H306" t="s">
         <v>2826</v>
       </c>
-      <c r="H306" t="s">
+      <c r="I306" t="s">
         <v>2827</v>
       </c>
-      <c r="I306" t="s">
+      <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
         <v>2828</v>
       </c>
-      <c r="J306" t="s">
-[...2 lines deleted...]
-      <c r="K306" t="s">
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
         <v>2829</v>
       </c>
-      <c r="L306" t="s">
-[...2 lines deleted...]
-      <c r="M306" t="s">
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2830</v>
-      </c>
-[...4 lines deleted...]
-        <v>2831</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
         <v>6258</v>
       </c>
       <c r="B307" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C307" t="s">
         <v>2832</v>
       </c>
-      <c r="C307" t="s">
+      <c r="D307" t="s">
         <v>2833</v>
       </c>
-      <c r="D307" t="s">
+      <c r="E307" t="s">
         <v>2834</v>
       </c>
-      <c r="E307" t="s">
+      <c r="F307" t="s">
         <v>2835</v>
       </c>
-      <c r="F307" t="s">
+      <c r="G307" t="s">
         <v>2836</v>
       </c>
-      <c r="G307" t="s">
+      <c r="H307" t="s">
         <v>2837</v>
       </c>
-      <c r="H307" t="s">
+      <c r="I307" t="s">
         <v>2838</v>
-      </c>
-[...1 lines deleted...]
-        <v>2839</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2840</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
         <v>6259</v>
       </c>
       <c r="B308" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C308" t="s">
         <v>2841</v>
       </c>
-      <c r="C308" t="s">
+      <c r="D308" t="s">
         <v>2842</v>
       </c>
-      <c r="D308" t="s">
+      <c r="E308" t="s">
         <v>2843</v>
       </c>
-      <c r="E308" t="s">
+      <c r="F308" t="s">
         <v>2844</v>
       </c>
-      <c r="F308" t="s">
+      <c r="G308" t="s">
         <v>2845</v>
       </c>
-      <c r="G308" t="s">
+      <c r="H308" t="s">
         <v>2846</v>
       </c>
-      <c r="H308" t="s">
+      <c r="I308" t="s">
         <v>2847</v>
-      </c>
-[...1 lines deleted...]
-        <v>2848</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2849</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
         <v>6261</v>
       </c>
       <c r="B309" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C309" t="s">
         <v>2850</v>
       </c>
-      <c r="C309" t="s">
+      <c r="D309" t="s">
         <v>2851</v>
       </c>
-      <c r="D309" t="s">
+      <c r="E309" t="s">
         <v>2852</v>
       </c>
-      <c r="E309" t="s">
+      <c r="F309" t="s">
         <v>2853</v>
       </c>
-      <c r="F309" t="s">
+      <c r="G309" t="s">
         <v>2854</v>
       </c>
-      <c r="G309" t="s">
+      <c r="H309" t="s">
         <v>2855</v>
       </c>
-      <c r="H309" t="s">
+      <c r="I309" t="s">
         <v>2856</v>
-      </c>
-[...1 lines deleted...]
-        <v>2857</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>47</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>48</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2858</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
         <v>6263</v>
       </c>
       <c r="B310" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C310" t="s">
         <v>2859</v>
       </c>
-      <c r="C310" t="s">
+      <c r="D310" t="s">
         <v>2860</v>
       </c>
-      <c r="D310" t="s">
+      <c r="E310" t="s">
         <v>2861</v>
       </c>
-      <c r="E310" t="s">
+      <c r="F310" t="s">
         <v>2862</v>
       </c>
-      <c r="F310" t="s">
+      <c r="G310" t="s">
         <v>2863</v>
       </c>
-      <c r="G310" t="s">
+      <c r="H310" t="s">
         <v>2864</v>
       </c>
-      <c r="H310" t="s">
+      <c r="I310" t="s">
         <v>2865</v>
-      </c>
-[...1 lines deleted...]
-        <v>2866</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>170</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>171</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2867</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
         <v>6272</v>
       </c>
       <c r="B311" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C311" t="s">
         <v>2868</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" t="s">
         <v>2869</v>
       </c>
-      <c r="D311" t="s">
+      <c r="E311" t="s">
         <v>2870</v>
       </c>
-      <c r="E311" t="s">
+      <c r="F311" t="s">
         <v>2871</v>
       </c>
-      <c r="F311" t="s">
+      <c r="G311" t="s">
         <v>2872</v>
       </c>
-      <c r="G311" t="s">
+      <c r="H311" t="s">
         <v>2873</v>
       </c>
-      <c r="H311" t="s">
+      <c r="I311" t="s">
         <v>2874</v>
-      </c>
-[...1 lines deleted...]
-        <v>2875</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2876</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
         <v>6274</v>
       </c>
       <c r="B312" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C312" t="s">
         <v>2877</v>
       </c>
-      <c r="C312" t="s">
+      <c r="D312" t="s">
         <v>2878</v>
       </c>
-      <c r="D312" t="s">
+      <c r="E312" t="s">
         <v>2879</v>
       </c>
-      <c r="E312" t="s">
+      <c r="F312" t="s">
         <v>2880</v>
       </c>
-      <c r="F312" t="s">
+      <c r="G312" t="s">
         <v>2881</v>
       </c>
-      <c r="G312" t="s">
+      <c r="H312" t="s">
         <v>2882</v>
       </c>
-      <c r="H312" t="s">
+      <c r="I312" t="s">
         <v>2883</v>
-      </c>
-[...1 lines deleted...]
-        <v>2884</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2885</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
         <v>6275</v>
       </c>
       <c r="B313" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C313" t="s">
         <v>2886</v>
       </c>
-      <c r="C313" t="s">
+      <c r="D313" t="s">
         <v>2887</v>
       </c>
-      <c r="D313" t="s">
+      <c r="E313" t="s">
         <v>2888</v>
       </c>
-      <c r="E313" t="s">
+      <c r="F313" t="s">
         <v>2889</v>
       </c>
-      <c r="F313" t="s">
+      <c r="G313" t="s">
         <v>2890</v>
       </c>
-      <c r="G313" t="s">
+      <c r="H313" t="s">
         <v>2891</v>
       </c>
-      <c r="H313" t="s">
+      <c r="I313" t="s">
         <v>2892</v>
       </c>
-      <c r="I313" t="s">
+      <c r="J313" t="s">
+        <v>439</v>
+      </c>
+      <c r="K313" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L313" t="s">
+        <v>441</v>
+      </c>
+      <c r="M313" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2893</v>
-      </c>
-[...16 lines deleted...]
-        <v>2894</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
         <v>6327</v>
       </c>
       <c r="B314" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C314" t="s">
         <v>2895</v>
       </c>
-      <c r="C314" t="s">
+      <c r="D314" t="s">
         <v>2896</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E314" t="s">
         <v>2897</v>
       </c>
-      <c r="E314" t="s">
+      <c r="F314" t="s">
         <v>2898</v>
       </c>
-      <c r="F314" t="s">
+      <c r="G314" t="s">
         <v>2899</v>
       </c>
-      <c r="G314" t="s">
+      <c r="H314" t="s">
         <v>2900</v>
       </c>
-      <c r="H314" t="s">
+      <c r="I314" t="s">
         <v>2901</v>
-      </c>
-[...1 lines deleted...]
-        <v>2902</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>47</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>48</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
         <v>6337</v>
       </c>
       <c r="B315" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C315" t="s">
         <v>2904</v>
       </c>
-      <c r="C315" t="s">
+      <c r="D315" t="s">
         <v>2905</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" t="s">
         <v>2906</v>
       </c>
-      <c r="E315" t="s">
+      <c r="F315" t="s">
         <v>2907</v>
       </c>
-      <c r="F315" t="s">
+      <c r="G315" t="s">
         <v>2908</v>
       </c>
-      <c r="G315" t="s">
+      <c r="H315" t="s">
         <v>2909</v>
       </c>
-      <c r="H315" t="s">
+      <c r="I315" t="s">
         <v>2910</v>
-      </c>
-[...1 lines deleted...]
-        <v>2911</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>47</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>48</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
         <v>6361</v>
       </c>
       <c r="B316" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C316" t="s">
         <v>2913</v>
       </c>
-      <c r="C316" t="s">
+      <c r="D316" t="s">
         <v>2914</v>
       </c>
-      <c r="D316" t="s">
+      <c r="E316" t="s">
         <v>2915</v>
       </c>
-      <c r="E316" t="s">
+      <c r="F316" t="s">
         <v>2916</v>
       </c>
-      <c r="F316" t="s">
+      <c r="G316" t="s">
         <v>2917</v>
       </c>
-      <c r="G316" t="s">
+      <c r="H316" t="s">
         <v>2918</v>
       </c>
-      <c r="H316" t="s">
+      <c r="I316" t="s">
         <v>2919</v>
-      </c>
-[...1 lines deleted...]
-        <v>2920</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
         <v>6379</v>
       </c>
       <c r="B317" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C317" t="s">
         <v>2922</v>
       </c>
-      <c r="C317" t="s">
+      <c r="D317" t="s">
         <v>2923</v>
       </c>
-      <c r="D317" t="s">
+      <c r="E317" t="s">
         <v>2924</v>
       </c>
-      <c r="E317" t="s">
+      <c r="F317" t="s">
         <v>2925</v>
       </c>
-      <c r="F317" t="s">
+      <c r="G317" t="s">
         <v>2926</v>
       </c>
-      <c r="G317" t="s">
+      <c r="H317" t="s">
         <v>2927</v>
       </c>
-      <c r="H317" t="s">
+      <c r="I317" t="s">
         <v>2928</v>
-      </c>
-[...1 lines deleted...]
-        <v>2929</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>25</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>27</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
         <v>6454</v>
       </c>
       <c r="B318" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C318" t="s">
         <v>2931</v>
       </c>
-      <c r="C318" t="s">
+      <c r="D318" t="s">
         <v>2932</v>
       </c>
-      <c r="D318" t="s">
+      <c r="E318" t="s">
         <v>2933</v>
       </c>
-      <c r="E318" t="s">
+      <c r="F318" t="s">
         <v>2934</v>
       </c>
-      <c r="F318" t="s">
+      <c r="G318" t="s">
         <v>2935</v>
       </c>
-      <c r="G318" t="s">
+      <c r="H318" t="s">
         <v>2936</v>
       </c>
-      <c r="H318" t="s">
+      <c r="I318" t="s">
         <v>2937</v>
-      </c>
-[...1 lines deleted...]
-        <v>2938</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
         <v>6460</v>
       </c>
       <c r="B319" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C319" t="s">
         <v>2940</v>
       </c>
-      <c r="C319" t="s">
+      <c r="D319" t="s">
         <v>2941</v>
       </c>
-      <c r="D319" t="s">
+      <c r="E319" t="s">
         <v>2942</v>
       </c>
-      <c r="E319" t="s">
+      <c r="F319" t="s">
         <v>2943</v>
       </c>
-      <c r="F319" t="s">
+      <c r="G319" t="s">
         <v>2944</v>
       </c>
-      <c r="G319" t="s">
+      <c r="H319" t="s">
         <v>2945</v>
       </c>
-      <c r="H319" t="s">
+      <c r="I319" t="s">
         <v>2946</v>
-      </c>
-[...1 lines deleted...]
-        <v>2947</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
         <v>6468</v>
       </c>
       <c r="B320" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C320" t="s">
         <v>2949</v>
       </c>
-      <c r="C320" t="s">
+      <c r="D320" t="s">
         <v>2950</v>
       </c>
-      <c r="D320" t="s">
+      <c r="E320" t="s">
         <v>2951</v>
       </c>
-      <c r="E320" t="s">
+      <c r="F320" t="s">
         <v>2952</v>
       </c>
-      <c r="F320" t="s">
+      <c r="G320" t="s">
         <v>2953</v>
       </c>
-      <c r="G320" t="s">
+      <c r="H320" t="s">
         <v>2954</v>
       </c>
-      <c r="H320" t="s">
+      <c r="I320" t="s">
         <v>2955</v>
-      </c>
-[...1 lines deleted...]
-        <v>2956</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
         <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2957</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
         <v>6611</v>
       </c>
       <c r="B321" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C321" t="s">
         <v>2958</v>
       </c>
-      <c r="C321" t="s">
+      <c r="D321" t="s">
         <v>2959</v>
       </c>
-      <c r="D321" t="s">
+      <c r="E321" t="s">
         <v>2960</v>
       </c>
-      <c r="E321" t="s">
+      <c r="F321" t="s">
         <v>2961</v>
       </c>
-      <c r="F321" t="s">
+      <c r="G321" t="s">
         <v>2962</v>
       </c>
-      <c r="G321" t="s">
+      <c r="H321" t="s">
         <v>2963</v>
       </c>
-      <c r="H321" t="s">
+      <c r="I321" t="s">
         <v>2964</v>
-      </c>
-[...1 lines deleted...]
-        <v>2965</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
         <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
         <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2966</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
         <v>6615</v>
       </c>
       <c r="B322" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C322" t="s">
         <v>2967</v>
       </c>
-      <c r="C322" t="s">
+      <c r="D322" t="s">
         <v>2968</v>
       </c>
-      <c r="D322" t="s">
+      <c r="E322" t="s">
         <v>2969</v>
       </c>
-      <c r="E322" t="s">
+      <c r="F322" t="s">
         <v>2970</v>
       </c>
-      <c r="F322" t="s">
+      <c r="G322" t="s">
         <v>2971</v>
       </c>
-      <c r="G322" t="s">
+      <c r="H322" t="s">
         <v>2972</v>
       </c>
-      <c r="H322" t="s">
+      <c r="I322" t="s">
         <v>2973</v>
-      </c>
-[...1 lines deleted...]
-        <v>2974</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>25</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2975</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
         <v>6761</v>
       </c>
       <c r="B323" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C323" t="s">
         <v>2976</v>
       </c>
-      <c r="C323" t="s">
+      <c r="D323" t="s">
         <v>2977</v>
       </c>
-      <c r="D323" t="s">
+      <c r="E323" t="s">
         <v>2978</v>
       </c>
-      <c r="E323" t="s">
+      <c r="F323" t="s">
         <v>2979</v>
       </c>
-      <c r="F323" t="s">
+      <c r="G323" t="s">
         <v>2980</v>
       </c>
-      <c r="G323" t="s">
+      <c r="H323" t="s">
         <v>2981</v>
       </c>
-      <c r="H323" t="s">
+      <c r="I323" t="s">
         <v>2982</v>
-      </c>
-[...1 lines deleted...]
-        <v>2983</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
         <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
         <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2984</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
         <v>6762</v>
       </c>
       <c r="B324" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C324" t="s">
         <v>2985</v>
       </c>
-      <c r="C324" t="s">
+      <c r="D324" t="s">
         <v>2986</v>
       </c>
-      <c r="D324" t="s">
+      <c r="E324" t="s">
         <v>2987</v>
       </c>
-      <c r="E324" t="s">
+      <c r="F324" t="s">
         <v>2988</v>
       </c>
-      <c r="F324" t="s">
+      <c r="G324" t="s">
         <v>2989</v>
       </c>
-      <c r="G324" t="s">
+      <c r="H324" t="s">
         <v>2990</v>
       </c>
-      <c r="H324" t="s">
+      <c r="I324" t="s">
         <v>2991</v>
       </c>
-      <c r="I324" t="s">
+      <c r="J324" t="s">
+        <v>439</v>
+      </c>
+      <c r="K324" t="s">
+        <v>670</v>
+      </c>
+      <c r="L324" t="s">
+        <v>441</v>
+      </c>
+      <c r="M324" t="s">
+        <v>671</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>2992</v>
-      </c>
-[...16 lines deleted...]
-        <v>2993</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
         <v>6765</v>
       </c>
       <c r="B325" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C325" t="s">
         <v>2994</v>
       </c>
-      <c r="C325" t="s">
+      <c r="D325" t="s">
         <v>2995</v>
       </c>
-      <c r="D325" t="s">
+      <c r="E325" t="s">
         <v>2996</v>
       </c>
-      <c r="E325" t="s">
+      <c r="F325" t="s">
         <v>2997</v>
       </c>
-      <c r="F325" t="s">
+      <c r="G325" t="s">
         <v>2998</v>
       </c>
-      <c r="G325" t="s">
+      <c r="H325" t="s">
         <v>2999</v>
       </c>
-      <c r="H325" t="s">
+      <c r="I325" t="s">
         <v>3000</v>
-      </c>
-[...1 lines deleted...]
-        <v>3001</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3002</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
         <v>6982</v>
       </c>
       <c r="B326" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C326" t="s">
         <v>3003</v>
       </c>
-      <c r="C326" t="s">
+      <c r="D326" t="s">
         <v>3004</v>
       </c>
-      <c r="D326" t="s">
+      <c r="E326" t="s">
         <v>3005</v>
       </c>
-      <c r="E326" t="s">
+      <c r="F326" t="s">
         <v>3006</v>
       </c>
-      <c r="F326" t="s">
+      <c r="G326" t="s">
         <v>3007</v>
       </c>
-      <c r="G326" t="s">
+      <c r="H326" t="s">
         <v>3008</v>
       </c>
-      <c r="H326" t="s">
+      <c r="I326" t="s">
         <v>3009</v>
       </c>
-      <c r="I326" t="s">
+      <c r="J326" t="s">
+        <v>24</v>
+      </c>
+      <c r="K326" t="s">
         <v>3010</v>
       </c>
-      <c r="J326" t="s">
-[...2 lines deleted...]
-      <c r="K326" t="s">
+      <c r="L326" t="s">
+        <v>26</v>
+      </c>
+      <c r="N326" t="s">
+        <v>28</v>
+      </c>
+      <c r="O326" t="s">
         <v>3011</v>
-      </c>
-[...7 lines deleted...]
-        <v>3012</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
         <v>8265</v>
       </c>
       <c r="B327" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C327" t="s">
         <v>3013</v>
       </c>
-      <c r="C327" t="s">
+      <c r="D327" t="s">
         <v>3014</v>
       </c>
-      <c r="D327" t="s">
+      <c r="E327" t="s">
         <v>3015</v>
       </c>
-      <c r="E327" t="s">
+      <c r="F327" t="s">
         <v>3016</v>
       </c>
-      <c r="F327" t="s">
+      <c r="G327" t="s">
         <v>3017</v>
       </c>
-      <c r="G327" t="s">
+      <c r="H327" t="s">
         <v>3018</v>
       </c>
-      <c r="H327" t="s">
+      <c r="I327" t="s">
         <v>3019</v>
       </c>
-      <c r="I327" t="s">
+      <c r="J327" t="s">
+        <v>24</v>
+      </c>
+      <c r="K327" t="s">
         <v>3020</v>
       </c>
-      <c r="J327" t="s">
-[...2 lines deleted...]
-      <c r="K327" t="s">
+      <c r="L327" t="s">
+        <v>26</v>
+      </c>
+      <c r="M327" t="s">
         <v>3021</v>
       </c>
-      <c r="L327" t="s">
-[...2 lines deleted...]
-      <c r="M327" t="s">
+      <c r="N327" t="s">
+        <v>28</v>
+      </c>
+      <c r="O327" t="s">
         <v>3022</v>
-      </c>
-[...4 lines deleted...]
-        <v>3023</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
         <v>8289</v>
       </c>
       <c r="B328" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C328" t="s">
         <v>3024</v>
       </c>
-      <c r="C328" t="s">
+      <c r="D328" t="s">
         <v>3025</v>
       </c>
-      <c r="D328" t="s">
+      <c r="E328" t="s">
         <v>3026</v>
       </c>
-      <c r="E328" t="s">
+      <c r="F328" t="s">
         <v>3027</v>
       </c>
-      <c r="F328" t="s">
+      <c r="G328" t="s">
         <v>3028</v>
       </c>
-      <c r="G328" t="s">
+      <c r="H328" t="s">
         <v>3029</v>
       </c>
-      <c r="H328" t="s">
+      <c r="I328" t="s">
         <v>3030</v>
       </c>
-      <c r="I328" t="s">
+      <c r="J328" t="s">
+        <v>24</v>
+      </c>
+      <c r="K328" t="s">
+        <v>440</v>
+      </c>
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
+        <v>442</v>
+      </c>
+      <c r="N328" t="s">
+        <v>28</v>
+      </c>
+      <c r="O328" t="s">
         <v>3031</v>
-      </c>
-[...16 lines deleted...]
-        <v>3032</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
         <v>8294</v>
       </c>
       <c r="B329" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C329" t="s">
         <v>3033</v>
       </c>
-      <c r="C329" t="s">
+      <c r="D329" t="s">
         <v>3034</v>
       </c>
-      <c r="D329" t="s">
+      <c r="E329" t="s">
         <v>3035</v>
       </c>
-      <c r="E329" t="s">
+      <c r="F329" t="s">
         <v>3036</v>
       </c>
-      <c r="F329" t="s">
+      <c r="G329" t="s">
         <v>3037</v>
       </c>
-      <c r="G329" t="s">
+      <c r="H329" t="s">
         <v>3038</v>
       </c>
-      <c r="H329" t="s">
+      <c r="I329" t="s">
         <v>3039</v>
       </c>
-      <c r="I329" t="s">
+      <c r="J329" t="s">
+        <v>439</v>
+      </c>
+      <c r="K329" t="s">
+        <v>726</v>
+      </c>
+      <c r="L329" t="s">
+        <v>441</v>
+      </c>
+      <c r="M329" t="s">
+        <v>727</v>
+      </c>
+      <c r="N329" t="s">
+        <v>28</v>
+      </c>
+      <c r="O329" t="s">
         <v>3040</v>
-      </c>
-[...16 lines deleted...]
-        <v>3041</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
         <v>8315</v>
       </c>
       <c r="B330" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C330" t="s">
         <v>3042</v>
       </c>
-      <c r="C330" t="s">
+      <c r="D330" t="s">
         <v>3043</v>
       </c>
-      <c r="D330" t="s">
+      <c r="E330" t="s">
         <v>3044</v>
       </c>
-      <c r="E330" t="s">
+      <c r="F330" t="s">
         <v>3045</v>
       </c>
-      <c r="F330" t="s">
+      <c r="G330" t="s">
         <v>3046</v>
       </c>
-      <c r="G330" t="s">
+      <c r="H330" t="s">
         <v>3047</v>
       </c>
-      <c r="H330" t="s">
+      <c r="I330" t="s">
         <v>3048</v>
-      </c>
-[...1 lines deleted...]
-        <v>3049</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3050</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
         <v>8341</v>
       </c>
       <c r="B331" t="s">
+        <v>3050</v>
+      </c>
+      <c r="C331" t="s">
         <v>3051</v>
       </c>
-      <c r="C331" t="s">
+      <c r="D331" t="s">
         <v>3052</v>
       </c>
-      <c r="D331" t="s">
+      <c r="E331" t="s">
         <v>3053</v>
       </c>
-      <c r="E331" t="s">
+      <c r="F331" t="s">
         <v>3054</v>
       </c>
-      <c r="F331" t="s">
+      <c r="G331" t="s">
         <v>3055</v>
       </c>
-      <c r="G331" t="s">
+      <c r="H331" t="s">
         <v>3056</v>
       </c>
-      <c r="H331" t="s">
+      <c r="I331" t="s">
         <v>3057</v>
-      </c>
-[...1 lines deleted...]
-        <v>3058</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>170</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>171</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3059</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
         <v>8343</v>
       </c>
       <c r="B332" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C332" t="s">
         <v>3060</v>
       </c>
-      <c r="C332" t="s">
+      <c r="D332" t="s">
         <v>3061</v>
       </c>
-      <c r="D332" t="s">
+      <c r="E332" t="s">
         <v>3062</v>
       </c>
-      <c r="E332" t="s">
+      <c r="F332" t="s">
         <v>3063</v>
       </c>
-      <c r="F332" t="s">
+      <c r="G332" t="s">
         <v>3064</v>
       </c>
-      <c r="G332" t="s">
+      <c r="H332" t="s">
         <v>3065</v>
       </c>
-      <c r="H332" t="s">
+      <c r="I332" t="s">
         <v>3066</v>
-      </c>
-[...1 lines deleted...]
-        <v>3067</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3068</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
         <v>8344</v>
       </c>
       <c r="B333" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C333" t="s">
         <v>3069</v>
       </c>
-      <c r="C333" t="s">
+      <c r="D333" t="s">
         <v>3070</v>
       </c>
-      <c r="D333" t="s">
+      <c r="E333" t="s">
         <v>3071</v>
       </c>
-      <c r="E333" t="s">
+      <c r="F333" t="s">
         <v>3072</v>
       </c>
-      <c r="F333" t="s">
+      <c r="G333" t="s">
         <v>3073</v>
       </c>
-      <c r="G333" t="s">
+      <c r="H333" t="s">
         <v>3074</v>
       </c>
-      <c r="H333" t="s">
+      <c r="I333" t="s">
         <v>3075</v>
-      </c>
-[...1 lines deleted...]
-        <v>3076</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
         <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
         <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3077</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
         <v>8355</v>
       </c>
       <c r="B334" t="s">
+        <v>3077</v>
+      </c>
+      <c r="C334" t="s">
         <v>3078</v>
       </c>
-      <c r="C334" t="s">
+      <c r="D334" t="s">
         <v>3079</v>
       </c>
-      <c r="D334" t="s">
+      <c r="E334" t="s">
         <v>3080</v>
       </c>
-      <c r="E334" t="s">
+      <c r="F334" t="s">
         <v>3081</v>
       </c>
-      <c r="F334" t="s">
+      <c r="G334" t="s">
         <v>3082</v>
       </c>
-      <c r="G334" t="s">
+      <c r="H334" t="s">
         <v>3083</v>
       </c>
-      <c r="H334" t="s">
+      <c r="I334" t="s">
         <v>3084</v>
       </c>
-      <c r="I334" t="s">
+      <c r="J334" t="s">
+        <v>24</v>
+      </c>
+      <c r="K334" t="s">
         <v>3085</v>
       </c>
-      <c r="J334" t="s">
-[...2 lines deleted...]
-      <c r="K334" t="s">
+      <c r="L334" t="s">
+        <v>26</v>
+      </c>
+      <c r="N334" t="s">
+        <v>28</v>
+      </c>
+      <c r="O334" t="s">
         <v>3086</v>
-      </c>
-[...7 lines deleted...]
-        <v>3087</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
         <v>8357</v>
       </c>
       <c r="B335" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C335" t="s">
         <v>3088</v>
       </c>
-      <c r="C335" t="s">
+      <c r="D335" t="s">
         <v>3089</v>
       </c>
-      <c r="D335" t="s">
+      <c r="E335" t="s">
         <v>3090</v>
       </c>
-      <c r="E335" t="s">
+      <c r="F335" t="s">
         <v>3091</v>
       </c>
-      <c r="F335" t="s">
+      <c r="G335" t="s">
         <v>3092</v>
       </c>
-      <c r="G335" t="s">
+      <c r="H335" t="s">
         <v>3093</v>
       </c>
-      <c r="H335" t="s">
+      <c r="I335" t="s">
         <v>3094</v>
       </c>
-      <c r="I335" t="s">
+      <c r="J335" t="s">
+        <v>24</v>
+      </c>
+      <c r="K335" t="s">
+        <v>3085</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3095</v>
-      </c>
-[...13 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
         <v>8377</v>
       </c>
       <c r="B336" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C336" t="s">
         <v>3097</v>
       </c>
-      <c r="C336" t="s">
+      <c r="D336" t="s">
         <v>3098</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" t="s">
         <v>3099</v>
       </c>
-      <c r="E336" t="s">
+      <c r="F336" t="s">
         <v>3100</v>
       </c>
-      <c r="F336" t="s">
+      <c r="G336" t="s">
         <v>3101</v>
       </c>
-      <c r="G336" t="s">
+      <c r="H336" t="s">
         <v>3102</v>
       </c>
-      <c r="H336" t="s">
+      <c r="I336" t="s">
         <v>3103</v>
-      </c>
-[...1 lines deleted...]
-        <v>3104</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
         <v>8386</v>
       </c>
       <c r="B337" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C337" t="s">
         <v>3106</v>
       </c>
-      <c r="C337" t="s">
+      <c r="D337" t="s">
         <v>3107</v>
       </c>
-      <c r="D337" t="s">
+      <c r="E337" t="s">
         <v>3108</v>
       </c>
-      <c r="E337" t="s">
+      <c r="F337" t="s">
         <v>3109</v>
       </c>
-      <c r="F337" t="s">
+      <c r="G337" t="s">
         <v>3110</v>
       </c>
-      <c r="G337" t="s">
+      <c r="H337" t="s">
         <v>3111</v>
       </c>
-      <c r="H337" t="s">
+      <c r="I337" t="s">
         <v>3112</v>
       </c>
-      <c r="I337" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J337" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="K337" t="s">
         <v>170</v>
       </c>
       <c r="L337" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
       <c r="M337" t="s">
         <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
         <v>8387</v>
       </c>
       <c r="B338" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C338" t="s">
         <v>3115</v>
       </c>
-      <c r="C338" t="s">
+      <c r="D338" t="s">
         <v>3116</v>
       </c>
-      <c r="D338" t="s">
+      <c r="E338" t="s">
         <v>3117</v>
       </c>
-      <c r="E338" t="s">
+      <c r="F338" t="s">
         <v>3118</v>
       </c>
-      <c r="F338" t="s">
+      <c r="G338" t="s">
         <v>3119</v>
       </c>
-      <c r="G338" t="s">
+      <c r="H338" t="s">
         <v>3120</v>
       </c>
-      <c r="H338" t="s">
+      <c r="I338" t="s">
         <v>3121</v>
-      </c>
-[...1 lines deleted...]
-        <v>3122</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
         <v>8388</v>
       </c>
       <c r="B339" t="s">
+        <v>3123</v>
+      </c>
+      <c r="C339" t="s">
         <v>3124</v>
       </c>
-      <c r="C339" t="s">
+      <c r="D339" t="s">
         <v>3125</v>
       </c>
-      <c r="D339" t="s">
+      <c r="E339" t="s">
         <v>3126</v>
       </c>
-      <c r="E339" t="s">
+      <c r="F339" t="s">
         <v>3127</v>
       </c>
-      <c r="F339" t="s">
+      <c r="G339" t="s">
         <v>3128</v>
       </c>
-      <c r="G339" t="s">
+      <c r="H339" t="s">
         <v>3129</v>
       </c>
-      <c r="H339" t="s">
+      <c r="I339" t="s">
         <v>3130</v>
-      </c>
-[...1 lines deleted...]
-        <v>3131</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
         <v>8392</v>
       </c>
       <c r="B340" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C340" t="s">
         <v>3133</v>
       </c>
-      <c r="C340" t="s">
+      <c r="D340" t="s">
         <v>3134</v>
       </c>
-      <c r="D340" t="s">
+      <c r="E340" t="s">
         <v>3135</v>
       </c>
-      <c r="E340" t="s">
+      <c r="F340" t="s">
         <v>3136</v>
       </c>
-      <c r="F340" t="s">
+      <c r="G340" t="s">
         <v>3137</v>
       </c>
-      <c r="G340" t="s">
+      <c r="H340" t="s">
         <v>3138</v>
       </c>
-      <c r="H340" t="s">
+      <c r="I340" t="s">
         <v>3139</v>
       </c>
-      <c r="I340" t="s">
+      <c r="J340" t="s">
+        <v>24</v>
+      </c>
+      <c r="K340" t="s">
+        <v>1652</v>
+      </c>
+      <c r="L340" t="s">
+        <v>26</v>
+      </c>
+      <c r="M340" t="s">
+        <v>1654</v>
+      </c>
+      <c r="N340" t="s">
+        <v>28</v>
+      </c>
+      <c r="O340" t="s">
         <v>3140</v>
-      </c>
-[...16 lines deleted...]
-        <v>3141</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
         <v>8402</v>
       </c>
       <c r="B341" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C341" t="s">
         <v>3142</v>
       </c>
-      <c r="C341" t="s">
+      <c r="D341" t="s">
         <v>3143</v>
       </c>
-      <c r="D341" t="s">
+      <c r="E341" t="s">
         <v>3144</v>
       </c>
-      <c r="E341" t="s">
+      <c r="F341" t="s">
         <v>3145</v>
       </c>
-      <c r="F341" t="s">
+      <c r="G341" t="s">
         <v>3146</v>
       </c>
-      <c r="G341" t="s">
+      <c r="H341" t="s">
         <v>3147</v>
       </c>
-      <c r="H341" t="s">
+      <c r="I341" t="s">
         <v>3148</v>
-      </c>
-[...1 lines deleted...]
-        <v>3149</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>170</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3150</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
         <v>8902</v>
       </c>
       <c r="B342" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C342" t="s">
         <v>3151</v>
       </c>
-      <c r="C342" t="s">
+      <c r="D342" t="s">
         <v>3152</v>
       </c>
-      <c r="D342" t="s">
+      <c r="E342" t="s">
         <v>3153</v>
       </c>
-      <c r="E342" t="s">
+      <c r="F342" t="s">
         <v>3154</v>
       </c>
-      <c r="F342" t="s">
+      <c r="G342" t="s">
         <v>3155</v>
       </c>
-      <c r="G342" t="s">
+      <c r="H342" t="s">
         <v>3156</v>
       </c>
-      <c r="H342" t="s">
+      <c r="I342" t="s">
         <v>3157</v>
-      </c>
-[...1 lines deleted...]
-        <v>3158</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3159</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
         <v>8903</v>
       </c>
       <c r="B343" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C343" t="s">
         <v>3160</v>
       </c>
-      <c r="C343" t="s">
+      <c r="D343" t="s">
         <v>3161</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" t="s">
         <v>3162</v>
       </c>
-      <c r="E343" t="s">
+      <c r="F343" t="s">
         <v>3163</v>
       </c>
-      <c r="F343" t="s">
+      <c r="G343" t="s">
         <v>3164</v>
       </c>
-      <c r="G343" t="s">
+      <c r="H343" t="s">
         <v>3165</v>
       </c>
-      <c r="H343" t="s">
+      <c r="I343" t="s">
         <v>3166</v>
-      </c>
-[...1 lines deleted...]
-        <v>3167</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
         <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
         <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3168</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
         <v>8904</v>
       </c>
       <c r="B344" t="s">
+        <v>3168</v>
+      </c>
+      <c r="C344" t="s">
         <v>3169</v>
       </c>
-      <c r="C344" t="s">
+      <c r="D344" t="s">
         <v>3170</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" t="s">
         <v>3171</v>
       </c>
-      <c r="E344" t="s">
+      <c r="F344" t="s">
         <v>3172</v>
       </c>
-      <c r="F344" t="s">
+      <c r="G344" t="s">
         <v>3173</v>
       </c>
-      <c r="G344" t="s">
+      <c r="H344" t="s">
         <v>3174</v>
       </c>
-      <c r="H344" t="s">
+      <c r="I344" t="s">
         <v>3175</v>
-      </c>
-[...1 lines deleted...]
-        <v>3176</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>170</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>171</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3177</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
         <v>8914</v>
       </c>
       <c r="B345" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C345" t="s">
         <v>3178</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" t="s">
         <v>3179</v>
       </c>
-      <c r="D345" t="s">
+      <c r="E345" t="s">
         <v>3180</v>
       </c>
-      <c r="E345" t="s">
+      <c r="F345" t="s">
         <v>3181</v>
       </c>
-      <c r="F345" t="s">
+      <c r="G345" t="s">
         <v>3182</v>
       </c>
-      <c r="G345" t="s">
+      <c r="H345" t="s">
         <v>3183</v>
       </c>
-      <c r="H345" t="s">
+      <c r="I345" t="s">
         <v>3184</v>
-      </c>
-[...1 lines deleted...]
-        <v>3185</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>25</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3186</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
         <v>8918</v>
       </c>
       <c r="B346" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C346" t="s">
         <v>3187</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" t="s">
         <v>3188</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" t="s">
         <v>3189</v>
       </c>
-      <c r="E346" t="s">
+      <c r="F346" t="s">
         <v>3190</v>
       </c>
-      <c r="F346" t="s">
+      <c r="G346" t="s">
         <v>3191</v>
       </c>
-      <c r="G346" t="s">
+      <c r="H346" t="s">
         <v>3192</v>
       </c>
-      <c r="H346" t="s">
+      <c r="I346" t="s">
         <v>3193</v>
-      </c>
-[...1 lines deleted...]
-        <v>3194</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>25</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3195</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
         <v>8945</v>
       </c>
       <c r="B347" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C347" t="s">
         <v>3196</v>
       </c>
-      <c r="C347" t="s">
+      <c r="D347" t="s">
         <v>3197</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" t="s">
         <v>3198</v>
       </c>
-      <c r="E347" t="s">
+      <c r="F347" t="s">
         <v>3199</v>
       </c>
-      <c r="F347" t="s">
+      <c r="G347" t="s">
         <v>3200</v>
       </c>
-      <c r="G347" t="s">
+      <c r="H347" t="s">
         <v>3201</v>
       </c>
-      <c r="H347" t="s">
+      <c r="I347" t="s">
         <v>3202</v>
-      </c>
-[...1 lines deleted...]
-        <v>3203</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>47</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>48</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3204</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
         <v>8950</v>
       </c>
       <c r="B348" t="s">
+        <v>3204</v>
+      </c>
+      <c r="C348" t="s">
         <v>3205</v>
       </c>
-      <c r="C348" t="s">
+      <c r="D348" t="s">
         <v>3206</v>
       </c>
-      <c r="D348" t="s">
+      <c r="E348" t="s">
         <v>3207</v>
       </c>
-      <c r="E348" t="s">
+      <c r="F348" t="s">
         <v>3208</v>
       </c>
-      <c r="F348" t="s">
+      <c r="G348" t="s">
         <v>3209</v>
       </c>
-      <c r="G348" t="s">
+      <c r="H348" t="s">
         <v>3210</v>
       </c>
-      <c r="H348" t="s">
+      <c r="I348" t="s">
         <v>3211</v>
-      </c>
-[...1 lines deleted...]
-        <v>3212</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3213</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
         <v>8951</v>
       </c>
       <c r="B349" t="s">
+        <v>3213</v>
+      </c>
+      <c r="C349" t="s">
         <v>3214</v>
       </c>
-      <c r="C349" t="s">
+      <c r="D349" t="s">
         <v>3215</v>
       </c>
-      <c r="D349" t="s">
+      <c r="E349" t="s">
         <v>3216</v>
       </c>
-      <c r="E349" t="s">
+      <c r="F349" t="s">
         <v>3217</v>
       </c>
-      <c r="F349" t="s">
+      <c r="G349" t="s">
         <v>3218</v>
       </c>
-      <c r="G349" t="s">
+      <c r="H349" t="s">
         <v>3219</v>
       </c>
-      <c r="H349" t="s">
+      <c r="I349" t="s">
         <v>3220</v>
-      </c>
-[...1 lines deleted...]
-        <v>3221</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
         <v>8959</v>
       </c>
       <c r="B350" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C350" t="s">
         <v>3223</v>
       </c>
-      <c r="C350" t="s">
+      <c r="D350" t="s">
         <v>3224</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" t="s">
         <v>3225</v>
       </c>
-      <c r="E350" t="s">
+      <c r="F350" t="s">
         <v>3226</v>
       </c>
-      <c r="F350" t="s">
+      <c r="G350" t="s">
         <v>3227</v>
       </c>
-      <c r="G350" t="s">
+      <c r="H350" t="s">
         <v>3228</v>
       </c>
-      <c r="H350" t="s">
+      <c r="I350" t="s">
         <v>3229</v>
-      </c>
-[...1 lines deleted...]
-        <v>3230</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3231</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
         <v>10014</v>
       </c>
       <c r="B351" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C351" t="s">
         <v>3232</v>
       </c>
-      <c r="C351" t="s">
+      <c r="D351" t="s">
         <v>3233</v>
       </c>
-      <c r="D351" t="s">
+      <c r="E351" t="s">
         <v>3234</v>
       </c>
-      <c r="E351" t="s">
+      <c r="F351" t="s">
         <v>3235</v>
       </c>
-      <c r="F351" t="s">
+      <c r="G351" t="s">
         <v>3236</v>
       </c>
-      <c r="G351" t="s">
+      <c r="H351" t="s">
         <v>3237</v>
       </c>
-      <c r="H351" t="s">
+      <c r="I351" t="s">
         <v>3238</v>
       </c>
-      <c r="I351" t="s">
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
         <v>3239</v>
       </c>
-      <c r="J351" t="s">
-[...2 lines deleted...]
-      <c r="K351" t="s">
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3240</v>
-      </c>
-[...10 lines deleted...]
-        <v>3242</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
         <v>10015</v>
       </c>
       <c r="B352" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D352" t="s">
         <v>3243</v>
       </c>
-      <c r="C352" t="s">
+      <c r="E352" t="s">
         <v>3244</v>
       </c>
-      <c r="D352" t="s">
+      <c r="F352" t="s">
         <v>3245</v>
       </c>
-      <c r="E352" t="s">
+      <c r="G352" t="s">
         <v>3246</v>
       </c>
-      <c r="F352" t="s">
+      <c r="H352" t="s">
         <v>3247</v>
       </c>
-      <c r="G352" t="s">
+      <c r="I352" t="s">
         <v>3248</v>
-      </c>
-[...4 lines deleted...]
-        <v>3250</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3251</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
         <v>10036</v>
       </c>
       <c r="B353" t="s">
+        <v>3250</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3251</v>
+      </c>
+      <c r="D353" t="s">
         <v>3252</v>
       </c>
-      <c r="C353" t="s">
+      <c r="E353" t="s">
         <v>3253</v>
       </c>
-      <c r="D353" t="s">
+      <c r="F353" t="s">
         <v>3254</v>
       </c>
-      <c r="E353" t="s">
+      <c r="G353" t="s">
         <v>3255</v>
       </c>
-      <c r="F353" t="s">
+      <c r="H353" t="s">
         <v>3256</v>
       </c>
-      <c r="G353" t="s">
+      <c r="I353" t="s">
         <v>3257</v>
-      </c>
-[...4 lines deleted...]
-        <v>3259</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3260</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
         <v>10046</v>
       </c>
       <c r="B354" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D354" t="s">
         <v>3261</v>
       </c>
-      <c r="C354" t="s">
+      <c r="E354" t="s">
         <v>3262</v>
       </c>
-      <c r="D354" t="s">
+      <c r="F354" t="s">
         <v>3263</v>
       </c>
-      <c r="E354" t="s">
+      <c r="G354" t="s">
         <v>3264</v>
       </c>
-      <c r="F354" t="s">
+      <c r="H354" t="s">
         <v>3265</v>
       </c>
-      <c r="G354" t="s">
+      <c r="I354" t="s">
         <v>3266</v>
       </c>
-      <c r="H354" t="s">
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
+        <v>273</v>
+      </c>
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
+        <v>274</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
         <v>3267</v>
-      </c>
-[...19 lines deleted...]
-        <v>3269</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
         <v>10098</v>
       </c>
       <c r="B355" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3269</v>
+      </c>
+      <c r="D355" t="s">
         <v>3270</v>
       </c>
-      <c r="C355" t="s">
+      <c r="E355" t="s">
         <v>3271</v>
       </c>
-      <c r="D355" t="s">
+      <c r="F355" t="s">
         <v>3272</v>
       </c>
-      <c r="E355" t="s">
+      <c r="G355" t="s">
         <v>3273</v>
       </c>
-      <c r="F355" t="s">
+      <c r="H355" t="s">
         <v>3274</v>
       </c>
-      <c r="G355" t="s">
+      <c r="I355" t="s">
         <v>3275</v>
-      </c>
-[...4 lines deleted...]
-        <v>3277</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3278</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
         <v>10101</v>
       </c>
       <c r="B356" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3278</v>
+      </c>
+      <c r="D356" t="s">
         <v>3279</v>
       </c>
-      <c r="C356" t="s">
+      <c r="E356" t="s">
         <v>3280</v>
       </c>
-      <c r="D356" t="s">
+      <c r="F356" t="s">
         <v>3281</v>
       </c>
-      <c r="E356" t="s">
+      <c r="G356" t="s">
         <v>3282</v>
       </c>
-      <c r="F356" t="s">
+      <c r="H356" t="s">
         <v>3283</v>
       </c>
-      <c r="G356" t="s">
+      <c r="I356" t="s">
         <v>3284</v>
-      </c>
-[...4 lines deleted...]
-        <v>3286</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
         <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
         <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3287</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
         <v>10412</v>
       </c>
       <c r="B357" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D357" t="s">
         <v>3288</v>
       </c>
-      <c r="C357" t="s">
+      <c r="E357" t="s">
         <v>3289</v>
       </c>
-      <c r="D357" t="s">
+      <c r="F357" t="s">
         <v>3290</v>
       </c>
-      <c r="E357" t="s">
+      <c r="G357" t="s">
         <v>3291</v>
       </c>
-      <c r="F357" t="s">
+      <c r="H357" t="s">
         <v>3292</v>
       </c>
-      <c r="G357" t="s">
+      <c r="I357" t="s">
         <v>3293</v>
-      </c>
-[...4 lines deleted...]
-        <v>3295</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3296</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
         <v>10603</v>
       </c>
       <c r="B358" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D358" t="s">
         <v>3297</v>
       </c>
-      <c r="C358" t="s">
+      <c r="E358" t="s">
         <v>3298</v>
       </c>
-      <c r="D358" t="s">
+      <c r="F358" t="s">
         <v>3299</v>
       </c>
-      <c r="E358" t="s">
+      <c r="G358" t="s">
         <v>3300</v>
       </c>
-      <c r="F358" t="s">
+      <c r="H358" t="s">
         <v>3301</v>
       </c>
-      <c r="G358" t="s">
+      <c r="I358" t="s">
         <v>3302</v>
-      </c>
-[...4 lines deleted...]
-        <v>3304</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
         <v>27</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3305</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
         <v>10647</v>
       </c>
       <c r="B359" t="s">
+        <v>3304</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D359" t="s">
         <v>3306</v>
       </c>
-      <c r="C359" t="s">
+      <c r="E359" t="s">
         <v>3307</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" t="s">
         <v>3308</v>
       </c>
-      <c r="E359" t="s">
+      <c r="G359" t="s">
         <v>3309</v>
       </c>
-      <c r="F359" t="s">
+      <c r="H359" t="s">
         <v>3310</v>
       </c>
-      <c r="G359" t="s">
+      <c r="I359" t="s">
         <v>3311</v>
-      </c>
-[...4 lines deleted...]
-        <v>3313</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3314</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
         <v>10887</v>
       </c>
       <c r="B360" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3314</v>
+      </c>
+      <c r="D360" t="s">
         <v>3315</v>
       </c>
-      <c r="C360" t="s">
+      <c r="E360" t="s">
         <v>3316</v>
       </c>
-      <c r="D360" t="s">
+      <c r="F360" t="s">
         <v>3317</v>
       </c>
-      <c r="E360" t="s">
+      <c r="G360" t="s">
         <v>3318</v>
       </c>
-      <c r="F360" t="s">
+      <c r="H360" t="s">
         <v>3319</v>
       </c>
-      <c r="G360" t="s">
+      <c r="I360" t="s">
         <v>3320</v>
-      </c>
-[...4 lines deleted...]
-        <v>3322</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3323</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
         <v>10925</v>
       </c>
       <c r="B361" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3323</v>
+      </c>
+      <c r="D361" t="s">
         <v>3324</v>
       </c>
-      <c r="C361" t="s">
+      <c r="E361" t="s">
         <v>3325</v>
       </c>
-      <c r="D361" t="s">
+      <c r="F361" t="s">
         <v>3326</v>
       </c>
-      <c r="E361" t="s">
+      <c r="G361" t="s">
         <v>3327</v>
       </c>
-      <c r="F361" t="s">
+      <c r="H361" t="s">
         <v>3328</v>
       </c>
-      <c r="G361" t="s">
+      <c r="I361" t="s">
         <v>3329</v>
-      </c>
-[...4 lines deleted...]
-        <v>3331</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3332</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
         <v>10930</v>
       </c>
       <c r="B362" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3332</v>
+      </c>
+      <c r="D362" t="s">
         <v>3333</v>
       </c>
-      <c r="C362" t="s">
+      <c r="E362" t="s">
         <v>3334</v>
       </c>
-      <c r="D362" t="s">
+      <c r="F362" t="s">
         <v>3335</v>
       </c>
-      <c r="E362" t="s">
+      <c r="G362" t="s">
         <v>3336</v>
       </c>
-      <c r="F362" t="s">
+      <c r="H362" t="s">
         <v>3337</v>
       </c>
-      <c r="G362" t="s">
+      <c r="I362" t="s">
         <v>3338</v>
       </c>
-      <c r="H362" t="s">
+      <c r="J362" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K362" t="s">
+        <v>273</v>
+      </c>
+      <c r="L362" t="s">
+        <v>1323</v>
+      </c>
+      <c r="M362" t="s">
+        <v>274</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3339</v>
-      </c>
-[...19 lines deleted...]
-        <v>3341</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
         <v>10947</v>
       </c>
       <c r="B363" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D363" t="s">
         <v>3342</v>
       </c>
-      <c r="C363" t="s">
+      <c r="E363" t="s">
         <v>3343</v>
       </c>
-      <c r="D363" t="s">
+      <c r="F363" t="s">
         <v>3344</v>
       </c>
-      <c r="E363" t="s">
+      <c r="G363" t="s">
         <v>3345</v>
       </c>
-      <c r="F363" t="s">
+      <c r="H363" t="s">
         <v>3346</v>
       </c>
-      <c r="G363" t="s">
+      <c r="I363" t="s">
         <v>3347</v>
-      </c>
-[...4 lines deleted...]
-        <v>3349</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3350</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
         <v>10948</v>
       </c>
       <c r="B364" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3350</v>
+      </c>
+      <c r="D364" t="s">
         <v>3351</v>
       </c>
-      <c r="C364" t="s">
+      <c r="E364" t="s">
         <v>3352</v>
       </c>
-      <c r="D364" t="s">
+      <c r="F364" t="s">
         <v>3353</v>
       </c>
-      <c r="E364" t="s">
+      <c r="G364" t="s">
         <v>3354</v>
       </c>
-      <c r="F364" t="s">
+      <c r="H364" t="s">
         <v>3355</v>
       </c>
-      <c r="G364" t="s">
+      <c r="I364" t="s">
         <v>3356</v>
-      </c>
-[...4 lines deleted...]
-        <v>3358</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>170</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>171</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3359</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
         <v>10950</v>
       </c>
       <c r="B365" t="s">
+        <v>3358</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3359</v>
+      </c>
+      <c r="D365" t="s">
         <v>3360</v>
       </c>
-      <c r="C365" t="s">
+      <c r="E365" t="s">
         <v>3361</v>
       </c>
-      <c r="D365" t="s">
+      <c r="F365" t="s">
         <v>3362</v>
       </c>
-      <c r="E365" t="s">
+      <c r="G365" t="s">
         <v>3363</v>
       </c>
-      <c r="F365" t="s">
+      <c r="H365" t="s">
         <v>3364</v>
       </c>
-      <c r="G365" t="s">
+      <c r="I365" t="s">
         <v>3365</v>
       </c>
-      <c r="H365" t="s">
+      <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
         <v>3366</v>
       </c>
-      <c r="I365" t="s">
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
         <v>3367</v>
-      </c>
-[...13 lines deleted...]
-        <v>3369</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
         <v>10951</v>
       </c>
       <c r="B366" t="s">
+        <v>3368</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3369</v>
+      </c>
+      <c r="D366" t="s">
         <v>3370</v>
       </c>
-      <c r="C366" t="s">
+      <c r="E366" t="s">
         <v>3371</v>
       </c>
-      <c r="D366" t="s">
+      <c r="F366" t="s">
         <v>3372</v>
       </c>
-      <c r="E366" t="s">
+      <c r="G366" t="s">
         <v>3373</v>
       </c>
-      <c r="F366" t="s">
+      <c r="H366" t="s">
         <v>3374</v>
       </c>
-      <c r="G366" t="s">
+      <c r="I366" t="s">
         <v>3375</v>
-      </c>
-[...4 lines deleted...]
-        <v>3377</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
         <v>47</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
         <v>48</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3378</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
         <v>11000</v>
       </c>
       <c r="B367" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D367" t="s">
         <v>3379</v>
       </c>
-      <c r="C367" t="s">
+      <c r="E367" t="s">
         <v>3380</v>
       </c>
-      <c r="D367" t="s">
+      <c r="F367" t="s">
         <v>3381</v>
       </c>
-      <c r="E367" t="s">
+      <c r="G367" t="s">
         <v>3382</v>
       </c>
-      <c r="F367" t="s">
+      <c r="H367" t="s">
         <v>3383</v>
       </c>
-      <c r="G367" t="s">
+      <c r="I367" t="s">
         <v>3384</v>
-      </c>
-[...4 lines deleted...]
-        <v>3386</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3387</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
         <v>11220</v>
       </c>
       <c r="B368" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D368" t="s">
         <v>3388</v>
       </c>
-      <c r="C368" t="s">
+      <c r="E368" t="s">
         <v>3389</v>
       </c>
-      <c r="D368" t="s">
+      <c r="F368" t="s">
         <v>3390</v>
       </c>
-      <c r="E368" t="s">
+      <c r="G368" t="s">
         <v>3391</v>
       </c>
-      <c r="F368" t="s">
+      <c r="H368" t="s">
         <v>3392</v>
       </c>
-      <c r="G368" t="s">
+      <c r="I368" t="s">
         <v>3393</v>
       </c>
-      <c r="H368" t="s">
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>670</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>671</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
         <v>3394</v>
-      </c>
-[...19 lines deleted...]
-        <v>3396</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
         <v>11231</v>
       </c>
       <c r="B369" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D369" t="s">
         <v>3397</v>
       </c>
-      <c r="C369" t="s">
+      <c r="E369" t="s">
         <v>3398</v>
       </c>
-      <c r="D369" t="s">
+      <c r="F369" t="s">
         <v>3399</v>
       </c>
-      <c r="E369" t="s">
+      <c r="G369" t="s">
         <v>3400</v>
       </c>
-      <c r="F369" t="s">
+      <c r="H369" t="s">
         <v>3401</v>
       </c>
-      <c r="G369" t="s">
+      <c r="I369" t="s">
         <v>3402</v>
-      </c>
-[...4 lines deleted...]
-        <v>3404</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>170</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3405</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
         <v>11287</v>
       </c>
       <c r="B370" t="s">
+        <v>3404</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D370" t="s">
         <v>3406</v>
       </c>
-      <c r="C370" t="s">
+      <c r="E370" t="s">
         <v>3407</v>
       </c>
-      <c r="D370" t="s">
+      <c r="F370" t="s">
         <v>3408</v>
       </c>
-      <c r="E370" t="s">
+      <c r="G370" t="s">
         <v>3409</v>
       </c>
-      <c r="F370" t="s">
+      <c r="H370" t="s">
         <v>3410</v>
       </c>
-      <c r="G370" t="s">
+      <c r="I370" t="s">
         <v>3411</v>
-      </c>
-[...4 lines deleted...]
-        <v>3413</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3414</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
         <v>11299</v>
       </c>
       <c r="B371" t="s">
+        <v>3413</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D371" t="s">
         <v>3415</v>
       </c>
-      <c r="C371" t="s">
+      <c r="E371" t="s">
         <v>3416</v>
       </c>
-      <c r="D371" t="s">
+      <c r="F371" t="s">
         <v>3417</v>
       </c>
-      <c r="E371" t="s">
+      <c r="G371" t="s">
         <v>3418</v>
       </c>
-      <c r="F371" t="s">
+      <c r="H371" t="s">
         <v>3419</v>
       </c>
-      <c r="G371" t="s">
+      <c r="I371" t="s">
         <v>3420</v>
-      </c>
-[...4 lines deleted...]
-        <v>3422</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3423</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
         <v>11306</v>
       </c>
       <c r="B372" t="s">
+        <v>3422</v>
+      </c>
+      <c r="C372" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D372" t="s">
         <v>3424</v>
       </c>
-      <c r="C372" t="s">
+      <c r="E372" t="s">
         <v>3425</v>
       </c>
-      <c r="D372" t="s">
+      <c r="F372" t="s">
         <v>3426</v>
       </c>
-      <c r="E372" t="s">
+      <c r="G372" t="s">
         <v>3427</v>
       </c>
-      <c r="F372" t="s">
+      <c r="H372" t="s">
         <v>3428</v>
       </c>
-      <c r="G372" t="s">
+      <c r="I372" t="s">
         <v>3429</v>
       </c>
-      <c r="H372" t="s">
+      <c r="J372" t="s">
+        <v>24</v>
+      </c>
+      <c r="K372" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L372" t="s">
+        <v>26</v>
+      </c>
+      <c r="N372" t="s">
+        <v>28</v>
+      </c>
+      <c r="O372" t="s">
         <v>3430</v>
-      </c>
-[...16 lines deleted...]
-        <v>3432</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
         <v>58060</v>
       </c>
       <c r="B373" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C373" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D373" t="s">
         <v>3433</v>
       </c>
-      <c r="C373" t="s">
+      <c r="E373" t="s">
         <v>3434</v>
       </c>
-      <c r="D373" t="s">
+      <c r="F373" t="s">
         <v>3435</v>
       </c>
-      <c r="E373" t="s">
+      <c r="G373" t="s">
         <v>3436</v>
       </c>
-      <c r="F373" t="s">
+      <c r="H373" t="s">
         <v>3437</v>
       </c>
-      <c r="G373" t="s">
+      <c r="I373" t="s">
         <v>3438</v>
       </c>
-      <c r="H373" t="s">
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
         <v>3439</v>
       </c>
-      <c r="I373" t="s">
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
         <v>3440</v>
-      </c>
-[...16 lines deleted...]
-        <v>3443</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
         <v>58066</v>
       </c>
       <c r="B374" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C374" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D374" t="s">
+        <v>3443</v>
+      </c>
+      <c r="E374" t="s">
         <v>3444</v>
       </c>
-      <c r="C374" t="s">
+      <c r="F374" t="s">
         <v>3445</v>
       </c>
-      <c r="D374" t="s">
+      <c r="G374" t="s">
         <v>3446</v>
       </c>
-      <c r="E374" t="s">
+      <c r="H374" t="s">
         <v>3447</v>
       </c>
-      <c r="F374" t="s">
+      <c r="I374" t="s">
         <v>3448</v>
       </c>
-      <c r="G374" t="s">
+      <c r="J374" t="s">
+        <v>24</v>
+      </c>
+      <c r="K374" t="s">
+        <v>273</v>
+      </c>
+      <c r="L374" t="s">
+        <v>26</v>
+      </c>
+      <c r="M374" t="s">
+        <v>274</v>
+      </c>
+      <c r="N374" t="s">
+        <v>28</v>
+      </c>
+      <c r="O374" t="s">
         <v>3449</v>
-      </c>
-[...22 lines deleted...]
-        <v>3452</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
         <v>58120</v>
       </c>
       <c r="B375" t="s">
+        <v>3450</v>
+      </c>
+      <c r="C375" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D375" t="s">
+        <v>3452</v>
+      </c>
+      <c r="E375" t="s">
         <v>3453</v>
       </c>
-      <c r="C375" t="s">
+      <c r="F375" t="s">
         <v>3454</v>
       </c>
-      <c r="D375" t="s">
+      <c r="G375" t="s">
         <v>3455</v>
       </c>
-      <c r="E375" t="s">
+      <c r="H375" t="s">
         <v>3456</v>
       </c>
-      <c r="F375" t="s">
+      <c r="I375" t="s">
         <v>3457</v>
-      </c>
-[...7 lines deleted...]
-        <v>3460</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3461</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
         <v>58122</v>
       </c>
       <c r="B376" t="s">
+        <v>3459</v>
+      </c>
+      <c r="C376" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D376" t="s">
+        <v>3461</v>
+      </c>
+      <c r="E376" t="s">
         <v>3462</v>
       </c>
-      <c r="C376" t="s">
+      <c r="F376" t="s">
         <v>3463</v>
       </c>
-      <c r="D376" t="s">
+      <c r="G376" t="s">
         <v>3464</v>
       </c>
-      <c r="E376" t="s">
+      <c r="H376" t="s">
         <v>3465</v>
       </c>
-      <c r="F376" t="s">
+      <c r="I376" t="s">
         <v>3466</v>
-      </c>
-[...7 lines deleted...]
-        <v>3469</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>170</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>171</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3470</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
         <v>58144</v>
       </c>
       <c r="B377" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C377" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D377" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E377" t="s">
         <v>3471</v>
       </c>
-      <c r="C377" t="s">
+      <c r="F377" t="s">
         <v>3472</v>
       </c>
-      <c r="D377" t="s">
+      <c r="G377" t="s">
         <v>3473</v>
       </c>
-      <c r="E377" t="s">
+      <c r="H377" t="s">
         <v>3474</v>
       </c>
-      <c r="F377" t="s">
+      <c r="I377" t="s">
         <v>3475</v>
-      </c>
-[...7 lines deleted...]
-        <v>3478</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3479</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
         <v>58148</v>
       </c>
       <c r="B378" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D378" t="s">
+        <v>3479</v>
+      </c>
+      <c r="E378" t="s">
         <v>3480</v>
       </c>
-      <c r="C378" t="s">
+      <c r="F378" t="s">
         <v>3481</v>
       </c>
-      <c r="D378" t="s">
+      <c r="G378" t="s">
         <v>3482</v>
       </c>
-      <c r="E378" t="s">
+      <c r="H378" t="s">
         <v>3483</v>
       </c>
-      <c r="F378" t="s">
+      <c r="I378" t="s">
         <v>3484</v>
       </c>
-      <c r="G378" t="s">
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
         <v>3485</v>
-      </c>
-[...22 lines deleted...]
-        <v>3488</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
         <v>58218</v>
       </c>
       <c r="B379" t="s">
+        <v>3486</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3488</v>
+      </c>
+      <c r="E379" t="s">
         <v>3489</v>
       </c>
-      <c r="C379" t="s">
+      <c r="F379" t="s">
         <v>3490</v>
       </c>
-      <c r="D379" t="s">
+      <c r="G379" t="s">
         <v>3491</v>
       </c>
-      <c r="E379" t="s">
+      <c r="H379" t="s">
         <v>3492</v>
       </c>
-      <c r="F379" t="s">
+      <c r="I379" t="s">
         <v>3493</v>
-      </c>
-[...7 lines deleted...]
-        <v>3496</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3497</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
         <v>58223</v>
       </c>
       <c r="B380" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D380" t="s">
+        <v>3497</v>
+      </c>
+      <c r="E380" t="s">
         <v>3498</v>
       </c>
-      <c r="C380" t="s">
+      <c r="F380" t="s">
         <v>3499</v>
       </c>
-      <c r="D380" t="s">
+      <c r="G380" t="s">
         <v>3500</v>
       </c>
-      <c r="E380" t="s">
+      <c r="H380" t="s">
         <v>3501</v>
       </c>
-      <c r="F380" t="s">
+      <c r="I380" t="s">
         <v>3502</v>
-      </c>
-[...7 lines deleted...]
-        <v>3505</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
         <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
         <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3506</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
         <v>58240</v>
       </c>
       <c r="B381" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D381" t="s">
+        <v>3506</v>
+      </c>
+      <c r="E381" t="s">
         <v>3507</v>
       </c>
-      <c r="C381" t="s">
+      <c r="F381" t="s">
         <v>3508</v>
       </c>
-      <c r="D381" t="s">
+      <c r="G381" t="s">
         <v>3509</v>
       </c>
-      <c r="E381" t="s">
+      <c r="H381" t="s">
         <v>3510</v>
       </c>
-      <c r="F381" t="s">
+      <c r="I381" t="s">
         <v>3511</v>
       </c>
-      <c r="G381" t="s">
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
         <v>3512</v>
       </c>
-      <c r="H381" t="s">
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
         <v>3513</v>
-      </c>
-[...16 lines deleted...]
-        <v>3516</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
         <v>58259</v>
       </c>
       <c r="B382" t="s">
+        <v>3514</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D382" t="s">
+        <v>3516</v>
+      </c>
+      <c r="E382" t="s">
         <v>3517</v>
       </c>
-      <c r="C382" t="s">
+      <c r="F382" t="s">
         <v>3518</v>
       </c>
-      <c r="D382" t="s">
+      <c r="G382" t="s">
         <v>3519</v>
       </c>
-      <c r="E382" t="s">
+      <c r="H382" t="s">
         <v>3520</v>
       </c>
-      <c r="F382" t="s">
+      <c r="I382" t="s">
         <v>3521</v>
       </c>
-      <c r="G382" t="s">
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
         <v>3522</v>
       </c>
-      <c r="H382" t="s">
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
         <v>3523</v>
-      </c>
-[...16 lines deleted...]
-        <v>3526</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
         <v>64637</v>
       </c>
       <c r="B383" t="s">
+        <v>3524</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D383" t="s">
+        <v>3526</v>
+      </c>
+      <c r="E383" t="s">
         <v>3527</v>
       </c>
-      <c r="C383" t="s">
+      <c r="F383" t="s">
         <v>3528</v>
       </c>
-      <c r="D383" t="s">
+      <c r="G383" t="s">
         <v>3529</v>
       </c>
-      <c r="E383" t="s">
+      <c r="H383" t="s">
         <v>3530</v>
       </c>
-      <c r="F383" t="s">
+      <c r="I383" t="s">
         <v>3531</v>
-      </c>
-[...7 lines deleted...]
-        <v>3534</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>47</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>48</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3535</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
         <v>64643</v>
       </c>
       <c r="B384" t="s">
+        <v>3533</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D384" t="s">
+        <v>3535</v>
+      </c>
+      <c r="E384" t="s">
         <v>3536</v>
       </c>
-      <c r="C384" t="s">
+      <c r="F384" t="s">
         <v>3537</v>
       </c>
-      <c r="D384" t="s">
+      <c r="G384" t="s">
         <v>3538</v>
       </c>
-      <c r="E384" t="s">
+      <c r="H384" t="s">
         <v>3539</v>
       </c>
-      <c r="F384" t="s">
+      <c r="I384" t="s">
         <v>3540</v>
-      </c>
-[...7 lines deleted...]
-        <v>3543</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3544</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
         <v>64689</v>
       </c>
       <c r="B385" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D385" t="s">
+        <v>3544</v>
+      </c>
+      <c r="E385" t="s">
         <v>3545</v>
       </c>
-      <c r="C385" t="s">
+      <c r="F385" t="s">
         <v>3546</v>
       </c>
-      <c r="D385" t="s">
+      <c r="G385" t="s">
         <v>3547</v>
       </c>
-      <c r="E385" t="s">
+      <c r="H385" t="s">
         <v>3548</v>
       </c>
-      <c r="F385" t="s">
+      <c r="I385" t="s">
         <v>3549</v>
-      </c>
-[...7 lines deleted...]
-        <v>3552</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>59</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>61</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3553</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
         <v>65000</v>
       </c>
       <c r="B386" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3552</v>
+      </c>
+      <c r="D386" t="s">
+        <v>3553</v>
+      </c>
+      <c r="E386" t="s">
         <v>3554</v>
       </c>
-      <c r="C386" t="s">
+      <c r="F386" t="s">
         <v>3555</v>
       </c>
-      <c r="D386" t="s">
+      <c r="G386" t="s">
         <v>3556</v>
       </c>
-      <c r="E386" t="s">
+      <c r="H386" t="s">
         <v>3557</v>
       </c>
-      <c r="F386" t="s">
+      <c r="I386" t="s">
         <v>3558</v>
-      </c>
-[...7 lines deleted...]
-        <v>3561</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
         <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
         <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3562</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
         <v>65001</v>
       </c>
       <c r="B387" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D387" t="s">
+        <v>3562</v>
+      </c>
+      <c r="E387" t="s">
         <v>3563</v>
       </c>
-      <c r="C387" t="s">
+      <c r="F387" t="s">
         <v>3564</v>
       </c>
-      <c r="D387" t="s">
+      <c r="G387" t="s">
         <v>3565</v>
       </c>
-      <c r="E387" t="s">
+      <c r="H387" t="s">
         <v>3566</v>
       </c>
-      <c r="F387" t="s">
+      <c r="I387" t="s">
         <v>3567</v>
-      </c>
-[...7 lines deleted...]
-        <v>3570</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3571</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
         <v>65002</v>
       </c>
       <c r="B388" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D388" t="s">
+        <v>3571</v>
+      </c>
+      <c r="E388" t="s">
         <v>3572</v>
       </c>
-      <c r="C388" t="s">
+      <c r="F388" t="s">
         <v>3573</v>
       </c>
-      <c r="D388" t="s">
+      <c r="G388" t="s">
         <v>3574</v>
       </c>
-      <c r="E388" t="s">
+      <c r="H388" t="s">
         <v>3575</v>
       </c>
-      <c r="F388" t="s">
+      <c r="I388" t="s">
         <v>3576</v>
-      </c>
-[...7 lines deleted...]
-        <v>3579</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>25</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>27</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3580</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
         <v>65003</v>
       </c>
       <c r="B389" t="s">
+        <v>3578</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D389" t="s">
+        <v>3580</v>
+      </c>
+      <c r="E389" t="s">
         <v>3581</v>
       </c>
-      <c r="C389" t="s">
+      <c r="F389" t="s">
         <v>3582</v>
       </c>
-      <c r="D389" t="s">
+      <c r="G389" t="s">
         <v>3583</v>
       </c>
-      <c r="E389" t="s">
+      <c r="H389" t="s">
         <v>3584</v>
       </c>
-      <c r="F389" t="s">
+      <c r="I389" t="s">
         <v>3585</v>
-      </c>
-[...7 lines deleted...]
-        <v>3588</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>170</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>171</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3589</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
         <v>65004</v>
       </c>
       <c r="B390" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D390" t="s">
+        <v>3589</v>
+      </c>
+      <c r="E390" t="s">
         <v>3590</v>
       </c>
-      <c r="C390" t="s">
+      <c r="F390" t="s">
         <v>3591</v>
       </c>
-      <c r="D390" t="s">
+      <c r="G390" t="s">
         <v>3592</v>
       </c>
-      <c r="E390" t="s">
+      <c r="H390" t="s">
         <v>3593</v>
       </c>
-      <c r="F390" t="s">
+      <c r="I390" t="s">
         <v>3594</v>
-      </c>
-[...7 lines deleted...]
-        <v>3597</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3598</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
         <v>65005</v>
       </c>
       <c r="B391" t="s">
+        <v>3596</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D391" t="s">
+        <v>3598</v>
+      </c>
+      <c r="E391" t="s">
         <v>3599</v>
       </c>
-      <c r="C391" t="s">
+      <c r="F391" t="s">
         <v>3600</v>
       </c>
-      <c r="D391" t="s">
+      <c r="G391" t="s">
         <v>3601</v>
       </c>
-      <c r="E391" t="s">
+      <c r="H391" t="s">
         <v>3602</v>
       </c>
-      <c r="F391" t="s">
+      <c r="I391" t="s">
         <v>3603</v>
       </c>
-      <c r="G391" t="s">
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
         <v>3604</v>
       </c>
-      <c r="H391" t="s">
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
         <v>3605</v>
       </c>
-      <c r="I391" t="s">
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
         <v>3606</v>
-      </c>
-[...16 lines deleted...]
-        <v>3609</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
         <v>65006</v>
       </c>
       <c r="B392" t="s">
+        <v>3607</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3608</v>
+      </c>
+      <c r="D392" t="s">
+        <v>3609</v>
+      </c>
+      <c r="E392" t="s">
         <v>3610</v>
       </c>
-      <c r="C392" t="s">
+      <c r="F392" t="s">
         <v>3611</v>
       </c>
-      <c r="D392" t="s">
+      <c r="G392" t="s">
         <v>3612</v>
       </c>
-      <c r="E392" t="s">
+      <c r="H392" t="s">
         <v>3613</v>
       </c>
-      <c r="F392" t="s">
+      <c r="I392" t="s">
         <v>3614</v>
       </c>
-      <c r="G392" t="s">
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
         <v>3615</v>
       </c>
-      <c r="H392" t="s">
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
         <v>3616</v>
       </c>
-      <c r="I392" t="s">
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
         <v>3617</v>
-      </c>
-[...16 lines deleted...]
-        <v>3620</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
         <v>65007</v>
       </c>
       <c r="B393" t="s">
+        <v>3618</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3620</v>
+      </c>
+      <c r="E393" t="s">
         <v>3621</v>
       </c>
-      <c r="C393" t="s">
+      <c r="F393" t="s">
         <v>3622</v>
       </c>
-      <c r="D393" t="s">
+      <c r="G393" t="s">
         <v>3623</v>
       </c>
-      <c r="E393" t="s">
+      <c r="H393" t="s">
         <v>3624</v>
       </c>
-      <c r="F393" t="s">
+      <c r="I393" t="s">
         <v>3625</v>
-      </c>
-[...7 lines deleted...]
-        <v>3628</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3629</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
         <v>65008</v>
       </c>
       <c r="B394" t="s">
+        <v>3627</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3628</v>
+      </c>
+      <c r="D394" t="s">
+        <v>3629</v>
+      </c>
+      <c r="E394" t="s">
         <v>3630</v>
       </c>
-      <c r="C394" t="s">
+      <c r="F394" t="s">
         <v>3631</v>
       </c>
-      <c r="D394" t="s">
+      <c r="G394" t="s">
         <v>3632</v>
       </c>
-      <c r="E394" t="s">
+      <c r="H394" t="s">
         <v>3633</v>
       </c>
-      <c r="F394" t="s">
+      <c r="I394" t="s">
         <v>3634</v>
-      </c>
-[...7 lines deleted...]
-        <v>3637</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
         <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
         <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3638</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
         <v>65009</v>
       </c>
       <c r="B395" t="s">
+        <v>3636</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D395" t="s">
+        <v>3638</v>
+      </c>
+      <c r="E395" t="s">
         <v>3639</v>
       </c>
-      <c r="C395" t="s">
+      <c r="F395" t="s">
         <v>3640</v>
       </c>
-      <c r="D395" t="s">
+      <c r="G395" t="s">
         <v>3641</v>
       </c>
-      <c r="E395" t="s">
+      <c r="H395" t="s">
         <v>3642</v>
       </c>
-      <c r="F395" t="s">
+      <c r="I395" t="s">
         <v>3643</v>
-      </c>
-[...7 lines deleted...]
-        <v>3646</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
         <v>170</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
         <v>171</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3647</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
         <v>65010</v>
       </c>
       <c r="B396" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3647</v>
+      </c>
+      <c r="E396" t="s">
         <v>3648</v>
       </c>
-      <c r="C396" t="s">
+      <c r="F396" t="s">
         <v>3649</v>
       </c>
-      <c r="D396" t="s">
+      <c r="G396" t="s">
         <v>3650</v>
       </c>
-      <c r="E396" t="s">
+      <c r="H396" t="s">
         <v>3651</v>
       </c>
-      <c r="F396" t="s">
+      <c r="I396" t="s">
         <v>3652</v>
-      </c>
-[...7 lines deleted...]
-        <v>3655</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
         <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
         <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3656</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
         <v>65011</v>
       </c>
       <c r="B397" t="s">
+        <v>3654</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3655</v>
+      </c>
+      <c r="D397" t="s">
+        <v>3656</v>
+      </c>
+      <c r="E397" t="s">
         <v>3657</v>
       </c>
-      <c r="C397" t="s">
+      <c r="F397" t="s">
         <v>3658</v>
       </c>
-      <c r="D397" t="s">
+      <c r="G397" t="s">
         <v>3659</v>
       </c>
-      <c r="E397" t="s">
+      <c r="H397" t="s">
         <v>3660</v>
       </c>
-      <c r="F397" t="s">
+      <c r="I397" t="s">
         <v>3661</v>
-      </c>
-[...7 lines deleted...]
-        <v>3664</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3665</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
         <v>65012</v>
       </c>
       <c r="B398" t="s">
+        <v>3663</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3664</v>
+      </c>
+      <c r="D398" t="s">
+        <v>3665</v>
+      </c>
+      <c r="E398" t="s">
         <v>3666</v>
       </c>
-      <c r="C398" t="s">
+      <c r="F398" t="s">
         <v>3667</v>
       </c>
-      <c r="D398" t="s">
+      <c r="G398" t="s">
         <v>3668</v>
       </c>
-      <c r="E398" t="s">
+      <c r="H398" t="s">
         <v>3669</v>
       </c>
-      <c r="F398" t="s">
+      <c r="I398" t="s">
         <v>3670</v>
       </c>
-      <c r="G398" t="s">
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
         <v>3671</v>
       </c>
-      <c r="H398" t="s">
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
         <v>3672</v>
       </c>
-      <c r="I398" t="s">
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
         <v>3673</v>
-      </c>
-[...16 lines deleted...]
-        <v>3676</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
         <v>65013</v>
       </c>
       <c r="B399" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3676</v>
+      </c>
+      <c r="E399" t="s">
         <v>3677</v>
       </c>
-      <c r="C399" t="s">
+      <c r="F399" t="s">
         <v>3678</v>
       </c>
-      <c r="D399" t="s">
+      <c r="G399" t="s">
         <v>3679</v>
       </c>
-      <c r="E399" t="s">
+      <c r="H399" t="s">
         <v>3680</v>
       </c>
-      <c r="F399" t="s">
+      <c r="I399" t="s">
         <v>3681</v>
-      </c>
-[...7 lines deleted...]
-        <v>3684</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
         <v>25</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
         <v>27</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3685</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
         <v>65014</v>
       </c>
       <c r="B400" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D400" t="s">
+        <v>3685</v>
+      </c>
+      <c r="E400" t="s">
         <v>3686</v>
       </c>
-      <c r="C400" t="s">
+      <c r="F400" t="s">
         <v>3687</v>
       </c>
-      <c r="D400" t="s">
+      <c r="G400" t="s">
         <v>3688</v>
       </c>
-      <c r="E400" t="s">
+      <c r="H400" t="s">
         <v>3689</v>
       </c>
-      <c r="F400" t="s">
+      <c r="I400" t="s">
         <v>3690</v>
       </c>
-      <c r="G400" t="s">
+      <c r="J400" t="s">
+        <v>439</v>
+      </c>
+      <c r="K400" t="s">
+        <v>670</v>
+      </c>
+      <c r="L400" t="s">
+        <v>441</v>
+      </c>
+      <c r="M400" t="s">
+        <v>671</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3691</v>
-      </c>
-[...22 lines deleted...]
-        <v>3694</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
         <v>65015</v>
       </c>
       <c r="B401" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3693</v>
+      </c>
+      <c r="D401" t="s">
+        <v>3694</v>
+      </c>
+      <c r="E401" t="s">
         <v>3695</v>
       </c>
-      <c r="C401" t="s">
+      <c r="F401" t="s">
         <v>3696</v>
       </c>
-      <c r="D401" t="s">
+      <c r="G401" t="s">
         <v>3697</v>
       </c>
-      <c r="E401" t="s">
+      <c r="H401" t="s">
         <v>3698</v>
       </c>
-      <c r="F401" t="s">
+      <c r="I401" t="s">
         <v>3699</v>
-      </c>
-[...7 lines deleted...]
-        <v>3702</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3703</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
         <v>65016</v>
       </c>
       <c r="B402" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3703</v>
+      </c>
+      <c r="E402" t="s">
         <v>3704</v>
       </c>
-      <c r="C402" t="s">
+      <c r="F402" t="s">
         <v>3705</v>
       </c>
-      <c r="D402" t="s">
+      <c r="G402" t="s">
         <v>3706</v>
       </c>
-      <c r="E402" t="s">
+      <c r="H402" t="s">
         <v>3707</v>
       </c>
-      <c r="F402" t="s">
+      <c r="I402" t="s">
         <v>3708</v>
-      </c>
-[...7 lines deleted...]
-        <v>3711</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
         <v>25</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
         <v>27</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3712</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
         <v>65017</v>
       </c>
       <c r="B403" t="s">
+        <v>3710</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D403" t="s">
+        <v>3712</v>
+      </c>
+      <c r="E403" t="s">
         <v>3713</v>
       </c>
-      <c r="C403" t="s">
+      <c r="F403" t="s">
         <v>3714</v>
       </c>
-      <c r="D403" t="s">
+      <c r="G403" t="s">
         <v>3715</v>
       </c>
-      <c r="E403" t="s">
+      <c r="H403" t="s">
         <v>3716</v>
       </c>
-      <c r="F403" t="s">
+      <c r="I403" t="s">
         <v>3717</v>
       </c>
-      <c r="G403" t="s">
+      <c r="J403" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" t="s">
         <v>3718</v>
       </c>
-      <c r="H403" t="s">
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
         <v>3719</v>
       </c>
-      <c r="I403" t="s">
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
         <v>3720</v>
-      </c>
-[...16 lines deleted...]
-        <v>3723</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
         <v>65018</v>
       </c>
       <c r="B404" t="s">
+        <v>3721</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3722</v>
+      </c>
+      <c r="D404" t="s">
+        <v>3723</v>
+      </c>
+      <c r="E404" t="s">
         <v>3724</v>
       </c>
-      <c r="C404" t="s">
+      <c r="F404" t="s">
         <v>3725</v>
       </c>
-      <c r="D404" t="s">
+      <c r="G404" t="s">
         <v>3726</v>
       </c>
-      <c r="E404" t="s">
+      <c r="H404" t="s">
         <v>3727</v>
       </c>
-      <c r="F404" t="s">
+      <c r="I404" t="s">
         <v>3728</v>
       </c>
-      <c r="G404" t="s">
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
         <v>3729</v>
       </c>
-      <c r="H404" t="s">
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
         <v>3730</v>
       </c>
-      <c r="I404" t="s">
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
         <v>3731</v>
-      </c>
-[...16 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
         <v>65019</v>
       </c>
       <c r="B405" t="s">
+        <v>3732</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E405" t="s">
         <v>3735</v>
       </c>
-      <c r="C405" t="s">
+      <c r="F405" t="s">
         <v>3736</v>
       </c>
-      <c r="D405" t="s">
+      <c r="G405" t="s">
         <v>3737</v>
       </c>
-      <c r="E405" t="s">
+      <c r="H405" t="s">
         <v>3738</v>
       </c>
-      <c r="F405" t="s">
+      <c r="I405" t="s">
         <v>3739</v>
-      </c>
-[...7 lines deleted...]
-        <v>3742</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
         <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
         <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3743</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
         <v>65020</v>
       </c>
       <c r="B406" t="s">
+        <v>3741</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3742</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3743</v>
+      </c>
+      <c r="E406" t="s">
         <v>3744</v>
       </c>
-      <c r="C406" t="s">
+      <c r="F406" t="s">
         <v>3745</v>
       </c>
-      <c r="D406" t="s">
+      <c r="G406" t="s">
         <v>3746</v>
       </c>
-      <c r="E406" t="s">
+      <c r="H406" t="s">
         <v>3747</v>
       </c>
-      <c r="F406" t="s">
+      <c r="I406" t="s">
         <v>3748</v>
       </c>
-      <c r="G406" t="s">
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
         <v>3749</v>
       </c>
-      <c r="H406" t="s">
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="M406" t="s">
         <v>3750</v>
       </c>
-      <c r="I406" t="s">
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
         <v>3751</v>
-      </c>
-[...16 lines deleted...]
-        <v>3754</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
         <v>65021</v>
       </c>
       <c r="B407" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3753</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3754</v>
+      </c>
+      <c r="E407" t="s">
         <v>3755</v>
       </c>
-      <c r="C407" t="s">
+      <c r="F407" t="s">
         <v>3756</v>
       </c>
-      <c r="D407" t="s">
+      <c r="G407" t="s">
         <v>3757</v>
       </c>
-      <c r="E407" t="s">
+      <c r="H407" t="s">
         <v>3758</v>
       </c>
-      <c r="F407" t="s">
+      <c r="I407" t="s">
         <v>3759</v>
-      </c>
-[...7 lines deleted...]
-        <v>3762</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
         <v>25</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
         <v>27</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3763</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
         <v>65022</v>
       </c>
       <c r="B408" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3762</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3763</v>
+      </c>
+      <c r="E408" t="s">
         <v>3764</v>
       </c>
-      <c r="C408" t="s">
+      <c r="F408" t="s">
         <v>3765</v>
       </c>
-      <c r="D408" t="s">
+      <c r="G408" t="s">
         <v>3766</v>
       </c>
-      <c r="E408" t="s">
+      <c r="H408" t="s">
         <v>3767</v>
       </c>
-      <c r="F408" t="s">
+      <c r="I408" t="s">
         <v>3768</v>
-      </c>
-[...7 lines deleted...]
-        <v>3771</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
         <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
         <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3772</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
         <v>65023</v>
       </c>
       <c r="B409" t="s">
+        <v>3770</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3771</v>
+      </c>
+      <c r="D409" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E409" t="s">
         <v>3773</v>
       </c>
-      <c r="C409" t="s">
+      <c r="F409" t="s">
         <v>3774</v>
       </c>
-      <c r="D409" t="s">
+      <c r="G409" t="s">
         <v>3775</v>
       </c>
-      <c r="E409" t="s">
+      <c r="H409" t="s">
         <v>3776</v>
       </c>
-      <c r="F409" t="s">
+      <c r="I409" t="s">
         <v>3777</v>
-      </c>
-[...7 lines deleted...]
-        <v>3780</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3781</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
         <v>65025</v>
       </c>
       <c r="B410" t="s">
+        <v>3779</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3780</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3781</v>
+      </c>
+      <c r="E410" t="s">
         <v>3782</v>
       </c>
-      <c r="C410" t="s">
+      <c r="F410" t="s">
         <v>3783</v>
       </c>
-      <c r="D410" t="s">
+      <c r="G410" t="s">
         <v>3784</v>
       </c>
-      <c r="E410" t="s">
+      <c r="H410" t="s">
         <v>3785</v>
       </c>
-      <c r="F410" t="s">
+      <c r="I410" t="s">
         <v>3786</v>
-      </c>
-[...7 lines deleted...]
-        <v>3789</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
         <v>25</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
         <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3790</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
         <v>65026</v>
       </c>
       <c r="B411" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C411" t="s">
+        <v>3789</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3790</v>
+      </c>
+      <c r="E411" t="s">
         <v>3791</v>
       </c>
-      <c r="C411" t="s">
+      <c r="F411" t="s">
         <v>3792</v>
       </c>
-      <c r="D411" t="s">
+      <c r="G411" t="s">
         <v>3793</v>
       </c>
-      <c r="E411" t="s">
+      <c r="H411" t="s">
         <v>3794</v>
       </c>
-      <c r="F411" t="s">
+      <c r="I411" t="s">
         <v>3795</v>
-      </c>
-[...7 lines deleted...]
-        <v>3798</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
         <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
         <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3799</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
         <v>65027</v>
       </c>
       <c r="B412" t="s">
+        <v>3797</v>
+      </c>
+      <c r="C412" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3799</v>
+      </c>
+      <c r="E412" t="s">
         <v>3800</v>
       </c>
-      <c r="C412" t="s">
+      <c r="F412" t="s">
         <v>3801</v>
       </c>
-      <c r="D412" t="s">
+      <c r="G412" t="s">
         <v>3802</v>
       </c>
-      <c r="E412" t="s">
+      <c r="H412" t="s">
         <v>3803</v>
       </c>
-      <c r="F412" t="s">
+      <c r="I412" t="s">
         <v>3804</v>
       </c>
-      <c r="G412" t="s">
+      <c r="J412" t="s">
+        <v>24</v>
+      </c>
+      <c r="K412" t="s">
+        <v>670</v>
+      </c>
+      <c r="L412" t="s">
+        <v>26</v>
+      </c>
+      <c r="M412" t="s">
+        <v>671</v>
+      </c>
+      <c r="N412" t="s">
+        <v>28</v>
+      </c>
+      <c r="O412" t="s">
         <v>3805</v>
-      </c>
-[...22 lines deleted...]
-        <v>3808</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
         <v>65028</v>
       </c>
       <c r="B413" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3807</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3808</v>
+      </c>
+      <c r="E413" t="s">
         <v>3809</v>
       </c>
-      <c r="C413" t="s">
+      <c r="F413" t="s">
         <v>3810</v>
       </c>
-      <c r="D413" t="s">
+      <c r="G413" t="s">
         <v>3811</v>
       </c>
-      <c r="E413" t="s">
+      <c r="H413" t="s">
         <v>3812</v>
       </c>
-      <c r="F413" t="s">
+      <c r="I413" t="s">
         <v>3813</v>
-      </c>
-[...7 lines deleted...]
-        <v>3816</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
         <v>25</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
         <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3817</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
         <v>65030</v>
       </c>
       <c r="B414" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3816</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3817</v>
+      </c>
+      <c r="E414" t="s">
         <v>3818</v>
       </c>
-      <c r="C414" t="s">
+      <c r="F414" t="s">
         <v>3819</v>
       </c>
-      <c r="D414" t="s">
+      <c r="G414" t="s">
         <v>3820</v>
       </c>
-      <c r="E414" t="s">
+      <c r="H414" t="s">
         <v>3821</v>
       </c>
-      <c r="F414" t="s">
+      <c r="I414" t="s">
         <v>3822</v>
-      </c>
-[...7 lines deleted...]
-        <v>3825</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3826</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
         <v>65031</v>
       </c>
       <c r="B415" t="s">
+        <v>3824</v>
+      </c>
+      <c r="C415" t="s">
+        <v>3825</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3826</v>
+      </c>
+      <c r="E415" t="s">
         <v>3827</v>
       </c>
-      <c r="C415" t="s">
+      <c r="F415" t="s">
         <v>3828</v>
       </c>
-      <c r="D415" t="s">
+      <c r="G415" t="s">
         <v>3829</v>
       </c>
-      <c r="E415" t="s">
+      <c r="H415" t="s">
         <v>3830</v>
       </c>
-      <c r="F415" t="s">
+      <c r="I415" t="s">
         <v>3831</v>
-      </c>
-[...7 lines deleted...]
-        <v>3834</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3835</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
         <v>65032</v>
       </c>
       <c r="B416" t="s">
+        <v>3833</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3834</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3835</v>
+      </c>
+      <c r="E416" t="s">
         <v>3836</v>
       </c>
-      <c r="C416" t="s">
+      <c r="F416" t="s">
         <v>3837</v>
       </c>
-      <c r="D416" t="s">
+      <c r="G416" t="s">
         <v>3838</v>
       </c>
-      <c r="E416" t="s">
+      <c r="H416" t="s">
         <v>3839</v>
       </c>
-      <c r="F416" t="s">
+      <c r="I416" t="s">
         <v>3840</v>
-      </c>
-[...7 lines deleted...]
-        <v>3843</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
         <v>170</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
         <v>171</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3844</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
         <v>65033</v>
       </c>
       <c r="B417" t="s">
+        <v>3842</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3843</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3844</v>
+      </c>
+      <c r="E417" t="s">
         <v>3845</v>
       </c>
-      <c r="C417" t="s">
+      <c r="F417" t="s">
         <v>3846</v>
       </c>
-      <c r="D417" t="s">
+      <c r="G417" t="s">
         <v>3847</v>
       </c>
-      <c r="E417" t="s">
+      <c r="H417" t="s">
         <v>3848</v>
       </c>
-      <c r="F417" t="s">
+      <c r="I417" t="s">
         <v>3849</v>
       </c>
-      <c r="G417" t="s">
+      <c r="J417" t="s">
+        <v>24</v>
+      </c>
+      <c r="K417" t="s">
         <v>3850</v>
       </c>
-      <c r="H417" t="s">
+      <c r="L417" t="s">
+        <v>26</v>
+      </c>
+      <c r="M417" t="s">
         <v>3851</v>
       </c>
-      <c r="I417" t="s">
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
         <v>3852</v>
-      </c>
-[...16 lines deleted...]
-        <v>3855</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
         <v>65034</v>
       </c>
       <c r="B418" t="s">
+        <v>3853</v>
+      </c>
+      <c r="C418" t="s">
+        <v>3854</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3855</v>
+      </c>
+      <c r="E418" t="s">
         <v>3856</v>
       </c>
-      <c r="C418" t="s">
+      <c r="F418" t="s">
         <v>3857</v>
       </c>
-      <c r="D418" t="s">
+      <c r="G418" t="s">
         <v>3858</v>
       </c>
-      <c r="E418" t="s">
+      <c r="H418" t="s">
         <v>3859</v>
       </c>
-      <c r="F418" t="s">
+      <c r="I418" t="s">
         <v>3860</v>
       </c>
-      <c r="G418" t="s">
+      <c r="J418" t="s">
+        <v>439</v>
+      </c>
+      <c r="K418" t="s">
+        <v>569</v>
+      </c>
+      <c r="L418" t="s">
+        <v>441</v>
+      </c>
+      <c r="M418" t="s">
+        <v>570</v>
+      </c>
+      <c r="N418" t="s">
+        <v>28</v>
+      </c>
+      <c r="O418" t="s">
         <v>3861</v>
-      </c>
-[...22 lines deleted...]
-        <v>3864</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
         <v>65035</v>
       </c>
       <c r="B419" t="s">
+        <v>3862</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3863</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3864</v>
+      </c>
+      <c r="E419" t="s">
         <v>3865</v>
       </c>
-      <c r="C419" t="s">
+      <c r="F419" t="s">
         <v>3866</v>
       </c>
-      <c r="D419" t="s">
+      <c r="G419" t="s">
         <v>3867</v>
       </c>
-      <c r="E419" t="s">
+      <c r="H419" t="s">
         <v>3868</v>
       </c>
-      <c r="F419" t="s">
+      <c r="I419" t="s">
         <v>3869</v>
-      </c>
-[...7 lines deleted...]
-        <v>3872</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
         <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
         <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3873</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
         <v>65036</v>
       </c>
       <c r="B420" t="s">
+        <v>3871</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3872</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3873</v>
+      </c>
+      <c r="E420" t="s">
         <v>3874</v>
       </c>
-      <c r="C420" t="s">
+      <c r="F420" t="s">
         <v>3875</v>
       </c>
-      <c r="D420" t="s">
+      <c r="G420" t="s">
         <v>3876</v>
       </c>
-      <c r="E420" t="s">
+      <c r="H420" t="s">
         <v>3877</v>
       </c>
-      <c r="F420" t="s">
+      <c r="I420" t="s">
         <v>3878</v>
-      </c>
-[...7 lines deleted...]
-        <v>3881</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3882</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
         <v>65037</v>
       </c>
       <c r="B421" t="s">
+        <v>3880</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3881</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3882</v>
+      </c>
+      <c r="E421" t="s">
         <v>3883</v>
       </c>
-      <c r="C421" t="s">
+      <c r="F421" t="s">
         <v>3884</v>
       </c>
-      <c r="D421" t="s">
+      <c r="G421" t="s">
         <v>3885</v>
       </c>
-      <c r="E421" t="s">
+      <c r="H421" t="s">
         <v>3886</v>
       </c>
-      <c r="F421" t="s">
+      <c r="I421" t="s">
         <v>3887</v>
-      </c>
-[...7 lines deleted...]
-        <v>3890</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
         <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
         <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3891</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
         <v>65038</v>
       </c>
       <c r="B422" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3890</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3891</v>
+      </c>
+      <c r="E422" t="s">
         <v>3892</v>
       </c>
-      <c r="C422" t="s">
+      <c r="F422" t="s">
         <v>3893</v>
       </c>
-      <c r="D422" t="s">
+      <c r="G422" t="s">
         <v>3894</v>
       </c>
-      <c r="E422" t="s">
+      <c r="H422" t="s">
         <v>3895</v>
       </c>
-      <c r="F422" t="s">
+      <c r="I422" t="s">
         <v>3896</v>
-      </c>
-[...7 lines deleted...]
-        <v>3899</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
         <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
         <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3900</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
         <v>65039</v>
       </c>
       <c r="B423" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3899</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3900</v>
+      </c>
+      <c r="E423" t="s">
         <v>3901</v>
       </c>
-      <c r="C423" t="s">
+      <c r="F423" t="s">
         <v>3902</v>
       </c>
-      <c r="D423" t="s">
+      <c r="G423" t="s">
         <v>3903</v>
       </c>
-      <c r="E423" t="s">
+      <c r="H423" t="s">
         <v>3904</v>
       </c>
-      <c r="F423" t="s">
+      <c r="I423" t="s">
         <v>3905</v>
-      </c>
-[...7 lines deleted...]
-        <v>3908</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3909</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
         <v>65040</v>
       </c>
       <c r="B424" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3908</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3909</v>
+      </c>
+      <c r="E424" t="s">
         <v>3910</v>
       </c>
-      <c r="C424" t="s">
+      <c r="F424" t="s">
         <v>3911</v>
       </c>
-      <c r="D424" t="s">
+      <c r="G424" t="s">
         <v>3912</v>
       </c>
-      <c r="E424" t="s">
+      <c r="H424" t="s">
         <v>3913</v>
       </c>
-      <c r="F424" t="s">
+      <c r="I424" t="s">
         <v>3914</v>
       </c>
-      <c r="G424" t="s">
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
         <v>3915</v>
-      </c>
-[...22 lines deleted...]
-        <v>3918</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
         <v>65043</v>
       </c>
       <c r="B425" t="s">
+        <v>3916</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3917</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3918</v>
+      </c>
+      <c r="E425" t="s">
         <v>3919</v>
       </c>
-      <c r="C425" t="s">
+      <c r="F425" t="s">
         <v>3920</v>
       </c>
-      <c r="D425" t="s">
+      <c r="G425" t="s">
         <v>3921</v>
       </c>
-      <c r="E425" t="s">
+      <c r="H425" t="s">
         <v>3922</v>
       </c>
-      <c r="F425" t="s">
+      <c r="I425" t="s">
         <v>3923</v>
-      </c>
-[...7 lines deleted...]
-        <v>3926</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3927</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
         <v>65044</v>
       </c>
       <c r="B426" t="s">
+        <v>3925</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3926</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3927</v>
+      </c>
+      <c r="E426" t="s">
         <v>3928</v>
       </c>
-      <c r="C426" t="s">
+      <c r="F426" t="s">
         <v>3929</v>
       </c>
-      <c r="D426" t="s">
+      <c r="G426" t="s">
         <v>3930</v>
       </c>
-      <c r="E426" t="s">
+      <c r="H426" t="s">
         <v>3931</v>
       </c>
-      <c r="F426" t="s">
+      <c r="I426" t="s">
         <v>3932</v>
-      </c>
-[...7 lines deleted...]
-        <v>3935</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3936</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
         <v>65045</v>
       </c>
       <c r="B427" t="s">
+        <v>3934</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3935</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3936</v>
+      </c>
+      <c r="E427" t="s">
         <v>3937</v>
       </c>
-      <c r="C427" t="s">
+      <c r="F427" t="s">
         <v>3938</v>
       </c>
-      <c r="D427" t="s">
+      <c r="G427" t="s">
         <v>3939</v>
       </c>
-      <c r="E427" t="s">
+      <c r="H427" t="s">
         <v>3940</v>
       </c>
-      <c r="F427" t="s">
+      <c r="I427" t="s">
         <v>3941</v>
-      </c>
-[...7 lines deleted...]
-        <v>3944</v>
       </c>
       <c r="J427" t="s">
         <v>58</v>
       </c>
       <c r="K427" t="s">
-        <v>3945</v>
+        <v>3942</v>
       </c>
       <c r="L427" t="s">
         <v>60</v>
       </c>
       <c r="M427" t="s">
-        <v>3946</v>
+        <v>3943</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3947</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
         <v>65046</v>
       </c>
       <c r="B428" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3946</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3947</v>
+      </c>
+      <c r="E428" t="s">
         <v>3948</v>
       </c>
-      <c r="C428" t="s">
+      <c r="F428" t="s">
         <v>3949</v>
       </c>
-      <c r="D428" t="s">
+      <c r="G428" t="s">
         <v>3950</v>
       </c>
-      <c r="E428" t="s">
+      <c r="H428" t="s">
         <v>3951</v>
       </c>
-      <c r="F428" t="s">
+      <c r="I428" t="s">
         <v>3952</v>
-      </c>
-[...7 lines deleted...]
-        <v>3955</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>47</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>48</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3956</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
         <v>65047</v>
       </c>
       <c r="B429" t="s">
+        <v>3954</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3955</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3956</v>
+      </c>
+      <c r="E429" t="s">
         <v>3957</v>
       </c>
-      <c r="C429" t="s">
+      <c r="F429" t="s">
         <v>3958</v>
       </c>
-      <c r="D429" t="s">
+      <c r="G429" t="s">
         <v>3959</v>
       </c>
-      <c r="E429" t="s">
+      <c r="H429" t="s">
         <v>3960</v>
       </c>
-      <c r="F429" t="s">
+      <c r="I429" t="s">
         <v>3961</v>
       </c>
-      <c r="G429" t="s">
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>3942</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>3943</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
         <v>3962</v>
-      </c>
-[...22 lines deleted...]
-        <v>3965</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
         <v>65049</v>
       </c>
       <c r="B430" t="s">
+        <v>3963</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3965</v>
+      </c>
+      <c r="E430" t="s">
         <v>3966</v>
       </c>
-      <c r="C430" t="s">
+      <c r="F430" t="s">
         <v>3967</v>
       </c>
-      <c r="D430" t="s">
+      <c r="G430" t="s">
         <v>3968</v>
       </c>
-      <c r="E430" t="s">
+      <c r="H430" t="s">
         <v>3969</v>
       </c>
-      <c r="F430" t="s">
+      <c r="I430" t="s">
         <v>3970</v>
-      </c>
-[...7 lines deleted...]
-        <v>3973</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
         <v>59</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
         <v>61</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3974</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
         <v>65050</v>
       </c>
       <c r="B431" t="s">
+        <v>3972</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3973</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3974</v>
+      </c>
+      <c r="E431" t="s">
         <v>3975</v>
       </c>
-      <c r="C431" t="s">
+      <c r="F431" t="s">
         <v>3976</v>
       </c>
-      <c r="D431" t="s">
+      <c r="G431" t="s">
         <v>3977</v>
       </c>
-      <c r="E431" t="s">
+      <c r="H431" t="s">
         <v>3978</v>
       </c>
-      <c r="F431" t="s">
+      <c r="I431" t="s">
         <v>3979</v>
-      </c>
-[...7 lines deleted...]
-        <v>3982</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
         <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
         <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3983</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
         <v>65051</v>
       </c>
       <c r="B432" t="s">
+        <v>3981</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3982</v>
+      </c>
+      <c r="D432" t="s">
+        <v>3983</v>
+      </c>
+      <c r="E432" t="s">
         <v>3984</v>
       </c>
-      <c r="C432" t="s">
+      <c r="F432" t="s">
         <v>3985</v>
       </c>
-      <c r="D432" t="s">
+      <c r="G432" t="s">
         <v>3986</v>
       </c>
-      <c r="E432" t="s">
+      <c r="H432" t="s">
         <v>3987</v>
       </c>
-      <c r="F432" t="s">
+      <c r="I432" t="s">
         <v>3988</v>
       </c>
-      <c r="G432" t="s">
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>726</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>727</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
         <v>3989</v>
-      </c>
-[...22 lines deleted...]
-        <v>3992</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
         <v>65053</v>
       </c>
       <c r="B433" t="s">
+        <v>3990</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3991</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3992</v>
+      </c>
+      <c r="E433" t="s">
         <v>3993</v>
       </c>
-      <c r="C433" t="s">
+      <c r="F433" t="s">
         <v>3994</v>
       </c>
-      <c r="D433" t="s">
+      <c r="G433" t="s">
         <v>3995</v>
       </c>
-      <c r="E433" t="s">
+      <c r="H433" t="s">
         <v>3996</v>
       </c>
-      <c r="F433" t="s">
+      <c r="I433" t="s">
         <v>3997</v>
-      </c>
-[...7 lines deleted...]
-        <v>4000</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
         <v>170</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
         <v>171</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4001</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
         <v>65054</v>
       </c>
       <c r="B434" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4000</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4001</v>
+      </c>
+      <c r="E434" t="s">
         <v>4002</v>
       </c>
-      <c r="C434" t="s">
+      <c r="F434" t="s">
         <v>4003</v>
       </c>
-      <c r="D434" t="s">
+      <c r="G434" t="s">
         <v>4004</v>
       </c>
-      <c r="E434" t="s">
+      <c r="H434" t="s">
         <v>4005</v>
       </c>
-      <c r="F434" t="s">
+      <c r="I434" t="s">
         <v>4006</v>
       </c>
-      <c r="G434" t="s">
+      <c r="J434" t="s">
+        <v>439</v>
+      </c>
+      <c r="K434" t="s">
         <v>4007</v>
       </c>
-      <c r="H434" t="s">
+      <c r="L434" t="s">
+        <v>441</v>
+      </c>
+      <c r="M434" t="s">
         <v>4008</v>
       </c>
-      <c r="I434" t="s">
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>4009</v>
-      </c>
-[...16 lines deleted...]
-        <v>4012</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
         <v>65055</v>
       </c>
       <c r="B435" t="s">
+        <v>4010</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4012</v>
+      </c>
+      <c r="E435" t="s">
         <v>4013</v>
       </c>
-      <c r="C435" t="s">
+      <c r="F435" t="s">
         <v>4014</v>
       </c>
-      <c r="D435" t="s">
+      <c r="G435" t="s">
         <v>4015</v>
       </c>
-      <c r="E435" t="s">
+      <c r="H435" t="s">
         <v>4016</v>
       </c>
-      <c r="F435" t="s">
+      <c r="I435" t="s">
         <v>4017</v>
       </c>
-      <c r="G435" t="s">
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>569</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>570</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
         <v>4018</v>
-      </c>
-[...22 lines deleted...]
-        <v>4021</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
         <v>65057</v>
       </c>
       <c r="B436" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4021</v>
+      </c>
+      <c r="E436" t="s">
         <v>4022</v>
       </c>
-      <c r="C436" t="s">
+      <c r="F436" t="s">
         <v>4023</v>
       </c>
-      <c r="D436" t="s">
+      <c r="G436" t="s">
         <v>4024</v>
       </c>
-      <c r="E436" t="s">
+      <c r="H436" t="s">
         <v>4025</v>
       </c>
-      <c r="F436" t="s">
+      <c r="I436" t="s">
         <v>4026</v>
       </c>
-      <c r="G436" t="s">
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>273</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>274</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
         <v>4027</v>
-      </c>
-[...22 lines deleted...]
-        <v>4030</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
         <v>65058</v>
       </c>
       <c r="B437" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4030</v>
+      </c>
+      <c r="E437" t="s">
         <v>4031</v>
       </c>
-      <c r="C437" t="s">
+      <c r="F437" t="s">
         <v>4032</v>
       </c>
-      <c r="D437" t="s">
+      <c r="G437" t="s">
         <v>4033</v>
       </c>
-      <c r="E437" t="s">
+      <c r="H437" t="s">
         <v>4034</v>
       </c>
-      <c r="F437" t="s">
+      <c r="I437" t="s">
         <v>4035</v>
       </c>
-      <c r="G437" t="s">
+      <c r="J437" t="s">
+        <v>439</v>
+      </c>
+      <c r="K437" t="s">
+        <v>670</v>
+      </c>
+      <c r="L437" t="s">
+        <v>441</v>
+      </c>
+      <c r="M437" t="s">
+        <v>671</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
         <v>4036</v>
-      </c>
-[...22 lines deleted...]
-        <v>4039</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
         <v>65059</v>
       </c>
       <c r="B438" t="s">
+        <v>4037</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4038</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4039</v>
+      </c>
+      <c r="E438" t="s">
         <v>4040</v>
       </c>
-      <c r="C438" t="s">
+      <c r="F438" t="s">
         <v>4041</v>
       </c>
-      <c r="D438" t="s">
+      <c r="G438" t="s">
         <v>4042</v>
       </c>
-      <c r="E438" t="s">
+      <c r="H438" t="s">
         <v>4043</v>
       </c>
-      <c r="F438" t="s">
+      <c r="I438" t="s">
         <v>4044</v>
-      </c>
-[...7 lines deleted...]
-        <v>4047</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>170</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>171</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4048</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
         <v>65060</v>
       </c>
       <c r="B439" t="s">
+        <v>4046</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4047</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4048</v>
+      </c>
+      <c r="E439" t="s">
         <v>4049</v>
       </c>
-      <c r="C439" t="s">
+      <c r="F439" t="s">
         <v>4050</v>
       </c>
-      <c r="D439" t="s">
+      <c r="G439" t="s">
         <v>4051</v>
       </c>
-      <c r="E439" t="s">
+      <c r="H439" t="s">
         <v>4052</v>
       </c>
-      <c r="F439" t="s">
+      <c r="I439" t="s">
         <v>4053</v>
-      </c>
-[...7 lines deleted...]
-        <v>4056</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
         <v>47</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
         <v>48</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4057</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
         <v>65061</v>
       </c>
       <c r="B440" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4057</v>
+      </c>
+      <c r="E440" t="s">
         <v>4058</v>
       </c>
-      <c r="C440" t="s">
+      <c r="F440" t="s">
         <v>4059</v>
       </c>
-      <c r="D440" t="s">
+      <c r="G440" t="s">
         <v>4060</v>
       </c>
-      <c r="E440" t="s">
+      <c r="H440" t="s">
         <v>4061</v>
       </c>
-      <c r="F440" t="s">
+      <c r="I440" t="s">
         <v>4062</v>
       </c>
-      <c r="G440" t="s">
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
         <v>4063</v>
-      </c>
-[...22 lines deleted...]
-        <v>4066</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
         <v>65062</v>
       </c>
       <c r="B441" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4066</v>
+      </c>
+      <c r="E441" t="s">
         <v>4067</v>
       </c>
-      <c r="C441" t="s">
+      <c r="F441" t="s">
         <v>4068</v>
       </c>
-      <c r="D441" t="s">
+      <c r="G441" t="s">
         <v>4069</v>
       </c>
-      <c r="E441" t="s">
+      <c r="H441" t="s">
         <v>4070</v>
       </c>
-      <c r="F441" t="s">
+      <c r="I441" t="s">
         <v>4071</v>
-      </c>
-[...7 lines deleted...]
-        <v>4074</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4075</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
         <v>65063</v>
       </c>
       <c r="B442" t="s">
+        <v>4073</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4074</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4075</v>
+      </c>
+      <c r="E442" t="s">
         <v>4076</v>
       </c>
-      <c r="C442" t="s">
+      <c r="F442" t="s">
         <v>4077</v>
       </c>
-      <c r="D442" t="s">
+      <c r="G442" t="s">
         <v>4078</v>
       </c>
-      <c r="E442" t="s">
+      <c r="H442" t="s">
         <v>4079</v>
       </c>
-      <c r="F442" t="s">
+      <c r="I442" t="s">
         <v>4080</v>
       </c>
-      <c r="G442" t="s">
+      <c r="J442" t="s">
+        <v>24</v>
+      </c>
+      <c r="K442" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L442" t="s">
+        <v>26</v>
+      </c>
+      <c r="M442" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
         <v>4081</v>
-      </c>
-[...22 lines deleted...]
-        <v>4084</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
         <v>65065</v>
       </c>
       <c r="B443" t="s">
+        <v>4082</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4083</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4084</v>
+      </c>
+      <c r="E443" t="s">
         <v>4085</v>
       </c>
-      <c r="C443" t="s">
+      <c r="F443" t="s">
         <v>4086</v>
       </c>
-      <c r="D443" t="s">
+      <c r="G443" t="s">
         <v>4087</v>
       </c>
-      <c r="E443" t="s">
+      <c r="H443" t="s">
         <v>4088</v>
       </c>
-      <c r="F443" t="s">
+      <c r="I443" t="s">
         <v>4089</v>
       </c>
-      <c r="G443" t="s">
+      <c r="J443" t="s">
         <v>4090</v>
       </c>
-      <c r="H443" t="s">
+      <c r="K443" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L443" t="s">
         <v>4091</v>
       </c>
-      <c r="I443" t="s">
+      <c r="M443" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
         <v>4092</v>
-      </c>
-[...16 lines deleted...]
-        <v>4095</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
         <v>65068</v>
       </c>
       <c r="B444" t="s">
+        <v>4093</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4095</v>
+      </c>
+      <c r="E444" t="s">
         <v>4096</v>
       </c>
-      <c r="C444" t="s">
+      <c r="F444" t="s">
         <v>4097</v>
       </c>
-      <c r="D444" t="s">
+      <c r="G444" t="s">
         <v>4098</v>
       </c>
-      <c r="E444" t="s">
+      <c r="H444" t="s">
         <v>4099</v>
       </c>
-      <c r="F444" t="s">
+      <c r="I444" t="s">
         <v>4100</v>
-      </c>
-[...7 lines deleted...]
-        <v>4103</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
         <v>25</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
         <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4104</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
         <v>65069</v>
       </c>
       <c r="B445" t="s">
+        <v>4102</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4103</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4104</v>
+      </c>
+      <c r="E445" t="s">
         <v>4105</v>
       </c>
-      <c r="C445" t="s">
+      <c r="F445" t="s">
         <v>4106</v>
       </c>
-      <c r="D445" t="s">
+      <c r="G445" t="s">
         <v>4107</v>
       </c>
-      <c r="E445" t="s">
+      <c r="H445" t="s">
         <v>4108</v>
       </c>
-      <c r="F445" t="s">
+      <c r="I445" t="s">
         <v>4109</v>
-      </c>
-[...7 lines deleted...]
-        <v>4112</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
         <v>170</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
         <v>171</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4113</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
         <v>65071</v>
       </c>
       <c r="B446" t="s">
+        <v>4111</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4113</v>
+      </c>
+      <c r="E446" t="s">
         <v>4114</v>
       </c>
-      <c r="C446" t="s">
+      <c r="F446" t="s">
         <v>4115</v>
       </c>
-      <c r="D446" t="s">
+      <c r="G446" t="s">
         <v>4116</v>
       </c>
-      <c r="E446" t="s">
+      <c r="H446" t="s">
         <v>4117</v>
       </c>
-      <c r="F446" t="s">
+      <c r="I446" t="s">
         <v>4118</v>
-      </c>
-[...7 lines deleted...]
-        <v>4121</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
         <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
         <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4122</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
         <v>65073</v>
       </c>
       <c r="B447" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4122</v>
+      </c>
+      <c r="E447" t="s">
         <v>4123</v>
       </c>
-      <c r="C447" t="s">
+      <c r="F447" t="s">
         <v>4124</v>
       </c>
-      <c r="D447" t="s">
+      <c r="G447" t="s">
         <v>4125</v>
       </c>
-      <c r="E447" t="s">
+      <c r="H447" t="s">
         <v>4126</v>
       </c>
-      <c r="F447" t="s">
+      <c r="I447" t="s">
         <v>4127</v>
-      </c>
-[...7 lines deleted...]
-        <v>4130</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
         <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
         <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4131</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
         <v>65074</v>
       </c>
       <c r="B448" t="s">
+        <v>4129</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4131</v>
+      </c>
+      <c r="E448" t="s">
         <v>4132</v>
       </c>
-      <c r="C448" t="s">
+      <c r="F448" t="s">
         <v>4133</v>
       </c>
-      <c r="D448" t="s">
+      <c r="G448" t="s">
         <v>4134</v>
       </c>
-      <c r="E448" t="s">
+      <c r="H448" t="s">
         <v>4135</v>
       </c>
-      <c r="F448" t="s">
+      <c r="I448" t="s">
         <v>4136</v>
       </c>
-      <c r="G448" t="s">
+      <c r="J448" t="s">
+        <v>24</v>
+      </c>
+      <c r="K448" t="s">
         <v>4137</v>
       </c>
-      <c r="H448" t="s">
+      <c r="L448" t="s">
+        <v>26</v>
+      </c>
+      <c r="M448" t="s">
         <v>4138</v>
       </c>
-      <c r="I448" t="s">
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
         <v>4139</v>
-      </c>
-[...16 lines deleted...]
-        <v>4142</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
         <v>65075</v>
       </c>
       <c r="B449" t="s">
+        <v>4140</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4141</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4142</v>
+      </c>
+      <c r="E449" t="s">
         <v>4143</v>
       </c>
-      <c r="C449" t="s">
+      <c r="F449" t="s">
         <v>4144</v>
       </c>
-      <c r="D449" t="s">
+      <c r="G449" t="s">
         <v>4145</v>
       </c>
-      <c r="E449" t="s">
+      <c r="H449" t="s">
         <v>4146</v>
       </c>
-      <c r="F449" t="s">
+      <c r="I449" t="s">
         <v>4147</v>
       </c>
-      <c r="G449" t="s">
+      <c r="J449" t="s">
+        <v>439</v>
+      </c>
+      <c r="K449" t="s">
+        <v>3850</v>
+      </c>
+      <c r="L449" t="s">
+        <v>441</v>
+      </c>
+      <c r="M449" t="s">
+        <v>3851</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4148</v>
-      </c>
-[...22 lines deleted...]
-        <v>4151</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
         <v>65076</v>
       </c>
       <c r="B450" t="s">
+        <v>4149</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4150</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4151</v>
+      </c>
+      <c r="E450" t="s">
         <v>4152</v>
       </c>
-      <c r="C450" t="s">
+      <c r="F450" t="s">
         <v>4153</v>
       </c>
-      <c r="D450" t="s">
+      <c r="G450" t="s">
         <v>4154</v>
       </c>
-      <c r="E450" t="s">
+      <c r="H450" t="s">
         <v>4155</v>
       </c>
-      <c r="F450" t="s">
+      <c r="I450" t="s">
         <v>4156</v>
-      </c>
-[...7 lines deleted...]
-        <v>4159</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
         <v>170</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
         <v>171</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4160</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
         <v>65077</v>
       </c>
       <c r="B451" t="s">
+        <v>4158</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4159</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4160</v>
+      </c>
+      <c r="E451" t="s">
         <v>4161</v>
       </c>
-      <c r="C451" t="s">
+      <c r="F451" t="s">
         <v>4162</v>
       </c>
-      <c r="D451" t="s">
+      <c r="G451" t="s">
         <v>4163</v>
       </c>
-      <c r="E451" t="s">
+      <c r="H451" t="s">
         <v>4164</v>
       </c>
-      <c r="F451" t="s">
+      <c r="I451" t="s">
         <v>4165</v>
       </c>
-      <c r="G451" t="s">
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>726</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>727</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
         <v>4166</v>
-      </c>
-[...22 lines deleted...]
-        <v>4169</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
         <v>65080</v>
       </c>
       <c r="B452" t="s">
+        <v>4167</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4168</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4169</v>
+      </c>
+      <c r="E452" t="s">
         <v>4170</v>
       </c>
-      <c r="C452" t="s">
+      <c r="F452" t="s">
         <v>4171</v>
       </c>
-      <c r="D452" t="s">
+      <c r="G452" t="s">
         <v>4172</v>
       </c>
-      <c r="E452" t="s">
+      <c r="H452" t="s">
         <v>4173</v>
       </c>
-      <c r="F452" t="s">
+      <c r="I452" t="s">
         <v>4174</v>
-      </c>
-[...7 lines deleted...]
-        <v>4177</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
         <v>47</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
         <v>48</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4178</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
         <v>65081</v>
       </c>
       <c r="B453" t="s">
+        <v>4176</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4177</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4178</v>
+      </c>
+      <c r="E453" t="s">
         <v>4179</v>
       </c>
-      <c r="C453" t="s">
+      <c r="F453" t="s">
         <v>4180</v>
       </c>
-      <c r="D453" t="s">
+      <c r="G453" t="s">
         <v>4181</v>
       </c>
-      <c r="E453" t="s">
+      <c r="H453" t="s">
         <v>4182</v>
       </c>
-      <c r="F453" t="s">
+      <c r="I453" t="s">
         <v>4183</v>
-      </c>
-[...7 lines deleted...]
-        <v>4186</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
         <v>47</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
         <v>48</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4187</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
         <v>65082</v>
       </c>
       <c r="B454" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4187</v>
+      </c>
+      <c r="E454" t="s">
         <v>4188</v>
       </c>
-      <c r="C454" t="s">
+      <c r="F454" t="s">
         <v>4189</v>
       </c>
-      <c r="D454" t="s">
+      <c r="G454" t="s">
         <v>4190</v>
       </c>
-      <c r="E454" t="s">
+      <c r="H454" t="s">
         <v>4191</v>
       </c>
-      <c r="F454" t="s">
+      <c r="I454" t="s">
         <v>4192</v>
-      </c>
-[...7 lines deleted...]
-        <v>4195</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
         <v>47</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
         <v>48</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4196</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
         <v>65083</v>
       </c>
       <c r="B455" t="s">
+        <v>4194</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4195</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4196</v>
+      </c>
+      <c r="E455" t="s">
         <v>4197</v>
       </c>
-      <c r="C455" t="s">
+      <c r="F455" t="s">
         <v>4198</v>
       </c>
-      <c r="D455" t="s">
+      <c r="G455" t="s">
         <v>4199</v>
       </c>
-      <c r="E455" t="s">
+      <c r="H455" t="s">
         <v>4200</v>
       </c>
-      <c r="F455" t="s">
+      <c r="I455" t="s">
         <v>4201</v>
-      </c>
-[...7 lines deleted...]
-        <v>4204</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>170</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>171</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4205</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
         <v>65084</v>
       </c>
       <c r="B456" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4204</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4205</v>
+      </c>
+      <c r="E456" t="s">
         <v>4206</v>
       </c>
-      <c r="C456" t="s">
+      <c r="F456" t="s">
         <v>4207</v>
       </c>
-      <c r="D456" t="s">
+      <c r="G456" t="s">
         <v>4208</v>
       </c>
-      <c r="E456" t="s">
+      <c r="H456" t="s">
         <v>4209</v>
       </c>
-      <c r="F456" t="s">
+      <c r="I456" t="s">
         <v>4210</v>
-      </c>
-[...7 lines deleted...]
-        <v>4213</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
         <v>25</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
         <v>27</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4214</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
         <v>65085</v>
       </c>
       <c r="B457" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4213</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4214</v>
+      </c>
+      <c r="E457" t="s">
         <v>4215</v>
       </c>
-      <c r="C457" t="s">
+      <c r="F457" t="s">
         <v>4216</v>
       </c>
-      <c r="D457" t="s">
+      <c r="G457" t="s">
         <v>4217</v>
       </c>
-      <c r="E457" t="s">
+      <c r="H457" t="s">
         <v>4218</v>
       </c>
-      <c r="F457" t="s">
+      <c r="I457" t="s">
         <v>4219</v>
       </c>
-      <c r="G457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>569</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>570</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4220</v>
-      </c>
-[...22 lines deleted...]
-        <v>4223</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
         <v>65086</v>
       </c>
       <c r="B458" t="s">
+        <v>4221</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4223</v>
+      </c>
+      <c r="E458" t="s">
         <v>4224</v>
       </c>
-      <c r="C458" t="s">
+      <c r="F458" t="s">
         <v>4225</v>
       </c>
-      <c r="D458" t="s">
+      <c r="G458" t="s">
         <v>4226</v>
       </c>
-      <c r="E458" t="s">
+      <c r="H458" t="s">
         <v>4227</v>
       </c>
-      <c r="F458" t="s">
+      <c r="I458" t="s">
         <v>4228</v>
-      </c>
-[...7 lines deleted...]
-        <v>4231</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
         <v>170</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
         <v>171</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4232</v>
+        <v>4229</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
         <v>65087</v>
       </c>
       <c r="B459" t="s">
+        <v>4230</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4231</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4232</v>
+      </c>
+      <c r="E459" t="s">
         <v>4233</v>
       </c>
-      <c r="C459" t="s">
+      <c r="F459" t="s">
         <v>4234</v>
       </c>
-      <c r="D459" t="s">
+      <c r="G459" t="s">
         <v>4235</v>
       </c>
-      <c r="E459" t="s">
+      <c r="H459" t="s">
         <v>4236</v>
       </c>
-      <c r="F459" t="s">
+      <c r="I459" t="s">
         <v>4237</v>
-      </c>
-[...7 lines deleted...]
-        <v>4240</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4241</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
         <v>65088</v>
       </c>
       <c r="B460" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4240</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4241</v>
+      </c>
+      <c r="E460" t="s">
         <v>4242</v>
       </c>
-      <c r="C460" t="s">
+      <c r="F460" t="s">
         <v>4243</v>
       </c>
-      <c r="D460" t="s">
+      <c r="G460" t="s">
         <v>4244</v>
       </c>
-      <c r="E460" t="s">
+      <c r="H460" t="s">
         <v>4245</v>
       </c>
-      <c r="F460" t="s">
+      <c r="I460" t="s">
         <v>4246</v>
-      </c>
-[...7 lines deleted...]
-        <v>4249</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
         <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
         <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4250</v>
+        <v>4247</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
         <v>65089</v>
       </c>
       <c r="B461" t="s">
+        <v>4248</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4249</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4250</v>
+      </c>
+      <c r="E461" t="s">
         <v>4251</v>
       </c>
-      <c r="C461" t="s">
+      <c r="F461" t="s">
         <v>4252</v>
       </c>
-      <c r="D461" t="s">
+      <c r="G461" t="s">
         <v>4253</v>
       </c>
-      <c r="E461" t="s">
+      <c r="H461" t="s">
         <v>4254</v>
       </c>
-      <c r="F461" t="s">
+      <c r="I461" t="s">
         <v>4255</v>
-      </c>
-[...7 lines deleted...]
-        <v>4258</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
         <v>25</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
         <v>27</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4259</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
         <v>65090</v>
       </c>
       <c r="B462" t="s">
+        <v>4257</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4258</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4259</v>
+      </c>
+      <c r="E462" t="s">
         <v>4260</v>
       </c>
-      <c r="C462" t="s">
+      <c r="F462" t="s">
         <v>4261</v>
       </c>
-      <c r="D462" t="s">
+      <c r="G462" t="s">
         <v>4262</v>
       </c>
-      <c r="E462" t="s">
+      <c r="H462" t="s">
         <v>4263</v>
       </c>
-      <c r="F462" t="s">
+      <c r="I462" t="s">
         <v>4264</v>
-      </c>
-[...7 lines deleted...]
-        <v>4267</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
         <v>25</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
         <v>27</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4268</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
         <v>65091</v>
       </c>
       <c r="B463" t="s">
+        <v>4266</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4267</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4268</v>
+      </c>
+      <c r="E463" t="s">
         <v>4269</v>
       </c>
-      <c r="C463" t="s">
+      <c r="F463" t="s">
         <v>4270</v>
       </c>
-      <c r="D463" t="s">
+      <c r="G463" t="s">
         <v>4271</v>
       </c>
-      <c r="E463" t="s">
+      <c r="H463" t="s">
         <v>4272</v>
       </c>
-      <c r="F463" t="s">
+      <c r="I463" t="s">
         <v>4273</v>
-      </c>
-[...7 lines deleted...]
-        <v>4276</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
         <v>25</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
         <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4277</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
         <v>65092</v>
       </c>
       <c r="B464" t="s">
+        <v>4275</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4276</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4277</v>
+      </c>
+      <c r="E464" t="s">
         <v>4278</v>
       </c>
-      <c r="C464" t="s">
+      <c r="F464" t="s">
         <v>4279</v>
       </c>
-      <c r="D464" t="s">
+      <c r="G464" t="s">
         <v>4280</v>
       </c>
-      <c r="E464" t="s">
+      <c r="H464" t="s">
         <v>4281</v>
       </c>
-      <c r="F464" t="s">
+      <c r="I464" t="s">
         <v>4282</v>
-      </c>
-[...7 lines deleted...]
-        <v>4285</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
         <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
         <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4286</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
         <v>65093</v>
       </c>
       <c r="B465" t="s">
+        <v>4284</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E465" t="s">
         <v>4287</v>
       </c>
-      <c r="C465" t="s">
+      <c r="F465" t="s">
         <v>4288</v>
       </c>
-      <c r="D465" t="s">
+      <c r="G465" t="s">
         <v>4289</v>
       </c>
-      <c r="E465" t="s">
+      <c r="H465" t="s">
         <v>4290</v>
       </c>
-      <c r="F465" t="s">
+      <c r="I465" t="s">
         <v>4291</v>
-      </c>
-[...7 lines deleted...]
-        <v>4294</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>170</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>171</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4295</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
         <v>65094</v>
       </c>
       <c r="B466" t="s">
+        <v>4293</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4294</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4295</v>
+      </c>
+      <c r="E466" t="s">
         <v>4296</v>
       </c>
-      <c r="C466" t="s">
+      <c r="F466" t="s">
         <v>4297</v>
       </c>
-      <c r="D466" t="s">
+      <c r="G466" t="s">
         <v>4298</v>
       </c>
-      <c r="E466" t="s">
+      <c r="H466" t="s">
         <v>4299</v>
       </c>
-      <c r="F466" t="s">
+      <c r="I466" t="s">
         <v>4300</v>
       </c>
-      <c r="G466" t="s">
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
         <v>4301</v>
       </c>
-      <c r="H466" t="s">
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
         <v>4302</v>
       </c>
-      <c r="I466" t="s">
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
         <v>4303</v>
-      </c>
-[...16 lines deleted...]
-        <v>4306</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
         <v>65095</v>
       </c>
       <c r="B467" t="s">
+        <v>4304</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4305</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4306</v>
+      </c>
+      <c r="E467" t="s">
         <v>4307</v>
       </c>
-      <c r="C467" t="s">
+      <c r="F467" t="s">
         <v>4308</v>
       </c>
-      <c r="D467" t="s">
+      <c r="G467" t="s">
         <v>4309</v>
       </c>
-      <c r="E467" t="s">
+      <c r="H467" t="s">
         <v>4310</v>
       </c>
-      <c r="F467" t="s">
+      <c r="I467" t="s">
         <v>4311</v>
       </c>
-      <c r="G467" t="s">
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>726</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>727</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4312</v>
-      </c>
-[...22 lines deleted...]
-        <v>4315</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
         <v>65096</v>
       </c>
       <c r="B468" t="s">
+        <v>4313</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4314</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4315</v>
+      </c>
+      <c r="E468" t="s">
         <v>4316</v>
       </c>
-      <c r="C468" t="s">
+      <c r="F468" t="s">
         <v>4317</v>
       </c>
-      <c r="D468" t="s">
+      <c r="G468" t="s">
         <v>4318</v>
       </c>
-      <c r="E468" t="s">
+      <c r="H468" t="s">
         <v>4319</v>
       </c>
-      <c r="F468" t="s">
+      <c r="I468" t="s">
         <v>4320</v>
-      </c>
-[...7 lines deleted...]
-        <v>4323</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>25</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>27</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4324</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
         <v>65097</v>
       </c>
       <c r="B469" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4323</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4324</v>
+      </c>
+      <c r="E469" t="s">
         <v>4325</v>
       </c>
-      <c r="C469" t="s">
+      <c r="F469" t="s">
         <v>4326</v>
       </c>
-      <c r="D469" t="s">
+      <c r="G469" t="s">
         <v>4327</v>
       </c>
-      <c r="E469" t="s">
+      <c r="H469" t="s">
         <v>4328</v>
       </c>
-      <c r="F469" t="s">
+      <c r="I469" t="s">
         <v>4329</v>
-      </c>
-[...7 lines deleted...]
-        <v>4332</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>170</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>171</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4333</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
         <v>65098</v>
       </c>
       <c r="B470" t="s">
+        <v>4331</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4332</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4333</v>
+      </c>
+      <c r="E470" t="s">
         <v>4334</v>
       </c>
-      <c r="C470" t="s">
+      <c r="F470" t="s">
         <v>4335</v>
       </c>
-      <c r="D470" t="s">
+      <c r="G470" t="s">
         <v>4336</v>
       </c>
-      <c r="E470" t="s">
+      <c r="H470" t="s">
         <v>4337</v>
       </c>
-      <c r="F470" t="s">
+      <c r="I470" t="s">
         <v>4338</v>
-      </c>
-[...7 lines deleted...]
-        <v>4341</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
         <v>25</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
         <v>27</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4342</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
         <v>65099</v>
       </c>
       <c r="B471" t="s">
+        <v>4340</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4342</v>
+      </c>
+      <c r="E471" t="s">
         <v>4343</v>
       </c>
-      <c r="C471" t="s">
+      <c r="F471" t="s">
         <v>4344</v>
       </c>
-      <c r="D471" t="s">
+      <c r="G471" t="s">
         <v>4345</v>
       </c>
-      <c r="E471" t="s">
+      <c r="H471" t="s">
         <v>4346</v>
       </c>
-      <c r="F471" t="s">
+      <c r="I471" t="s">
         <v>4347</v>
-      </c>
-[...7 lines deleted...]
-        <v>4350</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
         <v>170</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
         <v>171</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4351</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
         <v>65100</v>
       </c>
       <c r="B472" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4350</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4351</v>
+      </c>
+      <c r="E472" t="s">
         <v>4352</v>
       </c>
-      <c r="C472" t="s">
+      <c r="F472" t="s">
         <v>4353</v>
       </c>
-      <c r="D472" t="s">
+      <c r="G472" t="s">
         <v>4354</v>
       </c>
-      <c r="E472" t="s">
+      <c r="H472" t="s">
         <v>4355</v>
       </c>
-      <c r="F472" t="s">
+      <c r="I472" t="s">
         <v>4356</v>
       </c>
-      <c r="G472" t="s">
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>3718</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>3719</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4357</v>
-      </c>
-[...22 lines deleted...]
-        <v>4360</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
         <v>65101</v>
       </c>
       <c r="B473" t="s">
+        <v>4358</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4359</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4360</v>
+      </c>
+      <c r="E473" t="s">
         <v>4361</v>
       </c>
-      <c r="C473" t="s">
+      <c r="F473" t="s">
         <v>4362</v>
       </c>
-      <c r="D473" t="s">
+      <c r="G473" t="s">
         <v>4363</v>
       </c>
-      <c r="E473" t="s">
+      <c r="H473" t="s">
         <v>4364</v>
       </c>
-      <c r="F473" t="s">
+      <c r="I473" t="s">
         <v>4365</v>
-      </c>
-[...7 lines deleted...]
-        <v>4368</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>170</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>171</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4369</v>
+        <v>4366</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
         <v>65102</v>
       </c>
       <c r="B474" t="s">
+        <v>4367</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4368</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4369</v>
+      </c>
+      <c r="E474" t="s">
         <v>4370</v>
       </c>
-      <c r="C474" t="s">
+      <c r="F474" t="s">
         <v>4371</v>
       </c>
-      <c r="D474" t="s">
+      <c r="G474" t="s">
         <v>4372</v>
       </c>
-      <c r="E474" t="s">
+      <c r="H474" t="s">
         <v>4373</v>
       </c>
-      <c r="F474" t="s">
+      <c r="I474" t="s">
         <v>4374</v>
-      </c>
-[...7 lines deleted...]
-        <v>4377</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
         <v>25</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>27</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4378</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
         <v>65104</v>
       </c>
       <c r="B475" t="s">
+        <v>4376</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4377</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4378</v>
+      </c>
+      <c r="E475" t="s">
         <v>4379</v>
       </c>
-      <c r="C475" t="s">
+      <c r="F475" t="s">
         <v>4380</v>
       </c>
-      <c r="D475" t="s">
+      <c r="G475" t="s">
         <v>4381</v>
       </c>
-      <c r="E475" t="s">
+      <c r="H475" t="s">
         <v>4382</v>
       </c>
-      <c r="F475" t="s">
+      <c r="I475" t="s">
         <v>4383</v>
       </c>
-      <c r="G475" t="s">
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>2241</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>2242</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4384</v>
-      </c>
-[...22 lines deleted...]
-        <v>4387</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
         <v>65105</v>
       </c>
       <c r="B476" t="s">
+        <v>4385</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4386</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4387</v>
+      </c>
+      <c r="E476" t="s">
         <v>4388</v>
       </c>
-      <c r="C476" t="s">
+      <c r="F476" t="s">
         <v>4389</v>
       </c>
-      <c r="D476" t="s">
+      <c r="G476" t="s">
         <v>4390</v>
       </c>
-      <c r="E476" t="s">
+      <c r="H476" t="s">
         <v>4391</v>
       </c>
-      <c r="F476" t="s">
+      <c r="I476" t="s">
         <v>4392</v>
-      </c>
-[...7 lines deleted...]
-        <v>4395</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
         <v>170</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
         <v>171</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4396</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
         <v>65107</v>
       </c>
       <c r="B477" t="s">
+        <v>4394</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4395</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4396</v>
+      </c>
+      <c r="E477" t="s">
         <v>4397</v>
       </c>
-      <c r="C477" t="s">
+      <c r="F477" t="s">
         <v>4398</v>
       </c>
-      <c r="D477" t="s">
+      <c r="G477" t="s">
         <v>4399</v>
       </c>
-      <c r="E477" t="s">
+      <c r="H477" t="s">
         <v>4400</v>
       </c>
-      <c r="F477" t="s">
+      <c r="I477" t="s">
         <v>4401</v>
       </c>
-      <c r="G477" t="s">
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
         <v>4402</v>
       </c>
-      <c r="H477" t="s">
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
         <v>4403</v>
-      </c>
-[...16 lines deleted...]
-        <v>4406</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
         <v>65116</v>
       </c>
       <c r="B478" t="s">
+        <v>4404</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4405</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4406</v>
+      </c>
+      <c r="E478" t="s">
         <v>4407</v>
       </c>
-      <c r="C478" t="s">
+      <c r="F478" t="s">
         <v>4408</v>
       </c>
-      <c r="D478" t="s">
+      <c r="G478" t="s">
         <v>4409</v>
       </c>
-      <c r="E478" t="s">
+      <c r="H478" t="s">
         <v>4410</v>
       </c>
-      <c r="F478" t="s">
+      <c r="I478" t="s">
         <v>4411</v>
-      </c>
-[...7 lines deleted...]
-        <v>4414</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
         <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
         <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4415</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
         <v>65124</v>
       </c>
       <c r="B479" t="s">
+        <v>4413</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4414</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4415</v>
+      </c>
+      <c r="E479" t="s">
         <v>4416</v>
       </c>
-      <c r="C479" t="s">
+      <c r="F479" t="s">
         <v>4417</v>
       </c>
-      <c r="D479" t="s">
+      <c r="G479" t="s">
         <v>4418</v>
       </c>
-      <c r="E479" t="s">
+      <c r="H479" t="s">
         <v>4419</v>
       </c>
-      <c r="F479" t="s">
+      <c r="I479" t="s">
         <v>4420</v>
-      </c>
-[...7 lines deleted...]
-        <v>4423</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4424</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
         <v>65479</v>
       </c>
       <c r="B480" t="s">
+        <v>4422</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4423</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4424</v>
+      </c>
+      <c r="E480" t="s">
         <v>4425</v>
       </c>
-      <c r="C480" t="s">
+      <c r="F480" t="s">
         <v>4426</v>
       </c>
-      <c r="D480" t="s">
+      <c r="G480" t="s">
         <v>4427</v>
       </c>
-      <c r="E480" t="s">
+      <c r="H480" t="s">
         <v>4428</v>
       </c>
-      <c r="F480" t="s">
+      <c r="I480" t="s">
         <v>4429</v>
-      </c>
-[...7 lines deleted...]
-        <v>4432</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
         <v>25</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
         <v>27</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4433</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
         <v>65566</v>
       </c>
       <c r="B481" t="s">
+        <v>4431</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4433</v>
+      </c>
+      <c r="E481" t="s">
         <v>4434</v>
       </c>
-      <c r="C481" t="s">
+      <c r="F481" t="s">
         <v>4435</v>
       </c>
-      <c r="D481" t="s">
+      <c r="G481" t="s">
         <v>4436</v>
       </c>
-      <c r="E481" t="s">
+      <c r="H481" t="s">
         <v>4437</v>
       </c>
-      <c r="F481" t="s">
+      <c r="I481" t="s">
         <v>4438</v>
-      </c>
-[...7 lines deleted...]
-        <v>4441</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
         <v>170</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
         <v>171</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4442</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
         <v>65613</v>
       </c>
       <c r="B482" t="s">
+        <v>4440</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4441</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4442</v>
+      </c>
+      <c r="E482" t="s">
         <v>4443</v>
       </c>
-      <c r="C482" t="s">
+      <c r="F482" t="s">
         <v>4444</v>
       </c>
-      <c r="D482" t="s">
+      <c r="G482" t="s">
         <v>4445</v>
       </c>
-      <c r="E482" t="s">
+      <c r="H482" t="s">
         <v>4446</v>
       </c>
-      <c r="F482" t="s">
+      <c r="I482" t="s">
         <v>4447</v>
       </c>
-      <c r="G482" t="s">
+      <c r="J482" t="s">
         <v>4448</v>
       </c>
-      <c r="H482" t="s">
+      <c r="K482" t="s">
+        <v>1424</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4449</v>
-      </c>
-[...13 lines deleted...]
-        <v>4452</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
         <v>65869</v>
       </c>
       <c r="B483" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4451</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4452</v>
+      </c>
+      <c r="E483" t="s">
         <v>4453</v>
       </c>
-      <c r="C483" t="s">
+      <c r="F483" t="s">
         <v>4454</v>
       </c>
-      <c r="D483" t="s">
+      <c r="G483" t="s">
         <v>4455</v>
       </c>
-      <c r="E483" t="s">
+      <c r="H483" t="s">
         <v>4456</v>
       </c>
-      <c r="F483" t="s">
+      <c r="I483" t="s">
         <v>4457</v>
       </c>
-      <c r="G483" t="s">
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>1324</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
         <v>4458</v>
-      </c>
-[...22 lines deleted...]
-        <v>4461</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
         <v>66392</v>
       </c>
       <c r="B484" t="s">
+        <v>4459</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4460</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4461</v>
+      </c>
+      <c r="E484" t="s">
         <v>4462</v>
       </c>
-      <c r="C484" t="s">
+      <c r="F484" t="s">
         <v>4463</v>
       </c>
-      <c r="D484" t="s">
+      <c r="G484" t="s">
         <v>4464</v>
       </c>
-      <c r="E484" t="s">
+      <c r="H484" t="s">
         <v>4465</v>
       </c>
-      <c r="F484" t="s">
+      <c r="I484" t="s">
         <v>4466</v>
-      </c>
-[...7 lines deleted...]
-        <v>4469</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
         <v>25</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
         <v>27</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4470</v>
+        <v>4467</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">