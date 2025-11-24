--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4908">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Lietuvių
 # Source: https://hadeethenc.com/lt
-# Last update: 2025-10-28 19:08:52 (v1.18.0)
-# Check for updates: https://hadeethenc.com/en/check/lt/v1.18.0
+# Last update: 2025-11-13 00:06:13 (v1.21.0)
+# Check for updates: https://hadeethenc.com/en/check/lt/v1.21.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -776,51 +776,54 @@
     <t>„Kai kažkas myli savo draugą, jis turėtų tai pasakyti jam.“</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Mikdam Ibn Mudi Karb (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) tarė: „Kai kažkas myli savo draugą, jis turėtų tai pasakyti jam.“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) demonstruoja vieną iš priemonių, stiprinančių tikinčiųjų ryšį ir skleidžiančių meilę tarp jų: jei žmogus myli savo brolį musulmoną, jis turi pasakyti jam, kad jį myli.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Tai parodo meilės nuopelną vien dėl Allaho, o ne dėl pasaulietinių interesų.
 Pageidautina pasakyti tam, kurį mylite dėl Allaho, kad mylite jį. Tai padidina jūsų meilę ir draugiškumą.
 Meilės skleidimas tarp tikinčiųjų stiprina jų tikėjimo brolybę ir apsaugo visuomenę nuo skilimo ir susiskaldymo.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Perdavė Abu Daūd, At-Tirmidhi ir An-Nasa-i knygoje „As-Sunan Al-Kubra“, bei Achmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam), avėdamas sandalus, šukuodamasis plaukus, apsivalydamas ir atlikdamas visus darbus, pirmenybę teikdavo dešinei pusei</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) perdavė: Pranašas (ramybė ir Allaho palaima jam), avėdamas sandalus, šukuodamasis plaukus, apsivalydamas ir atlikdamas visus darbus, pirmenybę teikdavo dešinei pusei.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Pranašas visuose garbės vertuose reikaluose pirmenybę teikdavo dešinei pusei. Tai apima šiuos dalykus: Dešine koja jis pradėdavo avėti sandalus, dešine puse pradėdavo tvarkytis, šukuotis ir tepti plaukus bei barzdą, o atlikdamas vudu pradėdavo plauti dešine puse rankas ir kojas.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -1023,92 +1026,128 @@
     <t>Abu Said Al-Khudri (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Vienas geriausių džihado būdų - tarti teisingumo žodį engiamam valdovui.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Pranašas pabrėžė, kad viena iš didžiausių ir naudingiausių džihado formų Visagalio Allaho labui yra teisingumo ir tiesos žodis prieš neteisingą valdovą. Taip yra todėl, kad taip elgdamasis žmogus praktikuoja teisingumo įsakymo ir blogio uždraudimo pareigą, nesvarbu, ar tai būtų žodžiu, raštu, veiksmu, ar kuo nors kitu, kas naudinga ir apsaugo nuo blogio.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Įsakymas elgtis teisingai ir draudimas elgtis neteisingai yra viena iš džihado formų.
 Patarimas valdovui yra viena geriausių džihado formų, tačiau tai turi būti vykdoma turint pakankamai žinių, išminties ir tvirtumo.
 Al-Khattabi sakė: Tai tapo geriausiu džihadu, nes tas, kuris kovoja su priešu, visada yra tarp vilties ir baimės, nežinodamas, ar nugalės, ar bus nugalėtas, ir yra valdovo rankose. Taigi, jei jis kalba tiesą ir liepia valdovui daryti tai, kas teisinga, jis gali rimtai nukentėti. Todėl, atsižvelgiant į baimės nugalėjimo sunkumą, tai tapo geriausiu džihado tipu. Ir todėl, kad jei valdovas veikia pagal pasakytą teisingą žodį, nauda gali pasiekti daugelį žmonių.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Perdavė Abu Daūd, At-Tirmidhi, Ibn Madža ir Achmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>„Gyvenimas šiame pasaulyje yra saldus ir žavus, ir iš tiesų, Allahas padarė jus ten įpėdiniais, kad pamatytų, kaip elgsitės. Taigi būkite atsargūs šiame pasaulyje ir būkite atsargūs su moterimis</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abu Said Al-Khudri (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Gyvenimas šiame pasaulyje yra saldus ir žavus, ir iš tiesų, Allahas padarė jus ten įpėdiniais, kad pamatytų, kaip elgsitės. Taigi būkite atsargūs šiame pasaulyje ir būkite atsargūs su moterimis, nes iš tikrųjų jos buvo pirmoji Izraelio vaikų pagunda.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) paaiškina, kad šis gražus, saldus pasaulietiškas gyvenimas yra viliojantis. Taigi, žmogus yra apgautas šio pasaulietiško gyvenimo, mėgaujasi jo malonumais ir tai jo didžiausias rūpestis. Visagalis Allahas padarė mus vienas kito įpėdiniais šiame žemiškame gyvenime, kad pamatytų, kaip mes elgiamės ir ar paklūstame Jam, ar nepaklūstame. Tada jis pasakė: Saugokitės, kad jusų neapgautų pasaulietiški malonumai, kurie privers jus apleisti Allaho įsakymus ir peržengti Jo draudimus. Tarp sunkiausių pasaulietinių išbandymų, kurių reikia saugotis, yra moterų pagunda, kuri buvo pirmoji pagunda, kuria susigundė Izraelio vaikai.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Pranašas skatina laikytis pamaldumo, prieš užsiimant pasaulietiniais malonumais ir troškimais.
 Saugokitės, kad nesusigundytumėte žiūrėdami į moteris, nebūkite atlaidūs jų bendravimui su svetimais vyrais ir atvirkščiai.
 Moterų pagunda yra vienas didžiausių pasaulietinių išbandymų.
 Reikia pasimokyti iš ankstesnių tautų, pavyzdžiui, kas atsitiko Izraelio vaikams, gali nutikti ir kitiems.
 Žmonos atveju, moters pagunda gali kilti jai prašant vyro, ko jis negali sau leisti, tokiu būdu atitraukiant jį nuo užsiėmimo religiniais reikalais ir raginant pasistengti siekiant šio pasaulio reikalų. Kalbant apie svetimą moterį, jos pagunda slypi vyrų viliojime ir privertime nukreipti juos nuo tiesos, kai ji išeina ir susimaišo su jais, ypač jei ji nedėvi hidžabo ir viešai parodo savo puošmenas. Tai gali lemti įvairaus laipsnio svetimavimą. Taigi, tikintysis turi laikytis Allaho ir prašyti Jo išgelbėti jį nuo pagundos.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
+  </si>
+  <si>
+    <t>Niekada nemačiau Pranašo, ramybė ir Allaho palaima jam, taip nuoširdžiai besijuokiančio, kad matytųsi jo gomurio liežuvėlis, jis tik šypsodavosi</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
+  </si>
+  <si>
+    <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) pranešė: Niekada nemačiau Pranašo, ramybė ir Allaho palaima jam, taip nuoširdžiai besijuokiančio, kad matytųsi jo gomurio liežuvėlis, jis tik šypsodavosi.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
+  </si>
+  <si>
+    <t>Aiša pasakojo, kad Pranašas niekada nesijuokė perdėtai, kad matytųsi jo gomurio liežuvėlis – minkšta dalis virš gerklės, jis tiesiog šypsodavosi.</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
+قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
+كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
+كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
+  </si>
+  <si>
+    <t>Pasiuntinys išreikšdavo džiaugsmą ar susižavėjimą šypsena, o ne juoku.
+Ibn Hadžar sakė: niekada nemačiau jo taip nuoširdžiai besijuokiančio, kad visiškai pasinertų į juoką.
+Perdėtas juokas ir garsus kvatojimas nėra iš teisiųjų savybių..
+Perdėtas juokas menkina žmogaus autoritetą ir pagarbą tarp kitų.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3060</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>„Prisižadėjome ištikimybę Allaho Pasiuntiniui (ramybė ir Allaho palaima jam), klausytis ir paklusti sunkumų ir lengvumo, noro ir nenoro metu bei ištverti, jei mums bus pakenkta</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Ubada Ibn As-Samit (tebūnie Allahas juo patenkintas) pranešė: „Prisižadėjome ištikimybę Allaho Pasiuntiniui (ramybė ir Allaho palaima jam), klausytis ir paklusti sunkumų ir lengvumo, noro ir nenoro metu bei ištverti, jei mums bus pakenkta, ir nekovoti su tais, kurie turi valdžią ir sakyti tiesą, kad ir kur būtume, nebijodami niekieno priekaištų.“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) priėmė iš kompanjonų ištikimybės pažadą už paklusnumą valdovams tame, kas lengva ir kas sunku, turtingumo ir skurdo būsenoje, ir nesvarbu, ar patinka ar nepatinka jų įsakymai, net jei valdantieji teikia pirmenybę sau, o ne pavaldiniams, kalbant apie viešąsias lėšas, pareigas ir panašiai, jie turėtų klausytis ir paklusti jiems, kas gera, o ne maištauti prieš juos. Taip yra todėl, kad nesutarimai ir korupcija, kurie kiltų kovojant su jais, yra blogesni už korupciją, kurią sukelia jų priespauda. Tarp dalykų, dėl kurių jie prisiekė ištikimybę, yra sakyti tiesą, kad ir kur jie būtų, tai darydami būtų nuoširdūs Allahui ir nebijotų tų, kurie jiems priekaištauja.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
@@ -2302,50 +2341,85 @@
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Pranešta nuo Umar (tebūnie Allahas juo patenkintas), kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Patrumpinkite ūsus ir palikite barzdą augti.“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) įsakė trumpai apkarpyti ūsus, o ne palikti augti.
 Kita vertus, jis įsako, kad barzdą reikia palikti ilgą augti.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Draudimas skusti barzdą.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3279</t>
   </si>
   <si>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
+  </si>
+  <si>
+    <t>„Jei kuris nors iš jūsų regi sapną, kuris jam patinka, tai yra iš Allaho. Tegul jis už tai šlovina Allahą ir papasakoja apie tai. O jei regi ką nors nemalonaus, tai yra iš šėtono. Tegul ieško prieglobsčio nuo sapno blogio ir niekam apie tai nepasakoja, ir tai jam nepakenks.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
+  </si>
+  <si>
+    <t>Abu Said Al-Kudri (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Jei kuris nors iš jūsų regi sapną, kuris jam patinka, tai yra iš Allaho. Tegul jis už tai šlovina Allahą ir papasakoja apie tai. O jei regi ką nors nemalonaus, tai yra iš šėtono. Tegul ieško prieglobsčio nuo sapno blogio ir niekam apie tai nepasakoja, ir tai jam nepakenks.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Pranašas pranešė, kad geri ir malonūs sapnai nakties miego metu yra iš Allaho. Jis patarė šlovinti Allahą už juos ir pasakoti apie juos. Tačiau jei žmogus pamato tai, ko nemėgsta ir kas jį nuliūdina, tai yra iš šėtono. Tokiu atveju jis turėtų ieškoti prieglobsčio pas Allahą nuo to blogio ir niekam apie tai nepasakoti ir tai jam nepakenks, nes Allahas padarė tai priemone apsisaugoti nuo žalos, kylančios iš tokio sapno.</t>
+  </si>
+  <si>
+    <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
+قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
+الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
+  </si>
+  <si>
+    <t>Sapnų rūšys: 1. Geras sapnas – tai tikras sapnas ir džiugi žinia iš Allaho; 2. Sapnai, kurie atspindi kasdienes žmogaus mintis; 3. Liūdni ir bauginantys sapnai, kuriais šėtonas siekia trikdyti žmogų.
+Remiantis minėtomis gero sapno rūšimis, žmogus turėtų daryti tris dalykus: šlovinti Allahą už jį, laikyti jį geru ženklu ir dalintis juo tik su tais, kuriuos myli.
+O dėl blogo sapno nurodoma atlikti penkis dalykus: paprašyti Allaho apsaugos nuo jo blogio; paprašyti Allaho apsaugos nuo šėtono blogio; pabudus tris kartus spjauti į kairę pusę; niekam nepasakoti apie tai; jei žmogus planuoja toliau miegoti, apsisukti ant kitos pusės, ne tos, ant kurios miegojo, kai sapnavo. Ir iš tiesų šis sapnas jam nepakenks.
+Ibn Hadžar sakė: „Tai reiškia, kad jei jis papasakos apie gerą sapną tam, kuris jo nemyli, tas gali suteikti jam nemalonų sapno aiškinimą iš neapykantos, arba iš pavydo, ir viskas gali išsipildyti pagal tą aiškinimą arba pats žmogus paskubės susinervinti, o tai sugadins jo nuotaiką. Todėl buvo nurodyta nepasakoti tokių sapnų tam, kuris jaučia jam neapykantą.“
+Šlovinti Allahą už Jo palaimas ir malones, nes tai padeda joms tęstis.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3285</t>
+  </si>
+  <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>„Kokia nuostabi yra tikinčiojo būsena. Jam viskas yra gerai, ir tai nėra duota niekam, išskyrus tikinčiam</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suhaib (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kokia nuostabi yra tikinčiojo būsena. Jam viskas yra gerai, ir tai nėra duota niekam, išskyrus tikinčiam. Jei jam atsitinka kas nors gero , jis padėkoja (Allahui) ir tai tampa jam gėriu. O jei jį ištinka nelaimė, jis ištveria kantriai ir taip jam geriau.“</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Pranašas žavėdamasis išreiškia nuostabą tikinčiojo būsena ir padėtimi, nes jo būsena visada yra gera, ir tai galioja tik tikintiesiems. Kai jam nutinka kas nors gero, jis dėkoja už tai Allahui ir gauna atlygį už dėkingumą. Jei jam atsitinka kas nors blogo, jis rodo kantrybę ir siekia atlygio iš Allaho, taigi gauna atlygį už parodytą kantrybę. Taigi visais atvejais jis gauna atlygį.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
@@ -2986,90 +3060,158 @@
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibn Umar (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo vyrą sakant: „Ne, prisiekiu Kaaba!“ Todėl jam pasakė: „Neprisiek kitu, tik Allahu, nes girdėjau Allaho Pasiuntinį (ramybė ir Allaho palaima jam) tariant: „Tas, kuris prisiekia kitu, o ne Allahu, tapo netikinčiu arba padarė širk (politeizmą).“</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pranešė, kad tas, kuris prisiekia kitu, o ne Allahu ir Jo vardais bei savybėmis, netikėjo Allahu arba atliko politeizmą. Taip yra todėl, kad prisiekimas kažkuo rodo jo didelį išaukštinimą, o visa didybė priklauso tik Allahui. Taigi, turime prisiekti tik Allahu, Jo vardais ir savybėmis. Šis prisiekimas patenka į mažąjį politeizmo tipą. Tačiau, jei prisiekėjas išaukština tai, kuo prisiekia, kaip Allahą ar didesnį šlovinimą, tada prisiekimas patenka į didįjį politeizmo tipą.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Šlovinimas prisiekiant yra tik Visagalio Allaho teisė. Taigi, turėtume prisiekti tik Allahu ir Jo vardais bei savybėmis.
 Tai rodo kompanjonų rūpestį įsakyti, kas yra teisinga, ir uždrausti kas yra neteisinga, ypač jei neteisingas veiksmas yra susijęs su politeizmu ar netikėjimu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3359</t>
   </si>
   <si>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
+  </si>
+  <si>
+    <t>„Kas užaugins dvi mergaites, kol jos pasieks brandą, Tas Teismo dieną bus kartu su manimi,“ – ir jis sujungė savo du pirštus</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
+  </si>
+  <si>
+    <t>Anas Ibn Malik (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kas užaugins dvi mergaites, kol jos pasieks brandą, Tas Teismo dieną bus kartu su manimi,“ – ir jis sujungė savo du pirštus.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
+  </si>
+  <si>
+    <t>Pranašas pasakė, kad tas, kuriam buvo duotos dvi dukros arba dvi seserys ir kuris jomis rūpinosi, auklėjo, vedė į gėrį, perspėjo nuo blogio ir darė panašius dalykus, kol jos užaugo ir pasiekė brandą, Teismo dieną bus kartu su Pranašu „štai taip“ – ir jis suglaudė smilių su viduriniuoju pirštu.</t>
+  </si>
+  <si>
+    <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
+أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
+علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
+قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
+  </si>
+  <si>
+    <t>Didis atlygis laukia to, kuris rūpinasi savo dukromis – aprūpina jas ir auklėja, kol jos išteka arba pasiekia brendimą; tas pats taikoma ir seserims.
+Atlygis už rūpinimąsi dukterimis yra didesnis nei už rūpinimąsi sūnumis, nes apie sūnus nieko panašaus nepasakyta. Taip yra todėl, kad mergaitėms reikia daugiau dėmesio ir pastangų jas aprūpinant: jos turi būti tinkamai saugomos, daugelio dalykų pačios neatlieka ir nesielgia taip, kaip berniukai. Priežastis taip pat yra ta, kad tėvas su dukromis nesieja vilčių, kad jos sustiprins jį prieš priešą, pratęs jo pavardę ar giminę, kaip jis sieja tokias viltis su sūnumis. Todėl rūpinimasis dukromis reikalauja kantrybės, nuoširdumo ir tyros intencijos, ir tada jo laukia didis atlygis – jis bus Pranašo kompanjonas Teismo dieną.
+Moteris laikoma pasiekusia brandą, kai pasireiškia bent vienas iš šių požymių: jai sukanka penkiolika metų, prasideda menstruacijos, net jei dar nėra penkiolikos, auga plaukai aplink lytinius organus arba įvyksta naktinės išskyros, t. y. ejakuliacija sapnuojant.
+Al-Kurtubi sakė: „Brandos pasiekimas čia reiškia tai, kad mergina tampa pajėgi pasirūpinti savimi. Kalabant apie moteris, jos pasiekia tokią būseną, kai konsumuojama santuoka. Taigi, kalba eina ne apie brandą religine prasme, kai prasideda menstruacijos ir tampa privalomos religinės pareigos. Gali būti, kad mergina ištekės anksčiau, ir jos vyras visiškai prisiims jos išlaikymą; o gali būti ir taip, kad nors jai jau prasidėjo menstruacijos, ji nesugeba visiškai pasirūpinti savimi, ir jei ją paliktų, ji būtų bejėgė ir pražūtų. Tokiomis aplinkybėmis ji dar labiau nusipelno globos, priežiūros ir rūpesčio, kad būtų visiškai apsaugota iki tol, kol bus ištekinta. Todėl islamo mokslininkai sakė, kad tėvo pareiga išlaikyti dukterį nedingsta tuomet, kai ji pasiekia brandą, o tik tuomet, kai ji išteka.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3360</t>
+  </si>
+  <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>„Jūs neįeisite į rojų, kol nepatikėsite, ir nepatikėsite tol, kol nemylėsite vienas kito. Ar turėčiau pasakyti, ką galite padaryti, kad mylėtumėte vienas kitą? Paskleiskite Salam (taikos) pasveikinimą tarp jūsų.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Jūs neįeisite į rojų, kol nepatikėsite, ir nepatikėsite tol, kol nemylėsite vienas kito. Ar turėčiau pasakyti, ką galite padaryti, kad mylėtumėte vienas kitą? Paskleiskite Salam (taikos) pasveikinimą tarp jūsų.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Pranašas paaiškino, kad niekas nepateks į rojų, išskyrus tikinčiuosius, o jų tikėjimas nebus tobulas ir musulmonų visuomenė nebus geros būklės, nebent jie mylės vieni kitus. Tada Pranašas nukreipė mus į geriausią būdą skleisti meilę -  paskleisti taikos sveikinimą tarp musulmonų, nes Allahas padarė „taiką“ savo vergų sveikinimu.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Įėjimas į rojų priklauso nuo tikėjimo.
 Tobulas tikėjimas reiškia, kad musulmonas trokšta savo broliui to, ko trokšta pats sau.
 Taikos sveikinimą pageidautina skleisti tarp musulmonų, nes tokiu būdu tarp žmonių sklinda meilė ir saugumas.
 Taikos sveikinimas yra skirtas tik musulmonams, kaip sakė Pranašas: „Tarp jūsų“.
 Taikos sveikinimo paskleidimas pašalina susiskaldymą, aplaidumą ir priešiškumą tarp musulmonų.
 Hadisas parodo meilės tarp musulmonų svarbą, kuri yra tobulo tikėjimo dalis.
 Kitas hadisas mini, kad pilna taikos pasveikinimo forma yra: „As-salamu alaikum va rahmatullahi va barakatuh“ (tebūna jums taika, Allaho gailestingumas ir palaiminimai); tačiau pakanka pasakyti: „As-salamu alaikum“ (taika jums).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3361</t>
   </si>
   <si>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
+  </si>
+  <si>
+    <t>„Jei nebūčiau bijojęs apsunkinti tikintiesiems – arba savo bendruomenei – būčiau jiems įsakęs naudoti sivaką (dantų valymo šakelę) prieš kiekvieną maldą.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Jei nebūčiau bijojęs apsunkinti tikintiesiems – arba savo bendruomenei – būčiau jiems įsakęs naudoti sivaką (dantų valymo šakelę) prieš kiekvieną maldą.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
+  </si>
+  <si>
+    <t>Pranašas pasakė, kad jei nebūtų bijojęs apsunkinti musulmonams, būtų padaręs jiems privalomą naudoti sivaką prieš kiekvieną maldą.</t>
+  </si>
+  <si>
+    <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
+الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
+استحباب السواك وفضله عند كل صلاة.
+قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
+عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
+  </si>
+  <si>
+    <t>Pranašo geranoriškumas savo bendruomenei ir jo nenoras apsunkinti.
+Iš esmės Pranašo įsakymas reiškia privalomumą, nebent yra įrodymų, kad tai yra savanoriška.
+Pageidautina naudoti sivaką prieš kiekvieną maldą.
+Ibn Dakik Al-Eid sakė: sivako naudojimo prieš maldą rekomendacijos priežastis yra ta, kad malda yra būsena, kuri priartina žmogų prie Allaho, todėl ji turi būti atliekama tobuloje ir švarioje būsenoje, kad būtų pabrėžta šio didingo garbinimo akto svarba.
+Hadiso bendroji prasmė apima ir tai, kad pasninkaujantis žmogus gali naudoti sivaką net ir po to, kai saulė jau pradėjo krypti į vakarus, kaip zuhr ir asr maldos.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3364</t>
+  </si>
+  <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Koks poelgis yra mylimiausias Allahui?“ Jis atsakė: „Atlikti maldą anksčiausiu nustatytu laiku.“ Aš paklausiau: „O koks sekantis?“ Pranašas pasakė: „Paklusnumas ir gerumas tėvams.“ Aš pasakiau: „O koks poelgis sekantis?“ Jis pasakė: „Džihadas Allaho kelyje.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullah Ibn Masud (tebūnie Allahas juo patenkintas) perdavė: Aš paklausiau Pranašo (ramybė ir Allaho palaima jam): „Koks poelgis yra mylimiausias Allahui?“ Jis atsakė: „Atlikti maldą anksčiausiu nustatytu laiku.“ Aš paklausiau: „O koks sekantis?“ Pranašas pasakė: „Paklusnumas ir gerumas tėvams.“ Aš pasakiau: „O koks poelgis sekantis?“ Jis pasakė: „Džihadas Allaho kelyje.“ Abdullah Ibn Masud pasakė: „Tai buvo dalykai, kuriuos Pranašas man pasakė, ir jei būčiau jo paprašęs daugiau, jis man būtų pasakęs daugiau.“</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Pranašas buvo paklaustas: Kuris poelgis yra brangiausias Allahui? Jis atsakė: Atlikti privalomas maldas šariato nustatytu laiku. Tada būti paklusniam savo tėvams, būti jiems maloniam, įgyvendinant jų teises. Tada, savo gyvybe ir turtais, atlikti džihadą vardan Allaho, kad Jo žodis būtų aukščiausias, apginti islamo religiją ir jos žmones bei skleisti jos ritualus.
 Ibn Masud pasakė: Jis man pranešė apie šiuos poelgius ir jei būčiau jam pasakęs: koks sekantis poelgis? jis būtų man pranešęs daugiau.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
@@ -3079,51 +3221,51 @@
     <t>Poelgiai skiriasi savo nuopelnais, atsižvelgiant į tai, kiek jie brangūs Allahui.
 Raginame musulmonus būti linkusiems atlikti darbus pagal jų pranašumo laipsnį.
 Pranašo atsakymai apie geriausius darbus skiriasi priklausomai nuo įvairių klausėjų, jų sąlygų ir to, kas kiekvienam iš jų yra naudingiau.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>„Labiausiai slegiančios maldos veidmainiams yra iša ir fadžr maldos. Jei jie žinotų to nuopelnus, jie ateitų jas melstis, net jei tektų šliaužioti</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Labiausiai slegiančios maldos veidmainiams yra iša ir fadžr maldos. Jei jie žinotų to nuopelnus, jie ateitų jas melstis, net jei tektų šliaužioti. Jau beveik ketinau pakviesti žmones į maldą, ir paskirti vyrą, kuris vestų maldą bei išeiti kartu su kai kuriais vyrais, turinčiais malkų ryšulius, pas žmones, kurie nedalyvauja maldoje, ir sudeginti juos savo namuose ugnimi.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pasakoja apie veidmainius ir jų tingumą, kai reikia dalyvauti maldose, ypač iša ir fadžr maldose, ir apie tai, kad jei jie žinotų atlygio dydį už dalyvavimą jose kartu su kitais, jie būtų atėję, net jei tektų šliaužioti kaip kūdikiams ant rankų ir kelių.
-. Pranašas (ramybė ir Allaho palaima jam) vos nenusprendė įsakyti pradėti maldą ir paskirti žmogų, kuris vestų maldą, o tada jis kartu su malkas nešančiais vyrais eitų pas žmones, kurie nedalyvauja maldos susirinkime ir sudeginti juos kartu su savo namais, atsižvelgiant į jų nuodėmės pavojingumą. Tačiau jis to nepadarė, nes namuose gyveno moterys, nekalti vaikai ir kiti, kurie turi pasiteisinimų neatvykti į maldą mečetėje, nes jie nepadarė jokios nuodėmės.</t>
+Pranašas (ramybė ir Allaho palaima jam) vos nenusprendė įsakyti pradėti maldą ir paskirti žmogų, kuris vestų maldą, o tada jis kartu su malkas nešančiais vyrais eitų pas žmones, kurie nedalyvauja maldos susirinkime ir sudeginti juos kartu su savo namais, atsižvelgiant į jų nuodėmės pavojingumą. Tačiau jis to nepadarė, nes namuose gyveno moterys, nekalti vaikai ir kiti, kurie turi pasiteisinimų neatvykti į maldą mečetėje, nes jie nepadarė jokios nuodėmės.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Neatvykimo į maldą mečetėje rimtumas.
 Veidmainiai savo garbinimu siekia tik puikavimosi ir reputacijos, nes maldose lankosi tik tada, kai žmonės juos mato.
 Atlygis už iša ir fadžr maldų atlikimą susirinkime mečetėje yra vertingas tiek, kad reikia ateiti net šliaužiant.
 Reguliarus dalyvavimas iša ir fadžr maldose apsaugo nuo veidmainystės, o nedalyvavimas jose yra vienas iš veidmainių bruožų.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>„Tai akmuo, kuris buvo įmestas į pragarą prieš septyniasdešimt metų, ir jis krito pragaro ugnimi tol, kol dabar pasiekė jos dugną.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -3229,50 +3371,91 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Masud (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Allaho Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Tarp nedoriausių žmonių yra tie, kurie bus gyvi, kai ateis Teismo diena, ir tie, kurie paverčia kapus garbinimo vietomis.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Pranašas mus informuoja apie pačius nedoriausius žmones; tai tie, kurie bus gyvi kai ateis Teismo diena ir jie bus to liudininkai, taip pat tie, kurie paverčia kapus garbinimo vietomis ir meldžiasi prie jų arba atsigręžę į juos.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Hadisas draudžia statyti mečetes virš kapų, nes tai yra priemonė, vedanti į širk (politeizmą).
 Hadisas draudžia melstis prie kapų, net jei nėra pastato, nes „masdžid“ (mečetė) yra žodis, reiškiantis sudžūd (nusilenkimo) vietą, net jei pastato nėra.
 Kas paverčia teisiųjų kapus garbinimo vietomis, yra priskiriamas prie pačių nedoriausių žmonių, net jei jis teigia, kad jo ketinimas yra priartėti prie Visagalio Allaho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3375</t>
+  </si>
+  <si>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
+  </si>
+  <si>
+    <t>„Kiekvieną dieną, kai Allaho tarnai prabunda ryte, būtinai nužengia du angelai. Vienas iš jų sako: ,,O Allahe, suteik tam, kuris aukoja dėl Tavęs, gerą atlygį." O antrasis sako: ,,O Allahe, siųsk nuostolį tam, kuris susilaiko (neišleidžia).“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Kiekvieną dieną, kai Allaho tarnai prabunda ryte, būtinai nužengia du angelai. Vienas iš jų sako: ,,O Allahe, suteik tam, kuris aukoja dėl Tavęs, gerą atlygį." O antrasis sako: ,,O Allahe, siųsk nuostolį tam, kuris susilaiko (neišleidžia).“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
+اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
+ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
+  </si>
+  <si>
+    <t>Pranašas pasakė, jog kiekvieną dieną, kai pateka saulė, būtinai nusileidžia du angelai, kurie šaukia:
+O Allahe, atlygink dosniajam, kuris išleidžia tam, kas patinka Tau – paklusnumo darbams, savo artimiesiems, svečiams ir savanoriškoms aukoms, ir suteik jam gėrį bei palaimą už tai, ką jis išleidžia.
+Kitas sako: O Allahe, padaryk žalą šykščiajam ir sunaikink turtą, kurį jis sulaiko nuo tų, kuriems tai priklauso.</t>
+  </si>
+  <si>
+    <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
+دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
+الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
+بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
+هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
+تحريم البخل والشُّحّ.</t>
+  </si>
+  <si>
+    <t>Leidžiama kreiptis į Allahą su maldavimu už dosnųjį, kad jam būtų suteiktas didelis atlygis ir gautų geresnį už tai, ką išleido. Taip pat leidžiama melstis už šykštųjį, kad jo turtas, kurį jis vengia išleisti ten, kur Allahas jį įpareigojo išleisti, būtų sunaikintas.
+Angelai kreipiasi į Allahą su maldavimu už teisųjį tikintįjį, kuris išleidžia tam, kas patinka Allahui, ir prašo jam gėrio bei palaimos; jų maldavimas niekada nelieka be atsako.
+Raginama vykdyti tiek privalomus, tiek savanoriškus išlaidavimus – tai rūpinimasis savo šeima, giminystės ryšių palaikymas ir įvairūs geri darbai.
+Paaiškinimas apie nuopelnus, kai žmogus išleidžia pinigus darbams, maloniems Allahui, ir kad tokių išlaidų rezultatas yra geras atpildas iš Jo. Tarė Visagalis: {ir ką tu išleidi iš bet ko (vardan Allaho), Jis pakeis tai (kitu). Ir Jis yra Geriausias iš aprūpintojų.} [Koranas, sūra „Saba“ 34:39].
+Šis maldavimas yra prieš tą, kuris atsisako privalomų išlaidų; kiek tai susiję su savanoriškomis išlaidomis, jos čia neįtraukiamos, nes atsisakantis savanoriškų išlaidų nesulaukia tokio maldavimo prieš jį.
+Šykštumas ir godumas draudžiami.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3379</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>„Dalykas, kurio aš labiausiai bijau dėl jūsų, yra mažasis širk (politeizmas).“ Jie paklausė: „O kas yra mažasis širk, o Allaho Pasiuntiny?“ Jis atsakė: „Tai rija</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Machmud Ibn Labid (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Dalykas, kurio aš labiausiai bijau dėl jūsų, yra mažasis širk (politeizmas).“ Jie paklausė: „O kas yra mažasis širk, o Allaho Pasiuntiny?“ Jis atsakė: „Tai rija (pasipuikavimas). Visagalis pasakys Teismo dieną, kai atlygins visiems žmonėms už jų poelgius: eikite pas tuos, prieš kuriuos puikavotės savo darbais žemiškajame pasaulyje ir pažiūrėkite, ar rasite pas juos kokį nors atlygį?“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) praneša, kad labiausiai jis bijo dėl savo bendromenės mažojo širk - rija (puikavimosi), t. y., daryti gerus darbus vardan žmonių. Tada Pranašas praneša apie bausmę tiems, kurie puikuojasi savo gerais darbais, kai jiems bus pasakyta Teismo dieną: „Eikite pas tuos, dėl kurių padarėte gerus darbus ir pažiūrėkite, ar jie turi galimybę jums už tai atlyginti?!“</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
@@ -3951,50 +4134,99 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Pranašas išsiuntė Ammar Ibn Jasir į kelionę sutvarkyti kai kuriuos jo reikalus. Ammar buvo džanaba būsenoje dėl lytinių santykių arba dėl lytinio susijaudinimo išsiskyrusios spermos ir negalėjo rasti vandens atlikti ghusl . Jis nežinojo taisyklių kaip atlikti tajammum (sausą apsiplovimą) būnant džanaba būsenoje; tačiau jis žinojo šią taisyklę dėl mažojo hadath (ritualinės nešvaros). Remdamasis savo asmeniniais samprotavimais, jis manė, kad lygiai taip pat, kaip žemė yra naudojama kai kurioms kūno dalims nuplauti nedidelio hadath atveju, taip ir atliekant tajammum dėl džanaba reikia plauti visą kūną žeme, analogiškai vandeniui. Taigi, jis išsivoliojo žemėse ir tada meldėsi. Atėjęs pas Pranašą, jis paminėjo tai, kad sužinotų, ar tai, ką padarė, buvo teisinga. Pranašas paaiškino jam, kaip pasiekti tyrumą po mažojo hadath, kaip šlapimas, ir po didžiojo hadath, kaip džanaba, - tai yra vieną kartą paliečiant žemę rankomis, tada nušluostant kaire ranka dešinę, taip pat išorinę plaštakų pusę ir veidą.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Prieš atliekant tajammum, būtina patikrinti ar tikrai nėra vandens apsiplovimui.
 Džanaba būsenoje esantis žmogus gali atlikti tajammum, jei nerado vandens.
 Tajammum didžiajam hadath yra atliekama taip pat kaip tajammum mažajam hadath.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3461</t>
   </si>
   <si>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
+  </si>
+  <si>
+    <t>„Laikykitės saikingumo ir stenkitės elgtis teisingai, ir žinokite, kad niekas iš jūsų nebus išgelbėtas savo darbais.“ Žmonės paklausė: „Allaho Pasiuntiny, net tu?“ Jis atsakė: „Net aš – jei tik Allahas neapgaubs manęs savo gailestingumu ir malone.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Laikykitės saikingumo ir stenkitės elgtis teisingai, ir žinokite, kad niekas iš jūsų nebus išgelbėtas savo darbais.“ Žmonės paklausė: „Allaho Pasiuntiny, net tu?“ Jis atsakė: „Net aš – jei tik Allahas neapgaubs manęs savo gailestingumu ir malone.“</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
+ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
+قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
+فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
+  </si>
+  <si>
+    <t>Pranašas ragina kompanjonus stengtis daryti gerus darbus ir bijoti Allaho pagal savo galimybes, vengiant tiek pertekliaus, tiek aplaidumo. Jis kviečia elgtis teisingai, būti nuoširdžiais prieš Allahą ir sekti suna, kad darbai būtų priimti ir taptų priežastimi gauti Visagalio gailestingumą bei malonę.
+Tada jis jiems pranešė, kad niekas iš jų nebus išgelbėtas vien tik darbais: būtinai reikalinga Allaho malonė.
+Jie paklausė: „Allaho Pasiuntiny, ar net tavo darbai neišgelbės tavęs, nepaisant tavo statuso?“
+Jis atsakė: „Net aš, jei tik Allahas neapgaubs manęs savo gailestingumu ir palaiminimu.“</t>
+  </si>
+  <si>
+    <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
+قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
+العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
+فضل الله ورحمته على عباده أوسع من أعمالهم.
+الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
+قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
+ قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
+قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
+قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
+  </si>
+  <si>
+    <t>An-Navavi sakė: „Laikykitės saikingumo ir stenkitės elgtis teisingai“ reiškia siekti teisingumo ir elgtis pagal jį, o jei nepavyksta, bent jau stengtis prie to artėti. Teisingumas reiškia vengti kraštutinumų, t. y. pertekliaus ir aplaidumo, kitaip tariant – neleisti nei perdėti, nei tinginiauti.
+Ibn Baz sakė: „Gerieji darbai yra priežastis patekti į rojų, o blogi darbai – priežastis patekti į pragarą. Tačiau hadise paaiškinama, kad vien tik darbų neužtenka norint patekti į rojų – tam būtinas ir Visagalio Allaho atleidimas ir gailestingumas. Kitaip tariant, žmonės patenka į rojų dėl savo darbų, tačiau jų patekimą nulemia Allaho gailestingumas ir atleidimas.“
+Žmogus neturėtų apsigauti savo darbais, kad ir kokie jie būtų, nes Allaho teisės yra didesnės nei jo darbai. Todėl jis turėtų jausti tiek viltį, tiek baimę.
+Allaho geranoriškumas ir gailestingumas Jo tarnams yra didesnis nei jų darbai.
+Geri darbai yra priežastis patekti į rojų, tačiau to pasiekimas priklauso nuo Allaho gailestingumo ir malonės.
+Al-Kirmani sakė: „Jei visi žmonės patenka į rojų tik dėl Allaho gailestingumo, tuomet Pranašo (ramybė ir Allaho palaima jam) paminėjimas čia parodo, kad net jis – nors jo įėjimas į rojų yra neabejotinas - vis dėlto pateks ten tik iš Allaho gailestingumo. Tad juo labiau tai taikytina kitiems žmonėms.“
+An-Navavi sakė: kalbant apie Allaho žodžių prasmę {ženkite į savo Rojų, dėl to (gero), ką jūs darydavote (pasaulyje).} [Koranas, sūra „Bitės“ 16:32], {Tai yra Rojus, kurį jūs buvote priversti paveldėti dėl savo darbų, kuriuos darydavote (žemiškajame gyvenime).} [Koranas, sūra „Papuošimai“ 43:72] ir panašias eilutes, kurios rodo, kad darbai yra priemonė patekti į rojų – jos neprieštarauja šiems hadisams. Šios eilutės reiškia, kad darbai yra priemonė įeiti į rojų, tačiau vadovavimasis šiais darbais, nuoširdumas juos atliekant ir jų priėmimas – visa tai priklauso nuo Allaho gailestingumo ir malonės. Todėl tiesa, kad žmogus neįeina į rojų vien tik savo darbų dėka, kaip tai parodo hadisai. Ir tiesa yra tai, kad žmogus įeina į rojų dėl savo gerų darbų, tačiau pats įėjimas yra tik iš Allaho gailestingumo.
+Ibn Al-Džauzi sakė: tai atveda prie keturių galimų išvadų. Pirma: vedimas atlikti gerus darbus yra Allaho gailestingumo išraiška, ir jeigu ne išankstinė Allaho malonė, žmogus nebūtų pasiekęs nei tikėjimo, nei paklusnumo, kuris veda į išgelbėjimą. Antra: žmogus gauna naudą dėl savo Viešpaties, todėl jo darbai yra Viešpaties dovana, ir kad ir koks didelis būtų atlygis, kurį Allahas jam skiria, tai vis tiek rodo Jo malonę. Trečia: kai kuriuose hadisuose minima, kad pats įėjimas į rojų vyksta per Allaho gailestingumą, tačiau vieta rojuje nustatoma pagal darbus. Ketvirta: garbinimo darbai atliekami per trumpą laiką, tačiau atlygis už juos yra begalinis. Todėl, kai amžinas palaiminimas duodamas už laikiną veiksmą, tai rodo Allaho malonę, o ne vien tik atlyginimą už darbus.
+Ar-Rafij sakė: žmogus neturėtų pasikliauti savo gerais darbais siekdamas išgelbėjimo ir aukštų rangų, nes jis juos atliko tik dėl Allaho suteiktos sėkmės, o nuodėmių išvengė tik per Allaho apsaugą. Taigi visa tai vyksta tik per Allaho malonę ir gailestingumą.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3469</t>
+  </si>
+  <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>„Kai žmonės mato engėją, bet jo nesustabdo, Allahas netrukus juos apims Savo bausme.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Bakr As-Siddik (tebūnie Allahas juo patenkintas) pranešė sakęs: „O žmonės, jūs recituojate šią eilutę: {O jūs, kurie tikite! Rūpinkitės savimi. Jei jūs seksite (teisingu) vedimu, nepakenks jums niekaip tie, kurie yra paklydę.}, ir iš tiesų, aš girdėjau Allaho Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Kai žmonės mato engėją, bet jo nesustabdo, Allahas netrukus juos apims Savo bausme.“</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bakr As-Siddik informuoja, kad žmonės recituoja šią eilutę:
 {O jūs, kurie tikite! Rūpinkitės savimi. Jei jūs seksite (teisingu) vedimu, nepakenks jums niekaip tie, kurie yra paklydę.} [Koranas, sūra ,,Maistu padengtas stalas“ 5:105].
 o prasmė, kurią jie suvokia, yra ta, kad žmogus turėtų stengtis pataisyti tik save, turėdamas omenyje, kad kitų klaidingas elgesys jam niekada nepakenks ir kad jis neprivalo įsakyti gėrio ar drausti blogio.
 Tačiau Abu Bakr informavo juos, kad tai nėra tikroji eilutės prasmė ir kad jis girdėjo Pranašą sakant: Kai žmonės mato engėją ir nestabdo jo priespaudos, nepaisant to, kad turi galimybę tai padaryti, Allahas nubaus juos visus, ir piktadarį, ir tą, kuris tyli.</t>
   </si>
   <si>
@@ -4266,50 +4498,53 @@
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Pranašas paėmė Muaz už rankos ir pasakė jam: prisiekiu Allahu, aš tave myliu, ir patariu tau niekada nepraleisti progos po kiekvienos maldos sakyti: Allahumma aini ala dhikrik (O Allahe, padėk man prisiminti Tave) - kiekvienu žodžiu ir veiksmu, kuris priartina mane prie paklusnumo Tau; va šukrik (ir Tau padėkoti) už suteiktas malones ir apsaugojimą nuo nelaimių; va husni ibadatik (ir tobulai Tave garbinti) būnant visiškai nuoširdžiam Allahui ir sekant Pranašu (ramybė ir Allaho palaima jam).</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Leidžiama pasakyti žmogui, kad myli jį dėl Allaho.
 Pageidautina sakyti šią duą po kiekvienos privalomos ir savanoriškos maldos.
 Ši trumpa dua apima šio ir pomirtinio pasaulių gyvenimų poreikius.
 Raginimas vieni kitus laikytis tiesos, tarpusavio patarimai ir bendradarbiavimas gėryje bei teisume yra vieni iš meilės vardan Allaho privalumų.
 At-Tajibi sakė: Allaho prisiminimas yra įvadas į širdies palengvėjimą, dėkojimas Jam yra palaiminimų pasiekimo priemonė, o reikalaujama puiki garbinimo maniera – būti laisvam nuo visko, kas atitraukia nuo Visagalio Allaho.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>„Bijokite Allaho, savo Viešpaties, melskitės savo penkias [maldas], pasninkaukite savo [Ramadano] mėnesį, sumokėkite už savo turtą priklausantį zakatą, pakluskite savo valdovams ir taip pateksite į Viešpaties rojų.“</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abu Umama (tebūnie Allahas juo patenkintas) pranešė, kad išgirdo Pasiuntinį (ramybė ir Allaho palaima jam) sakantį pamokslą atsisveikinimo (al-vada) hadžo metu: „Bijokite Allaho, savo Viešpaties, melskitės savo penkias [maldas], pasninkaukite savo [Ramadano] mėnesį, sumokėkite už savo turtą priklausantį zakatą, pakluskite savo valdovams ir taip pateksite į Viešpaties rojų.“</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
@@ -4452,81 +4687,158 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abu Mūsa Al-Ašari (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) tarė: „Jei žmogus suserga ar keliauja, jam bus įskaityti visi geri darbai, kuriuos jis nuolat atlikdavo būdamas namuose ir geros sveikatos.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pranešė apie Allaho dosnumą ir gailestingumą - jei musulmonas, būdamas sveikas ir būdamas namuose, reguliariai atlieka tam tikrą gerą darbą, tada jį ištinka kažkas, pavyzdžiui, liga, dėl kurios jis negali veikti ar kelionę, dėl kurios jis yra per daug užsiėmęs, ar bet koks kitas pasiteisinimas, jis gaus visą savo atlygį, kaip ir gaudavo už tai, kad atlikdavo šį veiksmą būdamas sveikas bei namuose.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Tai rodo didžiulį Allaho dosnumą savo tarnams.
 Tai ragina kruopštumą atliekant garbinimus ir išnaudoti laiką esant geros sveikatos ir turint laisvo laiko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3553</t>
   </si>
   <si>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
+  </si>
+  <si>
+    <t>„O Allahe, aš ieškau prieglobsčio Tavo malonėje nuo Tavo rūstybės, ir Tavo atleidime – nuo Tavo bausmės, ir ieškau prieglobsčio pas Tave nuo Tavęs paties. Aš negaliu išvardyti visų pagyrų Tau, kurių Tu esi vertas. Tu esi toks, koks pats Save pagyrei.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
+  </si>
+  <si>
+    <t>Aiša (tebūnie Allahas ja patenkintas) perdavė: Vieną naktį aš prabudau ir nepamačiau Pranašo, ramybė ir Allaho palaima jam, lovoje. Palietusi aplinką tamsoje, prisiliečiau prie jo vertikaliai stovinčių pėdų vidinės dalies, ir jis tuo metu buvo toje vietoje, kur paprastai meldėsi. Tuo metu jis sakė: „O Allahe, aš ieškau prieglobsčio Tavo malonėje nuo Tavo rūstybės, ir Tavo atleidime – nuo Tavo bausmės, ir ieškau prieglobsčio pas Tave nuo Tavęs paties. Aš negaliu išvardyti visų pagyrų Tau, kurių Tu esi vertas. Tu esi toks, koks pats Save pagyrei.“</t>
+  </si>
+  <si>
+    <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
+(أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
+(وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
+(لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
+(أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
+  </si>
+  <si>
+    <t>Aiša sakė: vieną naktį miegojau šalia Pranašo, ramybė ir Allaho palaima jam, tačiau pabudusi nepamačiau jo šalia. Palietusi ranka tą vietą kambaryje, kurioje jis melsdavosi, radau jį nusilenkusį, o jo pėdos tuo metu buvo vertikalioje būsenoje. Ir jis tuo metu kalbėjo:
+[Ieškau prieglobsčio ir kreipiuosi į] Tavo malonę nuo Tavo rūstybės man arba mano žmonėms, [ir] ieškau prieglobsčio [Tavo atleidime] ir Tavo gausioje malonėje [nuo Tavo bausmės], [Ieškau prieglobsčio pas Tave nuo Tavęs paties ir Tavo grožio savybėse nuo Tavo didybės savybių, nes niekas negali suteikti apsaugos nuo Tavęs, išskyrus Tave, ir nėra prieglobsčio ar išsigelbėjimo nuo Allaho, išskyrus pas Allahą. [Negaliu išvardyti visų pagyrimų Tau, kurių Tu esi vertas], nes nesugebu aprėpti ir suskaičiuoti Tavo gailestingumo ir gėrio taip, kaip Tu esi to vertas, nepaisant mano pastangų. [Tu esi toks, koks pats Save pagyrei], nes Tu pats Save šlovinai taip, kaip esi vertas, tad kas galėtų Tave tinkamai pagirti?!</t>
+  </si>
+  <si>
+    <t>استحباب هذه الأدعية في السجود.
+ قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
+استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
+فيه تعظيم الخالق في الركوع والسجود.
+جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
+قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
+  </si>
+  <si>
+    <t>Pageidautina šiuos maldavimus tarti nusilenkimo metu (sudžud).
+Mirak sakė: vienoje An-Nasai hadiso versijoje perduota, kad jis šią dua sakydavo po to, kai baigdavo savo maldą ir eidavo miegoti.
+Pageidautina girti Allahą Jo savybėmis ir kreiptis į Jį maldavimuose Jo vardais, kurie yra nurodyti Korane ir sunoje.
+Nusilenkimas (sudžud ir ruku) yra Allaho didybės pripažinimo išraiška.
+Leidžiama prašyti apsaugos per Allaho savybes, kaip leidžiama ieškoti prieglobsčio tiesiogiai per Jo esmę.
+Al-Khatabi sakė: „Šiuose žodžiuose slypi graži prasmė: prašydamas apsaugos iš Allaho, jis kreipėsi į Jo pasitenkinimą nuo Jo rūstybės, į Jo atleidimą nuo Jo bausmės, o pasitenkinimas ir rūstybė yra priešingos sąvokos, taip pat kaip ir atleidimas ir bausmė. Ir kai jis paminėjo Tą, Kuriam nėra priešingybės, t. y. Visagalį Allahą, jis prašė apsaugos iš Jo paties, o ne iš kažko kito. Taigi, tai yra atleidimo prašymas, susijęs su nesugebėjimu tinkamai vykdyti pareigos Jį garbinti ir tinkamai Jį šlovinti. O jo žodžiai: „Aš negaliu išvardyti visų pagyrų Tau, kurių Tu esi vertas“ reiškia: aš to nesugebu ir man to nepasiekti.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3566</t>
+  </si>
+  <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>„Geriausias zikr (Allaho minėjimas) yra lia iliaha illial-lah (nėra jokio kito dievo, išskyrus Allahą), ir geriausias dua (maldavimas) yra alhamdulilliah (šlovė Allahui).“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Džabir (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Geriausias zikr (Allaho minėjimas) yra lia iliaha illial-lah (nėra jokio kito dievo, išskyrus Allahą), ir geriausias dua (maldavimas) yra alhamdulilliah (šlovė Allahui).“</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Pranašas mums pranešė, kad geriausias zikr (Allaho atminimas) yra lia iliaha illia Allah (nėra kito dievo, išskyrus Allahą), tai reiškia, kad niekas nėra vertas garbinimo, išskyrus Allahą. Bei pranešė, kad geriausias maldavimas yra alhamdulilliah (šlovė Allahui), tai reiškia pripažinimą, kad Visagalis Allahas yra malonės davėjas ir Tas, kuris vertas tobulumo savybių.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Ji ragina mus dažnai minėti Allahą, ištariant tikėjimo liudijimą ir šlovinimo maldavimus.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Perdavė At-Tirmidhi ir An-Nasa-i knygoje „As-Sunan Al-Kubra“, bei Ibn Madža]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
+  </si>
+  <si>
+    <t>„Ar papasakoti jums apie rojaus gyventojus? Kiekvienas silpnas žmogus, į kurį kiti žiūri iš aukšto – jeigu jis prisiektų Allaho vardu, Jis išpildytų jo priesaiką. Ar papasakoti jums apie pragaro gyventojus? Kiekvienas žiaurus, godus ir arogantiškas žmogus.“</t>
+  </si>
+  <si>
+    <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
+  </si>
+  <si>
+    <t>Haris Ibn Vahb Al-Khuzai (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pranašą (ramybė ir Allaho palaima jam) sakant: „Ar papasakoti jums apie rojaus gyventojus? Kiekvienas silpnas žmogus, į kurį kiti žiūri iš aukšto – jeigu jis prisiektų Allaho vardu, Jis išpildytų jo priesaiką. Ar papasakoti jums apie pragaro gyventojus? Kiekvienas žiaurus, godus ir arogantiškas žmogus.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
+فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
+وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
+  </si>
+  <si>
+    <t>Pranašas papasakojo apie kai kurias rojaus gyventojų ir pragaro gyventojų savybes.
+Dauguma Rojaus gyventojų yra: „kiekvienas silpnas žmogus, į kurį kiti žiūri iš aukšto“ – tai yra nuolankus ir atsidavęs Visagaliui Allahui žmogus, kuris taip nusižemina prieš Jį, kad kiti gali jį lengvai nustelbti ar net niekinti. Tačiau jei toks žmogus, nusižeminęs Allahui, prisiekia Jo vardu, tikėdamasis Jo dosnumo, Allahas išpildo jo priesaiką ir atsako į jo prašymus ir maldas.
+Dauguma pragaro gyventojų yra kiekvienas „utul“ – žiaurus, šiurkštus, įžūlus ginčininkas arba nepadorus žmogus, kuris nedaro jokio gėrio; „džavad“ – godus, išpuikęs žmogus, linkęs persivalgyti, turintis didelį kūną, vaikštantis pasipūtęs ir besielgiantis blogai; ir „mustakbir“ – arogantiškas, atmetantis tiesą ir žiūrintis į kitus iš aukšto.</t>
+  </si>
+  <si>
+    <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
+التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
+قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
+  </si>
+  <si>
+    <t>Raginama siekti rojaus gyventojams būdingų savybių ir įspėjama vengti pragaro gyventojų savybių.
+Drovumas prieš Allahą pasireiškia nusižeminimu Jam, Jo įsakymų ir draudimų priėmimu bei vykdymu, o drovumas prieš žmones – jų nepaniekinimu ir nesipuikavimu.
+Ibn Hadžar sakė: tai reiškia, kad šie sudaro daugumą rojaus gyventojų, o kiti – daugumą pragaro gyventojų, tačiau tai nereiškia, kad jie sudaro visus abiejų pusių gyventojus.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>„Ar nukreipti jus į tai, kuo Allahas ištrina nuodėmes ir iškelia į aukštesnius rangus?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Ar nukreipti jus į tai, kuo Allahas ištrina nuodėmes ir iškelia į aukštesnius rangus?“ Jie sakė: „Taip, o Allaho Pasiuntiny.“ Pranašas tarė: „Tobulai atlikti vudu, nepaisant sunkumų, dažnai eiti į mečetes ir laukti vienos maldos po kitos, ir tai yra ribat.“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Pranašas paklausė savo kompanjonų, ar jie nori, kad jis vestų juos prie poelgių, kurie būtų nuodėmių atleidimo priežastimi ir ištrintų jas iš angelų sargų įrašų, ir kurie pakeltų rangus rojuje.
 Kompanjonai pasakė, kad nori. Pranašas pasakė:
 Pirma: užbaigti ir tobulinti vudu, nepaisant tokių sunkumų kaip šaltis, vandens trūkumas, fizinis skausmas ir karštas vanduo.
@@ -4551,111 +4863,191 @@
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>„Ar man papasakoti jums apie geriausius ir tyriausius poelgius jūsų Viešpaties akyse, tuos, kurie pakelia jūsų rangus</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abu Ad-Darda (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Ar man papasakoti jums apie geriausius ir tyriausius poelgius jūsų Viešpaties akyse, tuos, kurie pakelia jūsų rangus, tuos, kurie jums yra geresni už aukso ir sidabro dovanojimą labdarai ir yra geresni už jūsų susitikimą su savo priešu ir vieni kitų galvų nukirtimą?“ Gavęs teigiamą atsakymą, Pranašas pasakė: „Tai yra Allaho prisiminimas (zikr).“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Pranašas paklausė savo kompanjonų: .
-Ar norite, kad papasakočiau jums apie pačius geriausius, garbingiausius, doriausius ir tyriausius darbus Visagalio Allaho akyse? .
+    <t>Pranašas paklausė savo kompanjonų:
+Ar norite, kad papasakočiau jums apie pačius geriausius, garbingiausius, doriausius ir tyriausius darbus Visagalio Allaho akyse?
 Apie poelgius, kurie pakelia rangus rojuje?
 Kurie yra geriau nei dovanoti auksą ir sidabrą labdarai?
 Ir geriau, nei susidurti su netikinčiaisiais mūšyje ir smogti jiems į kaklą, o jie - į jūsų?
 Kompanjonai pasakė: Taip, mes to norime.
 Pranašas pasakė: Visagalio Allaho prisiminimas visada, visose padėtyse ir visomis būsenomis.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Nuolatinis Visagalio Allaho prisiminimas išorėje ir viduje yra vienas iš geriausių būdų priartėti prie Allaho ir vienas naudingiausių poelgių Jo akyse.
 Visi darbai buvo skirti tik tam, kad būtų atminamas Visagalis Allahas, kaip sako Visagalis: {ir atlik maldą Mano Prisiminimui.} Be to, Pranašas pasakė: „Iš tiesų, tavaf (apėjimas) aplink Kabą ir tarp Safa ir Marva bei užmėtymas akmenimis (džamarat) buvo nurodyti Visagalio Allaho atminimui įtvirtinti.“ [Perdavė Abu Davūd ir At-Tirmizi].
 Al-Izz Ibn Abdis-Salam savo „Kavaid“ knygoje pasakė: „Šis hadisas yra iš įrodymų, kad atlygis už visus garbinimo veiksmus nepriklauso nuo nuovargio kiekio; veikiau Visagalis Allahas už mažus darbus gali skirti didesnį atlygį, nei jis duoda už gausius darbus. Taigi, atlygis priklauso nuo garbės laipsnių kaitos.
 Al-Munavi knygoje „Faidul-Kadir“ sakė: „Šis hadisas turėtų būti suprantamas taip, kad Allaho atminimas buvo geriausias tiems, kuriems jis buvo skirtas. Jei tai būtų adresuota drąsiam kariui, kuris kariaudamas gali atnešti naudos islamui, Allaho prisiminimas būtų vadinamas džihadu. Arba turtuoliui, kuris savo turtais padeda vargšams, tai būtų vadinamas labdara. Tam, kuris gali keliauti, būtų vadinamas hadž. Arba tam, kuris turi tėvus, būtų vadinamas geru elgesiu su jais.
 Tobuliausias zikr yra tai, kas ištariama liežuviu ir suvokiama (tadabbur) širdimi, po to seka tai, kas suvokiama tik širdimi, kaip apmąstymas (tafakkur), tada tai, kas ištariama vien liežuviu. Už kiekvieną yra atlygis, inša Allah.
 Kai musulmonas laikosi zikr, susietų su tam tikromis būsenomis, pavyzdžiui, ryto ir vakaro, įėjimo į mečetę, įėjimo ir išėjimo iš vonios kambario ir kt. zikr, jis tampa vienu iš tų, kurie dažnai prisimena Allahą.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Perdavė At-Tirmidhi, Ibn Madža ir Achmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3575</t>
   </si>
   <si>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>„Iš tiesų, aš žinau tokius žodžius, kuriuos pasakęs jis tikrai nusiramintų: ,,auzu billahi minaš-šaitanir-radžim (Ieškau prieglobsčio pas Allahą nuo šėtono".”</t>
+  </si>
+  <si>
+    <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
+  </si>
+  <si>
+    <t>Sulaiman Ibn Surad (tebūnie Allahas juo patenkintas) perdavė: „Kartą, kai sėdėjau su Pranašu, ramybė ir Allaho palaima jam, du žmonės pradėjo ginčytis, ir vieno iš jų veidas paraudo, o gyslos išryškėjo. Tada Pranašas pasakė: „Iš tiesų, aš žinau tokius žodžius, kuriuos pasakęs jis tikrai nusiramintų: ,,auzu billahi minaš-šaitanir-radžim (Ieškau prieglobsčio pas Allahą nuo šėtono".” Ir jam buvo pasakyta: „Iš tiesų, Pranašas liepė tau sakyti: ,,Ieškau prieglobsčio pas Allahą nuo šėtono".” Tačiau jis atsakė: „Ką, ar aš apsėstas?”</t>
+  </si>
+  <si>
+    <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
+فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
+فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
+فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
+  </si>
+  <si>
+    <t>Du vyrai keikėsi ir įžeidinėjo vienas kitą Pranašo akivaizdoje, ir vieno iš jų veidas paraudo, o kaklo gyslos išsipūtė.
+Pranašas sakė: iš tiesų, aš žinau žodžius, kuriuos pasakęs šis supykęs žmogus, nusiramintų. Jei jis pasakytų: „Aš ieškau prieglobsčio pas Allahą nuo šėtono.“
+Jie jam pasakė: Pranašas tau liepė ieškoti prieglobsčio pas Allahą nuo šėtono.
+Tada jis sakė: „Ar aš apsėstas?“ Manydamas, kad tik apsėstasis tai sako.</t>
+  </si>
+  <si>
+    <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
+الغضب من الشيطان.
+الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
+التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
+نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
+حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
+قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
+  </si>
+  <si>
+    <t>Pranašo rūpestis teikti vadovavimą ir pamokymus, kai to reikia.
+Pyktis yra iš šėtono.
+Įsakyta ieškoti prieglobsčio pas Allahą nuo šėtono pykčio metu, kaip sako Visagalis Allahas: {Ir jei pikti šnabždesiai iš šėtono pasiekia jus, tada prašyk prieglobsčio pas Allahą....} [Koranas, sūra „Užkardos“ 7:200].
+Įspėjimas apie įžeidimus ir keiksmus bei jų kritikavimas, nes jie sukelia priešiškumą tarp žmonių.
+Patarimai turi būti perduodami tiems, kurie jų negirdėjo, kad galėtų iš to pasimokyti.
+Pranašas įspėjo apie pyktį, nes jis veda į blogį ir nerūpestingumą. Pats Pranašas pykdavo tik tada, kai buvo pažeidžiami Visagalio Allaho draudimai – toks pyktis yra pagirtinas.
+An-Navavi, komentuodamas žodžius „Ką, ar aš apsėstas?“, pasakė: „Gali būti, kad tai pasakęs žmogus buvo arba iš veidmainių, arba iš šiurkščių ir neišsilavinusių beduinų.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3578</t>
+  </si>
+  <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>„Rojus yra arčiau jums nei jūsų batų raišteliai, taip pat ir pragaras.“</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ibn Masūd (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) tarė: „Rojus yra arčiau jums nei jūsų batų raišteliai, taip pat ir pragaras.“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Pranašas pranešė, kad rojus ir pragaras yra tokie artimi žmonėms kaip batų raišteliai, kurie guli virš pėdų. Taip yra todėl, kad žmogus gali atlikti gerą poelgį, kuris patinka Visagaliui Allahui ir tai veda į rojų arba padaryti nuodėmę, vedančią jį į pragarą.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Tai skatina daryti gerą, net jei ir mažai, ir perspėja nuo blogio, net jei jo mažai.
 Savo gyvenime musulmonas turėtų derinti viltį ir baimę ir nuolat maldauti Visagalio Allaho, kad jis tvirtai laikytųsi tiesos, kad būtų saugus ir atsiribotų nuo pasipūtimo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3581</t>
+  </si>
+  <si>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>„Geras sapnas yra iš Allaho, o blogas sapnas – iš šėtono. Tad jei kuris nors iš jūsų matys baisų sapną, tegul tris kartus paspjauna per kairį petį ir ieško prieglobsčio pas Allahą nuo sapno blogio, ir tai jam nepakenks.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Abu Katada (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Geras sapnas yra iš Allaho, o blogas sapnas – iš šėtono. Tad jei kuris nors iš jūsų matys baisų sapną, tegul tris kartus paspjauna per kairį petį ir ieško prieglobsčio pas Allahą nuo sapno blogio, ir tai jam nepakenks.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Pranašas pranešė, kad geras ir džiuginantis sapnas (ruja) yra iš Allaho, o blogas sapnas (hulm) – tai, ką žmogus mato nemalonaus ar liūdno – yra iš šėtono.
+Todėl tas, kuris pamato tai, kas jam nemalonu, turėtų paspjaudyti per kairį petį ir ieškoti prieglobsčio pas Allahą nuo to blogio, ir tai jam nepakenks, nes Allahas padarė tai, kas paminėta, apsauga nuo tokio sapno sukeliamo blogio.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>„Ruja“ ir „hulm“ abu reiškia tai, ką žmogus mato miegodamas. Tačiau „ruja“ dažniausiai reiškia tai, kas yra gera ir malonu, o „hulm“ – tai, kas yra bloga ir bjauru. Vis dėlto abu šie žodžiai gali būti vartojami pakaitomis.
+Sapnų rūšys: 1. Geras sapnas (ruja) – tai tikras sapnas ir geros naujienos iš Allaho, kurias žmogus pats mato arba kitas pamato apie jį. 2. Sapnai, atspindintys žmogaus kasdienes mintis. 3. Liūdinantys ir bauginantys sapnai, kuriais šėtonas siekia sutrikdyti ir nuliūdinti žmogų.
+Kai žmogus sapnuoja gerą sapną, jis turi padaryti tris dalykus: padėkoti Allahui už jį, džiaugtis juo, ir papasakoti apie jį tik tiems, kuriuos myli ir pasitiki.
+Kalbant apie blogą sapną, rekomenduojama atlikti penkis dalykus: prašyti Allaho apsaugos nuo jo blogio, prašyti Allaho apsaugos nuo šėtono blogio, prabudus tris kartus spjauti į kairę pusę, niekam nepasakoti apie šį sapną, jei žmogus ketina toliau miegoti, apsisukti ant kito šono, ne ant to, kurio miegojo sapnuodamas. Ir iš tiesų, šis sapnas jam nepakenks.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>„Sivak (dantų valymo šakelė) išvalo burną ir tai patenkina Viešpatį.“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aiša (tebūnie Allahas ja patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) tarė: „Sivak (dantų valymo šakelė) išvalo burną ir tai patenkina Viešpatį.“</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pranešaė, kad dantų valymas Arak medžio šakele ar kt. išvalo burną nuo nešvarumų ir nemalonaus kvapo. Ir kad tai yra viena iš priemonių gauti Allaho malonę, nes si-uak naudojimas reiškia paklusnumą Allahui, Jo įsakymų vykdymą bei Visagalio mėgstamos švaros laikymą.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -4680,50 +5072,181 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) tarė: „Penkios (kasdienės) maldos, penktadienio malda iki kito penktadienio maldos, ir Ramadanas iki kito Ramadano - yra tarp jų padarytų nuodėmių išpirkimas, jei išvengiama didelių nuodėmių.“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Pranašas informuoja, kad penkios maldos, nurodytos atlikti dieną ir naktį, penktadienio malda kiekvieną savaitę ir Ramadano mėnesio pasninkas kiekvienais metais atperka mažas tarp jų padarytas nuodėmes, su sąlyga, kad bus išvengta didelių nuodėmių. Kalbant apie dideles nuodėmes, tokias kaip svetimavimas ir alkoholio vartojimas, jas galima išpirkti tik atgailaujant.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Kai kurios nuodėmės yra mažos, o kitos - didelės.
 Mažų nuodėmių išpirkimas priklauso nuo didelių nuodėmių vengimo.
 Didžiosios nuodėmės - tai nuodėmės, už kurias šiame ar anapusiniame pasaulyje yra numatyta teisėta bausmė - kankinimu, grasinimu ar Allaho pykčiu, arba kaltininkai yra prakeikti, pavyzdžiui, kurie padarė svetimavimą ir vartojo alkoholį.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3591</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
+  </si>
+  <si>
+    <t>Aš paklausiau: „O Allaho Pasiuntiny, kas yra išsigelbėjimas?“ Jis atsakė: „Valdyk savo liežuvį, praleisk daugiau laiko namuose ir verk dėl savo nuodėmių.“</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
+  </si>
+  <si>
+    <t>Ukba Ibn Amir (tebūnie Allahas juo patenkintas) perdavė: Aš paklausiau: „O Allaho Pasiuntiny, kas yra išsigelbėjimas?“ Jis atsakė: „Valdyk savo liežuvį, praleisk daugiau laiko namuose ir verk dėl savo nuodėmių.“</t>
+  </si>
+  <si>
+    <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
+فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
+الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
+الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
+الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
+  </si>
+  <si>
+    <t>Ukba Ibn Amir paklausė Pranašo apie tikinčiojo išsigelbėjimo būdus šiame ir pomirtiniame pasaulyje.
+Pranašas liepė laikytis trijų dalykų:
+Pirma: sulaikyk savo liežuvį nuo visko, kas neatneša naudos, ir nuo blogų žodžių, o tark tik tai, kas gera.
+Antra: pasilik savo namuose, kad vienumoje garbintum Allahą, užsiimtum paklusnumu Jam ir pasislėptum savo namuose, toli nuo pagundų (fitnos).
+Trečia: verk, gailėkis dėl padarytų nuodėmių ir atgailauk už jas.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
+بيان أسباب النجاة في الدنيا والآخرة.
+الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
+الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
+  </si>
+  <si>
+    <t>Kompanjonų noras sužinoti išsigelbėjimo nuo pragaro būdus.
+Paaiškinama, kaip pasiekti išganymą šiame pasaulyje ir anapusinime.
+Raginama žmogui užsiimti savimi, kai jis negali būti naudingas kitiems arba baiminasi, kad bendraudamas ir būdamas su jais padarys žalą savo religijai ar sau pačiam.
+Nurodyta rūpintis namais, ypač fitnos laikais, nes tai yra vienas iš būdų išsaugoti tikėjimą.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>Aš esu toks, kaip mano tarnas apie Mane galvoja, ir Esu su juo, kai jis Mane prisimena</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė: Pranašas, ramybė ir Allaho palaima jam, sakė: „Allahas, Aukščiausiasis ir Didingasis, sako: ‘Aš esu toks, kaip mano tarnas apie Mane galvoja, ir Esu su juo, kai jis Mane prisimena. Jei jis Mane prisimena savyje, Aš jį prisimenu Savyje; jei jis Mane prisimena susirinkime, Aš jį prisimenu dar geresniame susirinkime. Jei jis priartėja prie Manęs per sprindį, Aš priartėju prie jo per uolektį; jei jis priartėja prie Manęs per uolektį, Aš priartėju prie jo per sieksnį; o jei jis eina pas Mane eidamas, Aš einu pas jį bėgdamas.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Pranašas pranešė, kad Visagalis Allahas sako:
+Aš toks, kokios nuomonės apie Mane yra mano tarnas, ir elgiuosi su juo pagal tai, ko jis iš Manęs tikisi, tai yra pagal jo viltis sulaukti Mano atleidimo, ir darau jam tai, ko jis iš Manęs laukia, nesvarbu, ar tai gera, ar kas kita. Aš esu su juo Savo malone, pagalba, vadovavimu, rūpesčiu ir parama, kai jis Mane prisimena.
+Ir jei jis prisimena Mane tyliai, savyje, vienumoje, sakydamas tokius žodžius kaip „subhana-Allah“, „la ilaha illa Allah“ ir panašiai, Aš prisiminsiu jį Savyje.
+O jei jis Mane prisimena būryje, Aš jį prisimenu didesniame ir geresniame būryje.
+Kas priartėja prie Allaho per sprindį, prie to Allahas priartėja daugiau – per uolektį.
+O kas priartėja prie Allaho per uolektį, prie to Allahas priartėja per sieksnį.
+O jei jis eis pas Allahą, Jis pas jį bėgs.
+Kai tarnas siekia priartėti prie savo Viešpaties, Jam paklusdamas ir į Jį susitelkdamas, Visagalis priartina jį dar labiau – kaip atlygį, derantį jo darbui.
+Kuo tobulesnis tikinčiojo garbinimas savo Viešpatį, tuo labiau Visagalis priartina jį prie Savęs, nes Allaho malonės ir atlygio gausa pranoksta žmogaus darbus bei pastangas. Iš tiesų, Allaho atlygis viršija tarno darbus tiek kokybe, tiek kiekybe.
+Tikinčiojo požiūris į Allahą yra pilnas gerų vilčių, todėl jis stengiasi, skuba ir vis gausina savo gerus darbus, kol susitiks su Allahu.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Šis hadisas yra dalis to, ką Pranašas perduoda nuo savo Viešpaties, ir tai vadinama kudsi arba dieviškuoju hadisu. Jo žodžiai ir prasmė yra iš Allaho, tačiau jis neturi unikalių Korano savybių, įskaitant recitavimą kaip garbinimo formą, švaros laikymąsi prieš tai, pateikimą kaip iššūkį netikintiesiems, stebuklingumą ir kt.
+Al-Adžuri sakė: „Iš tiesų, tiesos žmonės suteikia Visagaliui ir Didžiajam Allahui tik tokias savybes, kurias Jis pats apibrėžė, kurias perdavė Jo Pranašas (ramybė ir Allaho palaima jam) ir kurias patvirtino kompanjonai (tebūnie Allahas jais visais patenkintas). Tai yra tų mokslininkų kelias, kurie laikosi Korano ir sunos, nesukurdami naujovių. Sunos šalininkai tvirtina tuos Allaho vardus ir savybes, kuriuos Jis pats apie Save patvirtino, neiškraipydami jų, neatsisakydami, nesistengdami pažinti jų paslaptingos prigimties ir nelygindami jų su kūrinių vardais ar savybėmis. Jie atmeta visa, ką Allahas pats atmetė apie Save, ir nutyli apie tai, kas nėra nei patvirtinta, nei paneigta Jo žodžiuose. Allahas pasakė: {Nėra nieko panašaus į Jį. Ir Jis yra Visa Girdintis, Visa Matantis.}
+Turėti geras viltis dėl Allaho turi būti derinama su veiksmais. Al-Hasan Al-Basri sakė: „Tikintysis gerai mano apie savo Viešpatį ir todėl atlieka gerus darbus, o nusidėjėlis blogai mano apie savo Viešpatį ir todėl atlieka blogus darbus.“
+Al-Kurtubi sakė: sakoma, kad „Aš esu toks, kaip mano tarnas apie Mane galvoja“ reiškia tikėjimą, jog jo maldos bus išklausytos, atgaila bus priimta, atleidimo prašymas bus išgirstas, o garbinimo veiksmai bus atlyginti, jei juos atliks pagal sąlygas, tvirtai tikėdamas Allaho tikru pažadu. Todėl reikia rūpestingai vykdyti savo pareigas būnant tikriems, kad Allahas jas priims ir atleis, nes Jis pažadėjo ir niekada nesulaužo Savo pažadų. Tačiau jei žmogus mano arba abejoja, kad Allahas to nepriims ir tai jam nepadės, tai yra nusivylimas Allaho gailestingumu, ir tai yra didžiulė nuodėmė, ir kas miršta tuo tikėdamas, gaus tai, ko tikėjosi. Kaip kai kuriose šio hadiso versijose sakoma: „Tegul Mano tarnas galvoja apie Mane, kaip nori.“ Jis pridūrė: tikėtis atleidimo kartu su nuolatiniu nuodėmių darymu – tai niekas kita, kaip absoliutus neišmanymas ir neapdairumas.
+Skatinama dažniau prisiminti Allahą ir tyliai ir žodžiu. Tyloje ir širdyje žmogus turi bijoti Allaho, prisiminti Jo didybę, Jo teisę, siekti Jo vilties, garbinti Jį, mylėti Jį, tikėtis iš Jo gėrio ir nuoširdžiai stengtis Jam tarnauti. Taip pat jis turi tarti žodžius: „subhanallah“, „al-hamdu lillah“, „la ilaha illa Allah“, „Allahu akbar“ ir „la haula va la kuvata illa billah“.
+Ibn Abi Džamra sakė: „Kas prisimins Jį jausdamas baimę, tą Jis apsaugos, o vienišam padės jaustis taip, tarsi jis nėra vienas.“
+„Šibr“ (sprindis): atstumas tarp mažylio piršto galiuko ir nykščio, kai ranka ištiesinta. „Dhira“ (uolektis): atstumas nuo vidurinio piršto galiuko iki alkūnkaulio. „Baa“ (sieksnis): žmogaus abiejų ištiesintų rankų, viršutinių rankų ir krūtinės plotis, kuris yra keturių alkūnių ilgis.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>Aš paklausiau Aišos: ką pirmiausiai darydavo Pranašas (ramybė ir Allaho palaima jam) įėjęs į savo namus? Ji atsakė: naudodavo Sivak (dantų pagaliuką)</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Šuraih Ibn Hani perdavė: Aš paklausiau Aišos: ką pirmiausiai darydavo Pranašas (ramybė ir Allaho palaima jam) įėjęs į savo namus? Ji atsakė: naudodavo Sivak (dantų pagaliuką).</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>Pranašo įprasta praktika buvo, įėjus į namus, pradėti nuo sivak naudojimo, nesvarbu, ar tai būtų naktį, ar dieną.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Sivak apskritai leidžiama naudoti bet kuriuo metu, tačiau tai dar labiau skatinama daryti šariato rekomenduojamais laikais, įskaitant: įeinant į namus, prieš meldžiantis, atliekant vudu, pabudus iš miego ir esant blogam burnos kvapui.
+Tai rodo, kaip tabij domėjosi Pranašo praktika ir jo pasirinktais būdais, siekdami sekti jo pavyzdžiu.
+Mokytis žinių reikia iš tų, kurie yra kompetentingi ir turi daugiau žinių, kaip šiuo atveju Aiša buvo paklausta apie Pranašo veiksmus, kai jis įeidavo į namus.
+Tai rodo, kaip Pranašas su meile elgėsi su savo šeima, nes įėjęs į namus valydavosi burną.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>„Perduokite nuo manęs bent vieną eilutę ir papasakokite nuo Izraelio vaikų - tai daryti nėra nuodėmė. O kas tyčia apie mane meluoja, tegul užima vietą pragare.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Amr (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) tarė: „Perduokite nuo manęs bent vieną eilutę ir papasakokite nuo Izraelio vaikų - tai daryti nėra nuodėmė. O kas tyčia apie mane meluoja, tegul užima vietą pragare.“</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Pranašas įsako mums perteikti žinias nuo jo, iš Korano ar sunnos, net jei tai yra kažkas trumpo, pavyzdžiui, Korano ar hadiso eilutės, bet mes turime suvokti tai, ką pranešame ir į ką kviečiame žmones. Tada Pranašas atkreipia dėmesį į tai, kad nėra jokios nuodėmės pasakoti apie Izraelio vaikus ir jiems nutikusius įvykius taip, kad neprieštarautų mūsų šariatui. Tada jis įspėja apie jį nemeluoti ir teigia, kad tas, kuris tyčia apie jį meluoja, turėtų užimti savo būstą pragare.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
@@ -4955,50 +5478,83 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Pranašas praneša, kad geriausia diena, kurią pakilo saulė, yra penktadienis. Kai kurie iš penktadienio bruožų yra šie: kad tą dieną Allahas sukūrė Adomą (ramybė jam), įleido jį į rojų, išvijo jį iš ten ir nusiuntė į žemę, be to, Teismo diena vyks tik penktadienį.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Penktadienio pranašumas prieš kitas savaitės dienas.
 Skatinama penktadienį daryti daugiau gerų darbų ir būti pasirengusiems sulaukti Visagalio Allaho gailestingumo ir apsisaugoti nuo Jo rūstybės.
 Sakoma, kad tokios savybės, paminėtos hadise dėl penktadienio: nėra skirtos kalbėti apie penktadienio nuopelnus, nes Adomo išvarymas iš rojaus ir Teismo dienos atėjimas nėra nuopelnai. Tačiau taip pat sakoma: visa tai iš tikrųjų yra nuopelnai. Adomo išvarymas yra priežastis, dėl kurios atsirado jo palikuonys iš pasiuntinių, pranašų ir teisiųjų. Be to, Teismo dienos atėjimas yra priežastis, kuri pagreitins atlygį teisiesiems ir jų garbę, kurią jiems paruošė Allahas.
 Be šioje versijoje paminėtų penktadieniui būdingų savybių, buvo paminėtos ir kitos, kai kurios iš jų: penktadienį Allahas priėmė Adomo atgailą; penktadienį buvo paimta jo siela ir penktadienį yra tam tikra valanda, per kurią kiekvieno tikinčiojo maldos ir dua bus priimti.
 Geriausia metų diena yra Arafa (Nahr diena, 10-oji Zul-Hidžah diena). Geriausia savaitės diena yra penktadienis, o geriausia naktis yra Lailatul-Kadr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>Pranašui buvo paminėtas vyras, kuris miegojo visą naktį iki ryto. Jis pasakė: „Tai vyras, kuriam į ausis, arba į ausį, šlapinosi šėtonas.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>Abdullah Ibn Masud (tebūnie Allahas juo patenkintas) perdavė: Pranašui buvo paminėtas vyras, kuris miegojo visą naktį iki ryto. Jis pasakė: „Tai vyras, kuriam į ausis, arba į ausį, šlapinosi šėtonas.“</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>Pranašui buvo paminėtas vyras, kuris miegojo iki saulėtekio ir neatsikėlė atlikti privalomos maldos. Tuomet Pranašas pasakė: „Tai vyras, kuriam į ausį šlapinosi šėtonas.“</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>Naktinės maldos (kijamul-lail) apleidimas yra nepageidaujamas, o to priežastis – šėtonas.
+Būk atsargus dėl šėtono, kuris tyko žmogaus kiekviename kelyje, kad sutrukdytų jam paklusti Visagaliui Allahui.
+Ibn Hadžar sakė: teiginys „Ir neatsikėlė atlikti maldos“ reiškia arba maldą apskritai, arba įsipareigojimą, ir tai gali reikšti savanorišką naktinę maldą arba privalomąją maldą.
+At-Tibi sakė: jis specialiai paminėjo ausis, nors miego atveju tinkamesnės būtų akys, norėdamas pabrėžti miego sunkumą. Ausys labiau susijusios su dėmesiu. Taip pat jis minėjo šlapimą, nes jis lengvai ir greitai patenka į ertmes ir venas, taip apimdamas visą kūną tinginyste.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>„Tepagaili Allahas žmogaus, kuris yra nuolaidus, kai parduoda, kai perka ir kai prašo grąžinti skolą.“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Džabir (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaimajam) tarė: „Tepagaili Allahas žmogaus, kuris yra nuolaidus, kai parduoda, kai perka ir kai prašo grąžinti skolą.“</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Pranašas prašo Allaho gailestingumo kiekvienam, kuris yra nuolaidus ir dosnus savo pardavimo sandoriuose. Kad pardavėjas neperkainuotų prekių ir su pirkėju elgtųsi mandagiai. Ir kad žmogus turi būti nuolaidus ir dosnus, kai ką nors perka, ir nenuvertinti prekes. Taip pat yra nuolaidus ir dosnus, kai prašo grąžinti jam priklausančias skolas. Neapsunkina vargšams, o maloniai ir švelniai prašo grąžinti ir suteikia atokvėpį tiems, kurie negali susimokėti.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
@@ -5077,51 +5633,51 @@
     <t>https://hadeethenc.com/lt/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>„Kai kuris nors iš jūsų miega, šėtonas užriša tris mazgus ant jo galvos galo, smūgiuodamas į kiekvieną mazgą: prieš tave ilga naktis, tad miegok toliau</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Kai kuris nors iš jūsų miega, šėtonas užriša tris mazgus ant jo galvos galo, smūgiuodamas į kiekvieną mazgą: prieš tave ilga naktis, tad miegok toliau. Kai jis atsikelia ir prisimena Allahą, vienas mazgas yra atrišamas, kai atlieka apsiprausimą (vudu) - atrišamas antras mazgas ir kai meldžiasi, paskutinis mazgas bus atrištas, ir jis atsikelia ryte aktyvus ir geros nuotaikos; o jei ne, jis atsikelia ryte nusiminęs ir vangus.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Pranašas praneša apie šėtoną ir jo kovą su asmeniu, kuris nori atsikelti atlikti savanorišką naktinę maldą arba rytinę maldą.
 Kai tikintysis eina miegoti, šėtonas užriša tris mazgus ant jo kafija, t. y. galvos galo.
 Vienas mazgas atsiriša, kai tikintysis atsikelia ir prisimena Allahą Visagalį, neatsakydamas į šėtono šnabždesius.
-Kitas mazgas atsiriša, kai jis atlieka apsiprausimą (vudu). .
+Kitas mazgas atsiriša, kai jis atlieka apsiprausimą (vudu).
 Tada trečias mazgas atsiriša, kai jis atsikelia ir meldžiasi, ir jis atsikelia ryte aktyvus ir geros nuotaikos, džiaugdamasis, kad Allahas jį vedė į paklusnumą ir kad gaus atlygį ir atleidimą, kurį Allahas jam pažadėjo, kartu atsikratydamas šėtono mazgų ir jo atkalbinėjimų. Jei jis to nepadarys, jis atsikels ryte nusiminęs, liūdnas ir tingus daryti gerus ir teisingus darbus, nes jis yra surištas šėtono grandinėmis ir toli nuo priartėjimo prie Maloningiausiojo.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Šėtonas nuolat stengiasi visais būdais trukdyti žmogui paklusti Allahui, ir niekas negali išgelbėti žmogaus nuo šėtono, išskyrus pagalbos prašymą iš Visagalio ir atsargumo bei apsaugos priemonių naudojimą.
 Allaho Visagalio prisiminimas ir Jo garbinimas suteikia sielai energijos ir atneša palengvėjimą širdyje. Tai išsklaido vangumą bei palengvina nerimą ir neapykantą, nes tai atbaido šėtoną, kuris kužda visas šias mintis.
 Tikintysis jaučiasi laimingas, kai Allahas Visagalis veda jį į paklusnumą Jam, ir jaučiasi nusiminęs, kai nepavyksta pasiekti išskirtinumo ir tobulumo laipsnių.
 Neatidumas ir nenoras vykdyti paklusnumo veiksmus yra iš šėtono darbų ir jo bandymas padaryti žmogaus poelgius jam patrauklius.
 Šie trys dalykai – Allaho prisiminimas, vudu atlikimas ir malda – atbaido šėtoną.
 Šėtonas užriša mazgus būtent galvos gale, nes tai yra jėgos ir jos valdymo centras. Todėl, jei jis užriša mazgus toje vietoje, jis įgyja galimybę kontroliuoti žmogaus dvasią ir užliūliuoti jį miegu.
 Ibn Hadžar Al-Askalani sakė: nakties paminėjimas jo žodžiuose „prieš tave ilga naktis“ akivaizdžiai rodo, kad tai būdinga būtent nakties miegui.
 Ibn Hadžar Al-Askalani sakė: čia nėra jokios konkrečios ar nepakeičiamos dhikr formos, kurią reikėtų sakyti; užtenka bet kokio dhikr, įskaitant Korano recitavimą, Pranašo hadisų skaitymą ir religinių žinių siekimą. Tačiau geriausias būdas prisiminti Allahą yra aiškus Pranašo žodžiuose: „Kas pabunda naktį sunerimęs ir sako: La iliaha illa Allah vahdahu la šarika lah, lahul-mulku va lahul-hamd va huva ala kulli šai-in kadir. Alhamdulillah va subhanallah va la ilaha illa Allah vallahu akbar va la haula va la kuvata illa bilah (Nėra jokio dievo, išskyrus Allahą, be jokio partnerio, Jam priklauso Aukščiausioji Valdžia ir Garbė, ir Jis yra Visagalis. Šlovė Allahui, garbė Allahui; nėra jokio dievo, išskyrus Allahą; Allahas yra Didžiausias, ir nėra jokios jėgos ir galios, išskyrus su Allahu), tada sako: Allahumma ighfirli (O Allahe, atleisk man) arba meldžiasi, jo malda bus išklausyta, o jei jis atlieka vudu, jo malda bus priimta.“ [Perdavė Al-Bukhari]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3731</t>
   </si>
@@ -5168,50 +5724,81 @@
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaimajam) tarė: „Buvo žmogus, kuris duodavo paskolas žmonėms. Jis sakydavo savo tarnui: „Kai ateisi pas vargšą asmenį, nepaisyk jo skolos, galbūt Allahas nepaisys mūsų nuodėmių. Ir Allahas nepaisė jo nuodėmių.““</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Pranašas pasakoja apie žmogų, kuris duodavo žmonėms paskolas arba parduodavo jiems su atidėtu mokėjimu. Jis sakydavo savo tarnui, kuris išieškodavo skolas iš žmonių: Kai nueini pas skolininką ir pamatai, kad jis negali grąžinti skolos, „nepaisyk jo skolos“ arba suteik jam atokvėpį ir nespausk sumokėti. Arba priimk mažą jo siūlomą sumą, nors ir ta suma yra žemiau nustatytos sumos. Jis tai padarė tikėdamasis, kad Allahas pražiūrės jo nuodėmes ir jam atleis. Kai jis mirė, Allahas jam atleido ir nepaisė jo nuodėmių.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Geranoriškas ir atlaidus elgesys su žmonėmis ir nemokių asmenų skolų nepaisymas yra viena iš didžiausių išsigelbėjimo priemonių Paskutiniojo Teismo dieną.
 Geranoriškumas žmonėms ir nuoširdumas Allahui ir tikėjimasis Jo gailestingumo yra nuodėmių atleidimo priemonė.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/3753</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>Allaho Pasiuntinys, ramybė ir Allaho palaima jam, paskutinėmis dešimt Ramadano mėnesio dienų stengdavosi labiau nei bet kuriuo kitu metu</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) perdavė: Allaho Pasiuntinys, ramybė ir Allaho palaima jam, paskutinėmis dešimt Ramadano mėnesio dienų stengdavosi labiau nei bet kuriuo kitu metu.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>Sulaukęs paskutinių dešimties Ramadano naktų, Pranašas ypač stengdavosi atlikti garbinimo ir paklusnumo veiksmus. Jis gausiai atlikdavo įvairius gerus darbus, įvairius gerumo ir garbinimo veiksmus labiau nei bet kuriuo kitu metu, atsižvelgdamas į šių naktų didybę ir vertę bei siekdamas Lailatul-kadr (Galybės nakties).</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>Skatinama dažnai daryti gerus darbus ir įvairiaus paklusnumo veiksmus Ramadano mėnesį, ypač per paskutines dešimt naktų.
+Paskutinės dešimt Ramadano naktų prasideda nuo dvidešimt pirmosios nakties ir tęsiasi iki mėnesio pabaigos.
+Pageidautina pasinaudoti šiomis garbingomis progomis atliekant paklusnumo veiksmus.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/3755</t>
+  </si>
+  <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>„Visiems mano žmonėms gali būti atleista, išskyrus tiems, kurie daro nuodėmę atvirai</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Visiems mano žmonėms gali būti atleista, išskyrus tiems, kurie daro nuodėmę atvirai. Viena iš atvirų nuodėmių rūšių yra tada, kai žmogus ką nors padaro naktį, tada ateina rytas ir Allahas tai paslėpė, bet jis sako kitiems: „Taigi, praėjusią naktį aš padariau tą ir aną.“ Nors Allahas tą nuodėmę paslėpė nuo kitų.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Pranašas paaiškino, kad tikimasi, jog musulmonui nusidėjėliui bus atleista, išskyrus tam, kuris didžiuodamasis įžūliai ir viešai skelbia savo nuodėmę. Toks žmogus nenusipelno atleidimo, nes nusideda naktį, tada, nors Allahas slepia jo nuodėmę, ryte jis pasakoja kitiems, kad padarė tokią ir tokią nuodėmę. Naktį Viešpatis jį dengė, o ryte jis pats atidengė save.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
@@ -5532,50 +6119,99 @@
   </si>
   <si>
     <t>Ibn Umar (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Man buvo įsakyta kovoti su žmonėmis tol, kol jie nepaliudys, kad nėra jokio kito dievo, išskyrus Allahą ir kad Muhammedas yra Allaho Pasiuntinys, atlikti maldą ir sumokėti zakatą; jei jie tai daro, jie apsaugo nuo manęs savo kraują ir turtą, išskyrus per islamo taisyklių ribas, ir jie vėliau atsiskaitys su Allahu“.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Pranašas praneša, kad Allahas įsakė jam kovoti su politeistais, kol jie paliudys, kad jokia dievybė tikrai nėra verta garbinimo, išskyrus Allahą vieną be partnerio ir kad Muhammedas yra Jo Pasiuntinys ir elgsis pagal šį liudijimą kiekvieną dieną ir naktį atlikdami penkias maldas ir mokėdami privalomą zakatą tiems, kurie turi teisę jį gauti. Jei jie tai daro, islamas saugo jų gyvybes ir nuosavybę, todėl tampa neteisėta juos žudyti, nebent jie padarys nusikaltimą, dėl kurio jie būtų verti nužudyti pagal islamo įsakymus. Tada, Teismo dieną, visagalis Allahas bus atsakingas už jų atsiskaitymą, nes žino jų slapčiausias mintis.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Nutarimai galioja tik išoriniams požymiams, o už intencijas atsakingas Allahas.
 Kvietimo į monoteizmą svarba ir tai, kad tai yra pirmas dalykas, nuo kurio reikia pradėti kviečiant į islamą.
 Šis hadisas nereiškia, kad politeistai verčiami priimti islamą; verčiau jie turi pasirinkimą: priimti islamą arba mokėti Džizja (apsaugos mokestį). Tačiau jei jie primygtinai reikalauja užkirsti kelią kveitimui į islamą, tada vienintelė išeitis yra kovoti su jais laikantis islamo taisyklių.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4211</t>
   </si>
   <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>„Iš tiesų, Allahas, dėl manęs, atleido mano bendruomenei klaidas, užmaršumą ir tai, ką jie buvo priversti daryti.“</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ibn Abbas (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Iš tiesų, Allahas, dėl manęs, atleido mano bendruomenei klaidas, užmaršumą ir tai, ką jie buvo priversti daryti.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Pranašas pranešė, kad Allahas Savo tarnams atleido trims atvejais: Pirma – tai klaida, kai musulmonas ketindamas padaryti vieną veiksmą, netyčia padaro kitą. Antra – užmarštis, kai musulmonas ką nors žinojo, bet veikimo metu pamiršo. Jam dėl to nuodėmė neužrašoma. Trečia – prievarta, kai musulmoną priverčia daryti tai, ko jis nenori, ir jis negali išvengti prievartos. Tokiu atveju jam nepriskiriama nuodėmė ar atsakomybė. Svarbu pažymėti, kad šiame hadise kalbama apie žmogaus santykius su savo Viešpačiu, kai atliekamas draudžiamas veiksmas. Kalbant apie šariato įsakymo neatlikimą dėl užmaršties, tai neatleidžia nuo pareigybės, tai yra, jis privalo įvykdyti įsakymą, kai tik prisimena. Jei veiksmo rezultatas padaro žalą kitam žmogui, sužalotų teisės neanuliuojamos. Pavyzdžiui, jei vienas žmogus netyčia nužudo kitą, jis privalo sumokėti kompensaciją už netyčinę žmogžudystę (žuvusiojo giminėms). Arba jei jis netyčia sugadina svetimą automobilį – jis privalo atlyginti žalą automobilio savininkui.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Hadisas rodo Visagalio Allaho platų gailestingumą ir Jo rūpestį Savo tarnais, pasireiškiantis nuodėmių atleidimu šiose trijose situacijose.
+Allaho gailestingumo pasireiškimas Pranašui Muchammedui (ramybė ir Allaho palaima jam) ir jo bendruomenei.
+Nuodėmės atleidimas nereiškia šariato įsakymo panaikinimo. Pavyzdžiui, jei žmogus pamiršo, kad neturi vudu, ir atliko maldą, jam nuodėmė nebus priskiriama, tačiau jis privalo atlikti vudu ir pakartoti maldą.
+Kad nuodėmė būtų atleista dėl prievartos, turi būti tam tikros sąlygos, pavyzdžiui, kad grasinantis iš tiesų gali įvykdyti grėsmę.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4216</t>
+  </si>
+  <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>„Važiuojantys turi sveikinti einančius, vaikščiojantys - sėdinčius, o mažesnė grupė - didesnę.“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Važiuojantys turi sveikinti einančius, vaikščiojantys - sėdinčius, o mažesnė grupė - didesnę.“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Pranašas mokė taikos tarp žmonių sveikinimo etiketo: „As-salamu alaikum va rahmatullahi va barakatuh“ (tebūnie jums ramybė, gailestingumas ir Allaho palaiminimai). Jaunasis turi sveikinti senąjį, važiuojantis - einantįjį, einantis - sėdintįjį, o mažas būrelis žmonių - didelį.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
@@ -5596,50 +6232,53 @@
   <si>
     <t>„Šie du dalykai yra uždrausti vyrams, tačiau leidžiami moterims.“</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Ali Ibn Abi Talib (tebūnie Allahas juo patenkintas) pranešė: Allaho Pasiuntinys (ramybė ir Allaho palaima jam) paėmė šilką dešinėje rankoje ir auksą kairėje rankoje, tada pakėlė rankas ir pasakė: „Šie du dalykai yra uždrausti vyrams, tačiau leidžiami moterims.“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Pranašas paėmė šilko drabužį arba jo gabalą kairėje rankoje, o dešinėje – auksą, papuošalus ar kažką panašaus. Tada jis pasakė: „Šilkas ir auksas yra uždrausti vyrams dėvėti, tačiau moterims jie yra leistini.“</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>As-Sindi teigė: „Uždrausta“ reiškia jo naudojimą kaip drabužį. Kitaip tariant, visiems leidžiama juo disponuoti, parduoti ar išleisti. Be to, visiems yra uždrausta gaminti aukso indus ir juos naudoti.
 Islamo šariatas suteikia plačią laisvę moterims, atsižvelgiant į jų poreikį puoštis ir rūpintis savo išvaizda.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>„Palikite mane ramybėje, kaip aš palieku jus. Iš tiesų, buvusius prieš jus sunaikino tai, kad jie uždavinėjo klausimus ir nesutiko su savo pranašais</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Palikite mane ramybėje, kaip aš palieku jus. Iš tiesų, buvusius prieš jus sunaikino tai, kad jie uždavinėjo klausimus ir nesutiko su savo pranašais. Taigi, jei aš jums ką nors uždraudžiu, venkite to, o jei jums ką nors įsakau, darykite tai, kiek galite.“</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
@@ -5649,50 +6288,90 @@
 Antra: draudimai - tai viskas, už ką žmogus apdovanojamas, jei to atsisako ir baudžiamas už tai, jei daro. Taigi visų draudimų reikia vengti.
 Trečia: įsakymai - tai viskas, už ką žmogus apdovanojamas, jei tai daro, ir baudžiamas, jei to atsisako. Įsakymai turi būti atliekami kuo geriausiai.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Žmonės turėtų užsiimti tuo, kas svarbu ir būtina, palikdami tai, ko iš karto nereikia, ir neužsiimti klausinėjimu apie tai, kas dar neįvyko.
 Draudžiama užduoti klausimus, kurie gali sukelti sudėtingumą ir atverti duris įtartiniems klausimams, dėl kurių gali labai skirtis nuomonės.
 Įsakoma vengti visų draudimų, nes jų vengimas nesukelia jokių sunkumų, todėl čia draudimas yra bendras.
 Įsakoma vykdyti nurodymus pagal galimybes, nes tai gali būti susiję su sunkumais arba žmogus gali būti nepajėgus to padaryti. Vadinasi, įsakymas čia priklauso nuo galimybių.
 Draudimas užduoti per daug klausimų. Islamo mokslininkai klausimus skirstė į dvi kategorijas: Pirma - klausimai, kuriais siekiama sužinoti, ko žmogui reikia iš religijos. Tokio pobūdžio klausimai yra privalomi, ir to pavyzdys yra kompanjonų klausimai. Antra - klausimai, kurie užduodami dėl užsispyrimo, ir jie yra draudžiami.
 Įspėti bendruomenę (ummah), kad neprieštarautų savo Pranašui, kaip tai darė ankstesnės tautos.
 Dažnas klausinėjimas apie tai, kas nebūtina, ir nesutikimas su pranašais veda į pražūtį, ypač kai klausiama apie tai, kas nepasiekiama, pavyzdžiui, apie neregimus dalykus, kurių niekas nežino, išskyrus Allahą, ir apie įvykius, vykstančius Paskutiniojo teismo dieną.
 Draudimas klausti apie itin sunkius dalykus. Al-Avzai sakė: „Allahas, nusprendęs atimti iš Savo vergo žinojimo palaimą, verčia jį kalbėti netiesą, ir iš tikrųjų pastebėjau, kad tokie žmonės mažiausiai išmano.“ Ibn Vahb sakė: „Girdėjau Malik sakant: „Ginčai dėl žinių užgesina pažinimo šviesą širdyje“.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>„Bijok Allaho, kur bebūtum, daryk gerus darbus po blogų, nes geri ištrina blogus, ir elkis su žmonėmis padoriai.“</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Abu Zar, Džundub Ibn Džunada ir Abu Abdirrahman, Muaz Ibn Džabal (tebūnie Allahas jais patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Bijok Allaho, kur bebūtum, daryk gerus darbus po blogų, nes geri ištrina blogus, ir elkis su žmonėmis padoriai.“</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Pranašas (ramybė ir Allaho palaima jam) įsako tris dalykus: Pirmasis – bijoti Allaho, tai yra vykdyti pareigas ir vengti draudžiamų dalykų visur ir visada, bet kokiomis aplinkybėmis, tiek slaptai, tiek viešai, tiek esant sveikiems, tiek sergantiems, ir panašiai. Antrasis – jei padarei nuodėmę, po jos atlik gerą darbą, pavyzdžiui, pasimelsk, paaukok išmaldą, daryk gerą, palaikyk ryšius su giminaičiais ir atgailauk, nes tai panaikina nuodėmę. Trečiasis – elkis su žmonėmis dorai: šypsokis jiems, būk švelnus ir malonus, daryk gerą ir nesukelk jiems žalos.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Visagalio Allaho malonė žmonėms pasireiškia Jo gailestingumu, atleidimu ir atlaidumu.
+Hadise paminėtos trys teisės: Allaho teisė – Jo bijoti, žmogaus teisė – daryti gerus darbus po blogų, ir kitų žmonių teisė – elgtis su jais dorai ir mandagiai.
+Skatinama daryti gerus darbus po blogų ir geras charakteris yra dievobaimingumo bruožai, tačiau jie paminėti atskirai dėl būtinybės juos ypač pabrėžti.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Tu paklausei manęs apie didelį dalyką, kuris iš tiesų yra lengvas tam, kam Allahas padaro jį lengvu</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Muaz Ibn Džabal (tebūnie Allahas juo patenkintas) pranešė: Aš buvau kelionėje su Pranašu, ramybė ir Allaho palaima jam. Vieną rytą buvau arti jo, kai mes pajudėjome, tad pasakiau: „O Allaho Pasiuntiny, informuok mane apie darbą, kuris įves mane į rojų ir laikys toli nuo pragaro.“ Jis atsakė: „Tu paklausei manęs apie didelį dalyką, kuris iš tiesų yra lengvas tam, kam Allahas padaro jį lengvu. Garbink Allahą ir nepriskirk Jam jokio partnerio, atlik maldą, duok zakatą, pasninkauk Ramadano mėnesį ir atlik hadžą.“ Tada jis pridūrė: „Ar tau parodyti gėrio vartus? Pasninkas yra skydas, labdara užgesina nuodėmęs taip, kaip vanduo užgesina ugnį, o žmogaus malda nakties tamsoje...“ Tada jis recitavo: „{Jų šonai apleidžia jų lovas..} iki kitos eilutės pabaigos.“ [Koranas, sūra „Nusilenkimas“ 32:16-17]. Tada jis pasakė: „Ar informuoti tave apie viso to esmę, ramstį ir viršūnę?“ Aš atsakiau: „Taip, o Allaho Pasiuntiny.“ Jis pasakė: „Viso to esmė yra islamas, jo ramstis yra malda, o jo viršūnė yra džihadas.“ Tada jis tarė: „Ar tau parodyti tai, kas laiko visa tai kartu?“ Aš atsakiau: „Taip, o Allaho Pranaše.“ Tuomet jis parodė savo liežuvį ir pasakė: „Saugok tai.“ Aš paklausiau: „O Allaho Pranaše, ar mes būsime laikomi atsakingais už tai, ką kalbame?“ Jis atsakė: „Tegul tavo motina tavęs netenka, o Muaz. Kas gi kitas įmeta žmones į pragarą ant jų veidų ar ant jų nosių, jei ne jų liežuvių derlius?“</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -5763,50 +6442,87 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pranešė, kad jei du musulmonai kovoja vienas su kitu kardais, kiekvienas ketindamas nužudyti kitą, žudikas atsidurs pragare dėl savo brolio (religijoje) nužudymo. Tačiau Pranašo kompanjonai buvo sumišę dėl žuvusiojo, kodėl jis turi atsidurti pragare? Pranašas paaiškino, kad nužudytasis taip pat atsidurs pragare, nes norėjo nužudyti savo kompanjoną, o ne bandyti jį sustabdyti. Nužudytasis nesugebėjo nužudyti savo kompanjono, nes jis jį aplenkė ir pirmas nužudė.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Tas, kuris ketina padaryti nuodėmę ir naudojasi priemonėmis, kurios į tai veda, nusipelno bausmės.
 Hadisas griežtai įspėja apie musulmonų tarpusavio kovą ir už tai jiems grasina pragaru.
 Kovoms tarp musulmonų dėl pagrįstos priežasties šis įspėjimas netaikomas, pavyzdžiui, kova su agresoriais ir korumpuotojais.
 Nusikaltėlis nėra laikomas netikėliu vien dėl šios nuodėmės padarymo, nes Pranašas (ramybė ir Allaho palaima jam) įvardijo tuos, kurie kovoja tarpusavyje, musulmonais.
 Jei du musulmonai kovoja vienas su kitu bet kokiomis žudymo priemonėmis ir vienas iš jų nužudo kitą, ir žudikas, ir nužudytasis atsidurs pragare. Hadise kaip pavyzdys minimas kardas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>„Būk santūrus šioje žemėje, ir Allahas tave mylės, atsiskirk nuo žmonių turtų, ir jie tave mylės.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Abu Al-Abbas Sahl Ibn Sad As-Saidi (tebūnie Allahas juo patenkintas) pranešė: „Kartą pas Pranašą, ramybė ir Allaho palaima jam, atėjo vyras ir paprašė: ‘O Allaho Pasiuntiny, nurodyk man tokį veiksmą, už kurį mane mylėtų Allahas ir žmonės’. Jis atsakė: „Būk santūrus šioje žemėje, ir Allahas tave mylės, atsiskirk nuo žmonių turtų, ir jie tave mylės.“</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Kartą vienas vyras paprašė Pranašo, kad nurodytų darbą, už kurį jį mylėtų tiek Allahas, tiek žmonės. Pranašas atsakė, kad Allaho meilė pasiekiama atsisakant pertekliaus šiame pasaulyje, to, kas nenaudinga anapusiniame gyvenime, ir to, kas gali pakenkti tikėjimui. Žmonės tave mylės, kai atsiribosi nuo to, ką jie turi šiame pasaulyje, nes žmonės iš prigimties myli šį pasaulį. O kas su jais dėl to konkuruoja, jie jo nekenčia, o jei palieka jį jiems – pradeda mylėti.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Santūrumo pranašumas šiame pasaulyje, tai reiškia atsisakyti to, kas nebus naudinga pomirtiniame gyvenime.
+Atsiribojimas nuo pasaulinių gėrybių (zuhd) laipsnis yra aukštesnis už dievobaimingumo ir atsargumo (vara) laipsnį. Taip yra todėl, kad vara – tai atsisakymas to, kas gali pakenkti, o zuhd – tai atsisakymas to, kas neatneš naudos anapusiniame gyvenime.
+As-Sindi sakė: „Žmonės myli pasaulį, ir jei kas konkuruoja su jais dėl jo, pradeda jo nekęsti tiek, kiek jis konkuruoja. O jei jis palieka jiems tai, ką jie myli, jis tampa mylimas jų širdyse tiek, kiek jį jiems paliko.“</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>„Teisumas – tai geras elgesys, o nuodėmingumas – tai, kas neduoda ramybės tavo širdžiai ir ko nenorėtum, kad žmonės sužinotų.“</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>An-Navas Ibn Siman Al-Ansari (tebūnie Allahas juo patenkintas) peradvė: Paklausiau Allaho Pasiuntinio, ramybė ir Allaho palaima jam, apie teisumą ir nuodėmingumą, ir jis atsakė: „Teisumas – tai geras elgesys, o nuodėmingumas – tai, kas neduoda ramybės tavo širdžiai ir ko nenorėtum, kad žmonės sužinotų.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>Pranašas buvo paklaustas apie teisumą ir nuodėmingumą, ir atsakė:
 Didžiausia teisumo dalis – tai geras elgesys: su Allahu – per dievobaimingumą, o su žmonėmis – per kantrybę priimant jų įžeidimus, vengti pykčio, šypsotis, kalbėti maloniai, palaikyti ryšius, per paklusnumą, gerumą, nuoširdumą, švelnų elgesį ir malonų bendravimą.
 Nuodėmingumas – tai dalykai, kurie kelia nerimą sieloje, trikdo širdį, kelia abejonių ir baimę, kad tai gali būti nuodėmė, todėl žmogus nenori, jog apie tai sužinotų kilnūs, garbingi ar tobuliausi žmonės, nes tai yra negražu. Siela natūraliai linkusi rodyti kitiems savo gerąsias puses, tad jei žmogus nenori, kad kiti sužinotų apie tam tikrą jo poelgį, vadinasi, tai yra nuodėmė, neturinti nieko gero.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
@@ -5851,50 +6567,87 @@
 Pranašo buvo paklausta: kam turi būti nuoširdumas? Jis atsakė:
 Pirma - nuoširdumas turi būti Visagaliui Allahui - nuoširdžiai atliekant darbus dėl Jo, nesiejant su Juo partnerių, tikint Jo viešpatavimu, dieviškumu, vardais ir savybėmis, gerbiant Jo įsakymus ir kviečiant žmones tikėti Juo.
 Antra - nuoširdumas turi būti Jo Knygai - Koranui - tikint, kad tai yra Jo žodžiai ir paskutinė Jo atskleista knyga, ir kad ji paneigia visus prieš tai buvusius įstatymus bei gerbiant ją, tinkamai ją recituojant, veikiant pagal konkrečias jos eilutes ir priimant dviprasmiškas, ginant ją nuo tų, kurie siekia ją iškraipyti, suprantant jos interpretaciją, paisant jos pamokų ir perspėjimų bei juos skleidžiant ir kviečiant į tai žmones.
 Trečia - nuoširdumas turi būti Jo Pasiuntiniui Muchammedui (ramybė ir Allaho palaima jam) - tikint, kad jis yra paskutinis Pasiuntinys, tikint viskuo, su kuo jis atėjo, laikantis jo įsakymų ir draudimų, garbinant Allahą tik pagal tai, ką jis išmokė, jį gerbiant, skleidžiant jo kvietimą (dava) ir šariatą bei paneigiant jam metamus kaltinimus.
 Ketvirta - nuoširdumas turi būti musulmonų lyderiams - padėti jiems vykdyti teisingumą, o ne kovoti su jais dėl valdžios, išgirsti ir paklusti jiems tame, kas patinka Allahui.
 Penkta - nuoširdumas turi būti musulmonams - rodant jiems gerumą, kviečiant juos pas Allahą, jiems nekenkti, linkint jiems gero ir bendradarbiaujant su jais teisumu ir pamaldumu.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hadisas liepia mums būti nuoširdiems visiems.
 Nuoširdumas religijoje turi didelę reikšmę.
 Religija apima įsitikinimus, žodžius ir poelgius.
 Iš nuoširdumo yra - neapgaudinėti kitų ir linkėti jiems gero.
 Hadisas pabrėžia gerą Pranašo mokymo metodą, nes jis ką nors trumpai pamini, o paskui išsamiai paaiškina.
 Pranašas (ramybė ir Allaho palaima jam) savo kalboje pradėjo nuo pačio svarbiausio nuoširdumo aspekto iki mažiausio - pradedant nuo nuoširdumo Allahui, Jo Knygai, tada Jo Pasiuntiniui, tada musulmonų lyderiams ir galiausiai paprastiems musulmonams.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4309</t>
+  </si>
+  <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>„Žindymo giminėms draudžiama tai, kas draudžiama kraujo giminėms.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Aiša (tebūnie Allahas ja patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Žindymo giminėms draudžiama tai, kas draudžiama kraujo giminėms.“</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Pranašas paaiškino, kad žindymo giminystė sukelia tokius pačius draudimus kaip ir kraujo giminystė – pavyzdžiui, draudžiama susituokti su dėde iš motinos ar tėvo pusės, broliu ir kitais. Lygiai taip pat žindymas nustato tas pačias taisykles kaip ir gimimas (kraujas).</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Šis hadisas yra pagrindas nustatant taisykles, susijusias su žindymo giminyste.
+Ibn Hadžar pasakė: „Jo žodžiai: „Žindymo giminaičiams draudžiama tai, kas draudžiama ir kraujo giminaičiams“, taip pat reiškia, kad žindymo giminaičiams leidžiama tai, kas leidžiama kraujo giminaičiams. Ši nuomonė yra vieningai priimta islamo mokslininkų klausimuose, susijusiuose su santuokos draudimu ir jo pasekmėmis, draudimo išplitimu tarp žindomo vaiko ir žindyvės vaikų, taip pat jų prilyginimu giminaičiams leidžiamumo žiūrėti, būti kartu vienumoje ir keliauti klausimais. Tačiau žindymo giminystė nesuteikia kitų motinystės teisių, tokių kaip: paveldėjimas, išlaikymo prievolė, išlaisvinimas nuosavybės pagrindu (vergijoje), liudijimas, globos teisė ir mirties bausmės panaikinimas kaip atpildo priemonė.“
+Nustatyta, kad žindymo giminystė užtraukia nuolatinį [santuokos] draudimą.
+Kiti hadisai nurodo, kad toks draudimas atsiranda tik po penkių tiksliai nustatytų žindymų ir tik per pirmuosius dvejus kūdikio gyvenimo metus.
+Pagal kilmę santuoka vyrams draudžiama su: motinomis (įskaitant abiejų pusių močiutes), dukromis (įskaitant anūkes), seserimis (iš tėvo ir (arba) motinos pusės), tetomis iš tėvo pusės (įskaitant visas tėvo ir senelių seseris), tetomis iš motinos pusės (įskaitant visas motinos ir močiučių seseris), taip pat dukterėčiomis — brolių ir seserų dukromis (įskaitant jų dukras ir anūkes).
+Pagal žindymo giminystę santuoka draudžiama su tais pačiais asmenimis kaip ir pagal kraujo giminystę, išskyrus žindymo brolio žmoną ir žindymo sūnaus (kurį žindė jo žmona) seserį — jos nėra draudžiamos [santuokai].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>„Iš tiesų, teisėta (halal) yra aišku, ir neteisėta (haram) yra aišku</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>An-Numan Ibn Bašir (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Allaho Pasiuntinį (ramybė ir Allaho palaima jam) sakant, kai An-Numan nuleido du pirštus prie ausų: „Iš tiesų, teisėta (halal) yra aišku, ir neteisėta (haram) yra aišku, o tarp jų yra abejotini dalykai, kurių daugelis nežino. Kas vengia abejotinų dalykų, pašalina atsakomybę dėl savo religijos ir garbės, o kas pakliūva į abejotinus dalykus, pateks į neteisėtą, kaip ir piemuo, kuris gano savo gyvulius šalia draudžiamos ganyklos, todėl greičiausiai ir joje ganysis. Iš tiesų, kiekvienas karalius turi saugomą zoną, o saugoma Allaho teritorija yra Jo draudimai. Iš tiesų kūne yra gabalėlis mėsos, jei jis yra sveikas, visas kūnas bus sveikas, o jei sugedęs, visas kūnas bus sugadintas, o tai (mėsos gabalėlis) yra širdis.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) paaiškina bendrą reikalų taisyklę ir tai, kad šariate jie priskiriami trims kategorijoms - aiškiai teisėti dalykai, aiškiai neteisėti dalykai ir abejotini dalykai, kurių sprendimai nėra aiškūs ir nežinomi daugeliui žmonių.
 Taigi, kas atsisako tų neaiškių dalykų, saugo savo religiją, vengdamas patekimo į neteisėtą, ir saugo savo garbę nuo žmonių kritikos dėl tokių abejotinų dalykų darymo. Kas nevengia tų neaiškių dalykų, rizikuoja pakliūti į neteisėtus dalykus ar papiktinti žmones. Pasiuntinys (ramybė ir Allaho palaima jam) pateikė palyginimą, kad parodytų žmogaus, kuris užsiima abejotinais reikalais, būklę, sakydamas, kad jis yra kaip piemuo, ganantis savo galvijus labai arti savininko saugomo žemės sklypo, taigi, jo galvijai greičiausiai ganysis joje. Taip pat tas, kuris užsiima abejotinais reikalais, priartėja prie neteisėto ir gali į jį pakliūti. Tada Pranašas (ramybė ir Allaho palaima jam) pranešė, kad žmogaus kūne yra gabalėlis mėsos (širdis), jei jis sveikas, visas kūnas yra sveikas, o jei jis sugedęs, tai visas kūnas tampa korumpuotu.</t>
   </si>
   <si>
@@ -6387,50 +7140,53 @@
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Abu Al-Haura As-Sadi perdavė, kad pasakė Al-Hasan Ibn Ali (tebūnie Allahas juo ir jo tėvu patenkintas): ką tu išmokai iš Allaho Pasiuntinio, ramybė ir Allaho palaima jam? Jis atsakė: aš išmokau iš Allaho Pasiuntinio, ramybė ir Allaho palaima jam: „Palik tai, kas kelia abejonių, dėl to, kas nesukelia abejonių. Iš tikrųjų tiesa yra ramybė, o melas – abejonė.“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Pranašas įsakė žmogui atsisakyti tų žodžių ar veiksmų, dėl kurių jis turi abejonių, nesvarbu, ar jie yra draudžiami, ar ne, neteisėti ar teisėti, ir pasirinkti tai, kas nesukelia jokių abejonių – tai, apie ką jis yra tikras, kad tai gera ir teisėta, nes tokie dalykai suteikia ramybę ir komfortą širdyje, tuo tarpu abejonės sukelia nerimą ir sumaištį.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Musulmonas turėtų tvarkyti savo reikalus remdamasis tikrumu ir atsisakyti to, kas sukelia abejonių, taip pat būti įžvalgus savo religijoje.
 Draudžiama užsiimti įtartinais dalykais.
 Jei sieki ramybės ir komforto, tuomet atsisakyk to, kas yra abejotina, ir palik tai nuošalyje.
 Allahas yra Gailestingas Savo tarnams, nes Jis jiems nurodė tai, kas atneša ramybę sielai ir protui, ir uždraudė tai, kas sukelia nerimą ir sumaištį.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>„Žmogaus malda susirinkime yra dvidešimt keliais laipsniais aukštesnė, nei jo malda namuose ar darbe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Žmogaus malda susirinkime yra dvidešimt keliais laipsniais aukštesnė, nei jo malda namuose ar darbe. Taip yra todėl, kad kai žmogus atlieka apsiprausimą (vudu) ir jį ištobulina, tada eina į mečetę ir niekas jo tam nemotyvuoja, išskyrus maldą, už kiekvieną savo žingsnį, kurį žengia, jis pakeliamas vienu laipsniu ir viena nuodėmė jam ištrinama tol, kol pasiekia mečetę. Taigi, kai jis įeina į mečetę, jis yra laikomas besimeldžiančiu iki tol, kol malda yra ta priežastis, dėl kurios jis dar yra mečetėje. Angelai prašys jam Allaho palaiminimų tol, kol jis yra mečetėje, sakydami: „O Allahe, pasigailėk jo! O Allahe, atleisk jam! O Allahe, priimk jo atgailą! tol, kol jis niekam nepakenks ir nenutrauks savo vudu“."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Pranašas sako, kad kai musulmonas meldžiasi kongregacijoje, jo malda yra dvidešimt kelis kartus geresnė nei malda namuose ar darbe. Tada jis paminėjo priežastį, sakydamas, kad kai žmogus tobulai atlieka vudu, o paskui išeina į mečetę, nesiekdamas nieko kito, tik maldos, su kiekvienu jo žingsniu jis pakyla vienu laipsniu ir rangu aukščiau, o viena nuodėmė jam ištrinama. Kai jis įeina į mečetę ir sėdi laukdamas maldos, jis gauna atlygį už maldą tol, kol jos laukia, o angelai už jį meldžiasi (su sąlyga, kad jis lieka toje vietoje, kur atliko maldą), sakydami: „O Allahe, pasigailėk jo! O Allahe, atleisk jam! O Allahe, priimk jo atgailą! tol, kol jis nenutrauks vudu arba nepadarys to, kas gali pakenkti žmonėms ar angelams."</t>
   </si>
@@ -6660,50 +7416,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Draudžiama į žalą reaguoti didesne žala.
 Allahas Savo tarnams neįsakė nieko, kas jiems būtų žalinga.
 Draudžiama daryti žalą ar (savavališkai) atlyginti už žalą žodžiais, darbais ar neveikimu.
 Atlyginimas yra tos pačios rūšies kaip ir darbas. Taigi, kas daro žalą, tam Allahas kenkia, o kas apsunkina kitiems, tam Allahas apsunkina.
 Viena iš šariato taisyklių yra ta, kad „žala turi būti pašalinta“, nes šariatas nepritaria žalojimui ir jį smerkia.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Sachych su ša-uahid]</t>
   </si>
   <si>
     <t>[Perdavė Ad-Darkutni]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>„Musulmono kraujas gali būti pralietas tik dėl vienos iš trijų priežasčių</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Ibn Masud (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Musulmono kraujas gali būti pralietas tik dėl vienos iš trijų priežasčių: vedęs vyras, padaręs svetimavimą; gyvybė už gyvybę; ir tas, kuris atsižada savo religijos ir palieka bendruomenę.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Pranašas nurodė, kad musulmono kraujas yra draudžiamas, išskyrus atvejus, kai jis padaro vieną iš šių trijų dalykų: Pirma: tas, kuris svetimavo, būdamas vedęs pagal šariatą; tokiu atveju jo nužudymas akmenimis (radžm) yra leidžiamas. Antra: tas, kuris tyčia, be teisėto pagrindo pagal šariatą, nužudė nekaltą žmogų; jis nužudomas pagal tam taikomus reikalavimus. Trečias: tas, kuris išeina iš musulmonų bendruomenės — arba visiškai atsisakęs islamo (ridda), arba atsiskyręs be apostazės, pripažindamas tik dalį tikėjimo, pavyzdžiui, smurtininkai, kelio plėšikai, kovotojai iš kharidžitų ir panašiai.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Šių trijų dalykų daryti draudžiama, ir tas, kas padaro vieną iš jų, nusipelno mirties bausmės: arba dėl netikėjimo (kufr) – jei jis atsisako islamo, arba pagal šariatą – tai taikoma vedusiam, atlikusiam svetimavimą, ir tyčia nužudžiusiam.
+Būtina saugoti garbę ir jos tyrumą.
+Būtina gerbti musulmoną, ir jo kraujas yra draužiamas.
+Skatinama laikytis musulmonų bendruomenės ir jos nepalikti.
+Pranašo mokymas yra išmintingas, nes jo žodžiai kartais pateikiami su skirstymu; skirstymas sukoncentruoja klausimus ir juos apjungia, todėl lengviau įsiminti.
+Allahas nustatė ribas, kad atgrasyti nusikaltėlius ir apsaugoti visuomenę.
+Šių ribų taikymas yra valdovo (įgalioto asmens) pareiga.
+Nužudymo priežasčių yra daugiau nei trys, tačiau jos vis tiek patenka į šias kategorijas. Ibn Al-Arabi Al-Maliki sakė: „Jos niekada neišeina už šių trijų ribų, nes tas, kuris daro burtus ar šmeižia Allaho Pranašą, tampa netikinčiu ir patenka į tuos, kurie atsisakė savo religijos.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>„Tegul tavo liežuvis nesiliauja būti drėgnas nuo Allaho atminimo.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Busr (tebūnie Allahas juo patenkintas) perdavė, kad vienas vyras pasakė: „O Allaho Pasiuntiny, islamo įstatymų man tapo per daug, todėl pasakyk man ką nors, ko galėčiau laikytis.“ Pranašas pasakė: „Tegul tavo liežuvis nesiliauja būti drėgnas nuo Allaho atminimo.“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Vienas vyras skundėsi Pranašui, kad jam tapo per sunku atlikti papildomus garbinimo veiksmus, nes jis buvo silpnas. Todėl paprašė Pranašo patarimo, kokį lengvą darbą jis galėtų atlikti, kad gautų gausų atlygį ir galėtų jo laikytis.
 Pranašas patarė jam visada ir visur nuolat laikyti savo liežuvį drėgną, minint Allahą Visagalį, šlovinant ir dėkojant Jam, prašant atleidimo, maldaujant ir panašiai.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -6799,51 +7599,102 @@
   <si>
     <t>Ibn Abbas (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Jei žmonėms būtų suteikta viskas, ko jie reikalauja, kai kurie norėtų (kitų) žmonių turto ir kraujo. Tačiau įrodymų pateikimas tenka ieškovui, o priesaika – tam, kuris neigia kaltinimą.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Pranašas atkreipė dėmesį, kad jei žmonėms būtų suteikta tai, ką jie teigia tik remdamiesi savo pareiškimais, be įrodymų ar liudijimų, kai kurie reikalautų kitų turto ir gyvybių. Tačiau reikalaujantis asmuo turi pateikti įrodymus, pagrindžiančius jo reikalavimą. Jei įrodymų trūksta, reikalavimas perduodamas atsakovui, ir jei jis jį paneigia, atsakovas privalo prisiekti, po to jis išteisinamas.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibn Dakik Al-Eid sakė: „Šis hadisas yra vienas iš pagrindinių teisminių sprendimų principų ir geriausia priemonė, kai kyla ginčai ir konfliktai.“
 Šariatas buvo duotas tam, kad apsaugotų žmonių turtą ir gyvybes nuo piktnaudžiavimo.
 Teisėjas turėtų priimti sprendimą ne remdamasis savo žiniomis, o remdamasis aiškiais įrodymais.
 Jei kas nors pateikia teiginius be įrodymų, jie turi būti atmesti, nesvarbu, ar tai susiję su teisėmis, sandoriais ar tikėjimo bei žinių klausimais.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>„Žmogus niekada neįpildė blogesnio indo už savo skrandį. Žmogui užtenka kelių kąsnių, kad išlaikytų tiesią nugarą. Jei vis dėlto reikia valgyti daugiau, tegul būna vienas trečdalis skrandžio skiriamas maistui, vienas trečdalis gėrimui, o vienas trečdalis – kvėpavimui (tuščias).“</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Al-Mikdam Ibn Madi Karib (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Žmogus niekada neįpildė blogesnio indo už savo skrandį. Žmogui užtenka kelių kąsnių, kad išlaikytų tiesią nugarą. Jei vis dėlto reikia valgyti daugiau, tegul būna vienas trečdalis skrandžio skiriamas maistui, vienas trečdalis gėrimui, o vienas trečdalis – kvėpavimui (tuščias).“</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Pranašas nurodo vieną svarbiausių medicinos principų – prevenciją, per kurią žmogus saugo savo sveikatą. Reikia valgyti saikingai: pakanka valgyti tiek, kiek numalšina alkį ir suteikia jėgų atlikti privalomus darbus. Blogiausias indas, kurį žmogus gali užpildyti, yra jo skrandis, nes persivalgymas sukelia daug pražūtingų ligų. Jei žmogui būtina pasisotinti, Pranašas nurodė: trečdalis skrandžio turi būti maistui, trečdalis gėrimui ir trečdalis turi likti tuščias, kad jis nesusivalgytų, nesukeltų sau žalos ir nebūtų tingus vykdyti to, ką Allahas jam nustatė dėl religijos ir žemiškojo gyvenimo.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Reikia saikingai valgyti ir gerti. Tai bendras medicinos mokslo pagrindas, nes persivalgymas yra ligų ir negalavimų priežastis.
+Maisto vartojimo tikslas yra išlaikyti sveikatą ir stiprybę, kad galėtume gyventi gerą, saugų gyvenimą.
+Skrandis, pripildytas maisto, atneša kūnišką ir religinę žalą. Umar (tebūnie Allahas juo patenkintas) sakė: „Saugokitės persivalgymo, nes tai kenkia kūnui ir daro žmogų vangų kai reikia atlikti maldas.“
+Iš šariato perspektyvos maistas skirstomas į kelias rūšis: privalomasis – tai, kas būtina gyvybei išsaugoti ir be ko kyla žala; leistinas – tai, kas viršija būtinybę, bet nėra kenksminga; nepageidaujamas – jei yra žalingas sveikatai; draudžiamas – jei žala įrodyta; pageidaujamas – maistas, padedantis garbinti Allahą ir Jam paklusti. Visa tai apibendrinta minėtame hadise taip: pirmas laipsnis – skrandžio pripildymas. Antras – keli kąsniai, kad galėtum išsilaikyti tiesiai (normaliai funkcionuoti). Trečias laipsnis – „trečdalis maistui, trečdalis gėrimui, trečdalis orui“. Visa tai taikoma šariato leidžiamam maistui.
+Hadisas yra viena iš pagrindinių medicinos taisyklių, nes medicina sukasi aplink tris pagrindus: jėgų išlaikymą, sveikatos apsaugą ir žalos pašalinimą. Hadisas apima pirmuosius du pagrindus, kaip ir Visagalio žodžiuose: {ir valgykite bei gerkite, tačiau nešvaistykite. Iš tiesų, Allahas nemėgsta tų, kurie švaisto.} [Koranas, sūra „Aukštybės“ 7:31].
+Hadisas rodo šio islamo įstatymo tobulumą, kadangi apima žmogaus religines ir šio pasaulio naudas.
+Medicinos mokslo pagrindai ir kai kurios jos rūšys yra šariato žinių dalis, kaip tai matyti iš hadisų apie medų ir juodąjį kmyną.
+Šariato taisyklės grindžiamos išmintimi: juose įtvirtinti principai žalos šalinimo ir naudos atnešimo.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>„Kas įveda į šią mūsų religiją ką nors, kas jai nepriklauso, tai bus atmesta</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Aiša (tebūnie Allahas ja patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kas įveda į šią mūsų religiją ką nors, kas jai nepriklauso, tai bus atmesta.“ [Bendru sutarimu] Muslim formuluotė: „Kas daro tai, kas neatitinka mūsų religijos, bus atmesta.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Pranašas paaiškina, kad jei kas nors diegia kažką religijoje arba daro tai, ko nepatvirtina Korano ir sunnos įrodymai, tai bus atmesta, o Allahas to iš jo nepriims.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
@@ -8458,50 +9309,53 @@
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Pranašas perspėjo dėl susilaikymo nuo Allaho palaimos prašymo jam, kai išgirstamas jo vardas, titulas ar apibūdinimas. Jis pasakė: „Tikras šykštuolis yra tas, kuris, išgirdęs apie mane, neištaria palaimos maldos.“ Tai pagrįsta tuo, kad:
 Pirma: kas taip daro pasielgė šykščiai dėl to, kas jam nieko nekainuoja ir nereikalauja nei pinigų, nei pastangų.
 Antra: jis pasielgė šykščiai savo paties atžvilgiu, nes atėmė iš savęs atlygį, kuris gaunamas prašant Allaho palaimos Pranašui. Susilaikydamas nuo to, jis neįvykdė pareigos, kurią privalu atlikti ir prarado galimybę pelnyti atlygį.
 Trečia: Allaho palaimos prašymas Pranašui yra dalis jo teisės įvykdymo, nes būtent jis mus mokė, vedė, kvietė pas Allahą Visagalį ir atnešė mums šį apreiškimą ir šariatą. Kitaip tariant, jis – po Allaho – yra mūsų ėjimo teisingu keliu priežastis. Tad tas, kuris neprašo Allaho palaimos Pranašui, yra šykštus tiek sau, tiek Pranašui, nes jis atsisako vienos iš paprasčiausių savo teisių.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Susilaikymas nuo Allaho palaimos prašymo Pranašui yra didžiausias šykštumo pavyzdys.
 Tai yra vienas geriausių būdų priartėti prie Allaho ir vienas kilniausių paklusnumo veiksmų bet kuriuo metu, ypač kai yra minimas Pranašas.
 An-Navavi sakė: kai žmogus prašo Allaho palaimos Pranašui, tegul sujungia palaimą su ramybe - ir nemini tik vieno iš jų. Vadinasi, neturėtų sakyti tik „Allaho palaima jam“ ar tik „ramybė jam“.
 Kalbant apie Korano eilutę, kurioje Visagalis sako: {Allahas siunčia Savo Salat (Malones, Pagarbą, Palaiminimus, Galestingumą) Pranašui ir taip pat Jo angelai (prašo Allaho palaiminti jį ir atleisti jam)}, Abu Al-Alija sakė: Allaho Salat Pranašui reiškia – jį girti, o angelų ir žmonių Salat Pranašui reiškia – maldavimą.
 Al-Halimi sakė: žodžių „Allahumma sali ala Muchammad“ reikšmė yra tokia: o Allahe, padaryk jį gerbiamą šiame pasaulyje, išaukštindamas jo vardą, iškeldamas jo religiją ir išsaugodamas jo šariatą ir padaryk jį gerbiamą pomirtiniame pasaulyje, suteikdamas jam užtarimo teisę už jo bendruomenę, dosniai ir gausiai jį apdovanodamas, parodydamas jo pranašumą prieš ankstesnes ir vėlesnes kartas ir suteikdamas jam pirmenybę prieš visus liudytojus.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/5403</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Kas pavalgęs pasako: Alchamdulillahil-ladhi at-amany haza ua razakanyhi min ghairi chaulin li ua-la kuah (Šlovė Allahui, kuris mane pamaitino ir aprūpino šiuo maistu be jokios mano galios ar jėgos), tam bus atleistos praeities nuodėmės.“</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Sahl Ibn Muaz Ibn Anas perdavė nuo savo tėvo, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kas pavalgęs pasako: Alchamdulillahil-ladhi at-amany haza ua razakanyhi min ghairi chaulin li ua-la kuah (Šlovė Allahui, kuris mane pamaitino ir aprūpino šiuo maistu be jokios mano galios ar jėgos), tam bus atleistos praeities nuodėmės.“</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Pranašas ragina tuos, kurie valgo, pagirti Allahą, nes žmogus neturi galios nei gauti maisto, nei jo valgyti be Allaho pagalbos. Tada pranešė džiugią žinią tam, kuris sako šiuos žodžius, kad jis nusipelno Allaho atleidimo už praeities mažąsias nuodėmes.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
@@ -9087,50 +9941,53 @@
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Pranašas išmokė Aišą išsamaus ir glausto maldavimo, sudaryto iš keturių prašymų:
 Pirmasis: visapusiškas prašymas dėl visokio gėrio: „O Allahe, prašau Tavęs viso gėrio“ „artimo“ – to, kas greitai įvyks, „ir tolimo“ – to, kas ateis vėliau, „to, ką žinau“ – iš to, ko mane išmokei, „ir to, ko nežinau“ – to, kas žinoma tik Tau. Šiame maldavime žmogus visiškai patiki savo reikalus Viską Žinančiam, Išmintingam ir Gailestingajam Allahui. Allahas parenka musulmonui tai, kas geriausia ir tobuliausia. (Ir ieškau prieglobsčio) ir apsaugos (pas Tave nuo viso blogio – artimo ir tolimo, to, ką žinau, ir to, ko nežinau).
 Antrasis: tai musulmono apsauga nuo peržengimo maldavime. (O Allahe, prašau Tavęs) ir maldauju (to gėrio, kurio Tavo tarnas ir Pranašas Tavęs prašė), ramybė ir Allaho palaima jam, (ir ieškau prieglobsčio) – apsaugos – (pas Tave nuo to blogio, nuo kurio Tavo tarnas ir Pranašas pas Tave ieškojo prieglobsčio). Tai yra maldavimas ir prašymas, skirtas Allahui, kad Jis suteiktų maldininkui tai, ko Pranašas Muchammedas prašė sau, nevardijant, ko tiksliai jis prašė.
 Trečiasis: prašymas būti įleistam į rojų ir būti laikomam toli nuo pragaro – tai kiekvieno musulmono noras ir galutinis tikslas: (O Allahe, prašau Tavęs rojaus) ir galimybės jį pasiekti, (ir to, kas priartina prie jo, žodžiais ar darbais), kurie yra teisūs ir Tau malonūs, (ir ieškau prieglobsčio pas Tave nuo pragaro), nes nuo blogų darbų apsaugoti gali tik Tavo malonė, (ir to, kas priartina prie jo, žodžiais ar darbais), t. y. nuo nuodėmių, kurios sukelia Tavo rūstybę.
 Ketvirtasis: maldavimas dėl pasitenkinimo Allaho sprendimu. (Prašau Tavęs, kad kiekvienas Tavo man paskirtas sprendimas būtų man geras.) – kiekvieną sprendimą, kurį Allahas man paskyrė, padaryk man naudingą – tai yra maldavimas, kuriuo prašoma būti patenkintam Allaho valia.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Vyras turėtų mokyti savo šeimą to, kas jiems naudinga religiniuose ir pasaulietiškuose reikaluose, kaip Pranašas mokė Aišą.
 Musulmonui geriau įsiminti maldavimus, perduotus nuo Pranašo, nes jie yra išsamūs ir glausti.
 Mokslininkai apie šį hadisą sakė: „Tai pats išsamiausias hadisas, kuriame prašoma gėrio ir ieškoma prieglobsčio nuo blogio, ir jis priklauso tiems visapusiškiems išsireiškimams, kuriais buvo apdovanotas Pranašas (ramybė ir Allaho palaima jam)“.
 Teisūs darbai ir žodžiai yra viena iš priemonių patekti į rojų po Allaho malonės.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>„O Allahe, aš ieškau prieglobsčio pas Tave nuo Tavo palaimos atėmimo, nuo Tavo ramybės virsmo, nuo netikėtos Tavo bausmės ir nuo visko, kas Tau nepatinka.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Umar (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) dažnai sakydavo šį maldavimą: „O Allahe, aš ieškau prieglobsčio pas Tave nuo Tavo palaimos atėmimo, nuo Tavo ramybės virsmo, nuo netikėtos Tavo bausmės ir nuo visko, kas Tau nepatinka.“</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Pranašas ieškojo prieglobsčio pas Allahą nuo keturių dalykų:
 Pirmas: (O Allahe, ieškau prieglobsčio pas Tave nuo Tavo palaimos atėmimo), tiek tikėjime, tiek pasaulietiniuose reikaluose, ir kad likčiau tvirtas islame bei vengčiau daryti tai, kas pašalina palaiminimus.
@@ -9213,50 +10070,53 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Sulaukęs ryto, t. y. ankstyvos dienos dalies auštant, Pranašas sakydavo:
 „O Allahe, Tavo dėka mes įžengiam rytan“ – būdami Tavo apsaugoje, apsupti Tavo malonių, užsiėmę Tavo prisiminimu, šaukiantys Tavo vardą, palaikomi Tavo pagalbos, vedami Tavo jėgos ir galybės. „ir Tavo dėka mes įžengiam vakaran, Tavo dėka mes gyvenam ir Tavo dėka mes mirštam“ – kaip sakoma ryte, taip sakoma ir vakare: „O Allahe, Tavo dėka mes įžengiam vakaran, Tavo dėka mes gyvenam ir Tavo dėka mes mirštam“. „ir mūsų prisikėlimas pas Tave“ – prisikėlimas po mirties, išsisklaidymas po susirinkimo (Teismo dieną), ši būsena lydi mus visais laikais ir visomis aplinkybėmis, ir aš niekada jos neišsižadėsiu ir jos nepaliksiu.
 Sulaukęs vakaro, iškart po asr (popietinės) maldos, jis sakydavo: „O Allahe, Tavo dėka mes įžengiam vakaran, ir Tavo dėka mes įžengiam rytan, Tavo dėka mes gyvenam ir Tavo dėka mes mirštam, ir pas Tave yra galutinis sugrįžimas.“) – sugrįžimas tiek šiame pasaulyje, tiek pomirtiniame, nes Tu esi Tas, kuris suteikia gyvybę, ir Tu esi Tas, kuris ją atima.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Pageidautina šią maldą kartoti ryte ir vakare, sekant Pranašo pavyzdžiu.
 Žmogus visuomet ir visose situacijose yra priklausomas nuo savo Viešpaties.
 Geriausias laikas sakyti rytinius ir vakarinius zikr yra nuo aušros iki saulėtekio dienos pradžioje ir nuo asr maldos (popietės) iki saulėlydžio. Tačiau, jei žmogus juos sakys vėliau, t. y. rytą po saulėtekio, tai taip pat bus priimta. Ir jei juos sakys po zuhr (pietų) maldos arba net po maghrib (vakaro) maldos, tai bus priimta, nes tai taip pat yra laikas prisiminti Allahą.
 Žodžiai „ir mūsų prisikėlimas pas Tave“ tinka sakyti ryte, nes tai primena Prisikėlimo dieną, kai mirę žmonės bus prikelti. Taip pat tai yra naujas sugrįžimas į gyvenimą – nauja diena, kaip sielų sugrįžta į kūnus, žmonės eina skirtingais keliais, o šis naujas rytas, kurį sukūrė Allahas, „alsuoja“, kad taptų žmogaus darbų liudytoju, o jo laikas veikia kaip saugykla mūsų darbams.
 Žodžiai „ir pas Tave yra galutinis sugrįžimas“ tinka sakyti vakare, nes tai laikas, kai žmonės grįžta iš darbų ir iš savo kasdienių reikalų. Jie grįžta į savo namus ir atsiduoda poilsiui. Tai primena apie sugrįžimą pas Allahą, Aukščiausiąjį, pas kurį yra tikrasis ir galutinis sugrįžimas.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>„Stiprus tikintysis yra geresnis ir labiau mylimas Allaho nei silpnas tikintysis, nors abu yra geri</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Stiprus tikintysis yra geresnis ir labiau mylimas Allaho nei silpnas tikintysis, nors abu yra geri. Stenkis ieškoti to, kas tau  bus naudinga, ir nesijausk bejėgis. Jei kažkas tave užvaldo, pasakyk: Tai Allaho įsakymas ir Jis daro tai, ką nori. Ir saugokis (sakyti) „Jei tik būčiau“, nes tai atveria duris šėtonui“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -9861,51 +10721,51 @@
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>„Iš tiesų religija yra lengva. Niekas neapsunkina savęs religija, išskyrus tai, kad jis bus jos prislėgtas. Taigi siekite teisingumo (būkite nuosaikūs)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) pasakė: „Iš tiesų religija yra lengva. Niekas neapsunkina savęs religija, išskyrus tai, kad jis bus jos prislėgtas. Taigi siekite teisingumo (būkite nuosaikūs) ir gausite džiugią žinią. Ieškokite pagalbos garbindami Allahą ghadva (ankstyvą rytą), rauha (po pietų) ir dalį duldža (nakties).“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Pranašas pabrėžė, kad islamo religija grindžiama palengvinimu visuose reikaluose, ypač kai žmogus susiduria su sunkumais ar būtinybe. Be to, per didelis uolumas religiniuose įsipareigojimuose ir saikingumo nepaisymas ilgainiui gali sukelti išsekimą ir visišką arba dalinį pareigų apleidimą. . Tada Pranašas ragino saikingumą ir susilaikymą nuo perteklių. Taigi, žmogus neturėtų nei apleisti savo pareigų, nei imtis dalykų, viršijančių jo galimybes. Jei jis negali visiškai atlikti tam tikros užduoties, turėtų padaryti tiek, kiek atitinka jo galimybes.
+    <t>Pranašas pabrėžė, kad islamo religija grindžiama palengvinimu visuose reikaluose, ypač kai žmogus susiduria su sunkumais ar būtinybe. Be to, per didelis uolumas religiniuose įsipareigojimuose ir saikingumo nepaisymas ilgainiui gali sukelti išsekimą ir visišką arba dalinį pareigų apleidimą. Tada Pranašas ragino saikingumą ir susilaikymą nuo perteklių. Taigi, žmogus neturėtų nei apleisti savo pareigų, nei imtis dalykų, viršijančių jo galimybes. Jei jis negali visiškai atlikti tam tikros užduoties, turėtų padaryti tiek, kiek atitinka jo galimybes.
 Pranašas paskelbė džiugią žinią apie didelį atlygį už nuolatinius darbus, net jei jie yra nedideli, tiems, kurie negali jų atlikti nuolat. Kadangi, jei žmogaus negebėjimas nėra jo paties kaltė, tai nesumažina jo atlygio.
 Kadangi šis pasaulis iš tikrųjų yra kelionė ir pereinamoji vieta į pomirtinį gyvenimą, Pranašas įsakė mums ieškoti pagalbos, kad galėtume reguliariai atlikti garbinimus trijuose aktyvumo momentuose:
 Pirmas: ghadva: ėjimas ankstyvą rytą - tarp fadžr maldos ir saulėtekio.
 Antras: rauha: ėjimas popietę.
 Trečias: duldža: ėjimas visą naktį arba dalį jos. Kadangi darbas naktį yra sunkesnis nei dieną, jis įsakė dalį jos, sakydamas: „ir dalį duldža“.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Šis hadisas atskleidžia islamo šariato lankstumą ir atlaidumą, pabrėždamas jo pusiausvyrą tarp perdėto uolumo ir aplaidumo.
 Žmogus turėtų vykdyti įsakymą pagal savo galimybes, nei ignoruodamas jį, nei apsunkindamas save per daug.
 Žmogus turėtų rinktis tas akimirkas, kai jaučiasi aktyviausias, kad galėtų atlikti garbinimą. Ypač šiais trimis laikotarpiais kūnas būna labiausiai pasirengęs garbinimui.
 Ibn Hadžar Al-Askalani sakė: „Atrodo, kad Pranašas (ramybė ir Allaho palaima jam) kreipėsi į keliautoją, kuris siekia tikslo, ir šie trys laikai yra geriausi jam. Jis atkreipė dėmesį į laikotarpius, kai žmogaus kūnas yra aktyviausias. Jei keliautojas eina tiek dieną, tiek naktį, jis nusilps ir sustos. Tačiau, jei jis stengsis keliauti per tuos laikotarpiais, galės tęsti kelionę be sunkumų.“
 Ibn Hadžar sakė: „Hadisas yra nurodymas, kad šariatas leidžia palengvinimus, o griežto kelio laikymasis, kai yra leistinas palengvinimas, laikomas perdėjimu. Pavyzdžiui, jei žmogus atsisako atlikti tajammum (sausą apsiplovimą), nors negali naudoti vandens dėl žalos sveikatai, tai prieštarauja šariato lengvatoms.“
 Ibn Al-Munir sakė: „Šis hadisas yra vienas iš ženklų, patvirtinančių Pranašo pranašystę, nes mes ir žmonės prieš mus matėme, kad kiekvienas, kuris perdėtai uoliai laikosi religijos, ilgainiui sustoja. Tikslas nėra uždrausti siekti tobuliausios garbinimo formos, kuri yra pagirtina, bet užkirsti kelią perdėtumui, kuris veda prie nuobodulio, arba pertekliui savanoriškuose veiksmuose, dėl kurių apleidžiama tai, kas geriau, arba privalomi veiksmai atliekami vėliau nei numatyta. Pavyzdžiui, vienas žmogus visą naktį meldžiasi, o tada miega ir neatlieka fadžr maldos susirinkime arba atsikelia, kai saulė jau pakilusi, ir privalomos maldos laikas yra praėjęs.“
 Ibn Al-Munir sakė: „Šis hadisas yra vienas iš ženklų, patvirtinančių Pranašo pranašystę, nes istorija liudija, kad kiekvienas, kuris pernelyg griežtai laikosi religinių praktikų, ilgainiui sustoja. Čia nesiekiama uždrausti siekti aukščiausios garbinimo formos, kuri yra pagirtina, bet įspėjama dėl perdėtumo, kuris gali sukelti nuovargį ar nuobodulį. Taip pat pabrėžiama, kad per didelis dėmesys neprivalomoms praktikoms neturėtų lemti svarbesnių dalykų apleidimo, pavyzdžiui, jei žmogus praleidžia naktį maldoje, bet dėl to pramiega fadžr maldą bendruomenėje arba atsikelia, kai saulė jau pakilusi.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/5795</t>
@@ -10948,67 +11808,64 @@
     <t>Pageidautina ryte ir vakare recituoti sūrą Al-Ikhlas ir Al-Muavizatain, nes tai apsaugo nuo visokio blogio.
 Sūrų Al-Ikhlas ir Al-Muavizatain recitavimo privalumai.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Kas tris kartus vakare ištars: „Vardan Allaho, kurio vardu niekam nepakenkta nei žemėje, nei danguje, ir Jis yra visa Girdintis, visa Žinantis.“, to neužklups staigi nelaimė iki ryto</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Aban Ibn Usman pranešė, kad girdėjo Usman Ibn Afan (tebūnie Allahas juo patenkintas) sakant: girdėjau Pasiuntinį (ramybė ir Allaho palaima jam) sakant: «Kas tris kartus vakare ištars: „Vardan Allaho, kurio vardu niekam nepakenkta nei žemėje, nei danguje, ir Jis yra visa Girdintis, visa Žinantis.“, to neužklups staigi nelaimė iki ryto. O kas tai ištars tris kartus ryte – to neužklups nelaimė iki vakaro.» Aban Ibn Usman ištiko paralyžius, ir žmogus, išgirdęs iš jo šį hadisą, nustebęs pažvelgė į jį. Aban jam atsakė: „Kodėl taip į mane žiūri? Prisiekiu Allahu, aš nemelavau apie Usman, o jis nemelavo apie Pranašą. Tačiau tą dieną, kai su manimi nutiko ši nelaimė, buvau supykęs ir pamiršau ištarti šį maldavimą.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Pranašas paaiškino, kad tas, kuris kiekvieną rytą po saulėtekio ir kiekvieną vakarą prieš saulėlydį tris kartus ištars: „Bismilliah“ – prašydamas Allaho pagalbos ir apsaugos nuo bet kokios žalos, – „kurio vardu niekam nepakenkta nei žemėje“ – nuo nelaimių, vykstančių žemėje, – „nei danguje“ – nuo nelaimių, siunčiamų iš dangaus, – „ir Jis yra visa Girdintis, visa Žinantis“, – kuris girdi mūsų žodžius ir žino mūsų būsenas.
-* Tas, kuris ištars šį maldavimą vakare, nebus netikėtai užkluptas nelaimės iki ryto. O tas, kuris jį ištars ryte, nebus netikėtai užkluptas nelaimės iki vakaro.
+Tas, kuris ištars šį maldavimą vakare, nebus netikėtai užkluptas nelaimės iki ryto. O tas, kuris jį ištars ryte, nebus netikėtai užkluptas nelaimės iki vakaro.
 Aban Ibn Usman ištiko paralyžius – vienos kūno pusės nusilpimas. Žmogus, kuris išgirdo iš jo šį hadisą, pažvelgė į jį su nuostaba. Tada Aban pasakė: „Kodėl taip į mane žiūri? Prisiekiu Allahu, aš nemelavau apie Usman, o Usman nemelavo apie Pranašą. Tačiau tą dieną, kai mane ištiko ši nelaimė, buvau apimtas pykčio ir pamiršau ištarti šiuos žodžius.“</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Rekomenduojama šį zikr kartoti ryte ir vakare, kad Allahas apsaugotų žmogų nuo netikėtų nelaimių, nesėkmių ir kitų išbandymų.
 Tvirtas pirmųjų mūsų pirmtakų (salaf) tikėjimas Allaho galia ir tuo, ką perdavė Pasiuntinys.
 Viena iš zikro kartojimo ryte ir vakare naudingų savybių yra ta, kad jis apsaugo musulmoną nuo užmaršumo ir padeda nuolat prisiminti, jog jis yra Visagalio Allaho tarnas.
 Zikr poveikio stiprumas priklauso nuo tikinčiojo tikėjimo lygio, jo nuolankumo, širdies susitelkimo, nuoširdumo ir tvirtumo tikėjime.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>„Sakyk: ((Lia ilaha illallah vahdahu lia šarika lah, Allahu akbaru kabira, val-hamdu lillahi kathira, subhanallahi rabbil alamin, lia haula va lia kuvata illa billahil-azizil hakim)) (Niekas neturi teisės būti garbinamas, išskyrus Allahą, Vieną be partnerio. Allahas yra Didžiausias ir visa šlovė priklauso Jam. Koks tobulas yra Allahas, pasaulių Viešpats. Visa galia ir jėga priklauso Jam, Išaukštintajam, Išmintingajam).“</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sad (tebūnie Allahas juo patenkintas) pranešė: Vienas beduinas atėjo pas Pasiuntinį (ramybė ir Allaho palaima jam) ir tarė: „Pamokyk mane kažko, ką turėčiau pasakyti?“ Pranašas pasakė: „Sakyk: ((Lia ilaha illallah vahdahu lia šarika lah, Allahu akbaru kabira, val-hamdu lillahi kathira, subhanallahi rabbil alamin, lia haula va lia kuvata illa billahil-azizil hakim)) (Niekas neturi teisės būti garbinamas, išskyrus Allahą, Vieną be partnerio. Allahas yra Didžiausias ir visa šlovė priklauso Jam. Koks tobulas yra Allahas, pasaulių Viešpats. Visa galia ir jėga priklauso Jam, Išaukštintajam, Išmintingajam).“ Beduinas pasakė: „Šitie žodžiai skirti mano Viešpačiui. Bet kas man?“ Pranašas atsakė: „Sakyk: ((Allahumma ghfirli varhamni vahdini varzukni)) (O Allahe, atleisk man, pasigailėk manęs, vesk mane ir suteik man pragyvenimą).“</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -12104,50 +12961,53 @@
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Samura Ibn Džundub ir Al-Mughira Ibn Šuba (tebūnie Allahas jais patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Kas mano vardu perduoda hadisą, kuris laikomas melagingu, tas yra vienas iš melagių.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Pranašas praneša, kad jei kas nors perduoda hadisą nuo jo, kurį jis tikrai žino arba laiko labai tikėtinu klaidingu, jis laikomas melagiu. Tarp melagių yra ir tas, kuris pirmas šį hadisą perdavė.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Tai skatina tinkamą hadisų patikrinimą ir autentifikavimą prieš juos perduodant.
 Melagis yra ne tik tas, kuris sugalvoja melą, bet ir tie, kurie jį perduoda ir skleidžia tarp žmonių.
 Draudžiama perduoti klaidingą hadisą, jei tai žinoma, arba manoma, išskyrus tada, kai tikslas yra įspėti apie jį.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Iš tiesų, Pranašo charakteris buvo Koranas.“</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Kai jis lankėsi pas Aiša (tebūnie Allahas ja patenkintas), Sad Ibn Hišam Ibn Amir pasakė: „O tikinčiųjų motina, papasakok man apie Pranašo (ramybė ir Allaho palaima jam) charakterį.“ Ji pasakė: „Ar tu neskaitai Korano?“ Jis atsakė: „Skaitau.“ Ji sakė: „Iš tiesų, Pranašo charakteris buvo Koranas.“</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Tikinčiųjų motina Aiša (tebūnie Allahas ja patenkintas) buvo paklausta apie Pranašo charakterį ir atsakė vienu išsamiu sakiniu, nukreipdama klausėją į Kilnųjį Koraną, kuriame yra visi tobulumo požymiai. Ji sakė, kad Pranašas (ramybė ir Allaho palaima jam) turėjo Korano manieras. Kad ir ką Koranas jam lieptų ar uždraustų daryti, jis laikydavosi. Taigi, jo charakteris buvo pagal Koraną - laikydavosi jo ribų, prisiimdavo jo etiketą ir pasimokydavo iš jo palyginimų bei istorijų.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
@@ -12398,50 +13258,53 @@
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Vienas žmogus paklausė Pranašo: mes plaukiame laivais jūroje žvejybai, prekybai ir panašiai, ir pasiimame su savimi nedaug geriamojo vandens. Jei naudosime jį mažajam ir didžiajam apsiplovimui atlikti, jis pasibaigs ir neturėsime ko gerti. Ar galime atlikti tai jūros vandeniu?
 Pranašas pasakė apie jūros vandenį: jūros vanduo yra švarus ir valantis, leidžiama su juo atlikti vudu ir ghusl, ir yra teisėta valgyti tai, kas iš jos išplaukia, įskaitant žuvis, banginius ir kitus gyvūnus, net jei jie randami nugaišę ir plūduriuoja paviršiuje, nesugauti žvejybos metu.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Nugaišę jūros gyvūnai yra leistini valgyti. „Nugaišusiais gyvūnais“ turimi omenyje tie gyvūnai, kurie nugaišo jūroje ir gali gyventi tik vandenyje.
 Atsakymas į klausimą, pateikiant daugiau paaiškinimų, nei buvo paklausta, yra būdas pilnai perduoti naudingą informaciją.
 Vanduo, kurio skonis, spalva ar kvapas pasikeitė dėl kokios nors švarios medžiagos, vis tiek laikomas tinkamu apsivalymui, kol jis išlieka vandeniu pagal savo esmę, net jei padidėja jo druskingumas, temperatūra ar panašiai.
 Jūros vanduo pašalina tiek didįjį, tiek mažąjį hadas (nešvarumą) bei pašalina fizinius nešvarumus nuo švaraus kūno, drabužių ar kitų daiktų.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>„Jei vandens kiekis siekia dviejų ąsočių kiekį, jis laikomas tyru.“</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Umar (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) buvo paklaustas apie vandenį ir tai, kad prie jo prieina gyvūnai bei plėšrūnai. Pranašas atsakė: „Jei vandens kiekis siekia dviejų ąsočių kiekį, jis laikomas tyru.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Pranašo paklausė apie vandens, prie kurio ateina gerti gyvūnai ir plėšrūnai, tyrumą. Jis atsakė, kad jeigu vandens kiekis siekia du didelius asočius (apie 210 litrų), toks vanduo laikomas gausiu ir netampa nešvarus, išskyrus atvejus, kai dėl nešvarumo pasikeičia viena iš trijų jo savybių – spalva, skonis ar kvapas.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
@@ -12993,50 +13856,53 @@
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umm Atija (tebūnie Allahas ja patenkintas), kuri pažadėjo ištikimybę Pranašui (ramybė ir Allaho palaima jam), pranešė: „Mes niekada nelaikėme gelsvumo ir rusvumo svarbiu (nelaikėme menstruacijomis) po apsivalymo.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Moteris kompanionė Umm Atija pranešė, kad, po tyrumo nuo mentruacijų, moterys, Pranašo laikais, nelaikė iš makšties išsiskiriančio skysčio, kuris dažniausiai būna tamsus arba gelsvas, mėnesinėmis. Vadinasi, tokios išskyris nesutrukdė joms melstis ar pasninkauti.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Skystis, išsiskiriantis iš moters makšties - po tyrumo nuo mėnesinių - neturi reikšmės, net jei dėl kraujo pėdsakų atrodo rusvas ar gelsvas.
 Rudos ir gelsvos išskyros įprastų menstruacijų metu laikomos mėnesinėmis, nes įprastu kraujavimo laikotarpiu tai yra kraujas, tiesiog susimaišęs su skysčiu.
 Moteris neturi susilaikyti nuo maldos ar pasninko dėl rusvų ir gelsvų išskyrų po tyrumo; verčiau ji turėtų apsiprausti ir melstis.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>„Palauk tiek, kiek paprastai trunka menstruacijos, tada atlik ghusl [ir grįžk prie maldos].“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Aiša, tikinčiųjų motina, (tebūnie Allahas ja patenkintas) perdavė: Umm Habiba Bint Džahš, Abdur-Rahman Ibn Auf žmona, skundėsi Allaho Pasiuntiniui (ramybė ir Allaho palaima jam) dėl kraujo. Jis jai pasakė: „Palauk tiek, kiek paprastai trunka menstruacijos, tada atlik ghusl [ir grįžk prie maldos].“ Taigi, kiekvienai maldai ji atlikdavo ghusl.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Viena iš kompanjonių moterų skundėsi Pranašui dėl nepaliaujamo kraujo tekėjimo. Jis įsakė jai susilaikyti nuo maldos tomis dienomis, kai jai paprastai būdavo mėnesinės, o tada atlikti ghusl ir grįžti prie maldos. Tačiau Umm Habiba kiekvienai maldai savo noru atlikdavo ghusl.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -13533,50 +14399,53 @@
   <si>
     <t>Abu Umama (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Kas po kiekvienos privalomos maldos recituoja ajatul-kursi, tam niekas netrukdys patekti į rojų, išskyrus mirtį.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Pranašas informavo, kad tas, kuris baigęs privalomąją maldą recituoja ajatul-kursi (al-kursi eilutę), niekas jam neužkirs kelio patekti į rojų, išskyrus mirtį. Šioje eilutėje, esančioje „Karvė“ sūroje, Visagalis Allahas sako: {Allahas! La ilaha illa huva (niekas neturi teisės būti garbinamas, tik Jis), Al-Hajul-Kajum (Amžinas, Tas, Kuris išlaiko ir saugo visa, kas egzistuoja). Nei snaudulys, nei miegas Jo neapima. Jam priklauso viskas, kas yra danguose, ir viskas, kas yra žemėje. Kas gali prašyti Jo užtarimo, išskyrus su Jo Leidimu? Jis žino, kas nutinka jiems (Jo kūrinijai) šiame pasaulyje ir kas nutiks jiems Amžinybėje. Ir jie niekada nesupras nieko iš Jo Žinių, išskyrus tai, ką Jis panorės. Jo Kursi driekiasi virš dangų ir žemės, ir Jis nejaučia jokio nuovargio sergėdamas ir saugodamas juos. Ir Jis - Aukščiausiasis, Didingiausiasis.} [Koranas, sūra „Karvė“ 2:255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Hadisas rodo šios puikios Korano eilutės nuopelnus, atsižvelgiant į gražius Allaho vardus ir didingas savybes, kurias ji apima.
 Po kiekvienos privalomos maldos pageidautina recituoti šią eilutę.
 Teisingi darbai yra priemonė patekti į rojų.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>„Melskis stovėdamas, jei negali, tada sėdėdamas, o jei negali, tada gulėdamas ant šono.“</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Imran Ibn Husain (tebūnie Allahas juo patenkintas) pranešė: Mane kankino hemorojus (pūslės), todėl paklausiau Pranašo (ramybė ir Allaho palaima jam) apie maldą ir jis pasakė: „Melskis stovėdamas, jei negali, tada sėdėdamas, o jei negali, tada gulėdamas ant šono.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Pranašas atkreipė dėmesį, kad pagrindinė taisyklė yra melstis stovint, išskyrus tuos atvejus, kai žmogus negali to padaryti, tokiu atveju jis gali melstis sėdėdamas, o jei negali -  gulėdamas ant šono.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -13820,53 +14689,50 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Masūd pranešė, kad Pranašas išmokė juos hadža pamokslo, kuris turi būti sakomas pradedant pamokslus ir kai ko nors reikia, kaip santuokos pamokslas, penktadienio pamokslas ir kitais atvejais. Šis pamokslas apima didingas reikšmes, įskaitant tai, kad Allahas yra vertas viso pagyrimo, tik pas Jį ieškome pagalbos, prašome slėpti mūsų nuodėmes ir jas atleisti ir ieškome prieglobsčio tik pas Jį nuo viso sielos blogio ir blogų darbų.
 Tada Pranašas informavo, kad vadovavimas yra Allaho Rankoje. Taigi, ką Allahas veda teisingu keliu, to niekas negali paklaidinti; ir tą, ką Jis paklaidina, to niekas negali grąžinti į tiesų kelią.
 Tada jis paminėjo monoteistinio tikėjimo liudijimą - kad niekas nėra tikrai vertas garbinimo, išskyrus Allahą, ir kad Muchammedas yra Allaho tarnas ir Pasiuntinys.
 Pranašas baigė pamokslą trimis eilutėmis, kuriose yra įsakymas bijoti Visagalio Allaho, laikantis Jo įsakymų ir draudimų, siekiant Jo malonės, ir pareiškė, kad atlygis tiems, kurie taip elgiasi, yra tas, kad jie bus nukreipti į teisingus darbus ir žodžius, jų nuodėmės ir nusižengimai bus išpirkti ir atleisti, jiems bus suteiktas geras gyvenimas šiame pasaulyje ir Teismo dieną jie laimės rojų.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Šiuo pamokslu pageidautina pradėti pamokslus apie santuoką, penktadienio maldą ir kitus.
 Pamokslas turėtų apimti Allaho šlovinimą, du tikėjimo liudijimus ir kai kurias Korano eilutes.
 Pranašas (ramybė ir Allaho palaima jam) mokė savo kompanjonus, ko jiems reikia jų religijoje.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>„Nėra santuokos, išskyrus su globėju.“</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abu Mūsa (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Nėra santuokos, išskyrus su globėju.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Pranašas pabrėžia, kad moters santuoka negalioja be globėjo, kuris sudaro vedybų sutartį.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
@@ -14017,51 +14883,51 @@
 Pilnametystė pasireiškia trimis pagrindiniais požymiais: spermos išsiskyrimu – ar tai įvyktų sapne, ar budrumo būsenoje; gaktos plaukų augimu; ir penkiolikos metų amžiaus sulaukimu. Moterims papildomai taikomas ketvirtasis požymis – menstruacijų pradžia.
 As-Subki sakė: Berniukas yra vaikas. Kitas sakė: Vaikas motinos įsčiose vadinamas kūdikiu, o kai jis gimsta, jis tampa vaiku. Kai jis nustoja maitintis krūtimi, jis tampa berniuku iki septynių metų. Tada jis tampa paaugliu iki dešimties metų, o po to nepilnamečiu iki penkiolikos metų. Kas yra tikra, tai kad jis visais šiais atvejais vadinamas sabij (vaiku). Tai sakė As-Sujūti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>„Kas atsisako paklusnumo, atsiskiria nuo bendruomenės ir miršta, tai miršta tokia mirtimi kaip džahilijos (priešislaminis laikotarpis)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Kas atsisako paklusnumo, atsiskiria nuo bendruomenės ir miršta, tai miršta tokia mirtimi kaip džahilijos (priešislaminis laikotarpis). Kas kovoja aklai, užsiliepsnodamas dėl savo tautos pasididžiavimo, kviečia kovoti dėl to arba paremia savo žmonių pasididžiavimą ir žūsta, jo mirtis yra kaip džahilijos. Kas maištauja prieš mano bendruomenę, žudo teisiuosius ir nedoruosius, nevengia tikinčiųjų tarp jų ir nesilaiko sandoros su tais, su kuriais jas sudarė, jis nepriklauso man ir aš nepriklausau jam.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Pranašas atkreipė dėmesį, kad jei kas nors nukrypsta nuo paklusnumo valdovams ir atsiskiria nuo musulmonų bendruomenės, sutikusios prisiekti ištikimybę valdovui ir miršta būdamas atskirties ir nepaklusnumo būsenoje, jis mirė kaip džahilija žmonių mirtis, kurie nenorėjo paklusti lyderiams ar susivienyti, veikiau jie buvo skirtingos grupės ir gentys, kovojančios viena su kita.
-. Pranašas informavo, kad jei kas nors aklai kovoja po vėliava, po kuria jis negali atskirti tiesos nuo melo, ir jis pyksta dėl savo šališkumo tik savo tautai ar genčiai, o ne dėl paramos religijai ir tiesai, ir jis kovoja aklai be įžvalgos ar žinių, jei jis miršta tokioje būsenoje, jo mirtis yra kaip džahilijos.
+Pranašas informavo, kad jei kas nors aklai kovoja po vėliava, po kuria jis negali atskirti tiesos nuo melo, ir jis pyksta dėl savo šališkumo tik savo tautai ar genčiai, o ne dėl paramos religijai ir tiesai, ir jis kovoja aklai be įžvalgos ar žinių, jei jis miršta tokioje būsenoje, jo mirtis yra kaip džahilijos.
 Ir jei kas sukyla prieš Pranašo bendruomenę, smogdamas ir teisiesiems, ir nedoriesiems bei nesirūpindamas tuo, ką daro, nebijodamas bausmės už tai, žudydamas tikinčiuosius tarp jų ir nevykdydamas sandoros su tais, su kuriais jas sudarė iš netikinčiųjų ar valdovų - veikiau jis jas pažeidžia - tai yra didelė nuodėmė ir kas tai daro, nusipelno šio griežto įspėjimo.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Privaloma paklusti valdovams dalykuose, kuriuose nėra nepaklusnumo Visagaliui Allahui.
 Tai griežtas perspėjimas apie maištą prieš valdovus ir pasitraukimą iš musulmonų bendruomenės. Kas miršta šioje būsenoje, jo mirtis yra tokia pat kaip džahilijos žmonių mirtis.
 Šis hadisas draudžia kovoti dėl genties.
 Privaloma vykdyti sandorius.
 Paklusnume valdovui ir prisirišime prie bendruomenės slypi daug gėrio, saugumo ir ramybės bei gero gyvenimo.
 Draudžiama mėgdžioti džahilijos žmonių veiksmus.
 Hadisas įpareigoja laikytis musulmonų bendruomenės.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -14107,87 +14973,93 @@
     <t>Abdullah Ibn Umar (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) atsistojo po to, kai įvykdė akmenų mėtymo bausmę vienam žmogui iš Aslam genties, ir pasakė: „Venkite šio bjauraus poelgio, kurį uždraudė Allahas. Tas, kuris ją padarė, tegu slepiasi pas Allahą ir atgailauja Jam, nes iš tiesų, kas atskleis mums savo nuodėmę, mes įgyvendinsime jam Aukščiausiojo ir Visagalio bausmę, nurodytą Korane.“</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
     <t>Ibn Umar pasakojo, kad Pranašas atsistojo po to, kai Maiz Ibn Malik Al-Aslami (tebūnie Allahas juo patenkintas) buvo apmėtytas akmenimis kaip bausmė už neištikimybę, ir kreipėsi į žmones, sakydamas: „Venkite šios bjaurybės ir visko, kas bjauru bei smerktina tarp nuodėmių, kurias uždraudė Allahas. Kas į jas pakliūna, turi atlikti du dalykus: Pirma: slėpti savo nuodėmę, jei Allahas ją paslėpė, ir nepasakoti apie ją. Antra: skubiai atgailauti Allahui ir nebesitęsti nuodėmę. O tas, kurio nuodėmė tampa mums žinoma, tam taikysime Allaho Knygoje numatytą bausmę už tą nuodėmę.</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>Raginama žmogų slėpti savo nuodėmes ir nuoširdžiai atgailauti už jas tarp savęs ir Allaho.
 Jei nuodėmė tapo vieša ir apie ją sužinojo valdovas, tuomet turi būti taikoma nustatyta bausmė (hadd).
 Reikia vengti nuodėmių ir nedelsiant atgailauti jas padarius.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>„Kiekvienas intoksikantas yra khamr (alkoholinis gėrimas), ir kiekvienas khamr yra draudžiamas. Kas geria khamr šiame pasaulyje ir miršta būdamas nuo jo priklausomas, neatgailaudamas, negers jo pomirtiniame gyvenime.“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibn Umar (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kiekvienas intoksikantas yra khamr (alkoholinis gėrimas), ir kiekvienas khamr yra draudžiamas. Kas geria khamr šiame pasaulyje ir miršta būdamas nuo jo priklausomas, neatgailaudamas, negers jo pomirtiniame gyvenime.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Pranašas paaiškino, kad viskas, dėl ko prarandama protinių gebėjimų kontrolė, laikoma svaiginančia medžiaga „khamr“, nesvarbu, ar tai būtų geriama, valgoma, įkvepiama, ar kitaip. Viskas, kas yra svaiginanti medžiaga ir aptemdo protą, yra uždrausta Visagalio Allaho, nesvarbu, ar tai mažas, ar didelis kiekis. Kas reguliariai geria bet kurį iš šių svaigiųjų gėrimų ir neatgailauja iki pat mirties, nusipelnys Allaho bausmės, t. y. neteks teisės gerti jų rojuje.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Teisinė priežastis, dėl kurios draudžiamas khamr, yra apsvaigimas, nes viskas, kas sukelia apsvaigimą, nepriklausomai nuo rūšies, yra uždrausta.
 Visagalis Allahas uždraudė khamr, nes jis yra labai žalingas.
 Geriant khamr rojuje, malonumas tampa dar geresnis, o palaima - dar didesnė.
 Kas nesusilaiko nuo khamr gėrimo žemiškajame gyvenime, Allahas atims galimybę jį gerti rojuje. Už kiekvieną poelgį yra atitinkamas atlygis.
 Skatinama skubėti atgailauti už nuodėmes prieš mirtį.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>„Tas, kuris nužudo muahad (ne musulmoną, kuriam musulmonai suteikė apsaugos pažadą), neužuos rojaus kvapo, nors jo kvapą galima užuosti keturiasdešimties metų atstumu.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah Ibn Amru (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaimajam) sakė: „Tas, kuris nužudo muahad (ne musulmoną, kuriam musulmonai suteikė apsaugos pažadą), neužuos rojaus kvapo, nors jo kvapą galima užuosti keturiasdešimties metų atstumu.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) pranešė griežtą įspėjimą kiekvienam, kuris nužudo muahad - nemusulmoną, kuris atvyksta iš netikinčiųjų šalies į islamo buveinę ir gauna apsaugos ir saugumo pažadą, kad jis neužuos rojaus kvapo, nors jo kvapą galima užuosti keturiasdešimties metų kelionės atstumu.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -16045,56 +16917,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullah Ibn Amru (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Korano kompanjonui (kuris jį nuolat recituoja ir išmoksta mintinai ir t. t.), bus pasakyta: skaityk, pakilk ir recituok, kaip anksčiau recitavai pasaulyje. Tavo buveinė bus ties paskutine Korano eilute, kurią recitavai.“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) informavo, kad tai bus pasakyta Korano skaitovui, kuris pagal jį veikia ir atsiduoda jam, kai jis įžengs į rojų: Skaityk Koraną ir taip pakilk per rojaus lygius. Recituok nuosaikiai ir ramiai, kaip recituodavai pasaulietiniame gyvenime, nes tavo buveinė bus ties paskutine tavo recituota eilute.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Atlyginimai skiriami pagal poelgius, jų dydį ir atlikimo būdą.
 Hadisas ragina recituoti Koraną ir išmokti jį mintinai, apmąstyti eilutes ir pagal jas veikti.
 Rojuje yra daugybė rangų ir lygių, iš kurių aukščiausias yra Korano skaitovams.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>„Tas, kuris atvirai recituoja Koraną, yra panašus į tą, kuris atvirai teikia labdarą, o tas, kuris recituoja Koraną slapta, panašus į tą, kuris labdarą teikia slaptai.“</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Ukba Ibn Amir Al-Džuhni (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Tas, kuris atvirai recituoja Koraną, yra panašus į tą, kuris atvirai teikia labdarą, o tas, kuris recituoja Koraną slapta, panašus į tą, kuris labdarą teikia slaptai.“</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Pranašas (ramybė ir Allaho palaima jam) atkreipė dėmesį, kad tas, kuris atvirai recituoja Koraną, yra panašus į tą, kuris atvirai teikia labdarą. O tas, kuris recituoja Koraną slapta, yra panašus į tą, kuris teikia labdarą slaptai.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Slapta recituoti Koraną yra geriau, kaip ir duoti labdarą slapta, nes tai reiškia nuoširdumą ir vengimą demonstruoti bei žavėtis savimi, nebent atvirumas reikalingas dėl kokio nors dalyko ar naudos, pavyzdžiui, mokyti Korano kitus.</t>
@@ -17529,50 +18395,53 @@
     <t>Abu Umama Al-Bahilij (tebūnie Allahas juo patenkintas) perdavė: Vienas vyras atėjo pas Pranašą (ramybė ir Allaho palaima jam) ir paklausė: „Ką manai apie vyrą, kuris kovoja siekdamas atlygio ir šlovės - ką jis gaus?“ Allaho Pasiuntinys (ramybė ir Allaho palaima jam) atsakė: „Jis nieko negaus.“ Jis tai pakartojo tris kartus, ir Pasiuntinys vėl sakė: „Jis nieko negaus.“ Tuomet jis pasakė: „Allahas nepriima jokio darbo, išskyrus tuos, kurie atliekami tik dėl Jo ir siekiant Jo malonės.“</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Vienas vyras atėjo pas Pranašą, kad paklaustų ir gautų atsakymą apie tai, koks yra sprendimas dėl žmogaus, kuris eina į džihadą siekdamas atlygio iš Allaho, bet taip pat trokšdamas žmonių pagyrimų ir pripažinimo. Ar jis gaus atlygį? 
 Vienas vyras atėjo pas Pranašą, klausdama apie džihadą ir ar žmogus, kuris kovoja dėl Allaho atlygio, bet taip pat siekia žmonių pagyrimo ir pripažinimo, gaus atlygį. Pranašas atsakė, kad jis negaus atlygio, nes jo ketinime yra šalia Allaho siekimas kitų tikslų. Vyras tris kartus pakartojo klausimą, ir kiekvieną kartą Pranašas jam patvirtino tą patį atsakymą. Tada jis paaiškino, kad Allahas priima tik tuos darbus, kurie atliekami išskirtinai dėl Jo, be jokio kitų priedų ar motyvų</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Allah priima darbus tik tada, kai jie atliekami vien dėl Jo ir atitinka Pranašo nurodymų.
 Vienas iš gero mokslininko atsakymo bruožų yra tas, kad jo atsakymas turi tenkinti klausiantįjį ir suteikti daugiau informacijos.
 Svarbiam dalykui pabrėžti galima pakartoti klausimą.
 Tikras džihado kovotojas yra tas, kuris siekia, kad Allaho žodis būtų aukščiausias, trokšdamas atlygio ir atpildo pomirtiniame gyvenime su nuoširdžiu ketinimu. Jo džihadas neturėtų būti dėl žemiškų tikslų.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>„Tas, kuris patenkintas Allahu kaip Viešpačiu, islamu kaip religija ir Muchammedu kaip pasiuntiniu, yra pajutęs tikėjimo skonį.“</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Al-Abbas Ibn Abdil-Muttalib (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Tas, kuris patenkintas Allahu kaip Viešpačiu, islamu kaip religija ir Muchammedu kaip pasiuntiniu, yra pajutęs tikėjimo skonį.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Pranašas praneša, kad tikintysis, turintis tikrąjį tikėjimą ir kurio širdis juo nuraminta, savo širdyje pajus erdvumą, džiaugsmą, saldumą ir malonumą būti arti Allaho, jei jis bus patenkintas trimis dalykais:
 Pirma: jis patenkintas Allahu kaip Viešpačiu. Tai atsitinka tada, kai jo širdis jaučia palengvėjimą dėl to, kas jam ateina iš Allaho pagal Viešpaties valdžią, pavyzdžiui, dėl išlaikymo ir aplinkybių pasidalijimo. Taigi, jo širdyje nėra nepasitenkinimo dėl nieko iš to ir jis neieško kito Viešpaties, išskyrus Allahą.
 Antra: jis yra patenkintas islamu kaip religija, nes pasitenkina islamo nustatytomis pareigomis ir įsipareigojimais ir neieško kito kelio, išskyrus islamą.
 Trečia: jis yra patenkintas Muchammedu kaip Pasiuntiniu, nes yra laimingas ir patenkintas viskuo, ką jis atnešė, neabejodamas. Jis neseka jokia kryptimi, jei ji neatitinka Pranašo nurodymų.</t>
@@ -17616,50 +18485,98 @@
     <t>Pranašas įspėjo apie keturis bruožus; jei musulmonas juos visus turi, jis yra labai panašus į veidmainius. Tai taikoma asmeniui, kuriame šie bruožai dominuoja, o ne tam, kuris retai pasižymi kuriuo nors iš jų. Jie yra:
 Pirma: kalbėdamas jis sąmoningai meluoja ir vengia tiesos.
 Antra: sudaręs sandorą, jis jos nesilaiko ir apgaudinėja kitą pusę.
 Trečia: kai jis duoda pažadą, jo nesilaiko ir sulaužo.
 Ketvirta: kai jis ginčijasi ir patekęs į nesutarimus su kuo nors, elgiasi griežtai, nusuka nuo tiesos, kreipiasi į apgaulę savo atsakyme ir argumentuose, pasako melus ir klaidinančius teiginius.
 Veidmainystė pasireiškia kaip veiksmas, kai žmogus rodo kitą elgesį nei tas, kurį jis slepia viduje. Tai gali atsitikti, kai jis kalba su kitais, duoda pažadus, dalyvauja ginčuose ar sudaro sutartis, tačiau nesilaiko savo žodžio ar apgaudinėja kitus. Tai nereiškia, kad jis būtinai yra veidmainis pagal islamo prasmę, kuri susijusi su netikėjimo slėpimu ir atskleidimu. Bet jei žmogus turi bent vieną tokią savybę, jis laikomas turinčiu veidmainystės bruožą, kol šį elgesį pakeis.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Hadisas nurodo tam tikrus veidmainių bruožus, kad įspėtų ir įbaugintų tikinčiuosius apie tokį pavojingą elgesį.
 Pagrindinė šio hadiso mintis yra ta, kad šios savybės, kaip veidmainystė, yra bruožai, kurie gali pasireikšti žmoguje, tačiau tai nereiškia, kad jis yra veidmainis, kuris slepia tikėjimą Allahu. Hadisas įspėja, kad, jei žmogus dažnai elgiasi taip, lyg būtų lengvabūdiškas ir neatsakingas dėl savo pažadų ar įsipareigojimų, jis gali prarasti tikrąjį tikėjimą, nes šios savybės gali iškraipyti jo santykį su Islamu. Tai rodo, kad svarbu neprarasti atsakomybės ir sąžiningumo savo veiksmuose, nes tai veikia tikėjimo stiprumą ir skaidrumą.
 Al-Ghazali sakė: Religinio gyvenimo esmė susideda iš trijų aspektų: kalbos, veiksmų ir ketinimų. Jis pabrėžė, kas kalbas sugadina melas, veiksmus – išdavystė, o ketinimus – pažado laužymas. Pažado laužymas pats savaime nėra laikomas veidmainystės forma, jei nebuvo tyčinio ketinimo jį sulaužyti. Jei žmogus buvo įsipareigojęs laikytis pažado, tačiau dėl netikėtų kliūčių ar pasikeitusios nuomonės jis neįvykdė pažado, tai nėra laikoma veidmainystės požymiu.
 Veidmainystė yra dviejų rūšių: tikėjimo veidmainystė, kai žmogus atskleidžia tikėjimą, tačiau slėpia netikėjimą. Šis elgesys išveda žmogų iš islamo; ir praktinė veidmainystė, kai žmogus imituoja veidmainių elgesį, tačiau tai nėra susiję su tikėjimo atsisakymu.
 Ibn Hadžar teigė, kad islamo mokslininkai vieningai sutiko, jog jei žmogus iš tiesų tiki širdimi ir liežuviu, tačiau elgiasi pagal praktinės veidmainystės savybes, jis nėra laikomas netikinčiuoju arba veidmainiu, kuris amžinai gyvens pragarą.
 An-Navavi sakė, kad kai kurie islamo mokslininkai teigė, jog tai reiškia veidmainius, kurie gyveno Pranašo (ramybė ir Allaho palaima jam) gyvenimo metu. Jie kalbėjo apie savo tikėjimą, tačiau melavo; buvo patikėta jiems religija, tačiau jie ją išdavė; davė pažadus dėl religijos palaikymo, tačiau sulaužė juos; ir jų elgesys buvo amoralus ginčuose. Šie veidmainiai ne tik išreiškė tikėjimą žodžiais, bet ir elgėsi priešingai, meluodami ir išduodami tai, ką buvo pažadėję.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>„Žmogaus pamaldumo požymis yra laikytis atokiai nuo to, kas jo neliečia.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Žmogaus pamaldumo požymis yra laikytis atokiai nuo to, kas jo neliečia.“</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Pranašas paaiškino, kad vienas iš žmogaus tikėjimo tobulumo ir pilnatvės požymių yra atsiribojimas nuo to, kas jo neliečia, su juo nesusiję, jo neramina ir jam neatneša naudos — nesvarbu, ar tai būtų žodžiai, ar darbai, religijoje ar pasaulietiniuose reikaluose. Užsiėmimas tuo, kas žmogaus neliečia, gali jį atitraukti nuo to, kas jam iš tiesų svarbu, arba nuvesti prie to, nuo ko jis privalo susilaikyti. Juk Teismo dieną žmogus bus atsakingas tik už savo darbus.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Žmonės skiriasi savo tikėjimo lygiu, o jų pamaldumas didėja per tam tikrus gerus darbus.
+Vengti tuščių ir perteklinių žodžių bei veiksmų yra žmogaus tikėjimo tobulumo požymis.
+Šiame hadise skatinama užsiimti tuo, kas iš tiesų yra svarbu — tiek religiniuose, tiek pasauliniuose reikaluose. Jei geram žmogaus islamo išpažinimui priklauso atsisakymas to, kas jo neliečia, tai teisinga ir atvirkščiai: geram islamo išpažinimui priklauso užsiėmimas tuo, kas tiesiogiai žmogų liečia.
+Jei žmogaus tobulam tikėjimui priklauso atsisakyti to, kas jo neliečia, tai taip pat priklauso užsiimti tuo, kas jį liečia.
+Ibn Al-Kajim (tegul Allahas jo pasigaili) sakė: „Pranašas (ramybė ir Allaho palaima jam) visą vara (atsargumo) esmę sujungė į vieną frazę: „Žmogaus pamaldumo požymis yra laikytis atokiai nuo to, kas jo neliečia.“ Tai apima atsisakymą visko, kas žmogaus neliečia: žodžių, nuomonių, žvilgsnių, klausymo, rankų veiksmų, ėjimo, apmąstymų ir visų kitų išorinių bei vidinių veiksmų. Tai išsamus "vara" esmės apibrėžimas.“
+Ibn Radžab sakė: „Šis hadisas yra vienas svarbiausių principų, sudarančių pagarbos pagrindą (Usul al-adab).“
+Hadise skatinama siekti religines žinias, nes jų pagalba žmogus atskiria, kas jį liečia, nuo to, kas jo neliečia.
+Gėrio įsakymas, blogo draudimas ir geras patarimas yra privaloma.
+Bendroji hadiso reikšmė taip pat apima atsiribojimą nuo visko, ką Allahas uždraudė ir ko Pranašas nekenčia, jei tai žmogaus neliečia. Tai taip pat apima visus pomirtinio gyvenimo reikalus, kurie nėra būtini, pavyzdžiui, ieškoti tikslios informacijos apie Allaho paslėptus dalykus ir kūriniją bei Jo įsakymų detales. Be to, tai apima klausimą ir tyrinėjimą hipotetinių ir išgalvotų dalykų, kurie neįvyko, neįvyks arba nėra manoma, kad įvyks.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/65255</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>„Yra malda tarp kiekvienų dviejų azanų; yra malda tarp kiekvienų dviejų azanų.“ Trečią kartą jis pridėjo: „Kam tai norės.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Mughaffal (tebūnie Allahas juo patenkintas) pranešė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Yra malda tarp kiekvienų dviejų azanų; yra malda tarp kiekvienų dviejų azanų.“ Trečią kartą jis pridėjo: „Kam tai norės.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Pranašas pabrėžė, kad tarp kiekvienų azanų ir ikama yra savanoriška malda, kartodamas tai tris kartus. Trečią kartą jis informavo, kad ši malda yra pageidautina tiems, kurie nori ją atlikti.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
@@ -17729,50 +18646,53 @@
   <si>
     <t>Sad Ibn Ubada (tebūnie Allahas juo patenkintas) pasakė: „O Allaho pranašas, Umm Sad mirė. Kokia labdaros forma yra geriausia?“ Jis atsakė: „Vanduo.“ Taigi jis iškasė šulinį ir pasakė: „Tai yra Umm Sad.“</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Sad Ibn Ubada motina mirė, ir jis paklausė Pranašo,  kokia būtų geriausia labdaros forma, kurią galima dovanoti jos vardu. Pranašas jam pasakė, kad tai yra vanduo. Tad jis iškasė šulinį ir paskyrė jį kaip labdarą savo motinai.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Hadisas nurodo, kad vanduo yra viena iš geriausių labdaros formų.
 Pranašas nurodė Sad skirti labdarą vandens pavidalu, nes tai yra naudingesnis tiek religiniu, tiek pasauliniu požiūriu, taip pat dėl intensyvaus karščio ir didelio poreikio vandeniui.
 Tai rodo, kad atlygis už labdarą pasiekia mirusiuosius.
 Tai parodo Sad Ibn Ubada gerumą ir rūpestį savo motina (tebūnie Allahas jais patenkintas).</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/lt/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>„Tikras tikintysis nedalyvauja nei patyčiose, nei dažnai keikiant (kitus), nei jis būna nepadorus ar įžeidus.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Masūd (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Tikras tikintysis nedalyvauja nei patyčiose, nei dažnai keikiant (kitus), nei jis būna nepadorus ar įžeidus.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Pranašas pranešė, kad tai nėra tikra tikinčiojo, turinčio pilną tikėjimą, prigimtis - kritikuoti žmonių kilmę, niekinti ir keikti kitus, arba būti nepadoriam veiksmuose ar kalboje.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
@@ -17796,50 +18716,870 @@
   <si>
     <t>Abdullah Ibn Amrū (tebūnie Allahas juo patenkintas) pranešė: Mes su Allaho Pasiuntiniu (ramybė ir Allaho palaima jam) grįžome iš Mekos į Mediną, ir kai pakeliui priėjome prie vandens šaltinio, kai kurie žmonės asr maldos metu skubiai atliko vudu. Kai juos pasiekėme, jų kulnai buvo sausi, ir vanduo jų nebuvo palietęs. Tuomet Allaho Pasiuntinys (ramybė ir Allaho palaima jam) tarė: „Saugokitės tinkamai nenusiplauti kulnų, nes to nepadarius jie gali būti sudeginti pragare!“</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Pranašas su kompanjonais keliavo iš Mekkos į Mediną ir pakeliui rado vandens. Kai kurie kompanjonai skubėjo atlikti vudu prieš asr maldą, todėl jų kulnai atrodė sausi. Taigi Pranašas pasakė, kad pragare bus nubausti tie, kurie per vudu nenusiplauna kulnų ir liepė jiems tobulai atlikti vudu.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Per vudu privaloma nusiplauti kojas. Taip yra todėl, kad jei masch (braukti pirštais per kojas) būtų leistinas, tam, kuris pamiršta nusiplauti kulnus, negrėstų pragaras.
 Privaloma nuplauti visas kūno dalis, kurias reikia nuplauti, o kas tyčia ir iš aplaidumo palieka nors mažą dalį to, ką reikia nuplauti, jo malda negalioja.
 Hadisas parodo, kaip svarbu mokyti ir padėti neišmanantiems.
 Žinantis žmogus turėtų kritikuoti, kai mato, kad netinkamai vykdomi privalomi ar suna garbinimo veiksmai.
 Muchammed Ischak Ad-Dahlaui sakė: Tinkamas vudu yra trijų tipų: privalomasis: vieną kartą nusiplauti vudu kūno dalis. Suna: plauti tris kartus. Pageidautina (mustachab): kruopščiai nusiplauti tris kartus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>„Iš tiesų, Allahas nustatė pareigas – tad jų neapleiskite, Jis nustatė ribas – tad jų neperženkite, uždraudė tam tikrus dalykus – tad jų nepažeiskite, ir dėl Savo gailestingumo jums apie kai kuriuos dalykus nutylėjo, o ne dėl užmaršumo – tad jų neieškokite.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Abu Salaba Al-Khušani Džursum (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Iš tiesų, Allahas nustatė pareigas – tad jų neapleiskite, Jis nustatė ribas – tad jų neperženkite, uždraudė tam tikrus dalykus – tad jų nepažeiskite, ir dėl Savo gailestingumo jums apie kai kuriuos dalykus nutylėjo, o ne dėl užmaršumo – tad jų neieškokite.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Pranašas sakė, kad Allahas nustatė tam tikrus dalykus ir padarė juos privalomais – tad laikykitės jų ir neapleiskite, neatsainiai į juos žiūrėdami ar jų nevykdydami. Jis taip pat nustatė mums ribas, kurios saugo ir atitolina nuo to, kas Jam nepatinka – tad neperženkite šariato nustatytų ribų. Be to, Jis uždraudė kai kuriuos dalykus – tad jų nevykdykite ir net nesuartėkite prie jų. O tai, apie ką Allahas nepateikė jokio nurodymo ir nutylėjo – yra Jo gailestingumas Savo tarnams, ir tokie dalykai iš esmės yra leidžiami, todėl nereikėtų persistengti ieškoti nuosprendžių.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Hadisas rodo, kad įstatymų leidėjas yra tik Allahas, ir sprendimas priklauso vien Jam, Šlovė Jam.
+Hadise išdėstyti pagrindiniai šariato principai – nuostatos ir leidžiamumas. Šariato nuostata gali būti arba nepaminėta, arba aiškiai išreikšta. Aiškiai išreikšta šariato nuostata skirstoma į įsakymą – privalomą ar pageidaujamą, arba draudimą – griežtai uždraustą ar smerkiamą, arba leidžiamą.
+Viskas, apie ką Allahas nutylėjo, nepaskirdamas to privalomu, nenustatydamas ribų ir neuždraudęs, yra leidžiama.
+Nuostabus Pranašo aiškumas, atsiskleidžiantis šiame hadise per struktūruotą ir aiškų temų atskyrimą.
+Būtinybė griežtai laikytis Visagalio Allaho nustatytų įsakymų.
+Draudžiama pažeisti Visagalio Allaho nustatytas ribas.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>„Iš tiesų, atlygis už darbus priklauso nuo ketinimų, ir kiekvienas žmogus bus apdovanotas pagal tai, ką jis ketino</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Tikinčiųjų vadas Abu Hafs Umar Ibn Al-Khattab (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Iš tiesų, atlygis už darbus priklauso nuo ketinimų, ir kiekvienas žmogus bus apdovanotas pagal tai, ką jis ketino. Taigi, kas migruoja dėl Allaho ir Jo Pasiuntinio, tada jo migracija yra dėl Allaho ir Pasiuntinio. Ir tas, kurio migracija yra tam, kad pasiektų šio gyvenimo naudą arba vestų moterį, tada jo migracija skirta tam, dėl ko jis migravo.“</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Hadisas ragina mus būti nuoširdžiais, nes Allahas priima tik tuos darbus, kurie skirti Jo labui.
+Jei įsipareigojantis asmuo atlieka darbus, kurie turi būti padaryti, kad įgytų Allaho malonę pagal įprotį, jam už tai nebus jokio atlygio, nebent jis ketina tuo priartėti prie Allaho.
+Būtent per ketinimą galima atskirti vienus garbinimo tipus nuo kitų ir atskirti garbinimą nuo įprastų veiksmų.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Abu Abdirrahman Abdullah Ibn Umar Ibn Al-Khattab (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant:||„Islamas pastatytas ant penkių ramsčių: liudijimo, kad nėra kito dievo tik Vienintelis Allahas ir kad Muchammedas yra Allaho Pasiuntinys; maldų atlikimo; išmaldos mokėjimo; piligrimystės atlikimo; pasninkavimo Ramadano mėnesį.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Abu Abdirrahman Abdullah Ibn Umar Ibn Al-Khattab (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Islamas pastatytas ant penkių ramsčių: liudijimo, kad nėra kito dievo tik Vienintelis Allahas ir kad Muchammedas yra Allaho Pasiuntinys; maldų atlikimo; išmaldos mokėjimo; piligrimystės atlikimo; pasninkavimo Ramadano mėnesį.“</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>„Iš tiesų, kiekvieno jūsų kūnas formuojamas motinos įsčiose. Keturiasdešimt dienų jis būna kaip sėklos lašas</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Abu Abdirrahman Abdullah Ibn Masud (tebūnie Allahas juo patenkintas) perdavė: Allaho Pasiuntinys, ramybė ir Allaho palaima jam, mums pranešė – ir jis sako tik tiesą: „Iš tiesų, kiekvieno jūsų kūnas formuojamas motinos įsčiose. Keturiasdešimt dienų jis būna kaip sėklos lašas, po to tiek pat laiko kaip kraujo krešulys, o vėliau tiek pat laiko kaip mėsos gumulas. Tuomet prie jo siunčiamas angelas, kuris įpūčia sielą ir kuriam yra pavesta užrašyti keturis dalykus: jo pragyvenimą, gyvenimo trukmę, darbus ir ar jis bus laimingas ar nelaimingas. Prisiekiu Allahu, kuris yra vienintelis vertas garbinimo, iš tiesų kažkas iš jūsų atliks rojaus gyventojų darbus, kol tarp jo ir rojaus bus tik alkūnės atstumas, tačiau tuomet jį pasieks priskirtas likimas, ir jis atliks pragaro gyventojų darbus ir įžengs į jį. Ir iš tiesų, kažkas iš jūsų atliks pragaro gyventojų darbus, kol tarp jo ir pragaro bus tik alkūnės atstumas, tačiau tuomet jį pasieks priskirtas likimas, ir jis atliks rojaus gyventojų darbus ir įžengs į jį.“</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Paaiškinami žmogaus kūrimosi etapai.
+Tikėjimas Allaho nustatymu ir išankstiniu nulėmimu.
+Dalykų baigtis eina ta eiga, kurią nulemia dieviška lemtis ir išankstinis nulėmimas.
+Esame perspėjami, kad neapsigautume dėl poelgių atrodymo, nes poelgiai vertinami tik pagal jų pabaigą.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>„Kas įves į šį mūsų (religijos) reikalą tai, kas jai nepriklauso, tai bus atmesta</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Tikinčiųjų Motina Umm Abdillah Aiša (tebūnie Allahas ja patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė: „Kas įves į šį mūsų (religijos) reikalą tai, kas jai nepriklauso, tai bus atmesta.“</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Garbinimo veiksmai yra pagrįsti tuo, kas nurodyta Korane ir Pranašo sunnoje. Mes garbiname Visagalį tik pagal tai, ką Jis nurodė, o ne pagal religines naujoves (bida).
+Religija remiasi ne nuomone ir pritarimu, o Pasiuntinio, tegul Dievas jį laimina ir suteikia jam ramybę, sekimu.
+Šis hadisas yra mūsų religijos tobulumo įrodymas.
+Bida (religinė naujovė), tai naujai į religiją įvetsas dalykas, kuris neegzistavo nei Pranašo, nei jo kompanjonų laikais.
+Šis hadisas yra vienas iš islamo pamatų. Jis veikia kaip poelgių kriterijus. Kiekvieno poelgio, kuris nėra skirtas išskirtinai Visagaliui Allahui, vykdytojas negaus atlygio ir ta pati taisyklė galioja kiekvienam veiksmui, kuris neatitinka Pranašo sunnos.
+Šis hadisas yra pagrindas smerkiant religines naujoves ir naujus smerktinus reiškinius.
+Draudžiamos naujovės yra tos, kurios yra susijusios su religija, o ne su pasauliniais reikalais.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Abu Abdillah An-Numan Ibn Bašir (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant:||„Iš tiesų, teisėta (halal) yra aišku, ir neteisėta (haram) yra aišku, o tarp jų yra abejotini dalykai, kurių daugelis nežino. Kas vengia abejotinų dalykų, pašalina atsakomybę dėl savo religijos ir garbės, o kas pakliūva į abejotinus dalykus, pateks į neteisėtą, kaip ir piemuo, kuris gano savo gyvulius šalia draudžiamos ganyklos, todėl greičiausiai ir joje ganysis. Iš tiesų, kiekvienas karalius turi saugomą zoną, o saugoma Allaho teritorija yra Jo draudimai. Iš tiesų kūne yra gabalėlis mėsos, jei jis yra sveikas, visas kūnas bus sveikas, o jei sugedęs, visas kūnas bus sugadintas, o tai (mėsos gabalėlis) yra širdis.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Abu Abdillah An-Numan Ibn Bašir (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaima jam) sakant: „Iš tiesų, teisėta (halal) yra aišku, ir neteisėta (haram) yra aišku, o tarp jų yra abejotini dalykai, kurių daugelis nežino. Kas vengia abejotinų dalykų, pašalina atsakomybę dėl savo religijos ir garbės, o kas pakliūva į abejotinus dalykus, pateks į neteisėtą, kaip ir piemuo, kuris gano savo gyvulius šalia draudžiamos ganyklos, todėl greičiausiai ir joje ganysis. Iš tiesų, kiekvienas karalius turi saugomą zoną, o saugoma Allaho teritorija yra Jo draudimai. Iš tiesų kūne yra gabalėlis mėsos, jei jis yra sveikas, visas kūnas bus sveikas, o jei sugedęs, visas kūnas bus sugadintas, o tai (mėsos gabalėlis) yra širdis.“</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Šis hadisas yra pagrindas siekiant vengti abejotinų dalykų.
+Hadisas ragina laikytis atokiai nuo abejotinių dalykų, kurių sprendimai yra neaiškūs.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Abu Rukaja Tamim Ibn Aus Ad-Dari (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė:||„Religija yra nuoširdumas.“ Mes paklausėme: „Kam?“ Jis atsakė: „Allahui, Jo Knygai, Jo Pasiuntiniui, musulmonams bei jų lyderiams.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abu Rukaja Tamim Ibn Aus Ad-Dari (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Religija yra nuoširdumas.“ Mes paklausėme: „Kam?“ Jis atsakė: „Allahui, Jo Knygai, Jo Pasiuntiniui, musulmonams bei jų lyderiams.“</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Pranašas (ramybė ir Allaho palima jam) informavo, kad religija remiasi nuoširdumu ir tikrumu, jos turi būti laikomasi taip, kaip Allahas įsakė - tobulai, be trūkumų ar apgaulės. Pranašo buvo paklausta: kam turi būti nuoširdumas? Jis atsakė: Pirma - nuoširdumas turi būti Visagaliui Allahui - nuoširdžiai atliekant darbus dėl Jo, nesiejant su Juo partnerių, tikint Jo viešpatavimu, dieviškumu, vardais ir savybėmis, gerbiant Jo įsakymus ir kviečiant žmones tikėti Juo. Antra - nuoširdumas turi būti Jo Knygai - Koranui - tikint, kad tai yra Jo žodžiai ir paskutinė Jo atskleista knyga, ir kad ji paneigia visus prieš tai buvusius įstatymus bei gerbiant ją, tinkamai ją recituojant, veikiant pagal konkrečias jos eilutes ir priimant dviprasmiškas, ginant ją nuo tų, kurie siekia ją iškraipyti, suprantant jos interpretaciją, paisant jos pamokų ir perspėjimų bei juos skleidžiant ir kviečiant į tai žmones. Trečia - nuoširdumas turi būti Jo Pasiuntiniui Muchammedui (ramybė ir Allaho palaima jam) - tikint, kad jis yra paskutinis Pasiuntinys, tikint viskuo, su kuo jis atėjo, laikantis jo įsakymų ir draudimų, garbinant Allahą tik pagal tai, ką jis išmokė, jį gerbiant, skleidžiant jo kvietimą (dava) ir šariatą bei paneigiant jam metamus kaltinimus. Ketvirta - nuoširdumas turi būti musulmonų lyderiams - padėti jiems vykdyti teisingumą, o ne kovoti su jais dėl valdžios, išgirsti ir paklusti jiems tame, kas patinka Allahui. Penkta - nuoširdumas turi būti musulmonams - rodant jiems gerumą, kviečiant juos pas Allahą, jiems nekenkti, linkint jiems gero ir bendradarbiaujant su jais teisumu ir pamaldumu.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>„To, ką jums uždraudžiau, venkite. O tai, ką jums įsakiau, vykdykite tiek, kiek galite</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abu Huraira Abdurrahman Ibn Sakhr (tebūnie Allahas juo patenkintas) pranešė, kad girdėjo Pasiuntinį (ramybė ir Allaho palaimajam) sakant: „To, ką jums uždraudžiau, venkite. O tai, ką jums įsakiau, vykdykite tiek, kiek galite. Iš tiesų, tie, kurie buvo prieš jus, save sunaikino daugeliu klausimų ir nuolatiniu prieštaravimu savo pranašams.“</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Pasiuntinys paaiškino mums, kad jei jis ką nors uždraudė – mes privalome to visiškai vengti, be jokių išimčių. O jei Jis ką nors įsakė – turime tai vykdyti pagal savo galimybes. Tada Jis įspėjo mus, kad nebūtume kaip kai kurios ankstesnės tautos, kurios savo pranašams užduodavo per daug klausimų ir jų neklausydavo. Todėl Allahas jas nubaudė įvairiais pražūties ir sunaikinimo būdais. Dėl šios priežasties mes neturėtume būti kaip jos, kad neištiktų tokia pat nelaimė, kaip jas ištiko.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Šis hadisas yra pagrindas vykdant įsakymus ir vengiant uždrausto.
+Neleidžiama daryti nieko iš draudžiamo, o iš įsakytų dalykų privalome atlikti tai, ką galime, nes atsisakyti kažko žmogus visada gali, o atlikti – ne visada.
+Draudimas užduoti per daug klausimų. Islamo mokslininkai klausimus skirstė į dvi kategorijas: Pirma - klausimai, kuriais siekiama sužinoti, ko žmogui reikia iš religijos. Tokio pobūdžio klausimai yra privalomi, ir to pavyzdys yra kompanjonų klausimai. Antra - klausimai, kurie užduodami dėl užsispyrimo, ir jie yra draudžiami.
+Įspėti bendruomenę (ummah), kad neprieštarautų savo Pranašui, kaip tai darė ankstesnės tautos.
+Draudimas apima tiek mažą, tiek didelį kiekį, nes visiškas vengimas įmanomas tik susilaikant nuo mažo ir didelio. Pavyzdžiui, draudimas dėl palūkanų (riba) taikomas tiek mažoms, tiek didelėms palūkanų sumoms.
+Reikia vengti ne tik draudžiamo, bet ir visko, kas prie jo veda.
+Kai žmogus girdi Pranašo įsakymą, jis neturi tikslinti, ar tai privaloma, ar pageidaujama, o turi skubėti jį vykdyti, vadovaudamasis žodžiais: „Darykite tiek, kiek galite.“
+Daug klausimų uždavinėjimas yra pražūties priežastis, ypač kai kalbama apie dalykus, į kuriuos neįmanoma gauti atsakymų, pavyzdžiui, apie nematomus dalykus ir Teismo dienos sąlygas. Nekelkite per daug klausimų apie šiuos dalykus, kad nepražūtumėte ir neitumėte prie kraštutinumų.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė:||„Allahas yra geras, todėl Jis priima tik tai, kas gera. Allahas įsakė tikintiesiems, kaip įsakė pasiuntiniams, sakydamas: {O pasiuntiniai, valgykite, kas malonu, ir darykite gera, iš tiesų Aš žinau, ką jūs darote!} Tarė Visagalis: {O jūs, kurie patikėjote! Valgykite gėrybes, kuriomis Mes jus apdovanojome..} Tada Pranašas užsiminė apie žmogų, kuris ilgai keliauja, pasišiaušusiais plaukais ir apdulkėjęs. Jis pakelia rankas į dangų (ir taip maldauja): „Viešpatie! Viešpatie!“, nors jo maistas yra neteisėtas, jo gėrimas neteisėtas ir jo drabužiai neteisėti. Kaip gi tada gali būti priimtas jo prašymas?!“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Allahas yra geras, todėl Jis priima tik tai, kas gera. Allahas įsakė tikintiesiems, kaip įsakė pasiuntiniams, sakydamas: {O pasiuntiniai, valgykite, kas malonu, ir darykite gera, iš tiesų Aš žinau, ką jūs darote!} Tarė Visagalis: {O jūs, kurie patikėjote! Valgykite gėrybes, kuriomis Mes jus apdovanojome..} Tada Pranašas užsiminė apie žmogų, kuris ilgai keliauja, pasišiaušusiais plaukais ir apdulkėjęs. Jis pakelia rankas į dangų (ir taip maldauja): „Viešpatie! Viešpatie!“, nors jo maistas yra neteisėtas, jo gėrimas neteisėtas ir jo drabužiai neteisėti. Kaip gi tada gali būti priimtas jo prašymas?!“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>„Venk to, kas tau sukelia abejonių, ir laikykis to, kas nesukelia abejonių.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Abu Muchammed, Al-Hasan Ibn Ali Ibn Abi Talib, Pasiuntinio, ramybė ir Allaho palaima jam, anūkas, perdavė: Aš mintinai išmokau iš Allaho Pasiuntinio, ramybė ir Allaho palaima jam, šį mokymą: „Venk to, kas tau sukelia abejonių, ir laikykis to, kas nesukelia abejonių.“</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Pranašas įsakė žmogui atsisakyti tų žodžių ar veiksmų, dėl kurių jis turi abejonių, nesvarbu, ar jie yra draudžiami, ar ne, neteisėti ar teisėti, ir pasirinkti tai, kas nesukelia jokių abejonių – tai, apie ką jis yra tikras, kad tai gera ir teisėta.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Abu Hamza Anas Ibn Malik (tebūnie Allahas juo patenkintas), Pranašo tarnas, kad Pranašas (ramybė ir Allaho palaima jam) sakė:||„Nė vienas iš jūsų netiki, kol nelinki savo broliui to, ko linki pats sau.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Abu Hamza Anas Ibn Malik (tebūnie Allahas juo patenkintas), Pranašo tarnas, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Nė vienas iš jūsų netiki, kol nelinki savo broliui to, ko linki pats sau.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Abu Jala Šaddad Ibn Aus (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Iš tiesų, Allahas įsakė gerumą visuose dalykuose. Taigi, kai žudote, gerai žudykite, o kai skerdžiate, gerai skerskite. Tegul vienas iš jūsų pagalanda savo ašmenis ir saugo gyvūną, kurį jis skerdžia, nuo kančių.“</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>„Berniuk! Iš tiesų, aš išmokysiu tave kelis žodžius. Prisimink Allahą ir Jis tave saugos. Prisimink Allahą ir surasi Jį prieš save. Kai prašai, prašyk Allaho, o kai prašai pagalbos, kreipkis į Jį</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Abu Al-Abbas, Abdullah Ibn Abbas (tebūnie Allahas juo patenkintas) perdavė: Vieną dieną aš buvau už Allaho Pasiuntinio, ramybė ir Allaho palaima jam, (ant jojimo gyvūno), ir jis pasakė: „Berniuk! Iš tiesų, aš išmokysiu tave kelis žodžius. Prisimink Allahą ir Jis tave saugos. Prisimink Allahą ir surasi Jį prieš save. Kai prašai, prašyk Allaho, o kai prašai pagalbos, kreipkis į Jį. Ir žinok, kad jei visi žmonės susirinktų, kad tau būtų naudos, jie nesuteiks tau naudos, išskyrus tai, ką tau paskyrė Allahas, o jei rinksis, kad tau pakenktų, jie tau nepakenks, išskyrus tai, ką Allahas įsakė. Plunksnos pakeltos ir lapai išdžiūvę.“</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibn Abbas pranešė, kad vieną dieną, būdamas mažu berniuku, keliavo už Pranašo (ramybė ir Allaho palaima jam), kai jis pasakė: Aš išmokysiu tave dalykų, kuriais Allahas atneš tau naudos: Būk dėmesingas Allahui, laikydamasis Jo įsakymų ir draudimų, kad Jis matytų tave užsiimantį garbinimu ir pamaldumu, o ne darant nuodėmes ir nusižengimus. Jei tai padarysi, tau bus už tai atlyginta - Allahas apsaugos tave nuo nemalonių dalykų šiame ir pomirtiniame pasaulyje ir palaikys tavo pastangas, kad ir kur eitum. Jei nori ko nors paprašyti, neprašyk niekieno kito, tik Allaho, nes Jis vienintelis atsako tiems, kurie prašo. Ir jei tau reikia pagalbos, ieškok pagalbos tik pas Allahą. Ir turi būti tikras, kad tau nebus jokios naudos, net jei visi žemės gyventojai susirinktų tau tai atnešti, nebent Allahas būtų tau tai numatęs iš anksto ir tau nenutiks jokios žalos, net jei visi žemės gyventojai susirinktų tau tai padaryti, nebent Allahas būtų tau tai numatęs iš anksto. Visagalis Allahas parašė ir iš anksto numatė šį reikalą pagal Savo išmintį ir žinias, ir viskas, ką Allahas parašė, negali būti pakeista. Tas, kuris prisimena Allahą, gerbdamas Jo įsakymus ir vengdamas Jo draudimų, tam Allahas yra arti, Jis žino Savo tarno padėtį, jam padeda ir palaiko. Kai žmogus paklūsta Allahui lengvais laikais, Allahas jam sunkiais laikais suteikia palengvinimą ir išeitį. Be to, kiekvienas tarnas turėtų būti patenkintas tuo, ką Allahas jam paskyrė – gera ar bloga. Sunkiu laikotarpiu ir per išbandymus tarnas turi būti kantrus, nes kantrybė yra palengvėjimo raktas. Kai kančia tampa didesnė, išgelbėjimas ateina iš Allaho, o kai užklumpa sunkumas, Allahas po jo atneša palengvėjimą.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Hadisas parodo, kaip svarbu mokyti vaikus religinių monoteizmo, etikos ir kitų svarbių dalykų.
+Atlygis priklauso nuo poelgio rūšies.
+Mes privalome pasitikėti ir pasikliauti tik Visagaliu Allahu. Jis yra geriausias reikalų Tvarkytojas.
+Privalome tikėti ir būti patenkinti dieviškuoju įsakymu ir išankstiniu Allaho paskyrimu.
+Kas nepaiso Allaho įsakymų, Allahas jį apleis ir neapsaugos.
+Didžioji džiugi žinia yra ta, kad žmogus, kai jį ištinka sunkumas, turi laukti palengvėjimo.
+Pagoda tikinčiajam, kai jį ištinka nelaimė arba kai jis praranda ką nors gero, slypi vienoje iš šių dviejų sakinių prasmių: „Žinok, kad tai, kas tave aplenkė, neturėjo tavęs pasiekti, o tai, kas tave pasiekė, negalėjo tavęs aplenkti.“ Pirmasis sakinys teikia paguodą, kai ištinka kas nors blogo, antrasis – kai prarandama kas nors gero.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Abu Masud Ukba Ibn Amr Al-Ansari Al-Badri (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė:||„Iš tikrųjų, tai, kas pasiekė žmones iš ankstyvųjų pranašų žodžių: jei nejauti gėdos, daryk ką nori.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abu Masud Ukba Ibn Amr Al-Ansari Al-Badri (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Iš tikrųjų, tai, kas pasiekė žmones iš ankstyvųjų pranašų žodžių: jei nejauti gėdos, daryk ką nori.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Abu Amr – sakoma, Abu Amra – Sufjan Ibn Abdillah (tebūnie Allahas juo patenkintas) perdavė:||Aš pasakiau: „O Allaho Pasiuntiny, papasakok man ką nors apie islamą, ko negaliu paklausti nieko, tik tavęs.“ Jis atsakė: „Pasakyk: aš tikiu Allahą, tada būk tvirtas.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Abu Amr – sakoma, Abu Amra – Sufjan Ibn Abdillah (tebūnie Allahas juo patenkintas) perdavė: Aš pasakiau: „O Allaho Pasiuntiny, papasakok man ką nors apie islamą, ko negaliu paklausti nieko, tik tavęs.“ Jis atsakė: „Pasakyk: aš tikiu Allahą, tada būk tvirtas.“</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Abu Abdillah Džabir Ibn Abdillah Al-Ansari (tebūnie Allahas juo patenkintas) pranešė: Vienas vyras paklausė Pasiuntinio (ramybė ir Allaho palaima jam): „Ar manai, kad jei aš atliksiu privalomas maldas, pasninkausiu Ramadano mėnesį, leisiu teisėtą (halal) ir uždrausiu neteisėtą (haram) ir nieko daugiau nedarysiu, ar pateksiu į rojų?“ Pranašas atsakė: „Taip“.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Abu Malik Al-Harith Ibn Asim Al-Ašari (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Švarumas - tai pusė tikėjimo. „Alhamdulilliah“ pripildo svarstykles, „Subhanallah“ ir „Alhamdulilliah“ pripildo tai, kas tarp dangaus ir žemės. Malda yra šviesa, labdara - (tikėjimo) įrodymas, o kantrybė - nušvitimas. Koranas - tai argumentas už arba prieš tave. Kiekvienas išeina anksti rytą ir pateikia save: arba išlaisvindamas savo sielą, arba privesdamas ją prie sužlugdymo.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) pasakė:||„Už kiekvieną žmogaus kūno sąnarį kiekvieną dieną, kai pakyla saulė, reikia atiduoti labdarą; teisingai spręsti tarp dviejų žmonių yra labdara; padėti žmogui su jo jojamuoju gyvuliu, tai yra padėti ant jo sėdėti arba pakelti ant jo daiktus, yra labdara; geras žodis yra labdara, kiekvienas žingsnis, kurį žmogus žengia į maldą, yra labdara; pašalinti nuo kelio tai, kas kenksminga, yra labdara.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>„Aš patariu jums bijoti Allaho ir būti paklusniems, net jei valdovu jums būtų paskirtas vergas. Iš tiesų, kas iš jūsų gyvens ilgiau, pamatys daug nesutarimų. Todėl laikykitės mano sunos ir teisingai vadovaujančių kalifų sunos</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Abu Nadžih Al-Irbad Ibn Sarija (tebūnie Allahas juo patenkintas) perdavė: Allaho Pasiuntinys (ramybė ir Allaho palaima jam) vieną dieną pamokė mus pamokslu, kuris pripildė širdis baimės ir privertė akis prisipildyti ašarų. Tada mes pasakėme: „O Allaho Pasiuntiny, tai skamba lyg atsisveikinančio pamokslas, tad patark mums!“ Jis atsakė: „Aš patariu jums bijoti Allaho ir būti paklusniems, net jei valdovu jums būtų paskirtas vergas. Iš tiesų, kas iš jūsų gyvens ilgiau, pamatys daug nesutarimų. Todėl laikykitės mano sunos ir teisingai vadovaujančių kalifų sunos! Įsikibkite į ją tarsi dantimis! Ir saugokitės naujovių religijoje, nes kiekviena naujovė religijoje iš tiesų yra suklaidinimas!“</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>„Tu paklausei manęs apie didelį dalyką, kuris iš tiesų yra lengvas tam, kam Allahas padaro jį lengvu</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Muaz Ibn Džabal (tebūnie Allahas juo patenkintas) perdavė: „Aš pasakiau: ‘O Allaho Pasiuntiny, pasakyk man apie tokį darbą, kuris leistų man patekti į rojų ir atitolintų mane nuo pragaro.’ Jis atsakė: „Tu paklausei manęs apie didelį dalyką, kuris iš tiesų yra lengvas tam, kam Allahas padaro jį lengvu. Garbink Allahą ir nepriskirk Jam jokio partnerio, atlik maldą, duok zakatą, pasninkauk Ramadano mėnesį ir atlik hadžą.“ Tada jis pridūrė: „Ar tau parodyti gėrio vartus? Pasninkas yra skydas, labdara užgesina nuodėmęs taip, kaip vanduo užgesina ugnį, o žmogaus malda nakties tamsoje...“ Tada jis recitavo: „{Jų šonai apleidžia jų lovas..} iki kitos eilutės pabaigos.“ [Koranas, sūra „Nusilenkimas“ 32:16-17]. Tada jis pasakė: „Ar informuoti tave apie viso to esmę, ramstį ir viršūnę?“ Aš atsakiau: „Taip, o Allaho Pasiuntiny.“ Jis pasakė: „Viso to esmė yra islamas, jo ramstis yra malda, o jo viršūnė yra džihadas.“ Tada jis tarė: „Ar tau parodyti tai, kas laiko visa tai kartu?“ Aš atsakiau: „Taip, o Allaho Pranaše.“ Tuomet jis parodė savo liežuvį ir pasakė: „Saugok tai.“ Aš paklausiau: „O Allaho Pranaše, ar mes būsime laikomi atsakingais už tai, ką kalbame?“ Jis atsakė: „Tegul tavo motina tavęs netenka, o Muaz. Kas gi kitas įmeta žmones į pragarą ant jų veidų ar ant jų nosių, jei ne jų liežuvių derlius?“</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>„Negalima daryti žalos apskritai ir negalima daryti žalos atsakant.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Abu Said Sad Ibn Malik Ibn Sinan Al-Khudri (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Negalima daryti žalos apskritai ir negalima daryti žalos atsakant.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Pranašas paaiškino, kad būtina atitolinti žalą bet kokia forma nuo savęs ir kitų žmonių. Jis mokė, kad niekam nėra leidžiama daryti žalos tiek sau, tiek kitiems. Taip pat negalima atsakyti į žalą darant žalą, nes žalą galima pašalinti tik per atpildą, neviršijant ribų.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Draudžiama į žalą reaguoti didesne žala.
+Allahas Savo tarnams neįsakė nieko, kas jiems būtų žalinga.
+Šis hadisas yra pagrindas draudimui daryti žalą apskritai arba atsakant (kaip kerštas), nesvarbu ar žodžiu, veiksmu, ar neveikimu.
+Viena iš šariato taisyklių yra ta, kad „žala turi būti pašalinta“, nes šariatas nepritaria žalojimui ir jį smerkia.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ibn Abbas (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė:||„Jei žmonėms būtų suteikta viskas, ko jie reikalauja, kai kurie norėtų (kitų) žmonių turto ir kraujo. Tačiau įrodymų pateikimas tenka ieškovui, o priesaika – tam, kuris neigia kaltinimą.“</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>„Allahas užrašė gerus ir blogus darbus. Tada paaiškino, kad</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ibn Abbas (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam), perdavęs Viešpaties žodžius, pasakė: „Allahas užrašė gerus ir blogus darbus. Tada paaiškino, kad: Tas, kuris nori gero poelgio atlygio, bet jo nedarė, Allahas užrašo jam pilną atlygį. O jei jis ketina daryti gerą poelgį ir tai daro, Allahas užrašo jam dešimt ar septynių šimtų (ar daugiau) kartų didesnį atlygį. Tačiau jei jis ketina daryti blogą poelgį ir to nepadaro, Allahas tai užrašo jam kaip pilną gerą poelgį. O jei jis ketina daryti blogą poelgį ir tai daro, Allahas tai užrašo kaip vieną blogą poelgį.“</t>
+  </si>
+  <si>
+    <t>Hadisas pabrėžia didžiulį Allaho palankumą musulmonams, nes Jis daugina gerus darbus ir užrašo juos, bet nepadaugina blogų darbų.
+Tai parodo ketinimo svarbą poelgių ir jų poveikio požiūriu.
+Tai parodo Allaho malonę, gerumą ir geranoriškumą, nes jei žmogus ketina padaryti gerą darbą, bet jo neatlieka, Jis tai užrašo kaip gerą poelgį.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Iš tiesų, Allahas pasakė: „Kas rodo priešiškumą pamaldžiam mano garbintojui, skelbiu prieš jį karą. O pats mylimiausias Man iš visko, ką mano tarnas daro, siekdamas priartėti prie Manęs, yra tai, ką aš jam pavedžiau kaip pareigą</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Abu Huraira (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: Iš tiesų, Allahas pasakė: „Kas rodo priešiškumą pamaldžiam mano garbintojui, skelbiu prieš jį karą. O pats mylimiausias Man iš visko, ką mano tarnas daro, siekdamas priartėti prie Manęs, yra tai, ką aš jam pavedžiau kaip pareigą. Ir Mano tarnas sieks priartėti prie Manęs per papildomą garbinimą (navafil), kol aš jį pamilsiu. Kai Aš jį mylėsiu, tapsiu jo klausa, kuria jis klauso, ir jo regėjimu, kuriuo jis regi, ir ranka, kuria jis ima, ir koja, kuria jis vaikščioja. Ir jei jis Manęs ko nors prašo, Aš tikrai jam tai duosiu, o jei jis ieško Mano apsaugos, Aš jį tikrai apsaugosiu.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Pranašas šiame Kudsi hadise pranešė, kad Visagalis Allahas sakė: „Kas kenkia vienam iš Mano artimųjų (vali), jį supykdo ir neapkenčia, tam Aš pareiškiu ir paskelbiu priešiškumą.“ „Vali“ yra Allahą bijantis tikintysis. Pagal tikėjimo ir dievobaimingumo laipsnį, kurį turi tarnas, priklauso jo artumas Allahui. Musulmonas prie savo Viešpaties priartėja tik per tai, kas Jam malonu – vykdydamas privalomus Allaho įsakymus ir vengdamas draudimų, tai yra atlikdamas gerus darbus ir laikydamasis draudimų. Musulmonas priartėja prie Viešpaties tiek per privalomus, tiek per savanoriškus darbus, kol pasiekia Allaho meilę. Kai Allahas jį myli, Jis jam padės per šias keturias kūno dalis: Klausos atžvilgiu - jis girdės tik tai, kas patinka Allahui. Regėjimo atžvilgiu - jis matys tik tai, kas patinka Allahui. Rankomis - jis savo rankomis darys tik tai, kas patinka Allahui. Kojomis - jis eis savo kojomis tik link to, kas patinka Allahui, ir sieks tik to, kas patinka Allahui. Be to, jei prašys Allahą ko nors, Jis suteiks jam tai, ir jo maldavimui bus suteiktas atsakymas; o jei jis prašys Allaho apsaugos, Visagalis apsaugos jį nuo to, ko jis bijo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>„Nė vienas iš jūsų [iš tikrųjų] netiki, kol jo polinkiai nepavaldūs tam (ir neseka tuo), su kuo aš atėjau.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Abu Muchammed Abdullah Ibn Amr Ibn Al-Aas (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Nė vienas iš jūsų [iš tikrųjų] netiki, kol jo polinkiai nepavaldūs tam (ir neseka tuo), su kuo aš atėjau.“</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Pranašas paaiškino, kad žmogaus tikėjimas nebus pilnas tol, kol jo meilė ir troškimai nebus paklūstantys tam, su kuo atėjo Pasiuntinys — nesvarbu, ar tai būtų įsakymai, draudimai ar kiti nurodymai. Jis turi mylėti tai, kas įsakyta, ir nekęsti to, kas uždrausta.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Šis hadisas nustato pagrindinę taisyklę dėl atsidavimo ir paklusnumo šariatui.
+Hadisas yra įspėjimas žmogui, kad tas, kuris protą ar žmonių įpročius laiko aukščiau to, su kuo atėjo Pasiuntinys, neturi pilno tikėjimo.
+Privaloma visais klausimais vadovautis šariatu, nes jis sakė: „su kuo aš atėjau“.
+Taigi, tikėjimas didėja paklusnumu Allahui ir mažėja nepaklusnumu.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Viskas, kas apsvaigina, yra draudžiama.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Abu Burda perdavė nuo tėvo, Abu Musa Al-Ašari (tebūnie Allahas juo patenkintas): Kad Pranašas (ramybė ir Allaho palaima jam) pasiuntė jį į Jemeną ir klausė apie ten gaminamus gėrimus. Jis paklausė: „Kas tai?“ Abu Musa atsakė: „Al-Bit ir Al-Mizr.“ Tada Abu Burda buvo paklaustas: „Kas yra Al-Bit?“ Jis sakė: „Nabiz (vynas), pagamintas iš medaus, o Al-Mizr – iš miežių.“ Tuomet Pranašas pasakė: „Viskas, kas apsvaigina, yra draudžiama.“ (Perdavė Al-Bukhari)</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abu Musa Al-Ašari pranešė, kad kai Pranašas pasiuntė jį į Jemeną, jis paklausė jo apie kai kuriuos gėrimus, kurie ten gaminami, ir ar jie yra uždrausti. Pranašas paklausė apie tuos gėrimus. Abu Musa atsakė: „Tai Bit — nabiz (vynas) iš medaus, ir Mizr — vynas iš miežių“. Tada Pranašas, kuriam buvo suteikta galimybė kreiptis į žmones su nedaugeliu žodžių, talpinančių savyje daug prasmės, pasakė: „Viskas, kas apsvaigina, yra uždrausta“.</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Nabiz – tai vanduo, į kurį dedami datulės, medus, miežiai ar panašūs ingredientai, ir jis įgauna jų skonį bei aromatą. Po to gali prasidėti fermentacija, ir tampa svaiginantis.
+Šis hadisas yra pagrindas draudimui visų rūšių svaiginančių medžiagų, įskaitant svaiginančius gėrimus, hašišą ir kt.
+Svarbu klausti apie dalykus, kuriuos musulmonui būtina žinoti.
+Iš pradžių svaiginantys gėrimai buvo uždrausti tik maldos metu, kai vienas iš muhadžirūn (emigrantų) suklydo recituojant Koraną. Tuomet buvo nusiųsta Korano eilutė: {O jūs, kurie tikite! Nesiartinkite prie maldos, kai esate girti iki tol, kol suvokiate [reikšmę to], ką tariate.} [Koranas, sūra „Moterys“ 4:43]. Vėliau Pranašo muazin (skelbiantis azaną) paskelbė: „Nesiartinkite prie maldos būdami apsvaigę.“ Galiausiai Allahas visiškai uždraudė svaiginančius gėrimus, sakydamas: {O jūs, kurie tikite! Svaigalai (visų rūšių alkoholiniai gėrimai), ir lošimai, ir Al-Ansab, ir Al-Azlam (strėlių naudojimas siekiant sėkmės ar priimant sprendimą) yra šėtono rankų bjaurastis. Taigi venkite (griežtai viso) to, kad būtumėte sėkmingi. (90) Šėtonas nori tik sukelti nesantaiką ir neapykantą tarp jūsų su svaigalais (alkoholiniais gėrimais) ir lošimais, ir sukliudyti jums prisiminti Allahą ir atlikti maldas. Taigi, argi tada nesusilaikysite? (91)} [Koranas, sūra „Maistu padengtas stalas“ 5:90-91].
+Visagalis Allahas uždraudė svaiginančias medžiagas, nes jos yra labai žalingos.
+Sprendžiant dėl draudimo, kas lemia yra apsvaiginantis poveikis. Jei nabiz apsvaigina, jis draudžiamas, jei nesvaigina – leidžiamas.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Abdullah Ibn Amru (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė:||„Kiekvienas, turintis šias savybes, yra veidmainis, o kiekvienas, turintis vieną iš jų, turi veidmainystės bruožą, kol jo atsisako: kai jis kalba - meluoja, kai jam patikėta – išduoda pasitikėjimą, ginčydamasis jis nukrypsta nuo tiesos ir kai duoda pažadą - jį sulaužo.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullah Ibn Amru (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Kiekvienas, turintis šias savybes, yra veidmainis, o kiekvienas, turintis vieną iš jų, turi veidmainystės bruožą, kol jo atsisako: kai jis kalba - meluoja, kai jam patikėta – išduoda pasitikėjimą, ginčydamasis jis nukrypsta nuo tiesos ir kai duoda pažadą - jį sulaužo.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Umar Ibn Al-Khattab (tebūnie Allahas juo patenkintas) perdavė, kad Pranašas (ramybė ir Allaho palaima jam) sakė: „Jei tik pasitikėsite Allahu taip, kaip turėtumėte, Jis pasirūpins jumis taip, kaip pasirūpina paukščiais - ryte jie iškeliauja alkani, o vakare grįžta pilnais pilvais.“</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>„Teisumas – tai geras elgesys, o nuodėmingumas – tai, kas neduoda ramybės tavo širdžiai ir ko nenorėtum, kad žmonės sužinotų</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>An-Navas Ibn Siman (tebūnie Allahas juo patenkintas) pranešė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Teisumas – tai geras elgesys, o nuodėmingumas – tai, kas neduoda ramybės tavo širdžiai ir ko nenorėtum, kad žmonės sužinotų.“</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Pranašas kalbėjo apie teisumą ir nuodėmingumą ir sakė, kad: didžiausia teisumo dalis – tai geras elgesys: su Allahu – per dievobaimingumą, o su žmonėmis – per kantrybę priimant jų įžeidimus, vengti pykčio, šypsotis, kalbėti maloniai, palaikyti ryšius, per paklusnumą, gerumą, nuoširdumą, švelnų elgesį ir malonų bendravimą. Nuodėmingumas – tai dalykai, kurie kelia nerimą sieloje, trikdo širdį, kelia abejonių ir baimę, kad tai gali būti nuodėmė, todėl žmogus nenori, jog apie tai sužinotų kilnūs, garbingi ar tobuliausi žmonės, nes tai yra negražu. Siela natūraliai linkusi rodyti kitiems savo gerąsias puses, tad jei žmogus nenori, kad kiti sužinotų apie tam tikrą jo poelgį, vadinasi, tai yra nuodėmė, neturinti nieko gero. Net jei žmonės suteikė tau nuosprendį (fatvą), neturėtum juo pasikliauti, kol sieloje išlieka abejonė. Nuosprendis nepašalina abejonės, jei ji pagrįsta, o muftis duoda nuosprendį be žinių. Tačiau jei nuosprendis duotas remiantis šariato argumentu, klausiantysis privalo jos laikytis, net jei jo širdis nejaučia ramybės.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>„Tegul tavo liežuvis nesiliauja būti drėgnas minint Allahą</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Abdullah Ibn Busr (tebūnie Allahas juo patenkintas) pranešė: „Kartą vienas žmogus atėjo pas Pranašą, ramybė ir Allaho palaima jam, ir pasakė: ‘O Allaho Pasiuntiny, iš tiesų, islamo įstatymai mums tapo per daug, tad pasakyk mums ką nors visapusiško, ko mes galėtume tvirtai laikytis’. Pranašas atsakė: „Tegul tavo liežuvis nesiliauja būti drėgnas minint Allahą.“</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/lt/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -18142,51 +19882,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O484"/>
+  <dimension ref="A1:O536"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19132,21706 +20872,24216 @@
       </c>
       <c r="E22" t="s">
         <v>203</v>
       </c>
       <c r="F22" t="s">
         <v>204</v>
       </c>
       <c r="G22" t="s">
         <v>205</v>
       </c>
       <c r="H22" t="s">
         <v>206</v>
       </c>
       <c r="I22" t="s">
         <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
+      <c r="M22" t="s">
+        <v>209</v>
+      </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>170</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
         <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>273</v>
+        <v>274</v>
+      </c>
+      <c r="L29" t="s">
+        <v>275</v>
       </c>
       <c r="M29" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3061</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3062</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>302</v>
+        <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>303</v>
+        <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3063</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
         <v>305</v>
       </c>
       <c r="C33" t="s">
         <v>306</v>
       </c>
       <c r="D33" t="s">
         <v>307</v>
       </c>
       <c r="E33" t="s">
         <v>308</v>
       </c>
       <c r="F33" t="s">
         <v>309</v>
       </c>
       <c r="G33" t="s">
         <v>310</v>
       </c>
       <c r="H33" t="s">
         <v>311</v>
       </c>
       <c r="I33" t="s">
         <v>312</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>313</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3071</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3078</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3079</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3086</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3087</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3088</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3095</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3103</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3122</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>440</v>
+        <v>25</v>
       </c>
       <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
+        <v>27</v>
+      </c>
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>441</v>
-      </c>
-[...7 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3127</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
+        <v>442</v>
+      </c>
+      <c r="C48" t="s">
+        <v>443</v>
+      </c>
+      <c r="D48" t="s">
         <v>444</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>445</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>446</v>
       </c>
-      <c r="E48" t="s">
+      <c r="G48" t="s">
         <v>447</v>
       </c>
-      <c r="F48" t="s">
+      <c r="H48" t="s">
         <v>448</v>
       </c>
-      <c r="G48" t="s">
+      <c r="I48" t="s">
         <v>449</v>
       </c>
-      <c r="H48" t="s">
+      <c r="J48" t="s">
         <v>450</v>
       </c>
-      <c r="I48" t="s">
+      <c r="K48" t="s">
         <v>451</v>
       </c>
-      <c r="J48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L48" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3135</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3138</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3142</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3143</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3145</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3150</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3153</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3159</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3220</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3236</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>569</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>570</v>
+        <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3267</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
         <v>572</v>
       </c>
       <c r="C62" t="s">
         <v>573</v>
       </c>
       <c r="D62" t="s">
         <v>574</v>
       </c>
       <c r="E62" t="s">
         <v>575</v>
       </c>
       <c r="F62" t="s">
         <v>576</v>
       </c>
       <c r="G62" t="s">
         <v>577</v>
       </c>
       <c r="H62" t="s">
         <v>578</v>
       </c>
       <c r="I62" t="s">
         <v>579</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3272</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3279</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3310</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>440</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>442</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>670</v>
+        <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>671</v>
+        <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3341</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
         <v>673</v>
       </c>
       <c r="C73" t="s">
         <v>674</v>
       </c>
       <c r="D73" t="s">
         <v>675</v>
       </c>
       <c r="E73" t="s">
         <v>676</v>
       </c>
       <c r="F73" t="s">
         <v>677</v>
       </c>
       <c r="G73" t="s">
         <v>678</v>
       </c>
       <c r="H73" t="s">
         <v>679</v>
       </c>
       <c r="I73" t="s">
         <v>680</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
         <v>682</v>
       </c>
       <c r="C74" t="s">
         <v>683</v>
       </c>
       <c r="D74" t="s">
         <v>684</v>
       </c>
       <c r="E74" t="s">
         <v>685</v>
       </c>
       <c r="F74" t="s">
         <v>686</v>
       </c>
       <c r="G74" t="s">
         <v>687</v>
       </c>
       <c r="H74" t="s">
         <v>688</v>
       </c>
       <c r="I74" t="s">
         <v>689</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>726</v>
+        <v>170</v>
       </c>
       <c r="L78" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>727</v>
+        <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B79" t="s">
         <v>729</v>
       </c>
       <c r="C79" t="s">
         <v>730</v>
       </c>
       <c r="D79" t="s">
         <v>731</v>
       </c>
       <c r="E79" t="s">
         <v>732</v>
       </c>
       <c r="F79" t="s">
         <v>733</v>
       </c>
       <c r="G79" t="s">
         <v>734</v>
       </c>
       <c r="H79" t="s">
         <v>735</v>
       </c>
       <c r="I79" t="s">
         <v>736</v>
       </c>
       <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>737</v>
-      </c>
-[...13 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>738</v>
+      </c>
+      <c r="C80" t="s">
+        <v>739</v>
+      </c>
+      <c r="D80" t="s">
+        <v>740</v>
+      </c>
+      <c r="E80" t="s">
+        <v>741</v>
+      </c>
+      <c r="F80" t="s">
         <v>742</v>
       </c>
-      <c r="C80" t="s">
+      <c r="G80" t="s">
         <v>743</v>
       </c>
-      <c r="D80" t="s">
+      <c r="H80" t="s">
         <v>744</v>
       </c>
-      <c r="E80" t="s">
+      <c r="I80" t="s">
         <v>745</v>
       </c>
-      <c r="F80" t="s">
+      <c r="J80" t="s">
+        <v>450</v>
+      </c>
+      <c r="K80" t="s">
         <v>746</v>
       </c>
-      <c r="G80" t="s">
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
         <v>747</v>
       </c>
-      <c r="H80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>748</v>
-      </c>
-[...19 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>749</v>
+      </c>
+      <c r="C81" t="s">
+        <v>750</v>
+      </c>
+      <c r="D81" t="s">
         <v>751</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>752</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>753</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>754</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>755</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>756</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
         <v>757</v>
       </c>
-      <c r="I81" t="s">
+      <c r="K81" t="s">
         <v>758</v>
       </c>
-      <c r="J81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L81" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>760</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>440</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>442</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3365</v>
+        <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3366</v>
+        <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3370</v>
+        <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3372</v>
+        <v>3364</v>
       </c>
       <c r="B87" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3373</v>
+        <v>3365</v>
       </c>
       <c r="B88" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3375</v>
+        <v>3366</v>
       </c>
       <c r="B89" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>670</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>671</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3381</v>
+        <v>3370</v>
       </c>
       <c r="B90" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>670</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>671</v>
+        <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3383</v>
+        <v>3372</v>
       </c>
       <c r="B91" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>273</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>274</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3389</v>
+        <v>3373</v>
       </c>
       <c r="B92" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>858</v>
+        <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>859</v>
+        <v>171</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3390</v>
+        <v>3375</v>
       </c>
       <c r="B93" t="s">
         <v>861</v>
       </c>
       <c r="C93" t="s">
         <v>862</v>
       </c>
       <c r="D93" t="s">
         <v>863</v>
       </c>
       <c r="E93" t="s">
         <v>864</v>
       </c>
       <c r="F93" t="s">
         <v>865</v>
       </c>
       <c r="G93" t="s">
         <v>866</v>
       </c>
       <c r="H93" t="s">
         <v>867</v>
       </c>
       <c r="I93" t="s">
         <v>868</v>
       </c>
       <c r="J93" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K93" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L93" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M93" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3395</v>
+        <v>3379</v>
       </c>
       <c r="B94" t="s">
         <v>870</v>
       </c>
       <c r="C94" t="s">
         <v>871</v>
       </c>
       <c r="D94" t="s">
         <v>872</v>
       </c>
       <c r="E94" t="s">
         <v>873</v>
       </c>
       <c r="F94" t="s">
         <v>874</v>
       </c>
       <c r="G94" t="s">
         <v>875</v>
       </c>
       <c r="H94" t="s">
         <v>876</v>
       </c>
       <c r="I94" t="s">
         <v>877</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>27</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>878</v>
-      </c>
-[...10 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3406</v>
+        <v>3381</v>
       </c>
       <c r="B95" t="s">
+        <v>879</v>
+      </c>
+      <c r="C95" t="s">
+        <v>880</v>
+      </c>
+      <c r="D95" t="s">
         <v>881</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
         <v>882</v>
       </c>
-      <c r="D95" t="s">
+      <c r="F95" t="s">
         <v>883</v>
       </c>
-      <c r="E95" t="s">
+      <c r="G95" t="s">
         <v>884</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>885</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>886</v>
       </c>
-      <c r="H95" t="s">
+      <c r="J95" t="s">
+        <v>450</v>
+      </c>
+      <c r="K95" t="s">
+        <v>690</v>
+      </c>
+      <c r="L95" t="s">
+        <v>452</v>
+      </c>
+      <c r="M95" t="s">
+        <v>691</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>887</v>
-      </c>
-[...19 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3407</v>
+        <v>3383</v>
       </c>
       <c r="B96" t="s">
+        <v>888</v>
+      </c>
+      <c r="C96" t="s">
+        <v>889</v>
+      </c>
+      <c r="D96" t="s">
         <v>890</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>891</v>
       </c>
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>892</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
         <v>893</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>894</v>
       </c>
-      <c r="G96" t="s">
+      <c r="I96" t="s">
         <v>895</v>
       </c>
-      <c r="H96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>274</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>276</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>896</v>
-      </c>
-[...19 lines deleted...]
-        <v>898</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3409</v>
+        <v>3389</v>
       </c>
       <c r="B97" t="s">
+        <v>897</v>
+      </c>
+      <c r="C97" t="s">
+        <v>898</v>
+      </c>
+      <c r="D97" t="s">
         <v>899</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>900</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>901</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>902</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>903</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>904</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
         <v>905</v>
       </c>
-      <c r="I97" t="s">
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
         <v>906</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3410</v>
+        <v>3390</v>
       </c>
       <c r="B98" t="s">
         <v>908</v>
       </c>
       <c r="C98" t="s">
         <v>909</v>
       </c>
       <c r="D98" t="s">
         <v>910</v>
       </c>
       <c r="E98" t="s">
         <v>911</v>
       </c>
       <c r="F98" t="s">
         <v>912</v>
       </c>
       <c r="G98" t="s">
         <v>913</v>
       </c>
       <c r="H98" t="s">
         <v>914</v>
       </c>
       <c r="I98" t="s">
         <v>915</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3414</v>
+        <v>3395</v>
       </c>
       <c r="B99" t="s">
         <v>917</v>
       </c>
       <c r="C99" t="s">
         <v>918</v>
       </c>
       <c r="D99" t="s">
         <v>919</v>
       </c>
       <c r="E99" t="s">
         <v>920</v>
       </c>
       <c r="F99" t="s">
         <v>921</v>
       </c>
       <c r="G99" t="s">
         <v>922</v>
       </c>
       <c r="H99" t="s">
         <v>923</v>
       </c>
       <c r="I99" t="s">
         <v>924</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>47</v>
+        <v>925</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>48</v>
+        <v>926</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3417</v>
+        <v>3406</v>
       </c>
       <c r="B100" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3418</v>
+        <v>3407</v>
       </c>
       <c r="B101" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3419</v>
+        <v>3409</v>
       </c>
       <c r="B102" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3420</v>
+        <v>3410</v>
       </c>
       <c r="B103" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3422</v>
+        <v>3414</v>
       </c>
       <c r="B104" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3437</v>
+        <v>3417</v>
       </c>
       <c r="B105" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3438</v>
+        <v>3418</v>
       </c>
       <c r="B106" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3444</v>
+        <v>3419</v>
       </c>
       <c r="B107" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3461</v>
+        <v>3420</v>
       </c>
       <c r="B108" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3470</v>
+        <v>3422</v>
       </c>
       <c r="B109" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1015</v>
+        <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>1016</v>
+        <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3475</v>
+        <v>3437</v>
       </c>
       <c r="B110" t="s">
         <v>1018</v>
       </c>
       <c r="C110" t="s">
         <v>1019</v>
       </c>
       <c r="D110" t="s">
         <v>1020</v>
       </c>
       <c r="E110" t="s">
         <v>1021</v>
       </c>
       <c r="F110" t="s">
         <v>1022</v>
       </c>
       <c r="G110" t="s">
         <v>1023</v>
       </c>
       <c r="H110" t="s">
         <v>1024</v>
       </c>
       <c r="I110" t="s">
         <v>1025</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3476</v>
+        <v>3438</v>
       </c>
       <c r="B111" t="s">
         <v>1027</v>
       </c>
       <c r="C111" t="s">
         <v>1028</v>
       </c>
       <c r="D111" t="s">
         <v>1029</v>
       </c>
       <c r="E111" t="s">
         <v>1030</v>
       </c>
       <c r="F111" t="s">
         <v>1031</v>
       </c>
       <c r="G111" t="s">
         <v>1032</v>
       </c>
       <c r="H111" t="s">
         <v>1033</v>
       </c>
       <c r="I111" t="s">
         <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3480</v>
+        <v>3444</v>
       </c>
       <c r="B112" t="s">
         <v>1036</v>
       </c>
       <c r="C112" t="s">
         <v>1037</v>
       </c>
       <c r="D112" t="s">
         <v>1038</v>
       </c>
       <c r="E112" t="s">
         <v>1039</v>
       </c>
       <c r="F112" t="s">
         <v>1040</v>
       </c>
       <c r="G112" t="s">
         <v>1041</v>
       </c>
       <c r="H112" t="s">
         <v>1042</v>
       </c>
       <c r="I112" t="s">
         <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3481</v>
+        <v>3461</v>
       </c>
       <c r="B113" t="s">
         <v>1045</v>
       </c>
       <c r="C113" t="s">
         <v>1046</v>
       </c>
       <c r="D113" t="s">
         <v>1047</v>
       </c>
       <c r="E113" t="s">
         <v>1048</v>
       </c>
       <c r="F113" t="s">
         <v>1049</v>
       </c>
       <c r="G113" t="s">
         <v>1050</v>
       </c>
       <c r="H113" t="s">
         <v>1051</v>
       </c>
       <c r="I113" t="s">
         <v>1052</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3503</v>
+        <v>3469</v>
       </c>
       <c r="B114" t="s">
         <v>1054</v>
       </c>
       <c r="C114" t="s">
         <v>1055</v>
       </c>
       <c r="D114" t="s">
         <v>1056</v>
       </c>
       <c r="E114" t="s">
         <v>1057</v>
       </c>
       <c r="F114" t="s">
         <v>1058</v>
       </c>
       <c r="G114" t="s">
         <v>1059</v>
       </c>
       <c r="H114" t="s">
         <v>1060</v>
       </c>
       <c r="I114" t="s">
         <v>1061</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3512</v>
+        <v>3470</v>
       </c>
       <c r="B115" t="s">
         <v>1063</v>
       </c>
       <c r="C115" t="s">
         <v>1064</v>
       </c>
       <c r="D115" t="s">
         <v>1065</v>
       </c>
       <c r="E115" t="s">
         <v>1066</v>
       </c>
       <c r="F115" t="s">
         <v>1067</v>
       </c>
       <c r="G115" t="s">
         <v>1068</v>
       </c>
       <c r="H115" t="s">
         <v>1069</v>
       </c>
       <c r="I115" t="s">
         <v>1070</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3518</v>
+        <v>3475</v>
       </c>
       <c r="B116" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>1080</v>
+        <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
+      <c r="M116" t="s">
+        <v>48</v>
+      </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3520</v>
+        <v>3476</v>
       </c>
       <c r="B117" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3534</v>
+        <v>3480</v>
       </c>
       <c r="B118" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C118" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D118" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E118" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="F118" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G118" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H118" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="I118" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3546</v>
+        <v>3481</v>
       </c>
       <c r="B119" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C119" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D119" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E119" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F119" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="G119" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="H119" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="I119" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3552</v>
+        <v>3503</v>
       </c>
       <c r="B120" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C120" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D120" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E120" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F120" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G120" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="H120" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="I120" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>726</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>727</v>
+        <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3553</v>
+        <v>3512</v>
       </c>
       <c r="B121" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C121" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D121" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="E121" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="F121" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="G121" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="H121" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="I121" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3567</v>
+        <v>3518</v>
       </c>
       <c r="B122" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C122" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D122" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E122" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F122" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="G122" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H122" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="I122" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="J122" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="L122" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3574</v>
+        <v>3520</v>
       </c>
       <c r="B123" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C123" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D123" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="E123" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F123" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="G123" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="H123" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="I123" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3575</v>
+        <v>3534</v>
       </c>
       <c r="B124" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C124" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D124" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="E124" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="F124" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G124" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="H124" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="I124" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>1155</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1156</v>
-      </c>
-[...4 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3581</v>
+        <v>3546</v>
       </c>
       <c r="B125" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C125" t="s">
         <v>1158</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>1159</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>1160</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>1161</v>
       </c>
-      <c r="F125" t="s">
+      <c r="G125" t="s">
         <v>1162</v>
       </c>
-      <c r="G125" t="s">
+      <c r="H125" t="s">
         <v>1163</v>
       </c>
-      <c r="H125" t="s">
+      <c r="I125" t="s">
         <v>1164</v>
       </c>
-      <c r="I125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>27</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1165</v>
-      </c>
-[...16 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3588</v>
+        <v>3552</v>
       </c>
       <c r="B126" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C126" t="s">
         <v>1167</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>1168</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>1169</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>1170</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G126" t="s">
         <v>1171</v>
       </c>
-      <c r="G126" t="s">
+      <c r="H126" t="s">
         <v>1172</v>
       </c>
-      <c r="H126" t="s">
+      <c r="I126" t="s">
         <v>1173</v>
       </c>
-      <c r="I126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>746</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>747</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1174</v>
-      </c>
-[...16 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3591</v>
+        <v>3553</v>
       </c>
       <c r="B127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E127" t="s">
         <v>1178</v>
       </c>
-      <c r="C127" t="s">
+      <c r="F127" t="s">
         <v>1179</v>
       </c>
-      <c r="D127" t="s">
+      <c r="G127" t="s">
         <v>1180</v>
       </c>
-      <c r="E127" t="s">
+      <c r="H127" t="s">
         <v>1181</v>
       </c>
-      <c r="F127" t="s">
+      <c r="I127" t="s">
         <v>1182</v>
       </c>
-      <c r="G127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>48</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1183</v>
-      </c>
-[...22 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3686</v>
+        <v>3566</v>
       </c>
       <c r="B128" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E128" t="s">
         <v>1187</v>
       </c>
-      <c r="C128" t="s">
+      <c r="F128" t="s">
         <v>1188</v>
       </c>
-      <c r="D128" t="s">
+      <c r="G128" t="s">
         <v>1189</v>
       </c>
-      <c r="E128" t="s">
+      <c r="H128" t="s">
         <v>1190</v>
       </c>
-      <c r="F128" t="s">
+      <c r="I128" t="s">
         <v>1191</v>
       </c>
-      <c r="G128" t="s">
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>170</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>171</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1192</v>
-      </c>
-[...22 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3689</v>
+        <v>3567</v>
       </c>
       <c r="B129" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E129" t="s">
         <v>1196</v>
       </c>
-      <c r="C129" t="s">
+      <c r="F129" t="s">
         <v>1197</v>
       </c>
-      <c r="D129" t="s">
+      <c r="G129" t="s">
         <v>1198</v>
       </c>
-      <c r="E129" t="s">
+      <c r="H129" t="s">
         <v>1199</v>
       </c>
-      <c r="F129" t="s">
+      <c r="I129" t="s">
         <v>1200</v>
       </c>
-      <c r="G129" t="s">
+      <c r="J129" t="s">
+        <v>450</v>
+      </c>
+      <c r="K129" t="s">
         <v>1201</v>
       </c>
-      <c r="H129" t="s">
+      <c r="L129" t="s">
+        <v>452</v>
+      </c>
+      <c r="M129" t="s">
         <v>1202</v>
       </c>
-      <c r="I129" t="s">
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1203</v>
-      </c>
-[...16 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3700</v>
+        <v>3573</v>
       </c>
       <c r="B130" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C130" t="s">
         <v>1205</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1206</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1207</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>1208</v>
       </c>
-      <c r="F130" t="s">
+      <c r="G130" t="s">
         <v>1209</v>
       </c>
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1210</v>
       </c>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3701</v>
+        <v>3574</v>
       </c>
       <c r="B131" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C131" t="s">
         <v>1214</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>1215</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>1216</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>1217</v>
       </c>
-      <c r="F131" t="s">
+      <c r="G131" t="s">
         <v>1218</v>
       </c>
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>1219</v>
       </c>
-      <c r="H131" t="s">
+      <c r="I131" t="s">
         <v>1220</v>
       </c>
-      <c r="I131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>170</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>171</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1221</v>
-      </c>
-[...16 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3702</v>
+        <v>3575</v>
       </c>
       <c r="B132" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C132" t="s">
         <v>1223</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>1224</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>1225</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>1226</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G132" t="s">
         <v>1227</v>
       </c>
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>1228</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
         <v>1229</v>
       </c>
-      <c r="I132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1230</v>
       </c>
-      <c r="J132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3706</v>
+        <v>3578</v>
       </c>
       <c r="B133" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C133" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D133" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E133" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F133" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="G133" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="H133" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="I133" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3711</v>
+        <v>3581</v>
       </c>
       <c r="B134" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C134" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D134" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E134" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F134" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="G134" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="H134" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="I134" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3716</v>
+        <v>3586</v>
       </c>
       <c r="B135" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C135" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D135" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="E135" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F135" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G135" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H135" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="I135" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3718</v>
+        <v>3588</v>
       </c>
       <c r="B136" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C136" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D136" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E136" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F136" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="G136" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H136" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="I136" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>170</v>
+        <v>1268</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>171</v>
+        <v>1269</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3719</v>
+        <v>3591</v>
       </c>
       <c r="B137" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3731</v>
+        <v>3602</v>
       </c>
       <c r="B138" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3732</v>
+        <v>3636</v>
       </c>
       <c r="B139" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3753</v>
+        <v>3652</v>
       </c>
       <c r="B140" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3756</v>
+        <v>3686</v>
       </c>
       <c r="B141" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3791</v>
+        <v>3689</v>
       </c>
       <c r="B142" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
-        <v>1321</v>
+        <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L142" t="s">
-        <v>1323</v>
+        <v>26</v>
       </c>
       <c r="M142" t="s">
+        <v>27</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1324</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3854</v>
+        <v>3700</v>
       </c>
       <c r="B143" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C143" t="s">
         <v>1326</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>1327</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>1328</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>1329</v>
       </c>
-      <c r="F143" t="s">
+      <c r="G143" t="s">
         <v>1330</v>
       </c>
-      <c r="G143" t="s">
+      <c r="H143" t="s">
         <v>1331</v>
       </c>
-      <c r="H143" t="s">
+      <c r="I143" t="s">
         <v>1332</v>
       </c>
-      <c r="I143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1333</v>
-      </c>
-[...16 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4176</v>
+        <v>3701</v>
       </c>
       <c r="B144" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C144" t="s">
         <v>1335</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>1336</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>1337</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>1338</v>
       </c>
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>1339</v>
       </c>
-      <c r="G144" t="s">
+      <c r="H144" t="s">
         <v>1340</v>
       </c>
-      <c r="H144" t="s">
+      <c r="I144" t="s">
         <v>1341</v>
       </c>
-      <c r="I144" t="s">
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>25</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>27</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1342</v>
-      </c>
-[...16 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4186</v>
+        <v>3702</v>
       </c>
       <c r="B145" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C145" t="s">
         <v>1344</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>1345</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>1346</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
         <v>1347</v>
       </c>
-      <c r="F145" t="s">
+      <c r="G145" t="s">
         <v>1348</v>
       </c>
-      <c r="G145" t="s">
+      <c r="H145" t="s">
         <v>1349</v>
       </c>
-      <c r="H145" t="s">
+      <c r="I145" t="s">
         <v>1350</v>
       </c>
-      <c r="I145" t="s">
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>47</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>48</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1351</v>
-      </c>
-[...16 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4196</v>
+        <v>3706</v>
       </c>
       <c r="B146" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C146" t="s">
         <v>1353</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>1354</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>1355</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>1356</v>
       </c>
-      <c r="F146" t="s">
+      <c r="G146" t="s">
         <v>1357</v>
       </c>
-      <c r="G146" t="s">
+      <c r="H146" t="s">
         <v>1358</v>
       </c>
-      <c r="H146" t="s">
+      <c r="I146" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4198</v>
+        <v>3711</v>
       </c>
       <c r="B147" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C147" t="s">
         <v>1362</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>1363</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" t="s">
         <v>1364</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>1365</v>
       </c>
-      <c r="F147" t="s">
+      <c r="G147" t="s">
         <v>1366</v>
       </c>
-      <c r="G147" t="s">
+      <c r="H147" t="s">
         <v>1367</v>
       </c>
-      <c r="H147" t="s">
+      <c r="I147" t="s">
         <v>1368</v>
       </c>
-      <c r="I147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>170</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>171</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1369</v>
-      </c>
-[...16 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4202</v>
+        <v>3714</v>
       </c>
       <c r="B148" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C148" t="s">
         <v>1371</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>1372</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>1373</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>1374</v>
       </c>
-      <c r="F148" t="s">
+      <c r="G148" t="s">
         <v>1375</v>
       </c>
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>1376</v>
       </c>
-      <c r="H148" t="s">
+      <c r="I148" t="s">
         <v>1377</v>
-      </c>
-[...1 lines deleted...]
-        <v>1378</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4204</v>
+        <v>3716</v>
       </c>
       <c r="B149" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C149" t="s">
         <v>1380</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>1381</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>1382</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>1383</v>
       </c>
-      <c r="F149" t="s">
+      <c r="G149" t="s">
         <v>1384</v>
       </c>
-      <c r="G149" t="s">
+      <c r="H149" t="s">
         <v>1385</v>
       </c>
-      <c r="H149" t="s">
+      <c r="I149" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4206</v>
+        <v>3718</v>
       </c>
       <c r="B150" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C150" t="s">
         <v>1389</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>1390</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>1391</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>1392</v>
       </c>
-      <c r="F150" t="s">
+      <c r="G150" t="s">
         <v>1393</v>
       </c>
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>1394</v>
       </c>
-      <c r="H150" t="s">
+      <c r="I150" t="s">
         <v>1395</v>
       </c>
-      <c r="I150" t="s">
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>170</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>171</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1396</v>
-      </c>
-[...16 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4211</v>
+        <v>3719</v>
       </c>
       <c r="B151" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C151" t="s">
         <v>1398</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>1399</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>1400</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
         <v>1401</v>
       </c>
-      <c r="F151" t="s">
+      <c r="G151" t="s">
         <v>1402</v>
       </c>
-      <c r="G151" t="s">
+      <c r="H151" t="s">
         <v>1403</v>
       </c>
-      <c r="H151" t="s">
+      <c r="I151" t="s">
         <v>1404</v>
       </c>
-      <c r="I151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>170</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>171</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1405</v>
-      </c>
-[...16 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4243</v>
+        <v>3731</v>
       </c>
       <c r="B152" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C152" t="s">
         <v>1407</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>1408</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" t="s">
         <v>1409</v>
       </c>
-      <c r="E152" t="s">
+      <c r="F152" t="s">
         <v>1410</v>
       </c>
-      <c r="F152" t="s">
+      <c r="G152" t="s">
         <v>1411</v>
       </c>
-      <c r="G152" t="s">
+      <c r="H152" t="s">
         <v>1412</v>
       </c>
-      <c r="H152" t="s">
+      <c r="I152" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4292</v>
+        <v>3732</v>
       </c>
       <c r="B153" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C153" t="s">
         <v>1416</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>1417</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" t="s">
         <v>1418</v>
       </c>
-      <c r="E153" t="s">
+      <c r="F153" t="s">
         <v>1419</v>
       </c>
-      <c r="F153" t="s">
+      <c r="G153" t="s">
         <v>1420</v>
       </c>
-      <c r="G153" t="s">
+      <c r="H153" t="s">
         <v>1421</v>
       </c>
-      <c r="H153" t="s">
+      <c r="I153" t="s">
         <v>1422</v>
       </c>
-      <c r="I153" t="s">
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>170</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>171</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1423</v>
-      </c>
-[...13 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4295</v>
+        <v>3753</v>
       </c>
       <c r="B154" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D154" t="s">
         <v>1426</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1427</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1428</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1429</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1430</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1431</v>
-      </c>
-[...4 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4303</v>
+        <v>3755</v>
       </c>
       <c r="B155" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D155" t="s">
         <v>1435</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>1436</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" t="s">
         <v>1437</v>
       </c>
-      <c r="E155" t="s">
+      <c r="G155" t="s">
         <v>1438</v>
       </c>
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>1439</v>
       </c>
-      <c r="G155" t="s">
+      <c r="I155" t="s">
         <v>1440</v>
       </c>
-      <c r="H155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>170</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>171</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1441</v>
-      </c>
-[...19 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4304</v>
+        <v>3756</v>
       </c>
       <c r="B156" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D156" t="s">
         <v>1444</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1445</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1446</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1447</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1448</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1449</v>
-      </c>
-[...4 lines deleted...]
-        <v>1451</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4308</v>
+        <v>3791</v>
       </c>
       <c r="B157" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D157" t="s">
         <v>1453</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1454</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1455</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1456</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1457</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1458</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
         <v>1459</v>
       </c>
-      <c r="I157" t="s">
+      <c r="K157" t="s">
         <v>1460</v>
       </c>
-      <c r="J157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L157" t="s">
-        <v>26</v>
+        <v>1461</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>1462</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4309</v>
+        <v>3854</v>
       </c>
       <c r="B158" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="C158" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="D158" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="E158" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="F158" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="G158" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="H158" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="I158" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4314</v>
+        <v>4176</v>
       </c>
       <c r="B159" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="C159" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D159" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="E159" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="F159" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="G159" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="H159" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="I159" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4316</v>
+        <v>4186</v>
       </c>
       <c r="B160" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="C160" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D160" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="E160" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="F160" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="G160" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="H160" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="I160" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4318</v>
+        <v>4196</v>
       </c>
       <c r="B161" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="C161" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="D161" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="E161" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="G161" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="H161" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="I161" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4319</v>
+        <v>4198</v>
       </c>
       <c r="B162" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C162" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="D162" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="E162" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="F162" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="G162" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="H162" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="I162" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4322</v>
+        <v>4202</v>
       </c>
       <c r="B163" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C163" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D163" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="E163" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="F163" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="G163" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="H163" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="I163" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4538</v>
+        <v>4204</v>
       </c>
       <c r="B164" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C164" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D164" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="E164" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="F164" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="G164" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="H164" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="I164" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4549</v>
+        <v>4206</v>
       </c>
       <c r="B165" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="E165" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="F165" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="G165" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="H165" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="I165" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4555</v>
+        <v>4211</v>
       </c>
       <c r="B166" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4556</v>
+        <v>4216</v>
       </c>
       <c r="B167" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
-        <v>24</v>
+        <v>1553</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>1554</v>
       </c>
       <c r="L167" t="s">
-        <v>26</v>
+        <v>1555</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>1556</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4558</v>
+        <v>4243</v>
       </c>
       <c r="B168" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="C168" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="D168" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="E168" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="F168" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="G168" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="H168" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="I168" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4559</v>
+        <v>4292</v>
       </c>
       <c r="B169" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="C169" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="D169" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="E169" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="F169" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="G169" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="H169" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="I169" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>47</v>
+        <v>1575</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>48</v>
+        <v>1576</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4560</v>
+        <v>4295</v>
       </c>
       <c r="B170" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C170" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="D170" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="E170" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="F170" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="G170" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="H170" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="I170" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4563</v>
+        <v>4302</v>
       </c>
       <c r="B171" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="C171" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="D171" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="E171" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="F171" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="G171" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="H171" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="I171" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="J171" t="s">
-        <v>24</v>
+        <v>1595</v>
       </c>
       <c r="K171" t="s">
-        <v>170</v>
+        <v>1460</v>
       </c>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>1596</v>
       </c>
       <c r="M171" t="s">
-        <v>171</v>
+        <v>1462</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4564</v>
+        <v>4303</v>
       </c>
       <c r="B172" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
       <c r="C172" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
       <c r="D172" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="E172" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="F172" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="G172" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="H172" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="I172" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="J172" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K172" t="s">
-        <v>1596</v>
+        <v>1230</v>
       </c>
       <c r="L172" t="s">
-        <v>26</v>
+        <v>759</v>
+      </c>
+      <c r="M172" t="s">
+        <v>1231</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4566</v>
+        <v>4304</v>
       </c>
       <c r="B173" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4568</v>
+        <v>4307</v>
       </c>
       <c r="B174" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="C174" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="D174" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="E174" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
       <c r="F174" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="G174" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="H174" t="s">
-        <v>1613</v>
+        <v>1622</v>
       </c>
       <c r="I174" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="J174" t="s">
-        <v>24</v>
+        <v>1553</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>1624</v>
       </c>
       <c r="L174" t="s">
-        <v>26</v>
+        <v>1555</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>1625</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1615</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4704</v>
+        <v>4308</v>
       </c>
       <c r="B175" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
       <c r="C175" t="s">
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="D175" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
       <c r="E175" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="F175" t="s">
-        <v>1620</v>
+        <v>1631</v>
       </c>
       <c r="G175" t="s">
-        <v>1621</v>
+        <v>1632</v>
       </c>
       <c r="H175" t="s">
-        <v>1622</v>
+        <v>1633</v>
       </c>
       <c r="I175" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4706</v>
+        <v>4309</v>
       </c>
       <c r="B176" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="C176" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="D176" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="E176" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="F176" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="G176" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="H176" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
       <c r="I176" t="s">
-        <v>1632</v>
+        <v>1643</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>170</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>171</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1633</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4709</v>
+        <v>4311</v>
       </c>
       <c r="B177" t="s">
-        <v>1634</v>
+        <v>1645</v>
       </c>
       <c r="C177" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="D177" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
       <c r="E177" t="s">
-        <v>1637</v>
+        <v>1648</v>
       </c>
       <c r="F177" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
       <c r="G177" t="s">
-        <v>1639</v>
+        <v>1650</v>
       </c>
       <c r="H177" t="s">
-        <v>1640</v>
+        <v>1651</v>
       </c>
       <c r="I177" t="s">
-        <v>1641</v>
+        <v>1652</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4711</v>
+        <v>4314</v>
       </c>
       <c r="B178" t="s">
-        <v>1643</v>
+        <v>1654</v>
       </c>
       <c r="C178" t="s">
-        <v>1644</v>
+        <v>1655</v>
       </c>
       <c r="D178" t="s">
-        <v>1645</v>
+        <v>1656</v>
       </c>
       <c r="E178" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
       <c r="F178" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="G178" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
       <c r="H178" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
       <c r="I178" t="s">
-        <v>1650</v>
+        <v>1661</v>
       </c>
       <c r="J178" t="s">
-        <v>1651</v>
+        <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1652</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
-        <v>1653</v>
+        <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>1654</v>
+        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4716</v>
+        <v>4316</v>
       </c>
       <c r="B179" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="C179" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="D179" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="E179" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
       <c r="F179" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="G179" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
       <c r="H179" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="I179" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1155</v>
+        <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>1156</v>
+        <v>171</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4717</v>
+        <v>4318</v>
       </c>
       <c r="B180" t="s">
-        <v>1665</v>
+        <v>1672</v>
       </c>
       <c r="C180" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
       <c r="D180" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="E180" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="F180" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="G180" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="H180" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="I180" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4721</v>
+        <v>4319</v>
       </c>
       <c r="B181" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
       <c r="C181" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="D181" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
       <c r="E181" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F181" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="G181" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="H181" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="I181" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1155</v>
+        <v>170</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>1156</v>
+        <v>171</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4722</v>
+        <v>4322</v>
       </c>
       <c r="B182" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="C182" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="D182" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="E182" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="F182" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="G182" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="H182" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="I182" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1691</v>
+        <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
+      <c r="M182" t="s">
+        <v>27</v>
+      </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4792</v>
+        <v>4538</v>
       </c>
       <c r="B183" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="C183" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="D183" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="E183" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="F183" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="G183" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="H183" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="I183" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4801</v>
+        <v>4549</v>
       </c>
       <c r="B184" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="C184" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="D184" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="E184" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="F184" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="G184" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="H184" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="I184" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4810</v>
+        <v>4555</v>
       </c>
       <c r="B185" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="C185" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="D185" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="E185" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="F185" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="G185" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="H185" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="I185" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4811</v>
+        <v>4556</v>
       </c>
       <c r="B186" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="C186" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="D186" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="E186" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="F186" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="G186" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="H186" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="I186" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>1324</v>
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4815</v>
+        <v>4558</v>
       </c>
       <c r="B187" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="C187" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="D187" t="s">
-        <v>1731</v>
+        <v>1737</v>
       </c>
       <c r="E187" t="s">
-        <v>1732</v>
+        <v>1738</v>
       </c>
       <c r="F187" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="G187" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="H187" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="I187" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4817</v>
+        <v>4559</v>
       </c>
       <c r="B188" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="C188" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="D188" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="E188" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="F188" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="G188" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="H188" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="I188" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4850</v>
+        <v>4560</v>
       </c>
       <c r="B189" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
       <c r="C189" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="D189" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="E189" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="F189" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="G189" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="H189" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="I189" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4935</v>
+        <v>4563</v>
       </c>
       <c r="B190" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="C190" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="D190" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="E190" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="F190" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="G190" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="H190" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="I190" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4939</v>
+        <v>4564</v>
       </c>
       <c r="B191" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="C191" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="D191" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="E191" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="F191" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="G191" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="H191" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="I191" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>170</v>
+        <v>1779</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>171</v>
+        <v>1780</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4947</v>
+        <v>4566</v>
       </c>
       <c r="B192" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="C192" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="D192" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="E192" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="F192" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
       <c r="G192" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="H192" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="I192" t="s">
-        <v>1781</v>
+        <v>1789</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1782</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4950</v>
+        <v>4568</v>
       </c>
       <c r="B193" t="s">
-        <v>1783</v>
+        <v>1791</v>
       </c>
       <c r="C193" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="D193" t="s">
-        <v>1785</v>
+        <v>1793</v>
       </c>
       <c r="E193" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="F193" t="s">
-        <v>1787</v>
+        <v>1795</v>
       </c>
       <c r="G193" t="s">
-        <v>1788</v>
+        <v>1796</v>
       </c>
       <c r="H193" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="I193" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>1324</v>
+        <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4958</v>
+        <v>4704</v>
       </c>
       <c r="B194" t="s">
-        <v>1792</v>
+        <v>1800</v>
       </c>
       <c r="C194" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
       <c r="D194" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="E194" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="F194" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="G194" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="H194" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="I194" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1800</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4965</v>
+        <v>4706</v>
       </c>
       <c r="B195" t="s">
-        <v>1801</v>
+        <v>1809</v>
       </c>
       <c r="C195" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
       <c r="D195" t="s">
-        <v>1803</v>
+        <v>1811</v>
       </c>
       <c r="E195" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
       <c r="F195" t="s">
-        <v>1805</v>
+        <v>1813</v>
       </c>
       <c r="G195" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="H195" t="s">
-        <v>1807</v>
+        <v>1815</v>
       </c>
       <c r="I195" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4968</v>
+        <v>4709</v>
       </c>
       <c r="B196" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
       <c r="C196" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="D196" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="E196" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="F196" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
       <c r="G196" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="H196" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="I196" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4969</v>
+        <v>4711</v>
       </c>
       <c r="B197" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="C197" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
       <c r="D197" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="E197" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
       <c r="F197" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
       <c r="G197" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="H197" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="I197" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="J197" t="s">
-        <v>24</v>
+        <v>1835</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>1836</v>
       </c>
       <c r="L197" t="s">
-        <v>26</v>
+        <v>1837</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>1838</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1827</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5037</v>
+        <v>4714</v>
       </c>
       <c r="B198" t="s">
-        <v>1828</v>
+        <v>1840</v>
       </c>
       <c r="C198" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="D198" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="E198" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="F198" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="G198" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="H198" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="I198" t="s">
-        <v>1835</v>
+        <v>1847</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5272</v>
+        <v>4716</v>
       </c>
       <c r="B199" t="s">
-        <v>1837</v>
+        <v>1849</v>
       </c>
       <c r="C199" t="s">
-        <v>1838</v>
+        <v>1850</v>
       </c>
       <c r="D199" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="E199" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
       <c r="F199" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="G199" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="H199" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="I199" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="J199" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>726</v>
+        <v>1230</v>
       </c>
       <c r="L199" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>727</v>
+        <v>1231</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1845</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5273</v>
+        <v>4717</v>
       </c>
       <c r="B200" t="s">
-        <v>1846</v>
+        <v>1858</v>
       </c>
       <c r="C200" t="s">
-        <v>1847</v>
+        <v>1859</v>
       </c>
       <c r="D200" t="s">
-        <v>1848</v>
+        <v>1860</v>
       </c>
       <c r="E200" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
       <c r="F200" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="G200" t="s">
-        <v>1851</v>
+        <v>1863</v>
       </c>
       <c r="H200" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="I200" t="s">
-        <v>1853</v>
+        <v>1865</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1854</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>1855</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5326</v>
+        <v>4721</v>
       </c>
       <c r="B201" t="s">
-        <v>1857</v>
+        <v>1867</v>
       </c>
       <c r="C201" t="s">
-        <v>1858</v>
+        <v>1868</v>
       </c>
       <c r="D201" t="s">
-        <v>1859</v>
+        <v>1869</v>
       </c>
       <c r="E201" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="F201" t="s">
-        <v>1861</v>
+        <v>1871</v>
       </c>
       <c r="G201" t="s">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="H201" t="s">
-        <v>1863</v>
+        <v>1873</v>
       </c>
       <c r="I201" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1865</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5330</v>
+        <v>4722</v>
       </c>
       <c r="B202" t="s">
-        <v>1866</v>
+        <v>1876</v>
       </c>
       <c r="C202" t="s">
-        <v>1867</v>
+        <v>1877</v>
       </c>
       <c r="D202" t="s">
-        <v>1868</v>
+        <v>1878</v>
       </c>
       <c r="E202" t="s">
-        <v>1869</v>
+        <v>1879</v>
       </c>
       <c r="F202" t="s">
-        <v>1870</v>
+        <v>1880</v>
       </c>
       <c r="G202" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="H202" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
       <c r="I202" t="s">
-        <v>1873</v>
+        <v>1883</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>170</v>
+        <v>1884</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>171</v>
+        <v>1885</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1874</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5331</v>
+        <v>4723</v>
       </c>
       <c r="B203" t="s">
-        <v>1875</v>
+        <v>1887</v>
       </c>
       <c r="C203" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="D203" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="E203" t="s">
-        <v>1878</v>
+        <v>1890</v>
       </c>
       <c r="F203" t="s">
-        <v>1879</v>
+        <v>1891</v>
       </c>
       <c r="G203" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="H203" t="s">
-        <v>1881</v>
+        <v>1893</v>
       </c>
       <c r="I203" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>47</v>
+        <v>1895</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>48</v>
+        <v>1896</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1883</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5332</v>
+        <v>4792</v>
       </c>
       <c r="B204" t="s">
-        <v>1884</v>
+        <v>1898</v>
       </c>
       <c r="C204" t="s">
-        <v>1885</v>
+        <v>1899</v>
       </c>
       <c r="D204" t="s">
-        <v>1886</v>
+        <v>1900</v>
       </c>
       <c r="E204" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
       <c r="F204" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="G204" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="H204" t="s">
-        <v>1890</v>
+        <v>1904</v>
       </c>
       <c r="I204" t="s">
-        <v>1891</v>
+        <v>1905</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1892</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5333</v>
+        <v>4801</v>
       </c>
       <c r="B205" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
       <c r="C205" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="D205" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="E205" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="F205" t="s">
-        <v>1897</v>
+        <v>1911</v>
       </c>
       <c r="G205" t="s">
-        <v>1898</v>
+        <v>1912</v>
       </c>
       <c r="H205" t="s">
-        <v>1899</v>
+        <v>1913</v>
       </c>
       <c r="I205" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1901</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5335</v>
+        <v>4810</v>
       </c>
       <c r="B206" t="s">
-        <v>1902</v>
+        <v>1916</v>
       </c>
       <c r="C206" t="s">
-        <v>1903</v>
+        <v>1917</v>
       </c>
       <c r="D206" t="s">
-        <v>1904</v>
+        <v>1918</v>
       </c>
       <c r="E206" t="s">
-        <v>1905</v>
+        <v>1919</v>
       </c>
       <c r="F206" t="s">
-        <v>1906</v>
+        <v>1920</v>
       </c>
       <c r="G206" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
       <c r="H206" t="s">
-        <v>1908</v>
+        <v>1922</v>
       </c>
       <c r="I206" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1910</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5346</v>
+        <v>4811</v>
       </c>
       <c r="B207" t="s">
-        <v>1911</v>
+        <v>1925</v>
       </c>
       <c r="C207" t="s">
-        <v>1912</v>
+        <v>1926</v>
       </c>
       <c r="D207" t="s">
-        <v>1913</v>
+        <v>1927</v>
       </c>
       <c r="E207" t="s">
-        <v>1914</v>
+        <v>1928</v>
       </c>
       <c r="F207" t="s">
-        <v>1915</v>
+        <v>1929</v>
       </c>
       <c r="G207" t="s">
-        <v>1916</v>
+        <v>1930</v>
       </c>
       <c r="H207" t="s">
-        <v>1917</v>
+        <v>1931</v>
       </c>
       <c r="I207" t="s">
-        <v>1918</v>
+        <v>1932</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1919</v>
+        <v>1460</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>1920</v>
+        <v>1462</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5347</v>
+        <v>4815</v>
       </c>
       <c r="B208" t="s">
-        <v>1922</v>
+        <v>1934</v>
       </c>
       <c r="C208" t="s">
-        <v>1923</v>
+        <v>1935</v>
       </c>
       <c r="D208" t="s">
-        <v>1924</v>
+        <v>1936</v>
       </c>
       <c r="E208" t="s">
-        <v>1925</v>
+        <v>1937</v>
       </c>
       <c r="F208" t="s">
-        <v>1926</v>
+        <v>1938</v>
       </c>
       <c r="G208" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="H208" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="I208" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5348</v>
+        <v>4817</v>
       </c>
       <c r="B209" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="C209" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="D209" t="s">
-        <v>1933</v>
+        <v>1945</v>
       </c>
       <c r="E209" t="s">
-        <v>1934</v>
+        <v>1946</v>
       </c>
       <c r="F209" t="s">
-        <v>1935</v>
+        <v>1947</v>
       </c>
       <c r="G209" t="s">
-        <v>1936</v>
+        <v>1948</v>
       </c>
       <c r="H209" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="I209" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5351</v>
+        <v>4850</v>
       </c>
       <c r="B210" t="s">
-        <v>1940</v>
+        <v>1952</v>
       </c>
       <c r="C210" t="s">
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="D210" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
       <c r="E210" t="s">
-        <v>1943</v>
+        <v>1955</v>
       </c>
       <c r="F210" t="s">
-        <v>1944</v>
+        <v>1956</v>
       </c>
       <c r="G210" t="s">
-        <v>1945</v>
+        <v>1957</v>
       </c>
       <c r="H210" t="s">
-        <v>1946</v>
+        <v>1958</v>
       </c>
       <c r="I210" t="s">
-        <v>1947</v>
+        <v>1959</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1948</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5353</v>
+        <v>4935</v>
       </c>
       <c r="B211" t="s">
-        <v>1949</v>
+        <v>1961</v>
       </c>
       <c r="C211" t="s">
-        <v>1950</v>
+        <v>1962</v>
       </c>
       <c r="D211" t="s">
-        <v>1951</v>
+        <v>1963</v>
       </c>
       <c r="E211" t="s">
-        <v>1952</v>
+        <v>1964</v>
       </c>
       <c r="F211" t="s">
-        <v>1953</v>
+        <v>1965</v>
       </c>
       <c r="G211" t="s">
-        <v>1954</v>
+        <v>1966</v>
       </c>
       <c r="H211" t="s">
-        <v>1955</v>
+        <v>1967</v>
       </c>
       <c r="I211" t="s">
-        <v>1956</v>
+        <v>1968</v>
       </c>
       <c r="J211" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>858</v>
+        <v>170</v>
       </c>
       <c r="L211" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>859</v>
+        <v>171</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1957</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5354</v>
+        <v>4939</v>
       </c>
       <c r="B212" t="s">
-        <v>1958</v>
+        <v>1970</v>
       </c>
       <c r="C212" t="s">
-        <v>1959</v>
+        <v>1971</v>
       </c>
       <c r="D212" t="s">
-        <v>1960</v>
+        <v>1972</v>
       </c>
       <c r="E212" t="s">
-        <v>1961</v>
+        <v>1973</v>
       </c>
       <c r="F212" t="s">
-        <v>1962</v>
+        <v>1974</v>
       </c>
       <c r="G212" t="s">
-        <v>1963</v>
+        <v>1975</v>
       </c>
       <c r="H212" t="s">
-        <v>1964</v>
+        <v>1976</v>
       </c>
       <c r="I212" t="s">
-        <v>1965</v>
+        <v>1977</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1966</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5359</v>
+        <v>4947</v>
       </c>
       <c r="B213" t="s">
-        <v>1967</v>
+        <v>1979</v>
       </c>
       <c r="C213" t="s">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="D213" t="s">
-        <v>1969</v>
+        <v>1981</v>
       </c>
       <c r="E213" t="s">
-        <v>1970</v>
+        <v>1982</v>
       </c>
       <c r="F213" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="G213" t="s">
-        <v>1972</v>
+        <v>1984</v>
       </c>
       <c r="H213" t="s">
-        <v>1973</v>
+        <v>1985</v>
       </c>
       <c r="I213" t="s">
-        <v>1974</v>
+        <v>1986</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1975</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5364</v>
+        <v>4950</v>
       </c>
       <c r="B214" t="s">
-        <v>1976</v>
+        <v>1988</v>
       </c>
       <c r="C214" t="s">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="D214" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="E214" t="s">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="F214" t="s">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="G214" t="s">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="H214" t="s">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="I214" t="s">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>47</v>
+        <v>1460</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>48</v>
+        <v>1462</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1984</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5365</v>
+        <v>4958</v>
       </c>
       <c r="B215" t="s">
-        <v>1985</v>
+        <v>1997</v>
       </c>
       <c r="C215" t="s">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="D215" t="s">
-        <v>1987</v>
+        <v>1999</v>
       </c>
       <c r="E215" t="s">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="F215" t="s">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="G215" t="s">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="H215" t="s">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="I215" t="s">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1993</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5367</v>
+        <v>4965</v>
       </c>
       <c r="B216" t="s">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="C216" t="s">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="D216" t="s">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E216" t="s">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="F216" t="s">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="G216" t="s">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="H216" t="s">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I216" t="s">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5368</v>
+        <v>4968</v>
       </c>
       <c r="B217" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="C217" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="D217" t="s">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E217" t="s">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="F217" t="s">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="G217" t="s">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="H217" t="s">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I217" t="s">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2011</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5371</v>
+        <v>4969</v>
       </c>
       <c r="B218" t="s">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="C218" t="s">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="D218" t="s">
-        <v>2014</v>
+        <v>2026</v>
       </c>
       <c r="E218" t="s">
-        <v>2015</v>
+        <v>2027</v>
       </c>
       <c r="F218" t="s">
-        <v>2016</v>
+        <v>2028</v>
       </c>
       <c r="G218" t="s">
-        <v>2017</v>
+        <v>2029</v>
       </c>
       <c r="H218" t="s">
-        <v>2018</v>
+        <v>2030</v>
       </c>
       <c r="I218" t="s">
-        <v>2019</v>
+        <v>2031</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>2020</v>
+        <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>2021</v>
+        <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2022</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5372</v>
+        <v>5037</v>
       </c>
       <c r="B219" t="s">
-        <v>2023</v>
+        <v>2033</v>
       </c>
       <c r="C219" t="s">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="D219" t="s">
-        <v>2025</v>
+        <v>2035</v>
       </c>
       <c r="E219" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="F219" t="s">
-        <v>2027</v>
+        <v>2037</v>
       </c>
       <c r="G219" t="s">
-        <v>2028</v>
+        <v>2038</v>
       </c>
       <c r="H219" t="s">
-        <v>2029</v>
+        <v>2039</v>
       </c>
       <c r="I219" t="s">
-        <v>2030</v>
+        <v>2040</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2031</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5375</v>
+        <v>5272</v>
       </c>
       <c r="B220" t="s">
-        <v>2032</v>
+        <v>2042</v>
       </c>
       <c r="C220" t="s">
-        <v>2033</v>
+        <v>2043</v>
       </c>
       <c r="D220" t="s">
-        <v>2034</v>
+        <v>2044</v>
       </c>
       <c r="E220" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="F220" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
       <c r="G220" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="H220" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="I220" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="J220" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="K220" t="s">
-        <v>273</v>
+        <v>746</v>
       </c>
       <c r="L220" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="M220" t="s">
-        <v>274</v>
+        <v>747</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5377</v>
+        <v>5273</v>
       </c>
       <c r="B221" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="C221" t="s">
-        <v>2042</v>
+        <v>2052</v>
       </c>
       <c r="D221" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="E221" t="s">
-        <v>2044</v>
+        <v>2054</v>
       </c>
       <c r="F221" t="s">
-        <v>2045</v>
+        <v>2055</v>
       </c>
       <c r="G221" t="s">
-        <v>2046</v>
+        <v>2056</v>
       </c>
       <c r="H221" t="s">
-        <v>2047</v>
+        <v>2057</v>
       </c>
       <c r="I221" t="s">
-        <v>2048</v>
+        <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>2059</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>2060</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2049</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5378</v>
+        <v>5326</v>
       </c>
       <c r="B222" t="s">
-        <v>2050</v>
+        <v>2062</v>
       </c>
       <c r="C222" t="s">
-        <v>2051</v>
+        <v>2063</v>
       </c>
       <c r="D222" t="s">
-        <v>2052</v>
+        <v>2064</v>
       </c>
       <c r="E222" t="s">
-        <v>2053</v>
+        <v>2065</v>
       </c>
       <c r="F222" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="G222" t="s">
-        <v>2055</v>
+        <v>2067</v>
       </c>
       <c r="H222" t="s">
-        <v>2056</v>
+        <v>2068</v>
       </c>
       <c r="I222" t="s">
-        <v>2057</v>
+        <v>2069</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2058</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5380</v>
+        <v>5330</v>
       </c>
       <c r="B223" t="s">
-        <v>2059</v>
+        <v>2071</v>
       </c>
       <c r="C223" t="s">
-        <v>2060</v>
+        <v>2072</v>
       </c>
       <c r="D223" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
       <c r="E223" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
       <c r="F223" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
       <c r="G223" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
       <c r="H223" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="I223" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5382</v>
+        <v>5331</v>
       </c>
       <c r="B224" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="C224" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="D224" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="E224" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="F224" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="G224" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="H224" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="I224" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5393</v>
+        <v>5332</v>
       </c>
       <c r="B225" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="C225" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
       <c r="D225" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="E225" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="F225" t="s">
-        <v>2081</v>
+        <v>2093</v>
       </c>
       <c r="G225" t="s">
-        <v>2082</v>
+        <v>2094</v>
       </c>
       <c r="H225" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="I225" t="s">
-        <v>2084</v>
+        <v>2096</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2085</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5394</v>
+        <v>5333</v>
       </c>
       <c r="B226" t="s">
-        <v>2086</v>
+        <v>2098</v>
       </c>
       <c r="C226" t="s">
-        <v>2087</v>
+        <v>2099</v>
       </c>
       <c r="D226" t="s">
-        <v>2088</v>
+        <v>2100</v>
       </c>
       <c r="E226" t="s">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="F226" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="G226" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="H226" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="I226" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5403</v>
+        <v>5335</v>
       </c>
       <c r="B227" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="C227" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
       <c r="D227" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="E227" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="F227" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="G227" t="s">
-        <v>2100</v>
+        <v>2112</v>
       </c>
       <c r="H227" t="s">
-        <v>2101</v>
+        <v>2113</v>
       </c>
       <c r="I227" t="s">
-        <v>2102</v>
+        <v>2114</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>2103</v>
+        <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
+      <c r="M227" t="s">
+        <v>27</v>
+      </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2104</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5431</v>
+        <v>5346</v>
       </c>
       <c r="B228" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
       <c r="C228" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="D228" t="s">
-        <v>2107</v>
+        <v>2118</v>
       </c>
       <c r="E228" t="s">
-        <v>2108</v>
+        <v>2119</v>
       </c>
       <c r="F228" t="s">
-        <v>2109</v>
+        <v>2120</v>
       </c>
       <c r="G228" t="s">
-        <v>2110</v>
+        <v>2121</v>
       </c>
       <c r="H228" t="s">
-        <v>2111</v>
+        <v>2122</v>
       </c>
       <c r="I228" t="s">
-        <v>2112</v>
+        <v>2123</v>
       </c>
       <c r="J228" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>273</v>
+        <v>2124</v>
       </c>
       <c r="L228" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>274</v>
+        <v>2125</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2113</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5433</v>
+        <v>5347</v>
       </c>
       <c r="B229" t="s">
-        <v>2114</v>
+        <v>2127</v>
       </c>
       <c r="C229" t="s">
-        <v>2115</v>
+        <v>2128</v>
       </c>
       <c r="D229" t="s">
-        <v>2116</v>
+        <v>2129</v>
       </c>
       <c r="E229" t="s">
-        <v>2117</v>
+        <v>2130</v>
       </c>
       <c r="F229" t="s">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="G229" t="s">
-        <v>2119</v>
+        <v>2132</v>
       </c>
       <c r="H229" t="s">
-        <v>2120</v>
+        <v>2133</v>
       </c>
       <c r="I229" t="s">
-        <v>2121</v>
+        <v>2134</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>170</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2122</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5435</v>
+        <v>5348</v>
       </c>
       <c r="B230" t="s">
-        <v>2123</v>
+        <v>2136</v>
       </c>
       <c r="C230" t="s">
-        <v>2124</v>
+        <v>2137</v>
       </c>
       <c r="D230" t="s">
-        <v>2125</v>
+        <v>2138</v>
       </c>
       <c r="E230" t="s">
-        <v>2126</v>
+        <v>2139</v>
       </c>
       <c r="F230" t="s">
-        <v>2127</v>
+        <v>2140</v>
       </c>
       <c r="G230" t="s">
-        <v>2128</v>
+        <v>2141</v>
       </c>
       <c r="H230" t="s">
-        <v>2129</v>
+        <v>2142</v>
       </c>
       <c r="I230" t="s">
-        <v>2130</v>
+        <v>2143</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2131</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5436</v>
+        <v>5351</v>
       </c>
       <c r="B231" t="s">
-        <v>2132</v>
+        <v>2145</v>
       </c>
       <c r="C231" t="s">
-        <v>2133</v>
+        <v>2146</v>
       </c>
       <c r="D231" t="s">
-        <v>2134</v>
+        <v>2147</v>
       </c>
       <c r="E231" t="s">
-        <v>2135</v>
+        <v>2148</v>
       </c>
       <c r="F231" t="s">
-        <v>2136</v>
+        <v>2149</v>
       </c>
       <c r="G231" t="s">
-        <v>2137</v>
+        <v>2150</v>
       </c>
       <c r="H231" t="s">
-        <v>2138</v>
+        <v>2151</v>
       </c>
       <c r="I231" t="s">
-        <v>2139</v>
+        <v>2152</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2140</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5437</v>
+        <v>5353</v>
       </c>
       <c r="B232" t="s">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="C232" t="s">
-        <v>2142</v>
+        <v>2155</v>
       </c>
       <c r="D232" t="s">
-        <v>2143</v>
+        <v>2156</v>
       </c>
       <c r="E232" t="s">
-        <v>2144</v>
+        <v>2157</v>
       </c>
       <c r="F232" t="s">
-        <v>2145</v>
+        <v>2158</v>
       </c>
       <c r="G232" t="s">
-        <v>2146</v>
+        <v>2159</v>
       </c>
       <c r="H232" t="s">
-        <v>2147</v>
+        <v>2160</v>
       </c>
       <c r="I232" t="s">
-        <v>2148</v>
+        <v>2161</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2149</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5439</v>
+        <v>5354</v>
       </c>
       <c r="B233" t="s">
-        <v>2150</v>
+        <v>2163</v>
       </c>
       <c r="C233" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
       <c r="D233" t="s">
-        <v>2152</v>
+        <v>2165</v>
       </c>
       <c r="E233" t="s">
-        <v>2153</v>
+        <v>2166</v>
       </c>
       <c r="F233" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="G233" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
       <c r="H233" t="s">
-        <v>2156</v>
+        <v>2169</v>
       </c>
       <c r="I233" t="s">
-        <v>2157</v>
+        <v>2170</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2158</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5456</v>
+        <v>5359</v>
       </c>
       <c r="B234" t="s">
-        <v>2159</v>
+        <v>2172</v>
       </c>
       <c r="C234" t="s">
-        <v>2160</v>
+        <v>2173</v>
       </c>
       <c r="D234" t="s">
-        <v>2161</v>
+        <v>2174</v>
       </c>
       <c r="E234" t="s">
-        <v>2162</v>
+        <v>2175</v>
       </c>
       <c r="F234" t="s">
-        <v>2163</v>
+        <v>2176</v>
       </c>
       <c r="G234" t="s">
-        <v>2164</v>
+        <v>2177</v>
       </c>
       <c r="H234" t="s">
-        <v>2165</v>
+        <v>2178</v>
       </c>
       <c r="I234" t="s">
-        <v>2166</v>
+        <v>2179</v>
       </c>
       <c r="J234" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>1324</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2167</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5474</v>
+        <v>5364</v>
       </c>
       <c r="B235" t="s">
-        <v>2168</v>
+        <v>2181</v>
       </c>
       <c r="C235" t="s">
-        <v>2169</v>
+        <v>2182</v>
       </c>
       <c r="D235" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
       <c r="E235" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="F235" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="G235" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
       <c r="H235" t="s">
-        <v>2174</v>
+        <v>2187</v>
       </c>
       <c r="I235" t="s">
-        <v>2175</v>
+        <v>2188</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2176</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5475</v>
+        <v>5365</v>
       </c>
       <c r="B236" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
       <c r="C236" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="D236" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="E236" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="F236" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="G236" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="H236" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="I236" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5476</v>
+        <v>5367</v>
       </c>
       <c r="B237" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="C237" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="D237" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="E237" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
       <c r="F237" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="G237" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
       <c r="H237" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="I237" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="J237" t="s">
-        <v>2194</v>
+        <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>1155</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
-        <v>2195</v>
+        <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>1156</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2196</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5478</v>
+        <v>5368</v>
       </c>
       <c r="B238" t="s">
-        <v>2197</v>
+        <v>2208</v>
       </c>
       <c r="C238" t="s">
-        <v>2198</v>
+        <v>2209</v>
       </c>
       <c r="D238" t="s">
-        <v>2199</v>
+        <v>2210</v>
       </c>
       <c r="E238" t="s">
-        <v>2200</v>
+        <v>2211</v>
       </c>
       <c r="F238" t="s">
-        <v>2201</v>
+        <v>2212</v>
       </c>
       <c r="G238" t="s">
-        <v>2202</v>
+        <v>2213</v>
       </c>
       <c r="H238" t="s">
-        <v>2203</v>
+        <v>2214</v>
       </c>
       <c r="I238" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5479</v>
+        <v>5371</v>
       </c>
       <c r="B239" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
       <c r="C239" t="s">
-        <v>2207</v>
+        <v>2218</v>
       </c>
       <c r="D239" t="s">
-        <v>2208</v>
+        <v>2219</v>
       </c>
       <c r="E239" t="s">
-        <v>2209</v>
+        <v>2220</v>
       </c>
       <c r="F239" t="s">
-        <v>2210</v>
+        <v>2221</v>
       </c>
       <c r="G239" t="s">
-        <v>2211</v>
+        <v>2222</v>
       </c>
       <c r="H239" t="s">
-        <v>2212</v>
+        <v>2223</v>
       </c>
       <c r="I239" t="s">
-        <v>2213</v>
+        <v>2224</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>569</v>
+        <v>2225</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>570</v>
+        <v>2226</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5482</v>
+        <v>5372</v>
       </c>
       <c r="B240" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
       <c r="C240" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="D240" t="s">
-        <v>2217</v>
+        <v>2230</v>
       </c>
       <c r="E240" t="s">
-        <v>2218</v>
+        <v>2231</v>
       </c>
       <c r="F240" t="s">
-        <v>2219</v>
+        <v>2232</v>
       </c>
       <c r="G240" t="s">
-        <v>2220</v>
+        <v>2233</v>
       </c>
       <c r="H240" t="s">
-        <v>2221</v>
+        <v>2234</v>
       </c>
       <c r="I240" t="s">
-        <v>2222</v>
+        <v>2235</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2223</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5483</v>
+        <v>5375</v>
       </c>
       <c r="B241" t="s">
-        <v>2224</v>
+        <v>2237</v>
       </c>
       <c r="C241" t="s">
-        <v>2225</v>
+        <v>2238</v>
       </c>
       <c r="D241" t="s">
-        <v>2226</v>
+        <v>2239</v>
       </c>
       <c r="E241" t="s">
-        <v>2227</v>
+        <v>2240</v>
       </c>
       <c r="F241" t="s">
-        <v>2228</v>
+        <v>2241</v>
       </c>
       <c r="G241" t="s">
-        <v>2229</v>
+        <v>2242</v>
       </c>
       <c r="H241" t="s">
-        <v>2230</v>
+        <v>2243</v>
       </c>
       <c r="I241" t="s">
-        <v>2231</v>
+        <v>2244</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2232</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5485</v>
+        <v>5377</v>
       </c>
       <c r="B242" t="s">
-        <v>2233</v>
+        <v>2246</v>
       </c>
       <c r="C242" t="s">
-        <v>2234</v>
+        <v>2247</v>
       </c>
       <c r="D242" t="s">
-        <v>2235</v>
+        <v>2248</v>
       </c>
       <c r="E242" t="s">
-        <v>2236</v>
+        <v>2249</v>
       </c>
       <c r="F242" t="s">
-        <v>2237</v>
+        <v>2250</v>
       </c>
       <c r="G242" t="s">
-        <v>2238</v>
+        <v>2251</v>
       </c>
       <c r="H242" t="s">
-        <v>2239</v>
+        <v>2252</v>
       </c>
       <c r="I242" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>2241</v>
+        <v>25</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>2242</v>
+        <v>27</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5487</v>
+        <v>5378</v>
       </c>
       <c r="B243" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="C243" t="s">
-        <v>2245</v>
+        <v>2256</v>
       </c>
       <c r="D243" t="s">
-        <v>2246</v>
+        <v>2257</v>
       </c>
       <c r="E243" t="s">
-        <v>2247</v>
+        <v>2258</v>
       </c>
       <c r="F243" t="s">
-        <v>2248</v>
+        <v>2259</v>
       </c>
       <c r="G243" t="s">
-        <v>2249</v>
+        <v>2260</v>
       </c>
       <c r="H243" t="s">
-        <v>2250</v>
+        <v>2261</v>
       </c>
       <c r="I243" t="s">
-        <v>2251</v>
+        <v>2262</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>2252</v>
+        <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5488</v>
+        <v>5380</v>
       </c>
       <c r="B244" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="C244" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
       <c r="D244" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="E244" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="F244" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="G244" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="H244" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="I244" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5489</v>
+        <v>5382</v>
       </c>
       <c r="B245" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="C245" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
       <c r="D245" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
       <c r="E245" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="F245" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="G245" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="H245" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="I245" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1175</v>
+        <v>170</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>1176</v>
+        <v>171</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5490</v>
+        <v>5393</v>
       </c>
       <c r="B246" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="C246" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="D246" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="E246" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="F246" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="G246" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="H246" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="I246" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="J246" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>2280</v>
+        <v>25</v>
       </c>
       <c r="L246" t="s">
-        <v>441</v>
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5493</v>
+        <v>5394</v>
       </c>
       <c r="B247" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="C247" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="D247" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
       <c r="E247" t="s">
-        <v>2285</v>
+        <v>2294</v>
       </c>
       <c r="F247" t="s">
-        <v>2286</v>
+        <v>2295</v>
       </c>
       <c r="G247" t="s">
-        <v>2287</v>
+        <v>2296</v>
       </c>
       <c r="H247" t="s">
-        <v>2288</v>
+        <v>2297</v>
       </c>
       <c r="I247" t="s">
-        <v>2289</v>
+        <v>2298</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5496</v>
+        <v>5403</v>
       </c>
       <c r="B248" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
       <c r="C248" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
       <c r="D248" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="E248" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="F248" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="G248" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="H248" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
       <c r="I248" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>273</v>
+        <v>2308</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>274</v>
+        <v>2309</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5502</v>
+        <v>5431</v>
       </c>
       <c r="B249" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="C249" t="s">
-        <v>2301</v>
+        <v>2312</v>
       </c>
       <c r="D249" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
       <c r="E249" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
       <c r="F249" t="s">
-        <v>2304</v>
+        <v>2315</v>
       </c>
       <c r="G249" t="s">
-        <v>2305</v>
+        <v>2316</v>
       </c>
       <c r="H249" t="s">
-        <v>2306</v>
+        <v>2317</v>
       </c>
       <c r="I249" t="s">
-        <v>2307</v>
+        <v>2318</v>
       </c>
       <c r="J249" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L249" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2308</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5503</v>
+        <v>5433</v>
       </c>
       <c r="B250" t="s">
-        <v>2309</v>
+        <v>2320</v>
       </c>
       <c r="C250" t="s">
-        <v>2310</v>
+        <v>2321</v>
       </c>
       <c r="D250" t="s">
-        <v>2311</v>
+        <v>2322</v>
       </c>
       <c r="E250" t="s">
-        <v>2312</v>
+        <v>2323</v>
       </c>
       <c r="F250" t="s">
-        <v>2313</v>
+        <v>2324</v>
       </c>
       <c r="G250" t="s">
-        <v>2314</v>
+        <v>2325</v>
       </c>
       <c r="H250" t="s">
-        <v>2315</v>
+        <v>2326</v>
       </c>
       <c r="I250" t="s">
-        <v>2316</v>
+        <v>2327</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2317</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5504</v>
+        <v>5435</v>
       </c>
       <c r="B251" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
       <c r="C251" t="s">
-        <v>2319</v>
+        <v>2330</v>
       </c>
       <c r="D251" t="s">
-        <v>2320</v>
+        <v>2331</v>
       </c>
       <c r="E251" t="s">
-        <v>2321</v>
+        <v>2332</v>
       </c>
       <c r="F251" t="s">
-        <v>2322</v>
+        <v>2333</v>
       </c>
       <c r="G251" t="s">
-        <v>2323</v>
+        <v>2334</v>
       </c>
       <c r="H251" t="s">
-        <v>2324</v>
+        <v>2335</v>
       </c>
       <c r="I251" t="s">
-        <v>2325</v>
+        <v>2336</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2326</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5507</v>
+        <v>5436</v>
       </c>
       <c r="B252" t="s">
-        <v>2327</v>
+        <v>2338</v>
       </c>
       <c r="C252" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="D252" t="s">
-        <v>2329</v>
+        <v>2340</v>
       </c>
       <c r="E252" t="s">
-        <v>2330</v>
+        <v>2341</v>
       </c>
       <c r="F252" t="s">
-        <v>2331</v>
+        <v>2342</v>
       </c>
       <c r="G252" t="s">
-        <v>2332</v>
+        <v>2343</v>
       </c>
       <c r="H252" t="s">
-        <v>2333</v>
+        <v>2344</v>
       </c>
       <c r="I252" t="s">
-        <v>2334</v>
+        <v>2345</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2335</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5509</v>
+        <v>5437</v>
       </c>
       <c r="B253" t="s">
-        <v>2336</v>
+        <v>2347</v>
       </c>
       <c r="C253" t="s">
-        <v>2337</v>
+        <v>2348</v>
       </c>
       <c r="D253" t="s">
-        <v>2338</v>
+        <v>2349</v>
       </c>
       <c r="E253" t="s">
-        <v>2339</v>
+        <v>2350</v>
       </c>
       <c r="F253" t="s">
-        <v>2340</v>
+        <v>2351</v>
       </c>
       <c r="G253" t="s">
-        <v>2341</v>
+        <v>2352</v>
       </c>
       <c r="H253" t="s">
-        <v>2342</v>
+        <v>2353</v>
       </c>
       <c r="I253" t="s">
-        <v>2343</v>
+        <v>2354</v>
       </c>
       <c r="J253" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1155</v>
+        <v>25</v>
       </c>
       <c r="L253" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>1156</v>
+        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2344</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5512</v>
+        <v>5439</v>
       </c>
       <c r="B254" t="s">
-        <v>2345</v>
+        <v>2356</v>
       </c>
       <c r="C254" t="s">
-        <v>2346</v>
+        <v>2357</v>
       </c>
       <c r="D254" t="s">
-        <v>2347</v>
+        <v>2358</v>
       </c>
       <c r="E254" t="s">
-        <v>2348</v>
+        <v>2359</v>
       </c>
       <c r="F254" t="s">
-        <v>2349</v>
+        <v>2360</v>
       </c>
       <c r="G254" t="s">
-        <v>2350</v>
+        <v>2361</v>
       </c>
       <c r="H254" t="s">
-        <v>2351</v>
+        <v>2362</v>
       </c>
       <c r="I254" t="s">
-        <v>2352</v>
+        <v>2363</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2353</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5514</v>
+        <v>5456</v>
       </c>
       <c r="B255" t="s">
-        <v>2354</v>
+        <v>2365</v>
       </c>
       <c r="C255" t="s">
-        <v>2355</v>
+        <v>2366</v>
       </c>
       <c r="D255" t="s">
-        <v>2356</v>
+        <v>2367</v>
       </c>
       <c r="E255" t="s">
-        <v>2357</v>
+        <v>2368</v>
       </c>
       <c r="F255" t="s">
-        <v>2358</v>
+        <v>2369</v>
       </c>
       <c r="G255" t="s">
-        <v>2359</v>
+        <v>2370</v>
       </c>
       <c r="H255" t="s">
-        <v>2360</v>
+        <v>2371</v>
       </c>
       <c r="I255" t="s">
-        <v>2361</v>
+        <v>2372</v>
       </c>
       <c r="J255" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K255" t="s">
-        <v>59</v>
+        <v>1460</v>
       </c>
       <c r="L255" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M255" t="s">
-        <v>61</v>
+        <v>1462</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2362</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5516</v>
+        <v>5474</v>
       </c>
       <c r="B256" t="s">
-        <v>2363</v>
+        <v>2374</v>
       </c>
       <c r="C256" t="s">
-        <v>2364</v>
+        <v>2375</v>
       </c>
       <c r="D256" t="s">
-        <v>2365</v>
+        <v>2376</v>
       </c>
       <c r="E256" t="s">
-        <v>2366</v>
+        <v>2377</v>
       </c>
       <c r="F256" t="s">
-        <v>2367</v>
+        <v>2378</v>
       </c>
       <c r="G256" t="s">
-        <v>2368</v>
+        <v>2379</v>
       </c>
       <c r="H256" t="s">
-        <v>2369</v>
+        <v>2380</v>
       </c>
       <c r="I256" t="s">
-        <v>2370</v>
+        <v>2381</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2371</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5517</v>
+        <v>5475</v>
       </c>
       <c r="B257" t="s">
-        <v>2372</v>
+        <v>2383</v>
       </c>
       <c r="C257" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="D257" t="s">
-        <v>2374</v>
+        <v>2385</v>
       </c>
       <c r="E257" t="s">
-        <v>2375</v>
+        <v>2386</v>
       </c>
       <c r="F257" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
       <c r="G257" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
       <c r="H257" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="I257" t="s">
-        <v>2379</v>
+        <v>2390</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2380</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5518</v>
+        <v>5476</v>
       </c>
       <c r="B258" t="s">
-        <v>2381</v>
+        <v>2392</v>
       </c>
       <c r="C258" t="s">
-        <v>2382</v>
+        <v>2393</v>
       </c>
       <c r="D258" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
       <c r="E258" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
       <c r="F258" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
       <c r="G258" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
       <c r="H258" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="I258" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="J258" t="s">
-        <v>24</v>
+        <v>2400</v>
       </c>
       <c r="K258" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L258" t="s">
-        <v>26</v>
+        <v>2401</v>
       </c>
       <c r="M258" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2389</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5520</v>
+        <v>5478</v>
       </c>
       <c r="B259" t="s">
-        <v>2390</v>
+        <v>2403</v>
       </c>
       <c r="C259" t="s">
-        <v>2391</v>
+        <v>2404</v>
       </c>
       <c r="D259" t="s">
-        <v>2392</v>
+        <v>2405</v>
       </c>
       <c r="E259" t="s">
-        <v>2393</v>
+        <v>2406</v>
       </c>
       <c r="F259" t="s">
-        <v>2394</v>
+        <v>2407</v>
       </c>
       <c r="G259" t="s">
-        <v>2395</v>
+        <v>2408</v>
       </c>
       <c r="H259" t="s">
-        <v>2396</v>
+        <v>2409</v>
       </c>
       <c r="I259" t="s">
-        <v>2397</v>
+        <v>2410</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1155</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>1156</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2398</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5545</v>
+        <v>5479</v>
       </c>
       <c r="B260" t="s">
-        <v>2399</v>
+        <v>2412</v>
       </c>
       <c r="C260" t="s">
-        <v>2400</v>
+        <v>2413</v>
       </c>
       <c r="D260" t="s">
-        <v>2401</v>
+        <v>2414</v>
       </c>
       <c r="E260" t="s">
-        <v>2402</v>
+        <v>2415</v>
       </c>
       <c r="F260" t="s">
-        <v>2403</v>
+        <v>2416</v>
       </c>
       <c r="G260" t="s">
-        <v>2404</v>
+        <v>2417</v>
       </c>
       <c r="H260" t="s">
-        <v>2405</v>
+        <v>2418</v>
       </c>
       <c r="I260" t="s">
-        <v>2406</v>
+        <v>2419</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2407</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5657</v>
+        <v>5482</v>
       </c>
       <c r="B261" t="s">
-        <v>2408</v>
+        <v>2421</v>
       </c>
       <c r="C261" t="s">
-        <v>2409</v>
+        <v>2422</v>
       </c>
       <c r="D261" t="s">
-        <v>2410</v>
+        <v>2423</v>
       </c>
       <c r="E261" t="s">
-        <v>2411</v>
+        <v>2424</v>
       </c>
       <c r="F261" t="s">
-        <v>2412</v>
+        <v>2425</v>
       </c>
       <c r="G261" t="s">
-        <v>2413</v>
+        <v>2426</v>
       </c>
       <c r="H261" t="s">
-        <v>2414</v>
+        <v>2427</v>
       </c>
       <c r="I261" t="s">
-        <v>2415</v>
+        <v>2428</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2416</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5733</v>
+        <v>5483</v>
       </c>
       <c r="B262" t="s">
-        <v>2417</v>
+        <v>2430</v>
       </c>
       <c r="C262" t="s">
-        <v>2418</v>
+        <v>2431</v>
       </c>
       <c r="D262" t="s">
-        <v>2419</v>
+        <v>2432</v>
       </c>
       <c r="E262" t="s">
-        <v>2420</v>
+        <v>2433</v>
       </c>
       <c r="F262" t="s">
-        <v>2421</v>
+        <v>2434</v>
       </c>
       <c r="G262" t="s">
-        <v>2422</v>
+        <v>2435</v>
       </c>
       <c r="H262" t="s">
-        <v>2423</v>
+        <v>2436</v>
       </c>
       <c r="I262" t="s">
-        <v>2424</v>
+        <v>2437</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2425</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5787</v>
+        <v>5485</v>
       </c>
       <c r="B263" t="s">
-        <v>2426</v>
+        <v>2439</v>
       </c>
       <c r="C263" t="s">
-        <v>2427</v>
+        <v>2440</v>
       </c>
       <c r="D263" t="s">
-        <v>2428</v>
+        <v>2441</v>
       </c>
       <c r="E263" t="s">
-        <v>2429</v>
+        <v>2442</v>
       </c>
       <c r="F263" t="s">
-        <v>2430</v>
+        <v>2443</v>
       </c>
       <c r="G263" t="s">
-        <v>2431</v>
+        <v>2444</v>
       </c>
       <c r="H263" t="s">
-        <v>2432</v>
+        <v>2445</v>
       </c>
       <c r="I263" t="s">
-        <v>2433</v>
+        <v>2446</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>170</v>
+        <v>2447</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>171</v>
+        <v>2448</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2434</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5792</v>
+        <v>5487</v>
       </c>
       <c r="B264" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
       <c r="C264" t="s">
-        <v>2436</v>
+        <v>2451</v>
       </c>
       <c r="D264" t="s">
-        <v>2437</v>
+        <v>2452</v>
       </c>
       <c r="E264" t="s">
-        <v>2438</v>
+        <v>2453</v>
       </c>
       <c r="F264" t="s">
-        <v>2439</v>
+        <v>2454</v>
       </c>
       <c r="G264" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="H264" t="s">
-        <v>2441</v>
+        <v>2456</v>
       </c>
       <c r="I264" t="s">
-        <v>2442</v>
+        <v>2457</v>
       </c>
       <c r="J264" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>440</v>
+        <v>2458</v>
       </c>
       <c r="L264" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>442</v>
+        <v>2459</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2443</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5794</v>
+        <v>5488</v>
       </c>
       <c r="B265" t="s">
-        <v>2444</v>
+        <v>2461</v>
       </c>
       <c r="C265" t="s">
-        <v>2445</v>
+        <v>2462</v>
       </c>
       <c r="D265" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="E265" t="s">
-        <v>2447</v>
+        <v>2464</v>
       </c>
       <c r="F265" t="s">
-        <v>2448</v>
+        <v>2465</v>
       </c>
       <c r="G265" t="s">
-        <v>2449</v>
+        <v>2466</v>
       </c>
       <c r="H265" t="s">
-        <v>2450</v>
+        <v>2467</v>
       </c>
       <c r="I265" t="s">
-        <v>2451</v>
+        <v>2468</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>170</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>171</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2452</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5795</v>
+        <v>5489</v>
       </c>
       <c r="B266" t="s">
-        <v>2453</v>
+        <v>2470</v>
       </c>
       <c r="C266" t="s">
-        <v>2454</v>
+        <v>2471</v>
       </c>
       <c r="D266" t="s">
-        <v>2455</v>
+        <v>2472</v>
       </c>
       <c r="E266" t="s">
-        <v>2456</v>
+        <v>2473</v>
       </c>
       <c r="F266" t="s">
-        <v>2457</v>
+        <v>2474</v>
       </c>
       <c r="G266" t="s">
-        <v>2458</v>
+        <v>2475</v>
       </c>
       <c r="H266" t="s">
-        <v>2459</v>
+        <v>2476</v>
       </c>
       <c r="I266" t="s">
-        <v>2460</v>
+        <v>2477</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>47</v>
+        <v>1268</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>48</v>
+        <v>1269</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2461</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5796</v>
+        <v>5490</v>
       </c>
       <c r="B267" t="s">
-        <v>2462</v>
+        <v>2479</v>
       </c>
       <c r="C267" t="s">
-        <v>2463</v>
+        <v>2480</v>
       </c>
       <c r="D267" t="s">
-        <v>2464</v>
+        <v>2481</v>
       </c>
       <c r="E267" t="s">
-        <v>2465</v>
+        <v>2482</v>
       </c>
       <c r="F267" t="s">
-        <v>2466</v>
+        <v>2483</v>
       </c>
       <c r="G267" t="s">
-        <v>2467</v>
+        <v>2484</v>
       </c>
       <c r="H267" t="s">
-        <v>2468</v>
+        <v>2485</v>
       </c>
       <c r="I267" t="s">
-        <v>2469</v>
+        <v>2486</v>
       </c>
       <c r="J267" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K267" t="s">
-        <v>170</v>
+        <v>2487</v>
       </c>
       <c r="L267" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M267" t="s">
-        <v>171</v>
+        <v>2488</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2470</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5798</v>
+        <v>5493</v>
       </c>
       <c r="B268" t="s">
-        <v>2471</v>
+        <v>2490</v>
       </c>
       <c r="C268" t="s">
-        <v>2472</v>
+        <v>2491</v>
       </c>
       <c r="D268" t="s">
-        <v>2473</v>
+        <v>2492</v>
       </c>
       <c r="E268" t="s">
-        <v>2474</v>
+        <v>2493</v>
       </c>
       <c r="F268" t="s">
-        <v>2475</v>
+        <v>2494</v>
       </c>
       <c r="G268" t="s">
-        <v>2476</v>
+        <v>2495</v>
       </c>
       <c r="H268" t="s">
-        <v>2477</v>
+        <v>2496</v>
       </c>
       <c r="I268" t="s">
-        <v>2478</v>
+        <v>2497</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2479</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5799</v>
+        <v>5496</v>
       </c>
       <c r="B269" t="s">
-        <v>2480</v>
+        <v>2499</v>
       </c>
       <c r="C269" t="s">
-        <v>2481</v>
+        <v>2500</v>
       </c>
       <c r="D269" t="s">
-        <v>2482</v>
+        <v>2501</v>
       </c>
       <c r="E269" t="s">
-        <v>2483</v>
+        <v>2502</v>
       </c>
       <c r="F269" t="s">
-        <v>2484</v>
+        <v>2503</v>
       </c>
       <c r="G269" t="s">
-        <v>2485</v>
+        <v>2504</v>
       </c>
       <c r="H269" t="s">
-        <v>2486</v>
+        <v>2505</v>
       </c>
       <c r="I269" t="s">
-        <v>2487</v>
+        <v>2506</v>
       </c>
       <c r="J269" t="s">
-        <v>1651</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>858</v>
+        <v>274</v>
       </c>
       <c r="L269" t="s">
-        <v>1653</v>
+        <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>859</v>
+        <v>276</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2488</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5803</v>
+        <v>5502</v>
       </c>
       <c r="B270" t="s">
-        <v>2489</v>
+        <v>2508</v>
       </c>
       <c r="C270" t="s">
-        <v>2490</v>
+        <v>2509</v>
       </c>
       <c r="D270" t="s">
-        <v>2491</v>
+        <v>2510</v>
       </c>
       <c r="E270" t="s">
-        <v>2492</v>
+        <v>2511</v>
       </c>
       <c r="F270" t="s">
-        <v>2493</v>
+        <v>2512</v>
       </c>
       <c r="G270" t="s">
-        <v>2494</v>
+        <v>2513</v>
       </c>
       <c r="H270" t="s">
-        <v>2495</v>
+        <v>2514</v>
       </c>
       <c r="I270" t="s">
-        <v>2496</v>
+        <v>2515</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2497</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5805</v>
+        <v>5503</v>
       </c>
       <c r="B271" t="s">
-        <v>2498</v>
+        <v>2517</v>
       </c>
       <c r="C271" t="s">
-        <v>2499</v>
+        <v>2518</v>
       </c>
       <c r="D271" t="s">
-        <v>2500</v>
+        <v>2519</v>
       </c>
       <c r="E271" t="s">
-        <v>2501</v>
+        <v>2520</v>
       </c>
       <c r="F271" t="s">
-        <v>2502</v>
+        <v>2521</v>
       </c>
       <c r="G271" t="s">
-        <v>2503</v>
+        <v>2522</v>
       </c>
       <c r="H271" t="s">
-        <v>2504</v>
+        <v>2523</v>
       </c>
       <c r="I271" t="s">
-        <v>2505</v>
+        <v>2524</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2506</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5808</v>
+        <v>5504</v>
       </c>
       <c r="B272" t="s">
-        <v>2507</v>
+        <v>2526</v>
       </c>
       <c r="C272" t="s">
-        <v>2508</v>
+        <v>2527</v>
       </c>
       <c r="D272" t="s">
-        <v>2509</v>
+        <v>2528</v>
       </c>
       <c r="E272" t="s">
-        <v>2510</v>
+        <v>2529</v>
       </c>
       <c r="F272" t="s">
-        <v>2511</v>
+        <v>2530</v>
       </c>
       <c r="G272" t="s">
-        <v>2512</v>
+        <v>2531</v>
       </c>
       <c r="H272" t="s">
-        <v>2513</v>
+        <v>2532</v>
       </c>
       <c r="I272" t="s">
-        <v>2514</v>
+        <v>2533</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2515</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5811</v>
+        <v>5507</v>
       </c>
       <c r="B273" t="s">
-        <v>2516</v>
+        <v>2535</v>
       </c>
       <c r="C273" t="s">
-        <v>2517</v>
+        <v>2536</v>
       </c>
       <c r="D273" t="s">
-        <v>2518</v>
+        <v>2537</v>
       </c>
       <c r="E273" t="s">
-        <v>2519</v>
+        <v>2538</v>
       </c>
       <c r="F273" t="s">
-        <v>2520</v>
+        <v>2539</v>
       </c>
       <c r="G273" t="s">
-        <v>2521</v>
+        <v>2540</v>
       </c>
       <c r="H273" t="s">
-        <v>2522</v>
+        <v>2541</v>
       </c>
       <c r="I273" t="s">
-        <v>2523</v>
+        <v>2542</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2524</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5819</v>
+        <v>5509</v>
       </c>
       <c r="B274" t="s">
-        <v>2525</v>
+        <v>2544</v>
       </c>
       <c r="C274" t="s">
-        <v>2526</v>
+        <v>2545</v>
       </c>
       <c r="D274" t="s">
-        <v>2527</v>
+        <v>2546</v>
       </c>
       <c r="E274" t="s">
-        <v>2528</v>
+        <v>2547</v>
       </c>
       <c r="F274" t="s">
-        <v>2529</v>
+        <v>2548</v>
       </c>
       <c r="G274" t="s">
-        <v>2530</v>
+        <v>2549</v>
       </c>
       <c r="H274" t="s">
-        <v>2531</v>
+        <v>2550</v>
       </c>
       <c r="I274" t="s">
-        <v>2532</v>
+        <v>2551</v>
       </c>
       <c r="J274" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L274" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2533</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5830</v>
+        <v>5512</v>
       </c>
       <c r="B275" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
       <c r="C275" t="s">
-        <v>2535</v>
+        <v>2554</v>
       </c>
       <c r="D275" t="s">
-        <v>2536</v>
+        <v>2555</v>
       </c>
       <c r="E275" t="s">
-        <v>2537</v>
+        <v>2556</v>
       </c>
       <c r="F275" t="s">
-        <v>2538</v>
+        <v>2557</v>
       </c>
       <c r="G275" t="s">
-        <v>2539</v>
+        <v>2558</v>
       </c>
       <c r="H275" t="s">
-        <v>2540</v>
+        <v>2559</v>
       </c>
       <c r="I275" t="s">
-        <v>2541</v>
+        <v>2560</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2542</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5863</v>
+        <v>5514</v>
       </c>
       <c r="B276" t="s">
-        <v>2543</v>
+        <v>2562</v>
       </c>
       <c r="C276" t="s">
-        <v>2544</v>
+        <v>2563</v>
       </c>
       <c r="D276" t="s">
-        <v>2545</v>
+        <v>2564</v>
       </c>
       <c r="E276" t="s">
-        <v>2546</v>
+        <v>2565</v>
       </c>
       <c r="F276" t="s">
-        <v>2547</v>
+        <v>2566</v>
       </c>
       <c r="G276" t="s">
-        <v>2548</v>
+        <v>2567</v>
       </c>
       <c r="H276" t="s">
-        <v>2549</v>
+        <v>2568</v>
       </c>
       <c r="I276" t="s">
-        <v>2550</v>
+        <v>2569</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2551</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5866</v>
+        <v>5516</v>
       </c>
       <c r="B277" t="s">
-        <v>2552</v>
+        <v>2571</v>
       </c>
       <c r="C277" t="s">
-        <v>2553</v>
+        <v>2572</v>
       </c>
       <c r="D277" t="s">
-        <v>2554</v>
+        <v>2573</v>
       </c>
       <c r="E277" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="F277" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
       <c r="G277" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="H277" t="s">
-        <v>2558</v>
+        <v>2577</v>
       </c>
       <c r="I277" t="s">
-        <v>2559</v>
+        <v>2578</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2560</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5888</v>
+        <v>5517</v>
       </c>
       <c r="B278" t="s">
-        <v>2561</v>
+        <v>2580</v>
       </c>
       <c r="C278" t="s">
-        <v>2562</v>
+        <v>2581</v>
       </c>
       <c r="D278" t="s">
-        <v>2563</v>
+        <v>2582</v>
       </c>
       <c r="E278" t="s">
-        <v>2564</v>
+        <v>2583</v>
       </c>
       <c r="F278" t="s">
-        <v>2565</v>
+        <v>2584</v>
       </c>
       <c r="G278" t="s">
-        <v>2566</v>
+        <v>2585</v>
       </c>
       <c r="H278" t="s">
-        <v>2567</v>
+        <v>2586</v>
       </c>
       <c r="I278" t="s">
-        <v>2568</v>
+        <v>2587</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2569</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5889</v>
+        <v>5518</v>
       </c>
       <c r="B279" t="s">
-        <v>2570</v>
+        <v>2589</v>
       </c>
       <c r="C279" t="s">
-        <v>2571</v>
+        <v>2590</v>
       </c>
       <c r="D279" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="E279" t="s">
-        <v>2573</v>
+        <v>2592</v>
       </c>
       <c r="F279" t="s">
-        <v>2574</v>
+        <v>2593</v>
       </c>
       <c r="G279" t="s">
-        <v>2575</v>
+        <v>2594</v>
       </c>
       <c r="H279" t="s">
-        <v>2576</v>
+        <v>2595</v>
       </c>
       <c r="I279" t="s">
-        <v>2577</v>
+        <v>2596</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
         <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2578</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5907</v>
+        <v>5520</v>
       </c>
       <c r="B280" t="s">
-        <v>2579</v>
+        <v>2598</v>
       </c>
       <c r="C280" t="s">
-        <v>2580</v>
+        <v>2599</v>
       </c>
       <c r="D280" t="s">
-        <v>2581</v>
+        <v>2600</v>
       </c>
       <c r="E280" t="s">
-        <v>2582</v>
+        <v>2601</v>
       </c>
       <c r="F280" t="s">
-        <v>2583</v>
+        <v>2602</v>
       </c>
       <c r="G280" t="s">
-        <v>2584</v>
+        <v>2603</v>
       </c>
       <c r="H280" t="s">
-        <v>2585</v>
+        <v>2604</v>
       </c>
       <c r="I280" t="s">
-        <v>2586</v>
+        <v>2605</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2587</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5913</v>
+        <v>5545</v>
       </c>
       <c r="B281" t="s">
-        <v>2588</v>
+        <v>2607</v>
       </c>
       <c r="C281" t="s">
-        <v>2589</v>
+        <v>2608</v>
       </c>
       <c r="D281" t="s">
-        <v>2590</v>
+        <v>2609</v>
       </c>
       <c r="E281" t="s">
-        <v>2591</v>
+        <v>2610</v>
       </c>
       <c r="F281" t="s">
-        <v>2592</v>
+        <v>2611</v>
       </c>
       <c r="G281" t="s">
-        <v>2593</v>
+        <v>2612</v>
       </c>
       <c r="H281" t="s">
-        <v>2594</v>
+        <v>2613</v>
       </c>
       <c r="I281" t="s">
-        <v>2595</v>
+        <v>2614</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2596</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5915</v>
+        <v>5657</v>
       </c>
       <c r="B282" t="s">
-        <v>2597</v>
+        <v>2616</v>
       </c>
       <c r="C282" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="D282" t="s">
-        <v>2599</v>
+        <v>2618</v>
       </c>
       <c r="E282" t="s">
-        <v>2600</v>
+        <v>2619</v>
       </c>
       <c r="F282" t="s">
-        <v>2601</v>
+        <v>2620</v>
       </c>
       <c r="G282" t="s">
-        <v>2602</v>
+        <v>2621</v>
       </c>
       <c r="H282" t="s">
-        <v>2603</v>
+        <v>2622</v>
       </c>
       <c r="I282" t="s">
-        <v>2604</v>
+        <v>2623</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2605</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5927</v>
+        <v>5733</v>
       </c>
       <c r="B283" t="s">
-        <v>2606</v>
+        <v>2625</v>
       </c>
       <c r="C283" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="D283" t="s">
-        <v>2608</v>
+        <v>2627</v>
       </c>
       <c r="E283" t="s">
-        <v>2609</v>
+        <v>2628</v>
       </c>
       <c r="F283" t="s">
-        <v>2610</v>
+        <v>2629</v>
       </c>
       <c r="G283" t="s">
-        <v>2611</v>
+        <v>2630</v>
       </c>
       <c r="H283" t="s">
-        <v>2612</v>
+        <v>2631</v>
       </c>
       <c r="I283" t="s">
-        <v>2613</v>
+        <v>2632</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2614</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5928</v>
+        <v>5787</v>
       </c>
       <c r="B284" t="s">
-        <v>2615</v>
+        <v>2634</v>
       </c>
       <c r="C284" t="s">
-        <v>2616</v>
+        <v>2635</v>
       </c>
       <c r="D284" t="s">
-        <v>2617</v>
+        <v>2636</v>
       </c>
       <c r="E284" t="s">
-        <v>2618</v>
+        <v>2637</v>
       </c>
       <c r="F284" t="s">
-        <v>2619</v>
+        <v>2638</v>
       </c>
       <c r="G284" t="s">
-        <v>2620</v>
+        <v>2639</v>
       </c>
       <c r="H284" t="s">
-        <v>2621</v>
+        <v>2640</v>
       </c>
       <c r="I284" t="s">
-        <v>2622</v>
+        <v>2641</v>
       </c>
       <c r="J284" t="s">
-        <v>2623</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>2624</v>
+        <v>170</v>
       </c>
       <c r="L284" t="s">
-        <v>2625</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>2626</v>
+        <v>171</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2627</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5931</v>
+        <v>5792</v>
       </c>
       <c r="B285" t="s">
-        <v>2628</v>
+        <v>2643</v>
       </c>
       <c r="C285" t="s">
-        <v>2629</v>
+        <v>2644</v>
       </c>
       <c r="D285" t="s">
-        <v>2630</v>
+        <v>2645</v>
       </c>
       <c r="E285" t="s">
-        <v>2631</v>
+        <v>2646</v>
       </c>
       <c r="F285" t="s">
-        <v>2632</v>
+        <v>2647</v>
       </c>
       <c r="G285" t="s">
-        <v>2633</v>
+        <v>2648</v>
       </c>
       <c r="H285" t="s">
-        <v>2634</v>
+        <v>2649</v>
       </c>
       <c r="I285" t="s">
-        <v>2635</v>
+        <v>2650</v>
       </c>
       <c r="J285" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K285" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L285" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M285" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2636</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5932</v>
+        <v>5794</v>
       </c>
       <c r="B286" t="s">
-        <v>2637</v>
+        <v>2652</v>
       </c>
       <c r="C286" t="s">
-        <v>2638</v>
+        <v>2653</v>
       </c>
       <c r="D286" t="s">
-        <v>2639</v>
+        <v>2654</v>
       </c>
       <c r="E286" t="s">
-        <v>2640</v>
+        <v>2655</v>
       </c>
       <c r="F286" t="s">
-        <v>2641</v>
+        <v>2656</v>
       </c>
       <c r="G286" t="s">
-        <v>2642</v>
+        <v>2657</v>
       </c>
       <c r="H286" t="s">
-        <v>2643</v>
+        <v>2658</v>
       </c>
       <c r="I286" t="s">
-        <v>2644</v>
+        <v>2659</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>170</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2645</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5934</v>
+        <v>5795</v>
       </c>
       <c r="B287" t="s">
-        <v>2646</v>
+        <v>2661</v>
       </c>
       <c r="C287" t="s">
-        <v>2647</v>
+        <v>2662</v>
       </c>
       <c r="D287" t="s">
-        <v>2648</v>
+        <v>2663</v>
       </c>
       <c r="E287" t="s">
-        <v>2649</v>
+        <v>2664</v>
       </c>
       <c r="F287" t="s">
-        <v>2650</v>
+        <v>2665</v>
       </c>
       <c r="G287" t="s">
-        <v>2651</v>
+        <v>2666</v>
       </c>
       <c r="H287" t="s">
-        <v>2652</v>
+        <v>2667</v>
       </c>
       <c r="I287" t="s">
-        <v>2653</v>
+        <v>2668</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2654</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5953</v>
+        <v>5796</v>
       </c>
       <c r="B288" t="s">
-        <v>2655</v>
+        <v>2670</v>
       </c>
       <c r="C288" t="s">
-        <v>2656</v>
+        <v>2671</v>
       </c>
       <c r="D288" t="s">
-        <v>2657</v>
+        <v>2672</v>
       </c>
       <c r="E288" t="s">
-        <v>2658</v>
+        <v>2673</v>
       </c>
       <c r="F288" t="s">
-        <v>2659</v>
+        <v>2674</v>
       </c>
       <c r="G288" t="s">
-        <v>2660</v>
+        <v>2675</v>
       </c>
       <c r="H288" t="s">
-        <v>2661</v>
+        <v>2676</v>
       </c>
       <c r="I288" t="s">
-        <v>2662</v>
+        <v>2677</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2663</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5981</v>
+        <v>5798</v>
       </c>
       <c r="B289" t="s">
-        <v>2664</v>
+        <v>2679</v>
       </c>
       <c r="C289" t="s">
-        <v>2665</v>
+        <v>2680</v>
       </c>
       <c r="D289" t="s">
-        <v>2666</v>
+        <v>2681</v>
       </c>
       <c r="E289" t="s">
-        <v>2667</v>
+        <v>2682</v>
       </c>
       <c r="F289" t="s">
-        <v>2668</v>
+        <v>2683</v>
       </c>
       <c r="G289" t="s">
-        <v>2669</v>
+        <v>2684</v>
       </c>
       <c r="H289" t="s">
-        <v>2670</v>
+        <v>2685</v>
       </c>
       <c r="I289" t="s">
-        <v>2671</v>
+        <v>2686</v>
       </c>
       <c r="J289" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>2672</v>
+        <v>170</v>
       </c>
       <c r="L289" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>2673</v>
+        <v>171</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2674</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5986</v>
+        <v>5799</v>
       </c>
       <c r="B290" t="s">
-        <v>2675</v>
+        <v>2688</v>
       </c>
       <c r="C290" t="s">
-        <v>2676</v>
+        <v>2689</v>
       </c>
       <c r="D290" t="s">
-        <v>2677</v>
+        <v>2690</v>
       </c>
       <c r="E290" t="s">
-        <v>2678</v>
+        <v>2691</v>
       </c>
       <c r="F290" t="s">
-        <v>2679</v>
+        <v>2692</v>
       </c>
       <c r="G290" t="s">
-        <v>2680</v>
+        <v>2693</v>
       </c>
       <c r="H290" t="s">
-        <v>2681</v>
+        <v>2694</v>
       </c>
       <c r="I290" t="s">
-        <v>2682</v>
+        <v>2695</v>
       </c>
       <c r="J290" t="s">
-        <v>24</v>
+        <v>1835</v>
       </c>
       <c r="K290" t="s">
-        <v>170</v>
+        <v>905</v>
       </c>
       <c r="L290" t="s">
-        <v>26</v>
+        <v>1837</v>
       </c>
       <c r="M290" t="s">
-        <v>171</v>
+        <v>906</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2683</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5989</v>
+        <v>5803</v>
       </c>
       <c r="B291" t="s">
-        <v>2684</v>
+        <v>2697</v>
       </c>
       <c r="C291" t="s">
-        <v>2685</v>
+        <v>2698</v>
       </c>
       <c r="D291" t="s">
-        <v>2686</v>
+        <v>2699</v>
       </c>
       <c r="E291" t="s">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="F291" t="s">
-        <v>2688</v>
+        <v>2701</v>
       </c>
       <c r="G291" t="s">
-        <v>2689</v>
+        <v>2702</v>
       </c>
       <c r="H291" t="s">
-        <v>2690</v>
+        <v>2703</v>
       </c>
       <c r="I291" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>1854</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>1855</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6018</v>
+        <v>5805</v>
       </c>
       <c r="B292" t="s">
-        <v>2693</v>
+        <v>2706</v>
       </c>
       <c r="C292" t="s">
-        <v>2694</v>
+        <v>2707</v>
       </c>
       <c r="D292" t="s">
-        <v>2695</v>
+        <v>2708</v>
       </c>
       <c r="E292" t="s">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="F292" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="G292" t="s">
-        <v>2698</v>
+        <v>2711</v>
       </c>
       <c r="H292" t="s">
-        <v>2699</v>
+        <v>2712</v>
       </c>
       <c r="I292" t="s">
-        <v>2700</v>
+        <v>2713</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2701</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6021</v>
+        <v>5808</v>
       </c>
       <c r="B293" t="s">
-        <v>2702</v>
+        <v>2715</v>
       </c>
       <c r="C293" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
       <c r="D293" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="E293" t="s">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="F293" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="G293" t="s">
-        <v>2707</v>
+        <v>2720</v>
       </c>
       <c r="H293" t="s">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="I293" t="s">
-        <v>2709</v>
+        <v>2722</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2710</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6076</v>
+        <v>5811</v>
       </c>
       <c r="B294" t="s">
-        <v>2711</v>
+        <v>2724</v>
       </c>
       <c r="C294" t="s">
-        <v>2712</v>
+        <v>2725</v>
       </c>
       <c r="D294" t="s">
-        <v>2713</v>
+        <v>2726</v>
       </c>
       <c r="E294" t="s">
-        <v>2714</v>
+        <v>2727</v>
       </c>
       <c r="F294" t="s">
-        <v>2715</v>
+        <v>2728</v>
       </c>
       <c r="G294" t="s">
-        <v>2716</v>
+        <v>2729</v>
       </c>
       <c r="H294" t="s">
-        <v>2717</v>
+        <v>2730</v>
       </c>
       <c r="I294" t="s">
-        <v>2718</v>
+        <v>2731</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2719</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6082</v>
+        <v>5819</v>
       </c>
       <c r="B295" t="s">
-        <v>2720</v>
+        <v>2733</v>
       </c>
       <c r="C295" t="s">
-        <v>2721</v>
+        <v>2734</v>
       </c>
       <c r="D295" t="s">
-        <v>2722</v>
+        <v>2735</v>
       </c>
       <c r="E295" t="s">
-        <v>2723</v>
+        <v>2736</v>
       </c>
       <c r="F295" t="s">
-        <v>2724</v>
+        <v>2737</v>
       </c>
       <c r="G295" t="s">
-        <v>2725</v>
+        <v>2738</v>
       </c>
       <c r="H295" t="s">
-        <v>2726</v>
+        <v>2739</v>
       </c>
       <c r="I295" t="s">
-        <v>2727</v>
+        <v>2740</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>569</v>
+        <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>570</v>
+        <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2728</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6093</v>
+        <v>5830</v>
       </c>
       <c r="B296" t="s">
-        <v>2729</v>
+        <v>2742</v>
       </c>
       <c r="C296" t="s">
-        <v>2730</v>
+        <v>2743</v>
       </c>
       <c r="D296" t="s">
-        <v>2731</v>
+        <v>2744</v>
       </c>
       <c r="E296" t="s">
-        <v>2732</v>
+        <v>2745</v>
       </c>
       <c r="F296" t="s">
-        <v>2733</v>
+        <v>2746</v>
       </c>
       <c r="G296" t="s">
-        <v>2734</v>
+        <v>2747</v>
       </c>
       <c r="H296" t="s">
-        <v>2735</v>
+        <v>2748</v>
       </c>
       <c r="I296" t="s">
-        <v>2736</v>
+        <v>2749</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>2737</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
+      <c r="M296" t="s">
+        <v>27</v>
+      </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2738</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6112</v>
+        <v>5863</v>
       </c>
       <c r="B297" t="s">
-        <v>2739</v>
+        <v>2751</v>
       </c>
       <c r="C297" t="s">
-        <v>2740</v>
+        <v>2752</v>
       </c>
       <c r="D297" t="s">
-        <v>2741</v>
+        <v>2753</v>
       </c>
       <c r="E297" t="s">
-        <v>2742</v>
+        <v>2754</v>
       </c>
       <c r="F297" t="s">
-        <v>2743</v>
+        <v>2755</v>
       </c>
       <c r="G297" t="s">
-        <v>2744</v>
+        <v>2756</v>
       </c>
       <c r="H297" t="s">
-        <v>2745</v>
+        <v>2757</v>
       </c>
       <c r="I297" t="s">
-        <v>2746</v>
+        <v>2758</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2747</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6179</v>
+        <v>5866</v>
       </c>
       <c r="B298" t="s">
-        <v>2748</v>
+        <v>2760</v>
       </c>
       <c r="C298" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="D298" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="E298" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
       <c r="F298" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="G298" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="H298" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
       <c r="I298" t="s">
-        <v>2755</v>
+        <v>2767</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6180</v>
+        <v>5888</v>
       </c>
       <c r="B299" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
       <c r="C299" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
       <c r="D299" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
       <c r="E299" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="F299" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
       <c r="G299" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="H299" t="s">
-        <v>2763</v>
+        <v>2775</v>
       </c>
       <c r="I299" t="s">
-        <v>2764</v>
+        <v>2776</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6203</v>
+        <v>5889</v>
       </c>
       <c r="B300" t="s">
-        <v>2766</v>
+        <v>2778</v>
       </c>
       <c r="C300" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="D300" t="s">
-        <v>2768</v>
+        <v>2780</v>
       </c>
       <c r="E300" t="s">
-        <v>2769</v>
+        <v>2781</v>
       </c>
       <c r="F300" t="s">
-        <v>2770</v>
+        <v>2782</v>
       </c>
       <c r="G300" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
       <c r="H300" t="s">
-        <v>2772</v>
+        <v>2784</v>
       </c>
       <c r="I300" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6208</v>
+        <v>5907</v>
       </c>
       <c r="B301" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
       <c r="C301" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="D301" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="E301" t="s">
-        <v>2778</v>
+        <v>2790</v>
       </c>
       <c r="F301" t="s">
-        <v>2779</v>
+        <v>2791</v>
       </c>
       <c r="G301" t="s">
-        <v>2780</v>
+        <v>2792</v>
       </c>
       <c r="H301" t="s">
-        <v>2781</v>
+        <v>2793</v>
       </c>
       <c r="I301" t="s">
-        <v>2782</v>
+        <v>2794</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2783</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6211</v>
+        <v>5913</v>
       </c>
       <c r="B302" t="s">
-        <v>2784</v>
+        <v>2796</v>
       </c>
       <c r="C302" t="s">
-        <v>2785</v>
+        <v>2797</v>
       </c>
       <c r="D302" t="s">
-        <v>2786</v>
+        <v>2798</v>
       </c>
       <c r="E302" t="s">
-        <v>2787</v>
+        <v>2799</v>
       </c>
       <c r="F302" t="s">
-        <v>2788</v>
+        <v>2800</v>
       </c>
       <c r="G302" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="H302" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
       <c r="I302" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6215</v>
+        <v>5915</v>
       </c>
       <c r="B303" t="s">
-        <v>2793</v>
+        <v>2805</v>
       </c>
       <c r="C303" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="D303" t="s">
-        <v>2795</v>
+        <v>2807</v>
       </c>
       <c r="E303" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
       <c r="F303" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="G303" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
       <c r="H303" t="s">
-        <v>2799</v>
+        <v>2811</v>
       </c>
       <c r="I303" t="s">
-        <v>2800</v>
+        <v>2812</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2801</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6222</v>
+        <v>5927</v>
       </c>
       <c r="B304" t="s">
-        <v>2802</v>
+        <v>2814</v>
       </c>
       <c r="C304" t="s">
-        <v>2803</v>
+        <v>2815</v>
       </c>
       <c r="D304" t="s">
-        <v>2804</v>
+        <v>2816</v>
       </c>
       <c r="E304" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="F304" t="s">
-        <v>2806</v>
+        <v>2818</v>
       </c>
       <c r="G304" t="s">
-        <v>2807</v>
+        <v>2819</v>
       </c>
       <c r="H304" t="s">
-        <v>2808</v>
+        <v>2820</v>
       </c>
       <c r="I304" t="s">
-        <v>2809</v>
+        <v>2821</v>
       </c>
       <c r="J304" t="s">
-        <v>2623</v>
+        <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>858</v>
+        <v>59</v>
       </c>
       <c r="L304" t="s">
-        <v>2625</v>
+        <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>859</v>
+        <v>61</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2810</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6254</v>
+        <v>5928</v>
       </c>
       <c r="B305" t="s">
-        <v>2811</v>
+        <v>2823</v>
       </c>
       <c r="C305" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
       <c r="D305" t="s">
-        <v>2813</v>
+        <v>2825</v>
       </c>
       <c r="E305" t="s">
-        <v>2814</v>
+        <v>2826</v>
       </c>
       <c r="F305" t="s">
-        <v>2815</v>
+        <v>2827</v>
       </c>
       <c r="G305" t="s">
-        <v>2816</v>
+        <v>2828</v>
       </c>
       <c r="H305" t="s">
-        <v>2817</v>
+        <v>2829</v>
       </c>
       <c r="I305" t="s">
-        <v>2818</v>
+        <v>2830</v>
       </c>
       <c r="J305" t="s">
-        <v>24</v>
+        <v>2831</v>
       </c>
       <c r="K305" t="s">
-        <v>170</v>
+        <v>2832</v>
       </c>
       <c r="L305" t="s">
-        <v>26</v>
+        <v>2833</v>
       </c>
       <c r="M305" t="s">
-        <v>171</v>
+        <v>2834</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2819</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6255</v>
+        <v>5931</v>
       </c>
       <c r="B306" t="s">
-        <v>2820</v>
+        <v>2836</v>
       </c>
       <c r="C306" t="s">
-        <v>2821</v>
+        <v>2837</v>
       </c>
       <c r="D306" t="s">
-        <v>2822</v>
+        <v>2838</v>
       </c>
       <c r="E306" t="s">
-        <v>2823</v>
+        <v>2839</v>
       </c>
       <c r="F306" t="s">
-        <v>2824</v>
+        <v>2840</v>
       </c>
       <c r="G306" t="s">
-        <v>2825</v>
+        <v>2841</v>
       </c>
       <c r="H306" t="s">
-        <v>2826</v>
+        <v>2842</v>
       </c>
       <c r="I306" t="s">
-        <v>2827</v>
+        <v>2843</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>2828</v>
+        <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>2829</v>
+        <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2830</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6258</v>
+        <v>5932</v>
       </c>
       <c r="B307" t="s">
-        <v>2831</v>
+        <v>2845</v>
       </c>
       <c r="C307" t="s">
-        <v>2832</v>
+        <v>2846</v>
       </c>
       <c r="D307" t="s">
-        <v>2833</v>
+        <v>2847</v>
       </c>
       <c r="E307" t="s">
-        <v>2834</v>
+        <v>2848</v>
       </c>
       <c r="F307" t="s">
-        <v>2835</v>
+        <v>2849</v>
       </c>
       <c r="G307" t="s">
-        <v>2836</v>
+        <v>2850</v>
       </c>
       <c r="H307" t="s">
-        <v>2837</v>
+        <v>2851</v>
       </c>
       <c r="I307" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2839</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6259</v>
+        <v>5934</v>
       </c>
       <c r="B308" t="s">
-        <v>2840</v>
+        <v>2854</v>
       </c>
       <c r="C308" t="s">
-        <v>2841</v>
+        <v>2855</v>
       </c>
       <c r="D308" t="s">
-        <v>2842</v>
+        <v>2856</v>
       </c>
       <c r="E308" t="s">
-        <v>2843</v>
+        <v>2857</v>
       </c>
       <c r="F308" t="s">
-        <v>2844</v>
+        <v>2858</v>
       </c>
       <c r="G308" t="s">
-        <v>2845</v>
+        <v>2859</v>
       </c>
       <c r="H308" t="s">
-        <v>2846</v>
+        <v>2860</v>
       </c>
       <c r="I308" t="s">
-        <v>2847</v>
+        <v>2861</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2848</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6261</v>
+        <v>5953</v>
       </c>
       <c r="B309" t="s">
-        <v>2849</v>
+        <v>2863</v>
       </c>
       <c r="C309" t="s">
-        <v>2850</v>
+        <v>2864</v>
       </c>
       <c r="D309" t="s">
-        <v>2851</v>
+        <v>2865</v>
       </c>
       <c r="E309" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="F309" t="s">
-        <v>2853</v>
+        <v>2867</v>
       </c>
       <c r="G309" t="s">
-        <v>2854</v>
+        <v>2868</v>
       </c>
       <c r="H309" t="s">
-        <v>2855</v>
+        <v>2869</v>
       </c>
       <c r="I309" t="s">
-        <v>2856</v>
+        <v>2870</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2857</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6263</v>
+        <v>5981</v>
       </c>
       <c r="B310" t="s">
-        <v>2858</v>
+        <v>2872</v>
       </c>
       <c r="C310" t="s">
-        <v>2859</v>
+        <v>2873</v>
       </c>
       <c r="D310" t="s">
-        <v>2860</v>
+        <v>2874</v>
       </c>
       <c r="E310" t="s">
-        <v>2861</v>
+        <v>2875</v>
       </c>
       <c r="F310" t="s">
-        <v>2862</v>
+        <v>2876</v>
       </c>
       <c r="G310" t="s">
-        <v>2863</v>
+        <v>2877</v>
       </c>
       <c r="H310" t="s">
-        <v>2864</v>
+        <v>2878</v>
       </c>
       <c r="I310" t="s">
-        <v>2865</v>
+        <v>2879</v>
       </c>
       <c r="J310" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K310" t="s">
-        <v>170</v>
+        <v>2880</v>
       </c>
       <c r="L310" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M310" t="s">
-        <v>171</v>
+        <v>2881</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2866</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6272</v>
+        <v>5986</v>
       </c>
       <c r="B311" t="s">
-        <v>2867</v>
+        <v>2883</v>
       </c>
       <c r="C311" t="s">
-        <v>2868</v>
+        <v>2884</v>
       </c>
       <c r="D311" t="s">
-        <v>2869</v>
+        <v>2885</v>
       </c>
       <c r="E311" t="s">
-        <v>2870</v>
+        <v>2886</v>
       </c>
       <c r="F311" t="s">
-        <v>2871</v>
+        <v>2887</v>
       </c>
       <c r="G311" t="s">
-        <v>2872</v>
+        <v>2888</v>
       </c>
       <c r="H311" t="s">
-        <v>2873</v>
+        <v>2889</v>
       </c>
       <c r="I311" t="s">
-        <v>2874</v>
+        <v>2890</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2875</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6274</v>
+        <v>5989</v>
       </c>
       <c r="B312" t="s">
-        <v>2876</v>
+        <v>2892</v>
       </c>
       <c r="C312" t="s">
-        <v>2877</v>
+        <v>2893</v>
       </c>
       <c r="D312" t="s">
-        <v>2878</v>
+        <v>2894</v>
       </c>
       <c r="E312" t="s">
-        <v>2879</v>
+        <v>2895</v>
       </c>
       <c r="F312" t="s">
-        <v>2880</v>
+        <v>2896</v>
       </c>
       <c r="G312" t="s">
-        <v>2881</v>
+        <v>2897</v>
       </c>
       <c r="H312" t="s">
-        <v>2882</v>
+        <v>2898</v>
       </c>
       <c r="I312" t="s">
-        <v>2883</v>
+        <v>2899</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>25</v>
+        <v>2059</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>27</v>
+        <v>2060</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2884</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6275</v>
+        <v>6018</v>
       </c>
       <c r="B313" t="s">
-        <v>2885</v>
+        <v>2901</v>
       </c>
       <c r="C313" t="s">
-        <v>2886</v>
+        <v>2902</v>
       </c>
       <c r="D313" t="s">
-        <v>2887</v>
+        <v>2903</v>
       </c>
       <c r="E313" t="s">
-        <v>2888</v>
+        <v>2904</v>
       </c>
       <c r="F313" t="s">
-        <v>2889</v>
+        <v>2905</v>
       </c>
       <c r="G313" t="s">
-        <v>2890</v>
+        <v>2906</v>
       </c>
       <c r="H313" t="s">
-        <v>2891</v>
+        <v>2907</v>
       </c>
       <c r="I313" t="s">
-        <v>2892</v>
+        <v>2908</v>
       </c>
       <c r="J313" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>1322</v>
+        <v>170</v>
       </c>
       <c r="L313" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>1324</v>
+        <v>171</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2893</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6327</v>
+        <v>6021</v>
       </c>
       <c r="B314" t="s">
-        <v>2894</v>
+        <v>2910</v>
       </c>
       <c r="C314" t="s">
-        <v>2895</v>
+        <v>2911</v>
       </c>
       <c r="D314" t="s">
-        <v>2896</v>
+        <v>2912</v>
       </c>
       <c r="E314" t="s">
-        <v>2897</v>
+        <v>2913</v>
       </c>
       <c r="F314" t="s">
-        <v>2898</v>
+        <v>2914</v>
       </c>
       <c r="G314" t="s">
-        <v>2899</v>
+        <v>2915</v>
       </c>
       <c r="H314" t="s">
-        <v>2900</v>
+        <v>2916</v>
       </c>
       <c r="I314" t="s">
-        <v>2901</v>
+        <v>2917</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2902</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6337</v>
+        <v>6076</v>
       </c>
       <c r="B315" t="s">
-        <v>2903</v>
+        <v>2919</v>
       </c>
       <c r="C315" t="s">
-        <v>2904</v>
+        <v>2920</v>
       </c>
       <c r="D315" t="s">
-        <v>2905</v>
+        <v>2921</v>
       </c>
       <c r="E315" t="s">
-        <v>2906</v>
+        <v>2922</v>
       </c>
       <c r="F315" t="s">
-        <v>2907</v>
+        <v>2923</v>
       </c>
       <c r="G315" t="s">
-        <v>2908</v>
+        <v>2924</v>
       </c>
       <c r="H315" t="s">
-        <v>2909</v>
+        <v>2925</v>
       </c>
       <c r="I315" t="s">
-        <v>2910</v>
+        <v>2926</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2911</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6361</v>
+        <v>6082</v>
       </c>
       <c r="B316" t="s">
-        <v>2912</v>
+        <v>2928</v>
       </c>
       <c r="C316" t="s">
-        <v>2913</v>
+        <v>2929</v>
       </c>
       <c r="D316" t="s">
-        <v>2914</v>
+        <v>2930</v>
       </c>
       <c r="E316" t="s">
-        <v>2915</v>
+        <v>2931</v>
       </c>
       <c r="F316" t="s">
-        <v>2916</v>
+        <v>2932</v>
       </c>
       <c r="G316" t="s">
-        <v>2917</v>
+        <v>2933</v>
       </c>
       <c r="H316" t="s">
-        <v>2918</v>
+        <v>2934</v>
       </c>
       <c r="I316" t="s">
-        <v>2919</v>
+        <v>2935</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2920</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6379</v>
+        <v>6093</v>
       </c>
       <c r="B317" t="s">
-        <v>2921</v>
+        <v>2937</v>
       </c>
       <c r="C317" t="s">
-        <v>2922</v>
+        <v>2938</v>
       </c>
       <c r="D317" t="s">
-        <v>2923</v>
+        <v>2939</v>
       </c>
       <c r="E317" t="s">
-        <v>2924</v>
+        <v>2940</v>
       </c>
       <c r="F317" t="s">
-        <v>2925</v>
+        <v>2941</v>
       </c>
       <c r="G317" t="s">
-        <v>2926</v>
+        <v>2942</v>
       </c>
       <c r="H317" t="s">
-        <v>2927</v>
+        <v>2943</v>
       </c>
       <c r="I317" t="s">
-        <v>2928</v>
+        <v>2944</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2929</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6454</v>
+        <v>6112</v>
       </c>
       <c r="B318" t="s">
-        <v>2930</v>
+        <v>2946</v>
       </c>
       <c r="C318" t="s">
-        <v>2931</v>
+        <v>2947</v>
       </c>
       <c r="D318" t="s">
-        <v>2932</v>
+        <v>2948</v>
       </c>
       <c r="E318" t="s">
-        <v>2933</v>
+        <v>2949</v>
       </c>
       <c r="F318" t="s">
-        <v>2934</v>
+        <v>2950</v>
       </c>
       <c r="G318" t="s">
-        <v>2935</v>
+        <v>2951</v>
       </c>
       <c r="H318" t="s">
-        <v>2936</v>
+        <v>2952</v>
       </c>
       <c r="I318" t="s">
-        <v>2937</v>
+        <v>2953</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2938</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6460</v>
+        <v>6179</v>
       </c>
       <c r="B319" t="s">
-        <v>2939</v>
+        <v>2955</v>
       </c>
       <c r="C319" t="s">
-        <v>2940</v>
+        <v>2956</v>
       </c>
       <c r="D319" t="s">
-        <v>2941</v>
+        <v>2957</v>
       </c>
       <c r="E319" t="s">
-        <v>2942</v>
+        <v>2958</v>
       </c>
       <c r="F319" t="s">
-        <v>2943</v>
+        <v>2959</v>
       </c>
       <c r="G319" t="s">
-        <v>2944</v>
+        <v>2960</v>
       </c>
       <c r="H319" t="s">
-        <v>2945</v>
+        <v>2961</v>
       </c>
       <c r="I319" t="s">
-        <v>2946</v>
+        <v>2962</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2947</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6468</v>
+        <v>6180</v>
       </c>
       <c r="B320" t="s">
-        <v>2948</v>
+        <v>2964</v>
       </c>
       <c r="C320" t="s">
-        <v>2949</v>
+        <v>2965</v>
       </c>
       <c r="D320" t="s">
-        <v>2950</v>
+        <v>2966</v>
       </c>
       <c r="E320" t="s">
-        <v>2951</v>
+        <v>2967</v>
       </c>
       <c r="F320" t="s">
-        <v>2952</v>
+        <v>2968</v>
       </c>
       <c r="G320" t="s">
-        <v>2953</v>
+        <v>2969</v>
       </c>
       <c r="H320" t="s">
-        <v>2954</v>
+        <v>2970</v>
       </c>
       <c r="I320" t="s">
-        <v>2955</v>
+        <v>2971</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
         <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2956</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6611</v>
+        <v>6203</v>
       </c>
       <c r="B321" t="s">
-        <v>2957</v>
+        <v>2973</v>
       </c>
       <c r="C321" t="s">
-        <v>2958</v>
+        <v>2974</v>
       </c>
       <c r="D321" t="s">
-        <v>2959</v>
+        <v>2975</v>
       </c>
       <c r="E321" t="s">
-        <v>2960</v>
+        <v>2976</v>
       </c>
       <c r="F321" t="s">
-        <v>2961</v>
+        <v>2977</v>
       </c>
       <c r="G321" t="s">
-        <v>2962</v>
+        <v>2978</v>
       </c>
       <c r="H321" t="s">
-        <v>2963</v>
+        <v>2979</v>
       </c>
       <c r="I321" t="s">
-        <v>2964</v>
+        <v>2980</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2965</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6615</v>
+        <v>6208</v>
       </c>
       <c r="B322" t="s">
-        <v>2966</v>
+        <v>2982</v>
       </c>
       <c r="C322" t="s">
-        <v>2967</v>
+        <v>2983</v>
       </c>
       <c r="D322" t="s">
-        <v>2968</v>
+        <v>2984</v>
       </c>
       <c r="E322" t="s">
-        <v>2969</v>
+        <v>2985</v>
       </c>
       <c r="F322" t="s">
-        <v>2970</v>
+        <v>2986</v>
       </c>
       <c r="G322" t="s">
-        <v>2971</v>
+        <v>2987</v>
       </c>
       <c r="H322" t="s">
-        <v>2972</v>
+        <v>2988</v>
       </c>
       <c r="I322" t="s">
-        <v>2973</v>
+        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2974</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6761</v>
+        <v>6211</v>
       </c>
       <c r="B323" t="s">
-        <v>2975</v>
+        <v>2991</v>
       </c>
       <c r="C323" t="s">
-        <v>2976</v>
+        <v>2992</v>
       </c>
       <c r="D323" t="s">
-        <v>2977</v>
+        <v>2993</v>
       </c>
       <c r="E323" t="s">
-        <v>2978</v>
+        <v>2994</v>
       </c>
       <c r="F323" t="s">
-        <v>2979</v>
+        <v>2995</v>
       </c>
       <c r="G323" t="s">
-        <v>2980</v>
+        <v>2996</v>
       </c>
       <c r="H323" t="s">
-        <v>2981</v>
+        <v>2997</v>
       </c>
       <c r="I323" t="s">
-        <v>2982</v>
+        <v>2998</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2983</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6762</v>
+        <v>6215</v>
       </c>
       <c r="B324" t="s">
-        <v>2984</v>
+        <v>3000</v>
       </c>
       <c r="C324" t="s">
-        <v>2985</v>
+        <v>3001</v>
       </c>
       <c r="D324" t="s">
-        <v>2986</v>
+        <v>3002</v>
       </c>
       <c r="E324" t="s">
-        <v>2987</v>
+        <v>3003</v>
       </c>
       <c r="F324" t="s">
-        <v>2988</v>
+        <v>3004</v>
       </c>
       <c r="G324" t="s">
-        <v>2989</v>
+        <v>3005</v>
       </c>
       <c r="H324" t="s">
-        <v>2990</v>
+        <v>3006</v>
       </c>
       <c r="I324" t="s">
-        <v>2991</v>
+        <v>3007</v>
       </c>
       <c r="J324" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>670</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>671</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2992</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6765</v>
+        <v>6222</v>
       </c>
       <c r="B325" t="s">
-        <v>2993</v>
+        <v>3009</v>
       </c>
       <c r="C325" t="s">
-        <v>2994</v>
+        <v>3010</v>
       </c>
       <c r="D325" t="s">
-        <v>2995</v>
+        <v>3011</v>
       </c>
       <c r="E325" t="s">
-        <v>2996</v>
+        <v>3012</v>
       </c>
       <c r="F325" t="s">
-        <v>2997</v>
+        <v>3013</v>
       </c>
       <c r="G325" t="s">
-        <v>2998</v>
+        <v>3014</v>
       </c>
       <c r="H325" t="s">
-        <v>2999</v>
+        <v>3015</v>
       </c>
       <c r="I325" t="s">
-        <v>3000</v>
+        <v>3016</v>
       </c>
       <c r="J325" t="s">
-        <v>24</v>
+        <v>2831</v>
       </c>
       <c r="K325" t="s">
-        <v>170</v>
+        <v>905</v>
       </c>
       <c r="L325" t="s">
-        <v>26</v>
+        <v>2833</v>
       </c>
       <c r="M325" t="s">
-        <v>171</v>
+        <v>906</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3001</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6982</v>
+        <v>6254</v>
       </c>
       <c r="B326" t="s">
-        <v>3002</v>
+        <v>3018</v>
       </c>
       <c r="C326" t="s">
-        <v>3003</v>
+        <v>3019</v>
       </c>
       <c r="D326" t="s">
-        <v>3004</v>
+        <v>3020</v>
       </c>
       <c r="E326" t="s">
-        <v>3005</v>
+        <v>3021</v>
       </c>
       <c r="F326" t="s">
-        <v>3006</v>
+        <v>3022</v>
       </c>
       <c r="G326" t="s">
-        <v>3007</v>
+        <v>3023</v>
       </c>
       <c r="H326" t="s">
-        <v>3008</v>
+        <v>3024</v>
       </c>
       <c r="I326" t="s">
-        <v>3009</v>
+        <v>3025</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>3010</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
+      <c r="M326" t="s">
+        <v>171</v>
+      </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3011</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8265</v>
+        <v>6255</v>
       </c>
       <c r="B327" t="s">
-        <v>3012</v>
+        <v>3027</v>
       </c>
       <c r="C327" t="s">
-        <v>3013</v>
+        <v>3028</v>
       </c>
       <c r="D327" t="s">
-        <v>3014</v>
+        <v>3029</v>
       </c>
       <c r="E327" t="s">
-        <v>3015</v>
+        <v>3030</v>
       </c>
       <c r="F327" t="s">
-        <v>3016</v>
+        <v>3031</v>
       </c>
       <c r="G327" t="s">
-        <v>3017</v>
+        <v>3032</v>
       </c>
       <c r="H327" t="s">
-        <v>3018</v>
+        <v>3033</v>
       </c>
       <c r="I327" t="s">
-        <v>3019</v>
+        <v>3034</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>3020</v>
+        <v>3035</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>3021</v>
+        <v>3036</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3022</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8289</v>
+        <v>6258</v>
       </c>
       <c r="B328" t="s">
-        <v>3023</v>
+        <v>3038</v>
       </c>
       <c r="C328" t="s">
-        <v>3024</v>
+        <v>3039</v>
       </c>
       <c r="D328" t="s">
-        <v>3025</v>
+        <v>3040</v>
       </c>
       <c r="E328" t="s">
-        <v>3026</v>
+        <v>3041</v>
       </c>
       <c r="F328" t="s">
-        <v>3027</v>
+        <v>3042</v>
       </c>
       <c r="G328" t="s">
-        <v>3028</v>
+        <v>3043</v>
       </c>
       <c r="H328" t="s">
-        <v>3029</v>
+        <v>3044</v>
       </c>
       <c r="I328" t="s">
-        <v>3030</v>
+        <v>3045</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>440</v>
+        <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>442</v>
+        <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3031</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8294</v>
+        <v>6259</v>
       </c>
       <c r="B329" t="s">
-        <v>3032</v>
+        <v>3047</v>
       </c>
       <c r="C329" t="s">
-        <v>3033</v>
+        <v>3048</v>
       </c>
       <c r="D329" t="s">
-        <v>3034</v>
+        <v>3049</v>
       </c>
       <c r="E329" t="s">
-        <v>3035</v>
+        <v>3050</v>
       </c>
       <c r="F329" t="s">
-        <v>3036</v>
+        <v>3051</v>
       </c>
       <c r="G329" t="s">
-        <v>3037</v>
+        <v>3052</v>
       </c>
       <c r="H329" t="s">
-        <v>3038</v>
+        <v>3053</v>
       </c>
       <c r="I329" t="s">
-        <v>3039</v>
+        <v>3054</v>
       </c>
       <c r="J329" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>726</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>727</v>
+        <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3040</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8315</v>
+        <v>6261</v>
       </c>
       <c r="B330" t="s">
-        <v>3041</v>
+        <v>3056</v>
       </c>
       <c r="C330" t="s">
-        <v>3042</v>
+        <v>3057</v>
       </c>
       <c r="D330" t="s">
-        <v>3043</v>
+        <v>3058</v>
       </c>
       <c r="E330" t="s">
-        <v>3044</v>
+        <v>3059</v>
       </c>
       <c r="F330" t="s">
-        <v>3045</v>
+        <v>3060</v>
       </c>
       <c r="G330" t="s">
-        <v>3046</v>
+        <v>3061</v>
       </c>
       <c r="H330" t="s">
-        <v>3047</v>
+        <v>3062</v>
       </c>
       <c r="I330" t="s">
-        <v>3048</v>
+        <v>3063</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3049</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8341</v>
+        <v>6263</v>
       </c>
       <c r="B331" t="s">
-        <v>3050</v>
+        <v>3065</v>
       </c>
       <c r="C331" t="s">
-        <v>3051</v>
+        <v>3066</v>
       </c>
       <c r="D331" t="s">
-        <v>3052</v>
+        <v>3067</v>
       </c>
       <c r="E331" t="s">
-        <v>3053</v>
+        <v>3068</v>
       </c>
       <c r="F331" t="s">
-        <v>3054</v>
+        <v>3069</v>
       </c>
       <c r="G331" t="s">
-        <v>3055</v>
+        <v>3070</v>
       </c>
       <c r="H331" t="s">
-        <v>3056</v>
+        <v>3071</v>
       </c>
       <c r="I331" t="s">
-        <v>3057</v>
+        <v>3072</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>170</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>171</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3058</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8343</v>
+        <v>6272</v>
       </c>
       <c r="B332" t="s">
-        <v>3059</v>
+        <v>3074</v>
       </c>
       <c r="C332" t="s">
-        <v>3060</v>
+        <v>3075</v>
       </c>
       <c r="D332" t="s">
-        <v>3061</v>
+        <v>3076</v>
       </c>
       <c r="E332" t="s">
-        <v>3062</v>
+        <v>3077</v>
       </c>
       <c r="F332" t="s">
-        <v>3063</v>
+        <v>3078</v>
       </c>
       <c r="G332" t="s">
-        <v>3064</v>
+        <v>3079</v>
       </c>
       <c r="H332" t="s">
-        <v>3065</v>
+        <v>3080</v>
       </c>
       <c r="I332" t="s">
-        <v>3066</v>
+        <v>3081</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3067</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8344</v>
+        <v>6274</v>
       </c>
       <c r="B333" t="s">
-        <v>3068</v>
+        <v>3083</v>
       </c>
       <c r="C333" t="s">
-        <v>3069</v>
+        <v>3084</v>
       </c>
       <c r="D333" t="s">
-        <v>3070</v>
+        <v>3085</v>
       </c>
       <c r="E333" t="s">
-        <v>3071</v>
+        <v>3086</v>
       </c>
       <c r="F333" t="s">
-        <v>3072</v>
+        <v>3087</v>
       </c>
       <c r="G333" t="s">
-        <v>3073</v>
+        <v>3088</v>
       </c>
       <c r="H333" t="s">
-        <v>3074</v>
+        <v>3089</v>
       </c>
       <c r="I333" t="s">
-        <v>3075</v>
+        <v>3090</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3076</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8355</v>
+        <v>6275</v>
       </c>
       <c r="B334" t="s">
-        <v>3077</v>
+        <v>3092</v>
       </c>
       <c r="C334" t="s">
-        <v>3078</v>
+        <v>3093</v>
       </c>
       <c r="D334" t="s">
-        <v>3079</v>
+        <v>3094</v>
       </c>
       <c r="E334" t="s">
-        <v>3080</v>
+        <v>3095</v>
       </c>
       <c r="F334" t="s">
-        <v>3081</v>
+        <v>3096</v>
       </c>
       <c r="G334" t="s">
-        <v>3082</v>
+        <v>3097</v>
       </c>
       <c r="H334" t="s">
-        <v>3083</v>
+        <v>3098</v>
       </c>
       <c r="I334" t="s">
-        <v>3084</v>
+        <v>3099</v>
       </c>
       <c r="J334" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K334" t="s">
-        <v>3085</v>
+        <v>1460</v>
       </c>
       <c r="L334" t="s">
-        <v>26</v>
+        <v>452</v>
+      </c>
+      <c r="M334" t="s">
+        <v>1462</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3086</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8357</v>
+        <v>6327</v>
       </c>
       <c r="B335" t="s">
-        <v>3087</v>
+        <v>3101</v>
       </c>
       <c r="C335" t="s">
-        <v>3088</v>
+        <v>3102</v>
       </c>
       <c r="D335" t="s">
-        <v>3089</v>
+        <v>3103</v>
       </c>
       <c r="E335" t="s">
-        <v>3090</v>
+        <v>3104</v>
       </c>
       <c r="F335" t="s">
-        <v>3091</v>
+        <v>3105</v>
       </c>
       <c r="G335" t="s">
-        <v>3092</v>
+        <v>3106</v>
       </c>
       <c r="H335" t="s">
-        <v>3093</v>
+        <v>3107</v>
       </c>
       <c r="I335" t="s">
-        <v>3094</v>
+        <v>3108</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>3085</v>
+        <v>47</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
+      <c r="M335" t="s">
+        <v>48</v>
+      </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3095</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8377</v>
+        <v>6337</v>
       </c>
       <c r="B336" t="s">
-        <v>3096</v>
+        <v>3110</v>
       </c>
       <c r="C336" t="s">
-        <v>3097</v>
+        <v>3111</v>
       </c>
       <c r="D336" t="s">
-        <v>3098</v>
+        <v>3112</v>
       </c>
       <c r="E336" t="s">
-        <v>3099</v>
+        <v>3113</v>
       </c>
       <c r="F336" t="s">
-        <v>3100</v>
+        <v>3114</v>
       </c>
       <c r="G336" t="s">
-        <v>3101</v>
+        <v>3115</v>
       </c>
       <c r="H336" t="s">
-        <v>3102</v>
+        <v>3116</v>
       </c>
       <c r="I336" t="s">
-        <v>3103</v>
+        <v>3117</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3104</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8386</v>
+        <v>6361</v>
       </c>
       <c r="B337" t="s">
-        <v>3105</v>
+        <v>3119</v>
       </c>
       <c r="C337" t="s">
-        <v>3106</v>
+        <v>3120</v>
       </c>
       <c r="D337" t="s">
-        <v>3107</v>
+        <v>3121</v>
       </c>
       <c r="E337" t="s">
-        <v>3108</v>
+        <v>3122</v>
       </c>
       <c r="F337" t="s">
-        <v>3109</v>
+        <v>3123</v>
       </c>
       <c r="G337" t="s">
-        <v>3110</v>
+        <v>3124</v>
       </c>
       <c r="H337" t="s">
-        <v>3111</v>
+        <v>3125</v>
       </c>
       <c r="I337" t="s">
-        <v>3112</v>
+        <v>3126</v>
       </c>
       <c r="J337" t="s">
-        <v>1651</v>
+        <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>170</v>
       </c>
       <c r="L337" t="s">
-        <v>1653</v>
+        <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3113</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8387</v>
+        <v>6379</v>
       </c>
       <c r="B338" t="s">
-        <v>3114</v>
+        <v>3128</v>
       </c>
       <c r="C338" t="s">
-        <v>3115</v>
+        <v>3129</v>
       </c>
       <c r="D338" t="s">
-        <v>3116</v>
+        <v>3130</v>
       </c>
       <c r="E338" t="s">
-        <v>3117</v>
+        <v>3131</v>
       </c>
       <c r="F338" t="s">
-        <v>3118</v>
+        <v>3132</v>
       </c>
       <c r="G338" t="s">
-        <v>3119</v>
+        <v>3133</v>
       </c>
       <c r="H338" t="s">
-        <v>3120</v>
+        <v>3134</v>
       </c>
       <c r="I338" t="s">
-        <v>3121</v>
+        <v>3135</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3122</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8388</v>
+        <v>6454</v>
       </c>
       <c r="B339" t="s">
-        <v>3123</v>
+        <v>3137</v>
       </c>
       <c r="C339" t="s">
-        <v>3124</v>
+        <v>3138</v>
       </c>
       <c r="D339" t="s">
-        <v>3125</v>
+        <v>3139</v>
       </c>
       <c r="E339" t="s">
-        <v>3126</v>
+        <v>3140</v>
       </c>
       <c r="F339" t="s">
-        <v>3127</v>
+        <v>3141</v>
       </c>
       <c r="G339" t="s">
-        <v>3128</v>
+        <v>3142</v>
       </c>
       <c r="H339" t="s">
-        <v>3129</v>
+        <v>3143</v>
       </c>
       <c r="I339" t="s">
-        <v>3130</v>
+        <v>3144</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3131</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8392</v>
+        <v>6460</v>
       </c>
       <c r="B340" t="s">
-        <v>3132</v>
+        <v>3146</v>
       </c>
       <c r="C340" t="s">
-        <v>3133</v>
+        <v>3147</v>
       </c>
       <c r="D340" t="s">
-        <v>3134</v>
+        <v>3148</v>
       </c>
       <c r="E340" t="s">
-        <v>3135</v>
+        <v>3149</v>
       </c>
       <c r="F340" t="s">
-        <v>3136</v>
+        <v>3150</v>
       </c>
       <c r="G340" t="s">
-        <v>3137</v>
+        <v>3151</v>
       </c>
       <c r="H340" t="s">
-        <v>3138</v>
+        <v>3152</v>
       </c>
       <c r="I340" t="s">
-        <v>3139</v>
+        <v>3153</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>1652</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>1654</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3140</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8402</v>
+        <v>6468</v>
       </c>
       <c r="B341" t="s">
-        <v>3141</v>
+        <v>3155</v>
       </c>
       <c r="C341" t="s">
-        <v>3142</v>
+        <v>3156</v>
       </c>
       <c r="D341" t="s">
-        <v>3143</v>
+        <v>3157</v>
       </c>
       <c r="E341" t="s">
-        <v>3144</v>
+        <v>3158</v>
       </c>
       <c r="F341" t="s">
-        <v>3145</v>
+        <v>3159</v>
       </c>
       <c r="G341" t="s">
-        <v>3146</v>
+        <v>3160</v>
       </c>
       <c r="H341" t="s">
-        <v>3147</v>
+        <v>3161</v>
       </c>
       <c r="I341" t="s">
-        <v>3148</v>
+        <v>3162</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3149</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8902</v>
+        <v>6611</v>
       </c>
       <c r="B342" t="s">
-        <v>3150</v>
+        <v>3164</v>
       </c>
       <c r="C342" t="s">
-        <v>3151</v>
+        <v>3165</v>
       </c>
       <c r="D342" t="s">
-        <v>3152</v>
+        <v>3166</v>
       </c>
       <c r="E342" t="s">
-        <v>3153</v>
+        <v>3167</v>
       </c>
       <c r="F342" t="s">
-        <v>3154</v>
+        <v>3168</v>
       </c>
       <c r="G342" t="s">
-        <v>3155</v>
+        <v>3169</v>
       </c>
       <c r="H342" t="s">
-        <v>3156</v>
+        <v>3170</v>
       </c>
       <c r="I342" t="s">
-        <v>3157</v>
+        <v>3171</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3158</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8903</v>
+        <v>6615</v>
       </c>
       <c r="B343" t="s">
-        <v>3159</v>
+        <v>3173</v>
       </c>
       <c r="C343" t="s">
-        <v>3160</v>
+        <v>3174</v>
       </c>
       <c r="D343" t="s">
-        <v>3161</v>
+        <v>3175</v>
       </c>
       <c r="E343" t="s">
-        <v>3162</v>
+        <v>3176</v>
       </c>
       <c r="F343" t="s">
-        <v>3163</v>
+        <v>3177</v>
       </c>
       <c r="G343" t="s">
-        <v>3164</v>
+        <v>3178</v>
       </c>
       <c r="H343" t="s">
-        <v>3165</v>
+        <v>3179</v>
       </c>
       <c r="I343" t="s">
-        <v>3166</v>
+        <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3167</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8904</v>
+        <v>6761</v>
       </c>
       <c r="B344" t="s">
-        <v>3168</v>
+        <v>3182</v>
       </c>
       <c r="C344" t="s">
-        <v>3169</v>
+        <v>3183</v>
       </c>
       <c r="D344" t="s">
-        <v>3170</v>
+        <v>3184</v>
       </c>
       <c r="E344" t="s">
-        <v>3171</v>
+        <v>3185</v>
       </c>
       <c r="F344" t="s">
-        <v>3172</v>
+        <v>3186</v>
       </c>
       <c r="G344" t="s">
-        <v>3173</v>
+        <v>3187</v>
       </c>
       <c r="H344" t="s">
-        <v>3174</v>
+        <v>3188</v>
       </c>
       <c r="I344" t="s">
-        <v>3175</v>
+        <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3176</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8914</v>
+        <v>6762</v>
       </c>
       <c r="B345" t="s">
-        <v>3177</v>
+        <v>3191</v>
       </c>
       <c r="C345" t="s">
-        <v>3178</v>
+        <v>3192</v>
       </c>
       <c r="D345" t="s">
-        <v>3179</v>
+        <v>3193</v>
       </c>
       <c r="E345" t="s">
-        <v>3180</v>
+        <v>3194</v>
       </c>
       <c r="F345" t="s">
-        <v>3181</v>
+        <v>3195</v>
       </c>
       <c r="G345" t="s">
-        <v>3182</v>
+        <v>3196</v>
       </c>
       <c r="H345" t="s">
-        <v>3183</v>
+        <v>3197</v>
       </c>
       <c r="I345" t="s">
-        <v>3184</v>
+        <v>3198</v>
       </c>
       <c r="J345" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L345" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3185</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8918</v>
+        <v>6765</v>
       </c>
       <c r="B346" t="s">
-        <v>3186</v>
+        <v>3200</v>
       </c>
       <c r="C346" t="s">
-        <v>3187</v>
+        <v>3201</v>
       </c>
       <c r="D346" t="s">
-        <v>3188</v>
+        <v>3202</v>
       </c>
       <c r="E346" t="s">
-        <v>3189</v>
+        <v>3203</v>
       </c>
       <c r="F346" t="s">
-        <v>3190</v>
+        <v>3204</v>
       </c>
       <c r="G346" t="s">
-        <v>3191</v>
+        <v>3205</v>
       </c>
       <c r="H346" t="s">
-        <v>3192</v>
+        <v>3206</v>
       </c>
       <c r="I346" t="s">
-        <v>3193</v>
+        <v>3207</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3194</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8945</v>
+        <v>6982</v>
       </c>
       <c r="B347" t="s">
-        <v>3195</v>
+        <v>3209</v>
       </c>
       <c r="C347" t="s">
-        <v>3196</v>
+        <v>3210</v>
       </c>
       <c r="D347" t="s">
-        <v>3197</v>
+        <v>3211</v>
       </c>
       <c r="E347" t="s">
-        <v>3198</v>
+        <v>3212</v>
       </c>
       <c r="F347" t="s">
-        <v>3199</v>
+        <v>3213</v>
       </c>
       <c r="G347" t="s">
-        <v>3200</v>
+        <v>3214</v>
       </c>
       <c r="H347" t="s">
-        <v>3201</v>
+        <v>3215</v>
       </c>
       <c r="I347" t="s">
-        <v>3202</v>
+        <v>3216</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>47</v>
+        <v>3217</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>48</v>
+        <v>3218</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3203</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8950</v>
+        <v>8265</v>
       </c>
       <c r="B348" t="s">
-        <v>3204</v>
+        <v>3220</v>
       </c>
       <c r="C348" t="s">
-        <v>3205</v>
+        <v>3221</v>
       </c>
       <c r="D348" t="s">
-        <v>3206</v>
+        <v>3222</v>
       </c>
       <c r="E348" t="s">
-        <v>3207</v>
+        <v>3223</v>
       </c>
       <c r="F348" t="s">
-        <v>3208</v>
+        <v>3224</v>
       </c>
       <c r="G348" t="s">
-        <v>3209</v>
+        <v>3225</v>
       </c>
       <c r="H348" t="s">
-        <v>3210</v>
+        <v>3226</v>
       </c>
       <c r="I348" t="s">
-        <v>3211</v>
+        <v>3227</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>3228</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>3229</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3212</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8951</v>
+        <v>8289</v>
       </c>
       <c r="B349" t="s">
-        <v>3213</v>
+        <v>3231</v>
       </c>
       <c r="C349" t="s">
-        <v>3214</v>
+        <v>3232</v>
       </c>
       <c r="D349" t="s">
-        <v>3215</v>
+        <v>3233</v>
       </c>
       <c r="E349" t="s">
-        <v>3216</v>
+        <v>3234</v>
       </c>
       <c r="F349" t="s">
-        <v>3217</v>
+        <v>3235</v>
       </c>
       <c r="G349" t="s">
-        <v>3218</v>
+        <v>3236</v>
       </c>
       <c r="H349" t="s">
-        <v>3219</v>
+        <v>3237</v>
       </c>
       <c r="I349" t="s">
-        <v>3220</v>
+        <v>3238</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3221</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8959</v>
+        <v>8294</v>
       </c>
       <c r="B350" t="s">
-        <v>3222</v>
+        <v>3240</v>
       </c>
       <c r="C350" t="s">
-        <v>3223</v>
+        <v>3241</v>
       </c>
       <c r="D350" t="s">
-        <v>3224</v>
+        <v>3242</v>
       </c>
       <c r="E350" t="s">
-        <v>3225</v>
+        <v>3243</v>
       </c>
       <c r="F350" t="s">
-        <v>3226</v>
+        <v>3244</v>
       </c>
       <c r="G350" t="s">
-        <v>3227</v>
+        <v>3245</v>
       </c>
       <c r="H350" t="s">
-        <v>3228</v>
+        <v>3246</v>
       </c>
       <c r="I350" t="s">
-        <v>3229</v>
+        <v>3247</v>
       </c>
       <c r="J350" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K350" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L350" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M350" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3230</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>10014</v>
+        <v>8315</v>
       </c>
       <c r="B351" t="s">
-        <v>3231</v>
+        <v>3249</v>
       </c>
       <c r="C351" t="s">
-        <v>3232</v>
+        <v>3250</v>
       </c>
       <c r="D351" t="s">
-        <v>3233</v>
+        <v>3251</v>
       </c>
       <c r="E351" t="s">
-        <v>3234</v>
+        <v>3252</v>
       </c>
       <c r="F351" t="s">
-        <v>3235</v>
+        <v>3253</v>
       </c>
       <c r="G351" t="s">
-        <v>3236</v>
+        <v>3254</v>
       </c>
       <c r="H351" t="s">
-        <v>3237</v>
+        <v>3255</v>
       </c>
       <c r="I351" t="s">
-        <v>3238</v>
+        <v>3256</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3239</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
+      <c r="M351" t="s">
+        <v>27</v>
+      </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3240</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>10015</v>
+        <v>8341</v>
       </c>
       <c r="B352" t="s">
-        <v>3241</v>
+        <v>3258</v>
       </c>
       <c r="C352" t="s">
-        <v>3242</v>
+        <v>3259</v>
       </c>
       <c r="D352" t="s">
-        <v>3243</v>
+        <v>3260</v>
       </c>
       <c r="E352" t="s">
-        <v>3244</v>
+        <v>3261</v>
       </c>
       <c r="F352" t="s">
-        <v>3245</v>
+        <v>3262</v>
       </c>
       <c r="G352" t="s">
-        <v>3246</v>
+        <v>3263</v>
       </c>
       <c r="H352" t="s">
-        <v>3247</v>
+        <v>3264</v>
       </c>
       <c r="I352" t="s">
-        <v>3248</v>
+        <v>3265</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3249</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>10036</v>
+        <v>8343</v>
       </c>
       <c r="B353" t="s">
-        <v>3250</v>
+        <v>3267</v>
       </c>
       <c r="C353" t="s">
-        <v>3251</v>
+        <v>3268</v>
       </c>
       <c r="D353" t="s">
-        <v>3252</v>
+        <v>3269</v>
       </c>
       <c r="E353" t="s">
-        <v>3253</v>
+        <v>3270</v>
       </c>
       <c r="F353" t="s">
-        <v>3254</v>
+        <v>3271</v>
       </c>
       <c r="G353" t="s">
-        <v>3255</v>
+        <v>3272</v>
       </c>
       <c r="H353" t="s">
-        <v>3256</v>
+        <v>3273</v>
       </c>
       <c r="I353" t="s">
-        <v>3257</v>
+        <v>3274</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3258</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>10046</v>
+        <v>8344</v>
       </c>
       <c r="B354" t="s">
-        <v>3259</v>
+        <v>3276</v>
       </c>
       <c r="C354" t="s">
-        <v>3260</v>
+        <v>3277</v>
       </c>
       <c r="D354" t="s">
-        <v>3261</v>
+        <v>3278</v>
       </c>
       <c r="E354" t="s">
-        <v>3262</v>
+        <v>3279</v>
       </c>
       <c r="F354" t="s">
-        <v>3263</v>
+        <v>3280</v>
       </c>
       <c r="G354" t="s">
-        <v>3264</v>
+        <v>3281</v>
       </c>
       <c r="H354" t="s">
-        <v>3265</v>
+        <v>3282</v>
       </c>
       <c r="I354" t="s">
-        <v>3266</v>
+        <v>3283</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>273</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>274</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3267</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>10098</v>
+        <v>8355</v>
       </c>
       <c r="B355" t="s">
-        <v>3268</v>
+        <v>3285</v>
       </c>
       <c r="C355" t="s">
-        <v>3269</v>
+        <v>3286</v>
       </c>
       <c r="D355" t="s">
-        <v>3270</v>
+        <v>3287</v>
       </c>
       <c r="E355" t="s">
-        <v>3271</v>
+        <v>3288</v>
       </c>
       <c r="F355" t="s">
-        <v>3272</v>
+        <v>3289</v>
       </c>
       <c r="G355" t="s">
-        <v>3273</v>
+        <v>3290</v>
       </c>
       <c r="H355" t="s">
-        <v>3274</v>
+        <v>3291</v>
       </c>
       <c r="I355" t="s">
-        <v>3275</v>
+        <v>3292</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>3293</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>3294</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3276</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>10101</v>
+        <v>8357</v>
       </c>
       <c r="B356" t="s">
-        <v>3277</v>
+        <v>3296</v>
       </c>
       <c r="C356" t="s">
-        <v>3278</v>
+        <v>3297</v>
       </c>
       <c r="D356" t="s">
-        <v>3279</v>
+        <v>3298</v>
       </c>
       <c r="E356" t="s">
-        <v>3280</v>
+        <v>3299</v>
       </c>
       <c r="F356" t="s">
-        <v>3281</v>
+        <v>3300</v>
       </c>
       <c r="G356" t="s">
-        <v>3282</v>
+        <v>3301</v>
       </c>
       <c r="H356" t="s">
-        <v>3283</v>
+        <v>3302</v>
       </c>
       <c r="I356" t="s">
-        <v>3284</v>
+        <v>3303</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>3293</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>3294</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3285</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>10412</v>
+        <v>8377</v>
       </c>
       <c r="B357" t="s">
-        <v>3286</v>
+        <v>3305</v>
       </c>
       <c r="C357" t="s">
-        <v>3287</v>
+        <v>3306</v>
       </c>
       <c r="D357" t="s">
-        <v>3288</v>
+        <v>3307</v>
       </c>
       <c r="E357" t="s">
-        <v>3289</v>
+        <v>3308</v>
       </c>
       <c r="F357" t="s">
-        <v>3290</v>
+        <v>3309</v>
       </c>
       <c r="G357" t="s">
-        <v>3291</v>
+        <v>3310</v>
       </c>
       <c r="H357" t="s">
-        <v>3292</v>
+        <v>3311</v>
       </c>
       <c r="I357" t="s">
-        <v>3293</v>
+        <v>3312</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3294</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>10603</v>
+        <v>8386</v>
       </c>
       <c r="B358" t="s">
-        <v>3295</v>
+        <v>3314</v>
       </c>
       <c r="C358" t="s">
-        <v>3296</v>
+        <v>3315</v>
       </c>
       <c r="D358" t="s">
-        <v>3297</v>
+        <v>3316</v>
       </c>
       <c r="E358" t="s">
-        <v>3298</v>
+        <v>3317</v>
       </c>
       <c r="F358" t="s">
-        <v>3299</v>
+        <v>3318</v>
       </c>
       <c r="G358" t="s">
-        <v>3300</v>
+        <v>3319</v>
       </c>
       <c r="H358" t="s">
-        <v>3301</v>
+        <v>3320</v>
       </c>
       <c r="I358" t="s">
-        <v>3302</v>
+        <v>3321</v>
       </c>
       <c r="J358" t="s">
-        <v>24</v>
+        <v>1835</v>
       </c>
       <c r="K358" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L358" t="s">
-        <v>26</v>
+        <v>1837</v>
       </c>
       <c r="M358" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3303</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10647</v>
+        <v>8387</v>
       </c>
       <c r="B359" t="s">
-        <v>3304</v>
+        <v>3323</v>
       </c>
       <c r="C359" t="s">
-        <v>3305</v>
+        <v>3324</v>
       </c>
       <c r="D359" t="s">
-        <v>3306</v>
+        <v>3325</v>
       </c>
       <c r="E359" t="s">
-        <v>3307</v>
+        <v>3326</v>
       </c>
       <c r="F359" t="s">
-        <v>3308</v>
+        <v>3327</v>
       </c>
       <c r="G359" t="s">
-        <v>3309</v>
+        <v>3328</v>
       </c>
       <c r="H359" t="s">
-        <v>3310</v>
+        <v>3329</v>
       </c>
       <c r="I359" t="s">
-        <v>3311</v>
+        <v>3330</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3312</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10887</v>
+        <v>8388</v>
       </c>
       <c r="B360" t="s">
-        <v>3313</v>
+        <v>3332</v>
       </c>
       <c r="C360" t="s">
-        <v>3314</v>
+        <v>3333</v>
       </c>
       <c r="D360" t="s">
-        <v>3315</v>
+        <v>3334</v>
       </c>
       <c r="E360" t="s">
-        <v>3316</v>
+        <v>3335</v>
       </c>
       <c r="F360" t="s">
-        <v>3317</v>
+        <v>3336</v>
       </c>
       <c r="G360" t="s">
-        <v>3318</v>
+        <v>3337</v>
       </c>
       <c r="H360" t="s">
-        <v>3319</v>
+        <v>3338</v>
       </c>
       <c r="I360" t="s">
-        <v>3320</v>
+        <v>3339</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3321</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10925</v>
+        <v>8392</v>
       </c>
       <c r="B361" t="s">
-        <v>3322</v>
+        <v>3341</v>
       </c>
       <c r="C361" t="s">
-        <v>3323</v>
+        <v>3342</v>
       </c>
       <c r="D361" t="s">
-        <v>3324</v>
+        <v>3343</v>
       </c>
       <c r="E361" t="s">
-        <v>3325</v>
+        <v>3344</v>
       </c>
       <c r="F361" t="s">
-        <v>3326</v>
+        <v>3345</v>
       </c>
       <c r="G361" t="s">
-        <v>3327</v>
+        <v>3346</v>
       </c>
       <c r="H361" t="s">
-        <v>3328</v>
+        <v>3347</v>
       </c>
       <c r="I361" t="s">
-        <v>3329</v>
+        <v>3348</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>1836</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>1838</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3330</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10930</v>
+        <v>8402</v>
       </c>
       <c r="B362" t="s">
-        <v>3331</v>
+        <v>3350</v>
       </c>
       <c r="C362" t="s">
-        <v>3332</v>
+        <v>3351</v>
       </c>
       <c r="D362" t="s">
-        <v>3333</v>
+        <v>3352</v>
       </c>
       <c r="E362" t="s">
-        <v>3334</v>
+        <v>3353</v>
       </c>
       <c r="F362" t="s">
-        <v>3335</v>
+        <v>3354</v>
       </c>
       <c r="G362" t="s">
-        <v>3336</v>
+        <v>3355</v>
       </c>
       <c r="H362" t="s">
-        <v>3337</v>
+        <v>3356</v>
       </c>
       <c r="I362" t="s">
-        <v>3338</v>
+        <v>3357</v>
       </c>
       <c r="J362" t="s">
-        <v>1321</v>
+        <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>273</v>
+        <v>170</v>
       </c>
       <c r="L362" t="s">
-        <v>1323</v>
+        <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>274</v>
+        <v>171</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3339</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>10947</v>
+        <v>8902</v>
       </c>
       <c r="B363" t="s">
-        <v>3340</v>
+        <v>3359</v>
       </c>
       <c r="C363" t="s">
-        <v>3341</v>
+        <v>3360</v>
       </c>
       <c r="D363" t="s">
-        <v>3342</v>
+        <v>3361</v>
       </c>
       <c r="E363" t="s">
-        <v>3343</v>
+        <v>3362</v>
       </c>
       <c r="F363" t="s">
-        <v>3344</v>
+        <v>3363</v>
       </c>
       <c r="G363" t="s">
-        <v>3345</v>
+        <v>3364</v>
       </c>
       <c r="H363" t="s">
-        <v>3346</v>
+        <v>3365</v>
       </c>
       <c r="I363" t="s">
-        <v>3347</v>
+        <v>3366</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3348</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>10948</v>
+        <v>8903</v>
       </c>
       <c r="B364" t="s">
-        <v>3349</v>
+        <v>3368</v>
       </c>
       <c r="C364" t="s">
-        <v>3350</v>
+        <v>3369</v>
       </c>
       <c r="D364" t="s">
-        <v>3351</v>
+        <v>3370</v>
       </c>
       <c r="E364" t="s">
-        <v>3352</v>
+        <v>3371</v>
       </c>
       <c r="F364" t="s">
-        <v>3353</v>
+        <v>3372</v>
       </c>
       <c r="G364" t="s">
-        <v>3354</v>
+        <v>3373</v>
       </c>
       <c r="H364" t="s">
-        <v>3355</v>
+        <v>3374</v>
       </c>
       <c r="I364" t="s">
-        <v>3356</v>
+        <v>3375</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>170</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>171</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3357</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>10950</v>
+        <v>8904</v>
       </c>
       <c r="B365" t="s">
-        <v>3358</v>
+        <v>3377</v>
       </c>
       <c r="C365" t="s">
-        <v>3359</v>
+        <v>3378</v>
       </c>
       <c r="D365" t="s">
-        <v>3360</v>
+        <v>3379</v>
       </c>
       <c r="E365" t="s">
-        <v>3361</v>
+        <v>3380</v>
       </c>
       <c r="F365" t="s">
-        <v>3362</v>
+        <v>3381</v>
       </c>
       <c r="G365" t="s">
-        <v>3363</v>
+        <v>3382</v>
       </c>
       <c r="H365" t="s">
-        <v>3364</v>
+        <v>3383</v>
       </c>
       <c r="I365" t="s">
-        <v>3365</v>
+        <v>3384</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>3366</v>
+        <v>170</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
+      <c r="M365" t="s">
+        <v>171</v>
+      </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3367</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>10951</v>
+        <v>8914</v>
       </c>
       <c r="B366" t="s">
-        <v>3368</v>
+        <v>3386</v>
       </c>
       <c r="C366" t="s">
-        <v>3369</v>
+        <v>3387</v>
       </c>
       <c r="D366" t="s">
-        <v>3370</v>
+        <v>3388</v>
       </c>
       <c r="E366" t="s">
-        <v>3371</v>
+        <v>3389</v>
       </c>
       <c r="F366" t="s">
-        <v>3372</v>
+        <v>3390</v>
       </c>
       <c r="G366" t="s">
-        <v>3373</v>
+        <v>3391</v>
       </c>
       <c r="H366" t="s">
-        <v>3374</v>
+        <v>3392</v>
       </c>
       <c r="I366" t="s">
-        <v>3375</v>
+        <v>3393</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3376</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>11000</v>
+        <v>8918</v>
       </c>
       <c r="B367" t="s">
-        <v>3377</v>
+        <v>3395</v>
       </c>
       <c r="C367" t="s">
-        <v>3378</v>
+        <v>3396</v>
       </c>
       <c r="D367" t="s">
-        <v>3379</v>
+        <v>3397</v>
       </c>
       <c r="E367" t="s">
-        <v>3380</v>
+        <v>3398</v>
       </c>
       <c r="F367" t="s">
-        <v>3381</v>
+        <v>3399</v>
       </c>
       <c r="G367" t="s">
-        <v>3382</v>
+        <v>3400</v>
       </c>
       <c r="H367" t="s">
-        <v>3383</v>
+        <v>3401</v>
       </c>
       <c r="I367" t="s">
-        <v>3384</v>
+        <v>3402</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3385</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>11220</v>
+        <v>8945</v>
       </c>
       <c r="B368" t="s">
-        <v>3386</v>
+        <v>3404</v>
       </c>
       <c r="C368" t="s">
-        <v>3387</v>
+        <v>3405</v>
       </c>
       <c r="D368" t="s">
-        <v>3388</v>
+        <v>3406</v>
       </c>
       <c r="E368" t="s">
-        <v>3389</v>
+        <v>3407</v>
       </c>
       <c r="F368" t="s">
-        <v>3390</v>
+        <v>3408</v>
       </c>
       <c r="G368" t="s">
-        <v>3391</v>
+        <v>3409</v>
       </c>
       <c r="H368" t="s">
-        <v>3392</v>
+        <v>3410</v>
       </c>
       <c r="I368" t="s">
-        <v>3393</v>
+        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>670</v>
+        <v>47</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>671</v>
+        <v>48</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3394</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>11231</v>
+        <v>8950</v>
       </c>
       <c r="B369" t="s">
-        <v>3395</v>
+        <v>3413</v>
       </c>
       <c r="C369" t="s">
-        <v>3396</v>
+        <v>3414</v>
       </c>
       <c r="D369" t="s">
-        <v>3397</v>
+        <v>3415</v>
       </c>
       <c r="E369" t="s">
-        <v>3398</v>
+        <v>3416</v>
       </c>
       <c r="F369" t="s">
-        <v>3399</v>
+        <v>3417</v>
       </c>
       <c r="G369" t="s">
-        <v>3400</v>
+        <v>3418</v>
       </c>
       <c r="H369" t="s">
-        <v>3401</v>
+        <v>3419</v>
       </c>
       <c r="I369" t="s">
-        <v>3402</v>
+        <v>3420</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3403</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>11287</v>
+        <v>8951</v>
       </c>
       <c r="B370" t="s">
-        <v>3404</v>
+        <v>3422</v>
       </c>
       <c r="C370" t="s">
-        <v>3405</v>
+        <v>3423</v>
       </c>
       <c r="D370" t="s">
-        <v>3406</v>
+        <v>3424</v>
       </c>
       <c r="E370" t="s">
-        <v>3407</v>
+        <v>3425</v>
       </c>
       <c r="F370" t="s">
-        <v>3408</v>
+        <v>3426</v>
       </c>
       <c r="G370" t="s">
-        <v>3409</v>
+        <v>3427</v>
       </c>
       <c r="H370" t="s">
-        <v>3410</v>
+        <v>3428</v>
       </c>
       <c r="I370" t="s">
-        <v>3411</v>
+        <v>3429</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3412</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>11299</v>
+        <v>8959</v>
       </c>
       <c r="B371" t="s">
-        <v>3413</v>
+        <v>3431</v>
       </c>
       <c r="C371" t="s">
-        <v>3414</v>
+        <v>3432</v>
       </c>
       <c r="D371" t="s">
-        <v>3415</v>
+        <v>3433</v>
       </c>
       <c r="E371" t="s">
-        <v>3416</v>
+        <v>3434</v>
       </c>
       <c r="F371" t="s">
-        <v>3417</v>
+        <v>3435</v>
       </c>
       <c r="G371" t="s">
-        <v>3418</v>
+        <v>3436</v>
       </c>
       <c r="H371" t="s">
-        <v>3419</v>
+        <v>3437</v>
       </c>
       <c r="I371" t="s">
-        <v>3420</v>
+        <v>3438</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3421</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>11306</v>
+        <v>10014</v>
       </c>
       <c r="B372" t="s">
-        <v>3422</v>
+        <v>3440</v>
       </c>
       <c r="C372" t="s">
-        <v>3423</v>
+        <v>3441</v>
       </c>
       <c r="D372" t="s">
-        <v>3424</v>
+        <v>3442</v>
       </c>
       <c r="E372" t="s">
-        <v>3425</v>
+        <v>3443</v>
       </c>
       <c r="F372" t="s">
-        <v>3426</v>
+        <v>3444</v>
       </c>
       <c r="G372" t="s">
-        <v>3427</v>
+        <v>3445</v>
       </c>
       <c r="H372" t="s">
-        <v>3428</v>
+        <v>3446</v>
       </c>
       <c r="I372" t="s">
-        <v>3429</v>
+        <v>3447</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>1080</v>
+        <v>3448</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
+      <c r="M372" t="s">
+        <v>3449</v>
+      </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3430</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>58060</v>
+        <v>10015</v>
       </c>
       <c r="B373" t="s">
-        <v>3431</v>
+        <v>3451</v>
       </c>
       <c r="C373" t="s">
-        <v>3432</v>
+        <v>3452</v>
       </c>
       <c r="D373" t="s">
-        <v>3433</v>
+        <v>3453</v>
       </c>
       <c r="E373" t="s">
-        <v>3434</v>
+        <v>3454</v>
       </c>
       <c r="F373" t="s">
-        <v>3435</v>
+        <v>3455</v>
       </c>
       <c r="G373" t="s">
-        <v>3436</v>
+        <v>3456</v>
       </c>
       <c r="H373" t="s">
-        <v>3437</v>
+        <v>3457</v>
       </c>
       <c r="I373" t="s">
-        <v>3438</v>
+        <v>3458</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>3439</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
+      <c r="M373" t="s">
+        <v>171</v>
+      </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3440</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>58066</v>
+        <v>10036</v>
       </c>
       <c r="B374" t="s">
-        <v>3441</v>
+        <v>3460</v>
       </c>
       <c r="C374" t="s">
-        <v>3442</v>
+        <v>3461</v>
       </c>
       <c r="D374" t="s">
-        <v>3443</v>
+        <v>3462</v>
       </c>
       <c r="E374" t="s">
-        <v>3444</v>
+        <v>3463</v>
       </c>
       <c r="F374" t="s">
-        <v>3445</v>
+        <v>3464</v>
       </c>
       <c r="G374" t="s">
-        <v>3446</v>
+        <v>3465</v>
       </c>
       <c r="H374" t="s">
-        <v>3447</v>
+        <v>3466</v>
       </c>
       <c r="I374" t="s">
-        <v>3448</v>
+        <v>3467</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3449</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>58120</v>
+        <v>10046</v>
       </c>
       <c r="B375" t="s">
-        <v>3450</v>
+        <v>3469</v>
       </c>
       <c r="C375" t="s">
-        <v>3451</v>
+        <v>3470</v>
       </c>
       <c r="D375" t="s">
-        <v>3452</v>
+        <v>3471</v>
       </c>
       <c r="E375" t="s">
-        <v>3453</v>
+        <v>3472</v>
       </c>
       <c r="F375" t="s">
-        <v>3454</v>
+        <v>3473</v>
       </c>
       <c r="G375" t="s">
-        <v>3455</v>
+        <v>3474</v>
       </c>
       <c r="H375" t="s">
-        <v>3456</v>
+        <v>3475</v>
       </c>
       <c r="I375" t="s">
-        <v>3457</v>
+        <v>3476</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3458</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>58122</v>
+        <v>10098</v>
       </c>
       <c r="B376" t="s">
-        <v>3459</v>
+        <v>3478</v>
       </c>
       <c r="C376" t="s">
-        <v>3460</v>
+        <v>3479</v>
       </c>
       <c r="D376" t="s">
-        <v>3461</v>
+        <v>3480</v>
       </c>
       <c r="E376" t="s">
-        <v>3462</v>
+        <v>3481</v>
       </c>
       <c r="F376" t="s">
-        <v>3463</v>
+        <v>3482</v>
       </c>
       <c r="G376" t="s">
-        <v>3464</v>
+        <v>3483</v>
       </c>
       <c r="H376" t="s">
-        <v>3465</v>
+        <v>3484</v>
       </c>
       <c r="I376" t="s">
-        <v>3466</v>
+        <v>3485</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3467</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>58144</v>
+        <v>10101</v>
       </c>
       <c r="B377" t="s">
-        <v>3468</v>
+        <v>3487</v>
       </c>
       <c r="C377" t="s">
-        <v>3469</v>
+        <v>3488</v>
       </c>
       <c r="D377" t="s">
-        <v>3470</v>
+        <v>3489</v>
       </c>
       <c r="E377" t="s">
-        <v>3471</v>
+        <v>3490</v>
       </c>
       <c r="F377" t="s">
-        <v>3472</v>
+        <v>3491</v>
       </c>
       <c r="G377" t="s">
-        <v>3473</v>
+        <v>3492</v>
       </c>
       <c r="H377" t="s">
-        <v>3474</v>
+        <v>3493</v>
       </c>
       <c r="I377" t="s">
-        <v>3475</v>
+        <v>3494</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3476</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>58148</v>
+        <v>10412</v>
       </c>
       <c r="B378" t="s">
-        <v>3477</v>
+        <v>3496</v>
       </c>
       <c r="C378" t="s">
-        <v>3478</v>
+        <v>3497</v>
       </c>
       <c r="D378" t="s">
-        <v>3479</v>
+        <v>3498</v>
       </c>
       <c r="E378" t="s">
-        <v>3480</v>
+        <v>3499</v>
       </c>
       <c r="F378" t="s">
-        <v>3481</v>
+        <v>3500</v>
       </c>
       <c r="G378" t="s">
-        <v>3482</v>
+        <v>3501</v>
       </c>
       <c r="H378" t="s">
-        <v>3483</v>
+        <v>3502</v>
       </c>
       <c r="I378" t="s">
-        <v>3484</v>
+        <v>3503</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>1015</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>1016</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3485</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>58218</v>
+        <v>10603</v>
       </c>
       <c r="B379" t="s">
-        <v>3486</v>
+        <v>3505</v>
       </c>
       <c r="C379" t="s">
-        <v>3487</v>
+        <v>3506</v>
       </c>
       <c r="D379" t="s">
-        <v>3488</v>
+        <v>3507</v>
       </c>
       <c r="E379" t="s">
-        <v>3489</v>
+        <v>3508</v>
       </c>
       <c r="F379" t="s">
-        <v>3490</v>
+        <v>3509</v>
       </c>
       <c r="G379" t="s">
-        <v>3491</v>
+        <v>3510</v>
       </c>
       <c r="H379" t="s">
-        <v>3492</v>
+        <v>3511</v>
       </c>
       <c r="I379" t="s">
-        <v>3493</v>
+        <v>3512</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3494</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>58223</v>
+        <v>10647</v>
       </c>
       <c r="B380" t="s">
-        <v>3495</v>
+        <v>3514</v>
       </c>
       <c r="C380" t="s">
-        <v>3496</v>
+        <v>3515</v>
       </c>
       <c r="D380" t="s">
-        <v>3497</v>
+        <v>3516</v>
       </c>
       <c r="E380" t="s">
-        <v>3498</v>
+        <v>3517</v>
       </c>
       <c r="F380" t="s">
-        <v>3499</v>
+        <v>3518</v>
       </c>
       <c r="G380" t="s">
-        <v>3500</v>
+        <v>3519</v>
       </c>
       <c r="H380" t="s">
-        <v>3501</v>
+        <v>3520</v>
       </c>
       <c r="I380" t="s">
-        <v>3502</v>
+        <v>3521</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
         <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
         <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3503</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>58240</v>
+        <v>10887</v>
       </c>
       <c r="B381" t="s">
-        <v>3504</v>
+        <v>3523</v>
       </c>
       <c r="C381" t="s">
-        <v>3505</v>
+        <v>3524</v>
       </c>
       <c r="D381" t="s">
-        <v>3506</v>
+        <v>3525</v>
       </c>
       <c r="E381" t="s">
-        <v>3507</v>
+        <v>3526</v>
       </c>
       <c r="F381" t="s">
-        <v>3508</v>
+        <v>3527</v>
       </c>
       <c r="G381" t="s">
-        <v>3509</v>
+        <v>3528</v>
       </c>
       <c r="H381" t="s">
-        <v>3510</v>
+        <v>3529</v>
       </c>
       <c r="I381" t="s">
-        <v>3511</v>
+        <v>3530</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>3512</v>
+        <v>25</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
+      <c r="M381" t="s">
+        <v>27</v>
+      </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3513</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>58259</v>
+        <v>10925</v>
       </c>
       <c r="B382" t="s">
-        <v>3514</v>
+        <v>3532</v>
       </c>
       <c r="C382" t="s">
-        <v>3515</v>
+        <v>3533</v>
       </c>
       <c r="D382" t="s">
-        <v>3516</v>
+        <v>3534</v>
       </c>
       <c r="E382" t="s">
-        <v>3517</v>
+        <v>3535</v>
       </c>
       <c r="F382" t="s">
-        <v>3518</v>
+        <v>3536</v>
       </c>
       <c r="G382" t="s">
-        <v>3519</v>
+        <v>3537</v>
       </c>
       <c r="H382" t="s">
-        <v>3520</v>
+        <v>3538</v>
       </c>
       <c r="I382" t="s">
-        <v>3521</v>
+        <v>3539</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>3522</v>
+        <v>25</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
+      <c r="M382" t="s">
+        <v>27</v>
+      </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3523</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>64637</v>
+        <v>10930</v>
       </c>
       <c r="B383" t="s">
-        <v>3524</v>
+        <v>3541</v>
       </c>
       <c r="C383" t="s">
-        <v>3525</v>
+        <v>3542</v>
       </c>
       <c r="D383" t="s">
-        <v>3526</v>
+        <v>3543</v>
       </c>
       <c r="E383" t="s">
-        <v>3527</v>
+        <v>3544</v>
       </c>
       <c r="F383" t="s">
-        <v>3528</v>
+        <v>3545</v>
       </c>
       <c r="G383" t="s">
-        <v>3529</v>
+        <v>3546</v>
       </c>
       <c r="H383" t="s">
-        <v>3530</v>
+        <v>3547</v>
       </c>
       <c r="I383" t="s">
-        <v>3531</v>
+        <v>3548</v>
       </c>
       <c r="J383" t="s">
-        <v>24</v>
+        <v>1459</v>
       </c>
       <c r="K383" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L383" t="s">
-        <v>26</v>
+        <v>1461</v>
       </c>
       <c r="M383" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3532</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>64643</v>
+        <v>10947</v>
       </c>
       <c r="B384" t="s">
-        <v>3533</v>
+        <v>3550</v>
       </c>
       <c r="C384" t="s">
-        <v>3534</v>
+        <v>3551</v>
       </c>
       <c r="D384" t="s">
-        <v>3535</v>
+        <v>3552</v>
       </c>
       <c r="E384" t="s">
-        <v>3536</v>
+        <v>3553</v>
       </c>
       <c r="F384" t="s">
-        <v>3537</v>
+        <v>3554</v>
       </c>
       <c r="G384" t="s">
-        <v>3538</v>
+        <v>3555</v>
       </c>
       <c r="H384" t="s">
-        <v>3539</v>
+        <v>3556</v>
       </c>
       <c r="I384" t="s">
-        <v>3540</v>
+        <v>3557</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3541</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>64689</v>
+        <v>10948</v>
       </c>
       <c r="B385" t="s">
-        <v>3542</v>
+        <v>3559</v>
       </c>
       <c r="C385" t="s">
-        <v>3543</v>
+        <v>3560</v>
       </c>
       <c r="D385" t="s">
-        <v>3544</v>
+        <v>3561</v>
       </c>
       <c r="E385" t="s">
-        <v>3545</v>
+        <v>3562</v>
       </c>
       <c r="F385" t="s">
-        <v>3546</v>
+        <v>3563</v>
       </c>
       <c r="G385" t="s">
-        <v>3547</v>
+        <v>3564</v>
       </c>
       <c r="H385" t="s">
-        <v>3548</v>
+        <v>3565</v>
       </c>
       <c r="I385" t="s">
-        <v>3549</v>
+        <v>3566</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3550</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65000</v>
+        <v>10950</v>
       </c>
       <c r="B386" t="s">
-        <v>3551</v>
+        <v>3568</v>
       </c>
       <c r="C386" t="s">
-        <v>3552</v>
+        <v>3569</v>
       </c>
       <c r="D386" t="s">
-        <v>3553</v>
+        <v>3570</v>
       </c>
       <c r="E386" t="s">
-        <v>3554</v>
+        <v>3571</v>
       </c>
       <c r="F386" t="s">
-        <v>3555</v>
+        <v>3572</v>
       </c>
       <c r="G386" t="s">
-        <v>3556</v>
+        <v>3573</v>
       </c>
       <c r="H386" t="s">
-        <v>3557</v>
+        <v>3574</v>
       </c>
       <c r="I386" t="s">
-        <v>3558</v>
+        <v>3575</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>25</v>
+        <v>3576</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>27</v>
+        <v>3577</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3559</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65001</v>
+        <v>10951</v>
       </c>
       <c r="B387" t="s">
-        <v>3560</v>
+        <v>3579</v>
       </c>
       <c r="C387" t="s">
-        <v>3561</v>
+        <v>3580</v>
       </c>
       <c r="D387" t="s">
-        <v>3562</v>
+        <v>3581</v>
       </c>
       <c r="E387" t="s">
-        <v>3563</v>
+        <v>3582</v>
       </c>
       <c r="F387" t="s">
-        <v>3564</v>
+        <v>3583</v>
       </c>
       <c r="G387" t="s">
-        <v>3565</v>
+        <v>3584</v>
       </c>
       <c r="H387" t="s">
-        <v>3566</v>
+        <v>3585</v>
       </c>
       <c r="I387" t="s">
-        <v>3567</v>
+        <v>3586</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3568</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65002</v>
+        <v>11000</v>
       </c>
       <c r="B388" t="s">
-        <v>3569</v>
+        <v>3588</v>
       </c>
       <c r="C388" t="s">
-        <v>3570</v>
+        <v>3589</v>
       </c>
       <c r="D388" t="s">
-        <v>3571</v>
+        <v>3590</v>
       </c>
       <c r="E388" t="s">
-        <v>3572</v>
+        <v>3591</v>
       </c>
       <c r="F388" t="s">
-        <v>3573</v>
+        <v>3592</v>
       </c>
       <c r="G388" t="s">
-        <v>3574</v>
+        <v>3593</v>
       </c>
       <c r="H388" t="s">
-        <v>3575</v>
+        <v>3594</v>
       </c>
       <c r="I388" t="s">
-        <v>3576</v>
+        <v>3595</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>25</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>27</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3577</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65003</v>
+        <v>11220</v>
       </c>
       <c r="B389" t="s">
-        <v>3578</v>
+        <v>3597</v>
       </c>
       <c r="C389" t="s">
-        <v>3579</v>
+        <v>3598</v>
       </c>
       <c r="D389" t="s">
-        <v>3580</v>
+        <v>3599</v>
       </c>
       <c r="E389" t="s">
-        <v>3581</v>
+        <v>3600</v>
       </c>
       <c r="F389" t="s">
-        <v>3582</v>
+        <v>3601</v>
       </c>
       <c r="G389" t="s">
-        <v>3583</v>
+        <v>3602</v>
       </c>
       <c r="H389" t="s">
-        <v>3584</v>
+        <v>3603</v>
       </c>
       <c r="I389" t="s">
-        <v>3585</v>
+        <v>3604</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3586</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65004</v>
+        <v>11231</v>
       </c>
       <c r="B390" t="s">
-        <v>3587</v>
+        <v>3606</v>
       </c>
       <c r="C390" t="s">
-        <v>3588</v>
+        <v>3607</v>
       </c>
       <c r="D390" t="s">
-        <v>3589</v>
+        <v>3608</v>
       </c>
       <c r="E390" t="s">
-        <v>3590</v>
+        <v>3609</v>
       </c>
       <c r="F390" t="s">
-        <v>3591</v>
+        <v>3610</v>
       </c>
       <c r="G390" t="s">
-        <v>3592</v>
+        <v>3611</v>
       </c>
       <c r="H390" t="s">
-        <v>3593</v>
+        <v>3612</v>
       </c>
       <c r="I390" t="s">
-        <v>3594</v>
+        <v>3613</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3595</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65005</v>
+        <v>11287</v>
       </c>
       <c r="B391" t="s">
-        <v>3596</v>
+        <v>3615</v>
       </c>
       <c r="C391" t="s">
-        <v>3597</v>
+        <v>3616</v>
       </c>
       <c r="D391" t="s">
-        <v>3598</v>
+        <v>3617</v>
       </c>
       <c r="E391" t="s">
-        <v>3599</v>
+        <v>3618</v>
       </c>
       <c r="F391" t="s">
-        <v>3600</v>
+        <v>3619</v>
       </c>
       <c r="G391" t="s">
-        <v>3601</v>
+        <v>3620</v>
       </c>
       <c r="H391" t="s">
-        <v>3602</v>
+        <v>3621</v>
       </c>
       <c r="I391" t="s">
-        <v>3603</v>
+        <v>3622</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>3604</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>3605</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3606</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65006</v>
+        <v>11299</v>
       </c>
       <c r="B392" t="s">
-        <v>3607</v>
+        <v>3624</v>
       </c>
       <c r="C392" t="s">
-        <v>3608</v>
+        <v>3625</v>
       </c>
       <c r="D392" t="s">
-        <v>3609</v>
+        <v>3626</v>
       </c>
       <c r="E392" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="F392" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="G392" t="s">
-        <v>3612</v>
+        <v>3629</v>
       </c>
       <c r="H392" t="s">
-        <v>3613</v>
+        <v>3630</v>
       </c>
       <c r="I392" t="s">
-        <v>3614</v>
+        <v>3631</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>3615</v>
+        <v>170</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>3616</v>
+        <v>171</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3617</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65007</v>
+        <v>11306</v>
       </c>
       <c r="B393" t="s">
-        <v>3618</v>
+        <v>3633</v>
       </c>
       <c r="C393" t="s">
-        <v>3619</v>
+        <v>3634</v>
       </c>
       <c r="D393" t="s">
-        <v>3620</v>
+        <v>3635</v>
       </c>
       <c r="E393" t="s">
-        <v>3621</v>
+        <v>3636</v>
       </c>
       <c r="F393" t="s">
-        <v>3622</v>
+        <v>3637</v>
       </c>
       <c r="G393" t="s">
-        <v>3623</v>
+        <v>3638</v>
       </c>
       <c r="H393" t="s">
-        <v>3624</v>
+        <v>3639</v>
       </c>
       <c r="I393" t="s">
-        <v>3625</v>
+        <v>3640</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>1137</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3626</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65008</v>
+        <v>58060</v>
       </c>
       <c r="B394" t="s">
-        <v>3627</v>
+        <v>3642</v>
       </c>
       <c r="C394" t="s">
-        <v>3628</v>
+        <v>3643</v>
       </c>
       <c r="D394" t="s">
-        <v>3629</v>
+        <v>3644</v>
       </c>
       <c r="E394" t="s">
-        <v>3630</v>
+        <v>3645</v>
       </c>
       <c r="F394" t="s">
-        <v>3631</v>
+        <v>3646</v>
       </c>
       <c r="G394" t="s">
-        <v>3632</v>
+        <v>3647</v>
       </c>
       <c r="H394" t="s">
-        <v>3633</v>
+        <v>3648</v>
       </c>
       <c r="I394" t="s">
-        <v>3634</v>
+        <v>3649</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>170</v>
+        <v>3293</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>171</v>
+        <v>3294</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3635</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65009</v>
+        <v>58066</v>
       </c>
       <c r="B395" t="s">
-        <v>3636</v>
+        <v>3651</v>
       </c>
       <c r="C395" t="s">
-        <v>3637</v>
+        <v>3652</v>
       </c>
       <c r="D395" t="s">
-        <v>3638</v>
+        <v>3653</v>
       </c>
       <c r="E395" t="s">
-        <v>3639</v>
+        <v>3654</v>
       </c>
       <c r="F395" t="s">
-        <v>3640</v>
+        <v>3655</v>
       </c>
       <c r="G395" t="s">
-        <v>3641</v>
+        <v>3656</v>
       </c>
       <c r="H395" t="s">
-        <v>3642</v>
+        <v>3657</v>
       </c>
       <c r="I395" t="s">
-        <v>3643</v>
+        <v>3658</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3644</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65010</v>
+        <v>58120</v>
       </c>
       <c r="B396" t="s">
-        <v>3645</v>
+        <v>3660</v>
       </c>
       <c r="C396" t="s">
-        <v>3646</v>
+        <v>3661</v>
       </c>
       <c r="D396" t="s">
-        <v>3647</v>
+        <v>3662</v>
       </c>
       <c r="E396" t="s">
-        <v>3648</v>
+        <v>3663</v>
       </c>
       <c r="F396" t="s">
-        <v>3649</v>
+        <v>3664</v>
       </c>
       <c r="G396" t="s">
-        <v>3650</v>
+        <v>3665</v>
       </c>
       <c r="H396" t="s">
-        <v>3651</v>
+        <v>3666</v>
       </c>
       <c r="I396" t="s">
-        <v>3652</v>
+        <v>3667</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
         <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
         <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3653</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65011</v>
+        <v>58122</v>
       </c>
       <c r="B397" t="s">
-        <v>3654</v>
+        <v>3669</v>
       </c>
       <c r="C397" t="s">
-        <v>3655</v>
+        <v>3670</v>
       </c>
       <c r="D397" t="s">
-        <v>3656</v>
+        <v>3671</v>
       </c>
       <c r="E397" t="s">
-        <v>3657</v>
+        <v>3672</v>
       </c>
       <c r="F397" t="s">
-        <v>3658</v>
+        <v>3673</v>
       </c>
       <c r="G397" t="s">
-        <v>3659</v>
+        <v>3674</v>
       </c>
       <c r="H397" t="s">
-        <v>3660</v>
+        <v>3675</v>
       </c>
       <c r="I397" t="s">
-        <v>3661</v>
+        <v>3676</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3662</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65012</v>
+        <v>58144</v>
       </c>
       <c r="B398" t="s">
-        <v>3663</v>
+        <v>3678</v>
       </c>
       <c r="C398" t="s">
-        <v>3664</v>
+        <v>3679</v>
       </c>
       <c r="D398" t="s">
-        <v>3665</v>
+        <v>3680</v>
       </c>
       <c r="E398" t="s">
-        <v>3666</v>
+        <v>3681</v>
       </c>
       <c r="F398" t="s">
-        <v>3667</v>
+        <v>3682</v>
       </c>
       <c r="G398" t="s">
-        <v>3668</v>
+        <v>3683</v>
       </c>
       <c r="H398" t="s">
-        <v>3669</v>
+        <v>3684</v>
       </c>
       <c r="I398" t="s">
-        <v>3670</v>
+        <v>3685</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3671</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3672</v>
+        <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3673</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65013</v>
+        <v>58148</v>
       </c>
       <c r="B399" t="s">
-        <v>3674</v>
+        <v>3687</v>
       </c>
       <c r="C399" t="s">
-        <v>3675</v>
+        <v>3688</v>
       </c>
       <c r="D399" t="s">
-        <v>3676</v>
+        <v>3689</v>
       </c>
       <c r="E399" t="s">
-        <v>3677</v>
+        <v>3690</v>
       </c>
       <c r="F399" t="s">
-        <v>3678</v>
+        <v>3691</v>
       </c>
       <c r="G399" t="s">
-        <v>3679</v>
+        <v>3692</v>
       </c>
       <c r="H399" t="s">
-        <v>3680</v>
+        <v>3693</v>
       </c>
       <c r="I399" t="s">
-        <v>3681</v>
+        <v>3694</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3682</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65014</v>
+        <v>58218</v>
       </c>
       <c r="B400" t="s">
-        <v>3683</v>
+        <v>3696</v>
       </c>
       <c r="C400" t="s">
-        <v>3684</v>
+        <v>3697</v>
       </c>
       <c r="D400" t="s">
-        <v>3685</v>
+        <v>3698</v>
       </c>
       <c r="E400" t="s">
-        <v>3686</v>
+        <v>3699</v>
       </c>
       <c r="F400" t="s">
-        <v>3687</v>
+        <v>3700</v>
       </c>
       <c r="G400" t="s">
-        <v>3688</v>
+        <v>3701</v>
       </c>
       <c r="H400" t="s">
-        <v>3689</v>
+        <v>3702</v>
       </c>
       <c r="I400" t="s">
-        <v>3690</v>
+        <v>3703</v>
       </c>
       <c r="J400" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>670</v>
+        <v>170</v>
       </c>
       <c r="L400" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>671</v>
+        <v>171</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3691</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65015</v>
+        <v>58223</v>
       </c>
       <c r="B401" t="s">
-        <v>3692</v>
+        <v>3705</v>
       </c>
       <c r="C401" t="s">
-        <v>3693</v>
+        <v>3706</v>
       </c>
       <c r="D401" t="s">
-        <v>3694</v>
+        <v>3707</v>
       </c>
       <c r="E401" t="s">
-        <v>3695</v>
+        <v>3708</v>
       </c>
       <c r="F401" t="s">
-        <v>3696</v>
+        <v>3709</v>
       </c>
       <c r="G401" t="s">
-        <v>3697</v>
+        <v>3710</v>
       </c>
       <c r="H401" t="s">
-        <v>3698</v>
+        <v>3711</v>
       </c>
       <c r="I401" t="s">
-        <v>3699</v>
+        <v>3712</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3700</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65016</v>
+        <v>58240</v>
       </c>
       <c r="B402" t="s">
-        <v>3701</v>
+        <v>3714</v>
       </c>
       <c r="C402" t="s">
-        <v>3702</v>
+        <v>3715</v>
       </c>
       <c r="D402" t="s">
-        <v>3703</v>
+        <v>3716</v>
       </c>
       <c r="E402" t="s">
-        <v>3704</v>
+        <v>3717</v>
       </c>
       <c r="F402" t="s">
-        <v>3705</v>
+        <v>3718</v>
       </c>
       <c r="G402" t="s">
-        <v>3706</v>
+        <v>3719</v>
       </c>
       <c r="H402" t="s">
-        <v>3707</v>
+        <v>3720</v>
       </c>
       <c r="I402" t="s">
-        <v>3708</v>
+        <v>3721</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>25</v>
+        <v>3722</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>27</v>
+        <v>3723</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3709</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65017</v>
+        <v>58259</v>
       </c>
       <c r="B403" t="s">
-        <v>3710</v>
+        <v>3725</v>
       </c>
       <c r="C403" t="s">
-        <v>3711</v>
+        <v>3726</v>
       </c>
       <c r="D403" t="s">
-        <v>3712</v>
+        <v>3727</v>
       </c>
       <c r="E403" t="s">
-        <v>3713</v>
+        <v>3728</v>
       </c>
       <c r="F403" t="s">
-        <v>3714</v>
+        <v>3729</v>
       </c>
       <c r="G403" t="s">
-        <v>3715</v>
+        <v>3730</v>
       </c>
       <c r="H403" t="s">
-        <v>3716</v>
+        <v>3731</v>
       </c>
       <c r="I403" t="s">
-        <v>3717</v>
+        <v>3732</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>3718</v>
+        <v>3733</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>3719</v>
+        <v>3734</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3720</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65018</v>
+        <v>64637</v>
       </c>
       <c r="B404" t="s">
-        <v>3721</v>
+        <v>3736</v>
       </c>
       <c r="C404" t="s">
-        <v>3722</v>
+        <v>3737</v>
       </c>
       <c r="D404" t="s">
-        <v>3723</v>
+        <v>3738</v>
       </c>
       <c r="E404" t="s">
-        <v>3724</v>
+        <v>3739</v>
       </c>
       <c r="F404" t="s">
-        <v>3725</v>
+        <v>3740</v>
       </c>
       <c r="G404" t="s">
-        <v>3726</v>
+        <v>3741</v>
       </c>
       <c r="H404" t="s">
-        <v>3727</v>
+        <v>3742</v>
       </c>
       <c r="I404" t="s">
-        <v>3728</v>
+        <v>3743</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>3729</v>
+        <v>47</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>3730</v>
+        <v>48</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3731</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65019</v>
+        <v>64643</v>
       </c>
       <c r="B405" t="s">
-        <v>3732</v>
+        <v>3745</v>
       </c>
       <c r="C405" t="s">
-        <v>3733</v>
+        <v>3746</v>
       </c>
       <c r="D405" t="s">
-        <v>3734</v>
+        <v>3747</v>
       </c>
       <c r="E405" t="s">
-        <v>3735</v>
+        <v>3748</v>
       </c>
       <c r="F405" t="s">
-        <v>3736</v>
+        <v>3749</v>
       </c>
       <c r="G405" t="s">
-        <v>3737</v>
+        <v>3750</v>
       </c>
       <c r="H405" t="s">
-        <v>3738</v>
+        <v>3751</v>
       </c>
       <c r="I405" t="s">
-        <v>3739</v>
+        <v>3752</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
         <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
         <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3740</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65020</v>
+        <v>64689</v>
       </c>
       <c r="B406" t="s">
-        <v>3741</v>
+        <v>3754</v>
       </c>
       <c r="C406" t="s">
-        <v>3742</v>
+        <v>3755</v>
       </c>
       <c r="D406" t="s">
-        <v>3743</v>
+        <v>3756</v>
       </c>
       <c r="E406" t="s">
-        <v>3744</v>
+        <v>3757</v>
       </c>
       <c r="F406" t="s">
-        <v>3745</v>
+        <v>3758</v>
       </c>
       <c r="G406" t="s">
-        <v>3746</v>
+        <v>3759</v>
       </c>
       <c r="H406" t="s">
-        <v>3747</v>
+        <v>3760</v>
       </c>
       <c r="I406" t="s">
-        <v>3748</v>
+        <v>3761</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>3749</v>
+        <v>59</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>3750</v>
+        <v>61</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3751</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65021</v>
+        <v>65000</v>
       </c>
       <c r="B407" t="s">
-        <v>3752</v>
+        <v>3763</v>
       </c>
       <c r="C407" t="s">
-        <v>3753</v>
+        <v>3764</v>
       </c>
       <c r="D407" t="s">
-        <v>3754</v>
+        <v>3765</v>
       </c>
       <c r="E407" t="s">
-        <v>3755</v>
+        <v>3766</v>
       </c>
       <c r="F407" t="s">
-        <v>3756</v>
+        <v>3767</v>
       </c>
       <c r="G407" t="s">
-        <v>3757</v>
+        <v>3768</v>
       </c>
       <c r="H407" t="s">
-        <v>3758</v>
+        <v>3769</v>
       </c>
       <c r="I407" t="s">
-        <v>3759</v>
+        <v>3770</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
         <v>25</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
         <v>27</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3760</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65022</v>
+        <v>65001</v>
       </c>
       <c r="B408" t="s">
-        <v>3761</v>
+        <v>3772</v>
       </c>
       <c r="C408" t="s">
-        <v>3762</v>
+        <v>3773</v>
       </c>
       <c r="D408" t="s">
-        <v>3763</v>
+        <v>3774</v>
       </c>
       <c r="E408" t="s">
-        <v>3764</v>
+        <v>3775</v>
       </c>
       <c r="F408" t="s">
-        <v>3765</v>
+        <v>3776</v>
       </c>
       <c r="G408" t="s">
-        <v>3766</v>
+        <v>3777</v>
       </c>
       <c r="H408" t="s">
-        <v>3767</v>
+        <v>3778</v>
       </c>
       <c r="I408" t="s">
-        <v>3768</v>
+        <v>3779</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3769</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65023</v>
+        <v>65002</v>
       </c>
       <c r="B409" t="s">
-        <v>3770</v>
+        <v>3781</v>
       </c>
       <c r="C409" t="s">
-        <v>3771</v>
+        <v>3782</v>
       </c>
       <c r="D409" t="s">
-        <v>3772</v>
+        <v>3783</v>
       </c>
       <c r="E409" t="s">
-        <v>3773</v>
+        <v>3784</v>
       </c>
       <c r="F409" t="s">
-        <v>3774</v>
+        <v>3785</v>
       </c>
       <c r="G409" t="s">
-        <v>3775</v>
+        <v>3786</v>
       </c>
       <c r="H409" t="s">
-        <v>3776</v>
+        <v>3787</v>
       </c>
       <c r="I409" t="s">
-        <v>3777</v>
+        <v>3788</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3778</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65025</v>
+        <v>65003</v>
       </c>
       <c r="B410" t="s">
-        <v>3779</v>
+        <v>3790</v>
       </c>
       <c r="C410" t="s">
-        <v>3780</v>
+        <v>3791</v>
       </c>
       <c r="D410" t="s">
-        <v>3781</v>
+        <v>3792</v>
       </c>
       <c r="E410" t="s">
-        <v>3782</v>
+        <v>3793</v>
       </c>
       <c r="F410" t="s">
-        <v>3783</v>
+        <v>3794</v>
       </c>
       <c r="G410" t="s">
-        <v>3784</v>
+        <v>3795</v>
       </c>
       <c r="H410" t="s">
-        <v>3785</v>
+        <v>3796</v>
       </c>
       <c r="I410" t="s">
-        <v>3786</v>
+        <v>3797</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3787</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65026</v>
+        <v>65004</v>
       </c>
       <c r="B411" t="s">
-        <v>3788</v>
+        <v>3799</v>
       </c>
       <c r="C411" t="s">
-        <v>3789</v>
+        <v>3800</v>
       </c>
       <c r="D411" t="s">
-        <v>3790</v>
+        <v>3801</v>
       </c>
       <c r="E411" t="s">
-        <v>3791</v>
+        <v>3802</v>
       </c>
       <c r="F411" t="s">
-        <v>3792</v>
+        <v>3803</v>
       </c>
       <c r="G411" t="s">
-        <v>3793</v>
+        <v>3804</v>
       </c>
       <c r="H411" t="s">
-        <v>3794</v>
+        <v>3805</v>
       </c>
       <c r="I411" t="s">
-        <v>3795</v>
+        <v>3806</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3796</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65027</v>
+        <v>65005</v>
       </c>
       <c r="B412" t="s">
-        <v>3797</v>
+        <v>3808</v>
       </c>
       <c r="C412" t="s">
-        <v>3798</v>
+        <v>3809</v>
       </c>
       <c r="D412" t="s">
-        <v>3799</v>
+        <v>3810</v>
       </c>
       <c r="E412" t="s">
-        <v>3800</v>
+        <v>3811</v>
       </c>
       <c r="F412" t="s">
-        <v>3801</v>
+        <v>3812</v>
       </c>
       <c r="G412" t="s">
-        <v>3802</v>
+        <v>3813</v>
       </c>
       <c r="H412" t="s">
-        <v>3803</v>
+        <v>3814</v>
       </c>
       <c r="I412" t="s">
-        <v>3804</v>
+        <v>3815</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>670</v>
+        <v>3816</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>671</v>
+        <v>3817</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3805</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65028</v>
+        <v>65006</v>
       </c>
       <c r="B413" t="s">
-        <v>3806</v>
+        <v>3819</v>
       </c>
       <c r="C413" t="s">
-        <v>3807</v>
+        <v>3820</v>
       </c>
       <c r="D413" t="s">
-        <v>3808</v>
+        <v>3821</v>
       </c>
       <c r="E413" t="s">
-        <v>3809</v>
+        <v>3822</v>
       </c>
       <c r="F413" t="s">
-        <v>3810</v>
+        <v>3823</v>
       </c>
       <c r="G413" t="s">
-        <v>3811</v>
+        <v>3824</v>
       </c>
       <c r="H413" t="s">
-        <v>3812</v>
+        <v>3825</v>
       </c>
       <c r="I413" t="s">
-        <v>3813</v>
+        <v>3826</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>25</v>
+        <v>3827</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>27</v>
+        <v>3828</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3814</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65030</v>
+        <v>65007</v>
       </c>
       <c r="B414" t="s">
-        <v>3815</v>
+        <v>3830</v>
       </c>
       <c r="C414" t="s">
-        <v>3816</v>
+        <v>3831</v>
       </c>
       <c r="D414" t="s">
-        <v>3817</v>
+        <v>3832</v>
       </c>
       <c r="E414" t="s">
-        <v>3818</v>
+        <v>3833</v>
       </c>
       <c r="F414" t="s">
-        <v>3819</v>
+        <v>3834</v>
       </c>
       <c r="G414" t="s">
-        <v>3820</v>
+        <v>3835</v>
       </c>
       <c r="H414" t="s">
-        <v>3821</v>
+        <v>3836</v>
       </c>
       <c r="I414" t="s">
-        <v>3822</v>
+        <v>3837</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3823</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65031</v>
+        <v>65008</v>
       </c>
       <c r="B415" t="s">
-        <v>3824</v>
+        <v>3839</v>
       </c>
       <c r="C415" t="s">
-        <v>3825</v>
+        <v>3840</v>
       </c>
       <c r="D415" t="s">
-        <v>3826</v>
+        <v>3841</v>
       </c>
       <c r="E415" t="s">
-        <v>3827</v>
+        <v>3842</v>
       </c>
       <c r="F415" t="s">
-        <v>3828</v>
+        <v>3843</v>
       </c>
       <c r="G415" t="s">
-        <v>3829</v>
+        <v>3844</v>
       </c>
       <c r="H415" t="s">
-        <v>3830</v>
+        <v>3845</v>
       </c>
       <c r="I415" t="s">
-        <v>3831</v>
+        <v>3846</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3832</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65032</v>
+        <v>65009</v>
       </c>
       <c r="B416" t="s">
-        <v>3833</v>
+        <v>3848</v>
       </c>
       <c r="C416" t="s">
-        <v>3834</v>
+        <v>3849</v>
       </c>
       <c r="D416" t="s">
-        <v>3835</v>
+        <v>3850</v>
       </c>
       <c r="E416" t="s">
-        <v>3836</v>
+        <v>3851</v>
       </c>
       <c r="F416" t="s">
-        <v>3837</v>
+        <v>3852</v>
       </c>
       <c r="G416" t="s">
-        <v>3838</v>
+        <v>3853</v>
       </c>
       <c r="H416" t="s">
-        <v>3839</v>
+        <v>3854</v>
       </c>
       <c r="I416" t="s">
-        <v>3840</v>
+        <v>3855</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
         <v>170</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
         <v>171</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3841</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65033</v>
+        <v>65010</v>
       </c>
       <c r="B417" t="s">
-        <v>3842</v>
+        <v>3857</v>
       </c>
       <c r="C417" t="s">
-        <v>3843</v>
+        <v>3858</v>
       </c>
       <c r="D417" t="s">
-        <v>3844</v>
+        <v>3859</v>
       </c>
       <c r="E417" t="s">
-        <v>3845</v>
+        <v>3860</v>
       </c>
       <c r="F417" t="s">
-        <v>3846</v>
+        <v>3861</v>
       </c>
       <c r="G417" t="s">
-        <v>3847</v>
+        <v>3862</v>
       </c>
       <c r="H417" t="s">
-        <v>3848</v>
+        <v>3863</v>
       </c>
       <c r="I417" t="s">
-        <v>3849</v>
+        <v>3864</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>3850</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>3851</v>
+        <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3852</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65034</v>
+        <v>65011</v>
       </c>
       <c r="B418" t="s">
-        <v>3853</v>
+        <v>3866</v>
       </c>
       <c r="C418" t="s">
-        <v>3854</v>
+        <v>3867</v>
       </c>
       <c r="D418" t="s">
-        <v>3855</v>
+        <v>3868</v>
       </c>
       <c r="E418" t="s">
-        <v>3856</v>
+        <v>3869</v>
       </c>
       <c r="F418" t="s">
-        <v>3857</v>
+        <v>3870</v>
       </c>
       <c r="G418" t="s">
-        <v>3858</v>
+        <v>3871</v>
       </c>
       <c r="H418" t="s">
-        <v>3859</v>
+        <v>3872</v>
       </c>
       <c r="I418" t="s">
-        <v>3860</v>
+        <v>3873</v>
       </c>
       <c r="J418" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>569</v>
+        <v>170</v>
       </c>
       <c r="L418" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>570</v>
+        <v>171</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3861</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65035</v>
+        <v>65012</v>
       </c>
       <c r="B419" t="s">
-        <v>3862</v>
+        <v>3875</v>
       </c>
       <c r="C419" t="s">
-        <v>3863</v>
+        <v>3876</v>
       </c>
       <c r="D419" t="s">
-        <v>3864</v>
+        <v>3877</v>
       </c>
       <c r="E419" t="s">
-        <v>3865</v>
+        <v>3878</v>
       </c>
       <c r="F419" t="s">
-        <v>3866</v>
+        <v>3879</v>
       </c>
       <c r="G419" t="s">
-        <v>3867</v>
+        <v>3880</v>
       </c>
       <c r="H419" t="s">
-        <v>3868</v>
+        <v>3881</v>
       </c>
       <c r="I419" t="s">
-        <v>3869</v>
+        <v>3882</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>25</v>
+        <v>3883</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>27</v>
+        <v>3884</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3870</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65036</v>
+        <v>65013</v>
       </c>
       <c r="B420" t="s">
-        <v>3871</v>
+        <v>3886</v>
       </c>
       <c r="C420" t="s">
-        <v>3872</v>
+        <v>3887</v>
       </c>
       <c r="D420" t="s">
-        <v>3873</v>
+        <v>3888</v>
       </c>
       <c r="E420" t="s">
-        <v>3874</v>
+        <v>3889</v>
       </c>
       <c r="F420" t="s">
-        <v>3875</v>
+        <v>3890</v>
       </c>
       <c r="G420" t="s">
-        <v>3876</v>
+        <v>3891</v>
       </c>
       <c r="H420" t="s">
-        <v>3877</v>
+        <v>3892</v>
       </c>
       <c r="I420" t="s">
-        <v>3878</v>
+        <v>3893</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3879</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65037</v>
+        <v>65014</v>
       </c>
       <c r="B421" t="s">
-        <v>3880</v>
+        <v>3895</v>
       </c>
       <c r="C421" t="s">
-        <v>3881</v>
+        <v>3896</v>
       </c>
       <c r="D421" t="s">
-        <v>3882</v>
+        <v>3897</v>
       </c>
       <c r="E421" t="s">
-        <v>3883</v>
+        <v>3898</v>
       </c>
       <c r="F421" t="s">
-        <v>3884</v>
+        <v>3899</v>
       </c>
       <c r="G421" t="s">
-        <v>3885</v>
+        <v>3900</v>
       </c>
       <c r="H421" t="s">
-        <v>3886</v>
+        <v>3901</v>
       </c>
       <c r="I421" t="s">
-        <v>3887</v>
+        <v>3902</v>
       </c>
       <c r="J421" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L421" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3888</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65038</v>
+        <v>65015</v>
       </c>
       <c r="B422" t="s">
-        <v>3889</v>
+        <v>3904</v>
       </c>
       <c r="C422" t="s">
-        <v>3890</v>
+        <v>3905</v>
       </c>
       <c r="D422" t="s">
-        <v>3891</v>
+        <v>3906</v>
       </c>
       <c r="E422" t="s">
-        <v>3892</v>
+        <v>3907</v>
       </c>
       <c r="F422" t="s">
-        <v>3893</v>
+        <v>3908</v>
       </c>
       <c r="G422" t="s">
-        <v>3894</v>
+        <v>3909</v>
       </c>
       <c r="H422" t="s">
-        <v>3895</v>
+        <v>3910</v>
       </c>
       <c r="I422" t="s">
-        <v>3896</v>
+        <v>3911</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
         <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
         <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3897</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65039</v>
+        <v>65016</v>
       </c>
       <c r="B423" t="s">
-        <v>3898</v>
+        <v>3913</v>
       </c>
       <c r="C423" t="s">
-        <v>3899</v>
+        <v>3914</v>
       </c>
       <c r="D423" t="s">
-        <v>3900</v>
+        <v>3915</v>
       </c>
       <c r="E423" t="s">
-        <v>3901</v>
+        <v>3916</v>
       </c>
       <c r="F423" t="s">
-        <v>3902</v>
+        <v>3917</v>
       </c>
       <c r="G423" t="s">
-        <v>3903</v>
+        <v>3918</v>
       </c>
       <c r="H423" t="s">
-        <v>3904</v>
+        <v>3919</v>
       </c>
       <c r="I423" t="s">
-        <v>3905</v>
+        <v>3920</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3906</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65040</v>
+        <v>65017</v>
       </c>
       <c r="B424" t="s">
-        <v>3907</v>
+        <v>3922</v>
       </c>
       <c r="C424" t="s">
-        <v>3908</v>
+        <v>3923</v>
       </c>
       <c r="D424" t="s">
-        <v>3909</v>
+        <v>3924</v>
       </c>
       <c r="E424" t="s">
-        <v>3910</v>
+        <v>3925</v>
       </c>
       <c r="F424" t="s">
-        <v>3911</v>
+        <v>3926</v>
       </c>
       <c r="G424" t="s">
-        <v>3912</v>
+        <v>3927</v>
       </c>
       <c r="H424" t="s">
-        <v>3913</v>
+        <v>3928</v>
       </c>
       <c r="I424" t="s">
-        <v>3914</v>
+        <v>3929</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>1322</v>
+        <v>3930</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>1324</v>
+        <v>3931</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3915</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65043</v>
+        <v>65018</v>
       </c>
       <c r="B425" t="s">
-        <v>3916</v>
+        <v>3933</v>
       </c>
       <c r="C425" t="s">
-        <v>3917</v>
+        <v>3934</v>
       </c>
       <c r="D425" t="s">
-        <v>3918</v>
+        <v>3935</v>
       </c>
       <c r="E425" t="s">
-        <v>3919</v>
+        <v>3936</v>
       </c>
       <c r="F425" t="s">
-        <v>3920</v>
+        <v>3937</v>
       </c>
       <c r="G425" t="s">
-        <v>3921</v>
+        <v>3938</v>
       </c>
       <c r="H425" t="s">
-        <v>3922</v>
+        <v>3939</v>
       </c>
       <c r="I425" t="s">
-        <v>3923</v>
+        <v>3940</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>25</v>
+        <v>3941</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>27</v>
+        <v>3942</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3924</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65044</v>
+        <v>65019</v>
       </c>
       <c r="B426" t="s">
-        <v>3925</v>
+        <v>3944</v>
       </c>
       <c r="C426" t="s">
-        <v>3926</v>
+        <v>3945</v>
       </c>
       <c r="D426" t="s">
-        <v>3927</v>
+        <v>3946</v>
       </c>
       <c r="E426" t="s">
-        <v>3928</v>
+        <v>3947</v>
       </c>
       <c r="F426" t="s">
-        <v>3929</v>
+        <v>3948</v>
       </c>
       <c r="G426" t="s">
-        <v>3930</v>
+        <v>3949</v>
       </c>
       <c r="H426" t="s">
-        <v>3931</v>
+        <v>3950</v>
       </c>
       <c r="I426" t="s">
-        <v>3932</v>
+        <v>3951</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3933</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65045</v>
+        <v>65020</v>
       </c>
       <c r="B427" t="s">
-        <v>3934</v>
+        <v>3953</v>
       </c>
       <c r="C427" t="s">
-        <v>3935</v>
+        <v>3954</v>
       </c>
       <c r="D427" t="s">
-        <v>3936</v>
+        <v>3955</v>
       </c>
       <c r="E427" t="s">
-        <v>3937</v>
+        <v>3956</v>
       </c>
       <c r="F427" t="s">
-        <v>3938</v>
+        <v>3957</v>
       </c>
       <c r="G427" t="s">
-        <v>3939</v>
+        <v>3958</v>
       </c>
       <c r="H427" t="s">
-        <v>3940</v>
+        <v>3959</v>
       </c>
       <c r="I427" t="s">
-        <v>3941</v>
+        <v>3960</v>
       </c>
       <c r="J427" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>3942</v>
+        <v>3961</v>
       </c>
       <c r="L427" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>3943</v>
+        <v>3962</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3944</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65046</v>
+        <v>65021</v>
       </c>
       <c r="B428" t="s">
-        <v>3945</v>
+        <v>3964</v>
       </c>
       <c r="C428" t="s">
-        <v>3946</v>
+        <v>3965</v>
       </c>
       <c r="D428" t="s">
-        <v>3947</v>
+        <v>3966</v>
       </c>
       <c r="E428" t="s">
-        <v>3948</v>
+        <v>3967</v>
       </c>
       <c r="F428" t="s">
-        <v>3949</v>
+        <v>3968</v>
       </c>
       <c r="G428" t="s">
-        <v>3950</v>
+        <v>3969</v>
       </c>
       <c r="H428" t="s">
-        <v>3951</v>
+        <v>3970</v>
       </c>
       <c r="I428" t="s">
-        <v>3952</v>
+        <v>3971</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3953</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65047</v>
+        <v>65022</v>
       </c>
       <c r="B429" t="s">
-        <v>3954</v>
+        <v>3973</v>
       </c>
       <c r="C429" t="s">
-        <v>3955</v>
+        <v>3974</v>
       </c>
       <c r="D429" t="s">
-        <v>3956</v>
+        <v>3975</v>
       </c>
       <c r="E429" t="s">
-        <v>3957</v>
+        <v>3976</v>
       </c>
       <c r="F429" t="s">
-        <v>3958</v>
+        <v>3977</v>
       </c>
       <c r="G429" t="s">
-        <v>3959</v>
+        <v>3978</v>
       </c>
       <c r="H429" t="s">
-        <v>3960</v>
+        <v>3979</v>
       </c>
       <c r="I429" t="s">
-        <v>3961</v>
+        <v>3980</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>3942</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>3943</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3962</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65049</v>
+        <v>65023</v>
       </c>
       <c r="B430" t="s">
-        <v>3963</v>
+        <v>3982</v>
       </c>
       <c r="C430" t="s">
-        <v>3964</v>
+        <v>3983</v>
       </c>
       <c r="D430" t="s">
-        <v>3965</v>
+        <v>3984</v>
       </c>
       <c r="E430" t="s">
-        <v>3966</v>
+        <v>3985</v>
       </c>
       <c r="F430" t="s">
-        <v>3967</v>
+        <v>3986</v>
       </c>
       <c r="G430" t="s">
-        <v>3968</v>
+        <v>3987</v>
       </c>
       <c r="H430" t="s">
-        <v>3969</v>
+        <v>3988</v>
       </c>
       <c r="I430" t="s">
-        <v>3970</v>
+        <v>3989</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3971</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65050</v>
+        <v>65025</v>
       </c>
       <c r="B431" t="s">
-        <v>3972</v>
+        <v>3991</v>
       </c>
       <c r="C431" t="s">
-        <v>3973</v>
+        <v>3992</v>
       </c>
       <c r="D431" t="s">
-        <v>3974</v>
+        <v>3993</v>
       </c>
       <c r="E431" t="s">
-        <v>3975</v>
+        <v>3994</v>
       </c>
       <c r="F431" t="s">
-        <v>3976</v>
+        <v>3995</v>
       </c>
       <c r="G431" t="s">
-        <v>3977</v>
+        <v>3996</v>
       </c>
       <c r="H431" t="s">
-        <v>3978</v>
+        <v>3997</v>
       </c>
       <c r="I431" t="s">
-        <v>3979</v>
+        <v>3998</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
         <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
         <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3980</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65051</v>
+        <v>65026</v>
       </c>
       <c r="B432" t="s">
-        <v>3981</v>
+        <v>4000</v>
       </c>
       <c r="C432" t="s">
-        <v>3982</v>
+        <v>4001</v>
       </c>
       <c r="D432" t="s">
-        <v>3983</v>
+        <v>4002</v>
       </c>
       <c r="E432" t="s">
-        <v>3984</v>
+        <v>4003</v>
       </c>
       <c r="F432" t="s">
-        <v>3985</v>
+        <v>4004</v>
       </c>
       <c r="G432" t="s">
-        <v>3986</v>
+        <v>4005</v>
       </c>
       <c r="H432" t="s">
-        <v>3987</v>
+        <v>4006</v>
       </c>
       <c r="I432" t="s">
-        <v>3988</v>
+        <v>4007</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>726</v>
+        <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>727</v>
+        <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3989</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65053</v>
+        <v>65027</v>
       </c>
       <c r="B433" t="s">
-        <v>3990</v>
+        <v>4009</v>
       </c>
       <c r="C433" t="s">
-        <v>3991</v>
+        <v>4010</v>
       </c>
       <c r="D433" t="s">
-        <v>3992</v>
+        <v>4011</v>
       </c>
       <c r="E433" t="s">
-        <v>3993</v>
+        <v>4012</v>
       </c>
       <c r="F433" t="s">
-        <v>3994</v>
+        <v>4013</v>
       </c>
       <c r="G433" t="s">
-        <v>3995</v>
+        <v>4014</v>
       </c>
       <c r="H433" t="s">
-        <v>3996</v>
+        <v>4015</v>
       </c>
       <c r="I433" t="s">
-        <v>3997</v>
+        <v>4016</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3998</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65054</v>
+        <v>65028</v>
       </c>
       <c r="B434" t="s">
-        <v>3999</v>
+        <v>4018</v>
       </c>
       <c r="C434" t="s">
-        <v>4000</v>
+        <v>4019</v>
       </c>
       <c r="D434" t="s">
-        <v>4001</v>
+        <v>4020</v>
       </c>
       <c r="E434" t="s">
-        <v>4002</v>
+        <v>4021</v>
       </c>
       <c r="F434" t="s">
-        <v>4003</v>
+        <v>4022</v>
       </c>
       <c r="G434" t="s">
-        <v>4004</v>
+        <v>4023</v>
       </c>
       <c r="H434" t="s">
-        <v>4005</v>
+        <v>4024</v>
       </c>
       <c r="I434" t="s">
-        <v>4006</v>
+        <v>4025</v>
       </c>
       <c r="J434" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>4007</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>4008</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4009</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65055</v>
+        <v>65030</v>
       </c>
       <c r="B435" t="s">
-        <v>4010</v>
+        <v>4027</v>
       </c>
       <c r="C435" t="s">
-        <v>4011</v>
+        <v>4028</v>
       </c>
       <c r="D435" t="s">
-        <v>4012</v>
+        <v>4029</v>
       </c>
       <c r="E435" t="s">
-        <v>4013</v>
+        <v>4030</v>
       </c>
       <c r="F435" t="s">
-        <v>4014</v>
+        <v>4031</v>
       </c>
       <c r="G435" t="s">
-        <v>4015</v>
+        <v>4032</v>
       </c>
       <c r="H435" t="s">
-        <v>4016</v>
+        <v>4033</v>
       </c>
       <c r="I435" t="s">
-        <v>4017</v>
+        <v>4034</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>569</v>
+        <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>570</v>
+        <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4018</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65057</v>
+        <v>65031</v>
       </c>
       <c r="B436" t="s">
-        <v>4019</v>
+        <v>4036</v>
       </c>
       <c r="C436" t="s">
-        <v>4020</v>
+        <v>4037</v>
       </c>
       <c r="D436" t="s">
-        <v>4021</v>
+        <v>4038</v>
       </c>
       <c r="E436" t="s">
-        <v>4022</v>
+        <v>4039</v>
       </c>
       <c r="F436" t="s">
-        <v>4023</v>
+        <v>4040</v>
       </c>
       <c r="G436" t="s">
-        <v>4024</v>
+        <v>4041</v>
       </c>
       <c r="H436" t="s">
-        <v>4025</v>
+        <v>4042</v>
       </c>
       <c r="I436" t="s">
-        <v>4026</v>
+        <v>4043</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4027</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65058</v>
+        <v>65032</v>
       </c>
       <c r="B437" t="s">
-        <v>4028</v>
+        <v>4045</v>
       </c>
       <c r="C437" t="s">
-        <v>4029</v>
+        <v>4046</v>
       </c>
       <c r="D437" t="s">
-        <v>4030</v>
+        <v>4047</v>
       </c>
       <c r="E437" t="s">
-        <v>4031</v>
+        <v>4048</v>
       </c>
       <c r="F437" t="s">
-        <v>4032</v>
+        <v>4049</v>
       </c>
       <c r="G437" t="s">
-        <v>4033</v>
+        <v>4050</v>
       </c>
       <c r="H437" t="s">
-        <v>4034</v>
+        <v>4051</v>
       </c>
       <c r="I437" t="s">
-        <v>4035</v>
+        <v>4052</v>
       </c>
       <c r="J437" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>670</v>
+        <v>170</v>
       </c>
       <c r="L437" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>671</v>
+        <v>171</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4036</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65059</v>
+        <v>65033</v>
       </c>
       <c r="B438" t="s">
-        <v>4037</v>
+        <v>4054</v>
       </c>
       <c r="C438" t="s">
-        <v>4038</v>
+        <v>4055</v>
       </c>
       <c r="D438" t="s">
-        <v>4039</v>
+        <v>4056</v>
       </c>
       <c r="E438" t="s">
-        <v>4040</v>
+        <v>4057</v>
       </c>
       <c r="F438" t="s">
-        <v>4041</v>
+        <v>4058</v>
       </c>
       <c r="G438" t="s">
-        <v>4042</v>
+        <v>4059</v>
       </c>
       <c r="H438" t="s">
-        <v>4043</v>
+        <v>4060</v>
       </c>
       <c r="I438" t="s">
-        <v>4044</v>
+        <v>4061</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>170</v>
+        <v>4062</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>171</v>
+        <v>4063</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4045</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65060</v>
+        <v>65034</v>
       </c>
       <c r="B439" t="s">
-        <v>4046</v>
+        <v>4065</v>
       </c>
       <c r="C439" t="s">
-        <v>4047</v>
+        <v>4066</v>
       </c>
       <c r="D439" t="s">
-        <v>4048</v>
+        <v>4067</v>
       </c>
       <c r="E439" t="s">
-        <v>4049</v>
+        <v>4068</v>
       </c>
       <c r="F439" t="s">
-        <v>4050</v>
+        <v>4069</v>
       </c>
       <c r="G439" t="s">
-        <v>4051</v>
+        <v>4070</v>
       </c>
       <c r="H439" t="s">
-        <v>4052</v>
+        <v>4071</v>
       </c>
       <c r="I439" t="s">
-        <v>4053</v>
+        <v>4072</v>
       </c>
       <c r="J439" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K439" t="s">
-        <v>47</v>
+        <v>580</v>
       </c>
       <c r="L439" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M439" t="s">
-        <v>48</v>
+        <v>581</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4054</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65061</v>
+        <v>65035</v>
       </c>
       <c r="B440" t="s">
-        <v>4055</v>
+        <v>4074</v>
       </c>
       <c r="C440" t="s">
-        <v>4056</v>
+        <v>4075</v>
       </c>
       <c r="D440" t="s">
-        <v>4057</v>
+        <v>4076</v>
       </c>
       <c r="E440" t="s">
-        <v>4058</v>
+        <v>4077</v>
       </c>
       <c r="F440" t="s">
-        <v>4059</v>
+        <v>4078</v>
       </c>
       <c r="G440" t="s">
-        <v>4060</v>
+        <v>4079</v>
       </c>
       <c r="H440" t="s">
-        <v>4061</v>
+        <v>4080</v>
       </c>
       <c r="I440" t="s">
-        <v>4062</v>
+        <v>4081</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>1324</v>
+        <v>27</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4063</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65062</v>
+        <v>65036</v>
       </c>
       <c r="B441" t="s">
-        <v>4064</v>
+        <v>4083</v>
       </c>
       <c r="C441" t="s">
-        <v>4065</v>
+        <v>4084</v>
       </c>
       <c r="D441" t="s">
-        <v>4066</v>
+        <v>4085</v>
       </c>
       <c r="E441" t="s">
-        <v>4067</v>
+        <v>4086</v>
       </c>
       <c r="F441" t="s">
-        <v>4068</v>
+        <v>4087</v>
       </c>
       <c r="G441" t="s">
-        <v>4069</v>
+        <v>4088</v>
       </c>
       <c r="H441" t="s">
-        <v>4070</v>
+        <v>4089</v>
       </c>
       <c r="I441" t="s">
-        <v>4071</v>
+        <v>4090</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4072</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65063</v>
+        <v>65037</v>
       </c>
       <c r="B442" t="s">
-        <v>4073</v>
+        <v>4092</v>
       </c>
       <c r="C442" t="s">
-        <v>4074</v>
+        <v>4093</v>
       </c>
       <c r="D442" t="s">
-        <v>4075</v>
+        <v>4094</v>
       </c>
       <c r="E442" t="s">
-        <v>4076</v>
+        <v>4095</v>
       </c>
       <c r="F442" t="s">
-        <v>4077</v>
+        <v>4096</v>
       </c>
       <c r="G442" t="s">
-        <v>4078</v>
+        <v>4097</v>
       </c>
       <c r="H442" t="s">
-        <v>4079</v>
+        <v>4098</v>
       </c>
       <c r="I442" t="s">
-        <v>4080</v>
+        <v>4099</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>1015</v>
+        <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>1016</v>
+        <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4081</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65065</v>
+        <v>65038</v>
       </c>
       <c r="B443" t="s">
-        <v>4082</v>
+        <v>4101</v>
       </c>
       <c r="C443" t="s">
-        <v>4083</v>
+        <v>4102</v>
       </c>
       <c r="D443" t="s">
-        <v>4084</v>
+        <v>4103</v>
       </c>
       <c r="E443" t="s">
-        <v>4085</v>
+        <v>4104</v>
       </c>
       <c r="F443" t="s">
-        <v>4086</v>
+        <v>4105</v>
       </c>
       <c r="G443" t="s">
-        <v>4087</v>
+        <v>4106</v>
       </c>
       <c r="H443" t="s">
-        <v>4088</v>
+        <v>4107</v>
       </c>
       <c r="I443" t="s">
-        <v>4089</v>
+        <v>4108</v>
       </c>
       <c r="J443" t="s">
-        <v>4090</v>
+        <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>1322</v>
+        <v>170</v>
       </c>
       <c r="L443" t="s">
-        <v>4091</v>
+        <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>1324</v>
+        <v>171</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4092</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65068</v>
+        <v>65039</v>
       </c>
       <c r="B444" t="s">
-        <v>4093</v>
+        <v>4110</v>
       </c>
       <c r="C444" t="s">
-        <v>4094</v>
+        <v>4111</v>
       </c>
       <c r="D444" t="s">
-        <v>4095</v>
+        <v>4112</v>
       </c>
       <c r="E444" t="s">
-        <v>4096</v>
+        <v>4113</v>
       </c>
       <c r="F444" t="s">
-        <v>4097</v>
+        <v>4114</v>
       </c>
       <c r="G444" t="s">
-        <v>4098</v>
+        <v>4115</v>
       </c>
       <c r="H444" t="s">
-        <v>4099</v>
+        <v>4116</v>
       </c>
       <c r="I444" t="s">
-        <v>4100</v>
+        <v>4117</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4101</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65069</v>
+        <v>65040</v>
       </c>
       <c r="B445" t="s">
-        <v>4102</v>
+        <v>4119</v>
       </c>
       <c r="C445" t="s">
-        <v>4103</v>
+        <v>4120</v>
       </c>
       <c r="D445" t="s">
-        <v>4104</v>
+        <v>4121</v>
       </c>
       <c r="E445" t="s">
-        <v>4105</v>
+        <v>4122</v>
       </c>
       <c r="F445" t="s">
-        <v>4106</v>
+        <v>4123</v>
       </c>
       <c r="G445" t="s">
-        <v>4107</v>
+        <v>4124</v>
       </c>
       <c r="H445" t="s">
-        <v>4108</v>
+        <v>4125</v>
       </c>
       <c r="I445" t="s">
-        <v>4109</v>
+        <v>4126</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>170</v>
+        <v>1460</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>171</v>
+        <v>1462</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4110</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65071</v>
+        <v>65043</v>
       </c>
       <c r="B446" t="s">
-        <v>4111</v>
+        <v>4128</v>
       </c>
       <c r="C446" t="s">
-        <v>4112</v>
+        <v>4129</v>
       </c>
       <c r="D446" t="s">
-        <v>4113</v>
+        <v>4130</v>
       </c>
       <c r="E446" t="s">
-        <v>4114</v>
+        <v>4131</v>
       </c>
       <c r="F446" t="s">
-        <v>4115</v>
+        <v>4132</v>
       </c>
       <c r="G446" t="s">
-        <v>4116</v>
+        <v>4133</v>
       </c>
       <c r="H446" t="s">
-        <v>4117</v>
+        <v>4134</v>
       </c>
       <c r="I446" t="s">
-        <v>4118</v>
+        <v>4135</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
         <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
         <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4119</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65073</v>
+        <v>65044</v>
       </c>
       <c r="B447" t="s">
-        <v>4120</v>
+        <v>4137</v>
       </c>
       <c r="C447" t="s">
-        <v>4121</v>
+        <v>4138</v>
       </c>
       <c r="D447" t="s">
-        <v>4122</v>
+        <v>4139</v>
       </c>
       <c r="E447" t="s">
-        <v>4123</v>
+        <v>4140</v>
       </c>
       <c r="F447" t="s">
-        <v>4124</v>
+        <v>4141</v>
       </c>
       <c r="G447" t="s">
-        <v>4125</v>
+        <v>4142</v>
       </c>
       <c r="H447" t="s">
-        <v>4126</v>
+        <v>4143</v>
       </c>
       <c r="I447" t="s">
-        <v>4127</v>
+        <v>4144</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
         <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
         <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4128</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65074</v>
+        <v>65045</v>
       </c>
       <c r="B448" t="s">
-        <v>4129</v>
+        <v>4146</v>
       </c>
       <c r="C448" t="s">
-        <v>4130</v>
+        <v>4147</v>
       </c>
       <c r="D448" t="s">
-        <v>4131</v>
+        <v>4148</v>
       </c>
       <c r="E448" t="s">
-        <v>4132</v>
+        <v>4149</v>
       </c>
       <c r="F448" t="s">
-        <v>4133</v>
+        <v>4150</v>
       </c>
       <c r="G448" t="s">
-        <v>4134</v>
+        <v>4151</v>
       </c>
       <c r="H448" t="s">
-        <v>4135</v>
+        <v>4152</v>
       </c>
       <c r="I448" t="s">
-        <v>4136</v>
+        <v>4153</v>
       </c>
       <c r="J448" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K448" t="s">
-        <v>4137</v>
+        <v>4154</v>
       </c>
       <c r="L448" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M448" t="s">
-        <v>4138</v>
+        <v>4155</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4139</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65075</v>
+        <v>65046</v>
       </c>
       <c r="B449" t="s">
-        <v>4140</v>
+        <v>4157</v>
       </c>
       <c r="C449" t="s">
-        <v>4141</v>
+        <v>4158</v>
       </c>
       <c r="D449" t="s">
-        <v>4142</v>
+        <v>4159</v>
       </c>
       <c r="E449" t="s">
-        <v>4143</v>
+        <v>4160</v>
       </c>
       <c r="F449" t="s">
-        <v>4144</v>
+        <v>4161</v>
       </c>
       <c r="G449" t="s">
-        <v>4145</v>
+        <v>4162</v>
       </c>
       <c r="H449" t="s">
-        <v>4146</v>
+        <v>4163</v>
       </c>
       <c r="I449" t="s">
-        <v>4147</v>
+        <v>4164</v>
       </c>
       <c r="J449" t="s">
-        <v>439</v>
+        <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>3850</v>
+        <v>47</v>
       </c>
       <c r="L449" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>3851</v>
+        <v>48</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4148</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65076</v>
+        <v>65047</v>
       </c>
       <c r="B450" t="s">
-        <v>4149</v>
+        <v>4166</v>
       </c>
       <c r="C450" t="s">
-        <v>4150</v>
+        <v>4167</v>
       </c>
       <c r="D450" t="s">
-        <v>4151</v>
+        <v>4168</v>
       </c>
       <c r="E450" t="s">
-        <v>4152</v>
+        <v>4169</v>
       </c>
       <c r="F450" t="s">
-        <v>4153</v>
+        <v>4170</v>
       </c>
       <c r="G450" t="s">
+        <v>4171</v>
+      </c>
+      <c r="H450" t="s">
+        <v>4172</v>
+      </c>
+      <c r="I450" t="s">
+        <v>4173</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
         <v>4154</v>
       </c>
-      <c r="H450" t="s">
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
         <v>4155</v>
       </c>
-      <c r="I450" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4157</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65077</v>
+        <v>65049</v>
       </c>
       <c r="B451" t="s">
-        <v>4158</v>
+        <v>4175</v>
       </c>
       <c r="C451" t="s">
-        <v>4159</v>
+        <v>4176</v>
       </c>
       <c r="D451" t="s">
-        <v>4160</v>
+        <v>4177</v>
       </c>
       <c r="E451" t="s">
-        <v>4161</v>
+        <v>4178</v>
       </c>
       <c r="F451" t="s">
-        <v>4162</v>
+        <v>4179</v>
       </c>
       <c r="G451" t="s">
-        <v>4163</v>
+        <v>4180</v>
       </c>
       <c r="H451" t="s">
-        <v>4164</v>
+        <v>4181</v>
       </c>
       <c r="I451" t="s">
-        <v>4165</v>
+        <v>4182</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>726</v>
+        <v>59</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>727</v>
+        <v>61</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4166</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65080</v>
+        <v>65050</v>
       </c>
       <c r="B452" t="s">
-        <v>4167</v>
+        <v>4184</v>
       </c>
       <c r="C452" t="s">
-        <v>4168</v>
+        <v>4185</v>
       </c>
       <c r="D452" t="s">
-        <v>4169</v>
+        <v>4186</v>
       </c>
       <c r="E452" t="s">
-        <v>4170</v>
+        <v>4187</v>
       </c>
       <c r="F452" t="s">
-        <v>4171</v>
+        <v>4188</v>
       </c>
       <c r="G452" t="s">
-        <v>4172</v>
+        <v>4189</v>
       </c>
       <c r="H452" t="s">
-        <v>4173</v>
+        <v>4190</v>
       </c>
       <c r="I452" t="s">
-        <v>4174</v>
+        <v>4191</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4175</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65081</v>
+        <v>65051</v>
       </c>
       <c r="B453" t="s">
-        <v>4176</v>
+        <v>4193</v>
       </c>
       <c r="C453" t="s">
-        <v>4177</v>
+        <v>4194</v>
       </c>
       <c r="D453" t="s">
-        <v>4178</v>
+        <v>4195</v>
       </c>
       <c r="E453" t="s">
-        <v>4179</v>
+        <v>4196</v>
       </c>
       <c r="F453" t="s">
-        <v>4180</v>
+        <v>4197</v>
       </c>
       <c r="G453" t="s">
-        <v>4181</v>
+        <v>4198</v>
       </c>
       <c r="H453" t="s">
-        <v>4182</v>
+        <v>4199</v>
       </c>
       <c r="I453" t="s">
-        <v>4183</v>
+        <v>4200</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>47</v>
+        <v>746</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>48</v>
+        <v>747</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4184</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65082</v>
+        <v>65053</v>
       </c>
       <c r="B454" t="s">
-        <v>4185</v>
+        <v>4202</v>
       </c>
       <c r="C454" t="s">
-        <v>4186</v>
+        <v>4203</v>
       </c>
       <c r="D454" t="s">
-        <v>4187</v>
+        <v>4204</v>
       </c>
       <c r="E454" t="s">
-        <v>4188</v>
+        <v>4205</v>
       </c>
       <c r="F454" t="s">
-        <v>4189</v>
+        <v>4206</v>
       </c>
       <c r="G454" t="s">
-        <v>4190</v>
+        <v>4207</v>
       </c>
       <c r="H454" t="s">
-        <v>4191</v>
+        <v>4208</v>
       </c>
       <c r="I454" t="s">
-        <v>4192</v>
+        <v>4209</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4193</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65083</v>
+        <v>65054</v>
       </c>
       <c r="B455" t="s">
-        <v>4194</v>
+        <v>4211</v>
       </c>
       <c r="C455" t="s">
-        <v>4195</v>
+        <v>4212</v>
       </c>
       <c r="D455" t="s">
-        <v>4196</v>
+        <v>4213</v>
       </c>
       <c r="E455" t="s">
-        <v>4197</v>
+        <v>4214</v>
       </c>
       <c r="F455" t="s">
-        <v>4198</v>
+        <v>4215</v>
       </c>
       <c r="G455" t="s">
-        <v>4199</v>
+        <v>4216</v>
       </c>
       <c r="H455" t="s">
-        <v>4200</v>
+        <v>4217</v>
       </c>
       <c r="I455" t="s">
-        <v>4201</v>
+        <v>4218</v>
       </c>
       <c r="J455" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K455" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="L455" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M455" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4202</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65084</v>
+        <v>65055</v>
       </c>
       <c r="B456" t="s">
-        <v>4203</v>
+        <v>4220</v>
       </c>
       <c r="C456" t="s">
-        <v>4204</v>
+        <v>4221</v>
       </c>
       <c r="D456" t="s">
-        <v>4205</v>
+        <v>4222</v>
       </c>
       <c r="E456" t="s">
-        <v>4206</v>
+        <v>4223</v>
       </c>
       <c r="F456" t="s">
-        <v>4207</v>
+        <v>4224</v>
       </c>
       <c r="G456" t="s">
-        <v>4208</v>
+        <v>4225</v>
       </c>
       <c r="H456" t="s">
-        <v>4209</v>
+        <v>4226</v>
       </c>
       <c r="I456" t="s">
-        <v>4210</v>
+        <v>4227</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4211</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65085</v>
+        <v>65057</v>
       </c>
       <c r="B457" t="s">
-        <v>4212</v>
+        <v>4229</v>
       </c>
       <c r="C457" t="s">
-        <v>4213</v>
+        <v>4230</v>
       </c>
       <c r="D457" t="s">
-        <v>4214</v>
+        <v>4231</v>
       </c>
       <c r="E457" t="s">
-        <v>4215</v>
+        <v>4232</v>
       </c>
       <c r="F457" t="s">
-        <v>4216</v>
+        <v>4233</v>
       </c>
       <c r="G457" t="s">
-        <v>4217</v>
+        <v>4234</v>
       </c>
       <c r="H457" t="s">
-        <v>4218</v>
+        <v>4235</v>
       </c>
       <c r="I457" t="s">
-        <v>4219</v>
+        <v>4236</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>569</v>
+        <v>274</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>570</v>
+        <v>276</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4220</v>
+        <v>4237</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65086</v>
+        <v>65058</v>
       </c>
       <c r="B458" t="s">
-        <v>4221</v>
+        <v>4238</v>
       </c>
       <c r="C458" t="s">
-        <v>4222</v>
+        <v>4239</v>
       </c>
       <c r="D458" t="s">
-        <v>4223</v>
+        <v>4240</v>
       </c>
       <c r="E458" t="s">
-        <v>4224</v>
+        <v>4241</v>
       </c>
       <c r="F458" t="s">
-        <v>4225</v>
+        <v>4242</v>
       </c>
       <c r="G458" t="s">
-        <v>4226</v>
+        <v>4243</v>
       </c>
       <c r="H458" t="s">
-        <v>4227</v>
+        <v>4244</v>
       </c>
       <c r="I458" t="s">
-        <v>4228</v>
+        <v>4245</v>
       </c>
       <c r="J458" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K458" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L458" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M458" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4229</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65087</v>
+        <v>65059</v>
       </c>
       <c r="B459" t="s">
-        <v>4230</v>
+        <v>4247</v>
       </c>
       <c r="C459" t="s">
-        <v>4231</v>
+        <v>4248</v>
       </c>
       <c r="D459" t="s">
-        <v>4232</v>
+        <v>4249</v>
       </c>
       <c r="E459" t="s">
-        <v>4233</v>
+        <v>4250</v>
       </c>
       <c r="F459" t="s">
-        <v>4234</v>
+        <v>4251</v>
       </c>
       <c r="G459" t="s">
-        <v>4235</v>
+        <v>4252</v>
       </c>
       <c r="H459" t="s">
-        <v>4236</v>
+        <v>4253</v>
       </c>
       <c r="I459" t="s">
-        <v>4237</v>
+        <v>4254</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4238</v>
+        <v>4255</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65088</v>
+        <v>65060</v>
       </c>
       <c r="B460" t="s">
-        <v>4239</v>
+        <v>4256</v>
       </c>
       <c r="C460" t="s">
-        <v>4240</v>
+        <v>4257</v>
       </c>
       <c r="D460" t="s">
-        <v>4241</v>
+        <v>4258</v>
       </c>
       <c r="E460" t="s">
-        <v>4242</v>
+        <v>4259</v>
       </c>
       <c r="F460" t="s">
-        <v>4243</v>
+        <v>4260</v>
       </c>
       <c r="G460" t="s">
-        <v>4244</v>
+        <v>4261</v>
       </c>
       <c r="H460" t="s">
-        <v>4245</v>
+        <v>4262</v>
       </c>
       <c r="I460" t="s">
-        <v>4246</v>
+        <v>4263</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4247</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65089</v>
+        <v>65061</v>
       </c>
       <c r="B461" t="s">
-        <v>4248</v>
+        <v>4265</v>
       </c>
       <c r="C461" t="s">
-        <v>4249</v>
+        <v>4266</v>
       </c>
       <c r="D461" t="s">
-        <v>4250</v>
+        <v>4267</v>
       </c>
       <c r="E461" t="s">
-        <v>4251</v>
+        <v>4268</v>
       </c>
       <c r="F461" t="s">
-        <v>4252</v>
+        <v>4269</v>
       </c>
       <c r="G461" t="s">
-        <v>4253</v>
+        <v>4270</v>
       </c>
       <c r="H461" t="s">
-        <v>4254</v>
+        <v>4271</v>
       </c>
       <c r="I461" t="s">
-        <v>4255</v>
+        <v>4272</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>25</v>
+        <v>1460</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>27</v>
+        <v>1462</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4256</v>
+        <v>4273</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65090</v>
+        <v>65062</v>
       </c>
       <c r="B462" t="s">
-        <v>4257</v>
+        <v>4274</v>
       </c>
       <c r="C462" t="s">
-        <v>4258</v>
+        <v>4275</v>
       </c>
       <c r="D462" t="s">
-        <v>4259</v>
+        <v>4276</v>
       </c>
       <c r="E462" t="s">
-        <v>4260</v>
+        <v>4277</v>
       </c>
       <c r="F462" t="s">
-        <v>4261</v>
+        <v>4278</v>
       </c>
       <c r="G462" t="s">
-        <v>4262</v>
+        <v>4279</v>
       </c>
       <c r="H462" t="s">
-        <v>4263</v>
+        <v>4280</v>
       </c>
       <c r="I462" t="s">
-        <v>4264</v>
+        <v>4281</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
         <v>25</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
         <v>27</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4265</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65091</v>
+        <v>65063</v>
       </c>
       <c r="B463" t="s">
-        <v>4266</v>
+        <v>4283</v>
       </c>
       <c r="C463" t="s">
-        <v>4267</v>
+        <v>4284</v>
       </c>
       <c r="D463" t="s">
-        <v>4268</v>
+        <v>4285</v>
       </c>
       <c r="E463" t="s">
-        <v>4269</v>
+        <v>4286</v>
       </c>
       <c r="F463" t="s">
-        <v>4270</v>
+        <v>4287</v>
       </c>
       <c r="G463" t="s">
-        <v>4271</v>
+        <v>4288</v>
       </c>
       <c r="H463" t="s">
-        <v>4272</v>
+        <v>4289</v>
       </c>
       <c r="I463" t="s">
-        <v>4273</v>
+        <v>4290</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4274</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65092</v>
+        <v>65065</v>
       </c>
       <c r="B464" t="s">
-        <v>4275</v>
+        <v>4292</v>
       </c>
       <c r="C464" t="s">
-        <v>4276</v>
+        <v>4293</v>
       </c>
       <c r="D464" t="s">
-        <v>4277</v>
+        <v>4294</v>
       </c>
       <c r="E464" t="s">
-        <v>4278</v>
+        <v>4295</v>
       </c>
       <c r="F464" t="s">
-        <v>4279</v>
+        <v>4296</v>
       </c>
       <c r="G464" t="s">
-        <v>4280</v>
+        <v>4297</v>
       </c>
       <c r="H464" t="s">
-        <v>4281</v>
+        <v>4298</v>
       </c>
       <c r="I464" t="s">
-        <v>4282</v>
+        <v>4299</v>
       </c>
       <c r="J464" t="s">
-        <v>24</v>
+        <v>4300</v>
       </c>
       <c r="K464" t="s">
-        <v>170</v>
+        <v>1460</v>
       </c>
       <c r="L464" t="s">
-        <v>26</v>
+        <v>4301</v>
       </c>
       <c r="M464" t="s">
-        <v>171</v>
+        <v>1462</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4283</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65093</v>
+        <v>65068</v>
       </c>
       <c r="B465" t="s">
-        <v>4284</v>
+        <v>4303</v>
       </c>
       <c r="C465" t="s">
-        <v>4285</v>
+        <v>4304</v>
       </c>
       <c r="D465" t="s">
-        <v>4286</v>
+        <v>4305</v>
       </c>
       <c r="E465" t="s">
-        <v>4287</v>
+        <v>4306</v>
       </c>
       <c r="F465" t="s">
-        <v>4288</v>
+        <v>4307</v>
       </c>
       <c r="G465" t="s">
-        <v>4289</v>
+        <v>4308</v>
       </c>
       <c r="H465" t="s">
-        <v>4290</v>
+        <v>4309</v>
       </c>
       <c r="I465" t="s">
-        <v>4291</v>
+        <v>4310</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4292</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65094</v>
+        <v>65069</v>
       </c>
       <c r="B466" t="s">
-        <v>4293</v>
+        <v>4312</v>
       </c>
       <c r="C466" t="s">
-        <v>4294</v>
+        <v>4313</v>
       </c>
       <c r="D466" t="s">
-        <v>4295</v>
+        <v>4314</v>
       </c>
       <c r="E466" t="s">
-        <v>4296</v>
+        <v>4315</v>
       </c>
       <c r="F466" t="s">
-        <v>4297</v>
+        <v>4316</v>
       </c>
       <c r="G466" t="s">
-        <v>4298</v>
+        <v>4317</v>
       </c>
       <c r="H466" t="s">
-        <v>4299</v>
+        <v>4318</v>
       </c>
       <c r="I466" t="s">
-        <v>4300</v>
+        <v>4319</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>4301</v>
+        <v>170</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>4302</v>
+        <v>171</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4303</v>
+        <v>4320</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65095</v>
+        <v>65071</v>
       </c>
       <c r="B467" t="s">
-        <v>4304</v>
+        <v>4321</v>
       </c>
       <c r="C467" t="s">
-        <v>4305</v>
+        <v>4322</v>
       </c>
       <c r="D467" t="s">
-        <v>4306</v>
+        <v>4323</v>
       </c>
       <c r="E467" t="s">
-        <v>4307</v>
+        <v>4324</v>
       </c>
       <c r="F467" t="s">
-        <v>4308</v>
+        <v>4325</v>
       </c>
       <c r="G467" t="s">
-        <v>4309</v>
+        <v>4326</v>
       </c>
       <c r="H467" t="s">
-        <v>4310</v>
+        <v>4327</v>
       </c>
       <c r="I467" t="s">
-        <v>4311</v>
+        <v>4328</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>726</v>
+        <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>727</v>
+        <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4312</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65096</v>
+        <v>65073</v>
       </c>
       <c r="B468" t="s">
-        <v>4313</v>
+        <v>4330</v>
       </c>
       <c r="C468" t="s">
-        <v>4314</v>
+        <v>4331</v>
       </c>
       <c r="D468" t="s">
-        <v>4315</v>
+        <v>4332</v>
       </c>
       <c r="E468" t="s">
-        <v>4316</v>
+        <v>4333</v>
       </c>
       <c r="F468" t="s">
-        <v>4317</v>
+        <v>4334</v>
       </c>
       <c r="G468" t="s">
-        <v>4318</v>
+        <v>4335</v>
       </c>
       <c r="H468" t="s">
-        <v>4319</v>
+        <v>4336</v>
       </c>
       <c r="I468" t="s">
-        <v>4320</v>
+        <v>4337</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>25</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>27</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4321</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65097</v>
+        <v>65074</v>
       </c>
       <c r="B469" t="s">
-        <v>4322</v>
+        <v>4339</v>
       </c>
       <c r="C469" t="s">
-        <v>4323</v>
+        <v>4340</v>
       </c>
       <c r="D469" t="s">
-        <v>4324</v>
+        <v>4341</v>
       </c>
       <c r="E469" t="s">
-        <v>4325</v>
+        <v>4342</v>
       </c>
       <c r="F469" t="s">
-        <v>4326</v>
+        <v>4343</v>
       </c>
       <c r="G469" t="s">
-        <v>4327</v>
+        <v>4344</v>
       </c>
       <c r="H469" t="s">
-        <v>4328</v>
+        <v>4345</v>
       </c>
       <c r="I469" t="s">
-        <v>4329</v>
+        <v>4346</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>170</v>
+        <v>4347</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>171</v>
+        <v>4348</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4330</v>
+        <v>4349</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65098</v>
+        <v>65075</v>
       </c>
       <c r="B470" t="s">
-        <v>4331</v>
+        <v>4350</v>
       </c>
       <c r="C470" t="s">
-        <v>4332</v>
+        <v>4351</v>
       </c>
       <c r="D470" t="s">
-        <v>4333</v>
+        <v>4352</v>
       </c>
       <c r="E470" t="s">
-        <v>4334</v>
+        <v>4353</v>
       </c>
       <c r="F470" t="s">
-        <v>4335</v>
+        <v>4354</v>
       </c>
       <c r="G470" t="s">
-        <v>4336</v>
+        <v>4355</v>
       </c>
       <c r="H470" t="s">
-        <v>4337</v>
+        <v>4356</v>
       </c>
       <c r="I470" t="s">
-        <v>4338</v>
+        <v>4357</v>
       </c>
       <c r="J470" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K470" t="s">
-        <v>25</v>
+        <v>4062</v>
       </c>
       <c r="L470" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M470" t="s">
-        <v>27</v>
+        <v>4063</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4339</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65099</v>
+        <v>65076</v>
       </c>
       <c r="B471" t="s">
-        <v>4340</v>
+        <v>4359</v>
       </c>
       <c r="C471" t="s">
-        <v>4341</v>
+        <v>4360</v>
       </c>
       <c r="D471" t="s">
-        <v>4342</v>
+        <v>4361</v>
       </c>
       <c r="E471" t="s">
-        <v>4343</v>
+        <v>4362</v>
       </c>
       <c r="F471" t="s">
-        <v>4344</v>
+        <v>4363</v>
       </c>
       <c r="G471" t="s">
-        <v>4345</v>
+        <v>4364</v>
       </c>
       <c r="H471" t="s">
-        <v>4346</v>
+        <v>4365</v>
       </c>
       <c r="I471" t="s">
-        <v>4347</v>
+        <v>4366</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
         <v>170</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
         <v>171</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4348</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65100</v>
+        <v>65077</v>
       </c>
       <c r="B472" t="s">
-        <v>4349</v>
+        <v>4368</v>
       </c>
       <c r="C472" t="s">
-        <v>4350</v>
+        <v>4369</v>
       </c>
       <c r="D472" t="s">
-        <v>4351</v>
+        <v>4370</v>
       </c>
       <c r="E472" t="s">
-        <v>4352</v>
+        <v>4371</v>
       </c>
       <c r="F472" t="s">
-        <v>4353</v>
+        <v>4372</v>
       </c>
       <c r="G472" t="s">
-        <v>4354</v>
+        <v>4373</v>
       </c>
       <c r="H472" t="s">
-        <v>4355</v>
+        <v>4374</v>
       </c>
       <c r="I472" t="s">
-        <v>4356</v>
+        <v>4375</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>3718</v>
+        <v>746</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>3719</v>
+        <v>747</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4357</v>
+        <v>4376</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65101</v>
+        <v>65080</v>
       </c>
       <c r="B473" t="s">
-        <v>4358</v>
+        <v>4377</v>
       </c>
       <c r="C473" t="s">
-        <v>4359</v>
+        <v>4378</v>
       </c>
       <c r="D473" t="s">
-        <v>4360</v>
+        <v>4379</v>
       </c>
       <c r="E473" t="s">
-        <v>4361</v>
+        <v>4380</v>
       </c>
       <c r="F473" t="s">
-        <v>4362</v>
+        <v>4381</v>
       </c>
       <c r="G473" t="s">
-        <v>4363</v>
+        <v>4382</v>
       </c>
       <c r="H473" t="s">
-        <v>4364</v>
+        <v>4383</v>
       </c>
       <c r="I473" t="s">
-        <v>4365</v>
+        <v>4384</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4366</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65102</v>
+        <v>65081</v>
       </c>
       <c r="B474" t="s">
-        <v>4367</v>
+        <v>4386</v>
       </c>
       <c r="C474" t="s">
-        <v>4368</v>
+        <v>4387</v>
       </c>
       <c r="D474" t="s">
-        <v>4369</v>
+        <v>4388</v>
       </c>
       <c r="E474" t="s">
-        <v>4370</v>
+        <v>4389</v>
       </c>
       <c r="F474" t="s">
-        <v>4371</v>
+        <v>4390</v>
       </c>
       <c r="G474" t="s">
-        <v>4372</v>
+        <v>4391</v>
       </c>
       <c r="H474" t="s">
-        <v>4373</v>
+        <v>4392</v>
       </c>
       <c r="I474" t="s">
-        <v>4374</v>
+        <v>4393</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4375</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65104</v>
+        <v>65082</v>
       </c>
       <c r="B475" t="s">
-        <v>4376</v>
+        <v>4395</v>
       </c>
       <c r="C475" t="s">
-        <v>4377</v>
+        <v>4396</v>
       </c>
       <c r="D475" t="s">
-        <v>4378</v>
+        <v>4397</v>
       </c>
       <c r="E475" t="s">
-        <v>4379</v>
+        <v>4398</v>
       </c>
       <c r="F475" t="s">
-        <v>4380</v>
+        <v>4399</v>
       </c>
       <c r="G475" t="s">
-        <v>4381</v>
+        <v>4400</v>
       </c>
       <c r="H475" t="s">
-        <v>4382</v>
+        <v>4401</v>
       </c>
       <c r="I475" t="s">
-        <v>4383</v>
+        <v>4402</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>2241</v>
+        <v>47</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>2242</v>
+        <v>48</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4384</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65105</v>
+        <v>65083</v>
       </c>
       <c r="B476" t="s">
-        <v>4385</v>
+        <v>4404</v>
       </c>
       <c r="C476" t="s">
-        <v>4386</v>
+        <v>4405</v>
       </c>
       <c r="D476" t="s">
-        <v>4387</v>
+        <v>4406</v>
       </c>
       <c r="E476" t="s">
-        <v>4388</v>
+        <v>4407</v>
       </c>
       <c r="F476" t="s">
-        <v>4389</v>
+        <v>4408</v>
       </c>
       <c r="G476" t="s">
-        <v>4390</v>
+        <v>4409</v>
       </c>
       <c r="H476" t="s">
-        <v>4391</v>
+        <v>4410</v>
       </c>
       <c r="I476" t="s">
-        <v>4392</v>
+        <v>4411</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
         <v>170</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
         <v>171</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4393</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65107</v>
+        <v>65084</v>
       </c>
       <c r="B477" t="s">
-        <v>4394</v>
+        <v>4413</v>
       </c>
       <c r="C477" t="s">
-        <v>4395</v>
+        <v>4414</v>
       </c>
       <c r="D477" t="s">
-        <v>4396</v>
+        <v>4415</v>
       </c>
       <c r="E477" t="s">
-        <v>4397</v>
+        <v>4416</v>
       </c>
       <c r="F477" t="s">
-        <v>4398</v>
+        <v>4417</v>
       </c>
       <c r="G477" t="s">
-        <v>4399</v>
+        <v>4418</v>
       </c>
       <c r="H477" t="s">
-        <v>4400</v>
+        <v>4419</v>
       </c>
       <c r="I477" t="s">
-        <v>4401</v>
+        <v>4420</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>4402</v>
+        <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
+      <c r="M477" t="s">
+        <v>27</v>
+      </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4403</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65116</v>
+        <v>65085</v>
       </c>
       <c r="B478" t="s">
-        <v>4404</v>
+        <v>4422</v>
       </c>
       <c r="C478" t="s">
-        <v>4405</v>
+        <v>4423</v>
       </c>
       <c r="D478" t="s">
-        <v>4406</v>
+        <v>4424</v>
       </c>
       <c r="E478" t="s">
-        <v>4407</v>
+        <v>4425</v>
       </c>
       <c r="F478" t="s">
-        <v>4408</v>
+        <v>4426</v>
       </c>
       <c r="G478" t="s">
-        <v>4409</v>
+        <v>4427</v>
       </c>
       <c r="H478" t="s">
-        <v>4410</v>
+        <v>4428</v>
       </c>
       <c r="I478" t="s">
-        <v>4411</v>
+        <v>4429</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4412</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65124</v>
+        <v>65086</v>
       </c>
       <c r="B479" t="s">
-        <v>4413</v>
+        <v>4431</v>
       </c>
       <c r="C479" t="s">
-        <v>4414</v>
+        <v>4432</v>
       </c>
       <c r="D479" t="s">
-        <v>4415</v>
+        <v>4433</v>
       </c>
       <c r="E479" t="s">
-        <v>4416</v>
+        <v>4434</v>
       </c>
       <c r="F479" t="s">
-        <v>4417</v>
+        <v>4435</v>
       </c>
       <c r="G479" t="s">
-        <v>4418</v>
+        <v>4436</v>
       </c>
       <c r="H479" t="s">
-        <v>4419</v>
+        <v>4437</v>
       </c>
       <c r="I479" t="s">
-        <v>4420</v>
+        <v>4438</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4421</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65479</v>
+        <v>65087</v>
       </c>
       <c r="B480" t="s">
-        <v>4422</v>
+        <v>4440</v>
       </c>
       <c r="C480" t="s">
-        <v>4423</v>
+        <v>4441</v>
       </c>
       <c r="D480" t="s">
-        <v>4424</v>
+        <v>4442</v>
       </c>
       <c r="E480" t="s">
-        <v>4425</v>
+        <v>4443</v>
       </c>
       <c r="F480" t="s">
-        <v>4426</v>
+        <v>4444</v>
       </c>
       <c r="G480" t="s">
-        <v>4427</v>
+        <v>4445</v>
       </c>
       <c r="H480" t="s">
-        <v>4428</v>
+        <v>4446</v>
       </c>
       <c r="I480" t="s">
-        <v>4429</v>
+        <v>4447</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4430</v>
+        <v>4448</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65566</v>
+        <v>65088</v>
       </c>
       <c r="B481" t="s">
-        <v>4431</v>
+        <v>4449</v>
       </c>
       <c r="C481" t="s">
-        <v>4432</v>
+        <v>4450</v>
       </c>
       <c r="D481" t="s">
-        <v>4433</v>
+        <v>4451</v>
       </c>
       <c r="E481" t="s">
-        <v>4434</v>
+        <v>4452</v>
       </c>
       <c r="F481" t="s">
-        <v>4435</v>
+        <v>4453</v>
       </c>
       <c r="G481" t="s">
-        <v>4436</v>
+        <v>4454</v>
       </c>
       <c r="H481" t="s">
-        <v>4437</v>
+        <v>4455</v>
       </c>
       <c r="I481" t="s">
-        <v>4438</v>
+        <v>4456</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4439</v>
+        <v>4457</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65613</v>
+        <v>65089</v>
       </c>
       <c r="B482" t="s">
-        <v>4440</v>
+        <v>4458</v>
       </c>
       <c r="C482" t="s">
-        <v>4441</v>
+        <v>4459</v>
       </c>
       <c r="D482" t="s">
-        <v>4442</v>
+        <v>4460</v>
       </c>
       <c r="E482" t="s">
-        <v>4443</v>
+        <v>4461</v>
       </c>
       <c r="F482" t="s">
-        <v>4444</v>
+        <v>4462</v>
       </c>
       <c r="G482" t="s">
-        <v>4445</v>
+        <v>4463</v>
       </c>
       <c r="H482" t="s">
-        <v>4446</v>
+        <v>4464</v>
       </c>
       <c r="I482" t="s">
-        <v>4447</v>
+        <v>4465</v>
       </c>
       <c r="J482" t="s">
-        <v>4448</v>
+        <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>1424</v>
+        <v>25</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>27</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4449</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65869</v>
+        <v>65090</v>
       </c>
       <c r="B483" t="s">
-        <v>4450</v>
+        <v>4467</v>
       </c>
       <c r="C483" t="s">
-        <v>4451</v>
+        <v>4468</v>
       </c>
       <c r="D483" t="s">
-        <v>4452</v>
+        <v>4469</v>
       </c>
       <c r="E483" t="s">
-        <v>4453</v>
+        <v>4470</v>
       </c>
       <c r="F483" t="s">
-        <v>4454</v>
+        <v>4471</v>
       </c>
       <c r="G483" t="s">
-        <v>4455</v>
+        <v>4472</v>
       </c>
       <c r="H483" t="s">
-        <v>4456</v>
+        <v>4473</v>
       </c>
       <c r="I483" t="s">
-        <v>4457</v>
+        <v>4474</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>1324</v>
+        <v>27</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4458</v>
+        <v>4475</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>66392</v>
+        <v>65091</v>
       </c>
       <c r="B484" t="s">
-        <v>4459</v>
+        <v>4476</v>
       </c>
       <c r="C484" t="s">
-        <v>4460</v>
+        <v>4477</v>
       </c>
       <c r="D484" t="s">
-        <v>4461</v>
+        <v>4478</v>
       </c>
       <c r="E484" t="s">
-        <v>4462</v>
+        <v>4479</v>
       </c>
       <c r="F484" t="s">
-        <v>4463</v>
+        <v>4480</v>
       </c>
       <c r="G484" t="s">
-        <v>4464</v>
+        <v>4481</v>
       </c>
       <c r="H484" t="s">
-        <v>4465</v>
+        <v>4482</v>
       </c>
       <c r="I484" t="s">
-        <v>4466</v>
+        <v>4483</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
         <v>25</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
         <v>27</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4467</v>
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65092</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4485</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4486</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4487</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4488</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4489</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4490</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4491</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4492</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>170</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>171</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4493</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65093</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4494</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4495</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4496</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4497</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4498</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4499</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4500</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4501</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4502</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65094</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4503</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4504</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4505</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4506</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4507</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4508</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4509</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4510</v>
+      </c>
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>4511</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>4512</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4513</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65095</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4514</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4515</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4516</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4517</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4518</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4519</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4520</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4521</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>746</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>747</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>65096</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4523</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4524</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4525</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4526</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4527</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4528</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4529</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4530</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>25</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>27</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4531</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>65097</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4532</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4533</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4534</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4535</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4536</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4537</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4538</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4539</v>
+      </c>
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>170</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>171</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>65098</v>
+      </c>
+      <c r="B491" t="s">
+        <v>4541</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4542</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4543</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4544</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4545</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4546</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4547</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4548</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>25</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>27</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4549</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>65099</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4550</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4551</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4552</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4553</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4554</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4555</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4556</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4557</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>170</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>171</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4558</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>65100</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4561</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4562</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4563</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4564</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4565</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4566</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>3930</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>3931</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4567</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>65101</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4568</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4569</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4570</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4571</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4572</v>
+      </c>
+      <c r="G494" t="s">
+        <v>4573</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4574</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4575</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>170</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>171</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4576</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>65102</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4577</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4578</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4579</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4580</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4581</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4582</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4583</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4584</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>25</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>27</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4585</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>65104</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4589</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4590</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4591</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4592</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4593</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>2447</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>2448</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4594</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>65105</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4597</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4598</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4599</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4600</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4601</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4602</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>170</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>171</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4603</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65107</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4604</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4605</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4606</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4607</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4608</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4609</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4610</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4611</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>4612</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>4613</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4614</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65116</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4615</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4616</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4617</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4618</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4619</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4620</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4621</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4622</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>170</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>171</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4623</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>65124</v>
+      </c>
+      <c r="B500" t="s">
+        <v>4624</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4625</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4626</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4627</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4628</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4629</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4630</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4631</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>25</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>27</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4632</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>65255</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4633</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4634</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4635</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4636</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4637</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4638</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4639</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4640</v>
+      </c>
+      <c r="J501" t="s">
+        <v>1553</v>
+      </c>
+      <c r="K501" t="s">
+        <v>4641</v>
+      </c>
+      <c r="L501" t="s">
+        <v>1555</v>
+      </c>
+      <c r="M501" t="s">
+        <v>4642</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4643</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>65479</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4644</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4645</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4646</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4647</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4648</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4649</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4650</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4651</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>25</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>27</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4652</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>65566</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4653</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4654</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4655</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4656</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4657</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4658</v>
+      </c>
+      <c r="H503" t="s">
+        <v>4659</v>
+      </c>
+      <c r="I503" t="s">
+        <v>4660</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>170</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>171</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4661</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>65613</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4662</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4663</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4664</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4665</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4666</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4667</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4668</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4669</v>
+      </c>
+      <c r="J504" t="s">
+        <v>4670</v>
+      </c>
+      <c r="K504" t="s">
+        <v>1575</v>
+      </c>
+      <c r="L504" t="s">
+        <v>4671</v>
+      </c>
+      <c r="M504" t="s">
+        <v>1576</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4672</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>65869</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4673</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4674</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4675</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4676</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4677</v>
+      </c>
+      <c r="G505" t="s">
+        <v>4678</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4679</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4680</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>1460</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>1462</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4681</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>66392</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4682</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4683</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4684</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4685</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4686</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4687</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4688</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4689</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>25</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>27</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>66510</v>
+      </c>
+      <c r="B507" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4692</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4693</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4695</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4696</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4697</v>
+      </c>
+      <c r="I507" t="s">
+        <v>4698</v>
+      </c>
+      <c r="J507" t="s">
+        <v>1553</v>
+      </c>
+      <c r="K507" t="s">
+        <v>4699</v>
+      </c>
+      <c r="L507" t="s">
+        <v>1555</v>
+      </c>
+      <c r="M507" t="s">
+        <v>4700</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>66511</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4702</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4703</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4704</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G508" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4705</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4706</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>4707</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>4708</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4709</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>66512</v>
+      </c>
+      <c r="B509" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4710</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4711</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4712</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4713</v>
+      </c>
+      <c r="G509" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H509" t="s">
+        <v>3769</v>
+      </c>
+      <c r="I509" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4716</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>66513</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4717</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4718</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4719</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4720</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4721</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4097</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4722</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4723</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4724</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>66514</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4725</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4726</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4727</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4728</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1902</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4729</v>
+      </c>
+      <c r="I511" t="s">
+        <v>4730</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4731</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>66515</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4732</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4733</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4734</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4735</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4736</v>
+      </c>
+      <c r="G512" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4737</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4738</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4739</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>66516</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4742</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4743</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4744</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4745</v>
+      </c>
+      <c r="I513" t="s">
+        <v>1643</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>170</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>171</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4746</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>66517</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4747</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4748</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4749</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4750</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4751</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4752</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4753</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4754</v>
+      </c>
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4755</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>66518</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4756</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4757</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4758</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4759</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4760</v>
+      </c>
+      <c r="G515" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4761</v>
+      </c>
+      <c r="I515" t="s">
+        <v>1670</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>170</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>171</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4762</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>66519</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4763</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4764</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4765</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4766</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4767</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4768</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1777</v>
+      </c>
+      <c r="I516" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>4769</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>4770</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4771</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>66520</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4772</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4773</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4774</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G517" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I517" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>25</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>27</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4775</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66521</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4776</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4777</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4778</v>
+      </c>
+      <c r="G518" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4779</v>
+      </c>
+      <c r="I518" t="s">
+        <v>1688</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>170</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>171</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4780</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66522</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4781</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4782</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4783</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4784</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4785</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4786</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4787</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4788</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4641</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4642</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4789</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>66523</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4790</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4791</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4792</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1748</v>
+      </c>
+      <c r="G520" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I520" t="s">
+        <v>1751</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>47</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>48</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4793</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>66524</v>
+      </c>
+      <c r="B521" t="s">
+        <v>3933</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4794</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4795</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4796</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4797</v>
+      </c>
+      <c r="G521" t="s">
+        <v>3938</v>
+      </c>
+      <c r="H521" t="s">
+        <v>3939</v>
+      </c>
+      <c r="I521" t="s">
+        <v>3940</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>170</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>171</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4798</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>66525</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4799</v>
+      </c>
+      <c r="C522" t="s">
+        <v>3791</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4800</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4801</v>
+      </c>
+      <c r="F522" t="s">
+        <v>3794</v>
+      </c>
+      <c r="G522" t="s">
+        <v>3795</v>
+      </c>
+      <c r="H522" t="s">
+        <v>3796</v>
+      </c>
+      <c r="I522" t="s">
+        <v>3797</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>170</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>171</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>66526</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4803</v>
+      </c>
+      <c r="C523" t="s">
+        <v>3800</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4804</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4805</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4806</v>
+      </c>
+      <c r="G523" t="s">
+        <v>3804</v>
+      </c>
+      <c r="H523" t="s">
+        <v>3805</v>
+      </c>
+      <c r="I523" t="s">
+        <v>3806</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>170</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>171</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4807</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>66527</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4808</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4809</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4810</v>
+      </c>
+      <c r="G524" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I524" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>66529</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4812</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4813</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4814</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4815</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4816</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4234</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4235</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4236</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>2226</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>66530</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4818</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4820</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4822</v>
+      </c>
+      <c r="G526" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I526" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>1460</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>1462</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4823</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>66531</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4824</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4825</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4826</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4827</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4828</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4829</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4830</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4831</v>
+      </c>
+      <c r="J527" t="s">
+        <v>450</v>
+      </c>
+      <c r="K527" t="s">
+        <v>4832</v>
+      </c>
+      <c r="L527" t="s">
+        <v>452</v>
+      </c>
+      <c r="M527" t="s">
+        <v>4833</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4834</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>66532</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4835</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4836</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4837</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G528" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I528" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J528" t="s">
+        <v>450</v>
+      </c>
+      <c r="K528" t="s">
+        <v>4838</v>
+      </c>
+      <c r="L528" t="s">
+        <v>452</v>
+      </c>
+      <c r="M528" t="s">
+        <v>4839</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>66533</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4841</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4842</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4843</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4844</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G529" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1696</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4845</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4846</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4847</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4848</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>66534</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4849</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4850</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4851</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4852</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4853</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4854</v>
+      </c>
+      <c r="H530" t="s">
+        <v>3116</v>
+      </c>
+      <c r="I530" t="s">
+        <v>3117</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>47</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>48</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4855</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>66535</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4856</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4857</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4858</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4859</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4860</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4861</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4862</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4863</v>
+      </c>
+      <c r="J531" t="s">
+        <v>4864</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4865</v>
+      </c>
+      <c r="L531" t="s">
+        <v>4866</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4867</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4868</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>66536</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4869</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4870</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4871</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4872</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4873</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4874</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4875</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4876</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4877</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>66537</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4878</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4879</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4880</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4881</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4882</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4629</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4630</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4631</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>4714</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>4715</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4883</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>66538</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4884</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4885</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4886</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4887</v>
+      </c>
+      <c r="G534" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1873</v>
+      </c>
+      <c r="I534" t="s">
+        <v>1874</v>
+      </c>
+      <c r="J534" t="s">
+        <v>24</v>
+      </c>
+      <c r="K534" t="s">
+        <v>4888</v>
+      </c>
+      <c r="L534" t="s">
+        <v>26</v>
+      </c>
+      <c r="M534" t="s">
+        <v>4889</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>66540</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4891</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4892</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4893</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4894</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4895</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4896</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4897</v>
+      </c>
+      <c r="I535" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>4898</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>4899</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>66541</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4901</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4902</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4903</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4904</v>
+      </c>
+      <c r="G536" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I536" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>4905</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>4906</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4907</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">