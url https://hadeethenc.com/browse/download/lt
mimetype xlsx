--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4908">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Lietuvių
 # Source: https://hadeethenc.com/lt
-# Last update: 2025-11-13 00:06:13 (v1.21.0)
-# Check for updates: https://hadeethenc.com/en/check/lt/v1.21.0
+# Last update: 2025-11-27 13:09:11 (v1.22.0)
+# Check for updates: https://hadeethenc.com/en/check/lt/v1.22.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -7434,67 +7434,67 @@
   <si>
     <t>[Perdavė Ad-Darkutni]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4711</t>
   </si>
   <si>
     <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
   </si>
   <si>
     <t>„Musulmono kraujas gali būti pralietas tik dėl vienos iš trijų priežasčių</t>
   </si>
   <si>
     <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
   </si>
   <si>
     <t>Ibn Masud (tebūnie Allahas juo patenkintas) perdavė, kad Pasiuntinys (ramybė ir Allaho palaima jam) sakė: „Musulmono kraujas gali būti pralietas tik dėl vienos iš trijų priežasčių: vedęs vyras, padaręs svetimavimą; gyvybė už gyvybę; ir tas, kuris atsižada savo religijos ir palieka bendruomenę.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
 الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
 الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
 الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
   </si>
   <si>
-    <t>Pranašas nurodė, kad musulmono kraujas yra draudžiamas, išskyrus atvejus, kai jis padaro vieną iš šių trijų dalykų: Pirma: tas, kuris svetimavo, būdamas vedęs pagal šariatą; tokiu atveju jo nužudymas akmenimis (radžm) yra leidžiamas. Antra: tas, kuris tyčia, be teisėto pagrindo pagal šariatą, nužudė nekaltą žmogų; jis nužudomas pagal tam taikomus reikalavimus. Trečias: tas, kuris išeina iš musulmonų bendruomenės — arba visiškai atsisakęs islamo (ridda), arba atsiskyręs be apostazės, pripažindamas tik dalį tikėjimo, pavyzdžiui, smurtininkai, kelio plėšikai, kovotojai iš kharidžitų ir panašiai.</t>
+    <t>Pranašas paaiškino, kad musulmono kraujas yra neliečiamas, išskyrus tuos atvejus, kai jis padaro vieną iš trijų dalykų: Pirmasis: tas, kuris padaro svetimavimo nuodėmę būdamas teisėtai susituokęs; tokiu atveju jam leidžiama skirti bausmę – užmėtymą akmenimi. Antrasis: tas, kuris tyčia ir neteisėtai nužudo nekaltą žmogų – jis pats gali būti nubaustas mirtimi, laikantis nustatytų sąlygų. Trečias: tas, kuris išeina iš musulmonų bendruomenės — arba visiškai palikęs islamą (ridda), arba atsiskyręs be apostazės, pripažindamas tik dalį tikėjimo, kaip, smurtininkai, kelio plėšikai, kovotojai iš kharidžitų ir panašiai.</t>
   </si>
   <si>
     <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
 وجوب حفظ الأعراض ونقائها.
 وجوب احترام المسلم، وأنه معصوم الدم.
 الحث على التزام جماعة المسلمين وعدم مفارقتهم.
 حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
 شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
 تطبيق هذه الحدود هو من اختصاص ولي الأمر.
 أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
   </si>
   <si>
-    <t>Šių trijų dalykų daryti draudžiama, ir tas, kas padaro vieną iš jų, nusipelno mirties bausmės: arba dėl netikėjimo (kufr) – jei jis atsisako islamo, arba pagal šariatą – tai taikoma vedusiam, atlikusiam svetimavimą, ir tyčia nužudžiusiam.
+    <t>Šių trijų dalykų daryti draudžiama, ir tas, kas padaro vieną iš jų, nusipelno mirties bausmės: arba dėl netikėjimo (kufr) – tai yra tas, kuris atsisako islamo, arba pagal šariatą – tai vedęs svetimautojas ir tyčinis žudikas.
 Būtina saugoti garbę ir jos tyrumą.
-Būtina gerbti musulmoną, ir jo kraujas yra draužiamas.
-Skatinama laikytis musulmonų bendruomenės ir jos nepalikti.
+Privaloma gerbti musulmoną, o jo kraujas yra neliečiamas.
+Raginimas laikytis musulmonų bendruomenės ir jos nepalikti.
 Pranašo mokymas yra išmintingas, nes jo žodžiai kartais pateikiami su skirstymu; skirstymas sukoncentruoja klausimus ir juos apjungia, todėl lengviau įsiminti.
 Allahas nustatė ribas, kad atgrasyti nusikaltėlius ir apsaugoti visuomenę.
 Šių ribų taikymas yra valdovo (įgalioto asmens) pareiga.
 Nužudymo priežasčių yra daugiau nei trys, tačiau jos vis tiek patenka į šias kategorijas. Ibn Al-Arabi Al-Maliki sakė: „Jos niekada neišeina už šių trijų ribų, nes tas, kuris daro burtus ar šmeižia Allaho Pranašą, tampa netikinčiu ir patenka į tuos, kurie atsisakė savo religijos.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/lt/browse/hadith/4714</t>
   </si>
   <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>„Tegul tavo liežuvis nesiliauja būti drėgnas nuo Allaho atminimo.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Abdullah Ibn Busr (tebūnie Allahas juo patenkintas) perdavė, kad vienas vyras pasakė: „O Allaho Pasiuntiny, islamo įstatymų man tapo per daug, todėl pasakyk man ką nors, ko galėčiau laikytis.“ Pranašas pasakė: „Tegul tavo liežuvis nesiliauja būti drėgnas nuo Allaho atminimo.“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>