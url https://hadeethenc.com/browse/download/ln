--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Lingala
 # Source: https://hadeethenc.com/ln
-# Last update: 2025-08-04 12:49:09 (v1.8.0)
-# Check for updates: https://hadeethenc.com/en/check/ln/v1.8.0
+# Last update: 2025-11-15 07:56:04 (v1.14.0)
+# Check for updates: https://hadeethenc.com/en/check/ln/v1.14.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -142,54 +142,54 @@
     <t>“Soki moto alingi ndeko na ye, ayebisa ye ete alingaka ye”</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Na bokonzi ya Al-Miqdam bin Maadi Karb, Nzambe asepela na ye, na bokonzi ya Ntoma, Nzambe apambola ye pe apesa ye kimia, oyo alobaki: “Soki moto alingi ndeko na ye, ayebisa ye ete alingaka ye”.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Ntoma, Nzambe apambola ye mpe apesa ye kimia, alimboli moko ya bantina oyo elendisaka boyokani kati na bandimi mpe epalanganisaka bolingo kati na bango, oyo ezali ete soki moto alingi ndeko na ye, ayebisa ye ete alingaka ye.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Bolamu ya bolingo ya peto mpo na Nzambe Mozwi-ya-Nguya-Nyonso, kasi mpo na matomba ya mokili te.
 Ezali malamu koyebisa molingami ya Nzambe bolingo na ye, mpo ete bolingo na bomesano ebakisama.
 Kopalanganisa bolingo kati na bandimi elendisaka bondeko ya bondimi mpe ebatelaka lisanga na bopanzani mpe bokabwani.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/3017</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>“Bokima makámá nsambo7</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Na bokonzi ya Abu Hurairah, Nzambe asepela na ye, na bokonzi ya Ntoma, Nzambe apambola ye pe apesa ye kimia, alobi: “Bokima makámá nsambo7” Balobaki: O Motindami ya Nzambe, yango ezali nini? Alobaki: "kosangisa nzambe1, na kindoki 2, na koboma oyo nzambe apekisi 3, nakolia Ribâ 4, na kolia bomengo ya bana bitike 5, na kokima baninga Mokolo ya bitumba 6, Mpe kofinga basi ya peto, ya kondima, na likambu oyo bayebi te 7".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
@@ -960,57 +960,57 @@
   </si>
   <si>
     <t>Na bokonzi ya Abdullah bin Amr, Nzambe asepela na bango mibale, na bokonzi ya Ntoma, Nzambe apambola ye mpe apesa ye kimia, alobi: “Mokangisi ezali te moto oyo mokokisi, kasi mosangisi azali oyo, ntango boyokani na ye ya bondeko ekatani, akangisaka yango lisusu.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Ntoma, Nzambe apambola ye mpe apesa ye kimia, ayebisi Ete moto ya kokoka azalaka na boyokani na Boboto epai ya bandeko Azali te moto oyo azongisaka Malamu mpo na kaka ba salelaki ye Malamu. Kasi, moto oyo azali mpenza kokangisa boyokani ya bondeko ezali moto oyo, soki boyokani na ye ya bondeko ekatani, abatelaka boyokani na bango, ata soki basalelaka ye makambo mabe. Ayanoli bango na boboto.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Boyokani ya bozalani oyo etalelami engebene na mobeko ya Sharia ezali ete okangisaka baye bakabolaki yo na bango, olimbisa baye basalaki yo mabe, pe opesa na baye balongolaki yo, mpe ezali boyokani ya bozongisi mpe ya mbano te.
 Kobatela boyokani ya bondeko esalemaka na kopesaka bolamu mingi lokola ekoki, lokola mbongo, kobondela, kopesa mitindo ya malamu mpe kopekisa mabe, mpe makambo mosusu ya ndenge wana, mpe kobengana mabe mingi lokola ekoki uta na bango.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/3854</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
-    <t>Na oyo akotikela moto ya nyongo ngonga na tango azangi makoki, tope atikeliye nyongo wana; na mokolo ya Suka, Allah akozipa ye na se ya elili ya Kiti ya Bokonzi na Ye, Mokolo oyo elili mokote ekozala obele se elili na Ye</t>
+    <t>Na oyo akotikela moto ya nyongo ngonga na tango azangi makoki, tope atikeli ye nyongo wana; na mokolo ya Suka, Allah akozipa ye na se ya elili ya Kiti ya Bokonzi na Ye, Mokolo oyo elili mokote ekozala obele se elili na Ye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
-    <t>Abu Hurairah (Allah asepela naye) alobi: Motindami ya Allah (losambo mpe kimia ya Allah ezala likolo naye) alobaki: «Na oyo akotikela moto ya nyongo ngonga na tango azangi makoki, tope atikeliye nyongo wana; na mokolo ya Suka, Allah akozipa ye na se ya elili ya Kiti ya Bokonzi na Ye, Mokolo oyo elili mokote ekozala obele se elili na Ye».</t>
+    <t>Abu Hurairah (Allah asepela naye) alobi: Motindami ya Allah (losambo mpe kimia ya Allah ezala likolo naye) alobaki: «Na oyo akotikela moto ya nyongo ngonga na tango azangi makoki, tope atikeli ye nyongo wana; na mokolo ya Suka, Allah akozipa ye na se ya elili ya Kiti ya Bokonzi na Ye, Mokolo oyo elili mokote ekozala obele se elili na Ye».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Ntoma Muhammad (kimia mpe mapamboli ezala likolo na ye) apesaki sango ete; ya solo na oyo akotikela moto ya nyongo ngonga pona nyongo naye, tope alongoli ye mokumba ya nyongo wana; lifuti na ye ekozala ete: Allah akozipa ye na se ya Kiti ya bokonzi na Ye mokolo ya suka, mokolo oyo moyi ekozala  pène ya mitu ya bawumbu na Ye mpe molunge na yango ekozala makasi likolo na bango. Moto moko te akozwaka ezipamelo, obele kaka moto oyo Allah akobomba ye na elilingi na Ye .</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Bolamu ya kolembisa makambu likolo ya basali ya Allah Motombwami, mpe yango ezali moko ya banzela ya kosikolama na minyoko ya Lisekwa
 Lifuti ezalaka kolandisama na lolenge ya mosala</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4186</t>
   </si>
@@ -1304,52 +1304,52 @@
     <t>“Ya solo Allah atalaka te na bilongi pe na bozwi na bino, kasi (Allah) azalaka nde kotala na mitema pe na misala na bino</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abu Hurairah (Allah asepela naye) alobi: Motindami ya Allah (kimia ezala likolo naye) alobaki: “Ya solo Allah atalaka te na bilongi pe na bozwi na bino, kasi (Allah) azalaka nde kotala na mitema pe na misala na bino".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Ntoma Muhammad (kimia ezala naye) azali kolimbola na koloba ete: ya solo Allah Nkolo ya Nkembo, azalaka te kotala na bilongi pe na banzoto ya basali naye, ete ezali kitoko to ezali mabe? tope ezali monene to ezali moke? (atalaka pe te soki) ezali ya bokolongono to ezali ya kobela? Azalaka pe kotala te na bozwi na bango, ete boye ezala mingi to moke? 
 Na Allah Nkolo ya Nkembo, azalaka te kozwa to kotangela basali naye na makambo ya mokili oyo tope pona bokeseni na bango kati na yango, kasi Allah - Nkolo ya Lokumu - azalaka nde kotala na mitema na bango pe na maye oyo ezwami kati na yango, kowuta na bobangi pe bonsomi, bosolo mpe bosembo (bomoko ya Allah), tope na mikano ya mabe (oyo ekotaka na mitema) na boluki komilakisa, pe koyokisa. Mpe (Ye Allah) azalaka kotala na misala na bango na ndenge ya bosembo na yango pe na bobebisi na yango; mpe Azalaka kofuta lifuti pe bolamu pona yango to kofuta likolo na yango.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Kozala na bokebi ya kobongisa motema mpe kopetola yango uta na ndimbola nyonso ya kopamela.
 Bosembo ya motema ewuti na mokano malamu, mpe bosembo ya misala ezali kolanda ntoma (s.a.w) kimia mpe mapamboli ezala likolo na ye, na yango ezali esika ya kotalela mpe kokanisa na Nzambe Mozwi-ya-Nguya-Nyonso.
-Mutu asengeli te akosama pona bozui naye, to  kitoko naye, ou bien nzoto na ye, to na eloko moko oyo ezo monana na mokili oyo.
-Kokebisa kosala lolendo na makambo ya libanda, na ko zanga kobongisa oyo ya kati.</t>
+Mutu asengeli te azala kokosama likolo ya bozui naye, to  kitoko naye, ou bien nzoto na ye, to na eloko moko oyo ezo monana na mokili oyo.
+Likebisi na kosala lolendo na makambo ya libanda, na bozangi kobongisa makambo ya kati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4555</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Misala esalemaka na ba nia, mpe mutu nyonso akozala kaka na oyo atielaki mokano</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Kowuta na maloba ya Omar bin Al-Khattab, Nzambe asepela na ye, alobaki: Motindami ya Nzambe (s.a.w) Nzambe apambola ye mpe apesa ye kimia, alobaki : “Misala etongami na mokano, mpe mutu akozala kaka na oyo akanaki yango, oyo azali kokende pona Nzambe na Motindami na Ye, kokende naye ekozala pona Nzambe na Motindami na Ye. Mpe mutu oyo ako bima mpo na bolamu ya mokili oyo to pona mwasi ya kobala ye, kibima naye ekozala pona oyo akendelaki yango”. Mpe na maloba ya Al-Bukhari: “Misala esalemaka na ba nia, mpe mutu nyonso akozala kaka na oyo atielaki mokano”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Mosakoli (s.a.w) mabondeli ya Nzambe mpe kimia ezala likolo na ye, alimboli ete misala nyonso esalemaka na mokano, mpe ekateli oyo ezali ya monene na misala nyonso ya losambo mpe ya mombongo Oyo azali na mokano ya kozwa litomba na mosala naye, akozwa kaka litomba mpe bolingi wana ya kozwa mbano, mpe oyo azali na mokano na nzela ya mosala na ye ya kopusana penepene na Nzambe Mozwi-ya-Nguya-Nyonso akozwa mbano mpe bolamu mpo na mosala na ye, ata soki ezali mosala ya Momesano, lokola kolia mpe komela.
 Na sima ntoma (s.a.w) mabondeli mpe kimia ya Nzambe ezala likolo na ye, apesaki ndakisa mpo na kolakisa Ndenge ya mokano na misala, atako ekokani mpe ezomonana, yango wana alimbolaki boye, mutu nyonso akanaki kokende, mpe atikaki mboka na ye mpo na koluka esengo ya Nkolo naye, bongo migration na ye ezali migration légitime mpe acceptable mpe akozwa mbano na yango pona sincerité ya intention na ye, mpe oyo alingaki migration na ye a gagner bénéfice ya mokili, lokola mbongo to lokumu, To mombongo, to mwasi, yango wana akozwa kaka na bokimi na ye litomba ya oyo akanaki yango, mpe akozala na muke ya bolamu Moko te.</t>
   </si>
@@ -1621,210 +1621,210 @@
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Ntina ya koteya bilenge mpe bana makambo ya losambo, na ndakisa losambo ya Nzambe kaka moko, bizaleli malamu, mpe bongo na bongo.
 Lifuti ezali na lolenge ya mosala.
 Etinda ya kotia motema na Nzambe mpe kotia motema na Ye kaka, mpe Ye azali mobongisi ya makambo malamu koleka.
 Kondima mibeko na destin mpe kozala satisfait na yango, mpe  Nzambe asili ko destiné makambo nionso.
 Oyo azangi etinda ya Nzambe, Nzambe akobebisa ye mpe akobatela ye te.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
-    <t>Mosaleli moko asali lisumu, pe alobaki: Ee Nzambe, limbisa ngai lisumu na ngai</t>
+    <t>Mosali moko asalaki lisumu, na sima alobi: '' O Nkolo! Limbisa masumu na ngai</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Abu Hurairah, Nzambe asepela na ye Kowuta na maloba ya Ntoma (s.a.w), na maye alobeli kowuta na maloba ya Nkolo na ye Mozwi-ya-Nguya-Nyonso, Alobaki: «Mosaleli moko asali lisumu, pe alobaki: Ee Nzambe, limbisa ngai lisumu na ngai, pe Nzambe Mozwi-ya-Nguya-Nyonso alobaki: Mosaleli na ngai asali lisumu, pe ayebaki ete azali na Nkolo oyo alimbisaka Asali lisumu, . mpe apesamaki foti mpo na lisumu, nsima asalaki lisumu lisusu mpe alobaki: O Nkolo, limbisa ngai lisumu na ngai, mpe Nzambe Mozwi-ya-Nguya-Nyonso alobaki: Mosali na ngai asali lisumu, nde ayebaki ete azali na Nkolo oyo alimbisaka masumu mpe apesaka masumu etumbu, sima asali lisusu masumu pe alobi: O Nkolo, limbisa ngai masumu na ngai, yango wana alobi: Napambolami pe Oyo-Aleki-Likoló: Mosali na ngai asali lisumu , nde ayekolaki ete azali na Nkolo oyo alimbisaka masumu mpe azwa mokumba ya lisumu Sala nyonso oyo olingi, mpo nalimbisi yo».</t>
+    <t>Abu Hurairah (Allah asepela naye) alobi ete Ntoma (kimia mpe boboto ezala likolo naye) alobi - kolandisama na maye Nkolo naye ete: «Mosali moko asalaki lisumu, na sima alobi: '' O Nkolo! Limbisa masumu na ngai", Allah Lokumu naye, alobi: "Mosali na ngai asali lisumu, mpe ayebi ete azali na Nkolo oyo Alimbisaka masumu, lolenge moko pe Apesaka etumu likolo ya masumu. Kasi na sima mowumbu asali lisusu lisumu mpe alobi : " Ee Nkolo! Limbisa masumu na ngai, mpe Allah Lokumu naye, alobi lisusu ete: "Mosali na ngai asali lisumu, mpe ayebi ete azali na Nkolo oyo Alimbisaka masumu, lolenge moko pe Apesaka etumu likolo ya masumu. Kasi na sima mowumbu asali lisusu lisumu mpe alobi : " Ee Nkolo! Limbisa masumu na ngai, mpe Allah Lokumu naye, alobi lisusu : "Mosali na ngai asali lisumu, mpe ayebi ete azali na Nkolo oyo Alimbisaka masumu, lolenge moko pe Apesaka etumu likolo ya masumu. Sala nyonso olingi, mpo esi Nalimbisi yo».</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
-    <t>Ntoma, Nzambe apambola ye mpe apesa ye kimia, alobeli na bokonzi ya Nkolo na ye ete soki mosali asali lisumu mpe na nsima alobi : Ee Nzambe, limbisa ngai lisumu na ngai, Nzambe Mozwi-ya-Nguya-Nyonso alobi : Mosali na ngai asali lisumu, pe ye ayebi ete azali na Nkolo oyo alimbisaka masumu, yango wana azipaka yango mpe azali kotala yango te, to apesi yango etumbu, nalimbisi ye. Na nsima, mosali yango asali lisusu musumu mpe alobi ete: Nkolo, limbisa ngai lisumu na ngai. Na nsima Nzambe alobaka: Mosali na ngai asali lisumu, mpe ayebaki ete azali na Nkolo oyo alimbisaka lisumu, yango wana azipaka yango mpe azali kotala yango te, to apesi yango etumbu,  nalimbisi mosali na ngai. Na sima mosali asali lisusu mususu, pe alobi : Nkolo na ngai limbisa ngai lisumu na nga sima Nzambe alobi : Mosali na ngai asali lisumu, yango wana ayebaki ete azali na Nkolo oyo akolimbisa lisumu, yango wana akozipa yango pe akobosana yango , to kopesa yango etumbu. kokweya lisusu na masumu Tango nyonso oyo asali boye, asali masumu pe abongoli motema, nde nakolimbisa ye, pamba te boyamboli ebebisaka oyo eyaki liboso na yango.</t>
+    <t>Ntoma Muhammad (kimia mpe mapamboli ezala ote naye) azobeta maloba kowuta na Nkolo naye na koloba ete: moto asali masumu mpe na sima alobi: "Ee Nkolo! Limbisa masumu na ngai". Allah, Nkembo naye, alobi: "Mosali na ngai asali lisumu mpe ayebi ete azali na Nkolo oyo Alimbisaka masumu, mpe Abombaka ye na masumu wana mpe kolongisa ye na yango, tope -ayebi ete azali na Nkolo- oyo Apesaka likolo naye pona lisumu wana; -Allah alobi- Esi nalimbisi ye." Na nsima, mosali yango asali lisusu lisumu, mpe na sima alobi: "Ee Nkolo! Limbisa masumu na ngai". Na Allah alobi na ntina na yango ete: "Mosali na ngai asali lisumu mpe ayebi ete azali na Nkolo oyo Alimbisaka masumu, mpe Abombaka ye na masumu wana mpe kolongisa ye na yango, tope Apesaka etumbu likolo naye pona lisumu wana; -Allah alobi- Esi nalimbisi masumu pona mosali na ngai." Na sima mosali yango asali lisusu mususu, pe sima na yango asengi bolimbisi na koloba ete : "Ee Nkolo na ngai limbisa masumu na ngai". Na sima Allah alobi: "Mosali na ngai asali lisumu, na ye ayebi ete azali na Nkolo oyo Alimbisaka masumu, mpe Abombaka ye na masumu wana mpe kolongisa ye na yango, tope Apesaka etumbu likolo naye pona lisumu wana; -Allah alobi- Esi nalimbisi masumu pona mosali na ngai, yango wana; asala mae oyo alingi, na tango ete azali tango inso soki asumuki, na sima asundoli yango, ayoki mawa, mpe azwi mokano ya kozongela yango lisusu te. Kasi molimo na ye ekweisi ye pe azongi lisusu na masumu. Kasi na tango nyonso azali kotubela sima ya kosala, Nakolimbisa ye! Pamba ete kobongola motema (Tubela) elongolaka penza makambo nyonso ya kala."</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
-    <t>Bonene ya ngolu ya Nzambe epai ya basaleli na Ye, mpe ete ata soki moto asali masumu to asali nini, soki abongoli motema epai na Ye mpe abaluki epai na Ye, Nzambe akoyambola epai na ye.
-[...2 lines deleted...]
-Ntina ya koyeba Nzambe, oyo esalaka ete mosaleli ayeba makambo ya lingomba na ye, yango wana abongoli motema ntango nyonso oyo asali mabe, yango wana azangi elikya te to alekisaka ndelo te.</t>
+    <t>Bonene ya Mawa ya Allah mpona basali na Ye. Mpo ete moto, ata soki asali masumu mpe tango inso akosala (lisumu); na tango oyo atubeli na yango mpe azongi epai na Ye (Allah), Allah akondima tubela naye.
+Mondimi na Allah, azalaka kolikya Bolimbisi ya Nkolo na ye, mpe kobanga Etumbu na Ye. Nde na yango, azalaka kowelisa na botubeli mpe na koyika te na masumu.
+Mibeko ya tubela ya sôlo: ezali kotika misala ya masumu na; komiyoka mawa na ndenge akweisamaki na yango, mpe kozwa mokano ya kozongela yango lisusu te. Soki tubela wana etali mabe asalaki likolo ya batu, ezala na bozwi na bango, na lokumu tope na milimo na bango; wana mobeko ya minei ebakisami, yango ezali ete: kobongisa na mokolo likambo, tope kozongisela ye bosolo naye.
+Motuya ya kozala na boyebi na Allah, mpo ete Ye nde asala ete mosali azala moyebi ya makambo ya lingomba na Ye, mpe azalaka kotubela na tango nyonso akweisami na mbeba, mpe alembaka te na kolikya mawa ya Allah, azala kolenda pe te na bosali mabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4817</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
-    <t>“Ya solo, baoyo bazali kaka na miso ya Nzambe bakotelema na estrade ya lumière, Na loboko ya mobali ya nzambe-ya-Ngolu koleka, na-Nguya-Nyonso, mpe maboko na ye nyonso mibale ekozali na loboko ya mobali</t>
+    <t>Ya solo baye oyo bazali na bosembo na miso ya Allah likolo ya bakiti ya pôlé, na mopanzi ya mobali ya Nkolo Mtondi-Mawa, Motondi Nguya,mpe Maboko na Ye mibale mazali sembo</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Abdullah bin Amrin Nzambe asepela na bango mibale, alobaki: Motindami ya Nzambe (s.a.w) alobaki: “Ya solo, baoyo bazali kaka na miso ya Nzambe bakotelema na estrade ya lumière, Na loboko ya mobali ya nzambe-ya-Ngolu koleka, na-Nguya-Nyonso, mpe maboko na ye nyonso mibale ekozali na loboko ya mobali, ekozala Baoyo bazali sembo na bosambisi na bango, na mabota na bango, mpe na baoyo bazali kokamba.</t>
+    <t>'Abdullâh ibn 'Amr (Allah asepela naye na moboti na ye) alobi ete Motindami ya Allah (losambo pe kimia ya Allah ezala likolo naye) alobaki: « Ya solo baye oyo bazali na bosembo na miso ya Allah likolo ya bakiti ya pôlé, na mopanzi ya mobali ya Nkolo Mtondi-Mawa, Motondi Nguya,mpe Maboko na Ye mibale mazali sembo, ezali baye oyo bazalaka bosembo na bokati mibeko na bango, na mabota na bango mpe na maye oyo bazali na mikumba na yango. »</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
-    <t>Mosakoli (s.a.w), ayebisi biso ete baye bakoyangela na bosembo mpe na bosolo kati na bato na nse ya etinda mpe bakonzi na bango mpe mabota na bango bakofanda na bakiti ya likolo, ya likolo oyo esalemi na lumière, mpo na lokumu na bango na Mokolo ya Lisekwa. Ba estrade oyo ekozali na loboko ya mobali ya nzambe ya Ngolu mingi, Oyo-Aleki-Likoló, mpe maboko na Ye mibale, Nkembo ezala na Ye, ekozali na loboko ya mobali.</t>
+    <t>Ntoma ya Allah (kimia pe mapamboli ezali likolo naye) azali kopesa sango ete: ya sôlo baye oyo bazalaka kokata makambo na bosembo mpe na bosolo kati na bato, baye oyo bazali na sé ya bokonzi na bango, ya mibeko na bango mpe na mabota na bango, solo bango bakovanda na bisika ya likolo oyo ekelama na polé - wana ezali - na lokumu pona bango na Mokolo ya suka. Basika ya bofandi wana ekozala o ngambo ya mobali [droite] ya - Allah - Motondi mawa mpe maboko naye -Allah - Nkembo naye, nyonso mibale mazali semba.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
-    <t>Bolamu ya bosembo mpe elendiseli na yango.
+    <t>Bolamu ya bosembo mpe botindi bato na yango.
 Kozala juste en générale mpe esangisi ba états nyonso, na Mibeko kati ya batu, kozala 
 juste pona basi na bana, na bato misusu.
 Kolimbola ezalela ya bayengebene na Mokolo ya Lisekwa.
 Bisika ya bato ya bondimi ekokesana na Mokolo ya Lisekwa, moko na moko engebene na misala na ye.
 Lolenge ya kolendisa ezali moko ya mayele ya kosakola oyo elendisaka moto oyo azali kobengama atosa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4935</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
-    <t>“Ekolo na ngai nyonso ekokɔta na Paradis longola se baoyo baboyi</t>
+    <t>“Bato - ya ngonga - na ngai nyonso  bako kota na Paradizo longola se oyo aboyi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Abu Hurairah, Nzambe asepela na ye, ete Ntoma ya Nzambe (s.a.w) alobaki “Ekolo na ngai nyonso ekokɔta na Paradis longola se baoyo baboyi” Balobaki: O Motindami ya Nzambe, nani akoboya? Alobaki boye: “Moto nyonso oyo akotosa ngai akokota na Paladiso, mpe moto nyonso oyo akotosa ngai te aboyi”.</t>
+    <t>Abu Hurairah (Allah andimela ye) alobi ete, Motindami ya Allah (kimia mpe mapamboli ya Allah ezala likolo naye) alobaki: “Bato - ya ngonga - na ngai nyonso  bako kota na Paradizo longola se oyo aboyi” - Bayekoli - batunaki : Ee Motindami ya Allah ! Boye nani akoboya? Ayanolaki na bango na koloba ete: “Moto oyo akotosa ngai akokota na Paradizo, mpe oyo akozanga botosi ngai yende asili koboya”.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
-    <t>Prophète (s.a.w) ayebisi ete ekolo na ye nionso eko kota na Paradis longola se baye ba koboya!
-[...1 lines deleted...]
-Ye, mabondeli mpe kimia ya Nzambe ezala likolo na ye, ayanolaki bango: Oyo azali kotosa, kolanda, mpe kotosa Ntoma, mabondeli mpe kimia ya Nzambe ezala likolo na ye, akokota na Paradis, kasi mpo na oyo azali kobuka botosi mpe kotosa mibeko te, ekopekisa ye akota na Paladiso na misala na ye ya mabe.</t>
+    <t>Ntoma ya Allah (kimia ezala likolo naye) azali kopesa sango ete Bato na ye nionso - sima ya boyeyi naye - bakozala kokota na kati ya Paradizo longola se bae oyo bakoboya!
+Bayekoli (Allah asepela na bango) batunaki Ntoma ete: Nani akozala koboya Ee Motindami ya Allah?!
+Ntoma (kimia mpe boboto ya Allah ezala likolo maye) ayanolaki bango ete: ya sôlo moto oyo akomikitisa, alandi mpe atosi Motindami ya Allah (kimia ezala naye) yende akozala kokota na Paradizo, mpe na oyo nyonso akozanga botosi mpe aboyi komikitisa na mibeko - ya Lingomba -, yemoko nde asili komipekisa bokoti na Paradizo likolo ya misala naye ya mbindo.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
-    <t>Kotosa Motindami, Nzambe apambola ye mpe apesa ye kimia, ezali botosi epai ya Nzambe, mpe kozanga botosi epai na ye ezali kozanga botosi epai ya Nzambe.
-[...2 lines deleted...]
-Mawa na ye, Nzambe apambola ye mpe apesa ye kimia, mpo na ekolo na ye, mpe mposa na ye ya kotambwisa bango.</t>
+    <t>Ya sôlo botosi Motindami ya Allah (kimia ezala naye) ezali botosi Allah, mpe bozangi botosi ye ezali pe bozangi botosi Allah.
+Botosi Ntoma (kimia mpe boboto ya Allah ezala likolo naye) ememaka na Paradizo mpe boboyi kotosa ye ememaka na Moto.
+Sango malamu mpo na batosi - Ntoma - ya etuka oyo, mpo ete bakokota na Paradizo longola se baoyo baboyi kotosa Allah mpe Motindami na Ye.
+Mawa ya Ntoma (kimia ezala likolo naye) epai ya bato na ye mpe mposa na ye ya makasi ya litambwisi na bango.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4947</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
-    <t>“Gabriel azalaki kaka kopesa ngai toli mpo na mozalani na ngai, kino nakanisaki ete akokómisa ye azua heritage nanga”</t>
+    <t>[Ange] Jibril azalaki kokoba na kopesa ngai toli mpo na mozalani [voisin] na ngai, kino nakanisaki ete ako komisa ye moko kati ya bakitani ya bozwi [heritage] na ngai.</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Ibn Omar, Nzambe asepela na bango mibale, alobaki: Ntoma ya Nzambe (s.a.w) alobaki: “Gabriel azalaki kaka kopesa ngai toli mpo na mozalani na ngai, kino nakanisaki ete akokómisa ye azua heritage nanga”.</t>
+    <t>Ibn Omar (Allah asepela naye na moboti naye) alobi: Ntoma ya Allah (kimia mpe mapamboli ezala likolo naye) alobaki: « [Ange] Jibril azalaki kokoba na kopesa ngai toli mpo na mozalani [voisin] na ngai, kino nakanisaki ete ako komisa ye moko kati ya bakitani ya bozwi [heritage] na ngai. »</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
-    <t>Ntoma (s.a.w) ayebisaki ete Gabriel azalaki kaka kozongela ye mpe kopesa ye mitindo ete abatela mozalani, oyo azali pene na ndako, ezala musulman to mondimi te, ndeko to ndeko te, na kobatela makoki na ye mpe kosala ye mabe te, kozala na boboto epai na ye, mpe kozala na motema molai mpo na mabe na ye, kino ye, tika ete mabondeli ya Nzambe mpe kimia ezala likolo na ye, akanisaki ete ezali kokumisa lotomo moko Bozongeli ya mozalani mpe ya Gabriel oyo ezali ete akosala kozwa emoniseli na kopesaka ye uta na mbongo ya mozalani na ye, oyo akozwa libula nsima ya liwa na ye.</t>
+    <t>Ntoma (kimia ezala likolo naye) azalaki kopesa sango ete -Ange- Jibril akobaki mingi kopesa naye mitindo ete azala malamu na voisin naye, oyo azali penepene ya ndako, ezala azali musulman to azala mopengwi, ezala azali kati ya bandeko naye tope bandeko naye te, - kozala malamu na vosin, ezali - na kobatela lotomo naye mpe kosala ye mabe te, kozala naye malamu, mpe kozala motema monene na bakokoso naye, [Ange Jibril azalaki kaka kobakisa mitindo] kino Ntoma akanisaki ete kotombola motuya ya vosin  lotomo mpe kozongela ya Jabriel mingi maloba mpo na yango, Ntoma akomaki na makanisi lokola ete emonoiseli ekokita mpona kopesa ndambo ya mosolo na voisin naye oyo akotikala kozwa sima ya liwa naye.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
-    <t>Bonene ya lotomo ya voisin mpe ntina ya kotalela likambo oyo.
-[...2 lines deleted...]
-Bobongi nie ya Sharia na oyo ememaki, oyo ezali mpo na bolamu ya lisanga, lokola kozala na boboto epai ya ba voisins mpe kobengana mabe epai na bango.</t>
+    <t>Bonene ya lotomo ya voisin mpe mitindo ya kobatela yango.
+Bosolo ya lotomo ya voisin, kati ya mitindo na yango ezali: botosi ye, bolingo mpe bovandi naye malamu, koboya kosala ye mabe, kokende kotala ye ntango azali na maladi, kopesa ye longonya na ntango azali na esengo, mpe komonisa ye mawa mpe bovandisi yena ntango akutani na mpasi.
+Tango inso ekuke ya voisin ezali pène - ya esika nayo -, tango inso lotomo naye ekolendisama.
+Mobimba pe bokoki ya Charî'ah na maye esilaki koya na yango na oyo etali bovandi malamu na bazalani [ba voisin] mpe kotia mosika mabe manso makoki kopesa na bango pasi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4965</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
-    <t>“Yasolo Al-Ruqah, na ba amulets, mpe ba charmes ezali losambo ya banzambe mingi”</t>
+    <t>Ya sôlo Ar-Ruqâ,  ba incantation mpe ba Talisman ezali bosangisi Allah [Chirk].</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Abdullah bin Masoud, Nzambe asepela na ye, alobaki: Nayokaki Ntoma ya Nzambe (s.aw) azoloba: “Yasolo Al-Ruqah, na ba amulets, mpe ba charmes ezali losambo ya banzambe mingi”.</t>
+    <t>Abdullah bin Mas'oûd (Allah asepela naye) alobi ete, nayokaki Motindami ya Allah (kimia ezala likolo naye) azali koloba: « Ya sôlo Ar-Ruqâ,  ba incantation mpe ba Talisman ezali bosangisi Allah [Chirk]. ».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
-    <t>Ntoma (s.a.w) alimbolaki makambo oyo misala nango eza Shirki . Kati na yango:
+    <t>Ntoma (kimia mpe boboto ezala likolo naye) alimbolaki makambo oyo misala nango ezali kati bosangisi Allah [Idolâtrie]; mpe kati na yango:
 Ya liboso: Al-Ruqyah: maloba oyo bato ya tango ya liboso ya Islam balukaka kobikisa oyo ezali na Shirki binzambi nzambi.
 Ya mibale: Ba amulets oyo esalemi na biliki mpe na biloko mosusu ya ndenge wana: oyo bakangisaka na bana, na banyama, mpe na bato mosusu mpo na kobengana mabe.
 Ya misato:  Charmes: oyo basalaka mpo molongani moko alinga molongani mosusu.
 Makambo yango ezali losambo ya banzambe mingi; Mpamba te euti na kokómisa likambo moko ntina, mpe ezali ntina oyo ebongi te oyo emonisami na bilembeteli, to mpe ntina ya mayoki oyo emonisami na makambo oyo moto akutanaki na yango. Na oyo etali bantina ya mibeko, lokola kotanga Coran, to bantina ya nzoto, lokola bankisi oyo emonisami na mayele, epesami nzela na kondima ete ezali bantina, mpe ete litomba mpe mabe ezali na maboko ya Nzambe.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Kobatela lingomba ya Nzambe kaka moko mpe bindimeli na oyo ezali kobuka yango.
 Kopekisa kosalela ba ruqyahs, ba amulets, mpe charmes ya shirkiya binzambi nzambi.
 Kondima ya moto na bantina misato oyo ezali shirk ya moke; Mpamba te asalaka eloko oyo ezali ntina te ntina, kasi soki andimi ete ezali na litomba na mabe na yango moko, wana ekokoma Shirki monene.
 Kokebisa kosala ba cause ya Shirki na ba interdits.
 Kopekisa  ruqyah mpe ete ezali Shirki, longola se oyo ezali na nzela ya sharia.
 Motema esengeli kokangama na Nzambe se moko, mpo ete ewutaka na Ye kaka mabe mpe litomba, na molongani moko te, moto moko te amemaka bolamu longola se Nzambe, mpe moto moko te abenganaka mabe longola se Nzambe Mozwi-ya-Nguya-Nyonso.
 Al-Ruqyah oyo epesami nzela ezali oyo ezali na makambo misato: 1- Ko ndima ete ezali raison pe epesaka litomba te longola se na ndingisa ya Nzambe. 
 2- Esengeli kozala na kati ya Coran, ba kombo pe bizaleli ya Nzambe, mabondeli ya bisakweli, pe mabondeli ya malamu. 
 3- Esengeli ezala na monoko oyo ekoki kososolama pe ezala na ba talismans na kindoki te.</t>
   </si>
@@ -4408,56 +4408,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Kowuta na maloba ya Abdullah bin Amrin Nzambe asepela na bango mibale, alobaki: Motindami ya Nzambe (s.a.w) alobaki: “Ekolobama na moto oyo azali kotanga Coran: Tanga mpe mata, mpe tanga ndenge ozalaki kotanga na mokili oyo, mpo ete esika na yo ya nsuka ezali na verse ya nsuka oyo okotánga”.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Ntoma, mabondeli ya Nzambe mpe kimia ezala likolo na ye, ayebisaki ete ekolobama na motangi ya Coran, oyo azali kosalela oyo ezali na kati, mpe oyo kotanga mpe kokanga na motó ekangami na ye ntango akokɔta na Paradis: Tanga Coran, mpe na yango komata na nivo ya Paradis, mpe kotanga ndenge otangaki na mokili oyo na kotanga yango malamu mpe na bondimisi. Ndako na yo ezali na verse ya nsuka oyo ozali kotánga.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Etumbu etalaka suka na motango mpe lolenge ya misala.
 Elendiseli mpo na kotánga Coran, koyeba yango malamu, kokanga yango na motó, komanyola yango, mpe kosalela na kolanda yango.
 Paradis ezali na bisika mpe ba Lolenge ebele, oyo ba réciter ya Coran bakozua ba niveaux ya likolo.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ln/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>“Moto oyo azali kotanga Coran na mongongo ya polele azali lokola oyo azali kobimisa swadaka polele, mpe oyo azali kotanga Coran na mongongo ya kobombama azali lokola moto oyo azali kobimisa swadaka  na kobombama”</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Kowuta na maloba ya Uqba bin Aamir Al-Juhani, Nzambe asepela na ye, alobi: Ntoma ya Nzambe (s.a.w)  alobaki: “Moto oyo azali kotanga Coran na mongongo ya polele azali lokola oyo azali kobimisa swadaka polele, mpe oyo azali kotanga Coran na mongongo ya kobombama azali lokola moto oyo azali kobimisa swadaka  na kobombama”.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Ntoma, Nzambe apambola ye mpe apesa ye kimia, alimbolaki ete oyo azali kotanga Coran na pôlele, azali lokola oyo abimisaka swadaka na polele, mpe oyo  akotangaka Coran na kobombama, azali lokola oyo akopesaka swadaka na kobombama.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Kobomba botangi ya Coran ezali malamu koleka, ndenge moko kobomba swadaka ezali malamu, mpo na bosembo oyo yango esangisi mpe mosika na bokosi mpe lolendo, longola se soki mposa na bosepeli esengi yango ezala ya bato banso, lokola koteya na kotangisa Coran.</t>
@@ -4679,50 +4673,174 @@
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Ntoma (s.a.w), asengaka Ndeko ya tata naye ya mobali Abu Talib, ntango azalaka na pasi ya liwa, ye aloba : “Nzambe mosusu azali te kaka Allah” pona asengela ye mawa mokolo ya lisekwa mpe akotatola Islam naye,  Kasi ye aboyaki kobimisa litatoli pona kobanga ba Quraysh bakolakela ye mabe mpe bakoloba akoti na Islam pona kobanga liwa mpe bolembu! Alobaki na Prophète (s.a.w) : Soki ezalaki yango te, mbele nalingaki na mema esengo na motema na yo na kotanga Shahada, pe nasala posa na yo ekokisama tii okotonda! Na yango Nzambe Mozwi-ya-Nguya-Nyonso abimisaki verset oyo elakisi Ntoma (s.a.w), azali na bokambi ya mutu te! Pona Islam, Nzambe Mozwi-ya-Nguya-Nyonso, ye moko nde apesaka elonga na mutu nyonso oyo ye alingi. Na prophète (s.a.w), akambaka bato na bokambi ya mateya, bososoli, na bokambi ya libyangi na nzela ya semba.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Bosolo ba tikaka yango te, pona kobanga makambo oyo bato balobaka.
 Ntoma (s.a.w) Nzambe apambola ye mpe apesa ye kimia, azali kaka na bokambi ya elembeteli na bolakisi bosolo, kasi bokambi ya mitema ya bato azali na yango te.
 Légitimité ya kokende kotala infidèle oyo abeli malade, pona kobenga ye na Islam.
 Mosakoli (s.a.w) Nzambe apambola ye mpe apesa ye kimia, azalaki na mposa makasi ya kobenga bato epai ya Nzambe Mozwi-ya-Nguya-Nyonso na Lolenge nyonso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/65069</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ln/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||“Yasolo halali ezali polele, na haramu ezali polele, mpe kati na yango ezali na makambo ya ntembe oyo bato mingi bayebi te, Na yango, oyo akokima makambo ya ntembe, akozala na lingomba na lokumu naye, mpe oyo akokweya na makambo ya ntembe, akosala oyo epekisami, Lokola mobateli ya mpate oyo azali kolya matiti zingazinga ya esika ya libateli ezali mingi epai alingi kolya matiti, na ezali yasolo te! mokonzi nyonso ezali na libateli naye !, Na ezali yasolo te! Nzambe abatelaka bipekiseli naye!, na ezali ya solo te ! ezali na liboke ya mosuni na nzoto! soki yango ebongi Nzoto mobimba ekozala malamu!, mpe soki yango ebebi, nzoto mobimba ebebaka!, mpe eloko wana ezali motema”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> “Yasolo halali ezali polele, na haramu ezali polele, mpe kati na yango ezali na makambo ya ntembe oyo bato mingi bayebi te, Na yango, oyo akokima makambo ya ntembe, akozala na lingomba na lokumu naye, mpe oyo akokweya na makambo ya ntembe, akosala oyo epekisami, Lokola mobateli ya mpate oyo azali kolya matiti zingazinga ya esika ya libateli ezali mingi epai alingi kolya matiti, na ezali yasolo te! mokonzi nyonso ezali na libateli naye !, Na ezali yasolo te! Nzambe abatelaka bipekiseli naye!, na ezali ya solo te ! ezali na liboke ya mosuni na nzoto! soki yango ebongi Nzoto mobimba ekozala malamu!, mpe soki yango ebebi, nzoto mobimba ebebaka!, mpe eloko wana ezali motema”.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ln/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ln/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ln/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ln/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5025,51 +5143,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O128"/>
+  <dimension ref="A1:O133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -10663,392 +10781,627 @@
       <c r="C121" t="s">
         <v>1140</v>
       </c>
       <c r="D121" t="s">
         <v>1141</v>
       </c>
       <c r="E121" t="s">
         <v>1142</v>
       </c>
       <c r="F121" t="s">
         <v>1143</v>
       </c>
       <c r="G121" t="s">
         <v>1144</v>
       </c>
       <c r="H121" t="s">
         <v>1145</v>
       </c>
       <c r="I121" t="s">
         <v>1146</v>
       </c>
       <c r="J121" t="s">
         <v>89</v>
       </c>
       <c r="K121" t="s">
-        <v>1147</v>
+        <v>38</v>
       </c>
       <c r="L121" t="s">
         <v>91</v>
       </c>
       <c r="M121" t="s">
-        <v>1148</v>
+        <v>39</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>65055</v>
       </c>
       <c r="B122" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D122" t="s">
         <v>1150</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1151</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1152</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1153</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1154</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1155</v>
-      </c>
-[...4 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>1006</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>1007</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>65058</v>
       </c>
       <c r="B123" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D123" t="s">
         <v>1159</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1160</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1161</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1162</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1163</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1164</v>
-      </c>
-[...4 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="J123" t="s">
         <v>89</v>
       </c>
       <c r="K123" t="s">
         <v>58</v>
       </c>
       <c r="L123" t="s">
         <v>91</v>
       </c>
       <c r="M123" t="s">
         <v>59</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>65059</v>
       </c>
       <c r="B124" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D124" t="s">
         <v>1168</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1169</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1170</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1171</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1172</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1173</v>
-      </c>
-[...4 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>69</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>70</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>65060</v>
       </c>
       <c r="B125" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D125" t="s">
         <v>1177</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1178</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1179</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1180</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1181</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1182</v>
-      </c>
-[...4 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>122</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>123</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>65062</v>
       </c>
       <c r="B126" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D126" t="s">
         <v>1186</v>
       </c>
-      <c r="C126" t="s">
+      <c r="E126" t="s">
         <v>1187</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>1188</v>
       </c>
-      <c r="E126" t="s">
+      <c r="G126" t="s">
         <v>1189</v>
       </c>
-      <c r="F126" t="s">
+      <c r="H126" t="s">
         <v>1190</v>
       </c>
-      <c r="G126" t="s">
+      <c r="I126" t="s">
         <v>1191</v>
-      </c>
-[...4 lines deleted...]
-        <v>1193</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>65068</v>
       </c>
       <c r="B127" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D127" t="s">
         <v>1195</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>1196</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>1197</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>1198</v>
       </c>
-      <c r="F127" t="s">
+      <c r="H127" t="s">
         <v>1199</v>
       </c>
-      <c r="G127" t="s">
+      <c r="I127" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1202</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>25</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>65069</v>
       </c>
       <c r="B128" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D128" t="s">
         <v>1204</v>
       </c>
-      <c r="C128" t="s">
+      <c r="E128" t="s">
         <v>1205</v>
       </c>
-      <c r="D128" t="s">
+      <c r="F128" t="s">
         <v>1206</v>
       </c>
-      <c r="E128" t="s">
+      <c r="G128" t="s">
         <v>1207</v>
       </c>
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>1208</v>
       </c>
-      <c r="G128" t="s">
+      <c r="I128" t="s">
         <v>1209</v>
-      </c>
-[...4 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>69</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>70</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15">
+      <c r="A129">
+        <v>66512</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C129" t="s">
         <v>1212</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15">
+      <c r="A130">
+        <v>66515</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G130" t="s">
+        <v>325</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15">
+      <c r="A131">
+        <v>66520</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>25</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>27</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15">
+      <c r="A132">
+        <v>66523</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1237</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>122</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>123</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15">
+      <c r="A133">
+        <v>66524</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>69</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>70</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1244</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">