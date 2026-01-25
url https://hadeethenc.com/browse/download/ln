--- v1 (2025-11-24)
+++ v2 (2026-01-25)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Lingala
 # Source: https://hadeethenc.com/ln
-# Last update: 2025-11-15 07:56:04 (v1.14.0)
-# Check for updates: https://hadeethenc.com/en/check/ln/v1.14.0
+# Last update: 2026-01-10 19:42:12 (v1.16.0)
+# Check for updates: https://hadeethenc.com/en/check/ln/v1.16.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -1763,183 +1763,184 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Ntoma (kimia ezala likolo naye) azalaki kopesa sango ete -Ange- Jibril akobaki mingi kopesa naye mitindo ete azala malamu na voisin naye, oyo azali penepene ya ndako, ezala azali musulman to azala mopengwi, ezala azali kati ya bandeko naye tope bandeko naye te, - kozala malamu na vosin, ezali - na kobatela lotomo naye mpe kosala ye mabe te, kozala naye malamu, mpe kozala motema monene na bakokoso naye, [Ange Jibril azalaki kaka kobakisa mitindo] kino Ntoma akanisaki ete kotombola motuya ya vosin  lotomo mpe kozongela ya Jabriel mingi maloba mpo na yango, Ntoma akomaki na makanisi lokola ete emonoiseli ekokita mpona kopesa ndambo ya mosolo na voisin naye oyo akotikala kozwa sima ya liwa naye.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Bonene ya lotomo ya voisin mpe mitindo ya kobatela yango.
 Bosolo ya lotomo ya voisin, kati ya mitindo na yango ezali: botosi ye, bolingo mpe bovandi naye malamu, koboya kosala ye mabe, kokende kotala ye ntango azali na maladi, kopesa ye longonya na ntango azali na esengo, mpe komonisa ye mawa mpe bovandisi yena ntango akutani na mpasi.
 Tango inso ekuke ya voisin ezali pène - ya esika nayo -, tango inso lotomo naye ekolendisama.
 Mobimba pe bokoki ya Charî'ah na maye esilaki koya na yango na oyo etali bovandi malamu na bazalani [ba voisin] mpe kotia mosika mabe manso makoki kopesa na bango pasi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/4965</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
-    <t>Ya sôlo Ar-Ruqâ,  ba incantation mpe ba Talisman ezali bosangisi Allah [Chirk].</t>
+    <t>Ya sôlo Ar-Ruqâ,  ba talisma mpe ba Tiwala ezali bosangisi Allah [Chirk].</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
-    <t>Abdullah bin Mas'oûd (Allah asepela naye) alobi ete, nayokaki Motindami ya Allah (kimia ezala likolo naye) azali koloba: « Ya sôlo Ar-Ruqâ,  ba incantation mpe ba Talisman ezali bosangisi Allah [Chirk]. ».</t>
+    <t>Abdullah bin Mas'oûd (Allah asepela naye) alobi ete, nayokaki Motindami ya Allah (kimia ezala likolo naye) azali koloba: « Ya sôlo Ar-Ruqâ,  ba talisma mpe ba Tiwala ezali bosangisi Allah [Chirk]. ».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Ntoma (kimia mpe boboto ezala likolo naye) alimbolaki makambo oyo misala nango ezali kati bosangisi Allah [Idolâtrie]; mpe kati na yango:
-Ya liboso: Al-Ruqyah: maloba oyo bato ya tango ya liboso ya Islam balukaka kobikisa oyo ezali na Shirki binzambi nzambi.
-[...2 lines deleted...]
-Makambo yango ezali losambo ya banzambe mingi; Mpamba te euti na kokómisa likambo moko ntina, mpe ezali ntina oyo ebongi te oyo emonisami na bilembeteli, to mpe ntina ya mayoki oyo emonisami na makambo oyo moto akutanaki na yango. Na oyo etali bantina ya mibeko, lokola kotanga Coran, to bantina ya nzoto, lokola bankisi oyo emonisami na mayele, epesami nzela na kondima ete ezali bantina, mpe ete litomba mpe mabe ezali na maboko ya Nzambe.</t>
+Ya liboso: Ar-Ruqâ [incantation]: ezali maloba oyo bato ya kala bazalaki kosalela na kosenga kobikisama oyo etondisama bosangisi Allah [shirk].
+Ya mibale: Ba Talisma ya mayaka mpe ya biloko mosusu ya ndenge wana; oyo bakangaka na bana, banyama mpe na basusu mpo na kobengana miso mabe.
+Ya misato:  Tiwala: oyo basalaka mpona kolingisa moko kati ya balongani na mosusu.
+Makambo manso oyo mazali na kati ya bosangisi Nzambe; pamba te, yango ezali kotia eloko lokola nzela [cause], mpe yango ezali nzela ya bosolo te oyo emonisama na mibeko ya lingomba, mpe ezali te moko yaba nzela oyo elobelama mpona ya bomekolami. Na oyo etali ba nzela [cause] oyo mibeko elobela, ndakisa ya kotanga Coran, tope bakisi oyo elobelama na lingomba mpona bomekolami, yango epesama nzela na moto azala na bondimi ete yango ezali obele ba cause, mpe bondimi ete ya solo bosungami to bopesami pasi ezali obele na maboko ya Allah.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
-    <t>Kobatela lingomba ya Nzambe kaka moko mpe bindimeli na oyo ezali kobuka yango.
-[...7 lines deleted...]
-3- Esengeli ezala na monoko oyo ekoki kososolama pe ezala na ba talismans na kindoki te.</t>
+    <t>Kobatela bomoko ya Nzambe [Tawhid] mpe bondimi na maye mazwami te kati na yango.
+Bopekisami ya kosalela ba makambo ya basangisi Nzambe, mpe ba amulet, mpe na biloko oyo ekangaka moto na bolingo kati ya balongani.
+Bondimi ya moto na makambo misato oyo ete yango ezali yango ezali ba cause: wana ezali shirk ya moke; pamba te ye asili kotia maye oyo ezali nzela te nzela. Kasi soki azali kondima ete yango moko nde epesaka lisungi mpe mabe, wana ekokoma Shirki monene.
+Likebi monene na boluki ba cause ya shirk mpe ya maye mapekisama.
+Bopekisami ya kosal ruqa [incatation] mpo ete yango ezali kati ya balolenge ya shirki, longola se ma oyo elobamelama na bimeko okati na yango.
+Esengeli motema ekangama se na Allah yemei, mpo ete epai na Ye nde ezwami maye mapesaka pasi mpe litomba, eloko moko te ekokani mpe esangana na Ye, moko te amemaka bolamu obele se Allah, mpe ezali na moko te oyo atiaka mabe mosika obele se Allah Motondi Nguya nyonso.
+Ruqa oyo epesama nzela; ezali oyo esangani na mibeko misato: 
+1- Azala kondima ete ezali kaka cause, kasi epesaka esungaka te obele kaka na ndingisa ya Allah. 
+2- Esengeli ezwama okati ya Coran, yaba kombo mpe bozalisami ya Allah, lolenge wana na masengi mowuta na Ntoma mpe na masengi ya malamu oyo mapesama nzela. 
+3- Esengeli ezala na monoko oyo bato basosolaka yango, esangana te na maloba to ba talisma ya bonganga.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
-    <t>“Boyebi nini ezali koloba na nsima?”Balobaki ete: Nzambe Na Ntoma na Ye bayebi malamu koleka. Alobaki boye: “kolobela ndeko na yo na ndenge oyo asepeli na yango te”,</t>
+    <t>Boyebi nini nde ezali matongi ? - Bayanolaki ye ete: Allah na Motindami na Ye nde bayebi malamu koleka! - Alobaki: -matongi - ezali “ koloba na sima ya ndeko nayo, na makambo oyo ayinaka ete bazala koloba yango. »,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Abu Hurairah, Nzambe asepela na ye, ete Ntoma ya Nzambe (S.a.w) alobaki : “Boyebi nini ezali koloba na nsima?”Balobaki ete: Nzambe Na Ntoma na Ye bayebi malamu koleka. Alobaki boye: “kolobela ndeko na yo na ndenge oyo asepeli na yango te”, elobami: omoni Ndenge Nini soki Ndeko nangai azali nakati naye Ndenge nazo loba ? Alobaki: "Soki azali Ndenge azoloba osilisi kotonga ye na nsima, mpe soki azali Ndenge wana te osili kokoselaye likambu".</t>
+    <t>Abou Hurairah (Allah asepela naye), ya solo Motindami ya Allah (kimia mpe mapamboli ya Allah ezala naye) alobi: « Boyebi nini nde ezali matongi ? - Bayanolaki ye ete: Allah na Motindami na Ye nde bayebi malamu koleka! - Alobaki: -matongi - ezali “ koloba na sima ya ndeko nayo, na makambo oyo ayinaka ete bazala koloba yango. », balobaki: omoni ndenge nini soki ezwami okati ya ndeko nangai maye nazali koloba ? Na Ntoma ayanolaki na koloba ete: "Soki ezali epai maye ozali koloba, yeba ete osili kotonga ye, kasi soki azali te lolenge wana, yeba ete osili bongo kokoselaye likambu." »</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
-    <t>Ntoma, tika ete mabondeli ya Nzambe mpe kimia ezala likolo na ye, alimboli bosolo ya bozongisi nsima oyo epekisami, oyo ezali : kolobela musulman oyo azali te na likambo oyo alingaka te, ezala moko ya bizaleli na ye ya bizaleli malamu to ya kobotama, lokola : moto ya miso moko mokosi, moto ya lokuta, mpe bizaleli mosusu oyo ekoki kokweisama, ata soki ezaleli yango ezali kati na ye.
-Kasi soki ezaleli yango ezali kati na ye te, boye likambo yango ezali makasi koleka koloba na nsima, oyo ezali kofinga, elingi koloba: kofinga moto na eloko oyo azali na yango te.</t>
+    <t>Ntoma ya Allah (kimia ezala likolo naye) azali kolimbola bosolo ya matongi oyo epekisama ete: kolobela na mizilman na tango azali te, na makambo oyo ayinaka, ezala na maye matali lolenge ya nzoto to ya bizaleli naye, ndakisa ya koloba ete: azali na liso moko, azali mokosi to moyibi, tope balolenge misusu na oyo etali bizaleli mayinama, ata soki kutu balolenge wana ezwami epai naye.
+Kasi soki moto yango ezali kati naye te tope azali te na balolenge oyo balobeli naye, oyo nde ezali mabe makasi koleka matongi, pamba te, yango ezali bokosi, elingi koloba ete: kokosela moto makambo mpe kobamba likolo naye likambo oyo azali na yango te.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
-    <t>Kotangisa malamu ya ntoma, Nzambe apambola ye mpe apesa ye kimia, ateyaki malamu, lokola alakisaki makambo na lolenge ya kotuna mituna.
-[...3 lines deleted...]
-Koloba nsima kotonga epekisami longola se na makambo mosusu mpo na bosepeli. Kati na yango ezali na: Kobengana injustice, na boye ete moto oyo anyokolami alobeli moto oyo asalaki ye mabe epai ya moto oyo akoki kozwa makoki na ye, mpe alobi boye: Mosusu asali ngai mabe, to asali ngai boye, bakisa mpe: boyokani na oyo etali likambo ya libala, kokabola makanisi, to kosalisana, mpe bongo na bongo.</t>
+    <t>Botangisi malamu ya Ntoma (kimia ezala likolo naye), na tango ete azali kotangisa makambo - matali lingomba to oyo epekisama na lingomba - na nzela ya mituna.
+Ezaleli malamu ya bayekoli (Allah asepela na bango) elongo na Ntoma (kimia mpe mapamboli ya Allah ezala likolo naye) na tango balobaki ete: ezali Allah na Motindami na Ye nde bayebi malamu koleka.
+Maye masengeli na moto oyo batuni naye na maye azangi boyebi na yango, azala koloba ete: Allah nde ayebi malamu koleka.
+Lolenge nkani mibeko ya Islam ebatelaka lisanga na bobateli ba drois mpe bondeko kati na bango.
+Motonga eboyisama mpe epekisami longola kaka na makambo mosusu mpona ba ntinsa; kati na yango: Kosala ete bobubi ekende mosuka, na tango ete moto oyo abubami azali kotanga kombo ya moto oyo asalaki ye mabe epai ya moto oyo azali na makoki ya kozwa bosolo [droit] na ye. Naye azali koloba ete: moto kingani asali ngai mabe, tope asali ngai boye, mpe ezwami lisusu kati na yango: boluki toli epai ya moto mosusu, ndakisa na maye matali libala, na bosangani na makanisi [association], to na bosalisani [voisinages], mpe na maye makonana na yango.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
-    <t>“Ee Nzambe, moto nyonso oyo apesameli mokumba moko na makambo ya ekólo na ngai mpe azali makasi epai na bango, zalá makasi epai na ye, mpe moto nyonso oyo apesameli mokumba nyonso ya ekólo na ngai mpe azali na boboto epai na bango, zalá na boboto epai na ye”</t>
+    <t>Ee Allah! Moto nyonso oyo azali mokambi ya likambo moko na kati ya Umma [Lingomba] na ngai, mpe akomisi yango pasi likolo na bango, [Ee Allah!] Komisa pe makambo pasi likolo naye. Mpe na oyo azali na mokumba ya likambo moko na kati na Umma na ngai, naye azali kokomisa yango pète epai na bango, [Allah] Komisa mpe makambo pète pona ye.</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Aisha, Nzambe asepela na ye, alobaki: Nayoki Motindami ya Nzambe (S.a.w) alobi na ndako oyo ya ngai: “Ee Nzambe, moto nyonso oyo apesameli mokumba moko na makambo ya ekólo na ngai mpe azali makasi epai na bango, zalá makasi epai na ye, mpe moto nyonso oyo apesameli mokumba nyonso ya ekólo na ngai mpe azali na boboto epai na bango, zalá na boboto epai na ye”.</t>
+    <t>Aicha (Allah asepela naye) alabi: nayokaki Motindami ya Allah (kimia ezala likolo naye) koloba ete: « Ee Allah! Moto nyonso oyo azali mokambi ya likambo moko na kati ya Umma [Lingomba] na ngai, mpe akomisi yango pasi likolo na bango, [Ee Allah!] Komisa pe makambo pasi likolo naye. Mpe na oyo azali na mokumba ya likambo moko na kati na Umma na ngai, naye azali kokomisa yango pète epai na bango, [Allah] Komisa mpe makambo pète pona ye. »</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
-    <t>Ntoma ya Nzambe, Nzambe apambola ye mpe apesa ye kimia, abondelaki Dua mpo na moto nyonso oyo azalaki na mokumba ya autorité nyonso ya ba musulmans, ezala ya mike to ya minene. Ezala bobateli oyo aza autorité ya bato banso, to azali na autorité ya bato ndambo, mpe atyaki mikakatano likolo na bango mpe azalaki na boboto te epai na bango, Nzambe Mozwi-ya-Nguya-Nyonso akopesa ye mbano mpo na lolenge ya mosala na ye na kosalaka ete ezala mpasi mpo na ye.
-Mpe oyo azali na boboto epai na bango mpe akosala ete makambo na bango ezala pete, Nzambe akozala na boboto epai naye mpe akosala ete makambo naye ezala pete.</t>
+    <t>Ntoma ya Allah (losambo pe kimia ya Allah ezala likolo naye) asengaki Du'a [na Allah] likolo ya moto nyonso oyo azali mokambi ya likambo moko wuta na makambo ya ba mizilman, ezala ezali - makambo - ya mikie to ya minene, ezala ezali bokambi ya bato banso to ya ndambo kati na bango, na ye [moto wana] akomi kokomisela bango makambo pasi, naye azangi kozala boboto likolo na bango, ya solo Allah - Nkolo ya nkembo - akozala kofuta ye kolandisama na mosala naye ete; Ako komisa pe makambo pasi pona ye.
+Kasi na mokambi oyo akozala na malamu elongo na bango mpe azali kokomisa pète makambo na bango, ya solo Allah akozala malamu naye mpe akolembisa [facilité] makambo naye.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
-    <t>Oyo azali kozwa mokumba ya autorité nyonso ya ba musulmans asengeli kozala na boboto epai na bango ndenge akoki.
-[...1 lines deleted...]
-Bokatikati ya oyo etalelami lokola boboto to makasi ezali oyo ezali kotelemela te Coran mpe Sunnah.</t>
+    <t>Esengeli epai ya moto oyo apesami mokumba ya likambo kati ya makambo yaba mizilman azala na boboto epai na bango kolandisama na bokokeli naye.
+Lifuti ezalaka na lolenge ya mosala.
+Motango ya maye matali boboto to bakokoso ezali kati ya maye mazali te kotelemela Buku ya Allah mpe Sunna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
-    <t>“Ya solo, ezali na bato oyo bazali komipesa na bomengo ya Nzambe na kozanga vérité, kasi bango bakozala na Lifelo Mokolo ya Lisekwa”</t>
+    <t>Ya solo, ezali na kati ya bato; baoyo bazali kosalela bozwi ya Allah na ndenge ya mabe, kasi bakozala okati ya Lifelo na Mokolo ya suka.</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
-    <t>Kowuta na maloba ya Khawla Al Ansariyya, Nzambe asepela na ye, alobaki: Nayokaki ntoma (S.a.w) azoloba: “Ya solo, ezali na bato oyo bazali komipesa na bomengo ya Nzambe na kozanga vérité, kasi bango bakozala na Lifelo Mokolo ya Lisekwa”.</t>
+    <t>Khawla Al-Answariyya (Allah asepela na ye) alobi ete: Nayokaki ntoma ya Allah (kimia mpe boboto ya Allah ezala likolo naye) azali koloba: « Ya solo, ezali na kati ya bato; baoyo bazali kosalela bozwi ya Allah na ndenge ya mabe, kasi bakozala okati ya Lifelo na Mokolo ya suka. »</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Ntoma, mabondeli ya Nzambe pe kimia ezala likolo na ye, alobelaki bato oyo babwakaka mbongo ya ba musulmans na ndenge ya mabe pe bazuaka yango sans droit Oyo ezali signification générale na mbongo na oyo etali ko ramasser yango pe ko gagner yango sans permisibilité, pe kolekisa yango na bisika mosusu oyo esengeli te.
 Na nsima ye, Nzambe apambola ye mpe apesa ye kimia, apesaki nsango ete mbano na bango ekozala Lifelo na Mokolo ya Lisekwa.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Mbongo oyo ezali na maboko ya bato ezali mbongo ya Nzambe aponi bango lokola bakitani mpo na kobimisa yango na ndenge oyo ebongi mpe koboya kobwaka yango na ndenge oyo eyokani te na mibeko.
 Bokasi ya Sharia na oyo etali mbongo nyonso, mpe ete oyo apesameli moko na yango akozwa mokumba na mokolo ya lisekwa mpo na bosangisi mpe bobimisi na yango.
 Likama oyo esangisi moto nyonso oyo azali kobwaka mbongo na ndenge oyo eyokani te na mibeko, ezala ya ye moko to ya moto mosusu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/5331</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
@@ -2760,51 +2761,51 @@
     <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>“Moto oyo ako détourner lokumu honneur ya ndeko na ye, Nzambe ako zongisa elongi na ye na lifelo mokolo ya Lisekwa”</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Kowuta na maloba ya Abu Darda, Nzambe asepela na ye, kowuta na maloba ya Ntoma (s.a.w) alobaki: “Moto oyo ako détourner lokumu honneur ya ndeko na ye, Nzambe ako zongisa elongi na ye na lifelo mokolo ya Lisekwa”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Ntoma, Nzambe apambola ye mpe apesa ye kimia, ayebisi biso ete oyo azali ko longola lokumu ya ndeko na ye musulman na absence na ye na kosala ye critiquer  to kofinga ye, Nzambe akozongisa etumbu na ye na mokolo ya lisekwa.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Epekiseli ya koloba na ntina ya lokumu ya ba musulmans.
 Mbano lifuti ezali  lolenge moko na mosala, na oyo aboyi lokumu ya ndeko na ye, Nzambe akozongisa ye na Lifelo.
-Islam ezali lingomba ya bondeko mpe ya lisungi kati na bato na yango.</t>
+Islamu ezali lingomba ya bondeko mpe ya bosungi kati ya bato na yango.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ln/browse/hadith/5514</t>
   </si>
   <si>
     <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>“Moto oyo akoloba: "Subhâna l-lâhi wa bi-hamdihi", mbala nkama moko (100) na mokolo moko, masumu na ye ekolimbisama, ata soki ezali lokola zabadi ya ebale”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Kowuta na maloba ya Abu Hurairah, Nzambe asepela na ye, Yasolo ntoma ya Nzambe, Nzambe apambola ye pe apesa ye kimia, alobaki : “Moto oyo akoloba: "Subhâna l-lâhi wa bi-hamdihi", mbala nkama moko (100) na mokolo moko, masumu na ye ekolimbisama, ata soki ezali lokola zabadi ya ebale”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Mosakoli, Nzambe apambola ye mpe apesa ye kimia, azali kopesa biso nsango na moto oyo akoloba mbala nkama na mokolo moko : « Subhâna l-lâhi wa bi-hamdihi »; Masumu na ye ekolongolama na ekolimbisama, ata soki ezalaki mingi, lokola fulufulu ya mpembe oyo etambolaka likoló ya ebale ntango ezali koningana mpe kosilika.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.